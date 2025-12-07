--- v0 (2025-10-06)
+++ v1 (2025-12-07)
@@ -1,22854 +1,628 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/chartsheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
+  <Override PartName="/xl/chartsheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
+  <Override PartName="/xl/chartsheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/chartsheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2AC8F153-7FAB-43B7-B1F2-38E3579D28CC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2EF5E36D-4803-49EA-9963-0927DAF759AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10560" activeTab="2" xr2:uid="{C8761DFF-623E-4A01-A01F-5E5DEECF90EC}"/>
+    <workbookView xWindow="28690" yWindow="-110" windowWidth="29020" windowHeight="15700" activeTab="1" xr2:uid="{C8761DFF-623E-4A01-A01F-5E5DEECF90EC}"/>
   </bookViews>
   <sheets>
-    <sheet name="Chart1" sheetId="5" r:id="rId1"/>
-[...4 lines deleted...]
-    <sheet name="Data3" sheetId="3" r:id="rId6"/>
+    <sheet name="Chart1" sheetId="11" r:id="rId1"/>
+    <sheet name="Chart2" sheetId="12" r:id="rId2"/>
+    <sheet name="Chart3" sheetId="9" r:id="rId3"/>
+    <sheet name="Data3" sheetId="3" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...898 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="13">
-[...17 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7" uniqueCount="7">
   <si>
     <t>Supply and demand effect</t>
   </si>
   <si>
     <t>Transportation cost effect</t>
   </si>
   <si>
     <t>Market power effect</t>
   </si>
   <si>
     <t>Total change</t>
   </si>
   <si>
     <t>Global oil price</t>
   </si>
   <si>
     <t>Russia-Urals oil price</t>
   </si>
   <si>
     <t>Russia-ESPO oil price</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
-[...3 lines deleted...]
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...21 lines deleted...]
-      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF2B5280"/>
       <color rgb="FF0063A9"/>
       <color rgb="FFFBB040"/>
       <color rgb="FFC3362B"/>
       <color rgb="FF5BA73F"/>
       <color rgb="FFF47721"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing6.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
-    <c:autoTitleDeleted val="1"/>
-[...10771 lines deleted...]
-      </c:layout>
+    <c:title>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
-            <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
-[...3 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
-    </c:legend>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1674238208"/>
+        <c:axId val="1674236288"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="1674238208"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1674236288"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="1674236288"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1674238208"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-      <a:noFill/>
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
-        <a:defRPr>
-[...2 lines deleted...]
-        </a:defRPr>
+        <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:userShapes r:id="rId3"/>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
-    <c:autoTitleDeleted val="1"/>
-[...10773 lines deleted...]
-      </c:layout>
+    <c:title>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
-            <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
-[...3 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
-    </c:legend>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1759147200"/>
+        <c:axId val="1759145280"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="1759147200"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1759145280"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="1759145280"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1759147200"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-      <a:noFill/>
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
-        <a:defRPr>
-[...2 lines deleted...]
-        </a:defRPr>
+        <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:userShapes r:id="rId3"/>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
@@ -23169,58 +943,58 @@
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="bg1"/>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:userShapes r:id="rId3"/>
 </c:chartSpace>
@@ -23325,51 +1099,51 @@
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
     <a:lumOff val="30000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
     <a:lumOff val="50000"/>
   </cs:variation>
 </cs:colorStyle>
 </file>
 
 <file path=xl/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
-<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="227">
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
   <cs:axisTitle>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="1000" kern="1200"/>
   </cs:axisTitle>
   <cs:categoryAxis>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:spPr>
       <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
         <a:solidFill>
@@ -23433,104 +1207,91 @@
         <a:schemeClr val="lt1"/>
       </a:solidFill>
       <a:ln>
         <a:solidFill>
           <a:schemeClr val="dk1">
             <a:lumMod val="25000"/>
             <a:lumOff val="75000"/>
           </a:schemeClr>
         </a:solidFill>
       </a:ln>
     </cs:spPr>
     <cs:defRPr sz="900" kern="1200"/>
     <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
       <a:spAutoFit/>
     </cs:bodyPr>
   </cs:dataLabelCallout>
   <cs:dataPoint>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="1">
       <cs:styleClr val="auto"/>
     </cs:fillRef>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
-    <cs:spPr>
-[...3 lines deleted...]
-    </cs:spPr>
   </cs:dataPoint>
   <cs:dataPoint3D>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="1">
       <cs:styleClr val="auto"/>
     </cs:fillRef>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
-    <cs:spPr>
-[...3 lines deleted...]
-    </cs:spPr>
   </cs:dataPoint3D>
   <cs:dataPointLine>
     <cs:lnRef idx="0">
       <cs:styleClr val="auto"/>
     </cs:lnRef>
     <cs:fillRef idx="1"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:ln w="28575" cap="rnd">
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:round/>
       </a:ln>
     </cs:spPr>
   </cs:dataPointLine>
   <cs:dataPointMarker>
     <cs:lnRef idx="0">
       <cs:styleClr val="auto"/>
     </cs:lnRef>
     <cs:fillRef idx="1">
       <cs:styleClr val="auto"/>
     </cs:fillRef>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
-      <a:solidFill>
-[...1 lines deleted...]
-      </a:solidFill>
       <a:ln w="9525">
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:ln>
     </cs:spPr>
   </cs:dataPointMarker>
   <cs:dataPointMarkerLayout symbol="circle" size="5"/>
   <cs:dataPointWireframe>
     <cs:lnRef idx="0">
       <cs:styleClr val="auto"/>
     </cs:lnRef>
     <cs:fillRef idx="1"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:ln w="9525" cap="rnd">
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:round/>
       </a:ln>
     </cs:spPr>
@@ -23841,51 +1602,51 @@
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="900" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/charts/style2.xml><?xml version="1.0" encoding="utf-8"?>
-<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="227">
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
   <cs:axisTitle>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="1000" kern="1200"/>
   </cs:axisTitle>
   <cs:categoryAxis>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:spPr>
       <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
         <a:solidFill>
@@ -23949,104 +1710,91 @@
         <a:schemeClr val="lt1"/>
       </a:solidFill>
       <a:ln>
         <a:solidFill>
           <a:schemeClr val="dk1">
             <a:lumMod val="25000"/>
             <a:lumOff val="75000"/>
           </a:schemeClr>
         </a:solidFill>
       </a:ln>
     </cs:spPr>
     <cs:defRPr sz="900" kern="1200"/>
     <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
       <a:spAutoFit/>
     </cs:bodyPr>
   </cs:dataLabelCallout>
   <cs:dataPoint>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="1">
       <cs:styleClr val="auto"/>
     </cs:fillRef>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
-    <cs:spPr>
-[...3 lines deleted...]
-    </cs:spPr>
   </cs:dataPoint>
   <cs:dataPoint3D>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="1">
       <cs:styleClr val="auto"/>
     </cs:fillRef>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
-    <cs:spPr>
-[...3 lines deleted...]
-    </cs:spPr>
   </cs:dataPoint3D>
   <cs:dataPointLine>
     <cs:lnRef idx="0">
       <cs:styleClr val="auto"/>
     </cs:lnRef>
     <cs:fillRef idx="1"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:ln w="28575" cap="rnd">
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:round/>
       </a:ln>
     </cs:spPr>
   </cs:dataPointLine>
   <cs:dataPointMarker>
     <cs:lnRef idx="0">
       <cs:styleClr val="auto"/>
     </cs:lnRef>
     <cs:fillRef idx="1">
       <cs:styleClr val="auto"/>
     </cs:fillRef>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
-      <a:solidFill>
-[...1 lines deleted...]
-      </a:solidFill>
       <a:ln w="9525">
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:ln>
     </cs:spPr>
   </cs:dataPointMarker>
   <cs:dataPointMarkerLayout symbol="circle" size="5"/>
   <cs:dataPointWireframe>
     <cs:lnRef idx="0">
       <cs:styleClr val="auto"/>
     </cs:lnRef>
     <cs:fillRef idx="1"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:ln w="9525" cap="rnd">
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:round/>
       </a:ln>
     </cs:spPr>
@@ -24866,1163 +2614,272 @@
     </cs:fontRef>
     <cs:defRPr sz="900" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/chartsheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{1F5903A7-C218-45F7-9632-8D28DFF18E7A}">
+<chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{12A56E10-2808-4624-BABB-67F9F32ACA3D}">
   <sheetPr/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView zoomScale="133" workbookViewId="0" zoomToFit="1"/>
   </sheetViews>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="2.25" header="0.3" footer="0.3"/>
-  <pageSetup orientation="landscape" verticalDpi="1200" r:id="rId1"/>
+  <pageSetup orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </chartsheet>
 </file>
 
 <file path=xl/chartsheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{E522D6B8-8DC9-4659-A863-D86E9B1CFB1B}">
+<chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{FC3A87D6-1EA7-4894-A9E0-6B102E21399E}">
   <sheetPr/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="133" workbookViewId="0" zoomToFit="1"/>
   </sheetViews>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="2.25" header="0.3" footer="0.3"/>
-  <pageSetup orientation="landscape" verticalDpi="1200" r:id="rId1"/>
+  <pageSetup orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </chartsheet>
 </file>
 
 <file path=xl/chartsheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{0213CC31-B523-4192-BA20-8CE01B65D352}">
   <sheetPr/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="2.25" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </chartsheet>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
-    <xdr:ext cx="9496425" cy="5381625"/>
+    <xdr:ext cx="9482030" cy="5366466"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44433CD1-F136-F96C-5305-A6CFF0DCA02A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE948A46-81F7-F746-70EB-6E81A807BFEB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noGrp="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:absoluteAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0</cdr:x>
-      <cdr:y>0.08916</cdr:y>
+      <cdr:y>0</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>1</cdr:x>
-      <cdr:y>0.17269</cdr:y>
+      <cdr:y>1</cdr:y>
     </cdr:to>
-    <cdr:sp macro="" textlink="">
-[...1 lines deleted...]
-        <cdr:cNvPr id="2" name="TextBox 1">
+    <cdr:pic>
+      <cdr:nvPicPr>
+        <cdr:cNvPr id="2" name="chart">
           <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69E62A3E-2C2E-2471-2021-1A43DED28FDE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F031BD17-E02C-DC0D-2C2A-379805D26F4C}"/>
             </a:ext>
           </a:extLst>
         </cdr:cNvPr>
-        <cdr:cNvSpPr txBox="1"/>
-      </cdr:nvSpPr>
+        <cdr:cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cdr:cNvPicPr>
+      </cdr:nvPicPr>
+      <cdr:blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:fillRect/>
+        </a:stretch>
+      </cdr:blipFill>
       <cdr:spPr>
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-          <a:off x="0" y="479284"/>
-          <a:ext cx="9488599" cy="448949"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="9609524" cy="5504762"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </cdr:spPr>
-      <cdr:txBody>
-[...505 lines deleted...]
-    </cdr:sp>
+    </cdr:pic>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
-    <xdr:ext cx="9486900" cy="5372100"/>
+    <xdr:ext cx="9482030" cy="5366466"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE26BE3-1358-D7F8-8EC4-4C64AEA217F0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95660EA4-DB6F-1838-1962-ED913EA3580D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noGrp="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:absoluteAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
-      <cdr:x>0.32197</cdr:x>
-      <cdr:y>0.17849</cdr:y>
+      <cdr:x>0</cdr:x>
+      <cdr:y>0</cdr:y>
     </cdr:from>
     <cdr:to>
-      <cdr:x>0.32363</cdr:x>
-      <cdr:y>0.80885</cdr:y>
+      <cdr:x>1</cdr:x>
+      <cdr:y>1</cdr:y>
     </cdr:to>
-    <cdr:cxnSp macro="">
-[...1 lines deleted...]
-        <cdr:cNvPr id="4" name="Straight Connector 3">
+    <cdr:pic>
+      <cdr:nvPicPr>
+        <cdr:cNvPr id="2" name="chart">
           <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95D5269D-C003-33FF-A9D3-54CB2B621B71}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F40F9BC2-E63D-DD56-1AB1-A46850648F28}"/>
             </a:ext>
           </a:extLst>
         </cdr:cNvPr>
-        <cdr:cNvCxnSpPr/>
-[...50 lines deleted...]
-      </cdr:nvSpPr>
+        <cdr:cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cdr:cNvPicPr>
+      </cdr:nvPicPr>
+      <cdr:blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:fillRect/>
+        </a:stretch>
+      </cdr:blipFill>
       <cdr:spPr>
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-          <a:off x="0" y="2"/>
-          <a:ext cx="9496425" cy="895348"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="9609524" cy="5447619"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </cdr:spPr>
-      <cdr:txBody>
-[...358 lines deleted...]
-    </cdr:sp>
+    </cdr:pic>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
-    <xdr:ext cx="9496425" cy="5381625"/>
+    <xdr:ext cx="9486900" cy="5372100"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCED39D1-F552-2CF9-9B42-1547B4F1B8E5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noGrp="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:absoluteAnchor>
@@ -26619,91 +3476,91 @@
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl9pPr>
         </a:lstStyle>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="r"/>
           <a:r>
             <a:rPr lang="en-US" sz="1100" kern="1200" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Federal Reserve Bank of Dallas</a:t>
           </a:r>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -26765,51 +3622,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -26907,16775 +3764,186 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
-[...2 lines deleted...]
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A0A70F64-0BB7-46FE-8C96-BFCA26089BE5}">
-[...16583 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{066C9B91-3D39-48F5-9813-CAD841F31FDE}">
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView zoomScale="118" zoomScaleNormal="118" workbookViewId="0">
       <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="19.7265625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.54296875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="24.1796875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="19.453125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.1796875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.7265625" customWidth="1"/>
     <col min="7" max="7" width="9.26953125" customWidth="1"/>
     <col min="8" max="8" width="10.54296875" customWidth="1"/>
     <col min="9" max="9" width="9.453125" customWidth="1"/>
     <col min="10" max="10" width="10.54296875" customWidth="1"/>
     <col min="11" max="11" width="9.54296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.35">
       <c r="B1" t="s">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="C1" t="s">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D1" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E1" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="B2">
         <v>-8.02</v>
       </c>
       <c r="C2">
         <v>-0.81</v>
       </c>
       <c r="D2">
         <v>0.38</v>
       </c>
       <c r="E2">
         <v>-8.4499999999999993</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="B3">
         <v>-8.02</v>
       </c>
       <c r="C3">
         <v>-15.72</v>
       </c>
       <c r="D3">
         <v>-18.649999999999999</v>
       </c>
       <c r="E3">
         <v>-42.39</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="B4">
         <v>-8.02</v>
       </c>
       <c r="C4">
         <v>-3.26</v>
       </c>
       <c r="D4">
         <v>-7.93</v>
       </c>
       <c r="E4">
         <v>-19.21</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000 NONCONFIDENTIAL // EXTERNAL&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Privileged" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Charts</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="6" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Data 2</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Data3</vt:lpstr>
       <vt:lpstr>Chart1</vt:lpstr>
       <vt:lpstr>Chart2</vt:lpstr>
       <vt:lpstr>Chart3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>