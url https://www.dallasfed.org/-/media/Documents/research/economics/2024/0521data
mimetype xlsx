--- v0 (2025-10-01)
+++ v1 (2025-12-01)
@@ -1,123 +1,119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/chartsheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/chartsheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/chartsheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/chartsheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{51F378CC-946F-4851-A01F-CCCC35A02F1E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E0EA076C-F37C-41A5-A63E-64641CD1C2DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="25440" windowHeight="15540" activeTab="4" xr2:uid="{5C42B1AC-3FD3-4FA1-A3F6-CA141F5B3919}"/>
+    <workbookView xWindow="28690" yWindow="-110" windowWidth="29020" windowHeight="15700" activeTab="2" xr2:uid="{5C42B1AC-3FD3-4FA1-A3F6-CA141F5B3919}"/>
   </bookViews>
   <sheets>
     <sheet name="Chart 1" sheetId="8" r:id="rId1"/>
     <sheet name="Data1" sheetId="11" r:id="rId2"/>
-    <sheet name="Chart 2" sheetId="10" r:id="rId3"/>
+    <sheet name="Chart 2" sheetId="16" r:id="rId3"/>
     <sheet name="Chart 3" sheetId="3" r:id="rId4"/>
     <sheet name="Data3" sheetId="13" r:id="rId5"/>
     <sheet name="Chart 4" sheetId="6" r:id="rId6"/>
-    <sheet name="Data2" sheetId="12" state="hidden" r:id="rId7"/>
-    <sheet name="Data4" sheetId="14" r:id="rId8"/>
+    <sheet name="Data4" sheetId="14" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_DLX1.USE">#REF!</definedName>
     <definedName name="_DLX2.USE">#REF!</definedName>
     <definedName name="_DLX3.USE">#REF!</definedName>
     <definedName name="_DLX4.USE">#REF!</definedName>
     <definedName name="_DLX5.USE">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Chart 1</t>
   </si>
   <si>
     <t>All other assets</t>
-  </si>
-[...4 lines deleted...]
-    <t>Chart 2</t>
   </si>
   <si>
     <t>Standing</t>
   </si>
   <si>
     <t>Temporary</t>
   </si>
   <si>
     <t>Chart 3</t>
   </si>
   <si>
     <t>Chart 4</t>
   </si>
   <si>
     <t>European Central Bank</t>
   </si>
   <si>
     <t>Bank of Canada</t>
   </si>
   <si>
     <t>Bank of Japan</t>
   </si>
   <si>
     <t>Bank of England</t>
   </si>
@@ -141,121 +137,112 @@
   </si>
   <si>
     <t>Banco Central do Brasil</t>
   </si>
   <si>
     <t>Monetary Authority of Singapore</t>
   </si>
   <si>
     <t>Bank of Korea</t>
   </si>
   <si>
     <t>Central bank swaps</t>
   </si>
   <si>
     <t>Banco de México</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyymmdd"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing6.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing8.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
@@ -808,2695 +795,250 @@
     <a:solidFill>
       <a:srgbClr val="FFFFFF"/>
     </a:solidFill>
     <a:ln>
       <a:noFill/>
     </a:ln>
   </c:spPr>
   <c:userShapes r:id="rId1"/>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
-    <c:autoTitleDeleted val="1"/>
+    <c:title>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...11 lines deleted...]
-        <c:grouping val="standard"/>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
-        <c:ser>
-[...2480 lines deleted...]
-        </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:smooth val="0"/>
-[...4 lines deleted...]
-        <c:axId val="181672664"/>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1103661567"/>
+        <c:axId val="1103657727"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="1103661567"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
-        <c:numFmt formatCode="m/d/yy;@" sourceLinked="0"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
-        <c:tickLblPos val="low"/>
+        <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="12700">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000000"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1200">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000000"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="181673448"/>
+        <c:crossAx val="1103657727"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:baseTimeUnit val="days"/>
-[...4 lines deleted...]
-      </c:dateAx>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
       <c:valAx>
-        <c:axId val="181673448"/>
+        <c:axId val="1103657727"/>
         <c:scaling>
           <c:orientation val="minMax"/>
-          <c:max val="180"/>
-          <c:min val="0"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:numFmt formatCode="#,##0" sourceLinked="0"/>
-        <c:majorTickMark val="out"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
-        <c:tickLblPos val="low"/>
+        <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="12700">
-[...2 lines deleted...]
-            </a:solidFill>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1200">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000000"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="181672664"/>
+        <c:crossAx val="1103661567"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
-    <c:legend>
-[...32 lines deleted...]
-    </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
+    <c:extLst>
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
     <a:solidFill>
-      <a:srgbClr val="FFFFFF"/>
+      <a:schemeClr val="bg1"/>
     </a:solidFill>
-    <a:ln>
-      <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:userShapes r:id="rId1"/>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="en-US"/>
+    </a:p>
+  </c:txPr>
+  <c:userShapes r:id="rId3"/>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="5.6724569756281831E-2"/>
@@ -17749,136 +15291,679 @@
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="FFFFFF"/>
     </a:solidFill>
     <a:ln>
       <a:noFill/>
     </a:ln>
   </c:spPr>
   <c:userShapes r:id="rId1"/>
 </c:chartSpace>
 </file>
 
+<file path=xl/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=xl/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
 <file path=xl/chartsheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{7F2C6F89-E172-4F63-9BE9-C0D835062AFD}">
   <sheetPr/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="2" header="0.3" footer="0.25"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000 NONCONFIDENTIAL // EXTERNAL&amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;L&amp;F&amp;C&amp;A&amp;RDRAFT</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </chartsheet>
 </file>
 
 <file path=xl/chartsheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{0CDD0E93-7752-4A3E-B0E0-A760E868DDD1}">
+<chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{B2E078D7-3BAB-4B85-8F57-BA06AA651160}">
   <sheetPr/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="133" workbookViewId="0" zoomToFit="1"/>
   </sheetViews>
-  <pageMargins left="0.25" right="0.25" top="0.25" bottom="2" header="0.3" footer="0.25"/>
-[...4 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.25" right="0.25" top="0.25" bottom="2.25" header="0.3" footer="0.3"/>
+  <pageSetup orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </chartsheet>
 </file>
 
 <file path=xl/chartsheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{C4E7F7DE-BE32-46F3-8B10-7F7E42C7338C}">
   <sheetPr codeName="Chart2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="2" header="0.3" footer="0.25"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000 NONCONFIDENTIAL // EXTERNAL&amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;L&amp;F&amp;C&amp;A&amp;RDRAFT</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </chartsheet>
 </file>
 
 <file path=xl/chartsheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{B027B5C9-B51B-4BF4-A276-DF9A776992D8}">
   <sheetPr/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="2" header="0.3" footer="0.25"/>
   <pageSetup orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;11&amp;K000000 NONCONFIDENTIAL // EXTERNAL&amp;1#_x000D_</oddHeader>
     <oddFooter>&amp;L&amp;F&amp;C&amp;A&amp;RDRAFT</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </chartsheet>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
     <xdr:ext cx="9496425" cy="5610225"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CC08502-4636-5618-7061-BAB59610C90A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
@@ -18522,859 +16607,128 @@
           </a:lvl9pPr>
         </a:lstStyle>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="r"/>
           <a:r>
             <a:rPr lang="en-US" sz="1100">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Federal Reserve Bank of Dallas</a:t>
           </a:r>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
-    <xdr:ext cx="9496425" cy="5610225"/>
+    <xdr:ext cx="9482030" cy="5366466"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
-        <xdr:cNvPr id="5" name="Chart 1">
+        <xdr:cNvPr id="2" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{453AD1B8-A860-D288-B25B-6211ABFEE800}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BA013B0-63BD-A24D-E3E7-7011BFC3DC1A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noGrp="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:absoluteAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
-      <cdr:x>0.01473</cdr:x>
+      <cdr:x>0</cdr:x>
       <cdr:y>0</cdr:y>
     </cdr:from>
     <cdr:to>
-      <cdr:x>0.98324</cdr:x>
-      <cdr:y>0.09682</cdr:y>
+      <cdr:x>1</cdr:x>
+      <cdr:y>1</cdr:y>
     </cdr:to>
-    <cdr:sp macro="" textlink="">
-[...3 lines deleted...]
-      </cdr:nvSpPr>
+    <cdr:pic>
+      <cdr:nvPicPr>
+        <cdr:cNvPr id="2" name="chart">
+          <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B99E1705-988F-AA16-6CDF-404BE77232F2}"/>
+            </a:ext>
+          </a:extLst>
+        </cdr:cNvPr>
+        <cdr:cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cdr:cNvPicPr>
+      </cdr:nvPicPr>
+      <cdr:blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:fillRect/>
+        </a:stretch>
+      </cdr:blipFill>
       <cdr:spPr>
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-          <a:off x="139700" y="0"/>
-          <a:ext cx="9188200" cy="542260"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="9552381" cy="5466667"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </cdr:spPr>
-      <cdr:txBody>
-[...744 lines deleted...]
-    </cdr:sp>
+    </cdr:pic>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
-    <xdr:ext cx="9496425" cy="5610225"/>
+    <xdr:ext cx="9486900" cy="5600700"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04427AB4-6C7E-B5B2-E2A4-F4F766EDA06B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noGrp="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:absoluteAnchor>
@@ -20760,91 +18114,91 @@
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl9pPr>
         </a:lstStyle>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="r"/>
           <a:r>
             <a:rPr lang="en-US" sz="1100">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Federal Reserve Bank of Dallas</a:t>
           </a:r>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -20906,51 +18260,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -21048,93 +18402,89 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FFB6F993-4FC1-4376-B59F-F8026B675FD3}">
   <dimension ref="A1:K1116"/>
   <sheetViews>
     <sheetView topLeftCell="A13" workbookViewId="0">
       <selection activeCell="G9" sqref="G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="6" max="6" width="10.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="B2" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="1">
         <v>43831</v>
       </c>
       <c r="B3" s="4">
         <v>3.7280000000000002</v>
       </c>
       <c r="C3" s="4">
         <v>4169.8980000000001</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="1">
         <v>43838</v>
       </c>
       <c r="B4" s="4">
         <v>3.7280000000000002</v>
       </c>
       <c r="C4" s="4">
         <v>4145.8159999999998</v>
@@ -24344,67 +21694,67 @@
     <row r="1112" spans="11:11" x14ac:dyDescent="0.35">
       <c r="K1112" s="1"/>
     </row>
     <row r="1113" spans="11:11" x14ac:dyDescent="0.35">
       <c r="K1113" s="1"/>
     </row>
     <row r="1114" spans="11:11" x14ac:dyDescent="0.35">
       <c r="K1114" s="1"/>
     </row>
     <row r="1115" spans="11:11" x14ac:dyDescent="0.35">
       <c r="K1115" s="1"/>
     </row>
     <row r="1116" spans="11:11" x14ac:dyDescent="0.35">
       <c r="K1116" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3FA44A1A-3C92-4653-91CC-F813E8F7E61D}">
   <dimension ref="A1:D132"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A40" workbookViewId="0">
+    <sheetView topLeftCell="A40" workbookViewId="0">
       <selection sqref="A1:D132"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B2" t="s">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D2" s="3">
         <v>45431</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A3" s="1">
         <v>43831</v>
       </c>
       <c r="B3">
         <v>100</v>
       </c>
       <c r="C3">
         <v>100</v>
       </c>
       <c r="D3">
         <v>-10000</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A4" s="1">
         <v>43832</v>
       </c>
       <c r="B4">
         <v>100.42638213143786</v>
@@ -26193,1964 +23543,106 @@
       <c r="D131">
         <v>10000</v>
       </c>
     </row>
     <row r="132" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A132" s="1">
         <v>44012</v>
       </c>
       <c r="B132">
         <v>101.84381237761988</v>
       </c>
       <c r="C132">
         <v>110.33126305335841</v>
       </c>
       <c r="D132">
         <v>10000</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FCE3D23A-10E4-47EB-A6F9-C183693750B3}">
-[...1856 lines deleted...]
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7563F569-4382-4187-BC63-3D921E28F897}">
   <dimension ref="A1:O132"/>
   <sheetViews>
     <sheetView topLeftCell="A97" workbookViewId="0">
       <selection activeCell="E2" sqref="E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.35">
       <c r="B2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" t="s">
         <v>8</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>9</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>10</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>11</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>12</v>
       </c>
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>13</v>
       </c>
-      <c r="H2" t="s">
+      <c r="J2" t="s">
         <v>14</v>
       </c>
-      <c r="I2" t="s">
+      <c r="K2" t="s">
         <v>15</v>
       </c>
-      <c r="J2" t="s">
+      <c r="L2" t="s">
         <v>16</v>
       </c>
-      <c r="K2" t="s">
+      <c r="M2" t="s">
         <v>17</v>
       </c>
-      <c r="L2" t="s">
+      <c r="N2" t="s">
         <v>18</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A3" s="1">
         <v>43831</v>
       </c>
       <c r="B3" s="2">
         <v>3.7284000000000002</v>
       </c>
       <c r="C3" s="2">
         <v>0</v>
       </c>
       <c r="D3" s="2">
         <v>0</v>
       </c>
       <c r="E3" s="2">
         <v>0</v>
       </c>
       <c r="F3" s="2">
         <v>0</v>
       </c>
       <c r="G3" s="2" t="e">
         <v>#N/A</v>
       </c>
       <c r="H3" s="2" t="e">
@@ -34223,78 +29715,83 @@
         <v>0</v>
       </c>
       <c r="J132" s="2">
         <v>3.8250000000000002</v>
       </c>
       <c r="K132" s="2">
         <v>1.7650000000000001</v>
       </c>
       <c r="L132" s="2">
         <v>0</v>
       </c>
       <c r="M132" s="2">
         <v>7.4790000000000001</v>
       </c>
       <c r="N132" s="2">
         <v>10.867000000000001</v>
       </c>
       <c r="O132" s="2">
         <v>5.1100000000000003</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Privileged" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Charts</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
+    <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>Data1</vt:lpstr>
       <vt:lpstr>Data3</vt:lpstr>
-      <vt:lpstr>Data2</vt:lpstr>
       <vt:lpstr>Data4</vt:lpstr>
       <vt:lpstr>Chart 1</vt:lpstr>
       <vt:lpstr>Chart 2</vt:lpstr>
       <vt:lpstr>Chart 3</vt:lpstr>
       <vt:lpstr>Chart 4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>