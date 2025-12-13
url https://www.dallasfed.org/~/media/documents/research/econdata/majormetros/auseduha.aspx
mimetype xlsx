--- v0 (2025-10-17)
+++ v1 (2025-12-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{DA4DE6B2-2346-400B-8822-888CCE864038}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9ED9CE56-1AF7-4851-9334-615CC912D7E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F99B42A3-AE28-42B3-B4AA-B0A0D5AC72E1}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{AEC3F4EB-A68E-4CDF-A72A-E0996733FBB1}"/>
   </bookViews>
   <sheets>
     <sheet name="auseduha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Education and Health Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{38840902-3039-48FD-93D0-351CE0B6BE1B}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7FC292CD-ED4E-411E-B228-8474A896898E}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>0.85330959999998868</v>
       </c>
       <c r="D431" s="5">
         <v>6.2525338384207929</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>169.73090922</v>
       </c>
       <c r="C432" s="5">
         <v>0.46673727000001008</v>
       </c>
       <c r="D432" s="5">
         <v>3.3595858210211826</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>169.43237085999999</v>
+        <v>169.52614165</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.29853836000000911</v>
+        <v>-0.20476757000000134</v>
       </c>
       <c r="D433" s="5">
-        <v>-2.0903713631372223</v>
+        <v>-1.4381421866877964</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>168.78631439</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.73982725999999843</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-5.1130193125687784</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>