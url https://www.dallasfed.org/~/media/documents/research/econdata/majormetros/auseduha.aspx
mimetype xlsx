--- v1 (2025-12-13)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9ED9CE56-1AF7-4851-9334-615CC912D7E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0AB6EF0C-C5C2-43BB-A1B1-404E90163E15}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{AEC3F4EB-A68E-4CDF-A72A-E0996733FBB1}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B79F52BD-D0E9-4C49-8FB5-E0EFC8F82B33}"/>
   </bookViews>
   <sheets>
     <sheet name="auseduha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Education and Health Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7FC292CD-ED4E-411E-B228-8474A896898E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8CB692C9-573A-42A3-969F-0728A36699CE}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>35.157359560000003</v>
+        <v>35.157246035999997</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>35.179437821</v>
+        <v>35.179317605000001</v>
       </c>
       <c r="C7" s="5">
-        <v>2.2078260999997212E-2</v>
+        <v>2.2071569000004843E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>0.7561891167775503</v>
+        <v>0.75596157061328384</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>35.507929951000001</v>
+        <v>35.507786127000003</v>
       </c>
       <c r="C8" s="5">
-        <v>0.32849213000000077</v>
+        <v>0.32846852200000143</v>
       </c>
       <c r="D8" s="5">
-        <v>11.798895558111312</v>
+        <v>11.798045995626305</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>35.543987055000002</v>
+        <v>35.544251066999998</v>
       </c>
       <c r="C9" s="5">
-        <v>3.6057104000001061E-2</v>
+        <v>3.6464939999994783E-2</v>
       </c>
       <c r="D9" s="5">
-        <v>1.2253883064622384</v>
+        <v>1.2393319023013216</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>35.664399811999999</v>
+        <v>35.664520703999997</v>
       </c>
       <c r="C10" s="5">
-        <v>0.12041275699999687</v>
+        <v>0.12026963699999982</v>
       </c>
       <c r="D10" s="5">
-        <v>4.14186060495636</v>
+        <v>4.1368144022039033</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>36.149540500999997</v>
+        <v>36.149657255000001</v>
       </c>
       <c r="C11" s="5">
-        <v>0.48514068899999785</v>
+        <v>0.48513655100000364</v>
       </c>
       <c r="D11" s="5">
-        <v>17.601900056204833</v>
+        <v>17.601674317731074</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>36.028638807999997</v>
+        <v>36.028752150999999</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.12090169300000042</v>
+        <v>-0.12090510400000198</v>
       </c>
       <c r="D12" s="5">
-        <v>-3.9403771370232876</v>
+        <v>-3.9404737763840569</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>36.899640167999998</v>
+        <v>36.899578290000001</v>
       </c>
       <c r="C13" s="5">
-        <v>0.87100136000000106</v>
+        <v>0.87082613900000183</v>
       </c>
       <c r="D13" s="5">
-        <v>33.196042107241674</v>
+        <v>33.188333736059114</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>36.427500254999998</v>
+        <v>36.427540313000002</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.47213991299999947</v>
+        <v>-0.47203797699999939</v>
       </c>
       <c r="D14" s="5">
-        <v>-14.318538520564406</v>
+        <v>-14.315683644062748</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>36.686174797</v>
+        <v>36.686171528999999</v>
       </c>
       <c r="C15" s="5">
-        <v>0.2586745420000014</v>
+        <v>0.25863121599999772</v>
       </c>
       <c r="D15" s="5">
-        <v>8.8621063331708605</v>
+        <v>8.8605534354627267</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>37.095864523000003</v>
+        <v>37.095798612999999</v>
       </c>
       <c r="C16" s="5">
-        <v>0.40968972600000342</v>
+        <v>0.40962708400000025</v>
       </c>
       <c r="D16" s="5">
-        <v>14.25541440283531</v>
+        <v>14.253100521574446</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>37.349562266</v>
+        <v>37.349409334999997</v>
       </c>
       <c r="C17" s="5">
-        <v>0.25369774299999648</v>
+        <v>0.25361072199999768</v>
       </c>
       <c r="D17" s="5">
-        <v>8.5226108791969235</v>
+        <v>8.5195924580456115</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>37.472646304000001</v>
+        <v>37.472528531000002</v>
       </c>
       <c r="C18" s="5">
-        <v>0.12308403800000178</v>
+        <v>0.12311919600000465</v>
       </c>
       <c r="D18" s="5">
-        <v>4.0270232481695256</v>
+        <v>4.0282112648409196</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>37.787647987</v>
+        <v>37.787514653999999</v>
       </c>
       <c r="C19" s="5">
-        <v>0.31500168299999842</v>
+        <v>0.31498612299999706</v>
       </c>
       <c r="D19" s="5">
-        <v>10.567111853318888</v>
+        <v>10.566600269580672</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>37.814914065000004</v>
+        <v>37.814745705</v>
       </c>
       <c r="C20" s="5">
-        <v>2.7266078000003802E-2</v>
+        <v>2.7231051000001116E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>0.86931728788668394</v>
+        <v>0.86819917675746705</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>37.816405795999998</v>
+        <v>37.816702134000003</v>
       </c>
       <c r="C21" s="5">
-        <v>1.491730999994445E-3</v>
+        <v>1.9564290000033679E-3</v>
       </c>
       <c r="D21" s="5">
-        <v>4.7348134454305857E-2</v>
+        <v>6.2102307564826376E-2</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>37.947867705</v>
+        <v>37.948001040999998</v>
       </c>
       <c r="C22" s="5">
-        <v>0.13146190900000221</v>
+        <v>0.13129890699999436</v>
       </c>
       <c r="D22" s="5">
-        <v>4.2522745686586871</v>
+        <v>4.2468670914481699</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>38.260686219</v>
+        <v>38.260808009000002</v>
       </c>
       <c r="C23" s="5">
-        <v>0.31281851399999994</v>
+        <v>0.31280696800000385</v>
       </c>
       <c r="D23" s="5">
-        <v>10.353096899789914</v>
+        <v>10.352659242367878</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>38.742844900000001</v>
+        <v>38.742968288</v>
       </c>
       <c r="C24" s="5">
-        <v>0.48215868100000137</v>
+        <v>0.48216027899999858</v>
       </c>
       <c r="D24" s="5">
-        <v>16.215762358756038</v>
+        <v>16.215764634070752</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>39.012768356999999</v>
+        <v>39.012716947000001</v>
       </c>
       <c r="C25" s="5">
-        <v>0.26992345699999731</v>
+        <v>0.26974865900000111</v>
       </c>
       <c r="D25" s="5">
-        <v>8.6883844573943048</v>
+        <v>8.6825120991408369</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>39.523279219999999</v>
+        <v>39.523315255</v>
       </c>
       <c r="C26" s="5">
-        <v>0.51051086300000037</v>
+        <v>0.51059830799999872</v>
       </c>
       <c r="D26" s="5">
-        <v>16.883825610663283</v>
+        <v>16.886952783824082</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>39.780343162000001</v>
+        <v>39.780329965</v>
       </c>
       <c r="C27" s="5">
-        <v>0.25706394200000204</v>
+        <v>0.25701470999999998</v>
       </c>
       <c r="D27" s="5">
-        <v>8.09028355819148</v>
+        <v>8.088670663163434</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>40.091109992</v>
+        <v>40.091028203</v>
       </c>
       <c r="C28" s="5">
-        <v>0.31076682999999861</v>
+        <v>0.31069823800000052</v>
       </c>
       <c r="D28" s="5">
-        <v>9.7879472119066335</v>
+        <v>9.7856965818684749</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>40.136252871000003</v>
+        <v>40.136076752999998</v>
       </c>
       <c r="C29" s="5">
-        <v>4.5142879000003688E-2</v>
+        <v>4.5048549999997078E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>1.3596082317001379</v>
+        <v>1.3567524458526492</v>
       </c>
       <c r="E29" s="5">
-        <v>7.4611064653273829</v>
+        <v>7.4610749342925331</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>40.191956193999999</v>
+        <v>40.191854941000003</v>
       </c>
       <c r="C30" s="5">
-        <v>5.5703322999995919E-2</v>
+        <v>5.5778188000005002E-2</v>
       </c>
       <c r="D30" s="5">
-        <v>1.678198250130003</v>
+        <v>1.6804784386676541</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>40.486934243999997</v>
+        <v>40.486795325999999</v>
       </c>
       <c r="C31" s="5">
-        <v>0.29497804999999744</v>
+        <v>0.29494038499999675</v>
       </c>
       <c r="D31" s="5">
-        <v>9.171424045831289</v>
+        <v>9.1702293480385286</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>40.439841475999998</v>
+        <v>40.439644672</v>
       </c>
       <c r="C32" s="5">
-        <v>-4.7092767999998841E-2</v>
+        <v>-4.7150653999999292E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>-1.3868966964450391</v>
+        <v>-1.3885952867319862</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>41.358900785000003</v>
+        <v>41.359237299999997</v>
       </c>
       <c r="C33" s="5">
-        <v>0.91905930900000499</v>
+        <v>0.91959262799999664</v>
       </c>
       <c r="D33" s="5">
-        <v>30.952718818162484</v>
+        <v>30.973153789446982</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>41.416337480000003</v>
+        <v>41.416482704000003</v>
       </c>
       <c r="C34" s="5">
-        <v>5.7436694999999816E-2</v>
+        <v>5.7245404000006772E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>1.6792739483205921</v>
+        <v>1.6736248173891966</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>41.586918214000001</v>
+        <v>41.587046096000002</v>
       </c>
       <c r="C35" s="5">
-        <v>0.17058073399999785</v>
+        <v>0.17056339199999826</v>
       </c>
       <c r="D35" s="5">
-        <v>5.0559295080948585</v>
+        <v>5.0553856718524859</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>41.758820227000001</v>
+        <v>41.758950847999998</v>
       </c>
       <c r="C36" s="5">
-        <v>0.17190201300000041</v>
+        <v>0.17190475199999611</v>
       </c>
       <c r="D36" s="5">
-        <v>5.0746097876003926</v>
+        <v>5.0746765295551777</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>41.831662739999999</v>
+        <v>41.831647394000001</v>
       </c>
       <c r="C37" s="5">
-        <v>7.2842512999997666E-2</v>
+        <v>7.2696546000003082E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>2.1134345070672023</v>
+        <v>2.1091521648435529</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>41.910820950000002</v>
+        <v>41.910837897999997</v>
       </c>
       <c r="C38" s="5">
-        <v>7.9158210000002782E-2</v>
+        <v>7.9190503999996054E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>2.2945475107836844</v>
+        <v>2.2954942312272575</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>42.585368181</v>
+        <v>42.585333419999998</v>
       </c>
       <c r="C39" s="5">
-        <v>0.67454723099999825</v>
+        <v>0.67449552200000085</v>
       </c>
       <c r="D39" s="5">
-        <v>21.118605513500089</v>
+        <v>21.116831406882653</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>42.112005373999999</v>
+        <v>42.111904418999998</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.47336280700000088</v>
+        <v>-0.47342900099999952</v>
       </c>
       <c r="D40" s="5">
-        <v>-12.552741326926009</v>
+        <v>-12.554400395878185</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>42.315491239000004</v>
+        <v>42.315296912999997</v>
       </c>
       <c r="C41" s="5">
-        <v>0.20348586500000465</v>
+        <v>0.20339249399999915</v>
       </c>
       <c r="D41" s="5">
-        <v>5.9550271640899544</v>
+        <v>5.9522363152265001</v>
       </c>
       <c r="E41" s="5">
-        <v>5.4296009520474753</v>
+        <v>5.4295794115878815</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>42.817208413000003</v>
+        <v>42.817128513999997</v>
       </c>
       <c r="C42" s="5">
-        <v>0.50171717399999949</v>
+        <v>0.50183160099999924</v>
       </c>
       <c r="D42" s="5">
-        <v>15.19338563080801</v>
+        <v>15.197154276511693</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>42.896188518999999</v>
+        <v>42.896061144999997</v>
       </c>
       <c r="C43" s="5">
-        <v>7.8980105999995942E-2</v>
+        <v>7.8932631000000697E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>2.236100702865107</v>
+        <v>2.2347471361962468</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>43.058944593</v>
+        <v>43.058753850999999</v>
       </c>
       <c r="C44" s="5">
-        <v>0.16275607400000069</v>
+        <v>0.16269270600000141</v>
       </c>
       <c r="D44" s="5">
-        <v>4.6492464840515835</v>
+        <v>4.6474124943188144</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>44.194119618000002</v>
+        <v>44.194451823000001</v>
       </c>
       <c r="C45" s="5">
-        <v>1.1351750250000023</v>
+        <v>1.1356979720000027</v>
       </c>
       <c r="D45" s="5">
-        <v>36.651144416109659</v>
+        <v>36.670736215836207</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>44.485204932000002</v>
+        <v>44.485350459000003</v>
       </c>
       <c r="C46" s="5">
-        <v>0.29108531400000004</v>
+        <v>0.29089863600000143</v>
       </c>
       <c r="D46" s="5">
-        <v>8.1965231581343048</v>
+        <v>8.191011027490557</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>44.396223970000001</v>
+        <v>44.396339902999998</v>
       </c>
       <c r="C47" s="5">
-        <v>-8.8980962000000829E-2</v>
+        <v>-8.9010556000005181E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>-2.3740536568063741</v>
+        <v>-2.3748268860042776</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>44.691634139999998</v>
+        <v>44.691794522000002</v>
       </c>
       <c r="C48" s="5">
-        <v>0.2954101699999967</v>
+        <v>0.29545461900000447</v>
       </c>
       <c r="D48" s="5">
-        <v>8.2835322399720681</v>
+        <v>8.2848021626286794</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>44.853861121999998</v>
+        <v>44.853870825000001</v>
       </c>
       <c r="C49" s="5">
-        <v>0.16222698199999996</v>
+        <v>0.1620763029999992</v>
       </c>
       <c r="D49" s="5">
-        <v>4.4439265040733922</v>
+        <v>4.4396999886865407</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>44.798056172999999</v>
+        <v>44.798051860999998</v>
       </c>
       <c r="C50" s="5">
-        <v>-5.5804948999998771E-2</v>
+        <v>-5.5818964000003746E-2</v>
       </c>
       <c r="D50" s="5">
-        <v>-1.4828065157549419</v>
+        <v>-1.483176047814927</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>44.892286636999998</v>
+        <v>44.892234686000002</v>
       </c>
       <c r="C51" s="5">
-        <v>9.4230463999998904E-2</v>
+        <v>9.41828250000043E-2</v>
       </c>
       <c r="D51" s="5">
-        <v>2.5535472337155918</v>
+        <v>2.5522415509982022</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>44.926066968999997</v>
+        <v>44.925941981999998</v>
       </c>
       <c r="C52" s="5">
-        <v>3.3780331999999191E-2</v>
+        <v>3.3707295999995779E-2</v>
       </c>
       <c r="D52" s="5">
-        <v>0.90671666439521292</v>
+        <v>0.90474921301781919</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>45.073289705000001</v>
+        <v>45.073079847000002</v>
       </c>
       <c r="C53" s="5">
-        <v>0.14722273600000335</v>
+        <v>0.14713786500000481</v>
       </c>
       <c r="D53" s="5">
-        <v>4.0040559504027406</v>
+        <v>4.0017172889132091</v>
       </c>
       <c r="E53" s="5">
-        <v>6.5172313619705324</v>
+        <v>6.5172245858749145</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>45.550657665999999</v>
+        <v>45.550614689</v>
       </c>
       <c r="C54" s="5">
-        <v>0.47736796099999879</v>
+        <v>0.47753484199999718</v>
       </c>
       <c r="D54" s="5">
-        <v>13.476189248128168</v>
+        <v>13.481244642689759</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>45.697582128999997</v>
+        <v>45.697473842999997</v>
       </c>
       <c r="C55" s="5">
-        <v>0.14692446299999773</v>
+        <v>0.14685915399999772</v>
       </c>
       <c r="D55" s="5">
-        <v>3.9400313560582712</v>
+        <v>3.9382525929909651</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>45.869796706999999</v>
+        <v>45.869610534000003</v>
       </c>
       <c r="C56" s="5">
-        <v>0.17221457800000195</v>
+        <v>0.17213669100000573</v>
       </c>
       <c r="D56" s="5">
-        <v>4.6172066324546623</v>
+        <v>4.6150861333967175</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>46.149958798999997</v>
+        <v>46.150262230999999</v>
       </c>
       <c r="C57" s="5">
-        <v>0.28016209199999764</v>
+        <v>0.28065169699999615</v>
       </c>
       <c r="D57" s="5">
-        <v>7.5806161595121324</v>
+        <v>7.5943447021482591</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>46.278846107</v>
+        <v>46.278969425</v>
       </c>
       <c r="C58" s="5">
-        <v>0.12888730800000303</v>
+        <v>0.12870719400000041</v>
       </c>
       <c r="D58" s="5">
-        <v>3.4033125215576332</v>
+        <v>3.398460675835735</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>46.720672233999998</v>
+        <v>46.720799423999999</v>
       </c>
       <c r="C59" s="5">
-        <v>0.44182612699999879</v>
+        <v>0.44182999899999942</v>
       </c>
       <c r="D59" s="5">
-        <v>12.077576633061483</v>
+        <v>12.077654203583666</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>46.413983055999999</v>
+        <v>46.414168398000001</v>
       </c>
       <c r="C60" s="5">
-        <v>-0.30668917799999917</v>
+        <v>-0.30663102599999803</v>
       </c>
       <c r="D60" s="5">
-        <v>-7.5989136394849055</v>
+        <v>-7.5975044576975908</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>46.547210215</v>
+        <v>46.54722924</v>
       </c>
       <c r="C61" s="5">
-        <v>0.13322715900000048</v>
+        <v>0.13306084199999901</v>
       </c>
       <c r="D61" s="5">
-        <v>3.4993946940109266</v>
+        <v>3.4949428623839873</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>46.673323259</v>
+        <v>46.673289789999998</v>
       </c>
       <c r="C62" s="5">
-        <v>0.12611304400000023</v>
+        <v>0.12606054999999827</v>
       </c>
       <c r="D62" s="5">
-        <v>3.3001175914863179</v>
+        <v>3.2987220383542404</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>46.803943947999997</v>
+        <v>46.803872157000001</v>
       </c>
       <c r="C63" s="5">
-        <v>0.13062068899999701</v>
+        <v>0.13058236700000236</v>
       </c>
       <c r="D63" s="5">
-        <v>3.4105168016134835</v>
+        <v>3.4095032468329567</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>46.932654798000002</v>
+        <v>46.932517701000002</v>
       </c>
       <c r="C64" s="5">
-        <v>0.12871085000000448</v>
+        <v>0.12864554400000117</v>
       </c>
       <c r="D64" s="5">
-        <v>3.3503729842007113</v>
+        <v>3.3486524880149915</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>47.328932510999998</v>
+        <v>47.328742169999998</v>
       </c>
       <c r="C65" s="5">
-        <v>0.39627771299999637</v>
+        <v>0.3962244689999963</v>
       </c>
       <c r="D65" s="5">
-        <v>10.616281576192431</v>
+        <v>10.61482075618574</v>
       </c>
       <c r="E65" s="5">
-        <v>5.0043891199487378</v>
+        <v>5.0044557209243612</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>46.480761897999997</v>
+        <v>46.480736188000002</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.84817061300000063</v>
+        <v>-0.84800598199999655</v>
       </c>
       <c r="D66" s="5">
-        <v>-19.506956507321405</v>
+        <v>-19.503606118940652</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>46.696286430999997</v>
+        <v>46.696213593000003</v>
       </c>
       <c r="C67" s="5">
-        <v>0.21552453299999996</v>
+        <v>0.21547740500000145</v>
       </c>
       <c r="D67" s="5">
-        <v>5.708344579963498</v>
+        <v>5.7070675971589546</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>46.74398601</v>
+        <v>46.743863654000002</v>
       </c>
       <c r="C68" s="5">
-        <v>4.7699579000003212E-2</v>
+        <v>4.76500609999988E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>1.2326927452313008</v>
+        <v>1.2314078003429874</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>47.246326938000003</v>
+        <v>47.246522878</v>
       </c>
       <c r="C69" s="5">
-        <v>0.50234092800000241</v>
+        <v>0.50265922399999852</v>
       </c>
       <c r="D69" s="5">
-        <v>13.686184419943093</v>
+        <v>13.695413529160195</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>47.708090534</v>
+        <v>47.708172830999999</v>
       </c>
       <c r="C70" s="5">
-        <v>0.46176359599999728</v>
+        <v>0.46164995299999845</v>
       </c>
       <c r="D70" s="5">
-        <v>12.379683879448056</v>
+        <v>12.3764174780991</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>47.638422114000001</v>
+        <v>47.638596944</v>
       </c>
       <c r="C71" s="5">
-        <v>-6.9668419999999287E-2</v>
+        <v>-6.957588699999917E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>-1.7383612539704663</v>
+        <v>-1.7360678946694241</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>47.337231955</v>
+        <v>47.337428936000002</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.30119015900000079</v>
+        <v>-0.30116800799999766</v>
       </c>
       <c r="D72" s="5">
-        <v>-7.3285649964416555</v>
+        <v>-7.3280186534350982</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>48.138420744000001</v>
+        <v>48.138411787999999</v>
       </c>
       <c r="C73" s="5">
-        <v>0.80118878900000112</v>
+        <v>0.80098285199999708</v>
       </c>
       <c r="D73" s="5">
-        <v>22.311630039771281</v>
+        <v>22.305249552117125</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>48.649612083999997</v>
+        <v>48.649562502000002</v>
       </c>
       <c r="C74" s="5">
-        <v>0.51119133999999633</v>
+        <v>0.51115071400000289</v>
       </c>
       <c r="D74" s="5">
-        <v>13.514285212903786</v>
+        <v>13.513150367606697</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>48.889930778</v>
+        <v>48.889853336000002</v>
       </c>
       <c r="C75" s="5">
-        <v>0.24031869400000261</v>
+        <v>0.24029083399999962</v>
       </c>
       <c r="D75" s="5">
-        <v>6.0914751078129381</v>
+        <v>6.0907560105425862</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>49.306680921999998</v>
+        <v>49.306539960999999</v>
       </c>
       <c r="C76" s="5">
-        <v>0.4167501439999981</v>
+        <v>0.41668662499999698</v>
       </c>
       <c r="D76" s="5">
-        <v>10.722570486533334</v>
+        <v>10.720876633161481</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>49.573921390000002</v>
+        <v>49.573756039999999</v>
       </c>
       <c r="C77" s="5">
-        <v>0.26724046800000423</v>
+        <v>0.26721607900000066</v>
       </c>
       <c r="D77" s="5">
-        <v>6.7013851633283883</v>
+        <v>6.7007749665879857</v>
       </c>
       <c r="E77" s="5">
-        <v>4.743375267291805</v>
+        <v>4.7434471466326844</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>49.561718081999999</v>
+        <v>49.561718993</v>
       </c>
       <c r="C78" s="5">
-        <v>-1.2203308000003688E-2</v>
+        <v>-1.2037046999999745E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>-0.2949970258716017</v>
+        <v>-0.29098424581062154</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>49.570532735</v>
+        <v>49.570488834999999</v>
       </c>
       <c r="C79" s="5">
-        <v>8.8146530000017265E-3</v>
+        <v>8.7698419999995281E-3</v>
       </c>
       <c r="D79" s="5">
-        <v>0.213631346796328</v>
+        <v>0.21254424929357807</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>50.000494703000001</v>
+        <v>50.000426767</v>
       </c>
       <c r="C80" s="5">
-        <v>0.42996196800000064</v>
+        <v>0.42993793200000141</v>
       </c>
       <c r="D80" s="5">
-        <v>10.919672710036487</v>
+        <v>10.919042998251594</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>50.174079804000002</v>
+        <v>50.174159379999999</v>
       </c>
       <c r="C81" s="5">
-        <v>0.17358510100000046</v>
+        <v>0.17373261299999854</v>
       </c>
       <c r="D81" s="5">
-        <v>4.2464753085186491</v>
+        <v>4.2501590742797024</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>50.366239358999998</v>
+        <v>50.366258688000002</v>
       </c>
       <c r="C82" s="5">
-        <v>0.19215955499999637</v>
+        <v>0.19209930800000308</v>
       </c>
       <c r="D82" s="5">
-        <v>4.6938825947682838</v>
+        <v>4.6923722146121394</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>50.683744978</v>
+        <v>50.684032256000002</v>
       </c>
       <c r="C83" s="5">
-        <v>0.31750561900000207</v>
+        <v>0.31777356799999978</v>
       </c>
       <c r="D83" s="5">
-        <v>7.8325967123654916</v>
+        <v>7.8394347213949889</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>49.761069276999997</v>
+        <v>49.761246053999997</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.92267570100000285</v>
+        <v>-0.92278620200000461</v>
       </c>
       <c r="D84" s="5">
-        <v>-19.785647250848015</v>
+        <v>-19.787683569784274</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>50.738951350999997</v>
+        <v>50.738913947999997</v>
       </c>
       <c r="C85" s="5">
-        <v>0.97788207400000005</v>
+        <v>0.97766789399999965</v>
       </c>
       <c r="D85" s="5">
-        <v>26.305248658605997</v>
+        <v>26.298747123607914</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>50.991600024999997</v>
+        <v>50.991536979000003</v>
       </c>
       <c r="C86" s="5">
-        <v>0.25264867399999957</v>
+        <v>0.25262303100000594</v>
       </c>
       <c r="D86" s="5">
-        <v>6.1416485347361327</v>
+        <v>6.1410126613842264</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>51.363396098999999</v>
+        <v>51.363315581999998</v>
       </c>
       <c r="C87" s="5">
-        <v>0.37179607400000236</v>
+        <v>0.37177860299999566</v>
       </c>
       <c r="D87" s="5">
-        <v>9.1091315470680065</v>
+        <v>9.1086979102432473</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>51.847049650000002</v>
+        <v>51.846922206000002</v>
       </c>
       <c r="C88" s="5">
-        <v>0.48365355100000329</v>
+        <v>0.48360662400000365</v>
       </c>
       <c r="D88" s="5">
-        <v>11.903533886273433</v>
+        <v>11.902338114230382</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>51.725677888</v>
+        <v>51.725559316000002</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.12137176200000255</v>
+        <v>-0.12136289000000033</v>
       </c>
       <c r="D89" s="5">
-        <v>-2.7732617100498569</v>
+        <v>-2.7730683225319908</v>
       </c>
       <c r="E89" s="5">
-        <v>4.3405008876986839</v>
+        <v>4.3406097255647813</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>51.855085056</v>
+        <v>51.855087046000001</v>
       </c>
       <c r="C90" s="5">
-        <v>0.12940716800000018</v>
+        <v>0.12952772999999951</v>
       </c>
       <c r="D90" s="5">
-        <v>3.0438126913073349</v>
+        <v>3.0466947053426008</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>52.156553023000001</v>
+        <v>52.156523401999998</v>
       </c>
       <c r="C91" s="5">
-        <v>0.30146796700000067</v>
+        <v>0.30143635599999641</v>
       </c>
       <c r="D91" s="5">
-        <v>7.203846266621694</v>
+        <v>7.2030662956882763</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>52.255513004999997</v>
+        <v>52.255489388999997</v>
       </c>
       <c r="C92" s="5">
-        <v>9.8959981999996671E-2</v>
+        <v>9.89659869999997E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>2.3007480235018862</v>
+        <v>2.3008904160327415</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>52.443231365999999</v>
+        <v>52.443215742</v>
       </c>
       <c r="C93" s="5">
-        <v>0.18771836100000172</v>
+        <v>0.18772635300000218</v>
       </c>
       <c r="D93" s="5">
-        <v>4.3969796983169385</v>
+        <v>4.3971726380058751</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>52.595553250999998</v>
+        <v>52.595482320999999</v>
       </c>
       <c r="C94" s="5">
-        <v>0.15232188499999921</v>
+        <v>0.15226657899999907</v>
       </c>
       <c r="D94" s="5">
-        <v>3.5416332649786719</v>
+        <v>3.5403278138983474</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>52.912670319999997</v>
+        <v>52.913099013</v>
       </c>
       <c r="C95" s="5">
-        <v>0.31711706899999825</v>
+        <v>0.31761669200000142</v>
       </c>
       <c r="D95" s="5">
-        <v>7.4800400410983903</v>
+        <v>7.4922295596343558</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>53.605111727000001</v>
+        <v>53.605255577000001</v>
       </c>
       <c r="C96" s="5">
-        <v>0.69244140700000401</v>
+        <v>0.69215656400000114</v>
       </c>
       <c r="D96" s="5">
-        <v>16.884874056123266</v>
+        <v>16.877274418357469</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>53.855121955000001</v>
+        <v>53.855062294</v>
       </c>
       <c r="C97" s="5">
-        <v>0.25001022800000072</v>
+        <v>0.24980671699999846</v>
       </c>
       <c r="D97" s="5">
-        <v>5.7425301785413163</v>
+        <v>5.7377194487784999</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>53.722150308000003</v>
+        <v>53.722082884999999</v>
       </c>
       <c r="C98" s="5">
-        <v>-0.13297164699999797</v>
+        <v>-0.13297940900000071</v>
       </c>
       <c r="D98" s="5">
-        <v>-2.9229686072172578</v>
+        <v>-2.9231401146290636</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>53.601605685000003</v>
+        <v>53.601534258999997</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.12054462300000068</v>
+        <v>-0.12054862600000149</v>
       </c>
       <c r="D99" s="5">
-        <v>-2.6596410356103384</v>
+        <v>-2.659731565768586</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>53.798542220999998</v>
+        <v>53.798431469000001</v>
       </c>
       <c r="C100" s="5">
-        <v>0.1969365359999955</v>
+        <v>0.19689721000000304</v>
       </c>
       <c r="D100" s="5">
-        <v>4.4990874859848207</v>
+        <v>4.4981769563829488</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>54.092976767000003</v>
+        <v>54.092886901</v>
       </c>
       <c r="C101" s="5">
-        <v>0.29443454600000507</v>
+        <v>0.29445543199999946</v>
       </c>
       <c r="D101" s="5">
-        <v>6.7688305430719353</v>
+        <v>6.7693395998990713</v>
       </c>
       <c r="E101" s="5">
-        <v>4.5766415746659517</v>
+        <v>4.5767075625757991</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>55.063912080999998</v>
+        <v>55.063915498999997</v>
       </c>
       <c r="C102" s="5">
-        <v>0.97093531399999478</v>
+        <v>0.97102859799999663</v>
       </c>
       <c r="D102" s="5">
-        <v>23.798156793731408</v>
+        <v>23.800717064280864</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>55.053160062000003</v>
+        <v>55.053127259</v>
       </c>
       <c r="C103" s="5">
-        <v>-1.0752018999994561E-2</v>
+        <v>-1.0788239999996563E-2</v>
       </c>
       <c r="D103" s="5">
-        <v>-0.23406573780071493</v>
+        <v>-0.23485338567034164</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>55.527341853999999</v>
+        <v>55.527301694999998</v>
       </c>
       <c r="C104" s="5">
-        <v>0.47418179199999599</v>
+        <v>0.47417443599999842</v>
       </c>
       <c r="D104" s="5">
-        <v>10.83975963360777</v>
+        <v>10.839590199069459</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>55.706242302</v>
+        <v>55.706195545999996</v>
       </c>
       <c r="C105" s="5">
-        <v>0.17890044800000027</v>
+        <v>0.17889385099999799</v>
       </c>
       <c r="D105" s="5">
-        <v>3.9354640927303342</v>
+        <v>3.9353192871601328</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>55.993214502000001</v>
+        <v>55.993047836000002</v>
       </c>
       <c r="C106" s="5">
-        <v>0.28697220000000101</v>
+        <v>0.28685229000000589</v>
       </c>
       <c r="D106" s="5">
-        <v>6.3600272874233088</v>
+        <v>6.3572995554285416</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>56.144789228999997</v>
+        <v>56.145416605999998</v>
       </c>
       <c r="C107" s="5">
-        <v>0.1515747269999963</v>
+        <v>0.15236876999999538</v>
       </c>
       <c r="D107" s="5">
-        <v>3.2972270587103614</v>
+        <v>3.314769347699742</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>56.856107485999999</v>
+        <v>56.856177297000002</v>
       </c>
       <c r="C108" s="5">
-        <v>0.71131825700000206</v>
+        <v>0.71076069100000439</v>
       </c>
       <c r="D108" s="5">
-        <v>16.308649208564585</v>
+        <v>16.294767873432182</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>57.161818353000001</v>
+        <v>57.161743143000002</v>
       </c>
       <c r="C109" s="5">
-        <v>0.30571086700000194</v>
+        <v>0.30556584600000036</v>
       </c>
       <c r="D109" s="5">
-        <v>6.6465828959558992</v>
+        <v>6.6433277602032881</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>57.430012603000002</v>
+        <v>57.429940555000002</v>
       </c>
       <c r="C110" s="5">
-        <v>0.26819425000000052</v>
+        <v>0.26819741199999925</v>
       </c>
       <c r="D110" s="5">
-        <v>5.7777957777650935</v>
+        <v>5.7778734645699714</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>58.126634690000003</v>
+        <v>58.126564455999997</v>
       </c>
       <c r="C111" s="5">
-        <v>0.6966220870000015</v>
+        <v>0.69662390099999527</v>
       </c>
       <c r="D111" s="5">
-        <v>15.567366608200839</v>
+        <v>15.567430738175414</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>58.348424883</v>
+        <v>58.348329673000002</v>
       </c>
       <c r="C112" s="5">
-        <v>0.2217901929999968</v>
+        <v>0.22176521700000507</v>
       </c>
       <c r="D112" s="5">
-        <v>4.6760882543694926</v>
+        <v>4.6755563458832583</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>58.576776987000002</v>
+        <v>58.57670839</v>
       </c>
       <c r="C113" s="5">
-        <v>0.2283521040000025</v>
+        <v>0.22837871699999823</v>
       </c>
       <c r="D113" s="5">
-        <v>4.7987314912111723</v>
+        <v>4.7993108477360824</v>
       </c>
       <c r="E113" s="5">
-        <v>8.2890617007703504</v>
+        <v>8.2891147910190597</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>58.455653912999999</v>
+        <v>58.455641825000001</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.12112307400000333</v>
+        <v>-0.12106656499999957</v>
       </c>
       <c r="D114" s="5">
-        <v>-2.453293593473771</v>
+        <v>-2.4521648473304625</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>59.265904880000001</v>
+        <v>59.265866062000001</v>
       </c>
       <c r="C115" s="5">
-        <v>0.81025096700000176</v>
+        <v>0.8102242369999999</v>
       </c>
       <c r="D115" s="5">
-        <v>17.96162826677239</v>
+        <v>17.960993836036398</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>59.430948127000001</v>
+        <v>59.430895075999999</v>
       </c>
       <c r="C116" s="5">
-        <v>0.16504324699999984</v>
+        <v>0.16502901399999814</v>
       </c>
       <c r="D116" s="5">
-        <v>3.3934125564784701</v>
+        <v>3.3931176756395676</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>59.334606694000001</v>
+        <v>59.334543463999999</v>
       </c>
       <c r="C117" s="5">
-        <v>-9.6341432999999199E-2</v>
+        <v>-9.635161199999942E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>-1.928027616798722</v>
+        <v>-1.9282312164261239</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>59.325293248000001</v>
+        <v>59.325069575000001</v>
       </c>
       <c r="C118" s="5">
-        <v>-9.3134460000001695E-3</v>
+        <v>-9.4738889999987919E-3</v>
       </c>
       <c r="D118" s="5">
-        <v>-0.18819526138600384</v>
+        <v>-0.1914346637995723</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>60.381029017000003</v>
+        <v>60.381809421</v>
       </c>
       <c r="C119" s="5">
-        <v>1.0557357690000018</v>
+        <v>1.0567398459999993</v>
       </c>
       <c r="D119" s="5">
-        <v>23.57408307043243</v>
+        <v>23.598842174153202</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>59.840968375000003</v>
+        <v>59.840964157999998</v>
       </c>
       <c r="C120" s="5">
-        <v>-0.54006064200000026</v>
+        <v>-0.54084526300000135</v>
       </c>
       <c r="D120" s="5">
-        <v>-10.220489288705338</v>
+        <v>-10.234488459432644</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>59.971997792000003</v>
+        <v>59.971921336000001</v>
       </c>
       <c r="C121" s="5">
-        <v>0.13102941700000059</v>
+        <v>0.13095717800000273</v>
       </c>
       <c r="D121" s="5">
-        <v>2.6594283261019758</v>
+        <v>2.6579446300710297</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>60.453588398000001</v>
+        <v>60.453519006000001</v>
       </c>
       <c r="C122" s="5">
-        <v>0.48159060599999748</v>
+        <v>0.48159766999999931</v>
       </c>
       <c r="D122" s="5">
-        <v>10.073511490091548</v>
+        <v>10.073679250225265</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>60.455035174000002</v>
+        <v>60.454968700000002</v>
       </c>
       <c r="C123" s="5">
-        <v>1.4467760000016483E-3</v>
+        <v>1.4496940000015002E-3</v>
       </c>
       <c r="D123" s="5">
-        <v>2.8722194734198681E-2</v>
+        <v>2.8780165159303372E-2</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>61.027132770999998</v>
+        <v>61.027048120000003</v>
       </c>
       <c r="C124" s="5">
-        <v>0.57209759699999552</v>
+        <v>0.57207942000000145</v>
       </c>
       <c r="D124" s="5">
-        <v>11.965920334981405</v>
+        <v>11.965533994551159</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>61.282858208</v>
+        <v>61.282788947999997</v>
       </c>
       <c r="C125" s="5">
-        <v>0.25572543700000239</v>
+        <v>0.25574082799999331</v>
       </c>
       <c r="D125" s="5">
-        <v>5.1459517643992703</v>
+        <v>5.1462759535459979</v>
       </c>
       <c r="E125" s="5">
-        <v>4.6197168232737784</v>
+        <v>4.6197211014027628</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>61.326449171</v>
+        <v>61.32644526</v>
       </c>
       <c r="C126" s="5">
-        <v>4.3590962999999761E-2</v>
+        <v>4.3656312000003084E-2</v>
       </c>
       <c r="D126" s="5">
-        <v>0.8569163805087765</v>
+        <v>0.85820703018899547</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>61.375438162000002</v>
+        <v>61.375407404999997</v>
       </c>
       <c r="C127" s="5">
-        <v>4.8988991000001647E-2</v>
+        <v>4.8962144999997292E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>0.96281066908736612</v>
+        <v>0.96228079083195972</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>61.477616793999999</v>
+        <v>61.477545366000001</v>
       </c>
       <c r="C128" s="5">
-        <v>0.10217863199999755</v>
+        <v>0.10213796100000394</v>
       </c>
       <c r="D128" s="5">
-        <v>2.0161701619357819</v>
+        <v>2.0153613089214817</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>61.712782547000003</v>
+        <v>61.712720820000001</v>
       </c>
       <c r="C129" s="5">
-        <v>0.23516575300000397</v>
+        <v>0.23517545400000017</v>
       </c>
       <c r="D129" s="5">
-        <v>4.6880862722605832</v>
+        <v>4.6882893131791059</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>62.633316813999997</v>
+        <v>62.633089349000002</v>
       </c>
       <c r="C130" s="5">
-        <v>0.92053426699999363</v>
+        <v>0.92036852900000099</v>
       </c>
       <c r="D130" s="5">
-        <v>19.4437381284827</v>
+        <v>19.439966438016754</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>63.100321457</v>
+        <v>63.101125953999997</v>
       </c>
       <c r="C131" s="5">
-        <v>0.46700464300000277</v>
+        <v>0.46803660499999467</v>
       </c>
       <c r="D131" s="5">
-        <v>9.3236015139949391</v>
+        <v>9.3450937295968863</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>62.055648105000003</v>
+        <v>62.055589881000003</v>
       </c>
       <c r="C132" s="5">
-        <v>-1.0446733519999967</v>
+        <v>-1.0455360729999938</v>
       </c>
       <c r="D132" s="5">
-        <v>-18.15410011457471</v>
+        <v>-18.167542361814128</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>62.787603390000001</v>
+        <v>62.787534567999998</v>
       </c>
       <c r="C133" s="5">
-        <v>0.73195528499999796</v>
+        <v>0.73194468699999504</v>
       </c>
       <c r="D133" s="5">
-        <v>15.109478681874933</v>
+        <v>15.10926063672513</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>63.085168482</v>
+        <v>63.085104221999998</v>
       </c>
       <c r="C134" s="5">
-        <v>0.29756509199999925</v>
+        <v>0.29756965400000013</v>
       </c>
       <c r="D134" s="5">
-        <v>5.8376849216622784</v>
+        <v>5.8377833319940953</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>63.199357454999998</v>
+        <v>63.199292356999997</v>
       </c>
       <c r="C135" s="5">
-        <v>0.11418897299999742</v>
+        <v>0.11418813499999914</v>
       </c>
       <c r="D135" s="5">
-        <v>2.1938467369192027</v>
+        <v>2.1938327332734042</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>63.013468768000003</v>
+        <v>63.013398477000003</v>
       </c>
       <c r="C136" s="5">
-        <v>-0.18588868699999495</v>
+        <v>-0.18589387999999474</v>
       </c>
       <c r="D136" s="5">
-        <v>-3.4730255648842245</v>
+        <v>-3.4731245431894431</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>63.197598313</v>
+        <v>63.197538070999997</v>
       </c>
       <c r="C137" s="5">
-        <v>0.18412954499999756</v>
+        <v>0.18413959399999413</v>
       </c>
       <c r="D137" s="5">
-        <v>3.5633862224456303</v>
+        <v>3.5635878722602765</v>
       </c>
       <c r="E137" s="5">
-        <v>3.1244301603903457</v>
+        <v>3.1244484069168577</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>62.538730667999999</v>
+        <v>62.538728794000001</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.65886764500000083</v>
+        <v>-0.65880927699999603</v>
       </c>
       <c r="D138" s="5">
-        <v>-11.817611751259072</v>
+        <v>-11.816634754702127</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>62.889240743000002</v>
+        <v>62.889222367999999</v>
       </c>
       <c r="C139" s="5">
-        <v>0.35051007500000253</v>
+        <v>0.35049357399999792</v>
       </c>
       <c r="D139" s="5">
-        <v>6.9368708645084043</v>
+        <v>6.9365343796754741</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>63.350080151999997</v>
+        <v>63.350002711999998</v>
       </c>
       <c r="C140" s="5">
-        <v>0.46083940899999476</v>
+        <v>0.46078034399999979</v>
       </c>
       <c r="D140" s="5">
-        <v>9.1565512084002663</v>
+        <v>9.1553327216203897</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>63.351167959999998</v>
+        <v>63.351130171999998</v>
       </c>
       <c r="C141" s="5">
-        <v>1.0878080000011892E-3</v>
+        <v>1.1274599999993029E-3</v>
       </c>
       <c r="D141" s="5">
-        <v>2.0607596492117075E-2</v>
+        <v>2.1358869517951184E-2</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>63.224874294999999</v>
+        <v>63.224692931</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.12629366499999861</v>
+        <v>-0.12643724099999787</v>
       </c>
       <c r="D142" s="5">
-        <v>-2.3662024931417891</v>
+        <v>-2.3688644311859131</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>65.017285749999999</v>
+        <v>65.017955086000001</v>
       </c>
       <c r="C143" s="5">
-        <v>1.7924114549999999</v>
+        <v>1.7932621550000007</v>
       </c>
       <c r="D143" s="5">
-        <v>39.858970850149333</v>
+        <v>39.881064569597498</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>63.272675096</v>
+        <v>63.272621639</v>
       </c>
       <c r="C144" s="5">
-        <v>-1.7446106539999988</v>
+        <v>-1.7453334470000001</v>
       </c>
       <c r="D144" s="5">
-        <v>-27.848006776022682</v>
+        <v>-27.857651023395981</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>63.308314031000002</v>
+        <v>63.308257353000002</v>
       </c>
       <c r="C145" s="5">
-        <v>3.5638935000001482E-2</v>
+        <v>3.5635714000001428E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>0.67800925428611603</v>
+        <v>0.67794836131354064</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>63.276802920999998</v>
+        <v>63.27674871</v>
       </c>
       <c r="C146" s="5">
-        <v>-3.1511110000003839E-2</v>
+        <v>-3.1508643000002223E-2</v>
       </c>
       <c r="D146" s="5">
-        <v>-0.59565615341596878</v>
+        <v>-0.59561017893859924</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>63.359751158999998</v>
+        <v>63.359697345000001</v>
       </c>
       <c r="C147" s="5">
-        <v>8.2948238000000174E-2</v>
+        <v>8.2948635000001048E-2</v>
       </c>
       <c r="D147" s="5">
-        <v>1.5844460816857753</v>
+        <v>1.5844550870376395</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>63.308621170000002</v>
+        <v>63.308564767999997</v>
       </c>
       <c r="C148" s="5">
-        <v>-5.1129988999996101E-2</v>
+        <v>-5.1132577000004176E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>-0.96408832764021124</v>
+        <v>-0.96413772487677907</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>63.422367757000004</v>
+        <v>63.422322540000003</v>
       </c>
       <c r="C149" s="5">
-        <v>0.1137465870000014</v>
+        <v>0.1137577720000067</v>
       </c>
       <c r="D149" s="5">
-        <v>2.1774735361338227</v>
+        <v>2.1776917326430167</v>
       </c>
       <c r="E149" s="5">
-        <v>0.35566137005205167</v>
+        <v>0.35568548374063091</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>63.726450020000001</v>
+        <v>63.726450538000002</v>
       </c>
       <c r="C150" s="5">
-        <v>0.30408226299999797</v>
+        <v>0.30412799799999846</v>
       </c>
       <c r="D150" s="5">
-        <v>5.9076409513053596</v>
+        <v>5.9085573687177595</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>64.099918489999993</v>
+        <v>64.099916852999996</v>
       </c>
       <c r="C151" s="5">
-        <v>0.37346846999999173</v>
+        <v>0.37346631499999461</v>
       </c>
       <c r="D151" s="5">
-        <v>7.2637593358846564</v>
+        <v>7.2637160012311908</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>64.098177746000005</v>
+        <v>64.098096804999997</v>
       </c>
       <c r="C152" s="5">
-        <v>-1.740743999988581E-3</v>
+        <v>-1.8200479999990193E-3</v>
       </c>
       <c r="D152" s="5">
-        <v>-3.2583205661151915E-2</v>
+        <v>-3.4067385149805229E-2</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>64.474555483000003</v>
+        <v>64.474536365999995</v>
       </c>
       <c r="C153" s="5">
-        <v>0.37637773699999855</v>
+        <v>0.37643956099999798</v>
       </c>
       <c r="D153" s="5">
-        <v>7.2783492264818062</v>
+        <v>7.2795931418535575</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>64.753559002000003</v>
+        <v>64.753439933999999</v>
       </c>
       <c r="C154" s="5">
-        <v>0.27900351899999976</v>
+        <v>0.27890356800000404</v>
       </c>
       <c r="D154" s="5">
-        <v>5.3182027876796489</v>
+        <v>5.3162536387126647</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>64.625647671999999</v>
+        <v>64.626127045999993</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.12791133000000343</v>
+        <v>-0.12731288800000584</v>
       </c>
       <c r="D155" s="5">
-        <v>-2.344842592262919</v>
+        <v>-2.3339946897143582</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>64.876586591999995</v>
+        <v>64.876547099000007</v>
       </c>
       <c r="C156" s="5">
-        <v>0.25093891999999585</v>
+        <v>0.25042005300001335</v>
       </c>
       <c r="D156" s="5">
-        <v>4.7603642375859456</v>
+        <v>4.7502745175169725</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>65.238679762000004</v>
+        <v>65.238630676</v>
       </c>
       <c r="C157" s="5">
-        <v>0.36209317000000851</v>
+        <v>0.36208357699999283</v>
       </c>
       <c r="D157" s="5">
-        <v>6.9069798376041769</v>
+        <v>6.9067955308774742</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>65.281947539000001</v>
+        <v>65.281903291999996</v>
       </c>
       <c r="C158" s="5">
-        <v>4.3267776999996954E-2</v>
+        <v>4.3272615999995878E-2</v>
       </c>
       <c r="D158" s="5">
-        <v>0.79877684019793449</v>
+        <v>0.79886710356233959</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>65.218867736999997</v>
+        <v>65.218827149000006</v>
       </c>
       <c r="C159" s="5">
-        <v>-6.3079802000004292E-2</v>
+        <v>-6.3076142999989315E-2</v>
       </c>
       <c r="D159" s="5">
-        <v>-1.1533781592545478</v>
+        <v>-1.1533123892053299</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>65.597850057000002</v>
+        <v>65.597808440999998</v>
       </c>
       <c r="C160" s="5">
-        <v>0.37898232000000576</v>
+        <v>0.37898129199999175</v>
       </c>
       <c r="D160" s="5">
-        <v>7.2003522152080723</v>
+        <v>7.2003366808501612</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>65.533978884999996</v>
+        <v>65.533950282000006</v>
       </c>
       <c r="C161" s="5">
-        <v>-6.3871172000006027E-2</v>
+        <v>-6.3858158999991588E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>-1.1621765340731116</v>
+        <v>-1.1619417537902521</v>
       </c>
       <c r="E161" s="5">
-        <v>3.3294422814527103</v>
+        <v>3.3294708510055226</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>65.594114778000005</v>
+        <v>65.594113867999994</v>
       </c>
       <c r="C162" s="5">
-        <v>6.0135893000008878E-2</v>
+        <v>6.016358599998739E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>1.106729567371989</v>
+        <v>1.1072422859565556</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>65.586462513000001</v>
+        <v>65.586468127000003</v>
       </c>
       <c r="C163" s="5">
-        <v>-7.6522650000043768E-3</v>
+        <v>-7.6457409999903803E-3</v>
       </c>
       <c r="D163" s="5">
-        <v>-0.1399032271649614</v>
+        <v>-0.13978402993816141</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>65.223160363000005</v>
+        <v>65.223090751000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.36330214999999555</v>
+        <v>-0.36337737600000253</v>
       </c>
       <c r="D164" s="5">
-        <v>-6.4483234968079621</v>
+        <v>-6.4496177420931167</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>65.611480197000006</v>
+        <v>65.611479232999997</v>
       </c>
       <c r="C165" s="5">
-        <v>0.3883198340000007</v>
+        <v>0.38838848199999632</v>
       </c>
       <c r="D165" s="5">
-        <v>7.3831066468249773</v>
+        <v>7.384463029805044</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>65.711596286000002</v>
+        <v>65.711547435</v>
       </c>
       <c r="C166" s="5">
-        <v>0.10011608899999658</v>
+        <v>0.10006820200000277</v>
       </c>
       <c r="D166" s="5">
-        <v>1.8465169632853717</v>
+        <v>1.8456263524686101</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>65.762918338999995</v>
+        <v>65.763197129999995</v>
       </c>
       <c r="C167" s="5">
-        <v>5.1322052999992707E-2</v>
+        <v>5.1649694999994722E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>0.94126011810440335</v>
+        <v>0.94729586825514911</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>65.952009728999997</v>
+        <v>65.951994171999999</v>
       </c>
       <c r="C168" s="5">
-        <v>0.18909139000000152</v>
+        <v>0.18879704200000447</v>
       </c>
       <c r="D168" s="5">
-        <v>3.5055124743893717</v>
+        <v>3.4999541179654647</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>66.366564499999996</v>
+        <v>66.366528384000006</v>
       </c>
       <c r="C169" s="5">
-        <v>0.41455477099999882</v>
+        <v>0.41453421200000662</v>
       </c>
       <c r="D169" s="5">
-        <v>7.8091522313446848</v>
+        <v>7.8087533733612657</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>66.522510225000005</v>
+        <v>66.522478347000003</v>
       </c>
       <c r="C170" s="5">
-        <v>0.15594572500000936</v>
+        <v>0.15594996299999764</v>
       </c>
       <c r="D170" s="5">
-        <v>2.8564441967844134</v>
+        <v>2.8565244044900018</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>66.771787252999999</v>
+        <v>66.771760681999993</v>
       </c>
       <c r="C171" s="5">
-        <v>0.24927702799999452</v>
+        <v>0.24928233499998953</v>
       </c>
       <c r="D171" s="5">
-        <v>4.5905542170745273</v>
+        <v>4.5906562164058862</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>66.783611120000003</v>
+        <v>66.783584958000006</v>
       </c>
       <c r="C172" s="5">
-        <v>1.1823867000003929E-2</v>
+        <v>1.1824276000012901E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>0.21270162045861074</v>
+        <v>0.21270906992667538</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>66.931915953000001</v>
+        <v>66.931900213000006</v>
       </c>
       <c r="C173" s="5">
-        <v>0.14830483299999742</v>
+        <v>0.14831525499999998</v>
       </c>
       <c r="D173" s="5">
-        <v>2.6976018833642534</v>
+        <v>2.6977948464131929</v>
       </c>
       <c r="E173" s="5">
-        <v>2.1331484701289538</v>
+        <v>2.1331690291588767</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>67.163451440000003</v>
+        <v>67.163455814000002</v>
       </c>
       <c r="C174" s="5">
-        <v>0.23153548700000215</v>
+        <v>0.23155560099999661</v>
       </c>
       <c r="D174" s="5">
-        <v>4.2310195270015338</v>
+        <v>4.2313951209135947</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>67.466782742999996</v>
+        <v>67.466791014999998</v>
       </c>
       <c r="C175" s="5">
-        <v>0.30333130299999311</v>
+        <v>0.30333520099999589</v>
       </c>
       <c r="D175" s="5">
-        <v>5.5562462420273073</v>
+        <v>5.5563190553090003</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>67.615354537000002</v>
+        <v>67.615293946999998</v>
       </c>
       <c r="C176" s="5">
-        <v>0.14857179400000575</v>
+        <v>0.14850293199999953</v>
       </c>
       <c r="D176" s="5">
-        <v>2.6748192687317651</v>
+        <v>2.6735641295753121</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>68.184812090999998</v>
+        <v>68.184824343000003</v>
       </c>
       <c r="C177" s="5">
-        <v>0.56945755399999598</v>
+        <v>0.56953039600000466</v>
       </c>
       <c r="D177" s="5">
-        <v>10.587953395382854</v>
+        <v>10.589381033233991</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>68.20365013</v>
+        <v>68.203650785999997</v>
       </c>
       <c r="C178" s="5">
-        <v>1.8838039000002027E-2</v>
+        <v>1.8826442999994697E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>0.33203917167068386</v>
+        <v>0.33183441043327377</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>68.496612893000005</v>
+        <v>68.496736756000004</v>
       </c>
       <c r="C179" s="5">
-        <v>0.29296276300000557</v>
+        <v>0.29308597000000702</v>
       </c>
       <c r="D179" s="5">
-        <v>5.2780283903213654</v>
+        <v>5.2803007633984933</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>68.715140790000007</v>
+        <v>68.715141974999995</v>
       </c>
       <c r="C180" s="5">
-        <v>0.2185278970000013</v>
+        <v>0.21840521899999032</v>
       </c>
       <c r="D180" s="5">
-        <v>3.8963116127080477</v>
+        <v>3.8940786203120581</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>68.606875613</v>
+        <v>68.606852927000006</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.10826517700000693</v>
+        <v>-0.10828904799998895</v>
       </c>
       <c r="D181" s="5">
-        <v>-1.8743799748990542</v>
+        <v>-1.8747896426927757</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>68.449791089000001</v>
+        <v>68.449769360999994</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.15708452399999828</v>
+        <v>-0.15708356600001139</v>
       </c>
       <c r="D182" s="5">
-        <v>-2.7132216244371676</v>
+        <v>-2.7132061712230704</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>69.423532467000001</v>
+        <v>69.423516538000001</v>
       </c>
       <c r="C183" s="5">
-        <v>0.97374137799999971</v>
+        <v>0.97374717700000701</v>
       </c>
       <c r="D183" s="5">
-        <v>18.471796072154746</v>
+        <v>18.47192115438181</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>69.861555971000001</v>
+        <v>69.861542717999995</v>
       </c>
       <c r="C184" s="5">
-        <v>0.43802350400000023</v>
+        <v>0.43802617999999427</v>
       </c>
       <c r="D184" s="5">
-        <v>7.839670648146746</v>
+        <v>7.839722078545619</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>70.004347191999997</v>
+        <v>70.004342596000001</v>
       </c>
       <c r="C185" s="5">
-        <v>0.14279122099999597</v>
+        <v>0.14279987800000526</v>
       </c>
       <c r="D185" s="5">
-        <v>2.480461239768128</v>
+        <v>2.4806137931724592</v>
       </c>
       <c r="E185" s="5">
-        <v>4.5903829215907743</v>
+        <v>4.5904006508442841</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>70.360574893000006</v>
+        <v>70.360579627000007</v>
       </c>
       <c r="C186" s="5">
-        <v>0.35622770100000878</v>
+        <v>0.35623703100000625</v>
       </c>
       <c r="D186" s="5">
-        <v>6.2802165558939471</v>
+        <v>6.2803860964363301</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>70.437680373000006</v>
+        <v>70.437684376999997</v>
       </c>
       <c r="C187" s="5">
-        <v>7.7105480000000171E-2</v>
+        <v>7.7104749999989508E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>1.3229894479645843</v>
+        <v>1.3229767573562201</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>70.919719762</v>
+        <v>70.919682421000005</v>
       </c>
       <c r="C188" s="5">
-        <v>0.48203938899999343</v>
+        <v>0.48199804400000801</v>
       </c>
       <c r="D188" s="5">
-        <v>8.5284458312913323</v>
+        <v>8.5276860875528335</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>70.896271428000006</v>
+        <v>70.896293673000002</v>
       </c>
       <c r="C189" s="5">
-        <v>-2.344833399999402E-2</v>
+        <v>-2.3388748000002124E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>-0.39603778687674618</v>
+        <v>-0.39503342333619962</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>71.091149110000003</v>
+        <v>71.091164241000001</v>
       </c>
       <c r="C190" s="5">
-        <v>0.19487768199999778</v>
+        <v>0.19487056799999891</v>
       </c>
       <c r="D190" s="5">
-        <v>3.3488540241504383</v>
+        <v>3.3487288537133786</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>71.117400981000003</v>
+        <v>71.117419940999994</v>
       </c>
       <c r="C191" s="5">
-        <v>2.6251870999999483E-2</v>
+        <v>2.6255699999992999E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>0.44402580497497901</v>
+        <v>0.44409060582129012</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>71.039576638</v>
+        <v>71.039592517000003</v>
       </c>
       <c r="C192" s="5">
-        <v>-7.7824343000003182E-2</v>
+        <v>-7.7827423999991652E-2</v>
       </c>
       <c r="D192" s="5">
-        <v>-1.3052948290641075</v>
+        <v>-1.3053458480349334</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>71.131226913000006</v>
+        <v>71.131214002999997</v>
       </c>
       <c r="C193" s="5">
-        <v>9.1650275000006332E-2</v>
+        <v>9.1621485999993979E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>1.5591884126022082</v>
+        <v>1.5586948132135792</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>71.868654442999997</v>
+        <v>71.868640565999996</v>
       </c>
       <c r="C194" s="5">
-        <v>0.73742752999999084</v>
+        <v>0.73742656299999965</v>
       </c>
       <c r="D194" s="5">
-        <v>13.175017364877718</v>
+        <v>13.175001620668137</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>71.587653423999996</v>
+        <v>71.587646982999999</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.28100101900000141</v>
+        <v>-0.28099358299999722</v>
       </c>
       <c r="D195" s="5">
-        <v>-4.5923154456863795</v>
+        <v>-4.59219739033826</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>71.746198032999999</v>
+        <v>71.746195412999995</v>
       </c>
       <c r="C196" s="5">
-        <v>0.15854460900000333</v>
+        <v>0.15854842999999619</v>
       </c>
       <c r="D196" s="5">
-        <v>2.690242753298433</v>
+        <v>2.6903086262401787</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>72.277620165000002</v>
+        <v>72.277620257999999</v>
       </c>
       <c r="C197" s="5">
-        <v>0.53142213200000299</v>
+        <v>0.53142484500000364</v>
       </c>
       <c r="D197" s="5">
-        <v>9.259555614713344</v>
+        <v>9.259605180523689</v>
       </c>
       <c r="E197" s="5">
-        <v>3.2473311504000346</v>
+        <v>3.2473380617531689</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>72.570228727</v>
+        <v>72.570232402000002</v>
       </c>
       <c r="C198" s="5">
-        <v>0.29260856199999807</v>
+        <v>0.29261214400000313</v>
       </c>
       <c r="D198" s="5">
-        <v>4.9677213966880851</v>
+        <v>4.9677835634965195</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>72.751529215999994</v>
+        <v>72.751532651000005</v>
       </c>
       <c r="C199" s="5">
-        <v>0.18130048899999451</v>
+        <v>0.18130024900000308</v>
       </c>
       <c r="D199" s="5">
-        <v>3.0394697832011763</v>
+        <v>3.0394655481572386</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>73.010708824999995</v>
+        <v>73.010690346999993</v>
       </c>
       <c r="C200" s="5">
-        <v>0.25917960900000026</v>
+        <v>0.25915769599998839</v>
       </c>
       <c r="D200" s="5">
-        <v>4.3598052024405254</v>
+        <v>4.3594291300025123</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>73.134904433000003</v>
+        <v>73.134916806999996</v>
       </c>
       <c r="C201" s="5">
-        <v>0.12419560800000795</v>
+        <v>0.1242264600000027</v>
       </c>
       <c r="D201" s="5">
-        <v>2.0604786927453711</v>
+        <v>2.0609958716790056</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>73.272421500999997</v>
+        <v>73.272426773000007</v>
       </c>
       <c r="C202" s="5">
-        <v>0.13751706799999397</v>
+        <v>0.13750996600001031</v>
       </c>
       <c r="D202" s="5">
-        <v>2.2798666052235905</v>
+        <v>2.2797472526753015</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>73.722673381999996</v>
+        <v>73.722680015999998</v>
       </c>
       <c r="C203" s="5">
-        <v>0.4502518809999998</v>
+        <v>0.4502532429999917</v>
       </c>
       <c r="D203" s="5">
-        <v>7.6282737139687029</v>
+        <v>7.6282970071544609</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>73.916787979000006</v>
+        <v>73.916794037000003</v>
       </c>
       <c r="C204" s="5">
-        <v>0.19411459700000933</v>
+        <v>0.1941140210000043</v>
       </c>
       <c r="D204" s="5">
-        <v>3.2058065994756024</v>
+        <v>3.2057966559764672</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>74.511697487999996</v>
+        <v>74.511687443</v>
       </c>
       <c r="C205" s="5">
-        <v>0.59490950899999007</v>
+        <v>0.59489340599999707</v>
       </c>
       <c r="D205" s="5">
-        <v>10.097244609294243</v>
+        <v>10.096958222849818</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>74.806830578000003</v>
+        <v>74.806823457999997</v>
       </c>
       <c r="C206" s="5">
-        <v>0.29513309000000731</v>
+        <v>0.29513601499999709</v>
       </c>
       <c r="D206" s="5">
-        <v>4.8580000627754139</v>
+        <v>4.858049932301256</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>75.260273600000005</v>
+        <v>75.260272978000003</v>
       </c>
       <c r="C207" s="5">
-        <v>0.45344302200000186</v>
+        <v>0.4534495200000066</v>
       </c>
       <c r="D207" s="5">
-        <v>7.5212871831730643</v>
+        <v>7.521399324269451</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>75.241113577999997</v>
+        <v>75.241114577000005</v>
       </c>
       <c r="C208" s="5">
-        <v>-1.9160022000008325E-2</v>
+        <v>-1.9158400999998548E-2</v>
       </c>
       <c r="D208" s="5">
-        <v>-0.30507276895358482</v>
+        <v>-0.30504699745115271</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>75.370411437000001</v>
+        <v>75.370412858999998</v>
       </c>
       <c r="C209" s="5">
-        <v>0.12929785900000468</v>
+        <v>0.12929828199999349</v>
       </c>
       <c r="D209" s="5">
-        <v>2.0817385601408223</v>
+        <v>2.0817454071771824</v>
       </c>
       <c r="E209" s="5">
-        <v>4.2790441424877868</v>
+        <v>4.2790459757253485</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>74.697381742999994</v>
+        <v>74.697384133</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.67302969400000734</v>
+        <v>-0.6730287259999983</v>
       </c>
       <c r="D210" s="5">
-        <v>-10.204634943243196</v>
+        <v>-10.204620796219732</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>75.761442224999996</v>
+        <v>75.761441529999999</v>
       </c>
       <c r="C211" s="5">
-        <v>1.0640604820000021</v>
+        <v>1.0640573969999991</v>
       </c>
       <c r="D211" s="5">
-        <v>18.498880908169333</v>
+        <v>18.498822365994585</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>76.529728501999998</v>
+        <v>76.529726337</v>
       </c>
       <c r="C212" s="5">
-        <v>0.76828627700000141</v>
+        <v>0.76828480700000057</v>
       </c>
       <c r="D212" s="5">
-        <v>12.871233121715985</v>
+        <v>12.871207229786762</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>76.061480020999994</v>
+        <v>76.061482323999996</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.46824848100000338</v>
+        <v>-0.46824401300000318</v>
       </c>
       <c r="D213" s="5">
-        <v>-7.1001121748156315</v>
+        <v>-7.100046883490208</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>76.729758183000001</v>
+        <v>76.729758363000002</v>
       </c>
       <c r="C214" s="5">
-        <v>0.66827816200000711</v>
+        <v>0.66827603900000554</v>
       </c>
       <c r="D214" s="5">
-        <v>11.067933865861956</v>
+        <v>11.067896637351215</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>77.222186457000006</v>
+        <v>77.222188363000001</v>
       </c>
       <c r="C215" s="5">
-        <v>0.49242827400000522</v>
+        <v>0.49242999999999881</v>
       </c>
       <c r="D215" s="5">
-        <v>7.9789684006363437</v>
+        <v>7.9789973426275029</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>77.890182973999998</v>
+        <v>77.890185811999999</v>
       </c>
       <c r="C216" s="5">
-        <v>0.66799651699999174</v>
+        <v>0.6679974489999978</v>
       </c>
       <c r="D216" s="5">
-        <v>10.88876855036971</v>
+        <v>10.888784190860544</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>77.926470698000003</v>
+        <v>77.926464870000004</v>
       </c>
       <c r="C217" s="5">
-        <v>3.6287724000004573E-2</v>
+        <v>3.6279058000005193E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>0.56049452099315999</v>
+        <v>0.56036030375494761</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>78.566522028999998</v>
+        <v>78.566520302000001</v>
       </c>
       <c r="C218" s="5">
-        <v>0.64005133099999512</v>
+        <v>0.64005543199999693</v>
       </c>
       <c r="D218" s="5">
-        <v>10.313902959979604</v>
+        <v>10.313972864263633</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>78.649930875999999</v>
+        <v>78.649931906999996</v>
       </c>
       <c r="C219" s="5">
-        <v>8.3408847000001174E-2</v>
+        <v>8.3411604999994893E-2</v>
       </c>
       <c r="D219" s="5">
-        <v>1.2814251465783189</v>
+        <v>1.2814677942838193</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>79.115603941000003</v>
+        <v>79.115605266000003</v>
       </c>
       <c r="C220" s="5">
-        <v>0.46567306500000427</v>
+        <v>0.46567335900000728</v>
       </c>
       <c r="D220" s="5">
-        <v>7.340998051187797</v>
+        <v>7.3410027384558596</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>79.591093149000002</v>
+        <v>79.591093796999999</v>
       </c>
       <c r="C221" s="5">
-        <v>0.47548920799999905</v>
+        <v>0.47548853099999633</v>
       </c>
       <c r="D221" s="5">
-        <v>7.4553054093257964</v>
+        <v>7.4552943121635851</v>
       </c>
       <c r="E221" s="5">
-        <v>5.5999186305728976</v>
+        <v>5.5999174979920685</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>79.980055492000005</v>
+        <v>79.980057896000005</v>
       </c>
       <c r="C222" s="5">
-        <v>0.38896234300000287</v>
+        <v>0.38896409900000606</v>
       </c>
       <c r="D222" s="5">
-        <v>6.0246331341517578</v>
+        <v>6.0246610176312387</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>80.502690588999997</v>
+        <v>80.502689571000005</v>
       </c>
       <c r="C223" s="5">
-        <v>0.52263509699999133</v>
+        <v>0.52263167499999952</v>
       </c>
       <c r="D223" s="5">
-        <v>8.1295350538560065</v>
+        <v>8.1294796443607495</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>80.368352442000003</v>
+        <v>80.368347843999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.13433814699999402</v>
+        <v>-0.13434172700000602</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.9842121493743536</v>
+        <v>-1.9842645674623793</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>80.566278143999995</v>
+        <v>80.566276396000006</v>
       </c>
       <c r="C225" s="5">
-        <v>0.19792570199999204</v>
+        <v>0.19792855200000758</v>
       </c>
       <c r="D225" s="5">
-        <v>2.9956379817303924</v>
+        <v>2.9956818766109894</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>80.872623133000005</v>
+        <v>80.872623027000003</v>
       </c>
       <c r="C226" s="5">
-        <v>0.30634498900001006</v>
+        <v>0.30634663099999671</v>
       </c>
       <c r="D226" s="5">
-        <v>4.6595207800795402</v>
+        <v>4.6595463827978856</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>80.808886361999996</v>
+        <v>80.808890821999995</v>
       </c>
       <c r="C227" s="5">
-        <v>-6.3736771000009185E-2</v>
+        <v>-6.373220500000798E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-0.94164702329526673</v>
+        <v>-0.94157985855747306</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>80.826045821999998</v>
+        <v>80.826045402999995</v>
       </c>
       <c r="C228" s="5">
-        <v>1.7159460000002014E-2</v>
+        <v>1.715458099999978E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>0.25511325156100106</v>
+        <v>0.25504061564973757</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>81.204305579999996</v>
+        <v>81.204309261000006</v>
       </c>
       <c r="C229" s="5">
-        <v>0.37825975799999867</v>
+        <v>0.37826385800001106</v>
       </c>
       <c r="D229" s="5">
-        <v>5.7627389284030439</v>
+        <v>5.7628030385125317</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>81.523190205000006</v>
+        <v>81.523191202000007</v>
       </c>
       <c r="C230" s="5">
-        <v>0.31888462500000969</v>
+        <v>0.31888194100000078</v>
       </c>
       <c r="D230" s="5">
-        <v>4.8154526757995475</v>
+        <v>4.8154110425328023</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>81.778127107000003</v>
+        <v>81.778126389999997</v>
       </c>
       <c r="C231" s="5">
-        <v>0.25493690199999719</v>
+        <v>0.25493518799999038</v>
       </c>
       <c r="D231" s="5">
-        <v>3.817824628174038</v>
+        <v>3.8177984694807821</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>82.108958220000005</v>
+        <v>82.108958142000006</v>
       </c>
       <c r="C232" s="5">
-        <v>0.33083111300000212</v>
+        <v>0.33083175200000881</v>
       </c>
       <c r="D232" s="5">
-        <v>4.9640507192536987</v>
+        <v>4.964060566143802</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>82.748523477000006</v>
+        <v>82.748523500999994</v>
       </c>
       <c r="C233" s="5">
-        <v>0.639565257000001</v>
+        <v>0.63956535899998812</v>
       </c>
       <c r="D233" s="5">
-        <v>9.7580885171494103</v>
+        <v>9.7580901503398607</v>
       </c>
       <c r="E233" s="5">
-        <v>3.9670649102520494</v>
+        <v>3.9670640939464041</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>82.021756233999994</v>
+        <v>82.021758153999997</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.72676724300001183</v>
+        <v>-0.72676534699999706</v>
       </c>
       <c r="D234" s="5">
-        <v>-10.044912414155238</v>
+        <v>-10.044887458752527</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>82.424894081000005</v>
+        <v>82.424892184000001</v>
       </c>
       <c r="C235" s="5">
-        <v>0.40313784700001065</v>
+        <v>0.40313403000000392</v>
       </c>
       <c r="D235" s="5">
-        <v>6.0600930511959028</v>
+        <v>6.0600339672789438</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>83.008891949000002</v>
+        <v>83.008874622999997</v>
       </c>
       <c r="C236" s="5">
-        <v>0.58399786799999731</v>
+        <v>0.58398243899999613</v>
       </c>
       <c r="D236" s="5">
-        <v>8.8415273294074836</v>
+        <v>8.8412847744750103</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>83.153899389000003</v>
+        <v>83.153903086</v>
       </c>
       <c r="C237" s="5">
-        <v>0.14500744000000054</v>
+        <v>0.14502846300000272</v>
       </c>
       <c r="D237" s="5">
-        <v>2.1165270053157714</v>
+        <v>2.1168372575005812</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>83.536072220999998</v>
+        <v>83.536067075999995</v>
       </c>
       <c r="C238" s="5">
-        <v>0.38217283199999486</v>
+        <v>0.38216398999999512</v>
       </c>
       <c r="D238" s="5">
-        <v>5.6567334997766228</v>
+        <v>5.6565990412410949</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>83.556617967999998</v>
+        <v>83.556624580999994</v>
       </c>
       <c r="C239" s="5">
-        <v>2.0545746999999892E-2</v>
+        <v>2.055750499999931E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>0.29554029148515237</v>
+        <v>0.2957096716577734</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>84.115043774</v>
+        <v>84.115045273999996</v>
       </c>
       <c r="C240" s="5">
-        <v>0.55842580600000247</v>
+        <v>0.55842069300000219</v>
       </c>
       <c r="D240" s="5">
-        <v>8.3213003732616428</v>
+        <v>8.3212206775608486</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>84.093639769999996</v>
+        <v>84.093655873000003</v>
       </c>
       <c r="C241" s="5">
-        <v>-2.1404004000004306E-2</v>
+        <v>-2.1389400999993313E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>-0.30492629280122197</v>
+        <v>-0.30471854059772596</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>83.765208788999999</v>
+        <v>83.765219165000005</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.32843098099999679</v>
+        <v>-0.32843670799999813</v>
       </c>
       <c r="D242" s="5">
-        <v>-4.5872744710574569</v>
+        <v>-4.5873518914267724</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>84.212809086999997</v>
+        <v>84.212817152</v>
       </c>
       <c r="C243" s="5">
-        <v>0.44760029799999757</v>
+        <v>0.44759798699999465</v>
       </c>
       <c r="D243" s="5">
-        <v>6.6040608012414737</v>
+        <v>6.6040248533849377</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>84.490270332999998</v>
+        <v>84.490269897999994</v>
       </c>
       <c r="C244" s="5">
-        <v>0.27746124600000144</v>
+        <v>0.27745274599999448</v>
       </c>
       <c r="D244" s="5">
-        <v>4.0261543549745094</v>
+        <v>4.0260283779679051</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>85.018917377999998</v>
+        <v>85.018906977</v>
       </c>
       <c r="C245" s="5">
-        <v>0.52864704499999959</v>
+        <v>0.52863707900000634</v>
       </c>
       <c r="D245" s="5">
-        <v>7.7721256581973597</v>
+        <v>7.7719741018584365</v>
       </c>
       <c r="E245" s="5">
-        <v>2.7437273870283052</v>
+        <v>2.7437147878204282</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>85.571497602999997</v>
+        <v>85.571484327999997</v>
       </c>
       <c r="C246" s="5">
-        <v>0.55258022499999981</v>
+        <v>0.5525773509999965</v>
       </c>
       <c r="D246" s="5">
-        <v>8.0843332531555845</v>
+        <v>8.0842907164148325</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>86.161518973</v>
+        <v>86.161503987000003</v>
       </c>
       <c r="C247" s="5">
-        <v>0.59002137000000232</v>
+        <v>0.59001965900000641</v>
       </c>
       <c r="D247" s="5">
-        <v>8.5951845283365635</v>
+        <v>8.5951600348363364</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>86.531945566000005</v>
+        <v>86.531909263000003</v>
       </c>
       <c r="C248" s="5">
-        <v>0.3704265930000048</v>
+        <v>0.37040527599999962</v>
       </c>
       <c r="D248" s="5">
-        <v>5.2828082650443697</v>
+        <v>5.2824979711547648</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>87.020029152999996</v>
+        <v>87.020039709000002</v>
       </c>
       <c r="C249" s="5">
-        <v>0.48808358699999133</v>
+        <v>0.48813044599999955</v>
       </c>
       <c r="D249" s="5">
-        <v>6.9825813141040749</v>
+        <v>6.9832756398267026</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>87.301305310000004</v>
+        <v>87.301297664000003</v>
       </c>
       <c r="C250" s="5">
-        <v>0.28127615700000774</v>
+        <v>0.28125795500000095</v>
       </c>
       <c r="D250" s="5">
-        <v>3.9484824299928389</v>
+        <v>3.9482218683045689</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>87.702560954999996</v>
+        <v>87.702573681999993</v>
       </c>
       <c r="C251" s="5">
-        <v>0.401255644999992</v>
+        <v>0.40127601799999013</v>
       </c>
       <c r="D251" s="5">
-        <v>5.6570437325152767</v>
+        <v>5.6573387661309482</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>88.648945049999995</v>
+        <v>88.648957134</v>
       </c>
       <c r="C252" s="5">
-        <v>0.94638409499999909</v>
+        <v>0.94638345200000629</v>
       </c>
       <c r="D252" s="5">
-        <v>13.745849606962658</v>
+        <v>13.74583759194994</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>88.319178518000001</v>
+        <v>88.319223037</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.32976653199999362</v>
+        <v>-0.32973409699999934</v>
       </c>
       <c r="D253" s="5">
-        <v>-4.373691659065015</v>
+        <v>-4.3732696519182106</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>88.384703748999996</v>
+        <v>88.384747602000004</v>
       </c>
       <c r="C254" s="5">
-        <v>6.5525230999995188E-2</v>
+        <v>6.5524565000004031E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>0.89393862448343686</v>
+        <v>0.89392904892027225</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>89.141542657000002</v>
+        <v>89.141581252999998</v>
       </c>
       <c r="C255" s="5">
-        <v>0.75683890800000597</v>
+        <v>0.75683365099999378</v>
       </c>
       <c r="D255" s="5">
-        <v>10.773638301601384</v>
+        <v>10.773554309315013</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>89.355126886999997</v>
+        <v>89.355124642000007</v>
       </c>
       <c r="C256" s="5">
-        <v>0.21358422999999505</v>
+        <v>0.21354338900000869</v>
       </c>
       <c r="D256" s="5">
-        <v>2.913408750258295</v>
+        <v>2.9128430178189335</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>89.464037429000001</v>
+        <v>89.463988552000004</v>
       </c>
       <c r="C257" s="5">
-        <v>0.10891054200000383</v>
+        <v>0.10886390999999662</v>
       </c>
       <c r="D257" s="5">
-        <v>1.4724654949449745</v>
+        <v>1.4718308390933466</v>
       </c>
       <c r="E257" s="5">
-        <v>5.228389384490395</v>
+        <v>5.2283447683025619</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>89.822002338000004</v>
+        <v>89.821932114000006</v>
       </c>
       <c r="C258" s="5">
-        <v>0.35796490900000322</v>
+        <v>0.35794356200000266</v>
       </c>
       <c r="D258" s="5">
-        <v>4.9085450618192361</v>
+        <v>4.9082486136038828</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>89.955803493999994</v>
+        <v>89.955743858000005</v>
       </c>
       <c r="C259" s="5">
-        <v>0.13380115599998987</v>
+        <v>0.13381174399999907</v>
       </c>
       <c r="D259" s="5">
-        <v>1.8022690070229608</v>
+        <v>1.8024142160998347</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>90.240088404000005</v>
+        <v>90.240025357999997</v>
       </c>
       <c r="C260" s="5">
-        <v>0.28428491000001088</v>
+        <v>0.28428149999999164</v>
       </c>
       <c r="D260" s="5">
-        <v>3.8589434691175484</v>
+        <v>3.8588989764389625</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>91.767302111999996</v>
+        <v>91.767327008999999</v>
       </c>
       <c r="C261" s="5">
-        <v>1.5272137079999908</v>
+        <v>1.5273016510000019</v>
       </c>
       <c r="D261" s="5">
-        <v>22.30984687362141</v>
+        <v>22.311270500067025</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>91.981703988999996</v>
+        <v>91.981702071000001</v>
       </c>
       <c r="C262" s="5">
-        <v>0.21440187700000024</v>
+        <v>0.214375062000002</v>
       </c>
       <c r="D262" s="5">
-        <v>2.8399463417519755</v>
+        <v>2.8395857965704652</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>92.235000150999994</v>
+        <v>92.235013963</v>
       </c>
       <c r="C263" s="5">
-        <v>0.25329616199999805</v>
+        <v>0.25331189199999926</v>
       </c>
       <c r="D263" s="5">
-        <v>3.3550317527443418</v>
+        <v>3.3552433412432414</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>93.556216417000002</v>
+        <v>93.556264541000004</v>
       </c>
       <c r="C264" s="5">
-        <v>1.3212162660000075</v>
+        <v>1.3212505780000043</v>
       </c>
       <c r="D264" s="5">
-        <v>18.610398301213582</v>
+        <v>18.610917300461892</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>94.400919814000005</v>
+        <v>94.401038392000004</v>
       </c>
       <c r="C265" s="5">
-        <v>0.84470339700000352</v>
+        <v>0.84477385099999935</v>
       </c>
       <c r="D265" s="5">
-        <v>11.389156027607928</v>
+        <v>11.39014747223872</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>94.812281987000006</v>
+        <v>94.812397443999998</v>
       </c>
       <c r="C266" s="5">
-        <v>0.41136217300000055</v>
+        <v>0.41135905199999456</v>
       </c>
       <c r="D266" s="5">
-        <v>5.3562933029700943</v>
+        <v>5.3562447958680481</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>94.729127649000006</v>
+        <v>94.729234954000006</v>
       </c>
       <c r="C267" s="5">
-        <v>-8.3154337999999939E-2</v>
+        <v>-8.3162489999992317E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>-1.0473882815693836</v>
+        <v>-1.0474891975640332</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>95.284707976000007</v>
+        <v>95.284770171000005</v>
       </c>
       <c r="C268" s="5">
-        <v>0.55558032700000126</v>
+        <v>0.55553521699999919</v>
       </c>
       <c r="D268" s="5">
-        <v>7.2694446656026201</v>
+        <v>7.2688267597653455</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>95.677428030000002</v>
+        <v>95.677424388000006</v>
       </c>
       <c r="C269" s="5">
-        <v>0.39272005399999443</v>
+        <v>0.39265421700000047</v>
       </c>
       <c r="D269" s="5">
-        <v>5.0595216702530088</v>
+        <v>5.058650780992946</v>
       </c>
       <c r="E269" s="5">
-        <v>6.9451265330284784</v>
+        <v>6.9451808896140443</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>96.195139836999999</v>
+        <v>96.194505308000004</v>
       </c>
       <c r="C270" s="5">
-        <v>0.51771180699999775</v>
+        <v>0.51708091999999795</v>
       </c>
       <c r="D270" s="5">
-        <v>6.6899856594551554</v>
+        <v>6.6815896264661001</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>96.531943876</v>
+        <v>96.531928225000001</v>
       </c>
       <c r="C271" s="5">
-        <v>0.33680403900000044</v>
+        <v>0.33742291699999782</v>
       </c>
       <c r="D271" s="5">
-        <v>4.2833699459111418</v>
+        <v>4.2914219645122431</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>97.164265357000005</v>
+        <v>97.164240303</v>
       </c>
       <c r="C272" s="5">
-        <v>0.63232148100000529</v>
+        <v>0.63231207799999822</v>
       </c>
       <c r="D272" s="5">
-        <v>8.1499283428249747</v>
+        <v>8.1498041186527601</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>96.701245611999994</v>
+        <v>96.701302397999996</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.46301974500001108</v>
+        <v>-0.46293790500000398</v>
       </c>
       <c r="D273" s="5">
-        <v>-5.5708755978060349</v>
+        <v>-5.5699179873757281</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>97.158025808000005</v>
+        <v>97.158046936000005</v>
       </c>
       <c r="C274" s="5">
-        <v>0.45678019600001107</v>
+        <v>0.45674453800000947</v>
       </c>
       <c r="D274" s="5">
-        <v>5.8179539883917775</v>
+        <v>5.8174844484948363</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>97.793970302999995</v>
+        <v>97.794014938999993</v>
       </c>
       <c r="C275" s="5">
-        <v>0.63594449499998973</v>
+        <v>0.6359680029999879</v>
       </c>
       <c r="D275" s="5">
-        <v>8.1435842743359679</v>
+        <v>8.143894389982421</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>97.863244671000004</v>
+        <v>97.863360665000002</v>
       </c>
       <c r="C276" s="5">
-        <v>6.927436800000919E-2</v>
+        <v>6.9345726000008767E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>0.85336429219275978</v>
+        <v>0.85424636362796402</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>98.423329089999996</v>
+        <v>98.423559533000002</v>
       </c>
       <c r="C277" s="5">
-        <v>0.56008441899999184</v>
+        <v>0.56019886800000052</v>
       </c>
       <c r="D277" s="5">
-        <v>7.0881160108192676</v>
+        <v>7.0896016464608635</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>99.248728331999999</v>
+        <v>99.248960136999997</v>
       </c>
       <c r="C278" s="5">
-        <v>0.82539924200000314</v>
+        <v>0.82540060399999504</v>
       </c>
       <c r="D278" s="5">
-        <v>10.540850898408882</v>
+        <v>10.540843272919687</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>99.431557905999995</v>
+        <v>99.431771088000005</v>
       </c>
       <c r="C279" s="5">
-        <v>0.18282957399999589</v>
+        <v>0.18281095100000755</v>
       </c>
       <c r="D279" s="5">
-        <v>2.233097163415354</v>
+        <v>2.2328621230810475</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>99.840569830000007</v>
+        <v>99.840729019999998</v>
       </c>
       <c r="C280" s="5">
-        <v>0.40901192400001207</v>
+        <v>0.40895793199999275</v>
       </c>
       <c r="D280" s="5">
-        <v>5.0494260367772048</v>
+        <v>5.0487332619741254</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>100.38635112999999</v>
+        <v>100.38643601</v>
       </c>
       <c r="C281" s="5">
-        <v>0.54578129999998737</v>
+        <v>0.54570698999999934</v>
       </c>
       <c r="D281" s="5">
-        <v>6.7606997246980827</v>
+        <v>6.7597402819150387</v>
       </c>
       <c r="E281" s="5">
-        <v>4.9216656393851865</v>
+        <v>4.921758348033678</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>100.91115546</v>
+        <v>100.90952016999999</v>
       </c>
       <c r="C282" s="5">
-        <v>0.52480433000000914</v>
+        <v>0.52308415999999625</v>
       </c>
       <c r="D282" s="5">
-        <v>6.4569756036481074</v>
+        <v>6.4351955731835719</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>101.32936239999999</v>
+        <v>101.32944036000001</v>
       </c>
       <c r="C283" s="5">
-        <v>0.41820693999999037</v>
+        <v>0.41992019000001335</v>
       </c>
       <c r="D283" s="5">
-        <v>5.0881075460228242</v>
+        <v>5.1095158564395726</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>101.46389506</v>
+        <v>101.46396827</v>
       </c>
       <c r="C284" s="5">
-        <v>0.13453266000000497</v>
+        <v>0.13452790999998854</v>
       </c>
       <c r="D284" s="5">
-        <v>1.6048979877824721</v>
+        <v>1.6048396648357777</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>101.85707617</v>
+        <v>101.85723186</v>
       </c>
       <c r="C285" s="5">
-        <v>0.39318111000000044</v>
+        <v>0.39326359000000366</v>
       </c>
       <c r="D285" s="5">
-        <v>4.7504995400747596</v>
+        <v>4.7515139186155464</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>102.04884346</v>
+        <v>102.04896081</v>
       </c>
       <c r="C286" s="5">
-        <v>0.19176729000000137</v>
+        <v>0.19172894999999812</v>
       </c>
       <c r="D286" s="5">
-        <v>2.2827932277189822</v>
+        <v>2.2823285691584205</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>102.28988768000001</v>
+        <v>102.28984258</v>
       </c>
       <c r="C287" s="5">
-        <v>0.24104422000000625</v>
+        <v>0.24088177000000144</v>
       </c>
       <c r="D287" s="5">
-        <v>2.8715716984403228</v>
+        <v>2.8696078872281205</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>102.48966545</v>
+        <v>102.48997903999999</v>
       </c>
       <c r="C288" s="5">
-        <v>0.19977776999999719</v>
+        <v>0.20013645999999596</v>
       </c>
       <c r="D288" s="5">
-        <v>2.3690057360187255</v>
+        <v>2.3733060890882784</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>102.86125199</v>
+        <v>102.86162229999999</v>
       </c>
       <c r="C289" s="5">
-        <v>0.37158653999999558</v>
+        <v>0.37164325999999903</v>
       </c>
       <c r="D289" s="5">
-        <v>4.4385340346048574</v>
+        <v>4.43921125889708</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>103.30122827</v>
+        <v>103.30156852</v>
       </c>
       <c r="C290" s="5">
-        <v>0.43997627999999622</v>
+        <v>0.43994622000001016</v>
       </c>
       <c r="D290" s="5">
-        <v>5.2553431732240696</v>
+        <v>5.2549562646287074</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>103.61200821</v>
+        <v>103.61235478</v>
       </c>
       <c r="C291" s="5">
-        <v>0.31077994000000331</v>
+        <v>0.31078626000000042</v>
       </c>
       <c r="D291" s="5">
-        <v>3.6705185396531892</v>
+        <v>3.6705821317180254</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>104.01565481999999</v>
+        <v>104.01603540000001</v>
       </c>
       <c r="C292" s="5">
-        <v>0.40364660999999558</v>
+        <v>0.40368062000000293</v>
       </c>
       <c r="D292" s="5">
-        <v>4.7763811180591809</v>
+        <v>4.7767759019376355</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>104.19653541</v>
+        <v>104.19672769</v>
       </c>
       <c r="C293" s="5">
-        <v>0.18088059000000101</v>
+        <v>0.18069228999999609</v>
       </c>
       <c r="D293" s="5">
-        <v>2.1068443784308055</v>
+        <v>2.1046223430902344</v>
       </c>
       <c r="E293" s="5">
-        <v>3.795520244645445</v>
+        <v>3.795624021974886</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>104.08107072</v>
+        <v>104.07787845999999</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.11546468999999604</v>
+        <v>-0.11884923000000924</v>
       </c>
       <c r="D294" s="5">
-        <v>-1.3216971146998047</v>
+        <v>-1.3601939480376468</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>104.49745077999999</v>
+        <v>104.49782299</v>
       </c>
       <c r="C295" s="5">
-        <v>0.4163800599999945</v>
+        <v>0.41994453000000931</v>
       </c>
       <c r="D295" s="5">
-        <v>4.9076927046230789</v>
+        <v>4.950797555670805</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>105.05648696</v>
+        <v>105.05677073</v>
       </c>
       <c r="C296" s="5">
-        <v>0.55903618000000677</v>
+        <v>0.55894773999999359</v>
       </c>
       <c r="D296" s="5">
-        <v>6.6120116155836905</v>
+        <v>6.6109103822133974</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>105.61918772999999</v>
+        <v>105.61945949</v>
       </c>
       <c r="C297" s="5">
-        <v>0.56270076999999219</v>
+        <v>0.56268876000000034</v>
       </c>
       <c r="D297" s="5">
-        <v>6.6201745420098046</v>
+        <v>6.6200106447831697</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>106.13701895</v>
+        <v>106.13725669999999</v>
       </c>
       <c r="C298" s="5">
-        <v>0.51783122000000503</v>
+        <v>0.51779720999999768</v>
       </c>
       <c r="D298" s="5">
-        <v>6.0446462814746527</v>
+        <v>6.0442225437847164</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>106.4690465</v>
+        <v>106.46894820999999</v>
       </c>
       <c r="C299" s="5">
-        <v>0.3320275500000065</v>
+        <v>0.33169150999999886</v>
       </c>
       <c r="D299" s="5">
-        <v>3.8192172304176264</v>
+        <v>3.8152764863262467</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>106.5638342</v>
+        <v>106.56435768</v>
       </c>
       <c r="C300" s="5">
-        <v>9.4787699999997699E-2</v>
+        <v>9.5409470000006991E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>1.0735876820936241</v>
+        <v>1.0806657432398392</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>106.66386018999999</v>
+        <v>106.66434904</v>
       </c>
       <c r="C301" s="5">
-        <v>0.10002598999999179</v>
+        <v>9.9991360000004192E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>1.1322115134804411</v>
+        <v>1.1318119167699647</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>106.9920046</v>
+        <v>106.99248095</v>
       </c>
       <c r="C302" s="5">
-        <v>0.32814441000000727</v>
+        <v>0.3281319099999962</v>
       </c>
       <c r="D302" s="5">
-        <v>3.7548321457083311</v>
+        <v>3.754669184055226</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>107.78258495</v>
+        <v>107.78309600999999</v>
       </c>
       <c r="C303" s="5">
-        <v>0.79058034999999904</v>
+        <v>0.79061505999999326</v>
       </c>
       <c r="D303" s="5">
-        <v>9.2363666573602963</v>
+        <v>9.2367459867483515</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>108.61953738</v>
+        <v>108.62011529</v>
       </c>
       <c r="C304" s="5">
-        <v>0.83695242999999664</v>
+        <v>0.83701928000000692</v>
       </c>
       <c r="D304" s="5">
-        <v>9.7266813532749694</v>
+        <v>9.7274436216537641</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>108.92779824</v>
+        <v>108.92797358</v>
       </c>
       <c r="C305" s="5">
-        <v>0.3082608600000043</v>
+        <v>0.30785828999999865</v>
       </c>
       <c r="D305" s="5">
-        <v>3.4592483015373432</v>
+        <v>3.4546414116984892</v>
       </c>
       <c r="E305" s="5">
-        <v>4.5407103138152216</v>
+        <v>4.5406856768824166</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>108.83497572</v>
+        <v>108.83051741</v>
       </c>
       <c r="C306" s="5">
-        <v>-9.2822519999998576E-2</v>
+        <v>-9.7456170000000952E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>-1.0177976241738218</v>
+        <v>-1.0683540900959132</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>109.41996645</v>
+        <v>109.42037786</v>
       </c>
       <c r="C307" s="5">
-        <v>0.58499073000000124</v>
+        <v>0.58986045000000331</v>
       </c>
       <c r="D307" s="5">
-        <v>6.6441681083538873</v>
+        <v>6.701419004119602</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>110.04175911</v>
+        <v>110.04203157000001</v>
       </c>
       <c r="C308" s="5">
-        <v>0.621792659999997</v>
+        <v>0.62165371000000391</v>
       </c>
       <c r="D308" s="5">
-        <v>7.036368159713402</v>
+        <v>7.034719028079417</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>110.97557872</v>
+        <v>110.97585352999999</v>
       </c>
       <c r="C309" s="5">
-        <v>0.93381961000000047</v>
+        <v>0.93382195999998885</v>
       </c>
       <c r="D309" s="5">
-        <v>10.672247543846613</v>
+        <v>10.672247997300289</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>111.56053661</v>
+        <v>111.56091868999999</v>
       </c>
       <c r="C310" s="5">
-        <v>0.58495788999999832</v>
+        <v>0.5850651599999992</v>
       </c>
       <c r="D310" s="5">
-        <v>6.5118953940005442</v>
+        <v>6.5131077878222365</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>112.0266917</v>
+        <v>112.02664907</v>
       </c>
       <c r="C311" s="5">
-        <v>0.46615509000000088</v>
+        <v>0.46573038000001077</v>
       </c>
       <c r="D311" s="5">
-        <v>5.1310484204187157</v>
+        <v>5.1262477473871693</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>111.99995125</v>
+        <v>112.00086985999999</v>
       </c>
       <c r="C312" s="5">
-        <v>-2.6740450000005467E-2</v>
+        <v>-2.5779210000010266E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>-0.2860608135503484</v>
+        <v>-0.27579089052371941</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>112.32043496999999</v>
+        <v>112.32120462</v>
       </c>
       <c r="C313" s="5">
-        <v>0.32048371999999858</v>
+        <v>0.3203347600000086</v>
       </c>
       <c r="D313" s="5">
-        <v>3.4883150284672926</v>
+        <v>3.4866390306387496</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>112.62637418</v>
+        <v>112.62715000999999</v>
       </c>
       <c r="C314" s="5">
-        <v>0.30593921000000535</v>
+        <v>0.30594538999999088</v>
       </c>
       <c r="D314" s="5">
-        <v>3.3179821935715559</v>
+        <v>3.3180271466749955</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>113.01317947</v>
+        <v>113.01398273</v>
       </c>
       <c r="C315" s="5">
-        <v>0.38680528999999808</v>
+        <v>0.38683272000000102</v>
       </c>
       <c r="D315" s="5">
-        <v>4.2000398643422088</v>
+        <v>4.2003138730292822</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>113.10572605999999</v>
+        <v>113.10651999</v>
       </c>
       <c r="C316" s="5">
-        <v>9.2546589999997764E-2</v>
+        <v>9.2537260000000288E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>0.98711908806232707</v>
+        <v>0.98701207698019822</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>113.55068719</v>
+        <v>113.55065472</v>
       </c>
       <c r="C317" s="5">
-        <v>0.44496113000001003</v>
+        <v>0.44413473000000181</v>
       </c>
       <c r="D317" s="5">
-        <v>4.8243308180759614</v>
+        <v>4.8151419568709164</v>
       </c>
       <c r="E317" s="5">
-        <v>4.2439937506259184</v>
+        <v>4.2437961416815995</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>114.50709435</v>
+        <v>114.50192203</v>
       </c>
       <c r="C318" s="5">
-        <v>0.9564071599999977</v>
+        <v>0.95126731000000575</v>
       </c>
       <c r="D318" s="5">
-        <v>10.588898264461367</v>
+        <v>10.529348419624407</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>114.46067513</v>
+        <v>114.4605723</v>
       </c>
       <c r="C319" s="5">
-        <v>-4.6419220000004202E-2</v>
+        <v>-4.1349730000007412E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>-0.48537635241869825</v>
+        <v>-0.43249265294981187</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>114.35001754</v>
+        <v>114.34966249999999</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.11065759000000241</v>
+        <v>-0.11090980000000172</v>
       </c>
       <c r="D320" s="5">
-        <v>-1.1539797801024321</v>
+        <v>-1.1565969551577959</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>113.94967294</v>
+        <v>113.9494273</v>
       </c>
       <c r="C321" s="5">
-        <v>-0.40034459999999683</v>
+        <v>-0.40023519999999735</v>
       </c>
       <c r="D321" s="5">
-        <v>-4.1212928460185427</v>
+        <v>-4.1202007808996965</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>114.22507154</v>
+        <v>114.22518595</v>
       </c>
       <c r="C322" s="5">
-        <v>0.2753986000000026</v>
+        <v>0.27575865000000022</v>
       </c>
       <c r="D322" s="5">
-        <v>2.9390767424595676</v>
+        <v>2.9429769424072383</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>114.30509209</v>
+        <v>114.30514504999999</v>
       </c>
       <c r="C323" s="5">
-        <v>8.0020550000000412E-2</v>
+        <v>7.9959099999996397E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>0.84390852441702524</v>
+        <v>0.84325711866115594</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>116.27381151</v>
+        <v>116.27534120999999</v>
       </c>
       <c r="C324" s="5">
-        <v>1.9687194199999993</v>
+        <v>1.9701961600000004</v>
       </c>
       <c r="D324" s="5">
-        <v>22.742785362489613</v>
+        <v>22.761481897621174</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>116.42775038000001</v>
+        <v>116.42958791</v>
       </c>
       <c r="C325" s="5">
-        <v>0.15393887000000461</v>
+        <v>0.15424670000000162</v>
       </c>
       <c r="D325" s="5">
-        <v>1.6003406782530094</v>
+        <v>1.6035429982768301</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>117.15440544000001</v>
+        <v>117.15659999</v>
       </c>
       <c r="C326" s="5">
-        <v>0.7266550599999988</v>
+        <v>0.72701208000000861</v>
       </c>
       <c r="D326" s="5">
-        <v>7.7520195672340808</v>
+        <v>7.7558333945660252</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>117.24320213999999</v>
+        <v>117.2452306</v>
       </c>
       <c r="C327" s="5">
-        <v>8.8796699999988959E-2</v>
+        <v>8.8630609999995613E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>0.91333624373124422</v>
+        <v>0.91160362985451826</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>116.69651345</v>
+        <v>116.69773334999999</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.54668868999999631</v>
+        <v>-0.54749725000000637</v>
       </c>
       <c r="D328" s="5">
-        <v>-5.4541407303731244</v>
+        <v>-5.4619093524501121</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>117.25917918</v>
+        <v>117.25849135999999</v>
       </c>
       <c r="C329" s="5">
-        <v>0.56266573000000619</v>
+        <v>0.5607580100000007</v>
       </c>
       <c r="D329" s="5">
-        <v>5.9418683737701317</v>
+        <v>5.9211235335084655</v>
       </c>
       <c r="E329" s="5">
-        <v>3.2659353120379819</v>
+        <v>3.265359102633969</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>118.95697332</v>
+        <v>118.95140501</v>
       </c>
       <c r="C330" s="5">
-        <v>1.6977941399999992</v>
+        <v>1.6929136500000084</v>
       </c>
       <c r="D330" s="5">
-        <v>18.827420874041636</v>
+        <v>18.769050956564449</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>119.11862653999999</v>
+        <v>119.11632425000001</v>
       </c>
       <c r="C331" s="5">
-        <v>0.16165321999999094</v>
+        <v>0.16491924000000324</v>
       </c>
       <c r="D331" s="5">
-        <v>1.6429495054173904</v>
+        <v>1.6764760410139745</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>119.77915871</v>
+        <v>119.77609344</v>
       </c>
       <c r="C332" s="5">
-        <v>0.66053217000001041</v>
+        <v>0.65976918999999157</v>
       </c>
       <c r="D332" s="5">
-        <v>6.8609359493593036</v>
+        <v>6.8529044389367133</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>120.14549339</v>
+        <v>120.14399029</v>
       </c>
       <c r="C333" s="5">
-        <v>0.36633467999999425</v>
+        <v>0.36789685000000816</v>
       </c>
       <c r="D333" s="5">
-        <v>3.7324706389910034</v>
+        <v>3.7487545090673535</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>120.63709867</v>
+        <v>120.63611160000001</v>
       </c>
       <c r="C334" s="5">
-        <v>0.4916052800000017</v>
+        <v>0.4921213100000017</v>
       </c>
       <c r="D334" s="5">
-        <v>5.0221206083132408</v>
+        <v>5.0275758928698178</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>120.40262264</v>
+        <v>120.40426480000001</v>
       </c>
       <c r="C335" s="5">
-        <v>-0.23447602999999617</v>
+        <v>-0.23184679999999958</v>
       </c>
       <c r="D335" s="5">
-        <v>-2.3076049194172721</v>
+        <v>-2.2820206336666704</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>120.59877862</v>
+        <v>120.60181246</v>
       </c>
       <c r="C336" s="5">
-        <v>0.19615598000000034</v>
+        <v>0.1975476599999979</v>
       </c>
       <c r="D336" s="5">
-        <v>1.9726135066977291</v>
+        <v>1.9867079255377451</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>120.92512606</v>
+        <v>120.92941641</v>
       </c>
       <c r="C337" s="5">
-        <v>0.32634743999999216</v>
+        <v>0.32760394999999676</v>
       </c>
       <c r="D337" s="5">
-        <v>3.2960399033967969</v>
+        <v>3.3088361074967931</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>121.27658011</v>
+        <v>121.28138370000001</v>
       </c>
       <c r="C338" s="5">
-        <v>0.35145405000000096</v>
+        <v>0.3519672900000046</v>
       </c>
       <c r="D338" s="5">
-        <v>3.5439468937697116</v>
+        <v>3.5490774247993295</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>121.44242208</v>
+        <v>121.44681805</v>
       </c>
       <c r="C339" s="5">
-        <v>0.16584197000000245</v>
+        <v>0.16543434999999818</v>
       </c>
       <c r="D339" s="5">
-        <v>1.6533611049775354</v>
+        <v>1.6492009881139635</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>121.72815515000001</v>
+        <v>121.73061323</v>
       </c>
       <c r="C340" s="5">
-        <v>0.28573307000000625</v>
+        <v>0.28379517999999848</v>
       </c>
       <c r="D340" s="5">
-        <v>2.8602173261321306</v>
+        <v>2.8404647119107507</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>122.10308310000001</v>
+        <v>122.10206887</v>
       </c>
       <c r="C341" s="5">
-        <v>0.37492795000000001</v>
+        <v>0.37145563999999354</v>
       </c>
       <c r="D341" s="5">
-        <v>3.7593108683266596</v>
+        <v>3.7238320419791249</v>
       </c>
       <c r="E341" s="5">
-        <v>4.1309379392502121</v>
+        <v>4.1306838027870718</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>123.15998804</v>
+        <v>123.15135357</v>
       </c>
       <c r="C342" s="5">
-        <v>1.0569049399999955</v>
+        <v>1.0492847000000012</v>
       </c>
       <c r="D342" s="5">
-        <v>10.896054918947474</v>
+        <v>10.813839793902824</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>123.75048543</v>
+        <v>123.74359155</v>
       </c>
       <c r="C343" s="5">
-        <v>0.5904973899999959</v>
+        <v>0.59223798000000727</v>
       </c>
       <c r="D343" s="5">
-        <v>5.907636863276533</v>
+        <v>5.9259402452485732</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>123.96753712</v>
+        <v>123.96102254</v>
       </c>
       <c r="C344" s="5">
-        <v>0.21705169000000524</v>
+        <v>0.21743098999999688</v>
       </c>
       <c r="D344" s="5">
-        <v>2.1251583391873385</v>
+        <v>2.1290277882630049</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>124.55615624000001</v>
+        <v>124.55242075</v>
       </c>
       <c r="C345" s="5">
-        <v>0.58861912000000416</v>
+        <v>0.59139820999999415</v>
       </c>
       <c r="D345" s="5">
-        <v>5.8489840186597863</v>
+        <v>5.8776448794619629</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>124.57392806999999</v>
+        <v>124.57230125</v>
       </c>
       <c r="C346" s="5">
-        <v>1.7771829999986721E-2</v>
+        <v>1.9880499999999302E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>0.17135194496884498</v>
+        <v>0.19170686818996696</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>124.82566358</v>
+        <v>124.83031398</v>
       </c>
       <c r="C347" s="5">
-        <v>0.25173551000000316</v>
+        <v>0.25801273000000435</v>
       </c>
       <c r="D347" s="5">
-        <v>2.4520600392193392</v>
+        <v>2.5139355290482834</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>125.5912421</v>
+        <v>125.59469176</v>
       </c>
       <c r="C348" s="5">
-        <v>0.76557852000000537</v>
+        <v>0.76437778000000378</v>
       </c>
       <c r="D348" s="5">
-        <v>7.613229802528787</v>
+        <v>7.6005913946582071</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>126.16015058000001</v>
+        <v>126.16194983</v>
       </c>
       <c r="C349" s="5">
-        <v>0.5689084800000046</v>
+        <v>0.56725806999999406</v>
       </c>
       <c r="D349" s="5">
-        <v>5.5733047519644474</v>
+        <v>5.5565763605248231</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>126.08688325</v>
+        <v>126.10725859999999</v>
       </c>
       <c r="C350" s="5">
-        <v>-7.3267330000007291E-2</v>
+        <v>-5.4691230000003088E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>-0.69467664070226309</v>
+        <v>-0.51896173789682809</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>126.60460214</v>
+        <v>126.61301097</v>
       </c>
       <c r="C351" s="5">
-        <v>0.5177188899999976</v>
+        <v>0.50575237000001039</v>
       </c>
       <c r="D351" s="5">
-        <v>5.0400692520741863</v>
+        <v>4.9201792710252823</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>127.02381599</v>
+        <v>127.02382206999999</v>
       </c>
       <c r="C352" s="5">
-        <v>0.41921385000000555</v>
+        <v>0.41081109999998944</v>
       </c>
       <c r="D352" s="5">
-        <v>4.0466141691420709</v>
+        <v>3.9637828029354782</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>127.20502264</v>
+        <v>127.20220891</v>
       </c>
       <c r="C353" s="5">
-        <v>0.18120664999999292</v>
+        <v>0.17838684000000171</v>
       </c>
       <c r="D353" s="5">
-        <v>1.7253632897425542</v>
+        <v>1.698306613290379</v>
       </c>
       <c r="E353" s="5">
-        <v>4.1783871549104123</v>
+        <v>4.1769480953103511</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>126.89585981</v>
+        <v>126.88296440000001</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.30916282999999112</v>
+        <v>-0.3192445099999901</v>
       </c>
       <c r="D354" s="5">
-        <v>-2.8778433171116058</v>
+        <v>-2.9704621318969671</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>127.56460341</v>
+        <v>127.55153196000001</v>
       </c>
       <c r="C355" s="5">
-        <v>0.66874359999999911</v>
+        <v>0.66856755999999962</v>
       </c>
       <c r="D355" s="5">
-        <v>6.5105838700416196</v>
+        <v>6.5095008535558607</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>128.09797932999999</v>
+        <v>128.08623385999999</v>
       </c>
       <c r="C356" s="5">
-        <v>0.53337591999998324</v>
+        <v>0.53470189999998752</v>
       </c>
       <c r="D356" s="5">
-        <v>5.1344750163572206</v>
+        <v>5.1480748354822747</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>128.28688450000001</v>
+        <v>128.27833031</v>
       </c>
       <c r="C357" s="5">
-        <v>0.1889051700000266</v>
+        <v>0.19209645000000819</v>
       </c>
       <c r="D357" s="5">
-        <v>1.7840553148540828</v>
+        <v>1.8146111401611265</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>128.81699071</v>
+        <v>128.81013411999999</v>
       </c>
       <c r="C358" s="5">
-        <v>0.53010620999998537</v>
+        <v>0.53180380999998533</v>
       </c>
       <c r="D358" s="5">
-        <v>5.0728939427460151</v>
+        <v>5.0898586085611042</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>129.39162856999999</v>
+        <v>129.41557613000001</v>
       </c>
       <c r="C359" s="5">
-        <v>0.57463785999999573</v>
+        <v>0.60544201000001863</v>
       </c>
       <c r="D359" s="5">
-        <v>5.4863721018681533</v>
+        <v>5.7884396787656556</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>129.91985930000001</v>
+        <v>129.91826964000001</v>
       </c>
       <c r="C360" s="5">
-        <v>0.52823073000001841</v>
+        <v>0.50269351000000029</v>
       </c>
       <c r="D360" s="5">
-        <v>5.0104089405730523</v>
+        <v>4.7620844421376152</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>130.62089707000001</v>
+        <v>130.61802216999999</v>
       </c>
       <c r="C361" s="5">
-        <v>0.70103776999999923</v>
+        <v>0.69975252999998361</v>
       </c>
       <c r="D361" s="5">
-        <v>6.6707738841708775</v>
+        <v>6.6582634599540391</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>130.97292213</v>
+        <v>131.01101119</v>
       </c>
       <c r="C362" s="5">
-        <v>0.35202505999998834</v>
+        <v>0.3929890200000159</v>
       </c>
       <c r="D362" s="5">
-        <v>3.2823857004353307</v>
+        <v>3.6707747628178522</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>131.48254827</v>
+        <v>131.49648311999999</v>
       </c>
       <c r="C363" s="5">
-        <v>0.50962613999999462</v>
+        <v>0.48547192999998856</v>
       </c>
       <c r="D363" s="5">
-        <v>4.77053103754288</v>
+        <v>4.5384529406612417</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>131.98417737</v>
+        <v>131.98057464999999</v>
       </c>
       <c r="C364" s="5">
-        <v>0.50162910000000238</v>
+        <v>0.4840915300000006</v>
       </c>
       <c r="D364" s="5">
-        <v>4.6755105611289816</v>
+        <v>4.5082382322812364</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>132.67586972999999</v>
+        <v>132.68054144999999</v>
       </c>
       <c r="C365" s="5">
-        <v>0.69169235999999046</v>
+        <v>0.69996679999999856</v>
       </c>
       <c r="D365" s="5">
-        <v>6.4733405662654508</v>
+        <v>6.5532356071451137</v>
       </c>
       <c r="E365" s="5">
-        <v>4.3008105941562569</v>
+        <v>4.3067904142105817</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>133.30294393</v>
+        <v>133.27962575999999</v>
       </c>
       <c r="C366" s="5">
-        <v>0.6270742000000098</v>
+        <v>0.59908430999999496</v>
       </c>
       <c r="D366" s="5">
-        <v>5.821416234825616</v>
+        <v>5.554889008658348</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>133.97159705000001</v>
+        <v>133.94629868999999</v>
       </c>
       <c r="C367" s="5">
-        <v>0.66865312000001609</v>
+        <v>0.66667293000000427</v>
       </c>
       <c r="D367" s="5">
-        <v>6.1881185816802464</v>
+        <v>6.1703949583586049</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>134.24579861999999</v>
+        <v>134.22430618000001</v>
       </c>
       <c r="C368" s="5">
-        <v>0.27420156999997403</v>
+        <v>0.27800749000002156</v>
       </c>
       <c r="D368" s="5">
-        <v>2.483894191109326</v>
+        <v>2.5192462829756623</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>116.79411152</v>
+        <v>116.77925881</v>
       </c>
       <c r="C369" s="5">
-        <v>-17.451687099999987</v>
+        <v>-17.445047370000012</v>
       </c>
       <c r="D369" s="5">
-        <v>-81.196316486739235</v>
+        <v>-81.188884017806842</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>120.02917423</v>
+        <v>120.01684963</v>
       </c>
       <c r="C370" s="5">
-        <v>3.235062709999994</v>
+        <v>3.2375908199999941</v>
       </c>
       <c r="D370" s="5">
-        <v>38.800315223557867</v>
+        <v>38.841116523888552</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>123.38787797000001</v>
+        <v>123.43556313000001</v>
       </c>
       <c r="C371" s="5">
-        <v>3.3587037400000099</v>
+        <v>3.4187135000000097</v>
       </c>
       <c r="D371" s="5">
-        <v>39.260555768061444</v>
+        <v>40.080267047914894</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>124.17770134</v>
+        <v>124.17204615</v>
       </c>
       <c r="C372" s="5">
-        <v>0.78982336999999347</v>
+        <v>0.73648301999999433</v>
       </c>
       <c r="D372" s="5">
-        <v>7.9576575431560048</v>
+        <v>7.3995395086836169</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>124.73561166</v>
+        <v>124.729681</v>
       </c>
       <c r="C373" s="5">
-        <v>0.55791032000000484</v>
+        <v>0.55763484999999946</v>
       </c>
       <c r="D373" s="5">
-        <v>5.5266462743049694</v>
+        <v>5.5241075481015312</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>125.92212692</v>
+        <v>125.97632145</v>
       </c>
       <c r="C374" s="5">
-        <v>1.1865152599999931</v>
+        <v>1.246640450000001</v>
       </c>
       <c r="D374" s="5">
-        <v>12.03122261451659</v>
+        <v>12.67545809090047</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>127.26889156999999</v>
+        <v>127.29193015</v>
       </c>
       <c r="C375" s="5">
-        <v>1.3467646499999972</v>
+        <v>1.3156086999999985</v>
       </c>
       <c r="D375" s="5">
-        <v>13.616794629268213</v>
+        <v>13.277430683728664</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>128.1902891</v>
+        <v>128.18731109000001</v>
       </c>
       <c r="C376" s="5">
-        <v>0.92139753000000724</v>
+        <v>0.89538094000000967</v>
       </c>
       <c r="D376" s="5">
-        <v>9.0421443115157309</v>
+        <v>8.7752250411980093</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>129.12158188000001</v>
+        <v>129.13395847000001</v>
       </c>
       <c r="C377" s="5">
-        <v>0.93129278000000681</v>
+        <v>0.9466473800000017</v>
       </c>
       <c r="D377" s="5">
-        <v>9.0748268322301318</v>
+        <v>9.230800580553101</v>
       </c>
       <c r="E377" s="5">
-        <v>-2.6789256081253376</v>
+        <v>-2.6730241987567571</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>130.51003279</v>
+        <v>130.47464169</v>
       </c>
       <c r="C378" s="5">
-        <v>1.3884509099999889</v>
+        <v>1.3406832199999883</v>
       </c>
       <c r="D378" s="5">
-        <v>13.694833373002169</v>
+        <v>13.19514115809759</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>129.63939911</v>
+        <v>129.59603469000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.87063367999999741</v>
+        <v>-0.87860699999998815</v>
       </c>
       <c r="D379" s="5">
-        <v>-7.7179301416002044</v>
+        <v>-7.788049871085323</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>131.04694939999999</v>
+        <v>131.00693877</v>
       </c>
       <c r="C380" s="5">
-        <v>1.407550289999989</v>
+        <v>1.4109040799999946</v>
       </c>
       <c r="D380" s="5">
-        <v>13.835802816566446</v>
+        <v>13.875690248598872</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>132.29673538</v>
+        <v>132.26636747000001</v>
       </c>
       <c r="C381" s="5">
-        <v>1.2497859800000128</v>
+        <v>1.2594287000000008</v>
       </c>
       <c r="D381" s="5">
-        <v>12.064108941978091</v>
+        <v>12.166077512024964</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>132.89249769</v>
+        <v>132.87278047000001</v>
       </c>
       <c r="C382" s="5">
-        <v>0.5957623099999978</v>
+        <v>0.60641300000000342</v>
       </c>
       <c r="D382" s="5">
-        <v>5.5397444773536142</v>
+        <v>5.6426192783414875</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>134.31474718999999</v>
+        <v>134.39924364000001</v>
       </c>
       <c r="C383" s="5">
-        <v>1.4222494999999924</v>
+        <v>1.5264631699999995</v>
       </c>
       <c r="D383" s="5">
-        <v>13.626288206946402</v>
+        <v>14.69107382591417</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>135.53924506999999</v>
+        <v>135.53984045000001</v>
       </c>
       <c r="C384" s="5">
-        <v>1.2244978800000013</v>
+        <v>1.1405968100000052</v>
       </c>
       <c r="D384" s="5">
-        <v>11.505518274870031</v>
+        <v>10.673015991563318</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>135.50012720000001</v>
+        <v>135.49263070000001</v>
       </c>
       <c r="C385" s="5">
-        <v>-3.9117869999984123E-2</v>
+        <v>-4.7209750000007489E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>-0.34578179249239449</v>
+        <v>-0.41717105520819864</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>135.86187887</v>
+        <v>135.93383792</v>
       </c>
       <c r="C386" s="5">
-        <v>0.36175166999998964</v>
+        <v>0.44120721999999546</v>
       </c>
       <c r="D386" s="5">
-        <v>3.2511649621151495</v>
+        <v>3.9783318050546246</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>137.66833564999999</v>
+        <v>137.70857133999999</v>
       </c>
       <c r="C387" s="5">
-        <v>1.8064567799999907</v>
+        <v>1.7747334199999898</v>
       </c>
       <c r="D387" s="5">
-        <v>17.175643961363175</v>
+        <v>16.842469322500332</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>138.22115825</v>
+        <v>138.23197809000001</v>
       </c>
       <c r="C388" s="5">
-        <v>0.55282260000001315</v>
+        <v>0.52340675000002079</v>
       </c>
       <c r="D388" s="5">
-        <v>4.9265976388643828</v>
+        <v>4.6575589230547498</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>138.86056991000001</v>
+        <v>138.90056623999999</v>
       </c>
       <c r="C389" s="5">
-        <v>0.63941166000000749</v>
+        <v>0.66858814999997662</v>
       </c>
       <c r="D389" s="5">
-        <v>5.6946452425604699</v>
+        <v>5.9609688730689836</v>
       </c>
       <c r="E389" s="5">
-        <v>7.542494359348062</v>
+        <v>7.5631599044250875</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>139.30886738999999</v>
+        <v>139.24367457</v>
       </c>
       <c r="C390" s="5">
-        <v>0.44829747999997949</v>
+        <v>0.34310833000000684</v>
       </c>
       <c r="D390" s="5">
-        <v>3.9436147492381224</v>
+        <v>3.0048117499338334</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>140.19778861</v>
+        <v>140.10810939000001</v>
       </c>
       <c r="C391" s="5">
-        <v>0.8889212200000145</v>
+        <v>0.86443482000001381</v>
       </c>
       <c r="D391" s="5">
-        <v>7.9316520995034168</v>
+        <v>7.7093900029695739</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>141.19336290999999</v>
+        <v>141.10717292000001</v>
       </c>
       <c r="C392" s="5">
-        <v>0.99557429999998703</v>
+        <v>0.99906353000000081</v>
       </c>
       <c r="D392" s="5">
-        <v>8.8622801400512152</v>
+        <v>8.9004858078141744</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>141.70073492</v>
+        <v>141.64865502000001</v>
       </c>
       <c r="C393" s="5">
-        <v>0.50737201000001164</v>
+        <v>0.54148209999999608</v>
       </c>
       <c r="D393" s="5">
-        <v>4.3984005341414667</v>
+        <v>4.703300440406899</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>142.70183388999999</v>
+        <v>142.6725083</v>
       </c>
       <c r="C394" s="5">
-        <v>1.0010989699999868</v>
+        <v>1.0238532799999973</v>
       </c>
       <c r="D394" s="5">
-        <v>8.8151637690337949</v>
+        <v>9.0270086783018613</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>142.80436961000001</v>
+        <v>142.94474187</v>
       </c>
       <c r="C395" s="5">
-        <v>0.10253572000002009</v>
+        <v>0.27223356999999737</v>
       </c>
       <c r="D395" s="5">
-        <v>0.86565310972528398</v>
+        <v>2.3139044230784167</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>144.92054951</v>
+        <v>144.94334492999999</v>
       </c>
       <c r="C396" s="5">
-        <v>2.1161798999999917</v>
+        <v>1.9986030599999935</v>
       </c>
       <c r="D396" s="5">
-        <v>19.305841494401577</v>
+        <v>18.130253897567194</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>145.75364574</v>
+        <v>145.75108039</v>
       </c>
       <c r="C397" s="5">
-        <v>0.83309622999999533</v>
+        <v>0.80773546000000351</v>
       </c>
       <c r="D397" s="5">
-        <v>7.120712717815203</v>
+        <v>6.8961436008927235</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>146.7501498</v>
+        <v>146.84597653</v>
       </c>
       <c r="C398" s="5">
-        <v>0.99650406000000658</v>
+        <v>1.094896140000003</v>
       </c>
       <c r="D398" s="5">
-        <v>8.5199337201220526</v>
+        <v>9.3964497299655605</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>147.19899731999999</v>
+        <v>147.26242149000001</v>
       </c>
       <c r="C399" s="5">
-        <v>0.44884751999998684</v>
+        <v>0.41644496000000686</v>
       </c>
       <c r="D399" s="5">
-        <v>3.7326760288919569</v>
+        <v>3.4567019043620029</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>148.50965576999999</v>
+        <v>148.54219257</v>
       </c>
       <c r="C400" s="5">
-        <v>1.3106584500000054</v>
+        <v>1.2797710799999891</v>
       </c>
       <c r="D400" s="5">
-        <v>11.223889095126239</v>
+        <v>10.941673132017682</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>148.66176078000001</v>
+        <v>148.72718975000001</v>
       </c>
       <c r="C401" s="5">
-        <v>0.15210501000001386</v>
+        <v>0.18499718000001053</v>
       </c>
       <c r="D401" s="5">
-        <v>1.2359986044594207</v>
+        <v>1.5047817410816844</v>
       </c>
       <c r="E401" s="5">
-        <v>7.0582965894151695</v>
+        <v>7.0745741187411948</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>150.71767363000001</v>
+        <v>150.61754540999999</v>
       </c>
       <c r="C402" s="5">
-        <v>2.0559128499999986</v>
+        <v>1.8903556599999831</v>
       </c>
       <c r="D402" s="5">
-        <v>17.917677314340487</v>
+        <v>16.364987130532249</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>151.44124092999999</v>
+        <v>151.2888797</v>
       </c>
       <c r="C403" s="5">
-        <v>0.72356729999998493</v>
+        <v>0.67133429000000433</v>
       </c>
       <c r="D403" s="5">
-        <v>5.91555131270598</v>
+        <v>5.4817423176500624</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>152.62474537</v>
+        <v>152.47233835</v>
       </c>
       <c r="C404" s="5">
-        <v>1.1835044400000072</v>
+        <v>1.1834586500000057</v>
       </c>
       <c r="D404" s="5">
-        <v>9.7917008807556059</v>
+        <v>9.8015943818611451</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>153.27060519</v>
+        <v>153.19064840999999</v>
       </c>
       <c r="C405" s="5">
-        <v>0.64585981999999831</v>
+        <v>0.7183100599999932</v>
       </c>
       <c r="D405" s="5">
-        <v>5.1978921163818415</v>
+        <v>5.802108683995244</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>153.86119371000001</v>
+        <v>153.81931304</v>
       </c>
       <c r="C406" s="5">
-        <v>0.59058852000001139</v>
+        <v>0.62866463000000294</v>
       </c>
       <c r="D406" s="5">
-        <v>4.7231516055443734</v>
+        <v>5.0372533062857494</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>155.56632257000001</v>
+        <v>155.77392268</v>
       </c>
       <c r="C407" s="5">
-        <v>1.7051288600000021</v>
+        <v>1.954609640000001</v>
       </c>
       <c r="D407" s="5">
-        <v>14.139996871284222</v>
+        <v>16.360791638630133</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>155.34149160000001</v>
+        <v>155.39698677999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.2248309699999993</v>
+        <v>-0.37693590000000654</v>
       </c>
       <c r="D408" s="5">
-        <v>-1.7205709149782145</v>
+        <v>-2.8653803844304382</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>155.65526270999999</v>
+        <v>155.66588866000001</v>
       </c>
       <c r="C409" s="5">
-        <v>0.31377110999997626</v>
+        <v>0.26890188000001558</v>
       </c>
       <c r="D409" s="5">
-        <v>2.4509650775946357</v>
+        <v>2.0963798017151536</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>156.9457573</v>
+        <v>157.05672368</v>
       </c>
       <c r="C410" s="5">
-        <v>1.2904945900000087</v>
+        <v>1.3908350199999973</v>
       </c>
       <c r="D410" s="5">
-        <v>10.415299316768301</v>
+        <v>11.264581486420223</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>157.07141052</v>
+        <v>157.16022508</v>
       </c>
       <c r="C411" s="5">
-        <v>0.12565322000000378</v>
+        <v>0.10350139999999897</v>
       </c>
       <c r="D411" s="5">
-        <v>0.96498052091051889</v>
+        <v>0.79368040322898015</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>157.31727103</v>
+        <v>157.37961432</v>
       </c>
       <c r="C412" s="5">
-        <v>0.24586050999999998</v>
+        <v>0.21938923999999815</v>
       </c>
       <c r="D412" s="5">
-        <v>1.8945895718342598</v>
+        <v>1.6880723378077223</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>157.98508089000001</v>
+        <v>158.08937531000001</v>
       </c>
       <c r="C413" s="5">
-        <v>0.66780986000000553</v>
+        <v>0.70976099000000659</v>
       </c>
       <c r="D413" s="5">
-        <v>5.2146156105310482</v>
+        <v>5.5481146193920861</v>
       </c>
       <c r="E413" s="5">
-        <v>6.2714985084814767</v>
+        <v>6.2948715535721345</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>158.36970762000001</v>
+        <v>158.23237485000001</v>
       </c>
       <c r="C414" s="5">
-        <v>0.38462673000000791</v>
+        <v>0.14299954000000525</v>
       </c>
       <c r="D414" s="5">
-        <v>2.9609300074405098</v>
+        <v>1.0908749389818562</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>159.37508104</v>
+        <v>159.15383306000001</v>
       </c>
       <c r="C415" s="5">
-        <v>1.0053734199999838</v>
+        <v>0.92145820999999728</v>
       </c>
       <c r="D415" s="5">
-        <v>7.889615198440536</v>
+        <v>7.2163642468315858</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>159.99992838</v>
+        <v>159.77654683</v>
       </c>
       <c r="C416" s="5">
-        <v>0.6248473400000023</v>
+        <v>0.62271376999999006</v>
       </c>
       <c r="D416" s="5">
-        <v>4.8075178481935321</v>
+        <v>4.7975518427887831</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>160.93634675999999</v>
+        <v>160.82962118</v>
       </c>
       <c r="C417" s="5">
-        <v>0.93641837999999211</v>
+        <v>1.0530743500000028</v>
       </c>
       <c r="D417" s="5">
-        <v>7.253680637181148</v>
+        <v>8.2022020288891273</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>161.81010961999999</v>
+        <v>161.75498787999999</v>
       </c>
       <c r="C418" s="5">
-        <v>0.87376285999999936</v>
+        <v>0.92536669999998367</v>
       </c>
       <c r="D418" s="5">
-        <v>6.7132044427896886</v>
+        <v>7.1271890577921271</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>162.18659049999999</v>
+        <v>162.44768334</v>
       </c>
       <c r="C419" s="5">
-        <v>0.37648088000000257</v>
+        <v>0.69269546000001014</v>
       </c>
       <c r="D419" s="5">
-        <v>2.8280273202606399</v>
+        <v>5.2616297135491985</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>162.80469364000001</v>
+        <v>162.89680497000001</v>
       </c>
       <c r="C420" s="5">
-        <v>0.61810314000001654</v>
+        <v>0.4491216300000076</v>
       </c>
       <c r="D420" s="5">
-        <v>4.6703622485833929</v>
+        <v>3.3685745369454567</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>163.97254466000001</v>
+        <v>164.00650775</v>
       </c>
       <c r="C421" s="5">
-        <v>1.1678510200000005</v>
+        <v>1.1097027799999921</v>
       </c>
       <c r="D421" s="5">
-        <v>8.9558569400438159</v>
+        <v>8.4881188826032137</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>163.95990612</v>
+        <v>164.07963107</v>
       </c>
       <c r="C422" s="5">
-        <v>-1.2638540000011744E-2</v>
+        <v>7.3123320000007652E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>-9.2453406390424764E-2</v>
+        <v>0.53634140333880254</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>164.44937565999999</v>
+        <v>164.56172398000001</v>
       </c>
       <c r="C423" s="5">
-        <v>0.48946953999998755</v>
+        <v>0.48209291000000576</v>
       </c>
       <c r="D423" s="5">
-        <v>3.6417688114198432</v>
+        <v>3.583335397294074</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>165.06450613999999</v>
+        <v>165.15604848000001</v>
       </c>
       <c r="C424" s="5">
-        <v>0.61513048000000481</v>
+        <v>0.59432449999999903</v>
       </c>
       <c r="D424" s="5">
-        <v>4.5821616646704033</v>
+        <v>4.4210027328021262</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>165.95901807999999</v>
+        <v>166.08474487000001</v>
       </c>
       <c r="C425" s="5">
-        <v>0.894511940000001</v>
+        <v>0.92869638999999893</v>
       </c>
       <c r="D425" s="5">
-        <v>6.7003679151683482</v>
+        <v>6.9604258666946084</v>
       </c>
       <c r="E425" s="5">
-        <v>5.0472722772803902</v>
+        <v>5.0574996228062385</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>166.69437679000001</v>
+        <v>167.26009091</v>
       </c>
       <c r="C426" s="5">
-        <v>0.73535871000001407</v>
+        <v>1.1753460399999938</v>
       </c>
       <c r="D426" s="5">
-        <v>5.4486727161458859</v>
+        <v>8.8305985403946963</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>166.69805552</v>
+        <v>167.43214276</v>
       </c>
       <c r="C427" s="5">
-        <v>3.6787299999900824E-3</v>
+        <v>0.17205185000000256</v>
       </c>
       <c r="D427" s="5">
-        <v>2.6485667628839415E-2</v>
+        <v>1.2413858388337529</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>167.27927371999999</v>
+        <v>167.94178857</v>
       </c>
       <c r="C428" s="5">
-        <v>0.58121819999999502</v>
+        <v>0.50964580999999498</v>
       </c>
       <c r="D428" s="5">
-        <v>4.2651574370401457</v>
+        <v>3.7144492990722311</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>168.79358658999999</v>
+        <v>168.26203425</v>
       </c>
       <c r="C429" s="5">
-        <v>1.5143128699999977</v>
+        <v>0.32024567999999931</v>
       </c>
       <c r="D429" s="5">
-        <v>11.42064937484275</v>
+        <v>2.3124142077858956</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>168.41086235</v>
+        <v>168.67223847</v>
       </c>
       <c r="C430" s="5">
-        <v>-0.3827242399999875</v>
+        <v>0.41020421999999712</v>
       </c>
       <c r="D430" s="5">
-        <v>-2.6872153933980458</v>
+        <v>2.96501353594254</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>169.26417194999999</v>
+        <v>168.72828661</v>
       </c>
       <c r="C431" s="5">
-        <v>0.85330959999998868</v>
+        <v>5.6048140000001467E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>6.2525338384207929</v>
+        <v>0.39947785667557856</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>169.73090922</v>
+        <v>169.16496812</v>
       </c>
       <c r="C432" s="5">
-        <v>0.46673727000001008</v>
+        <v>0.43668150999999966</v>
       </c>
       <c r="D432" s="5">
-        <v>3.3595858210211826</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.1502816416674184</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>169.52614165</v>
+        <v>168.96088331000001</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.20476757000000134</v>
+        <v>-0.20408480999998346</v>
       </c>
       <c r="D433" s="5">
-        <v>-1.4381421866877964</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.4381422241452668</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>168.78631439</v>
+        <v>168.22352290000001</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.73982725999999843</v>
+        <v>-0.73736041000000796</v>
       </c>
       <c r="D434" s="5">
-        <v>-5.1130193125687784</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-5.1130192313714957</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>167.73087812</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.49264478000000622</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-3.4581617167729894</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>169.57868866999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>1.8478105499999913</v>
+      </c>
+      <c r="D436" s="5">
+        <v>14.050980554109028</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>169.68181390000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.10312523000001761</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.73219709334748639</v>
+      </c>
+      <c r="E437" s="5">
+        <v>2.1658033871897908</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>