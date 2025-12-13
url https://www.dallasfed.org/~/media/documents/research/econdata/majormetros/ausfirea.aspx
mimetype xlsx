--- v0 (2025-10-17)
+++ v1 (2025-12-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{1B4FD954-0FCC-4946-802A-2674F32F771F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{34647EBA-E7F6-4604-9A66-E688338525B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{DE4D5A59-128A-464D-837B-CD607A1BA234}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{EBBA7228-38F0-4996-ABD9-6F219B67A4DB}"/>
   </bookViews>
   <sheets>
     <sheet name="ausfirea" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Financial Activities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F92928D8-DB6B-4B6A-9656-905B8441E21E}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{167694CF-8ECE-42FB-B47E-05152FF6036D}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>0.11808734399998855</v>
       </c>
       <c r="D431" s="5">
         <v>1.58793778662778</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>90.035906647999994</v>
       </c>
       <c r="C432" s="5">
         <v>3.1921535999998696E-2</v>
       </c>
       <c r="D432" s="5">
         <v>0.42643282716730013</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>90.136808836</v>
+        <v>90.300803477000002</v>
       </c>
       <c r="C433" s="5">
-        <v>0.10090218800000628</v>
+        <v>0.26489682900000844</v>
       </c>
       <c r="D433" s="5">
-        <v>1.3531462339408939</v>
+        <v>3.5882433993179363</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>90.522413822999994</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.22161034599999141</v>
+      </c>
+      <c r="D434" s="5">
+        <v>2.9850390939442972</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>