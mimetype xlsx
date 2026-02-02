--- v1 (2025-12-13)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{34647EBA-E7F6-4604-9A66-E688338525B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A5146944-4ACB-41B2-955A-D8B295DE0536}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{EBBA7228-38F0-4996-ABD9-6F219B67A4DB}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A9817470-D0D1-412D-ACF5-6C404AF43CC6}"/>
   </bookViews>
   <sheets>
     <sheet name="ausfirea" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Financial Activities Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{167694CF-8ECE-42FB-B47E-05152FF6036D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{87EF2755-CEC3-490D-B51C-D5DD68EF9BAB}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>22.372335203999999</v>
+        <v>22.385341237999999</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>22.589929383000001</v>
+        <v>22.536891251</v>
       </c>
       <c r="C7" s="5">
-        <v>0.21759417900000244</v>
+        <v>0.15155001300000137</v>
       </c>
       <c r="D7" s="5">
-        <v>12.316268631619366</v>
+        <v>8.4335009432114028</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>22.470022454999999</v>
+        <v>22.433773761000001</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.11990692800000247</v>
+        <v>-0.10311748999999892</v>
       </c>
       <c r="D8" s="5">
-        <v>-6.1868761828064889</v>
+        <v>-5.3545106685465633</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>23.378455807000002</v>
+        <v>23.344941874</v>
       </c>
       <c r="C9" s="5">
-        <v>0.90843335200000297</v>
+        <v>0.91116811299999867</v>
       </c>
       <c r="D9" s="5">
-        <v>60.896939829248289</v>
+        <v>61.244731505326875</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>23.389296359999999</v>
+        <v>23.353230347</v>
       </c>
       <c r="C10" s="5">
-        <v>1.0840552999997755E-2</v>
+        <v>8.2884730000003515E-3</v>
       </c>
       <c r="D10" s="5">
-        <v>0.5578594058134545</v>
+        <v>0.42688531576600131</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>23.215059639</v>
+        <v>23.176887089000001</v>
       </c>
       <c r="C11" s="5">
-        <v>-0.17423672099999976</v>
+        <v>-0.17634325799999928</v>
       </c>
       <c r="D11" s="5">
-        <v>-8.5819899989869608</v>
+        <v>-8.6943392761087868</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>23.125157968</v>
+        <v>23.096750490000002</v>
       </c>
       <c r="C12" s="5">
-        <v>-8.9901670999999794E-2</v>
+        <v>-8.0136598999999364E-2</v>
       </c>
       <c r="D12" s="5">
-        <v>-4.5493582443350444</v>
+        <v>-4.0711290413515622</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>23.208158249</v>
+        <v>23.210076991000001</v>
       </c>
       <c r="C13" s="5">
-        <v>8.3000281000000342E-2</v>
+        <v>0.11332650099999952</v>
       </c>
       <c r="D13" s="5">
-        <v>4.3930601070147457</v>
+        <v>6.0494400227602219</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>23.121415528</v>
+        <v>23.155790114999999</v>
       </c>
       <c r="C14" s="5">
-        <v>-8.6742721000000245E-2</v>
+        <v>-5.4286876000002593E-2</v>
       </c>
       <c r="D14" s="5">
-        <v>-4.39405483939177</v>
+        <v>-2.7708966858192019</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>22.849995649</v>
+        <v>22.861467050000002</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.27141987899999975</v>
+        <v>-0.29432306499999683</v>
       </c>
       <c r="D15" s="5">
-        <v>-13.211849028131139</v>
+        <v>-14.230298046400625</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>23.052039198999999</v>
+        <v>23.139559921</v>
       </c>
       <c r="C16" s="5">
-        <v>0.20204354999999907</v>
+        <v>0.27809287099999835</v>
       </c>
       <c r="D16" s="5">
-        <v>11.142134290445128</v>
+        <v>15.61441515551898</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>23.205299141000001</v>
+        <v>23.281405995</v>
       </c>
       <c r="C17" s="5">
-        <v>0.15325994200000181</v>
+        <v>0.14184607400000004</v>
       </c>
       <c r="D17" s="5">
-        <v>8.2764137102539159</v>
+        <v>7.6091774549875035</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>23.290839589000001</v>
+        <v>23.300519904000002</v>
       </c>
       <c r="C18" s="5">
-        <v>8.5540447999999714E-2</v>
+        <v>1.9113909000001428E-2</v>
       </c>
       <c r="D18" s="5">
-        <v>4.5142902516329908</v>
+        <v>0.98965434957063447</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>23.301649238</v>
+        <v>23.261872388</v>
       </c>
       <c r="C19" s="5">
-        <v>1.08096489999987E-2</v>
+        <v>-3.8647516000001048E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>0.55836294640001505</v>
+        <v>-1.9723281196042053</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>23.589672696000001</v>
+        <v>23.548495106000001</v>
       </c>
       <c r="C20" s="5">
-        <v>0.2880234580000014</v>
+        <v>0.28662271800000028</v>
       </c>
       <c r="D20" s="5">
-        <v>15.883887479216829</v>
+        <v>15.83021759641008</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>23.680610007999999</v>
+        <v>23.645720546</v>
       </c>
       <c r="C21" s="5">
-        <v>9.0937311999997661E-2</v>
+        <v>9.7225439999998997E-2</v>
       </c>
       <c r="D21" s="5">
-        <v>4.725307627084474</v>
+        <v>5.0685484504991996</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>23.681146243000001</v>
+        <v>23.640682367</v>
       </c>
       <c r="C22" s="5">
-        <v>5.3623500000199442E-4</v>
+        <v>-5.0381789999995874E-3</v>
       </c>
       <c r="D22" s="5">
-        <v>2.7176755499769278E-2</v>
+        <v>-0.2553838373745787</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>23.70155106</v>
+        <v>23.662006392999999</v>
       </c>
       <c r="C23" s="5">
-        <v>2.0404816999999298E-2</v>
+        <v>2.1324025999998497E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>1.038892027708882</v>
+        <v>1.0877926548229944</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>23.815711593</v>
+        <v>23.787131874</v>
       </c>
       <c r="C24" s="5">
-        <v>0.11416053299999973</v>
+        <v>0.12512548100000132</v>
       </c>
       <c r="D24" s="5">
-        <v>5.9355036968234298</v>
+        <v>6.5334900837655141</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>23.70227165</v>
+        <v>23.698771729000001</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.11343994299999949</v>
+        <v>-8.8360144999999335E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>-5.5684961206299626</v>
+        <v>-4.3675922846162507</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>23.918038921000001</v>
+        <v>23.954018665</v>
       </c>
       <c r="C26" s="5">
-        <v>0.2157672710000007</v>
+        <v>0.25524693599999893</v>
       </c>
       <c r="D26" s="5">
-        <v>11.487753484137597</v>
+        <v>13.718350130043898</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>23.937571237</v>
+        <v>23.951609310999999</v>
       </c>
       <c r="C27" s="5">
-        <v>1.9532315999999383E-2</v>
+        <v>-2.4093540000009739E-3</v>
       </c>
       <c r="D27" s="5">
-        <v>0.98437591484825671</v>
+        <v>-0.1206321970796731</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>24.050195652999999</v>
+        <v>24.137101033</v>
       </c>
       <c r="C28" s="5">
-        <v>0.11262441599999917</v>
+        <v>0.18549172200000186</v>
       </c>
       <c r="D28" s="5">
-        <v>5.794322201806823</v>
+        <v>9.6995665134191</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>24.103497790999999</v>
+        <v>24.173128174999999</v>
       </c>
       <c r="C29" s="5">
-        <v>5.3302137999999388E-2</v>
+        <v>3.6027141999998236E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>2.6922039247247342</v>
+        <v>1.8059025506376614</v>
       </c>
       <c r="E29" s="5">
-        <v>3.8706618024717754</v>
+        <v>3.8301904111440077</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>24.722899687999998</v>
+        <v>24.729521031000001</v>
       </c>
       <c r="C30" s="5">
-        <v>0.61940189699999948</v>
+        <v>0.55639285600000221</v>
       </c>
       <c r="D30" s="5">
-        <v>35.591367474703482</v>
+        <v>31.399647627927418</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>24.732917032</v>
+        <v>24.708236383999999</v>
       </c>
       <c r="C31" s="5">
-        <v>1.0017344000001316E-2</v>
+        <v>-2.1284647000001655E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>0.48730681865127856</v>
+        <v>-1.0279622031053925</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>24.710449644000001</v>
+        <v>24.671082257999998</v>
       </c>
       <c r="C32" s="5">
-        <v>-2.2467387999999033E-2</v>
+        <v>-3.7154126000000787E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>-1.0846504962053305</v>
+        <v>-1.7896079626546046</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>24.577654038999999</v>
+        <v>24.540120118000001</v>
       </c>
       <c r="C33" s="5">
-        <v>-0.13279560500000187</v>
+        <v>-0.13096213999999762</v>
       </c>
       <c r="D33" s="5">
-        <v>-6.2616417489127603</v>
+        <v>-6.1872656981622365</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>24.670463326</v>
+        <v>24.615244607000001</v>
       </c>
       <c r="C34" s="5">
-        <v>9.2809287000001461E-2</v>
+        <v>7.5124489000000239E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>4.6267054330918711</v>
+        <v>3.7360386716447147</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>24.868585671000002</v>
+        <v>24.832315391000002</v>
       </c>
       <c r="C35" s="5">
-        <v>0.19812234500000159</v>
+        <v>0.21707078400000057</v>
       </c>
       <c r="D35" s="5">
-        <v>10.074157536040818</v>
+        <v>11.110913063138739</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>25.000406237</v>
+        <v>24.974425410999999</v>
       </c>
       <c r="C36" s="5">
-        <v>0.13182056599999825</v>
+        <v>0.14211001999999695</v>
       </c>
       <c r="D36" s="5">
-        <v>6.5495812803138209</v>
+        <v>7.0876715766905907</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>25.091887344</v>
+        <v>25.085619734000002</v>
       </c>
       <c r="C37" s="5">
-        <v>9.1481106999999895E-2</v>
+        <v>0.11119432300000298</v>
       </c>
       <c r="D37" s="5">
-        <v>4.4804801854134713</v>
+        <v>5.4755876504006595</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>25.215910457</v>
+        <v>25.252202294</v>
       </c>
       <c r="C38" s="5">
-        <v>0.1240231129999998</v>
+        <v>0.16658255999999838</v>
       </c>
       <c r="D38" s="5">
-        <v>6.0952389596036882</v>
+        <v>8.2662518158770339</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>25.525398841000001</v>
+        <v>25.548034482999999</v>
       </c>
       <c r="C39" s="5">
-        <v>0.30948838400000156</v>
+        <v>0.29583218899999864</v>
       </c>
       <c r="D39" s="5">
-        <v>15.764286128062466</v>
+        <v>15.000255878066703</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>25.647610412999999</v>
+        <v>25.739149174000001</v>
       </c>
       <c r="C40" s="5">
-        <v>0.12221157199999766</v>
+        <v>0.19111469100000278</v>
       </c>
       <c r="D40" s="5">
-        <v>5.8991456095931705</v>
+        <v>9.3554214515375591</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>25.706871060000001</v>
+        <v>25.776754478000001</v>
       </c>
       <c r="C41" s="5">
-        <v>5.9260647000002109E-2</v>
+        <v>3.7605303999999506E-2</v>
       </c>
       <c r="D41" s="5">
-        <v>2.808194734418068</v>
+        <v>1.7673759572954806</v>
       </c>
       <c r="E41" s="5">
-        <v>6.6520356626360133</v>
+        <v>6.6339213170535372</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>26.071769427</v>
+        <v>26.058036157</v>
       </c>
       <c r="C42" s="5">
-        <v>0.36489836699999856</v>
+        <v>0.28128167899999923</v>
       </c>
       <c r="D42" s="5">
-        <v>18.428287482284599</v>
+        <v>13.90987336857814</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>26.155765050999999</v>
+        <v>26.145405091000001</v>
       </c>
       <c r="C43" s="5">
-        <v>8.3995623999999935E-2</v>
+        <v>8.7368934000000564E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>3.9352944860207462</v>
+        <v>4.0984619045212112</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>26.230613134999999</v>
+        <v>26.185026557</v>
       </c>
       <c r="C44" s="5">
-        <v>7.4848083999999204E-2</v>
+        <v>3.9621465999999828E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>3.4885199924675758</v>
+        <v>1.8337468675775792</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>26.375830824000001</v>
+        <v>26.340574043</v>
       </c>
       <c r="C45" s="5">
-        <v>0.14521768900000254</v>
+        <v>0.15554748599999968</v>
       </c>
       <c r="D45" s="5">
-        <v>6.8494954326617563</v>
+        <v>7.3659570834908816</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>26.450912854999999</v>
+        <v>26.385163160000001</v>
       </c>
       <c r="C46" s="5">
-        <v>7.5082030999997329E-2</v>
+        <v>4.4589117000001011E-2</v>
       </c>
       <c r="D46" s="5">
-        <v>3.4699391347651209</v>
+        <v>2.0503703048524669</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>26.617474241</v>
+        <v>26.592005681</v>
       </c>
       <c r="C47" s="5">
-        <v>0.16656138600000148</v>
+        <v>0.20684252099999867</v>
       </c>
       <c r="D47" s="5">
-        <v>7.823675781812689</v>
+        <v>9.8236135746232023</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>26.784105171</v>
+        <v>26.768252357000001</v>
       </c>
       <c r="C48" s="5">
-        <v>0.16663093000000018</v>
+        <v>0.17624667600000166</v>
       </c>
       <c r="D48" s="5">
-        <v>7.7763794273405296</v>
+        <v>8.2497935192368477</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>26.985584422999999</v>
+        <v>26.982545111</v>
       </c>
       <c r="C49" s="5">
-        <v>0.20147925199999861</v>
+        <v>0.21429275399999881</v>
       </c>
       <c r="D49" s="5">
-        <v>9.4098029805890206</v>
+        <v>10.041050194478075</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>27.122629291999999</v>
+        <v>27.155083694000002</v>
       </c>
       <c r="C50" s="5">
-        <v>0.13704486900000035</v>
+        <v>0.17253858300000147</v>
       </c>
       <c r="D50" s="5">
-        <v>6.2672696023809538</v>
+        <v>7.9490453911062797</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>26.625070010999998</v>
+        <v>26.654392938000001</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.49755928100000091</v>
+        <v>-0.5006907560000009</v>
       </c>
       <c r="D51" s="5">
-        <v>-19.923027804828862</v>
+        <v>-20.014401004912308</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>26.753662668</v>
+        <v>26.842364402000001</v>
       </c>
       <c r="C52" s="5">
-        <v>0.12859265700000222</v>
+        <v>0.18797146400000031</v>
       </c>
       <c r="D52" s="5">
-        <v>5.9521711871252991</v>
+        <v>8.7986897533416162</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>27.015397896</v>
+        <v>27.07678349</v>
       </c>
       <c r="C53" s="5">
-        <v>0.26173522799999915</v>
+        <v>0.23441908799999922</v>
       </c>
       <c r="D53" s="5">
-        <v>12.392533022315732</v>
+        <v>10.998127601061869</v>
       </c>
       <c r="E53" s="5">
-        <v>5.0901832157865146</v>
+        <v>5.0434162031901764</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>26.908189426</v>
+        <v>26.882674057999999</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.10720846999999978</v>
+        <v>-0.19410943200000119</v>
       </c>
       <c r="D54" s="5">
-        <v>-4.6595286064277648</v>
+        <v>-8.2714075171987584</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>26.964937855999999</v>
+        <v>26.972860324999999</v>
       </c>
       <c r="C55" s="5">
-        <v>5.6748429999998962E-2</v>
+        <v>9.0186266999999987E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>2.56032039840417</v>
+        <v>4.1008904711020255</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>27.336693998000001</v>
+        <v>27.282276136</v>
       </c>
       <c r="C56" s="5">
-        <v>0.3717561420000024</v>
+        <v>0.30941581100000093</v>
       </c>
       <c r="D56" s="5">
-        <v>17.857930721907266</v>
+        <v>14.668244042847833</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>27.657462614</v>
+        <v>27.639466796000001</v>
       </c>
       <c r="C57" s="5">
-        <v>0.32076861599999873</v>
+        <v>0.35719066000000055</v>
       </c>
       <c r="D57" s="5">
-        <v>15.026024860581133</v>
+        <v>16.893059030126434</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>28.125690925000001</v>
+        <v>28.059095209999999</v>
       </c>
       <c r="C58" s="5">
-        <v>0.46822831100000073</v>
+        <v>0.41962841399999817</v>
       </c>
       <c r="D58" s="5">
-        <v>22.318005660181651</v>
+        <v>19.819644011088332</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>28.268787038999999</v>
+        <v>28.256531970000001</v>
       </c>
       <c r="C59" s="5">
-        <v>0.14309611399999866</v>
+        <v>0.19743676000000221</v>
       </c>
       <c r="D59" s="5">
-        <v>6.2790564098114565</v>
+        <v>8.7783196487377637</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>28.479125463999999</v>
+        <v>28.477089035999999</v>
       </c>
       <c r="C60" s="5">
-        <v>0.21033842499999977</v>
+        <v>0.2205570659999978</v>
       </c>
       <c r="D60" s="5">
-        <v>9.3034064466856812</v>
+        <v>9.7793914278787142</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>28.586295001</v>
+        <v>28.576638629000001</v>
       </c>
       <c r="C61" s="5">
-        <v>0.10716953700000076</v>
+        <v>9.9549593000002545E-2</v>
       </c>
       <c r="D61" s="5">
-        <v>4.6103530072000076</v>
+        <v>4.2765364455743526</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>28.73307939</v>
+        <v>28.746783065999999</v>
       </c>
       <c r="C62" s="5">
-        <v>0.14678438900000046</v>
+        <v>0.17014443699999759</v>
       </c>
       <c r="D62" s="5">
-        <v>6.3387668644964146</v>
+        <v>7.3834381377857694</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>29.039622925</v>
+        <v>29.085939358000001</v>
       </c>
       <c r="C63" s="5">
-        <v>0.30654353499999942</v>
+        <v>0.33915629200000197</v>
       </c>
       <c r="D63" s="5">
-        <v>13.580976969528269</v>
+        <v>15.113461126400264</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>29.066657383999999</v>
+        <v>29.161217947000001</v>
       </c>
       <c r="C64" s="5">
-        <v>2.7034458999999345E-2</v>
+        <v>7.527858899999984E-2</v>
       </c>
       <c r="D64" s="5">
-        <v>1.1228787155715736</v>
+        <v>3.1503660236152475</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>29.108289344999999</v>
+        <v>29.164048190999999</v>
       </c>
       <c r="C65" s="5">
-        <v>4.1631961000000217E-2</v>
+        <v>2.8302439999983164E-3</v>
       </c>
       <c r="D65" s="5">
-        <v>1.7323557352396213</v>
+        <v>0.11652827202492944</v>
       </c>
       <c r="E65" s="5">
-        <v>7.7470317374443765</v>
+        <v>7.7086877832843959</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>29.160075490000001</v>
+        <v>29.102943829000001</v>
       </c>
       <c r="C66" s="5">
-        <v>5.1786145000001227E-2</v>
+        <v>-6.1104361999998247E-2</v>
       </c>
       <c r="D66" s="5">
-        <v>2.1559173383744135</v>
+        <v>-2.485462198942967</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>29.166361109</v>
+        <v>29.174337300000001</v>
       </c>
       <c r="C67" s="5">
-        <v>6.285618999999798E-3</v>
+        <v>7.1393471000000375E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>0.2589736633383799</v>
+        <v>2.9838074136596893</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>29.331682140000002</v>
+        <v>29.256017010000001</v>
       </c>
       <c r="C68" s="5">
-        <v>0.16532103100000128</v>
+        <v>8.1679709999999517E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>7.0179575533861449</v>
+        <v>3.4118722388984279</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>29.64171576</v>
+        <v>29.639216555000001</v>
       </c>
       <c r="C69" s="5">
-        <v>0.31003361999999868</v>
+        <v>0.38319954500000009</v>
       </c>
       <c r="D69" s="5">
-        <v>13.447889502678013</v>
+        <v>16.901003830327355</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>29.801924913000001</v>
+        <v>29.750745488</v>
       </c>
       <c r="C70" s="5">
-        <v>0.16020915300000027</v>
+        <v>0.11152893299999889</v>
       </c>
       <c r="D70" s="5">
-        <v>6.6821434171439487</v>
+        <v>4.6100942614454077</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>29.634732326000002</v>
+        <v>29.632781082000001</v>
       </c>
       <c r="C71" s="5">
-        <v>-0.16719258699999884</v>
+        <v>-0.11796440599999869</v>
       </c>
       <c r="D71" s="5">
-        <v>-6.5282632175465594</v>
+        <v>-4.6557033738068965</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>29.594966361000001</v>
+        <v>29.603689191000001</v>
       </c>
       <c r="C72" s="5">
-        <v>-3.9765965000000847E-2</v>
+        <v>-2.9091891000000203E-2</v>
       </c>
       <c r="D72" s="5">
-        <v>-1.5984132050957611</v>
+        <v>-1.1717557945771784</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>29.792209883999998</v>
+        <v>29.777256079000001</v>
       </c>
       <c r="C73" s="5">
-        <v>0.19724352299999737</v>
+        <v>0.17356688799999986</v>
       </c>
       <c r="D73" s="5">
-        <v>8.2974968469916135</v>
+        <v>7.2669861923549961</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>29.846090089</v>
+        <v>29.832633774000001</v>
       </c>
       <c r="C74" s="5">
-        <v>5.3880205000002235E-2</v>
+        <v>5.5377695000000671E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>2.1919579155475599</v>
+        <v>2.2546464162141344</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>29.869168622</v>
+        <v>29.916469563</v>
       </c>
       <c r="C75" s="5">
-        <v>2.3078532999999624E-2</v>
+        <v>8.3835788999998329E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>0.9318582095116712</v>
+        <v>3.4248580641684789</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>29.992947671</v>
+        <v>30.079567440000002</v>
       </c>
       <c r="C76" s="5">
-        <v>0.12377904899999947</v>
+        <v>0.163097877000002</v>
       </c>
       <c r="D76" s="5">
-        <v>5.0877714088433112</v>
+        <v>6.7419038240700724</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>30.091766136</v>
+        <v>30.135688422000001</v>
       </c>
       <c r="C77" s="5">
-        <v>9.8818465000000799E-2</v>
+        <v>5.6120981999999486E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>4.0261050430122403</v>
+        <v>2.2620194205237754</v>
       </c>
       <c r="E77" s="5">
-        <v>3.3786828876940955</v>
+        <v>3.3316370369318227</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>30.785525268000001</v>
+        <v>30.727266789000002</v>
       </c>
       <c r="C78" s="5">
-        <v>0.69375913200000028</v>
+        <v>0.59157836700000033</v>
       </c>
       <c r="D78" s="5">
-        <v>31.457897043366167</v>
+        <v>26.273951351123181</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>31.067053356999999</v>
+        <v>31.070240258999998</v>
       </c>
       <c r="C79" s="5">
-        <v>0.28152808899999826</v>
+        <v>0.34297346999999689</v>
       </c>
       <c r="D79" s="5">
-        <v>11.542903150258411</v>
+        <v>14.247883828180029</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>31.20977396</v>
+        <v>31.126876454000001</v>
       </c>
       <c r="C80" s="5">
-        <v>0.14272060300000078</v>
+        <v>5.6636195000002942E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>5.654188649282843</v>
+        <v>2.2094765791832449</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>30.709291608000001</v>
+        <v>30.72261786</v>
       </c>
       <c r="C81" s="5">
-        <v>-0.5004823519999988</v>
+        <v>-0.40425859400000164</v>
       </c>
       <c r="D81" s="5">
-        <v>-17.633596766319613</v>
+        <v>-14.518501938925599</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>30.790327284</v>
+        <v>30.753949579</v>
       </c>
       <c r="C82" s="5">
-        <v>8.1035675999999057E-2</v>
+        <v>3.1331719000000646E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>3.2129240963896244</v>
+        <v>1.2306786692007687</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>30.918641578999999</v>
+        <v>30.922156582</v>
       </c>
       <c r="C83" s="5">
-        <v>0.12831429499999913</v>
+        <v>0.16820700299999913</v>
       </c>
       <c r="D83" s="5">
-        <v>5.117057330418473</v>
+        <v>6.7644147844480029</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>31.023750100000001</v>
+        <v>31.044007014000002</v>
       </c>
       <c r="C84" s="5">
-        <v>0.10510852100000179</v>
+        <v>0.12185043200000223</v>
       </c>
       <c r="D84" s="5">
-        <v>4.1565686457675444</v>
+        <v>4.8325077085943802</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>30.994091282999999</v>
+        <v>30.974278697999999</v>
       </c>
       <c r="C85" s="5">
-        <v>-2.9658817000001392E-2</v>
+        <v>-6.9728316000002621E-2</v>
       </c>
       <c r="D85" s="5">
-        <v>-1.1411914861846562</v>
+        <v>-2.6622852896503235</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>30.851489208</v>
+        <v>30.806260533</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.14260207499999922</v>
+        <v>-0.16801816499999944</v>
       </c>
       <c r="D86" s="5">
-        <v>-5.3835400435437997</v>
+        <v>-6.3185967199686166</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>31.304903301</v>
+        <v>31.351002797</v>
       </c>
       <c r="C87" s="5">
-        <v>0.45341409299999924</v>
+        <v>0.54474226399999992</v>
       </c>
       <c r="D87" s="5">
-        <v>19.133749620775674</v>
+        <v>23.409738924111025</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>31.521393151000002</v>
+        <v>31.602471626</v>
       </c>
       <c r="C88" s="5">
-        <v>0.21648985000000209</v>
+        <v>0.25146882900000023</v>
       </c>
       <c r="D88" s="5">
-        <v>8.6216625331587693</v>
+        <v>10.061482778851216</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>31.659425043999999</v>
+        <v>31.704430978000001</v>
       </c>
       <c r="C89" s="5">
-        <v>0.1380318929999973</v>
+        <v>0.1019593520000015</v>
       </c>
       <c r="D89" s="5">
-        <v>5.3832134149169208</v>
+        <v>3.9410154007754272</v>
       </c>
       <c r="E89" s="5">
-        <v>5.2095942156234809</v>
+        <v>5.2055972109625648</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>31.798516824</v>
+        <v>31.749131756000001</v>
       </c>
       <c r="C90" s="5">
-        <v>0.13909178000000111</v>
+        <v>4.4700777999999275E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>5.4013278050512259</v>
+        <v>1.7050883905536107</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>31.845288168</v>
+        <v>31.847628056000001</v>
       </c>
       <c r="C91" s="5">
-        <v>4.6771343999999715E-2</v>
+        <v>9.8496300000000758E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>1.7793876800795916</v>
+        <v>3.7869794972046344</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>32.071997248000002</v>
+        <v>31.999249477999999</v>
       </c>
       <c r="C92" s="5">
-        <v>0.22670908000000267</v>
+        <v>0.15162142199999806</v>
       </c>
       <c r="D92" s="5">
-        <v>8.8854558606258358</v>
+        <v>5.864998957844092</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>31.788551523999999</v>
+        <v>31.808753846999998</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.28344572400000345</v>
+        <v>-0.190495631000001</v>
       </c>
       <c r="D93" s="5">
-        <v>-10.10473849774456</v>
+        <v>-6.9144313832288589</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>32.000407209000002</v>
+        <v>31.983764696000001</v>
       </c>
       <c r="C94" s="5">
-        <v>0.21185568500000329</v>
+        <v>0.17501084900000308</v>
       </c>
       <c r="D94" s="5">
-        <v>8.2971894372210429</v>
+        <v>6.8058685812725672</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>32.014187311999997</v>
+        <v>32.016590303999998</v>
       </c>
       <c r="C95" s="5">
-        <v>1.3780102999994881E-2</v>
+        <v>3.2825607999996009E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>0.51797292243886961</v>
+        <v>1.2385609961161448</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>31.751548772</v>
+        <v>31.770752488999999</v>
       </c>
       <c r="C96" s="5">
-        <v>-0.26263853999999753</v>
+        <v>-0.24583781499999802</v>
       </c>
       <c r="D96" s="5">
-        <v>-9.412309094347826</v>
+        <v>-8.834803873874165</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>32.092754292999999</v>
+        <v>32.071004621999997</v>
       </c>
       <c r="C97" s="5">
-        <v>0.34120552099999912</v>
+        <v>0.3002521329999972</v>
       </c>
       <c r="D97" s="5">
-        <v>13.685460196560207</v>
+        <v>11.949139130069607</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>32.155561644000002</v>
+        <v>32.091122521999999</v>
       </c>
       <c r="C98" s="5">
-        <v>6.2807351000003564E-2</v>
+        <v>2.0117900000002464E-2</v>
       </c>
       <c r="D98" s="5">
-        <v>2.3739125686725648</v>
+        <v>0.75535348577417949</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>31.726308790000001</v>
+        <v>31.759659411000001</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.42925285400000135</v>
+        <v>-0.33146311099999792</v>
       </c>
       <c r="D99" s="5">
-        <v>-14.89376708701764</v>
+        <v>-11.71414373814339</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>31.947716248999999</v>
+        <v>32.011658998000001</v>
       </c>
       <c r="C100" s="5">
-        <v>0.22140745899999814</v>
+        <v>0.25199958700000025</v>
       </c>
       <c r="D100" s="5">
-        <v>8.7034328705213326</v>
+        <v>9.9482057089749443</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>32.135432121999997</v>
+        <v>32.174570484</v>
       </c>
       <c r="C101" s="5">
-        <v>0.18771587299999837</v>
+        <v>0.16291148599999872</v>
       </c>
       <c r="D101" s="5">
-        <v>7.2832468170708653</v>
+        <v>6.2808238648985215</v>
       </c>
       <c r="E101" s="5">
-        <v>1.5035240764430968</v>
+        <v>1.4828826491988911</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>32.804689566</v>
+        <v>32.785407452999998</v>
       </c>
       <c r="C102" s="5">
-        <v>0.66925744400000298</v>
+        <v>0.61083696899999751</v>
       </c>
       <c r="D102" s="5">
-        <v>28.062347237410258</v>
+        <v>25.318136714512928</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>32.525974656999999</v>
+        <v>32.529862841000003</v>
       </c>
       <c r="C103" s="5">
-        <v>-0.2787149090000014</v>
+        <v>-0.25554461199999423</v>
       </c>
       <c r="D103" s="5">
-        <v>-9.7322446355278984</v>
+        <v>-8.9626178472027256</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>32.750348289000002</v>
+        <v>32.695524718999998</v>
       </c>
       <c r="C104" s="5">
-        <v>0.22437363200000249</v>
+        <v>0.16566187799999454</v>
       </c>
       <c r="D104" s="5">
-        <v>8.5993544826841628</v>
+        <v>6.2852390413201897</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>32.774371846999998</v>
+        <v>32.793967547999998</v>
       </c>
       <c r="C105" s="5">
-        <v>2.4023557999996115E-2</v>
+        <v>9.8442828999999676E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>0.88380313834881541</v>
+        <v>3.6735122157995015</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>32.810781378000001</v>
+        <v>32.806387153999999</v>
       </c>
       <c r="C106" s="5">
-        <v>3.6409531000003881E-2</v>
+        <v>1.2419606000001693E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>1.3412731282090196</v>
+        <v>0.45540721895320768</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>32.716851327999997</v>
+        <v>32.709719452999998</v>
       </c>
       <c r="C107" s="5">
-        <v>-9.3930050000004428E-2</v>
+        <v>-9.6667701000001216E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>-3.3817585371572534</v>
+        <v>-3.4791891329946312</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>33.267032381</v>
+        <v>33.285166627999999</v>
       </c>
       <c r="C108" s="5">
-        <v>0.55018105300000286</v>
+        <v>0.57544717500000075</v>
       </c>
       <c r="D108" s="5">
-        <v>22.154852967646367</v>
+        <v>23.278401319627129</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>33.674896085</v>
+        <v>33.652561249999998</v>
       </c>
       <c r="C109" s="5">
-        <v>0.40786370400000038</v>
+        <v>0.36739462199999906</v>
       </c>
       <c r="D109" s="5">
-        <v>15.746119501047517</v>
+        <v>14.079774913701581</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>33.960293618000001</v>
+        <v>33.887218715000003</v>
       </c>
       <c r="C110" s="5">
-        <v>0.28539753300000115</v>
+        <v>0.23465746500000506</v>
       </c>
       <c r="D110" s="5">
-        <v>10.657808917720057</v>
+        <v>8.696016372159443</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>34.035373491999998</v>
+        <v>34.059532056000002</v>
       </c>
       <c r="C111" s="5">
-        <v>7.5079873999996494E-2</v>
+        <v>0.17231334099999884</v>
       </c>
       <c r="D111" s="5">
-        <v>2.6854738520553534</v>
+        <v>6.2754651469804967</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>34.067436241999999</v>
+        <v>34.115869928000002</v>
       </c>
       <c r="C112" s="5">
-        <v>3.2062750000001472E-2</v>
+        <v>5.6337872000000289E-2</v>
       </c>
       <c r="D112" s="5">
-        <v>1.1363259090390265</v>
+        <v>2.0030778467128085</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>34.207578525999999</v>
+        <v>34.248126278000001</v>
       </c>
       <c r="C113" s="5">
-        <v>0.14014228399999951</v>
+        <v>0.13225634999999869</v>
       </c>
       <c r="D113" s="5">
-        <v>5.0496402490263881</v>
+        <v>4.7524995179876406</v>
       </c>
       <c r="E113" s="5">
-        <v>6.4481672321481165</v>
+        <v>6.4447038851106031</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>34.225215935999998</v>
+        <v>34.224640545</v>
       </c>
       <c r="C114" s="5">
-        <v>1.7637409999998965E-2</v>
+        <v>-2.3485733000001119E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>0.62047696822480347</v>
+        <v>-0.81980620940613758</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>34.316741237000002</v>
+        <v>34.319389149999999</v>
       </c>
       <c r="C115" s="5">
-        <v>9.1525301000004333E-2</v>
+        <v>9.4748604999999486E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>3.2566704065056573</v>
+        <v>3.3731724768863991</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>34.552063832000002</v>
+        <v>34.516558048999997</v>
       </c>
       <c r="C116" s="5">
-        <v>0.23532259499999952</v>
+        <v>0.19716889899999757</v>
       </c>
       <c r="D116" s="5">
-        <v>8.5464041073223473</v>
+        <v>7.116208361004861</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>34.871518440999999</v>
+        <v>34.879386177999997</v>
       </c>
       <c r="C117" s="5">
-        <v>0.31945460899999745</v>
+        <v>0.36282812900000039</v>
       </c>
       <c r="D117" s="5">
-        <v>11.676651457940412</v>
+        <v>13.369496761814425</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>35.021244363000001</v>
+        <v>35.023159431000003</v>
       </c>
       <c r="C118" s="5">
-        <v>0.14972592200000179</v>
+        <v>0.14377325300000621</v>
       </c>
       <c r="D118" s="5">
-        <v>5.2758059497503007</v>
+        <v>5.0601102535028808</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>35.105862876000003</v>
+        <v>35.104563515999999</v>
       </c>
       <c r="C119" s="5">
-        <v>8.4618513000002338E-2</v>
+        <v>8.1404084999995519E-2</v>
       </c>
       <c r="D119" s="5">
-        <v>2.9382893869873028</v>
+        <v>2.8250847505707943</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>35.067004267000002</v>
+        <v>35.078874915</v>
       </c>
       <c r="C120" s="5">
-        <v>-3.885860900000182E-2</v>
+        <v>-2.5688600999998812E-2</v>
       </c>
       <c r="D120" s="5">
-        <v>-1.3202208754551914</v>
+        <v>-0.8746029529181687</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>35.257046506000002</v>
+        <v>35.241857420000002</v>
       </c>
       <c r="C121" s="5">
-        <v>0.19004223900000028</v>
+        <v>0.16298250500000222</v>
       </c>
       <c r="D121" s="5">
-        <v>6.7006702810085583</v>
+        <v>5.7201104653815671</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>35.461485582999998</v>
+        <v>35.398636097000001</v>
       </c>
       <c r="C122" s="5">
-        <v>0.20443907699999642</v>
+        <v>0.15677867699999837</v>
       </c>
       <c r="D122" s="5">
-        <v>7.1844944286866719</v>
+        <v>5.4709532105011949</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>35.127165816000002</v>
+        <v>35.137710767000002</v>
       </c>
       <c r="C123" s="5">
-        <v>-0.33431976699999666</v>
+        <v>-0.26092532999999918</v>
       </c>
       <c r="D123" s="5">
-        <v>-10.744656917172879</v>
+        <v>-8.4953392643201902</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>35.466577573999999</v>
+        <v>35.491290079999999</v>
       </c>
       <c r="C124" s="5">
-        <v>0.33941175799999712</v>
+        <v>0.35357931299999734</v>
       </c>
       <c r="D124" s="5">
-        <v>12.231316658667968</v>
+        <v>12.766439140940399</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>35.591326963</v>
+        <v>35.626211367000003</v>
       </c>
       <c r="C125" s="5">
-        <v>0.12474938900000154</v>
+        <v>0.1349212870000045</v>
       </c>
       <c r="D125" s="5">
-        <v>4.3034744768960964</v>
+        <v>4.658438730916914</v>
       </c>
       <c r="E125" s="5">
-        <v>4.0451516787376907</v>
+        <v>4.0238262315834827</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>35.551295680000003</v>
+        <v>35.565540675999998</v>
       </c>
       <c r="C126" s="5">
-        <v>-4.0031282999997586E-2</v>
+        <v>-6.0670691000005661E-2</v>
       </c>
       <c r="D126" s="5">
-        <v>-1.3413797466180322</v>
+        <v>-2.0245421720962331</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>35.628594769999999</v>
+        <v>35.632232528000003</v>
       </c>
       <c r="C127" s="5">
-        <v>7.7299089999996795E-2</v>
+        <v>6.6691852000005269E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>2.6405860960719618</v>
+        <v>2.2735713714063799</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>35.573070317999999</v>
+        <v>35.561231089000003</v>
       </c>
       <c r="C128" s="5">
-        <v>-5.5524452000000224E-2</v>
+        <v>-7.1001438999999777E-2</v>
       </c>
       <c r="D128" s="5">
-        <v>-1.8541622822623505</v>
+        <v>-2.3651097707835467</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>35.565777128999997</v>
+        <v>35.567487855000003</v>
       </c>
       <c r="C129" s="5">
-        <v>-7.2931890000020871E-3</v>
+        <v>6.2567659999999137E-3</v>
       </c>
       <c r="D129" s="5">
-        <v>-0.24574670721688729</v>
+        <v>0.2113365807975498</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>35.512839274000001</v>
+        <v>35.511393712999997</v>
       </c>
       <c r="C130" s="5">
-        <v>-5.2937854999996148E-2</v>
+        <v>-5.6094142000006286E-2</v>
       </c>
       <c r="D130" s="5">
-        <v>-1.7715892532371269</v>
+        <v>-1.8762119609652905</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>35.614868651000002</v>
+        <v>35.609567183999999</v>
       </c>
       <c r="C131" s="5">
-        <v>0.10202937700000092</v>
+        <v>9.8173471000002621E-2</v>
       </c>
       <c r="D131" s="5">
-        <v>3.502636866950648</v>
+        <v>3.3683853869927338</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>35.763878169000002</v>
+        <v>35.76813971</v>
       </c>
       <c r="C132" s="5">
-        <v>0.14900951799999973</v>
+        <v>0.15857252600000038</v>
       </c>
       <c r="D132" s="5">
-        <v>5.1378562072618372</v>
+        <v>5.47654549482266</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>35.847456596999997</v>
+        <v>35.836476822000002</v>
       </c>
       <c r="C133" s="5">
-        <v>8.3578427999995597E-2</v>
+        <v>6.833711200000181E-2</v>
       </c>
       <c r="D133" s="5">
-        <v>2.8406682110781567</v>
+        <v>2.3169154432653993</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>35.863414980000002</v>
+        <v>35.813866138999998</v>
       </c>
       <c r="C134" s="5">
-        <v>1.5958383000004517E-2</v>
+        <v>-2.2610683000003462E-2</v>
       </c>
       <c r="D134" s="5">
-        <v>0.53551965043234784</v>
+        <v>-0.75450669748592381</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>36.018119354</v>
+        <v>36.01949012</v>
       </c>
       <c r="C135" s="5">
-        <v>0.15470437399999781</v>
+        <v>0.20562398100000223</v>
       </c>
       <c r="D135" s="5">
-        <v>5.3010486932600021</v>
+        <v>7.1115384888356337</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>36.041037703000001</v>
+        <v>36.049501421000002</v>
       </c>
       <c r="C136" s="5">
-        <v>2.2918349000001115E-2</v>
+        <v>3.0011301000001822E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>0.76623852803434644</v>
+        <v>1.0044299705716853</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>36.081255079000002</v>
+        <v>36.103910796000001</v>
       </c>
       <c r="C137" s="5">
-        <v>4.0217376000001082E-2</v>
+        <v>5.4409374999998761E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>1.3473016127697912</v>
+        <v>1.8262659545259519</v>
       </c>
       <c r="E137" s="5">
-        <v>1.3765379315846316</v>
+        <v>1.3408650840781799</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>36.469982586999997</v>
+        <v>36.482610596999997</v>
       </c>
       <c r="C138" s="5">
-        <v>0.38872750799999523</v>
+        <v>0.37869980099999623</v>
       </c>
       <c r="D138" s="5">
-        <v>13.722667948792022</v>
+        <v>13.339142559159022</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>36.744802950999997</v>
+        <v>36.750590162999998</v>
       </c>
       <c r="C139" s="5">
-        <v>0.27482036399999998</v>
+        <v>0.26797956600000106</v>
       </c>
       <c r="D139" s="5">
-        <v>9.4269769892816555</v>
+        <v>9.1794542670907475</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>36.903548254</v>
+        <v>36.906150668000002</v>
       </c>
       <c r="C140" s="5">
-        <v>0.15874530300000345</v>
+        <v>0.15556050500000396</v>
       </c>
       <c r="D140" s="5">
-        <v>5.309228407647737</v>
+        <v>5.1993831246965438</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>36.972437954</v>
+        <v>36.972748883999998</v>
       </c>
       <c r="C141" s="5">
-        <v>6.8889699999999721E-2</v>
+        <v>6.6598215999995602E-2</v>
       </c>
       <c r="D141" s="5">
-        <v>2.2632431463437408</v>
+        <v>2.1870562409730621</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>37.108255233999998</v>
+        <v>37.106088804999999</v>
       </c>
       <c r="C142" s="5">
-        <v>0.13581727999999771</v>
+        <v>0.13333992100000103</v>
       </c>
       <c r="D142" s="5">
-        <v>4.498331228935748</v>
+        <v>4.4146079911710823</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>37.226731354999998</v>
+        <v>37.229519027000002</v>
       </c>
       <c r="C143" s="5">
-        <v>0.11847612100000049</v>
+        <v>0.1234302220000032</v>
       </c>
       <c r="D143" s="5">
-        <v>3.8992570543193938</v>
+        <v>4.0655421350136667</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>37.446989129000002</v>
+        <v>37.448882804999997</v>
       </c>
       <c r="C144" s="5">
-        <v>0.22025777400000379</v>
+        <v>0.21936377799999462</v>
       </c>
       <c r="D144" s="5">
-        <v>7.3356505157594398</v>
+        <v>7.304339815719163</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>37.149006599000003</v>
+        <v>37.146768105</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.29798252999999875</v>
+        <v>-0.30211469999999707</v>
       </c>
       <c r="D145" s="5">
-        <v>-9.1419101841713868</v>
+        <v>-9.2626644629699051</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>36.960033193000001</v>
+        <v>36.929265117999996</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.18897340600000234</v>
+        <v>-0.21750298700000315</v>
       </c>
       <c r="D146" s="5">
-        <v>-5.9363615711185087</v>
+        <v>-6.8043655910235206</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>37.099186432000003</v>
+        <v>37.093167971</v>
       </c>
       <c r="C147" s="5">
-        <v>0.13915323900000232</v>
+        <v>0.16390285300000329</v>
       </c>
       <c r="D147" s="5">
-        <v>4.6126971110761028</v>
+        <v>5.4579025193563391</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>36.997530070000003</v>
+        <v>36.990019988999997</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.10165636199999994</v>
+        <v>-0.10314798200000297</v>
       </c>
       <c r="D148" s="5">
-        <v>-3.2390437099985681</v>
+        <v>-3.2863713826292829</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>37.258524962999999</v>
+        <v>37.271361739</v>
       </c>
       <c r="C149" s="5">
-        <v>0.2609948929999959</v>
+        <v>0.28134175000000283</v>
       </c>
       <c r="D149" s="5">
-        <v>8.8015564447929684</v>
+        <v>9.5187131150647133</v>
       </c>
       <c r="E149" s="5">
-        <v>3.2628296366696841</v>
+        <v>3.2335858284065599</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>37.787074515</v>
+        <v>37.792191049000003</v>
       </c>
       <c r="C150" s="5">
-        <v>0.5285495520000012</v>
+        <v>0.52082931000000343</v>
       </c>
       <c r="D150" s="5">
-        <v>18.416262676542594</v>
+        <v>18.119536138464731</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>37.769111537000001</v>
+        <v>37.777828301</v>
       </c>
       <c r="C151" s="5">
-        <v>-1.7962977999999907E-2</v>
+        <v>-1.4362748000003478E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>-0.56895922362385498</v>
+        <v>-0.4551024073321086</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>37.828854440000001</v>
+        <v>37.834253650000001</v>
       </c>
       <c r="C152" s="5">
-        <v>5.9742903000000069E-2</v>
+        <v>5.642534900000129E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>1.9147522091027103</v>
+        <v>1.8071295214330263</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>38.095348063000003</v>
+        <v>38.099170530000002</v>
       </c>
       <c r="C153" s="5">
-        <v>0.26649362300000234</v>
+        <v>0.26491688000000124</v>
       </c>
       <c r="D153" s="5">
-        <v>8.789021970354538</v>
+        <v>8.7337068031623222</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>38.302100950000003</v>
+        <v>38.302630301999997</v>
       </c>
       <c r="C154" s="5">
-        <v>0.20675288700000038</v>
+        <v>0.2034597719999951</v>
       </c>
       <c r="D154" s="5">
-        <v>6.7106604849277884</v>
+        <v>6.5999342654593507</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>38.553745763000002</v>
+        <v>38.561305664999999</v>
       </c>
       <c r="C155" s="5">
-        <v>0.25164481299999863</v>
+        <v>0.25867536300000182</v>
       </c>
       <c r="D155" s="5">
-        <v>8.1752209290220978</v>
+        <v>8.4120561425366613</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>38.730984415000002</v>
+        <v>38.735770453000001</v>
       </c>
       <c r="C156" s="5">
-        <v>0.17723865199999977</v>
+        <v>0.17446478800000165</v>
       </c>
       <c r="D156" s="5">
-        <v>5.6582652338053485</v>
+        <v>5.5663768574025552</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>38.852327269</v>
+        <v>38.854930035000002</v>
       </c>
       <c r="C157" s="5">
-        <v>0.12134285399999811</v>
+        <v>0.11915958200000176</v>
       </c>
       <c r="D157" s="5">
-        <v>3.8250225620475087</v>
+        <v>3.7545601035166687</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>39.153945004999997</v>
+        <v>39.131460949999997</v>
       </c>
       <c r="C158" s="5">
-        <v>0.30161773599999719</v>
+        <v>0.27653091499999505</v>
       </c>
       <c r="D158" s="5">
-        <v>9.7240572325732586</v>
+        <v>8.8827729594426863</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>39.275198658999997</v>
+        <v>39.271834355999999</v>
       </c>
       <c r="C159" s="5">
-        <v>0.12125365400000021</v>
+        <v>0.14037340600000192</v>
       </c>
       <c r="D159" s="5">
-        <v>3.7801675203817942</v>
+        <v>4.3906254231736996</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>39.551119817</v>
+        <v>39.542189114999999</v>
       </c>
       <c r="C160" s="5">
-        <v>0.27592115800000272</v>
+        <v>0.27035475899999994</v>
       </c>
       <c r="D160" s="5">
-        <v>8.763888464291858</v>
+        <v>8.5811053782026914</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>39.525377057999997</v>
+        <v>39.535088661000003</v>
       </c>
       <c r="C161" s="5">
-        <v>-2.5742759000003446E-2</v>
+        <v>-7.100453999996148E-3</v>
       </c>
       <c r="D161" s="5">
-        <v>-0.77825775199332758</v>
+        <v>-0.2152671614625401</v>
       </c>
       <c r="E161" s="5">
-        <v>6.0841165807050013</v>
+        <v>6.0736362085512141</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>39.592267960999997</v>
+        <v>39.586613886000002</v>
       </c>
       <c r="C162" s="5">
-        <v>6.689090300000089E-2</v>
+        <v>5.1525224999998898E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>2.0498338168463803</v>
+        <v>1.5751931875077618</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>39.597072908999998</v>
+        <v>39.600840769999998</v>
       </c>
       <c r="C163" s="5">
-        <v>4.8049480000003086E-3</v>
+        <v>1.4226883999995721E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>0.14573016719798826</v>
+        <v>0.43211694621319019</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>39.549550056999998</v>
+        <v>39.550858894999998</v>
       </c>
       <c r="C164" s="5">
-        <v>-4.7522852000000171E-2</v>
+        <v>-4.9981875000000286E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-1.4307242607864201</v>
+        <v>-1.5041004116594925</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>39.925145804000003</v>
+        <v>39.927724980999997</v>
       </c>
       <c r="C165" s="5">
-        <v>0.37559574700000553</v>
+        <v>0.37686608599999971</v>
       </c>
       <c r="D165" s="5">
-        <v>12.010714000448353</v>
+        <v>12.053068979363847</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>40.110920393000001</v>
+        <v>40.112876986000003</v>
       </c>
       <c r="C166" s="5">
-        <v>0.18577458899999755</v>
+        <v>0.18515200500000617</v>
       </c>
       <c r="D166" s="5">
-        <v>5.7288236148532068</v>
+        <v>5.7087541382937923</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>40.084105385999997</v>
+        <v>40.093865710000003</v>
       </c>
       <c r="C167" s="5">
-        <v>-2.6815007000003277E-2</v>
+        <v>-1.9011276000000521E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>-0.7992825163164019</v>
+        <v>-0.56725318277648373</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>40.328331444</v>
+        <v>40.335211798000003</v>
       </c>
       <c r="C168" s="5">
-        <v>0.24422605800000241</v>
+        <v>0.24134608800000024</v>
       </c>
       <c r="D168" s="5">
-        <v>7.5614632742531107</v>
+        <v>7.4674450108062285</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>40.461138341000002</v>
+        <v>40.465380912999997</v>
       </c>
       <c r="C169" s="5">
-        <v>0.13280689700000181</v>
+        <v>0.13016911499999395</v>
       </c>
       <c r="D169" s="5">
-        <v>4.0241367501130831</v>
+        <v>3.9421016673202303</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>40.529667564999997</v>
+        <v>40.516818327000003</v>
       </c>
       <c r="C170" s="5">
-        <v>6.8529223999995281E-2</v>
+        <v>5.1437414000005788E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>2.051486048710327</v>
+        <v>1.5360850841604767</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>40.550197822999998</v>
+        <v>40.547814731999999</v>
       </c>
       <c r="C171" s="5">
-        <v>2.0530258000000856E-2</v>
+        <v>3.099640499999623E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>0.60955503298740776</v>
+        <v>0.9219033830618395</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>40.717860672999997</v>
+        <v>40.711818352000002</v>
       </c>
       <c r="C172" s="5">
-        <v>0.16766284999999925</v>
+        <v>0.16400362000000257</v>
       </c>
       <c r="D172" s="5">
-        <v>5.0760399219059726</v>
+        <v>4.9630785083390805</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>40.594292506000002</v>
+        <v>40.596530096999999</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.12356816699999484</v>
+        <v>-0.11528825500000295</v>
       </c>
       <c r="D173" s="5">
-        <v>-3.5815163533404748</v>
+        <v>-3.3457454943201181</v>
       </c>
       <c r="E173" s="5">
-        <v>2.7043776114557216</v>
+        <v>2.684808538312633</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>40.488211704000001</v>
+        <v>40.486512114</v>
       </c>
       <c r="C174" s="5">
-        <v>-0.10608080200000103</v>
+        <v>-0.11001798299999876</v>
       </c>
       <c r="D174" s="5">
-        <v>-3.091154282922226</v>
+        <v>-3.2040039136400078</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>40.32391784</v>
+        <v>40.329594243999999</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.16429386400000112</v>
+        <v>-0.1569178700000009</v>
       </c>
       <c r="D175" s="5">
-        <v>-4.7621653320443436</v>
+        <v>-4.5530927211311134</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>40.351612541000001</v>
+        <v>40.354123448999999</v>
       </c>
       <c r="C176" s="5">
-        <v>2.7694701000001487E-2</v>
+        <v>2.4529205000000331E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>0.82728734334109877</v>
+        <v>0.73230868356144452</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>40.445716812000001</v>
+        <v>40.449683086999997</v>
       </c>
       <c r="C177" s="5">
-        <v>9.4104270999999073E-2</v>
+        <v>9.5559637999997449E-2</v>
       </c>
       <c r="D177" s="5">
-        <v>2.8347042672643763</v>
+        <v>2.8789354542084977</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>40.310795921</v>
+        <v>40.312760138999998</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.13492089100000015</v>
+        <v>-0.13692294799999871</v>
       </c>
       <c r="D178" s="5">
-        <v>-3.9303877882141736</v>
+        <v>-3.9872445735013473</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>40.51260096</v>
+        <v>40.515482632999998</v>
       </c>
       <c r="C179" s="5">
-        <v>0.20180503899999991</v>
+        <v>0.20272249399999964</v>
       </c>
       <c r="D179" s="5">
-        <v>6.1756766536313457</v>
+        <v>6.2042231863973729</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>40.538491084999997</v>
+        <v>40.540118939000003</v>
       </c>
       <c r="C180" s="5">
-        <v>2.5890124999996544E-2</v>
+        <v>2.4636306000004993E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>0.76957741740646401</v>
+        <v>0.73213098125874954</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>40.572704508000001</v>
+        <v>40.570024152999999</v>
       </c>
       <c r="C181" s="5">
-        <v>3.4213423000004184E-2</v>
+        <v>2.9905213999995794E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>1.0174828954362614</v>
+        <v>0.88880381838070122</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>40.712164448000003</v>
+        <v>40.703637301999997</v>
       </c>
       <c r="C182" s="5">
-        <v>0.13945994000000184</v>
+        <v>0.13361314899999854</v>
       </c>
       <c r="D182" s="5">
-        <v>4.2036206573764945</v>
+        <v>4.0244533566553109</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>40.94148766</v>
+        <v>40.938974926999997</v>
       </c>
       <c r="C183" s="5">
-        <v>0.22932321199999706</v>
+        <v>0.23533762499999966</v>
       </c>
       <c r="D183" s="5">
-        <v>6.9727413987047848</v>
+        <v>7.1630170919549263</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>41.113712501999998</v>
+        <v>41.110745459</v>
       </c>
       <c r="C184" s="5">
-        <v>0.17222484199999855</v>
+        <v>0.17177053200000358</v>
       </c>
       <c r="D184" s="5">
-        <v>5.1663750928318208</v>
+        <v>5.152754349022759</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>41.175793618</v>
+        <v>41.169847451999999</v>
       </c>
       <c r="C185" s="5">
-        <v>6.2081116000001657E-2</v>
+        <v>5.9101992999998743E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>1.8271071577750764</v>
+        <v>1.7388609046320003</v>
       </c>
       <c r="E185" s="5">
-        <v>1.4324701235131743</v>
+        <v>1.4122324091003113</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>41.179358518000001</v>
+        <v>41.185311196999997</v>
       </c>
       <c r="C186" s="5">
-        <v>3.5649000000006481E-3</v>
+        <v>1.5463744999998141E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>0.10394256523893475</v>
+        <v>0.45166251665897938</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>41.334479236999996</v>
+        <v>41.339794474000001</v>
       </c>
       <c r="C187" s="5">
-        <v>0.15512071899999569</v>
+        <v>0.15448327700000419</v>
       </c>
       <c r="D187" s="5">
-        <v>4.6151834905542977</v>
+        <v>4.5951471689337442</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>41.450005650000001</v>
+        <v>41.452270380000002</v>
       </c>
       <c r="C188" s="5">
-        <v>0.11552641300000488</v>
+        <v>0.11247590600000024</v>
       </c>
       <c r="D188" s="5">
-        <v>3.4059392859945081</v>
+        <v>3.3142219276378393</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>41.452807808999999</v>
+        <v>41.455238450000003</v>
       </c>
       <c r="C189" s="5">
-        <v>2.8021589999980279E-3</v>
+        <v>2.9680700000014326E-3</v>
       </c>
       <c r="D189" s="5">
-        <v>8.1154183265796931E-2</v>
+        <v>8.5956376686824321E-2</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>41.509692919000003</v>
+        <v>41.509948459999997</v>
       </c>
       <c r="C190" s="5">
-        <v>5.6885110000003181E-2</v>
+        <v>5.4710009999993758E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>1.6592292080172433</v>
+        <v>1.5952303179675997</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>41.619984184000003</v>
+        <v>41.618955038000003</v>
       </c>
       <c r="C191" s="5">
-        <v>0.11029126500000075</v>
+        <v>0.10900657800000602</v>
       </c>
       <c r="D191" s="5">
-        <v>3.2354091505191862</v>
+        <v>3.1971567779773391</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>41.936818113999998</v>
+        <v>41.937064518</v>
       </c>
       <c r="C192" s="5">
-        <v>0.31683392999999427</v>
+        <v>0.31810947999999684</v>
       </c>
       <c r="D192" s="5">
-        <v>9.527400934135354</v>
+        <v>9.567630852836384</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>42.180718693999999</v>
+        <v>42.180253522999998</v>
       </c>
       <c r="C193" s="5">
-        <v>0.24390058000000181</v>
+        <v>0.24318900499999785</v>
       </c>
       <c r="D193" s="5">
-        <v>7.2067153047671306</v>
+        <v>7.1849712379450592</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>42.305052107999998</v>
+        <v>42.303613528</v>
       </c>
       <c r="C194" s="5">
-        <v>0.12433341399999875</v>
+        <v>0.1233600050000021</v>
       </c>
       <c r="D194" s="5">
-        <v>3.5950751393270641</v>
+        <v>3.5665149421118647</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>42.440785650999999</v>
+        <v>42.442434089000002</v>
       </c>
       <c r="C195" s="5">
-        <v>0.13573354300000062</v>
+        <v>0.13882056100000284</v>
       </c>
       <c r="D195" s="5">
-        <v>3.9188103132566932</v>
+        <v>4.0096904140101586</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>42.532059564000001</v>
+        <v>42.531591616999997</v>
       </c>
       <c r="C196" s="5">
-        <v>9.1273913000001983E-2</v>
+        <v>8.9157527999994102E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>2.6114874048923209</v>
+        <v>2.5501329004030904</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>42.768979713</v>
+        <v>42.766301116000001</v>
       </c>
       <c r="C197" s="5">
-        <v>0.23692014899999947</v>
+        <v>0.23470949900000448</v>
       </c>
       <c r="D197" s="5">
-        <v>6.8931113839274527</v>
+        <v>6.8269063315556267</v>
       </c>
       <c r="E197" s="5">
-        <v>3.8692298435834882</v>
+        <v>3.8777254782430548</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>43.083254122</v>
+        <v>43.081351679999997</v>
       </c>
       <c r="C198" s="5">
-        <v>0.31427440899999937</v>
+        <v>0.31505056399999631</v>
       </c>
       <c r="D198" s="5">
-        <v>9.1830704581399978</v>
+        <v>9.2072765098073273</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>43.234977798000003</v>
+        <v>43.232421551000002</v>
       </c>
       <c r="C199" s="5">
-        <v>0.15172367600000314</v>
+        <v>0.15106987100000424</v>
       </c>
       <c r="D199" s="5">
-        <v>4.3087883550069428</v>
+        <v>4.2900545808959967</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>43.444385842000003</v>
+        <v>43.442320525</v>
       </c>
       <c r="C200" s="5">
-        <v>0.2094080439999999</v>
+        <v>0.20989897399999791</v>
       </c>
       <c r="D200" s="5">
-        <v>5.9695431641314078</v>
+        <v>5.9842770923247635</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>43.549832602999999</v>
+        <v>43.546686970000003</v>
       </c>
       <c r="C201" s="5">
-        <v>0.10544676099999606</v>
+        <v>0.10436644500000369</v>
       </c>
       <c r="D201" s="5">
-        <v>2.951797690340463</v>
+        <v>2.9212961854281128</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>43.699070757000001</v>
+        <v>43.697880198999997</v>
       </c>
       <c r="C202" s="5">
-        <v>0.14923815400000251</v>
+        <v>0.15119322899999332</v>
       </c>
       <c r="D202" s="5">
-        <v>4.1906011091107809</v>
+        <v>4.2468647471004539</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>43.903317594999997</v>
+        <v>43.905364235999997</v>
       </c>
       <c r="C203" s="5">
-        <v>0.20424683799999599</v>
+        <v>0.2074840370000004</v>
       </c>
       <c r="D203" s="5">
-        <v>5.7551799361991174</v>
+        <v>5.8489553773390268</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>44.025526325000001</v>
+        <v>44.028615913000003</v>
       </c>
       <c r="C204" s="5">
-        <v>0.1222087300000041</v>
+        <v>0.12325167700000605</v>
       </c>
       <c r="D204" s="5">
-        <v>3.3919217690220771</v>
+        <v>3.4211554005202371</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>44.282365994000003</v>
+        <v>44.287925305000002</v>
       </c>
       <c r="C205" s="5">
-        <v>0.25683966900000144</v>
+        <v>0.2593093919999987</v>
       </c>
       <c r="D205" s="5">
-        <v>7.2297083453433553</v>
+        <v>7.3009664747270442</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>44.621338979999997</v>
+        <v>44.624103761999997</v>
       </c>
       <c r="C206" s="5">
-        <v>0.33897298599999459</v>
+        <v>0.33617845699999549</v>
       </c>
       <c r="D206" s="5">
-        <v>9.5825430506294431</v>
+        <v>9.4989739129423434</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>44.757589908999996</v>
+        <v>44.765565268000003</v>
       </c>
       <c r="C207" s="5">
-        <v>0.13625092899999913</v>
+        <v>0.14146150600000595</v>
       </c>
       <c r="D207" s="5">
-        <v>3.7263589987466039</v>
+        <v>3.8711148092381409</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>44.861360134999998</v>
+        <v>44.861367821999998</v>
       </c>
       <c r="C208" s="5">
-        <v>0.10377022600000174</v>
+        <v>9.5802553999995155E-2</v>
       </c>
       <c r="D208" s="5">
-        <v>2.8179467683614901</v>
+        <v>2.5985584912099569</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>45.078856461000001</v>
+        <v>45.084563955999997</v>
       </c>
       <c r="C209" s="5">
-        <v>0.21749632600000268</v>
+        <v>0.22319613399999838</v>
       </c>
       <c r="D209" s="5">
-        <v>5.9754932287662044</v>
+        <v>6.1363995678117123</v>
       </c>
       <c r="E209" s="5">
-        <v>5.4008226604898235</v>
+        <v>5.4207700444139473</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>45.074758770000003</v>
+        <v>45.063993693</v>
       </c>
       <c r="C210" s="5">
-        <v>-4.0976909999983491E-3</v>
+        <v>-2.0570262999996203E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>-0.10902609223208959</v>
+        <v>-0.54613961074753137</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>45.222897078999999</v>
+        <v>45.212926760000002</v>
       </c>
       <c r="C211" s="5">
-        <v>0.14813830899999658</v>
+        <v>0.14893306700000153</v>
       </c>
       <c r="D211" s="5">
-        <v>4.0158770536637967</v>
+        <v>4.0387973432437496</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>45.536555528999997</v>
+        <v>45.529130553000002</v>
       </c>
       <c r="C212" s="5">
-        <v>0.31365844999999837</v>
+        <v>0.31620379299999968</v>
       </c>
       <c r="D212" s="5">
-        <v>8.647953616018512</v>
+        <v>8.722850448483598</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>45.535694304000003</v>
+        <v>45.52872378</v>
       </c>
       <c r="C213" s="5">
-        <v>-8.6122499999419233E-4</v>
+        <v>-4.0677300000169225E-4</v>
       </c>
       <c r="D213" s="5">
-        <v>-2.2693031843246114E-2</v>
+        <v>-1.0720688243626153E-2</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>45.777766321999998</v>
+        <v>45.777238894</v>
       </c>
       <c r="C214" s="5">
-        <v>0.24207201799999467</v>
+        <v>0.24851511399999993</v>
       </c>
       <c r="D214" s="5">
-        <v>6.5691791697274127</v>
+        <v>6.7503749794295409</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>45.781489262000001</v>
+        <v>45.788529570999998</v>
       </c>
       <c r="C215" s="5">
-        <v>3.72294000000295E-3</v>
+        <v>1.1290676999998084E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>9.7635319594036041E-2</v>
+        <v>0.29637451652584357</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>45.714157342</v>
+        <v>45.719840478000002</v>
       </c>
       <c r="C216" s="5">
-        <v>-6.7331920000000878E-2</v>
+        <v>-6.8689092999996149E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>-1.7506621766038122</v>
+        <v>-1.7853863678450654</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>45.697447945999997</v>
+        <v>45.704184259000002</v>
       </c>
       <c r="C217" s="5">
-        <v>-1.6709396000003096E-2</v>
+        <v>-1.5656219000000249E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>-0.43774216257214116</v>
+        <v>-0.41015275791956851</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>45.650663708000003</v>
+        <v>45.657120820000003</v>
       </c>
       <c r="C218" s="5">
-        <v>-4.678423799999365E-2</v>
+        <v>-4.7063438999998652E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>-1.2216446442540274</v>
+        <v>-1.2287138800790909</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>45.386435896000002</v>
+        <v>45.392281064999999</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.26422781200000145</v>
+        <v>-0.26483975500000412</v>
       </c>
       <c r="D219" s="5">
-        <v>-6.728748262822803</v>
+        <v>-6.7429144668299852</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>45.779348751999997</v>
+        <v>45.778252539</v>
       </c>
       <c r="C220" s="5">
-        <v>0.39291285599999526</v>
+        <v>0.38597147400000154</v>
       </c>
       <c r="D220" s="5">
-        <v>10.897655415241324</v>
+        <v>10.694600383771725</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>45.809672505999998</v>
+        <v>45.808872157000003</v>
       </c>
       <c r="C221" s="5">
-        <v>3.0323754000001202E-2</v>
+        <v>3.0619618000002902E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>0.79776946182370523</v>
+        <v>0.80560118855050877</v>
       </c>
       <c r="E221" s="5">
-        <v>1.6211947293566897</v>
+        <v>1.6065547438961492</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>45.847832177999997</v>
+        <v>45.840117053999997</v>
       </c>
       <c r="C222" s="5">
-        <v>3.8159671999999034E-2</v>
+        <v>3.1244896999993443E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>1.0041980860736821</v>
+        <v>0.82156248451021874</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>46.012280632</v>
+        <v>46.002806870999997</v>
       </c>
       <c r="C223" s="5">
-        <v>0.16444845400000219</v>
+        <v>0.1626898170000004</v>
       </c>
       <c r="D223" s="5">
-        <v>4.3901327723647077</v>
+        <v>4.3430091979696384</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>45.915827651000001</v>
+        <v>45.911874177000001</v>
       </c>
       <c r="C224" s="5">
-        <v>-9.6452980999998772E-2</v>
+        <v>-9.0932693999995706E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-2.4866928729910587</v>
+        <v>-2.3463937930034318</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>46.014364817000001</v>
+        <v>46.007220150999999</v>
       </c>
       <c r="C225" s="5">
-        <v>9.8537165999999843E-2</v>
+        <v>9.5345973999997113E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>2.6058617266068618</v>
+        <v>2.5207226544707861</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>45.948158028000002</v>
+        <v>45.949919786000002</v>
       </c>
       <c r="C226" s="5">
-        <v>-6.6206788999998878E-2</v>
+        <v>-5.7300364999996134E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>-1.7129962622500439</v>
+        <v>-1.4843621268373464</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>45.980500481</v>
+        <v>45.986081824999999</v>
       </c>
       <c r="C227" s="5">
-        <v>3.2342452999998272E-2</v>
+        <v>3.6162038999997037E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>0.84794583461906825</v>
+        <v>0.94848414593766694</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>46.104933764999998</v>
+        <v>46.109880527000001</v>
       </c>
       <c r="C228" s="5">
-        <v>0.12443328399999842</v>
+        <v>0.12379870200000198</v>
       </c>
       <c r="D228" s="5">
-        <v>3.2962368534654729</v>
+        <v>3.2787731757220717</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>46.010993429999999</v>
+        <v>46.015483846000002</v>
       </c>
       <c r="C229" s="5">
-        <v>-9.3940334999999209E-2</v>
+        <v>-9.4396680999999205E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>-2.4178249563851395</v>
+        <v>-2.4291806837423158</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>45.991683369</v>
+        <v>46.000653264999997</v>
       </c>
       <c r="C230" s="5">
-        <v>-1.9310060999998768E-2</v>
+        <v>-1.4830581000005338E-2</v>
       </c>
       <c r="D230" s="5">
-        <v>-0.50245950069750522</v>
+        <v>-0.38606970333071589</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>45.619203223</v>
+        <v>45.622034661999997</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.3724801460000009</v>
+        <v>-0.37861860299999961</v>
       </c>
       <c r="D231" s="5">
-        <v>-9.2972030165831665</v>
+        <v>-9.4417938953938236</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>45.781297602000002</v>
+        <v>45.778874576</v>
       </c>
       <c r="C232" s="5">
-        <v>0.16209437900000268</v>
+        <v>0.15683991400000252</v>
       </c>
       <c r="D232" s="5">
-        <v>4.3481675583972201</v>
+        <v>4.2042758958934723</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>45.739527566</v>
+        <v>45.730476609999997</v>
       </c>
       <c r="C233" s="5">
-        <v>-4.1770036000002619E-2</v>
+        <v>-4.8397966000003123E-2</v>
       </c>
       <c r="D233" s="5">
-        <v>-1.0893810720129515</v>
+        <v>-1.2613032854128958</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.15312255286438203</v>
+        <v>-0.17113616491435391</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>45.000304219</v>
+        <v>45.006590748999997</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.73922334699999936</v>
+        <v>-0.72388586099999941</v>
       </c>
       <c r="D234" s="5">
-        <v>-17.759583204289953</v>
+        <v>-17.425745004126945</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>44.891765288000002</v>
+        <v>44.893212194</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.10853893099999823</v>
+        <v>-0.11337855499999705</v>
       </c>
       <c r="D235" s="5">
-        <v>-2.8562631199326782</v>
+        <v>-2.9814505904425026</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>44.687378191999997</v>
+        <v>44.691449378999998</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.20438709600000493</v>
+        <v>-0.20176281500000215</v>
       </c>
       <c r="D236" s="5">
-        <v>-5.3287086230992653</v>
+        <v>-5.2618064142706533</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>44.698922693</v>
+        <v>44.695476438</v>
       </c>
       <c r="C237" s="5">
-        <v>1.1544501000003038E-2</v>
+        <v>4.0270590000019979E-3</v>
       </c>
       <c r="D237" s="5">
-        <v>0.31044788353637998</v>
+        <v>0.10818325499235559</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>44.532336031</v>
+        <v>44.533644957999996</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.16658666200000027</v>
+        <v>-0.16183148000000358</v>
       </c>
       <c r="D238" s="5">
-        <v>-4.3816916160201895</v>
+        <v>-4.2594195516548421</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>44.496865995</v>
+        <v>44.494223548999997</v>
       </c>
       <c r="C239" s="5">
-        <v>-3.5470035999999538E-2</v>
+        <v>-3.942140899999913E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>-0.9516247867891181</v>
+        <v>-1.0570896513532047</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>44.30710663</v>
+        <v>44.302794992000003</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.18975936500000046</v>
+        <v>-0.19142855699999473</v>
       </c>
       <c r="D240" s="5">
-        <v>-4.9991263998765518</v>
+        <v>-5.042357774925998</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>44.237695352999999</v>
+        <v>44.233277119999997</v>
       </c>
       <c r="C241" s="5">
-        <v>-6.9411277000000382E-2</v>
+        <v>-6.9517872000005809E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>-1.8638000445902803</v>
+        <v>-1.8668177308353684</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>44.132662336999999</v>
+        <v>44.146257284000001</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.10503301600000015</v>
+        <v>-8.7019835999996076E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>-2.8122323339823785</v>
+        <v>-2.3353752902637193</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>44.032199028000001</v>
+        <v>44.029590329000001</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.10046330899999845</v>
+        <v>-0.11666695499999946</v>
       </c>
       <c r="D243" s="5">
-        <v>-2.6977294953194786</v>
+        <v>-3.1255934590409651</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>43.969507835000002</v>
+        <v>43.965615630000002</v>
       </c>
       <c r="C244" s="5">
-        <v>-6.2691192999999146E-2</v>
+        <v>-6.3974698999999191E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>-1.6951940472950344</v>
+        <v>-1.7297253548503311</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>43.875221613000001</v>
+        <v>43.850369602000001</v>
       </c>
       <c r="C245" s="5">
-        <v>-9.4286222000000919E-2</v>
+        <v>-0.11524602800000139</v>
       </c>
       <c r="D245" s="5">
-        <v>-2.5430930591510581</v>
+        <v>-3.1005763309852719</v>
       </c>
       <c r="E245" s="5">
-        <v>-4.0759186904803286</v>
+        <v>-4.1112779646579671</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>43.448847239999999</v>
+        <v>43.470420918999999</v>
       </c>
       <c r="C246" s="5">
-        <v>-0.42637437300000158</v>
+        <v>-0.37994868300000206</v>
       </c>
       <c r="D246" s="5">
-        <v>-11.057931664021059</v>
+        <v>-9.9161277367653113</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>43.467114598999999</v>
+        <v>43.47982116</v>
       </c>
       <c r="C247" s="5">
-        <v>1.8267358999999317E-2</v>
+        <v>9.4002410000015857E-3</v>
       </c>
       <c r="D247" s="5">
-        <v>0.50568870540215194</v>
+        <v>0.25980229294961799</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>43.46728152</v>
+        <v>43.478227576999998</v>
       </c>
       <c r="C248" s="5">
-        <v>1.669210000017074E-4</v>
+        <v>-1.5935830000017859E-3</v>
       </c>
       <c r="D248" s="5">
-        <v>4.6082983085726781E-3</v>
+        <v>-4.3972447742202103E-2</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>43.288141865</v>
+        <v>43.287614912999999</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.17913965500000018</v>
+        <v>-0.19061266399999965</v>
       </c>
       <c r="D249" s="5">
-        <v>-4.8349299370944117</v>
+        <v>-5.1358953085937191</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>43.331090584999998</v>
+        <v>43.330997592999999</v>
       </c>
       <c r="C250" s="5">
-        <v>4.2948719999998275E-2</v>
+        <v>4.3382680000000562E-2</v>
       </c>
       <c r="D250" s="5">
-        <v>1.1971092519211135</v>
+        <v>1.2092865680265685</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>43.220546577999997</v>
+        <v>43.211992348000003</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.11054400700000144</v>
+        <v>-0.11900524499999676</v>
       </c>
       <c r="D251" s="5">
-        <v>-3.0187851576222502</v>
+        <v>-3.2463777135000371</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>43.208966595</v>
+        <v>43.198079952999997</v>
       </c>
       <c r="C252" s="5">
-        <v>-1.1579982999997185E-2</v>
+        <v>-1.3912395000005517E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>-0.32103991793166475</v>
+        <v>-0.3856647690189452</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>43.255975474000003</v>
+        <v>43.248352361000002</v>
       </c>
       <c r="C253" s="5">
-        <v>4.700887900000339E-2</v>
+        <v>5.0272408000004987E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>1.3133715046231842</v>
+        <v>1.4054913141521297</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>43.166912572999998</v>
+        <v>43.184749275999998</v>
       </c>
       <c r="C254" s="5">
-        <v>-8.9062901000005468E-2</v>
+        <v>-6.3603085000004E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>-2.4429793229040153</v>
+        <v>-1.7505723396247896</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>43.432787662999999</v>
+        <v>43.426589782000001</v>
       </c>
       <c r="C255" s="5">
-        <v>0.26587509000000153</v>
+        <v>0.24184050600000262</v>
       </c>
       <c r="D255" s="5">
-        <v>7.6466711323829983</v>
+        <v>6.9310633024837864</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>43.559799445000003</v>
+        <v>43.554891136000002</v>
       </c>
       <c r="C256" s="5">
-        <v>0.12701178200000385</v>
+        <v>0.12830135400000131</v>
       </c>
       <c r="D256" s="5">
-        <v>3.56619044635067</v>
+        <v>3.6035115161356934</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>43.492154395999997</v>
+        <v>43.463444152999998</v>
       </c>
       <c r="C257" s="5">
-        <v>-6.7645049000006452E-2</v>
+        <v>-9.1446983000004423E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>-1.8476742775866972</v>
+        <v>-2.4906044280166628</v>
       </c>
       <c r="E257" s="5">
-        <v>-0.87308326412305348</v>
+        <v>-0.88237671087350034</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>43.817469117999998</v>
+        <v>43.836742379999997</v>
       </c>
       <c r="C258" s="5">
-        <v>0.32531472200000167</v>
+        <v>0.37329822699999937</v>
       </c>
       <c r="D258" s="5">
-        <v>9.3544392208233305</v>
+        <v>10.807618871428337</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>43.947600059000003</v>
+        <v>43.958468547999999</v>
       </c>
       <c r="C259" s="5">
-        <v>0.13013094100000444</v>
+        <v>0.12172616800000213</v>
       </c>
       <c r="D259" s="5">
-        <v>3.6226017396121302</v>
+        <v>3.3835325913333714</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>44.251579948</v>
+        <v>44.261469036999998</v>
       </c>
       <c r="C260" s="5">
-        <v>0.30397988899999717</v>
+        <v>0.30300048899999865</v>
       </c>
       <c r="D260" s="5">
-        <v>8.6234048520721807</v>
+        <v>8.5923528622359626</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>44.596779245</v>
+        <v>44.596582726999998</v>
       </c>
       <c r="C261" s="5">
-        <v>0.34519929700000063</v>
+        <v>0.33511369000000002</v>
       </c>
       <c r="D261" s="5">
-        <v>9.7732617745767811</v>
+        <v>9.4735219842785554</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>44.635715394000002</v>
+        <v>44.637798468</v>
       </c>
       <c r="C262" s="5">
-        <v>3.8936149000001308E-2</v>
+        <v>4.1215741000002026E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>1.0527305858757607</v>
+        <v>1.1146833269260359</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>44.728851542999998</v>
+        <v>44.723533357999997</v>
       </c>
       <c r="C263" s="5">
-        <v>9.3136148999995783E-2</v>
+        <v>8.5734889999997677E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>2.5328363340680449</v>
+        <v>2.3293190223799387</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>45.007526120000001</v>
+        <v>45.003013699999997</v>
       </c>
       <c r="C264" s="5">
-        <v>0.27867457700000386</v>
+        <v>0.27948034199999938</v>
       </c>
       <c r="D264" s="5">
-        <v>7.7379574783285276</v>
+        <v>7.762060453491193</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>45.162261164999997</v>
+        <v>45.158270887</v>
       </c>
       <c r="C265" s="5">
-        <v>0.15473504499999535</v>
+        <v>0.15525718700000368</v>
       </c>
       <c r="D265" s="5">
-        <v>4.2044889543542352</v>
+        <v>4.2193780447650875</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>45.300858406000003</v>
+        <v>45.318592860000003</v>
       </c>
       <c r="C266" s="5">
-        <v>0.13859724100000648</v>
+        <v>0.16032197300000206</v>
       </c>
       <c r="D266" s="5">
-        <v>3.7454464670780618</v>
+        <v>4.3444480338025393</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>45.315000537000003</v>
+        <v>45.307872226000001</v>
       </c>
       <c r="C267" s="5">
-        <v>1.4142130999999836E-2</v>
+        <v>-1.0720634000001894E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>0.37526277962209864</v>
+        <v>-0.28350473817081445</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>45.552411513999999</v>
+        <v>45.549277842000002</v>
       </c>
       <c r="C268" s="5">
-        <v>0.23741097699999614</v>
+        <v>0.24140561600000154</v>
       </c>
       <c r="D268" s="5">
-        <v>6.4713116743363663</v>
+        <v>6.584473823843906</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>45.787558335999996</v>
+        <v>45.764349035000002</v>
       </c>
       <c r="C269" s="5">
-        <v>0.23514682199999726</v>
+        <v>0.21507119299999999</v>
       </c>
       <c r="D269" s="5">
-        <v>6.3734737263711372</v>
+        <v>5.8155564583517672</v>
       </c>
       <c r="E269" s="5">
-        <v>5.2777425535192934</v>
+        <v>5.2938853025553234</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>46.015709782000002</v>
+        <v>46.024628694999997</v>
       </c>
       <c r="C270" s="5">
-        <v>0.22815144600000536</v>
+        <v>0.26027965999999481</v>
       </c>
       <c r="D270" s="5">
-        <v>6.1460124546628414</v>
+        <v>7.0424526586145841</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>46.132412635000001</v>
+        <v>46.134153204999997</v>
       </c>
       <c r="C271" s="5">
-        <v>0.11670285299999961</v>
+        <v>0.10952450999999996</v>
       </c>
       <c r="D271" s="5">
-        <v>3.0861954764844768</v>
+        <v>2.8933056853152062</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>46.351407103</v>
+        <v>46.360984514000002</v>
       </c>
       <c r="C272" s="5">
-        <v>0.21899446799999822</v>
+        <v>0.22683130900000492</v>
       </c>
       <c r="D272" s="5">
-        <v>5.847610118303681</v>
+        <v>6.0623285623085721</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>46.402403964999998</v>
+        <v>46.402800554000002</v>
       </c>
       <c r="C273" s="5">
-        <v>5.0996861999998089E-2</v>
+        <v>4.1816040000000498E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>1.3282856296265244</v>
+        <v>1.0877449731877542</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>46.640666922999998</v>
+        <v>46.645837931999999</v>
       </c>
       <c r="C274" s="5">
-        <v>0.23826295799999997</v>
+        <v>0.24303737799999681</v>
       </c>
       <c r="D274" s="5">
-        <v>6.3386775600099865</v>
+        <v>6.4693198566573518</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>46.930782184000002</v>
+        <v>46.927835328</v>
       </c>
       <c r="C275" s="5">
-        <v>0.29011526100000395</v>
+        <v>0.28199739600000129</v>
       </c>
       <c r="D275" s="5">
-        <v>7.7249964568066209</v>
+        <v>7.5007444845277105</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>46.803367039999998</v>
+        <v>46.802284522999997</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.12741514400000398</v>
+        <v>-0.12555080500000315</v>
       </c>
       <c r="D276" s="5">
-        <v>-3.2097396342153028</v>
+        <v>-3.1636593685132275</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>47.255854055</v>
+        <v>47.252593117000004</v>
       </c>
       <c r="C277" s="5">
-        <v>0.45248701500000266</v>
+        <v>0.45030859400000622</v>
       </c>
       <c r="D277" s="5">
-        <v>12.238597220615844</v>
+        <v>12.176821379448132</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>47.534701796999997</v>
+        <v>47.546945159000003</v>
       </c>
       <c r="C278" s="5">
-        <v>0.2788477419999964</v>
+        <v>0.29435204199999987</v>
       </c>
       <c r="D278" s="5">
-        <v>7.3153598614674076</v>
+        <v>7.7367005638917963</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>47.902805155000003</v>
+        <v>47.897034589999997</v>
       </c>
       <c r="C279" s="5">
-        <v>0.36810335800000615</v>
+        <v>0.35008943099999357</v>
       </c>
       <c r="D279" s="5">
-        <v>9.698848428144613</v>
+        <v>9.2023748129191461</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>48.052228083999999</v>
+        <v>48.049957661999997</v>
       </c>
       <c r="C280" s="5">
-        <v>0.14942292899999643</v>
+        <v>0.1529230720000001</v>
       </c>
       <c r="D280" s="5">
-        <v>3.8080430968980616</v>
+        <v>3.8992944789070005</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>48.075252493000001</v>
+        <v>48.058192021000004</v>
       </c>
       <c r="C281" s="5">
-        <v>2.3024409000001356E-2</v>
+        <v>8.2343590000064637E-3</v>
       </c>
       <c r="D281" s="5">
-        <v>0.57650229900789718</v>
+        <v>0.20583888211482826</v>
       </c>
       <c r="E281" s="5">
-        <v>4.9963226696046137</v>
+        <v>5.0122923943388686</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>48.226052750999997</v>
+        <v>48.228957281</v>
       </c>
       <c r="C282" s="5">
-        <v>0.15080025799999675</v>
+        <v>0.17076525999999603</v>
       </c>
       <c r="D282" s="5">
-        <v>3.8297279472704782</v>
+        <v>4.3482883889750079</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>48.412088664000002</v>
+        <v>48.409744328999999</v>
       </c>
       <c r="C283" s="5">
-        <v>0.18603591300000488</v>
+        <v>0.18078704799999912</v>
       </c>
       <c r="D283" s="5">
-        <v>4.7285854847566533</v>
+        <v>4.5921276451926341</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>48.453466405</v>
+        <v>48.464792314999997</v>
       </c>
       <c r="C284" s="5">
-        <v>4.1377740999998025E-2</v>
+        <v>5.5047985999998161E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>1.0304733613170081</v>
+        <v>1.3731179750152478</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>48.812364135999999</v>
+        <v>48.815233788999997</v>
       </c>
       <c r="C285" s="5">
-        <v>0.358897730999999</v>
+        <v>0.35044147400000014</v>
       </c>
       <c r="D285" s="5">
-        <v>9.2596691498914918</v>
+        <v>9.0305520814436555</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>48.961664569</v>
+        <v>48.970757773999999</v>
       </c>
       <c r="C286" s="5">
-        <v>0.14930043300000051</v>
+        <v>0.15552398500000209</v>
       </c>
       <c r="D286" s="5">
-        <v>3.7327717159550966</v>
+        <v>3.8908761711461848</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>49.125273608000001</v>
+        <v>49.123071097</v>
       </c>
       <c r="C287" s="5">
-        <v>0.16360903900000068</v>
+        <v>0.15231332300000133</v>
       </c>
       <c r="D287" s="5">
-        <v>4.0844125964819122</v>
+        <v>3.7968640145685351</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>49.486636435999998</v>
+        <v>49.488824848</v>
       </c>
       <c r="C288" s="5">
-        <v>0.36136282799999719</v>
+        <v>0.36575375099999974</v>
       </c>
       <c r="D288" s="5">
-        <v>9.1931632763377671</v>
+        <v>9.3099184938099313</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>49.628795683</v>
+        <v>49.621360625999998</v>
       </c>
       <c r="C289" s="5">
-        <v>0.14215924700000215</v>
+        <v>0.13253577799999761</v>
       </c>
       <c r="D289" s="5">
-        <v>3.5022054446546269</v>
+        <v>3.2614756921818033</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>49.961005196999999</v>
+        <v>49.964817170000003</v>
       </c>
       <c r="C290" s="5">
-        <v>0.33220951399999876</v>
+        <v>0.34345654400000569</v>
       </c>
       <c r="D290" s="5">
-        <v>8.3350962183040611</v>
+        <v>8.629457026236075</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>50.190172465000003</v>
+        <v>50.184919858999997</v>
       </c>
       <c r="C291" s="5">
-        <v>0.22916726800000475</v>
+        <v>0.22010268899999375</v>
       </c>
       <c r="D291" s="5">
-        <v>5.6453155482695694</v>
+        <v>5.4161590975450924</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>50.360778013999997</v>
+        <v>50.357863025</v>
       </c>
       <c r="C292" s="5">
-        <v>0.17060554899999403</v>
+        <v>0.17294316600000315</v>
       </c>
       <c r="D292" s="5">
-        <v>4.1561488524094692</v>
+        <v>4.214629043490703</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>50.464161339999997</v>
+        <v>50.450753079999998</v>
       </c>
       <c r="C293" s="5">
-        <v>0.10338332599999944</v>
+        <v>9.2890054999998029E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>2.4914298248289501</v>
+        <v>2.236114040723014</v>
       </c>
       <c r="E293" s="5">
-        <v>4.9691030688769233</v>
+        <v>4.9784666430116919</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>51.051631522999998</v>
+        <v>51.049417390999999</v>
       </c>
       <c r="C294" s="5">
-        <v>0.58747018300000065</v>
+        <v>0.59866431100000028</v>
       </c>
       <c r="D294" s="5">
-        <v>14.899672217453652</v>
+        <v>15.206674276794052</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>51.303702729000001</v>
+        <v>51.301584902999998</v>
       </c>
       <c r="C295" s="5">
-        <v>0.25207120600000366</v>
+        <v>0.25216751199999976</v>
       </c>
       <c r="D295" s="5">
-        <v>6.0886722757422573</v>
+        <v>6.0913334656538032</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>51.476664302000003</v>
+        <v>51.488525391000003</v>
       </c>
       <c r="C296" s="5">
-        <v>0.17296157300000203</v>
+        <v>0.18694048800000473</v>
       </c>
       <c r="D296" s="5">
-        <v>4.1214567656495227</v>
+        <v>4.4614524086701524</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>51.512901376999999</v>
+        <v>51.520085105</v>
       </c>
       <c r="C297" s="5">
-        <v>3.62370749999954E-2</v>
+        <v>3.1559713999996575E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>0.84802010041438169</v>
+        <v>0.73802057614145156</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>51.691970886</v>
+        <v>51.705091742</v>
       </c>
       <c r="C298" s="5">
-        <v>0.1790695090000014</v>
+        <v>0.18500663700000075</v>
       </c>
       <c r="D298" s="5">
-        <v>4.2521343276252122</v>
+        <v>4.3952877049987071</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>51.911057237000001</v>
+        <v>51.911509938000002</v>
       </c>
       <c r="C299" s="5">
-        <v>0.2190863510000014</v>
+        <v>0.20641819600000133</v>
       </c>
       <c r="D299" s="5">
-        <v>5.2062146347357174</v>
+        <v>4.8972683651673066</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>51.755456879999997</v>
+        <v>51.755138803999998</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.15560035700000441</v>
+        <v>-0.15637113400000402</v>
       </c>
       <c r="D300" s="5">
-        <v>-3.538219572138368</v>
+        <v>-3.555426549131957</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>51.986351839000001</v>
+        <v>51.975121457</v>
       </c>
       <c r="C301" s="5">
-        <v>0.23089495900000401</v>
+        <v>0.21998265300000241</v>
       </c>
       <c r="D301" s="5">
-        <v>5.4868538860812999</v>
+        <v>5.221483958753903</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>52.070217655</v>
+        <v>52.061414343999999</v>
       </c>
       <c r="C302" s="5">
-        <v>8.3865815999999427E-2</v>
+        <v>8.6292886999999041E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>1.9531423054765851</v>
+        <v>2.0106215137771111</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>52.284653710999997</v>
+        <v>52.278602218000003</v>
       </c>
       <c r="C303" s="5">
-        <v>0.21443605599999671</v>
+        <v>0.21718787400000394</v>
       </c>
       <c r="D303" s="5">
-        <v>5.0553357557767464</v>
+        <v>5.1225915832007196</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>52.483602968</v>
+        <v>52.473586083999997</v>
       </c>
       <c r="C304" s="5">
-        <v>0.19894925700000243</v>
+        <v>0.19498386599999407</v>
       </c>
       <c r="D304" s="5">
-        <v>4.6629245229522276</v>
+        <v>4.5686101108251664</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>52.748768167000001</v>
+        <v>52.738996247000003</v>
       </c>
       <c r="C305" s="5">
-        <v>0.26516519900000191</v>
+        <v>0.26541016300000564</v>
       </c>
       <c r="D305" s="5">
-        <v>6.2341549537640484</v>
+        <v>6.2412998142510778</v>
       </c>
       <c r="E305" s="5">
-        <v>4.5271867526095688</v>
+        <v>4.535597641865774</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>52.775969513</v>
+        <v>52.780471855000002</v>
       </c>
       <c r="C306" s="5">
-        <v>2.7201345999998239E-2</v>
+        <v>4.1475607999998942E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>0.62057095627034986</v>
+        <v>0.94781045289293875</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>53.105961819000001</v>
+        <v>53.112235235999997</v>
       </c>
       <c r="C307" s="5">
-        <v>0.32999230600000118</v>
+        <v>0.33176338099999469</v>
       </c>
       <c r="D307" s="5">
-        <v>7.7667298146381514</v>
+        <v>7.8091763516499269</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>53.089618344000002</v>
+        <v>53.108499903000002</v>
       </c>
       <c r="C308" s="5">
-        <v>-1.634347499999933E-2</v>
+        <v>-3.7353329999945117E-3</v>
       </c>
       <c r="D308" s="5">
-        <v>-0.36867814980768854</v>
+        <v>-8.4362221821832062E-2</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>53.720857846000001</v>
+        <v>53.740417342000001</v>
       </c>
       <c r="C309" s="5">
-        <v>0.63123950199999967</v>
+        <v>0.63191743899999864</v>
       </c>
       <c r="D309" s="5">
-        <v>15.239145788493902</v>
+        <v>15.250814368550092</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>53.934640283</v>
+        <v>53.952272718000003</v>
       </c>
       <c r="C310" s="5">
-        <v>0.21378243699999899</v>
+        <v>0.21185537600000259</v>
       </c>
       <c r="D310" s="5">
-        <v>4.8813259386057295</v>
+        <v>4.8345678140216286</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>53.997831738999999</v>
+        <v>53.999184815</v>
       </c>
       <c r="C311" s="5">
-        <v>6.3191455999998425E-2</v>
+        <v>4.6912096999996322E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>1.4150517097850424</v>
+        <v>1.0484176707070247</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>54.115112228000001</v>
+        <v>54.109672930999999</v>
       </c>
       <c r="C312" s="5">
-        <v>0.11728048900000232</v>
+        <v>0.11048811599999908</v>
       </c>
       <c r="D312" s="5">
-        <v>2.637698822313217</v>
+        <v>2.4831491162696118</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>54.326654118999997</v>
+        <v>54.306828955999997</v>
       </c>
       <c r="C313" s="5">
-        <v>0.21154189099999599</v>
+        <v>0.19715602499999818</v>
       </c>
       <c r="D313" s="5">
-        <v>4.7931125280980202</v>
+        <v>4.4610600156716584</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>54.470364648999997</v>
+        <v>54.448232195999999</v>
       </c>
       <c r="C314" s="5">
-        <v>0.14371052999999989</v>
+        <v>0.14140324000000248</v>
       </c>
       <c r="D314" s="5">
-        <v>3.2209591836161788</v>
+        <v>3.1696771285718572</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>54.774002052999997</v>
+        <v>54.761913853999999</v>
       </c>
       <c r="C315" s="5">
-        <v>0.30363740399999983</v>
+        <v>0.31368165800000014</v>
       </c>
       <c r="D315" s="5">
-        <v>6.8981755615892926</v>
+        <v>7.1366362801164485</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>55.104219188000002</v>
+        <v>55.084475390000001</v>
       </c>
       <c r="C316" s="5">
-        <v>0.33021713500000516</v>
+        <v>0.32256153600000204</v>
       </c>
       <c r="D316" s="5">
-        <v>7.4792309704576176</v>
+        <v>7.3018474651548537</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>55.241077476000001</v>
+        <v>55.229298540000002</v>
       </c>
       <c r="C317" s="5">
-        <v>0.13685828799999911</v>
+        <v>0.14482315000000057</v>
       </c>
       <c r="D317" s="5">
-        <v>3.0214019279103832</v>
+        <v>3.200954938728362</v>
       </c>
       <c r="E317" s="5">
-        <v>4.7248673203314828</v>
+        <v>4.7219372195420828</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>55.511594084000002</v>
+        <v>55.519178154000002</v>
       </c>
       <c r="C318" s="5">
-        <v>0.27051660800000121</v>
+        <v>0.28987961400000017</v>
       </c>
       <c r="D318" s="5">
-        <v>6.0373083415721451</v>
+        <v>6.4834260525981513</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>55.722928572999997</v>
+        <v>55.738928434000002</v>
       </c>
       <c r="C319" s="5">
-        <v>0.21133448899999507</v>
+        <v>0.21975027999999952</v>
       </c>
       <c r="D319" s="5">
-        <v>4.6653214781709362</v>
+        <v>4.8544916671982241</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>56.018085225</v>
+        <v>56.048165740000002</v>
       </c>
       <c r="C320" s="5">
-        <v>0.29515665200000285</v>
+        <v>0.30923730599999999</v>
       </c>
       <c r="D320" s="5">
-        <v>6.5447174595526514</v>
+        <v>6.8645023305301978</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>56.220505709999998</v>
+        <v>56.256482165999998</v>
       </c>
       <c r="C321" s="5">
-        <v>0.20242048499999754</v>
+        <v>0.20831642599999611</v>
       </c>
       <c r="D321" s="5">
-        <v>4.423405932961777</v>
+        <v>4.5523997456055287</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>56.367814963999997</v>
+        <v>56.391328432999998</v>
       </c>
       <c r="C322" s="5">
-        <v>0.14730925399999961</v>
+        <v>0.13484626700000035</v>
       </c>
       <c r="D322" s="5">
-        <v>3.1899563141482234</v>
+        <v>2.9146142442086909</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>56.693335976999997</v>
+        <v>56.701641092999999</v>
       </c>
       <c r="C323" s="5">
-        <v>0.32552101299999947</v>
+        <v>0.31031266000000102</v>
       </c>
       <c r="D323" s="5">
-        <v>7.1543361628396029</v>
+        <v>6.8069805232151115</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>57.167988176000001</v>
+        <v>57.158307790999999</v>
       </c>
       <c r="C324" s="5">
-        <v>0.47465219900000477</v>
+        <v>0.45666669799999937</v>
       </c>
       <c r="D324" s="5">
-        <v>10.522514212604261</v>
+        <v>10.104433968197736</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>57.566156691000003</v>
+        <v>57.539893237999998</v>
       </c>
       <c r="C325" s="5">
-        <v>0.39816851500000183</v>
+        <v>0.38158544699999908</v>
       </c>
       <c r="D325" s="5">
-        <v>8.6855774809921904</v>
+        <v>8.3119234029379143</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>57.765752775999999</v>
+        <v>57.723798793</v>
       </c>
       <c r="C326" s="5">
-        <v>0.19959608499999604</v>
+        <v>0.18390555500000261</v>
       </c>
       <c r="D326" s="5">
-        <v>4.2409645213556724</v>
+        <v>3.9035125478352084</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>57.864444241000001</v>
+        <v>57.839208929999998</v>
       </c>
       <c r="C327" s="5">
-        <v>9.8691465000001699E-2</v>
+        <v>0.1154101369999978</v>
       </c>
       <c r="D327" s="5">
-        <v>2.0695473377447815</v>
+        <v>2.4257807372967566</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>58.118787306999998</v>
+        <v>58.080647493000001</v>
       </c>
       <c r="C328" s="5">
-        <v>0.25434306599999701</v>
+        <v>0.24143856300000266</v>
       </c>
       <c r="D328" s="5">
-        <v>5.4039995383360351</v>
+        <v>5.1257865498848254</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>58.448009141</v>
+        <v>58.432240475999997</v>
       </c>
       <c r="C329" s="5">
-        <v>0.32922183400000193</v>
+        <v>0.3515929829999962</v>
       </c>
       <c r="D329" s="5">
-        <v>7.0133962817072959</v>
+        <v>7.5110428388468264</v>
       </c>
       <c r="E329" s="5">
-        <v>5.8053387289436653</v>
+        <v>5.7993529171482372</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>58.730631375999998</v>
+        <v>58.741114633999999</v>
       </c>
       <c r="C330" s="5">
-        <v>0.28262223499999806</v>
+        <v>0.30887415800000184</v>
       </c>
       <c r="D330" s="5">
-        <v>5.9593688773192932</v>
+        <v>6.5309332865891134</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>58.939729008999997</v>
+        <v>58.970337249000004</v>
       </c>
       <c r="C331" s="5">
-        <v>0.20909763299999895</v>
+        <v>0.22922261500000474</v>
       </c>
       <c r="D331" s="5">
-        <v>4.3569987375046582</v>
+        <v>4.7845228326015565</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>59.341646652000001</v>
+        <v>59.389001309999998</v>
       </c>
       <c r="C332" s="5">
-        <v>0.40191764300000443</v>
+        <v>0.41866406099999409</v>
       </c>
       <c r="D332" s="5">
-        <v>8.4969430989682913</v>
+        <v>8.8601500338457484</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>59.623917675000001</v>
+        <v>59.685131959000003</v>
       </c>
       <c r="C333" s="5">
-        <v>0.28227102299999984</v>
+        <v>0.29613064900000552</v>
       </c>
       <c r="D333" s="5">
-        <v>5.8597792408007887</v>
+        <v>6.150399799018369</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>59.898052044000003</v>
+        <v>59.931776650000003</v>
       </c>
       <c r="C334" s="5">
-        <v>0.27413436900000221</v>
+        <v>0.24664469100000019</v>
       </c>
       <c r="D334" s="5">
-        <v>5.658948228684757</v>
+        <v>5.073192397504811</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>60.289422068999997</v>
+        <v>60.310637501000002</v>
       </c>
       <c r="C335" s="5">
-        <v>0.3913700249999934</v>
+        <v>0.37886085099999889</v>
       </c>
       <c r="D335" s="5">
-        <v>8.1287202636987743</v>
+        <v>7.8552279902637245</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>60.433948995000002</v>
+        <v>60.413664834000002</v>
       </c>
       <c r="C336" s="5">
-        <v>0.14452692600000461</v>
+        <v>0.103027333</v>
       </c>
       <c r="D336" s="5">
-        <v>2.9148950106771876</v>
+        <v>2.0693038611446557</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>60.526529691</v>
+        <v>60.481759834000002</v>
       </c>
       <c r="C337" s="5">
-        <v>9.2580695999998852E-2</v>
+        <v>6.8094999999999573E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>1.8538866622856087</v>
+        <v>1.3609913918068317</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>60.962729234000001</v>
+        <v>60.909278432999997</v>
       </c>
       <c r="C338" s="5">
-        <v>0.43619954300000074</v>
+        <v>0.42751859899999545</v>
       </c>
       <c r="D338" s="5">
-        <v>8.9992549377183817</v>
+        <v>8.8199253640926187</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>61.039865292000002</v>
+        <v>60.991138833000001</v>
       </c>
       <c r="C339" s="5">
-        <v>7.7136058000000673E-2</v>
+        <v>8.1860400000003608E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>1.5289695254283586</v>
+        <v>1.6247419938417496</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>61.116826283999998</v>
+        <v>61.057374162999999</v>
       </c>
       <c r="C340" s="5">
-        <v>7.6960991999996509E-2</v>
+        <v>6.6235329999997816E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>1.5235341560842608</v>
+        <v>1.3109914180926552</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>61.565542227999998</v>
+        <v>61.538069075000003</v>
       </c>
       <c r="C341" s="5">
-        <v>0.44871594399999992</v>
+        <v>0.48069491200000414</v>
       </c>
       <c r="D341" s="5">
-        <v>9.1749444987263331</v>
+        <v>9.8674140264350285</v>
       </c>
       <c r="E341" s="5">
-        <v>5.3338567605943021</v>
+        <v>5.3152652948087242</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>61.644036321999998</v>
+        <v>61.658649109999999</v>
       </c>
       <c r="C342" s="5">
-        <v>7.8494093999999848E-2</v>
+        <v>0.12058003499999614</v>
       </c>
       <c r="D342" s="5">
-        <v>1.540735868517018</v>
+        <v>2.3768319411856309</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>61.95947168</v>
+        <v>62.008026999999998</v>
       </c>
       <c r="C343" s="5">
-        <v>0.315435358000002</v>
+        <v>0.34937788999999952</v>
       </c>
       <c r="D343" s="5">
-        <v>6.3162523172933138</v>
+        <v>7.0155505952080643</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>62.182159206000001</v>
+        <v>62.247437382999998</v>
       </c>
       <c r="C344" s="5">
-        <v>0.22268752600000141</v>
+        <v>0.23941038299999917</v>
       </c>
       <c r="D344" s="5">
-        <v>4.3991851907690505</v>
+        <v>4.7328129633564364</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>62.106318453</v>
+        <v>62.208111555000002</v>
       </c>
       <c r="C345" s="5">
-        <v>-7.5840753000001371E-2</v>
+        <v>-3.9325827999995511E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>-1.4538073800477114</v>
+        <v>-0.75549075086406292</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>62.598992277000001</v>
+        <v>62.647214521999999</v>
       </c>
       <c r="C346" s="5">
-        <v>0.49267382400000059</v>
+        <v>0.43910296699999662</v>
       </c>
       <c r="D346" s="5">
-        <v>9.945807543743058</v>
+        <v>8.8070351675163305</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>62.981455032</v>
+        <v>63.016586156999999</v>
       </c>
       <c r="C347" s="5">
-        <v>0.38246275499999882</v>
+        <v>0.36937163500000025</v>
       </c>
       <c r="D347" s="5">
-        <v>7.5831294400742877</v>
+        <v>7.309278879593295</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>63.419442103999998</v>
+        <v>63.387485173999998</v>
       </c>
       <c r="C348" s="5">
-        <v>0.43798707199999853</v>
+        <v>0.37089901699999928</v>
       </c>
       <c r="D348" s="5">
-        <v>8.6717673991485</v>
+        <v>7.2960658286709723</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>63.811559676999998</v>
+        <v>63.749808922</v>
       </c>
       <c r="C349" s="5">
-        <v>0.39211757300000016</v>
+        <v>0.36232374800000144</v>
       </c>
       <c r="D349" s="5">
-        <v>7.6770899411587212</v>
+        <v>7.0790193020265901</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>63.763743220999999</v>
+        <v>63.702495933000002</v>
       </c>
       <c r="C350" s="5">
-        <v>-4.7816455999999619E-2</v>
+        <v>-4.731298899999814E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>-0.89550944211929107</v>
+        <v>-0.88697373198850515</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>63.907969193</v>
+        <v>63.834324492</v>
       </c>
       <c r="C351" s="5">
-        <v>0.14422597200000098</v>
+        <v>0.13182855899999879</v>
       </c>
       <c r="D351" s="5">
-        <v>2.7482788558496729</v>
+        <v>2.5117901958552125</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>64.006623429000001</v>
+        <v>63.919380636</v>
       </c>
       <c r="C352" s="5">
-        <v>9.8654236000001561E-2</v>
+        <v>8.5056143999999279E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>1.8682396025001768</v>
+        <v>1.6107118685112942</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>63.784691322999997</v>
+        <v>63.734428215000001</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.22193210600000413</v>
+        <v>-0.18495242099999842</v>
       </c>
       <c r="D353" s="5">
-        <v>-4.0823586445123405</v>
+        <v>-3.4175028346135394</v>
       </c>
       <c r="E353" s="5">
-        <v>3.6045310650910434</v>
+        <v>3.5691063645873822</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>64.263594132999998</v>
+        <v>64.283880972999995</v>
       </c>
       <c r="C354" s="5">
-        <v>0.47890281000000101</v>
+        <v>0.54945275799999393</v>
       </c>
       <c r="D354" s="5">
-        <v>9.3912626869313343</v>
+        <v>10.850059891592512</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>64.485587498000001</v>
+        <v>64.547578693000006</v>
       </c>
       <c r="C355" s="5">
-        <v>0.221993365000003</v>
+        <v>0.26369772000001035</v>
       </c>
       <c r="D355" s="5">
-        <v>4.2249743313064192</v>
+        <v>5.0350891819885835</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>64.629027026000003</v>
+        <v>64.695106195999998</v>
       </c>
       <c r="C356" s="5">
-        <v>0.14343952800000181</v>
+        <v>0.14752750299999207</v>
       </c>
       <c r="D356" s="5">
-        <v>2.702137661695958</v>
+        <v>2.7774156481640722</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>64.979932629000004</v>
+        <v>65.136191776999993</v>
       </c>
       <c r="C357" s="5">
-        <v>0.35090560300000107</v>
+        <v>0.44108558099999584</v>
       </c>
       <c r="D357" s="5">
-        <v>6.7135745316435624</v>
+        <v>8.4953695468386048</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>65.373135277000003</v>
+        <v>65.448671085000001</v>
       </c>
       <c r="C358" s="5">
-        <v>0.39320264799999904</v>
+        <v>0.31247930800000745</v>
       </c>
       <c r="D358" s="5">
-        <v>7.507976685758444</v>
+        <v>5.9111365746331801</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>65.570278582</v>
+        <v>65.619979978000003</v>
       </c>
       <c r="C359" s="5">
-        <v>0.19714330499999733</v>
+        <v>0.17130889300000263</v>
       </c>
       <c r="D359" s="5">
-        <v>3.6794241764769531</v>
+        <v>3.1865588102176323</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>66.110314540000005</v>
+        <v>66.068276495999996</v>
       </c>
       <c r="C360" s="5">
-        <v>0.54003595800000426</v>
+        <v>0.44829651799999226</v>
       </c>
       <c r="D360" s="5">
-        <v>10.343393388138722</v>
+        <v>8.5132096066723442</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>66.598984337999994</v>
+        <v>66.521989528000006</v>
       </c>
       <c r="C361" s="5">
-        <v>0.48866979799998944</v>
+        <v>0.45371303200001023</v>
       </c>
       <c r="D361" s="5">
-        <v>9.2397232339012767</v>
+        <v>8.5592971373242399</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>66.967965825999997</v>
+        <v>66.918268445999999</v>
       </c>
       <c r="C362" s="5">
-        <v>0.36898148800000286</v>
+        <v>0.39627891799999304</v>
       </c>
       <c r="D362" s="5">
-        <v>6.8547948810993686</v>
+        <v>7.3874631070014019</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>67.275037807000004</v>
+        <v>67.176268582000006</v>
       </c>
       <c r="C363" s="5">
-        <v>0.3070719810000071</v>
+        <v>0.25800013600000682</v>
       </c>
       <c r="D363" s="5">
-        <v>5.6433388034891285</v>
+        <v>4.725919306799109</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>67.693743198999996</v>
+        <v>67.573438933999995</v>
       </c>
       <c r="C364" s="5">
-        <v>0.41870539199999257</v>
+        <v>0.39717035199998918</v>
       </c>
       <c r="D364" s="5">
-        <v>7.7295755038560454</v>
+        <v>7.3301507696733603</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>67.886290977000002</v>
+        <v>67.813810953000001</v>
       </c>
       <c r="C365" s="5">
-        <v>0.19254777800000511</v>
+        <v>0.24037201900000582</v>
       </c>
       <c r="D365" s="5">
-        <v>3.4671819933747461</v>
+        <v>4.3531484361597261</v>
       </c>
       <c r="E365" s="5">
-        <v>6.4303825399575354</v>
+        <v>6.4005951763444369</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>68.534381870000004</v>
+        <v>68.526326062999999</v>
       </c>
       <c r="C366" s="5">
-        <v>0.64809089300000267</v>
+        <v>0.71251510999999823</v>
       </c>
       <c r="D366" s="5">
-        <v>12.077136343360518</v>
+        <v>13.363061441093027</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>68.836320330999996</v>
+        <v>68.895783210999994</v>
       </c>
       <c r="C367" s="5">
-        <v>0.30193846099999178</v>
+        <v>0.36945714799999507</v>
       </c>
       <c r="D367" s="5">
-        <v>5.4167837127461649</v>
+        <v>6.6650934903834003</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>68.593426050999994</v>
+        <v>68.646749985</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.24289428000000157</v>
+        <v>-0.24903322599999456</v>
       </c>
       <c r="D368" s="5">
-        <v>-4.1530760568223357</v>
+        <v>-4.2523616833617055</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>66.045613844000002</v>
+        <v>66.247654605999998</v>
       </c>
       <c r="C369" s="5">
-        <v>-2.5478122069999927</v>
+        <v>-2.399095379000002</v>
       </c>
       <c r="D369" s="5">
-        <v>-36.505248294149304</v>
+        <v>-34.746123177873564</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>66.223392023000002</v>
+        <v>66.330488622000004</v>
       </c>
       <c r="C370" s="5">
-        <v>0.17777817900000059</v>
+        <v>8.2834016000006727E-2</v>
       </c>
       <c r="D370" s="5">
-        <v>3.2783501876871401</v>
+        <v>1.5108045607507448</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>66.741831188999996</v>
+        <v>66.813192673000003</v>
       </c>
       <c r="C371" s="5">
-        <v>0.51843916599999318</v>
+        <v>0.48270405099999891</v>
       </c>
       <c r="D371" s="5">
-        <v>9.8096114252470556</v>
+        <v>9.0908541405454013</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>66.716773079999996</v>
+        <v>66.665487919</v>
       </c>
       <c r="C372" s="5">
-        <v>-2.5058108999999718E-2</v>
+        <v>-0.14770475400000294</v>
       </c>
       <c r="D372" s="5">
-        <v>-0.44960881268597541</v>
+        <v>-2.6208355593420274</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>66.994659464999998</v>
+        <v>66.902996165000005</v>
       </c>
       <c r="C373" s="5">
-        <v>0.27788638500000218</v>
+        <v>0.23750824600000442</v>
       </c>
       <c r="D373" s="5">
-        <v>5.1143037870039709</v>
+        <v>4.3599989451032384</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>67.556107984999997</v>
+        <v>67.531583882999996</v>
       </c>
       <c r="C374" s="5">
-        <v>0.56144851999999901</v>
+        <v>0.62858771799999147</v>
       </c>
       <c r="D374" s="5">
-        <v>10.533328318554226</v>
+        <v>11.875868261574007</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>68.463283894</v>
+        <v>68.336648811000003</v>
       </c>
       <c r="C375" s="5">
-        <v>0.90717590900000289</v>
+        <v>0.80506492800000728</v>
       </c>
       <c r="D375" s="5">
-        <v>17.359233445405089</v>
+        <v>15.281840136056445</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>68.885881968000007</v>
+        <v>68.721870623000001</v>
       </c>
       <c r="C376" s="5">
-        <v>0.42259807400000682</v>
+        <v>0.3852218119999975</v>
       </c>
       <c r="D376" s="5">
-        <v>7.6638632753641023</v>
+        <v>6.9782628822766313</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>69.289779441999997</v>
+        <v>69.180683786000003</v>
       </c>
       <c r="C377" s="5">
-        <v>0.4038974739999901</v>
+        <v>0.45881316300000208</v>
       </c>
       <c r="D377" s="5">
-        <v>7.2673295285787365</v>
+        <v>8.3124881912143742</v>
       </c>
       <c r="E377" s="5">
-        <v>2.0674107316829282</v>
+        <v>2.015626041054297</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>69.699484365999993</v>
+        <v>69.674930681999996</v>
       </c>
       <c r="C378" s="5">
-        <v>0.40970492399999614</v>
+        <v>0.49424689599999283</v>
       </c>
       <c r="D378" s="5">
-        <v>7.3308665068145817</v>
+        <v>8.9181711035666069</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>69.685983608000001</v>
+        <v>69.759794686999996</v>
       </c>
       <c r="C379" s="5">
-        <v>-1.3500757999992175E-2</v>
+        <v>8.486400500000002E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>-0.23219197800802283</v>
+        <v>1.4714300628023258</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>70.530472810000006</v>
+        <v>70.581497235000001</v>
       </c>
       <c r="C380" s="5">
-        <v>0.84448920200000543</v>
+        <v>0.82170254800000464</v>
       </c>
       <c r="D380" s="5">
-        <v>15.551697362888817</v>
+        <v>15.087478793374753</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>71.224860128000003</v>
+        <v>71.452263184000003</v>
       </c>
       <c r="C381" s="5">
-        <v>0.69438731799999687</v>
+        <v>0.87076594900000259</v>
       </c>
       <c r="D381" s="5">
-        <v>12.475444473901032</v>
+        <v>15.85144889497454</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>71.581826882000001</v>
+        <v>71.721964114000002</v>
       </c>
       <c r="C382" s="5">
-        <v>0.35696675399999833</v>
+        <v>0.26970092999999906</v>
       </c>
       <c r="D382" s="5">
-        <v>6.1827763186691254</v>
+        <v>4.6246987316478361</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>72.093178664000007</v>
+        <v>72.200990458999996</v>
       </c>
       <c r="C383" s="5">
-        <v>0.51135178200000553</v>
+        <v>0.47902634499999408</v>
       </c>
       <c r="D383" s="5">
-        <v>8.9172722871469823</v>
+        <v>8.3157902272996687</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>73.667710721000006</v>
+        <v>73.653948064000005</v>
       </c>
       <c r="C384" s="5">
-        <v>1.574532056999999</v>
+        <v>1.4529576050000088</v>
       </c>
       <c r="D384" s="5">
-        <v>29.597312381526386</v>
+        <v>27.009004288379401</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>74.241547858999994</v>
+        <v>74.189901366000001</v>
       </c>
       <c r="C385" s="5">
-        <v>0.57383713799998759</v>
+        <v>0.5359533019999958</v>
       </c>
       <c r="D385" s="5">
-        <v>9.7584906648762182</v>
+        <v>9.0900521775752363</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>74.655584386000001</v>
+        <v>74.646829374000006</v>
       </c>
       <c r="C386" s="5">
-        <v>0.41403652700000748</v>
+        <v>0.45692800800000555</v>
       </c>
       <c r="D386" s="5">
-        <v>6.9013962658535544</v>
+        <v>7.6462400502449013</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>75.224213308000003</v>
+        <v>75.101440620999995</v>
       </c>
       <c r="C387" s="5">
-        <v>0.56862892200000204</v>
+        <v>0.45461124699998834</v>
       </c>
       <c r="D387" s="5">
-        <v>9.5328184316224593</v>
+        <v>7.5580264770649386</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>75.777216546000005</v>
+        <v>75.572758334</v>
       </c>
       <c r="C388" s="5">
-        <v>0.55300323800000228</v>
+        <v>0.4713177130000048</v>
       </c>
       <c r="D388" s="5">
-        <v>9.1872503035741016</v>
+        <v>7.7963539472489574</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>76.157337592000005</v>
+        <v>76.030932840999995</v>
       </c>
       <c r="C389" s="5">
-        <v>0.3801210459999993</v>
+        <v>0.4581745069999954</v>
       </c>
       <c r="D389" s="5">
-        <v>6.1884426961984706</v>
+        <v>7.522794132438837</v>
       </c>
       <c r="E389" s="5">
-        <v>9.9113580751813313</v>
+        <v>9.9019678327988192</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>76.438790695999998</v>
+        <v>76.328730816999993</v>
       </c>
       <c r="C390" s="5">
-        <v>0.28145310399999346</v>
+        <v>0.29779797599999824</v>
       </c>
       <c r="D390" s="5">
-        <v>4.5260781454629528</v>
+        <v>4.8027467065299145</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>76.892925234000003</v>
+        <v>76.942736944999993</v>
       </c>
       <c r="C391" s="5">
-        <v>0.45413453800000525</v>
+        <v>0.61400612799999976</v>
       </c>
       <c r="D391" s="5">
-        <v>7.3670213697964115</v>
+        <v>10.091825921409491</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>77.488845897999994</v>
+        <v>77.512867224999994</v>
       </c>
       <c r="C392" s="5">
-        <v>0.59592066399999055</v>
+        <v>0.57013028000000077</v>
       </c>
       <c r="D392" s="5">
-        <v>9.7068423452795862</v>
+        <v>9.2632350908601104</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>78.618332940000002</v>
+        <v>78.841949264999997</v>
       </c>
       <c r="C393" s="5">
-        <v>1.129487042000008</v>
+        <v>1.329082040000003</v>
       </c>
       <c r="D393" s="5">
-        <v>18.96402657592715</v>
+        <v>22.631662173684109</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>79.255987645999994</v>
+        <v>79.428768683000001</v>
       </c>
       <c r="C394" s="5">
-        <v>0.63765470599999219</v>
+        <v>0.58681941800000459</v>
       </c>
       <c r="D394" s="5">
-        <v>10.179049205973921</v>
+        <v>9.3064334357564569</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>79.615851688000006</v>
+        <v>79.773965267999998</v>
       </c>
       <c r="C395" s="5">
-        <v>0.35986404200001232</v>
+        <v>0.3451965849999965</v>
       </c>
       <c r="D395" s="5">
-        <v>5.5867825755929301</v>
+        <v>5.341669231006696</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>80.414022943000006</v>
+        <v>80.447506739999994</v>
       </c>
       <c r="C396" s="5">
-        <v>0.79817125499999975</v>
+        <v>0.67354147199999659</v>
       </c>
       <c r="D396" s="5">
-        <v>12.71635341850339</v>
+        <v>10.61573484459859</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>80.688605101999997</v>
+        <v>80.691992134000003</v>
       </c>
       <c r="C397" s="5">
-        <v>0.27458215899999061</v>
+        <v>0.24448539400000868</v>
       </c>
       <c r="D397" s="5">
-        <v>4.1753620550366355</v>
+        <v>3.7084597573327382</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>80.841749128999993</v>
+        <v>80.839947758999998</v>
       </c>
       <c r="C398" s="5">
-        <v>0.15314402699999619</v>
+        <v>0.14795562499999448</v>
       </c>
       <c r="D398" s="5">
-        <v>2.3014822042308758</v>
+        <v>2.2226275846936039</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>80.291980390999996</v>
+        <v>80.174526517999993</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.54976873799999737</v>
+        <v>-0.66542124100000422</v>
       </c>
       <c r="D399" s="5">
-        <v>-7.8622463294728329</v>
+        <v>-9.4424726799102192</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>80.669399239000001</v>
+        <v>80.425978430000001</v>
       </c>
       <c r="C400" s="5">
-        <v>0.37741884800000491</v>
+        <v>0.25145191200000738</v>
       </c>
       <c r="D400" s="5">
-        <v>5.7888348269351297</v>
+        <v>3.8291720375507099</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>80.922442285000002</v>
+        <v>80.776808020999994</v>
       </c>
       <c r="C401" s="5">
-        <v>0.25304304600000194</v>
+        <v>0.350829590999993</v>
       </c>
       <c r="D401" s="5">
-        <v>3.8297734604800571</v>
+        <v>5.3620020280147784</v>
       </c>
       <c r="E401" s="5">
-        <v>6.2569213206063345</v>
+        <v>6.2420320291542764</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>80.951680875999998</v>
+        <v>80.785949083000006</v>
       </c>
       <c r="C402" s="5">
-        <v>2.923859099999504E-2</v>
+        <v>9.141062000011857E-3</v>
       </c>
       <c r="D402" s="5">
-        <v>0.43444212928893666</v>
+        <v>0.13588187710842359</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>81.387356909000005</v>
+        <v>81.421594818000003</v>
       </c>
       <c r="C403" s="5">
-        <v>0.43567603300000712</v>
+        <v>0.6356457349999971</v>
       </c>
       <c r="D403" s="5">
-        <v>6.6529536804598832</v>
+        <v>9.8614378804064984</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>81.621593437000001</v>
+        <v>81.632453831000007</v>
       </c>
       <c r="C404" s="5">
-        <v>0.23423652799999672</v>
+        <v>0.21085901300000387</v>
       </c>
       <c r="D404" s="5">
-        <v>3.5088514167240126</v>
+        <v>3.1523104146687686</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>81.727386526000004</v>
+        <v>81.935355181999995</v>
       </c>
       <c r="C405" s="5">
-        <v>0.10579308900000228</v>
+        <v>0.30290135099998849</v>
       </c>
       <c r="D405" s="5">
-        <v>1.5665050520131008</v>
+        <v>4.5446641184084591</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>81.947644100000005</v>
+        <v>82.151534971999993</v>
       </c>
       <c r="C406" s="5">
-        <v>0.22025757400000145</v>
+        <v>0.21617978999999821</v>
       </c>
       <c r="D406" s="5">
-        <v>3.2824035034267673</v>
+        <v>3.2124534393824344</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>82.482426641999993</v>
+        <v>82.653318159999998</v>
       </c>
       <c r="C407" s="5">
-        <v>0.53478254199998787</v>
+        <v>0.50178318800000454</v>
       </c>
       <c r="D407" s="5">
-        <v>8.1183681002781718</v>
+        <v>7.5809385964678455</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>82.567960017000004</v>
+        <v>82.625693364</v>
       </c>
       <c r="C408" s="5">
-        <v>8.5533375000011347E-2</v>
+        <v>-2.7624795999997787E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>1.2515087613623077</v>
+        <v>-0.40033342486275325</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>82.957528916000001</v>
+        <v>82.995197660000002</v>
       </c>
       <c r="C409" s="5">
-        <v>0.3895688989999968</v>
+        <v>0.36950429600000234</v>
       </c>
       <c r="D409" s="5">
-        <v>5.8110510313417851</v>
+        <v>5.500412961392942</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>83.426613775000007</v>
+        <v>83.433637218000001</v>
       </c>
       <c r="C410" s="5">
-        <v>0.46908485900000585</v>
+        <v>0.4384395579999989</v>
       </c>
       <c r="D410" s="5">
-        <v>7.0004760304803515</v>
+        <v>6.5267205467249845</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>83.560011618000004</v>
+        <v>83.448536623999999</v>
       </c>
       <c r="C411" s="5">
-        <v>0.13339784299999735</v>
+        <v>1.4899405999997839E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>1.9357459416537992</v>
+        <v>0.21450411257815105</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>84.060520459000003</v>
+        <v>83.788820822000005</v>
       </c>
       <c r="C412" s="5">
-        <v>0.50050884099999848</v>
+        <v>0.3402841980000062</v>
       </c>
       <c r="D412" s="5">
-        <v>7.4293615996343432</v>
+        <v>5.0045795745829347</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>84.298496100999998</v>
+        <v>84.135524189999998</v>
       </c>
       <c r="C413" s="5">
-        <v>0.23797564199999499</v>
+        <v>0.34670336799999291</v>
       </c>
       <c r="D413" s="5">
-        <v>3.4506030037390945</v>
+        <v>5.0799641135353957</v>
       </c>
       <c r="E413" s="5">
-        <v>4.171962339087476</v>
+        <v>4.1580204161159928</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>86.058228869999994</v>
+        <v>85.826638169000006</v>
       </c>
       <c r="C414" s="5">
-        <v>1.7597327689999958</v>
+        <v>1.6911139790000078</v>
       </c>
       <c r="D414" s="5">
-        <v>28.135929570338813</v>
+        <v>26.973286307369747</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>85.961988043999995</v>
+        <v>85.981832933000007</v>
       </c>
       <c r="C415" s="5">
-        <v>-9.6240825999998947E-2</v>
+        <v>0.15519476400000087</v>
       </c>
       <c r="D415" s="5">
-        <v>-1.3337630531335631</v>
+        <v>2.1915931846262726</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>86.446134671999999</v>
+        <v>86.454517558000006</v>
       </c>
       <c r="C416" s="5">
-        <v>0.48414662800000485</v>
+        <v>0.47268462499999941</v>
       </c>
       <c r="D416" s="5">
-        <v>6.9718579736334885</v>
+        <v>6.8001619808554459</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>86.648433338000004</v>
+        <v>86.823038616000005</v>
       </c>
       <c r="C417" s="5">
-        <v>0.20229866600000435</v>
+        <v>0.3685210579999989</v>
       </c>
       <c r="D417" s="5">
-        <v>2.8446318605992227</v>
+        <v>5.2367612284105691</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>86.952289719999996</v>
+        <v>87.180073410999995</v>
       </c>
       <c r="C418" s="5">
-        <v>0.30385638199999221</v>
+        <v>0.35703479499998991</v>
       </c>
       <c r="D418" s="5">
-        <v>4.2902470147875071</v>
+        <v>5.0478071741906438</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>87.245441189000005</v>
+        <v>87.437053492000004</v>
       </c>
       <c r="C419" s="5">
-        <v>0.29315146900000855</v>
+        <v>0.25698008100000891</v>
       </c>
       <c r="D419" s="5">
-        <v>4.1215547496040505</v>
+        <v>3.5951453652689702</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>87.621596706999995</v>
+        <v>87.715734690000005</v>
       </c>
       <c r="C420" s="5">
-        <v>0.37615551799999025</v>
+        <v>0.27868119800000102</v>
       </c>
       <c r="D420" s="5">
-        <v>5.2982218906713729</v>
+        <v>3.8924277067446278</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>87.518393618999994</v>
+        <v>87.600249300000002</v>
       </c>
       <c r="C421" s="5">
-        <v>-0.10320308800000078</v>
+        <v>-0.11548539000000346</v>
       </c>
       <c r="D421" s="5">
-        <v>-1.4042723036878924</v>
+        <v>-1.5685139298884598</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>88.212311693999993</v>
+        <v>88.216069019000003</v>
       </c>
       <c r="C422" s="5">
-        <v>0.69391807499999913</v>
+        <v>0.61581971900000099</v>
       </c>
       <c r="D422" s="5">
-        <v>9.9406722292791017</v>
+        <v>8.7697951914695196</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>89.003108116000007</v>
+        <v>88.901341630000005</v>
       </c>
       <c r="C423" s="5">
-        <v>0.79079642200001388</v>
+        <v>0.68527261100000203</v>
       </c>
       <c r="D423" s="5">
-        <v>11.304221614779596</v>
+        <v>9.730501594552976</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>89.480133821999999</v>
+        <v>89.190563186999995</v>
       </c>
       <c r="C424" s="5">
-        <v>0.47702570599999206</v>
+        <v>0.28922155699999053</v>
       </c>
       <c r="D424" s="5">
-        <v>6.624601752359105</v>
+        <v>3.9745607621480383</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>89.236571213000005</v>
+        <v>89.066878975999998</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.24356260899999427</v>
+        <v>-0.12368421099999694</v>
       </c>
       <c r="D425" s="5">
-        <v>-3.2179095851343265</v>
+        <v>-1.6514555552451404</v>
       </c>
       <c r="E425" s="5">
-        <v>5.8578448494307489</v>
+        <v>5.8612040912275232</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>89.089511768999998</v>
+        <v>88.897470010000006</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.14705944400000703</v>
+        <v>-0.16940896599999178</v>
       </c>
       <c r="D426" s="5">
-        <v>-1.9597411088692174</v>
+        <v>-2.2587241803367353</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>89.107379190000003</v>
+        <v>89.199249201000001</v>
       </c>
       <c r="C427" s="5">
-        <v>1.7867421000005379E-2</v>
+        <v>0.30177919099999428</v>
       </c>
       <c r="D427" s="5">
-        <v>0.24093264329081432</v>
+        <v>4.1505508633868482</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>89.386745628</v>
+        <v>89.492392834</v>
       </c>
       <c r="C428" s="5">
-        <v>0.27936643799999672</v>
+        <v>0.29314363299999968</v>
       </c>
       <c r="D428" s="5">
-        <v>3.8277552944901094</v>
+        <v>4.0157386156575159</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>89.291218944999997</v>
+        <v>89.760008967000005</v>
       </c>
       <c r="C429" s="5">
-        <v>-9.5526683000002777E-2</v>
+        <v>0.2676161330000042</v>
       </c>
       <c r="D429" s="5">
-        <v>-1.2749164321012585</v>
+        <v>3.6480661570211348</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>89.885897768000007</v>
+        <v>89.870331069000002</v>
       </c>
       <c r="C430" s="5">
-        <v>0.59467882300000952</v>
+        <v>0.11032210199999781</v>
       </c>
       <c r="D430" s="5">
-        <v>8.2913343253861793</v>
+        <v>1.4849054097419989</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>90.003985111999995</v>
+        <v>90.264229603999993</v>
       </c>
       <c r="C431" s="5">
-        <v>0.11808734399998855</v>
+        <v>0.39389853499999106</v>
       </c>
       <c r="D431" s="5">
-        <v>1.58793778662778</v>
+        <v>5.3882175557776302</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>90.035906647999994</v>
+        <v>90.309042947999998</v>
       </c>
       <c r="C432" s="5">
-        <v>3.1921535999998696E-2</v>
+        <v>4.4813344000004918E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>0.42643282716730013</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.59739163380350124</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>90.300803477000002</v>
+        <v>90.574743377999994</v>
       </c>
       <c r="C433" s="5">
-        <v>0.26489682900000844</v>
+        <v>0.26570042999999544</v>
       </c>
       <c r="D433" s="5">
-        <v>3.5882433993179363</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.5882434000590768</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>90.522413822999994</v>
+        <v>90.797026009999996</v>
       </c>
       <c r="C434" s="5">
-        <v>0.22161034599999141</v>
+        <v>0.22228263200000242</v>
       </c>
       <c r="D434" s="5">
-        <v>2.9850390939442972</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.9850391014391686</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>91.081095063000006</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.28406905300001029</v>
+      </c>
+      <c r="D435" s="5">
+        <v>3.8196203952232111</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>91.433000172000007</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.35190510900000049</v>
+      </c>
+      <c r="D436" s="5">
+        <v>4.7361783857887918</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>91.370695710000007</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-6.2304462000000171E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-0.81464878726100753</v>
+      </c>
+      <c r="E437" s="5">
+        <v>2.5866144188355422</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>