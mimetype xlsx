--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A482E2E3-A41C-4D36-A345-58BFCFF100E0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{BCDBA3FC-467E-4261-B1FF-930F57A7EC6D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7B57F519-72B1-4F88-8A7F-743D6C497506}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{60B6B567-D434-457E-807D-180204F38933}"/>
   </bookViews>
   <sheets>
     <sheet name="ausgooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Goods Producing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2122587F-2F02-427A-BF3D-1D94B8087DA0}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CB1E6695-A112-457F-8FA6-2111D2F98718}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.63751804000000334</v>
       </c>
       <c r="D431" s="5">
         <v>-4.5922638146850936</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>163.10206868</v>
       </c>
       <c r="C432" s="5">
         <v>0.68647652999999309</v>
       </c>
       <c r="D432" s="5">
         <v>5.1915838728506358</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>161.84730995000001</v>
+        <v>162.14870081000001</v>
       </c>
       <c r="C433" s="5">
-        <v>-1.2547587299999918</v>
+        <v>-0.9533678699999939</v>
       </c>
       <c r="D433" s="5">
-        <v>-8.8509403538538418</v>
+        <v>-6.793103593789807</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>161.99735514</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.15134567000001198</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-1.1143189307617374</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>