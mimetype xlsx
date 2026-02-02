--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{BCDBA3FC-467E-4261-B1FF-930F57A7EC6D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{EEF34C3B-A935-4A4D-A0D8-7574F21EDFBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{60B6B567-D434-457E-807D-180204F38933}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CE35BB62-C0C2-4B93-A7A6-91856870393F}"/>
   </bookViews>
   <sheets>
     <sheet name="ausgooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Goods Producing Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CB1E6695-A112-457F-8FA6-2111D2F98718}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CC8C2417-6F74-4BC8-92DA-143C79B98D76}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>59.605348136000003</v>
+        <v>59.605347375999997</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>59.447410687999998</v>
+        <v>59.447409669000002</v>
       </c>
       <c r="C7" s="5">
-        <v>-0.15793744800000553</v>
+        <v>-0.15793770699999499</v>
       </c>
       <c r="D7" s="5">
-        <v>-3.1337314605004662</v>
+        <v>-3.1337365641905035</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>59.967336596000003</v>
+        <v>59.967329874999997</v>
       </c>
       <c r="C8" s="5">
-        <v>0.51992590800000471</v>
+        <v>0.51992020599999478</v>
       </c>
       <c r="D8" s="5">
-        <v>11.015036952133816</v>
+        <v>11.014910479675667</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>59.504615569000002</v>
+        <v>59.504613753000001</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.46272102700000062</v>
+        <v>-0.46271612199999623</v>
       </c>
       <c r="D9" s="5">
-        <v>-8.8764311818275932</v>
+        <v>-8.876341998368364</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>59.851244735999998</v>
+        <v>59.851242663999997</v>
       </c>
       <c r="C10" s="5">
-        <v>0.34662916699999613</v>
+        <v>0.34662891099999626</v>
       </c>
       <c r="D10" s="5">
-        <v>7.2186656119194614</v>
+        <v>7.2186603360892887</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>60.361413958</v>
+        <v>60.361411836999999</v>
       </c>
       <c r="C11" s="5">
-        <v>0.51016922200000181</v>
+        <v>0.51016917300000131</v>
       </c>
       <c r="D11" s="5">
-        <v>10.722175670686784</v>
+        <v>10.722174980871202</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>60.646265732000003</v>
+        <v>60.646264344000002</v>
       </c>
       <c r="C12" s="5">
-        <v>0.28485177400000339</v>
+        <v>0.28485250700000364</v>
       </c>
       <c r="D12" s="5">
-        <v>5.8122428925553749</v>
+        <v>5.8122584488926154</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>61.699706677999998</v>
+        <v>61.699705039000001</v>
       </c>
       <c r="C13" s="5">
-        <v>1.0534409459999949</v>
+        <v>1.053440694999999</v>
       </c>
       <c r="D13" s="5">
-        <v>22.955629708362245</v>
+        <v>22.955624282583376</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>62.039434794000002</v>
+        <v>62.039433430000003</v>
       </c>
       <c r="C14" s="5">
-        <v>0.33972811600000341</v>
+        <v>0.3397283910000013</v>
       </c>
       <c r="D14" s="5">
-        <v>6.8112008874952501</v>
+        <v>6.8112067554422229</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>62.369818746999997</v>
+        <v>62.369836640000003</v>
       </c>
       <c r="C15" s="5">
-        <v>0.33038395299999479</v>
+        <v>0.33040321000000006</v>
       </c>
       <c r="D15" s="5">
-        <v>6.5810005126126558</v>
+        <v>6.5813955513836619</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>62.821244872000001</v>
+        <v>62.821243154999998</v>
       </c>
       <c r="C16" s="5">
-        <v>0.45142612500000467</v>
+        <v>0.45140651499999507</v>
       </c>
       <c r="D16" s="5">
-        <v>9.0397067018570745</v>
+        <v>9.039295557036553</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>62.835528384</v>
+        <v>62.835531660999997</v>
       </c>
       <c r="C17" s="5">
-        <v>1.4283511999998666E-2</v>
+        <v>1.4288505999999757E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>0.27318250210306427</v>
+        <v>0.27327814296087549</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>63.835559381000003</v>
+        <v>63.835558923999997</v>
       </c>
       <c r="C18" s="5">
-        <v>1.0000309970000032</v>
+        <v>1.0000272629999998</v>
       </c>
       <c r="D18" s="5">
-        <v>20.861718117424189</v>
+        <v>20.861632096241234</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>64.368382773999997</v>
+        <v>64.368382268999994</v>
       </c>
       <c r="C19" s="5">
-        <v>0.53282339299999393</v>
+        <v>0.53282334499999706</v>
       </c>
       <c r="D19" s="5">
-        <v>10.489028034656677</v>
+        <v>10.489027124517891</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>64.595837258000003</v>
+        <v>64.595829241999994</v>
       </c>
       <c r="C20" s="5">
-        <v>0.22745448400000612</v>
+        <v>0.22744697299999928</v>
       </c>
       <c r="D20" s="5">
-        <v>4.3237540755653781</v>
+        <v>4.3236085450001349</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>64.811460492999998</v>
+        <v>64.811458645000002</v>
       </c>
       <c r="C21" s="5">
-        <v>0.21562323499999536</v>
+        <v>0.21562940300000832</v>
       </c>
       <c r="D21" s="5">
-        <v>4.0800081357173612</v>
+        <v>4.0801275129101811</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>65.182075042999998</v>
+        <v>65.182072551999994</v>
       </c>
       <c r="C22" s="5">
-        <v>0.3706145499999991</v>
+        <v>0.37061390699999208</v>
       </c>
       <c r="D22" s="5">
-        <v>7.0820027300819932</v>
+        <v>7.0819902624573716</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>65.460244044999996</v>
+        <v>65.460241374999995</v>
       </c>
       <c r="C23" s="5">
-        <v>0.2781690019999985</v>
+        <v>0.27816882300000145</v>
       </c>
       <c r="D23" s="5">
-        <v>5.2430093483406104</v>
+        <v>5.2430061000097172</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>65.892618599000002</v>
+        <v>65.892616865999997</v>
       </c>
       <c r="C24" s="5">
-        <v>0.43237455400000613</v>
+        <v>0.43237549100000194</v>
       </c>
       <c r="D24" s="5">
-        <v>8.2205563070347552</v>
+        <v>8.2205751215044245</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>66.082355715999995</v>
+        <v>66.082354186000003</v>
       </c>
       <c r="C25" s="5">
-        <v>0.18973711699999285</v>
+        <v>0.18973732000000609</v>
       </c>
       <c r="D25" s="5">
-        <v>3.5106399630425056</v>
+        <v>3.5106438725635902</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>66.313500949000002</v>
+        <v>66.313499862</v>
       </c>
       <c r="C26" s="5">
-        <v>0.23114523300000656</v>
+        <v>0.23114567599999702</v>
       </c>
       <c r="D26" s="5">
-        <v>4.2791020222676002</v>
+        <v>4.2791104827551774</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>66.557846643000005</v>
+        <v>66.557864241999994</v>
       </c>
       <c r="C27" s="5">
-        <v>0.24434569400000328</v>
+        <v>0.24436437999999328</v>
       </c>
       <c r="D27" s="5">
-        <v>4.5123644216301217</v>
+        <v>4.5127165976311945</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>67.124037307999998</v>
+        <v>67.124035817999996</v>
       </c>
       <c r="C28" s="5">
-        <v>0.56619066499999349</v>
+        <v>0.56617157600000212</v>
       </c>
       <c r="D28" s="5">
-        <v>10.699507515604623</v>
+        <v>10.699126779538638</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>67.330798744999996</v>
+        <v>67.330803114000005</v>
       </c>
       <c r="C29" s="5">
-        <v>0.20676143699999727</v>
+        <v>0.20676729600000954</v>
       </c>
       <c r="D29" s="5">
-        <v>3.7596163078673417</v>
+        <v>3.7597247404054901</v>
       </c>
       <c r="E29" s="5">
-        <v>7.1540265143129389</v>
+        <v>7.1540278790862555</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>68.188645389000001</v>
+        <v>68.188645531999995</v>
       </c>
       <c r="C30" s="5">
-        <v>0.85784664400000565</v>
+        <v>0.85784241799998995</v>
       </c>
       <c r="D30" s="5">
-        <v>16.407123467317831</v>
+        <v>16.407035754877654</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>68.197796101999998</v>
+        <v>68.197796400000001</v>
       </c>
       <c r="C31" s="5">
-        <v>9.1507129999968129E-3</v>
+        <v>9.1508680000060849E-3</v>
       </c>
       <c r="D31" s="5">
-        <v>0.16115533536997795</v>
+        <v>0.16115806678804745</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>68.419877635999995</v>
+        <v>68.419869684000005</v>
       </c>
       <c r="C32" s="5">
-        <v>0.2220815339999973</v>
+        <v>0.22207328400000392</v>
       </c>
       <c r="D32" s="5">
-        <v>3.9784732963323188</v>
+        <v>3.9783228272996407</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>69.287409965999998</v>
+        <v>69.287409663999995</v>
       </c>
       <c r="C33" s="5">
-        <v>0.86753233000000307</v>
+        <v>0.86753997999998944</v>
       </c>
       <c r="D33" s="5">
-        <v>16.322682666415787</v>
+        <v>16.322838815602346</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>69.877928791000002</v>
+        <v>69.877922170999994</v>
       </c>
       <c r="C34" s="5">
-        <v>0.59051882500000374</v>
+        <v>0.59051250699999969</v>
       </c>
       <c r="D34" s="5">
-        <v>10.7205817338766</v>
+        <v>10.720461653503776</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>70.434220449999998</v>
+        <v>70.434216933000002</v>
       </c>
       <c r="C35" s="5">
-        <v>0.55629165899999578</v>
+        <v>0.55629476200000738</v>
       </c>
       <c r="D35" s="5">
-        <v>9.9826706895573594</v>
+        <v>9.9827298209110396</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>70.843601887999995</v>
+        <v>70.843599628000007</v>
       </c>
       <c r="C36" s="5">
-        <v>0.40938143799999693</v>
+        <v>0.40938269500000501</v>
       </c>
       <c r="D36" s="5">
-        <v>7.2020421358177433</v>
+        <v>7.2020653324438078</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>71.211536065000004</v>
+        <v>71.211535127000005</v>
       </c>
       <c r="C37" s="5">
-        <v>0.3679341770000093</v>
+        <v>0.36793549899999789</v>
       </c>
       <c r="D37" s="5">
-        <v>6.4134784330696082</v>
+        <v>6.4135023495887067</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>71.782761745000002</v>
+        <v>71.782760823000004</v>
       </c>
       <c r="C38" s="5">
-        <v>0.57122567999999774</v>
+        <v>0.57122569599999906</v>
       </c>
       <c r="D38" s="5">
-        <v>10.062079224263098</v>
+        <v>10.062079657089251</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>72.935690487000002</v>
+        <v>72.935708145999996</v>
       </c>
       <c r="C39" s="5">
-        <v>1.1529287420000003</v>
+        <v>1.1529473229999923</v>
       </c>
       <c r="D39" s="5">
-        <v>21.070748422803611</v>
+        <v>21.071118844192107</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>73.133055853000002</v>
+        <v>73.133054892000004</v>
       </c>
       <c r="C40" s="5">
-        <v>0.19736536599999965</v>
+        <v>0.19734674600000801</v>
       </c>
       <c r="D40" s="5">
-        <v>3.2959901803059966</v>
+        <v>3.2956737754957333</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>73.826055370999995</v>
+        <v>73.826061269999997</v>
       </c>
       <c r="C41" s="5">
-        <v>0.69299951799999349</v>
+        <v>0.69300637799999265</v>
       </c>
       <c r="D41" s="5">
-        <v>11.98279946615477</v>
+        <v>11.982924498785286</v>
       </c>
       <c r="E41" s="5">
-        <v>9.6467838597894762</v>
+        <v>9.6467855061860064</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>74.273276870999993</v>
+        <v>74.273278254000004</v>
       </c>
       <c r="C42" s="5">
-        <v>0.44722149999999772</v>
+        <v>0.44721698400000776</v>
       </c>
       <c r="D42" s="5">
-        <v>7.5164834165067251</v>
+        <v>7.5164043485563603</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>74.842581511000006</v>
+        <v>74.842583571999995</v>
       </c>
       <c r="C43" s="5">
-        <v>0.5693046400000128</v>
+        <v>0.56930531799999073</v>
       </c>
       <c r="D43" s="5">
-        <v>9.5958445740923715</v>
+        <v>9.5958563017783494</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>75.547683543000005</v>
+        <v>75.547676100999993</v>
       </c>
       <c r="C44" s="5">
-        <v>0.70510203199999921</v>
+        <v>0.70509252899999808</v>
       </c>
       <c r="D44" s="5">
-        <v>11.909955088326418</v>
+        <v>11.909785820001551</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>75.740838463000003</v>
+        <v>75.740841098999994</v>
       </c>
       <c r="C45" s="5">
-        <v>0.19315491999999779</v>
+        <v>0.19316499800000031</v>
       </c>
       <c r="D45" s="5">
-        <v>3.111587360961976</v>
+        <v>3.1117523110290923</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>75.848755241000006</v>
+        <v>75.848740644000003</v>
       </c>
       <c r="C46" s="5">
-        <v>0.10791677800000343</v>
+        <v>0.10789954500000931</v>
       </c>
       <c r="D46" s="5">
-        <v>1.7232420179886132</v>
+        <v>1.7229646170332069</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>76.785657483999998</v>
+        <v>76.785652120999998</v>
       </c>
       <c r="C47" s="5">
-        <v>0.93690224299999159</v>
+        <v>0.93691147699999533</v>
       </c>
       <c r="D47" s="5">
-        <v>15.872343965788582</v>
+        <v>15.872514444283681</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>77.719721888999999</v>
+        <v>77.719717166999999</v>
       </c>
       <c r="C48" s="5">
-        <v>0.93406440500000087</v>
+        <v>0.93406504600000062</v>
       </c>
       <c r="D48" s="5">
-        <v>15.614835772199488</v>
+        <v>15.614848379295697</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>78.039951494999997</v>
+        <v>78.039949633000006</v>
       </c>
       <c r="C49" s="5">
-        <v>0.32022960599999806</v>
+        <v>0.32023246600000732</v>
       </c>
       <c r="D49" s="5">
-        <v>5.0579773470843969</v>
+        <v>5.0580238632461416</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>78.646096178999997</v>
+        <v>78.646095536999994</v>
       </c>
       <c r="C50" s="5">
-        <v>0.60614468400000021</v>
+        <v>0.60614590399998747</v>
       </c>
       <c r="D50" s="5">
-        <v>9.7291844205749545</v>
+        <v>9.72920508884485</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>78.831662956000002</v>
+        <v>78.831680078999995</v>
       </c>
       <c r="C51" s="5">
-        <v>0.18556677700000535</v>
+        <v>0.18558454200000085</v>
       </c>
       <c r="D51" s="5">
-        <v>2.8684548767771822</v>
+        <v>2.8687330821793644</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>80.054203237999999</v>
+        <v>80.054208689999996</v>
       </c>
       <c r="C52" s="5">
-        <v>1.2225402819999971</v>
+        <v>1.2225286110000013</v>
       </c>
       <c r="D52" s="5">
-        <v>20.282214698060862</v>
+        <v>20.281999480946066</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>81.023937903000004</v>
+        <v>81.023949762000001</v>
       </c>
       <c r="C53" s="5">
-        <v>0.96973466500000427</v>
+        <v>0.96974107200000503</v>
       </c>
       <c r="D53" s="5">
-        <v>15.544822176073447</v>
+        <v>15.544930686975956</v>
       </c>
       <c r="E53" s="5">
-        <v>9.7497861640152728</v>
+        <v>9.7497934579979351</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>81.690276816999997</v>
+        <v>81.690281803000005</v>
       </c>
       <c r="C54" s="5">
-        <v>0.66633891399999357</v>
+        <v>0.66633204100000398</v>
       </c>
       <c r="D54" s="5">
-        <v>10.327620293555317</v>
+        <v>10.327507324227536</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>81.590186947999996</v>
+        <v>81.590189631000001</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.10008986900000139</v>
+        <v>-0.10009217200000364</v>
       </c>
       <c r="D55" s="5">
-        <v>-1.4604156268027246</v>
+        <v>-1.4604489153107858</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>82.009911352000003</v>
+        <v>82.009903795</v>
       </c>
       <c r="C56" s="5">
-        <v>0.41972440400000721</v>
+        <v>0.41971416399999839</v>
       </c>
       <c r="D56" s="5">
-        <v>6.3508512967616726</v>
+        <v>6.3506917307112998</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>83.119744019999999</v>
+        <v>83.119744441999998</v>
       </c>
       <c r="C57" s="5">
-        <v>1.1098326679999957</v>
+        <v>1.1098406469999986</v>
       </c>
       <c r="D57" s="5">
-        <v>17.504434161816373</v>
+        <v>17.504571253496003</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>83.499413523000001</v>
+        <v>83.499385649999994</v>
       </c>
       <c r="C58" s="5">
-        <v>0.37966950300000235</v>
+        <v>0.37964120799999534</v>
       </c>
       <c r="D58" s="5">
-        <v>5.6211122760470245</v>
+        <v>5.6206827524485359</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>84.412157530000002</v>
+        <v>84.412149131000007</v>
       </c>
       <c r="C59" s="5">
-        <v>0.91274400700000058</v>
+        <v>0.91276348100001314</v>
       </c>
       <c r="D59" s="5">
-        <v>13.935459305296627</v>
+        <v>13.935779661577818</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>85.621661846999999</v>
+        <v>85.621654984000003</v>
       </c>
       <c r="C60" s="5">
-        <v>1.2095043169999968</v>
+        <v>1.209505852999996</v>
       </c>
       <c r="D60" s="5">
-        <v>18.616150511188788</v>
+        <v>18.616178046656053</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>86.478011066999997</v>
+        <v>86.477996989999994</v>
       </c>
       <c r="C61" s="5">
-        <v>0.85634921999999847</v>
+        <v>0.85634200599999133</v>
       </c>
       <c r="D61" s="5">
-        <v>12.684576421830052</v>
+        <v>12.684464693336261</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>87.317799162</v>
+        <v>87.317803976999997</v>
       </c>
       <c r="C62" s="5">
-        <v>0.83978809500000295</v>
+        <v>0.83980698700000289</v>
       </c>
       <c r="D62" s="5">
-        <v>12.296199559505116</v>
+        <v>12.296493225239136</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>87.330047390999994</v>
+        <v>87.330072189000006</v>
       </c>
       <c r="C63" s="5">
-        <v>1.2248228999993671E-2</v>
+        <v>1.2268212000009271E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>0.16845614049001423</v>
+        <v>0.16873117998563725</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>87.854893476000001</v>
+        <v>87.854915246999994</v>
       </c>
       <c r="C64" s="5">
-        <v>0.52484608500000718</v>
+        <v>0.52484305799998765</v>
       </c>
       <c r="D64" s="5">
-        <v>7.4551235895508272</v>
+        <v>7.4550769743743528</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>88.431160294999998</v>
+        <v>88.431187042000005</v>
       </c>
       <c r="C65" s="5">
-        <v>0.5762668189999971</v>
+        <v>0.57627179500001091</v>
       </c>
       <c r="D65" s="5">
-        <v>8.1614255421407869</v>
+        <v>8.1614964807852139</v>
       </c>
       <c r="E65" s="5">
-        <v>9.1420172651540899</v>
+        <v>9.1420343019046122</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>89.108115057999996</v>
+        <v>89.108127318000001</v>
       </c>
       <c r="C66" s="5">
-        <v>0.67695476299999768</v>
+        <v>0.67694027599999629</v>
       </c>
       <c r="D66" s="5">
-        <v>9.5830043129681908</v>
+        <v>9.5827875024871325</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>89.524587267000001</v>
+        <v>89.524586850000006</v>
       </c>
       <c r="C67" s="5">
-        <v>0.41647220900000548</v>
+        <v>0.41645953200000463</v>
       </c>
       <c r="D67" s="5">
-        <v>5.7549845846558867</v>
+        <v>5.7548040691708824</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>90.367697014000001</v>
+        <v>90.367679718000005</v>
       </c>
       <c r="C68" s="5">
-        <v>0.84310974699999974</v>
+        <v>0.84309286799999938</v>
       </c>
       <c r="D68" s="5">
-        <v>11.905297327245679</v>
+        <v>11.905046563995981</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>91.203333244999996</v>
+        <v>91.203321513000006</v>
       </c>
       <c r="C69" s="5">
-        <v>0.83563623099999518</v>
+        <v>0.8356417950000008</v>
       </c>
       <c r="D69" s="5">
-        <v>11.678598794731743</v>
+        <v>11.678682902399906</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>92.183989871999998</v>
+        <v>92.183945413999993</v>
       </c>
       <c r="C70" s="5">
-        <v>0.98065662700000189</v>
+        <v>0.98062390099998709</v>
       </c>
       <c r="D70" s="5">
-        <v>13.693983331232795</v>
+        <v>13.693500852610807</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>92.635993010000007</v>
+        <v>92.635977893000003</v>
       </c>
       <c r="C71" s="5">
-        <v>0.45200313800000913</v>
+        <v>0.45203247900001031</v>
       </c>
       <c r="D71" s="5">
-        <v>6.0452258805768544</v>
+        <v>6.0456319339879716</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>92.258091093000004</v>
+        <v>92.258078049000005</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.37790191700000264</v>
+        <v>-0.3778998439999981</v>
       </c>
       <c r="D72" s="5">
-        <v>-4.7869587563296729</v>
+        <v>-4.7869338472919409</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>93.271667307000001</v>
+        <v>93.271637971999994</v>
       </c>
       <c r="C73" s="5">
-        <v>1.0135762139999969</v>
+        <v>1.0135599229999883</v>
       </c>
       <c r="D73" s="5">
-        <v>14.010095528996391</v>
+        <v>14.009858672670038</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>94.385654556999995</v>
+        <v>94.385662608999993</v>
       </c>
       <c r="C74" s="5">
-        <v>1.1139872499999939</v>
+        <v>1.114024637</v>
       </c>
       <c r="D74" s="5">
-        <v>15.312137133027903</v>
+        <v>15.312690384910921</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>95.611505515999994</v>
+        <v>95.611542178999997</v>
       </c>
       <c r="C75" s="5">
-        <v>1.2258509589999989</v>
+        <v>1.2258795700000036</v>
       </c>
       <c r="D75" s="5">
-        <v>16.748141854064279</v>
+        <v>16.748559554058783</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>96.636059943999996</v>
+        <v>96.636108852999996</v>
       </c>
       <c r="C76" s="5">
-        <v>1.0245544280000018</v>
+        <v>1.024566673999999</v>
       </c>
       <c r="D76" s="5">
-        <v>13.644571043119736</v>
+        <v>13.644738315318561</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>97.618301138000007</v>
+        <v>97.618367547000005</v>
       </c>
       <c r="C77" s="5">
-        <v>0.98224119400001086</v>
+        <v>0.98225869400000931</v>
       </c>
       <c r="D77" s="5">
-        <v>12.902710754941227</v>
+        <v>12.902946735848641</v>
       </c>
       <c r="E77" s="5">
-        <v>10.389031210664168</v>
+        <v>10.389072919078401</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>98.543043190999995</v>
+        <v>98.543118340000007</v>
       </c>
       <c r="C78" s="5">
-        <v>0.92474205299998857</v>
+        <v>0.92475079300000118</v>
       </c>
       <c r="D78" s="5">
-        <v>11.979028612641507</v>
+        <v>11.97913921418381</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>99.561688212000007</v>
+        <v>99.561629874999994</v>
       </c>
       <c r="C79" s="5">
-        <v>1.0186450210000118</v>
+        <v>1.0185115349999876</v>
       </c>
       <c r="D79" s="5">
-        <v>13.134584326239729</v>
+        <v>13.132753544423714</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>100.49759648</v>
+        <v>100.49754939</v>
       </c>
       <c r="C80" s="5">
-        <v>0.93590826799999149</v>
+        <v>0.93591951500000903</v>
       </c>
       <c r="D80" s="5">
-        <v>11.882220585684244</v>
+        <v>11.882378165026729</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>101.27685827000001</v>
+        <v>101.2768291</v>
       </c>
       <c r="C81" s="5">
-        <v>0.77926179000000673</v>
+        <v>0.77927970999999729</v>
       </c>
       <c r="D81" s="5">
-        <v>9.7121040549417401</v>
+        <v>9.7123417523430788</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>101.92292055</v>
+        <v>101.92286126</v>
       </c>
       <c r="C82" s="5">
-        <v>0.64606227999999533</v>
+        <v>0.6460321600000043</v>
       </c>
       <c r="D82" s="5">
-        <v>7.9293767966473361</v>
+        <v>7.9289964215582653</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>101.63818431999999</v>
+        <v>101.63815074999999</v>
       </c>
       <c r="C83" s="5">
-        <v>-0.28473623000000714</v>
+        <v>-0.28471051000001069</v>
       </c>
       <c r="D83" s="5">
-        <v>-3.3013386798391164</v>
+        <v>-3.3010469299127654</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>101.67488527</v>
+        <v>101.67486817</v>
       </c>
       <c r="C84" s="5">
-        <v>3.6700950000010835E-2</v>
+        <v>3.6717420000002221E-2</v>
       </c>
       <c r="D84" s="5">
-        <v>0.43417453922141025</v>
+        <v>0.43436991140153314</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>101.96289607999999</v>
+        <v>101.96285029000001</v>
       </c>
       <c r="C85" s="5">
-        <v>0.28801080999998874</v>
+        <v>0.28798212000000944</v>
       </c>
       <c r="D85" s="5">
-        <v>3.4526586258319725</v>
+        <v>3.4523099058510143</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>101.86020775</v>
+        <v>101.86021751</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.10268832999999233</v>
+        <v>-0.10263278000000753</v>
       </c>
       <c r="D86" s="5">
-        <v>-1.2018657965309765</v>
+        <v>-1.2012197700734917</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>101.78579553</v>
+        <v>101.78585053</v>
       </c>
       <c r="C87" s="5">
-        <v>-7.4412219999999252E-2</v>
+        <v>-7.4366979999993532E-2</v>
       </c>
       <c r="D87" s="5">
-        <v>-0.87312561466691418</v>
+        <v>-0.87259683159826018</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>102.08291358</v>
+        <v>102.08299674</v>
       </c>
       <c r="C88" s="5">
-        <v>0.29711804999999458</v>
+        <v>0.29714620999999397</v>
       </c>
       <c r="D88" s="5">
-        <v>3.5596511629538252</v>
+        <v>3.5599920172105781</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>102.38159743999999</v>
+        <v>102.38168606000001</v>
       </c>
       <c r="C89" s="5">
-        <v>0.29868385999999703</v>
+        <v>0.29868932000000825</v>
       </c>
       <c r="D89" s="5">
-        <v>3.5681300702301133</v>
+        <v>3.5681933958809253</v>
       </c>
       <c r="E89" s="5">
-        <v>4.8795115736200545</v>
+        <v>4.8795310070173237</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>102.64237076000001</v>
+        <v>102.64252445</v>
       </c>
       <c r="C90" s="5">
-        <v>0.26077332000001263</v>
+        <v>0.26083838999998932</v>
       </c>
       <c r="D90" s="5">
-        <v>3.0996702663084186</v>
+        <v>3.1004518664742298</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>103.41312308000001</v>
+        <v>103.41301300000001</v>
       </c>
       <c r="C91" s="5">
-        <v>0.77075231999999971</v>
+        <v>0.77048855000001026</v>
       </c>
       <c r="D91" s="5">
-        <v>9.3925520787558447</v>
+        <v>9.3891892248347162</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>104.32836785000001</v>
+        <v>104.32828831</v>
       </c>
       <c r="C92" s="5">
-        <v>0.91524477000000104</v>
+        <v>0.9152753099999984</v>
       </c>
       <c r="D92" s="5">
-        <v>11.152979780842532</v>
+        <v>11.153382690883195</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>104.0777351</v>
+        <v>104.07767604999999</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.25063275000000829</v>
+        <v>-0.25061226000001113</v>
       </c>
       <c r="D93" s="5">
-        <v>-2.8450272440233126</v>
+        <v>-2.844799858860747</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>105.21328025</v>
+        <v>105.21325736999999</v>
       </c>
       <c r="C94" s="5">
-        <v>1.1355451499999987</v>
+        <v>1.13558132</v>
       </c>
       <c r="D94" s="5">
-        <v>13.907609584923497</v>
+        <v>13.908087863219887</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>106.14252698</v>
+        <v>106.14245071000001</v>
       </c>
       <c r="C95" s="5">
-        <v>0.92924673000000269</v>
+        <v>0.92919334000001186</v>
       </c>
       <c r="D95" s="5">
-        <v>11.128728081154215</v>
+        <v>11.128059844803007</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>106.99215013</v>
+        <v>106.9921083</v>
       </c>
       <c r="C96" s="5">
-        <v>0.84962314999999933</v>
+        <v>0.84965758999999252</v>
       </c>
       <c r="D96" s="5">
-        <v>10.039829510556508</v>
+        <v>10.040262098726771</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>107.80384384</v>
+        <v>107.80378372</v>
       </c>
       <c r="C97" s="5">
-        <v>0.81169371000000012</v>
+        <v>0.81167542000000026</v>
       </c>
       <c r="D97" s="5">
-        <v>9.4934076984138915</v>
+        <v>9.493188646504036</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>109.03767555</v>
+        <v>109.03767790000001</v>
       </c>
       <c r="C98" s="5">
-        <v>1.233831710000004</v>
+        <v>1.2338941800000072</v>
       </c>
       <c r="D98" s="5">
-        <v>14.632578416691477</v>
+        <v>14.633375205610877</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>110.060075</v>
+        <v>110.06014009</v>
       </c>
       <c r="C99" s="5">
-        <v>1.0223994499999947</v>
+        <v>1.0224621899999988</v>
       </c>
       <c r="D99" s="5">
-        <v>11.850682055673524</v>
+        <v>11.851446918209341</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>111.10420655</v>
+        <v>111.10432056000001</v>
       </c>
       <c r="C100" s="5">
-        <v>1.044131550000003</v>
+        <v>1.0441804700000006</v>
       </c>
       <c r="D100" s="5">
-        <v>11.997511582481435</v>
+        <v>11.99809587385321</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>111.67323334</v>
+        <v>111.67334947000001</v>
       </c>
       <c r="C101" s="5">
-        <v>0.56902678999999523</v>
+        <v>0.56902891000000011</v>
       </c>
       <c r="D101" s="5">
-        <v>6.3219815144814673</v>
+        <v>6.3219990642646717</v>
       </c>
       <c r="E101" s="5">
-        <v>9.0754941633385933</v>
+        <v>9.0755131777715548</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>113.01946459</v>
+        <v>113.01972833000001</v>
       </c>
       <c r="C102" s="5">
-        <v>1.3462312500000024</v>
+        <v>1.3463788600000015</v>
       </c>
       <c r="D102" s="5">
-        <v>15.464866684967671</v>
+        <v>15.466659178920871</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>113.8738834</v>
+        <v>113.87370494</v>
       </c>
       <c r="C103" s="5">
-        <v>0.85441880999999853</v>
+        <v>0.85397660999998948</v>
       </c>
       <c r="D103" s="5">
-        <v>9.4587869871004528</v>
+        <v>9.4536634491090066</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>114.35213578</v>
+        <v>114.35205223</v>
       </c>
       <c r="C104" s="5">
-        <v>0.4782523800000007</v>
+        <v>0.47834729000000209</v>
       </c>
       <c r="D104" s="5">
-        <v>5.1578715791784413</v>
+        <v>5.1589272039088252</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>115.53771930000001</v>
+        <v>115.53768583</v>
       </c>
       <c r="C105" s="5">
-        <v>1.1855835200000087</v>
+        <v>1.1856336000000027</v>
       </c>
       <c r="D105" s="5">
-        <v>13.175942343886039</v>
+        <v>13.176541203486657</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>115.58142552</v>
+        <v>115.58141049</v>
       </c>
       <c r="C106" s="5">
-        <v>4.3706219999990026E-2</v>
+        <v>4.3724659999995197E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>0.45488800198643098</v>
+        <v>0.45508045458921842</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>115.93125778</v>
+        <v>115.93112142</v>
       </c>
       <c r="C107" s="5">
-        <v>0.34983225999999945</v>
+        <v>0.34971093000000053</v>
       </c>
       <c r="D107" s="5">
-        <v>3.6931372312614785</v>
+        <v>3.691835463228621</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>116.66566141</v>
+        <v>116.66555228</v>
       </c>
       <c r="C108" s="5">
-        <v>0.73440363000000275</v>
+        <v>0.73443086000000335</v>
       </c>
       <c r="D108" s="5">
-        <v>7.8723146876284344</v>
+        <v>7.8726264042898952</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>117.19730432</v>
+        <v>117.19724039</v>
       </c>
       <c r="C109" s="5">
-        <v>0.53164291000000219</v>
+        <v>0.5316881100000046</v>
       </c>
       <c r="D109" s="5">
-        <v>5.6075335145536309</v>
+        <v>5.6080276550313002</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>118.30210352</v>
+        <v>118.30208807</v>
       </c>
       <c r="C110" s="5">
-        <v>1.1047992000000022</v>
+        <v>1.1048476799999918</v>
       </c>
       <c r="D110" s="5">
-        <v>11.917533982578732</v>
+        <v>11.918091189120528</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>118.54905982</v>
+        <v>118.54912791</v>
       </c>
       <c r="C111" s="5">
-        <v>0.24695629999999369</v>
+        <v>0.24703983999999934</v>
       </c>
       <c r="D111" s="5">
-        <v>2.5339684383952843</v>
+        <v>2.5348358290605777</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>118.56294538</v>
+        <v>118.56307715</v>
       </c>
       <c r="C112" s="5">
-        <v>1.3885560000005626E-2</v>
+        <v>1.3949240000002305E-2</v>
       </c>
       <c r="D112" s="5">
-        <v>0.14064565750273594</v>
+        <v>0.14129100309305809</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>118.96067179000001</v>
+        <v>118.96078953</v>
       </c>
       <c r="C113" s="5">
-        <v>0.39772641000000419</v>
+        <v>0.39771238000000153</v>
       </c>
       <c r="D113" s="5">
-        <v>4.1005779701821288</v>
+        <v>4.1004259995507608</v>
       </c>
       <c r="E113" s="5">
-        <v>6.5256805342178037</v>
+        <v>6.5256751898157273</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>119.12171857</v>
+        <v>119.12204131999999</v>
       </c>
       <c r="C114" s="5">
-        <v>0.1610467799999924</v>
+        <v>0.16125178999999434</v>
       </c>
       <c r="D114" s="5">
-        <v>1.6366887703079813</v>
+        <v>1.6387861725779551</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>118.13511956000001</v>
+        <v>118.13495346000001</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.98659900999999195</v>
+        <v>-0.98708785999998838</v>
       </c>
       <c r="D115" s="5">
-        <v>-9.4982665504021018</v>
+        <v>-9.5027358804529172</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>118.62454722</v>
+        <v>118.62450327000001</v>
       </c>
       <c r="C116" s="5">
-        <v>0.48942765999998983</v>
+        <v>0.48954980999999975</v>
       </c>
       <c r="D116" s="5">
-        <v>5.0863992402189639</v>
+        <v>5.0877050788684208</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>119.03493978</v>
+        <v>119.03496767999999</v>
       </c>
       <c r="C117" s="5">
-        <v>0.41039256000000535</v>
+        <v>0.41046440999998879</v>
       </c>
       <c r="D117" s="5">
-        <v>4.2314226803984223</v>
+        <v>4.2321792552771242</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>119.70158545</v>
+        <v>119.70161585</v>
       </c>
       <c r="C118" s="5">
-        <v>0.66664566999999408</v>
+        <v>0.66664817000000198</v>
       </c>
       <c r="D118" s="5">
-        <v>6.9314247381091931</v>
+        <v>6.9314498626195986</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>120.05043755</v>
+        <v>120.05017777</v>
       </c>
       <c r="C119" s="5">
-        <v>0.348852100000002</v>
+        <v>0.34856192000000874</v>
       </c>
       <c r="D119" s="5">
-        <v>3.5538225960100256</v>
+        <v>3.5508180573207371</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>121.83383468</v>
+        <v>121.83363135</v>
       </c>
       <c r="C120" s="5">
-        <v>1.7833971299999973</v>
+        <v>1.7834535799999998</v>
       </c>
       <c r="D120" s="5">
-        <v>19.357577880047039</v>
+        <v>19.358286883833962</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>122.26755423</v>
+        <v>122.26752288</v>
       </c>
       <c r="C121" s="5">
-        <v>0.43371955000000639</v>
+        <v>0.43389152999999681</v>
       </c>
       <c r="D121" s="5">
-        <v>4.3565551826802995</v>
+        <v>4.358324052403284</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>123.26203792</v>
+        <v>123.26200267999999</v>
       </c>
       <c r="C122" s="5">
-        <v>0.99448368999999559</v>
+        <v>0.99447979999999347</v>
       </c>
       <c r="D122" s="5">
-        <v>10.209092421217726</v>
+        <v>10.209053420291724</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>123.77212831999999</v>
+        <v>123.7721777</v>
       </c>
       <c r="C123" s="5">
-        <v>0.51009039999999573</v>
+        <v>0.51017502000000547</v>
       </c>
       <c r="D123" s="5">
-        <v>5.0805124102000443</v>
+        <v>5.0813759913611367</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>124.71110312</v>
+        <v>124.71122763</v>
       </c>
       <c r="C124" s="5">
-        <v>0.9389748000000111</v>
+        <v>0.93904992999999592</v>
       </c>
       <c r="D124" s="5">
-        <v>9.493198420229799</v>
+        <v>9.4939860226163972</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>125.67221307</v>
+        <v>125.67234041</v>
       </c>
       <c r="C125" s="5">
-        <v>0.96110994999999377</v>
+        <v>0.96111278000000766</v>
       </c>
       <c r="D125" s="5">
-        <v>9.6502704324773259</v>
+        <v>9.6502900161911764</v>
       </c>
       <c r="E125" s="5">
-        <v>5.6418152142313049</v>
+        <v>5.6418177001989811</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>125.16302537</v>
+        <v>125.16338983999999</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.50918769999999824</v>
+        <v>-0.50895057000001032</v>
       </c>
       <c r="D126" s="5">
-        <v>-4.7551572074698516</v>
+        <v>-4.7529871003750053</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>126.20508286</v>
+        <v>126.20492724</v>
       </c>
       <c r="C127" s="5">
-        <v>1.0420574900000048</v>
+        <v>1.0415374000000099</v>
       </c>
       <c r="D127" s="5">
-        <v>10.461142324223038</v>
+        <v>10.455648082429537</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>127.92316114</v>
+        <v>127.92318203000001</v>
       </c>
       <c r="C128" s="5">
-        <v>1.7180782800000003</v>
+        <v>1.7182547900000031</v>
       </c>
       <c r="D128" s="5">
-        <v>17.61644222800043</v>
+        <v>17.618413083392692</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>128.7663153</v>
+        <v>128.76644819000001</v>
       </c>
       <c r="C129" s="5">
-        <v>0.84315415999999743</v>
+        <v>0.84326615999999888</v>
       </c>
       <c r="D129" s="5">
-        <v>8.2024330367024501</v>
+        <v>8.2035610177410234</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>129.28480406</v>
+        <v>129.28483374999999</v>
       </c>
       <c r="C130" s="5">
-        <v>0.51848875999999677</v>
+        <v>0.51838555999998448</v>
       </c>
       <c r="D130" s="5">
-        <v>4.9403621090083893</v>
+        <v>4.9393516943001758</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>130.67034267</v>
+        <v>130.66994245999999</v>
       </c>
       <c r="C131" s="5">
-        <v>1.3855386099999976</v>
+        <v>1.3851087099999972</v>
       </c>
       <c r="D131" s="5">
-        <v>13.646111662779226</v>
+        <v>13.641621732489728</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>130.78052790000001</v>
+        <v>130.78021527000001</v>
       </c>
       <c r="C132" s="5">
-        <v>0.11018523000001323</v>
+        <v>0.11027281000002631</v>
       </c>
       <c r="D132" s="5">
-        <v>1.0165827718935594</v>
+        <v>1.0173976805803786</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>131.55652778999999</v>
+        <v>131.55657291</v>
       </c>
       <c r="C133" s="5">
-        <v>0.77599988999998004</v>
+        <v>0.7763576399999863</v>
       </c>
       <c r="D133" s="5">
-        <v>7.3573535203826701</v>
+        <v>7.3608750711778637</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>132.01560339</v>
+        <v>132.01554333999999</v>
       </c>
       <c r="C134" s="5">
-        <v>0.45907560000000558</v>
+        <v>0.45897042999999371</v>
       </c>
       <c r="D134" s="5">
-        <v>4.2687940075572417</v>
+        <v>4.2677957333642214</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>132.00188084000001</v>
+        <v>132.00191298999999</v>
       </c>
       <c r="C135" s="5">
-        <v>-1.3722549999982903E-2</v>
+        <v>-1.363034999999968E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>-0.12466442248091347</v>
+        <v>-0.12382735058295014</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>132.47302715000001</v>
+        <v>132.47314363000001</v>
       </c>
       <c r="C136" s="5">
-        <v>0.47114630999999463</v>
+        <v>0.47123064000001591</v>
       </c>
       <c r="D136" s="5">
-        <v>4.3681761682080822</v>
+        <v>4.3689723532780667</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>132.40630397000001</v>
+        <v>132.40641024999999</v>
       </c>
       <c r="C137" s="5">
-        <v>-6.6723179999996773E-2</v>
+        <v>-6.6733380000016496E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>-0.60273691477390479</v>
+        <v>-0.60282827169407804</v>
       </c>
       <c r="E137" s="5">
-        <v>5.358456523916777</v>
+        <v>5.35843433648997</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>132.21141796000001</v>
+        <v>132.21174701000001</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.19488601000000472</v>
+        <v>-0.19466323999998281</v>
       </c>
       <c r="D138" s="5">
-        <v>-1.7520258660955745</v>
+        <v>-1.7500379359036811</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>131.30835135999999</v>
+        <v>131.30828657000001</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.90306660000001671</v>
+        <v>-0.90346044000000347</v>
       </c>
       <c r="D139" s="5">
-        <v>-7.8955472230403227</v>
+        <v>-7.8988432868476677</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>129.3679166</v>
+        <v>129.36800083</v>
       </c>
       <c r="C140" s="5">
-        <v>-1.940434759999988</v>
+        <v>-1.9402857400000073</v>
       </c>
       <c r="D140" s="5">
-        <v>-16.360615832189428</v>
+        <v>-16.359467113544003</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>127.04094984</v>
+        <v>127.04112138000001</v>
       </c>
       <c r="C141" s="5">
-        <v>-2.3269667600000048</v>
+        <v>-2.3268794499999927</v>
       </c>
       <c r="D141" s="5">
-        <v>-19.572276467256856</v>
+        <v>-19.571601659297009</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>125.46151549</v>
+        <v>125.46157614000001</v>
       </c>
       <c r="C142" s="5">
-        <v>-1.5794343499999997</v>
+        <v>-1.5795452400000016</v>
       </c>
       <c r="D142" s="5">
-        <v>-13.939955826895222</v>
+        <v>-13.94085104358359</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>123.74936264999999</v>
+        <v>123.74891297000001</v>
       </c>
       <c r="C143" s="5">
-        <v>-1.7121528400000017</v>
+        <v>-1.712663169999999</v>
       </c>
       <c r="D143" s="5">
-        <v>-15.201279450890116</v>
+        <v>-15.205468965370084</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>120.8638157</v>
+        <v>120.86349469</v>
       </c>
       <c r="C144" s="5">
-        <v>-2.8855469499999913</v>
+        <v>-2.8854182800000103</v>
       </c>
       <c r="D144" s="5">
-        <v>-24.657511461513472</v>
+        <v>-24.656627385969088</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>120.21597767999999</v>
+        <v>120.21607636</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.6478380200000089</v>
+        <v>-0.6474183299999936</v>
       </c>
       <c r="D145" s="5">
-        <v>-6.2458064935736353</v>
+        <v>-6.2418948104574596</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>118.08962357999999</v>
+        <v>118.08957147</v>
       </c>
       <c r="C146" s="5">
-        <v>-2.1263541000000004</v>
+        <v>-2.1265048900000068</v>
       </c>
       <c r="D146" s="5">
-        <v>-19.277510740607106</v>
+        <v>-19.278733319348007</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>116.39882043999999</v>
+        <v>116.39883033</v>
       </c>
       <c r="C147" s="5">
-        <v>-1.6908031399999999</v>
+        <v>-1.6907411400000001</v>
       </c>
       <c r="D147" s="5">
-        <v>-15.891073037393276</v>
+        <v>-15.890541896318632</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>114.56206677999999</v>
+        <v>114.56213842</v>
       </c>
       <c r="C148" s="5">
-        <v>-1.8367536599999994</v>
+        <v>-1.836691909999999</v>
       </c>
       <c r="D148" s="5">
-        <v>-17.375826419241626</v>
+        <v>-17.375290644826968</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>113.41603344000001</v>
+        <v>113.41610498</v>
       </c>
       <c r="C149" s="5">
-        <v>-1.1460333399999882</v>
+        <v>-1.1460334399999965</v>
       </c>
       <c r="D149" s="5">
-        <v>-11.365382945156233</v>
+        <v>-11.365377162141277</v>
       </c>
       <c r="E149" s="5">
-        <v>-14.342421743229639</v>
+        <v>-14.342436468252483</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>111.76178141</v>
+        <v>111.76197311999999</v>
       </c>
       <c r="C150" s="5">
-        <v>-1.6542520300000092</v>
+        <v>-1.6541318600000068</v>
       </c>
       <c r="D150" s="5">
-        <v>-16.164813736661209</v>
+        <v>-16.163722629435085</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>111.02474897</v>
+        <v>111.02475068</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.73703243999999302</v>
+        <v>-0.73722243999999648</v>
       </c>
       <c r="D151" s="5">
-        <v>-7.632792845027236</v>
+        <v>-7.6346770519287404</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>110.12809942</v>
+        <v>110.12820627000001</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.89664955000000646</v>
+        <v>-0.89654440999998997</v>
       </c>
       <c r="D152" s="5">
-        <v>-9.2722517050054858</v>
+        <v>-9.2712121427035221</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>109.00725291000001</v>
+        <v>109.00742218000001</v>
       </c>
       <c r="C153" s="5">
-        <v>-1.1208465099999927</v>
+        <v>-1.1207840900000008</v>
       </c>
       <c r="D153" s="5">
-        <v>-11.552205031675788</v>
+        <v>-11.551586675456981</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>108.53579889</v>
+        <v>108.53581056</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.47145402000001013</v>
+        <v>-0.47161162000000445</v>
       </c>
       <c r="D154" s="5">
-        <v>-5.0682808612645296</v>
+        <v>-5.0699273151472601</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>107.89074746</v>
+        <v>107.89038715</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.64505142999999521</v>
+        <v>-0.64542341000000647</v>
       </c>
       <c r="D155" s="5">
-        <v>-6.9032896313016341</v>
+        <v>-6.9071405265512915</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>106.32013449999999</v>
+        <v>106.31986302</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.5706129600000054</v>
+        <v>-1.5705241299999955</v>
       </c>
       <c r="D156" s="5">
-        <v>-16.135958905158134</v>
+        <v>-16.135167730809798</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>105.60866716</v>
+        <v>105.60878925</v>
       </c>
       <c r="C157" s="5">
-        <v>-0.71146733999999867</v>
+        <v>-0.71107376999999872</v>
       </c>
       <c r="D157" s="5">
-        <v>-7.7410449477605558</v>
+        <v>-7.7369380595993187</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>104.45352595999999</v>
+        <v>104.4534876</v>
       </c>
       <c r="C158" s="5">
-        <v>-1.1551412000000028</v>
+        <v>-1.1553016499999984</v>
       </c>
       <c r="D158" s="5">
-        <v>-12.36400594951974</v>
+        <v>-12.365607890508201</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>103.77712493</v>
+        <v>103.77713095999999</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.67640102999999385</v>
+        <v>-0.67635664000000872</v>
       </c>
       <c r="D159" s="5">
-        <v>-7.4998664200494503</v>
+        <v>-7.4993942796406809</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>103.06272475999999</v>
+        <v>103.06276849</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.71440017000000466</v>
+        <v>-0.71436246999999753</v>
       </c>
       <c r="D160" s="5">
-        <v>-7.9550799807091348</v>
+        <v>-7.954675498357755</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>102.28416420000001</v>
+        <v>102.28420568999999</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.7785605599999883</v>
+        <v>-0.77856280000000311</v>
       </c>
       <c r="D161" s="5">
-        <v>-8.6977736514557424</v>
+        <v>-8.6977941068787423</v>
       </c>
       <c r="E161" s="5">
-        <v>-9.8150754371859161</v>
+        <v>-9.8150957414408051</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>102.86360249000001</v>
+        <v>102.86368783</v>
       </c>
       <c r="C162" s="5">
-        <v>0.5794382899999988</v>
+        <v>0.5794821400000103</v>
       </c>
       <c r="D162" s="5">
-        <v>7.0138410560913966</v>
+        <v>7.0143855534549937</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>101.9443282</v>
+        <v>101.94437092</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.91927429000000416</v>
+        <v>-0.91931691000000626</v>
       </c>
       <c r="D163" s="5">
-        <v>-10.212463115965665</v>
+        <v>-10.21290550507633</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>101.1983855</v>
+        <v>101.19847812</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.74594270000000051</v>
+        <v>-0.74589279999999292</v>
       </c>
       <c r="D164" s="5">
-        <v>-8.4356983097348284</v>
+        <v>-8.4351531202546681</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>101.30463648</v>
+        <v>101.30476967</v>
       </c>
       <c r="C165" s="5">
-        <v>0.10625097999999866</v>
+        <v>0.10629154999999457</v>
       </c>
       <c r="D165" s="5">
-        <v>1.2672141631533629</v>
+        <v>1.2676996574348509</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>101.00401386999999</v>
+        <v>101.00402008</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.3006226100000049</v>
+        <v>-0.30074958999999524</v>
       </c>
       <c r="D166" s="5">
-        <v>-3.503463736945156</v>
+        <v>-3.5049149533738833</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>100.23931708000001</v>
+        <v>100.23903238</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.76469678999998791</v>
+        <v>-0.76498770000000604</v>
       </c>
       <c r="D167" s="5">
-        <v>-8.7162241288226916</v>
+        <v>-8.7194025997324403</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>99.746447889999999</v>
+        <v>99.746253307999993</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.49286919000000751</v>
+        <v>-0.4927790720000047</v>
       </c>
       <c r="D168" s="5">
-        <v>-5.7433337254803813</v>
+        <v>-5.74232769364259</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>99.603416831999994</v>
+        <v>99.603537829999993</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.14303105800000537</v>
+        <v>-0.14271547799999951</v>
       </c>
       <c r="D169" s="5">
-        <v>-1.7072293807231187</v>
+        <v>-1.7034954838838767</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>99.745564157000004</v>
+        <v>99.745553040000004</v>
       </c>
       <c r="C170" s="5">
-        <v>0.14214732500001048</v>
+        <v>0.14201521000001094</v>
       </c>
       <c r="D170" s="5">
-        <v>1.7260660525265203</v>
+        <v>1.7244470944220547</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>99.732802053</v>
+        <v>99.732817678000004</v>
       </c>
       <c r="C171" s="5">
-        <v>-1.276210400000366E-2</v>
+        <v>-1.2735362000000805E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>-0.15342790025998365</v>
+        <v>-0.15310664676770891</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>99.698282853999999</v>
+        <v>99.698319932999993</v>
       </c>
       <c r="C172" s="5">
-        <v>-3.4519199000001777E-2</v>
+        <v>-3.4497745000010127E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>-0.41455042072353621</v>
+        <v>-0.41429319900200268</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>99.598804005999995</v>
+        <v>99.598802982999999</v>
       </c>
       <c r="C173" s="5">
-        <v>-9.947884800000395E-2</v>
+        <v>-9.9516949999994608E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>-1.1908096399904089</v>
+        <v>-1.1912627975744106</v>
       </c>
       <c r="E173" s="5">
-        <v>-2.6253919313934393</v>
+        <v>-2.6254324300457821</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>99.306997065000004</v>
+        <v>99.307023685999994</v>
       </c>
       <c r="C174" s="5">
-        <v>-0.29180694099999016</v>
+        <v>-0.29177929700000504</v>
       </c>
       <c r="D174" s="5">
-        <v>-3.4596846237472278</v>
+        <v>-3.4593621721194179</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>99.343372267999996</v>
+        <v>99.343401748999995</v>
       </c>
       <c r="C175" s="5">
-        <v>3.6375202999991529E-2</v>
+        <v>3.6378063000000793E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>0.44043511551929981</v>
+        <v>0.44046969621152066</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>99.262297106000005</v>
+        <v>99.262355227</v>
       </c>
       <c r="C176" s="5">
-        <v>-8.1075161999990542E-2</v>
+        <v>-8.104652199999407E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>-0.974948610122639</v>
+        <v>-0.97460546307828189</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>100.15930389</v>
+        <v>100.15939777</v>
       </c>
       <c r="C177" s="5">
-        <v>0.89700678399999845</v>
+        <v>0.89704254299999775</v>
       </c>
       <c r="D177" s="5">
-        <v>11.399621264102366</v>
+        <v>11.400091519120824</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>100.04164276</v>
+        <v>100.04162608999999</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.11766113000000189</v>
+        <v>-0.11777168000000415</v>
       </c>
       <c r="D178" s="5">
-        <v>-1.4006153525528919</v>
+        <v>-1.4019215140302688</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>100.15072213000001</v>
+        <v>100.15053607</v>
       </c>
       <c r="C179" s="5">
-        <v>0.10907937000000345</v>
+        <v>0.10890998000000707</v>
       </c>
       <c r="D179" s="5">
-        <v>1.3162825180142113</v>
+        <v>1.3142264209890175</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>100.98527463000001</v>
+        <v>100.98515648</v>
       </c>
       <c r="C180" s="5">
-        <v>0.83455250000000092</v>
+        <v>0.83462040999999942</v>
       </c>
       <c r="D180" s="5">
-        <v>10.470822993084949</v>
+        <v>10.47173481643966</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>101.19541826</v>
+        <v>101.19554151</v>
       </c>
       <c r="C181" s="5">
-        <v>0.21014362999999037</v>
+        <v>0.21038502999999764</v>
       </c>
       <c r="D181" s="5">
-        <v>2.5258991164107458</v>
+        <v>2.5288370336522092</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>101.51931029000001</v>
+        <v>101.51932445</v>
       </c>
       <c r="C182" s="5">
-        <v>0.32389203000001032</v>
+        <v>0.32378294000000096</v>
       </c>
       <c r="D182" s="5">
-        <v>3.9091292484450868</v>
+        <v>3.9077845164044334</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>102.27643069</v>
+        <v>102.27646476</v>
       </c>
       <c r="C183" s="5">
-        <v>0.75712039999999092</v>
+        <v>0.75714030999999693</v>
       </c>
       <c r="D183" s="5">
-        <v>9.3258486500863</v>
+        <v>9.326102683326809</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>102.28765504</v>
+        <v>102.2877002</v>
       </c>
       <c r="C184" s="5">
-        <v>1.1224350000006211E-2</v>
+        <v>1.1235440000007202E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>0.13177379077626838</v>
+        <v>0.1319040220073564</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>102.16089388</v>
+        <v>102.16083218</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.12676116000000093</v>
+        <v>-0.12686802000000341</v>
       </c>
       <c r="D185" s="5">
-        <v>-1.4770195616122139</v>
+        <v>-1.4782555633301886</v>
       </c>
       <c r="E185" s="5">
-        <v>2.5724102809966176</v>
+        <v>2.5723493860034585</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>102.50386023</v>
+        <v>102.50382489</v>
       </c>
       <c r="C186" s="5">
-        <v>0.34296634999999753</v>
+        <v>0.34299271000000431</v>
       </c>
       <c r="D186" s="5">
-        <v>4.1037660190745173</v>
+        <v>4.1040898013403826</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>102.64858108999999</v>
+        <v>102.64859508000001</v>
       </c>
       <c r="C187" s="5">
-        <v>0.14472085999999251</v>
+        <v>0.14477019000000269</v>
       </c>
       <c r="D187" s="5">
-        <v>1.7074473586916827</v>
+        <v>1.7080344863120045</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>102.71696098</v>
+        <v>102.71697654</v>
       </c>
       <c r="C188" s="5">
-        <v>6.8379890000002774E-2</v>
+        <v>6.8381459999997674E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>0.80232163376967591</v>
+        <v>0.80234001284236189</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>103.05745342</v>
+        <v>103.05749424</v>
       </c>
       <c r="C189" s="5">
-        <v>0.34049244000000556</v>
+        <v>0.34051769999999237</v>
       </c>
       <c r="D189" s="5">
-        <v>4.0511632579073087</v>
+        <v>4.0514686761238261</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>102.99723555</v>
+        <v>102.99723297</v>
       </c>
       <c r="C190" s="5">
-        <v>-6.0217870000002449E-2</v>
+        <v>-6.0261269999998035E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-0.69892729677604182</v>
+        <v>-0.69942913001665996</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>103.12197032</v>
+        <v>103.12187578</v>
       </c>
       <c r="C191" s="5">
-        <v>0.12473477000000344</v>
+        <v>0.12464280999999744</v>
       </c>
       <c r="D191" s="5">
-        <v>1.4629786412974077</v>
+        <v>1.4618929165455263</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>103.87493283000001</v>
+        <v>103.87489698</v>
       </c>
       <c r="C192" s="5">
-        <v>0.75296251000000325</v>
+        <v>0.75302120000000627</v>
       </c>
       <c r="D192" s="5">
-        <v>9.1225844493109332</v>
+        <v>9.1233330139069313</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>103.88389629</v>
+        <v>103.88399354000001</v>
       </c>
       <c r="C193" s="5">
-        <v>8.9634599999897091E-3</v>
+        <v>9.0965600000032509E-3</v>
       </c>
       <c r="D193" s="5">
-        <v>0.10359822185976864</v>
+        <v>0.10513734746853132</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>104.28774251</v>
+        <v>104.28779014</v>
       </c>
       <c r="C194" s="5">
-        <v>0.40384622000000547</v>
+        <v>0.40379659999999262</v>
       </c>
       <c r="D194" s="5">
-        <v>4.7660181617496411</v>
+        <v>4.765415435655207</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>104.30104698</v>
+        <v>104.30111157</v>
       </c>
       <c r="C195" s="5">
-        <v>1.330446999999424E-2</v>
+        <v>1.3321430000004852E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>0.15319701668847774</v>
+        <v>0.15339237316216447</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>105.08008135999999</v>
+        <v>105.08016986</v>
       </c>
       <c r="C196" s="5">
-        <v>0.77903437999999881</v>
+        <v>0.77905828999999471</v>
       </c>
       <c r="D196" s="5">
-        <v>9.340433003264458</v>
+        <v>9.3407255324247984</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>105.62829379</v>
+        <v>105.62813013</v>
       </c>
       <c r="C197" s="5">
-        <v>0.54821243000000663</v>
+        <v>0.54796027000000436</v>
       </c>
       <c r="D197" s="5">
-        <v>6.443310217199838</v>
+        <v>6.4402554089838748</v>
       </c>
       <c r="E197" s="5">
-        <v>3.3940579201204635</v>
+        <v>3.3939601665449182</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>106.39730976</v>
+        <v>106.39720238</v>
       </c>
       <c r="C198" s="5">
-        <v>0.76901596999999811</v>
+        <v>0.76907224999999357</v>
       </c>
       <c r="D198" s="5">
-        <v>9.0949350034516652</v>
+        <v>9.0956421505389073</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>106.99877970999999</v>
+        <v>106.99877908000001</v>
       </c>
       <c r="C199" s="5">
-        <v>0.60146994999999492</v>
+        <v>0.60157670000000962</v>
       </c>
       <c r="D199" s="5">
-        <v>6.9986090953887858</v>
+        <v>6.9998973860459834</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>107.95210960999999</v>
+        <v>107.95210113</v>
       </c>
       <c r="C200" s="5">
-        <v>0.95332989999999995</v>
+        <v>0.95332204999999703</v>
       </c>
       <c r="D200" s="5">
-        <v>11.231478200209466</v>
+        <v>11.231381208044366</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>108.11692011</v>
+        <v>108.11694706</v>
       </c>
       <c r="C201" s="5">
-        <v>0.16481050000000153</v>
+        <v>0.16484592999999848</v>
       </c>
       <c r="D201" s="5">
-        <v>1.8475020817742438</v>
+        <v>1.8479027349575405</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>108.76390839</v>
+        <v>108.76388274</v>
       </c>
       <c r="C202" s="5">
-        <v>0.64698828000000219</v>
+        <v>0.64693567999999857</v>
       </c>
       <c r="D202" s="5">
-        <v>7.4221097559202809</v>
+        <v>7.4214844333327257</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>109.78518362</v>
+        <v>109.7851874</v>
       </c>
       <c r="C203" s="5">
-        <v>1.0212752300000005</v>
+        <v>1.0213046599999984</v>
       </c>
       <c r="D203" s="5">
-        <v>11.868322620275972</v>
+        <v>11.8686854270317</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>110.30518867000001</v>
+        <v>110.30520462</v>
       </c>
       <c r="C204" s="5">
-        <v>0.52000505000000885</v>
+        <v>0.52001721999999972</v>
       </c>
       <c r="D204" s="5">
-        <v>5.8343167633768012</v>
+        <v>5.8344566780446749</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>110.86330588</v>
+        <v>110.863387</v>
       </c>
       <c r="C205" s="5">
-        <v>0.55811720999999181</v>
+        <v>0.5581823800000052</v>
       </c>
       <c r="D205" s="5">
-        <v>6.2435556536452941</v>
+        <v>6.2443041797277665</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>111.23927593000001</v>
+        <v>111.23934663999999</v>
       </c>
       <c r="C206" s="5">
-        <v>0.37597005000000649</v>
+        <v>0.37595963999999071</v>
       </c>
       <c r="D206" s="5">
-        <v>4.1463230628051573</v>
+        <v>4.146203017508121</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>111.7050694</v>
+        <v>111.7051613</v>
       </c>
       <c r="C207" s="5">
-        <v>0.46579346999999416</v>
+        <v>0.4658146600000066</v>
       </c>
       <c r="D207" s="5">
-        <v>5.1421256087833545</v>
+        <v>5.1423616050404908</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>112.36830243999999</v>
+        <v>112.36843412</v>
       </c>
       <c r="C208" s="5">
-        <v>0.66323303999999439</v>
+        <v>0.66327282000000309</v>
       </c>
       <c r="D208" s="5">
-        <v>7.362161668869982</v>
+        <v>7.3626115064012509</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>113.88234275000001</v>
+        <v>113.88209553</v>
       </c>
       <c r="C209" s="5">
-        <v>1.5140403100000128</v>
+        <v>1.5136614099999974</v>
       </c>
       <c r="D209" s="5">
-        <v>17.422378452181619</v>
+        <v>17.417668454131572</v>
       </c>
       <c r="E209" s="5">
-        <v>7.8142405446876895</v>
+        <v>7.8141735443404858</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>113.17295805000001</v>
+        <v>113.17279055</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.70938470000000109</v>
+        <v>-0.70930497999999886</v>
       </c>
       <c r="D210" s="5">
-        <v>-7.224074425021243</v>
+        <v>-7.2233053435228793</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>114.13973145</v>
+        <v>114.13971094999999</v>
       </c>
       <c r="C211" s="5">
-        <v>0.9667733999999939</v>
+        <v>0.96692039999999224</v>
       </c>
       <c r="D211" s="5">
-        <v>10.746535309066086</v>
+        <v>10.748263542878277</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>114.67153438</v>
+        <v>114.67150622</v>
       </c>
       <c r="C212" s="5">
-        <v>0.53180292999999779</v>
+        <v>0.53179527000000348</v>
       </c>
       <c r="D212" s="5">
-        <v>5.7365966194739659</v>
+        <v>5.7365129185438235</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>115.43799554</v>
+        <v>115.4380348</v>
       </c>
       <c r="C213" s="5">
-        <v>0.76646116000000575</v>
+        <v>0.76652857999999924</v>
       </c>
       <c r="D213" s="5">
-        <v>8.322291995879926</v>
+        <v>8.3230532879765562</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>115.85525622999999</v>
+        <v>115.85522174</v>
       </c>
       <c r="C214" s="5">
-        <v>0.417260689999992</v>
+        <v>0.41718694000000767</v>
       </c>
       <c r="D214" s="5">
-        <v>4.4247825670560292</v>
+        <v>4.4239833508212811</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>116.25441454</v>
+        <v>116.25446135</v>
       </c>
       <c r="C215" s="5">
-        <v>0.39915831000000424</v>
+        <v>0.39923960999999508</v>
       </c>
       <c r="D215" s="5">
-        <v>4.2136329530618744</v>
+        <v>4.2145087894460698</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>115.77017871</v>
+        <v>115.77022852</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.48423583000000292</v>
+        <v>-0.48423282999999628</v>
       </c>
       <c r="D216" s="5">
-        <v>-4.8854398748268473</v>
+        <v>-4.8854083756402105</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>116.04741266000001</v>
+        <v>116.04747112</v>
       </c>
       <c r="C217" s="5">
-        <v>0.27723395000001005</v>
+        <v>0.2772425999999939</v>
       </c>
       <c r="D217" s="5">
-        <v>2.911782487935799</v>
+        <v>2.9118732692738902</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>115.60172286</v>
+        <v>115.60181204</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.44568980000001091</v>
+        <v>-0.44565907999999865</v>
       </c>
       <c r="D218" s="5">
-        <v>-4.5125854492588546</v>
+        <v>-4.5122787256168024</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>116.25448569</v>
+        <v>116.25460377</v>
       </c>
       <c r="C219" s="5">
-        <v>0.65276283000000035</v>
+        <v>0.65279173000000412</v>
       </c>
       <c r="D219" s="5">
-        <v>6.9904344184074318</v>
+        <v>6.9907480216127027</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>115.95272936000001</v>
+        <v>115.95290740999999</v>
       </c>
       <c r="C220" s="5">
-        <v>-0.30175632999998925</v>
+        <v>-0.30169636000000821</v>
       </c>
       <c r="D220" s="5">
-        <v>-3.0706994178175906</v>
+        <v>-3.0700947677044899</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>115.80740627</v>
+        <v>115.80710956999999</v>
       </c>
       <c r="C221" s="5">
-        <v>-0.1453230900000051</v>
+        <v>-0.14579784000000018</v>
       </c>
       <c r="D221" s="5">
-        <v>-1.4936314126097638</v>
+        <v>-1.4984749154379196</v>
       </c>
       <c r="E221" s="5">
-        <v>1.6903968372217193</v>
+        <v>1.6903570583603145</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>114.99052208000001</v>
+        <v>114.99032551000001</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.81688418999999612</v>
+        <v>-0.81678405999998915</v>
       </c>
       <c r="D222" s="5">
-        <v>-8.1437882190392603</v>
+        <v>-8.1428484492470865</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>114.88944479</v>
+        <v>114.88941204</v>
       </c>
       <c r="C223" s="5">
-        <v>-0.10107729000000631</v>
+        <v>-0.10091347000000894</v>
       </c>
       <c r="D223" s="5">
-        <v>-1.0497219003188341</v>
+        <v>-1.0480305604159912</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>114.07478838</v>
+        <v>114.07473647</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.81465640999999778</v>
+        <v>-0.81467556999999147</v>
       </c>
       <c r="D224" s="5">
-        <v>-8.1848193265981131</v>
+        <v>-8.1850066247045383</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>113.35019251</v>
+        <v>113.3502227</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.7245958700000017</v>
+        <v>-0.7245137700000015</v>
       </c>
       <c r="D225" s="5">
-        <v>-7.3615919670874881</v>
+        <v>-7.3607900168417784</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>112.96447913999999</v>
+        <v>112.96443185</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.38571337000000483</v>
+        <v>-0.38579085000000646</v>
       </c>
       <c r="D226" s="5">
-        <v>-4.0078529102074771</v>
+        <v>-4.0086419278022589</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>111.80518336</v>
+        <v>111.80526304999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-1.1592957799999937</v>
+        <v>-1.1591688000000033</v>
       </c>
       <c r="D227" s="5">
-        <v>-11.643112704132253</v>
+        <v>-11.641913108472801</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>110.77807814000001</v>
+        <v>110.77814617</v>
       </c>
       <c r="C228" s="5">
-        <v>-1.0271052199999957</v>
+        <v>-1.0271168799999941</v>
       </c>
       <c r="D228" s="5">
-        <v>-10.48358959639809</v>
+        <v>-10.483695562547879</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>109.88551722</v>
+        <v>109.88557681</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.8925609200000082</v>
+        <v>-0.89256935999999598</v>
       </c>
       <c r="D229" s="5">
-        <v>-9.2514773884232344</v>
+        <v>-9.2515555979703397</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>108.87814742</v>
+        <v>108.87824275</v>
       </c>
       <c r="C230" s="5">
-        <v>-1.0073697999999922</v>
+        <v>-1.0073340600000051</v>
       </c>
       <c r="D230" s="5">
-        <v>-10.462865452990611</v>
+        <v>-10.462507367419626</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>107.15859257</v>
+        <v>107.15871547</v>
       </c>
       <c r="C231" s="5">
-        <v>-1.7195548500000086</v>
+        <v>-1.7195272799999941</v>
       </c>
       <c r="D231" s="5">
-        <v>-17.389483213652401</v>
+        <v>-17.389214234702166</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>105.60372637</v>
+        <v>105.60389143</v>
       </c>
       <c r="C232" s="5">
-        <v>-1.5548661999999922</v>
+        <v>-1.5548240399999997</v>
       </c>
       <c r="D232" s="5">
-        <v>-16.087452378349663</v>
+        <v>-16.087033370837524</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>104.30050588</v>
+        <v>104.30025827</v>
       </c>
       <c r="C233" s="5">
-        <v>-1.3032204900000011</v>
+        <v>-1.303633160000004</v>
       </c>
       <c r="D233" s="5">
-        <v>-13.843894255706246</v>
+        <v>-13.84796453967313</v>
       </c>
       <c r="E233" s="5">
-        <v>-9.9362387610790197</v>
+        <v>-9.9362218284574695</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>100.59409925</v>
+        <v>100.59389921</v>
       </c>
       <c r="C234" s="5">
-        <v>-3.7064066300000036</v>
+        <v>-3.7063590599999969</v>
       </c>
       <c r="D234" s="5">
-        <v>-35.221170565719973</v>
+        <v>-35.220870959760894</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>98.329153087999998</v>
+        <v>98.329062109999995</v>
       </c>
       <c r="C235" s="5">
-        <v>-2.2649461620000011</v>
+        <v>-2.2648371000000083</v>
       </c>
       <c r="D235" s="5">
-        <v>-23.911765203754854</v>
+        <v>-23.910794298253769</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>95.876917797999994</v>
+        <v>95.876828666999998</v>
       </c>
       <c r="C236" s="5">
-        <v>-2.4522352900000044</v>
+        <v>-2.4522334429999972</v>
       </c>
       <c r="D236" s="5">
-        <v>-26.144781679924932</v>
+        <v>-26.144785579910103</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>96.261635776000006</v>
+        <v>96.261664517</v>
       </c>
       <c r="C237" s="5">
-        <v>0.38471797800001184</v>
+        <v>0.38483585000000176</v>
       </c>
       <c r="D237" s="5">
-        <v>4.9228501198889996</v>
+        <v>4.9243965412005153</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>95.510454085000006</v>
+        <v>95.510456505999997</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.75118169099999932</v>
+        <v>-0.75120801100000278</v>
       </c>
       <c r="D238" s="5">
-        <v>-8.9726144134493637</v>
+        <v>-8.9729128629666306</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>94.521721146000004</v>
+        <v>94.521874091000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.98873293900000192</v>
+        <v>-0.98858241499999622</v>
       </c>
       <c r="D239" s="5">
-        <v>-11.739062699696079</v>
+        <v>-11.737375758248703</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>93.997232941999997</v>
+        <v>93.997343529000005</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.52448820400000784</v>
+        <v>-0.52453056199999537</v>
       </c>
       <c r="D240" s="5">
-        <v>-6.4591360163247842</v>
+        <v>-6.4596317078668308</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>93.239897525999993</v>
+        <v>93.239937291999993</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.75733541600000365</v>
+        <v>-0.75740623700001208</v>
       </c>
       <c r="D241" s="5">
-        <v>-9.2512565307218182</v>
+        <v>-9.2520732659911573</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>92.861287785000002</v>
+        <v>92.861323726999998</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.37860974099999112</v>
+        <v>-0.37861356499999488</v>
       </c>
       <c r="D242" s="5">
-        <v>-4.7653533798433063</v>
+        <v>-4.7653984534164584</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>92.562137903000007</v>
+        <v>92.562202748999994</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.2991498819999947</v>
+        <v>-0.29912097800000481</v>
       </c>
       <c r="D243" s="5">
-        <v>-3.79800062960155</v>
+        <v>-3.7976386977915721</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>92.172550689000005</v>
+        <v>92.172642701000001</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.38958721400000229</v>
+        <v>-0.38956004799999278</v>
       </c>
       <c r="D244" s="5">
-        <v>-4.9354170481186515</v>
+        <v>-4.9350774494349654</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>92.786361111999994</v>
+        <v>92.786133907000007</v>
       </c>
       <c r="C245" s="5">
-        <v>0.61381042299998967</v>
+        <v>0.61349120600000617</v>
       </c>
       <c r="D245" s="5">
-        <v>8.2905213662970887</v>
+        <v>8.2860421944224392</v>
       </c>
       <c r="E245" s="5">
-        <v>-11.039394939509961</v>
+        <v>-11.039401583449205</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>92.220383630000001</v>
+        <v>92.220177390000003</v>
       </c>
       <c r="C246" s="5">
-        <v>-0.56597748199999387</v>
+        <v>-0.5659565170000036</v>
       </c>
       <c r="D246" s="5">
-        <v>-7.0791060990036954</v>
+        <v>-7.0788693643013652</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>91.723082274999996</v>
+        <v>91.723021149999994</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.49730135500000472</v>
+        <v>-0.49715624000000957</v>
       </c>
       <c r="D247" s="5">
-        <v>-6.2825225261404771</v>
+        <v>-6.2807568990346452</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>92.060756737000006</v>
+        <v>92.060787140000002</v>
       </c>
       <c r="C248" s="5">
-        <v>0.33767446200000961</v>
+        <v>0.33776599000000829</v>
       </c>
       <c r="D248" s="5">
-        <v>4.5083042185817268</v>
+        <v>4.5095541338886491</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>92.852644327999997</v>
+        <v>92.852258722000002</v>
       </c>
       <c r="C249" s="5">
-        <v>0.79188759099999118</v>
+        <v>0.79147158199999978</v>
       </c>
       <c r="D249" s="5">
-        <v>10.82476817057152</v>
+        <v>10.818806216788012</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>92.468129758000003</v>
+        <v>92.468577943</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.38451456999999323</v>
+        <v>-0.3836807790000023</v>
       </c>
       <c r="D250" s="5">
-        <v>-4.8577170548838033</v>
+        <v>-4.847441371758709</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>92.493299352999998</v>
+        <v>92.493581785999993</v>
       </c>
       <c r="C251" s="5">
-        <v>2.516959499999416E-2</v>
+        <v>2.5003842999993253E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>0.3271264639915783</v>
+        <v>0.32496742113277133</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>93.207647406999996</v>
+        <v>93.207895991000001</v>
       </c>
       <c r="C252" s="5">
-        <v>0.71434805399999846</v>
+        <v>0.71431420500000797</v>
       </c>
       <c r="D252" s="5">
-        <v>9.6718824126609917</v>
+        <v>9.671373678848072</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>93.949244252</v>
+        <v>93.949157370999998</v>
       </c>
       <c r="C253" s="5">
-        <v>0.74159684500000367</v>
+        <v>0.74126137999999742</v>
       </c>
       <c r="D253" s="5">
-        <v>9.9767633844135553</v>
+        <v>9.9720233733026511</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>93.977361575000003</v>
+        <v>93.977225804</v>
       </c>
       <c r="C254" s="5">
-        <v>2.811732300000358E-2</v>
+        <v>2.8068433000001392E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>0.35973021795092652</v>
+        <v>0.35910402865257929</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>94.625814806999998</v>
+        <v>94.625711546999995</v>
       </c>
       <c r="C255" s="5">
-        <v>0.64845323199999427</v>
+        <v>0.64848574299999484</v>
       </c>
       <c r="D255" s="5">
-        <v>8.6016966204647272</v>
+        <v>8.6021572774793711</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>94.750303867</v>
+        <v>94.750197338999996</v>
       </c>
       <c r="C256" s="5">
-        <v>0.12448906000000193</v>
+        <v>0.12448579200000154</v>
       </c>
       <c r="D256" s="5">
-        <v>1.5901850288104535</v>
+        <v>1.5901447296877702</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>94.887877400999997</v>
+        <v>94.887618661000005</v>
       </c>
       <c r="C257" s="5">
-        <v>0.13757353399999772</v>
+        <v>0.13742132200000867</v>
       </c>
       <c r="D257" s="5">
-        <v>1.7563320941268001</v>
+        <v>1.7543753413131968</v>
       </c>
       <c r="E257" s="5">
-        <v>2.2648978403876807</v>
+        <v>2.2648693996738078</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>94.787924739000005</v>
+        <v>94.787828422999993</v>
       </c>
       <c r="C258" s="5">
-        <v>-9.9952661999992642E-2</v>
+        <v>-9.97902380000113E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>-1.2567541024919637</v>
+        <v>-1.2547270652143228</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>94.622923748999995</v>
+        <v>94.62300544</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.16500099000001001</v>
+        <v>-0.16482298299999343</v>
       </c>
       <c r="D259" s="5">
-        <v>-2.0690026663398253</v>
+        <v>-2.0667939607693864</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>94.932616474</v>
+        <v>94.932694091000002</v>
       </c>
       <c r="C260" s="5">
-        <v>0.309692725000005</v>
+        <v>0.30968865100000187</v>
       </c>
       <c r="D260" s="5">
-        <v>3.9989732269676947</v>
+        <v>3.9989161552519192</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>94.762467775999994</v>
+        <v>94.761220836000007</v>
       </c>
       <c r="C261" s="5">
-        <v>-0.17014869800000554</v>
+        <v>-0.17147325499999511</v>
       </c>
       <c r="D261" s="5">
-        <v>-2.1296967312881554</v>
+        <v>-2.1461096990639361</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>94.716996675000004</v>
+        <v>94.719317977000003</v>
       </c>
       <c r="C262" s="5">
-        <v>-4.5471100999989744E-2</v>
+        <v>-4.19028590000039E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>-0.57429430922887326</v>
+        <v>-0.52934436383135219</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>94.604744999999994</v>
+        <v>94.604748622000002</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.11225167500001021</v>
+        <v>-0.11456935500000043</v>
       </c>
       <c r="D263" s="5">
-        <v>-1.4129191118579465</v>
+        <v>-1.4418630028006918</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>94.976298788999998</v>
+        <v>94.976467521999993</v>
       </c>
       <c r="C264" s="5">
-        <v>0.37155378900000358</v>
+        <v>0.37171889999999053</v>
       </c>
       <c r="D264" s="5">
-        <v>4.8160673081910632</v>
+        <v>4.818253743291212</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>95.015884420999996</v>
+        <v>95.015511435999997</v>
       </c>
       <c r="C265" s="5">
-        <v>3.9585631999997872E-2</v>
+        <v>3.9043914000004065E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>0.50130195021780288</v>
+        <v>0.49442537859123448</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>95.317337777000006</v>
+        <v>95.316848151000002</v>
       </c>
       <c r="C266" s="5">
-        <v>0.30145335600001033</v>
+        <v>0.30133671500000503</v>
       </c>
       <c r="D266" s="5">
-        <v>3.8743371104039692</v>
+        <v>3.8728272419495724</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>95.650678498999994</v>
+        <v>95.650243098999994</v>
       </c>
       <c r="C267" s="5">
-        <v>0.33334072199998843</v>
+        <v>0.33339494799999159</v>
       </c>
       <c r="D267" s="5">
-        <v>4.2782689408748187</v>
+        <v>4.2790007535527863</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>95.869353649000004</v>
+        <v>95.868917233999994</v>
       </c>
       <c r="C268" s="5">
-        <v>0.21867515000000992</v>
+        <v>0.21867413500000055</v>
       </c>
       <c r="D268" s="5">
-        <v>2.7781821189738709</v>
+        <v>2.7781818668867198</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>96.282016127000006</v>
+        <v>96.281455182000002</v>
       </c>
       <c r="C269" s="5">
-        <v>0.41266247800000144</v>
+        <v>0.41253794800000776</v>
       </c>
       <c r="D269" s="5">
-        <v>5.2893674270443336</v>
+        <v>5.2877579220491411</v>
       </c>
       <c r="E269" s="5">
-        <v>1.4692485111752696</v>
+        <v>1.4689340302444398</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>96.771479345000003</v>
+        <v>96.771400713000006</v>
       </c>
       <c r="C270" s="5">
-        <v>0.48946321799999737</v>
+        <v>0.4899455310000036</v>
       </c>
       <c r="D270" s="5">
-        <v>6.2738595128488006</v>
+        <v>6.2802533852967857</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>97.320439186000002</v>
+        <v>97.322199819999994</v>
       </c>
       <c r="C271" s="5">
-        <v>0.54895984099999851</v>
+        <v>0.55079910699998891</v>
       </c>
       <c r="D271" s="5">
-        <v>7.0237489294610267</v>
+        <v>7.0480291545145235</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>97.680519845000006</v>
+        <v>97.680264594999997</v>
       </c>
       <c r="C272" s="5">
-        <v>0.36008065900000474</v>
+        <v>0.35806477500000256</v>
       </c>
       <c r="D272" s="5">
-        <v>4.5314139268608278</v>
+        <v>4.5054464662829252</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>97.955498646999999</v>
+        <v>97.953200185</v>
       </c>
       <c r="C273" s="5">
-        <v>0.27497880199999258</v>
+        <v>0.272935590000003</v>
       </c>
       <c r="D273" s="5">
-        <v>3.430896877243006</v>
+        <v>3.4050198299818923</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>98.540532987999995</v>
+        <v>98.544698018999995</v>
       </c>
       <c r="C274" s="5">
-        <v>0.58503434099999652</v>
+        <v>0.59149783399999478</v>
       </c>
       <c r="D274" s="5">
-        <v>7.4071137808350063</v>
+        <v>7.4918668182969217</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>99.191683135000005</v>
+        <v>99.191376754999993</v>
       </c>
       <c r="C275" s="5">
-        <v>0.65115014700000984</v>
+        <v>0.64667873599999837</v>
       </c>
       <c r="D275" s="5">
-        <v>8.2241621458235556</v>
+        <v>8.1652760061272431</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>99.511145119000005</v>
+        <v>99.511197538999994</v>
       </c>
       <c r="C276" s="5">
-        <v>0.31946198400000014</v>
+        <v>0.31982078400000091</v>
       </c>
       <c r="D276" s="5">
-        <v>3.9339829970698625</v>
+        <v>3.9384924330772231</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>100.28767711</v>
+        <v>100.28714600000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.77653199099999881</v>
+        <v>0.77594846100001291</v>
       </c>
       <c r="D277" s="5">
-        <v>9.7767020850278108</v>
+        <v>9.7690320518711857</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>100.70765684</v>
+        <v>100.70604944</v>
       </c>
       <c r="C278" s="5">
-        <v>0.41997972999999433</v>
+        <v>0.41890343999999402</v>
       </c>
       <c r="D278" s="5">
-        <v>5.1426770200880823</v>
+        <v>5.1292213442518886</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>100.92445843</v>
+        <v>100.92385484</v>
       </c>
       <c r="C279" s="5">
-        <v>0.21680159000000288</v>
+        <v>0.21780540000000315</v>
       </c>
       <c r="D279" s="5">
-        <v>2.6141459660774302</v>
+        <v>2.6264364473363111</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>100.81325196</v>
+        <v>100.81257094999999</v>
       </c>
       <c r="C280" s="5">
-        <v>-0.11120646999999906</v>
+        <v>-0.11128389000000993</v>
       </c>
       <c r="D280" s="5">
-        <v>-1.3142700151895559</v>
+        <v>-1.315187263249562</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>100.98513514</v>
+        <v>100.98439438</v>
       </c>
       <c r="C281" s="5">
-        <v>0.1718831799999947</v>
+        <v>0.17182343000000344</v>
       </c>
       <c r="D281" s="5">
-        <v>2.0652544135935313</v>
+        <v>2.0645438243697356</v>
       </c>
       <c r="E281" s="5">
-        <v>4.8847325826625543</v>
+        <v>4.8845742818386606</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>101.15347559</v>
+        <v>101.15359126</v>
       </c>
       <c r="C282" s="5">
-        <v>0.16834045000000231</v>
+        <v>0.16919688000000122</v>
       </c>
       <c r="D282" s="5">
-        <v>2.0188215385721575</v>
+        <v>2.0292021224300072</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>101.25625775</v>
+        <v>101.25980653000001</v>
       </c>
       <c r="C283" s="5">
-        <v>0.10278216000000384</v>
+        <v>0.10621527000000697</v>
       </c>
       <c r="D283" s="5">
-        <v>1.2261587244685623</v>
+        <v>1.2673500217075473</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>101.65981707</v>
+        <v>101.65918223</v>
       </c>
       <c r="C284" s="5">
-        <v>0.40355931999999939</v>
+        <v>0.39937569999999312</v>
       </c>
       <c r="D284" s="5">
-        <v>4.8888721119047851</v>
+        <v>4.8369125495890231</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>102.66019649</v>
+        <v>102.65726735</v>
       </c>
       <c r="C285" s="5">
-        <v>1.0003794200000016</v>
+        <v>0.99808511999999894</v>
       </c>
       <c r="D285" s="5">
-        <v>12.46909675021004</v>
+        <v>12.43902020868255</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>103.23195969</v>
+        <v>103.23758457</v>
       </c>
       <c r="C286" s="5">
-        <v>0.57176319999999237</v>
+        <v>0.58031721999999775</v>
       </c>
       <c r="D286" s="5">
-        <v>6.8919420549062638</v>
+        <v>6.998483967282243</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>102.95645417</v>
+        <v>102.95567609</v>
       </c>
       <c r="C287" s="5">
-        <v>-0.27550551999999584</v>
+        <v>-0.28190847999999846</v>
       </c>
       <c r="D287" s="5">
-        <v>-3.1559679748318747</v>
+        <v>-3.2280438747371742</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>102.93916831999999</v>
+        <v>102.93885177999999</v>
       </c>
       <c r="C288" s="5">
-        <v>-1.7285850000007486E-2</v>
+        <v>-1.6824310000004061E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>-0.20128778072173725</v>
+        <v>-0.19591961491418619</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>103.33889726</v>
+        <v>103.33828909</v>
       </c>
       <c r="C289" s="5">
-        <v>0.39972894000000281</v>
+        <v>0.39943731000001037</v>
       </c>
       <c r="D289" s="5">
-        <v>4.760608556407675</v>
+        <v>4.757075847076897</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>103.99533423</v>
+        <v>103.992627</v>
       </c>
       <c r="C290" s="5">
-        <v>0.65643697000000145</v>
+        <v>0.6543379099999953</v>
       </c>
       <c r="D290" s="5">
-        <v>7.8947682187003432</v>
+        <v>7.8686858506353818</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>104.51171471000001</v>
+        <v>104.51099782</v>
       </c>
       <c r="C291" s="5">
-        <v>0.51638048000000936</v>
+        <v>0.51837082000000123</v>
       </c>
       <c r="D291" s="5">
-        <v>6.1239528838307411</v>
+        <v>6.1483724183677646</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>105.38675833000001</v>
+        <v>105.38597433</v>
       </c>
       <c r="C292" s="5">
-        <v>0.87504361999999958</v>
+        <v>0.87497650999999621</v>
       </c>
       <c r="D292" s="5">
-        <v>10.523052900742847</v>
+        <v>10.522283866552474</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>105.90410273000001</v>
+        <v>105.90319350999999</v>
       </c>
       <c r="C293" s="5">
-        <v>0.51734439999999893</v>
+        <v>0.51721917999999789</v>
       </c>
       <c r="D293" s="5">
-        <v>6.0524898476296496</v>
+        <v>6.0510313492089018</v>
       </c>
       <c r="E293" s="5">
-        <v>4.8709818362679069</v>
+        <v>4.8708507489689579</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>105.9756271</v>
+        <v>105.97586988</v>
       </c>
       <c r="C294" s="5">
-        <v>7.1524369999991677E-2</v>
+        <v>7.2676370000010593E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>0.81346025276678446</v>
+        <v>0.8266187833168237</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>106.60124089999999</v>
+        <v>106.60708395</v>
       </c>
       <c r="C295" s="5">
-        <v>0.62561379999999644</v>
+        <v>0.63121406999999863</v>
       </c>
       <c r="D295" s="5">
-        <v>7.3186448895741441</v>
+        <v>7.3863024657176979</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>106.96243406000001</v>
+        <v>106.96155646</v>
       </c>
       <c r="C296" s="5">
-        <v>0.36119316000001334</v>
+        <v>0.35447250999999369</v>
       </c>
       <c r="D296" s="5">
-        <v>4.1425494747405756</v>
+        <v>4.0638281108604346</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>107.14083739</v>
+        <v>107.13707414</v>
       </c>
       <c r="C297" s="5">
-        <v>0.17840332999999475</v>
+        <v>0.17551767999999868</v>
       </c>
       <c r="D297" s="5">
-        <v>2.0199507801244465</v>
+        <v>1.9869993791602036</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>107.8951285</v>
+        <v>107.90093788</v>
       </c>
       <c r="C298" s="5">
-        <v>0.75429110999999693</v>
+        <v>0.76386374000000501</v>
       </c>
       <c r="D298" s="5">
-        <v>8.7831429452345908</v>
+        <v>8.8993414110199573</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>108.00670416</v>
+        <v>108.00587977000001</v>
       </c>
       <c r="C299" s="5">
-        <v>0.11157565999999974</v>
+        <v>0.10494189000000631</v>
       </c>
       <c r="D299" s="5">
-        <v>1.2480168889646759</v>
+        <v>1.1733547589121374</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>108.24417613999999</v>
+        <v>108.24363408000001</v>
       </c>
       <c r="C300" s="5">
-        <v>0.23747197999999514</v>
+        <v>0.23775430999999969</v>
       </c>
       <c r="D300" s="5">
-        <v>2.6705543942941556</v>
+        <v>2.6737886064161609</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>108.52007886</v>
+        <v>108.51952253</v>
       </c>
       <c r="C301" s="5">
-        <v>0.27590272000000482</v>
+        <v>0.27588844999999651</v>
       </c>
       <c r="D301" s="5">
-        <v>3.1019160871120333</v>
+        <v>3.1017691481344256</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>108.71149302000001</v>
+        <v>108.70792025999999</v>
       </c>
       <c r="C302" s="5">
-        <v>0.19141416000000788</v>
+        <v>0.18839772999999127</v>
       </c>
       <c r="D302" s="5">
-        <v>2.1372863968357247</v>
+        <v>2.1032942950402811</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>108.59480857</v>
+        <v>108.59412928</v>
       </c>
       <c r="C303" s="5">
-        <v>-0.11668445000000816</v>
+        <v>-0.11379097999999033</v>
       </c>
       <c r="D303" s="5">
-        <v>-1.2804321625280335</v>
+        <v>-1.2489041725313843</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>109.03127603</v>
+        <v>109.03047764</v>
       </c>
       <c r="C304" s="5">
-        <v>0.43646746000000292</v>
+        <v>0.43634835999999666</v>
       </c>
       <c r="D304" s="5">
-        <v>4.9311345844828658</v>
+        <v>4.9297906599202745</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>109.42488897</v>
+        <v>109.42408363</v>
       </c>
       <c r="C305" s="5">
-        <v>0.39361293999999702</v>
+        <v>0.39360598999999752</v>
       </c>
       <c r="D305" s="5">
-        <v>4.419170219439561</v>
+        <v>4.4191236392231437</v>
       </c>
       <c r="E305" s="5">
-        <v>3.3245041025239175</v>
+        <v>3.3246307342635006</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>110.20153017</v>
+        <v>110.20210182</v>
       </c>
       <c r="C306" s="5">
-        <v>0.77664120000000025</v>
+        <v>0.77801818999999739</v>
       </c>
       <c r="D306" s="5">
-        <v>8.8574414093422149</v>
+        <v>8.8738327592850617</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>110.40551867000001</v>
+        <v>110.41220525999999</v>
       </c>
       <c r="C307" s="5">
-        <v>0.20398850000000834</v>
+        <v>0.21010343999999748</v>
       </c>
       <c r="D307" s="5">
-        <v>2.2440137927781212</v>
+        <v>2.3119772432924846</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>110.48100373</v>
+        <v>110.4801634</v>
       </c>
       <c r="C308" s="5">
-        <v>7.5485059999991222E-2</v>
+        <v>6.7958140000001777E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>0.82354101965693705</v>
+        <v>0.74109922001999173</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>110.10411953000001</v>
+        <v>110.10008185</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.37688419999999212</v>
+        <v>-0.38008154999999988</v>
       </c>
       <c r="D309" s="5">
-        <v>-4.0176263665648531</v>
+        <v>-4.0510984247454918</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>110.14015577000001</v>
+        <v>110.14555309000001</v>
       </c>
       <c r="C310" s="5">
-        <v>3.6036240000001385E-2</v>
+        <v>4.5471240000011903E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>0.39345862921582597</v>
+        <v>0.49672627959027604</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>110.45173041</v>
+        <v>110.45078841999999</v>
       </c>
       <c r="C311" s="5">
-        <v>0.31157463999998924</v>
+        <v>0.30523532999998793</v>
       </c>
       <c r="D311" s="5">
-        <v>3.447989378140015</v>
+        <v>3.3765958529216045</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>110.98751313</v>
+        <v>110.9869794</v>
       </c>
       <c r="C312" s="5">
-        <v>0.53578272000000027</v>
+        <v>0.53619098000000065</v>
       </c>
       <c r="D312" s="5">
-        <v>5.9788381503847132</v>
+        <v>5.9835686773588526</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>111.22499997</v>
+        <v>111.22424042999999</v>
       </c>
       <c r="C313" s="5">
-        <v>0.23748684000000253</v>
+        <v>0.2372610299999991</v>
       </c>
       <c r="D313" s="5">
-        <v>2.5981493588712601</v>
+        <v>2.595662467959059</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>111.11679626</v>
+        <v>111.11356255</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.10820370999999795</v>
+        <v>-0.11067787999999723</v>
       </c>
       <c r="D314" s="5">
-        <v>-1.1611773827097327</v>
+        <v>-1.1875916203827885</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>111.65224073</v>
+        <v>111.65163178</v>
       </c>
       <c r="C315" s="5">
-        <v>0.53544447000000162</v>
+        <v>0.53806923000000495</v>
       </c>
       <c r="D315" s="5">
-        <v>5.9382475101059873</v>
+        <v>5.9683149168601179</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>111.87922159999999</v>
+        <v>111.87850744000001</v>
       </c>
       <c r="C316" s="5">
-        <v>0.22698086999999134</v>
+        <v>0.22687566000000459</v>
       </c>
       <c r="D316" s="5">
-        <v>2.4669746804366399</v>
+        <v>2.4658319797836725</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>112.0513468</v>
+        <v>112.04940159</v>
       </c>
       <c r="C317" s="5">
-        <v>0.17212520000001064</v>
+        <v>0.17089414999999519</v>
       </c>
       <c r="D317" s="5">
-        <v>1.8618917589873218</v>
+        <v>1.8484752241862079</v>
       </c>
       <c r="E317" s="5">
-        <v>2.4002380580162797</v>
+        <v>2.3992140239228243</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>113.02808611</v>
+        <v>113.02944908000001</v>
       </c>
       <c r="C318" s="5">
-        <v>0.97673930999999925</v>
+        <v>0.98004749000000402</v>
       </c>
       <c r="D318" s="5">
-        <v>10.976625491874437</v>
+        <v>11.015809931085819</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>113.33615222</v>
+        <v>113.34405959</v>
       </c>
       <c r="C319" s="5">
-        <v>0.30806610999999862</v>
+        <v>0.31461050999999429</v>
       </c>
       <c r="D319" s="5">
-        <v>3.3201634530531932</v>
+        <v>3.3917371950228592</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>113.26626507</v>
+        <v>113.26551895999999</v>
       </c>
       <c r="C320" s="5">
-        <v>-6.9887149999999565E-2</v>
+        <v>-7.8540630000006217E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>-0.73745875106056014</v>
+        <v>-0.82836618613976176</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>113.76371348000001</v>
+        <v>113.75934925</v>
       </c>
       <c r="C321" s="5">
-        <v>0.49744841000000406</v>
+        <v>0.49383029000000533</v>
       </c>
       <c r="D321" s="5">
-        <v>5.3994048829995256</v>
+        <v>5.3592228346759807</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>113.89325612</v>
+        <v>113.89603624999999</v>
       </c>
       <c r="C322" s="5">
-        <v>0.12954263999999682</v>
+        <v>0.1366869999999949</v>
       </c>
       <c r="D322" s="5">
-        <v>1.3750293008480075</v>
+        <v>1.4514209976462134</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>113.89074616000001</v>
+        <v>113.88971443</v>
       </c>
       <c r="C323" s="5">
-        <v>-2.5099599999975908E-3</v>
+        <v>-6.3218199999965918E-3</v>
       </c>
       <c r="D323" s="5">
-        <v>-2.6442188559472335E-2</v>
+        <v>-6.6585886386527626E-2</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>115.14186331000001</v>
+        <v>115.14210394</v>
       </c>
       <c r="C324" s="5">
-        <v>1.2511171499999989</v>
+        <v>1.2523895100000004</v>
       </c>
       <c r="D324" s="5">
-        <v>14.008643891329964</v>
+        <v>14.023897681982556</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>115.26367432000001</v>
+        <v>115.26394788</v>
       </c>
       <c r="C325" s="5">
-        <v>0.12181101000000183</v>
+        <v>0.12184394000000509</v>
       </c>
       <c r="D325" s="5">
-        <v>1.2769181660632345</v>
+        <v>1.2772626907741946</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>115.54096311000001</v>
+        <v>115.53921918</v>
       </c>
       <c r="C326" s="5">
-        <v>0.27728879000000006</v>
+        <v>0.2752713</v>
       </c>
       <c r="D326" s="5">
-        <v>2.9253337303807303</v>
+        <v>2.9037623554165171</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>115.89158801000001</v>
+        <v>115.89134133</v>
       </c>
       <c r="C327" s="5">
-        <v>0.35062489999999968</v>
+        <v>0.35212214999999958</v>
       </c>
       <c r="D327" s="5">
-        <v>3.7029631713910938</v>
+        <v>3.7190987557930821</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>116.01583358000001</v>
+        <v>116.01474283</v>
       </c>
       <c r="C328" s="5">
-        <v>0.12424556999999936</v>
+        <v>0.12340149999999994</v>
       </c>
       <c r="D328" s="5">
-        <v>1.2941143300905456</v>
+        <v>1.2852738853096568</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>116.18383297</v>
+        <v>116.18008979</v>
       </c>
       <c r="C329" s="5">
-        <v>0.16799938999999142</v>
+        <v>0.16534695999999371</v>
       </c>
       <c r="D329" s="5">
-        <v>1.7515941976477212</v>
+        <v>1.7237386570815971</v>
       </c>
       <c r="E329" s="5">
-        <v>3.688029004574167</v>
+        <v>3.6864884072425497</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>116.1372575</v>
+        <v>116.13834076000001</v>
       </c>
       <c r="C330" s="5">
-        <v>-4.6575469999993402E-2</v>
+        <v>-4.1749029999991194E-2</v>
       </c>
       <c r="D330" s="5">
-        <v>-0.47999362860886574</v>
+        <v>-0.43036581124105133</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>116.34267475999999</v>
+        <v>116.35191297999999</v>
       </c>
       <c r="C331" s="5">
-        <v>0.20541725999999016</v>
+        <v>0.21357221999998899</v>
       </c>
       <c r="D331" s="5">
-        <v>2.1432647506581359</v>
+        <v>2.2291928223724167</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>117.12079367</v>
+        <v>117.12209488000001</v>
       </c>
       <c r="C332" s="5">
-        <v>0.77811891000000344</v>
+        <v>0.77018190000001141</v>
       </c>
       <c r="D332" s="5">
-        <v>8.3277070761063712</v>
+        <v>8.2389682141652543</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>118.10958076</v>
+        <v>118.10359702</v>
       </c>
       <c r="C333" s="5">
-        <v>0.98878709000000242</v>
+        <v>0.98150213999998925</v>
       </c>
       <c r="D333" s="5">
-        <v>10.614855076569118</v>
+        <v>10.532888238165006</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>119.05683086000001</v>
+        <v>119.05316703</v>
       </c>
       <c r="C334" s="5">
-        <v>0.94725010000000509</v>
+        <v>0.94957001000000218</v>
       </c>
       <c r="D334" s="5">
-        <v>10.060195706137831</v>
+        <v>10.08646752308664</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>119.63835330000001</v>
+        <v>119.63835511000001</v>
       </c>
       <c r="C335" s="5">
-        <v>0.58152244000000053</v>
+        <v>0.58518808000000888</v>
       </c>
       <c r="D335" s="5">
-        <v>6.0213439792364376</v>
+        <v>6.0605232107858065</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>120.06018177999999</v>
+        <v>120.06194712999999</v>
       </c>
       <c r="C336" s="5">
-        <v>0.42182847999998785</v>
+        <v>0.42359201999998675</v>
       </c>
       <c r="D336" s="5">
-        <v>4.3140572767028873</v>
+        <v>4.3324456753170759</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>120.44756846</v>
+        <v>120.44569197</v>
       </c>
       <c r="C337" s="5">
-        <v>0.38738668000000587</v>
+        <v>0.38374484000000564</v>
       </c>
       <c r="D337" s="5">
-        <v>3.9413818216348595</v>
+        <v>3.9036165533921086</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>120.94792883</v>
+        <v>120.95903382</v>
       </c>
       <c r="C338" s="5">
-        <v>0.50036036999999567</v>
+        <v>0.51334185000000332</v>
       </c>
       <c r="D338" s="5">
-        <v>5.1005002886761019</v>
+        <v>5.2360304101310762</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>121.51696953</v>
+        <v>121.51494801</v>
       </c>
       <c r="C339" s="5">
-        <v>0.56904070000000218</v>
+        <v>0.55591418999999576</v>
       </c>
       <c r="D339" s="5">
-        <v>5.7942185216098174</v>
+        <v>5.6566301205181357</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>122.14380413000001</v>
+        <v>122.14035383</v>
       </c>
       <c r="C340" s="5">
-        <v>0.62683460000000935</v>
+        <v>0.62540581999999745</v>
       </c>
       <c r="D340" s="5">
-        <v>6.3687703671985174</v>
+        <v>6.3539490259352682</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>122.50041323000001</v>
+        <v>122.49169096999999</v>
       </c>
       <c r="C341" s="5">
-        <v>0.35660910000000001</v>
+        <v>0.35133713999999827</v>
       </c>
       <c r="D341" s="5">
-        <v>3.5603101603132847</v>
+        <v>3.5069412687837254</v>
       </c>
       <c r="E341" s="5">
-        <v>5.4367118888486221</v>
+        <v>5.4326013961673247</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>122.73780044999999</v>
+        <v>122.73376020000001</v>
       </c>
       <c r="C342" s="5">
-        <v>0.23738721999998802</v>
+        <v>0.24206923000001268</v>
       </c>
       <c r="D342" s="5">
-        <v>2.3503634713481603</v>
+        <v>2.3973974836023038</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>123.17077141</v>
+        <v>123.19467681</v>
       </c>
       <c r="C343" s="5">
-        <v>0.43297096000000579</v>
+        <v>0.46091660999999817</v>
       </c>
       <c r="D343" s="5">
-        <v>4.3162347271934909</v>
+        <v>4.6007579662704856</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>123.53274005</v>
+        <v>123.53207535</v>
       </c>
       <c r="C344" s="5">
-        <v>0.36196864000000062</v>
+        <v>0.33739853999999525</v>
       </c>
       <c r="D344" s="5">
-        <v>3.5840667134230841</v>
+        <v>3.3364508517450764</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>124.14869840999999</v>
+        <v>124.13369564</v>
       </c>
       <c r="C345" s="5">
-        <v>0.61595835999999338</v>
+        <v>0.60162028999999961</v>
       </c>
       <c r="D345" s="5">
-        <v>6.1502825550362683</v>
+        <v>6.0032961803737628</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>124.52851508000001</v>
+        <v>124.51740890000001</v>
       </c>
       <c r="C346" s="5">
-        <v>0.37981667000001096</v>
+        <v>0.38371326000000749</v>
       </c>
       <c r="D346" s="5">
-        <v>3.7336513076647204</v>
+        <v>3.7730725866836901</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>125.09198584000001</v>
+        <v>125.09338359</v>
       </c>
       <c r="C347" s="5">
-        <v>0.56347076000000129</v>
+        <v>0.57597468999999535</v>
       </c>
       <c r="D347" s="5">
-        <v>5.5669880324515475</v>
+        <v>5.6942055324803231</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>125.50752729</v>
+        <v>125.51173007</v>
       </c>
       <c r="C348" s="5">
-        <v>0.4155414499999921</v>
+        <v>0.41834647999999675</v>
       </c>
       <c r="D348" s="5">
-        <v>4.0599075526931871</v>
+        <v>4.0877727022831323</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>126.48931342</v>
+        <v>126.48338402</v>
       </c>
       <c r="C349" s="5">
-        <v>0.98178613000000325</v>
+        <v>0.97165395000000387</v>
       </c>
       <c r="D349" s="5">
-        <v>9.8016188182265864</v>
+        <v>9.6957813454428887</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>126.45610639</v>
+        <v>126.49081520999999</v>
       </c>
       <c r="C350" s="5">
-        <v>-3.3207029999999804E-2</v>
+        <v>7.4311899999912612E-3</v>
       </c>
       <c r="D350" s="5">
-        <v>-0.31457953129410132</v>
+        <v>7.0525549188404923E-2</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>126.72967757000001</v>
+        <v>126.72653542</v>
       </c>
       <c r="C351" s="5">
-        <v>0.27357118000000469</v>
+        <v>0.23572021000001087</v>
       </c>
       <c r="D351" s="5">
-        <v>2.6271553353549359</v>
+        <v>2.259306647746695</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>127.01836228000001</v>
+        <v>127.01455061999999</v>
       </c>
       <c r="C352" s="5">
-        <v>0.28868470999999829</v>
+        <v>0.28801519999998959</v>
       </c>
       <c r="D352" s="5">
-        <v>2.7680573227304883</v>
+        <v>2.7616265930061834</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>127.27579221000001</v>
+        <v>127.25231288000001</v>
       </c>
       <c r="C353" s="5">
-        <v>0.2574299300000007</v>
+        <v>0.23776226000001088</v>
       </c>
       <c r="D353" s="5">
-        <v>2.4593511011693048</v>
+        <v>2.269587276499796</v>
       </c>
       <c r="E353" s="5">
-        <v>3.8982554050932094</v>
+        <v>3.8864855830637257</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>128.32636529999999</v>
+        <v>128.31765870999999</v>
       </c>
       <c r="C354" s="5">
-        <v>1.0505730899999861</v>
+        <v>1.0653458299999841</v>
       </c>
       <c r="D354" s="5">
-        <v>10.367451763403857</v>
+        <v>10.522043656503023</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>128.9011093</v>
+        <v>128.94272218</v>
       </c>
       <c r="C355" s="5">
-        <v>0.57474400000000969</v>
+        <v>0.62506347000001483</v>
       </c>
       <c r="D355" s="5">
-        <v>5.5089097814273957</v>
+        <v>6.0046442603853167</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>129.42061641999999</v>
+        <v>129.42067845</v>
       </c>
       <c r="C356" s="5">
-        <v>0.51950711999998589</v>
+        <v>0.47795626999999286</v>
       </c>
       <c r="D356" s="5">
-        <v>4.9449898898384692</v>
+        <v>4.5398928576973141</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>129.80466490000001</v>
+        <v>129.76785002</v>
       </c>
       <c r="C357" s="5">
-        <v>0.38404848000001834</v>
+        <v>0.34717157000000043</v>
       </c>
       <c r="D357" s="5">
-        <v>3.6196297680350709</v>
+        <v>3.2669252860660469</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>130.42350264999999</v>
+        <v>130.40943831999999</v>
       </c>
       <c r="C358" s="5">
-        <v>0.61883774999998309</v>
+        <v>0.64158829999999512</v>
       </c>
       <c r="D358" s="5">
-        <v>5.8733631277792631</v>
+        <v>6.096969826785692</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>131.09392392000001</v>
+        <v>131.09785410000001</v>
       </c>
       <c r="C359" s="5">
-        <v>0.67042127000001983</v>
+        <v>0.68841578000001391</v>
       </c>
       <c r="D359" s="5">
-        <v>6.3458245876081731</v>
+        <v>6.5218504904207553</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>131.71087514999999</v>
+        <v>131.71753032999999</v>
       </c>
       <c r="C360" s="5">
-        <v>0.61695122999998375</v>
+        <v>0.61967622999998184</v>
       </c>
       <c r="D360" s="5">
-        <v>5.7959076586495906</v>
+        <v>5.8219976055701839</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>132.35637166999999</v>
+        <v>132.34606547000001</v>
       </c>
       <c r="C361" s="5">
-        <v>0.64549651999999469</v>
+        <v>0.62853514000002519</v>
       </c>
       <c r="D361" s="5">
-        <v>6.0421716711290374</v>
+        <v>5.8789108688003022</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>132.58145673999999</v>
+        <v>132.64522120000001</v>
       </c>
       <c r="C362" s="5">
-        <v>0.22508507000000577</v>
+        <v>0.2991557299999954</v>
       </c>
       <c r="D362" s="5">
-        <v>2.0599144593273833</v>
+        <v>2.7464638298020816</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>132.82328233000001</v>
+        <v>132.81851606000001</v>
       </c>
       <c r="C363" s="5">
-        <v>0.24182559000001902</v>
+        <v>0.17329485999999861</v>
       </c>
       <c r="D363" s="5">
-        <v>2.2108645122687953</v>
+        <v>1.579058845646153</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>133.57902816000001</v>
+        <v>133.58148697999999</v>
       </c>
       <c r="C364" s="5">
-        <v>0.75574582999999507</v>
+        <v>0.76297091999998656</v>
       </c>
       <c r="D364" s="5">
-        <v>7.0456081505656076</v>
+        <v>7.1153715173388754</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>133.81333763000001</v>
+        <v>133.77367158999999</v>
       </c>
       <c r="C365" s="5">
-        <v>0.23430946999999946</v>
+        <v>0.1921846099999982</v>
       </c>
       <c r="D365" s="5">
-        <v>2.1253327601451044</v>
+        <v>1.7401752262960812</v>
       </c>
       <c r="E365" s="5">
-        <v>5.1365191341439909</v>
+        <v>5.1247467039359007</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>134.39102929000001</v>
+        <v>134.37650048</v>
       </c>
       <c r="C366" s="5">
-        <v>0.57769165999999927</v>
+        <v>0.60282889000001205</v>
       </c>
       <c r="D366" s="5">
-        <v>5.3053713027879201</v>
+        <v>5.543661520263532</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>134.66998275</v>
+        <v>134.72690610000001</v>
       </c>
       <c r="C367" s="5">
-        <v>0.27895345999999677</v>
+        <v>0.35040562000000364</v>
       </c>
       <c r="D367" s="5">
-        <v>2.5194557081982927</v>
+        <v>3.1744397352432285</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>134.50971620999999</v>
+        <v>134.50706471000001</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.16026654000000917</v>
+        <v>-0.21984138999999914</v>
       </c>
       <c r="D368" s="5">
-        <v>-1.4187721581614743</v>
+        <v>-1.9406286776381343</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>128.82754779999999</v>
+        <v>128.75772676</v>
       </c>
       <c r="C369" s="5">
-        <v>-5.6821684100000027</v>
+        <v>-5.7493379500000117</v>
       </c>
       <c r="D369" s="5">
-        <v>-40.425417804790932</v>
+        <v>-40.797715995926673</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>130.66389230999999</v>
+        <v>130.64977150999999</v>
       </c>
       <c r="C370" s="5">
-        <v>1.8363445100000035</v>
+        <v>1.8920447499999966</v>
       </c>
       <c r="D370" s="5">
-        <v>18.511968332747575</v>
+        <v>19.130852062451641</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>130.92766026999999</v>
+        <v>130.93700694</v>
       </c>
       <c r="C371" s="5">
-        <v>0.26376795999999558</v>
+        <v>0.28723543000000973</v>
       </c>
       <c r="D371" s="5">
-        <v>2.4494873781465865</v>
+        <v>2.6703533394629941</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>130.82049283999999</v>
+        <v>130.83201765000001</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.10716743000000406</v>
+        <v>-0.1049892899999918</v>
       </c>
       <c r="D372" s="5">
-        <v>-0.9778189444303198</v>
+        <v>-0.95796460753683199</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>131.29912345</v>
+        <v>131.29363792000001</v>
       </c>
       <c r="C373" s="5">
-        <v>0.47863061000001039</v>
+        <v>0.46162026999999739</v>
       </c>
       <c r="D373" s="5">
-        <v>4.4798523305579874</v>
+        <v>4.317150761628441</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>131.73733873</v>
+        <v>131.82530345000001</v>
       </c>
       <c r="C374" s="5">
-        <v>0.43821528000000853</v>
+        <v>0.53166552999999794</v>
       </c>
       <c r="D374" s="5">
-        <v>4.0793830708806711</v>
+        <v>4.969027106207502</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>132.35361288999999</v>
+        <v>132.35503381000001</v>
       </c>
       <c r="C375" s="5">
-        <v>0.61627415999998902</v>
+        <v>0.52973036000000207</v>
       </c>
       <c r="D375" s="5">
-        <v>5.7603744412529467</v>
+        <v>4.9301281385373485</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>132.80389434</v>
+        <v>132.81804235999999</v>
       </c>
       <c r="C376" s="5">
-        <v>0.45028145000000563</v>
+        <v>0.46300854999998364</v>
       </c>
       <c r="D376" s="5">
-        <v>4.1597947518708489</v>
+        <v>4.2795954061168873</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>133.34113457000001</v>
+        <v>133.29018780999999</v>
       </c>
       <c r="C377" s="5">
-        <v>0.53724023000000898</v>
+        <v>0.4721454499999993</v>
       </c>
       <c r="D377" s="5">
-        <v>4.9639166859537065</v>
+        <v>4.3501941679668699</v>
       </c>
       <c r="E377" s="5">
-        <v>-0.35288190875685244</v>
+        <v>-0.36141923463222092</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>134.08398763</v>
+        <v>134.06359021</v>
       </c>
       <c r="C378" s="5">
-        <v>0.74285305999998741</v>
+        <v>0.77340240000000904</v>
       </c>
       <c r="D378" s="5">
-        <v>6.8939816505297014</v>
+        <v>7.1894365907152036</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>133.47093724000001</v>
+        <v>133.51948429999999</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.61305038999998374</v>
+        <v>-0.54410591000001318</v>
       </c>
       <c r="D379" s="5">
-        <v>-5.3506766056677924</v>
+        <v>-4.7630215260028974</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>135.35253008999999</v>
+        <v>135.34320029</v>
       </c>
       <c r="C380" s="5">
-        <v>1.8815928499999757</v>
+        <v>1.8237159900000108</v>
       </c>
       <c r="D380" s="5">
-        <v>18.292175210244466</v>
+        <v>17.679697271739482</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>136.72729287000001</v>
+        <v>136.61287157000001</v>
       </c>
       <c r="C381" s="5">
-        <v>1.3747627800000259</v>
+        <v>1.2696712800000114</v>
       </c>
       <c r="D381" s="5">
-        <v>12.892747227315194</v>
+        <v>11.856736566297021</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>137.34212604999999</v>
+        <v>137.32235501</v>
       </c>
       <c r="C382" s="5">
-        <v>0.61483317999997666</v>
+        <v>0.70948343999998542</v>
       </c>
       <c r="D382" s="5">
-        <v>5.531621389801078</v>
+        <v>6.4131920087622918</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>137.84076777999999</v>
+        <v>137.85649667000001</v>
       </c>
       <c r="C383" s="5">
-        <v>0.49864173000000278</v>
+        <v>0.53414166000001728</v>
       </c>
       <c r="D383" s="5">
-        <v>4.444845122411345</v>
+        <v>4.7687924927462433</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>139.67058463000001</v>
+        <v>139.70632024</v>
       </c>
       <c r="C384" s="5">
-        <v>1.8298168500000145</v>
+        <v>1.8498235699999839</v>
       </c>
       <c r="D384" s="5">
-        <v>17.145931551592184</v>
+        <v>17.345325563622072</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>140.13706718</v>
+        <v>140.13832904</v>
       </c>
       <c r="C385" s="5">
-        <v>0.46648254999999494</v>
+        <v>0.43200880000000552</v>
       </c>
       <c r="D385" s="5">
-        <v>4.0822995458730027</v>
+        <v>3.7744814748522648</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>141.12295558</v>
+        <v>141.23740007999999</v>
       </c>
       <c r="C386" s="5">
-        <v>0.98588839999999323</v>
+        <v>1.0990710399999841</v>
       </c>
       <c r="D386" s="5">
-        <v>8.7766476750970046</v>
+        <v>9.8280708183233756</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>142.65572495999999</v>
+        <v>142.67223349</v>
       </c>
       <c r="C387" s="5">
-        <v>1.5327693799999906</v>
+        <v>1.4348334100000102</v>
       </c>
       <c r="D387" s="5">
-        <v>13.840947165232521</v>
+        <v>12.895582224422908</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>143.71887577999999</v>
+        <v>143.75757278</v>
       </c>
       <c r="C388" s="5">
-        <v>1.0631508200000042</v>
+        <v>1.0853392900000074</v>
       </c>
       <c r="D388" s="5">
-        <v>9.3189053604435301</v>
+        <v>9.5204595124145577</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>144.96441118999999</v>
+        <v>144.90776761999999</v>
       </c>
       <c r="C389" s="5">
-        <v>1.2455354100000022</v>
+        <v>1.1501948399999833</v>
       </c>
       <c r="D389" s="5">
-        <v>10.910078971289106</v>
+        <v>10.035092742041375</v>
       </c>
       <c r="E389" s="5">
-        <v>8.7169474427249085</v>
+        <v>8.7160052820695277</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>144.55324376999999</v>
+        <v>144.52848907000001</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.41116741999999817</v>
+        <v>-0.3792785499999809</v>
       </c>
       <c r="D390" s="5">
-        <v>-3.3510034353366858</v>
+        <v>-3.0960325405139266</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>145.73372949</v>
+        <v>145.75093115000001</v>
       </c>
       <c r="C391" s="5">
-        <v>1.1804857200000072</v>
+        <v>1.2224420800000075</v>
       </c>
       <c r="D391" s="5">
-        <v>10.252094710218906</v>
+        <v>10.635500754627159</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>146.69743402</v>
+        <v>146.66847809999999</v>
       </c>
       <c r="C392" s="5">
-        <v>0.96370453000000111</v>
+        <v>0.91754694999997355</v>
       </c>
       <c r="D392" s="5">
-        <v>8.2303988876529566</v>
+        <v>7.8215003783821846</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>149.79797361000001</v>
+        <v>149.62150613</v>
       </c>
       <c r="C393" s="5">
-        <v>3.100539590000011</v>
+        <v>2.9530280300000129</v>
       </c>
       <c r="D393" s="5">
-        <v>28.528977713935944</v>
+        <v>27.024308408179643</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>150.13793806999999</v>
+        <v>150.07582242999999</v>
       </c>
       <c r="C394" s="5">
-        <v>0.33996445999997604</v>
+        <v>0.4543162999999879</v>
       </c>
       <c r="D394" s="5">
-        <v>2.7576358796943534</v>
+        <v>3.7051963926155063</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>150.61522024000001</v>
+        <v>150.66343126999999</v>
       </c>
       <c r="C395" s="5">
-        <v>0.4772821700000236</v>
+        <v>0.58760884000000146</v>
       </c>
       <c r="D395" s="5">
-        <v>3.8821593147716271</v>
+        <v>4.8010090035055075</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>151.04360613</v>
+        <v>151.13284442</v>
       </c>
       <c r="C396" s="5">
-        <v>0.42838588999998706</v>
+        <v>0.46941315000000827</v>
       </c>
       <c r="D396" s="5">
-        <v>3.4669899413443339</v>
+        <v>3.8035067920433541</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>151.57772944000001</v>
+        <v>151.60470981</v>
       </c>
       <c r="C397" s="5">
-        <v>0.53412331000001245</v>
+        <v>0.47186539000000494</v>
       </c>
       <c r="D397" s="5">
-        <v>4.3269757290824273</v>
+        <v>3.8116390307663117</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>152.18066679</v>
+        <v>152.31642024999999</v>
       </c>
       <c r="C398" s="5">
-        <v>0.6029373499999906</v>
+        <v>0.71171043999999029</v>
       </c>
       <c r="D398" s="5">
-        <v>4.8791176070733355</v>
+        <v>5.7811710487828627</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>152.13487473000001</v>
+        <v>152.17848420999999</v>
       </c>
       <c r="C399" s="5">
-        <v>-4.5792059999996582E-2</v>
+        <v>-0.13793603999999959</v>
       </c>
       <c r="D399" s="5">
-        <v>-0.36049008225776946</v>
+        <v>-1.0813102312705714</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>152.32308685999999</v>
+        <v>152.38734500000001</v>
       </c>
       <c r="C400" s="5">
-        <v>0.18821212999998238</v>
+        <v>0.208860790000017</v>
       </c>
       <c r="D400" s="5">
-        <v>1.4947111024974369</v>
+        <v>1.6594563883325808</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>153.10841657</v>
+        <v>153.04771986</v>
       </c>
       <c r="C401" s="5">
-        <v>0.78532971000001339</v>
+        <v>0.66037485999999035</v>
       </c>
       <c r="D401" s="5">
-        <v>6.365306204938137</v>
+        <v>5.3259863141213115</v>
       </c>
       <c r="E401" s="5">
-        <v>5.6179343006649729</v>
+        <v>5.6173332690804267</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>153.56512649000001</v>
+        <v>153.52963002000001</v>
       </c>
       <c r="C402" s="5">
-        <v>0.45670992000000865</v>
+        <v>0.48191016000001241</v>
       </c>
       <c r="D402" s="5">
-        <v>3.6388154801556771</v>
+        <v>3.8446375877645655</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>153.92746821</v>
+        <v>153.89049654999999</v>
       </c>
       <c r="C403" s="5">
-        <v>0.36234171999998921</v>
+        <v>0.36086652999998137</v>
       </c>
       <c r="D403" s="5">
-        <v>2.8684728416008998</v>
+        <v>2.8573122008876961</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>154.60084302999999</v>
+        <v>154.54438051</v>
       </c>
       <c r="C404" s="5">
-        <v>0.67337481999999227</v>
+        <v>0.65388396000000171</v>
       </c>
       <c r="D404" s="5">
-        <v>5.3777154690925366</v>
+        <v>5.2196867753911524</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>154.86241265999999</v>
+        <v>154.63152212</v>
       </c>
       <c r="C405" s="5">
-        <v>0.26156962999999678</v>
+        <v>8.7141610000003311E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>2.0492832906681135</v>
+        <v>0.67873602500116981</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>155.51847004000001</v>
+        <v>155.40834225</v>
       </c>
       <c r="C406" s="5">
-        <v>0.65605738000002134</v>
+        <v>0.77682013000000438</v>
       </c>
       <c r="D406" s="5">
-        <v>5.2038053306086907</v>
+        <v>6.1978105496803382</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>156.49179921000001</v>
+        <v>156.5838071</v>
       </c>
       <c r="C407" s="5">
-        <v>0.97332916999999952</v>
+        <v>1.1754648499999973</v>
       </c>
       <c r="D407" s="5">
-        <v>7.7743230217703019</v>
+        <v>9.4637300711936323</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>157.10922291</v>
+        <v>157.26227277999999</v>
       </c>
       <c r="C408" s="5">
-        <v>0.61742369999998914</v>
+        <v>0.67846567999998797</v>
       </c>
       <c r="D408" s="5">
-        <v>4.8385876421190632</v>
+        <v>5.3252254819699196</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>157.87929643999999</v>
+        <v>157.93350436</v>
       </c>
       <c r="C409" s="5">
-        <v>0.77007352999999057</v>
+        <v>0.67123158000001126</v>
       </c>
       <c r="D409" s="5">
-        <v>6.0430040384766626</v>
+        <v>5.2438408426535243</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>158.71781300000001</v>
+        <v>158.86553699999999</v>
       </c>
       <c r="C410" s="5">
-        <v>0.8385165600000164</v>
+        <v>0.93203263999998853</v>
       </c>
       <c r="D410" s="5">
-        <v>6.5628578547416438</v>
+        <v>7.3161484774048047</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>159.44343999</v>
+        <v>159.51155521000001</v>
       </c>
       <c r="C411" s="5">
-        <v>0.72562698999999498</v>
+        <v>0.64601821000002246</v>
       </c>
       <c r="D411" s="5">
-        <v>5.6262400737111307</v>
+        <v>4.9903663028202372</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>159.75525207000001</v>
+        <v>159.84359089</v>
       </c>
       <c r="C412" s="5">
-        <v>0.31181208000000993</v>
+        <v>0.33203567999998995</v>
       </c>
       <c r="D412" s="5">
-        <v>2.3721606309833776</v>
+        <v>2.5266900482843635</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>160.27944400000001</v>
+        <v>160.21828249000001</v>
       </c>
       <c r="C413" s="5">
-        <v>0.52419193000000064</v>
+        <v>0.37469160000000556</v>
       </c>
       <c r="D413" s="5">
-        <v>4.0093036883504407</v>
+        <v>2.8494878244444743</v>
       </c>
       <c r="E413" s="5">
-        <v>4.68362719088109</v>
+        <v>4.6851809596113236</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>160.74350367</v>
+        <v>160.6955538</v>
       </c>
       <c r="C414" s="5">
-        <v>0.46405966999998327</v>
+        <v>0.4772713099999919</v>
       </c>
       <c r="D414" s="5">
-        <v>3.5302437402584985</v>
+        <v>3.6338101612692242</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>161.61009666999999</v>
+        <v>161.5149658</v>
       </c>
       <c r="C415" s="5">
-        <v>0.86659299999999462</v>
+        <v>0.81941199999999981</v>
       </c>
       <c r="D415" s="5">
-        <v>6.6647002991200299</v>
+        <v>6.293549390485742</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>162.21087084999999</v>
+        <v>162.12298956000001</v>
       </c>
       <c r="C416" s="5">
-        <v>0.60077418000000193</v>
+        <v>0.60802376000000891</v>
       </c>
       <c r="D416" s="5">
-        <v>4.5532626626830774</v>
+        <v>4.6121205026258494</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>162.2913484</v>
+        <v>162.02680558</v>
       </c>
       <c r="C417" s="5">
-        <v>8.0477550000011888E-2</v>
+        <v>-9.6183980000006386E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>0.59698228431348532</v>
+        <v>-0.70961495882371217</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>162.47900114000001</v>
+        <v>162.31561948000001</v>
       </c>
       <c r="C418" s="5">
-        <v>0.18765274000000431</v>
+        <v>0.28881390000000806</v>
       </c>
       <c r="D418" s="5">
-        <v>1.3963829542309458</v>
+        <v>2.1601037723354866</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>163.07802534999999</v>
+        <v>163.22177669000001</v>
       </c>
       <c r="C419" s="5">
-        <v>0.59902420999998185</v>
+        <v>0.90615721000000349</v>
       </c>
       <c r="D419" s="5">
-        <v>4.5149562149977562</v>
+        <v>6.9087982463556408</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>162.771728</v>
+        <v>162.98035607</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.30629734999999414</v>
+        <v>-0.24142062000001374</v>
       </c>
       <c r="D420" s="5">
-        <v>-2.2307330495634825</v>
+        <v>-1.7605467552091691</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>163.38107557000001</v>
+        <v>163.46564867999999</v>
       </c>
       <c r="C421" s="5">
-        <v>0.60934757000001127</v>
+        <v>0.48529260999998769</v>
       </c>
       <c r="D421" s="5">
-        <v>4.5859440969731491</v>
+        <v>3.6322384857957912</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>163.21234637000001</v>
+        <v>163.35929467</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.16872920000000136</v>
+        <v>-0.10635400999998978</v>
       </c>
       <c r="D422" s="5">
-        <v>-1.2322658752140336</v>
+        <v>-0.77795615266259555</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>162.64356763999999</v>
+        <v>162.73021609</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.56877873000001955</v>
+        <v>-0.62907857999999806</v>
       </c>
       <c r="D423" s="5">
-        <v>-4.1026501199541876</v>
+        <v>-4.5244391192530991</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>163.22097524</v>
+        <v>163.31741819000001</v>
       </c>
       <c r="C424" s="5">
-        <v>0.57740760000001501</v>
+        <v>0.58720210000001316</v>
       </c>
       <c r="D424" s="5">
-        <v>4.344344604139927</v>
+        <v>4.4171067201811631</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>163.00676405999999</v>
+        <v>162.94932602</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.21421118000000661</v>
+        <v>-0.36809217000001127</v>
       </c>
       <c r="D425" s="5">
-        <v>-1.5635615827588878</v>
+        <v>-2.6713379830025308</v>
       </c>
       <c r="E425" s="5">
-        <v>1.7016031450670432</v>
+        <v>1.7045767109446164</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>162.61224490999999</v>
+        <v>162.73960452</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.39451915000000781</v>
+        <v>-0.20972150000000056</v>
       </c>
       <c r="D426" s="5">
-        <v>-2.8659645190538763</v>
+        <v>-1.5335562397131741</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>162.45101621000001</v>
+        <v>162.59037923</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.16122869999998102</v>
+        <v>-0.14922529000000395</v>
       </c>
       <c r="D427" s="5">
-        <v>-1.183323331858277</v>
+        <v>-1.0948164941659733</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>161.93361508999999</v>
+        <v>162.03031299</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.51740112000001659</v>
+        <v>-0.56006623999999761</v>
       </c>
       <c r="D428" s="5">
-        <v>-3.7557155774137208</v>
+        <v>-4.0561541789221884</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>162.64419156</v>
+        <v>162.14623047000001</v>
       </c>
       <c r="C429" s="5">
-        <v>0.71057647000000657</v>
+        <v>0.11591748000000734</v>
       </c>
       <c r="D429" s="5">
-        <v>5.3946487291607115</v>
+        <v>0.86187334968363949</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>163.05311019000001</v>
+        <v>162.23500643</v>
       </c>
       <c r="C430" s="5">
-        <v>0.40891863000001649</v>
+        <v>8.8775959999992438E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>3.0591009661074198</v>
+        <v>0.65898869834111196</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>162.41559215000001</v>
+        <v>161.43023166</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.63751804000000334</v>
+        <v>-0.80477476999999453</v>
       </c>
       <c r="D431" s="5">
-        <v>-4.5922638146850936</v>
+        <v>-5.7929084737515684</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>163.10206868</v>
+        <v>162.00588396000001</v>
       </c>
       <c r="C432" s="5">
-        <v>0.68647652999999309</v>
+        <v>0.57565230000000156</v>
       </c>
       <c r="D432" s="5">
-        <v>5.1915838728506358</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>4.3640725061948826</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>162.14870081000001</v>
+        <v>161.06308891</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.9533678699999939</v>
+        <v>-0.94279505000000086</v>
       </c>
       <c r="D433" s="5">
-        <v>-6.793103593789807</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-6.764172787402023</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>161.99735514</v>
+        <v>160.91044165</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.15134567000001198</v>
+        <v>-0.15264726000000906</v>
       </c>
       <c r="D434" s="5">
-        <v>-1.1143189307617374</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.1313882872236558</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>160.90174314000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-8.6985099999878912E-3</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-6.4850415974415654E-2</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>161.77312241000001</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.87137927000000559</v>
+      </c>
+      <c r="D436" s="5">
+        <v>6.6958251788069578</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>162.32684535999999</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.55372294999997962</v>
+      </c>
+      <c r="D437" s="5">
+        <v>4.1856172190236629</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.38200873560140236</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>