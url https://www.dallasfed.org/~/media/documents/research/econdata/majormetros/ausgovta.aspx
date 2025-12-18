--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{1BCA11B5-1876-4EBD-BBE4-0F147F90EC37}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{90BBE7BD-397A-439A-94E6-FB2B6FD43F51}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F358394A-76EC-41D4-AA37-0FA5B60EE3AE}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{745B483A-F8ED-426B-BAC5-5A7242F64BAA}"/>
   </bookViews>
   <sheets>
     <sheet name="ausgovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Government Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C0F1EFA-82CA-40C3-B389-7587E15617A5}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F99163F3-70D8-4685-94BC-CE64423DFFDF}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.32016376999999352</v>
       </c>
       <c r="D431" s="5">
         <v>-1.8205894245083787</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>211.17796512999999</v>
       </c>
       <c r="C432" s="5">
         <v>2.2362237799999889</v>
       </c>
       <c r="D432" s="5">
         <v>13.626777777652244</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>213.70827075</v>
+        <v>213.65433691999999</v>
       </c>
       <c r="C433" s="5">
-        <v>2.5303056200000071</v>
+        <v>2.4763717900000017</v>
       </c>
       <c r="D433" s="5">
-        <v>15.364649954394105</v>
+        <v>15.015757802635154</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>212.94423219999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.71010472000000391</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-3.916233139444647</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>