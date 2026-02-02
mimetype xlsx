--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{90BBE7BD-397A-439A-94E6-FB2B6FD43F51}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{44EA4E29-7061-446B-857B-B967D1948215}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{745B483A-F8ED-426B-BAC5-5A7242F64BAA}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{BA731C0D-0BA6-4AB8-A120-84F2455B7A82}"/>
   </bookViews>
   <sheets>
     <sheet name="ausgovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Government Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F99163F3-70D8-4685-94BC-CE64423DFFDF}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2ACF2EC8-B033-40CF-B711-53A83EFD31D2}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>110.91203818</v>
+        <v>110.91193994</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>110.86860007999999</v>
+        <v>110.86900588</v>
       </c>
       <c r="C7" s="5">
-        <v>-4.3438100000003033E-2</v>
+        <v>-4.2934059999993224E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>-0.46896248725950551</v>
+        <v>-0.46353280635931249</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>112.38592262</v>
+        <v>112.38590963</v>
       </c>
       <c r="C8" s="5">
-        <v>1.5173225400000092</v>
+        <v>1.5169037499999973</v>
       </c>
       <c r="D8" s="5">
-        <v>17.717279591318459</v>
+        <v>17.71194603746067</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>115.87756014999999</v>
+        <v>115.87721137</v>
       </c>
       <c r="C9" s="5">
-        <v>3.4916375299999913</v>
+        <v>3.4913017399999973</v>
       </c>
       <c r="D9" s="5">
-        <v>44.360748719259661</v>
+        <v>44.355734888804889</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>119.36415768000001</v>
+        <v>119.36430737000001</v>
       </c>
       <c r="C10" s="5">
-        <v>3.4865975300000116</v>
+        <v>3.4870960000000082</v>
       </c>
       <c r="D10" s="5">
-        <v>42.723387093346602</v>
+        <v>42.730690092951207</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>118.22896016999999</v>
+        <v>118.22901088</v>
       </c>
       <c r="C11" s="5">
-        <v>-1.1351975100000118</v>
+        <v>-1.1352964900000018</v>
       </c>
       <c r="D11" s="5">
-        <v>-10.834019990615296</v>
+        <v>-10.834902887084041</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>118.20145832</v>
+        <v>118.20171559000001</v>
       </c>
       <c r="C12" s="5">
-        <v>-2.7501849999993055E-2</v>
+        <v>-2.7295289999997863E-2</v>
       </c>
       <c r="D12" s="5">
-        <v>-0.27878135932193349</v>
+        <v>-0.27669003686088267</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>113.90952733</v>
+        <v>113.90956980999999</v>
       </c>
       <c r="C13" s="5">
-        <v>-4.2919309899999973</v>
+        <v>-4.2921457800000127</v>
       </c>
       <c r="D13" s="5">
-        <v>-35.842625907408902</v>
+        <v>-35.844014469766485</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>115.18945050000001</v>
+        <v>115.18930116</v>
       </c>
       <c r="C14" s="5">
-        <v>1.2799231700000036</v>
+        <v>1.2797313500000058</v>
       </c>
       <c r="D14" s="5">
-        <v>14.348871062403102</v>
+        <v>14.346580355630945</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>115.8242741</v>
+        <v>115.82416207</v>
       </c>
       <c r="C15" s="5">
-        <v>0.63482359999999005</v>
+        <v>0.63486091000000044</v>
       </c>
       <c r="D15" s="5">
-        <v>6.8175386113913161</v>
+        <v>6.8179606254395564</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>116.1209709</v>
+        <v>116.12090307</v>
       </c>
       <c r="C16" s="5">
-        <v>0.29669680000000653</v>
+        <v>0.29674099999999726</v>
       </c>
       <c r="D16" s="5">
-        <v>3.1176140490774884</v>
+        <v>3.1180881138421324</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>116.71668363000001</v>
+        <v>116.71656356</v>
       </c>
       <c r="C17" s="5">
-        <v>0.59571273000000247</v>
+        <v>0.59566049000000021</v>
       </c>
       <c r="D17" s="5">
-        <v>6.3328290518845254</v>
+        <v>6.3322617483541954</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>116.68909222000001</v>
+        <v>116.68900592</v>
       </c>
       <c r="C18" s="5">
-        <v>-2.7591409999999428E-2</v>
+        <v>-2.7557639999997718E-2</v>
       </c>
       <c r="D18" s="5">
-        <v>-0.2833072042465079</v>
+        <v>-0.28296119646529228</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>116.64968755</v>
+        <v>116.64999290999999</v>
       </c>
       <c r="C19" s="5">
-        <v>-3.9404670000010356E-2</v>
+        <v>-3.9013010000005011E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>-0.40447550600182236</v>
+        <v>-0.40046293497215668</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>116.76876758</v>
+        <v>116.76878828</v>
       </c>
       <c r="C20" s="5">
-        <v>0.11908003000000633</v>
+        <v>0.11879537000000084</v>
       </c>
       <c r="D20" s="5">
-        <v>1.2319027852494502</v>
+        <v>1.2289381808407773</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>116.72062861000001</v>
+        <v>116.72041646</v>
       </c>
       <c r="C21" s="5">
-        <v>-4.8138969999996561E-2</v>
+        <v>-4.8371819999999843E-2</v>
       </c>
       <c r="D21" s="5">
-        <v>-0.49359056587557903</v>
+        <v>-0.4959725571555218</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>116.91208546</v>
+        <v>116.91215352</v>
       </c>
       <c r="C22" s="5">
-        <v>0.19145684999999446</v>
+        <v>0.19173706000000834</v>
       </c>
       <c r="D22" s="5">
-        <v>1.9862153385737269</v>
+        <v>1.98915226100711</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>117.43609963999999</v>
+        <v>117.43612183</v>
       </c>
       <c r="C23" s="5">
-        <v>0.52401417999999467</v>
+        <v>0.52396831000000077</v>
       </c>
       <c r="D23" s="5">
-        <v>5.5131370862426143</v>
+        <v>5.5126392432769622</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>117.09443723</v>
+        <v>117.09457481</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.34166240999999786</v>
+        <v>-0.34154702000000725</v>
       </c>
       <c r="D24" s="5">
-        <v>-3.4358907066056377</v>
+        <v>-3.4347481595935148</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>115.55050464999999</v>
+        <v>115.55062744999999</v>
       </c>
       <c r="C25" s="5">
-        <v>-1.5439325800000034</v>
+        <v>-1.5439473600000042</v>
       </c>
       <c r="D25" s="5">
-        <v>-14.723965925290216</v>
+        <v>-14.724080751286284</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>116.82480236000001</v>
+        <v>116.8246903</v>
       </c>
       <c r="C26" s="5">
-        <v>1.2742977100000132</v>
+        <v>1.2740628500000071</v>
       </c>
       <c r="D26" s="5">
-        <v>14.066601200772011</v>
+        <v>14.063833586977537</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>116.90581785000001</v>
+        <v>116.90574196</v>
       </c>
       <c r="C27" s="5">
-        <v>8.1015489999998636E-2</v>
+        <v>8.105165999999997E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>0.83535558397238585</v>
+        <v>0.8357307639920819</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>117.77154056000001</v>
+        <v>117.77149117</v>
       </c>
       <c r="C28" s="5">
-        <v>0.86572271000000001</v>
+        <v>0.86574921000000415</v>
       </c>
       <c r="D28" s="5">
-        <v>9.2573792598960694</v>
+        <v>9.2576805273389073</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>118.03617140999999</v>
+        <v>118.03608807000001</v>
       </c>
       <c r="C29" s="5">
-        <v>0.26463084999998898</v>
+        <v>0.2645969000000008</v>
       </c>
       <c r="D29" s="5">
-        <v>2.7299555023828415</v>
+        <v>2.7296020910076102</v>
       </c>
       <c r="E29" s="5">
-        <v>1.1305048592563205</v>
+        <v>1.1305374916403155</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>118.31653561</v>
+        <v>118.31647316999999</v>
       </c>
       <c r="C30" s="5">
-        <v>0.28036420000000817</v>
+        <v>0.28038509999998951</v>
       </c>
       <c r="D30" s="5">
-        <v>2.8878196695889757</v>
+        <v>2.8880398308008148</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>118.05156009</v>
+        <v>118.051709</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.26497552000000724</v>
+        <v>-0.2647641699999923</v>
       </c>
       <c r="D31" s="5">
-        <v>-2.6546002776305588</v>
+        <v>-2.6525102873722894</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>118.46763808</v>
+        <v>118.46765538</v>
       </c>
       <c r="C32" s="5">
-        <v>0.41607799000000512</v>
+        <v>0.41594637999999406</v>
       </c>
       <c r="D32" s="5">
-        <v>4.3124123867235076</v>
+        <v>4.3110162381517103</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>118.77742474</v>
+        <v>118.77730706</v>
       </c>
       <c r="C33" s="5">
-        <v>0.30978666000000032</v>
+        <v>0.30965168000000176</v>
       </c>
       <c r="D33" s="5">
-        <v>3.1834632386795958</v>
+        <v>3.182055669930417</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>118.86133882999999</v>
+        <v>118.86136193</v>
       </c>
       <c r="C34" s="5">
-        <v>8.391408999999328E-2</v>
+        <v>8.4054870000002779E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>0.85108011095214042</v>
+        <v>0.8525143508663513</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>119.37181329000001</v>
+        <v>119.37181482</v>
       </c>
       <c r="C35" s="5">
-        <v>0.51047446000001173</v>
+        <v>0.51045288999999627</v>
       </c>
       <c r="D35" s="5">
-        <v>5.2771400785047939</v>
+        <v>5.2769107510515667</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>120.11958362999999</v>
+        <v>120.11964186</v>
       </c>
       <c r="C36" s="5">
-        <v>0.74777033999998821</v>
+        <v>0.74782704000000422</v>
       </c>
       <c r="D36" s="5">
-        <v>7.7815254736489647</v>
+        <v>7.7821358848831235</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>118.09714024</v>
+        <v>118.09735191999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-2.0224433899999923</v>
+        <v>-2.0222899400000074</v>
       </c>
       <c r="D37" s="5">
-        <v>-18.434452385656996</v>
+        <v>-18.433172461108338</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>121.39192736</v>
+        <v>121.39183867</v>
       </c>
       <c r="C38" s="5">
-        <v>3.2947871199999952</v>
+        <v>3.2944867500000043</v>
       </c>
       <c r="D38" s="5">
-        <v>39.124977839159754</v>
+        <v>39.120765704813799</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>122.09698933999999</v>
+        <v>122.09694699000001</v>
       </c>
       <c r="C39" s="5">
-        <v>0.70506197999999642</v>
+        <v>0.70510832000000789</v>
       </c>
       <c r="D39" s="5">
-        <v>7.1967901262976142</v>
+        <v>7.1972837731831163</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>122.60699098000001</v>
+        <v>122.60695042</v>
       </c>
       <c r="C40" s="5">
-        <v>0.51000164000001291</v>
+        <v>0.51000342999999759</v>
       </c>
       <c r="D40" s="5">
-        <v>5.1291967289253115</v>
+        <v>5.1292169670897225</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>122.79191711999999</v>
+        <v>122.79186009999999</v>
       </c>
       <c r="C41" s="5">
-        <v>0.18492613999998753</v>
+        <v>0.18490967999998986</v>
       </c>
       <c r="D41" s="5">
-        <v>1.8250307931817478</v>
+        <v>1.8248676088167048</v>
       </c>
       <c r="E41" s="5">
-        <v>4.0290579177469699</v>
+        <v>4.0290830607497163</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>122.96331716</v>
+        <v>122.96327463999999</v>
       </c>
       <c r="C42" s="5">
-        <v>0.17140004000000886</v>
+        <v>0.17141454000000067</v>
       </c>
       <c r="D42" s="5">
-        <v>1.6879487957504491</v>
+        <v>1.6880934799188285</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>123.57653567</v>
+        <v>123.57657326</v>
       </c>
       <c r="C43" s="5">
-        <v>0.61321850999999583</v>
+        <v>0.61329862000000901</v>
       </c>
       <c r="D43" s="5">
-        <v>6.1513071948164022</v>
+        <v>6.1521351504193911</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>123.73290969999999</v>
+        <v>123.73290832000001</v>
       </c>
       <c r="C44" s="5">
-        <v>0.15637402999999495</v>
+        <v>0.15633506000000352</v>
       </c>
       <c r="D44" s="5">
-        <v>1.5290956433612557</v>
+        <v>1.5287114535603941</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>124.21578047</v>
+        <v>124.21571378</v>
       </c>
       <c r="C45" s="5">
-        <v>0.48287077000000522</v>
+        <v>0.48280545999999447</v>
       </c>
       <c r="D45" s="5">
-        <v>4.7848651020110378</v>
+        <v>4.7842040347470638</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>124.36837615</v>
+        <v>124.36836825</v>
       </c>
       <c r="C46" s="5">
-        <v>0.15259568000000456</v>
+        <v>0.15265447000000165</v>
       </c>
       <c r="D46" s="5">
-        <v>1.4841683488717283</v>
+        <v>1.4847448221666282</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>124.01041239</v>
+        <v>124.01037855</v>
       </c>
       <c r="C47" s="5">
-        <v>-0.35796376000000407</v>
+        <v>-0.35798970000000452</v>
       </c>
       <c r="D47" s="5">
-        <v>-3.3997491614023212</v>
+        <v>-3.3999918511164906</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>124.61289927</v>
+        <v>124.61287939</v>
       </c>
       <c r="C48" s="5">
-        <v>0.60248688000000072</v>
+        <v>0.6025008400000047</v>
       </c>
       <c r="D48" s="5">
-        <v>5.9883632709799794</v>
+        <v>5.9885074317316711</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>123.88794670999999</v>
+        <v>123.88833251</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.72495256000000552</v>
+        <v>-0.72454688000000544</v>
       </c>
       <c r="D49" s="5">
-        <v>-6.762063140023578</v>
+        <v>-6.7584003459539748</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>125.61568421</v>
+        <v>125.61560091</v>
       </c>
       <c r="C50" s="5">
-        <v>1.7277375000000035</v>
+        <v>1.7272683999999998</v>
       </c>
       <c r="D50" s="5">
-        <v>18.080384164500597</v>
+        <v>18.075032079571507</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>125.54668538999999</v>
+        <v>125.54664977</v>
       </c>
       <c r="C51" s="5">
-        <v>-6.8998820000004457E-2</v>
+        <v>-6.8951139999995803E-2</v>
       </c>
       <c r="D51" s="5">
-        <v>-0.65715441351418269</v>
+        <v>-0.65670210676620488</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>124.8932861</v>
+        <v>124.89324815000001</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.65339928999999586</v>
+        <v>-0.6534016199999968</v>
       </c>
       <c r="D52" s="5">
-        <v>-6.0696162648197438</v>
+        <v>-6.0696389661996974</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>125.13971275999999</v>
+        <v>125.13967121</v>
       </c>
       <c r="C53" s="5">
-        <v>0.24642665999999736</v>
+        <v>0.24642305999999792</v>
       </c>
       <c r="D53" s="5">
-        <v>2.3935815851328757</v>
+        <v>2.3935469726374503</v>
       </c>
       <c r="E53" s="5">
-        <v>1.9120115517909708</v>
+        <v>1.9120250382134385</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>125.70564269</v>
+        <v>125.70560041</v>
       </c>
       <c r="C54" s="5">
-        <v>0.56592993000001002</v>
+        <v>0.56592919999999935</v>
       </c>
       <c r="D54" s="5">
-        <v>5.5639003472101045</v>
+        <v>5.5638948843840019</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>125.73963236</v>
+        <v>125.7396189</v>
       </c>
       <c r="C55" s="5">
-        <v>3.3989669999996863E-2</v>
+        <v>3.4018489999994017E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>0.32495212726770806</v>
+        <v>0.32522817547442351</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>126.22483385</v>
+        <v>126.22477839</v>
       </c>
       <c r="C56" s="5">
-        <v>0.48520148999999435</v>
+        <v>0.48515949000000091</v>
       </c>
       <c r="D56" s="5">
-        <v>4.7300854444325413</v>
+        <v>4.7296677881313531</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>126.74365376999999</v>
+        <v>126.74362246</v>
       </c>
       <c r="C57" s="5">
-        <v>0.51881991999999855</v>
+        <v>0.5188440700000001</v>
       </c>
       <c r="D57" s="5">
-        <v>5.0453860401402428</v>
+        <v>5.0456284944733865</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>127.47570983</v>
+        <v>127.47567199</v>
       </c>
       <c r="C58" s="5">
-        <v>0.732056060000005</v>
+        <v>0.73204952999999762</v>
       </c>
       <c r="D58" s="5">
-        <v>7.1555311940219912</v>
+        <v>7.1554671491339539</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>128.47879282</v>
+        <v>128.47871778999999</v>
       </c>
       <c r="C59" s="5">
-        <v>1.0030829899999958</v>
+        <v>1.0030457999999953</v>
       </c>
       <c r="D59" s="5">
-        <v>9.8621517251803681</v>
+        <v>9.8617731671925224</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>127.55035316</v>
+        <v>127.55032735</v>
       </c>
       <c r="C60" s="5">
-        <v>-0.92843965999999511</v>
+        <v>-0.92839043999998694</v>
       </c>
       <c r="D60" s="5">
-        <v>-8.3351954296481132</v>
+        <v>-8.334775637481151</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>126.77937104</v>
+        <v>126.7799222</v>
       </c>
       <c r="C61" s="5">
-        <v>-0.77098211999999933</v>
+        <v>-0.77040515000000198</v>
       </c>
       <c r="D61" s="5">
-        <v>-7.0170909017460819</v>
+        <v>-7.0120141897790811</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>128.92405077000001</v>
+        <v>128.92393831000001</v>
       </c>
       <c r="C62" s="5">
-        <v>2.1446797300000071</v>
+        <v>2.1440161100000097</v>
       </c>
       <c r="D62" s="5">
-        <v>22.299363145848861</v>
+        <v>22.291703019730758</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>129.95957279999999</v>
+        <v>129.95953177999999</v>
       </c>
       <c r="C63" s="5">
-        <v>1.0355220299999814</v>
+        <v>1.0355934699999807</v>
       </c>
       <c r="D63" s="5">
-        <v>10.07583556293552</v>
+        <v>10.07657086346625</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>130.41902479000001</v>
+        <v>130.4189758</v>
       </c>
       <c r="C64" s="5">
-        <v>0.45945199000001935</v>
+        <v>0.4594440200000065</v>
       </c>
       <c r="D64" s="5">
-        <v>4.3258856921033928</v>
+        <v>4.3258105790157764</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>131.07124547999999</v>
+        <v>131.07119836000001</v>
       </c>
       <c r="C65" s="5">
-        <v>0.65222068999997873</v>
+        <v>0.65222256000001266</v>
       </c>
       <c r="D65" s="5">
-        <v>6.1690016968875216</v>
+        <v>6.1690222549201978</v>
       </c>
       <c r="E65" s="5">
-        <v>4.7399283482261412</v>
+        <v>4.739925470993267</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>131.53252551</v>
+        <v>131.53247485</v>
       </c>
       <c r="C66" s="5">
-        <v>0.46128003000001172</v>
+        <v>0.46127648999998883</v>
       </c>
       <c r="D66" s="5">
-        <v>4.3058801708335759</v>
+        <v>4.3058480620416395</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>132.03610781</v>
+        <v>132.03606529999999</v>
       </c>
       <c r="C67" s="5">
-        <v>0.50358230000000503</v>
+        <v>0.50359044999999014</v>
       </c>
       <c r="D67" s="5">
-        <v>4.6922795676410667</v>
+        <v>4.6923589594130011</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>132.45413235999999</v>
+        <v>132.45405486999999</v>
       </c>
       <c r="C68" s="5">
-        <v>0.41802454999998417</v>
+        <v>0.41798957000000314</v>
       </c>
       <c r="D68" s="5">
-        <v>3.8660419984252403</v>
+        <v>3.8657141036812392</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>131.55303778000001</v>
+        <v>131.55301102000001</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.90109457999997744</v>
+        <v>-0.90104384999997933</v>
       </c>
       <c r="D69" s="5">
-        <v>-7.8650450716722498</v>
+        <v>-7.8646231477405015</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>132.69055008999999</v>
+        <v>132.69050111999999</v>
       </c>
       <c r="C70" s="5">
-        <v>1.1375123099999769</v>
+        <v>1.1374900999999795</v>
       </c>
       <c r="D70" s="5">
-        <v>10.884121710479079</v>
+        <v>10.883901311001033</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>133.05909518000001</v>
+        <v>133.05898533999999</v>
       </c>
       <c r="C71" s="5">
-        <v>0.36854509000002622</v>
+        <v>0.36848421999999914</v>
       </c>
       <c r="D71" s="5">
-        <v>3.3843629362338312</v>
+        <v>3.3837966677414899</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>130.26544680000001</v>
+        <v>130.26544183999999</v>
       </c>
       <c r="C72" s="5">
-        <v>-2.7936483800000076</v>
+        <v>-2.7935434999999984</v>
       </c>
       <c r="D72" s="5">
-        <v>-22.479598994877037</v>
+        <v>-22.478866496079885</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>129.27303828999999</v>
+        <v>129.27376669</v>
       </c>
       <c r="C73" s="5">
-        <v>-0.9924085100000184</v>
+        <v>-0.99167514999999185</v>
       </c>
       <c r="D73" s="5">
-        <v>-8.7685300662696424</v>
+        <v>-8.7623195690878184</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>129.98408566000001</v>
+        <v>129.98391025999999</v>
       </c>
       <c r="C74" s="5">
-        <v>0.71104737000001705</v>
+        <v>0.7101435699999854</v>
       </c>
       <c r="D74" s="5">
-        <v>6.8038061485379053</v>
+        <v>6.7948555530337407</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>128.94534279000001</v>
+        <v>128.94527550000001</v>
       </c>
       <c r="C75" s="5">
-        <v>-1.038742869999993</v>
+        <v>-1.0386347599999795</v>
       </c>
       <c r="D75" s="5">
-        <v>-9.1791150404449411</v>
+        <v>-9.1782131325714662</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>128.72762213999999</v>
+        <v>128.72756342</v>
       </c>
       <c r="C76" s="5">
-        <v>-0.21772065000001817</v>
+        <v>-0.21771208000001252</v>
       </c>
       <c r="D76" s="5">
-        <v>-2.007456161147092</v>
+        <v>-2.0073789130938491</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>129.18423451999999</v>
+        <v>129.18417776000001</v>
       </c>
       <c r="C77" s="5">
-        <v>0.45661237999999571</v>
+        <v>0.45661434000001577</v>
       </c>
       <c r="D77" s="5">
-        <v>4.3405758925893156</v>
+        <v>4.3405969081968809</v>
       </c>
       <c r="E77" s="5">
-        <v>-1.4396833974450463</v>
+        <v>-1.4396912697914876</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>128.25556816</v>
+        <v>128.25550018999999</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.92866635999999403</v>
+        <v>-0.92867757000001916</v>
       </c>
       <c r="D78" s="5">
-        <v>-8.2934083042087376</v>
+        <v>-8.2935079911008245</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>128.03393069000001</v>
+        <v>128.03386659</v>
       </c>
       <c r="C79" s="5">
-        <v>-0.22163746999999034</v>
+        <v>-0.22163359999998988</v>
       </c>
       <c r="D79" s="5">
-        <v>-2.0541143472697532</v>
+        <v>-2.0540798989394982</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>128.11770206</v>
+        <v>128.11762324</v>
       </c>
       <c r="C80" s="5">
-        <v>8.3771369999993794E-2</v>
+        <v>8.375664999999799E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>0.78798006810016918</v>
+        <v>0.78784150440751599</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>129.07330014999999</v>
+        <v>129.07328992999999</v>
       </c>
       <c r="C81" s="5">
-        <v>0.95559808999999518</v>
+        <v>0.95566668999998683</v>
       </c>
       <c r="D81" s="5">
-        <v>9.3269633056265668</v>
+        <v>9.3276665460162214</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>128.56148096000001</v>
+        <v>128.56141776999999</v>
       </c>
       <c r="C82" s="5">
-        <v>-0.51181918999998288</v>
+        <v>-0.5118721599999958</v>
       </c>
       <c r="D82" s="5">
-        <v>-4.6559867364411538</v>
+        <v>-4.6564585006279131</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>127.53848646</v>
+        <v>127.53838235000001</v>
       </c>
       <c r="C83" s="5">
-        <v>-1.02299450000001</v>
+        <v>-1.0230354199999852</v>
       </c>
       <c r="D83" s="5">
-        <v>-9.1416792831275693</v>
+        <v>-9.1420333976769292</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>128.64594373</v>
+        <v>128.64600648000001</v>
       </c>
       <c r="C84" s="5">
-        <v>1.1074572699999976</v>
+        <v>1.1076241300000049</v>
       </c>
       <c r="D84" s="5">
-        <v>10.932311291525277</v>
+        <v>10.934047274672887</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>129.59529483</v>
+        <v>129.59600943999999</v>
       </c>
       <c r="C85" s="5">
-        <v>0.94935110000000122</v>
+        <v>0.95000295999997775</v>
       </c>
       <c r="D85" s="5">
-        <v>9.2238904529280852</v>
+        <v>9.2304786587261489</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>127.94723268</v>
+        <v>127.94703337999999</v>
       </c>
       <c r="C86" s="5">
-        <v>-1.6480621500000012</v>
+        <v>-1.6489760599999954</v>
       </c>
       <c r="D86" s="5">
-        <v>-14.237001411265771</v>
+        <v>-14.244279114135983</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>128.34814428000001</v>
+        <v>128.34807584000001</v>
       </c>
       <c r="C87" s="5">
-        <v>0.4009116000000148</v>
+        <v>0.40104246000001353</v>
       </c>
       <c r="D87" s="5">
-        <v>3.8255786031859529</v>
+        <v>3.8268549645801286</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>128.84559263</v>
+        <v>128.84552887999999</v>
       </c>
       <c r="C88" s="5">
-        <v>0.49744834999998488</v>
+        <v>0.49745303999998214</v>
       </c>
       <c r="D88" s="5">
-        <v>4.7513631143588864</v>
+        <v>4.7514114578435018</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>129.34578524</v>
+        <v>129.34572147</v>
       </c>
       <c r="C89" s="5">
-        <v>0.50019260999999915</v>
+        <v>0.50019259000001171</v>
       </c>
       <c r="D89" s="5">
-        <v>4.7592960964628617</v>
+        <v>4.7592983073850625</v>
       </c>
       <c r="E89" s="5">
-        <v>0.12505451659814426</v>
+        <v>0.12504914518254306</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>128.94383583000001</v>
+        <v>128.94376559</v>
       </c>
       <c r="C90" s="5">
-        <v>-0.40194940999998607</v>
+        <v>-0.40195588000000271</v>
       </c>
       <c r="D90" s="5">
-        <v>-3.6659884907195628</v>
+        <v>-3.6660482722445931</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>129.76537041</v>
+        <v>129.76530251</v>
       </c>
       <c r="C91" s="5">
-        <v>0.82153457999999091</v>
+        <v>0.82153691999999978</v>
       </c>
       <c r="D91" s="5">
-        <v>7.9191964891164091</v>
+        <v>7.9192243079545976</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>130.08327652</v>
+        <v>130.08321343</v>
       </c>
       <c r="C92" s="5">
-        <v>0.31790610999999558</v>
+        <v>0.31791092000000276</v>
       </c>
       <c r="D92" s="5">
-        <v>2.9797608787859975</v>
+        <v>2.9798081527979692</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>129.57924901999999</v>
+        <v>129.57923532000001</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.50402750000000651</v>
+        <v>-0.50397810999999137</v>
       </c>
       <c r="D93" s="5">
-        <v>-4.5517663642671184</v>
+        <v>-4.5513319550979041</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>128.58857745</v>
+        <v>128.58852274</v>
       </c>
       <c r="C94" s="5">
-        <v>-0.99067156999998929</v>
+        <v>-0.99071258000000739</v>
       </c>
       <c r="D94" s="5">
-        <v>-8.7982444504979043</v>
+        <v>-8.798594378654311</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>127.48242736</v>
+        <v>127.48234139</v>
       </c>
       <c r="C95" s="5">
-        <v>-1.1061500899999999</v>
+        <v>-1.10618135</v>
       </c>
       <c r="D95" s="5">
-        <v>-9.8480369163066683</v>
+        <v>-9.8483061840787034</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>130.18011831000001</v>
+        <v>130.18022070000001</v>
       </c>
       <c r="C96" s="5">
-        <v>2.697690950000009</v>
+        <v>2.6978793100000047</v>
       </c>
       <c r="D96" s="5">
-        <v>28.567752715355986</v>
+        <v>28.570006619880473</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>129.42385955</v>
+        <v>129.42448963000001</v>
       </c>
       <c r="C97" s="5">
-        <v>-0.75625876000000858</v>
+        <v>-0.75573106999999595</v>
       </c>
       <c r="D97" s="5">
-        <v>-6.7527100945660496</v>
+        <v>-6.7481425724883355</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>128.45185681999999</v>
+        <v>128.45163693000001</v>
       </c>
       <c r="C98" s="5">
-        <v>-0.97200273000001403</v>
+        <v>-0.97285270000000423</v>
       </c>
       <c r="D98" s="5">
-        <v>-8.6491743178615526</v>
+        <v>-8.6563872940031423</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>129.18193151</v>
+        <v>129.18186556000001</v>
       </c>
       <c r="C99" s="5">
-        <v>0.73007469000000924</v>
+        <v>0.73022862999999916</v>
       </c>
       <c r="D99" s="5">
-        <v>7.0376699850831947</v>
+        <v>7.0392130451772061</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>129.60146861999999</v>
+        <v>129.60141716000001</v>
       </c>
       <c r="C100" s="5">
-        <v>0.41953710999999316</v>
+        <v>0.41955160000000546</v>
       </c>
       <c r="D100" s="5">
-        <v>3.9675451600649669</v>
+        <v>3.9676867102631297</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>129.06782401999999</v>
+        <v>129.06777679999999</v>
       </c>
       <c r="C101" s="5">
-        <v>-0.53364460000000236</v>
+        <v>-0.53364036000002102</v>
       </c>
       <c r="D101" s="5">
-        <v>-4.8307198805284663</v>
+        <v>-4.8306842385725135</v>
       </c>
       <c r="E101" s="5">
-        <v>-0.21489777922354403</v>
+        <v>-0.21488509000622269</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>129.78972501000001</v>
+        <v>129.78965647999999</v>
       </c>
       <c r="C102" s="5">
-        <v>0.72190099000002306</v>
+        <v>0.72187968000000069</v>
       </c>
       <c r="D102" s="5">
-        <v>6.9222005248580576</v>
+        <v>6.9219924709491121</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>130.52439853999999</v>
+        <v>130.52434521000001</v>
       </c>
       <c r="C103" s="5">
-        <v>0.7346735299999807</v>
+        <v>0.73468873000001622</v>
       </c>
       <c r="D103" s="5">
-        <v>7.0081018415257823</v>
+        <v>7.0082551953837058</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>130.91207811000001</v>
+        <v>130.91204328000001</v>
       </c>
       <c r="C104" s="5">
-        <v>0.38767957000001729</v>
+        <v>0.38769806999999901</v>
       </c>
       <c r="D104" s="5">
-        <v>3.6230081456255059</v>
+        <v>3.6231853737415776</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>131.34904488999999</v>
+        <v>131.34902235000001</v>
       </c>
       <c r="C105" s="5">
-        <v>0.43696677999997746</v>
+        <v>0.43697907000000669</v>
       </c>
       <c r="D105" s="5">
-        <v>4.0797945773564548</v>
+        <v>4.0799125447263274</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>132.10330051</v>
+        <v>132.10326979000001</v>
       </c>
       <c r="C106" s="5">
-        <v>0.75425562000000923</v>
+        <v>0.75424744000000032</v>
       </c>
       <c r="D106" s="5">
-        <v>7.1127057005409888</v>
+        <v>7.112627369308866</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>134.58892227000001</v>
+        <v>134.58888443000001</v>
       </c>
       <c r="C107" s="5">
-        <v>2.485621760000015</v>
+        <v>2.4856146399999943</v>
       </c>
       <c r="D107" s="5">
-        <v>25.068449656520375</v>
+        <v>25.068376705911465</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>132.11811370000001</v>
+        <v>132.11819825000001</v>
       </c>
       <c r="C108" s="5">
-        <v>-2.4708085700000026</v>
+        <v>-2.4706861800000013</v>
       </c>
       <c r="D108" s="5">
-        <v>-19.936128293413059</v>
+        <v>-19.935243317010077</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>133.68449777999999</v>
+        <v>133.68497101</v>
       </c>
       <c r="C109" s="5">
-        <v>1.5663840799999775</v>
+        <v>1.5667727599999921</v>
       </c>
       <c r="D109" s="5">
-        <v>15.192502319273405</v>
+        <v>15.196511002556967</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>132.56301241</v>
+        <v>132.5627513</v>
       </c>
       <c r="C110" s="5">
-        <v>-1.1214853699999878</v>
+        <v>-1.122219709999996</v>
       </c>
       <c r="D110" s="5">
-        <v>-9.6151193685242937</v>
+        <v>-9.621094987940193</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>134.90300794999999</v>
+        <v>134.90299231</v>
       </c>
       <c r="C111" s="5">
-        <v>2.3399955399999897</v>
+        <v>2.3402410099999997</v>
       </c>
       <c r="D111" s="5">
-        <v>23.364790213143195</v>
+        <v>23.36753452536129</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>135.12080721999999</v>
+        <v>135.12079134999999</v>
       </c>
       <c r="C112" s="5">
-        <v>0.21779927000000043</v>
+        <v>0.21779903999998851</v>
       </c>
       <c r="D112" s="5">
-        <v>1.9546817327763311</v>
+        <v>1.9546798788651287</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>135.27357158999999</v>
+        <v>135.27355832999999</v>
       </c>
       <c r="C113" s="5">
-        <v>0.15276436999999987</v>
+        <v>0.15276697999999556</v>
       </c>
       <c r="D113" s="5">
-        <v>1.3651594612090312</v>
+        <v>1.3651830917090324</v>
       </c>
       <c r="E113" s="5">
-        <v>4.8081290725396908</v>
+        <v>4.8081571433715053</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>135.07407534000001</v>
+        <v>135.0740232</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.1994962499999815</v>
+        <v>-0.19953512999998679</v>
       </c>
       <c r="D114" s="5">
-        <v>-1.7554296027307958</v>
+        <v>-1.7557691199400205</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>134.89955223999999</v>
+        <v>134.89951830000001</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.17452310000001603</v>
+        <v>-0.17450489999998808</v>
       </c>
       <c r="D115" s="5">
-        <v>-1.5394949337280583</v>
+        <v>-1.5393361177694409</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>135.03929833000001</v>
+        <v>135.03928447999999</v>
       </c>
       <c r="C116" s="5">
-        <v>0.13974609000001692</v>
+        <v>0.13976617999998098</v>
       </c>
       <c r="D116" s="5">
-        <v>1.2502196837541835</v>
+        <v>1.2504007580645293</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>135.99260032999999</v>
+        <v>135.99257029</v>
       </c>
       <c r="C117" s="5">
-        <v>0.95330199999997944</v>
+        <v>0.95328581000001122</v>
       </c>
       <c r="D117" s="5">
-        <v>8.8081094664204542</v>
+        <v>8.8079549612077646</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>136.08109064999999</v>
+        <v>136.08108462000001</v>
       </c>
       <c r="C118" s="5">
-        <v>8.849032000000534E-2</v>
+        <v>8.8514330000009522E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>0.7836400014199274</v>
+        <v>0.78385356126953187</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>137.80023750999999</v>
+        <v>137.80022245999999</v>
       </c>
       <c r="C119" s="5">
-        <v>1.7191468599999951</v>
+        <v>1.7191378399999735</v>
       </c>
       <c r="D119" s="5">
-        <v>16.258902017388198</v>
+        <v>16.258811469049817</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>137.36777212999999</v>
+        <v>137.36780911</v>
       </c>
       <c r="C120" s="5">
-        <v>-0.43246537999999646</v>
+        <v>-0.43241334999999026</v>
       </c>
       <c r="D120" s="5">
-        <v>-3.7016903001885093</v>
+        <v>-3.7012530042874414</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>139.04483096999999</v>
+        <v>139.04520396999999</v>
       </c>
       <c r="C121" s="5">
-        <v>1.6770588400000008</v>
+        <v>1.6773948599999926</v>
       </c>
       <c r="D121" s="5">
-        <v>15.675110834782124</v>
+        <v>15.67846089946987</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>137.32385651999999</v>
+        <v>137.32350466</v>
       </c>
       <c r="C122" s="5">
-        <v>-1.7209744499999999</v>
+        <v>-1.7216993099999911</v>
       </c>
       <c r="D122" s="5">
-        <v>-13.882043698766866</v>
+        <v>-13.887463639335696</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>137.2644354</v>
+        <v>137.26447142000001</v>
       </c>
       <c r="C123" s="5">
-        <v>-5.9421119999996108E-2</v>
+        <v>-5.9033239999990883E-2</v>
       </c>
       <c r="D123" s="5">
-        <v>-0.51801552333060608</v>
+        <v>-0.51464340815292609</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>137.05865011</v>
+        <v>137.05868645000001</v>
       </c>
       <c r="C124" s="5">
-        <v>-0.20578528999999435</v>
+        <v>-0.20578496999999629</v>
       </c>
       <c r="D124" s="5">
-        <v>-1.7842663755433419</v>
+        <v>-1.7842631594528813</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>137.24698974</v>
+        <v>137.24701726999999</v>
       </c>
       <c r="C125" s="5">
-        <v>0.18833963000000153</v>
+        <v>0.18833081999997603</v>
       </c>
       <c r="D125" s="5">
-        <v>1.6615042840065541</v>
+        <v>1.6614255313335491</v>
       </c>
       <c r="E125" s="5">
-        <v>1.4588349570463288</v>
+        <v>1.4588652537591562</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>138.54746602</v>
+        <v>138.54742671</v>
       </c>
       <c r="C126" s="5">
-        <v>1.300476279999998</v>
+        <v>1.3004094400000099</v>
       </c>
       <c r="D126" s="5">
-        <v>11.982230073421519</v>
+        <v>11.981579256843977</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>139.05382553000001</v>
+        <v>139.05381500999999</v>
       </c>
       <c r="C127" s="5">
-        <v>0.50635951000001</v>
+        <v>0.50638829999999757</v>
       </c>
       <c r="D127" s="5">
-        <v>4.4749688434817969</v>
+        <v>4.4752297078038517</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>139.39074162</v>
+        <v>139.39074534</v>
       </c>
       <c r="C128" s="5">
-        <v>0.33691608999998834</v>
+        <v>0.33693033000000128</v>
       </c>
       <c r="D128" s="5">
-        <v>2.9465623936516083</v>
+        <v>2.946688822479171</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>138.61721939</v>
+        <v>138.61719015</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.77352222999999753</v>
+        <v>-0.77355518999999617</v>
       </c>
       <c r="D129" s="5">
-        <v>-6.4596374298884651</v>
+        <v>-6.4599041634379901</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>140.78990816000001</v>
+        <v>140.78990888000001</v>
       </c>
       <c r="C130" s="5">
-        <v>2.1726887700000077</v>
+        <v>2.1727187300000139</v>
       </c>
       <c r="D130" s="5">
-        <v>20.51805492463248</v>
+        <v>20.518367386841962</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>139.94465407999999</v>
+        <v>139.94464629000001</v>
       </c>
       <c r="C131" s="5">
-        <v>-0.84525408000001789</v>
+        <v>-0.84526259000000437</v>
       </c>
       <c r="D131" s="5">
-        <v>-6.9711937807719675</v>
+        <v>-6.9712616309729247</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>140.17619980000001</v>
+        <v>140.17619109</v>
       </c>
       <c r="C132" s="5">
-        <v>0.23154572000001394</v>
+        <v>0.23154479999999467</v>
       </c>
       <c r="D132" s="5">
-        <v>2.0036303091169438</v>
+        <v>2.0036223880611992</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>141.62558279999999</v>
+        <v>141.62585218999999</v>
       </c>
       <c r="C133" s="5">
-        <v>1.4493829999999832</v>
+        <v>1.4496610999999859</v>
       </c>
       <c r="D133" s="5">
-        <v>13.138166465059452</v>
+        <v>13.140833293006748</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>139.88346448999999</v>
+        <v>139.88303589</v>
       </c>
       <c r="C134" s="5">
-        <v>-1.7421183099999951</v>
+        <v>-1.742816299999987</v>
       </c>
       <c r="D134" s="5">
-        <v>-13.802228342093791</v>
+        <v>-13.807365000423255</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>139.39782217000001</v>
+        <v>139.39789241</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.48564231999998242</v>
+        <v>-0.48514348000000496</v>
       </c>
       <c r="D135" s="5">
-        <v>-4.0874790304672111</v>
+        <v>-4.0833725072085265</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>139.60270911000001</v>
+        <v>139.60280452999999</v>
       </c>
       <c r="C136" s="5">
-        <v>0.20488693999999441</v>
+        <v>0.20491211999998882</v>
       </c>
       <c r="D136" s="5">
-        <v>1.7780883295070993</v>
+        <v>1.7783077177472961</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>139.92138736999999</v>
+        <v>139.92146901999999</v>
       </c>
       <c r="C137" s="5">
-        <v>0.31867825999998445</v>
+        <v>0.3186644900000033</v>
       </c>
       <c r="D137" s="5">
-        <v>2.7739568486914612</v>
+        <v>2.7738335581604989</v>
       </c>
       <c r="E137" s="5">
-        <v>1.9486020313205898</v>
+        <v>1.9486410730068293</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>140.26909563000001</v>
+        <v>140.26908379</v>
       </c>
       <c r="C138" s="5">
-        <v>0.34770826000001875</v>
+        <v>0.34761477000000696</v>
       </c>
       <c r="D138" s="5">
-        <v>3.0231278178451948</v>
+        <v>3.0223020483725493</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>140.63209448999999</v>
+        <v>140.63210244000001</v>
       </c>
       <c r="C139" s="5">
-        <v>0.36299885999997628</v>
+        <v>0.36301865000001499</v>
       </c>
       <c r="D139" s="5">
-        <v>3.1500341295976453</v>
+        <v>3.1502085849242079</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>141.22531425</v>
+        <v>141.22532530000001</v>
       </c>
       <c r="C140" s="5">
-        <v>0.59321976000001087</v>
+        <v>0.59322285999999735</v>
       </c>
       <c r="D140" s="5">
-        <v>5.180990978082356</v>
+        <v>5.1810183839774426</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>140.99486035999999</v>
+        <v>140.99484547</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.23045389000000682</v>
+        <v>-0.23047983000000727</v>
       </c>
       <c r="D141" s="5">
-        <v>-1.9407011673795327</v>
+        <v>-1.940917506097517</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>141.86405916999999</v>
+        <v>141.86404759000001</v>
       </c>
       <c r="C142" s="5">
-        <v>0.86919881000000032</v>
+        <v>0.86920212000001129</v>
       </c>
       <c r="D142" s="5">
-        <v>7.6537606180642648</v>
+        <v>7.653791595544357</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>142.51598313</v>
+        <v>142.51595209999999</v>
       </c>
       <c r="C143" s="5">
-        <v>0.65192396000000485</v>
+        <v>0.65190450999998006</v>
       </c>
       <c r="D143" s="5">
-        <v>5.6560306093380364</v>
+        <v>5.6558580488226928</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>143.21670130999999</v>
+        <v>143.21673215999999</v>
       </c>
       <c r="C144" s="5">
-        <v>0.70071817999999553</v>
+        <v>0.70078005999999959</v>
       </c>
       <c r="D144" s="5">
-        <v>6.0623194822324367</v>
+        <v>6.0628707588661346</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>145.39830104999999</v>
+        <v>145.39842023</v>
       </c>
       <c r="C145" s="5">
-        <v>2.1815997399999958</v>
+        <v>2.181688070000007</v>
       </c>
       <c r="D145" s="5">
-        <v>19.891387238248505</v>
+        <v>19.892256604498204</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>146.51606333999999</v>
+        <v>146.51562974000001</v>
       </c>
       <c r="C146" s="5">
-        <v>1.1177622900000017</v>
+        <v>1.1172095100000092</v>
       </c>
       <c r="D146" s="5">
-        <v>9.6253298289616254</v>
+        <v>9.6203585391348323</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>145.49771820999999</v>
+        <v>145.49781776</v>
       </c>
       <c r="C147" s="5">
-        <v>-1.0183451300000002</v>
+        <v>-1.0178119800000047</v>
       </c>
       <c r="D147" s="5">
-        <v>-8.0289184033733854</v>
+        <v>-8.0248970346645354</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>146.42006719</v>
+        <v>146.4202014</v>
       </c>
       <c r="C148" s="5">
-        <v>0.92234898000000953</v>
+        <v>0.92238363999999251</v>
       </c>
       <c r="D148" s="5">
-        <v>7.8780361665890641</v>
+        <v>7.8783370250122386</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>146.54116690000001</v>
+        <v>146.54129893999999</v>
       </c>
       <c r="C149" s="5">
-        <v>0.12109971000000996</v>
+        <v>0.12109753999999384</v>
       </c>
       <c r="D149" s="5">
-        <v>0.9970117031590231</v>
+        <v>0.99699283822909379</v>
       </c>
       <c r="E149" s="5">
-        <v>4.7310705349819404</v>
+        <v>4.7311037872635353</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>146.50889817999999</v>
+        <v>146.50890744</v>
       </c>
       <c r="C150" s="5">
-        <v>-3.2268720000018902E-2</v>
+        <v>-3.2391499999988582E-2</v>
       </c>
       <c r="D150" s="5">
-        <v>-0.26392311411168601</v>
+        <v>-0.26492586234146964</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>146.52793923999999</v>
+        <v>146.52795821999999</v>
       </c>
       <c r="C151" s="5">
-        <v>1.9041060000006382E-2</v>
+        <v>1.9050779999986389E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>0.15606978292390661</v>
+        <v>0.15614949987834414</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>147.15629834000001</v>
+        <v>147.15631214999999</v>
       </c>
       <c r="C152" s="5">
-        <v>0.62835910000001149</v>
+        <v>0.62835393000000295</v>
       </c>
       <c r="D152" s="5">
-        <v>5.2691112370087057</v>
+        <v>5.2690661576554332</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>147.07536877000001</v>
+        <v>147.0753497</v>
       </c>
       <c r="C153" s="5">
-        <v>-8.092956999999501E-2</v>
+        <v>-8.096244999998703E-2</v>
       </c>
       <c r="D153" s="5">
-        <v>-0.65795532911084864</v>
+        <v>-0.65822177271529503</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>147.23433267999999</v>
+        <v>147.23429725</v>
       </c>
       <c r="C154" s="5">
-        <v>0.15896390999998289</v>
+        <v>0.1589475499999935</v>
       </c>
       <c r="D154" s="5">
-        <v>1.3047375483791646</v>
+        <v>1.3046026404425648</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>144.05526208000001</v>
+        <v>144.05520181</v>
       </c>
       <c r="C155" s="5">
-        <v>-3.1790705999999886</v>
+        <v>-3.1790954399999976</v>
       </c>
       <c r="D155" s="5">
-        <v>-23.044366934273008</v>
+        <v>-23.044531075251619</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>148.06172294999999</v>
+        <v>148.06179094999999</v>
       </c>
       <c r="C156" s="5">
-        <v>4.0064608699999837</v>
+        <v>4.0065891399999884</v>
       </c>
       <c r="D156" s="5">
-        <v>38.983762056813646</v>
+        <v>38.985225812059184</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>148.21980237</v>
+        <v>148.21978693</v>
       </c>
       <c r="C157" s="5">
-        <v>0.15807942000000708</v>
+        <v>0.15799598000000969</v>
       </c>
       <c r="D157" s="5">
-        <v>1.2887408600313011</v>
+        <v>1.2880560239205696</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>148.82717896</v>
+        <v>148.8268003</v>
       </c>
       <c r="C158" s="5">
-        <v>0.60737659000000122</v>
+        <v>0.60701337000000422</v>
       </c>
       <c r="D158" s="5">
-        <v>5.0297274060171038</v>
+        <v>5.0266520206187604</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>149.45409124</v>
+        <v>149.45420451999999</v>
       </c>
       <c r="C159" s="5">
-        <v>0.6269122799999991</v>
+        <v>0.6274042199999883</v>
       </c>
       <c r="D159" s="5">
-        <v>5.173590689527674</v>
+        <v>5.1777584920368547</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>150.1585528</v>
+        <v>150.15870810000001</v>
       </c>
       <c r="C160" s="5">
-        <v>0.7044615599999986</v>
+        <v>0.70450358000002211</v>
       </c>
       <c r="D160" s="5">
-        <v>5.8052432321434866</v>
+        <v>5.8055940169316589</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>151.06989014000001</v>
+        <v>151.07006705000001</v>
       </c>
       <c r="C161" s="5">
-        <v>0.91133734000001709</v>
+        <v>0.91135894999999323</v>
       </c>
       <c r="D161" s="5">
-        <v>7.5310961185500958</v>
+        <v>7.5312726509208616</v>
       </c>
       <c r="E161" s="5">
-        <v>3.0904102483982676</v>
+        <v>3.0904380831606293</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>150.52658242000001</v>
+        <v>150.52661028</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.54330772000000138</v>
+        <v>-0.54345677000000592</v>
       </c>
       <c r="D162" s="5">
-        <v>-4.2313298576270642</v>
+        <v>-4.2324629434566718</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>149.93511703999999</v>
+        <v>149.93512741999999</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.59146538000001669</v>
+        <v>-0.59148286000001349</v>
       </c>
       <c r="D163" s="5">
-        <v>-4.6145926662530705</v>
+        <v>-4.6147252751066787</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>149.07030409999999</v>
+        <v>149.07031096</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.8648129400000073</v>
+        <v>-0.86481645999998591</v>
       </c>
       <c r="D164" s="5">
-        <v>-6.7060904388096532</v>
+        <v>-6.7061164245809106</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>149.67103470000001</v>
+        <v>149.67100733000001</v>
       </c>
       <c r="C165" s="5">
-        <v>0.60073060000001988</v>
+        <v>0.60069637000000853</v>
       </c>
       <c r="D165" s="5">
-        <v>4.9444517863246329</v>
+        <v>4.9441635425721886</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>149.25029447</v>
+        <v>149.25023161999999</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.42074023000000693</v>
+        <v>-0.42077571000001512</v>
       </c>
       <c r="D166" s="5">
-        <v>-3.3216504423621118</v>
+        <v>-3.3219268303499527</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>149.65058544999999</v>
+        <v>149.65049959999999</v>
       </c>
       <c r="C167" s="5">
-        <v>0.40029097999999408</v>
+        <v>0.4002679799999953</v>
       </c>
       <c r="D167" s="5">
-        <v>3.2663156098148516</v>
+        <v>3.2661265520379512</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>151.32945257</v>
+        <v>151.329579</v>
       </c>
       <c r="C168" s="5">
-        <v>1.6788671200000067</v>
+        <v>1.6790794000000062</v>
       </c>
       <c r="D168" s="5">
-        <v>14.324810474230421</v>
+        <v>14.326743674772867</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>149.19548126000001</v>
+        <v>149.19535096000001</v>
       </c>
       <c r="C169" s="5">
-        <v>-2.1339713099999926</v>
+        <v>-2.1342280399999822</v>
       </c>
       <c r="D169" s="5">
-        <v>-15.669144906842147</v>
+        <v>-15.670874156880977</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>148.08901241000001</v>
+        <v>148.08870962</v>
       </c>
       <c r="C170" s="5">
-        <v>-1.1064688499999988</v>
+        <v>-1.1066413400000101</v>
       </c>
       <c r="D170" s="5">
-        <v>-8.5453049207653624</v>
+        <v>-8.5465903618127221</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>145.97881390000001</v>
+        <v>145.97898946000001</v>
       </c>
       <c r="C171" s="5">
-        <v>-2.1101985100000036</v>
+        <v>-2.1097201599999948</v>
       </c>
       <c r="D171" s="5">
-        <v>-15.820968453505591</v>
+        <v>-15.817688144571418</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>145.27610153000001</v>
+        <v>145.27620913999999</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.70271237000000042</v>
+        <v>-0.70278032000001645</v>
       </c>
       <c r="D172" s="5">
-        <v>-5.6260446038414846</v>
+        <v>-5.62656771233131</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>146.82322583000001</v>
+        <v>146.82337595999999</v>
       </c>
       <c r="C173" s="5">
-        <v>1.5471243000000072</v>
+        <v>1.5471668200000011</v>
       </c>
       <c r="D173" s="5">
-        <v>13.555196951427817</v>
+        <v>13.555580942729817</v>
       </c>
       <c r="E173" s="5">
-        <v>-2.8110593752762481</v>
+        <v>-2.8110738102700927</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>147.38702559999999</v>
+        <v>147.38706859999999</v>
       </c>
       <c r="C174" s="5">
-        <v>0.56379976999997439</v>
+        <v>0.5636926399999993</v>
       </c>
       <c r="D174" s="5">
-        <v>4.7065654160681758</v>
+        <v>4.7056472195951216</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>147.53019483</v>
+        <v>147.53020824000001</v>
       </c>
       <c r="C175" s="5">
-        <v>0.14316923000001225</v>
+        <v>0.14313964000001533</v>
       </c>
       <c r="D175" s="5">
-        <v>1.1719072959670562</v>
+        <v>1.171663449062299</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>148.37948456999999</v>
+        <v>148.37948502</v>
       </c>
       <c r="C176" s="5">
-        <v>0.84928973999998902</v>
+        <v>0.84927677999999673</v>
       </c>
       <c r="D176" s="5">
-        <v>7.1310363471916105</v>
+        <v>7.1309233918713355</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>148.41683061000001</v>
+        <v>148.41678354000001</v>
       </c>
       <c r="C177" s="5">
-        <v>3.7346040000016956E-2</v>
+        <v>3.7298520000007329E-2</v>
       </c>
       <c r="D177" s="5">
-        <v>0.30244975178892464</v>
+        <v>0.30206437430735367</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>148.41805392000001</v>
+        <v>148.41799642999999</v>
       </c>
       <c r="C178" s="5">
-        <v>1.2233100000003105E-3</v>
+        <v>1.2128899999765963E-3</v>
       </c>
       <c r="D178" s="5">
-        <v>9.8913212446039012E-3</v>
+        <v>9.8070675433659105E-3</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>148.43305900999999</v>
+        <v>148.4329783</v>
       </c>
       <c r="C179" s="5">
-        <v>1.5005089999988286E-2</v>
+        <v>1.4981870000013942E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>0.12138768304745806</v>
+        <v>0.12119978132758558</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>148.55169931</v>
+        <v>148.55179659000001</v>
       </c>
       <c r="C180" s="5">
-        <v>0.1186403000000098</v>
+        <v>0.11881829000000721</v>
       </c>
       <c r="D180" s="5">
-        <v>0.9633695637238926</v>
+        <v>0.96482175404086767</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>148.74048621</v>
+        <v>148.74035222000001</v>
       </c>
       <c r="C181" s="5">
-        <v>0.18878689999999665</v>
+        <v>0.1885556299999962</v>
       </c>
       <c r="D181" s="5">
-        <v>1.5357244567859807</v>
+        <v>1.5338289806692273</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>149.19551741000001</v>
+        <v>149.19532751</v>
       </c>
       <c r="C182" s="5">
-        <v>0.45503120000000763</v>
+        <v>0.45497528999999304</v>
       </c>
       <c r="D182" s="5">
-        <v>3.733477585670264</v>
+        <v>3.7330145252844948</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>149.80882492000001</v>
+        <v>149.80899446999999</v>
       </c>
       <c r="C183" s="5">
-        <v>0.6133075099999985</v>
+        <v>0.6136669599999891</v>
       </c>
       <c r="D183" s="5">
-        <v>5.0459881394269601</v>
+        <v>5.0490193091770275</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>150.22929857</v>
+        <v>150.22937823999999</v>
       </c>
       <c r="C184" s="5">
-        <v>0.42047364999999104</v>
+        <v>0.42038377000000082</v>
       </c>
       <c r="D184" s="5">
-        <v>3.420564564599915</v>
+        <v>3.419818136446473</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>150.70010016000001</v>
+        <v>150.70019841999999</v>
       </c>
       <c r="C185" s="5">
-        <v>0.47080159000000776</v>
+        <v>0.47082018000000403</v>
       </c>
       <c r="D185" s="5">
-        <v>3.8261661032382266</v>
+        <v>3.8263177319933783</v>
       </c>
       <c r="E185" s="5">
-        <v>2.6405048030267775</v>
+        <v>2.64046677489298</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>150.80591036000001</v>
+        <v>150.80594969000001</v>
       </c>
       <c r="C186" s="5">
-        <v>0.10581020000000763</v>
+        <v>0.10575127000001316</v>
       </c>
       <c r="D186" s="5">
-        <v>0.84581042653215643</v>
+        <v>0.84533698744686525</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>151.32391435</v>
+        <v>151.32392333999999</v>
       </c>
       <c r="C187" s="5">
-        <v>0.51800398999998265</v>
+        <v>0.51797364999998763</v>
       </c>
       <c r="D187" s="5">
-        <v>4.2006552193661673</v>
+        <v>4.2004034003050084</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>151.16184387999999</v>
+        <v>151.16183824999999</v>
       </c>
       <c r="C188" s="5">
-        <v>-0.1620704700000033</v>
+        <v>-0.16208509000000504</v>
       </c>
       <c r="D188" s="5">
-        <v>-1.2776765361168563</v>
+        <v>-1.2777910387402946</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>151.39028268000001</v>
+        <v>151.39023226</v>
       </c>
       <c r="C189" s="5">
-        <v>0.22843880000002059</v>
+        <v>0.22839401000001658</v>
       </c>
       <c r="D189" s="5">
-        <v>1.828613160540371</v>
+        <v>1.8282517082823579</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>151.98006022000001</v>
+        <v>151.98001694999999</v>
       </c>
       <c r="C190" s="5">
-        <v>0.58977754000000004</v>
+        <v>0.58978468999998768</v>
       </c>
       <c r="D190" s="5">
-        <v>4.7763700136773668</v>
+        <v>4.7764307899684111</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>152.08042756</v>
+        <v>152.08036319999999</v>
       </c>
       <c r="C191" s="5">
-        <v>0.10036733999999115</v>
+        <v>0.10034625000000119</v>
       </c>
       <c r="D191" s="5">
-        <v>0.79536247116540615</v>
+        <v>0.795194962989898</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>153.33638056000001</v>
+        <v>153.33645919</v>
       </c>
       <c r="C192" s="5">
-        <v>1.2559530000000052</v>
+        <v>1.2560959900000057</v>
       </c>
       <c r="D192" s="5">
-        <v>10.372935784750226</v>
+        <v>10.374175488927317</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>152.2217612</v>
+        <v>152.22163972000001</v>
       </c>
       <c r="C193" s="5">
-        <v>-1.1146193600000061</v>
+        <v>-1.1148194699999863</v>
       </c>
       <c r="D193" s="5">
-        <v>-8.3825043133784582</v>
+        <v>-8.3839454531920428</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>152.45299691</v>
+        <v>152.45289105000001</v>
       </c>
       <c r="C194" s="5">
-        <v>0.23123570999999288</v>
+        <v>0.23125132999999209</v>
       </c>
       <c r="D194" s="5">
-        <v>1.8381929653552342</v>
+        <v>1.8383196541864599</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>152.16879506999999</v>
+        <v>152.16895948000001</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.28420184000000859</v>
+        <v>-0.28393156999999292</v>
       </c>
       <c r="D195" s="5">
-        <v>-2.2142373416802696</v>
+        <v>-2.2121546910175538</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>152.87659922</v>
+        <v>152.87664777000001</v>
       </c>
       <c r="C196" s="5">
-        <v>0.7078041500000154</v>
+        <v>0.707688289999993</v>
       </c>
       <c r="D196" s="5">
-        <v>5.7267633609070723</v>
+        <v>5.7257954985928228</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>153.19611777</v>
+        <v>153.19615788999999</v>
       </c>
       <c r="C197" s="5">
-        <v>0.31951854999999796</v>
+        <v>0.31951011999998968</v>
       </c>
       <c r="D197" s="5">
-        <v>2.5370831194473142</v>
+        <v>2.537014596170506</v>
       </c>
       <c r="E197" s="5">
-        <v>1.6562813212134264</v>
+        <v>1.6562416613704611</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>153.23985073</v>
+        <v>153.23987835</v>
       </c>
       <c r="C198" s="5">
-        <v>4.3732959999999821E-2</v>
+        <v>4.3720460000002959E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>0.34310287167065301</v>
+        <v>0.34300456013158787</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>153.64027501999999</v>
+        <v>153.64028536000001</v>
       </c>
       <c r="C199" s="5">
-        <v>0.40042428999998947</v>
+        <v>0.40040701000000922</v>
       </c>
       <c r="D199" s="5">
-        <v>3.1811270784300349</v>
+        <v>3.1809872389024552</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>153.79587244999999</v>
+        <v>153.79586418</v>
       </c>
       <c r="C200" s="5">
-        <v>0.15559743000000026</v>
+        <v>0.15557881999998813</v>
       </c>
       <c r="D200" s="5">
-        <v>1.222078388671588</v>
+        <v>1.2219313260929621</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>154.09290068000001</v>
+        <v>154.09285367000001</v>
       </c>
       <c r="C201" s="5">
-        <v>0.29702823000002354</v>
+        <v>0.29698949000001562</v>
       </c>
       <c r="D201" s="5">
-        <v>2.3423546640839676</v>
+        <v>2.3420460370471741</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>154.21547587000001</v>
+        <v>154.21544738</v>
       </c>
       <c r="C202" s="5">
-        <v>0.12257518999999206</v>
+        <v>0.12259370999998964</v>
       </c>
       <c r="D202" s="5">
-        <v>0.95874283158672302</v>
+        <v>0.95888861719275464</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>154.37105801000001</v>
+        <v>154.37101837</v>
       </c>
       <c r="C203" s="5">
-        <v>0.15558214000000703</v>
+        <v>0.15557099000000107</v>
       </c>
       <c r="D203" s="5">
-        <v>1.2173745899774824</v>
+        <v>1.2172870867162455</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>152.18333777999999</v>
+        <v>152.18337043</v>
       </c>
       <c r="C204" s="5">
-        <v>-2.1877202300000249</v>
+        <v>-2.1876479400000051</v>
       </c>
       <c r="D204" s="5">
-        <v>-15.741311916471822</v>
+        <v>-15.740835353629269</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>154.19806334</v>
+        <v>154.19798764000001</v>
       </c>
       <c r="C205" s="5">
-        <v>2.0147255600000165</v>
+        <v>2.0146172100000115</v>
       </c>
       <c r="D205" s="5">
-        <v>17.09592168735723</v>
+        <v>17.094930398228737</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>159.44100103</v>
+        <v>159.44096690999999</v>
       </c>
       <c r="C206" s="5">
-        <v>5.2429376899999909</v>
+        <v>5.242979269999978</v>
       </c>
       <c r="D206" s="5">
-        <v>49.366470199071941</v>
+        <v>49.366966567666125</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>157.77933508999999</v>
+        <v>157.77943332999999</v>
       </c>
       <c r="C207" s="5">
-        <v>-1.661665940000006</v>
+        <v>-1.6615335799999968</v>
       </c>
       <c r="D207" s="5">
-        <v>-11.81366170365019</v>
+        <v>-11.812776337410547</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>156.68552306999999</v>
+        <v>156.68556975000001</v>
       </c>
       <c r="C208" s="5">
-        <v>-1.0938120200000014</v>
+        <v>-1.0938635799999759</v>
       </c>
       <c r="D208" s="5">
-        <v>-8.0090714220597992</v>
+        <v>-8.0094298768967125</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>157.92981603999999</v>
+        <v>157.92985322000001</v>
       </c>
       <c r="C209" s="5">
-        <v>1.2442929700000036</v>
+        <v>1.2442834699999992</v>
       </c>
       <c r="D209" s="5">
-        <v>9.9570532932654174</v>
+        <v>9.9569708247910995</v>
       </c>
       <c r="E209" s="5">
-        <v>3.0899596797269391</v>
+        <v>3.0899569514001524</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>157.84343633</v>
+        <v>157.84345601000001</v>
       </c>
       <c r="C210" s="5">
-        <v>-8.6379709999988563E-2</v>
+        <v>-8.6397210000001223E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>-0.65436915509614613</v>
+        <v>-0.65450117402785501</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>158.04261979</v>
+        <v>158.04262829000001</v>
       </c>
       <c r="C211" s="5">
-        <v>0.19918346000000042</v>
+        <v>0.19917227999999909</v>
       </c>
       <c r="D211" s="5">
-        <v>1.5248404984821162</v>
+        <v>1.5247541241789619</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>158.65808168999999</v>
+        <v>158.65807495000001</v>
       </c>
       <c r="C212" s="5">
-        <v>0.61546189999998546</v>
+        <v>0.61544666000000348</v>
       </c>
       <c r="D212" s="5">
-        <v>4.7745360069145981</v>
+        <v>4.7744149744789244</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>158.67546651999999</v>
+        <v>158.67540665999999</v>
       </c>
       <c r="C213" s="5">
-        <v>1.7384829999997464E-2</v>
+        <v>1.7331709999979239E-2</v>
       </c>
       <c r="D213" s="5">
-        <v>0.13156829390281732</v>
+        <v>0.13116604605616367</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>159.07881922999999</v>
+        <v>159.07877937000001</v>
       </c>
       <c r="C214" s="5">
-        <v>0.40335271000000716</v>
+        <v>0.40337271000001351</v>
       </c>
       <c r="D214" s="5">
-        <v>3.0934085509591647</v>
+        <v>3.0935652700637251</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>159.29790527</v>
+        <v>159.29787293000001</v>
       </c>
       <c r="C215" s="5">
-        <v>0.21908604000000764</v>
+        <v>0.21909356000000457</v>
       </c>
       <c r="D215" s="5">
-        <v>1.6652363343308441</v>
+        <v>1.6652943466923809</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>159.46960271</v>
+        <v>159.46961597999999</v>
       </c>
       <c r="C216" s="5">
-        <v>0.17169744000000264</v>
+        <v>0.17174304999997503</v>
       </c>
       <c r="D216" s="5">
-        <v>1.3011014595310844</v>
+        <v>1.3014494041520219</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>159.85984869000001</v>
+        <v>159.85980624999999</v>
       </c>
       <c r="C217" s="5">
-        <v>0.3902459800000031</v>
+        <v>0.39019027000000506</v>
       </c>
       <c r="D217" s="5">
-        <v>2.9764281233319201</v>
+        <v>2.9759972346957264</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>160.92631645</v>
+        <v>160.92631288999999</v>
       </c>
       <c r="C218" s="5">
-        <v>1.0664677599999948</v>
+        <v>1.0665066400000001</v>
       </c>
       <c r="D218" s="5">
-        <v>8.3058900437062988</v>
+        <v>8.3062063328798619</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>161.97374120000001</v>
+        <v>161.97381483000001</v>
       </c>
       <c r="C219" s="5">
-        <v>1.0474247500000047</v>
+        <v>1.0475019400000178</v>
       </c>
       <c r="D219" s="5">
-        <v>8.0962218723751089</v>
+        <v>8.096840229948965</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>161.92295025999999</v>
+        <v>161.92300116999999</v>
       </c>
       <c r="C220" s="5">
-        <v>-5.0790940000013052E-2</v>
+        <v>-5.081366000001708E-2</v>
       </c>
       <c r="D220" s="5">
-        <v>-0.37564188256519193</v>
+        <v>-0.37580945578150615</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>162.32554768</v>
+        <v>162.32560941</v>
       </c>
       <c r="C221" s="5">
-        <v>0.40259742000000642</v>
+        <v>0.40260824000000639</v>
       </c>
       <c r="D221" s="5">
-        <v>3.02476305769519</v>
+        <v>3.0248445004831481</v>
       </c>
       <c r="E221" s="5">
-        <v>2.7833450011026883</v>
+        <v>2.7833598907209822</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>163.63871101999999</v>
+        <v>163.6387532</v>
       </c>
       <c r="C222" s="5">
-        <v>1.3131633399999885</v>
+        <v>1.313143789999998</v>
       </c>
       <c r="D222" s="5">
-        <v>10.151414078692422</v>
+        <v>10.15125212692649</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>164.202504</v>
+        <v>164.20249226000001</v>
       </c>
       <c r="C223" s="5">
-        <v>0.56379298000001654</v>
+        <v>0.56373906000001739</v>
       </c>
       <c r="D223" s="5">
-        <v>4.213674289667213</v>
+        <v>4.2132625297215398</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>165.84944816000001</v>
+        <v>165.84944261999999</v>
       </c>
       <c r="C224" s="5">
-        <v>1.6469441600000039</v>
+        <v>1.6469503599999769</v>
       </c>
       <c r="D224" s="5">
-        <v>12.722616909671846</v>
+        <v>12.722668437394603</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>162.88527696</v>
+        <v>162.88523271</v>
       </c>
       <c r="C225" s="5">
-        <v>-2.9641712000000098</v>
+        <v>-2.9642099099999939</v>
       </c>
       <c r="D225" s="5">
-        <v>-19.459634173811523</v>
+        <v>-19.459864447900934</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>163.25549035</v>
+        <v>163.25541760999999</v>
       </c>
       <c r="C226" s="5">
-        <v>0.37021339000000353</v>
+        <v>0.37018489999999815</v>
       </c>
       <c r="D226" s="5">
-        <v>2.7617711130405675</v>
+        <v>2.7615566752356324</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>164.14630677</v>
+        <v>164.14619977999999</v>
       </c>
       <c r="C227" s="5">
-        <v>0.89081641999999306</v>
+        <v>0.89078216999999427</v>
       </c>
       <c r="D227" s="5">
-        <v>6.7480229187122154</v>
+        <v>6.7477587338263589</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>164.92567514999999</v>
+        <v>164.92565658999999</v>
       </c>
       <c r="C228" s="5">
-        <v>0.77936837999999398</v>
+        <v>0.77945680999999922</v>
       </c>
       <c r="D228" s="5">
-        <v>5.8487804908893049</v>
+        <v>5.8494654548375991</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>165.31193734999999</v>
+        <v>165.31194245</v>
       </c>
       <c r="C229" s="5">
-        <v>0.38626220000000444</v>
+        <v>0.38628586000001519</v>
       </c>
       <c r="D229" s="5">
-        <v>2.8469316652073529</v>
+        <v>2.8471086274676427</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>168.04069378</v>
+        <v>168.04075854999999</v>
       </c>
       <c r="C230" s="5">
-        <v>2.7287564300000042</v>
+        <v>2.7288160999999889</v>
       </c>
       <c r="D230" s="5">
-        <v>21.709086888296358</v>
+        <v>21.709604773505031</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>166.38350505</v>
+        <v>166.38357855000001</v>
       </c>
       <c r="C231" s="5">
-        <v>-1.6571887300000014</v>
+        <v>-1.6571799999999826</v>
       </c>
       <c r="D231" s="5">
-        <v>-11.212947998081557</v>
+        <v>-11.212888004848864</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>167.18324468</v>
+        <v>167.18331437000001</v>
       </c>
       <c r="C232" s="5">
-        <v>0.79973963000000481</v>
+        <v>0.7997358199999951</v>
       </c>
       <c r="D232" s="5">
-        <v>5.9228772924525996</v>
+        <v>5.9228456395020723</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>167.92827775999999</v>
+        <v>167.92835947</v>
       </c>
       <c r="C233" s="5">
-        <v>0.74503307999998469</v>
+        <v>0.74504509999999868</v>
       </c>
       <c r="D233" s="5">
-        <v>5.4807018359142701</v>
+        <v>5.4807900964032541</v>
       </c>
       <c r="E233" s="5">
-        <v>3.4515393048572429</v>
+        <v>3.4515503008823778</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>168.41142169</v>
+        <v>168.41148536</v>
       </c>
       <c r="C234" s="5">
-        <v>0.48314393000001132</v>
+        <v>0.48312588999999662</v>
       </c>
       <c r="D234" s="5">
-        <v>3.5076616330691923</v>
+        <v>3.5075268481894462</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>168.80477675</v>
+        <v>168.80473436</v>
       </c>
       <c r="C235" s="5">
-        <v>0.39335506000000464</v>
+        <v>0.3932489999999973</v>
       </c>
       <c r="D235" s="5">
-        <v>2.8391025051972107</v>
+        <v>2.8383260555983281</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>169.04008565000001</v>
+        <v>169.04006985999999</v>
       </c>
       <c r="C236" s="5">
-        <v>0.23530890000000682</v>
+        <v>0.23533549999999082</v>
       </c>
       <c r="D236" s="5">
-        <v>1.6856493447215071</v>
+        <v>1.685841785463027</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>170.07169217000001</v>
+        <v>170.07168064999999</v>
       </c>
       <c r="C237" s="5">
-        <v>1.0316065199999969</v>
+        <v>1.031610790000002</v>
       </c>
       <c r="D237" s="5">
-        <v>7.5741554257193977</v>
+        <v>7.5741885675897569</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>170.24801375000001</v>
+        <v>170.24790668</v>
       </c>
       <c r="C238" s="5">
-        <v>0.17632158000000686</v>
+        <v>0.17622603000000936</v>
       </c>
       <c r="D238" s="5">
-        <v>1.2512168249699362</v>
+        <v>1.2505349974353042</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>170.19261807000001</v>
+        <v>170.19242131999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-5.5395680000003722E-2</v>
+        <v>-5.5485360000005812E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>-0.38976067906985046</v>
+        <v>-0.39039077664019262</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>169.75060518000001</v>
+        <v>169.75056237000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.44201289000000088</v>
+        <v>-0.44185894999998254</v>
       </c>
       <c r="D240" s="5">
-        <v>-3.0724252657593043</v>
+        <v>-3.0713739639391724</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>169.83359985000001</v>
+        <v>169.8336367</v>
       </c>
       <c r="C241" s="5">
-        <v>8.2994670000005044E-2</v>
+        <v>8.3074329999988095E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>0.58828570700095728</v>
+        <v>0.58885202539267212</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>171.70245353000001</v>
+        <v>171.70257674999999</v>
       </c>
       <c r="C242" s="5">
-        <v>1.8688536800000008</v>
+        <v>1.868940049999992</v>
       </c>
       <c r="D242" s="5">
-        <v>14.034071423430694</v>
+        <v>14.034756532357751</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>171.24732168</v>
+        <v>171.24742649999999</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.45513185000001499</v>
+        <v>-0.45515025000000264</v>
       </c>
       <c r="D243" s="5">
-        <v>-3.134875375467483</v>
+        <v>-3.1349980526324095</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>171.91183000000001</v>
+        <v>171.91191791</v>
       </c>
       <c r="C244" s="5">
-        <v>0.66450832000001014</v>
+        <v>0.66449141000001077</v>
       </c>
       <c r="D244" s="5">
-        <v>4.7571578187653119</v>
+        <v>4.7570311921755204</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>172.39674865000001</v>
+        <v>172.39683855000001</v>
       </c>
       <c r="C245" s="5">
-        <v>0.48491864999999734</v>
+        <v>0.48492064000001278</v>
       </c>
       <c r="D245" s="5">
-        <v>3.4378988301059454</v>
+        <v>3.4379113726888955</v>
       </c>
       <c r="E245" s="5">
-        <v>2.6609401046715275</v>
+        <v>2.6609436870002279</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>172.26373290999999</v>
+        <v>172.26381040999999</v>
       </c>
       <c r="C246" s="5">
-        <v>-0.13301574000001892</v>
+        <v>-0.13302814000002172</v>
       </c>
       <c r="D246" s="5">
-        <v>-0.92196207969146293</v>
+        <v>-0.92204718367170369</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>171.98283430999999</v>
+        <v>171.98275054000001</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.28089860000000044</v>
+        <v>-0.28105986999997867</v>
       </c>
       <c r="D247" s="5">
-        <v>-1.9393032347598815</v>
+        <v>-1.9404057937059016</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>174.26559971</v>
+        <v>174.26556575000001</v>
       </c>
       <c r="C248" s="5">
-        <v>2.2827654000000166</v>
+        <v>2.2828152099999954</v>
       </c>
       <c r="D248" s="5">
-        <v>17.14365198401957</v>
+        <v>17.14406274939304</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>173.20196901</v>
+        <v>173.20203548000001</v>
       </c>
       <c r="C249" s="5">
-        <v>-1.0636307000000045</v>
+        <v>-1.0635302700000011</v>
       </c>
       <c r="D249" s="5">
-        <v>-7.083270194226932</v>
+        <v>-7.0826250006854945</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>174.88317871000001</v>
+        <v>174.88302112</v>
       </c>
       <c r="C250" s="5">
-        <v>1.6812097000000108</v>
+        <v>1.6809856399999887</v>
       </c>
       <c r="D250" s="5">
-        <v>12.290383025421448</v>
+        <v>12.288651672281659</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>175.07980273999999</v>
+        <v>175.07947107999999</v>
       </c>
       <c r="C251" s="5">
-        <v>0.19662402999998108</v>
+        <v>0.19644995999999537</v>
       </c>
       <c r="D251" s="5">
-        <v>1.3575540314438417</v>
+        <v>1.3563459923587207</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>173.54676473000001</v>
+        <v>173.54670709000001</v>
       </c>
       <c r="C252" s="5">
-        <v>-1.5330380099999843</v>
+        <v>-1.5327639899999781</v>
       </c>
       <c r="D252" s="5">
-        <v>-10.015920220332053</v>
+        <v>-10.014233317903987</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>173.85824651999999</v>
+        <v>173.85829903000001</v>
       </c>
       <c r="C253" s="5">
-        <v>0.31148178999998777</v>
+        <v>0.31159193999999957</v>
       </c>
       <c r="D253" s="5">
-        <v>2.175148736438004</v>
+        <v>2.1759262806371193</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>172.22632829</v>
+        <v>172.22650002</v>
       </c>
       <c r="C254" s="5">
-        <v>-1.6319182299999966</v>
+        <v>-1.6317990100000088</v>
       </c>
       <c r="D254" s="5">
-        <v>-10.700099867794732</v>
+        <v>-10.699355007026579</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>173.97250427</v>
+        <v>173.9726316</v>
       </c>
       <c r="C255" s="5">
-        <v>1.7461759800000038</v>
+        <v>1.7461315799999966</v>
       </c>
       <c r="D255" s="5">
-        <v>12.868529064298029</v>
+        <v>12.868169844068733</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>173.36551066000001</v>
+        <v>173.36560437</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.6069936099999893</v>
+        <v>-0.60702722999999992</v>
       </c>
       <c r="D256" s="5">
-        <v>-4.1074080054245616</v>
+        <v>-4.1076282085528604</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>173.08345976999999</v>
+        <v>173.08352436000001</v>
       </c>
       <c r="C257" s="5">
-        <v>-0.28205089000002204</v>
+        <v>-0.28208000999998717</v>
       </c>
       <c r="D257" s="5">
-        <v>-1.9349227582363682</v>
+        <v>-1.9351197060032521</v>
       </c>
       <c r="E257" s="5">
-        <v>0.39833182782011978</v>
+        <v>0.39831693885781227</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>171.62649034</v>
+        <v>171.62653943000001</v>
       </c>
       <c r="C258" s="5">
-        <v>-1.4569694299999867</v>
+        <v>-1.4569849300000044</v>
       </c>
       <c r="D258" s="5">
-        <v>-9.6464864958316525</v>
+        <v>-9.6465809814561538</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>172.71629326999999</v>
+        <v>172.71621425000001</v>
       </c>
       <c r="C259" s="5">
-        <v>1.0898029299999905</v>
+        <v>1.089674819999999</v>
       </c>
       <c r="D259" s="5">
-        <v>7.8916533301192082</v>
+        <v>7.8906906714017122</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>172.50115728</v>
+        <v>172.50110543</v>
       </c>
       <c r="C260" s="5">
-        <v>-0.21513598999999317</v>
+        <v>-0.21510882000001175</v>
       </c>
       <c r="D260" s="5">
-        <v>-1.4845263111970985</v>
+        <v>-1.4843407839339018</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>172.55199020000001</v>
+        <v>172.55205957999999</v>
       </c>
       <c r="C261" s="5">
-        <v>5.0832920000004833E-2</v>
+        <v>5.0954149999995479E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>0.3541916298924308</v>
+        <v>0.35503781121910549</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>172.17976357000001</v>
+        <v>172.17965472</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.37222663000000011</v>
+        <v>-0.37240485999998896</v>
       </c>
       <c r="D262" s="5">
-        <v>-2.558129465953396</v>
+        <v>-2.5593388328278732</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>172.16184731999999</v>
+        <v>172.16162513</v>
       </c>
       <c r="C263" s="5">
-        <v>-1.7916250000013179E-2</v>
+        <v>-1.8029589999997597E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>-0.12479515330656721</v>
+        <v>-0.12558424473079199</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>171.02207945999999</v>
+        <v>171.02203693999999</v>
       </c>
       <c r="C264" s="5">
-        <v>-1.1397678600000063</v>
+        <v>-1.139588190000012</v>
       </c>
       <c r="D264" s="5">
-        <v>-7.661413095301473</v>
+        <v>-7.6602585242322991</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>171.14477836</v>
+        <v>171.14481337000001</v>
       </c>
       <c r="C265" s="5">
-        <v>0.12269890000001737</v>
+        <v>0.12277643000001603</v>
       </c>
       <c r="D265" s="5">
-        <v>0.86433908467062892</v>
+        <v>0.86488761047467388</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>170.39983728999999</v>
+        <v>170.39996545</v>
       </c>
       <c r="C266" s="5">
-        <v>-0.74494107000001009</v>
+        <v>-0.74484792000001221</v>
       </c>
       <c r="D266" s="5">
-        <v>-5.0999876385571579</v>
+        <v>-5.0993640870733437</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>169.46292156999999</v>
+        <v>169.46302732999999</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.93691572000000178</v>
+        <v>-0.93693812000000776</v>
       </c>
       <c r="D267" s="5">
-        <v>-6.4020871336178287</v>
+        <v>-6.40223092683887</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>168.93426632000001</v>
+        <v>168.93434662999999</v>
       </c>
       <c r="C268" s="5">
-        <v>-0.5286552499999857</v>
+        <v>-0.52868069999999534</v>
       </c>
       <c r="D268" s="5">
-        <v>-3.6799439213868523</v>
+        <v>-3.680115791544325</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>169.12837951</v>
+        <v>169.12842735999999</v>
       </c>
       <c r="C269" s="5">
-        <v>0.19411318999999594</v>
+        <v>0.19408072999999604</v>
       </c>
       <c r="D269" s="5">
-        <v>1.387602305678759</v>
+        <v>1.3873681361644019</v>
       </c>
       <c r="E269" s="5">
-        <v>-2.2850711819925817</v>
+        <v>-2.2850800008981431</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>169.63269818000001</v>
+        <v>169.63273063</v>
       </c>
       <c r="C270" s="5">
-        <v>0.50431867000000352</v>
+        <v>0.5043032700000083</v>
       </c>
       <c r="D270" s="5">
-        <v>3.6375141955746981</v>
+        <v>3.6374002455837218</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>169.40080356999999</v>
+        <v>169.4007455</v>
       </c>
       <c r="C271" s="5">
-        <v>-0.23189461000001188</v>
+        <v>-0.23198512999999821</v>
       </c>
       <c r="D271" s="5">
-        <v>-1.6281694484889586</v>
+        <v>-1.6287999219871008</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>169.27641628000001</v>
+        <v>169.27636346</v>
       </c>
       <c r="C272" s="5">
-        <v>-0.12438728999998716</v>
+        <v>-0.12438204000000042</v>
       </c>
       <c r="D272" s="5">
-        <v>-0.87758385922606097</v>
+        <v>-0.87754726820459261</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>169.46738368999999</v>
+        <v>169.46741813</v>
       </c>
       <c r="C273" s="5">
-        <v>0.19096740999998474</v>
+        <v>0.19105466999999976</v>
       </c>
       <c r="D273" s="5">
-        <v>1.3621988674926255</v>
+        <v>1.3628256028417551</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>169.51357548999999</v>
+        <v>169.51349854</v>
       </c>
       <c r="C274" s="5">
-        <v>4.6191800000002559E-2</v>
+        <v>4.6080410000001848E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>0.32757532314175997</v>
+        <v>0.3267841378182812</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>169.24828070000001</v>
+        <v>169.24814264</v>
       </c>
       <c r="C275" s="5">
-        <v>-0.26529478999998446</v>
+        <v>-0.26535590000000298</v>
       </c>
       <c r="D275" s="5">
-        <v>-1.8619612032370281</v>
+        <v>-1.8623872536533304</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>169.85273642999999</v>
+        <v>169.85271187000001</v>
       </c>
       <c r="C276" s="5">
-        <v>0.60445572999998376</v>
+        <v>0.60456923000000984</v>
       </c>
       <c r="D276" s="5">
-        <v>4.3708904350407529</v>
+        <v>4.3717309946009975</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>170.01313911</v>
+        <v>170.01315826000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.16040268000000424</v>
+        <v>0.16044639000000416</v>
       </c>
       <c r="D277" s="5">
-        <v>1.1391404770913605</v>
+        <v>1.1394526749267886</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>170.65506804</v>
+        <v>170.65515463</v>
       </c>
       <c r="C278" s="5">
-        <v>0.64192893000000595</v>
+        <v>0.64199636999998688</v>
       </c>
       <c r="D278" s="5">
-        <v>4.6261992325102419</v>
+        <v>4.6266948596520807</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>170.79184291999999</v>
+        <v>170.7919302</v>
       </c>
       <c r="C279" s="5">
-        <v>0.13677487999999016</v>
+        <v>0.13677556999999751</v>
       </c>
       <c r="D279" s="5">
-        <v>0.96601461893273122</v>
+        <v>0.96601902145341256</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>171.46377566000001</v>
+        <v>171.46384963</v>
       </c>
       <c r="C280" s="5">
-        <v>0.67193274000001679</v>
+        <v>0.67191943000000265</v>
       </c>
       <c r="D280" s="5">
-        <v>4.8245713893830589</v>
+        <v>4.8244712253772359</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>171.23083543000001</v>
+        <v>171.23088340000001</v>
       </c>
       <c r="C281" s="5">
-        <v>-0.23294022999999697</v>
+        <v>-0.23296622999998817</v>
       </c>
       <c r="D281" s="5">
-        <v>-1.618120672773149</v>
+        <v>-1.6182992414845887</v>
       </c>
       <c r="E281" s="5">
-        <v>1.2431124368904145</v>
+        <v>1.2431121561396807</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>171.32378105999999</v>
+        <v>171.32382744</v>
       </c>
       <c r="C282" s="5">
-        <v>9.2945629999974244E-2</v>
+        <v>9.2944039999991901E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>0.65331889721045311</v>
+        <v>0.65330750407479599</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>171.71664713000001</v>
+        <v>171.71664566999999</v>
       </c>
       <c r="C283" s="5">
-        <v>0.39286607000002505</v>
+        <v>0.39281822999998894</v>
       </c>
       <c r="D283" s="5">
-        <v>2.7867166715351388</v>
+        <v>2.7863722735110397</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>171.85633702000001</v>
+        <v>171.85612710000001</v>
       </c>
       <c r="C284" s="5">
-        <v>0.13968988999999965</v>
+        <v>0.13948143000001778</v>
       </c>
       <c r="D284" s="5">
-        <v>0.9805683295944112</v>
+        <v>0.97909848685620027</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>172.02062243</v>
+        <v>172.02063297000001</v>
       </c>
       <c r="C285" s="5">
-        <v>0.16428540999999086</v>
+        <v>0.16450586999999928</v>
       </c>
       <c r="D285" s="5">
-        <v>1.1531859823912249</v>
+        <v>1.1547430548707549</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>172.12446410999999</v>
+        <v>172.12444601999999</v>
       </c>
       <c r="C286" s="5">
-        <v>0.10384167999998795</v>
+        <v>0.1038130499999852</v>
       </c>
       <c r="D286" s="5">
-        <v>0.72679989266757339</v>
+        <v>0.72659879774275016</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>172.38280334999999</v>
+        <v>172.3827671</v>
       </c>
       <c r="C287" s="5">
-        <v>0.25833923999999797</v>
+        <v>0.25832108000000176</v>
       </c>
       <c r="D287" s="5">
-        <v>1.8160056759824128</v>
+        <v>1.8158771564309673</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>173.01396048999999</v>
+        <v>173.01396613</v>
       </c>
       <c r="C288" s="5">
-        <v>0.63115713999999912</v>
+        <v>0.63119903000000477</v>
       </c>
       <c r="D288" s="5">
-        <v>4.4832093194338896</v>
+        <v>4.4835138504146776</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>172.33691243000001</v>
+        <v>172.33693231999999</v>
       </c>
       <c r="C289" s="5">
-        <v>-0.67704805999997575</v>
+        <v>-0.67703381000001173</v>
       </c>
       <c r="D289" s="5">
-        <v>-4.5961453929988298</v>
+        <v>-4.5960505825870079</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>172.97626578000001</v>
+        <v>172.97630996999999</v>
       </c>
       <c r="C290" s="5">
-        <v>0.63935334999999327</v>
+        <v>0.63937765000000013</v>
       </c>
       <c r="D290" s="5">
-        <v>4.5438555618849241</v>
+        <v>4.5440312648148851</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>171.87600122000001</v>
+        <v>171.87606184000001</v>
       </c>
       <c r="C291" s="5">
-        <v>-1.1002645599999994</v>
+        <v>-1.1002481299999829</v>
       </c>
       <c r="D291" s="5">
-        <v>-7.3714885361214293</v>
+        <v>-7.3713804635689772</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>172.59790272000001</v>
+        <v>172.59796460999999</v>
       </c>
       <c r="C292" s="5">
-        <v>0.72190150000000131</v>
+        <v>0.72190276999998559</v>
       </c>
       <c r="D292" s="5">
-        <v>5.1582324452228878</v>
+        <v>5.1582398689319353</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>172.19651601000001</v>
+        <v>172.19660586000001</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.40138670999999704</v>
+        <v>-0.40135874999998578</v>
       </c>
       <c r="D293" s="5">
-        <v>-2.7552524764164921</v>
+        <v>-2.7550620223232958</v>
       </c>
       <c r="E293" s="5">
-        <v>0.56396418178707997</v>
+        <v>0.56398848199832319</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>172.30211437</v>
+        <v>172.30217506</v>
       </c>
       <c r="C294" s="5">
-        <v>0.10559835999998768</v>
+        <v>0.10556919999999081</v>
       </c>
       <c r="D294" s="5">
-        <v>0.73837908706060329</v>
+        <v>0.7381741160973343</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>172.75709775999999</v>
+        <v>172.75711716000001</v>
       </c>
       <c r="C295" s="5">
-        <v>0.45498338999999532</v>
+        <v>0.4549421000000109</v>
       </c>
       <c r="D295" s="5">
-        <v>3.2151651573695261</v>
+        <v>3.2148679802426638</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>172.83158700999999</v>
+        <v>172.83120524</v>
       </c>
       <c r="C296" s="5">
-        <v>7.4489249999999174E-2</v>
+        <v>7.4088079999995671E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>0.51864372752532528</v>
+        <v>0.51584386531413617</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>172.65821141000001</v>
+        <v>172.65822484</v>
       </c>
       <c r="C297" s="5">
-        <v>-0.17337559999998575</v>
+        <v>-0.17298040000000015</v>
       </c>
       <c r="D297" s="5">
-        <v>-1.1971577215459828</v>
+        <v>-1.1944464954044332</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>172.92873569</v>
+        <v>172.92875810000001</v>
       </c>
       <c r="C298" s="5">
-        <v>0.2705242799999894</v>
+        <v>0.27053326000000766</v>
       </c>
       <c r="D298" s="5">
-        <v>1.8964710090728643</v>
+        <v>1.8965343567646675</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>172.90997679</v>
+        <v>172.90998751000001</v>
       </c>
       <c r="C299" s="5">
-        <v>-1.8758899999994583E-2</v>
+        <v>-1.8770590000002585E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>-0.13009552337426289</v>
+        <v>-0.13017652986144768</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>173.21493445999999</v>
+        <v>173.21496615000001</v>
       </c>
       <c r="C300" s="5">
-        <v>0.30495766999999319</v>
+        <v>0.30497864000000163</v>
       </c>
       <c r="D300" s="5">
-        <v>2.1370655163638785</v>
+        <v>2.1372137634762645</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>173.01432369</v>
+        <v>173.01435375</v>
       </c>
       <c r="C301" s="5">
-        <v>-0.20061076999999727</v>
+        <v>-0.20061240000001135</v>
       </c>
       <c r="D301" s="5">
-        <v>-1.3809743841112998</v>
+        <v>-1.3809852823615354</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>173.71162108999999</v>
+        <v>173.71169258</v>
       </c>
       <c r="C302" s="5">
-        <v>0.69729739999999651</v>
+        <v>0.69733883000000674</v>
       </c>
       <c r="D302" s="5">
-        <v>4.9450031264651306</v>
+        <v>4.9453025995048083</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>173.83071992000001</v>
+        <v>173.83067842</v>
       </c>
       <c r="C303" s="5">
-        <v>0.11909883000001287</v>
+        <v>0.11898583999999346</v>
       </c>
       <c r="D303" s="5">
-        <v>0.8258443262993298</v>
+        <v>0.82505754647406171</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>173.63382496</v>
+        <v>173.63390666000001</v>
       </c>
       <c r="C304" s="5">
-        <v>-0.19689496000000872</v>
+        <v>-0.19677175999999008</v>
       </c>
       <c r="D304" s="5">
-        <v>-1.3507829183546649</v>
+        <v>-1.3499432895526908</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>174.66716597999999</v>
+        <v>174.66735327000001</v>
       </c>
       <c r="C305" s="5">
-        <v>1.0333410199999946</v>
+        <v>1.0334466099999986</v>
       </c>
       <c r="D305" s="5">
-        <v>7.3799745417942209</v>
+        <v>7.3807499186686609</v>
       </c>
       <c r="E305" s="5">
-        <v>1.4347851090416475</v>
+        <v>1.4348409468702084</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>174.41527575000001</v>
+        <v>174.41543978999999</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.25189022999998656</v>
+        <v>-0.25191348000001312</v>
       </c>
       <c r="D306" s="5">
-        <v>-1.7168783846087776</v>
+        <v>-1.7170337746351905</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>174.2842905</v>
+        <v>174.28444307999999</v>
       </c>
       <c r="C307" s="5">
-        <v>-0.13098525000000905</v>
+        <v>-0.13099671000000512</v>
       </c>
       <c r="D307" s="5">
-        <v>-0.89748265127377325</v>
+        <v>-0.89756000796075153</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>173.87517159999999</v>
+        <v>173.87427393999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.40911890000000994</v>
+        <v>-0.4101691399999936</v>
       </c>
       <c r="D308" s="5">
-        <v>-2.7808217230110954</v>
+        <v>-2.7878657536632878</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>174.62998418999999</v>
+        <v>174.63010487</v>
       </c>
       <c r="C309" s="5">
-        <v>0.75481259000000023</v>
+        <v>0.7558309300000019</v>
       </c>
       <c r="D309" s="5">
-        <v>5.3355377904047652</v>
+        <v>5.342937336916509</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>174.62157232999999</v>
+        <v>174.62166088000001</v>
       </c>
       <c r="C310" s="5">
-        <v>-8.4118599999953858E-3</v>
+        <v>-8.4439899999892987E-3</v>
       </c>
       <c r="D310" s="5">
-        <v>-5.7788232541444717E-2</v>
+        <v>-5.8008862108194226E-2</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>174.88334850999999</v>
+        <v>174.88340024999999</v>
       </c>
       <c r="C311" s="5">
-        <v>0.26177617999999825</v>
+        <v>0.26173936999998659</v>
       </c>
       <c r="D311" s="5">
-        <v>1.8138334052506977</v>
+        <v>1.8135753171258262</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>175.21432386000001</v>
+        <v>175.21436867</v>
       </c>
       <c r="C312" s="5">
-        <v>0.33097535000001699</v>
+        <v>0.33096842000000493</v>
       </c>
       <c r="D312" s="5">
-        <v>2.2948483678526754</v>
+        <v>2.2947991308035487</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>175.37827171999999</v>
+        <v>175.37831037000001</v>
       </c>
       <c r="C313" s="5">
-        <v>0.16394785999997907</v>
+        <v>0.1639417000000094</v>
       </c>
       <c r="D313" s="5">
-        <v>1.1286353237166535</v>
+        <v>1.1285924090070676</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>176.34948702</v>
+        <v>176.34956840000001</v>
       </c>
       <c r="C314" s="5">
-        <v>0.97121530000001144</v>
+        <v>0.97125803000000133</v>
       </c>
       <c r="D314" s="5">
-        <v>6.8515869566468268</v>
+        <v>6.8518960861962963</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>175.83777122999999</v>
+        <v>175.83759094000001</v>
       </c>
       <c r="C315" s="5">
-        <v>-0.51171579000001088</v>
+        <v>-0.51197745999999711</v>
       </c>
       <c r="D315" s="5">
-        <v>-3.427019281901289</v>
+        <v>-3.4287422720432059</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>175.67631612</v>
+        <v>175.67641223999999</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.16145510999999146</v>
+        <v>-0.16117870000002199</v>
       </c>
       <c r="D316" s="5">
-        <v>-1.0962984606336379</v>
+        <v>-1.0944321739843277</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>176.4473812</v>
+        <v>176.44768105</v>
       </c>
       <c r="C317" s="5">
-        <v>0.77106507999999963</v>
+        <v>0.77126881000000935</v>
       </c>
       <c r="D317" s="5">
-        <v>5.395972191523879</v>
+        <v>5.397429485859595</v>
       </c>
       <c r="E317" s="5">
-        <v>1.0192042734602058</v>
+        <v>1.0192676230960984</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>175.93232180999999</v>
+        <v>175.93256647999999</v>
       </c>
       <c r="C318" s="5">
-        <v>-0.51505939000000467</v>
+        <v>-0.5151145700000086</v>
       </c>
       <c r="D318" s="5">
-        <v>-3.4471703542476195</v>
+        <v>-3.4475279865472164</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>175.82892142</v>
+        <v>175.82916122</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.10340038999999024</v>
+        <v>-0.10340525999998817</v>
       </c>
       <c r="D319" s="5">
-        <v>-0.70299852071519231</v>
+        <v>-0.70303054935864084</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>176.92123753999999</v>
+        <v>176.92025394000001</v>
       </c>
       <c r="C320" s="5">
-        <v>1.0923161199999925</v>
+        <v>1.091092720000006</v>
       </c>
       <c r="D320" s="5">
-        <v>7.7149236749175731</v>
+        <v>7.7059750352878931</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>177.05609946999999</v>
+        <v>177.05618945000001</v>
       </c>
       <c r="C321" s="5">
-        <v>0.13486192999999957</v>
+        <v>0.13593550999999593</v>
       </c>
       <c r="D321" s="5">
-        <v>0.918569946908665</v>
+        <v>0.92591840056599484</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>177.50168142999999</v>
+        <v>177.50170367000001</v>
       </c>
       <c r="C322" s="5">
-        <v>0.44558195999999839</v>
+        <v>0.44551422000000684</v>
       </c>
       <c r="D322" s="5">
-        <v>3.0620902319395515</v>
+        <v>3.0616166761611829</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>177.84658117000001</v>
+        <v>177.84656552999999</v>
       </c>
       <c r="C323" s="5">
-        <v>0.34489974000001666</v>
+        <v>0.34486185999998042</v>
       </c>
       <c r="D323" s="5">
-        <v>2.356775230980479</v>
+        <v>2.3565133180775133</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>178.84511214</v>
+        <v>178.84509903</v>
       </c>
       <c r="C324" s="5">
-        <v>0.99853096999999025</v>
+        <v>0.99853350000000773</v>
       </c>
       <c r="D324" s="5">
-        <v>6.9494738766560982</v>
+        <v>6.9494926620936148</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>178.72871158000001</v>
+        <v>178.72872831999999</v>
       </c>
       <c r="C325" s="5">
-        <v>-0.11640055999998822</v>
+        <v>-0.11637071000001242</v>
       </c>
       <c r="D325" s="5">
-        <v>-0.7782250543737379</v>
+        <v>-0.77802625522578328</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>178.92137488</v>
+        <v>178.92163540999999</v>
       </c>
       <c r="C326" s="5">
-        <v>0.19266329999999243</v>
+        <v>0.19290709000000561</v>
       </c>
       <c r="D326" s="5">
-        <v>1.3012549106666382</v>
+        <v>1.3029111412447003</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>178.86659247</v>
+        <v>178.86602675</v>
       </c>
       <c r="C327" s="5">
-        <v>-5.4782410000001391E-2</v>
+        <v>-5.5608659999990095E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>-0.36679966707358069</v>
+        <v>-0.37232189044832387</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>180.01615332</v>
+        <v>180.0164479</v>
       </c>
       <c r="C328" s="5">
-        <v>1.1495608500000003</v>
+        <v>1.1504211499999997</v>
       </c>
       <c r="D328" s="5">
-        <v>7.9908414629390689</v>
+        <v>7.9970608991800196</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>180.37686009999999</v>
+        <v>180.37736681999999</v>
       </c>
       <c r="C329" s="5">
-        <v>0.36070677999998679</v>
+        <v>0.36091891999998893</v>
       </c>
       <c r="D329" s="5">
-        <v>2.4311728836276414</v>
+        <v>2.432614491509133</v>
       </c>
       <c r="E329" s="5">
-        <v>2.2269975747307935</v>
+        <v>2.2271110317887644</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>180.71559152</v>
+        <v>180.71614994000001</v>
       </c>
       <c r="C330" s="5">
-        <v>0.33873142000001621</v>
+        <v>0.33878312000001642</v>
       </c>
       <c r="D330" s="5">
-        <v>2.2769129098223484</v>
+        <v>2.2772575653581262</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>180.95917675000001</v>
+        <v>180.95956917999999</v>
       </c>
       <c r="C331" s="5">
-        <v>0.24358523000000787</v>
+        <v>0.24341923999998016</v>
       </c>
       <c r="D331" s="5">
-        <v>1.6295162791433171</v>
+        <v>1.6283925445408576</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>181.02924059</v>
+        <v>181.02830273000001</v>
       </c>
       <c r="C332" s="5">
-        <v>7.0063839999988886E-2</v>
+        <v>6.8733550000018795E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>0.4656071123276817</v>
+        <v>0.45674724210891249</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>180.78549247000001</v>
+        <v>180.78477727999999</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.24374811999999224</v>
+        <v>-0.24352545000002124</v>
       </c>
       <c r="D333" s="5">
-        <v>-1.6038367019760136</v>
+        <v>-1.6023906204702065</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>180.72262488000001</v>
+        <v>180.72271347</v>
       </c>
       <c r="C334" s="5">
-        <v>-6.2867589999996198E-2</v>
+        <v>-6.2063809999983732E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>-0.41649905001681642</v>
+        <v>-0.41118566551436864</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>180.57783363999999</v>
+        <v>180.57771561999999</v>
       </c>
       <c r="C335" s="5">
-        <v>-0.14479124000001775</v>
+        <v>-0.14499785000000998</v>
       </c>
       <c r="D335" s="5">
-        <v>-0.95719008244686821</v>
+        <v>-0.95854945637150468</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>180.54312628</v>
+        <v>180.54364304000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-3.4707359999998744E-2</v>
+        <v>-3.4072579999985919E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>-0.23039833846109081</v>
+        <v>-0.2261889895757152</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>179.89808607000001</v>
+        <v>179.89671457</v>
       </c>
       <c r="C337" s="5">
-        <v>-0.64504020999999057</v>
+        <v>-0.64692847000000597</v>
       </c>
       <c r="D337" s="5">
-        <v>-4.2040796874576074</v>
+        <v>-4.2161331653715495</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>180.12356120999999</v>
+        <v>180.1245304</v>
       </c>
       <c r="C338" s="5">
-        <v>0.22547513999998614</v>
+        <v>0.22781582999999728</v>
       </c>
       <c r="D338" s="5">
-        <v>1.5144304332840752</v>
+        <v>1.5302733668058455</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>181.17715876</v>
+        <v>181.17690985999999</v>
       </c>
       <c r="C339" s="5">
-        <v>1.0535975500000063</v>
+        <v>1.0523794599999974</v>
       </c>
       <c r="D339" s="5">
-        <v>7.2494415028218517</v>
+        <v>7.2407488907252571</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>181.07145707999999</v>
+        <v>181.07223003999999</v>
       </c>
       <c r="C340" s="5">
-        <v>-0.1057016800000099</v>
+        <v>-0.1046798200000012</v>
       </c>
       <c r="D340" s="5">
-        <v>-0.6978572691210827</v>
+        <v>-0.69113317748574765</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>180.80847684</v>
+        <v>180.80940715</v>
       </c>
       <c r="C341" s="5">
-        <v>-0.26298023999999032</v>
+        <v>-0.26282288999999537</v>
       </c>
       <c r="D341" s="5">
-        <v>-1.7289728962402662</v>
+        <v>-1.7279393202489723</v>
       </c>
       <c r="E341" s="5">
-        <v>0.23928609232954923</v>
+        <v>0.23952025557127943</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>181.21548677000001</v>
+        <v>181.21610078</v>
       </c>
       <c r="C342" s="5">
-        <v>0.40700993000001517</v>
+        <v>0.40669363000000658</v>
       </c>
       <c r="D342" s="5">
-        <v>2.7349627715188563</v>
+        <v>2.7327967493730787</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>181.72041099</v>
+        <v>181.72038330000001</v>
       </c>
       <c r="C343" s="5">
-        <v>0.50492421999999237</v>
+        <v>0.50428252000000384</v>
       </c>
       <c r="D343" s="5">
-        <v>3.3953017332991164</v>
+        <v>3.3909087780697122</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>182.30730088999999</v>
+        <v>182.30655164999999</v>
       </c>
       <c r="C344" s="5">
-        <v>0.58688989999998853</v>
+        <v>0.58616834999997991</v>
       </c>
       <c r="D344" s="5">
-        <v>3.9451453163724448</v>
+        <v>3.9402092088590468</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>182.27073458000001</v>
+        <v>182.26853004</v>
       </c>
       <c r="C345" s="5">
-        <v>-3.6566309999983559E-2</v>
+        <v>-3.8021609999987049E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>-0.24042480913335496</v>
+        <v>-0.24998351236821259</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>182.77420624000001</v>
+        <v>182.77425561999999</v>
       </c>
       <c r="C346" s="5">
-        <v>0.50347166000000243</v>
+        <v>0.50572557999998935</v>
       </c>
       <c r="D346" s="5">
-        <v>3.3654862088958293</v>
+        <v>3.3808248515498684</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>183.62264705999999</v>
+        <v>183.62257571999999</v>
       </c>
       <c r="C347" s="5">
-        <v>0.84844081999997911</v>
+        <v>0.84832009999999514</v>
       </c>
       <c r="D347" s="5">
-        <v>5.7148620351711754</v>
+        <v>5.7140264466972068</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>183.57826467000001</v>
+        <v>183.57944307</v>
       </c>
       <c r="C348" s="5">
-        <v>-4.4382389999981342E-2</v>
+        <v>-4.3132649999989781E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>-0.28965993529245226</v>
+        <v>-0.28151420003809102</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>183.95684287</v>
+        <v>183.95393605000001</v>
       </c>
       <c r="C349" s="5">
-        <v>0.37857819999999265</v>
+        <v>0.37449298000001363</v>
       </c>
       <c r="D349" s="5">
-        <v>2.5029221949481428</v>
+        <v>2.475593468291426</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>184.27402866</v>
+        <v>184.2758116</v>
       </c>
       <c r="C350" s="5">
-        <v>0.31718578999999636</v>
+        <v>0.32187554999998724</v>
       </c>
       <c r="D350" s="5">
-        <v>2.0888233256445732</v>
+        <v>2.1200393466404011</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>183.66908484999999</v>
+        <v>183.66992690000001</v>
       </c>
       <c r="C351" s="5">
-        <v>-0.60494381000000885</v>
+        <v>-0.60588469999999006</v>
       </c>
       <c r="D351" s="5">
-        <v>-3.8690625833611381</v>
+        <v>-3.8749350524410087</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>183.22245053</v>
+        <v>183.22421495</v>
       </c>
       <c r="C352" s="5">
-        <v>-0.44663431999998693</v>
+        <v>-0.4457119500000033</v>
       </c>
       <c r="D352" s="5">
-        <v>-2.8793672042934371</v>
+        <v>-2.8734870009148983</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>183.49443507999999</v>
+        <v>183.49652239</v>
       </c>
       <c r="C353" s="5">
-        <v>0.27198454999998489</v>
+        <v>0.27230743999999163</v>
       </c>
       <c r="D353" s="5">
-        <v>1.7959558004090326</v>
+        <v>1.7980878937492006</v>
       </c>
       <c r="E353" s="5">
-        <v>1.4855267224981095</v>
+        <v>1.4861589794223251</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>183.25766388</v>
+        <v>183.25957319</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.23677119999999263</v>
+        <v>-0.23694919999999797</v>
       </c>
       <c r="D354" s="5">
-        <v>-1.5374726644143077</v>
+        <v>-1.5386029319210959</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>184.36231989999999</v>
+        <v>184.36240015000001</v>
       </c>
       <c r="C355" s="5">
-        <v>1.1046560199999931</v>
+        <v>1.1028269600000158</v>
       </c>
       <c r="D355" s="5">
-        <v>7.4781594526101225</v>
+        <v>7.4652842800631669</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>184.89883974</v>
+        <v>184.89170150000001</v>
       </c>
       <c r="C356" s="5">
-        <v>0.53651984000001107</v>
+        <v>0.52930134999999723</v>
       </c>
       <c r="D356" s="5">
-        <v>3.5486064491835334</v>
+        <v>3.5001046011922554</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>186.47860872999999</v>
+        <v>186.47426453</v>
       </c>
       <c r="C357" s="5">
-        <v>1.5797689899999909</v>
+        <v>1.5825630299999887</v>
       </c>
       <c r="D357" s="5">
-        <v>10.748540931014471</v>
+        <v>10.7688904468632</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>186.91970483</v>
+        <v>186.92249380999999</v>
       </c>
       <c r="C358" s="5">
-        <v>0.44109610000000998</v>
+        <v>0.44822927999999251</v>
       </c>
       <c r="D358" s="5">
-        <v>2.8756978429416158</v>
+        <v>2.9228877063214309</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>187.03928988000001</v>
+        <v>187.03912926999999</v>
       </c>
       <c r="C359" s="5">
-        <v>0.11958505000001196</v>
+        <v>0.11663545999999769</v>
       </c>
       <c r="D359" s="5">
-        <v>0.77042750425353468</v>
+        <v>0.75134824001643619</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>187.15701892999999</v>
+        <v>187.16044572999999</v>
       </c>
       <c r="C360" s="5">
-        <v>0.11772904999997991</v>
+        <v>0.12131646000000273</v>
       </c>
       <c r="D360" s="5">
-        <v>0.75794217333340352</v>
+        <v>0.7811211270580154</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>187.33816540999999</v>
+        <v>187.33458196999999</v>
       </c>
       <c r="C361" s="5">
-        <v>0.18114647999999534</v>
+        <v>0.17413623999999572</v>
       </c>
       <c r="D361" s="5">
-        <v>1.1676649369158687</v>
+        <v>1.1222250071541096</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>187.03726519</v>
+        <v>187.03976964</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.30090021999998839</v>
+        <v>-0.29481232999998497</v>
       </c>
       <c r="D362" s="5">
-        <v>-1.9104889030044592</v>
+        <v>-1.8722048716127704</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>188.14006896000001</v>
+        <v>188.14310961999999</v>
       </c>
       <c r="C363" s="5">
-        <v>1.1028037700000084</v>
+        <v>1.103339979999987</v>
       </c>
       <c r="D363" s="5">
-        <v>7.3094235210633185</v>
+        <v>7.3129925143698538</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>188.73037206000001</v>
+        <v>188.73106615</v>
       </c>
       <c r="C364" s="5">
-        <v>0.59030309999999986</v>
+        <v>0.5879565300000138</v>
       </c>
       <c r="D364" s="5">
-        <v>3.8307440848680541</v>
+        <v>3.8151907259263984</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>188.72765176999999</v>
+        <v>188.73074041000001</v>
       </c>
       <c r="C365" s="5">
-        <v>-2.7202900000133923E-3</v>
+        <v>-3.2573999999385705E-4</v>
       </c>
       <c r="D365" s="5">
-        <v>-1.7294986470473006E-2</v>
+        <v>-2.0711179001819957E-3</v>
       </c>
       <c r="E365" s="5">
-        <v>2.8519756949132669</v>
+        <v>2.8524889473792392</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>189.45957741999999</v>
+        <v>189.46250182</v>
       </c>
       <c r="C366" s="5">
-        <v>0.73192564999999377</v>
+        <v>0.73176140999999006</v>
       </c>
       <c r="D366" s="5">
-        <v>4.7544151362942655</v>
+        <v>4.7532459628655932</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>189.93691132000001</v>
+        <v>189.93670650000001</v>
       </c>
       <c r="C367" s="5">
-        <v>0.47733390000001918</v>
+        <v>0.47420468000001392</v>
       </c>
       <c r="D367" s="5">
-        <v>3.0655879745159043</v>
+        <v>3.0451660403460368</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>190.53759891999999</v>
+        <v>190.52206147000001</v>
       </c>
       <c r="C368" s="5">
-        <v>0.60068759999998633</v>
+        <v>0.58535496999999737</v>
       </c>
       <c r="D368" s="5">
-        <v>3.8617893713437601</v>
+        <v>3.7615443210099686</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>186.07014201000001</v>
+        <v>186.06492879000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-4.4674569099999815</v>
+        <v>-4.4571326800000008</v>
       </c>
       <c r="D369" s="5">
-        <v>-24.776764085063284</v>
+        <v>-24.728427481193581</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>182.99241606999999</v>
+        <v>183.00190058999999</v>
       </c>
       <c r="C370" s="5">
-        <v>-3.0777259400000219</v>
+        <v>-3.0630282000000193</v>
       </c>
       <c r="D370" s="5">
-        <v>-18.139041466935566</v>
+        <v>-18.060567974262987</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>183.00733159999999</v>
+        <v>183.00539628999999</v>
       </c>
       <c r="C371" s="5">
-        <v>1.4915529999996124E-2</v>
+        <v>3.4957000000019889E-3</v>
       </c>
       <c r="D371" s="5">
-        <v>9.7854668052543836E-2</v>
+        <v>2.2924793285317158E-2</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>189.58093491</v>
+        <v>189.58509558</v>
       </c>
       <c r="C372" s="5">
-        <v>6.57360331000001</v>
+        <v>6.5796992900000077</v>
       </c>
       <c r="D372" s="5">
-        <v>52.726381899295994</v>
+        <v>52.785996268760371</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>191.72397297000001</v>
+        <v>191.72201138</v>
       </c>
       <c r="C373" s="5">
-        <v>2.1430380600000092</v>
+        <v>2.136915799999997</v>
       </c>
       <c r="D373" s="5">
-        <v>14.44085991524533</v>
+        <v>14.396678979052592</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>187.97114393999999</v>
+        <v>187.97337127</v>
       </c>
       <c r="C374" s="5">
-        <v>-3.7528290300000151</v>
+        <v>-3.7486401099999966</v>
       </c>
       <c r="D374" s="5">
-        <v>-21.118134472266238</v>
+        <v>-21.09723057279006</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>186.54335549999999</v>
+        <v>186.54738678000001</v>
       </c>
       <c r="C375" s="5">
-        <v>-1.4277884400000005</v>
+        <v>-1.4259844899999905</v>
       </c>
       <c r="D375" s="5">
-        <v>-8.7436276132276554</v>
+        <v>-8.732938015262615</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>186.24874600999999</v>
+        <v>186.24780372999999</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.29460948999999914</v>
+        <v>-0.29958305000002383</v>
       </c>
       <c r="D376" s="5">
-        <v>-1.8787946253624122</v>
+        <v>-1.9101916680602793</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>186.31277815999999</v>
+        <v>186.31807699000001</v>
       </c>
       <c r="C377" s="5">
-        <v>6.403215000000273E-2</v>
+        <v>7.0273260000021764E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>0.41333991219778543</v>
+        <v>0.45371343203233216</v>
       </c>
       <c r="E377" s="5">
-        <v>-1.2795547379262584</v>
+        <v>-1.2783627165128042</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>186.56105744999999</v>
+        <v>186.56887413999999</v>
       </c>
       <c r="C378" s="5">
-        <v>0.24827928999999926</v>
+        <v>0.25079714999998259</v>
       </c>
       <c r="D378" s="5">
-        <v>1.610885340596635</v>
+        <v>1.6272962329147989</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>186.08141484999999</v>
+        <v>186.0869429</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.47964260000000536</v>
+        <v>-0.48193123999999443</v>
       </c>
       <c r="D379" s="5">
-        <v>-3.0419086953052399</v>
+        <v>-3.0560914995206745</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>185.91498824000001</v>
+        <v>185.87474950999999</v>
       </c>
       <c r="C380" s="5">
-        <v>-0.16642660999997361</v>
+        <v>-0.21219339000001014</v>
       </c>
       <c r="D380" s="5">
-        <v>-1.0679866084651102</v>
+        <v>-1.3598007842103188</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>185.40565896000001</v>
+        <v>185.40500671000001</v>
       </c>
       <c r="C381" s="5">
-        <v>-0.50932928000000288</v>
+        <v>-0.46974279999997748</v>
       </c>
       <c r="D381" s="5">
-        <v>-3.2384124603158537</v>
+        <v>-2.9908414338985501</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>185.67614735000001</v>
+        <v>185.69498704</v>
       </c>
       <c r="C382" s="5">
-        <v>0.27048838999999703</v>
+        <v>0.28998032999999168</v>
       </c>
       <c r="D382" s="5">
-        <v>1.7647963935361499</v>
+        <v>1.8930741258827988</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>185.59789323000001</v>
+        <v>185.59486828999999</v>
       </c>
       <c r="C383" s="5">
-        <v>-7.8254119999996874E-2</v>
+        <v>-0.10011875000000714</v>
       </c>
       <c r="D383" s="5">
-        <v>-0.50457519183867428</v>
+        <v>-0.64507327437660633</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>186.11891130999999</v>
+        <v>186.12463355</v>
       </c>
       <c r="C384" s="5">
-        <v>0.52101807999997618</v>
+        <v>0.5297652600000049</v>
       </c>
       <c r="D384" s="5">
-        <v>3.4211913927196802</v>
+        <v>3.4795909025561844</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>186.20249200000001</v>
+        <v>186.20528389</v>
       </c>
       <c r="C385" s="5">
-        <v>8.3580690000019331E-2</v>
+        <v>8.0650340000005372E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>0.54021872853724506</v>
+        <v>0.52121736442232169</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>183.46168642000001</v>
+        <v>183.46274862000001</v>
       </c>
       <c r="C386" s="5">
-        <v>-2.74080558</v>
+        <v>-2.7425352699999905</v>
       </c>
       <c r="D386" s="5">
-        <v>-16.301300850175938</v>
+        <v>-16.310544671142736</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>186.00971543</v>
+        <v>186.01016580000001</v>
       </c>
       <c r="C387" s="5">
-        <v>2.5480290099999934</v>
+        <v>2.5474171799999965</v>
       </c>
       <c r="D387" s="5">
-        <v>18.000260017268687</v>
+        <v>17.9954902600427</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>186.01159444999999</v>
+        <v>186.00544764</v>
       </c>
       <c r="C388" s="5">
-        <v>1.8790199999898505E-3</v>
+        <v>-4.7181600000101298E-3</v>
       </c>
       <c r="D388" s="5">
-        <v>1.2122750018250805E-2</v>
+        <v>-3.0433832355125645E-2</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>185.96577497999999</v>
+        <v>185.96726659999999</v>
       </c>
       <c r="C389" s="5">
-        <v>-4.5819469999997864E-2</v>
+        <v>-3.818104000001199E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>-0.29519092210975595</v>
+        <v>-0.24604417437993353</v>
       </c>
       <c r="E389" s="5">
-        <v>-0.18624765484522854</v>
+        <v>-0.18828575072661335</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>185.81905302000001</v>
+        <v>185.83235714</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.14672195999997939</v>
+        <v>-0.13490945999998871</v>
       </c>
       <c r="D390" s="5">
-        <v>-0.94266992964158192</v>
+        <v>-0.86707179334523099</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>185.62937145000001</v>
+        <v>185.62957431000001</v>
       </c>
       <c r="C391" s="5">
-        <v>-0.18968157000000474</v>
+        <v>-0.20278282999998964</v>
       </c>
       <c r="D391" s="5">
-        <v>-1.2180898447005095</v>
+        <v>-1.3016261254085504</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>185.47571407999999</v>
+        <v>185.45033702000001</v>
       </c>
       <c r="C392" s="5">
-        <v>-0.153657370000019</v>
+        <v>-0.17923729000000321</v>
       </c>
       <c r="D392" s="5">
-        <v>-0.98880735709292455</v>
+        <v>-1.1525436466359285</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>185.31153395999999</v>
+        <v>185.30655123</v>
       </c>
       <c r="C393" s="5">
-        <v>-0.16418011999999749</v>
+        <v>-0.14378579000000968</v>
       </c>
       <c r="D393" s="5">
-        <v>-1.0570645009918</v>
+        <v>-0.9264424566734264</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>185.36194549999999</v>
+        <v>185.37777026000001</v>
       </c>
       <c r="C394" s="5">
-        <v>5.0411539999998922E-2</v>
+        <v>7.1219030000008843E-2</v>
       </c>
       <c r="D394" s="5">
-        <v>0.32693292123031625</v>
+        <v>0.46217319412356073</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>185.53178274999999</v>
+        <v>185.52694061</v>
       </c>
       <c r="C395" s="5">
-        <v>0.16983725000000049</v>
+        <v>0.14917034999999146</v>
       </c>
       <c r="D395" s="5">
-        <v>1.1050536136838041</v>
+        <v>0.96990474428093609</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>187.19836427999999</v>
+        <v>187.20453337999999</v>
       </c>
       <c r="C396" s="5">
-        <v>1.666581530000002</v>
+        <v>1.6775927699999897</v>
       </c>
       <c r="D396" s="5">
-        <v>11.32809639086565</v>
+        <v>11.40701596630327</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>188.44361155999999</v>
+        <v>188.45029008</v>
       </c>
       <c r="C397" s="5">
-        <v>1.245247280000001</v>
+        <v>1.2457567000000154</v>
       </c>
       <c r="D397" s="5">
-        <v>8.281043568888812</v>
+        <v>8.284273141325027</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>185.59333208000001</v>
+        <v>185.59445604000001</v>
       </c>
       <c r="C398" s="5">
-        <v>-2.8502794799999833</v>
+        <v>-2.8558340399999906</v>
       </c>
       <c r="D398" s="5">
-        <v>-16.714115891294046</v>
+        <v>-16.743477753449088</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>188.73236410000001</v>
+        <v>188.72932184000001</v>
       </c>
       <c r="C399" s="5">
-        <v>3.1390320200000019</v>
+        <v>3.1348658</v>
       </c>
       <c r="D399" s="5">
-        <v>22.294839625567555</v>
+        <v>22.26230043545241</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>188.92446566999999</v>
+        <v>188.91699781</v>
       </c>
       <c r="C400" s="5">
-        <v>0.19210156999997707</v>
+        <v>0.18767596999998659</v>
       </c>
       <c r="D400" s="5">
-        <v>1.2282831177811593</v>
+        <v>1.1998506746851767</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>189.31509220999999</v>
+        <v>189.31014949999999</v>
       </c>
       <c r="C401" s="5">
-        <v>0.39062653999999952</v>
+        <v>0.39315168999999628</v>
       </c>
       <c r="D401" s="5">
-        <v>2.5095711960668954</v>
+        <v>2.5260810932990374</v>
       </c>
       <c r="E401" s="5">
-        <v>1.8010395893331532</v>
+        <v>1.7975652173187306</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>190.054383</v>
+        <v>190.07125439999999</v>
       </c>
       <c r="C402" s="5">
-        <v>0.73929079000001252</v>
+        <v>0.76110489999999231</v>
       </c>
       <c r="D402" s="5">
-        <v>4.7880667840659363</v>
+        <v>4.932618268844835</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>190.89094983000001</v>
+        <v>190.88803436000001</v>
       </c>
       <c r="C403" s="5">
-        <v>0.83656683000000953</v>
+        <v>0.8167799600000194</v>
       </c>
       <c r="D403" s="5">
-        <v>5.4118391929715681</v>
+        <v>5.2803160173826136</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>191.73841586</v>
+        <v>191.73391806000001</v>
       </c>
       <c r="C404" s="5">
-        <v>0.84746602999999254</v>
+        <v>0.84588370000000168</v>
       </c>
       <c r="D404" s="5">
-        <v>5.4594621427301204</v>
+        <v>5.449104171305863</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>193.35212404000001</v>
+        <v>193.32435973</v>
       </c>
       <c r="C405" s="5">
-        <v>1.6137081800000033</v>
+        <v>1.5904416699999899</v>
       </c>
       <c r="D405" s="5">
-        <v>10.580296158477974</v>
+        <v>10.42098090323076</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>194.73913983</v>
+        <v>194.75404037999999</v>
       </c>
       <c r="C406" s="5">
-        <v>1.3870157899999924</v>
+        <v>1.4296806499999946</v>
       </c>
       <c r="D406" s="5">
-        <v>8.956112850468001</v>
+        <v>9.2442908665944401</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>195.63189148999999</v>
+        <v>195.63851259</v>
       </c>
       <c r="C407" s="5">
-        <v>0.89275165999998762</v>
+        <v>0.88447221000001264</v>
       </c>
       <c r="D407" s="5">
-        <v>5.642064345512865</v>
+        <v>5.5879872639482686</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>193.88217491</v>
+        <v>193.89508688999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-1.7497165799999834</v>
+        <v>-1.7434257000000173</v>
       </c>
       <c r="D408" s="5">
-        <v>-10.220176638992061</v>
+        <v>-10.18488546444426</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>197.77194230999999</v>
+        <v>197.78635009000001</v>
       </c>
       <c r="C409" s="5">
-        <v>3.8897673999999824</v>
+        <v>3.8912632000000258</v>
       </c>
       <c r="D409" s="5">
-        <v>26.917512215445115</v>
+        <v>26.927035945985711</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>195.36784313000001</v>
+        <v>195.37341096</v>
       </c>
       <c r="C410" s="5">
-        <v>-2.4040991799999745</v>
+        <v>-2.4129391300000123</v>
       </c>
       <c r="D410" s="5">
-        <v>-13.650299052839854</v>
+        <v>-13.696241115774555</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>199.88824887000001</v>
+        <v>199.88186762000001</v>
       </c>
       <c r="C411" s="5">
-        <v>4.5204057400000011</v>
+        <v>4.5084566600000073</v>
       </c>
       <c r="D411" s="5">
-        <v>31.586149106165351</v>
+        <v>31.490773089205316</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>201.02300516</v>
+        <v>201.00789961999999</v>
       </c>
       <c r="C412" s="5">
-        <v>1.1347562899999843</v>
+        <v>1.1260319999999808</v>
       </c>
       <c r="D412" s="5">
-        <v>7.0291245694630078</v>
+        <v>6.9736273663938197</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>201.86280590000001</v>
+        <v>201.84141184999999</v>
       </c>
       <c r="C413" s="5">
-        <v>0.83980074000001537</v>
+        <v>0.83351222999999663</v>
       </c>
       <c r="D413" s="5">
-        <v>5.1299685870446199</v>
+        <v>5.0910660413181041</v>
       </c>
       <c r="E413" s="5">
-        <v>6.6279521318254542</v>
+        <v>6.6194350292877457</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>201.61825224</v>
+        <v>201.62839378000001</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.24455366000000822</v>
+        <v>-0.21301806999997552</v>
       </c>
       <c r="D414" s="5">
-        <v>-1.4441336237821512</v>
+        <v>-1.2591227894526713</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>204.12193314999999</v>
+        <v>204.10493194</v>
       </c>
       <c r="C415" s="5">
-        <v>2.5036809099999857</v>
+        <v>2.4765381599999898</v>
       </c>
       <c r="D415" s="5">
-        <v>15.962594698368626</v>
+        <v>15.776842987217798</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>205.10613917000001</v>
+        <v>205.15790478</v>
       </c>
       <c r="C416" s="5">
-        <v>0.98420602000001622</v>
+        <v>1.0529728399999954</v>
       </c>
       <c r="D416" s="5">
-        <v>5.9419211974239605</v>
+        <v>6.3694889695731449</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>205.36951354999999</v>
+        <v>205.29633901</v>
       </c>
       <c r="C417" s="5">
-        <v>0.2633743799999877</v>
+        <v>0.13843423000000143</v>
       </c>
       <c r="D417" s="5">
-        <v>1.5518352214318298</v>
+        <v>0.81273484716402056</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>206.17744131000001</v>
+        <v>206.19076555000001</v>
       </c>
       <c r="C418" s="5">
-        <v>0.80792776000001254</v>
+        <v>0.89442654000001198</v>
       </c>
       <c r="D418" s="5">
-        <v>4.8243203040421845</v>
+        <v>5.3552241869317285</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>206.77326811</v>
+        <v>206.79257274</v>
       </c>
       <c r="C419" s="5">
-        <v>0.59582679999999755</v>
+        <v>0.60180718999998817</v>
       </c>
       <c r="D419" s="5">
-        <v>3.5235021165522129</v>
+        <v>3.5592039562460931</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>207.3137461</v>
+        <v>207.33617655</v>
       </c>
       <c r="C420" s="5">
-        <v>0.54047798999999941</v>
+        <v>0.54360381000000757</v>
       </c>
       <c r="D420" s="5">
-        <v>3.1821298003190668</v>
+        <v>3.2004972355648142</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>208.33179713999999</v>
+        <v>208.35369725999999</v>
       </c>
       <c r="C421" s="5">
-        <v>1.0180510399999889</v>
+        <v>1.0175207099999852</v>
       </c>
       <c r="D421" s="5">
-        <v>6.05460518051959</v>
+        <v>6.0506931197662706</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>209.00729043999999</v>
+        <v>209.01911176999999</v>
       </c>
       <c r="C422" s="5">
-        <v>0.67549329999999941</v>
+        <v>0.66541451000000507</v>
       </c>
       <c r="D422" s="5">
-        <v>3.961012013023546</v>
+        <v>3.9004519791185466</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>206.94830733000001</v>
+        <v>206.94001363999999</v>
       </c>
       <c r="C423" s="5">
-        <v>-2.0589831099999856</v>
+        <v>-2.0790981300000055</v>
       </c>
       <c r="D423" s="5">
-        <v>-11.201563018346938</v>
+        <v>-11.304475526586099</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>207.58404386000001</v>
+        <v>207.56002372</v>
       </c>
       <c r="C424" s="5">
-        <v>0.63573653000000263</v>
+        <v>0.62001008000001434</v>
       </c>
       <c r="D424" s="5">
-        <v>3.7492756479878597</v>
+        <v>3.6551440063718799</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>208.29299621999999</v>
+        <v>208.25213740000001</v>
       </c>
       <c r="C425" s="5">
-        <v>0.70895235999998363</v>
+        <v>0.69211368000000562</v>
       </c>
       <c r="D425" s="5">
-        <v>4.1761708284800525</v>
+        <v>4.0756351703045812</v>
       </c>
       <c r="E425" s="5">
-        <v>3.1854260081896513</v>
+        <v>3.1761200495189712</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>208.3560871</v>
+        <v>208.34778069000001</v>
       </c>
       <c r="C426" s="5">
-        <v>6.309088000000429E-2</v>
+        <v>9.564328999999816E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>0.36407997470475628</v>
+        <v>0.55251438907990558</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>208.75309154999999</v>
+        <v>208.75494734</v>
       </c>
       <c r="C427" s="5">
-        <v>0.39700444999999718</v>
+        <v>0.40716664999999352</v>
       </c>
       <c r="D427" s="5">
-        <v>2.3106107090359318</v>
+        <v>2.3704885860927671</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>208.85348536000001</v>
+        <v>208.94857454000001</v>
       </c>
       <c r="C428" s="5">
-        <v>0.10039381000001413</v>
+        <v>0.19362720000000877</v>
       </c>
       <c r="D428" s="5">
-        <v>0.57863450326063326</v>
+        <v>1.1187358531682179</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>208.95011106999999</v>
+        <v>209.3962477</v>
       </c>
       <c r="C429" s="5">
-        <v>9.6625709999983656E-2</v>
+        <v>0.44767315999999369</v>
       </c>
       <c r="D429" s="5">
-        <v>0.55659282791005182</v>
+        <v>2.6015183654049645</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>209.26190511999999</v>
+        <v>209.82000567</v>
       </c>
       <c r="C430" s="5">
-        <v>0.31179405000000315</v>
+        <v>0.42375796999999693</v>
       </c>
       <c r="D430" s="5">
-        <v>1.8054016824015529</v>
+        <v>2.4556688617552558</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>208.94174135</v>
+        <v>207.80097154000001</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.32016376999999352</v>
+        <v>-2.0190341299999943</v>
       </c>
       <c r="D431" s="5">
-        <v>-1.8205894245083787</v>
+        <v>-10.955284380464603</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>211.17796512999999</v>
+        <v>210.32489065999999</v>
       </c>
       <c r="C432" s="5">
-        <v>2.2362237799999889</v>
+        <v>2.523919119999988</v>
       </c>
       <c r="D432" s="5">
-        <v>13.626777777652244</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>15.589178550556216</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>213.65433691999999</v>
+        <v>212.78979699999999</v>
       </c>
       <c r="C433" s="5">
-        <v>2.4763717900000017</v>
+        <v>2.4649063399999989</v>
       </c>
       <c r="D433" s="5">
-        <v>15.015757802635154</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>15.006276112570948</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>212.94423219999999</v>
+        <v>212.08096571999999</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.71010472000000391</v>
+        <v>-0.70883127999999829</v>
       </c>
       <c r="D434" s="5">
-        <v>-3.916233139444647</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-3.9249310868273102</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>216.47974310000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>4.3987773800000127</v>
+      </c>
+      <c r="D435" s="5">
+        <v>27.934259208927138</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>214.84404398999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-1.6356991100000187</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-8.6996052736846412</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>214.83923812</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-4.8058699999842247E-3</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-2.6839629462305226E-2</v>
+      </c>
+      <c r="E437" s="5">
+        <v>3.1630411107607559</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>