--- v0 (2025-10-17)
+++ v1 (2026-01-09)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C6496B05-65C7-47DB-B87A-3A3E5FC05612}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{30901149-3902-43A8-901C-1F699C2D0AF0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7220C52D-5579-463E-9115-025CF2A321EE}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{3EB8222E-C767-430C-ACE1-81FC88760C08}"/>
   </bookViews>
   <sheets>
     <sheet name="ausleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4140A45A-BE14-4574-9B7C-E26F126828B1}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4288AC17-8838-4F68-8667-02F74D7B8D92}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>9.9716799999981731E-2</v>
       </c>
       <c r="D431" s="5">
         <v>0.78193603540208656</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>153.15489934999999</v>
       </c>
       <c r="C432" s="5">
         <v>-0.52311328999999773</v>
       </c>
       <c r="D432" s="5">
         <v>-4.0091353796471552</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>154.45683553999999</v>
+        <v>154.03344095</v>
       </c>
       <c r="C433" s="5">
-        <v>1.3019361899999922</v>
+        <v>0.87854160000000547</v>
       </c>
       <c r="D433" s="5">
-        <v>10.691650757055161</v>
+        <v>7.1049334970514355</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>154.20157022999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.16812927999998806</v>
+      </c>
+      <c r="D434" s="5">
+        <v>1.3177057638965817</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>