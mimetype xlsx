--- v1 (2026-01-09)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{30901149-3902-43A8-901C-1F699C2D0AF0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{06DAF352-9520-4571-82F8-FBCF7154210E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{3EB8222E-C767-430C-ACE1-81FC88760C08}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{97D293D5-D337-4323-BB05-FEF5FF69CED0}"/>
   </bookViews>
   <sheets>
     <sheet name="ausleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4288AC17-8838-4F68-8667-02F74D7B8D92}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E09B605D-5678-4EB4-89B9-CFC84A293BD1}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>34.265477546</v>
+        <v>34.265366415000003</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>34.325650107000001</v>
+        <v>34.325573282999997</v>
       </c>
       <c r="C7" s="5">
-        <v>6.0172561000001679E-2</v>
+        <v>6.0206867999994529E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>2.1277559928859713</v>
+        <v>2.1289878384953553</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>34.587356741999997</v>
+        <v>34.587309304000001</v>
       </c>
       <c r="C8" s="5">
-        <v>0.26170663499999591</v>
+        <v>0.26173602100000437</v>
       </c>
       <c r="D8" s="5">
-        <v>9.5426454612659093</v>
+        <v>9.5437845612911474</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>34.711705258999999</v>
+        <v>34.711679906000001</v>
       </c>
       <c r="C9" s="5">
-        <v>0.12434851700000138</v>
+        <v>0.12437060199999905</v>
       </c>
       <c r="D9" s="5">
-        <v>4.4005805836825562</v>
+        <v>4.4013838298327057</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>34.790615598999999</v>
+        <v>34.790614914999999</v>
       </c>
       <c r="C10" s="5">
-        <v>7.891034000000019E-2</v>
+        <v>7.8935008999998502E-2</v>
       </c>
       <c r="D10" s="5">
-        <v>2.7623356929317833</v>
+        <v>2.7632121287839428</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>35.074645003000001</v>
+        <v>35.074661513000002</v>
       </c>
       <c r="C11" s="5">
-        <v>0.28402940400000176</v>
+        <v>0.28404659800000331</v>
       </c>
       <c r="D11" s="5">
-        <v>10.248845168939869</v>
+        <v>10.249493924566377</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>35.337839869</v>
+        <v>35.337868317000002</v>
       </c>
       <c r="C12" s="5">
-        <v>0.26319486599999919</v>
+        <v>0.26320680399999929</v>
       </c>
       <c r="D12" s="5">
-        <v>9.3857053113074471</v>
+        <v>9.3861441485489472</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>35.637748397999999</v>
+        <v>35.637799444000002</v>
       </c>
       <c r="C13" s="5">
-        <v>0.29990852899999965</v>
+        <v>0.29993112700000069</v>
       </c>
       <c r="D13" s="5">
-        <v>10.673363153454751</v>
+        <v>10.674196297928717</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>35.492593341000003</v>
+        <v>35.492665741000003</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.14515505699999665</v>
+        <v>-0.14513370299999906</v>
       </c>
       <c r="D14" s="5">
-        <v>-4.7796641326999456</v>
+        <v>-4.778969969862934</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>35.548247375999999</v>
+        <v>35.548288681999999</v>
       </c>
       <c r="C15" s="5">
-        <v>5.5654034999996327E-2</v>
+        <v>5.5622940999995762E-2</v>
       </c>
       <c r="D15" s="5">
-        <v>1.8979687404117263</v>
+        <v>1.8968952826881935</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>36.041722100000001</v>
+        <v>36.041614217999999</v>
       </c>
       <c r="C16" s="5">
-        <v>0.49347472400000214</v>
+        <v>0.4933255360000004</v>
       </c>
       <c r="D16" s="5">
-        <v>17.990782148391805</v>
+        <v>17.984898953138796</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>35.908635640999996</v>
+        <v>35.908781689000001</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.13308645900000471</v>
+        <v>-0.13283252899999809</v>
       </c>
       <c r="D17" s="5">
-        <v>-4.3421871096017917</v>
+        <v>-4.3340821077801461</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>35.002060810000003</v>
+        <v>35.001957756000003</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.90657483099999325</v>
+        <v>-0.90682393299999831</v>
       </c>
       <c r="D18" s="5">
-        <v>-26.423939899939221</v>
+        <v>-26.430130123586927</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>35.161046005999999</v>
+        <v>35.160974406000001</v>
       </c>
       <c r="C19" s="5">
-        <v>0.15898519599999617</v>
+        <v>0.15901664999999809</v>
       </c>
       <c r="D19" s="5">
-        <v>5.5888493705983144</v>
+        <v>5.5899997265952406</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>35.103670420999997</v>
+        <v>35.103626513999998</v>
       </c>
       <c r="C20" s="5">
-        <v>-5.7375585000002616E-2</v>
+        <v>-5.7347892000002787E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>-1.940673917031277</v>
+        <v>-1.9397495291808453</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>35.310689355999997</v>
+        <v>35.310665815999997</v>
       </c>
       <c r="C21" s="5">
-        <v>0.20701893500000068</v>
+        <v>0.20703930199999832</v>
       </c>
       <c r="D21" s="5">
-        <v>7.3109434542216967</v>
+        <v>7.3116956565148161</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>35.874340500000002</v>
+        <v>35.874339067000001</v>
       </c>
       <c r="C22" s="5">
-        <v>0.56365114400000493</v>
+        <v>0.56367325100000443</v>
       </c>
       <c r="D22" s="5">
-        <v>20.929639049259443</v>
+        <v>20.930548504834334</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>35.474618272000001</v>
+        <v>35.474633939999997</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.39972222800000168</v>
+        <v>-0.39970512700000427</v>
       </c>
       <c r="D23" s="5">
-        <v>-12.581035131089124</v>
+        <v>-12.580529904536597</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>35.521142236000003</v>
+        <v>35.521167482999999</v>
       </c>
       <c r="C24" s="5">
-        <v>4.6523964000002138E-2</v>
+        <v>4.6533543000002453E-2</v>
       </c>
       <c r="D24" s="5">
-        <v>1.585167742792426</v>
+        <v>1.5854957720896623</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>35.713555974999998</v>
+        <v>35.713600761999999</v>
       </c>
       <c r="C25" s="5">
-        <v>0.19241373899999559</v>
+        <v>0.1924332789999994</v>
       </c>
       <c r="D25" s="5">
-        <v>6.6974559432749547</v>
+        <v>6.698151571926636</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>36.172018549000001</v>
+        <v>36.172081147</v>
       </c>
       <c r="C26" s="5">
-        <v>0.45846257400000212</v>
+        <v>0.45848038500000143</v>
       </c>
       <c r="D26" s="5">
-        <v>16.540211360826174</v>
+        <v>16.540877742254946</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>36.343172643999999</v>
+        <v>36.343209025999997</v>
       </c>
       <c r="C27" s="5">
-        <v>0.17115409499999856</v>
+        <v>0.1711278789999966</v>
       </c>
       <c r="D27" s="5">
-        <v>5.8281264157143964</v>
+        <v>5.8272000069026442</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>36.335909596999997</v>
+        <v>36.335815128</v>
       </c>
       <c r="C28" s="5">
-        <v>-7.2630470000021319E-3</v>
+        <v>-7.3938979999965682E-3</v>
       </c>
       <c r="D28" s="5">
-        <v>-0.23955208896874192</v>
+        <v>-0.24386278577313014</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>36.708633814999999</v>
+        <v>36.708762622000002</v>
       </c>
       <c r="C29" s="5">
-        <v>0.37272421800000188</v>
+        <v>0.37294749400000171</v>
       </c>
       <c r="D29" s="5">
-        <v>13.02804704307996</v>
+        <v>13.036332907278902</v>
       </c>
       <c r="E29" s="5">
-        <v>2.2278712619383745</v>
+        <v>2.2278141874277457</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>36.911666394000001</v>
+        <v>36.911576580999998</v>
       </c>
       <c r="C30" s="5">
-        <v>0.20303257900000204</v>
+        <v>0.20281395899999666</v>
       </c>
       <c r="D30" s="5">
-        <v>6.8427763223907867</v>
+        <v>6.8351581661602934</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>37.241162719000002</v>
+        <v>37.241100121000002</v>
       </c>
       <c r="C31" s="5">
-        <v>0.32949632500000092</v>
+        <v>0.32952354000000383</v>
       </c>
       <c r="D31" s="5">
-        <v>11.253826351077167</v>
+        <v>11.25483071987432</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>37.449856910999998</v>
+        <v>37.449819126999998</v>
       </c>
       <c r="C32" s="5">
-        <v>0.20869419199999584</v>
+        <v>0.20871900599999549</v>
       </c>
       <c r="D32" s="5">
-        <v>6.9358118295002269</v>
+        <v>6.9366741126615006</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>37.607271965999999</v>
+        <v>37.607251879000003</v>
       </c>
       <c r="C33" s="5">
-        <v>0.1574150550000013</v>
+        <v>0.15743275200000539</v>
       </c>
       <c r="D33" s="5">
-        <v>5.1622858699732488</v>
+        <v>5.1628850409857208</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>37.837551357999999</v>
+        <v>37.837549457000001</v>
       </c>
       <c r="C34" s="5">
-        <v>0.23027939199999992</v>
+        <v>0.23029757799999828</v>
       </c>
       <c r="D34" s="5">
-        <v>7.6005054875808886</v>
+        <v>7.601130283955615</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>38.113606752999999</v>
+        <v>38.113621516000002</v>
       </c>
       <c r="C35" s="5">
-        <v>0.2760553950000002</v>
+        <v>0.27607205900000054</v>
       </c>
       <c r="D35" s="5">
-        <v>9.1149613660582709</v>
+        <v>9.1155343297925953</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>38.161497668000003</v>
+        <v>38.161520068999998</v>
       </c>
       <c r="C36" s="5">
-        <v>4.7890915000003531E-2</v>
+        <v>4.7898552999996014E-2</v>
       </c>
       <c r="D36" s="5">
-        <v>1.5183010844576961</v>
+        <v>1.5185443183552527</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>38.144576565000001</v>
+        <v>38.144611902000001</v>
       </c>
       <c r="C37" s="5">
-        <v>-1.6921103000001381E-2</v>
+        <v>-1.6908166999996865E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>-0.53079356157615942</v>
+        <v>-0.53038845340378504</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>38.419160755999997</v>
+        <v>38.419204174000001</v>
       </c>
       <c r="C38" s="5">
-        <v>0.27458419099999531</v>
+        <v>0.27459227199999958</v>
       </c>
       <c r="D38" s="5">
-        <v>8.9885577817620188</v>
+        <v>8.9888242153381981</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>38.830486426</v>
+        <v>38.830516551000002</v>
       </c>
       <c r="C39" s="5">
-        <v>0.41132567000000364</v>
+        <v>0.41131237700000156</v>
       </c>
       <c r="D39" s="5">
-        <v>13.631695468084914</v>
+        <v>13.631212345919375</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>39.236524037000002</v>
+        <v>39.236464711000004</v>
       </c>
       <c r="C40" s="5">
-        <v>0.40603761100000213</v>
+        <v>0.40594816000000122</v>
       </c>
       <c r="D40" s="5">
-        <v>13.295417428072343</v>
+        <v>13.292307078728838</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>39.528699033999999</v>
+        <v>39.528779640000003</v>
       </c>
       <c r="C41" s="5">
-        <v>0.29217499699999649</v>
+        <v>0.29231492899999978</v>
       </c>
       <c r="D41" s="5">
-        <v>9.3110177902462112</v>
+        <v>9.3156760936367036</v>
       </c>
       <c r="E41" s="5">
-        <v>7.6822941251702304</v>
+        <v>7.6821358623238689</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>39.985507466999998</v>
+        <v>39.985444946000001</v>
       </c>
       <c r="C42" s="5">
-        <v>0.45680843299999907</v>
+        <v>0.45666530599999788</v>
       </c>
       <c r="D42" s="5">
-        <v>14.783930591909522</v>
+        <v>14.778968221677346</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>40.256405694000001</v>
+        <v>40.256359689999996</v>
       </c>
       <c r="C43" s="5">
-        <v>0.27089822700000354</v>
+        <v>0.27091474399999527</v>
       </c>
       <c r="D43" s="5">
-        <v>8.4397751231818585</v>
+        <v>8.4403227247309189</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>40.586061072</v>
+        <v>40.586032168000003</v>
       </c>
       <c r="C44" s="5">
-        <v>0.32965537799999822</v>
+        <v>0.32967247800000621</v>
       </c>
       <c r="D44" s="5">
-        <v>10.281559920852846</v>
+        <v>10.282129781596527</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>40.918361243</v>
+        <v>40.918345473999999</v>
       </c>
       <c r="C45" s="5">
-        <v>0.33230017099999998</v>
+        <v>0.33231330599999609</v>
       </c>
       <c r="D45" s="5">
-        <v>10.279790203784977</v>
+        <v>10.280222662969996</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>41.770236541999999</v>
+        <v>41.770234537999997</v>
       </c>
       <c r="C46" s="5">
-        <v>0.85187529899999959</v>
+        <v>0.85188906399999809</v>
       </c>
       <c r="D46" s="5">
-        <v>28.051429218556233</v>
+        <v>28.051947674912704</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>41.244359422000002</v>
+        <v>41.244371864999998</v>
       </c>
       <c r="C47" s="5">
-        <v>-0.52587711999999698</v>
+        <v>-0.52586267299999889</v>
       </c>
       <c r="D47" s="5">
-        <v>-14.10427726116672</v>
+        <v>-14.103916842192376</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>41.868483284</v>
+        <v>41.868500777999998</v>
       </c>
       <c r="C48" s="5">
-        <v>0.62412386199999759</v>
+        <v>0.62412891299999984</v>
       </c>
       <c r="D48" s="5">
-        <v>19.749025662739971</v>
+        <v>19.749192558139296</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>42.135440295000002</v>
+        <v>42.135465232000001</v>
       </c>
       <c r="C49" s="5">
-        <v>0.26695701100000235</v>
+        <v>0.26696445400000357</v>
       </c>
       <c r="D49" s="5">
-        <v>7.9254069325230159</v>
+        <v>7.9256322775181021</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>42.462124873</v>
+        <v>42.462149187999998</v>
       </c>
       <c r="C50" s="5">
-        <v>0.32668457799999828</v>
+        <v>0.32668395599999656</v>
       </c>
       <c r="D50" s="5">
-        <v>9.7110169317438313</v>
+        <v>9.7109916522101436</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>43.014590114000001</v>
+        <v>43.014611399000003</v>
       </c>
       <c r="C51" s="5">
-        <v>0.55246524100000016</v>
+        <v>0.55246221100000525</v>
       </c>
       <c r="D51" s="5">
-        <v>16.780085359762829</v>
+        <v>16.779976339785563</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>42.627033167</v>
+        <v>42.627009579999999</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.38755694700000021</v>
+        <v>-0.3876018190000039</v>
       </c>
       <c r="D52" s="5">
-        <v>-10.291867404709565</v>
+        <v>-10.292995746263411</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>42.958196469999997</v>
+        <v>42.958232111000001</v>
       </c>
       <c r="C53" s="5">
-        <v>0.33116330299999674</v>
+        <v>0.33122253100000165</v>
       </c>
       <c r="D53" s="5">
-        <v>9.7314698107098696</v>
+        <v>9.7332909308298188</v>
       </c>
       <c r="E53" s="5">
-        <v>8.6759683971642243</v>
+        <v>8.6758369528050494</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>43.279830142000002</v>
+        <v>43.279794383999999</v>
       </c>
       <c r="C54" s="5">
-        <v>0.32163367200000437</v>
+        <v>0.32156227299999784</v>
       </c>
       <c r="D54" s="5">
-        <v>9.3639260805020506</v>
+        <v>9.3617529904440389</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>43.46782365</v>
+        <v>43.467795410999997</v>
       </c>
       <c r="C55" s="5">
-        <v>0.18799350799999814</v>
+        <v>0.18800102699999854</v>
       </c>
       <c r="D55" s="5">
-        <v>5.338756084088403</v>
+        <v>5.3389792574134454</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>43.689901769999999</v>
+        <v>43.689884004</v>
       </c>
       <c r="C56" s="5">
-        <v>0.22207811999999905</v>
+        <v>0.22208859300000228</v>
       </c>
       <c r="D56" s="5">
-        <v>6.3060696762194945</v>
+        <v>6.3063796836587249</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>44.244899684000004</v>
+        <v>44.244889747999999</v>
       </c>
       <c r="C57" s="5">
-        <v>0.55499791400000476</v>
+        <v>0.55500574399999891</v>
       </c>
       <c r="D57" s="5">
-        <v>16.355189556641591</v>
+        <v>16.355443774935029</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>44.409320256000001</v>
+        <v>44.409318491999997</v>
       </c>
       <c r="C58" s="5">
-        <v>0.16442057199999738</v>
+        <v>0.16442874399999852</v>
       </c>
       <c r="D58" s="5">
-        <v>4.5516598428598121</v>
+        <v>4.551891755706694</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>44.769883221000001</v>
+        <v>44.769893543000002</v>
       </c>
       <c r="C59" s="5">
-        <v>0.36056296499999974</v>
+        <v>0.36057505100000498</v>
       </c>
       <c r="D59" s="5">
-        <v>10.189961038647223</v>
+        <v>10.190318422483857</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>45.576626742000002</v>
+        <v>45.576637808000001</v>
       </c>
       <c r="C60" s="5">
-        <v>0.80674352100000135</v>
+        <v>0.80674426499999896</v>
       </c>
       <c r="D60" s="5">
-        <v>23.900941069792015</v>
+        <v>23.900959272988231</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>45.750720776000001</v>
+        <v>45.750733648999997</v>
       </c>
       <c r="C61" s="5">
-        <v>0.17409403399999945</v>
+        <v>0.1740958409999962</v>
       </c>
       <c r="D61" s="5">
-        <v>4.6813084595446197</v>
+        <v>4.6813569136635813</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>45.828285069000003</v>
+        <v>45.828289808000001</v>
       </c>
       <c r="C62" s="5">
-        <v>7.7564293000001783E-2</v>
+        <v>7.7556159000003788E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>2.0535190141592885</v>
+        <v>2.0533010711479394</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>45.923962600999999</v>
+        <v>45.923974725000001</v>
       </c>
       <c r="C63" s="5">
-        <v>9.567753199999629E-2</v>
+        <v>9.5684916999999814E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>2.5342559647477225</v>
+        <v>2.53445356135924</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>46.124652742999999</v>
+        <v>46.124663560999998</v>
       </c>
       <c r="C64" s="5">
-        <v>0.20069014199999913</v>
+        <v>0.20068883599999765</v>
       </c>
       <c r="D64" s="5">
-        <v>5.371960186005631</v>
+        <v>5.3719229308070826</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>46.180587779</v>
+        <v>46.180581893000003</v>
       </c>
       <c r="C65" s="5">
-        <v>5.5935036000001048E-2</v>
+        <v>5.5918332000004511E-2</v>
       </c>
       <c r="D65" s="5">
-        <v>1.4649768648961947</v>
+        <v>1.4645361087111342</v>
       </c>
       <c r="E65" s="5">
-        <v>7.5012257817908434</v>
+        <v>7.5011228899591442</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>45.935542967000004</v>
+        <v>45.935531113000003</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.24504481199999617</v>
+        <v>-0.24505077999999969</v>
       </c>
       <c r="D66" s="5">
-        <v>-6.1848936367373213</v>
+        <v>-6.1850406649243013</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>46.035355174999999</v>
+        <v>46.035342901</v>
       </c>
       <c r="C67" s="5">
-        <v>9.9812207999995906E-2</v>
+        <v>9.9811787999996682E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>2.6388383542553795</v>
+        <v>2.6388278063731896</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>46.355856832999997</v>
+        <v>46.355847926999999</v>
       </c>
       <c r="C68" s="5">
-        <v>0.32050165799999775</v>
+        <v>0.3205050259999993</v>
       </c>
       <c r="D68" s="5">
-        <v>8.6819385991729447</v>
+        <v>8.6820357592371611</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>46.672449888000003</v>
+        <v>46.672444345000002</v>
       </c>
       <c r="C69" s="5">
-        <v>0.31659305500000556</v>
+        <v>0.31659641800000315</v>
       </c>
       <c r="D69" s="5">
-        <v>8.5105143443486408</v>
+        <v>8.5106098665317376</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>46.846980209999998</v>
+        <v>46.846978667999998</v>
       </c>
       <c r="C70" s="5">
-        <v>0.17453032199999541</v>
+        <v>0.17453432299999605</v>
       </c>
       <c r="D70" s="5">
-        <v>4.580818711645529</v>
+        <v>4.5809264485820789</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>47.217731880999999</v>
+        <v>47.217737820000004</v>
       </c>
       <c r="C71" s="5">
-        <v>0.37075167100000073</v>
+        <v>0.37075915200000509</v>
       </c>
       <c r="D71" s="5">
-        <v>9.9213989441140793</v>
+        <v>9.9216082716178775</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>47.035947825000001</v>
+        <v>47.035952598999998</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.18178405599999792</v>
+        <v>-0.18178522100000549</v>
       </c>
       <c r="D72" s="5">
-        <v>-4.5233135657461343</v>
+        <v>-4.5233413863248302</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>47.332962807999998</v>
+        <v>47.332969513999998</v>
       </c>
       <c r="C73" s="5">
-        <v>0.29701498299999685</v>
+        <v>0.29701691500000038</v>
       </c>
       <c r="D73" s="5">
-        <v>7.8463572700170348</v>
+        <v>7.8464092696459042</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>47.369448984999998</v>
+        <v>47.369447997999998</v>
       </c>
       <c r="C74" s="5">
-        <v>3.6486177000000453E-2</v>
+        <v>3.6478483999999867E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>0.92894069569757765</v>
+        <v>0.92874386826202748</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>47.457610729000002</v>
+        <v>47.457615601000001</v>
       </c>
       <c r="C75" s="5">
-        <v>8.8161744000004205E-2</v>
+        <v>8.8167603000002259E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>2.256386459849602</v>
+        <v>2.2565379993188195</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>47.815561225000003</v>
+        <v>47.815573440999998</v>
       </c>
       <c r="C76" s="5">
-        <v>0.35795049600000084</v>
+        <v>0.35795783999999742</v>
       </c>
       <c r="D76" s="5">
-        <v>9.4361117927823415</v>
+        <v>9.4363124834115908</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>48.070568836</v>
+        <v>48.070564447000002</v>
       </c>
       <c r="C77" s="5">
-        <v>0.25500761099999636</v>
+        <v>0.25499100600000446</v>
       </c>
       <c r="D77" s="5">
-        <v>6.5908793001129728</v>
+        <v>6.5904357317205342</v>
       </c>
       <c r="E77" s="5">
-        <v>4.092587703830497</v>
+        <v>4.0925914670782548</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>48.371295590999999</v>
+        <v>48.371287484</v>
       </c>
       <c r="C78" s="5">
-        <v>0.30072675499999946</v>
+        <v>0.30072303699999736</v>
       </c>
       <c r="D78" s="5">
-        <v>7.7708980819560569</v>
+        <v>7.7707994119589063</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>48.464085726</v>
+        <v>48.464078893999996</v>
       </c>
       <c r="C79" s="5">
-        <v>9.2790135000001328E-2</v>
+        <v>9.2791409999996688E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>2.3263899381241959</v>
+        <v>2.3264226363639118</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>48.685910104000001</v>
+        <v>48.685906867999996</v>
       </c>
       <c r="C80" s="5">
-        <v>0.22182437800000088</v>
+        <v>0.22182797399999998</v>
       </c>
       <c r="D80" s="5">
-        <v>5.6329050986470675</v>
+        <v>5.6329995389517995</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>48.498001098000003</v>
+        <v>48.497999327999999</v>
       </c>
       <c r="C81" s="5">
-        <v>-0.18790900599999816</v>
+        <v>-0.18790753999999765</v>
       </c>
       <c r="D81" s="5">
-        <v>-4.5344774718865555</v>
+        <v>-4.5344431380631161</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>48.895963649999999</v>
+        <v>48.895962908000001</v>
       </c>
       <c r="C82" s="5">
-        <v>0.39796255199999564</v>
+        <v>0.39796358000000254</v>
       </c>
       <c r="D82" s="5">
-        <v>10.303691785177449</v>
+        <v>10.303720006963225</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>48.938276432000002</v>
+        <v>48.938278791999998</v>
       </c>
       <c r="C83" s="5">
-        <v>4.2312782000003324E-2</v>
+        <v>4.2315883999997084E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>1.0433929148451426</v>
+        <v>1.0434697875804755</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>49.519978653999999</v>
+        <v>49.519980775999997</v>
       </c>
       <c r="C84" s="5">
-        <v>0.58170222199999699</v>
+        <v>0.58170198399999862</v>
       </c>
       <c r="D84" s="5">
-        <v>15.234188666043913</v>
+        <v>15.234181236730793</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>49.857409402999998</v>
+        <v>49.857413283</v>
       </c>
       <c r="C85" s="5">
-        <v>0.33743074899999925</v>
+        <v>0.3374325070000026</v>
       </c>
       <c r="D85" s="5">
-        <v>8.4903522930169117</v>
+        <v>8.4903978206205544</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>49.604058942000002</v>
+        <v>49.604057421999997</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.25335046099999659</v>
+        <v>-0.25335586100000285</v>
       </c>
       <c r="D86" s="5">
-        <v>-5.9302319014694955</v>
+        <v>-5.9303543402497656</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>50.508947890000002</v>
+        <v>50.508950163999998</v>
       </c>
       <c r="C87" s="5">
-        <v>0.90488894799999997</v>
+        <v>0.90489274200000125</v>
       </c>
       <c r="D87" s="5">
-        <v>24.22622488025312</v>
+        <v>24.226337674306176</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>50.522086166999998</v>
+        <v>50.522092860000001</v>
       </c>
       <c r="C88" s="5">
-        <v>1.3138276999995924E-2</v>
+        <v>1.3142696000002729E-2</v>
       </c>
       <c r="D88" s="5">
-        <v>0.31258832597129693</v>
+        <v>0.3126936000529712</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>50.647790251000004</v>
+        <v>50.647788431000002</v>
       </c>
       <c r="C89" s="5">
-        <v>0.12570408400000588</v>
+        <v>0.12569557100000139</v>
       </c>
       <c r="D89" s="5">
-        <v>3.0269209910022132</v>
+        <v>3.0267127806292038</v>
       </c>
       <c r="E89" s="5">
-        <v>5.3613291404821517</v>
+        <v>5.3613349742158922</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>50.990181880000002</v>
+        <v>50.990177226</v>
       </c>
       <c r="C90" s="5">
-        <v>0.34239162899999798</v>
+        <v>0.34238879499999797</v>
       </c>
       <c r="D90" s="5">
-        <v>8.4208254562111442</v>
+        <v>8.4207534586882016</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>51.369505031000003</v>
+        <v>51.369501139999997</v>
       </c>
       <c r="C91" s="5">
-        <v>0.37932315100000125</v>
+        <v>0.37932391399999688</v>
       </c>
       <c r="D91" s="5">
-        <v>9.3014291213985967</v>
+        <v>9.301449487072011</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>51.496990613999998</v>
+        <v>51.496989231000001</v>
       </c>
       <c r="C92" s="5">
-        <v>0.12748558299999502</v>
+        <v>0.12748809100000358</v>
       </c>
       <c r="D92" s="5">
-        <v>3.0190716394658867</v>
+        <v>3.0191320779610953</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>51.525978657000003</v>
+        <v>51.525978512999998</v>
       </c>
       <c r="C93" s="5">
-        <v>2.8988043000005348E-2</v>
+        <v>2.8989281999997729E-2</v>
       </c>
       <c r="D93" s="5">
-        <v>0.67758425477604245</v>
+        <v>0.67761332390035012</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>51.657017658000001</v>
+        <v>51.657017564</v>
       </c>
       <c r="C94" s="5">
-        <v>0.13103900099999777</v>
+        <v>0.1310390510000019</v>
       </c>
       <c r="D94" s="5">
-        <v>3.0948471410961798</v>
+        <v>3.0948483473210553</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>51.608444577999997</v>
+        <v>51.608444538000001</v>
       </c>
       <c r="C95" s="5">
-        <v>-4.8573080000004154E-2</v>
+        <v>-4.8573025999999686E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>-1.122542453652231</v>
+        <v>-1.1225412141705804</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>52.013919440999999</v>
+        <v>52.013920859000002</v>
       </c>
       <c r="C96" s="5">
-        <v>0.40547486300000202</v>
+        <v>0.40547632100000186</v>
       </c>
       <c r="D96" s="5">
-        <v>9.8463744016523247</v>
+        <v>9.8464113588119453</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>51.912720272999998</v>
+        <v>51.912723227000001</v>
       </c>
       <c r="C97" s="5">
-        <v>-0.10119916800000084</v>
+        <v>-0.10119763200000165</v>
       </c>
       <c r="D97" s="5">
-        <v>-2.3099179616640875</v>
+        <v>-2.3098832137639635</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>52.358164043000002</v>
+        <v>52.358164131000002</v>
       </c>
       <c r="C98" s="5">
-        <v>0.44544377000000424</v>
+        <v>0.44544090400000158</v>
       </c>
       <c r="D98" s="5">
-        <v>10.796864642345616</v>
+        <v>10.796791220652668</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>52.454049214000001</v>
+        <v>52.454049871999999</v>
       </c>
       <c r="C99" s="5">
-        <v>9.5885170999999048E-2</v>
+        <v>9.5885740999996472E-2</v>
       </c>
       <c r="D99" s="5">
-        <v>2.219868767001798</v>
+        <v>2.2198820926891294</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>52.736877540000002</v>
+        <v>52.736878326999999</v>
       </c>
       <c r="C100" s="5">
-        <v>0.28282832600000063</v>
+        <v>0.28282845500000064</v>
       </c>
       <c r="D100" s="5">
-        <v>6.6656823847641711</v>
+        <v>6.6656854296398782</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>52.408173181999999</v>
+        <v>52.408173453000003</v>
       </c>
       <c r="C101" s="5">
-        <v>-0.32870435800000308</v>
+        <v>-0.32870487399999604</v>
       </c>
       <c r="D101" s="5">
-        <v>-7.2283437970541486</v>
+        <v>-7.2283546537799896</v>
       </c>
       <c r="E101" s="5">
-        <v>3.4757349180998931</v>
+        <v>3.4757391715104502</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>53.496201360000001</v>
+        <v>53.496199157</v>
       </c>
       <c r="C102" s="5">
-        <v>1.0880281780000018</v>
+        <v>1.0880257039999961</v>
       </c>
       <c r="D102" s="5">
-        <v>27.963785758157655</v>
+        <v>27.963714582502131</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>53.355226174000002</v>
+        <v>53.355224042000003</v>
       </c>
       <c r="C103" s="5">
-        <v>-0.14097518599999859</v>
+        <v>-0.14097511499999626</v>
       </c>
       <c r="D103" s="5">
-        <v>-3.1168514679568049</v>
+        <v>-3.1168500473823912</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>53.500019444000003</v>
+        <v>53.500018697000002</v>
       </c>
       <c r="C104" s="5">
-        <v>0.14479327000000097</v>
+        <v>0.14479465499999833</v>
       </c>
       <c r="D104" s="5">
-        <v>3.3055598338207037</v>
+        <v>3.3055920601845923</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>54.152372472000003</v>
+        <v>54.152372698000001</v>
       </c>
       <c r="C105" s="5">
-        <v>0.65235302800000028</v>
+        <v>0.65235400099999907</v>
       </c>
       <c r="D105" s="5">
-        <v>15.654512130165843</v>
+        <v>15.65453730032047</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>54.539764157</v>
+        <v>54.539764261999998</v>
       </c>
       <c r="C106" s="5">
-        <v>0.38739168499999721</v>
+        <v>0.38739156399999786</v>
       </c>
       <c r="D106" s="5">
-        <v>8.930427521355778</v>
+        <v>8.9304245825765562</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>54.545540056</v>
+        <v>54.545540314</v>
       </c>
       <c r="C107" s="5">
-        <v>5.7758989999996402E-3</v>
+        <v>5.7760520000016413E-3</v>
       </c>
       <c r="D107" s="5">
-        <v>0.12715708320254482</v>
+        <v>0.12716045323253322</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>54.222346657999999</v>
+        <v>54.222347233000001</v>
       </c>
       <c r="C108" s="5">
-        <v>-0.3231933980000008</v>
+        <v>-0.32319308099999944</v>
       </c>
       <c r="D108" s="5">
-        <v>-6.8830466574424047</v>
+        <v>-6.8830400932654134</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>54.625822329999998</v>
+        <v>54.625823920999999</v>
       </c>
       <c r="C109" s="5">
-        <v>0.40347567199999901</v>
+        <v>0.40347668799999781</v>
       </c>
       <c r="D109" s="5">
-        <v>9.3040221337808759</v>
+        <v>9.3040464267363667</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>54.878160803999997</v>
+        <v>54.878160946000001</v>
       </c>
       <c r="C110" s="5">
-        <v>0.25233847399999831</v>
+        <v>0.25233702500000277</v>
       </c>
       <c r="D110" s="5">
-        <v>5.6863066109199112</v>
+        <v>5.6862729546529822</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>55.413314696</v>
+        <v>55.413314812000003</v>
       </c>
       <c r="C111" s="5">
-        <v>0.53515389200000385</v>
+        <v>0.5351538660000017</v>
       </c>
       <c r="D111" s="5">
-        <v>12.350491851481827</v>
+        <v>12.350491185210943</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>55.68183689</v>
+        <v>55.681836838999999</v>
       </c>
       <c r="C112" s="5">
-        <v>0.2685221939999991</v>
+        <v>0.26852202699999594</v>
       </c>
       <c r="D112" s="5">
-        <v>5.9724786518189132</v>
+        <v>5.9724748250113313</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>56.208285510000003</v>
+        <v>56.208285220999997</v>
       </c>
       <c r="C113" s="5">
-        <v>0.52644862000000359</v>
+        <v>0.52644838199999811</v>
       </c>
       <c r="D113" s="5">
-        <v>11.954464222117323</v>
+        <v>11.954458545122293</v>
       </c>
       <c r="E113" s="5">
-        <v>7.2509917771856003</v>
+        <v>7.2509906711554439</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>56.507331112000003</v>
+        <v>56.507330308999997</v>
       </c>
       <c r="C114" s="5">
-        <v>0.29904560199999963</v>
+        <v>0.29904508799999974</v>
       </c>
       <c r="D114" s="5">
-        <v>6.5745449315059323</v>
+        <v>6.5745333332699163</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>56.699321468999997</v>
+        <v>56.699320854</v>
       </c>
       <c r="C115" s="5">
-        <v>0.19199035699999456</v>
+        <v>0.19199054500000301</v>
       </c>
       <c r="D115" s="5">
-        <v>4.1542009359166965</v>
+        <v>4.1542051402322588</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>57.166021100999998</v>
+        <v>57.166020734</v>
       </c>
       <c r="C116" s="5">
-        <v>0.46669963200000097</v>
+        <v>0.46669988000000018</v>
       </c>
       <c r="D116" s="5">
-        <v>10.337018301058842</v>
+        <v>10.337024162328889</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>57.247348359999997</v>
+        <v>57.247348524000003</v>
       </c>
       <c r="C117" s="5">
-        <v>8.1327258999998264E-2</v>
+        <v>8.132779000000312E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>1.7206019136850159</v>
+        <v>1.7206132469790747</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>57.412083684999999</v>
+        <v>57.412083789</v>
       </c>
       <c r="C118" s="5">
-        <v>0.16473532500000232</v>
+        <v>0.16473526499999736</v>
       </c>
       <c r="D118" s="5">
-        <v>3.5083071579899094</v>
+        <v>3.5083058496909514</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>58.077490611000002</v>
+        <v>58.077490777000001</v>
       </c>
       <c r="C119" s="5">
-        <v>0.66540692600000284</v>
+        <v>0.66540698800000087</v>
       </c>
       <c r="D119" s="5">
-        <v>14.829747194458619</v>
+        <v>14.829748636883222</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>57.996533919000001</v>
+        <v>57.996534113999999</v>
       </c>
       <c r="C120" s="5">
-        <v>-8.0956692000000885E-2</v>
+        <v>-8.0956663000002038E-2</v>
       </c>
       <c r="D120" s="5">
-        <v>-1.6599662959337347</v>
+        <v>-1.6599657011500457</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>58.248164453999998</v>
+        <v>58.248165409000002</v>
       </c>
       <c r="C121" s="5">
-        <v>0.25163053499999677</v>
+        <v>0.25163129500000281</v>
       </c>
       <c r="D121" s="5">
-        <v>5.3325160875650424</v>
+        <v>5.332532561272596</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>58.868130223000001</v>
+        <v>58.868130125999997</v>
       </c>
       <c r="C122" s="5">
-        <v>0.61996576900000377</v>
+        <v>0.61996471699999489</v>
       </c>
       <c r="D122" s="5">
-        <v>13.54708058677765</v>
+        <v>13.547056001861236</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>58.97240309</v>
+        <v>58.972402971999998</v>
       </c>
       <c r="C123" s="5">
-        <v>0.10427286699999883</v>
+        <v>0.10427284600000064</v>
       </c>
       <c r="D123" s="5">
-        <v>2.1463850379232596</v>
+        <v>2.146384605003937</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>59.653288648999997</v>
+        <v>59.653288476</v>
       </c>
       <c r="C124" s="5">
-        <v>0.68088555899999648</v>
+        <v>0.68088550400000258</v>
       </c>
       <c r="D124" s="5">
-        <v>14.769578881144184</v>
+        <v>14.769577642795962</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>60.019974478000002</v>
+        <v>60.019974302999998</v>
       </c>
       <c r="C125" s="5">
-        <v>0.36668582900000501</v>
+        <v>0.36668582699999774</v>
       </c>
       <c r="D125" s="5">
-        <v>7.6309031054326848</v>
+        <v>7.6309030852784954</v>
       </c>
       <c r="E125" s="5">
-        <v>6.7813649418676292</v>
+        <v>6.7813651795517016</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>60.141187432999999</v>
+        <v>60.141187086999999</v>
       </c>
       <c r="C126" s="5">
-        <v>0.12121295499999718</v>
+        <v>0.1212127840000008</v>
       </c>
       <c r="D126" s="5">
-        <v>2.4505528213684791</v>
+        <v>2.4505493330099215</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>60.528590014999999</v>
+        <v>60.528589906999997</v>
       </c>
       <c r="C127" s="5">
-        <v>0.387402582</v>
+        <v>0.38740281999999837</v>
       </c>
       <c r="D127" s="5">
-        <v>8.0096863575159105</v>
+        <v>8.0096915016042658</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>60.590298795000002</v>
+        <v>60.590298814000001</v>
       </c>
       <c r="C128" s="5">
-        <v>6.1708780000003571E-2</v>
+        <v>6.1708907000003421E-2</v>
       </c>
       <c r="D128" s="5">
-        <v>1.2302809193305508</v>
+        <v>1.230283467736859</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>59.903945849999999</v>
+        <v>59.903945847999999</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.68635294500000299</v>
+        <v>-0.68635296600000117</v>
       </c>
       <c r="D129" s="5">
-        <v>-12.777600191934614</v>
+        <v>-12.777600555095514</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>60.165228704</v>
+        <v>60.16522878</v>
       </c>
       <c r="C130" s="5">
-        <v>0.26128285400000095</v>
+        <v>0.2612829320000003</v>
       </c>
       <c r="D130" s="5">
-        <v>5.3614408715734418</v>
+        <v>5.3614425108813535</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>60.628081100999999</v>
+        <v>60.628081145000003</v>
       </c>
       <c r="C131" s="5">
-        <v>0.46285239699999892</v>
+        <v>0.46285236500000337</v>
       </c>
       <c r="D131" s="5">
-        <v>9.6324227794281505</v>
+        <v>9.6324220723625675</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>60.881789537000003</v>
+        <v>60.881789560999998</v>
       </c>
       <c r="C132" s="5">
-        <v>0.2537084360000037</v>
+        <v>0.25370841599999494</v>
       </c>
       <c r="D132" s="5">
-        <v>5.1388055126123655</v>
+        <v>5.1388050943324659</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>61.008721858000001</v>
+        <v>61.008722294999998</v>
       </c>
       <c r="C133" s="5">
-        <v>0.12693232099999818</v>
+        <v>0.12693273400000038</v>
       </c>
       <c r="D133" s="5">
-        <v>2.5307667893022856</v>
+        <v>2.5307751173070381</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>61.033575826000003</v>
+        <v>61.033575726999999</v>
       </c>
       <c r="C134" s="5">
-        <v>2.4853968000002169E-2</v>
+        <v>2.4853432000000453E-2</v>
       </c>
       <c r="D134" s="5">
-        <v>0.48995745547091296</v>
+        <v>0.48994686185850345</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>61.760798092999998</v>
+        <v>61.760798027</v>
       </c>
       <c r="C135" s="5">
-        <v>0.72722226699999482</v>
+        <v>0.7272223000000011</v>
       </c>
       <c r="D135" s="5">
-        <v>15.27337600563461</v>
+        <v>15.273376771168468</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>61.848877129000002</v>
+        <v>61.848877063000003</v>
       </c>
       <c r="C136" s="5">
         <v>8.8079036000003441E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>1.7248455572302257</v>
+        <v>1.7248455590877843</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>61.955512036999998</v>
+        <v>61.955511991999998</v>
       </c>
       <c r="C137" s="5">
-        <v>0.10663490799999664</v>
+        <v>0.10663492899999483</v>
       </c>
       <c r="D137" s="5">
-        <v>2.0886767176563348</v>
+        <v>2.0886771351454225</v>
       </c>
       <c r="E137" s="5">
-        <v>3.2248223626110573</v>
+        <v>3.2248225886082338</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>61.648727493999999</v>
+        <v>61.648727364999999</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.30678454299999913</v>
+        <v>-0.30678462699999898</v>
       </c>
       <c r="D138" s="5">
-        <v>-5.782843571136576</v>
+        <v>-5.7828451157397982</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>61.939219438000002</v>
+        <v>61.939219422000001</v>
       </c>
       <c r="C139" s="5">
-        <v>0.29049194400000289</v>
+        <v>0.29049205700000158</v>
       </c>
       <c r="D139" s="5">
-        <v>5.8033300286153944</v>
+        <v>5.8033323573673412</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>62.264894052000002</v>
+        <v>62.264894083000002</v>
       </c>
       <c r="C140" s="5">
-        <v>0.32567461400000042</v>
+        <v>0.32567466100000075</v>
       </c>
       <c r="D140" s="5">
-        <v>6.4952665402636889</v>
+        <v>6.495267506632274</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>62.030856888000002</v>
+        <v>62.030856825999997</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.23403716400000008</v>
+        <v>-0.23403725700000422</v>
       </c>
       <c r="D141" s="5">
-        <v>-4.4183937336743417</v>
+        <v>-4.4183954511330059</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>62.185967384999998</v>
+        <v>62.185967396999999</v>
       </c>
       <c r="C142" s="5">
-        <v>0.15511049699999546</v>
+        <v>0.15511057100000158</v>
       </c>
       <c r="D142" s="5">
-        <v>3.0422589165538971</v>
+        <v>3.0422603910541968</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>62.336089803</v>
+        <v>62.336089844999997</v>
       </c>
       <c r="C143" s="5">
-        <v>0.15012241800000226</v>
+        <v>0.15012244799999763</v>
       </c>
       <c r="D143" s="5">
-        <v>2.9356808242464227</v>
+        <v>2.9356814181408453</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>62.255136288000003</v>
+        <v>62.255136352000001</v>
       </c>
       <c r="C144" s="5">
-        <v>-8.0953514999997367E-2</v>
+        <v>-8.0953492999995547E-2</v>
       </c>
       <c r="D144" s="5">
-        <v>-1.5473114675248811</v>
+        <v>-1.5473110489899633</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>62.558073661000002</v>
+        <v>62.558073735000001</v>
       </c>
       <c r="C145" s="5">
-        <v>0.3029373729999989</v>
+        <v>0.30293738299999973</v>
       </c>
       <c r="D145" s="5">
-        <v>5.9981161388190207</v>
+        <v>5.9981163358142631</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>62.120096193000002</v>
+        <v>62.120096185000001</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.4379774679999997</v>
+        <v>-0.43797754999999938</v>
       </c>
       <c r="D146" s="5">
-        <v>-8.0852882772052599</v>
+        <v>-8.0852897239616084</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>61.623666935999999</v>
+        <v>61.623666939000003</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.49642925700000262</v>
+        <v>-0.49642924599999816</v>
       </c>
       <c r="D147" s="5">
-        <v>-9.179264170068091</v>
+        <v>-9.1792639766575252</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>61.248653101000002</v>
+        <v>61.248653072000003</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.37501383499999719</v>
+        <v>-0.37501386699999983</v>
       </c>
       <c r="D148" s="5">
-        <v>-7.0631257826192613</v>
+        <v>-7.0631263649569398</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>61.200446358000001</v>
+        <v>61.200446319999998</v>
       </c>
       <c r="C149" s="5">
-        <v>-4.8206743000001495E-2</v>
+        <v>-4.8206752000005793E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>-0.94040159227449793</v>
+        <v>-0.9404017675278098</v>
       </c>
       <c r="E149" s="5">
-        <v>-1.2187223608919107</v>
+        <v>-1.2187223504786737</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>61.663358639000002</v>
+        <v>61.663358614000003</v>
       </c>
       <c r="C150" s="5">
-        <v>0.46291228100000126</v>
+        <v>0.46291229400000589</v>
       </c>
       <c r="D150" s="5">
-        <v>9.4639297446370119</v>
+        <v>9.4639300276888392</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>61.944409299</v>
+        <v>61.944409288999999</v>
       </c>
       <c r="C151" s="5">
-        <v>0.28105065999999823</v>
+        <v>0.28105067499999592</v>
       </c>
       <c r="D151" s="5">
-        <v>5.6085986074968286</v>
+        <v>5.6085989167084849</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>62.064710636000001</v>
+        <v>62.064710646999998</v>
       </c>
       <c r="C152" s="5">
-        <v>0.12030133700000079</v>
+        <v>0.12030135799999897</v>
       </c>
       <c r="D152" s="5">
-        <v>2.3555576079215879</v>
+        <v>2.3555580238977747</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>62.215241349999999</v>
+        <v>62.215241309</v>
       </c>
       <c r="C153" s="5">
-        <v>0.15053071399999851</v>
+        <v>0.15053066200000131</v>
       </c>
       <c r="D153" s="5">
-        <v>2.9495999809773688</v>
+        <v>2.9495989478944384</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>62.595768388000003</v>
+        <v>62.595768399999997</v>
       </c>
       <c r="C154" s="5">
-        <v>0.38052703800000387</v>
+        <v>0.3805270909999976</v>
       </c>
       <c r="D154" s="5">
-        <v>7.5915630242253451</v>
+        <v>7.591564122574157</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>61.926331197000003</v>
+        <v>61.926331226000002</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.6694371910000001</v>
+        <v>-0.66943717399999514</v>
       </c>
       <c r="D155" s="5">
-        <v>-12.104930358332533</v>
+        <v>-12.104930066599485</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>62.332994808999999</v>
+        <v>62.332994825999997</v>
       </c>
       <c r="C156" s="5">
-        <v>0.40666361199999557</v>
+        <v>0.40666359999999457</v>
       </c>
       <c r="D156" s="5">
-        <v>8.1712142291235459</v>
+        <v>8.1712139752632815</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>62.569519878000001</v>
+        <v>62.569519921000001</v>
       </c>
       <c r="C157" s="5">
-        <v>0.23652506900000247</v>
+        <v>0.23652509500000463</v>
       </c>
       <c r="D157" s="5">
-        <v>4.6496911752843317</v>
+        <v>4.6496916958206569</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>63.215083806000003</v>
+        <v>63.215083782999997</v>
       </c>
       <c r="C158" s="5">
-        <v>0.6455639280000014</v>
+        <v>0.64556386199999594</v>
       </c>
       <c r="D158" s="5">
-        <v>13.108370761778666</v>
+        <v>13.108369335156889</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>62.694420846</v>
+        <v>62.694420842</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.52066296000000278</v>
+        <v>-0.52066294099999766</v>
       </c>
       <c r="D159" s="5">
-        <v>-9.4479844038930949</v>
+        <v>-9.447984077866888</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>63.061677953999997</v>
+        <v>63.061677942000003</v>
       </c>
       <c r="C160" s="5">
-        <v>0.36725710799999689</v>
+        <v>0.36725710000000333</v>
       </c>
       <c r="D160" s="5">
-        <v>7.2604290714725073</v>
+        <v>7.2604289086664275</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>63.197481289999999</v>
+        <v>63.197481277000001</v>
       </c>
       <c r="C161" s="5">
-        <v>0.13580333600000216</v>
+        <v>0.13580333499999853</v>
       </c>
       <c r="D161" s="5">
-        <v>2.6150289369756496</v>
+        <v>2.6150289179946107</v>
       </c>
       <c r="E161" s="5">
-        <v>3.2631051746225603</v>
+        <v>3.2631052174980413</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>63.110747234000002</v>
+        <v>63.110747226000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-8.6734055999997395E-2</v>
+        <v>-8.6734051000000534E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>-1.6345399900624336</v>
+        <v>-1.6345398968793168</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>62.839647921000001</v>
+        <v>62.839647921999997</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.27109931300000056</v>
+        <v>-0.27109930400000337</v>
       </c>
       <c r="D163" s="5">
-        <v>-5.0346769429488454</v>
+        <v>-5.0346767803590708</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>62.876032426000002</v>
+        <v>62.876032436000003</v>
       </c>
       <c r="C164" s="5">
-        <v>3.63845050000009E-2</v>
+        <v>3.6384514000005197E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>0.69702357080945188</v>
+        <v>0.6970237437622373</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>63.366562690000002</v>
+        <v>63.366562674000001</v>
       </c>
       <c r="C165" s="5">
-        <v>0.49053026400000022</v>
+        <v>0.49053023799999806</v>
       </c>
       <c r="D165" s="5">
-        <v>9.7741905231036874</v>
+        <v>9.7741899809830954</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>63.483657489999999</v>
+        <v>63.483657497000003</v>
       </c>
       <c r="C166" s="5">
-        <v>0.11709479999999672</v>
+        <v>0.11709482300000218</v>
       </c>
       <c r="D166" s="5">
-        <v>2.2401514068387751</v>
+        <v>2.2401518519071129</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>63.560435734999999</v>
+        <v>63.560435755999997</v>
       </c>
       <c r="C167" s="5">
-        <v>7.6778244999999856E-2</v>
+        <v>7.6778258999993909E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>1.4609937572169773</v>
+        <v>1.4609940252316322</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>63.809844558000002</v>
+        <v>63.809844562999999</v>
       </c>
       <c r="C168" s="5">
-        <v>0.24940882300000311</v>
+        <v>0.24940880700000179</v>
       </c>
       <c r="D168" s="5">
-        <v>4.8117205273724872</v>
+        <v>4.8117202103760581</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>64.231986450999997</v>
+        <v>64.231986473000006</v>
       </c>
       <c r="C169" s="5">
-        <v>0.4221418929999956</v>
+        <v>0.42214191000000767</v>
       </c>
       <c r="D169" s="5">
-        <v>8.2340724076668472</v>
+        <v>8.2340727507483678</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>64.444140563999994</v>
+        <v>64.444140516000004</v>
       </c>
       <c r="C170" s="5">
-        <v>0.21215411299999687</v>
+        <v>0.21215404299999818</v>
       </c>
       <c r="D170" s="5">
-        <v>4.0363232668198412</v>
+        <v>4.0363219093462188</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>64.753624607999996</v>
+        <v>64.753624608999999</v>
       </c>
       <c r="C171" s="5">
-        <v>0.30948404400000129</v>
+        <v>0.30948409299999469</v>
       </c>
       <c r="D171" s="5">
-        <v>5.9175103049255107</v>
+        <v>5.9175112712418043</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
         <v>65.055803147999995</v>
       </c>
       <c r="C172" s="5">
-        <v>0.30217853999999988</v>
+        <v>0.30217853899999625</v>
       </c>
       <c r="D172" s="5">
-        <v>5.7458945004110529</v>
+        <v>5.7458944808145507</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>65.455819266999995</v>
+        <v>65.455819253000001</v>
       </c>
       <c r="C173" s="5">
-        <v>0.400016119</v>
+        <v>0.40001610500000595</v>
       </c>
       <c r="D173" s="5">
-        <v>7.6332966058440199</v>
+        <v>7.6332963295905998</v>
       </c>
       <c r="E173" s="5">
-        <v>3.5734619970643422</v>
+        <v>3.5734619962170866</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>65.692363174999997</v>
+        <v>65.692363180000001</v>
       </c>
       <c r="C174" s="5">
-        <v>0.23654390800000158</v>
+        <v>0.2365439269999996</v>
       </c>
       <c r="D174" s="5">
-        <v>4.4237934789475242</v>
+        <v>4.4237938423385303</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>65.960820251000001</v>
+        <v>65.960820264000006</v>
       </c>
       <c r="C175" s="5">
-        <v>0.26845707600000424</v>
+        <v>0.2684570840000049</v>
       </c>
       <c r="D175" s="5">
-        <v>5.0156318051121307</v>
+        <v>5.0156319575623609</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>66.266396</v>
+        <v>66.266396013999994</v>
       </c>
       <c r="C176" s="5">
-        <v>0.30557574899999906</v>
+        <v>0.30557574999998849</v>
       </c>
       <c r="D176" s="5">
-        <v>5.7030809065488963</v>
+        <v>5.7030809245373293</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>66.603787866000005</v>
+        <v>66.603787882000006</v>
       </c>
       <c r="C177" s="5">
-        <v>0.33739186600000437</v>
+        <v>0.33739186800001164</v>
       </c>
       <c r="D177" s="5">
-        <v>6.2837647333584545</v>
+        <v>6.2837647702921329</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>67.070429681999997</v>
+        <v>67.070429688000004</v>
       </c>
       <c r="C178" s="5">
-        <v>0.4666418159999921</v>
+        <v>0.46664180599999838</v>
       </c>
       <c r="D178" s="5">
-        <v>8.7391456861641625</v>
+        <v>8.739145489430955</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>67.529073638</v>
+        <v>67.529073643999993</v>
       </c>
       <c r="C179" s="5">
-        <v>0.45864395600000307</v>
+        <v>0.45864395599998886</v>
       </c>
       <c r="D179" s="5">
-        <v>8.5216634018086879</v>
+        <v>8.5216634010171646</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>68.560383133000002</v>
+        <v>68.560383118999994</v>
       </c>
       <c r="C180" s="5">
-        <v>1.0313094950000021</v>
+        <v>1.0313094750000005</v>
       </c>
       <c r="D180" s="5">
-        <v>19.946981969446533</v>
+        <v>19.946981547640853</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>68.022376222000005</v>
+        <v>68.022376218000005</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.53800691099999653</v>
+        <v>-0.5380069009999886</v>
       </c>
       <c r="D181" s="5">
-        <v>-9.0206649948462729</v>
+        <v>-9.0206648361105035</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>68.065732179999998</v>
+        <v>68.065732103000002</v>
       </c>
       <c r="C182" s="5">
-        <v>4.3355957999992256E-2</v>
+        <v>4.3355884999996874E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>0.76754041536599704</v>
+        <v>0.76753911854201551</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>68.017893239000003</v>
+        <v>68.017893248999997</v>
       </c>
       <c r="C183" s="5">
-        <v>-4.7838940999994861E-2</v>
+        <v>-4.7838854000005426E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>-0.84014871492205101</v>
+        <v>-0.84014719387409675</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>67.615579037000003</v>
+        <v>67.615579054999998</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.40231420199999945</v>
+        <v>-0.40231419399999879</v>
       </c>
       <c r="D184" s="5">
-        <v>-6.8713848520191139</v>
+        <v>-6.8713847188182626</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>68.091111785999999</v>
+        <v>68.091111768999994</v>
       </c>
       <c r="C185" s="5">
-        <v>0.47553274899999565</v>
+        <v>0.4755327139999963</v>
       </c>
       <c r="D185" s="5">
-        <v>8.7736860522205529</v>
+        <v>8.7736853788553226</v>
       </c>
       <c r="E185" s="5">
-        <v>4.0260629971651696</v>
+        <v>4.0260629934430359</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>68.691199109999999</v>
+        <v>68.691199131000005</v>
       </c>
       <c r="C186" s="5">
-        <v>0.60008732400000042</v>
+        <v>0.60008736200001067</v>
       </c>
       <c r="D186" s="5">
-        <v>11.103583888932821</v>
+        <v>11.103584629391584</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>68.575328275000004</v>
+        <v>68.575328307000007</v>
       </c>
       <c r="C187" s="5">
-        <v>-0.11587083499999551</v>
+        <v>-0.11587082399999815</v>
       </c>
       <c r="D187" s="5">
-        <v>-2.0055294650537903</v>
+        <v>-2.0055292758177856</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>68.887979475999998</v>
+        <v>68.887979521999995</v>
       </c>
       <c r="C188" s="5">
-        <v>0.31265120099999422</v>
+        <v>0.31265121499998827</v>
       </c>
       <c r="D188" s="5">
-        <v>5.6103832468657355</v>
+        <v>5.6103835017378589</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>69.703539755999998</v>
+        <v>69.703539808000002</v>
       </c>
       <c r="C189" s="5">
-        <v>0.81556027999999969</v>
+        <v>0.8155602860000073</v>
       </c>
       <c r="D189" s="5">
-        <v>15.169276693678535</v>
+        <v>15.16927680184439</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>69.735145975999998</v>
+        <v>69.735145990000007</v>
       </c>
       <c r="C190" s="5">
-        <v>3.1606220000000462E-2</v>
+        <v>3.1606182000004424E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>0.54548441653483604</v>
+        <v>0.54548375865748344</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>69.776340372999996</v>
+        <v>69.776340343000001</v>
       </c>
       <c r="C191" s="5">
-        <v>4.1194396999998162E-2</v>
+        <v>4.1194352999994521E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>0.71117943294167763</v>
+        <v>0.71117867071335272</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>70.084254263000005</v>
+        <v>70.084254196000003</v>
       </c>
       <c r="C192" s="5">
-        <v>0.30791389000000891</v>
+        <v>0.30791385300000229</v>
       </c>
       <c r="D192" s="5">
-        <v>5.4258775019963235</v>
+        <v>5.4258768364886079</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>70.100476352000001</v>
+        <v>70.100476287000006</v>
       </c>
       <c r="C193" s="5">
-        <v>1.6222088999995776E-2</v>
+        <v>1.6222091000003047E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>0.27811251150049454</v>
+        <v>0.27811254609870772</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>70.317162073999995</v>
+        <v>70.317161924000004</v>
       </c>
       <c r="C194" s="5">
-        <v>0.21668572199999403</v>
+        <v>0.21668563699999766</v>
       </c>
       <c r="D194" s="5">
-        <v>3.7730037021294738</v>
+        <v>3.7730022003868768</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>70.922523838000004</v>
+        <v>70.922523850000005</v>
       </c>
       <c r="C195" s="5">
-        <v>0.60536176400000841</v>
+        <v>0.60536192600000049</v>
       </c>
       <c r="D195" s="5">
-        <v>10.834295785757186</v>
+        <v>10.834298847963098</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>71.427770218000006</v>
+        <v>71.427770385000002</v>
       </c>
       <c r="C196" s="5">
-        <v>0.50524638000000266</v>
+        <v>0.50524653499999772</v>
       </c>
       <c r="D196" s="5">
-        <v>8.891738299126839</v>
+        <v>8.8917411331356888</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>71.110122149000006</v>
+        <v>71.110122132000001</v>
       </c>
       <c r="C197" s="5">
-        <v>-0.31764806900000053</v>
+        <v>-0.31764825300000155</v>
       </c>
       <c r="D197" s="5">
-        <v>-5.2079355513447778</v>
+        <v>-5.2079384827993351</v>
       </c>
       <c r="E197" s="5">
-        <v>4.4337803919082708</v>
+        <v>4.4337803930152297</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>72.226446103000001</v>
+        <v>72.226446158000002</v>
       </c>
       <c r="C198" s="5">
-        <v>1.116323953999995</v>
+        <v>1.1163240260000009</v>
       </c>
       <c r="D198" s="5">
-        <v>20.55295373110868</v>
+        <v>20.552955178553887</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>72.474523735000005</v>
+        <v>72.474523813000005</v>
       </c>
       <c r="C199" s="5">
-        <v>0.24807763200000466</v>
+        <v>0.24807765500000301</v>
       </c>
       <c r="D199" s="5">
-        <v>4.2004247913976833</v>
+        <v>4.2004251849580676</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>72.882411184000006</v>
+        <v>72.882411255999997</v>
       </c>
       <c r="C200" s="5">
-        <v>0.4078874490000004</v>
+        <v>0.4078874429999928</v>
       </c>
       <c r="D200" s="5">
-        <v>6.9666374494428807</v>
+        <v>6.9666373360400824</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>73.364200694999994</v>
+        <v>73.364200745999995</v>
       </c>
       <c r="C201" s="5">
-        <v>0.48178951099998812</v>
+        <v>0.48178948999999704</v>
       </c>
       <c r="D201" s="5">
-        <v>8.2274680412673717</v>
+        <v>8.2274676610895483</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>73.713374756999997</v>
+        <v>73.713374763000004</v>
       </c>
       <c r="C202" s="5">
-        <v>0.349174062000003</v>
+        <v>0.34917401700000994</v>
       </c>
       <c r="D202" s="5">
-        <v>5.8632571603340011</v>
+        <v>5.8632563806314097</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>74.404081607999998</v>
+        <v>74.404081567000006</v>
       </c>
       <c r="C203" s="5">
-        <v>0.69070685100000162</v>
+        <v>0.69070680400000128</v>
       </c>
       <c r="D203" s="5">
-        <v>11.842171345274167</v>
+        <v>11.842170496470604</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>74.370287586000003</v>
+        <v>74.370287253000001</v>
       </c>
       <c r="C204" s="5">
-        <v>-3.3794021999995039E-2</v>
+        <v>-3.3794314000004988E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>-0.54367549012571681</v>
+        <v>-0.54368017636804433</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>74.925725603999993</v>
+        <v>74.925725374999999</v>
       </c>
       <c r="C205" s="5">
-        <v>0.5554380179999896</v>
+        <v>0.5554381219999982</v>
       </c>
       <c r="D205" s="5">
-        <v>9.3397204400078806</v>
+        <v>9.339722304776533</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>76.136624779000002</v>
+        <v>76.136624772999994</v>
       </c>
       <c r="C206" s="5">
-        <v>1.2108991750000087</v>
+        <v>1.2108993979999951</v>
       </c>
       <c r="D206" s="5">
-        <v>21.213768079906316</v>
+        <v>21.213772410953236</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>75.600910017000004</v>
+        <v>75.600910166999995</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.53571476199999779</v>
+        <v>-0.53571460599999909</v>
       </c>
       <c r="D207" s="5">
-        <v>-8.1242628823385292</v>
+        <v>-8.1242606079633291</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>76.498910781000006</v>
+        <v>76.498911195000005</v>
       </c>
       <c r="C208" s="5">
-        <v>0.8980007640000025</v>
+        <v>0.89800102800001014</v>
       </c>
       <c r="D208" s="5">
-        <v>15.222883770967588</v>
+        <v>15.222888510415245</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>77.381746121000006</v>
+        <v>77.381746167000003</v>
       </c>
       <c r="C209" s="5">
-        <v>0.88283533999999975</v>
+        <v>0.88283497199999772</v>
       </c>
       <c r="D209" s="5">
-        <v>14.762311129207607</v>
+        <v>14.762304494955124</v>
       </c>
       <c r="E209" s="5">
-        <v>8.8195938671836505</v>
+        <v>8.8195939578870952</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>77.351447206000003</v>
+        <v>77.351447300999993</v>
       </c>
       <c r="C210" s="5">
-        <v>-3.0298915000003035E-2</v>
+        <v>-3.0298866000009639E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>-0.46885088951065246</v>
+        <v>-0.46885013262990549</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>77.981533826000003</v>
+        <v>77.981533893000005</v>
       </c>
       <c r="C211" s="5">
-        <v>0.63008662000000015</v>
+        <v>0.63008659200001205</v>
       </c>
       <c r="D211" s="5">
-        <v>10.224961271252276</v>
+        <v>10.224960783199212</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>78.458806222000007</v>
+        <v>78.458806172999999</v>
       </c>
       <c r="C212" s="5">
-        <v>0.4772723960000036</v>
+        <v>0.477272279999994</v>
       </c>
       <c r="D212" s="5">
-        <v>7.5967301687644762</v>
+        <v>7.5967282530569502</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>78.566162453999993</v>
+        <v>78.566162320000004</v>
       </c>
       <c r="C213" s="5">
-        <v>0.10735623199998656</v>
+        <v>0.1073561470000044</v>
       </c>
       <c r="D213" s="5">
-        <v>1.6543896127169333</v>
+        <v>1.6543882940109444</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>78.565236060000004</v>
+        <v>78.565235844</v>
       </c>
       <c r="C214" s="5">
-        <v>-9.2639399998972749E-4</v>
+        <v>-9.2647600000361763E-4</v>
       </c>
       <c r="D214" s="5">
-        <v>-1.414859366900556E-2</v>
+        <v>-1.4149845978550513E-2</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>79.059788096999995</v>
+        <v>79.059787869000004</v>
       </c>
       <c r="C215" s="5">
-        <v>0.49455203699999117</v>
+        <v>0.49455202500000439</v>
       </c>
       <c r="D215" s="5">
-        <v>7.8208409532785295</v>
+        <v>7.8208407791449552</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>79.571987898000003</v>
+        <v>79.571987199000006</v>
       </c>
       <c r="C216" s="5">
-        <v>0.51219980100000839</v>
+        <v>0.5121993300000014</v>
       </c>
       <c r="D216" s="5">
-        <v>8.0574571182286938</v>
+        <v>8.0574494669763741</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>79.865212274000001</v>
+        <v>79.865211974000005</v>
       </c>
       <c r="C217" s="5">
-        <v>0.29322437599999773</v>
+        <v>0.29322477499999877</v>
       </c>
       <c r="D217" s="5">
-        <v>4.5127580691377789</v>
+        <v>4.5127643752322699</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>79.959595050000004</v>
+        <v>79.959595523999994</v>
       </c>
       <c r="C218" s="5">
-        <v>9.4382776000003332E-2</v>
+        <v>9.4383549999989214E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>1.4273849008324735</v>
+        <v>1.4273966878993072</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>79.633263540000002</v>
+        <v>79.633264338999993</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.32633151000000282</v>
+        <v>-0.3263311850000008</v>
       </c>
       <c r="D219" s="5">
-        <v>-4.7889968716934632</v>
+        <v>-4.7889921810262193</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>80.006604519999996</v>
+        <v>80.006605926000006</v>
       </c>
       <c r="C220" s="5">
-        <v>0.37334097999999472</v>
+        <v>0.37334158700001296</v>
       </c>
       <c r="D220" s="5">
-        <v>5.7732623237397362</v>
+        <v>5.7732718941730932</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>80.397282551000004</v>
+        <v>80.397283239000004</v>
       </c>
       <c r="C221" s="5">
-        <v>0.39067803100000731</v>
+        <v>0.39067731299999764</v>
       </c>
       <c r="D221" s="5">
-        <v>6.0196496251193166</v>
+        <v>6.0196381545833955</v>
       </c>
       <c r="E221" s="5">
-        <v>3.8969609515979053</v>
+        <v>3.8969617789343713</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>80.969239337000005</v>
+        <v>80.9692395</v>
       </c>
       <c r="C222" s="5">
-        <v>0.57195678600000122</v>
+        <v>0.57195626099999686</v>
       </c>
       <c r="D222" s="5">
-        <v>8.8790380453535711</v>
+        <v>8.879029494787293</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>81.359573925999996</v>
+        <v>81.359573318000002</v>
       </c>
       <c r="C223" s="5">
-        <v>0.39033458899999118</v>
+        <v>0.390333818000002</v>
       </c>
       <c r="D223" s="5">
-        <v>5.940806475432403</v>
+        <v>5.9407944158409887</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>81.310560123000002</v>
+        <v>81.310558877999995</v>
       </c>
       <c r="C224" s="5">
-        <v>-4.9013802999994027E-2</v>
+        <v>-4.9014440000007653E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.72053071854540907</v>
+        <v>-0.720540057167951</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>81.604523747000002</v>
+        <v>81.604521922999993</v>
       </c>
       <c r="C225" s="5">
-        <v>0.29396362399999987</v>
+        <v>0.29396304499999815</v>
       </c>
       <c r="D225" s="5">
-        <v>4.4256965747000887</v>
+        <v>4.4256877527702576</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>81.810942286</v>
+        <v>81.810941236000005</v>
       </c>
       <c r="C226" s="5">
-        <v>0.20641853899999774</v>
+        <v>0.20641931300001204</v>
       </c>
       <c r="D226" s="5">
-        <v>3.0779857715985237</v>
+        <v>3.0779975438062213</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>81.800275329000002</v>
+        <v>81.800274516000002</v>
       </c>
       <c r="C227" s="5">
-        <v>-1.0666956999997979E-2</v>
+        <v>-1.0666720000003238E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-0.15635039329708889</v>
+        <v>-0.15634692397739069</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>82.018914262999999</v>
+        <v>82.018912713999995</v>
       </c>
       <c r="C228" s="5">
-        <v>0.21863893399999768</v>
+        <v>0.21863819799999362</v>
       </c>
       <c r="D228" s="5">
-        <v>3.2549797918063783</v>
+        <v>3.2549687058823107</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>82.221711303000006</v>
+        <v>82.221710588999997</v>
       </c>
       <c r="C229" s="5">
-        <v>0.2027970400000072</v>
+        <v>0.20279787500000168</v>
       </c>
       <c r="D229" s="5">
-        <v>3.0077611738468679</v>
+        <v>3.0077737845315644</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>82.365386934</v>
+        <v>82.365391501000005</v>
       </c>
       <c r="C230" s="5">
-        <v>0.14367563099999359</v>
+        <v>0.14368091200000777</v>
       </c>
       <c r="D230" s="5">
-        <v>2.117171346157698</v>
+        <v>2.1172499337886785</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>83.676744913999997</v>
+        <v>83.676747918999993</v>
       </c>
       <c r="C231" s="5">
-        <v>1.3113579799999968</v>
+        <v>1.3113564179999884</v>
       </c>
       <c r="D231" s="5">
-        <v>20.870526521735002</v>
+        <v>20.870498185762276</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>84.104306910000005</v>
+        <v>84.104312530000001</v>
       </c>
       <c r="C232" s="5">
-        <v>0.42756199600000855</v>
+        <v>0.4275646110000082</v>
       </c>
       <c r="D232" s="5">
-        <v>6.30691245954631</v>
+        <v>6.3069518906275102</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>83.423260924999994</v>
+        <v>83.423265223000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.68104598500001146</v>
+        <v>-0.68104730700000005</v>
       </c>
       <c r="D233" s="5">
-        <v>-9.2958602664863115</v>
+        <v>-9.2958769212693859</v>
       </c>
       <c r="E233" s="5">
-        <v>3.7637819065345468</v>
+        <v>3.763786364527455</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>83.666933721999996</v>
+        <v>83.666933536000002</v>
       </c>
       <c r="C234" s="5">
-        <v>0.24367279700000211</v>
+        <v>0.24366831300000058</v>
       </c>
       <c r="D234" s="5">
-        <v>3.5619674470122042</v>
+        <v>3.5619006576402379</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>83.547456882999995</v>
+        <v>83.547451276999993</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.11947683900000072</v>
+        <v>-0.11948225900000864</v>
       </c>
       <c r="D235" s="5">
-        <v>-1.7002117046795662</v>
+        <v>-1.700288232793401</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>83.260420855000007</v>
+        <v>83.260412754000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.28703602799998862</v>
+        <v>-0.28703852299999255</v>
       </c>
       <c r="D236" s="5">
-        <v>-4.0457085098548617</v>
+        <v>-4.0457432808556515</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>83.136977825000002</v>
+        <v>83.136969863000004</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.12344303000000423</v>
+        <v>-0.12344289099999628</v>
       </c>
       <c r="D237" s="5">
-        <v>-1.764700002316022</v>
+        <v>-1.7646982016965573</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>83.436355641999995</v>
+        <v>83.436351782000003</v>
       </c>
       <c r="C238" s="5">
-        <v>0.29937781699999277</v>
+        <v>0.29938191899999822</v>
       </c>
       <c r="D238" s="5">
-        <v>4.4078426086921141</v>
+        <v>4.4079046355581797</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>82.943251110000006</v>
+        <v>82.943249664999996</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.4931045319999896</v>
+        <v>-0.4931021170000065</v>
       </c>
       <c r="D239" s="5">
-        <v>-6.8658977280893208</v>
+        <v>-6.8658654948283164</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>84.397941674999998</v>
+        <v>84.397945445999994</v>
       </c>
       <c r="C240" s="5">
-        <v>1.4546905649999928</v>
+        <v>1.4546957809999981</v>
       </c>
       <c r="D240" s="5">
-        <v>23.199688189277978</v>
+        <v>23.199780001761351</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>84.516541255000007</v>
+        <v>84.516540452000001</v>
       </c>
       <c r="C241" s="5">
-        <v>0.11859958000000859</v>
+        <v>0.11859500600000672</v>
       </c>
       <c r="D241" s="5">
-        <v>1.6993853835991946</v>
+        <v>1.6993192599631168</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>84.291053407000007</v>
+        <v>84.291064448</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.22548784800000021</v>
+        <v>-0.22547600400000078</v>
       </c>
       <c r="D242" s="5">
-        <v>-3.1550035444623536</v>
+        <v>-3.1548402779457807</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>84.106119355000004</v>
+        <v>84.106128385999995</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.18493405200000268</v>
+        <v>-0.18493606200000556</v>
       </c>
       <c r="D243" s="5">
-        <v>-2.6012539892885989</v>
+        <v>-2.6012815847199056</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>83.968551750000003</v>
+        <v>83.968565239</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.13756760500000098</v>
+        <v>-0.1375631469999945</v>
       </c>
       <c r="D244" s="5">
-        <v>-1.9452106260086532</v>
+        <v>-1.9451479487220924</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>83.820492305000002</v>
+        <v>83.820505802</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.14805944500000123</v>
+        <v>-0.14805943700000057</v>
       </c>
       <c r="D245" s="5">
-        <v>-2.0955269705899893</v>
+        <v>-2.0955265250847455</v>
       </c>
       <c r="E245" s="5">
-        <v>0.47616381282089559</v>
+        <v>0.4761748151886902</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>83.765950567999994</v>
+        <v>83.765951885999996</v>
       </c>
       <c r="C246" s="5">
-        <v>-5.4541737000008084E-2</v>
+        <v>-5.4553916000003255E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>-0.77804788527667812</v>
+        <v>-0.77822087464637368</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>83.927997787999999</v>
+        <v>83.927988307000007</v>
       </c>
       <c r="C247" s="5">
-        <v>0.16204722000000515</v>
+        <v>0.16203642100001048</v>
       </c>
       <c r="D247" s="5">
-        <v>2.3462881796074475</v>
+        <v>2.3461301158747006</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>84.418000336999995</v>
+        <v>84.417953182999995</v>
       </c>
       <c r="C248" s="5">
-        <v>0.49000254899999618</v>
+        <v>0.48996487599998773</v>
       </c>
       <c r="D248" s="5">
-        <v>7.2354492286764271</v>
+        <v>7.234875805600649</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>84.545382137999994</v>
+        <v>84.545368859000007</v>
       </c>
       <c r="C249" s="5">
-        <v>0.12738180099999852</v>
+        <v>0.12741567600001247</v>
       </c>
       <c r="D249" s="5">
-        <v>1.8258328791449507</v>
+        <v>1.8263234944438489</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>84.951932800999998</v>
+        <v>84.951927742999999</v>
       </c>
       <c r="C250" s="5">
-        <v>0.40655066300000442</v>
+        <v>0.40655888399999185</v>
       </c>
       <c r="D250" s="5">
-        <v>5.9254880417255684</v>
+        <v>5.925612005168901</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>85.218643564999994</v>
+        <v>85.218644131000005</v>
       </c>
       <c r="C251" s="5">
-        <v>0.26671076399999549</v>
+        <v>0.26671638800000608</v>
       </c>
       <c r="D251" s="5">
-        <v>3.8331992312303553</v>
+        <v>3.8332816930474856</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>85.576903579000003</v>
+        <v>85.576915392000004</v>
       </c>
       <c r="C252" s="5">
-        <v>0.35826001400000962</v>
+        <v>0.35827126099999873</v>
       </c>
       <c r="D252" s="5">
-        <v>5.1631083638920439</v>
+        <v>5.1632741824775952</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>85.726851474</v>
+        <v>85.726851525000001</v>
       </c>
       <c r="C253" s="5">
-        <v>0.14994789499999683</v>
+        <v>0.14993613299999708</v>
       </c>
       <c r="D253" s="5">
-        <v>2.1230228081656977</v>
+        <v>2.1228543731352412</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>86.106451139000001</v>
+        <v>86.106473553000001</v>
       </c>
       <c r="C254" s="5">
-        <v>0.37959966500000064</v>
+        <v>0.379622028</v>
       </c>
       <c r="D254" s="5">
-        <v>5.4449537775509649</v>
+        <v>5.4452824003229372</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>86.885739001000005</v>
+        <v>86.885763932000003</v>
       </c>
       <c r="C255" s="5">
-        <v>0.77928786200000388</v>
+        <v>0.77929037900000253</v>
       </c>
       <c r="D255" s="5">
-        <v>11.417576882850966</v>
+        <v>11.417612493290585</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>87.384018171999998</v>
+        <v>87.384047938999998</v>
       </c>
       <c r="C256" s="5">
-        <v>0.49827917099999297</v>
+        <v>0.4982840069999952</v>
       </c>
       <c r="D256" s="5">
-        <v>7.1031242332569189</v>
+        <v>7.1031932578936585</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>87.867862532000004</v>
+        <v>87.867889094000006</v>
       </c>
       <c r="C257" s="5">
-        <v>0.48384436000000619</v>
+        <v>0.48384115500000746</v>
       </c>
       <c r="D257" s="5">
-        <v>6.850512952985377</v>
+        <v>6.8504637791365175</v>
       </c>
       <c r="E257" s="5">
-        <v>4.8286166254818852</v>
+        <v>4.828631434843289</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>88.004725141999998</v>
+        <v>88.004748509999999</v>
       </c>
       <c r="C258" s="5">
-        <v>0.13686260999999433</v>
+        <v>0.13685941599999296</v>
       </c>
       <c r="D258" s="5">
-        <v>1.8852106280389691</v>
+        <v>1.8851656800232819</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>88.101975803000002</v>
+        <v>88.101988753000001</v>
       </c>
       <c r="C259" s="5">
-        <v>9.7250661000003902E-2</v>
+        <v>9.7240243000001669E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>1.3341636026475978</v>
+        <v>1.3340194539929628</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>89.070097915999995</v>
+        <v>89.069891393000006</v>
       </c>
       <c r="C260" s="5">
-        <v>0.96812211299999262</v>
+        <v>0.96790264000000548</v>
       </c>
       <c r="D260" s="5">
-        <v>14.013264049604235</v>
+        <v>14.009890700088778</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>90.490792173000003</v>
+        <v>90.490790580999999</v>
       </c>
       <c r="C261" s="5">
-        <v>1.4206942570000081</v>
+        <v>1.4208991879999928</v>
       </c>
       <c r="D261" s="5">
-        <v>20.91203332676761</v>
+        <v>20.915372092662277</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>90.127723568999997</v>
+        <v>90.127719111999994</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.36306860400000573</v>
+        <v>-0.36307146900000475</v>
       </c>
       <c r="D262" s="5">
-        <v>-4.7098214016076838</v>
+        <v>-4.7098578319048068</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>89.870112343000002</v>
+        <v>89.870110663999995</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.25761122599999453</v>
+        <v>-0.25760844799999916</v>
       </c>
       <c r="D263" s="5">
-        <v>-3.3765383351837763</v>
+        <v>-3.3765026584807623</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>90.113483724999995</v>
+        <v>90.113510129999995</v>
       </c>
       <c r="C264" s="5">
-        <v>0.24337138199999231</v>
+        <v>0.24339946599999962</v>
       </c>
       <c r="D264" s="5">
-        <v>3.2984819898949747</v>
+        <v>3.2988683705990285</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>90.725685248000005</v>
+        <v>90.725709038000005</v>
       </c>
       <c r="C265" s="5">
-        <v>0.61220152300001018</v>
+        <v>0.61219890800001053</v>
       </c>
       <c r="D265" s="5">
-        <v>8.4640285026156938</v>
+        <v>8.4639884138151267</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>91.305897478999995</v>
+        <v>91.305954497000002</v>
       </c>
       <c r="C266" s="5">
-        <v>0.5802122309999902</v>
+        <v>0.5802454589999968</v>
       </c>
       <c r="D266" s="5">
-        <v>7.9500557274846173</v>
+        <v>7.9505249913876197</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>91.086170421999995</v>
+        <v>91.086230341000004</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.21972705700000006</v>
+        <v>-0.21972415599999806</v>
       </c>
       <c r="D267" s="5">
-        <v>-2.849875262134971</v>
+        <v>-2.8498363764048906</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>91.230086882999998</v>
+        <v>91.230143693000002</v>
       </c>
       <c r="C268" s="5">
-        <v>0.14391646100000344</v>
+        <v>0.14391335199999844</v>
       </c>
       <c r="D268" s="5">
-        <v>1.9125675029531219</v>
+        <v>1.912524557360018</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>91.602870464000006</v>
+        <v>91.602909754999999</v>
       </c>
       <c r="C269" s="5">
-        <v>0.3727835810000073</v>
+        <v>0.37276606199999662</v>
       </c>
       <c r="D269" s="5">
-        <v>5.0151442887302</v>
+        <v>5.0149000865551852</v>
       </c>
       <c r="E269" s="5">
-        <v>4.2507099004937876</v>
+        <v>4.250723102047349</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>92.150232226</v>
+        <v>92.150267087000003</v>
       </c>
       <c r="C270" s="5">
-        <v>0.5473617619999942</v>
+        <v>0.54735733200000425</v>
       </c>
       <c r="D270" s="5">
-        <v>7.4108647811447215</v>
+        <v>7.4107995336633925</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>92.143427638000006</v>
+        <v>92.143442987</v>
       </c>
       <c r="C271" s="5">
-        <v>-6.8045879999942827E-3</v>
+        <v>-6.8241000000028862E-3</v>
       </c>
       <c r="D271" s="5">
-        <v>-8.8574818957276591E-2</v>
+        <v>-8.8828668189155913E-2</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>92.620004476000005</v>
+        <v>92.619599616000002</v>
       </c>
       <c r="C272" s="5">
-        <v>0.47657683799999973</v>
+        <v>0.47615662900000189</v>
       </c>
       <c r="D272" s="5">
-        <v>6.3861786793750541</v>
+        <v>6.3803857512951589</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>93.269607289000007</v>
+        <v>93.269598786000003</v>
       </c>
       <c r="C273" s="5">
-        <v>0.64960281300000133</v>
+        <v>0.64999917000000096</v>
       </c>
       <c r="D273" s="5">
-        <v>8.748733127452768</v>
+        <v>8.7543186549517316</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>93.475655427999996</v>
+        <v>93.475643930000004</v>
       </c>
       <c r="C274" s="5">
-        <v>0.20604813899998931</v>
+        <v>0.20604514400000085</v>
       </c>
       <c r="D274" s="5">
-        <v>2.6834495502727318</v>
+        <v>2.6834103176352375</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>93.840477367000005</v>
+        <v>93.840488350000001</v>
       </c>
       <c r="C275" s="5">
-        <v>0.36482193900000937</v>
+        <v>0.36484441999999717</v>
       </c>
       <c r="D275" s="5">
-        <v>4.7852786042440032</v>
+        <v>4.7855804420302572</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>93.603849776999994</v>
+        <v>93.603921735</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.23662759000001188</v>
+        <v>-0.23656661500000098</v>
       </c>
       <c r="D276" s="5">
-        <v>-2.984297927975843</v>
+        <v>-2.9835392104930358</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>94.200878207000002</v>
+        <v>94.200965779000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.59702843000000883</v>
+        <v>0.59704404400000044</v>
       </c>
       <c r="D277" s="5">
-        <v>7.9281885519473017</v>
+        <v>7.9283969137715848</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>94.875460511</v>
+        <v>94.875575870999995</v>
       </c>
       <c r="C278" s="5">
-        <v>0.67458230399999763</v>
+        <v>0.67461009199999467</v>
       </c>
       <c r="D278" s="5">
-        <v>8.9399931326203497</v>
+        <v>8.9403673801426553</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>96.022840517999995</v>
+        <v>96.022933434999999</v>
       </c>
       <c r="C279" s="5">
-        <v>1.1473800069999953</v>
+        <v>1.1473575640000035</v>
       </c>
       <c r="D279" s="5">
-        <v>15.517511578282273</v>
+        <v>15.51716744614604</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>97.255276699000007</v>
+        <v>97.255305729</v>
       </c>
       <c r="C280" s="5">
-        <v>1.2324361810000113</v>
+        <v>1.232372294000001</v>
       </c>
       <c r="D280" s="5">
-        <v>16.536909773552487</v>
+        <v>16.535973992498999</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>98.286332712000004</v>
+        <v>98.286312785999996</v>
       </c>
       <c r="C281" s="5">
-        <v>1.0310560129999971</v>
+        <v>1.0310070569999965</v>
       </c>
       <c r="D281" s="5">
-        <v>13.490493546563798</v>
+        <v>13.489810934666501</v>
       </c>
       <c r="E281" s="5">
-        <v>7.2961275276047122</v>
+        <v>7.2960597527691462</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>98.024339733999994</v>
+        <v>98.024385443</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.2619929780000092</v>
+        <v>-0.26192734299999643</v>
       </c>
       <c r="D282" s="5">
-        <v>-3.1522494224944131</v>
+        <v>-3.1514718830313093</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>98.500018288999996</v>
+        <v>98.500126784000003</v>
       </c>
       <c r="C283" s="5">
-        <v>0.47567855500000178</v>
+        <v>0.47574134100000265</v>
       </c>
       <c r="D283" s="5">
-        <v>5.9811494198777515</v>
+        <v>5.9819572140214605</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>99.606203211999997</v>
+        <v>99.605584155000003</v>
       </c>
       <c r="C284" s="5">
-        <v>1.1061849230000007</v>
+        <v>1.105457371</v>
       </c>
       <c r="D284" s="5">
-        <v>14.340713560213448</v>
+        <v>14.330675066594246</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>99.222534178000004</v>
+        <v>99.222483596000004</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.3836690339999933</v>
+        <v>-0.38310055899999895</v>
       </c>
       <c r="D285" s="5">
-        <v>-4.5255540702448416</v>
+        <v>-4.5190173446199573</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>99.721542795000005</v>
+        <v>99.721649174999996</v>
       </c>
       <c r="C286" s="5">
-        <v>0.49900861700000121</v>
+        <v>0.49916557899999248</v>
       </c>
       <c r="D286" s="5">
-        <v>6.2047859348637102</v>
+        <v>6.2067952041323426</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>100.4578473</v>
+        <v>100.45783577</v>
       </c>
       <c r="C287" s="5">
-        <v>0.73630450499999256</v>
+        <v>0.73618659500000661</v>
       </c>
       <c r="D287" s="5">
-        <v>9.229147291339256</v>
+        <v>9.2275985932122939</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>100.78325443999999</v>
+        <v>100.78326469</v>
       </c>
       <c r="C288" s="5">
-        <v>0.32540713999999582</v>
+        <v>0.32542891999999313</v>
       </c>
       <c r="D288" s="5">
-        <v>3.9570936569822468</v>
+        <v>3.9573637103092585</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>101.23514188999999</v>
+        <v>101.23513215</v>
       </c>
       <c r="C289" s="5">
-        <v>0.45188745000000097</v>
+        <v>0.45186746000000255</v>
       </c>
       <c r="D289" s="5">
-        <v>5.5151964190027769</v>
+        <v>5.5149458227525372</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>101.86307596</v>
+        <v>101.86378026</v>
       </c>
       <c r="C290" s="5">
-        <v>0.62793407000000911</v>
+        <v>0.62864811000000032</v>
       </c>
       <c r="D290" s="5">
-        <v>7.7025253169709984</v>
+        <v>7.7115861143407516</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>102.22909993</v>
+        <v>102.22900634</v>
       </c>
       <c r="C291" s="5">
-        <v>0.36602397000000053</v>
+        <v>0.36522607999999934</v>
       </c>
       <c r="D291" s="5">
-        <v>4.3981993158010324</v>
+        <v>4.3883909567700385</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>102.57436213</v>
+        <v>102.57417553000001</v>
       </c>
       <c r="C292" s="5">
-        <v>0.34526219999999341</v>
+        <v>0.34516919000000712</v>
       </c>
       <c r="D292" s="5">
-        <v>4.1289416158243553</v>
+        <v>4.1278124354029888</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>102.75102452</v>
+        <v>102.7508399</v>
       </c>
       <c r="C293" s="5">
-        <v>0.17666239000000417</v>
+        <v>0.17666436999999746</v>
       </c>
       <c r="D293" s="5">
-        <v>2.0864334309444565</v>
+        <v>2.0864608689174391</v>
       </c>
       <c r="E293" s="5">
-        <v>4.5425357573188663</v>
+        <v>4.5423691126969867</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>104.00700548</v>
+        <v>104.0070415</v>
       </c>
       <c r="C294" s="5">
-        <v>1.2559809600000023</v>
+        <v>1.2562015999999971</v>
       </c>
       <c r="D294" s="5">
-        <v>15.695689906632415</v>
+        <v>15.698665306847847</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>104.620637</v>
+        <v>104.62089942</v>
       </c>
       <c r="C295" s="5">
-        <v>0.61363151999999843</v>
+        <v>0.61385792000000095</v>
       </c>
       <c r="D295" s="5">
-        <v>7.3142041094836463</v>
+        <v>7.3169882726348501</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>105.52957358</v>
+        <v>105.52897047</v>
       </c>
       <c r="C296" s="5">
-        <v>0.90893658000000244</v>
+        <v>0.90807105000000377</v>
       </c>
       <c r="D296" s="5">
-        <v>10.938395263148548</v>
+        <v>10.927448321482114</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>105.52366223</v>
+        <v>105.52355058000001</v>
       </c>
       <c r="C297" s="5">
-        <v>-5.9113500000051999E-3</v>
+        <v>-5.4198899999988726E-3</v>
       </c>
       <c r="D297" s="5">
-        <v>-6.7198555876368804E-2</v>
+        <v>-6.1613707584862176E-2</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>105.88162620999999</v>
+        <v>105.88168917</v>
       </c>
       <c r="C298" s="5">
-        <v>0.35796397999999385</v>
+        <v>0.35813858999999582</v>
       </c>
       <c r="D298" s="5">
-        <v>4.1475297342931317</v>
+        <v>4.1495952292689431</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>106.81043950999999</v>
+        <v>106.81048325</v>
       </c>
       <c r="C299" s="5">
-        <v>0.92881330000000162</v>
+        <v>0.92879408000000296</v>
       </c>
       <c r="D299" s="5">
-        <v>11.049649138163907</v>
+        <v>11.049402454065094</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>107.49485194</v>
+        <v>107.49472376</v>
       </c>
       <c r="C300" s="5">
-        <v>0.68441243000000895</v>
+        <v>0.68424050999999508</v>
       </c>
       <c r="D300" s="5">
-        <v>7.9661374939560048</v>
+        <v>7.9640620501500115</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>108.21558029000001</v>
+        <v>108.2156755</v>
       </c>
       <c r="C301" s="5">
-        <v>0.72072835000000168</v>
+        <v>0.72095174000000384</v>
       </c>
       <c r="D301" s="5">
-        <v>8.3491531513222306</v>
+        <v>8.3518474998053769</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>108.86213023000001</v>
+        <v>108.86387526</v>
       </c>
       <c r="C302" s="5">
-        <v>0.64654993999999988</v>
+        <v>0.64819975999999713</v>
       </c>
       <c r="D302" s="5">
-        <v>7.4099289486448727</v>
+        <v>7.4294575638943927</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>108.91924141</v>
+        <v>108.91917521000001</v>
       </c>
       <c r="C303" s="5">
-        <v>5.7111179999992601E-2</v>
+        <v>5.5299950000005538E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>0.63136288834406695</v>
+        <v>0.61127397937983385</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>109.54557564</v>
+        <v>109.54513676000001</v>
       </c>
       <c r="C304" s="5">
-        <v>0.62633422999999766</v>
+        <v>0.62596154999999953</v>
       </c>
       <c r="D304" s="5">
-        <v>7.1230197235369941</v>
+        <v>7.1186510096767686</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>109.83448348</v>
+        <v>109.83360073</v>
       </c>
       <c r="C305" s="5">
-        <v>0.28890784000000735</v>
+        <v>0.28846396999999513</v>
       </c>
       <c r="D305" s="5">
-        <v>3.211108414124797</v>
+        <v>3.2061163184432306</v>
       </c>
       <c r="E305" s="5">
-        <v>6.8938085951846029</v>
+        <v>6.8931415420965259</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>110.71231851</v>
+        <v>110.71130854</v>
       </c>
       <c r="C306" s="5">
-        <v>0.87783502999999996</v>
+        <v>0.87770781000000397</v>
       </c>
       <c r="D306" s="5">
-        <v>10.023841644792707</v>
+        <v>10.022408631830437</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>111.77409388</v>
+        <v>111.77324566999999</v>
       </c>
       <c r="C307" s="5">
-        <v>1.0617753699999923</v>
+        <v>1.0619371299999898</v>
       </c>
       <c r="D307" s="5">
-        <v>12.135350604253926</v>
+        <v>12.137414642100296</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>112.64333310000001</v>
+        <v>112.64520926</v>
       </c>
       <c r="C308" s="5">
-        <v>0.86923922000001141</v>
+        <v>0.87196359000000712</v>
       </c>
       <c r="D308" s="5">
-        <v>9.7417845478303668</v>
+        <v>9.7737164891692707</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>113.92535508</v>
+        <v>113.92451878</v>
       </c>
       <c r="C309" s="5">
-        <v>1.2820219799999961</v>
+        <v>1.2793095199999982</v>
       </c>
       <c r="D309" s="5">
-        <v>14.545696647688345</v>
+        <v>14.51271716078406</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>115.00016938</v>
+        <v>115.00010817</v>
       </c>
       <c r="C310" s="5">
-        <v>1.0748142999999999</v>
+        <v>1.0755893900000046</v>
       </c>
       <c r="D310" s="5">
-        <v>11.927568646938624</v>
+        <v>11.93671377807004</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>115.49975774000001</v>
+        <v>115.50014389</v>
       </c>
       <c r="C311" s="5">
-        <v>0.49958836000000417</v>
+        <v>0.50003571999999963</v>
       </c>
       <c r="D311" s="5">
-        <v>5.3394676970181854</v>
+        <v>5.3443667935675121</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>116.25968118</v>
+        <v>116.25910258</v>
       </c>
       <c r="C312" s="5">
-        <v>0.75992343999999434</v>
+        <v>0.75895869000000005</v>
       </c>
       <c r="D312" s="5">
-        <v>8.187392139116989</v>
+        <v>8.1765911274539462</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>116.77323841</v>
+        <v>116.77366588</v>
       </c>
       <c r="C313" s="5">
-        <v>0.51355723000000353</v>
+        <v>0.51456329999999184</v>
       </c>
       <c r="D313" s="5">
-        <v>5.4314941707513498</v>
+        <v>5.442422686381776</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>117.41167154</v>
+        <v>117.4156393</v>
       </c>
       <c r="C314" s="5">
-        <v>0.63843312999999569</v>
+        <v>0.64197341999999935</v>
       </c>
       <c r="D314" s="5">
-        <v>6.76166995237093</v>
+        <v>6.8002806605477195</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>118.09384992</v>
+        <v>118.09447050999999</v>
       </c>
       <c r="C315" s="5">
-        <v>0.68217837999999631</v>
+        <v>0.67883120999999846</v>
       </c>
       <c r="D315" s="5">
-        <v>7.1993423749190377</v>
+        <v>7.1626376549099868</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>118.52969788</v>
+        <v>118.52912648</v>
       </c>
       <c r="C316" s="5">
-        <v>0.43584796000000381</v>
+        <v>0.43465597000000855</v>
       </c>
       <c r="D316" s="5">
-        <v>4.519844874103307</v>
+        <v>4.5072082000646052</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>119.40397964</v>
+        <v>119.40172072</v>
       </c>
       <c r="C317" s="5">
-        <v>0.87428176000000235</v>
+        <v>0.87259423999999797</v>
       </c>
       <c r="D317" s="5">
-        <v>9.2193258469687613</v>
+        <v>9.2008504723924744</v>
       </c>
       <c r="E317" s="5">
-        <v>8.712651852860521</v>
+        <v>8.7114689188065206</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>119.91514377999999</v>
+        <v>119.91169135</v>
       </c>
       <c r="C318" s="5">
-        <v>0.51116413999999111</v>
+        <v>0.50997062999999798</v>
       </c>
       <c r="D318" s="5">
-        <v>5.2598554923513063</v>
+        <v>5.2473860366317515</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>120.47665855</v>
+        <v>120.47318384</v>
       </c>
       <c r="C319" s="5">
-        <v>0.56151477000000227</v>
+        <v>0.56149249000000623</v>
       </c>
       <c r="D319" s="5">
-        <v>5.766120552172227</v>
+        <v>5.7660561444840663</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>120.27293013000001</v>
+        <v>120.27725013</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.20372841999999025</v>
+        <v>-0.19593371000000559</v>
       </c>
       <c r="D320" s="5">
-        <v>-2.0104567703522536</v>
+        <v>-1.9342782085807975</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>121.42298522999999</v>
+        <v>121.42154476</v>
       </c>
       <c r="C321" s="5">
-        <v>1.1500550999999888</v>
+        <v>1.1442946300000045</v>
       </c>
       <c r="D321" s="5">
-        <v>12.097563532003463</v>
+        <v>12.033308388322661</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>120.80862363</v>
+        <v>120.80863288</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.61436159999999518</v>
+        <v>-0.61291187999999863</v>
       </c>
       <c r="D322" s="5">
-        <v>-5.9054724874752607</v>
+        <v>-5.8919897958880085</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>121.28186075000001</v>
+        <v>121.28248773</v>
       </c>
       <c r="C323" s="5">
-        <v>0.47323712000000739</v>
+        <v>0.47385484999999505</v>
       </c>
       <c r="D323" s="5">
-        <v>4.8033053545927906</v>
+        <v>4.8097107467628852</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>122.36491239999999</v>
+        <v>122.36425096000001</v>
       </c>
       <c r="C324" s="5">
-        <v>1.0830516499999874</v>
+        <v>1.0817632300000071</v>
       </c>
       <c r="D324" s="5">
-        <v>11.258352905970659</v>
+        <v>11.244235005947289</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>122.54243473</v>
+        <v>122.54421275</v>
       </c>
       <c r="C325" s="5">
-        <v>0.17752233000000217</v>
+        <v>0.17996178999999302</v>
       </c>
       <c r="D325" s="5">
-        <v>1.7548725346579364</v>
+        <v>1.7791925797685959</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>123.71258579000001</v>
+        <v>123.71872008</v>
       </c>
       <c r="C326" s="5">
-        <v>1.1701510600000091</v>
+        <v>1.1745073299999973</v>
       </c>
       <c r="D326" s="5">
-        <v>12.080111706927354</v>
+        <v>12.127295434986252</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>123.38363551</v>
+        <v>123.38667712</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.32895028000000082</v>
+        <v>-0.33204295999999545</v>
       </c>
       <c r="D327" s="5">
-        <v>-3.1445332843446083</v>
+        <v>-3.1735070645379948</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>123.64378782999999</v>
+        <v>123.64680826999999</v>
       </c>
       <c r="C328" s="5">
-        <v>0.26015231999998889</v>
+        <v>0.26013114999999232</v>
       </c>
       <c r="D328" s="5">
-        <v>2.5597286458621582</v>
+        <v>2.5594540974362978</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>123.56578537</v>
+        <v>123.56748372</v>
       </c>
       <c r="C329" s="5">
-        <v>-7.8002459999993334E-2</v>
+        <v>-7.9324549999995497E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>-0.75441602381844941</v>
+        <v>-0.76713911702525062</v>
       </c>
       <c r="E329" s="5">
-        <v>3.4854832665944135</v>
+        <v>3.488863455970459</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>123.78686212</v>
+        <v>123.76476219</v>
       </c>
       <c r="C330" s="5">
-        <v>0.2210767499999946</v>
+        <v>0.19727847000000054</v>
       </c>
       <c r="D330" s="5">
-        <v>2.1682238318092795</v>
+        <v>1.932741479284239</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>124.14471831</v>
+        <v>124.14189052</v>
       </c>
       <c r="C331" s="5">
-        <v>0.35785619000000679</v>
+        <v>0.37712833000000501</v>
       </c>
       <c r="D331" s="5">
-        <v>3.5247807027931843</v>
+        <v>3.7184738617696222</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>124.27222642</v>
+        <v>124.27832895</v>
       </c>
       <c r="C332" s="5">
-        <v>0.12750810999999374</v>
+        <v>0.13643842999999833</v>
       </c>
       <c r="D332" s="5">
-        <v>1.2394973664750619</v>
+        <v>1.3268642810980724</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>124.51652245</v>
+        <v>124.51281636</v>
       </c>
       <c r="C333" s="5">
-        <v>0.244296030000001</v>
+        <v>0.23448740999999984</v>
       </c>
       <c r="D333" s="5">
-        <v>2.38464935464342</v>
+        <v>2.2877952209524599</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>125.13498959</v>
+        <v>125.13724943</v>
       </c>
       <c r="C334" s="5">
-        <v>0.61846714000000702</v>
+        <v>0.62443306999999493</v>
       </c>
       <c r="D334" s="5">
-        <v>6.1258900573113451</v>
+        <v>6.1868110688445777</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>124.68656383</v>
+        <v>124.68841263</v>
       </c>
       <c r="C335" s="5">
-        <v>-0.44842576000000633</v>
+        <v>-0.44883679999999515</v>
       </c>
       <c r="D335" s="5">
-        <v>-4.2164922613399654</v>
+        <v>-4.2202065792067529</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>125.63058229000001</v>
+        <v>125.6300566</v>
       </c>
       <c r="C336" s="5">
-        <v>0.94401846000000944</v>
+        <v>0.94164397000000122</v>
       </c>
       <c r="D336" s="5">
-        <v>9.4733966165047256</v>
+        <v>9.4484239113186153</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>126.23426335000001</v>
+        <v>126.23792567</v>
       </c>
       <c r="C337" s="5">
-        <v>0.60368105999999955</v>
+        <v>0.60786906999999246</v>
       </c>
       <c r="D337" s="5">
-        <v>5.9211111129509497</v>
+        <v>5.9633135196039966</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>126.58164238000001</v>
+        <v>126.59085311</v>
       </c>
       <c r="C338" s="5">
-        <v>0.34737902999999903</v>
+        <v>0.35292744000000198</v>
       </c>
       <c r="D338" s="5">
-        <v>3.3526734508078082</v>
+        <v>3.4069488611477849</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>127.21841473000001</v>
+        <v>127.22401486</v>
       </c>
       <c r="C339" s="5">
-        <v>0.6367723500000011</v>
+        <v>0.6331617499999993</v>
       </c>
       <c r="D339" s="5">
-        <v>6.2064857695457665</v>
+        <v>6.1698589448565544</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>127.69775143</v>
+        <v>127.70281725</v>
       </c>
       <c r="C340" s="5">
-        <v>0.4793366999999904</v>
+        <v>0.47880238999999847</v>
       </c>
       <c r="D340" s="5">
-        <v>4.6162735192057935</v>
+        <v>4.6108136571200165</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>128.05919510999999</v>
+        <v>128.07668545000001</v>
       </c>
       <c r="C341" s="5">
-        <v>0.36144367999999361</v>
+        <v>0.37386820000001819</v>
       </c>
       <c r="D341" s="5">
-        <v>3.4499329263112388</v>
+        <v>3.5702959465687911</v>
       </c>
       <c r="E341" s="5">
-        <v>3.6364514064675113</v>
+        <v>3.6491814790189592</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>128.51893446</v>
+        <v>128.47055990000001</v>
       </c>
       <c r="C342" s="5">
-        <v>0.45973935000000665</v>
+        <v>0.39387444999999843</v>
       </c>
       <c r="D342" s="5">
-        <v>4.3941542997622651</v>
+        <v>3.7534257368620372</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>128.89404232999999</v>
+        <v>128.88938020000001</v>
       </c>
       <c r="C343" s="5">
-        <v>0.37510786999999368</v>
+        <v>0.41882029999999304</v>
       </c>
       <c r="D343" s="5">
-        <v>3.5592114410039954</v>
+        <v>3.9829707380270696</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>129.97817013</v>
+        <v>129.98078684999999</v>
       </c>
       <c r="C344" s="5">
-        <v>1.0841278000000045</v>
+        <v>1.0914066499999819</v>
       </c>
       <c r="D344" s="5">
-        <v>10.573458468678677</v>
+        <v>10.648190722143891</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>129.59698265</v>
+        <v>129.58982017</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.38118747999999414</v>
+        <v>-0.39096667999999113</v>
       </c>
       <c r="D345" s="5">
-        <v>-3.4630309295791362</v>
+        <v>-3.5503388356150301</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>130.02363278999999</v>
+        <v>130.02854224999999</v>
       </c>
       <c r="C346" s="5">
-        <v>0.42665013999999246</v>
+        <v>0.43872207999999091</v>
       </c>
       <c r="D346" s="5">
-        <v>4.0228786527243487</v>
+        <v>4.1390659329041402</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>130.69178141</v>
+        <v>130.69714339000001</v>
       </c>
       <c r="C347" s="5">
-        <v>0.66814862000001085</v>
+        <v>0.66860114000002113</v>
       </c>
       <c r="D347" s="5">
-        <v>6.3437039145180174</v>
+        <v>6.3478760732655459</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>130.35903587999999</v>
+        <v>130.36005385999999</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.33274553000001106</v>
+        <v>-0.33708953000001429</v>
       </c>
       <c r="D348" s="5">
-        <v>-3.0128170237220364</v>
+        <v>-3.0514697484116504</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>131.01917589999999</v>
+        <v>131.02346749</v>
       </c>
       <c r="C349" s="5">
-        <v>0.66014002000000005</v>
+        <v>0.66341363000000797</v>
       </c>
       <c r="D349" s="5">
-        <v>6.2489589311789384</v>
+        <v>6.2807693775827511</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>130.56546021</v>
+        <v>130.57635862000001</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.45371568999999567</v>
+        <v>-0.44710886999999389</v>
       </c>
       <c r="D350" s="5">
-        <v>-4.0773241738733095</v>
+        <v>-4.018932699769806</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>132.26328679</v>
+        <v>132.28066555000001</v>
       </c>
       <c r="C351" s="5">
-        <v>1.6978265799999974</v>
+        <v>1.7043069300000013</v>
       </c>
       <c r="D351" s="5">
-        <v>16.770216167755581</v>
+        <v>16.837381892442504</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>132.45005567000001</v>
+        <v>132.45532738</v>
       </c>
       <c r="C352" s="5">
-        <v>0.18676888000001668</v>
+        <v>0.17466182999999091</v>
       </c>
       <c r="D352" s="5">
-        <v>1.7077417298718256</v>
+        <v>1.5960232408190667</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>133.34486582</v>
+        <v>133.37902706</v>
       </c>
       <c r="C353" s="5">
-        <v>0.89481014999998365</v>
+        <v>0.92369967999999858</v>
       </c>
       <c r="D353" s="5">
-        <v>8.4151168752883763</v>
+        <v>8.6969546255651444</v>
       </c>
       <c r="E353" s="5">
-        <v>4.1275214212144196</v>
+        <v>4.1399741033038895</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>133.89097985999999</v>
+        <v>133.81636989</v>
       </c>
       <c r="C354" s="5">
-        <v>0.54611403999999197</v>
+        <v>0.43734283000000573</v>
       </c>
       <c r="D354" s="5">
-        <v>5.0268292234344925</v>
+        <v>4.0064782342887462</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>134.30726709999999</v>
+        <v>134.30483194999999</v>
       </c>
       <c r="C355" s="5">
-        <v>0.41628724000000261</v>
+        <v>0.48846205999998915</v>
       </c>
       <c r="D355" s="5">
-        <v>3.7954477690200994</v>
+        <v>4.4693087215192051</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>134.47246733</v>
+        <v>134.45589347999999</v>
       </c>
       <c r="C356" s="5">
-        <v>0.16520023000001061</v>
+        <v>0.15106152999999267</v>
       </c>
       <c r="D356" s="5">
-        <v>1.4860469449698099</v>
+        <v>1.3581004279717979</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>134.57241611000001</v>
+        <v>134.56106431000001</v>
       </c>
       <c r="C357" s="5">
-        <v>9.9948780000005399E-2</v>
+        <v>0.10517083000002003</v>
       </c>
       <c r="D357" s="5">
-        <v>0.89557408527842775</v>
+        <v>0.94268354039774849</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>134.54104039000001</v>
+        <v>134.55186337999999</v>
       </c>
       <c r="C358" s="5">
-        <v>-3.1375719999999774E-2</v>
+        <v>-9.2009300000199801E-3</v>
       </c>
       <c r="D358" s="5">
-        <v>-0.27942294340519425</v>
+        <v>-8.2021977977342342E-2</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>134.52179017</v>
+        <v>134.53184694999999</v>
       </c>
       <c r="C359" s="5">
-        <v>-1.9250220000003537E-2</v>
+        <v>-2.0016429999998309E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>-0.17156173310037826</v>
+        <v>-0.17837042313850748</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>135.27526539999999</v>
+        <v>135.27841199</v>
       </c>
       <c r="C360" s="5">
-        <v>0.75347522999999228</v>
+        <v>0.74656504000000723</v>
       </c>
       <c r="D360" s="5">
-        <v>6.9323419283840781</v>
+        <v>6.8662828793651265</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>135.18259191000001</v>
+        <v>135.18857989</v>
       </c>
       <c r="C361" s="5">
-        <v>-9.2673489999981484E-2</v>
+        <v>-8.9832099999995307E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>-0.81899762907043927</v>
+        <v>-0.79396022398073862</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>135.31365460000001</v>
+        <v>135.32836595000001</v>
       </c>
       <c r="C362" s="5">
-        <v>0.13106268999999315</v>
+        <v>0.13978606000000582</v>
       </c>
       <c r="D362" s="5">
-        <v>1.1696520468677196</v>
+        <v>1.2478903994496138</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>135.23101714000001</v>
+        <v>135.26222557</v>
       </c>
       <c r="C363" s="5">
-        <v>-8.2637460000000829E-2</v>
+        <v>-6.6140380000007326E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>-0.73039593482189247</v>
+        <v>-0.58491399557744073</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>135.38788020000001</v>
+        <v>135.39368433000001</v>
       </c>
       <c r="C364" s="5">
-        <v>0.15686306000000627</v>
+        <v>0.13145876000001522</v>
       </c>
       <c r="D364" s="5">
-        <v>1.4008711716217093</v>
+        <v>1.1725112452000808</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>135.72545582999999</v>
+        <v>135.77329997999999</v>
       </c>
       <c r="C365" s="5">
-        <v>0.33757562999997504</v>
+        <v>0.37961564999997677</v>
       </c>
       <c r="D365" s="5">
-        <v>3.0334507927336274</v>
+        <v>3.416921906992898</v>
       </c>
       <c r="E365" s="5">
-        <v>1.7852880914166702</v>
+        <v>1.7950895075302453</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>137.20342554999999</v>
+        <v>137.11338056</v>
       </c>
       <c r="C366" s="5">
-        <v>1.4779697200000044</v>
+        <v>1.3400805800000057</v>
       </c>
       <c r="D366" s="5">
-        <v>13.879026889243406</v>
+        <v>12.508563289814356</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>137.09585541999999</v>
+        <v>137.08915626999999</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.10757012999999915</v>
+        <v>-2.4224290000006476E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-0.93677678264312281</v>
+        <v>-0.21180221731478266</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>133.02975974</v>
+        <v>132.98640437</v>
       </c>
       <c r="C368" s="5">
-        <v>-4.0660956799999894</v>
+        <v>-4.102751899999987</v>
       </c>
       <c r="D368" s="5">
-        <v>-30.322305544388751</v>
+        <v>-30.55360845480849</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>71.713525425</v>
+        <v>71.704138033000007</v>
       </c>
       <c r="C369" s="5">
-        <v>-61.316234315000003</v>
+        <v>-61.282266336999996</v>
       </c>
       <c r="D369" s="5">
-        <v>-99.939768012525903</v>
+        <v>-99.93962686800208</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>85.303040498000001</v>
+        <v>85.310735880999999</v>
       </c>
       <c r="C370" s="5">
-        <v>13.589515073000001</v>
+        <v>13.606597847999993</v>
       </c>
       <c r="D370" s="5">
-        <v>702.34520241528958</v>
+        <v>704.47698569112515</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>96.389265447</v>
+        <v>96.404376174000006</v>
       </c>
       <c r="C371" s="5">
-        <v>11.086224948999998</v>
+        <v>11.093640293000007</v>
       </c>
       <c r="D371" s="5">
-        <v>333.28126770232018</v>
+        <v>333.62740988266876</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>95.510637313999993</v>
+        <v>95.515580650000004</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.87862813300000653</v>
+        <v>-0.8887955240000025</v>
       </c>
       <c r="D372" s="5">
-        <v>-10.406424656597723</v>
+        <v>-10.519241336445962</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>97.516099509</v>
+        <v>97.522782621000005</v>
       </c>
       <c r="C373" s="5">
-        <v>2.0054621950000069</v>
+        <v>2.0072019710000006</v>
       </c>
       <c r="D373" s="5">
-        <v>28.320175942496007</v>
+        <v>28.346010160006507</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>102.02707564000001</v>
+        <v>102.04247162999999</v>
       </c>
       <c r="C374" s="5">
-        <v>4.5109761310000067</v>
+        <v>4.5196890089999897</v>
       </c>
       <c r="D374" s="5">
-        <v>72.055834205663572</v>
+        <v>72.225961517715717</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>106.32257842999999</v>
+        <v>106.36177105</v>
       </c>
       <c r="C375" s="5">
-        <v>4.2955027899999862</v>
+        <v>4.3192994200000072</v>
       </c>
       <c r="D375" s="5">
-        <v>64.0290372219213</v>
+        <v>64.45803259384752</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>107.96724377</v>
+        <v>107.97745695</v>
       </c>
       <c r="C376" s="5">
-        <v>1.6446653400000031</v>
+        <v>1.6156859000000026</v>
       </c>
       <c r="D376" s="5">
-        <v>20.225938075356087</v>
+        <v>19.831340014330536</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>109.16698773</v>
+        <v>109.20781803</v>
       </c>
       <c r="C377" s="5">
-        <v>1.1997439600000064</v>
+        <v>1.2303610799999944</v>
       </c>
       <c r="D377" s="5">
-        <v>14.180449004161488</v>
+        <v>14.563855607112529</v>
       </c>
       <c r="E377" s="5">
-        <v>-19.567786998825941</v>
+        <v>-19.566057504614832</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>109.23252614</v>
+        <v>109.15257938000001</v>
       </c>
       <c r="C378" s="5">
-        <v>6.5538410000002045E-2</v>
+        <v>-5.5238649999992617E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>0.72280363822587734</v>
+        <v>-0.6052889364189018</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>107.99195046</v>
+        <v>107.97849999</v>
       </c>
       <c r="C379" s="5">
-        <v>-1.2405756800000063</v>
+        <v>-1.1740793900000028</v>
       </c>
       <c r="D379" s="5">
-        <v>-12.808752236185072</v>
+        <v>-12.170695177051616</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>111.31400289</v>
+        <v>111.24845941</v>
       </c>
       <c r="C380" s="5">
-        <v>3.3220524299999994</v>
+        <v>3.2699594199999922</v>
       </c>
       <c r="D380" s="5">
-        <v>43.84705788503458</v>
+        <v>43.047603105983853</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>114.61468261</v>
+        <v>114.59087743000001</v>
       </c>
       <c r="C381" s="5">
-        <v>3.3006797200000051</v>
+        <v>3.3424180200000109</v>
       </c>
       <c r="D381" s="5">
-        <v>41.999059591167963</v>
+        <v>42.650228716112217</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>116.94799463</v>
+        <v>116.96088885</v>
       </c>
       <c r="C382" s="5">
-        <v>2.3333120199999939</v>
+        <v>2.3700114199999973</v>
       </c>
       <c r="D382" s="5">
-        <v>27.359186506002821</v>
+        <v>27.846070052287608</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>119.54599299</v>
+        <v>119.57531535</v>
       </c>
       <c r="C383" s="5">
-        <v>2.5979983600000054</v>
+        <v>2.6144264999999933</v>
       </c>
       <c r="D383" s="5">
-        <v>30.168810335870955</v>
+        <v>30.379856240246017</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>123.98510121</v>
+        <v>124.00053654</v>
       </c>
       <c r="C384" s="5">
-        <v>4.4391082199999943</v>
+        <v>4.425221190000002</v>
       </c>
       <c r="D384" s="5">
-        <v>54.886556810332166</v>
+        <v>54.662260425482302</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>124.79210940999999</v>
+        <v>124.80957041000001</v>
       </c>
       <c r="C385" s="5">
-        <v>0.80700819999999851</v>
+        <v>0.80903387000000748</v>
       </c>
       <c r="D385" s="5">
-        <v>8.096466890939368</v>
+        <v>8.1164777108239541</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>124.74468508</v>
+        <v>124.77357694</v>
       </c>
       <c r="C386" s="5">
-        <v>-4.7424329999998349E-2</v>
+        <v>-3.5993470000008188E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>-0.45508003871869152</v>
+        <v>-0.345516143722846</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>127.67898687</v>
+        <v>127.73920071000001</v>
       </c>
       <c r="C387" s="5">
-        <v>2.9343017900000063</v>
+        <v>2.9656237700000077</v>
       </c>
       <c r="D387" s="5">
-        <v>32.180844783895935</v>
+        <v>32.561932858316034</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>128.37869597</v>
+        <v>128.40368912</v>
       </c>
       <c r="C388" s="5">
-        <v>0.69970909999999265</v>
+        <v>0.66448840999998993</v>
       </c>
       <c r="D388" s="5">
-        <v>6.7781481194760573</v>
+        <v>6.4240262743292087</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>129.51612147</v>
+        <v>129.57449242000001</v>
       </c>
       <c r="C389" s="5">
-        <v>1.1374255000000062</v>
+        <v>1.1708033000000171</v>
       </c>
       <c r="D389" s="5">
-        <v>11.165607514709453</v>
+        <v>11.507525277618779</v>
       </c>
       <c r="E389" s="5">
-        <v>18.64037303138657</v>
+        <v>18.649465539550626</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>130.30062371</v>
+        <v>130.19952727</v>
       </c>
       <c r="C390" s="5">
-        <v>0.7845022399999948</v>
+        <v>0.62503484999999159</v>
       </c>
       <c r="D390" s="5">
-        <v>7.5157204918413711</v>
+        <v>5.9445677968872346</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>131.65219729</v>
+        <v>131.60333882</v>
       </c>
       <c r="C391" s="5">
-        <v>1.3515735800000073</v>
+        <v>1.4038115500000004</v>
       </c>
       <c r="D391" s="5">
-        <v>13.182532826621941</v>
+        <v>13.733918596755279</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>132.41915109999999</v>
+        <v>132.29138771000001</v>
       </c>
       <c r="C392" s="5">
-        <v>0.76695380999998974</v>
+        <v>0.68804889000000458</v>
       </c>
       <c r="D392" s="5">
-        <v>7.2191228384112627</v>
+        <v>6.45742920013197</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>135.27378512000001</v>
+        <v>135.21289985999999</v>
       </c>
       <c r="C393" s="5">
-        <v>2.8546340200000202</v>
+        <v>2.9215121499999839</v>
       </c>
       <c r="D393" s="5">
-        <v>29.16775582588922</v>
+        <v>29.968665232748371</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>135.71731166999999</v>
+        <v>135.76198604000001</v>
       </c>
       <c r="C394" s="5">
-        <v>0.44352654999997299</v>
+        <v>0.54908618000001752</v>
       </c>
       <c r="D394" s="5">
-        <v>4.0062106978303147</v>
+        <v>4.9834079088065364</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>137.19052302</v>
+        <v>137.24767875000001</v>
       </c>
       <c r="C395" s="5">
-        <v>1.4732113500000139</v>
+        <v>1.485692709999995</v>
       </c>
       <c r="D395" s="5">
-        <v>13.832522667695923</v>
+        <v>13.951987760381135</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>139.27587618000001</v>
+        <v>139.31124374000001</v>
       </c>
       <c r="C396" s="5">
-        <v>2.085353160000011</v>
+        <v>2.0635649900000033</v>
       </c>
       <c r="D396" s="5">
-        <v>19.845422218108034</v>
+        <v>19.611775770882733</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>140.30698289</v>
+        <v>140.34164723999999</v>
       </c>
       <c r="C397" s="5">
-        <v>1.0311067099999889</v>
+        <v>1.0304034999999772</v>
       </c>
       <c r="D397" s="5">
-        <v>9.2548282270285434</v>
+        <v>9.2458132451937125</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>140.95917229</v>
+        <v>141.00499084</v>
       </c>
       <c r="C398" s="5">
-        <v>0.65218939999999748</v>
+        <v>0.6633436000000188</v>
       </c>
       <c r="D398" s="5">
-        <v>5.7228010745279612</v>
+        <v>5.8217598937719162</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>141.25237837</v>
+        <v>141.33187150000001</v>
       </c>
       <c r="C399" s="5">
-        <v>0.29320608000000448</v>
+        <v>0.32688066000000049</v>
       </c>
       <c r="D399" s="5">
-        <v>2.5248489691174436</v>
+        <v>2.8176094832654597</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>141.79616143000001</v>
+        <v>141.83650610000001</v>
       </c>
       <c r="C400" s="5">
-        <v>0.54378306000000975</v>
+        <v>0.50463460000000282</v>
       </c>
       <c r="D400" s="5">
-        <v>4.718752856360009</v>
+        <v>4.3698302204722816</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>141.63579847</v>
+        <v>141.69485799</v>
       </c>
       <c r="C401" s="5">
-        <v>-0.16036296000001471</v>
+        <v>-0.14164811000000554</v>
       </c>
       <c r="D401" s="5">
-        <v>-1.3487182521473851</v>
+        <v>-1.1918454698148673</v>
       </c>
       <c r="E401" s="5">
-        <v>9.3576590021708483</v>
+        <v>9.3539749557445937</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>144.58627358999999</v>
+        <v>144.47041775</v>
       </c>
       <c r="C402" s="5">
-        <v>2.950475119999993</v>
+        <v>2.775559759999993</v>
       </c>
       <c r="D402" s="5">
-        <v>28.070278895761369</v>
+        <v>26.211247589964447</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>144.83059847999999</v>
+        <v>144.73252303999999</v>
       </c>
       <c r="C403" s="5">
-        <v>0.24432489000000146</v>
+        <v>0.26210528999999383</v>
       </c>
       <c r="D403" s="5">
-        <v>2.0467377621531169</v>
+        <v>2.1989544319247933</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>146.10778350999999</v>
+        <v>145.90872429000001</v>
       </c>
       <c r="C404" s="5">
-        <v>1.2771850299999983</v>
+        <v>1.1762012500000196</v>
       </c>
       <c r="D404" s="5">
-        <v>11.110813099889683</v>
+        <v>10.199983222851138</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>145.68757521000001</v>
+        <v>145.57789356999999</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.42020829999998455</v>
+        <v>-0.33083072000002289</v>
       </c>
       <c r="D405" s="5">
-        <v>-3.3971473113043937</v>
+        <v>-2.6871820406233371</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>146.12968954999999</v>
+        <v>146.2271863</v>
       </c>
       <c r="C406" s="5">
-        <v>0.44211433999998917</v>
+        <v>0.64929273000001331</v>
       </c>
       <c r="D406" s="5">
-        <v>3.703009248860889</v>
+        <v>5.485388709180139</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>147.28453703</v>
+        <v>147.37959065000001</v>
       </c>
       <c r="C407" s="5">
-        <v>1.1548474800000008</v>
+        <v>1.1524043500000118</v>
       </c>
       <c r="D407" s="5">
-        <v>9.9067352718505539</v>
+        <v>9.8779809316141165</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>146.67027286000001</v>
+        <v>146.72864688000001</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.61426416999998423</v>
+        <v>-0.65094376999999781</v>
       </c>
       <c r="D408" s="5">
-        <v>-4.8914956972523456</v>
+        <v>-5.1732646249808667</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>147.18691122000001</v>
+        <v>147.24253184</v>
       </c>
       <c r="C409" s="5">
-        <v>0.51663836000000174</v>
+        <v>0.5138849599999844</v>
       </c>
       <c r="D409" s="5">
-        <v>4.3097967836922102</v>
+        <v>4.2846452682530511</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>147.84949750000001</v>
+        <v>147.91132383999999</v>
       </c>
       <c r="C410" s="5">
-        <v>0.66258627999999931</v>
+        <v>0.66879199999999628</v>
       </c>
       <c r="D410" s="5">
-        <v>5.537775341265494</v>
+        <v>5.5887797346473755</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>147.49083084</v>
+        <v>147.57461863</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.35866666000001146</v>
+        <v>-0.33670520999999098</v>
       </c>
       <c r="D411" s="5">
-        <v>-2.8725400860231676</v>
+        <v>-2.6977360047161225</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>148.19160964</v>
+        <v>148.24806574999999</v>
       </c>
       <c r="C412" s="5">
-        <v>0.70077879999999482</v>
+        <v>0.67344711999999163</v>
       </c>
       <c r="D412" s="5">
-        <v>5.8529872911029956</v>
+        <v>5.6156784426993678</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>148.34424541000001</v>
+        <v>148.40415639</v>
       </c>
       <c r="C413" s="5">
-        <v>0.1526357700000176</v>
+        <v>0.15609064000000217</v>
       </c>
       <c r="D413" s="5">
-        <v>1.2430130309062815</v>
+        <v>1.270824549863403</v>
       </c>
       <c r="E413" s="5">
-        <v>4.7364063410995083</v>
+        <v>4.7350330810688179</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>148.05282582999999</v>
+        <v>147.92416365</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.29141958000002433</v>
+        <v>-0.47999274000000014</v>
       </c>
       <c r="D414" s="5">
-        <v>-2.3320736453650848</v>
+        <v>-3.8129299487706159</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>148.46143022999999</v>
+        <v>148.31063588999999</v>
       </c>
       <c r="C415" s="5">
-        <v>0.40860440000000153</v>
+        <v>0.38647223999998914</v>
       </c>
       <c r="D415" s="5">
-        <v>3.3625628009723352</v>
+        <v>3.1806106179737004</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>149.06037497</v>
+        <v>148.81006615000001</v>
       </c>
       <c r="C416" s="5">
-        <v>0.59894474000000741</v>
+        <v>0.49943026000002533</v>
       </c>
       <c r="D416" s="5">
-        <v>4.9500939197594684</v>
+        <v>4.1166421494650995</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>149.26417599999999</v>
+        <v>149.10109700000001</v>
       </c>
       <c r="C417" s="5">
-        <v>0.20380102999999394</v>
+        <v>0.29103084999999851</v>
       </c>
       <c r="D417" s="5">
-        <v>1.6530798160070415</v>
+        <v>2.3722734681457913</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>149.29242484</v>
+        <v>149.44969555</v>
       </c>
       <c r="C418" s="5">
-        <v>2.8248840000003383E-2</v>
+        <v>0.34859854999999129</v>
       </c>
       <c r="D418" s="5">
-        <v>0.22734132284569775</v>
+        <v>2.8419613861582205</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>148.02499735999999</v>
+        <v>148.16128569</v>
       </c>
       <c r="C419" s="5">
-        <v>-1.2674274800000092</v>
+        <v>-1.2884098600000016</v>
       </c>
       <c r="D419" s="5">
-        <v>-9.7250035347424717</v>
+        <v>-9.8685329239057147</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>148.44002793000001</v>
+        <v>148.51724331</v>
       </c>
       <c r="C420" s="5">
-        <v>0.41503057000002741</v>
+        <v>0.35595761999999809</v>
       </c>
       <c r="D420" s="5">
-        <v>3.4169164974185096</v>
+        <v>2.9214030666063096</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>148.99338151000001</v>
+        <v>149.06608921</v>
       </c>
       <c r="C421" s="5">
-        <v>0.55335357999999246</v>
+        <v>0.54884590000000344</v>
       </c>
       <c r="D421" s="5">
-        <v>4.5662164060823462</v>
+        <v>4.5258575414344637</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>149.59138447000001</v>
+        <v>149.66432336</v>
       </c>
       <c r="C422" s="5">
-        <v>0.5980029600000023</v>
+        <v>0.59823414999999613</v>
       </c>
       <c r="D422" s="5">
-        <v>4.9241009333338637</v>
+        <v>4.9235908597030198</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>151.23859429000001</v>
+        <v>151.32132253</v>
       </c>
       <c r="C423" s="5">
-        <v>1.6472098200000005</v>
+        <v>1.656999170000006</v>
       </c>
       <c r="D423" s="5">
-        <v>14.044043203549329</v>
+        <v>14.125344416465758</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>151.77606839000001</v>
+        <v>151.84601984</v>
       </c>
       <c r="C424" s="5">
-        <v>0.53747409999999718</v>
+        <v>0.52469730999999342</v>
       </c>
       <c r="D424" s="5">
-        <v>4.3489296885228512</v>
+        <v>4.2412026464548669</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>151.84121214999999</v>
+        <v>151.89649046</v>
       </c>
       <c r="C425" s="5">
-        <v>6.5143759999983786E-2</v>
+        <v>5.0470619999998689E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>0.51626923338465858</v>
+        <v>0.39958626979035294</v>
       </c>
       <c r="E425" s="5">
-        <v>2.3573322513016359</v>
+        <v>2.3532589348928212</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>152.45543559000001</v>
+        <v>152.85750175999999</v>
       </c>
       <c r="C426" s="5">
-        <v>0.61422344000001772</v>
+        <v>0.96101129999999557</v>
       </c>
       <c r="D426" s="5">
-        <v>4.9636713935560461</v>
+        <v>7.8619362917046187</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>152.37333028</v>
+        <v>152.88490668</v>
       </c>
       <c r="C427" s="5">
-        <v>-8.2105310000002873E-2</v>
+        <v>2.740492000000927E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-0.64435259893748098</v>
+        <v>0.21535319213488169</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>152.05803455</v>
+        <v>152.65378328</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.31529573000000255</v>
+        <v>-0.23112340000000131</v>
       </c>
       <c r="D428" s="5">
-        <v>-2.4550127383555109</v>
+        <v>-1.7990894283915981</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>152.86663553</v>
+        <v>153.25798911000001</v>
       </c>
       <c r="C429" s="5">
-        <v>0.80860097999999425</v>
+        <v>0.60420583000001216</v>
       </c>
       <c r="D429" s="5">
-        <v>6.5712389772289104</v>
+        <v>4.854388078852323</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>153.57829584000001</v>
+        <v>153.02220288000001</v>
       </c>
       <c r="C430" s="5">
-        <v>0.7116603100000134</v>
+        <v>-0.23578623000000221</v>
       </c>
       <c r="D430" s="5">
-        <v>5.7318043664917662</v>
+        <v>-1.8306486235096897</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>153.67801263999999</v>
+        <v>149.98864298999999</v>
       </c>
       <c r="C431" s="5">
-        <v>9.9716799999981731E-2</v>
+        <v>-3.0335598900000207</v>
       </c>
       <c r="D431" s="5">
-        <v>0.78193603540208656</v>
+        <v>-21.359346389854885</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>153.15489934999999</v>
+        <v>149.45063501000001</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.52311328999999773</v>
+        <v>-0.53800797999997485</v>
       </c>
       <c r="D432" s="5">
-        <v>-4.0091353796471552</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-4.2204779868330267</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>154.03344095</v>
+        <v>150.30792786000001</v>
       </c>
       <c r="C433" s="5">
-        <v>0.87854160000000547</v>
+        <v>0.85729284999999322</v>
       </c>
       <c r="D433" s="5">
-        <v>7.1049334970514355</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>7.1049335055669793</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>154.20157022999999</v>
+        <v>150.47199069999999</v>
       </c>
       <c r="C434" s="5">
-        <v>0.16812927999998806</v>
+        <v>0.1640628399999855</v>
       </c>
       <c r="D434" s="5">
-        <v>1.3177057638965817</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1.3177057685041627</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>149.04845165</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-1.423539049999988</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-10.780121617824589</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>150.17060000999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>1.1221483599999829</v>
+      </c>
+      <c r="D436" s="5">
+        <v>9.4181495789659628</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>149.80968521</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.3609147999999891</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-2.8462193653456924</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.3738337493383601</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>