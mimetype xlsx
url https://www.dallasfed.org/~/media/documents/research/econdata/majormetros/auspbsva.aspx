--- v0 (2025-10-17)
+++ v1 (2026-01-09)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{58B1792F-4FB0-4E9A-8BB3-600EE8C54235}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{EC64693A-FE6E-441B-9A72-E09F83A12BE4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{8C597C3E-4330-496D-82E0-313BB4DCDC5F}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{84626A23-1D76-46FE-9E70-338C7623782A}"/>
   </bookViews>
   <sheets>
     <sheet name="auspbsva" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Professional and Business Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E4234B5D-0AE1-47B9-8592-80747C669142}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{873F8A1B-7591-47EF-B739-310EC7375D65}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-2.8588612300000023</v>
       </c>
       <c r="D431" s="5">
         <v>-11.643145100644947</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>275.03397801</v>
       </c>
       <c r="C432" s="5">
         <v>-0.6804323100000147</v>
       </c>
       <c r="D432" s="5">
         <v>-2.9215974418576929</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>274.97054365999998</v>
+        <v>275.98299886000001</v>
       </c>
       <c r="C433" s="5">
-        <v>-6.3434350000022732E-2</v>
+        <v>0.9490208500000108</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.27641941798519643</v>
+        <v>4.2201631186500332</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>275.41108578000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.57191308000000163</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-2.4585840792599289</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>