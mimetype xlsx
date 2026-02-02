--- v1 (2026-01-09)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{EC64693A-FE6E-441B-9A72-E09F83A12BE4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{09FE101C-9FA4-4D40-AA2C-90B5A01DBD24}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{84626A23-1D76-46FE-9E70-338C7623782A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7BA19041-CCBD-49F4-8A6F-816D198EA16D}"/>
   </bookViews>
   <sheets>
     <sheet name="auspbsva" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Professional and Business Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{873F8A1B-7591-47EF-B739-310EC7375D65}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8CF9835-7289-4F97-B347-CBFB6DFDAFEF}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>35.555833972000002</v>
+        <v>35.555847380000003</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>35.512849863</v>
+        <v>35.512864141999998</v>
       </c>
       <c r="C7" s="5">
-        <v>-4.2984109000002491E-2</v>
+        <v>-4.2983238000005031E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>-1.4410952879091665</v>
+        <v>-1.4410657406289107</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>35.810693780999998</v>
+        <v>35.810705579999997</v>
       </c>
       <c r="C8" s="5">
-        <v>0.2978439179999981</v>
+        <v>0.29784143799999896</v>
       </c>
       <c r="D8" s="5">
-        <v>10.541795770237862</v>
+        <v>10.541699469982468</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>36.750355067999998</v>
+        <v>36.750377968999999</v>
       </c>
       <c r="C9" s="5">
-        <v>0.93966128699999985</v>
+        <v>0.93967238900000183</v>
       </c>
       <c r="D9" s="5">
-        <v>36.453806125156383</v>
+        <v>36.454286990934428</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>37.222625264999998</v>
+        <v>37.222651423999999</v>
       </c>
       <c r="C10" s="5">
-        <v>0.47227019700000028</v>
+        <v>0.47227345499999984</v>
       </c>
       <c r="D10" s="5">
-        <v>16.558923634616573</v>
+        <v>16.559035001126745</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>37.433367349999997</v>
+        <v>37.433329743999998</v>
       </c>
       <c r="C11" s="5">
-        <v>0.21074208499999969</v>
+        <v>0.21067831999999953</v>
       </c>
       <c r="D11" s="5">
-        <v>7.0096030190388348</v>
+        <v>7.0074105643527229</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>37.398434725999998</v>
+        <v>37.398406123000001</v>
       </c>
       <c r="C12" s="5">
-        <v>-3.4932623999999635E-2</v>
+        <v>-3.492362099999724E-2</v>
       </c>
       <c r="D12" s="5">
-        <v>-1.1141039823319709</v>
+        <v>-1.1138194351797304</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>37.869001441999998</v>
+        <v>37.868975677000002</v>
       </c>
       <c r="C13" s="5">
-        <v>0.47056671600000044</v>
+        <v>0.47056955400000078</v>
       </c>
       <c r="D13" s="5">
-        <v>16.189032190013307</v>
+        <v>16.189149930997225</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>38.204843746000002</v>
+        <v>38.204824467999998</v>
       </c>
       <c r="C14" s="5">
-        <v>0.33584230400000337</v>
+        <v>0.33584879099999654</v>
       </c>
       <c r="D14" s="5">
-        <v>11.176984922091604</v>
+        <v>11.177219429531227</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>38.529090408999998</v>
+        <v>38.529075134999999</v>
       </c>
       <c r="C15" s="5">
-        <v>0.32424666299999672</v>
+        <v>0.32425066700000116</v>
       </c>
       <c r="D15" s="5">
-        <v>10.673575959686632</v>
+        <v>10.67371961587642</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>39.003803816999998</v>
+        <v>39.003862642000001</v>
       </c>
       <c r="C16" s="5">
-        <v>0.4747134079999995</v>
+        <v>0.47478750700000205</v>
       </c>
       <c r="D16" s="5">
-        <v>15.829313892672126</v>
+        <v>15.831961243003501</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>39.381213299000002</v>
+        <v>39.381191309999998</v>
       </c>
       <c r="C17" s="5">
-        <v>0.37740948200000446</v>
+        <v>0.37732866799999698</v>
       </c>
       <c r="D17" s="5">
-        <v>12.249792433609329</v>
+        <v>12.247008833199114</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>39.34238697</v>
+        <v>39.342404277</v>
       </c>
       <c r="C18" s="5">
-        <v>-3.8826329000002602E-2</v>
+        <v>-3.8787032999998416E-2</v>
       </c>
       <c r="D18" s="5">
-        <v>-1.1766976235843107</v>
+        <v>-1.1755137884815747</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>39.669994025000001</v>
+        <v>39.670010161999997</v>
       </c>
       <c r="C19" s="5">
-        <v>0.32760705500000142</v>
+        <v>0.32760588499999699</v>
       </c>
       <c r="D19" s="5">
-        <v>10.463080799733572</v>
+        <v>10.46303688907706</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>40.047566218999997</v>
+        <v>40.047580600000003</v>
       </c>
       <c r="C20" s="5">
-        <v>0.37757219399999542</v>
+        <v>0.37757043800000645</v>
       </c>
       <c r="D20" s="5">
-        <v>12.038662915410825</v>
+        <v>12.038598807342638</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>40.448088748000004</v>
+        <v>40.448105214999998</v>
       </c>
       <c r="C21" s="5">
-        <v>0.40052252900000695</v>
+        <v>0.40052461499999481</v>
       </c>
       <c r="D21" s="5">
-        <v>12.684069794539955</v>
+        <v>12.684134722786178</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>40.857710650000001</v>
+        <v>40.857737602</v>
       </c>
       <c r="C22" s="5">
-        <v>0.40962190199999782</v>
+        <v>0.40963238700000204</v>
       </c>
       <c r="D22" s="5">
-        <v>12.852784642255543</v>
+        <v>12.853126641718248</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>39.831132171999997</v>
+        <v>39.831096328999998</v>
       </c>
       <c r="C23" s="5">
-        <v>-1.0265784780000047</v>
+        <v>-1.0266412730000027</v>
       </c>
       <c r="D23" s="5">
-        <v>-26.314256239992297</v>
+        <v>-26.315635208049713</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>39.174893609999998</v>
+        <v>39.174867628999998</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.65623856199999864</v>
+        <v>-0.65622869999999978</v>
       </c>
       <c r="D24" s="5">
-        <v>-18.073935102642281</v>
+        <v>-18.073702430185978</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>40.158838084000003</v>
+        <v>40.158813107999997</v>
       </c>
       <c r="C25" s="5">
-        <v>0.98394447400000473</v>
+        <v>0.98394547899999907</v>
       </c>
       <c r="D25" s="5">
-        <v>34.672759193015111</v>
+        <v>34.672825896540836</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>40.099246770000001</v>
+        <v>40.099226705</v>
       </c>
       <c r="C26" s="5">
-        <v>-5.9591314000002171E-2</v>
+        <v>-5.958640299999729E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>-1.7662073720917992</v>
+        <v>-1.766064091774211</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>40.196153879000001</v>
+        <v>40.196135781999999</v>
       </c>
       <c r="C27" s="5">
-        <v>9.6907108999999991E-2</v>
+        <v>9.69090769999994E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>2.9388763511771554</v>
+        <v>2.9389383199267538</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>41.262528435</v>
+        <v>41.262583681000002</v>
       </c>
       <c r="C28" s="5">
-        <v>1.0663745559999995</v>
+        <v>1.0664478990000035</v>
       </c>
       <c r="D28" s="5">
-        <v>36.916578578390855</v>
+        <v>36.919518110413804</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>40.975885308000002</v>
+        <v>40.975865353000003</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.28664312699999783</v>
+        <v>-0.28671832799999919</v>
       </c>
       <c r="D29" s="5">
-        <v>-8.0249342616032777</v>
+        <v>-8.0269494683576248</v>
       </c>
       <c r="E29" s="5">
-        <v>4.049321682632101</v>
+        <v>4.0493291085256455</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>41.606895725999998</v>
+        <v>41.606918233999998</v>
       </c>
       <c r="C30" s="5">
-        <v>0.63101041799999535</v>
+        <v>0.63105288099999512</v>
       </c>
       <c r="D30" s="5">
-        <v>20.127828664995405</v>
+        <v>20.129310515878252</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>41.969521379</v>
+        <v>41.969540271</v>
       </c>
       <c r="C31" s="5">
-        <v>0.36262565300000205</v>
+        <v>0.36262203700000128</v>
       </c>
       <c r="D31" s="5">
-        <v>10.974813777103654</v>
+        <v>10.974692816670206</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>42.154643665999998</v>
+        <v>42.154662577000003</v>
       </c>
       <c r="C32" s="5">
-        <v>0.18512228699999866</v>
+        <v>0.18512230600000379</v>
       </c>
       <c r="D32" s="5">
-        <v>5.4233644800173675</v>
+        <v>5.4233625494383819</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>42.254901679</v>
+        <v>42.254905338</v>
       </c>
       <c r="C33" s="5">
-        <v>0.10025801300000126</v>
+        <v>0.10024276099999696</v>
       </c>
       <c r="D33" s="5">
-        <v>2.8916366473122013</v>
+        <v>2.891189666610039</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>43.025155640999998</v>
+        <v>43.025181433</v>
       </c>
       <c r="C34" s="5">
-        <v>0.77025396199999818</v>
+        <v>0.77027609499999983</v>
       </c>
       <c r="D34" s="5">
-        <v>24.206480093264293</v>
+        <v>24.207244516317594</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>43.340737212000001</v>
+        <v>43.340703628</v>
       </c>
       <c r="C35" s="5">
-        <v>0.31558157100000273</v>
+        <v>0.31552219499999978</v>
       </c>
       <c r="D35" s="5">
-        <v>9.1656815733229813</v>
+        <v>9.1638812106729759</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>44.007224090999998</v>
+        <v>44.007201875</v>
       </c>
       <c r="C36" s="5">
-        <v>0.66648687899999715</v>
+        <v>0.66649824699999982</v>
       </c>
       <c r="D36" s="5">
-        <v>20.09700206066638</v>
+        <v>20.097391257665741</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>44.436907208000001</v>
+        <v>44.436883680999998</v>
       </c>
       <c r="C37" s="5">
-        <v>0.42968311700000328</v>
+        <v>0.42968180599999783</v>
       </c>
       <c r="D37" s="5">
-        <v>12.36684772575607</v>
+        <v>12.366814526624248</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>44.968566406000001</v>
+        <v>44.968544217999998</v>
       </c>
       <c r="C38" s="5">
-        <v>0.53165919799999983</v>
+        <v>0.53166053700000049</v>
       </c>
       <c r="D38" s="5">
-        <v>15.34070859214307</v>
+        <v>15.340758469139271</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>45.403467421000002</v>
+        <v>45.403442540999997</v>
       </c>
       <c r="C39" s="5">
-        <v>0.43490101500000122</v>
+        <v>0.43489832299999875</v>
       </c>
       <c r="D39" s="5">
-        <v>12.243122355738301</v>
+        <v>12.24304886192269</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>45.596519305000001</v>
+        <v>45.596566889999998</v>
       </c>
       <c r="C40" s="5">
-        <v>0.19305188399999906</v>
+        <v>0.19312434900000142</v>
       </c>
       <c r="D40" s="5">
-        <v>5.2233309062355682</v>
+        <v>5.2253405888586402</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>46.568969602000003</v>
+        <v>46.568938695999996</v>
       </c>
       <c r="C41" s="5">
-        <v>0.97245029700000174</v>
+        <v>0.97237180599999817</v>
       </c>
       <c r="D41" s="5">
-        <v>28.818800108926968</v>
+        <v>28.816160992979768</v>
       </c>
       <c r="E41" s="5">
-        <v>13.649697259641691</v>
+        <v>13.649677181474097</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>46.318248973999999</v>
+        <v>46.318289972999999</v>
       </c>
       <c r="C42" s="5">
-        <v>-0.25072062800000339</v>
+        <v>-0.25064872299999763</v>
       </c>
       <c r="D42" s="5">
-        <v>-6.2727122605576451</v>
+        <v>-6.270970244767204</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>47.108693891000001</v>
+        <v>47.108726439000002</v>
       </c>
       <c r="C43" s="5">
-        <v>0.79044491700000208</v>
+        <v>0.79043646600000272</v>
       </c>
       <c r="D43" s="5">
-        <v>22.514408197579215</v>
+        <v>22.514122623125154</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>47.700595679000003</v>
+        <v>47.700625015999996</v>
       </c>
       <c r="C44" s="5">
-        <v>0.59190178800000126</v>
+        <v>0.59189857699999493</v>
       </c>
       <c r="D44" s="5">
-        <v>16.164350635472967</v>
+        <v>16.164244848373954</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>48.277633977000001</v>
+        <v>48.277621095000001</v>
       </c>
       <c r="C45" s="5">
-        <v>0.57703829799999795</v>
+        <v>0.57699607900000416</v>
       </c>
       <c r="D45" s="5">
-        <v>15.52237346672416</v>
+        <v>15.52115098505784</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>48.504927658</v>
+        <v>48.504946572000001</v>
       </c>
       <c r="C46" s="5">
-        <v>0.22729368099999903</v>
+        <v>0.22732547700000083</v>
       </c>
       <c r="D46" s="5">
-        <v>5.7982785709731033</v>
+        <v>5.7991123976072867</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>49.154490905999999</v>
+        <v>49.154462082999999</v>
       </c>
       <c r="C47" s="5">
-        <v>0.64956324799999976</v>
+        <v>0.64951551099999705</v>
       </c>
       <c r="D47" s="5">
-        <v>17.30812551527865</v>
+        <v>17.306751166323565</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>49.534479838999999</v>
+        <v>49.534460949</v>
       </c>
       <c r="C48" s="5">
-        <v>0.37998893299999992</v>
+        <v>0.3799988660000011</v>
       </c>
       <c r="D48" s="5">
-        <v>9.6813664450560175</v>
+        <v>9.6816362948381816</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>50.096152484999998</v>
+        <v>50.096128813999997</v>
       </c>
       <c r="C49" s="5">
-        <v>0.56167264599999811</v>
+        <v>0.56166786499999688</v>
       </c>
       <c r="D49" s="5">
-        <v>14.488320486911043</v>
+        <v>14.488195244749647</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>50.922824726000002</v>
+        <v>50.922798917999998</v>
       </c>
       <c r="C50" s="5">
-        <v>0.82667224100000425</v>
+        <v>0.82667010400000152</v>
       </c>
       <c r="D50" s="5">
-        <v>21.701902940860784</v>
+        <v>21.701852855940306</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>51.691233650999997</v>
+        <v>51.691202662999999</v>
       </c>
       <c r="C51" s="5">
-        <v>0.76840892499999569</v>
+        <v>0.76840374500000053</v>
       </c>
       <c r="D51" s="5">
-        <v>19.688639228476902</v>
+        <v>19.688506120503348</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>52.213878287</v>
+        <v>52.213903582999997</v>
       </c>
       <c r="C52" s="5">
-        <v>0.52264463600000255</v>
+        <v>0.52270091999999835</v>
       </c>
       <c r="D52" s="5">
-        <v>12.831059155528003</v>
+        <v>12.83252680602982</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>52.142082080000002</v>
+        <v>52.142039017999998</v>
       </c>
       <c r="C53" s="5">
-        <v>-7.1796206999998446E-2</v>
+        <v>-7.1864564999998493E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>-1.6376269792349518</v>
+        <v>-1.6391736106996624</v>
       </c>
       <c r="E53" s="5">
-        <v>11.96743781455849</v>
+        <v>11.967419653647159</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>52.789175626999999</v>
+        <v>52.789248978000003</v>
       </c>
       <c r="C54" s="5">
-        <v>0.64709354699999722</v>
+        <v>0.64720996000000497</v>
       </c>
       <c r="D54" s="5">
-        <v>15.95197017980019</v>
+        <v>15.955052734196439</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>53.263775136</v>
+        <v>53.263832813999997</v>
       </c>
       <c r="C55" s="5">
-        <v>0.47459950900000081</v>
+        <v>0.47458383599999365</v>
       </c>
       <c r="D55" s="5">
-        <v>11.338347870005162</v>
+        <v>11.337938190402742</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>53.853793230000001</v>
+        <v>53.853851714999998</v>
       </c>
       <c r="C56" s="5">
-        <v>0.59001809400000127</v>
+        <v>0.59001890100000054</v>
       </c>
       <c r="D56" s="5">
-        <v>14.133267392018167</v>
+        <v>14.133271666700132</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>54.707428555</v>
+        <v>54.707387118</v>
       </c>
       <c r="C57" s="5">
-        <v>0.85363532499999906</v>
+        <v>0.85353540300000219</v>
       </c>
       <c r="D57" s="5">
-        <v>20.77027069695092</v>
+        <v>20.767599155624271</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>54.602423711999997</v>
+        <v>54.602426643999998</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.10500484300000323</v>
+        <v>-0.10496047400000208</v>
       </c>
       <c r="D58" s="5">
-        <v>-2.2791070756095766</v>
+        <v>-2.2781559027164833</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>55.067266005</v>
+        <v>55.067238850000003</v>
       </c>
       <c r="C59" s="5">
-        <v>0.46484229300000379</v>
+        <v>0.46481220600000484</v>
       </c>
       <c r="D59" s="5">
-        <v>10.708032225172669</v>
+        <v>10.707305777112008</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>56.241211</v>
+        <v>56.241191755999999</v>
       </c>
       <c r="C60" s="5">
-        <v>1.1739449949999994</v>
+        <v>1.1739529059999967</v>
       </c>
       <c r="D60" s="5">
-        <v>28.805314067512189</v>
+        <v>28.805547393732933</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>56.617527455999998</v>
+        <v>56.617501668999999</v>
       </c>
       <c r="C61" s="5">
-        <v>0.37631645599999786</v>
+        <v>0.37630991300000005</v>
       </c>
       <c r="D61" s="5">
-        <v>8.3315185629179833</v>
+        <v>8.3313712875887838</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>57.142876655999999</v>
+        <v>57.142849220999999</v>
       </c>
       <c r="C62" s="5">
-        <v>0.52534920000000085</v>
+        <v>0.5253475519999995</v>
       </c>
       <c r="D62" s="5">
-        <v>11.720894170908469</v>
+        <v>11.720861120274328</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>57.997787398</v>
+        <v>57.997747593</v>
       </c>
       <c r="C63" s="5">
-        <v>0.85491074200000128</v>
+        <v>0.85489837200000096</v>
       </c>
       <c r="D63" s="5">
-        <v>19.506605942551424</v>
+        <v>19.506310225633271</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>59.037131719999998</v>
+        <v>59.037131506999998</v>
       </c>
       <c r="C64" s="5">
-        <v>1.039344321999998</v>
+        <v>1.0393839139999983</v>
       </c>
       <c r="D64" s="5">
-        <v>23.755892130642486</v>
+        <v>23.756906009825983</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>59.730638968999997</v>
+        <v>59.730584831000002</v>
       </c>
       <c r="C65" s="5">
-        <v>0.6935072489999996</v>
+        <v>0.69345332400000359</v>
       </c>
       <c r="D65" s="5">
-        <v>15.04372483990104</v>
+        <v>15.042478562076811</v>
       </c>
       <c r="E65" s="5">
-        <v>14.553613101519613</v>
+        <v>14.553603878782639</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>60.294072403000001</v>
+        <v>60.294180486999998</v>
       </c>
       <c r="C66" s="5">
-        <v>0.56343343400000379</v>
+        <v>0.56359565599999684</v>
       </c>
       <c r="D66" s="5">
-        <v>11.925615104152776</v>
+        <v>11.929240185287892</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>60.864618325999999</v>
+        <v>60.864707813000003</v>
       </c>
       <c r="C67" s="5">
-        <v>0.5705459229999974</v>
+        <v>0.57052732600000411</v>
       </c>
       <c r="D67" s="5">
-        <v>11.965292247679837</v>
+        <v>11.964859143780494</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>61.242276302</v>
+        <v>61.242382554000002</v>
       </c>
       <c r="C68" s="5">
-        <v>0.37765797600000184</v>
+        <v>0.37767474099999987</v>
       </c>
       <c r="D68" s="5">
-        <v>7.7052960675329407</v>
+        <v>7.7056381596879442</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>60.840839674999998</v>
+        <v>60.840766879999997</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.40143662700000249</v>
+        <v>-0.40161567400000564</v>
       </c>
       <c r="D69" s="5">
-        <v>-7.588398647400374</v>
+        <v>-7.5916493646075223</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>62.164503803000002</v>
+        <v>62.164481733000002</v>
       </c>
       <c r="C70" s="5">
-        <v>1.3236641280000043</v>
+        <v>1.3237148530000056</v>
       </c>
       <c r="D70" s="5">
-        <v>29.469439299134436</v>
+        <v>29.470746621942979</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>62.735598666000001</v>
+        <v>62.735567787999997</v>
       </c>
       <c r="C71" s="5">
-        <v>0.57109486299999901</v>
+        <v>0.57108605499999499</v>
       </c>
       <c r="D71" s="5">
-        <v>11.598640149112516</v>
+        <v>11.598456457532592</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>63.221479279999997</v>
+        <v>63.221454627999996</v>
       </c>
       <c r="C72" s="5">
-        <v>0.4858806139999956</v>
+        <v>0.48588683999999915</v>
       </c>
       <c r="D72" s="5">
-        <v>9.7001649745198648</v>
+        <v>9.7002995923933142</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>63.790554473999997</v>
+        <v>63.790524269999999</v>
       </c>
       <c r="C73" s="5">
-        <v>0.56907519399999984</v>
+        <v>0.56906964200000232</v>
       </c>
       <c r="D73" s="5">
-        <v>11.352682648666402</v>
+        <v>11.352570998111577</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>64.348676091000002</v>
+        <v>64.348650340000006</v>
       </c>
       <c r="C74" s="5">
-        <v>0.55812161700000473</v>
+        <v>0.55812607000000725</v>
       </c>
       <c r="D74" s="5">
-        <v>11.019398181340435</v>
+        <v>11.019495844551862</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>64.776081957000002</v>
+        <v>64.776033682000005</v>
       </c>
       <c r="C75" s="5">
-        <v>0.42740586600000086</v>
+        <v>0.42738334199999883</v>
       </c>
       <c r="D75" s="5">
-        <v>8.2681497830855868</v>
+        <v>8.2677014490635017</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>65.014561369999996</v>
+        <v>65.014540095000001</v>
       </c>
       <c r="C76" s="5">
-        <v>0.2384794129999932</v>
+        <v>0.23850641299999609</v>
       </c>
       <c r="D76" s="5">
-        <v>4.5084804924008459</v>
+        <v>4.5090047402168931</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>65.412430877999995</v>
+        <v>65.412375892</v>
       </c>
       <c r="C77" s="5">
-        <v>0.39786950799999943</v>
+        <v>0.39783579699999905</v>
       </c>
       <c r="D77" s="5">
-        <v>7.5959249981520705</v>
+        <v>7.5952621610971605</v>
       </c>
       <c r="E77" s="5">
-        <v>9.5123574886731621</v>
+        <v>9.5123646906788206</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>64.235663915000003</v>
+        <v>64.235789308999998</v>
       </c>
       <c r="C78" s="5">
-        <v>-1.1767669629999915</v>
+        <v>-1.1765865830000024</v>
       </c>
       <c r="D78" s="5">
-        <v>-19.574986906112425</v>
+        <v>-19.572291629260352</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>64.605680508999995</v>
+        <v>64.605790514000006</v>
       </c>
       <c r="C79" s="5">
-        <v>0.37001659399999198</v>
+        <v>0.37000120500000833</v>
       </c>
       <c r="D79" s="5">
-        <v>7.1356128900609495</v>
+        <v>7.1352922825261844</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>65.303841802999997</v>
+        <v>65.303991613999997</v>
       </c>
       <c r="C80" s="5">
-        <v>0.69816129400000193</v>
+        <v>0.69820109999999147</v>
       </c>
       <c r="D80" s="5">
-        <v>13.767001695402282</v>
+        <v>13.767809005955289</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>65.786204381000005</v>
+        <v>65.786110261000005</v>
       </c>
       <c r="C81" s="5">
-        <v>0.48236257800000715</v>
+        <v>0.48211864700000717</v>
       </c>
       <c r="D81" s="5">
-        <v>9.2328291874546498</v>
+        <v>9.2279469108504273</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>66.172833557999994</v>
+        <v>66.172791090000004</v>
       </c>
       <c r="C82" s="5">
-        <v>0.386629176999989</v>
+        <v>0.38668082899999945</v>
       </c>
       <c r="D82" s="5">
-        <v>7.2849546509119456</v>
+        <v>7.2859703292198708</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>66.179203732000005</v>
+        <v>66.179161621000006</v>
       </c>
       <c r="C83" s="5">
-        <v>6.370174000011275E-3</v>
+        <v>6.3705310000017334E-3</v>
       </c>
       <c r="D83" s="5">
-        <v>0.11558001978773103</v>
+        <v>0.11558657482191315</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>66.229638790999999</v>
+        <v>66.229606333000007</v>
       </c>
       <c r="C84" s="5">
-        <v>5.0435058999994453E-2</v>
+        <v>5.0444712000000891E-2</v>
       </c>
       <c r="D84" s="5">
-        <v>0.91836095983164334</v>
+        <v>0.91853805367247965</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>66.666377522999994</v>
+        <v>66.666345395999997</v>
       </c>
       <c r="C85" s="5">
-        <v>0.43673873199999491</v>
+        <v>0.43673906299999032</v>
       </c>
       <c r="D85" s="5">
-        <v>8.2065749371619248</v>
+        <v>8.2065855530207834</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>66.980472325999997</v>
+        <v>66.980454280000004</v>
       </c>
       <c r="C86" s="5">
-        <v>0.31409480300000325</v>
+        <v>0.31410888400000658</v>
       </c>
       <c r="D86" s="5">
-        <v>5.80256113513824</v>
+        <v>5.8028309134275258</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>67.653527866000005</v>
+        <v>67.653476333</v>
       </c>
       <c r="C87" s="5">
-        <v>0.67305554000000711</v>
+        <v>0.67302205299999684</v>
       </c>
       <c r="D87" s="5">
-        <v>12.747497336080716</v>
+        <v>12.746831273940963</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>67.975808198999999</v>
+        <v>67.975787169</v>
       </c>
       <c r="C88" s="5">
-        <v>0.32228033299999481</v>
+        <v>0.32231083599999977</v>
       </c>
       <c r="D88" s="5">
-        <v>5.8686021214333861</v>
+        <v>5.8691767923379601</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>68.630920954999993</v>
+        <v>68.630863590999994</v>
       </c>
       <c r="C89" s="5">
-        <v>0.65511275599999408</v>
+        <v>0.65507642199999339</v>
       </c>
       <c r="D89" s="5">
-        <v>12.19806381081121</v>
+        <v>12.197355001290289</v>
       </c>
       <c r="E89" s="5">
-        <v>4.9203034252048639</v>
+        <v>4.920303925841063</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>68.358764432000001</v>
+        <v>68.358897256000006</v>
       </c>
       <c r="C90" s="5">
-        <v>-0.27215652299999249</v>
+        <v>-0.27196633499998768</v>
       </c>
       <c r="D90" s="5">
-        <v>-4.6561836044186293</v>
+        <v>-4.6530041695724051</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>69.364529524999995</v>
+        <v>69.364645956999993</v>
       </c>
       <c r="C91" s="5">
-        <v>1.0057650929999937</v>
+        <v>1.0057487009999875</v>
       </c>
       <c r="D91" s="5">
-        <v>19.156815278628404</v>
+        <v>19.156437090065602</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>69.647488519000007</v>
+        <v>69.647658215999996</v>
       </c>
       <c r="C92" s="5">
-        <v>0.2829589940000119</v>
+        <v>0.28301225900000304</v>
       </c>
       <c r="D92" s="5">
-        <v>5.0065006145656454</v>
+        <v>5.0074557061786429</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>71.760855957000004</v>
+        <v>71.760759722000003</v>
       </c>
       <c r="C93" s="5">
-        <v>2.1133674379999974</v>
+        <v>2.1131015060000067</v>
       </c>
       <c r="D93" s="5">
-        <v>43.148169327364585</v>
+        <v>43.141680461040806</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>72.043423923000006</v>
+        <v>72.043369294000001</v>
       </c>
       <c r="C94" s="5">
-        <v>0.282567966000002</v>
+        <v>0.28260957199999837</v>
       </c>
       <c r="D94" s="5">
-        <v>4.8288483301243357</v>
+        <v>4.8295814301053452</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>72.565087895000005</v>
+        <v>72.565027537999995</v>
       </c>
       <c r="C95" s="5">
-        <v>0.52166397199999892</v>
+        <v>0.52165824399999394</v>
       </c>
       <c r="D95" s="5">
-        <v>9.0436975704848432</v>
+        <v>9.0436014137576404</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>73.681194177999998</v>
+        <v>73.681154703000004</v>
       </c>
       <c r="C96" s="5">
-        <v>1.1161062829999935</v>
+        <v>1.1161271650000089</v>
       </c>
       <c r="D96" s="5">
-        <v>20.101149609432479</v>
+        <v>20.101576223518691</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>74.496106230999999</v>
+        <v>74.496074242000006</v>
       </c>
       <c r="C97" s="5">
-        <v>0.81491205300000047</v>
+        <v>0.81491953900000169</v>
       </c>
       <c r="D97" s="5">
-        <v>14.109817559843396</v>
+        <v>14.10996318569766</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>75.298015628000002</v>
+        <v>75.298005493999995</v>
       </c>
       <c r="C98" s="5">
-        <v>0.80190939700000285</v>
+        <v>0.8019312519999886</v>
       </c>
       <c r="D98" s="5">
-        <v>13.710217562223059</v>
+        <v>13.710619851294425</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>75.206537913999995</v>
+        <v>75.206486869000003</v>
       </c>
       <c r="C99" s="5">
-        <v>-9.1477714000006927E-2</v>
+        <v>-9.1518624999991971E-2</v>
       </c>
       <c r="D99" s="5">
-        <v>-1.4481488453199742</v>
+        <v>-1.4487923622308996</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>75.841112949999996</v>
+        <v>75.841104031</v>
       </c>
       <c r="C100" s="5">
-        <v>0.63457503600000109</v>
+        <v>0.63461716199999785</v>
       </c>
       <c r="D100" s="5">
-        <v>10.608680270985072</v>
+        <v>10.609425063658783</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>76.016493951000001</v>
+        <v>76.016438467</v>
       </c>
       <c r="C101" s="5">
-        <v>0.1753810010000052</v>
+        <v>0.17533443599999998</v>
       </c>
       <c r="D101" s="5">
-        <v>2.8105424896514908</v>
+        <v>2.8097870898728283</v>
       </c>
       <c r="E101" s="5">
-        <v>10.761290819399893</v>
+        <v>10.761302553343555</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>76.246390499</v>
+        <v>76.246516298000003</v>
       </c>
       <c r="C102" s="5">
-        <v>0.22989654799999926</v>
+        <v>0.23007783100000267</v>
       </c>
       <c r="D102" s="5">
-        <v>3.6901366922889922</v>
+        <v>3.6930978687821359</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>76.949691005999995</v>
+        <v>76.949801195000006</v>
       </c>
       <c r="C103" s="5">
-        <v>0.70330050699999447</v>
+        <v>0.70328489700000318</v>
       </c>
       <c r="D103" s="5">
-        <v>11.648037772593934</v>
+        <v>11.647745783231734</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>77.192710254999994</v>
+        <v>77.192886892999994</v>
       </c>
       <c r="C104" s="5">
-        <v>0.2430192489999996</v>
+        <v>0.24308569799998736</v>
       </c>
       <c r="D104" s="5">
-        <v>3.8563151469792167</v>
+        <v>3.8573823507654481</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>78.337766005000006</v>
+        <v>78.337672045000005</v>
       </c>
       <c r="C105" s="5">
-        <v>1.1450557500000116</v>
+        <v>1.1447851520000114</v>
       </c>
       <c r="D105" s="5">
-        <v>19.326998386958572</v>
+        <v>19.32200438070808</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>79.027101103000007</v>
+        <v>79.027042034999994</v>
       </c>
       <c r="C106" s="5">
-        <v>0.68933509800000081</v>
+        <v>0.68936998999998877</v>
       </c>
       <c r="D106" s="5">
-        <v>11.085769242113198</v>
+        <v>11.08637174914846</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>79.857814789000003</v>
+        <v>79.857740898000003</v>
       </c>
       <c r="C107" s="5">
-        <v>0.83071368599999573</v>
+        <v>0.83069886300000917</v>
       </c>
       <c r="D107" s="5">
-        <v>13.369556941279859</v>
+        <v>13.369314998603631</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>80.291446854</v>
+        <v>80.291408571000005</v>
       </c>
       <c r="C108" s="5">
-        <v>0.43363206499999762</v>
+        <v>0.4336676730000022</v>
       </c>
       <c r="D108" s="5">
-        <v>6.7142318962694958</v>
+        <v>6.7148062105778505</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>80.258981708999997</v>
+        <v>80.258956115999993</v>
       </c>
       <c r="C109" s="5">
-        <v>-3.2465145000003304E-2</v>
+        <v>-3.2452455000012037E-2</v>
       </c>
       <c r="D109" s="5">
-        <v>-0.48413192193278443</v>
+        <v>-0.48394333479808704</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>80.649122512999995</v>
+        <v>80.649124119999996</v>
       </c>
       <c r="C110" s="5">
-        <v>0.39014080399999784</v>
+        <v>0.39016800400000307</v>
       </c>
       <c r="D110" s="5">
-        <v>5.9917382082010695</v>
+        <v>5.9921691368086449</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>80.271918248000006</v>
+        <v>80.271877990999997</v>
       </c>
       <c r="C111" s="5">
-        <v>-0.37720426499998894</v>
+        <v>-0.37724612899999954</v>
       </c>
       <c r="D111" s="5">
-        <v>-5.4703742163885956</v>
+        <v>-5.470965705878772</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>81.191791722000005</v>
+        <v>81.191798074000005</v>
       </c>
       <c r="C112" s="5">
-        <v>0.91987347399999919</v>
+        <v>0.91992008300000805</v>
       </c>
       <c r="D112" s="5">
-        <v>14.652045800899781</v>
+        <v>14.652843427662866</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>81.501865667999994</v>
+        <v>81.501824091000003</v>
       </c>
       <c r="C113" s="5">
-        <v>0.31007394599998861</v>
+        <v>0.31002601699999843</v>
       </c>
       <c r="D113" s="5">
-        <v>4.6803338293177843</v>
+        <v>4.6795947424622231</v>
       </c>
       <c r="E113" s="5">
-        <v>7.2160283010892945</v>
+        <v>7.2160518627576886</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>82.964406320999998</v>
+        <v>82.964502288000006</v>
       </c>
       <c r="C114" s="5">
-        <v>1.4625406530000049</v>
+        <v>1.4626781970000025</v>
       </c>
       <c r="D114" s="5">
-        <v>23.791582144754742</v>
+        <v>23.79405828833989</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>84.051631185999994</v>
+        <v>84.051712649999999</v>
       </c>
       <c r="C115" s="5">
-        <v>1.087224864999996</v>
+        <v>1.0872103619999933</v>
       </c>
       <c r="D115" s="5">
-        <v>16.910101262958975</v>
+        <v>16.909838200128611</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>84.628400798000001</v>
+        <v>84.628552157000001</v>
       </c>
       <c r="C116" s="5">
-        <v>0.57676961200000676</v>
+        <v>0.57683950700000253</v>
       </c>
       <c r="D116" s="5">
-        <v>8.5525065579948656</v>
+        <v>8.5535738056413457</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>85.405372948999997</v>
+        <v>85.405296422000006</v>
       </c>
       <c r="C117" s="5">
-        <v>0.77697215099999539</v>
+        <v>0.77674426500000493</v>
       </c>
       <c r="D117" s="5">
-        <v>11.590882391510515</v>
+        <v>11.587287585486195</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>86.094590217000004</v>
+        <v>86.094544162999995</v>
       </c>
       <c r="C118" s="5">
-        <v>0.68921726800000727</v>
+        <v>0.68924774099998842</v>
       </c>
       <c r="D118" s="5">
-        <v>10.12553648779646</v>
+        <v>10.126013712970327</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>86.657984647000006</v>
+        <v>86.657903825000005</v>
       </c>
       <c r="C119" s="5">
-        <v>0.56339443000000244</v>
+        <v>0.56335966200001053</v>
       </c>
       <c r="D119" s="5">
-        <v>8.1415666782084664</v>
+        <v>8.1410505431167568</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>87.242940273000002</v>
+        <v>87.242912826999998</v>
       </c>
       <c r="C120" s="5">
-        <v>0.58495562599999573</v>
+        <v>0.58500900199999251</v>
       </c>
       <c r="D120" s="5">
-        <v>8.407794589094042</v>
+        <v>8.4085986256698497</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>87.929902952999996</v>
+        <v>87.929888300000002</v>
       </c>
       <c r="C121" s="5">
-        <v>0.6869626799999935</v>
+        <v>0.68697547300000394</v>
       </c>
       <c r="D121" s="5">
-        <v>9.8691084474500599</v>
+        <v>9.8693035075515745</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>88.227233741000006</v>
+        <v>88.227243981000001</v>
       </c>
       <c r="C122" s="5">
-        <v>0.29733078800001067</v>
+        <v>0.29735568099999909</v>
       </c>
       <c r="D122" s="5">
-        <v>4.1340659489050413</v>
+        <v>4.1344192239665789</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>89.025319091</v>
+        <v>89.025288184999994</v>
       </c>
       <c r="C123" s="5">
-        <v>0.79808534999999381</v>
+        <v>0.79804420399999287</v>
       </c>
       <c r="D123" s="5">
-        <v>11.411626833801879</v>
+        <v>11.411007533511498</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>89.283602009000006</v>
+        <v>89.283624173999996</v>
       </c>
       <c r="C124" s="5">
-        <v>0.25828291800000613</v>
+        <v>0.25833598900000254</v>
       </c>
       <c r="D124" s="5">
-        <v>3.537569740344737</v>
+        <v>3.5383095150733679</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>90.248036912000003</v>
+        <v>90.248009811000003</v>
       </c>
       <c r="C125" s="5">
-        <v>0.96443490299999723</v>
+        <v>0.96438563700000657</v>
       </c>
       <c r="D125" s="5">
-        <v>13.760824628134415</v>
+        <v>13.760075790631765</v>
       </c>
       <c r="E125" s="5">
-        <v>10.731252803006708</v>
+        <v>10.731276038968819</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>92.179870949999994</v>
+        <v>92.179929454000003</v>
       </c>
       <c r="C126" s="5">
-        <v>1.931834037999991</v>
+        <v>1.9319196430000005</v>
       </c>
       <c r="D126" s="5">
-        <v>28.937719091767832</v>
+        <v>28.939165729487868</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>91.859407480000002</v>
+        <v>91.859457612</v>
       </c>
       <c r="C127" s="5">
-        <v>-0.32046346999999287</v>
+        <v>-0.32047184200000345</v>
       </c>
       <c r="D127" s="5">
-        <v>-4.0929511044485505</v>
+        <v>-4.0930534469076907</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>93.081490201999998</v>
+        <v>93.081593709000003</v>
       </c>
       <c r="C128" s="5">
-        <v>1.2220827219999961</v>
+        <v>1.2221360970000035</v>
       </c>
       <c r="D128" s="5">
-        <v>17.186141200357973</v>
+        <v>17.186937492175723</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>93.153000922000004</v>
+        <v>93.152949484999994</v>
       </c>
       <c r="C129" s="5">
-        <v>7.1510720000006245E-2</v>
+        <v>7.1355775999990101E-2</v>
       </c>
       <c r="D129" s="5">
-        <v>0.92581661397972415</v>
+        <v>0.92380112789356428</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>94.352245897000003</v>
+        <v>94.352219018</v>
       </c>
       <c r="C130" s="5">
-        <v>1.1992449749999992</v>
+        <v>1.199269533000006</v>
       </c>
       <c r="D130" s="5">
-        <v>16.590913316586331</v>
+        <v>16.591287291996835</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>95.987790985999993</v>
+        <v>95.987717180999994</v>
       </c>
       <c r="C131" s="5">
-        <v>1.6355450889999901</v>
+        <v>1.6354981629999941</v>
       </c>
       <c r="D131" s="5">
-        <v>22.90372861830916</v>
+        <v>22.903014764785201</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>96.233711319999998</v>
+        <v>96.233697081000003</v>
       </c>
       <c r="C132" s="5">
-        <v>0.24592033400000446</v>
+        <v>0.24597990000000891</v>
       </c>
       <c r="D132" s="5">
-        <v>3.1180885064594266</v>
+        <v>3.1188568679196615</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>96.706946052000006</v>
+        <v>96.706941087999994</v>
       </c>
       <c r="C133" s="5">
-        <v>0.47323473200000876</v>
+        <v>0.47324400699999103</v>
       </c>
       <c r="D133" s="5">
-        <v>6.0633170186839891</v>
+        <v>6.0634400085596729</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>97.687994450999994</v>
+        <v>97.688008100999994</v>
       </c>
       <c r="C134" s="5">
-        <v>0.98104839899998808</v>
+        <v>0.98106701300000054</v>
       </c>
       <c r="D134" s="5">
-        <v>12.876178549045235</v>
+        <v>12.876437344041269</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>98.648726980999996</v>
+        <v>98.648711681999998</v>
       </c>
       <c r="C135" s="5">
-        <v>0.96073253000000136</v>
+        <v>0.96070358100000419</v>
       </c>
       <c r="D135" s="5">
-        <v>12.461403759959255</v>
+        <v>12.461005895323218</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>99.162206100000006</v>
+        <v>99.162226931000006</v>
       </c>
       <c r="C136" s="5">
-        <v>0.51347911900001009</v>
+        <v>0.51351524900000811</v>
       </c>
       <c r="D136" s="5">
-        <v>6.4281072363506997</v>
+        <v>6.4285735911709052</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>99.598671186000004</v>
+        <v>99.598650493999997</v>
       </c>
       <c r="C137" s="5">
-        <v>0.43646508599999834</v>
+        <v>0.43642356299999108</v>
       </c>
       <c r="D137" s="5">
-        <v>5.4115912862951143</v>
+        <v>5.4110627660506783</v>
       </c>
       <c r="E137" s="5">
-        <v>10.361038969875569</v>
+        <v>10.3610491827824</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>98.698378840999993</v>
+        <v>98.698414635999995</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.9002923450000111</v>
+        <v>-0.90023585800000205</v>
       </c>
       <c r="D138" s="5">
-        <v>-10.32369603713107</v>
+        <v>-10.323082192484012</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>98.265652005000007</v>
+        <v>98.265675481000002</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.43272683599998629</v>
+        <v>-0.43273915499999305</v>
       </c>
       <c r="D139" s="5">
-        <v>-5.1361710616056211</v>
+        <v>-5.1363119538024193</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>98.491605539999995</v>
+        <v>98.491650148000005</v>
       </c>
       <c r="C140" s="5">
-        <v>0.22595353499998794</v>
+        <v>0.22597466700000268</v>
       </c>
       <c r="D140" s="5">
-        <v>2.7944633608134151</v>
+        <v>2.7947273474546952</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>96.752911659999995</v>
+        <v>96.752892376999995</v>
       </c>
       <c r="C141" s="5">
-        <v>-1.7386938799999996</v>
+        <v>-1.7387577710000102</v>
       </c>
       <c r="D141" s="5">
-        <v>-19.24342036184369</v>
+        <v>-19.244052405367849</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>95.675487842999999</v>
+        <v>95.675483729999996</v>
       </c>
       <c r="C142" s="5">
-        <v>-1.0774238169999961</v>
+        <v>-1.0774086469999986</v>
       </c>
       <c r="D142" s="5">
-        <v>-12.574182350768892</v>
+        <v>-12.57401836169314</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>94.417086716</v>
+        <v>94.417030256999993</v>
       </c>
       <c r="C143" s="5">
-        <v>-1.2584011269999991</v>
+        <v>-1.258453473000003</v>
       </c>
       <c r="D143" s="5">
-        <v>-14.690199335160937</v>
+        <v>-14.690767481699895</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>93.974881576000001</v>
+        <v>93.974879330999997</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.44220513999999866</v>
+        <v>-0.4421509259999965</v>
       </c>
       <c r="D144" s="5">
-        <v>-5.4776971201166091</v>
+        <v>-5.4770459516028431</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>93.790571557999996</v>
+        <v>93.790573062999997</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.18431001800000502</v>
+        <v>-0.18430626800000027</v>
       </c>
       <c r="D145" s="5">
-        <v>-2.3283005892798969</v>
+        <v>-2.3282537821560423</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>93.056640442000003</v>
+        <v>93.056648412000001</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.73393111599999372</v>
+        <v>-0.73392465099999527</v>
       </c>
       <c r="D146" s="5">
-        <v>-8.9964689007064997</v>
+        <v>-8.9963928941213407</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>92.516986476</v>
+        <v>92.516982436999996</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.53965396600000304</v>
+        <v>-0.53966597500000546</v>
       </c>
       <c r="D147" s="5">
-        <v>-6.7413112131040398</v>
+        <v>-6.7414559172108586</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>92.102727467999998</v>
+        <v>92.102739258</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.41425900800000193</v>
+        <v>-0.41424317899999608</v>
       </c>
       <c r="D148" s="5">
-        <v>-5.2428135584201456</v>
+        <v>-5.242618359083151</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>91.819088234000006</v>
+        <v>91.819077620000002</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.2836392339999918</v>
+        <v>-0.28366163799999811</v>
       </c>
       <c r="D149" s="5">
-        <v>-3.6335600394024281</v>
+        <v>-3.6338417444400695</v>
       </c>
       <c r="E149" s="5">
-        <v>-7.8109304666039829</v>
+        <v>-7.8109219707436228</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>91.321660918999996</v>
+        <v>91.321677352999998</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.49742731500001014</v>
+        <v>-0.49740026700000328</v>
       </c>
       <c r="D150" s="5">
-        <v>-6.3107183510959119</v>
+        <v>-6.3103860674072143</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>90.845387459999998</v>
+        <v>90.845397879000004</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.47627345899999796</v>
+        <v>-0.47627947399999471</v>
       </c>
       <c r="D151" s="5">
-        <v>-6.0819733789922008</v>
+        <v>-6.0820469369837422</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>90.693325044000005</v>
+        <v>90.693339292999994</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.1520624159999926</v>
+        <v>-0.15205858600000965</v>
       </c>
       <c r="D152" s="5">
-        <v>-1.9902422867235314</v>
+        <v>-1.9901923928598686</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>90.864016563000007</v>
+        <v>90.864007780999998</v>
       </c>
       <c r="C153" s="5">
-        <v>0.17069151900000179</v>
+        <v>0.170668488000004</v>
       </c>
       <c r="D153" s="5">
-        <v>2.2820142210924876</v>
+        <v>2.2817027583425631</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>91.023798683999999</v>
+        <v>91.023800921000003</v>
       </c>
       <c r="C154" s="5">
-        <v>0.15978212099999212</v>
+        <v>0.159793140000005</v>
       </c>
       <c r="D154" s="5">
-        <v>2.1306991109748319</v>
+        <v>2.1308476817332389</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>90.904205958000006</v>
+        <v>90.904171216999998</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.11959272599999338</v>
+        <v>-0.11962970400000472</v>
       </c>
       <c r="D155" s="5">
-        <v>-1.565291214856146</v>
+        <v>-1.5657716706611313</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>90.202075836999995</v>
+        <v>90.202078056000005</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.70213012100001038</v>
+        <v>-0.70209316099999342</v>
       </c>
       <c r="D156" s="5">
-        <v>-8.8848374573761149</v>
+        <v>-8.884392699204902</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>91.162208561</v>
+        <v>91.162210540000004</v>
       </c>
       <c r="C157" s="5">
-        <v>0.9601327240000046</v>
+        <v>0.96013248399999895</v>
       </c>
       <c r="D157" s="5">
-        <v>13.548047851042577</v>
+        <v>13.548043910793028</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>90.675779637999995</v>
+        <v>90.675783527999997</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.4864289230000054</v>
+        <v>-0.48642701200000715</v>
       </c>
       <c r="D158" s="5">
-        <v>-6.2184249368582245</v>
+        <v>-6.2184010883408298</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>90.272318795999993</v>
+        <v>90.272321852000005</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.40346084200000121</v>
+        <v>-0.40346167599999205</v>
       </c>
       <c r="D159" s="5">
-        <v>-5.2106385167825175</v>
+        <v>-5.2106488074663222</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>90.529457214000004</v>
+        <v>90.529459861000007</v>
       </c>
       <c r="C160" s="5">
-        <v>0.25713841800001092</v>
+        <v>0.25713800900000194</v>
       </c>
       <c r="D160" s="5">
-        <v>3.4722325354230144</v>
+        <v>3.472226806345069</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>90.036640663</v>
+        <v>90.036641095999997</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.49281655100000421</v>
+        <v>-0.49281876500000976</v>
       </c>
       <c r="D161" s="5">
-        <v>-6.3403791472731452</v>
+        <v>-6.3404066044652208</v>
       </c>
       <c r="E161" s="5">
-        <v>-1.9412603689305419</v>
+        <v>-1.9412485620654452</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>89.808094299999993</v>
+        <v>89.808098771999994</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.22854636300000664</v>
+        <v>-0.22854232400000285</v>
       </c>
       <c r="D162" s="5">
-        <v>-3.0038765666853706</v>
+        <v>-3.0038242051627195</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>89.297334219000007</v>
+        <v>89.297336756000007</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.5107600809999866</v>
+        <v>-0.51076201599998683</v>
       </c>
       <c r="D163" s="5">
-        <v>-6.6152072949427598</v>
+        <v>-6.6152312586310931</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>89.041143910000002</v>
+        <v>89.041150243999994</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.25619030900000439</v>
+        <v>-0.25618651200001352</v>
       </c>
       <c r="D164" s="5">
-        <v>-3.3889418005119354</v>
+        <v>-3.3888922680686662</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>89.200402853</v>
+        <v>89.200398355999994</v>
       </c>
       <c r="C165" s="5">
-        <v>0.15925894299999754</v>
+        <v>0.15924811200000022</v>
       </c>
       <c r="D165" s="5">
-        <v>2.1675597374571032</v>
+        <v>2.167410715689555</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>89.685716481</v>
+        <v>89.685717456999996</v>
       </c>
       <c r="C166" s="5">
-        <v>0.48531362800000011</v>
+        <v>0.48531910100000175</v>
       </c>
       <c r="D166" s="5">
-        <v>6.7278091376891558</v>
+        <v>6.7278876428753964</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>89.154081653999995</v>
+        <v>89.154063557000001</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.53163482700000486</v>
+        <v>-0.53165389999999491</v>
       </c>
       <c r="D167" s="5">
-        <v>-6.8859136234526108</v>
+        <v>-6.8861525927674139</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>88.873819009000002</v>
+        <v>88.873821274999997</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.28026264499999343</v>
+        <v>-0.28024228200000323</v>
       </c>
       <c r="D168" s="5">
-        <v>-3.7077483356401486</v>
+        <v>-3.7074843221435949</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>88.455723074999995</v>
+        <v>88.455723866</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.41809593400000722</v>
+        <v>-0.41809740899999781</v>
       </c>
       <c r="D169" s="5">
-        <v>-5.5014529490580504</v>
+        <v>-5.5014717215651547</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>89.005216130999997</v>
+        <v>89.005218767000002</v>
       </c>
       <c r="C170" s="5">
-        <v>0.54949305600000287</v>
+        <v>0.54949490100000276</v>
       </c>
       <c r="D170" s="5">
-        <v>7.7145238473664168</v>
+        <v>7.7145505699400374</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>89.716414150999995</v>
+        <v>89.716416577000004</v>
       </c>
       <c r="C171" s="5">
-        <v>0.71119801999999765</v>
+        <v>0.7111978100000016</v>
       </c>
       <c r="D171" s="5">
-        <v>10.02145279467468</v>
+        <v>10.021449394375569</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>89.149096560000004</v>
+        <v>89.149098609000006</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.56731759099999124</v>
+        <v>-0.56731796799999756</v>
       </c>
       <c r="D172" s="5">
-        <v>-7.3297207505842898</v>
+        <v>-7.3297252619122899</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>89.548274906000003</v>
+        <v>89.548276102000003</v>
       </c>
       <c r="C173" s="5">
-        <v>0.39917834599999935</v>
+        <v>0.39917749299999628</v>
       </c>
       <c r="D173" s="5">
-        <v>5.5074992736285688</v>
+        <v>5.5074870836596457</v>
       </c>
       <c r="E173" s="5">
-        <v>-0.542407794653188</v>
+        <v>-0.54240694461189509</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>90.245708659000002</v>
+        <v>90.245709528999996</v>
       </c>
       <c r="C174" s="5">
-        <v>0.69743375299999855</v>
+        <v>0.69743342699999289</v>
       </c>
       <c r="D174" s="5">
-        <v>9.756949779525371</v>
+        <v>9.7569448858005003</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>91.058208153999999</v>
+        <v>91.058208991000001</v>
       </c>
       <c r="C175" s="5">
-        <v>0.8124994949999973</v>
+        <v>0.81249946200000522</v>
       </c>
       <c r="D175" s="5">
-        <v>11.355195486733116</v>
+        <v>11.355194887519925</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>91.602515771</v>
+        <v>91.602517558000002</v>
       </c>
       <c r="C176" s="5">
-        <v>0.54430761700000119</v>
+        <v>0.54430856700000163</v>
       </c>
       <c r="D176" s="5">
-        <v>7.413684885414451</v>
+        <v>7.4136981827248816</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>92.078932875999996</v>
+        <v>92.078932128000005</v>
       </c>
       <c r="C177" s="5">
-        <v>0.4764171049999959</v>
+        <v>0.47641457000000287</v>
       </c>
       <c r="D177" s="5">
-        <v>6.4227592081981477</v>
+        <v>6.4227239205503883</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>92.482100727000002</v>
+        <v>92.482098066000006</v>
       </c>
       <c r="C178" s="5">
-        <v>0.40316785100000629</v>
+        <v>0.40316593800000078</v>
       </c>
       <c r="D178" s="5">
-        <v>5.3825986904929568</v>
+        <v>5.3825725771048605</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>92.845583012999995</v>
+        <v>92.845577656000003</v>
       </c>
       <c r="C179" s="5">
-        <v>0.36348228599999288</v>
+        <v>0.36347958999999719</v>
       </c>
       <c r="D179" s="5">
-        <v>4.8196579104492487</v>
+        <v>4.8196215277812815</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>93.703709887000002</v>
+        <v>93.703709762000003</v>
       </c>
       <c r="C180" s="5">
-        <v>0.85812687400000698</v>
+        <v>0.85813210599999934</v>
       </c>
       <c r="D180" s="5">
-        <v>11.672555879023117</v>
+        <v>11.672631410740554</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>94.272539105999996</v>
+        <v>94.272538826000002</v>
       </c>
       <c r="C181" s="5">
-        <v>0.56882921899999417</v>
+        <v>0.56882906399999911</v>
       </c>
       <c r="D181" s="5">
-        <v>7.5328173749684479</v>
+        <v>7.5328152637291979</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>94.601294359999997</v>
+        <v>94.601295953999994</v>
       </c>
       <c r="C182" s="5">
-        <v>0.32875525400000072</v>
+        <v>0.32875712799999235</v>
       </c>
       <c r="D182" s="5">
-        <v>4.2659465646300854</v>
+        <v>4.2659713629646712</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>95.104726436000007</v>
+        <v>95.104728236</v>
       </c>
       <c r="C183" s="5">
-        <v>0.50343207600000994</v>
+        <v>0.50343228200000567</v>
       </c>
       <c r="D183" s="5">
-        <v>6.5762083374652835</v>
+        <v>6.576210993566578</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>94.931976715000005</v>
+        <v>94.931978017999995</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.17274972100000241</v>
+        <v>-0.17275021800000445</v>
       </c>
       <c r="D184" s="5">
-        <v>-2.1580543676944286</v>
+        <v>-2.1580604740725984</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>95.645904962000003</v>
+        <v>95.645905696</v>
       </c>
       <c r="C185" s="5">
-        <v>0.71392824699999835</v>
+        <v>0.71392767800000456</v>
       </c>
       <c r="D185" s="5">
-        <v>9.4072946275169045</v>
+        <v>9.4072866826069301</v>
       </c>
       <c r="E185" s="5">
-        <v>6.8093216339463414</v>
+        <v>6.8093210270787186</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>96.599666919000001</v>
+        <v>96.599667226999998</v>
       </c>
       <c r="C186" s="5">
-        <v>0.95376195699999755</v>
+        <v>0.95376153099999783</v>
       </c>
       <c r="D186" s="5">
-        <v>12.644756299276526</v>
+        <v>12.644750235759417</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>97.139412035999996</v>
+        <v>97.139412280000002</v>
       </c>
       <c r="C187" s="5">
-        <v>0.53974511699999539</v>
+        <v>0.5397450530000043</v>
       </c>
       <c r="D187" s="5">
-        <v>6.9148665194795678</v>
+        <v>6.9148656514640416</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>97.435024982000002</v>
+        <v>97.435024963000004</v>
       </c>
       <c r="C188" s="5">
-        <v>0.29561294600000565</v>
+        <v>0.29561268300000165</v>
       </c>
       <c r="D188" s="5">
-        <v>3.713565458638235</v>
+        <v>3.7135620897865707</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>98.121303394999998</v>
+        <v>98.121303017000002</v>
       </c>
       <c r="C189" s="5">
-        <v>0.68627841299999659</v>
+        <v>0.68627805399999886</v>
       </c>
       <c r="D189" s="5">
-        <v>8.7873736699895169</v>
+        <v>8.787368895478064</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>98.074518922999999</v>
+        <v>98.074517317000002</v>
       </c>
       <c r="C190" s="5">
-        <v>-4.67844719999988E-2</v>
+        <v>-4.6785700000000929E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-0.57066480312186751</v>
+        <v>-0.57067974487902129</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>98.721581862999997</v>
+        <v>98.721581002999997</v>
       </c>
       <c r="C191" s="5">
-        <v>0.64706293999999787</v>
+        <v>0.64706368599999564</v>
       </c>
       <c r="D191" s="5">
-        <v>8.2109051686896528</v>
+        <v>8.210915120546991</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>99.395318672000002</v>
+        <v>99.395318377999999</v>
       </c>
       <c r="C192" s="5">
-        <v>0.67373680900000465</v>
+        <v>0.67373737500000175</v>
       </c>
       <c r="D192" s="5">
-        <v>8.5040371689211867</v>
+        <v>8.5040446602335571</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>99.733664914000002</v>
+        <v>99.733664614000006</v>
       </c>
       <c r="C193" s="5">
-        <v>0.33834624200000007</v>
+        <v>0.33834623600000668</v>
       </c>
       <c r="D193" s="5">
-        <v>4.1622074172480206</v>
+        <v>4.1622073545937166</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>100.14717768</v>
+        <v>100.14717836</v>
       </c>
       <c r="C194" s="5">
-        <v>0.41351276599999665</v>
+        <v>0.41351374599999247</v>
       </c>
       <c r="D194" s="5">
-        <v>5.0904460401505647</v>
+        <v>5.0904583962883221</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>100.12196511</v>
+        <v>100.12196586</v>
       </c>
       <c r="C195" s="5">
-        <v>-2.5212569999993661E-2</v>
+        <v>-2.5212499999994975E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>-0.30168824553383766</v>
+        <v>-0.30168740704249464</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>100.96366968</v>
+        <v>100.96367019</v>
       </c>
       <c r="C196" s="5">
-        <v>0.84170456999999033</v>
+        <v>0.84170432999999889</v>
       </c>
       <c r="D196" s="5">
-        <v>10.567922003819486</v>
+        <v>10.567918766998897</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>101.51090889</v>
+        <v>101.51090909</v>
       </c>
       <c r="C197" s="5">
-        <v>0.54723921000000075</v>
+        <v>0.54723889999999642</v>
       </c>
       <c r="D197" s="5">
-        <v>6.7016335074167044</v>
+        <v>6.7016295623281374</v>
       </c>
       <c r="E197" s="5">
-        <v>6.1319969007874953</v>
+        <v>6.1319962954203833</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>101.51197325</v>
+        <v>101.51197329</v>
       </c>
       <c r="C198" s="5">
-        <v>1.0643600000008746E-3</v>
+        <v>1.064200000001847E-3</v>
       </c>
       <c r="D198" s="5">
-        <v>1.2582939829619555E-2</v>
+        <v>1.2581048164195252E-2</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>101.78856365999999</v>
+        <v>101.78856363</v>
       </c>
       <c r="C199" s="5">
-        <v>0.27659040999999718</v>
+        <v>0.27659033999999849</v>
       </c>
       <c r="D199" s="5">
-        <v>3.3190950646739825</v>
+        <v>3.3190942107161003</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>102.67564471999999</v>
+        <v>102.67564457</v>
       </c>
       <c r="C200" s="5">
-        <v>0.88708105999999987</v>
+        <v>0.88708094000000415</v>
       </c>
       <c r="D200" s="5">
-        <v>10.974048430102169</v>
+        <v>10.974046877110277</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>103.06745395999999</v>
+        <v>103.0674539</v>
       </c>
       <c r="C201" s="5">
-        <v>0.39180924000000061</v>
+        <v>0.39180933000000095</v>
       </c>
       <c r="D201" s="5">
-        <v>4.6765288731111188</v>
+        <v>4.6765299769481627</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>103.97486812</v>
+        <v>103.97486759</v>
       </c>
       <c r="C202" s="5">
-        <v>0.90741416000000186</v>
+        <v>0.9074136899999985</v>
       </c>
       <c r="D202" s="5">
-        <v>11.091789562475341</v>
+        <v>11.091783543198774</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>104.49493486999999</v>
+        <v>104.49493475</v>
       </c>
       <c r="C203" s="5">
-        <v>0.52006674999999802</v>
+        <v>0.52006715999999642</v>
       </c>
       <c r="D203" s="5">
-        <v>6.1701270904227057</v>
+        <v>6.17013212161861</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>105.167089</v>
+        <v>105.16708893000001</v>
       </c>
       <c r="C204" s="5">
-        <v>0.67215413000000979</v>
+        <v>0.67215418000000682</v>
       </c>
       <c r="D204" s="5">
-        <v>7.9979121274637466</v>
+        <v>7.9979127531264016</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>105.71867301</v>
+        <v>105.71867312000001</v>
       </c>
       <c r="C205" s="5">
-        <v>0.55158400999999913</v>
+        <v>0.55158418999999981</v>
       </c>
       <c r="D205" s="5">
-        <v>6.4785683645169012</v>
+        <v>6.4785705444802888</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>106.4994003</v>
+        <v>106.49940041000001</v>
       </c>
       <c r="C206" s="5">
         <v>0.78072729000000152</v>
       </c>
       <c r="D206" s="5">
-        <v>9.2308992039492601</v>
+        <v>9.2308991939510356</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>107.50257397</v>
+        <v>107.50257411</v>
       </c>
       <c r="C207" s="5">
-        <v>1.0031736699999954</v>
+        <v>1.0031736999999907</v>
       </c>
       <c r="D207" s="5">
-        <v>11.907812588471378</v>
+        <v>11.907812950280295</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>109.01924488</v>
+        <v>109.01924504</v>
       </c>
       <c r="C208" s="5">
-        <v>1.516670910000002</v>
+        <v>1.5166709300000036</v>
       </c>
       <c r="D208" s="5">
-        <v>18.307337532686962</v>
+        <v>18.307337767413046</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>109.36291620999999</v>
+        <v>109.36291627</v>
       </c>
       <c r="C209" s="5">
-        <v>0.34367132999999228</v>
+        <v>0.34367122999999822</v>
       </c>
       <c r="D209" s="5">
-        <v>3.849151761889047</v>
+        <v>3.8491506166423273</v>
       </c>
       <c r="E209" s="5">
-        <v>7.7351364556381252</v>
+        <v>7.7351363024819042</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>108.25693573</v>
+        <v>108.25693576</v>
       </c>
       <c r="C210" s="5">
-        <v>-1.1059804799999995</v>
+        <v>-1.1059805099999949</v>
       </c>
       <c r="D210" s="5">
-        <v>-11.482778849869002</v>
+        <v>-11.482779138272425</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
         <v>109.79019284</v>
       </c>
       <c r="C211" s="5">
-        <v>1.5332571100000081</v>
+        <v>1.5332570799999985</v>
       </c>
       <c r="D211" s="5">
-        <v>18.38421939047905</v>
+        <v>18.384218996801494</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>110.81721906</v>
+        <v>110.81721888</v>
       </c>
       <c r="C212" s="5">
-        <v>1.0270262199999962</v>
+        <v>1.0270260399999955</v>
       </c>
       <c r="D212" s="5">
-        <v>11.821263252118808</v>
+        <v>11.821261072548349</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>110.21901237</v>
+        <v>110.2190123</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.59820668999999782</v>
+        <v>-0.59820657999999582</v>
       </c>
       <c r="D213" s="5">
-        <v>-6.2888617520936769</v>
+        <v>-6.288860639708183</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>110.84243628</v>
+        <v>110.84243619999999</v>
       </c>
       <c r="C214" s="5">
-        <v>0.62342390999999964</v>
+        <v>0.6234238999999917</v>
       </c>
       <c r="D214" s="5">
-        <v>7.0026596043012423</v>
+        <v>7.0026594930447494</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>112.07656828</v>
+        <v>112.07656822</v>
       </c>
       <c r="C215" s="5">
-        <v>1.2341320000000024</v>
+        <v>1.2341320200000041</v>
       </c>
       <c r="D215" s="5">
-        <v>14.210265532452659</v>
+        <v>14.210265787914045</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>112.77578774</v>
+        <v>112.77578764</v>
       </c>
       <c r="C216" s="5">
-        <v>0.6992194599999948</v>
+        <v>0.6992194200000057</v>
       </c>
       <c r="D216" s="5">
-        <v>7.7488233841323861</v>
+        <v>7.7488229298199984</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>113.52527601</v>
+        <v>113.52527631</v>
       </c>
       <c r="C217" s="5">
-        <v>0.74948827000000051</v>
+        <v>0.74948866999999098</v>
       </c>
       <c r="D217" s="5">
-        <v>8.2730486814342576</v>
+        <v>8.2730532669690326</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>113.96940429999999</v>
+        <v>113.96940427</v>
       </c>
       <c r="C218" s="5">
-        <v>0.44412828999999476</v>
+        <v>0.44412796000000299</v>
       </c>
       <c r="D218" s="5">
-        <v>4.7969255861442628</v>
+        <v>4.7969219319025536</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>114.23103845999999</v>
+        <v>114.23103838</v>
       </c>
       <c r="C219" s="5">
-        <v>0.26163415999999984</v>
+        <v>0.26163411000000281</v>
       </c>
       <c r="D219" s="5">
-        <v>2.7898328040635301</v>
+        <v>2.7898322649025031</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>114.9646594</v>
+        <v>114.96465932</v>
       </c>
       <c r="C220" s="5">
-        <v>0.73362094000000866</v>
+        <v>0.73362093999999445</v>
       </c>
       <c r="D220" s="5">
-        <v>7.9848389175440015</v>
+        <v>7.9848389233350581</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>115.21726396</v>
+        <v>115.21726388</v>
       </c>
       <c r="C221" s="5">
-        <v>0.25260455999999465</v>
+        <v>0.25260456000000886</v>
       </c>
       <c r="D221" s="5">
-        <v>2.668782281891624</v>
+        <v>2.6687822837715425</v>
       </c>
       <c r="E221" s="5">
-        <v>5.3531379309220473</v>
+        <v>5.3531377999709973</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>117.314812</v>
+        <v>117.31481212</v>
       </c>
       <c r="C222" s="5">
-        <v>2.0975480400000066</v>
+        <v>2.0975482399999947</v>
       </c>
       <c r="D222" s="5">
-        <v>24.171947541578898</v>
+        <v>24.171950100358863</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>117.50132445</v>
+        <v>117.50132474</v>
       </c>
       <c r="C223" s="5">
-        <v>0.18651244999999506</v>
+        <v>0.18651262000000202</v>
       </c>
       <c r="D223" s="5">
-        <v>1.9245857921541765</v>
+        <v>1.92458755973266</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>116.37501915999999</v>
+        <v>116.37501931</v>
       </c>
       <c r="C224" s="5">
-        <v>-1.1263052900000048</v>
+        <v>-1.1263054300000022</v>
       </c>
       <c r="D224" s="5">
-        <v>-10.915111046710635</v>
+        <v>-10.915112307212915</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>118.32699044</v>
+        <v>118.32699076999999</v>
       </c>
       <c r="C225" s="5">
-        <v>1.9519712800000093</v>
+        <v>1.9519714599999958</v>
       </c>
       <c r="D225" s="5">
-        <v>22.092402134711797</v>
+        <v>22.092404332294912</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>119.04653188</v>
+        <v>119.04653183000001</v>
       </c>
       <c r="C226" s="5">
-        <v>0.71954144000000042</v>
+        <v>0.71954106000001161</v>
       </c>
       <c r="D226" s="5">
-        <v>7.5462198356060162</v>
+        <v>7.5462156943639336</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>118.67242528</v>
+        <v>118.67242499</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.37410660000000462</v>
+        <v>-0.37410684000001027</v>
       </c>
       <c r="D227" s="5">
-        <v>-3.7065288850341993</v>
+        <v>-3.7065312234608183</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>118.46753192</v>
+        <v>118.46753133</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.2048933599999998</v>
+        <v>-0.2048936599999962</v>
       </c>
       <c r="D228" s="5">
-        <v>-2.0522932384750003</v>
+        <v>-2.0522962198846528</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>118.97282091</v>
+        <v>118.97282113</v>
       </c>
       <c r="C229" s="5">
-        <v>0.50528898999999683</v>
+        <v>0.5052897999999999</v>
       </c>
       <c r="D229" s="5">
-        <v>5.2400437791779497</v>
+        <v>5.2400524039317053</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>118.78770582999999</v>
+        <v>118.78770536</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.18511508000000276</v>
+        <v>-0.1851157699999959</v>
       </c>
       <c r="D230" s="5">
-        <v>-1.8512373631570767</v>
+        <v>-1.8512442011420327</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>119.19197251999999</v>
+        <v>119.19197222</v>
       </c>
       <c r="C231" s="5">
-        <v>0.40426669000000004</v>
+        <v>0.40426685999999279</v>
       </c>
       <c r="D231" s="5">
-        <v>4.1612412603705407</v>
+        <v>4.161243059889741</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>118.65009747000001</v>
+        <v>118.65009714</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.54187504999998737</v>
+        <v>-0.54187507999999696</v>
       </c>
       <c r="D232" s="5">
-        <v>-5.3211209070995968</v>
+        <v>-5.321121207427737</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>118.21882162</v>
+        <v>118.21882146999999</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.43127585000000579</v>
+        <v>-0.43127567000000511</v>
       </c>
       <c r="D233" s="5">
-        <v>-4.2756731304422253</v>
+        <v>-4.2756713930987793</v>
       </c>
       <c r="E233" s="5">
-        <v>2.6051283955519589</v>
+        <v>2.6051283366059996</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>117.33407502999999</v>
+        <v>117.33407549</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.88474659000000599</v>
+        <v>-0.88474597999999105</v>
       </c>
       <c r="D234" s="5">
-        <v>-8.6201721411368499</v>
+        <v>-8.6201664508088527</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>116.23981114999999</v>
+        <v>116.23981224000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.0942638799999997</v>
+        <v>-1.0942632499999974</v>
       </c>
       <c r="D235" s="5">
-        <v>-10.634703634550224</v>
+        <v>-10.634697782835822</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>115.38095697</v>
+        <v>115.38095813</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.85885417999999447</v>
+        <v>-0.85885411000001</v>
       </c>
       <c r="D236" s="5">
-        <v>-8.5147895195770378</v>
+        <v>-8.5147887769155162</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>115.16540286999999</v>
+        <v>115.16540409</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.21555410000000563</v>
+        <v>-0.21555404000000067</v>
       </c>
       <c r="D237" s="5">
-        <v>-2.2189415640901489</v>
+        <v>-2.2189409306951902</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>114.96242972</v>
+        <v>114.96242963</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.20297314999999116</v>
+        <v>-0.20297445999999297</v>
       </c>
       <c r="D238" s="5">
-        <v>-2.0945576783947928</v>
+        <v>-2.0945710440418264</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>114.59631587</v>
+        <v>114.59631478</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.36611385000000496</v>
+        <v>-0.36611485000000243</v>
       </c>
       <c r="D239" s="5">
-        <v>-3.7553357186125402</v>
+        <v>-3.7553457997999251</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>113.61021521000001</v>
+        <v>113.61021379</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.98610065999999108</v>
+        <v>-0.98610098999999707</v>
       </c>
       <c r="D240" s="5">
-        <v>-9.8510401125269098</v>
+        <v>-9.8510433440712415</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>113.32538396</v>
+        <v>113.32538382</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.28483125000001053</v>
+        <v>-0.2848299700000041</v>
       </c>
       <c r="D241" s="5">
-        <v>-2.9673706480743078</v>
+        <v>-2.9673575329545399</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>112.32072454</v>
+        <v>112.32072259</v>
       </c>
       <c r="C242" s="5">
-        <v>-1.0046594199999959</v>
+        <v>-1.0046612299999964</v>
       </c>
       <c r="D242" s="5">
-        <v>-10.134630334866234</v>
+        <v>-10.134647724480583</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>113.42913872</v>
+        <v>113.42913616</v>
       </c>
       <c r="C243" s="5">
-        <v>1.1084141799999969</v>
+        <v>1.1084135699999962</v>
       </c>
       <c r="D243" s="5">
-        <v>12.506304115618793</v>
+        <v>12.506297084212248</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>113.73176651999999</v>
+        <v>113.73177074</v>
       </c>
       <c r="C244" s="5">
-        <v>0.30262779999999623</v>
+        <v>0.30263458000000298</v>
       </c>
       <c r="D244" s="5">
-        <v>3.2489881665051179</v>
+        <v>3.2490621018994359</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>113.52369842</v>
+        <v>113.52369624000001</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.20806809999999132</v>
+        <v>-0.20807449999999506</v>
       </c>
       <c r="D245" s="5">
-        <v>-2.173400411365678</v>
+        <v>-2.1734665122531194</v>
       </c>
       <c r="E245" s="5">
-        <v>-3.9715530366999374</v>
+        <v>-3.971554758893836</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>114.01392366</v>
+        <v>114.01392370000001</v>
       </c>
       <c r="C246" s="5">
-        <v>0.49022524000000089</v>
+        <v>0.49022745999999984</v>
       </c>
       <c r="D246" s="5">
-        <v>5.3067778698745904</v>
+        <v>5.30680257974252</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>114.62215140000001</v>
+        <v>114.62214994</v>
       </c>
       <c r="C247" s="5">
-        <v>0.60822774000000379</v>
+        <v>0.60822623999999337</v>
       </c>
       <c r="D247" s="5">
-        <v>6.5928239452068604</v>
+        <v>6.5928072037336971</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>115.64846738999999</v>
+        <v>115.64847967</v>
       </c>
       <c r="C248" s="5">
-        <v>1.0263159899999863</v>
+        <v>1.0263297300000005</v>
       </c>
       <c r="D248" s="5">
-        <v>11.289941110897228</v>
+        <v>11.290099928013554</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>115.87314182999999</v>
+        <v>115.87314062999999</v>
       </c>
       <c r="C249" s="5">
-        <v>0.22467444000000114</v>
+        <v>0.22466095999999425</v>
       </c>
       <c r="D249" s="5">
-        <v>2.3563550812287337</v>
+        <v>2.3562119380111879</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>116.42711306</v>
+        <v>116.42711109</v>
       </c>
       <c r="C250" s="5">
-        <v>0.55397123000000192</v>
+        <v>0.55397046000000216</v>
       </c>
       <c r="D250" s="5">
-        <v>5.8902935492922692</v>
+        <v>5.8902852081393675</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>117.12238551999999</v>
+        <v>117.12238302</v>
       </c>
       <c r="C251" s="5">
-        <v>0.6952724599999982</v>
+        <v>0.69527193000000409</v>
       </c>
       <c r="D251" s="5">
-        <v>7.4062039369937382</v>
+        <v>7.4061982340643429</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>117.7715381</v>
+        <v>117.77153538</v>
       </c>
       <c r="C252" s="5">
-        <v>0.6491525800000062</v>
+        <v>0.6491523600000022</v>
       </c>
       <c r="D252" s="5">
-        <v>6.8575594525382977</v>
+        <v>6.8575572080557423</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>117.63404319999999</v>
+        <v>117.63404163</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.13749490000000719</v>
+        <v>-0.13749375000000441</v>
       </c>
       <c r="D253" s="5">
-        <v>-1.3920048404362118</v>
+        <v>-1.3919933043806676</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>117.85852980999999</v>
+        <v>117.85852629999999</v>
       </c>
       <c r="C254" s="5">
-        <v>0.22448660999999959</v>
+        <v>0.22448466999999539</v>
       </c>
       <c r="D254" s="5">
-        <v>2.3142061374846534</v>
+        <v>2.3141859590891656</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>119.96405061999999</v>
+        <v>119.96404647999999</v>
       </c>
       <c r="C255" s="5">
-        <v>2.1055208100000016</v>
+        <v>2.1055201799999992</v>
       </c>
       <c r="D255" s="5">
-        <v>23.674802383481698</v>
+        <v>23.674795365375843</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>120.31524758</v>
+        <v>120.31525788</v>
       </c>
       <c r="C256" s="5">
-        <v>0.35119696000000999</v>
+        <v>0.35121140000001105</v>
       </c>
       <c r="D256" s="5">
-        <v>3.5701420558556185</v>
+        <v>3.5702913445801343</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>121.30066696999999</v>
+        <v>121.30066309999999</v>
       </c>
       <c r="C257" s="5">
-        <v>0.9854193899999899</v>
+        <v>0.98540521999998987</v>
       </c>
       <c r="D257" s="5">
-        <v>10.283422950789545</v>
+        <v>10.283267434564314</v>
       </c>
       <c r="E257" s="5">
-        <v>6.85052430306472</v>
+        <v>6.8505229459396189</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>122.41089436999999</v>
+        <v>122.41089497999999</v>
       </c>
       <c r="C258" s="5">
-        <v>1.1102273999999994</v>
+        <v>1.1102318800000006</v>
       </c>
       <c r="D258" s="5">
-        <v>11.553342154660751</v>
+        <v>11.553391533639612</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>123.4505126</v>
+        <v>123.45050725</v>
       </c>
       <c r="C259" s="5">
-        <v>1.0396182300000021</v>
+        <v>1.0396122700000063</v>
       </c>
       <c r="D259" s="5">
-        <v>10.681215164790657</v>
+        <v>10.68115098685427</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>124.00567205</v>
+        <v>124.00569559</v>
       </c>
       <c r="C260" s="5">
-        <v>0.55515945000000499</v>
+        <v>0.55518834000000084</v>
       </c>
       <c r="D260" s="5">
-        <v>5.5319184710461711</v>
+        <v>5.532213750458892</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>125.41258105</v>
+        <v>125.41257582</v>
       </c>
       <c r="C261" s="5">
-        <v>1.4069089999999989</v>
+        <v>1.4068802299999987</v>
       </c>
       <c r="D261" s="5">
-        <v>14.497147433910751</v>
+        <v>14.496829316809489</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>125.30253078</v>
+        <v>125.30252616999999</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.11005027000000212</v>
+        <v>-0.11004965000000766</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.047939713449475</v>
+        <v>-1.0479338815332917</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>126.05757951</v>
+        <v>126.05757545</v>
       </c>
       <c r="C263" s="5">
-        <v>0.75504872999999861</v>
+        <v>0.75504928000000859</v>
       </c>
       <c r="D263" s="5">
-        <v>7.4754947854761999</v>
+        <v>7.4755006967828663</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>126.96269125000001</v>
+        <v>126.96268727</v>
       </c>
       <c r="C264" s="5">
-        <v>0.90511174000000949</v>
+        <v>0.9051118200000019</v>
       </c>
       <c r="D264" s="5">
-        <v>8.9647108014870405</v>
+        <v>8.964711925626645</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>127.66304488999999</v>
+        <v>127.66304193000001</v>
       </c>
       <c r="C265" s="5">
-        <v>0.70035363999998879</v>
+        <v>0.70035466000000213</v>
       </c>
       <c r="D265" s="5">
-        <v>6.8240272888938414</v>
+        <v>6.8240377513539396</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>128.90222231000001</v>
+        <v>128.90221758999999</v>
       </c>
       <c r="C266" s="5">
-        <v>1.2391774200000185</v>
+        <v>1.2391756599999866</v>
       </c>
       <c r="D266" s="5">
-        <v>12.290360072325512</v>
+        <v>12.290341974445539</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>128.86009086999999</v>
+        <v>128.86008616000001</v>
       </c>
       <c r="C267" s="5">
-        <v>-4.2131440000019893E-2</v>
+        <v>-4.2131429999983538E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>-0.39151335191056624</v>
+        <v>-0.39151327346081954</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>129.68144147999999</v>
+        <v>129.68146100000001</v>
       </c>
       <c r="C268" s="5">
-        <v>0.8213506099999961</v>
+        <v>0.82137484000000427</v>
       </c>
       <c r="D268" s="5">
-        <v>7.92268764922619</v>
+        <v>7.9229299237850714</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>131.07315455</v>
+        <v>131.07315084999999</v>
       </c>
       <c r="C269" s="5">
-        <v>1.3917130700000087</v>
+        <v>1.3916898499999775</v>
       </c>
       <c r="D269" s="5">
-        <v>13.666128926855968</v>
+        <v>13.665885111641018</v>
       </c>
       <c r="E269" s="5">
-        <v>8.0564170207051866</v>
+        <v>8.056417417886319</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>131.7628531</v>
+        <v>131.762854</v>
       </c>
       <c r="C270" s="5">
-        <v>0.6896985500000028</v>
+        <v>0.68970315000001392</v>
       </c>
       <c r="D270" s="5">
-        <v>6.5003073002150469</v>
+        <v>6.5003521057108271</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>132.17897780999999</v>
+        <v>132.17896440000001</v>
       </c>
       <c r="C271" s="5">
-        <v>0.41612470999999118</v>
+        <v>0.41611040000000798</v>
       </c>
       <c r="D271" s="5">
-        <v>3.8562855249441919</v>
+        <v>3.8561505735835055</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>133.11055655000001</v>
+        <v>133.11058790000001</v>
       </c>
       <c r="C272" s="5">
-        <v>0.93157874000002039</v>
+        <v>0.9316235000000006</v>
       </c>
       <c r="D272" s="5">
-        <v>8.793092874865426</v>
+        <v>8.7935327982551215</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>133.05443156000001</v>
+        <v>133.05441875</v>
       </c>
       <c r="C273" s="5">
-        <v>-5.6124990000000707E-2</v>
+        <v>-5.6169150000016543E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>-0.50479858525873667</v>
+        <v>-0.5051947284449132</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>133.98827818000001</v>
+        <v>133.98827428999999</v>
       </c>
       <c r="C274" s="5">
-        <v>0.93384661999999707</v>
+        <v>0.93385553999999615</v>
       </c>
       <c r="D274" s="5">
-        <v>8.755078974386965</v>
+        <v>8.7551667319425199</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>134.96722510999999</v>
+        <v>134.96722635</v>
       </c>
       <c r="C275" s="5">
-        <v>0.97894692999997801</v>
+        <v>0.97895206000001167</v>
       </c>
       <c r="D275" s="5">
-        <v>9.1284917897035633</v>
+        <v>9.1285418401533924</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>136.10234937000001</v>
+        <v>136.10234917</v>
       </c>
       <c r="C276" s="5">
-        <v>1.1351242600000262</v>
+        <v>1.1351228199999923</v>
       </c>
       <c r="D276" s="5">
-        <v>10.572629006704704</v>
+        <v>10.572614866370644</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>137.42770843</v>
+        <v>137.42769804</v>
       </c>
       <c r="C277" s="5">
-        <v>1.3253590599999825</v>
+        <v>1.3253488699999991</v>
       </c>
       <c r="D277" s="5">
-        <v>12.332181795153785</v>
+        <v>12.332081863717569</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>138.16294611999999</v>
+        <v>138.16293277</v>
       </c>
       <c r="C278" s="5">
-        <v>0.73523768999999106</v>
+        <v>0.73523473000000195</v>
       </c>
       <c r="D278" s="5">
-        <v>6.612313176542739</v>
+        <v>6.6122862825390705</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>139.06860718999999</v>
+        <v>139.06859975</v>
       </c>
       <c r="C279" s="5">
-        <v>0.90566107000000784</v>
+        <v>0.90566698000000656</v>
       </c>
       <c r="D279" s="5">
-        <v>8.1559053467037614</v>
+        <v>8.1559613190448133</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>140.53125039</v>
+        <v>140.53127520000001</v>
       </c>
       <c r="C280" s="5">
-        <v>1.4626432000000023</v>
+        <v>1.4626754500000061</v>
       </c>
       <c r="D280" s="5">
-        <v>13.377183542910354</v>
+        <v>13.377496523037969</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>140.83445036000001</v>
+        <v>140.83445795</v>
       </c>
       <c r="C281" s="5">
-        <v>0.30319997000000853</v>
+        <v>0.30318274999999062</v>
       </c>
       <c r="D281" s="5">
-        <v>2.6199769408599138</v>
+        <v>2.6198259033070492</v>
       </c>
       <c r="E281" s="5">
-        <v>7.4472120881750925</v>
+        <v>7.4472209119095911</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>140.24315571</v>
+        <v>140.24317012</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.59129465000000891</v>
+        <v>-0.59128782999999885</v>
       </c>
       <c r="D282" s="5">
-        <v>-4.9234819023566079</v>
+        <v>-4.9234261604476863</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>141.66810368</v>
+        <v>141.66809648</v>
       </c>
       <c r="C283" s="5">
-        <v>1.4249479700000052</v>
+        <v>1.4249263600000006</v>
       </c>
       <c r="D283" s="5">
-        <v>12.897639277722783</v>
+        <v>12.897431221399103</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>142.20785713000001</v>
+        <v>142.20784667999999</v>
       </c>
       <c r="C284" s="5">
-        <v>0.5397534500000063</v>
+        <v>0.53975019999998608</v>
       </c>
       <c r="D284" s="5">
-        <v>4.6690156081951928</v>
+        <v>4.6689871453788223</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>144.02807963000001</v>
+        <v>144.02807118999999</v>
       </c>
       <c r="C285" s="5">
-        <v>1.8202224999999999</v>
+        <v>1.8202245100000027</v>
       </c>
       <c r="D285" s="5">
-        <v>16.488468222872665</v>
+        <v>16.488489029068056</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>145.13342828</v>
+        <v>145.13343692000001</v>
       </c>
       <c r="C286" s="5">
-        <v>1.1053486499999963</v>
+        <v>1.1053657300000168</v>
       </c>
       <c r="D286" s="5">
-        <v>9.6082912830775413</v>
+        <v>9.6084466609780641</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>145.93017470999999</v>
+        <v>145.93018703999999</v>
       </c>
       <c r="C287" s="5">
-        <v>0.79674642999998468</v>
+        <v>0.79675011999998446</v>
       </c>
       <c r="D287" s="5">
-        <v>6.7902934106435886</v>
+        <v>6.7903253978042422</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>147.12555395000001</v>
+        <v>147.12557899999999</v>
       </c>
       <c r="C288" s="5">
-        <v>1.1953792400000225</v>
+        <v>1.1953919599999949</v>
       </c>
       <c r="D288" s="5">
-        <v>10.284912635620746</v>
+        <v>10.285026145674014</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>148.46146454000001</v>
+        <v>148.46142451</v>
       </c>
       <c r="C289" s="5">
-        <v>1.3359105899999975</v>
+        <v>1.3358455100000128</v>
       </c>
       <c r="D289" s="5">
-        <v>11.457052280928192</v>
+        <v>11.456463929652983</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>149.49925605999999</v>
+        <v>149.49920295999999</v>
       </c>
       <c r="C290" s="5">
-        <v>1.0377915199999848</v>
+        <v>1.0377784499999905</v>
       </c>
       <c r="D290" s="5">
-        <v>8.7185102717931571</v>
+        <v>8.7183986568852632</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>150.04695439</v>
+        <v>150.0469301</v>
       </c>
       <c r="C291" s="5">
-        <v>0.5476983300000029</v>
+        <v>0.54772714000000633</v>
       </c>
       <c r="D291" s="5">
-        <v>4.4859360369317258</v>
+        <v>4.4861784066828392</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>151.38485356000001</v>
+        <v>151.38489958</v>
       </c>
       <c r="C292" s="5">
-        <v>1.3378991700000142</v>
+        <v>1.3379694799999982</v>
       </c>
       <c r="D292" s="5">
-        <v>11.240487857184611</v>
+        <v>11.241109750272216</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>151.94077841000001</v>
+        <v>151.94082585999999</v>
       </c>
       <c r="C293" s="5">
-        <v>0.5559248499999967</v>
+        <v>0.55592627999999422</v>
       </c>
       <c r="D293" s="5">
-        <v>4.496817340666226</v>
+        <v>4.4968277476720608</v>
       </c>
       <c r="E293" s="5">
-        <v>7.8860875457745561</v>
+        <v>7.886115423501705</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>152.29611156999999</v>
+        <v>152.29617744999999</v>
       </c>
       <c r="C294" s="5">
-        <v>0.35533315999998649</v>
+        <v>0.35535158999999794</v>
       </c>
       <c r="D294" s="5">
-        <v>2.8427346995914204</v>
+        <v>2.8428831456671633</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>154.12647691999999</v>
+        <v>154.12650461999999</v>
       </c>
       <c r="C295" s="5">
-        <v>1.8303653499999939</v>
+        <v>1.8303271700000039</v>
       </c>
       <c r="D295" s="5">
-        <v>15.414728546125112</v>
+        <v>15.41437834733641</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>155.76321454000001</v>
+        <v>155.76317660999999</v>
       </c>
       <c r="C296" s="5">
-        <v>1.6367376200000194</v>
+        <v>1.6366719899999964</v>
       </c>
       <c r="D296" s="5">
-        <v>13.514620194407655</v>
+        <v>13.514043678026288</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>156.81954937</v>
+        <v>156.81936608000001</v>
       </c>
       <c r="C297" s="5">
-        <v>1.0563348299999973</v>
+        <v>1.0561894700000209</v>
       </c>
       <c r="D297" s="5">
-        <v>8.4485133974158355</v>
+        <v>8.4473092539039563</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>157.63489860000001</v>
+        <v>157.63488776</v>
       </c>
       <c r="C298" s="5">
-        <v>0.81534923000000958</v>
+        <v>0.81552167999998915</v>
       </c>
       <c r="D298" s="5">
-        <v>6.4206830648412039</v>
+        <v>6.4220878651685576</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>158.07544397999999</v>
+        <v>158.07545081000001</v>
       </c>
       <c r="C299" s="5">
-        <v>0.44054537999997478</v>
+        <v>0.44056305000000862</v>
       </c>
       <c r="D299" s="5">
-        <v>3.4056960985247908</v>
+        <v>3.4058350432599083</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>158.84314864000001</v>
+        <v>158.84326652999999</v>
       </c>
       <c r="C300" s="5">
-        <v>0.76770466000002102</v>
+        <v>0.76781571999998732</v>
       </c>
       <c r="D300" s="5">
-        <v>5.9861028229589275</v>
+        <v>5.986991801487096</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>159.44114984999999</v>
+        <v>159.44124803</v>
       </c>
       <c r="C301" s="5">
-        <v>0.5980012099999783</v>
+        <v>0.59798150000000305</v>
       </c>
       <c r="D301" s="5">
-        <v>4.6124001413585081</v>
+        <v>4.6122414618574137</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>160.19486631000001</v>
+        <v>160.19456887999999</v>
       </c>
       <c r="C302" s="5">
-        <v>0.75371646000002102</v>
+        <v>0.75332084999999438</v>
       </c>
       <c r="D302" s="5">
-        <v>5.8225248642109317</v>
+        <v>5.8193852154579284</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>161.64353657999999</v>
+        <v>161.64377772</v>
       </c>
       <c r="C303" s="5">
-        <v>1.4486702699999796</v>
+        <v>1.4492088400000114</v>
       </c>
       <c r="D303" s="5">
-        <v>11.408157797894457</v>
+        <v>11.41263446088927</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>162.37039841000001</v>
+        <v>162.37063176000001</v>
       </c>
       <c r="C304" s="5">
-        <v>0.72686183000001847</v>
+        <v>0.72685404000000631</v>
       </c>
       <c r="D304" s="5">
-        <v>5.5315096247789963</v>
+        <v>5.5314404111699744</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>163.62068937999999</v>
+        <v>163.62076402</v>
       </c>
       <c r="C305" s="5">
-        <v>1.2502909699999805</v>
+        <v>1.2501322599999867</v>
       </c>
       <c r="D305" s="5">
-        <v>9.6418467159427923</v>
+        <v>9.640556061512374</v>
       </c>
       <c r="E305" s="5">
-        <v>7.6871469872838771</v>
+        <v>7.6871624817690831</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>164.52300079</v>
+        <v>164.52297196000001</v>
       </c>
       <c r="C306" s="5">
-        <v>0.90231141000001003</v>
+        <v>0.90220794000001092</v>
       </c>
       <c r="D306" s="5">
-        <v>6.8220352523638672</v>
+        <v>6.8212258723927111</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>165.56262043999999</v>
+        <v>165.56246135000001</v>
       </c>
       <c r="C307" s="5">
-        <v>1.0396196499999917</v>
+        <v>1.03948939</v>
       </c>
       <c r="D307" s="5">
-        <v>7.8519577861115408</v>
+        <v>7.8509409558835008</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>166.58173583000001</v>
+        <v>166.58139498</v>
       </c>
       <c r="C308" s="5">
-        <v>1.0191153900000245</v>
+        <v>1.0189336299999923</v>
       </c>
       <c r="D308" s="5">
-        <v>7.641836833091209</v>
+        <v>7.6404350367705431</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>167.33181820999999</v>
+        <v>167.33126214999999</v>
       </c>
       <c r="C309" s="5">
-        <v>0.75008237999998073</v>
+        <v>0.74986716999998748</v>
       </c>
       <c r="D309" s="5">
-        <v>5.5391912839596325</v>
+        <v>5.5375740662624295</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>168.42328133999999</v>
+        <v>168.42323353</v>
       </c>
       <c r="C310" s="5">
-        <v>1.091463129999994</v>
+        <v>1.0919713800000181</v>
       </c>
       <c r="D310" s="5">
-        <v>8.1142975698859097</v>
+        <v>8.118240659110354</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>169.5281392</v>
+        <v>169.5282746</v>
       </c>
       <c r="C311" s="5">
-        <v>1.1048578600000099</v>
+        <v>1.1050410699999986</v>
       </c>
       <c r="D311" s="5">
-        <v>8.162333692612922</v>
+        <v>8.1637388022389956</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>171.35662267000001</v>
+        <v>171.35709188000001</v>
       </c>
       <c r="C312" s="5">
-        <v>1.828483470000009</v>
+        <v>1.8288172800000098</v>
       </c>
       <c r="D312" s="5">
-        <v>13.738942474760885</v>
+        <v>13.74158968846011</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>171.63825445000001</v>
+        <v>171.63880134999999</v>
       </c>
       <c r="C313" s="5">
-        <v>0.28163177999999789</v>
+        <v>0.28170946999998137</v>
       </c>
       <c r="D313" s="5">
-        <v>1.9901763652402149</v>
+        <v>1.9907248417997625</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>172.59196951000001</v>
+        <v>172.5916599</v>
       </c>
       <c r="C314" s="5">
-        <v>0.9537150600000075</v>
+        <v>0.95285855000000197</v>
       </c>
       <c r="D314" s="5">
-        <v>6.8754475445047536</v>
+        <v>6.8690605594037057</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>173.9217381</v>
+        <v>173.92250279000001</v>
       </c>
       <c r="C315" s="5">
-        <v>1.3297685899999863</v>
+        <v>1.3308428900000138</v>
       </c>
       <c r="D315" s="5">
-        <v>9.6476648547531685</v>
+        <v>9.6558106066250371</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>174.49125574000001</v>
+        <v>174.49183135999999</v>
       </c>
       <c r="C316" s="5">
-        <v>0.56951764000001504</v>
+        <v>0.56932856999998194</v>
       </c>
       <c r="D316" s="5">
-        <v>4.0010236813226241</v>
+        <v>3.9996535023923085</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>174.86050614999999</v>
+        <v>174.86046963999999</v>
       </c>
       <c r="C317" s="5">
-        <v>0.36925040999997805</v>
+        <v>0.36863827999999899</v>
       </c>
       <c r="D317" s="5">
-        <v>2.5691500772290654</v>
+        <v>2.5648328641369567</v>
       </c>
       <c r="E317" s="5">
-        <v>6.8694349184021286</v>
+        <v>6.8693638532491663</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>175.65781412999999</v>
+        <v>175.65720263</v>
       </c>
       <c r="C318" s="5">
-        <v>0.79730797999999936</v>
+        <v>0.79673299000000952</v>
       </c>
       <c r="D318" s="5">
-        <v>5.6109418245782194</v>
+        <v>5.6067946769438493</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>176.66238465999999</v>
+        <v>176.66147437999999</v>
       </c>
       <c r="C319" s="5">
-        <v>1.0045705299999952</v>
+        <v>1.0042717499999867</v>
       </c>
       <c r="D319" s="5">
-        <v>7.0827144252353813</v>
+        <v>7.0805666326944738</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>176.22258332000001</v>
+        <v>176.22166508999999</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.43980133999997406</v>
+        <v>-0.43980928999999946</v>
       </c>
       <c r="D320" s="5">
-        <v>-2.9468355188386086</v>
+        <v>-2.9469030366693127</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>178.04458638</v>
+        <v>178.04372298999999</v>
       </c>
       <c r="C321" s="5">
-        <v>1.8220030599999859</v>
+        <v>1.8220579000000043</v>
       </c>
       <c r="D321" s="5">
-        <v>13.137483683596418</v>
+        <v>13.137974253795415</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>178.16347447000001</v>
+        <v>178.16219762</v>
       </c>
       <c r="C322" s="5">
-        <v>0.11888809000001288</v>
+        <v>0.11847463000000857</v>
       </c>
       <c r="D322" s="5">
-        <v>0.804241405587236</v>
+        <v>0.80143813221207338</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>178.56146539</v>
+        <v>178.56289086000001</v>
       </c>
       <c r="C323" s="5">
-        <v>0.39799091999998382</v>
+        <v>0.40069324000000961</v>
       </c>
       <c r="D323" s="5">
-        <v>2.7138040945625219</v>
+        <v>2.732478919948278</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>180.28858665999999</v>
+        <v>180.28985077999999</v>
       </c>
       <c r="C324" s="5">
-        <v>1.7271212699999978</v>
+        <v>1.7269599199999845</v>
       </c>
       <c r="D324" s="5">
-        <v>12.244718101366182</v>
+        <v>12.243409664156113</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>180.25361426000001</v>
+        <v>180.25512061000001</v>
       </c>
       <c r="C325" s="5">
-        <v>-3.4972399999986692E-2</v>
+        <v>-3.4730169999988902E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>-0.23252794669237353</v>
+        <v>-0.23091747256521744</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>180.72484033000001</v>
+        <v>180.72483283</v>
       </c>
       <c r="C326" s="5">
-        <v>0.47122607000000016</v>
+        <v>0.46971221999999102</v>
       </c>
       <c r="D326" s="5">
-        <v>3.182588487813387</v>
+        <v>3.1721903102664539</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>180.50429811999999</v>
+        <v>180.50568111000001</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.22054221000001917</v>
+        <v>-0.21915171999998506</v>
       </c>
       <c r="D327" s="5">
-        <v>-1.4545957538385501</v>
+        <v>-1.4454858560678741</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>181.27654920000001</v>
+        <v>181.27799411000001</v>
       </c>
       <c r="C328" s="5">
-        <v>0.77225108000001796</v>
+        <v>0.77231299999999692</v>
       </c>
       <c r="D328" s="5">
-        <v>5.2565017243266121</v>
+        <v>5.2568919343990439</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>181.50298658</v>
+        <v>181.50423893000001</v>
       </c>
       <c r="C329" s="5">
-        <v>0.22643737999999303</v>
+        <v>0.22624482000000512</v>
       </c>
       <c r="D329" s="5">
-        <v>1.5092931505965579</v>
+        <v>1.5079887378339318</v>
       </c>
       <c r="E329" s="5">
-        <v>3.7987311007220192</v>
+        <v>3.7994689729920816</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>182.11888148</v>
+        <v>182.11570447</v>
       </c>
       <c r="C330" s="5">
-        <v>0.61589490000000069</v>
+        <v>0.61146553999998332</v>
       </c>
       <c r="D330" s="5">
-        <v>4.1488273824524802</v>
+        <v>4.1184061390975746</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>182.63520169</v>
+        <v>182.63024063</v>
       </c>
       <c r="C331" s="5">
-        <v>0.5163202100000035</v>
+        <v>0.51453616000000579</v>
       </c>
       <c r="D331" s="5">
-        <v>3.4556397770200364</v>
+        <v>3.4435743095189375</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>183.78945322999999</v>
+        <v>183.78925275</v>
       </c>
       <c r="C332" s="5">
-        <v>1.15425153999999</v>
+        <v>1.1590121199999999</v>
       </c>
       <c r="D332" s="5">
-        <v>7.853232541930355</v>
+        <v>7.8869829257533386</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>183.75450322</v>
+        <v>183.75435582</v>
       </c>
       <c r="C333" s="5">
-        <v>-3.4950009999988652E-2</v>
+        <v>-3.4896930000002158E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>-0.22795744845266475</v>
+        <v>-0.22761184970676585</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>185.02622614000001</v>
+        <v>185.02071882999999</v>
       </c>
       <c r="C334" s="5">
-        <v>1.271722920000002</v>
+        <v>1.2663630099999921</v>
       </c>
       <c r="D334" s="5">
-        <v>8.6284539445107722</v>
+        <v>8.5907056308974994</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>186.06524223</v>
+        <v>186.0702814</v>
       </c>
       <c r="C335" s="5">
-        <v>1.0390160899999898</v>
+        <v>1.0495625700000062</v>
       </c>
       <c r="D335" s="5">
-        <v>6.9506778198670016</v>
+        <v>7.0236617836754833</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>186.47114568999999</v>
+        <v>186.47497515000001</v>
       </c>
       <c r="C336" s="5">
-        <v>0.40590345999999045</v>
+        <v>0.40469375000000696</v>
       </c>
       <c r="D336" s="5">
-        <v>2.6494526370411053</v>
+        <v>2.6413894105091984</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>187.03431387000001</v>
+        <v>187.03688825</v>
       </c>
       <c r="C337" s="5">
-        <v>0.56316818000001945</v>
+        <v>0.56191309999999817</v>
       </c>
       <c r="D337" s="5">
-        <v>3.6849731745858261</v>
+        <v>3.6765474790650066</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>188.38488372</v>
+        <v>188.38507731000001</v>
       </c>
       <c r="C338" s="5">
-        <v>1.3505698499999994</v>
+        <v>1.3481890600000099</v>
       </c>
       <c r="D338" s="5">
-        <v>9.0177281802084508</v>
+        <v>9.0010674177795522</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>187.87784088999999</v>
+        <v>187.88002180999999</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.50704283000001737</v>
+        <v>-0.50505550000002586</v>
       </c>
       <c r="D339" s="5">
-        <v>-3.182445222388719</v>
+        <v>-3.1701519228948039</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>188.01132862</v>
+        <v>188.01398513000001</v>
       </c>
       <c r="C340" s="5">
-        <v>0.13348773000001302</v>
+        <v>0.13396332000002076</v>
       </c>
       <c r="D340" s="5">
-        <v>0.85594302438047887</v>
+        <v>0.85899453654223468</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>189.02519634999999</v>
+        <v>189.02827712000001</v>
       </c>
       <c r="C341" s="5">
-        <v>1.013867729999987</v>
+        <v>1.0142919900000038</v>
       </c>
       <c r="D341" s="5">
-        <v>6.6665264670676017</v>
+        <v>6.669302363453955</v>
       </c>
       <c r="E341" s="5">
-        <v>4.1443999967925915</v>
+        <v>4.1453787715127532</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>190.35107223</v>
+        <v>190.34445191</v>
       </c>
       <c r="C342" s="5">
-        <v>1.3258758800000123</v>
+        <v>1.3161747899999909</v>
       </c>
       <c r="D342" s="5">
-        <v>8.7495718194114058</v>
+        <v>8.6829354611283716</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>191.47007113000001</v>
+        <v>191.45923847</v>
       </c>
       <c r="C343" s="5">
-        <v>1.1189989000000082</v>
+        <v>1.1147865599999989</v>
       </c>
       <c r="D343" s="5">
-        <v>7.2869387238511996</v>
+        <v>7.2588790566725736</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>192.1206206</v>
+        <v>192.11986117000001</v>
       </c>
       <c r="C344" s="5">
-        <v>0.6505494699999872</v>
+        <v>0.66062270000000467</v>
       </c>
       <c r="D344" s="5">
-        <v>4.1542477922607457</v>
+        <v>4.2200419328958461</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>193.21742019000001</v>
+        <v>193.21738435</v>
       </c>
       <c r="C345" s="5">
-        <v>1.0967995900000176</v>
+        <v>1.097523179999996</v>
       </c>
       <c r="D345" s="5">
-        <v>7.0699450721188661</v>
+        <v>7.0747856833807354</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>194.77797476000001</v>
+        <v>194.76824407999999</v>
       </c>
       <c r="C346" s="5">
-        <v>1.5605545699999936</v>
+        <v>1.5508597299999849</v>
       </c>
       <c r="D346" s="5">
-        <v>10.134351839391332</v>
+        <v>10.06859013266852</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>196.26819319000001</v>
+        <v>196.27849241999999</v>
       </c>
       <c r="C347" s="5">
-        <v>1.4902184299999988</v>
+        <v>1.510248340000004</v>
       </c>
       <c r="D347" s="5">
-        <v>9.5773877835760644</v>
+        <v>9.7121626382507209</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>196.84969809</v>
+        <v>196.85749372000001</v>
       </c>
       <c r="C348" s="5">
-        <v>0.58150489999999877</v>
+        <v>0.57900130000001582</v>
       </c>
       <c r="D348" s="5">
-        <v>3.6138814787592732</v>
+        <v>3.5978771613252025</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>198.05378017000001</v>
+        <v>198.05806215999999</v>
       </c>
       <c r="C349" s="5">
-        <v>1.2040820800000063</v>
+        <v>1.2005684399999836</v>
       </c>
       <c r="D349" s="5">
-        <v>7.5921523801355306</v>
+        <v>7.5689394457983727</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>199.33382667999999</v>
+        <v>199.33438057999999</v>
       </c>
       <c r="C350" s="5">
-        <v>1.2800465099999769</v>
+        <v>1.2763184199999955</v>
       </c>
       <c r="D350" s="5">
-        <v>8.0374729971133707</v>
+        <v>8.0130488908354067</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>201.06515532</v>
+        <v>201.06840306000001</v>
       </c>
       <c r="C351" s="5">
-        <v>1.7313286400000152</v>
+        <v>1.7340224800000215</v>
       </c>
       <c r="D351" s="5">
-        <v>10.935287861677123</v>
+        <v>10.95309279621619</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>202.33026802000001</v>
+        <v>202.3347952</v>
       </c>
       <c r="C352" s="5">
-        <v>1.2651127000000031</v>
+        <v>1.2663921399999936</v>
       </c>
       <c r="D352" s="5">
-        <v>7.817316310023692</v>
+        <v>7.8253672061942892</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>203.29865362999999</v>
+        <v>203.30378236000001</v>
       </c>
       <c r="C353" s="5">
-        <v>0.96838560999998435</v>
+        <v>0.96898716000001173</v>
       </c>
       <c r="D353" s="5">
-        <v>5.8970221662048905</v>
+        <v>5.9006468268262502</v>
       </c>
       <c r="E353" s="5">
-        <v>7.5510871331519125</v>
+        <v>7.5520474806727078</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>203.91769013000001</v>
+        <v>203.90801463</v>
       </c>
       <c r="C354" s="5">
-        <v>0.61903650000002131</v>
+        <v>0.60423226999998292</v>
       </c>
       <c r="D354" s="5">
-        <v>3.7157725556529186</v>
+        <v>3.6253596712469305</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>204.90722966000001</v>
+        <v>204.88758329999999</v>
       </c>
       <c r="C355" s="5">
-        <v>0.98953953000000183</v>
+        <v>0.97956866999999193</v>
       </c>
       <c r="D355" s="5">
-        <v>5.9811295947045373</v>
+        <v>5.9195495258218989</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>205.43388476000001</v>
+        <v>205.43037283999999</v>
       </c>
       <c r="C356" s="5">
-        <v>0.52665509999999927</v>
+        <v>0.54278954000000113</v>
       </c>
       <c r="D356" s="5">
-        <v>3.1282301132547152</v>
+        <v>3.2257801761590876</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>205.9133745</v>
+        <v>205.90967749000001</v>
       </c>
       <c r="C357" s="5">
-        <v>0.47948973999999112</v>
+        <v>0.47930465000001732</v>
       </c>
       <c r="D357" s="5">
-        <v>2.8370773338115995</v>
+        <v>2.8360171953816238</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>205.74952257000001</v>
+        <v>205.73758956</v>
       </c>
       <c r="C358" s="5">
-        <v>-0.16385192999999276</v>
+        <v>-0.17208793000000355</v>
       </c>
       <c r="D358" s="5">
-        <v>-0.95071081148475622</v>
+        <v>-0.99829660973087542</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>205.75270699999999</v>
+        <v>205.76953078</v>
       </c>
       <c r="C359" s="5">
-        <v>3.1844299999761461E-3</v>
+        <v>3.1941219999993109E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>1.8574241424040849E-2</v>
+        <v>0.18646184232589125</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>208.38988058999999</v>
+        <v>208.40335812000001</v>
       </c>
       <c r="C360" s="5">
-        <v>2.6371735900000033</v>
+        <v>2.6338273400000105</v>
       </c>
       <c r="D360" s="5">
-        <v>16.512579330839806</v>
+        <v>16.48868577174618</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>209.98127585</v>
+        <v>209.98768913999999</v>
       </c>
       <c r="C361" s="5">
-        <v>1.591395260000013</v>
+        <v>1.5843310199999792</v>
       </c>
       <c r="D361" s="5">
-        <v>9.558816563733652</v>
+        <v>9.5139538365514689</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>209.31778048999999</v>
+        <v>209.32064631</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.66349536000001308</v>
+        <v>-0.66704282999998554</v>
       </c>
       <c r="D362" s="5">
-        <v>-3.7265333577536586</v>
+        <v>-3.7459985623128356</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>209.46989679000001</v>
+        <v>209.47737719</v>
       </c>
       <c r="C363" s="5">
-        <v>0.15211630000001719</v>
+        <v>0.1567308799999978</v>
       </c>
       <c r="D363" s="5">
-        <v>0.87556316252128674</v>
+        <v>0.90222121258838328</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>210.77455914999999</v>
+        <v>210.78333884</v>
       </c>
       <c r="C364" s="5">
-        <v>1.3046623599999805</v>
+        <v>1.3059616500000004</v>
       </c>
       <c r="D364" s="5">
-        <v>7.7355047541467714</v>
+        <v>7.7431884001982754</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>211.66471616999999</v>
+        <v>211.67188383999999</v>
       </c>
       <c r="C365" s="5">
-        <v>0.89015702000000374</v>
+        <v>0.88854499999999348</v>
       </c>
       <c r="D365" s="5">
-        <v>5.1873096115745421</v>
+        <v>5.1774761563392335</v>
       </c>
       <c r="E365" s="5">
-        <v>4.1151588515810245</v>
+        <v>4.1160579418941579</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>213.34616349999999</v>
+        <v>213.33672709000001</v>
       </c>
       <c r="C366" s="5">
-        <v>1.6814473299999975</v>
+        <v>1.6648432500000183</v>
       </c>
       <c r="D366" s="5">
-        <v>9.9604296415404683</v>
+        <v>9.8574306012096713</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>212.87703762999999</v>
+        <v>212.85430984000001</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.46912586999999917</v>
+        <v>-0.48241724999999747</v>
       </c>
       <c r="D367" s="5">
-        <v>-2.606995148545288</v>
+        <v>-2.6800581602923867</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>211.59432634000001</v>
+        <v>211.55595983000001</v>
       </c>
       <c r="C368" s="5">
-        <v>-1.2827112899999804</v>
+        <v>-1.2983500100000072</v>
       </c>
       <c r="D368" s="5">
-        <v>-6.9958335098428082</v>
+        <v>-7.0790167200624694</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>199.97024443999999</v>
+        <v>199.95959658000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-11.624081900000022</v>
+        <v>-11.596363249999996</v>
       </c>
       <c r="D369" s="5">
-        <v>-49.238282381666941</v>
+        <v>-49.160198252631425</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>203.05992956</v>
+        <v>203.04379997999999</v>
       </c>
       <c r="C370" s="5">
-        <v>3.0896851200000128</v>
+        <v>3.0842033999999785</v>
       </c>
       <c r="D370" s="5">
-        <v>20.200491799112541</v>
+        <v>20.16272527075904</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>204.77133737</v>
+        <v>204.81548025999999</v>
       </c>
       <c r="C371" s="5">
-        <v>1.7114078099999972</v>
+        <v>1.7716802799999982</v>
       </c>
       <c r="D371" s="5">
-        <v>10.595950632947382</v>
+        <v>10.988132988122246</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>207.94200445000001</v>
+        <v>207.95667291999999</v>
       </c>
       <c r="C372" s="5">
-        <v>3.1706670800000154</v>
+        <v>3.1411926600000015</v>
       </c>
       <c r="D372" s="5">
-        <v>20.247681636366679</v>
+        <v>20.038618591652522</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>211.39606076999999</v>
+        <v>211.40837033</v>
       </c>
       <c r="C373" s="5">
-        <v>3.4540563199999781</v>
+        <v>3.4516974100000084</v>
       </c>
       <c r="D373" s="5">
-        <v>21.858540056186058</v>
+        <v>21.840539680841676</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>212.78856296999999</v>
+        <v>212.80102120999999</v>
       </c>
       <c r="C374" s="5">
-        <v>1.3925021999999956</v>
+        <v>1.3926508799999908</v>
       </c>
       <c r="D374" s="5">
-        <v>8.1973681253018746</v>
+        <v>8.1977805441402438</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>214.83197831999999</v>
+        <v>214.84979824999999</v>
       </c>
       <c r="C375" s="5">
-        <v>2.0434153500000036</v>
+        <v>2.0487770400000045</v>
       </c>
       <c r="D375" s="5">
-        <v>12.152188630422579</v>
+        <v>12.185030233255901</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>215.95172872000001</v>
+        <v>215.96917227</v>
       </c>
       <c r="C376" s="5">
-        <v>1.1197504000000151</v>
+        <v>1.1193740200000093</v>
       </c>
       <c r="D376" s="5">
-        <v>6.4371131351370847</v>
+        <v>6.434337955014402</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>219.98678959</v>
+        <v>219.99734262000001</v>
       </c>
       <c r="C377" s="5">
-        <v>4.0350608699999952</v>
+        <v>4.0281703500000106</v>
       </c>
       <c r="D377" s="5">
-        <v>24.876006629165381</v>
+        <v>24.8268622329179</v>
       </c>
       <c r="E377" s="5">
-        <v>3.9317244605454604</v>
+        <v>3.9331906670671213</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>220.67260354999999</v>
+        <v>220.66019772999999</v>
       </c>
       <c r="C378" s="5">
-        <v>0.68581395999999017</v>
+        <v>0.6628551099999811</v>
       </c>
       <c r="D378" s="5">
-        <v>3.8058444186822138</v>
+        <v>3.6761393424153965</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>221.55323501000001</v>
+        <v>221.5159878</v>
       </c>
       <c r="C379" s="5">
-        <v>0.8806314600000178</v>
+        <v>0.85579007000001184</v>
       </c>
       <c r="D379" s="5">
-        <v>4.8953223079742036</v>
+        <v>4.7545471875761969</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>226.87146344999999</v>
+        <v>226.77650238999999</v>
       </c>
       <c r="C380" s="5">
-        <v>5.3182284399999844</v>
+        <v>5.2605145899999854</v>
       </c>
       <c r="D380" s="5">
-        <v>32.929484583659253</v>
+        <v>32.530462579527921</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>231.40397816000001</v>
+        <v>231.36898982</v>
       </c>
       <c r="C381" s="5">
-        <v>4.5325147100000152</v>
+        <v>4.5924874300000056</v>
       </c>
       <c r="D381" s="5">
-        <v>26.79186200604957</v>
+        <v>27.19943174706474</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>234.86635978000001</v>
+        <v>234.83908782</v>
       </c>
       <c r="C382" s="5">
-        <v>3.4623816200000022</v>
+        <v>3.4700980000000072</v>
       </c>
       <c r="D382" s="5">
-        <v>19.508817751838102</v>
+        <v>19.559148273984416</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>237.69266260000001</v>
+        <v>237.78049831000001</v>
       </c>
       <c r="C383" s="5">
-        <v>2.8263028199999951</v>
+        <v>2.9414104900000098</v>
       </c>
       <c r="D383" s="5">
-        <v>15.435531541316006</v>
+        <v>16.110147516214223</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>242.30657303999999</v>
+        <v>242.33852182000001</v>
       </c>
       <c r="C384" s="5">
-        <v>4.6139104399999837</v>
+        <v>4.5580235099999982</v>
       </c>
       <c r="D384" s="5">
-        <v>25.948511045480615</v>
+        <v>25.589884177365342</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>244.98653225000001</v>
+        <v>245.02277717999999</v>
       </c>
       <c r="C385" s="5">
-        <v>2.6799592100000211</v>
+        <v>2.6842553599999803</v>
       </c>
       <c r="D385" s="5">
-        <v>14.110124640075906</v>
+        <v>14.132161415755862</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>248.87786449000001</v>
+        <v>248.91658878000001</v>
       </c>
       <c r="C386" s="5">
-        <v>3.891332239999997</v>
+        <v>3.8938116000000207</v>
       </c>
       <c r="D386" s="5">
-        <v>20.817191285895433</v>
+        <v>20.828279585593346</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>253.35835976000001</v>
+        <v>253.39996696</v>
       </c>
       <c r="C387" s="5">
-        <v>4.4804952700000058</v>
+        <v>4.4833781799999883</v>
       </c>
       <c r="D387" s="5">
-        <v>23.876123252253745</v>
+        <v>23.888946265287924</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>256.28597542</v>
+        <v>256.32620943000001</v>
       </c>
       <c r="C388" s="5">
-        <v>2.9276156599999865</v>
+        <v>2.9262424700000054</v>
       </c>
       <c r="D388" s="5">
-        <v>14.782381018075363</v>
+        <v>14.772419030776707</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>258.44379087999999</v>
+        <v>258.46482863</v>
       </c>
       <c r="C389" s="5">
-        <v>2.1578154599999948</v>
+        <v>2.1386191999999937</v>
       </c>
       <c r="D389" s="5">
-        <v>10.584723868371505</v>
+        <v>10.48447596627453</v>
       </c>
       <c r="E389" s="5">
-        <v>17.481504849302155</v>
+        <v>17.48543212017093</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>258.65569818</v>
+        <v>258.63792425999998</v>
       </c>
       <c r="C390" s="5">
-        <v>0.21190730000000713</v>
+        <v>0.17309562999997752</v>
       </c>
       <c r="D390" s="5">
-        <v>0.98837217779652597</v>
+        <v>0.80661481662731571</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>261.71091881000001</v>
+        <v>261.62292434</v>
       </c>
       <c r="C391" s="5">
-        <v>3.055220630000008</v>
+        <v>2.9850000800000203</v>
       </c>
       <c r="D391" s="5">
-        <v>15.132385135425608</v>
+        <v>14.763312658726125</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>263.87501755</v>
+        <v>263.66870238000001</v>
       </c>
       <c r="C392" s="5">
-        <v>2.1640987399999858</v>
+        <v>2.0457780400000161</v>
       </c>
       <c r="D392" s="5">
-        <v>10.386813378134296</v>
+        <v>9.7977481351344089</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>268.42859916999998</v>
+        <v>268.35616313000003</v>
       </c>
       <c r="C393" s="5">
-        <v>4.5535816199999886</v>
+        <v>4.6874607500000138</v>
       </c>
       <c r="D393" s="5">
-        <v>22.790881531825402</v>
+        <v>23.548052464330048</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>268.64667391</v>
+        <v>268.54642942999999</v>
       </c>
       <c r="C394" s="5">
-        <v>0.21807474000002003</v>
+        <v>0.19026629999996203</v>
       </c>
       <c r="D394" s="5">
-        <v>0.97926286888223579</v>
+        <v>0.85413357134502821</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>270.14064288999998</v>
+        <v>270.32318458999998</v>
       </c>
       <c r="C395" s="5">
-        <v>1.4939689799999769</v>
+        <v>1.7767551599999933</v>
       </c>
       <c r="D395" s="5">
-        <v>6.8812521842886998</v>
+        <v>8.2348082444761559</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>278.92964484999999</v>
+        <v>279.02531923999999</v>
       </c>
       <c r="C396" s="5">
-        <v>8.7890019600000073</v>
+        <v>8.702134650000005</v>
       </c>
       <c r="D396" s="5">
-        <v>46.844247264675644</v>
+        <v>46.259412085354001</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>281.42618855000001</v>
+        <v>281.51469652999998</v>
       </c>
       <c r="C397" s="5">
-        <v>2.4965437000000179</v>
+        <v>2.4893772899999931</v>
       </c>
       <c r="D397" s="5">
-        <v>11.285356345639563</v>
+        <v>11.247305845925371</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>283.12535228000002</v>
+        <v>283.20604621000001</v>
       </c>
       <c r="C398" s="5">
-        <v>1.6991637300000093</v>
+        <v>1.6913496800000303</v>
       </c>
       <c r="D398" s="5">
-        <v>7.4907293434482991</v>
+        <v>7.452712896696001</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>282.59497025000002</v>
+        <v>282.66914172000003</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.53038202999999839</v>
+        <v>-0.53690448999998353</v>
       </c>
       <c r="D399" s="5">
-        <v>-2.2249566812514443</v>
+        <v>-2.2513987213275799</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>283.82752427999998</v>
+        <v>283.89456717000002</v>
       </c>
       <c r="C400" s="5">
-        <v>1.2325540299999602</v>
+        <v>1.2254254499999888</v>
       </c>
       <c r="D400" s="5">
-        <v>5.3612645971125916</v>
+        <v>5.328082125616862</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>284.28013299000003</v>
+        <v>284.30895566999999</v>
       </c>
       <c r="C401" s="5">
-        <v>0.45260871000004954</v>
+        <v>0.41438849999997274</v>
       </c>
       <c r="D401" s="5">
-        <v>1.9304662754733526</v>
+        <v>1.7657181687669388</v>
       </c>
       <c r="E401" s="5">
-        <v>9.9968902414050653</v>
+        <v>9.9990885324659153</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>285.33785038000002</v>
+        <v>285.30168113000002</v>
       </c>
       <c r="C402" s="5">
-        <v>1.0577173899999934</v>
+        <v>0.99272546000003103</v>
       </c>
       <c r="D402" s="5">
-        <v>4.5573342600820244</v>
+        <v>4.2714679635842634</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>285.55598436000002</v>
+        <v>285.38671803</v>
       </c>
       <c r="C403" s="5">
-        <v>0.21813398000000461</v>
+        <v>8.5036899999977322E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>0.92123841747211443</v>
+        <v>0.35825842288756959</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>287.03423146</v>
+        <v>286.72805097999998</v>
       </c>
       <c r="C404" s="5">
-        <v>1.4782470999999759</v>
+        <v>1.3413329499999804</v>
       </c>
       <c r="D404" s="5">
-        <v>6.3920380648766262</v>
+        <v>5.7881705153711271</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>284.65133365999998</v>
+        <v>284.52365387999998</v>
       </c>
       <c r="C405" s="5">
-        <v>-2.3828978000000234</v>
+        <v>-2.2043970999999942</v>
       </c>
       <c r="D405" s="5">
-        <v>-9.5196328638117116</v>
+        <v>-8.8454531788295991</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>283.81004610999997</v>
+        <v>283.63045405999998</v>
       </c>
       <c r="C406" s="5">
-        <v>-0.8412875500000041</v>
+        <v>-0.89319982000000664</v>
       </c>
       <c r="D406" s="5">
-        <v>-3.4895155049361026</v>
+        <v>-3.7027699737328335</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>283.71232280999999</v>
+        <v>283.96757732999998</v>
       </c>
       <c r="C407" s="5">
-        <v>-9.7723299999984192E-2</v>
+        <v>0.33712327000000641</v>
       </c>
       <c r="D407" s="5">
-        <v>-0.41241011297107333</v>
+        <v>1.4356818049192421</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>281.42101776999999</v>
+        <v>281.59733279</v>
       </c>
       <c r="C408" s="5">
-        <v>-2.2913050399999975</v>
+        <v>-2.3702445399999874</v>
       </c>
       <c r="D408" s="5">
-        <v>-9.2722879547258437</v>
+        <v>-9.5689927098746796</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>279.86499328999997</v>
+        <v>280.00746406000002</v>
       </c>
       <c r="C409" s="5">
-        <v>-1.5560244800000191</v>
+        <v>-1.5898687299999779</v>
       </c>
       <c r="D409" s="5">
-        <v>-6.4369029046402844</v>
+        <v>-6.568600045136419</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>279.42497680000002</v>
+        <v>279.54287805000001</v>
       </c>
       <c r="C410" s="5">
-        <v>-0.44001648999994813</v>
+        <v>-0.46458601000000499</v>
       </c>
       <c r="D410" s="5">
-        <v>-1.8704649504415749</v>
+        <v>-1.9729606889007378</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>278.53629238000002</v>
+        <v>278.63744254</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.88868442000000414</v>
+        <v>-0.90543551000001798</v>
       </c>
       <c r="D411" s="5">
-        <v>-3.750429134895672</v>
+        <v>-3.8182847189465852</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>278.63686257000001</v>
+        <v>278.72543985999999</v>
       </c>
       <c r="C412" s="5">
-        <v>0.1005701899999849</v>
+        <v>8.799731999999949E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>0.43414155649339481</v>
+        <v>0.3796345345767671</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>278.17818927000002</v>
+        <v>278.21320909999997</v>
       </c>
       <c r="C413" s="5">
-        <v>-0.45867329999998674</v>
+        <v>-0.51223076000002266</v>
       </c>
       <c r="D413" s="5">
-        <v>-1.9575728497071565</v>
+        <v>-2.1831586455443919</v>
       </c>
       <c r="E413" s="5">
-        <v>-2.1464545045132177</v>
+        <v>-2.1440571773881811</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>278.11472456000001</v>
+        <v>278.06350659999998</v>
       </c>
       <c r="C414" s="5">
-        <v>-6.3464710000005198E-2</v>
+        <v>-0.14970249999998941</v>
       </c>
       <c r="D414" s="5">
-        <v>-0.27342964157250904</v>
+        <v>-0.6437951126166519</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>277.52233991000003</v>
+        <v>277.28802331999998</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.59238464999998541</v>
+        <v>-0.77548328000000311</v>
       </c>
       <c r="D415" s="5">
-        <v>-2.5262692520286456</v>
+        <v>-3.2957860642659931</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>277.86387029000002</v>
+        <v>277.48504365999997</v>
       </c>
       <c r="C416" s="5">
-        <v>0.34153037999999469</v>
+        <v>0.19702033999999458</v>
       </c>
       <c r="D416" s="5">
-        <v>1.4868059110856757</v>
+        <v>0.85597105181749455</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>277.6407327</v>
+        <v>277.47961313000002</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.22313759000002165</v>
+        <v>-5.4305299999555245E-3</v>
       </c>
       <c r="D417" s="5">
-        <v>-0.95941086107256268</v>
+        <v>-2.3482111044903498E-2</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>277.77340164999998</v>
+        <v>277.50998815000003</v>
       </c>
       <c r="C418" s="5">
-        <v>0.13266894999998158</v>
+        <v>3.0375020000008135E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>0.57492217727188599</v>
+        <v>0.13144020609168194</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>278.00865897</v>
+        <v>278.33072421999998</v>
       </c>
       <c r="C419" s="5">
-        <v>0.23525732000001653</v>
+        <v>0.82073606999995263</v>
       </c>
       <c r="D419" s="5">
-        <v>1.0210752497214814</v>
+        <v>3.6073030882098678</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>277.94772694</v>
+        <v>278.19883517</v>
       </c>
       <c r="C420" s="5">
-        <v>-6.0932030000003579E-2</v>
+        <v>-0.13188904999998385</v>
       </c>
       <c r="D420" s="5">
-        <v>-0.26269095304037871</v>
+        <v>-0.56714914878380762</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>278.5146603</v>
+        <v>278.70458585</v>
       </c>
       <c r="C421" s="5">
-        <v>0.56693336000000727</v>
+        <v>0.50575068000000556</v>
       </c>
       <c r="D421" s="5">
-        <v>2.4753009614501664</v>
+        <v>2.2034814146147053</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>278.18512419000001</v>
+        <v>278.33351032000002</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.32953610999999228</v>
+        <v>-0.37107552999998461</v>
       </c>
       <c r="D422" s="5">
-        <v>-1.4106262337971187</v>
+        <v>-1.5860674160241062</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>278.73520409999998</v>
+        <v>278.85881805000002</v>
       </c>
       <c r="C423" s="5">
-        <v>0.55007990999996537</v>
+        <v>0.52530773000000863</v>
       </c>
       <c r="D423" s="5">
-        <v>2.3988428025655484</v>
+        <v>2.2884562283793652</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>278.00648495000002</v>
+        <v>278.10999419000001</v>
       </c>
       <c r="C424" s="5">
-        <v>-0.72871914999996079</v>
+        <v>-0.74882386000001588</v>
       </c>
       <c r="D424" s="5">
-        <v>-3.0925334540509608</v>
+        <v>-3.1752097746624131</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>277.43864191</v>
+        <v>277.47583716000003</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.56784304000001384</v>
+        <v>-0.63415702999998302</v>
       </c>
       <c r="D425" s="5">
-        <v>-2.4237151195717455</v>
+        <v>-2.7022287201435957</v>
       </c>
       <c r="E425" s="5">
-        <v>-0.26585382626177489</v>
+        <v>-0.26503843666707549</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>280.64736715999999</v>
+        <v>280.98409849000001</v>
       </c>
       <c r="C426" s="5">
-        <v>3.2087252499999863</v>
+        <v>3.5082613299999821</v>
       </c>
       <c r="D426" s="5">
-        <v>14.796400103138009</v>
+        <v>16.272998046428079</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>279.78317005999997</v>
+        <v>280.30266742999999</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.8641971000000126</v>
+        <v>-0.68143106000002263</v>
       </c>
       <c r="D427" s="5">
-        <v>-3.6332147517953883</v>
+        <v>-2.8716854426951155</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>280.02321191999999</v>
+        <v>280.27300169</v>
       </c>
       <c r="C428" s="5">
-        <v>0.24004186000001937</v>
+        <v>-2.9665739999984453E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>1.0344202162447358</v>
+        <v>-0.12692770230781081</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>278.75932609</v>
+        <v>280.53400735999998</v>
       </c>
       <c r="C429" s="5">
-        <v>-1.2638858299999924</v>
+        <v>0.26100566999997454</v>
       </c>
       <c r="D429" s="5">
-        <v>-5.2837536830893868</v>
+        <v>1.1232477165548982</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>278.57327155000002</v>
+        <v>281.41454944999998</v>
       </c>
       <c r="C430" s="5">
-        <v>-0.18605453999998645</v>
+        <v>0.88054209000000583</v>
       </c>
       <c r="D430" s="5">
-        <v>-0.79799189061448006</v>
+        <v>3.8322774049393438</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>275.71441032000001</v>
+        <v>280.82636101000003</v>
       </c>
       <c r="C431" s="5">
-        <v>-2.8588612300000023</v>
+        <v>-0.58818843999995352</v>
       </c>
       <c r="D431" s="5">
-        <v>-11.643145100644947</v>
+        <v>-2.4795039247293094</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>275.03397801</v>
+        <v>280.16380650000002</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.6804323100000147</v>
+        <v>-0.66255451000000676</v>
       </c>
       <c r="D432" s="5">
-        <v>-2.9215974418576929</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-2.7947134808250285</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>275.98299886000001</v>
+        <v>281.13052813000002</v>
       </c>
       <c r="C433" s="5">
-        <v>0.9490208500000108</v>
+        <v>0.966721629999995</v>
       </c>
       <c r="D433" s="5">
-        <v>4.2201631186500332</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>4.2201631468482326</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>275.41108578000001</v>
+        <v>280.54794793999997</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.57191308000000163</v>
+        <v>-0.58258019000004424</v>
       </c>
       <c r="D434" s="5">
-        <v>-2.4585840792599289</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-2.4585841047750634</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>278.74095569000002</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-1.8069922499999507</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-7.4611155632309689</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>278.14829321000002</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.59266248000000132</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-2.5218282115070378</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>279.21578419999997</v>
+      </c>
+      <c r="C437" s="5">
+        <v>1.0674909899999534</v>
+      </c>
+      <c r="D437" s="5">
+        <v>4.7038844665473478</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.62706254274553785</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>