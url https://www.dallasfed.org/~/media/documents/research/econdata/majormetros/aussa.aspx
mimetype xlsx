--- v0 (2025-10-17)
+++ v1 (2025-12-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{094A25AD-BB6D-4B69-AA4E-5049B2B8183E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{93A5BCB8-8CF7-4CE3-BA2A-28EEDB0BD4F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{88C1DE77-20AE-4E3D-9FAC-2E8733341F84}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B1EC1466-111F-423E-B8D8-6AB9C4E2C485}"/>
   </bookViews>
   <sheets>
     <sheet name="ausnaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Total Nonfarm Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D639EF7-CE34-4220-A686-04A230C9D5C9}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD374178-1EEE-44BF-8A23-6A219DE4C701}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-2.1045873999999003</v>
       </c>
       <c r="D431" s="5">
         <v>-1.8128226333326669</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>1381.5449122</v>
       </c>
       <c r="C432" s="5">
         <v>2.1289466999999149</v>
       </c>
       <c r="D432" s="5">
         <v>1.8678440717569522</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1384.0442258999999</v>
+        <v>1385.2353905</v>
       </c>
       <c r="C433" s="5">
-        <v>2.4993136999999024</v>
+        <v>3.6904782999999952</v>
       </c>
       <c r="D433" s="5">
-        <v>2.1926168209446928</v>
+        <v>3.2530403378594919</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>1383.3604605</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-1.8749299999999494</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-1.6121752960396973</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>