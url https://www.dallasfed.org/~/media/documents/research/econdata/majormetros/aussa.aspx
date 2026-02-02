--- v1 (2025-12-13)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{93A5BCB8-8CF7-4CE3-BA2A-28EEDB0BD4F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C1DE129D-3067-4069-B827-3C7967519BB5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B1EC1466-111F-423E-B8D8-6AB9C4E2C485}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7A0E9EF4-C1C6-4875-A4C2-8D9BD83E48E8}"/>
   </bookViews>
   <sheets>
     <sheet name="ausnaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Total Nonfarm Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD374178-1EEE-44BF-8A23-6A219DE4C701}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4CEA3FA7-8FB8-48B2-93FF-8BBEA2C96FF5}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>386.77462219</v>
+        <v>386.78575217999997</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>387.00569571</v>
+        <v>386.95022419999998</v>
       </c>
       <c r="C7" s="5">
-        <v>0.23107351999999537</v>
+        <v>0.16447202000000516</v>
       </c>
       <c r="D7" s="5">
-        <v>0.71928499835538506</v>
+        <v>0.51146834903403882</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>389.70843396999999</v>
+        <v>389.66936664000002</v>
       </c>
       <c r="C8" s="5">
-        <v>2.7027382599999896</v>
+        <v>2.7191424400000415</v>
       </c>
       <c r="D8" s="5">
-        <v>8.7099701505023219</v>
+        <v>8.7662000753094826</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>392.73032131000002</v>
+        <v>392.69932418000002</v>
       </c>
       <c r="C9" s="5">
-        <v>3.0218873400000348</v>
+        <v>3.0299575399999981</v>
       </c>
       <c r="D9" s="5">
-        <v>9.7123549881957381</v>
+        <v>9.7404303275328665</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>397.55083175999999</v>
+        <v>397.51694466999999</v>
       </c>
       <c r="C10" s="5">
-        <v>4.820510449999972</v>
+        <v>4.8176204899999675</v>
       </c>
       <c r="D10" s="5">
-        <v>15.765406851203601</v>
+        <v>15.756637406323403</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>398.02668275000002</v>
+        <v>397.98992998</v>
       </c>
       <c r="C11" s="5">
-        <v>0.47585099000002629</v>
+        <v>0.47298531000001276</v>
       </c>
       <c r="D11" s="5">
-        <v>1.4458412912742968</v>
+        <v>1.4372003697318947</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>398.87467992000001</v>
+        <v>398.84752777</v>
       </c>
       <c r="C12" s="5">
-        <v>0.84799716999998509</v>
+        <v>0.8575977899999998</v>
       </c>
       <c r="D12" s="5">
-        <v>2.5867754531680998</v>
+        <v>2.6166541198070492</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>397.32207356999999</v>
+        <v>397.32440745000002</v>
       </c>
       <c r="C13" s="5">
-        <v>-1.5526063500000191</v>
+        <v>-1.5231203199999754</v>
       </c>
       <c r="D13" s="5">
-        <v>-4.5722474868667877</v>
+        <v>-4.4875293696638563</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>398.45111585000001</v>
+        <v>398.48371628000001</v>
       </c>
       <c r="C14" s="5">
-        <v>1.1290422800000215</v>
+        <v>1.1593088299999863</v>
       </c>
       <c r="D14" s="5">
-        <v>3.4637579952996544</v>
+        <v>3.558086087489043</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>399.46176294000003</v>
+        <v>399.47275431999998</v>
       </c>
       <c r="C15" s="5">
-        <v>1.0106470900000204</v>
+        <v>0.98903803999996853</v>
       </c>
       <c r="D15" s="5">
-        <v>3.0865495429353018</v>
+        <v>3.0194009091420115</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>402.31333943999999</v>
+        <v>402.40215117000002</v>
       </c>
       <c r="C16" s="5">
-        <v>2.8515764999999647</v>
+        <v>2.929396850000046</v>
       </c>
       <c r="D16" s="5">
-        <v>8.9107176159997294</v>
+        <v>9.1635264080677246</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>403.41058076000002</v>
+        <v>403.48639866000002</v>
       </c>
       <c r="C17" s="5">
-        <v>1.0972413200000233</v>
+        <v>1.0842474899999957</v>
       </c>
       <c r="D17" s="5">
-        <v>3.3223382765091847</v>
+        <v>3.2816740667471755</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>403.75776619999999</v>
+        <v>403.76607106</v>
       </c>
       <c r="C18" s="5">
-        <v>0.34718543999997564</v>
+        <v>0.27967239999998128</v>
       </c>
       <c r="D18" s="5">
-        <v>1.0376531359440389</v>
+        <v>0.8349457753591194</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>404.26956197999999</v>
+        <v>404.22770204</v>
       </c>
       <c r="C19" s="5">
-        <v>0.51179577999999992</v>
+        <v>0.46163097999999536</v>
       </c>
       <c r="D19" s="5">
-        <v>1.5317470843291492</v>
+        <v>1.3806357959841087</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>405.6593196</v>
+        <v>405.61582805</v>
       </c>
       <c r="C20" s="5">
-        <v>1.3897576200000117</v>
+        <v>1.3881260100000077</v>
       </c>
       <c r="D20" s="5">
-        <v>4.2041385320228608</v>
+        <v>4.1995522718867528</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>405.03014249</v>
+        <v>404.99758773000002</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.62917711000000054</v>
+        <v>-0.61824031999998397</v>
       </c>
       <c r="D21" s="5">
-        <v>-1.8454033929545477</v>
+        <v>-1.8137865736603476</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>407.0964816</v>
+        <v>407.05789351999999</v>
       </c>
       <c r="C22" s="5">
-        <v>2.0663391100000013</v>
+        <v>2.0603057899999726</v>
       </c>
       <c r="D22" s="5">
-        <v>6.296765585982822</v>
+        <v>6.2783816729213182</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>407.3146074</v>
+        <v>407.27634096999998</v>
       </c>
       <c r="C23" s="5">
-        <v>0.21812579999999571</v>
+        <v>0.21844744999998511</v>
       </c>
       <c r="D23" s="5">
-        <v>0.64486852014136176</v>
+        <v>0.64588365966600225</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>408.37539511</v>
+        <v>408.34778999999997</v>
       </c>
       <c r="C24" s="5">
-        <v>1.0607877099999996</v>
+        <v>1.0714490299999966</v>
       </c>
       <c r="D24" s="5">
-        <v>3.1703699902685178</v>
+        <v>3.203001126864069</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>408.70917394000003</v>
+        <v>408.70595866999997</v>
       </c>
       <c r="C25" s="5">
-        <v>0.33377883000002839</v>
+        <v>0.35816866999999775</v>
       </c>
       <c r="D25" s="5">
-        <v>0.98522107813379112</v>
+        <v>1.0576325291122179</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>410.92656861</v>
+        <v>410.96064944</v>
       </c>
       <c r="C26" s="5">
-        <v>2.217394669999976</v>
+        <v>2.2546907700000247</v>
       </c>
       <c r="D26" s="5">
-        <v>6.7082572400149365</v>
+        <v>6.8245899582370706</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>411.77874337999998</v>
+        <v>411.79225114000002</v>
       </c>
       <c r="C27" s="5">
-        <v>0.85217476999997643</v>
+        <v>0.83160170000002154</v>
       </c>
       <c r="D27" s="5">
-        <v>2.5171272112602949</v>
+        <v>2.4554753045122002</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>415.32395936</v>
+        <v>415.41193697</v>
       </c>
       <c r="C28" s="5">
-        <v>3.5452159800000231</v>
+        <v>3.6196858299999803</v>
       </c>
       <c r="D28" s="5">
-        <v>10.834952504257345</v>
+        <v>11.073286582456522</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>416.71211753</v>
+        <v>416.78131100000002</v>
       </c>
       <c r="C29" s="5">
-        <v>1.388158169999997</v>
+        <v>1.3693740300000172</v>
       </c>
       <c r="D29" s="5">
-        <v>4.0853786617953913</v>
+        <v>4.0282214887910062</v>
       </c>
       <c r="E29" s="5">
-        <v>3.2972701769350632</v>
+        <v>3.2950087993432131</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>419.89055474999998</v>
+        <v>419.89724848999998</v>
       </c>
       <c r="C30" s="5">
-        <v>3.178437219999978</v>
+        <v>3.1159374899999648</v>
       </c>
       <c r="D30" s="5">
-        <v>9.5468042127562889</v>
+        <v>9.3496780092195522</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>420.82678059</v>
+        <v>420.79998181000002</v>
       </c>
       <c r="C31" s="5">
-        <v>0.93622584000002007</v>
+        <v>0.90273332000003847</v>
       </c>
       <c r="D31" s="5">
-        <v>2.7086853140592337</v>
+        <v>2.6105942920837677</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>422.19170939999998</v>
+        <v>422.15023198</v>
       </c>
       <c r="C32" s="5">
-        <v>1.3649288099999808</v>
+        <v>1.3502501699999812</v>
       </c>
       <c r="D32" s="5">
-        <v>3.962322603748758</v>
+        <v>3.9192105121631515</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>424.86447808999998</v>
+        <v>424.82879383</v>
       </c>
       <c r="C33" s="5">
-        <v>2.6727686899999981</v>
+        <v>2.6785618499999941</v>
       </c>
       <c r="D33" s="5">
-        <v>7.8670142873026982</v>
+        <v>7.8854671392282194</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>426.96216220999997</v>
+        <v>426.90843346999998</v>
       </c>
       <c r="C34" s="5">
-        <v>2.0976841199999967</v>
+        <v>2.0796396399999821</v>
       </c>
       <c r="D34" s="5">
-        <v>6.0883274153033184</v>
+        <v>6.035057855612358</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>429.38907059000002</v>
+        <v>429.35389065999999</v>
       </c>
       <c r="C35" s="5">
-        <v>2.4269083800000431</v>
+        <v>2.4454571900000133</v>
       </c>
       <c r="D35" s="5">
-        <v>7.0382898944488126</v>
+        <v>7.0947104478677803</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>431.48172155999998</v>
+        <v>431.45651217</v>
       </c>
       <c r="C36" s="5">
-        <v>2.0926509699999656</v>
+        <v>2.1026215100000059</v>
       </c>
       <c r="D36" s="5">
-        <v>6.0076000630064463</v>
+        <v>6.0375069226572986</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>430.70793470000001</v>
+        <v>430.70197939000002</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.77378685999997288</v>
+        <v>-0.75453277999997681</v>
       </c>
       <c r="D37" s="5">
-        <v>-2.1308904072533608</v>
+        <v>-2.0784968638402845</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>436.17990641</v>
+        <v>436.21436265</v>
       </c>
       <c r="C38" s="5">
-        <v>5.4719717099999912</v>
+        <v>5.5123832599999787</v>
       </c>
       <c r="D38" s="5">
-        <v>16.357233868931754</v>
+        <v>16.486908363805995</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>440.68526722000001</v>
+        <v>440.70735596999998</v>
       </c>
       <c r="C39" s="5">
-        <v>4.5053608100000133</v>
+        <v>4.4929933199999823</v>
       </c>
       <c r="D39" s="5">
-        <v>13.123939243546911</v>
+        <v>13.084755410496985</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>441.53426719999999</v>
+        <v>441.62659015000003</v>
       </c>
       <c r="C40" s="5">
-        <v>0.84899997999997368</v>
+        <v>0.91923418000004631</v>
       </c>
       <c r="D40" s="5">
-        <v>2.3365083441548196</v>
+        <v>2.5318931643570686</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>444.73171947999998</v>
+        <v>444.80111217000001</v>
       </c>
       <c r="C41" s="5">
-        <v>3.1974522799999932</v>
+        <v>3.1745220199999835</v>
       </c>
       <c r="D41" s="5">
-        <v>9.0446324298448122</v>
+        <v>8.9752322721005751</v>
       </c>
       <c r="E41" s="5">
-        <v>6.7239710033108802</v>
+        <v>6.7229024983800123</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>447.10366355999997</v>
+        <v>447.09168609</v>
       </c>
       <c r="C42" s="5">
-        <v>2.3719440799999916</v>
+        <v>2.2905739199999857</v>
       </c>
       <c r="D42" s="5">
-        <v>6.5912301512676574</v>
+        <v>6.3576552492035976</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>449.78286358999998</v>
+        <v>449.77050663</v>
       </c>
       <c r="C43" s="5">
-        <v>2.6792000300000041</v>
+        <v>2.6788205400000038</v>
       </c>
       <c r="D43" s="5">
-        <v>7.4326081848158143</v>
+        <v>7.4317261702858239</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>452.43667233000002</v>
+        <v>452.38921291000003</v>
       </c>
       <c r="C44" s="5">
-        <v>2.653808740000045</v>
+        <v>2.6187062800000263</v>
       </c>
       <c r="D44" s="5">
-        <v>7.3145806149905068</v>
+        <v>7.214915366566288</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>456.12803898999999</v>
+        <v>456.09368319999999</v>
       </c>
       <c r="C45" s="5">
-        <v>3.6913666599999715</v>
+        <v>3.7044702899999606</v>
       </c>
       <c r="D45" s="5">
-        <v>10.242142503445283</v>
+        <v>10.281280399784066</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>458.23905094999998</v>
+        <v>458.17409032</v>
       </c>
       <c r="C46" s="5">
-        <v>2.1110119599999848</v>
+        <v>2.080407120000018</v>
       </c>
       <c r="D46" s="5">
-        <v>5.6973072041738071</v>
+        <v>5.6130600959927168</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>458.59240149999999</v>
+        <v>458.56761232000002</v>
       </c>
       <c r="C47" s="5">
-        <v>0.35335055000001603</v>
+        <v>0.39352200000001858</v>
       </c>
       <c r="D47" s="5">
-        <v>0.92926081822801709</v>
+        <v>1.0355529955703879</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>462.78225053</v>
+        <v>462.76760177</v>
       </c>
       <c r="C48" s="5">
-        <v>4.1898490300000049</v>
+        <v>4.1999894499999755</v>
       </c>
       <c r="D48" s="5">
-        <v>11.531635393491202</v>
+        <v>11.561622088571454</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>464.30601022000002</v>
+        <v>464.30337083000001</v>
       </c>
       <c r="C49" s="5">
-        <v>1.5237596900000199</v>
+        <v>1.5357690600000069</v>
       </c>
       <c r="D49" s="5">
-        <v>4.023470840571286</v>
+        <v>4.0558932307090956</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>468.46908314000001</v>
+        <v>468.49952471</v>
       </c>
       <c r="C50" s="5">
-        <v>4.1630729199999905</v>
+        <v>4.1961538799999971</v>
       </c>
       <c r="D50" s="5">
-        <v>11.306249911146127</v>
+        <v>11.40067334922994</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>469.76862051000001</v>
+        <v>469.79765986000001</v>
       </c>
       <c r="C51" s="5">
-        <v>1.2995373699999959</v>
+        <v>1.2981351500000073</v>
       </c>
       <c r="D51" s="5">
-        <v>3.3800709762182413</v>
+        <v>3.3761453272651343</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>470.81539364999998</v>
+        <v>470.90473668999999</v>
       </c>
       <c r="C52" s="5">
-        <v>1.0467731399999707</v>
+        <v>1.1070768299999827</v>
       </c>
       <c r="D52" s="5">
-        <v>2.7069436170673145</v>
+        <v>2.8647362769548046</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>473.06225813999998</v>
+        <v>473.12267592000001</v>
       </c>
       <c r="C53" s="5">
-        <v>2.2468644900000072</v>
+        <v>2.2179392300000131</v>
       </c>
       <c r="D53" s="5">
-        <v>5.8794700249587217</v>
+        <v>5.8006790712715528</v>
       </c>
       <c r="E53" s="5">
-        <v>6.3702536650916963</v>
+        <v>6.3672421167813242</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>476.02654441999999</v>
+        <v>476.00461966</v>
       </c>
       <c r="C54" s="5">
-        <v>2.9642862800000103</v>
+        <v>2.881943739999997</v>
       </c>
       <c r="D54" s="5">
-        <v>7.7840361134282388</v>
+        <v>7.5595184488324252</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>477.16056314999997</v>
+        <v>477.16700458000003</v>
       </c>
       <c r="C55" s="5">
-        <v>1.1340187299999798</v>
+        <v>1.1623849200000222</v>
       </c>
       <c r="D55" s="5">
-        <v>2.8964664203392054</v>
+        <v>2.9700327983746888</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>480.27762951</v>
+        <v>480.22045380999998</v>
       </c>
       <c r="C56" s="5">
-        <v>3.1170663600000239</v>
+        <v>3.0534492299999556</v>
       </c>
       <c r="D56" s="5">
-        <v>8.1269098652821938</v>
+        <v>7.9550551397657987</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>485.28846186999999</v>
+        <v>485.27057922</v>
       </c>
       <c r="C57" s="5">
-        <v>5.0108323599999949</v>
+        <v>5.050125410000021</v>
       </c>
       <c r="D57" s="5">
-        <v>13.263841585239033</v>
+        <v>13.375625691462112</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>487.07470088000002</v>
+        <v>487.00816352999999</v>
       </c>
       <c r="C58" s="5">
-        <v>1.7862390100000312</v>
+        <v>1.7375843099999884</v>
       </c>
       <c r="D58" s="5">
-        <v>4.5074572473511099</v>
+        <v>4.3824176538179271</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>490.83731196999997</v>
+        <v>490.82588683</v>
       </c>
       <c r="C59" s="5">
-        <v>3.7626110899999503</v>
+        <v>3.8177233000000115</v>
       </c>
       <c r="D59" s="5">
-        <v>9.6740696094586465</v>
+        <v>9.8233343250411878</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>493.49289563000002</v>
+        <v>493.49240350999997</v>
       </c>
       <c r="C60" s="5">
-        <v>2.6555836600000475</v>
+        <v>2.6665166799999724</v>
       </c>
       <c r="D60" s="5">
-        <v>6.6890947300356274</v>
+        <v>6.7176227979876879</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>494.84892927999999</v>
+        <v>494.83972040999998</v>
       </c>
       <c r="C61" s="5">
-        <v>1.3560336499999721</v>
+        <v>1.3473169000000098</v>
       </c>
       <c r="D61" s="5">
-        <v>3.3476867043281233</v>
+        <v>3.3258465880036558</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>499.62500755000002</v>
+        <v>499.63720151000001</v>
       </c>
       <c r="C62" s="5">
-        <v>4.7760782700000277</v>
+        <v>4.7974811000000273</v>
       </c>
       <c r="D62" s="5">
-        <v>12.216933070587665</v>
+        <v>12.274872909612156</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>502.91591682000001</v>
+        <v>502.96216879000002</v>
       </c>
       <c r="C63" s="5">
-        <v>3.290909269999986</v>
+        <v>3.3249672800000099</v>
       </c>
       <c r="D63" s="5">
-        <v>8.1968348524151367</v>
+        <v>8.2845844371008504</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>506.22063817999998</v>
+        <v>506.31568685000002</v>
       </c>
       <c r="C64" s="5">
-        <v>3.3047213599999736</v>
+        <v>3.353518059999999</v>
       </c>
       <c r="D64" s="5">
-        <v>8.1766663298086897</v>
+        <v>8.3010722010214533</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>509.64086673999998</v>
+        <v>509.69544698999999</v>
       </c>
       <c r="C65" s="5">
-        <v>3.4202285599999982</v>
+        <v>3.3797601399999735</v>
       </c>
       <c r="D65" s="5">
-        <v>8.4158511496946087</v>
+        <v>8.3109719174164987</v>
       </c>
       <c r="E65" s="5">
-        <v>7.732303300588983</v>
+        <v>7.730082055120957</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>510.98321606000002</v>
+        <v>510.9305344</v>
       </c>
       <c r="C66" s="5">
-        <v>1.3423493200000394</v>
+        <v>1.2350874100000055</v>
       </c>
       <c r="D66" s="5">
-        <v>3.2068865467660634</v>
+        <v>2.9468933239522155</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>513.88441183999998</v>
+        <v>513.89139705000002</v>
       </c>
       <c r="C67" s="5">
-        <v>2.9011957799999664</v>
+        <v>2.9608626500000241</v>
       </c>
       <c r="D67" s="5">
-        <v>7.0300438985889668</v>
+        <v>7.1800296463873536</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>516.27838442999996</v>
+        <v>516.19862604000002</v>
       </c>
       <c r="C68" s="5">
-        <v>2.3939725899999758</v>
+        <v>2.3072289899999987</v>
       </c>
       <c r="D68" s="5">
-        <v>5.7357816905111658</v>
+        <v>5.5227166094202973</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>517.39764587000002</v>
+        <v>517.39452836999999</v>
       </c>
       <c r="C69" s="5">
-        <v>1.1192614400000593</v>
+        <v>1.1959023299999672</v>
       </c>
       <c r="D69" s="5">
-        <v>2.6327751148337075</v>
+        <v>2.815797382171481</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>522.24873806000005</v>
+        <v>522.19696093000005</v>
       </c>
       <c r="C70" s="5">
-        <v>4.8510921900000312</v>
+        <v>4.8024325600000566</v>
       </c>
       <c r="D70" s="5">
-        <v>11.849851150400115</v>
+        <v>11.724932492643392</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>525.55573082000001</v>
+        <v>525.55500124000002</v>
       </c>
       <c r="C71" s="5">
-        <v>3.3069927599999573</v>
+        <v>3.3580403099999785</v>
       </c>
       <c r="D71" s="5">
-        <v>7.8689677138185976</v>
+        <v>7.9955843937771442</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>523.88893067000004</v>
+        <v>523.89975425</v>
       </c>
       <c r="C72" s="5">
-        <v>-1.6668001499999718</v>
+        <v>-1.6552469900000233</v>
       </c>
       <c r="D72" s="5">
-        <v>-3.7401116321516326</v>
+        <v>-3.7146401366160764</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>526.98005320000004</v>
+        <v>526.96536523999998</v>
       </c>
       <c r="C73" s="5">
-        <v>3.0911225300000069</v>
+        <v>3.0656109899999819</v>
       </c>
       <c r="D73" s="5">
-        <v>7.3147594721827636</v>
+        <v>7.2522790268160664</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>531.60174694</v>
+        <v>531.58825738999997</v>
       </c>
       <c r="C74" s="5">
-        <v>4.6216937399999551</v>
+        <v>4.6228921499999842</v>
       </c>
       <c r="D74" s="5">
-        <v>11.046958898231507</v>
+        <v>11.050285986594389</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>533.22171013000002</v>
+        <v>533.26901706000001</v>
       </c>
       <c r="C75" s="5">
-        <v>1.6199631900000213</v>
+        <v>1.6807596700000431</v>
       </c>
       <c r="D75" s="5">
-        <v>3.7187054564252309</v>
+        <v>3.8608028344349288</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>536.05341152999995</v>
+        <v>536.14042256000005</v>
       </c>
       <c r="C76" s="5">
-        <v>2.831701399999929</v>
+        <v>2.8714055000000371</v>
       </c>
       <c r="D76" s="5">
-        <v>6.5621294321700274</v>
+        <v>6.6562732880363518</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>539.12556273999996</v>
+        <v>539.16768533000004</v>
       </c>
       <c r="C77" s="5">
-        <v>3.0721512100000155</v>
+        <v>3.027262769999993</v>
       </c>
       <c r="D77" s="5">
-        <v>7.0982371459650917</v>
+        <v>6.9901100371777769</v>
       </c>
       <c r="E77" s="5">
-        <v>5.7853869114938838</v>
+        <v>5.7823232508840361</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>539.39325474999998</v>
+        <v>539.34005022999997</v>
       </c>
       <c r="C78" s="5">
-        <v>0.26769201000001885</v>
+        <v>0.1723648999999341</v>
       </c>
       <c r="D78" s="5">
-        <v>0.59746586093920584</v>
+        <v>0.38429963823614077</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>541.39609462999999</v>
+        <v>541.39858833000005</v>
       </c>
       <c r="C79" s="5">
-        <v>2.0028398800000105</v>
+        <v>2.058538100000078</v>
       </c>
       <c r="D79" s="5">
-        <v>4.5478941784922178</v>
+        <v>4.6775075753535234</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>544.47141105000003</v>
+        <v>544.38192056000003</v>
       </c>
       <c r="C80" s="5">
-        <v>3.0753164200000356</v>
+        <v>2.9833322299999736</v>
       </c>
       <c r="D80" s="5">
-        <v>7.0334555357638884</v>
+        <v>6.816635099155155</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>546.68404743999997</v>
+        <v>546.69676851999998</v>
       </c>
       <c r="C81" s="5">
-        <v>2.2126363899999433</v>
+        <v>2.3148479599999519</v>
       </c>
       <c r="D81" s="5">
-        <v>4.9870765876083079</v>
+        <v>5.223746437805632</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>548.69000339000002</v>
+        <v>548.65289722</v>
       </c>
       <c r="C82" s="5">
-        <v>2.0059559500000432</v>
+        <v>1.956128700000022</v>
       </c>
       <c r="D82" s="5">
-        <v>4.4931353968407972</v>
+        <v>4.3792184533550937</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>548.84385311999995</v>
+        <v>548.84945997</v>
       </c>
       <c r="C83" s="5">
-        <v>0.15384972999993352</v>
+        <v>0.19656274999999823</v>
       </c>
       <c r="D83" s="5">
-        <v>0.33699293981053202</v>
+        <v>0.43076531273003038</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>549.26819708999994</v>
+        <v>549.29063441000005</v>
       </c>
       <c r="C84" s="5">
-        <v>0.42434396999999535</v>
+        <v>0.44117444000005435</v>
       </c>
       <c r="D84" s="5">
-        <v>0.93174719336324152</v>
+        <v>0.96885605986756218</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>553.33717248000005</v>
+        <v>553.31746743999997</v>
       </c>
       <c r="C85" s="5">
-        <v>4.0689753900001051</v>
+        <v>4.0268330299999207</v>
       </c>
       <c r="D85" s="5">
-        <v>9.2608845041958432</v>
+        <v>9.1606807127150525</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>551.97367922000001</v>
+        <v>551.93050090999998</v>
       </c>
       <c r="C86" s="5">
-        <v>-1.3634932600000411</v>
+        <v>-1.3869665299999951</v>
       </c>
       <c r="D86" s="5">
-        <v>-2.9172054692893412</v>
+        <v>-2.9668406777653589</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>555.04761535</v>
+        <v>555.09359040000004</v>
       </c>
       <c r="C87" s="5">
-        <v>3.0739361299999928</v>
+        <v>3.1630894900000612</v>
       </c>
       <c r="D87" s="5">
-        <v>6.8913263812924175</v>
+        <v>7.0981117027438145</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>557.46217878000004</v>
+        <v>557.54347861999997</v>
       </c>
       <c r="C88" s="5">
-        <v>2.4145634300000438</v>
+        <v>2.4498882199999343</v>
       </c>
       <c r="D88" s="5">
-        <v>5.3469582960762763</v>
+        <v>5.4266321998063693</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>559.39675066999996</v>
+        <v>559.43999134000001</v>
       </c>
       <c r="C89" s="5">
-        <v>1.9345718899999156</v>
+        <v>1.8965127200000325</v>
       </c>
       <c r="D89" s="5">
-        <v>4.2447946963974914</v>
+        <v>4.159099678749234</v>
       </c>
       <c r="E89" s="5">
-        <v>3.7600123850510148</v>
+        <v>3.759926004762737</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>560.10336890999997</v>
+        <v>560.05801434</v>
       </c>
       <c r="C90" s="5">
-        <v>0.70661824000001161</v>
+        <v>0.61802299999999377</v>
       </c>
       <c r="D90" s="5">
-        <v>1.5263903941769907</v>
+        <v>1.3337450564797626</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>564.53293377</v>
+        <v>564.53485988</v>
       </c>
       <c r="C91" s="5">
-        <v>4.4295648600000277</v>
+        <v>4.4768455399999993</v>
       </c>
       <c r="D91" s="5">
-        <v>9.9140413558360443</v>
+        <v>10.02540613823022</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>566.92043818000002</v>
+        <v>566.83905107999999</v>
       </c>
       <c r="C92" s="5">
-        <v>2.3875044100000196</v>
+        <v>2.3041911999999911</v>
       </c>
       <c r="D92" s="5">
-        <v>5.1947278987445555</v>
+        <v>5.0093504399059796</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>568.84497053999996</v>
+        <v>568.86478596999996</v>
       </c>
       <c r="C93" s="5">
-        <v>1.9245323599999438</v>
+        <v>2.025734889999967</v>
       </c>
       <c r="D93" s="5">
-        <v>4.1505821663674114</v>
+        <v>4.3737918285274402</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>570.29937381000002</v>
+        <v>570.28220639999995</v>
       </c>
       <c r="C94" s="5">
-        <v>1.4544032700000571</v>
+        <v>1.4174204299999928</v>
       </c>
       <c r="D94" s="5">
-        <v>3.1116331158477673</v>
+        <v>3.0313155405908399</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>571.64016909999998</v>
+        <v>571.64522510999996</v>
       </c>
       <c r="C95" s="5">
-        <v>1.34079528999996</v>
+        <v>1.3630187100000057</v>
       </c>
       <c r="D95" s="5">
-        <v>2.8580132639321576</v>
+        <v>2.9060973839878823</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>578.32899472999998</v>
+        <v>578.35068173000002</v>
       </c>
       <c r="C96" s="5">
-        <v>6.6888256299999966</v>
+        <v>6.7054566200000636</v>
       </c>
       <c r="D96" s="5">
-        <v>14.981171188441134</v>
+        <v>15.020714046610429</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>580.21461392000003</v>
+        <v>580.19254272000001</v>
       </c>
       <c r="C97" s="5">
-        <v>1.8856191900000567</v>
+        <v>1.8418609899999865</v>
       </c>
       <c r="D97" s="5">
-        <v>3.9834834809937325</v>
+        <v>3.8892682957165192</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>582.80938100000003</v>
+        <v>582.74871642999994</v>
       </c>
       <c r="C98" s="5">
-        <v>2.5947670799999969</v>
+        <v>2.5561737099999391</v>
       </c>
       <c r="D98" s="5">
-        <v>5.5004822796534958</v>
+        <v>5.4168895584852494</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>584.35108088000004</v>
+        <v>584.38433139999995</v>
       </c>
       <c r="C99" s="5">
-        <v>1.5416998800000101</v>
+        <v>1.635614970000006</v>
       </c>
       <c r="D99" s="5">
-        <v>3.2209416686852732</v>
+        <v>3.4205514780315083</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>588.12091726999995</v>
+        <v>588.18506265999997</v>
       </c>
       <c r="C100" s="5">
-        <v>3.7698363899999094</v>
+        <v>3.8007312600000205</v>
       </c>
       <c r="D100" s="5">
-        <v>8.022267818241513</v>
+        <v>8.0899054288359196</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>588.99576223999998</v>
+        <v>589.03311832999998</v>
       </c>
       <c r="C101" s="5">
-        <v>0.87484497000002648</v>
+        <v>0.84805567000000792</v>
       </c>
       <c r="D101" s="5">
-        <v>1.7997075127712536</v>
+        <v>1.7439678019545157</v>
       </c>
       <c r="E101" s="5">
-        <v>5.2912376653151405</v>
+        <v>5.2897768211237484</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>595.10798595000006</v>
+        <v>595.09132127999999</v>
       </c>
       <c r="C102" s="5">
-        <v>6.1122237100000802</v>
+        <v>6.058202950000009</v>
       </c>
       <c r="D102" s="5">
-        <v>13.188758849131421</v>
+        <v>13.064648224385845</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>597.69112768000002</v>
+        <v>597.69500241000003</v>
       </c>
       <c r="C103" s="5">
-        <v>2.5831417299999657</v>
+        <v>2.6036811300000409</v>
       </c>
       <c r="D103" s="5">
-        <v>5.3349200486849435</v>
+        <v>5.3785199893371605</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>600.40755075000004</v>
+        <v>600.34227106000003</v>
       </c>
       <c r="C104" s="5">
-        <v>2.7164230700000189</v>
+        <v>2.6472686500000009</v>
       </c>
       <c r="D104" s="5">
-        <v>5.5922477511038737</v>
+        <v>5.4463597166597211</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>604.42294324</v>
+        <v>604.44357217000004</v>
       </c>
       <c r="C105" s="5">
-        <v>4.0153924899999538</v>
+        <v>4.1013011100000085</v>
       </c>
       <c r="D105" s="5">
-        <v>8.327208578053181</v>
+        <v>8.5130765463483637</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>607.10271273000001</v>
+        <v>607.09801089999996</v>
       </c>
       <c r="C106" s="5">
-        <v>2.6797694900000124</v>
+        <v>2.6544387299999244</v>
       </c>
       <c r="D106" s="5">
-        <v>5.4519913629502259</v>
+        <v>5.3990161758866062</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>610.70944339000005</v>
+        <v>610.70583372999999</v>
       </c>
       <c r="C107" s="5">
-        <v>3.6067306600000393</v>
+        <v>3.6078228300000319</v>
       </c>
       <c r="D107" s="5">
-        <v>7.366685207972723</v>
+        <v>7.3690483067879953</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>610.44063882</v>
+        <v>610.46033481999996</v>
       </c>
       <c r="C108" s="5">
-        <v>-0.26880457000004299</v>
+        <v>-0.24549891000003754</v>
       </c>
       <c r="D108" s="5">
-        <v>-0.52690482371383629</v>
+        <v>-0.48132538266603131</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>614.24042453000004</v>
+        <v>614.21753918000002</v>
       </c>
       <c r="C109" s="5">
-        <v>3.7997857100000374</v>
+        <v>3.7572043600000598</v>
       </c>
       <c r="D109" s="5">
-        <v>7.7306998715312325</v>
+        <v>7.640859751218998</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>615.90157388</v>
+        <v>615.83278898000003</v>
       </c>
       <c r="C110" s="5">
-        <v>1.6611493499999597</v>
+        <v>1.6152498000000151</v>
       </c>
       <c r="D110" s="5">
-        <v>3.2939838105826791</v>
+        <v>3.2017679123059306</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>620.54328205000002</v>
+        <v>620.56740553999998</v>
       </c>
       <c r="C111" s="5">
-        <v>4.6417081700000153</v>
+        <v>4.7346165599999495</v>
       </c>
       <c r="D111" s="5">
-        <v>9.4281793089263655</v>
+        <v>9.626066615768325</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>622.92445255999996</v>
+        <v>622.97306809999998</v>
       </c>
       <c r="C112" s="5">
-        <v>2.3811705099999472</v>
+        <v>2.4056625599999961</v>
       </c>
       <c r="D112" s="5">
-        <v>4.7031168956384928</v>
+        <v>4.7523392937349529</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>625.74817009000003</v>
+        <v>625.78769702</v>
       </c>
       <c r="C113" s="5">
-        <v>2.8237175300000672</v>
+        <v>2.8146289200000183</v>
       </c>
       <c r="D113" s="5">
-        <v>5.5772896160183771</v>
+        <v>5.5584450976994937</v>
       </c>
       <c r="E113" s="5">
-        <v>6.2398424922833984</v>
+        <v>6.2398153085525987</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>628.89676065000003</v>
+        <v>628.89673275999996</v>
       </c>
       <c r="C114" s="5">
-        <v>3.1485905600000024</v>
+        <v>3.1090357399999675</v>
       </c>
       <c r="D114" s="5">
-        <v>6.2080007995621411</v>
+        <v>6.1274706760996667</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>631.60692445999996</v>
+        <v>631.60952091000001</v>
       </c>
       <c r="C115" s="5">
-        <v>2.7101638099999263</v>
+        <v>2.7127881500000512</v>
       </c>
       <c r="D115" s="5">
-        <v>5.2956181845537964</v>
+        <v>5.3008686112060666</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>634.22070982000002</v>
+        <v>634.17565773000001</v>
       </c>
       <c r="C116" s="5">
-        <v>2.6137853600000653</v>
+        <v>2.566136819999997</v>
       </c>
       <c r="D116" s="5">
-        <v>5.0805750173992248</v>
+        <v>4.985857672220062</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>637.28677327000003</v>
+        <v>637.29691086000003</v>
       </c>
       <c r="C117" s="5">
-        <v>3.0660634500000015</v>
+        <v>3.1212531300000137</v>
       </c>
       <c r="D117" s="5">
-        <v>5.9580181167466328</v>
+        <v>6.0686262613068864</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>639.88448664999999</v>
+        <v>639.88636092000002</v>
       </c>
       <c r="C118" s="5">
-        <v>2.5977133799999592</v>
+        <v>2.5894500599999901</v>
       </c>
       <c r="D118" s="5">
-        <v>5.0026153617317659</v>
+        <v>4.9862636645070069</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>645.59043148000001</v>
+        <v>645.59258807000003</v>
       </c>
       <c r="C119" s="5">
-        <v>5.7059448300000213</v>
+        <v>5.7062271500000179</v>
       </c>
       <c r="D119" s="5">
-        <v>11.241297042823351</v>
+        <v>11.241846241140397</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>648.02494549000005</v>
+        <v>648.03731404999996</v>
       </c>
       <c r="C120" s="5">
-        <v>2.4345140100000435</v>
+        <v>2.4447259799999301</v>
       </c>
       <c r="D120" s="5">
-        <v>4.620230193619923</v>
+        <v>4.6400001125592283</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>651.93431836000002</v>
+        <v>651.91801143999999</v>
       </c>
       <c r="C121" s="5">
-        <v>3.9093728699999701</v>
+        <v>3.880697390000023</v>
       </c>
       <c r="D121" s="5">
-        <v>7.4843980719058623</v>
+        <v>7.4275326172873246</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>653.67275875999997</v>
+        <v>653.61463831000003</v>
       </c>
       <c r="C122" s="5">
-        <v>1.7384403999999449</v>
+        <v>1.6966268700000455</v>
       </c>
       <c r="D122" s="5">
-        <v>3.2472561480764828</v>
+        <v>3.1681113155261009</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>655.95625609000001</v>
+        <v>655.96651691</v>
       </c>
       <c r="C123" s="5">
-        <v>2.2834973300000456</v>
+        <v>2.3518785999999636</v>
       </c>
       <c r="D123" s="5">
-        <v>4.2734885165447656</v>
+        <v>4.4044047212458359</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>659.17538329000001</v>
+        <v>659.19995472999994</v>
       </c>
       <c r="C124" s="5">
-        <v>3.2191272000000026</v>
+        <v>3.2334378199999492</v>
       </c>
       <c r="D124" s="5">
-        <v>6.0506228185912558</v>
+        <v>6.0781566060829517</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>663.2593498</v>
+        <v>663.29416332000005</v>
       </c>
       <c r="C125" s="5">
-        <v>4.083966509999982</v>
+        <v>4.0942085900001075</v>
       </c>
       <c r="D125" s="5">
-        <v>7.693329823744155</v>
+        <v>7.7129901786570754</v>
       </c>
       <c r="E125" s="5">
-        <v>5.9946127696393958</v>
+        <v>5.9934809326878336</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>666.23424019000004</v>
+        <v>666.24830209000004</v>
       </c>
       <c r="C126" s="5">
-        <v>2.9748903900000414</v>
+        <v>2.9541387699999859</v>
       </c>
       <c r="D126" s="5">
-        <v>5.5170927118153745</v>
+        <v>5.4773655965714152</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>669.73723289999998</v>
+        <v>669.74022719000004</v>
       </c>
       <c r="C127" s="5">
-        <v>3.5029927099999441</v>
+        <v>3.4919251000000031</v>
       </c>
       <c r="D127" s="5">
-        <v>6.4951758198945386</v>
+        <v>6.4739187551206001</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>673.72351454</v>
+        <v>673.70275746000004</v>
       </c>
       <c r="C128" s="5">
-        <v>3.9862816400000156</v>
+        <v>3.962530270000002</v>
       </c>
       <c r="D128" s="5">
-        <v>7.380925955313411</v>
+        <v>7.3354737569096606</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>674.50099780999994</v>
+        <v>674.50745472999995</v>
       </c>
       <c r="C129" s="5">
-        <v>0.77748326999994788</v>
+        <v>0.80469726999990598</v>
       </c>
       <c r="D129" s="5">
-        <v>1.3936346493731211</v>
+        <v>1.4427812704879361</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>680.84071037000001</v>
+        <v>680.83914932000005</v>
       </c>
       <c r="C130" s="5">
-        <v>6.3397125600000663</v>
+        <v>6.3316945900000974</v>
       </c>
       <c r="D130" s="5">
-        <v>11.880664305707288</v>
+        <v>11.864734973794167</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>685.43400398000006</v>
+        <v>685.43163726</v>
       </c>
       <c r="C131" s="5">
-        <v>4.5932936100000461</v>
+        <v>4.5924879399999554</v>
       </c>
       <c r="D131" s="5">
-        <v>8.40306323985509</v>
+        <v>8.4015542090962736</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>686.65122610000003</v>
+        <v>686.65471230000003</v>
       </c>
       <c r="C132" s="5">
-        <v>1.217222119999974</v>
+        <v>1.2230750400000261</v>
       </c>
       <c r="D132" s="5">
-        <v>2.1519472935213724</v>
+        <v>2.1624040720295667</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>691.46181263999995</v>
+        <v>691.44962548000001</v>
       </c>
       <c r="C133" s="5">
-        <v>4.8105865399999175</v>
+        <v>4.7949131799999805</v>
       </c>
       <c r="D133" s="5">
-        <v>8.7386671436340269</v>
+        <v>8.7090475589478356</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>691.65644075</v>
+        <v>691.61055033000002</v>
       </c>
       <c r="C134" s="5">
-        <v>0.19462811000005331</v>
+        <v>0.16092485000001489</v>
       </c>
       <c r="D134" s="5">
-        <v>0.33829147550501482</v>
+        <v>0.27964032955016815</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>693.61486644000001</v>
+        <v>693.61583656000005</v>
       </c>
       <c r="C135" s="5">
-        <v>1.9584256900000128</v>
+        <v>2.0052862300000243</v>
       </c>
       <c r="D135" s="5">
-        <v>3.4512182680592751</v>
+        <v>3.5353575860765041</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>695.62139454999999</v>
+        <v>695.62955720000002</v>
       </c>
       <c r="C136" s="5">
-        <v>2.0065281099999766</v>
+        <v>2.0137206399999741</v>
       </c>
       <c r="D136" s="5">
-        <v>3.527196474616634</v>
+        <v>3.5400374804483103</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>697.27899384</v>
+        <v>697.30289367</v>
       </c>
       <c r="C137" s="5">
-        <v>1.6575992900000074</v>
+        <v>1.6733364699999811</v>
       </c>
       <c r="D137" s="5">
-        <v>2.8972609120311077</v>
+        <v>2.9250975657552525</v>
       </c>
       <c r="E137" s="5">
-        <v>5.1291616243718696</v>
+        <v>5.1272470391983127</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>696.09303881999995</v>
+        <v>696.10478446000002</v>
       </c>
       <c r="C138" s="5">
-        <v>-1.1859550200000513</v>
+        <v>-1.1981092099999842</v>
       </c>
       <c r="D138" s="5">
-        <v>-2.0220145608962792</v>
+        <v>-2.0424722748309421</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>695.61133264</v>
+        <v>695.61596328999997</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.48170617999994647</v>
+        <v>-0.4888211700000511</v>
       </c>
       <c r="D139" s="5">
-        <v>-0.82726353772504257</v>
+        <v>-0.83942128289444806</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>694.93009362999999</v>
+        <v>694.92724457999998</v>
       </c>
       <c r="C140" s="5">
-        <v>-0.68123901000001297</v>
+        <v>-0.68871870999998919</v>
       </c>
       <c r="D140" s="5">
-        <v>-1.1688968200175842</v>
+        <v>-1.1816531566215427</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>690.44435132000001</v>
+        <v>690.44984851000004</v>
       </c>
       <c r="C141" s="5">
-        <v>-4.4857423099999778</v>
+        <v>-4.4773960699999407</v>
       </c>
       <c r="D141" s="5">
-        <v>-7.476779146609525</v>
+        <v>-7.4633864889431578</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>688.76194970999995</v>
+        <v>688.75950386</v>
       </c>
       <c r="C142" s="5">
-        <v>-1.6824016100000563</v>
+        <v>-1.6903446500000427</v>
       </c>
       <c r="D142" s="5">
-        <v>-2.8851620042504744</v>
+        <v>-2.8985779248301702</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>687.79545164000001</v>
+        <v>687.79938239000001</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.96649806999994325</v>
+        <v>-0.96012146999999004</v>
       </c>
       <c r="D143" s="5">
-        <v>-1.6709522261270204</v>
+        <v>-1.6600181318388141</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>682.83177580999995</v>
+        <v>682.83291309000003</v>
       </c>
       <c r="C144" s="5">
-        <v>-4.9636758300000565</v>
+        <v>-4.9664692999999716</v>
       </c>
       <c r="D144" s="5">
-        <v>-8.3245435140993145</v>
+        <v>-8.3289982268008096</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>683.36249566000004</v>
+        <v>683.35898196999995</v>
       </c>
       <c r="C145" s="5">
-        <v>0.53071985000008226</v>
+        <v>0.52606887999991159</v>
       </c>
       <c r="D145" s="5">
-        <v>0.9366777650474889</v>
+        <v>0.92843281178129899</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>680.73553365999999</v>
+        <v>680.70610042999999</v>
       </c>
       <c r="C146" s="5">
-        <v>-2.6269620000000486</v>
+        <v>-2.652881539999953</v>
       </c>
       <c r="D146" s="5">
-        <v>-4.5167112486510614</v>
+        <v>-4.5603522778130738</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>676.95372496000005</v>
+        <v>676.94741925999995</v>
       </c>
       <c r="C147" s="5">
-        <v>-3.7818086999999423</v>
+        <v>-3.7586811700000453</v>
       </c>
       <c r="D147" s="5">
-        <v>-6.4665967024483457</v>
+        <v>-6.4285132227222652</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>674.08979363000003</v>
+        <v>674.08208675000003</v>
       </c>
       <c r="C148" s="5">
-        <v>-2.863931330000014</v>
+        <v>-2.8653325099999165</v>
       </c>
       <c r="D148" s="5">
-        <v>-4.960261871515792</v>
+        <v>-4.9626776239453001</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>672.95716599000002</v>
+        <v>672.97185118000004</v>
       </c>
       <c r="C149" s="5">
-        <v>-1.1326276400000097</v>
+        <v>-1.1102355699999862</v>
       </c>
       <c r="D149" s="5">
-        <v>-1.9977500757631828</v>
+        <v>-1.9586338189324315</v>
       </c>
       <c r="E149" s="5">
-        <v>-3.4881056312992764</v>
+        <v>-3.4893075463866774</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>671.97326864000001</v>
+        <v>671.9773993</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.98389735000000655</v>
+        <v>-0.99445188000004237</v>
       </c>
       <c r="D150" s="5">
-        <v>-1.7404210059082548</v>
+        <v>-1.7589014230080857</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>671.21583256999998</v>
+        <v>671.22340796000003</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.75743607000003976</v>
+        <v>-0.75399133999997048</v>
       </c>
       <c r="D151" s="5">
-        <v>-1.3442640864740341</v>
+        <v>-1.3381800361590646</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>670.70945195000002</v>
+        <v>670.71154909999996</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.50638061999995898</v>
+        <v>-0.51185886000007486</v>
       </c>
       <c r="D152" s="5">
-        <v>-0.90156053902897826</v>
+        <v>-0.91126289031433494</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>670.95471644999998</v>
+        <v>670.96414073000005</v>
       </c>
       <c r="C153" s="5">
-        <v>0.24526449999996203</v>
+        <v>0.25259163000009721</v>
       </c>
       <c r="D153" s="5">
-        <v>0.43969868460185246</v>
+        <v>0.45286022136306059</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>671.56500138000001</v>
+        <v>671.56471802999999</v>
       </c>
       <c r="C154" s="5">
-        <v>0.61028493000003436</v>
+        <v>0.60057729999994081</v>
       </c>
       <c r="D154" s="5">
-        <v>1.0969692825542943</v>
+        <v>1.0794188748496358</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>666.32855670000004</v>
+        <v>666.33665019</v>
       </c>
       <c r="C155" s="5">
-        <v>-5.2364446799999769</v>
+        <v>-5.2280678399999942</v>
       </c>
       <c r="D155" s="5">
-        <v>-8.9658259802902087</v>
+        <v>-8.9520952656725115</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>668.10931171000004</v>
+        <v>668.11337243000003</v>
       </c>
       <c r="C156" s="5">
-        <v>1.7807550100000071</v>
+        <v>1.7767222400000264</v>
       </c>
       <c r="D156" s="5">
-        <v>3.2545464124142276</v>
+        <v>3.2470275921838265</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>668.85760745000005</v>
+        <v>668.85929815999998</v>
       </c>
       <c r="C157" s="5">
-        <v>0.74829574000000321</v>
+        <v>0.74592572999995355</v>
       </c>
       <c r="D157" s="5">
-        <v>1.3523342305041819</v>
+        <v>1.3480165250848719</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>668.90256566000005</v>
+        <v>668.87936934000004</v>
       </c>
       <c r="C158" s="5">
-        <v>4.4958210000004328E-2</v>
+        <v>2.007118000005903E-2</v>
       </c>
       <c r="D158" s="5">
-        <v>8.0689522858268248E-2</v>
+        <v>3.6015633822206183E-2</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>667.03078757000003</v>
+        <v>667.02740266000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-1.8717780900000207</v>
+        <v>-1.8519666800000323</v>
       </c>
       <c r="D159" s="5">
-        <v>-3.306737052325226</v>
+        <v>-3.2723806649153642</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>668.51119071000005</v>
+        <v>668.50230394000005</v>
       </c>
       <c r="C160" s="5">
-        <v>1.4804031400000213</v>
+        <v>1.4749012800000401</v>
       </c>
       <c r="D160" s="5">
-        <v>2.6960223746261169</v>
+        <v>2.6858943467578555</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>667.90277373000004</v>
+        <v>667.91430554999999</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.60841698000001543</v>
+        <v>-0.5879983900000525</v>
       </c>
       <c r="D161" s="5">
-        <v>-1.0866786774277104</v>
+        <v>-1.0503996829324014</v>
       </c>
       <c r="E161" s="5">
-        <v>-0.75107191295962217</v>
+        <v>-0.75152409734999814</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>666.17325861999996</v>
+        <v>666.16678024999999</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.7295151100000794</v>
+        <v>-1.7475253000000066</v>
       </c>
       <c r="D162" s="5">
-        <v>-3.0634900311778845</v>
+        <v>-3.0948811713778168</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>663.47690807000004</v>
+        <v>663.47973589000003</v>
       </c>
       <c r="C163" s="5">
-        <v>-2.6963505499999201</v>
+        <v>-2.6870443599999589</v>
       </c>
       <c r="D163" s="5">
-        <v>-4.7503472782176708</v>
+        <v>-4.7343589528509034</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>660.78933529999995</v>
+        <v>660.78948637999997</v>
       </c>
       <c r="C164" s="5">
-        <v>-2.687572770000088</v>
+        <v>-2.6902495100000579</v>
       </c>
       <c r="D164" s="5">
-        <v>-4.754041511101514</v>
+        <v>-4.7586514692801511</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>662.66292167999995</v>
+        <v>662.66922939999995</v>
       </c>
       <c r="C165" s="5">
-        <v>1.8735863800000061</v>
+        <v>1.8797430199999781</v>
       </c>
       <c r="D165" s="5">
-        <v>3.4560159469375185</v>
+        <v>3.4675499472122562</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>662.89483231999998</v>
+        <v>662.89612516</v>
       </c>
       <c r="C166" s="5">
-        <v>0.2319106400000237</v>
+        <v>0.22689576000004763</v>
       </c>
       <c r="D166" s="5">
-        <v>0.42077057345910607</v>
+        <v>0.41165068292352558</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>662.59712315000002</v>
+        <v>662.60705543999995</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.29770916999996189</v>
+        <v>-0.28906972000004316</v>
       </c>
       <c r="D167" s="5">
-        <v>-0.53759641692681104</v>
+        <v>-0.52203187901193049</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>664.96727353000006</v>
+        <v>664.97372333999999</v>
       </c>
       <c r="C168" s="5">
-        <v>2.370150380000041</v>
+        <v>2.3666679000000386</v>
       </c>
       <c r="D168" s="5">
-        <v>4.3779377961415067</v>
+        <v>4.3713115523149604</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>663.96502420000002</v>
+        <v>663.96857896999995</v>
       </c>
       <c r="C169" s="5">
-        <v>-1.0022493300000406</v>
+        <v>-1.0051443700000391</v>
       </c>
       <c r="D169" s="5">
-        <v>-1.7937410795857422</v>
+        <v>-1.7988620753367934</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>664.36444704999997</v>
+        <v>664.35058492999997</v>
       </c>
       <c r="C170" s="5">
-        <v>0.39942284999995081</v>
+        <v>0.38200596000001497</v>
       </c>
       <c r="D170" s="5">
-        <v>0.72427981251190765</v>
+        <v>0.69259376926458227</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>664.82662965999998</v>
+        <v>664.82429005999995</v>
       </c>
       <c r="C171" s="5">
-        <v>0.46218261000001348</v>
+        <v>0.47370512999998482</v>
       </c>
       <c r="D171" s="5">
-        <v>0.83801316855343089</v>
+        <v>0.85900539045773439</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>664.12139706999994</v>
+        <v>664.11538825000002</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.70523259000003691</v>
+        <v>-0.70890180999992936</v>
       </c>
       <c r="D172" s="5">
-        <v>-1.2655315910778953</v>
+        <v>-1.2720818473178075</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>666.69277313999999</v>
+        <v>666.6966003</v>
       </c>
       <c r="C173" s="5">
-        <v>2.5713760700000421</v>
+        <v>2.5812120499999764</v>
       </c>
       <c r="D173" s="5">
-        <v>4.7464457727024456</v>
+        <v>4.7650357010858624</v>
       </c>
       <c r="E173" s="5">
-        <v>-0.18116418101434828</v>
+        <v>-0.18231459333653</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>668.52330598000003</v>
+        <v>668.52084837999996</v>
       </c>
       <c r="C174" s="5">
-        <v>1.8305328400000462</v>
+        <v>1.8242480799999612</v>
       </c>
       <c r="D174" s="5">
-        <v>3.3450445299879839</v>
+        <v>3.3333671986755853</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>670.55037833999995</v>
+        <v>670.55515792000006</v>
       </c>
       <c r="C175" s="5">
-        <v>2.0270723599999201</v>
+        <v>2.0343095400000948</v>
       </c>
       <c r="D175" s="5">
-        <v>3.6998949463041164</v>
+        <v>3.7133402889589107</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>672.94452731000001</v>
+        <v>672.94637556999999</v>
       </c>
       <c r="C176" s="5">
-        <v>2.3941489700000602</v>
+        <v>2.3912176499999305</v>
       </c>
       <c r="D176" s="5">
-        <v>4.369654192155803</v>
+        <v>4.3641670416089129</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>674.33331419000001</v>
+        <v>674.33956544</v>
       </c>
       <c r="C177" s="5">
-        <v>1.3887868799999978</v>
+        <v>1.3931898700000147</v>
       </c>
       <c r="D177" s="5">
-        <v>2.5047997394488153</v>
+        <v>2.5128245820988049</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>675.25675245000002</v>
+        <v>675.25809839999999</v>
       </c>
       <c r="C178" s="5">
-        <v>0.92343826000001172</v>
+        <v>0.91853295999999318</v>
       </c>
       <c r="D178" s="5">
-        <v>1.655724597675734</v>
+        <v>1.6468480197984414</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>676.55598809000003</v>
+        <v>676.55975245000002</v>
       </c>
       <c r="C179" s="5">
-        <v>1.2992356400000062</v>
+        <v>1.3016540500000247</v>
       </c>
       <c r="D179" s="5">
-        <v>2.3334646856160823</v>
+        <v>2.3378496641681679</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>680.59261507999997</v>
+        <v>680.59406096999999</v>
       </c>
       <c r="C180" s="5">
-        <v>4.0366269899999452</v>
+        <v>4.0343085199999678</v>
       </c>
       <c r="D180" s="5">
-        <v>7.3994064762181955</v>
+        <v>7.394973721972331</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>681.65676854000003</v>
+        <v>681.65390791000004</v>
       </c>
       <c r="C181" s="5">
-        <v>1.0641534600000568</v>
+        <v>1.0598469400000567</v>
       </c>
       <c r="D181" s="5">
-        <v>1.8925024313382055</v>
+        <v>1.8847739155648524</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>682.93900883000003</v>
+        <v>682.92936058999999</v>
       </c>
       <c r="C182" s="5">
-        <v>1.2822402900000043</v>
+        <v>1.2754526799999439</v>
       </c>
       <c r="D182" s="5">
-        <v>2.2807778118671296</v>
+        <v>2.2685894904858728</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>686.45995731999994</v>
+        <v>686.45768049000003</v>
       </c>
       <c r="C183" s="5">
-        <v>3.5209484899999097</v>
+        <v>3.5283199000000423</v>
       </c>
       <c r="D183" s="5">
-        <v>6.36517741054905</v>
+        <v>6.3789770839852267</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>687.66073362999998</v>
+        <v>687.65814590000002</v>
       </c>
       <c r="C184" s="5">
-        <v>1.2007763100000375</v>
+        <v>1.2004654099999925</v>
       </c>
       <c r="D184" s="5">
-        <v>2.1193888590165688</v>
+        <v>2.1188419224357213</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>690.16169863000005</v>
+        <v>690.15658261999999</v>
       </c>
       <c r="C185" s="5">
-        <v>2.5009650000000647</v>
+        <v>2.4984367199999724</v>
       </c>
       <c r="D185" s="5">
-        <v>4.4526667135548426</v>
+        <v>4.4480921637481519</v>
       </c>
       <c r="E185" s="5">
-        <v>3.5202009734507378</v>
+        <v>3.5188393505296789</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>693.60711575000005</v>
+        <v>693.61201018999998</v>
       </c>
       <c r="C186" s="5">
-        <v>3.4454171200000019</v>
+        <v>3.4554275699999835</v>
       </c>
       <c r="D186" s="5">
-        <v>6.1578788450223687</v>
+        <v>6.1763127754220992</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>695.35951571999999</v>
+        <v>695.36352687999999</v>
       </c>
       <c r="C187" s="5">
-        <v>1.7523999699999422</v>
+        <v>1.7515166900000168</v>
       </c>
       <c r="D187" s="5">
-        <v>3.0742887893685067</v>
+        <v>3.0726956552082685</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>697.34588326999994</v>
+        <v>697.34777182000005</v>
       </c>
       <c r="C188" s="5">
-        <v>1.9863675499999545</v>
+        <v>1.9842449400000532</v>
       </c>
       <c r="D188" s="5">
-        <v>3.4822995526147871</v>
+        <v>3.4784994303018069</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>700.21658745000002</v>
+        <v>700.21915428</v>
       </c>
       <c r="C189" s="5">
-        <v>2.8707041800000752</v>
+        <v>2.8713824599999498</v>
       </c>
       <c r="D189" s="5">
-        <v>5.0533334879952152</v>
+        <v>5.0545406406357074</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>701.70178506000002</v>
+        <v>701.70130678999999</v>
       </c>
       <c r="C190" s="5">
-        <v>1.4851976100000002</v>
+        <v>1.4821525099999917</v>
       </c>
       <c r="D190" s="5">
-        <v>2.5751690096677882</v>
+        <v>2.5698179933133725</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>703.61408762999997</v>
+        <v>703.61685304000002</v>
       </c>
       <c r="C191" s="5">
-        <v>1.9123025699999516</v>
+        <v>1.915546250000034</v>
       </c>
       <c r="D191" s="5">
-        <v>3.3197481408605123</v>
+        <v>3.3254662685600067</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>707.48460741999997</v>
+        <v>707.48458141000003</v>
       </c>
       <c r="C192" s="5">
-        <v>3.870519790000003</v>
+        <v>3.8677283700000089</v>
       </c>
       <c r="D192" s="5">
-        <v>6.8045195236025702</v>
+        <v>6.7994352581836948</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>707.32824770000002</v>
+        <v>707.32770511000001</v>
       </c>
       <c r="C193" s="5">
-        <v>-0.1563597199999549</v>
+        <v>-0.15687630000002173</v>
       </c>
       <c r="D193" s="5">
-        <v>-0.26488739893992808</v>
+        <v>-0.26576147458284849</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>710.90562929999999</v>
+        <v>710.90346169999998</v>
       </c>
       <c r="C194" s="5">
-        <v>3.577381599999967</v>
+        <v>3.575756589999969</v>
       </c>
       <c r="D194" s="5">
-        <v>6.2408191574643723</v>
+        <v>6.2379099305415853</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>709.38547157999994</v>
+        <v>709.38765553999997</v>
       </c>
       <c r="C195" s="5">
-        <v>-1.5201577200000429</v>
+        <v>-1.515806160000011</v>
       </c>
       <c r="D195" s="5">
-        <v>-2.5360432200578709</v>
+        <v>-2.5288761591268583</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>713.45864137000001</v>
+        <v>713.45894573999999</v>
       </c>
       <c r="C196" s="5">
-        <v>4.0731697900000654</v>
+        <v>4.0712902000000213</v>
       </c>
       <c r="D196" s="5">
-        <v>7.1120059541022407</v>
+        <v>7.10859721408863</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>715.94580868000003</v>
+        <v>715.94338501000004</v>
       </c>
       <c r="C197" s="5">
-        <v>2.487167310000018</v>
+        <v>2.4844392700000526</v>
       </c>
       <c r="D197" s="5">
-        <v>4.2644320493639531</v>
+        <v>4.2596628266469372</v>
       </c>
       <c r="E197" s="5">
-        <v>3.7359520386573974</v>
+        <v>3.7363698382919308</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>718.48873134999997</v>
+        <v>718.48556554000004</v>
       </c>
       <c r="C198" s="5">
-        <v>2.542922669999939</v>
+        <v>2.542180529999996</v>
       </c>
       <c r="D198" s="5">
-        <v>4.3464604613891122</v>
+        <v>4.345182090658728</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>720.62803391</v>
+        <v>720.62129875999995</v>
       </c>
       <c r="C199" s="5">
-        <v>2.1393025600000328</v>
+        <v>2.1357332199999064</v>
       </c>
       <c r="D199" s="5">
-        <v>3.6321010621920502</v>
+        <v>3.6259578715803542</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>724.14855885999998</v>
+        <v>724.14632191999999</v>
       </c>
       <c r="C200" s="5">
-        <v>3.5205249499999809</v>
+        <v>3.5250231600000461</v>
       </c>
       <c r="D200" s="5">
-        <v>6.0225418103105222</v>
+        <v>6.030502959158679</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>727.47056081000005</v>
+        <v>727.46647025000004</v>
       </c>
       <c r="C201" s="5">
-        <v>3.3220019500000717</v>
+        <v>3.3201483300000518</v>
       </c>
       <c r="D201" s="5">
-        <v>5.645992578562975</v>
+        <v>5.6427802211608036</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>730.17069623999998</v>
+        <v>730.16858875000003</v>
       </c>
       <c r="C202" s="5">
-        <v>2.7001354299999321</v>
+        <v>2.7021184999999832</v>
       </c>
       <c r="D202" s="5">
-        <v>4.546071457733647</v>
+        <v>4.5495048544020644</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>733.93386462000001</v>
+        <v>733.94332240000006</v>
       </c>
       <c r="C203" s="5">
-        <v>3.7631683800000246</v>
+        <v>3.7747336500000301</v>
       </c>
       <c r="D203" s="5">
-        <v>6.362939258124678</v>
+        <v>6.3830726540655469</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>733.98948287999997</v>
+        <v>733.99244544999999</v>
       </c>
       <c r="C204" s="5">
-        <v>5.5618259999960173E-2</v>
+        <v>4.9123049999934665E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>9.0975140927862519E-2</v>
+        <v>8.0345937701986614E-2</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>739.20918108000001</v>
+        <v>739.21496629000001</v>
       </c>
       <c r="C205" s="5">
-        <v>5.2196982000000389</v>
+        <v>5.2225208400000156</v>
       </c>
       <c r="D205" s="5">
-        <v>8.8755048763258024</v>
+        <v>8.8804565630122845</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>748.58650640999997</v>
+        <v>748.58887541000001</v>
       </c>
       <c r="C206" s="5">
-        <v>9.3773253299999624</v>
+        <v>9.3739091200000075</v>
       </c>
       <c r="D206" s="5">
-        <v>16.331065836751591</v>
+        <v>16.324558609938954</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>748.97369299000002</v>
+        <v>748.98246008000001</v>
       </c>
       <c r="C207" s="5">
-        <v>0.3871865800000478</v>
+        <v>0.39358466999999564</v>
       </c>
       <c r="D207" s="5">
-        <v>0.62243695655426201</v>
+        <v>0.63275021033901702</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>753.13033180000002</v>
+        <v>753.13176982000005</v>
       </c>
       <c r="C208" s="5">
-        <v>4.156638810000004</v>
+        <v>4.1493097400000352</v>
       </c>
       <c r="D208" s="5">
-        <v>6.8668235973365688</v>
+        <v>6.8542619090150136</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>758.68185704999996</v>
+        <v>758.68744234999997</v>
       </c>
       <c r="C209" s="5">
-        <v>5.5515252499999406</v>
+        <v>5.5556725299999243</v>
       </c>
       <c r="D209" s="5">
-        <v>9.2130954183894396</v>
+        <v>9.2202413751166556</v>
       </c>
       <c r="E209" s="5">
-        <v>5.9691736234608328</v>
+        <v>5.9703124904775695</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>755.66232300000001</v>
+        <v>755.64890360000004</v>
       </c>
       <c r="C210" s="5">
-        <v>-3.0195340499999475</v>
+        <v>-3.0385387499999297</v>
       </c>
       <c r="D210" s="5">
-        <v>-4.6727981195607278</v>
+        <v>-4.7015297228192976</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>761.78642473000002</v>
+        <v>761.76942903999998</v>
       </c>
       <c r="C211" s="5">
-        <v>6.1241017300000067</v>
+        <v>6.1205254399999376</v>
       </c>
       <c r="D211" s="5">
-        <v>10.170550960210445</v>
+        <v>10.164533249880826</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>766.47073194999996</v>
+        <v>766.46308598999997</v>
       </c>
       <c r="C212" s="5">
-        <v>4.6843072199999369</v>
+        <v>4.6936569499999905</v>
       </c>
       <c r="D212" s="5">
-        <v>7.6336726957041856</v>
+        <v>7.6496057681086693</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>766.89346763000003</v>
+        <v>766.88373691000004</v>
       </c>
       <c r="C213" s="5">
-        <v>0.42273568000007344</v>
+        <v>0.42065092000007098</v>
       </c>
       <c r="D213" s="5">
-        <v>0.66385374089732441</v>
+        <v>0.66057660610494562</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>769.62627152000005</v>
+        <v>769.62455938999994</v>
       </c>
       <c r="C214" s="5">
-        <v>2.7328038900000138</v>
+        <v>2.7408224799999061</v>
       </c>
       <c r="D214" s="5">
-        <v>4.3609797257527561</v>
+        <v>4.374084876266604</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>772.98786342999995</v>
+        <v>773.00804633999996</v>
       </c>
       <c r="C215" s="5">
-        <v>3.3615919099999019</v>
+        <v>3.3834869500000195</v>
       </c>
       <c r="D215" s="5">
-        <v>5.3691539180046766</v>
+        <v>5.4049870495481045</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>773.82639725000001</v>
+        <v>773.83161771000005</v>
       </c>
       <c r="C216" s="5">
-        <v>0.83853382000006604</v>
+        <v>0.82357137000008152</v>
       </c>
       <c r="D216" s="5">
-        <v>1.3095496104248427</v>
+        <v>1.2860116816889144</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>775.07970610999996</v>
+        <v>775.08656180000003</v>
       </c>
       <c r="C217" s="5">
-        <v>1.2533088599999473</v>
+        <v>1.2549440899999809</v>
       </c>
       <c r="D217" s="5">
-        <v>1.9609572762458782</v>
+        <v>1.9635252956852867</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>777.94371249000005</v>
+        <v>777.95026457999995</v>
       </c>
       <c r="C218" s="5">
-        <v>2.8640063800000917</v>
+        <v>2.863702779999926</v>
       </c>
       <c r="D218" s="5">
-        <v>4.5253691579621558</v>
+        <v>4.5248388150458618</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>780.05809808000004</v>
+        <v>780.06488680999996</v>
       </c>
       <c r="C219" s="5">
-        <v>2.1143855899999835</v>
+        <v>2.114622230000009</v>
       </c>
       <c r="D219" s="5">
-        <v>3.3106981446399342</v>
+        <v>3.3110459268601788</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>782.36582894000003</v>
+        <v>782.36626503000002</v>
       </c>
       <c r="C220" s="5">
-        <v>2.3077308599999924</v>
+        <v>2.3013782200000605</v>
       </c>
       <c r="D220" s="5">
-        <v>3.6084285985646281</v>
+        <v>3.5983018897491892</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>784.44620996000003</v>
+        <v>784.44546320999996</v>
       </c>
       <c r="C221" s="5">
-        <v>2.0803810200000044</v>
+        <v>2.0791981799999348</v>
       </c>
       <c r="D221" s="5">
-        <v>3.2379909296040621</v>
+        <v>3.2361210857957623</v>
       </c>
       <c r="E221" s="5">
-        <v>3.3959363428275768</v>
+        <v>3.3950767367673329</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>788.77717099999995</v>
+        <v>788.76548327</v>
       </c>
       <c r="C222" s="5">
-        <v>4.3309610399999201</v>
+        <v>4.3200200600000471</v>
       </c>
       <c r="D222" s="5">
-        <v>6.8301807176597285</v>
+        <v>6.8124069004019461</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>790.85848054999997</v>
+        <v>790.83922617999997</v>
       </c>
       <c r="C223" s="5">
-        <v>2.0813095500000145</v>
+        <v>2.0737429099999645</v>
       </c>
       <c r="D223" s="5">
-        <v>3.2127430885618535</v>
+        <v>3.2009418161181857</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>789.54441321000002</v>
+        <v>789.53909291000002</v>
       </c>
       <c r="C224" s="5">
-        <v>-1.3140673399999514</v>
+        <v>-1.3001332699999466</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.975764081378828</v>
+        <v>-1.9550497707116365</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>789.07062280000002</v>
+        <v>789.06005317999995</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.47379040999999233</v>
+        <v>-0.47903973000006772</v>
       </c>
       <c r="D225" s="5">
-        <v>-0.71772501753004647</v>
+        <v>-0.72565534683097788</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>790.61747414000001</v>
+        <v>790.61817986999995</v>
       </c>
       <c r="C226" s="5">
-        <v>1.5468513399999892</v>
+        <v>1.5581266899999946</v>
       </c>
       <c r="D226" s="5">
-        <v>2.3779450293389015</v>
+        <v>2.39549953363416</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>790.41637930000002</v>
+        <v>790.43968210000003</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.20109483999999611</v>
+        <v>-0.17849776999992173</v>
       </c>
       <c r="D227" s="5">
-        <v>-0.30479532752146765</v>
+        <v>-0.27058769117571657</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>791.36283392999997</v>
+        <v>791.36737688000005</v>
       </c>
       <c r="C228" s="5">
-        <v>0.94645462999994834</v>
+        <v>0.92769478000002437</v>
       </c>
       <c r="D228" s="5">
-        <v>1.4463962033782973</v>
+        <v>1.4174995496329723</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>792.70920079999996</v>
+        <v>792.71395360999998</v>
       </c>
       <c r="C229" s="5">
-        <v>1.3463668699999971</v>
+        <v>1.3465767299999243</v>
       </c>
       <c r="D229" s="5">
-        <v>2.0608048115452915</v>
+        <v>2.0611171009742746</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>795.14666389000001</v>
+        <v>795.15609905999997</v>
       </c>
       <c r="C230" s="5">
-        <v>2.4374630900000511</v>
+        <v>2.4421454499999982</v>
       </c>
       <c r="D230" s="5">
-        <v>3.7528669478843479</v>
+        <v>3.760175859788828</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>793.72595063000006</v>
+        <v>793.72982414000001</v>
       </c>
       <c r="C231" s="5">
-        <v>-1.4207132599999568</v>
+        <v>-1.4262749199999689</v>
       </c>
       <c r="D231" s="5">
-        <v>-2.1231323915699818</v>
+        <v>-2.1313369445304153</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>792.94539517999999</v>
+        <v>792.94471637000004</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.78055545000006532</v>
+        <v>-0.78510776999996779</v>
       </c>
       <c r="D232" s="5">
-        <v>-1.1737261791608944</v>
+        <v>-1.1805286046183916</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>791.02068320000001</v>
+        <v>791.01205436999999</v>
       </c>
       <c r="C233" s="5">
-        <v>-1.9247119799999837</v>
+        <v>-1.9326620000000503</v>
       </c>
       <c r="D233" s="5">
-        <v>-2.8741806800663849</v>
+        <v>-2.8858962301147928</v>
       </c>
       <c r="E233" s="5">
-        <v>0.83810376754005489</v>
+        <v>0.8370997689411297</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>785.33086643000001</v>
+        <v>785.32999416999996</v>
       </c>
       <c r="C234" s="5">
-        <v>-5.6898167699999931</v>
+        <v>-5.6820602000000235</v>
       </c>
       <c r="D234" s="5">
-        <v>-8.2981844892159202</v>
+        <v>-8.2874020947960485</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>779.71912069999996</v>
+        <v>779.71022392999998</v>
       </c>
       <c r="C235" s="5">
-        <v>-5.6117457300000524</v>
+        <v>-5.6197702399999798</v>
       </c>
       <c r="D235" s="5">
-        <v>-8.2457465119918023</v>
+        <v>-8.2570861938921265</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>776.61071060999996</v>
+        <v>776.61108568999998</v>
       </c>
       <c r="C236" s="5">
-        <v>-3.1084100900000067</v>
+        <v>-3.099138240000002</v>
       </c>
       <c r="D236" s="5">
-        <v>-4.6803810661693479</v>
+        <v>-4.666776163649244</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>775.23586553999996</v>
+        <v>775.22803078000004</v>
       </c>
       <c r="C237" s="5">
-        <v>-1.3748450699999921</v>
+        <v>-1.3830549099999416</v>
       </c>
       <c r="D237" s="5">
-        <v>-2.1038142869233778</v>
+        <v>-2.1162533372010683</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>775.10545449000006</v>
+        <v>775.10571950999997</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.13041104999990694</v>
+        <v>-0.12231127000006836</v>
       </c>
       <c r="D238" s="5">
-        <v>-0.20167868646202569</v>
+        <v>-0.18916527901825519</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>772.44871856999998</v>
+        <v>772.46840288999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-2.6567359200000737</v>
+        <v>-2.6373166199999787</v>
       </c>
       <c r="D239" s="5">
-        <v>-4.0364362458135572</v>
+        <v>-4.00748070057384</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>772.28125852999995</v>
+        <v>772.27651291999996</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.16746004000003722</v>
+        <v>-0.19188997000003383</v>
       </c>
       <c r="D240" s="5">
-        <v>-0.25983940526552729</v>
+        <v>-0.29768676226693547</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>771.49786104999998</v>
+        <v>771.49414429000001</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.78339747999996234</v>
+        <v>-0.78236862999995083</v>
       </c>
       <c r="D241" s="5">
-        <v>-1.2105043509172964</v>
+        <v>-1.2089308087468109</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>771.05839577999996</v>
+        <v>771.07363741999995</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.43946527000002789</v>
+        <v>-0.42050687000005382</v>
       </c>
       <c r="D242" s="5">
-        <v>-0.68141377952340987</v>
+        <v>-0.65210899708755266</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>771.36430984000003</v>
+        <v>771.36349657000005</v>
       </c>
       <c r="C243" s="5">
-        <v>0.30591406000007737</v>
+        <v>0.28985915000009754</v>
       </c>
       <c r="D243" s="5">
-        <v>0.47713503515989242</v>
+        <v>0.45203339776220819</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>771.72160004</v>
+        <v>771.71935896000002</v>
       </c>
       <c r="C244" s="5">
-        <v>0.35729019999996581</v>
+        <v>0.35586238999997022</v>
       </c>
       <c r="D244" s="5">
-        <v>0.55724925841555972</v>
+        <v>0.55501730133913352</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>773.01889426000002</v>
+        <v>772.99409236999998</v>
       </c>
       <c r="C245" s="5">
-        <v>1.2972942200000261</v>
+        <v>1.2747334099999534</v>
       </c>
       <c r="D245" s="5">
-        <v>2.0360027732008401</v>
+        <v>2.0002789200195048</v>
       </c>
       <c r="E245" s="5">
-        <v>-2.2757671603700014</v>
+        <v>-2.277836589273019</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>774.97280477000004</v>
+        <v>774.98485073999996</v>
       </c>
       <c r="C246" s="5">
-        <v>1.9539105100000143</v>
+        <v>1.9907583699999805</v>
       </c>
       <c r="D246" s="5">
-        <v>3.0756877320021303</v>
+        <v>3.1346167562142924</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>775.22288777999995</v>
+        <v>775.22427574000005</v>
       </c>
       <c r="C247" s="5">
-        <v>0.25008300999991206</v>
+        <v>0.23942500000009659</v>
       </c>
       <c r="D247" s="5">
-        <v>0.38792692307680898</v>
+        <v>0.3713604127300929</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>780.18120520000002</v>
+        <v>780.18467695000004</v>
       </c>
       <c r="C248" s="5">
-        <v>4.9583174200000713</v>
+        <v>4.9604012099999863</v>
       </c>
       <c r="D248" s="5">
-        <v>7.9510246749601166</v>
+        <v>7.9544699025697829</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>780.66311451000001</v>
+        <v>780.65875295000001</v>
       </c>
       <c r="C249" s="5">
-        <v>0.48190930999999182</v>
+        <v>0.47407599999996819</v>
       </c>
       <c r="D249" s="5">
-        <v>0.74375009448413021</v>
+        <v>0.7316169328443145</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>783.60317808000002</v>
+        <v>783.60447352999995</v>
       </c>
       <c r="C250" s="5">
-        <v>2.9400635700000066</v>
+        <v>2.9457205799999429</v>
       </c>
       <c r="D250" s="5">
-        <v>4.6141295023035322</v>
+        <v>4.6232190294842601</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>785.16953235000005</v>
+        <v>785.18166015999998</v>
       </c>
       <c r="C251" s="5">
-        <v>1.5663542700000335</v>
+        <v>1.5771866300000283</v>
       </c>
       <c r="D251" s="5">
-        <v>2.4252429325001934</v>
+        <v>2.4421970930608605</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>786.83083973999999</v>
+        <v>786.82261168000002</v>
       </c>
       <c r="C252" s="5">
-        <v>1.6613073899999335</v>
+        <v>1.6409515200000442</v>
       </c>
       <c r="D252" s="5">
-        <v>2.5687864718384468</v>
+        <v>2.5369090412932671</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>788.06356057999994</v>
+        <v>788.05883988000005</v>
       </c>
       <c r="C253" s="5">
-        <v>1.2327208399999563</v>
+        <v>1.2362282000000278</v>
       </c>
       <c r="D253" s="5">
-        <v>1.8963140055809014</v>
+        <v>1.9017762017649487</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>787.78346857999998</v>
+        <v>787.80447321999998</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.28009199999996781</v>
+        <v>-0.25436666000007335</v>
       </c>
       <c r="D254" s="5">
-        <v>-0.4256689006107095</v>
+        <v>-0.38664459556507769</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>794.78374900999995</v>
+        <v>794.78428109000004</v>
       </c>
       <c r="C255" s="5">
-        <v>7.0002804299999752</v>
+        <v>6.9798078700000588</v>
       </c>
       <c r="D255" s="5">
-        <v>11.200153203880037</v>
+        <v>11.165473317953744</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>796.07586755</v>
+        <v>796.07021902999998</v>
       </c>
       <c r="C256" s="5">
-        <v>1.2921185400000468</v>
+        <v>1.2859379399999398</v>
       </c>
       <c r="D256" s="5">
-        <v>1.9684373438418223</v>
+        <v>1.958936435473424</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>797.87603687000001</v>
+        <v>797.84525154000005</v>
       </c>
       <c r="C257" s="5">
-        <v>1.8001693200000091</v>
+        <v>1.7750325100000737</v>
       </c>
       <c r="D257" s="5">
-        <v>2.7475692153464459</v>
+        <v>2.7087510797817904</v>
       </c>
       <c r="E257" s="5">
-        <v>3.2155931497373613</v>
+        <v>3.2149222633521601</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>798.86553161999996</v>
+        <v>798.86948285999995</v>
       </c>
       <c r="C258" s="5">
-        <v>0.98949474999994891</v>
+        <v>1.0242313199998989</v>
       </c>
       <c r="D258" s="5">
-        <v>1.498386084322445</v>
+        <v>1.5514197249506312</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>801.66727561000005</v>
+        <v>801.66464038000004</v>
       </c>
       <c r="C259" s="5">
-        <v>2.8017439900000909</v>
+        <v>2.7951575200000889</v>
       </c>
       <c r="D259" s="5">
-        <v>4.2907215198256132</v>
+        <v>4.2804182175693928</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>805.12447701999997</v>
+        <v>805.12006859999997</v>
       </c>
       <c r="C260" s="5">
-        <v>3.4572014099999251</v>
+        <v>3.4554282199999307</v>
       </c>
       <c r="D260" s="5">
-        <v>5.2995439327728322</v>
+        <v>5.2967788775669655</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>810.29952605000005</v>
+        <v>810.29415004999998</v>
       </c>
       <c r="C261" s="5">
-        <v>5.175049030000082</v>
+        <v>5.174081450000017</v>
       </c>
       <c r="D261" s="5">
-        <v>7.9917696274387717</v>
+        <v>7.9902675079434493</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>809.91419356999995</v>
+        <v>809.92307051</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.3853324800001019</v>
+        <v>-0.37107953999998244</v>
       </c>
       <c r="D262" s="5">
-        <v>-0.56916174482317672</v>
+        <v>-0.54816583020684817</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>810.38531966999994</v>
+        <v>810.40305560000002</v>
       </c>
       <c r="C263" s="5">
-        <v>0.47112609999999222</v>
+        <v>0.47998509000001377</v>
       </c>
       <c r="D263" s="5">
-        <v>0.70027613939929179</v>
+        <v>0.71347914101083099</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>813.99652257000002</v>
+        <v>814.00128219999999</v>
       </c>
       <c r="C264" s="5">
-        <v>3.6112029000000803</v>
+        <v>3.5982265999999754</v>
       </c>
       <c r="D264" s="5">
-        <v>5.4804111489316742</v>
+        <v>5.4601123339152347</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>817.12019803999999</v>
+        <v>817.12114924000002</v>
       </c>
       <c r="C265" s="5">
-        <v>3.1236754699999665</v>
+        <v>3.119867040000031</v>
       </c>
       <c r="D265" s="5">
-        <v>4.7033927189727542</v>
+        <v>4.6975088070495108</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>819.59904476999998</v>
+        <v>819.62472287000003</v>
       </c>
       <c r="C266" s="5">
-        <v>2.4788467299999866</v>
+        <v>2.5035736300000053</v>
       </c>
       <c r="D266" s="5">
-        <v>3.7017233186226406</v>
+        <v>3.7392686822369514</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>819.15433214999996</v>
+        <v>819.16110881999998</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.44471262000001843</v>
+        <v>-0.46361405000004652</v>
       </c>
       <c r="D267" s="5">
-        <v>-0.64917772146600994</v>
+        <v>-0.67666252973612728</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>821.00964266999995</v>
+        <v>821.00298931999998</v>
       </c>
       <c r="C268" s="5">
-        <v>1.8553105199999891</v>
+        <v>1.841880500000002</v>
       </c>
       <c r="D268" s="5">
-        <v>2.7520052319691457</v>
+        <v>2.7318144427277868</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>824.62867470000003</v>
+        <v>824.5988744</v>
       </c>
       <c r="C269" s="5">
-        <v>3.6190320300000849</v>
+        <v>3.5958850800000164</v>
       </c>
       <c r="D269" s="5">
-        <v>5.4197771929390015</v>
+        <v>5.3843183450393184</v>
       </c>
       <c r="E269" s="5">
-        <v>3.3529817407411233</v>
+        <v>3.3532345788058748</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>829.32869159999996</v>
+        <v>829.31456942</v>
       </c>
       <c r="C270" s="5">
-        <v>4.7000168999999232</v>
+        <v>4.7156950199999983</v>
       </c>
       <c r="D270" s="5">
-        <v>7.0579931680495589</v>
+        <v>7.082546395894207</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>830.43709467999997</v>
+        <v>830.41620232000002</v>
       </c>
       <c r="C271" s="5">
-        <v>1.1084030800000164</v>
+        <v>1.1016329000000269</v>
       </c>
       <c r="D271" s="5">
-        <v>1.6156495700959894</v>
+        <v>1.605736439047134</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>833.56128725999997</v>
+        <v>833.53391242999999</v>
       </c>
       <c r="C272" s="5">
-        <v>3.124192579999999</v>
+        <v>3.1177101099999618</v>
       </c>
       <c r="D272" s="5">
-        <v>4.6091216249278588</v>
+        <v>4.5994778204655695</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>835.34256173000006</v>
+        <v>835.33996347000004</v>
       </c>
       <c r="C273" s="5">
-        <v>1.7812744700000849</v>
+        <v>1.8060510400000567</v>
       </c>
       <c r="D273" s="5">
-        <v>2.5946886167859562</v>
+        <v>2.6312979785126256</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>838.75609945999997</v>
+        <v>838.78046816000005</v>
       </c>
       <c r="C274" s="5">
-        <v>3.4135377299999163</v>
+        <v>3.4405046900000116</v>
       </c>
       <c r="D274" s="5">
-        <v>5.015397119271725</v>
+        <v>5.0559367382226439</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>842.09949171000005</v>
+        <v>842.13450733000002</v>
       </c>
       <c r="C275" s="5">
-        <v>3.343392250000079</v>
+        <v>3.3540391699999645</v>
       </c>
       <c r="D275" s="5">
-        <v>4.8896330063799898</v>
+        <v>4.9054022639189343</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>844.67562493000003</v>
+        <v>844.69097921000002</v>
       </c>
       <c r="C276" s="5">
-        <v>2.5761332199999742</v>
+        <v>2.5564718800000037</v>
       </c>
       <c r="D276" s="5">
-        <v>3.7334158144993301</v>
+        <v>3.7042879380841276</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>849.60716506999995</v>
+        <v>849.61288344000002</v>
       </c>
       <c r="C277" s="5">
-        <v>4.9315401399999246</v>
+        <v>4.9219042299999956</v>
       </c>
       <c r="D277" s="5">
-        <v>7.2354687310162591</v>
+        <v>7.2207394802904723</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>853.72696838000002</v>
+        <v>853.75370408000003</v>
       </c>
       <c r="C278" s="5">
-        <v>4.1198033100000657</v>
+        <v>4.1408206400000154</v>
       </c>
       <c r="D278" s="5">
-        <v>5.9766070102892588</v>
+        <v>6.0078773246875272</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>857.70336935</v>
+        <v>857.71923761000005</v>
       </c>
       <c r="C279" s="5">
-        <v>3.976400969999986</v>
+        <v>3.9655335300000161</v>
       </c>
       <c r="D279" s="5">
-        <v>5.7346633457279861</v>
+        <v>5.7184043875884605</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>863.41995534</v>
+        <v>863.40906801000006</v>
       </c>
       <c r="C280" s="5">
-        <v>5.7165859899999987</v>
+        <v>5.6898304000000053</v>
       </c>
       <c r="D280" s="5">
-        <v>8.297788559763708</v>
+        <v>8.2573659569022073</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>865.30399721000003</v>
+        <v>865.27245583000001</v>
       </c>
       <c r="C281" s="5">
-        <v>1.8840418700000328</v>
+        <v>1.8633878199999572</v>
       </c>
       <c r="D281" s="5">
-        <v>2.6501378375443529</v>
+        <v>2.6207731084398445</v>
       </c>
       <c r="E281" s="5">
-        <v>4.932562225634185</v>
+        <v>4.9325293415656501</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>865.51413199000001</v>
+        <v>865.48104874000001</v>
       </c>
       <c r="C282" s="5">
-        <v>0.21013477999997576</v>
+        <v>0.20859290999999303</v>
       </c>
       <c r="D282" s="5">
-        <v>0.29180358444917953</v>
+        <v>0.28967020049632808</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>869.69190117000005</v>
+        <v>869.65617538000004</v>
       </c>
       <c r="C283" s="5">
-        <v>4.1777691800000412</v>
+        <v>4.1751266400000304</v>
       </c>
       <c r="D283" s="5">
-        <v>5.9485821975642672</v>
+        <v>5.9449524937570608</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>872.45354409000004</v>
+        <v>872.39966396</v>
       </c>
       <c r="C284" s="5">
-        <v>2.7616429199999857</v>
+        <v>2.743488579999962</v>
       </c>
       <c r="D284" s="5">
-        <v>3.8777715750903496</v>
+        <v>3.8519972030200744</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>876.78343656000004</v>
+        <v>876.78450663000001</v>
       </c>
       <c r="C285" s="5">
-        <v>4.3298924700000043</v>
+        <v>4.3848426700000118</v>
       </c>
       <c r="D285" s="5">
-        <v>6.1207494995238143</v>
+        <v>6.2009808346914719</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>880.34235177999994</v>
+        <v>880.38454718000003</v>
       </c>
       <c r="C286" s="5">
-        <v>3.5589152199999035</v>
+        <v>3.600040550000017</v>
       </c>
       <c r="D286" s="5">
-        <v>4.9810962664818215</v>
+        <v>5.0399555979590227</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>883.55719270999998</v>
+        <v>883.61409456000001</v>
       </c>
       <c r="C287" s="5">
-        <v>3.2148409300000367</v>
+        <v>3.2295473799999854</v>
       </c>
       <c r="D287" s="5">
-        <v>4.4712650290183564</v>
+        <v>4.4919138568039418</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>887.07986543000004</v>
+        <v>887.10723802999996</v>
       </c>
       <c r="C288" s="5">
-        <v>3.5226727200000596</v>
+        <v>3.49314346999995</v>
       </c>
       <c r="D288" s="5">
-        <v>4.890622569751768</v>
+        <v>4.8484117968616847</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>890.00229844</v>
+        <v>890.00839704999999</v>
       </c>
       <c r="C289" s="5">
-        <v>2.9224330099999634</v>
+        <v>2.9011590200000228</v>
       </c>
       <c r="D289" s="5">
-        <v>4.0257547662426063</v>
+        <v>3.9957944612415419</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>894.38846731000001</v>
+        <v>894.41425532999995</v>
       </c>
       <c r="C290" s="5">
-        <v>4.3861688700000059</v>
+        <v>4.4058582799999613</v>
       </c>
       <c r="D290" s="5">
-        <v>6.0768826208417615</v>
+        <v>6.1048656409209201</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>895.97305231999997</v>
+        <v>895.99206041000002</v>
       </c>
       <c r="C291" s="5">
-        <v>1.5845850099999552</v>
+        <v>1.5778050800000756</v>
       </c>
       <c r="D291" s="5">
-        <v>2.1468755583619936</v>
+        <v>2.1375382289374523</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>901.51456810000002</v>
+        <v>901.49911879000001</v>
       </c>
       <c r="C292" s="5">
-        <v>5.5415157800000543</v>
+        <v>5.5070583799999895</v>
       </c>
       <c r="D292" s="5">
-        <v>7.6796451452895598</v>
+        <v>7.6300997812801086</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>903.38857700000005</v>
+        <v>903.35270535999996</v>
       </c>
       <c r="C293" s="5">
-        <v>1.8740089000000353</v>
+        <v>1.8535865699999476</v>
       </c>
       <c r="D293" s="5">
-        <v>2.5231987187513294</v>
+        <v>2.4954333060413392</v>
       </c>
       <c r="E293" s="5">
-        <v>4.4012947949849002</v>
+        <v>4.4009547829038542</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>906.17149003999998</v>
+        <v>906.12301857</v>
       </c>
       <c r="C294" s="5">
-        <v>2.7829130399999258</v>
+        <v>2.7703132100000403</v>
       </c>
       <c r="D294" s="5">
-        <v>3.7599118640408546</v>
+        <v>3.7427516071084854</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>910.8556959</v>
+        <v>910.80929819999994</v>
       </c>
       <c r="C295" s="5">
-        <v>4.68420586000002</v>
+        <v>4.6862796299999445</v>
       </c>
       <c r="D295" s="5">
-        <v>6.382504427855773</v>
+        <v>6.385762262185235</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>914.87271914999997</v>
+        <v>914.79473424000003</v>
       </c>
       <c r="C296" s="5">
-        <v>4.0170232499999656</v>
+        <v>3.9854360400000814</v>
       </c>
       <c r="D296" s="5">
-        <v>5.4224700767620648</v>
+        <v>5.379080770831135</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>917.29566220000004</v>
+        <v>917.30178582999997</v>
       </c>
       <c r="C297" s="5">
-        <v>2.4229430500000717</v>
+        <v>2.5070515899999464</v>
       </c>
       <c r="D297" s="5">
-        <v>3.2247757526861376</v>
+        <v>3.3387003993533337</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>920.20825233999994</v>
+        <v>920.26666728999999</v>
       </c>
       <c r="C298" s="5">
-        <v>2.9125901399999066</v>
+        <v>2.9648814600000151</v>
       </c>
       <c r="D298" s="5">
-        <v>3.8774802835886302</v>
+        <v>3.9483103104966943</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>923.11597506999999</v>
+        <v>923.19615613999997</v>
       </c>
       <c r="C299" s="5">
-        <v>2.9077227300000459</v>
+        <v>2.9294888499999843</v>
       </c>
       <c r="D299" s="5">
-        <v>3.8584213867298711</v>
+        <v>3.8875605681411018</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>925.68992692999996</v>
+        <v>925.72144474000004</v>
       </c>
       <c r="C300" s="5">
-        <v>2.5739518599999656</v>
+        <v>2.5252886000000672</v>
       </c>
       <c r="D300" s="5">
-        <v>3.3977893686790495</v>
+        <v>3.3322873026960576</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>928.05475034999995</v>
+        <v>928.06295152999996</v>
       </c>
       <c r="C301" s="5">
-        <v>2.3648234199999933</v>
+        <v>2.3415067899999258</v>
       </c>
       <c r="D301" s="5">
-        <v>3.1090349313583454</v>
+        <v>3.0778465901945218</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>931.24351848000003</v>
+        <v>931.26056632999996</v>
       </c>
       <c r="C302" s="5">
-        <v>3.188768130000085</v>
+        <v>3.1976147999999966</v>
       </c>
       <c r="D302" s="5">
-        <v>4.2019820311627765</v>
+        <v>4.2138235393551327</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>934.61064875</v>
+        <v>934.62858071000005</v>
       </c>
       <c r="C303" s="5">
-        <v>3.3671302699999615</v>
+        <v>3.3680143800000906</v>
       </c>
       <c r="D303" s="5">
-        <v>4.4262164734365506</v>
+        <v>4.4273192156725427</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>937.82685388000004</v>
+        <v>937.79974004999997</v>
       </c>
       <c r="C304" s="5">
-        <v>3.2162051300000485</v>
+        <v>3.1711593399999174</v>
       </c>
       <c r="D304" s="5">
-        <v>4.2085303655583273</v>
+        <v>4.1484008955553042</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>942.16399156</v>
+        <v>942.12556625000002</v>
       </c>
       <c r="C305" s="5">
-        <v>4.3371376799999553</v>
+        <v>4.3258262000000514</v>
       </c>
       <c r="D305" s="5">
-        <v>5.6929580793519508</v>
+        <v>5.6779002210213259</v>
       </c>
       <c r="E305" s="5">
-        <v>4.2922188244582937</v>
+        <v>4.2921065780777701</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>944.89522638999995</v>
+        <v>944.84576362999996</v>
       </c>
       <c r="C306" s="5">
-        <v>2.7312348299999485</v>
+        <v>2.720197379999945</v>
       </c>
       <c r="D306" s="5">
-        <v>3.5346776200616326</v>
+        <v>3.5203115803898788</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>948.66378550000002</v>
+        <v>948.62207755999998</v>
       </c>
       <c r="C307" s="5">
-        <v>3.7685591100000693</v>
+        <v>3.7763139300000148</v>
       </c>
       <c r="D307" s="5">
-        <v>4.8923958492060216</v>
+        <v>4.9029479078689153</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>951.7410142</v>
+        <v>951.66784319999999</v>
       </c>
       <c r="C308" s="5">
-        <v>3.0772286999999778</v>
+        <v>3.0457656400000133</v>
       </c>
       <c r="D308" s="5">
-        <v>3.9627017270533971</v>
+        <v>3.9216425760209894</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>955.28296448000003</v>
+        <v>955.29676347999998</v>
       </c>
       <c r="C309" s="5">
-        <v>3.5419502800000373</v>
+        <v>3.6289202799999885</v>
       </c>
       <c r="D309" s="5">
-        <v>4.5584111110295256</v>
+        <v>4.6730645019229522</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>959.76319340999999</v>
+        <v>959.82721458000003</v>
       </c>
       <c r="C310" s="5">
-        <v>4.4802289299999529</v>
+        <v>4.5304511000000502</v>
       </c>
       <c r="D310" s="5">
-        <v>5.7754042375501857</v>
+        <v>5.8417565228884749</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>963.85316795000006</v>
+        <v>963.93896189999998</v>
       </c>
       <c r="C311" s="5">
-        <v>4.0899745400000711</v>
+        <v>4.1117473199999495</v>
       </c>
       <c r="D311" s="5">
-        <v>5.2353037753835041</v>
+        <v>5.2634742223508058</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>968.17747828999995</v>
+        <v>968.20824583000001</v>
       </c>
       <c r="C312" s="5">
-        <v>4.3243103399998972</v>
+        <v>4.2692839300000287</v>
       </c>
       <c r="D312" s="5">
-        <v>5.5186341645742765</v>
+        <v>5.4461941372472733</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>970.84589366</v>
+        <v>970.84841425000002</v>
       </c>
       <c r="C313" s="5">
-        <v>2.6684153700000479</v>
+        <v>2.6401684200000091</v>
       </c>
       <c r="D313" s="5">
-        <v>3.3579449946558926</v>
+        <v>3.321756985020663</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>974.37709415999996</v>
+        <v>974.38355516000001</v>
       </c>
       <c r="C314" s="5">
-        <v>3.5312004999999544</v>
+        <v>3.5351409099999955</v>
       </c>
       <c r="D314" s="5">
-        <v>4.4530713910860609</v>
+        <v>4.4581286324821612</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>977.45426364000002</v>
+        <v>977.46146948000001</v>
       </c>
       <c r="C315" s="5">
-        <v>3.077169480000066</v>
+        <v>3.0779143199999908</v>
       </c>
       <c r="D315" s="5">
-        <v>3.8562298302742715</v>
+        <v>3.8571534985355482</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>979.33206819999998</v>
+        <v>979.29640363999999</v>
       </c>
       <c r="C316" s="5">
-        <v>1.8778045599999587</v>
+        <v>1.8349341599999889</v>
       </c>
       <c r="D316" s="5">
-        <v>2.3298563181794352</v>
+        <v>2.2760982577060496</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>983.43501995999998</v>
+        <v>983.39172259999998</v>
       </c>
       <c r="C317" s="5">
-        <v>4.1029517599999963</v>
+        <v>4.095318959999986</v>
       </c>
       <c r="D317" s="5">
-        <v>5.1449270988269458</v>
+        <v>5.135326032993337</v>
       </c>
       <c r="E317" s="5">
-        <v>4.3804506189697445</v>
+        <v>4.3801121451627845</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>986.98328148999997</v>
+        <v>986.93828271999996</v>
       </c>
       <c r="C318" s="5">
-        <v>3.5482615299999907</v>
+        <v>3.546560119999981</v>
       </c>
       <c r="D318" s="5">
-        <v>4.4165938280964046</v>
+        <v>4.4146321001722999</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>990.14295418999995</v>
+        <v>990.11179631000005</v>
       </c>
       <c r="C319" s="5">
-        <v>3.1596726999999873</v>
+        <v>3.1735135900000842</v>
       </c>
       <c r="D319" s="5">
-        <v>3.9099802273680595</v>
+        <v>3.9275941042757223</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>991.04472654000006</v>
+        <v>990.98869315000002</v>
       </c>
       <c r="C320" s="5">
-        <v>0.90177235000010114</v>
+        <v>0.87689683999997214</v>
       </c>
       <c r="D320" s="5">
-        <v>1.0983907034291418</v>
+        <v>1.0679774909076123</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>995.81228385999998</v>
+        <v>995.83586687000002</v>
       </c>
       <c r="C321" s="5">
-        <v>4.7675573199999235</v>
+        <v>4.8471737200000007</v>
       </c>
       <c r="D321" s="5">
-        <v>5.9279801934357002</v>
+        <v>6.0300038986566662</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>996.73258413999997</v>
+        <v>996.79795639999998</v>
       </c>
       <c r="C322" s="5">
-        <v>0.9203002799999922</v>
+        <v>0.96208952999995745</v>
       </c>
       <c r="D322" s="5">
-        <v>1.1146589341625823</v>
+        <v>1.1655152079404374</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>998.50859317000004</v>
+        <v>998.60194386000001</v>
       </c>
       <c r="C323" s="5">
-        <v>1.7760090300000684</v>
+        <v>1.8039874600000303</v>
       </c>
       <c r="D323" s="5">
-        <v>2.1592766573212518</v>
+        <v>2.1934869575559013</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>1006.9322277</v>
+        <v>1006.9586704</v>
       </c>
       <c r="C324" s="5">
-        <v>8.4236345299999584</v>
+        <v>8.3567265399999542</v>
       </c>
       <c r="D324" s="5">
-        <v>10.60664297587579</v>
+        <v>10.51745199121925</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>1008.4506511</v>
+        <v>1008.4524828999999</v>
       </c>
       <c r="C325" s="5">
-        <v>1.5184233999999606</v>
+        <v>1.49381249999999</v>
       </c>
       <c r="D325" s="5">
-        <v>1.8246476897467945</v>
+        <v>1.7947842179676377</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>1012.4479581000001</v>
+        <v>1012.4372665</v>
       </c>
       <c r="C326" s="5">
-        <v>3.9973070000000916</v>
+        <v>3.9847836000000143</v>
       </c>
       <c r="D326" s="5">
-        <v>4.8616525168797331</v>
+        <v>4.8460796396140982</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>1013.155667</v>
+        <v>1013.1482701</v>
       </c>
       <c r="C327" s="5">
-        <v>0.70770889999994324</v>
+        <v>0.71100360000002638</v>
       </c>
       <c r="D327" s="5">
-        <v>0.84204158126293116</v>
+        <v>0.84598578153225468</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>1014.8114658</v>
+        <v>1014.7616799</v>
       </c>
       <c r="C328" s="5">
-        <v>1.6557987999999568</v>
+        <v>1.6134097999999994</v>
       </c>
       <c r="D328" s="5">
-        <v>1.978882750579336</v>
+        <v>1.9277924030718818</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>1017.1574483000001</v>
+        <v>1017.1176809</v>
       </c>
       <c r="C329" s="5">
-        <v>2.3459825000001047</v>
+        <v>2.356000999999992</v>
       </c>
       <c r="D329" s="5">
-        <v>2.8096352682755121</v>
+        <v>2.8219276321511888</v>
       </c>
       <c r="E329" s="5">
-        <v>3.4290448942291718</v>
+        <v>3.4295548279409616</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>1021.4659855</v>
+        <v>1021.4060267999999</v>
       </c>
       <c r="C330" s="5">
-        <v>4.3085371999999325</v>
+        <v>4.2883458999999675</v>
       </c>
       <c r="D330" s="5">
-        <v>5.2031414576092727</v>
+        <v>5.1783967621195526</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>1023.7464188</v>
+        <v>1023.736643</v>
       </c>
       <c r="C331" s="5">
-        <v>2.280433300000027</v>
+        <v>2.3306162000000086</v>
       </c>
       <c r="D331" s="5">
-        <v>2.712153423531749</v>
+        <v>2.7727525331145531</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>1027.4424385</v>
+        <v>1027.4262302</v>
       </c>
       <c r="C332" s="5">
-        <v>3.6960196999999653</v>
+        <v>3.6895872000000054</v>
       </c>
       <c r="D332" s="5">
-        <v>4.4194152524223096</v>
+        <v>4.4116136349888535</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>1030.2591589000001</v>
+        <v>1030.2932825</v>
       </c>
       <c r="C333" s="5">
-        <v>2.816720400000122</v>
+        <v>2.8670523000000685</v>
       </c>
       <c r="D333" s="5">
-        <v>3.3398448351992904</v>
+        <v>3.4004979049768291</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>1034.1406156</v>
+        <v>1034.1921703</v>
       </c>
       <c r="C334" s="5">
-        <v>3.8814566999999442</v>
+        <v>3.8988878000000113</v>
       </c>
       <c r="D334" s="5">
-        <v>4.6158130383342488</v>
+        <v>4.6368186071993112</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>1035.7422260000001</v>
+        <v>1035.8404948</v>
       </c>
       <c r="C335" s="5">
-        <v>1.6016104000000269</v>
+        <v>1.6483244999999442</v>
       </c>
       <c r="D335" s="5">
-        <v>1.8743953869385432</v>
+        <v>1.9294489649501312</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>1038.2046838000001</v>
+        <v>1038.2275053999999</v>
       </c>
       <c r="C336" s="5">
-        <v>2.4624578000000383</v>
+        <v>2.3870105999999396</v>
       </c>
       <c r="D336" s="5">
-        <v>2.8905807802996453</v>
+        <v>2.8006218089853041</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>1040.2009805</v>
+        <v>1040.1863948</v>
       </c>
       <c r="C337" s="5">
-        <v>1.9962966999999026</v>
+        <v>1.9588894000000892</v>
       </c>
       <c r="D337" s="5">
-        <v>2.3319616948161537</v>
+        <v>2.2877593532858009</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>1043.7443450999999</v>
+        <v>1043.7369389</v>
       </c>
       <c r="C338" s="5">
-        <v>3.5433645999999044</v>
+        <v>3.5505441000000246</v>
       </c>
       <c r="D338" s="5">
-        <v>4.1651685020883233</v>
+        <v>4.1738265823607623</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>1047.2920951999999</v>
+        <v>1047.2643083</v>
       </c>
       <c r="C339" s="5">
-        <v>3.5477501000000302</v>
+        <v>3.5273693999999978</v>
       </c>
       <c r="D339" s="5">
-        <v>4.1559969659584306</v>
+        <v>4.1317064531588343</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>1049.0339627999999</v>
+        <v>1048.9653995000001</v>
       </c>
       <c r="C340" s="5">
-        <v>1.7418675999999778</v>
+        <v>1.7010912000000644</v>
       </c>
       <c r="D340" s="5">
-        <v>2.0142120317579559</v>
+        <v>1.9666908168248121</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>1052.282318</v>
+        <v>1052.2478192999999</v>
       </c>
       <c r="C341" s="5">
-        <v>3.2483552000001055</v>
+        <v>3.2824197999998432</v>
       </c>
       <c r="D341" s="5">
-        <v>3.7797661042159758</v>
+        <v>3.8203421287367645</v>
       </c>
       <c r="E341" s="5">
-        <v>3.4532382138777962</v>
+        <v>3.4538912320268622</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>1056.6724953</v>
+        <v>1056.5891371</v>
       </c>
       <c r="C342" s="5">
-        <v>4.3901773000000048</v>
+        <v>4.3413178000000698</v>
       </c>
       <c r="D342" s="5">
-        <v>5.1229557256318392</v>
+        <v>5.0648110024933857</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>1060.8429905</v>
+        <v>1060.8655275000001</v>
       </c>
       <c r="C343" s="5">
-        <v>4.1704952000000048</v>
+        <v>4.2763904000000821</v>
       </c>
       <c r="D343" s="5">
-        <v>4.8403583221170887</v>
+        <v>4.966412014317001</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>1064.8417242999999</v>
+        <v>1064.8566992000001</v>
       </c>
       <c r="C344" s="5">
-        <v>3.9987337999998545</v>
+        <v>3.9911716999999953</v>
       </c>
       <c r="D344" s="5">
-        <v>4.6182344339362524</v>
+        <v>4.6092193210663046</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>1067.6141611999999</v>
+        <v>1067.6603775999999</v>
       </c>
       <c r="C345" s="5">
-        <v>2.7724369000000024</v>
+        <v>2.8036783999998534</v>
       </c>
       <c r="D345" s="5">
-        <v>3.1694675808973338</v>
+        <v>3.2056561457130206</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>1072.5829028999999</v>
+        <v>1072.6255275000001</v>
       </c>
       <c r="C346" s="5">
-        <v>4.9687417000000096</v>
+        <v>4.9651499000001422</v>
       </c>
       <c r="D346" s="5">
-        <v>5.7300725714890532</v>
+        <v>5.725569670389441</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>1077.2228584</v>
+        <v>1077.3328343999999</v>
       </c>
       <c r="C347" s="5">
-        <v>4.6399555000000419</v>
+        <v>4.7073068999998213</v>
       </c>
       <c r="D347" s="5">
-        <v>5.3164680099335282</v>
+        <v>5.3952922236048639</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>1079.6841764000001</v>
+        <v>1079.7062489</v>
       </c>
       <c r="C348" s="5">
-        <v>2.4613180000001194</v>
+        <v>2.3734145000000808</v>
       </c>
       <c r="D348" s="5">
-        <v>2.776568293627113</v>
+        <v>2.6759249260755791</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>1084.7600798000001</v>
+        <v>1084.7212173</v>
       </c>
       <c r="C349" s="5">
-        <v>5.0759034000000156</v>
+        <v>5.0149684000000434</v>
       </c>
       <c r="D349" s="5">
-        <v>5.7897265169101431</v>
+        <v>5.7183174207785292</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>1087.0302913999999</v>
+        <v>1087.0505656</v>
       </c>
       <c r="C350" s="5">
-        <v>2.2702115999998114</v>
+        <v>2.3293482999999924</v>
       </c>
       <c r="D350" s="5">
-        <v>2.540498461708296</v>
+        <v>2.6075540056141877</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>1091.3110323000001</v>
+        <v>1091.2805142</v>
       </c>
       <c r="C351" s="5">
-        <v>4.2807409000001826</v>
+        <v>4.2299485999999433</v>
       </c>
       <c r="D351" s="5">
-        <v>4.829325284196706</v>
+        <v>4.7707012019305273</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>1094.6985545</v>
+        <v>1094.5982696000001</v>
       </c>
       <c r="C352" s="5">
-        <v>3.3875221999999212</v>
+        <v>3.3177554000001237</v>
       </c>
       <c r="D352" s="5">
-        <v>3.7891578767012435</v>
+        <v>3.7099154947665358</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>1096.3742549999999</v>
+        <v>1096.3234954</v>
       </c>
       <c r="C353" s="5">
-        <v>1.6757004999999481</v>
+        <v>1.7252257999998619</v>
       </c>
       <c r="D353" s="5">
-        <v>1.8524338925089312</v>
+        <v>1.9078343113587026</v>
       </c>
       <c r="E353" s="5">
-        <v>4.1901242894399671</v>
+        <v>4.1887163167818153</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>1099.7525238999999</v>
+        <v>1099.6477027999999</v>
       </c>
       <c r="C354" s="5">
-        <v>3.3782688999999664</v>
+        <v>3.3242073999999775</v>
       </c>
       <c r="D354" s="5">
-        <v>3.7608835509145067</v>
+        <v>3.6998662809402116</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>1105.0457683</v>
+        <v>1105.0958807</v>
       </c>
       <c r="C355" s="5">
-        <v>5.2932444000000487</v>
+        <v>5.4481779000000188</v>
       </c>
       <c r="D355" s="5">
-        <v>5.931124282704503</v>
+        <v>6.1100856348447641</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>1107.8668693</v>
+        <v>1107.8697804000001</v>
       </c>
       <c r="C356" s="5">
-        <v>2.8211009999999987</v>
+        <v>2.7738997000001291</v>
       </c>
       <c r="D356" s="5">
-        <v>3.1068954395100601</v>
+        <v>3.054052238281213</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>1111.4915648000001</v>
+        <v>1111.5459281000001</v>
       </c>
       <c r="C357" s="5">
-        <v>3.6246955000001435</v>
+        <v>3.6761477000000014</v>
       </c>
       <c r="D357" s="5">
-        <v>3.9975608900532533</v>
+        <v>4.0553347241012672</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>1114.1344776999999</v>
+        <v>1114.1881172000001</v>
       </c>
       <c r="C358" s="5">
-        <v>2.6429128999998284</v>
+        <v>2.642189099999996</v>
       </c>
       <c r="D358" s="5">
-        <v>2.8909824621264457</v>
+        <v>2.8900371391063162</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>1116.5809910999999</v>
+        <v>1116.733416</v>
       </c>
       <c r="C359" s="5">
-        <v>2.446513399999958</v>
+        <v>2.545298799999955</v>
       </c>
       <c r="D359" s="5">
-        <v>2.6671231522328531</v>
+        <v>2.7760380274751029</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>1122.3624652000001</v>
+        <v>1122.3818722000001</v>
       </c>
       <c r="C360" s="5">
-        <v>5.7814741000001959</v>
+        <v>5.6484562000000551</v>
       </c>
       <c r="D360" s="5">
-        <v>6.3934399346688986</v>
+        <v>6.2413507855888728</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>1127.534932</v>
+        <v>1127.4725162</v>
       </c>
       <c r="C361" s="5">
-        <v>5.1724667999999383</v>
+        <v>5.0906439999998838</v>
       </c>
       <c r="D361" s="5">
-        <v>5.6726151549076897</v>
+        <v>5.5805317301589108</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>1128.6891201999999</v>
+        <v>1128.7725581</v>
       </c>
       <c r="C362" s="5">
-        <v>1.1541881999999077</v>
+        <v>1.3000418999999965</v>
       </c>
       <c r="D362" s="5">
-        <v>1.2353056039555055</v>
+        <v>1.3924791462909702</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>1131.6500530000001</v>
+        <v>1131.6175303</v>
       </c>
       <c r="C363" s="5">
-        <v>2.9609328000001369</v>
+        <v>2.8449722000000293</v>
       </c>
       <c r="D363" s="5">
-        <v>3.1938254037340741</v>
+        <v>3.0667753174862034</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>1137.7163627</v>
+        <v>1137.5892186000001</v>
       </c>
       <c r="C364" s="5">
-        <v>6.0663096999999198</v>
+        <v>5.9716883000000962</v>
       </c>
       <c r="D364" s="5">
-        <v>6.6257927078630541</v>
+        <v>6.5196201819239352</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>1139.7797009000001</v>
+        <v>1139.7113816000001</v>
       </c>
       <c r="C365" s="5">
-        <v>2.0633382000000893</v>
+        <v>2.1221630000000005</v>
       </c>
       <c r="D365" s="5">
-        <v>2.1981340943528105</v>
+        <v>2.2617015928964923</v>
       </c>
       <c r="E365" s="5">
-        <v>3.9589990098773509</v>
+        <v>3.9575806212353237</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>1146.5964455999999</v>
+        <v>1146.4462727</v>
       </c>
       <c r="C366" s="5">
-        <v>6.8167446999998447</v>
+        <v>6.7348910999999134</v>
       </c>
       <c r="D366" s="5">
-        <v>7.4177563520896106</v>
+        <v>7.3262254979786112</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>1148.0616480000001</v>
+        <v>1148.1073412999999</v>
       </c>
       <c r="C367" s="5">
-        <v>1.4652024000001802</v>
+        <v>1.6610685999999077</v>
       </c>
       <c r="D367" s="5">
-        <v>1.5442687948506562</v>
+        <v>1.7525840798796155</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>1142.8150195999999</v>
+        <v>1142.7205509</v>
       </c>
       <c r="C368" s="5">
-        <v>-5.2466284000001906</v>
+        <v>-5.3867903999998816</v>
       </c>
       <c r="D368" s="5">
-        <v>-5.348224744242347</v>
+        <v>-5.4872222723356456</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>1006.3355245</v>
+        <v>1006.3891821</v>
       </c>
       <c r="C369" s="5">
-        <v>-136.47949509999989</v>
+        <v>-136.33136880000006</v>
       </c>
       <c r="D369" s="5">
-        <v>-78.262861484344555</v>
+        <v>-78.227361444166149</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>1030.7182405000001</v>
+        <v>1030.7954697</v>
       </c>
       <c r="C370" s="5">
-        <v>24.382716000000073</v>
+        <v>24.406287600000041</v>
       </c>
       <c r="D370" s="5">
-        <v>33.28027930195212</v>
+        <v>33.31484023553395</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>1057.6733061</v>
+        <v>1057.91479</v>
       </c>
       <c r="C371" s="5">
-        <v>26.955065599999898</v>
+        <v>27.119320300000027</v>
       </c>
       <c r="D371" s="5">
-        <v>36.31353556989847</v>
+        <v>36.564635823716607</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>1069.5651455</v>
+        <v>1069.5772368</v>
       </c>
       <c r="C372" s="5">
-        <v>11.891839399999981</v>
+        <v>11.662446799999998</v>
       </c>
       <c r="D372" s="5">
-        <v>14.358481296063342</v>
+        <v>14.061099341873163</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>1081.7389886000001</v>
+        <v>1081.6732454999999</v>
       </c>
       <c r="C373" s="5">
-        <v>12.173843100000113</v>
+        <v>12.096008699999857</v>
       </c>
       <c r="D373" s="5">
-        <v>14.546782273545578</v>
+        <v>14.447743924816869</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>1089.4426338000001</v>
+        <v>1089.5977816</v>
       </c>
       <c r="C374" s="5">
-        <v>7.7036451999999827</v>
+        <v>7.9245361000000685</v>
       </c>
       <c r="D374" s="5">
-        <v>8.8886477687954759</v>
+        <v>9.1544561459307126</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>1102.2743502999999</v>
+        <v>1102.2440131999999</v>
       </c>
       <c r="C375" s="5">
-        <v>12.831716499999857</v>
+        <v>12.646231599999965</v>
       </c>
       <c r="D375" s="5">
-        <v>15.086403341669218</v>
+        <v>14.851972830320426</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>1108.3038752</v>
+        <v>1108.1486291000001</v>
       </c>
       <c r="C376" s="5">
-        <v>6.0295249000000695</v>
+        <v>5.9046159000001808</v>
       </c>
       <c r="D376" s="5">
-        <v>6.7652206651804825</v>
+        <v>6.6211048361385805</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>1115.9277563999999</v>
+        <v>1115.796648</v>
       </c>
       <c r="C377" s="5">
-        <v>7.6238811999999143</v>
+        <v>7.6480188999998973</v>
       </c>
       <c r="D377" s="5">
-        <v>8.5742249069309384</v>
+        <v>8.6036612635065559</v>
       </c>
       <c r="E377" s="5">
-        <v>-2.0926802329578331</v>
+        <v>-2.0983148879698876</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>1120.1013006000001</v>
+        <v>1119.9671217</v>
       </c>
       <c r="C378" s="5">
-        <v>4.1735442000001512</v>
+        <v>4.1704737000000023</v>
       </c>
       <c r="D378" s="5">
-        <v>4.5814501101378413</v>
+        <v>4.5785589618886569</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>1117.9707034</v>
+        <v>1117.9830566000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-2.1305972000000111</v>
+        <v>-1.9840650999999525</v>
       </c>
       <c r="D379" s="5">
-        <v>-2.2588471519454645</v>
+        <v>-2.1052551628314098</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>1133.320553</v>
+        <v>1133.0798397999999</v>
       </c>
       <c r="C380" s="5">
-        <v>15.34984959999997</v>
+        <v>15.096783199999891</v>
       </c>
       <c r="D380" s="5">
-        <v>17.779065180641783</v>
+        <v>17.463649270226856</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>1145.1260480000001</v>
+        <v>1145.0997847000001</v>
       </c>
       <c r="C381" s="5">
-        <v>11.805495000000064</v>
+        <v>12.019944900000155</v>
       </c>
       <c r="D381" s="5">
-        <v>13.24169076246009</v>
+        <v>13.499473365191129</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>1155.4645760999999</v>
+        <v>1155.5616216999999</v>
       </c>
       <c r="C382" s="5">
-        <v>10.338528099999849</v>
+        <v>10.461836999999832</v>
       </c>
       <c r="D382" s="5">
-        <v>11.388435268310992</v>
+        <v>11.531442772900391</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>1165.3084876</v>
+        <v>1165.7146187999999</v>
       </c>
       <c r="C383" s="5">
-        <v>9.8439115000001038</v>
+        <v>10.152997099999993</v>
       </c>
       <c r="D383" s="5">
-        <v>10.716230103088709</v>
+        <v>11.068165198250934</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>1182.6684385000001</v>
+        <v>1182.7983227</v>
       </c>
       <c r="C384" s="5">
-        <v>17.359950900000058</v>
+        <v>17.083703900000046</v>
       </c>
       <c r="D384" s="5">
-        <v>19.416728409735672</v>
+        <v>19.07524558801439</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>1188.2178962999999</v>
+        <v>1188.2484930000001</v>
       </c>
       <c r="C385" s="5">
-        <v>5.5494577999998</v>
+        <v>5.4501703000000816</v>
       </c>
       <c r="D385" s="5">
-        <v>5.7783979940876806</v>
+        <v>5.6717418381209361</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>1193.3568726000001</v>
+        <v>1193.6190039999999</v>
       </c>
       <c r="C386" s="5">
-        <v>5.1389763000001949</v>
+        <v>5.3705109999998513</v>
       </c>
       <c r="D386" s="5">
-        <v>5.3151844032862439</v>
+        <v>5.5604980656601688</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>1213.1338122</v>
+        <v>1213.1774498</v>
       </c>
       <c r="C387" s="5">
-        <v>19.776939599999878</v>
+        <v>19.558445800000072</v>
       </c>
       <c r="D387" s="5">
-        <v>21.803684746161657</v>
+        <v>21.535528341250654</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>1220.2061077000001</v>
+        <v>1220.0699182999999</v>
       </c>
       <c r="C388" s="5">
-        <v>7.0722955000001093</v>
+        <v>6.8924684999999499</v>
       </c>
       <c r="D388" s="5">
-        <v>7.2244542885943286</v>
+        <v>7.0347213862174351</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>1227.9636531000001</v>
+        <v>1227.7793911000001</v>
       </c>
       <c r="C389" s="5">
-        <v>7.7575454000000263</v>
+        <v>7.7094728000001851</v>
       </c>
       <c r="D389" s="5">
-        <v>7.9015819513846175</v>
+        <v>7.8518100262129575</v>
       </c>
       <c r="E389" s="5">
-        <v>10.039708758695065</v>
+        <v>10.036124709706073</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>1229.6394448999999</v>
+        <v>1229.4427175999999</v>
       </c>
       <c r="C390" s="5">
-        <v>1.6757917999998426</v>
+        <v>1.6633264999998119</v>
       </c>
       <c r="D390" s="5">
-        <v>1.6499778522405029</v>
+        <v>1.6378605932866552</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>1241.2308711000001</v>
+        <v>1241.0496470999999</v>
       </c>
       <c r="C391" s="5">
-        <v>11.591426200000114</v>
+        <v>11.606929499999978</v>
       </c>
       <c r="D391" s="5">
-        <v>11.917342217589511</v>
+        <v>11.936127741376268</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>1247.9640331999999</v>
+        <v>1247.4279265</v>
       </c>
       <c r="C392" s="5">
-        <v>6.7331620999998449</v>
+        <v>6.3782794000001104</v>
       </c>
       <c r="D392" s="5">
-        <v>6.7072691114912431</v>
+        <v>6.3446594636675568</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>1261.4120229</v>
+        <v>1261.1821531000001</v>
       </c>
       <c r="C393" s="5">
-        <v>13.447989700000107</v>
+        <v>13.754226600000038</v>
       </c>
       <c r="D393" s="5">
-        <v>13.725738295115075</v>
+        <v>14.063908111556668</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>1264.9195975</v>
+        <v>1264.9322298</v>
       </c>
       <c r="C394" s="5">
-        <v>3.5075745999999981</v>
+        <v>3.7500766999999087</v>
       </c>
       <c r="D394" s="5">
-        <v>3.3883159656497464</v>
+        <v>3.6270899080505847</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>1268.6653683</v>
+        <v>1269.377864</v>
       </c>
       <c r="C395" s="5">
-        <v>3.7457707999999457</v>
+        <v>4.4456342000000859</v>
       </c>
       <c r="D395" s="5">
-        <v>3.6119776034478468</v>
+        <v>4.2999133640184484</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>1288.1019051000001</v>
+        <v>1288.5052123999999</v>
       </c>
       <c r="C396" s="5">
-        <v>19.436536800000113</v>
+        <v>19.127348399999846</v>
       </c>
       <c r="D396" s="5">
-        <v>20.015586935456064</v>
+        <v>19.658377445158415</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>1295.9869266000001</v>
+        <v>1296.208603</v>
       </c>
       <c r="C397" s="5">
-        <v>7.8850214999999935</v>
+        <v>7.703390600000148</v>
       </c>
       <c r="D397" s="5">
-        <v>7.5981430320021914</v>
+        <v>7.4149270370504672</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>1298.2333705000001</v>
+        <v>1298.6166925</v>
       </c>
       <c r="C398" s="5">
-        <v>2.2464439000000311</v>
+        <v>2.40808949999996</v>
       </c>
       <c r="D398" s="5">
-        <v>2.1000071669956766</v>
+        <v>2.2522745686159862</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>1301.8669958999999</v>
+        <v>1302.0075713000001</v>
       </c>
       <c r="C399" s="5">
-        <v>3.6336253999998007</v>
+        <v>3.3908788000001095</v>
       </c>
       <c r="D399" s="5">
-        <v>3.410868796846489</v>
+        <v>3.1787694955420775</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>1305.4401436999999</v>
+        <v>1305.3314393999999</v>
       </c>
       <c r="C400" s="5">
-        <v>3.5731478000000152</v>
+        <v>3.3238680999997996</v>
       </c>
       <c r="D400" s="5">
-        <v>3.3437357943429502</v>
+        <v>3.1068366971716221</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>1306.8364174000001</v>
+        <v>1306.5566108999999</v>
       </c>
       <c r="C401" s="5">
-        <v>1.3962737000001653</v>
+        <v>1.2251714999999876</v>
       </c>
       <c r="D401" s="5">
-        <v>1.2910743522306589</v>
+        <v>1.1321409383141745</v>
       </c>
       <c r="E401" s="5">
-        <v>6.4230536547954964</v>
+        <v>6.4162357155564509</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>1314.8495694999999</v>
+        <v>1314.5948014000001</v>
       </c>
       <c r="C402" s="5">
-        <v>8.0131520999998429</v>
+        <v>8.0381905000001552</v>
       </c>
       <c r="D402" s="5">
-        <v>7.6113504422878675</v>
+        <v>7.6376346642544002</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>1318.5342172000001</v>
+        <v>1318.0875487000001</v>
       </c>
       <c r="C403" s="5">
-        <v>3.6846477000001414</v>
+        <v>3.4927473000000191</v>
       </c>
       <c r="D403" s="5">
-        <v>3.4151183635125593</v>
+        <v>3.2352856212968684</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>1324.9292143</v>
+        <v>1324.1128258000001</v>
       </c>
       <c r="C404" s="5">
-        <v>6.394997099999955</v>
+        <v>6.0252771000000394</v>
       </c>
       <c r="D404" s="5">
-        <v>5.9778878380984724</v>
+        <v>5.625509721534927</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>1325.1751148000001</v>
+        <v>1324.6707425</v>
       </c>
       <c r="C405" s="5">
-        <v>0.24590050000006158</v>
+        <v>0.55791669999985061</v>
       </c>
       <c r="D405" s="5">
-        <v>0.22294171923840089</v>
+        <v>0.50679498690506808</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>1327.8307344</v>
+        <v>1327.726496</v>
       </c>
       <c r="C406" s="5">
-        <v>2.655619599999909</v>
+        <v>3.0557535000000371</v>
       </c>
       <c r="D406" s="5">
-        <v>2.431454562287394</v>
+        <v>2.8035550316243718</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>1333.3268498</v>
+        <v>1334.3531438</v>
       </c>
       <c r="C407" s="5">
-        <v>5.4961154000000079</v>
+        <v>6.6266478000000006</v>
       </c>
       <c r="D407" s="5">
-        <v>5.0816531227576345</v>
+        <v>6.1563391245635257</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>1329.1088325999999</v>
+        <v>1329.8216981</v>
       </c>
       <c r="C408" s="5">
-        <v>-4.2180172000000766</v>
+        <v>-4.5314456999999493</v>
       </c>
       <c r="D408" s="5">
-        <v>-3.7308733198391897</v>
+        <v>-3.999923279917672</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>1333.4334378000001</v>
+        <v>1333.8482337</v>
       </c>
       <c r="C409" s="5">
-        <v>4.3246052000001782</v>
+        <v>4.0265355999999883</v>
       </c>
       <c r="D409" s="5">
-        <v>3.9751531021946285</v>
+        <v>3.6945754812602871</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>1334.5139197999999</v>
+        <v>1335.0106162</v>
       </c>
       <c r="C410" s="5">
-        <v>1.0804819999998472</v>
+        <v>1.1623824999999215</v>
       </c>
       <c r="D410" s="5">
-        <v>0.97670599814521086</v>
+        <v>1.0507672087517683</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>1337.7831765000001</v>
+        <v>1337.9915854000001</v>
       </c>
       <c r="C411" s="5">
-        <v>3.2692567000001418</v>
+        <v>2.9809692000001178</v>
       </c>
       <c r="D411" s="5">
-        <v>2.9796624844626862</v>
+        <v>2.7126548225055114</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>1341.1388242999999</v>
+        <v>1341.0617033000001</v>
       </c>
       <c r="C412" s="5">
-        <v>3.3556477999998151</v>
+        <v>3.0701179000000138</v>
       </c>
       <c r="D412" s="5">
-        <v>3.0519130432717034</v>
+        <v>2.7885028431313685</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>1342.5928679000001</v>
+        <v>1342.2295171999999</v>
       </c>
       <c r="C413" s="5">
-        <v>1.4540436000002046</v>
+        <v>1.1678138999998282</v>
       </c>
       <c r="D413" s="5">
-        <v>1.3088090314627987</v>
+        <v>1.0499949783213447</v>
       </c>
       <c r="E413" s="5">
-        <v>2.7361075972414994</v>
+        <v>2.7302993228458305</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>1346.9836528999999</v>
+        <v>1346.6392281000001</v>
       </c>
       <c r="C414" s="5">
-        <v>4.3907849999998234</v>
+        <v>4.4097109000001637</v>
       </c>
       <c r="D414" s="5">
-        <v>3.9958171715370971</v>
+        <v>4.01445909208209</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>1350.7146568000001</v>
+        <v>1350.0076237000001</v>
       </c>
       <c r="C415" s="5">
-        <v>3.7310039000001325</v>
+        <v>3.3683955999999853</v>
       </c>
       <c r="D415" s="5">
-        <v>3.3749823255426303</v>
+        <v>3.0432420992689835</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>1354.3376639000001</v>
+        <v>1353.3331565000001</v>
       </c>
       <c r="C416" s="5">
-        <v>3.6230070999999953</v>
+        <v>3.3255328000000191</v>
       </c>
       <c r="D416" s="5">
-        <v>3.2666588149082409</v>
+        <v>2.9963923532001502</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>1355.5923986</v>
+        <v>1354.7997942</v>
       </c>
       <c r="C417" s="5">
-        <v>1.2547346999999718</v>
+        <v>1.4666376999998647</v>
       </c>
       <c r="D417" s="5">
-        <v>1.1174300461463282</v>
+        <v>1.3082465662169973</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>1358.0543479</v>
+        <v>1357.8052821000001</v>
       </c>
       <c r="C418" s="5">
-        <v>2.4619493000000148</v>
+        <v>3.005487900000162</v>
       </c>
       <c r="D418" s="5">
-        <v>2.20127289270593</v>
+        <v>2.6948019897733655</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>1359.2564772999999</v>
+        <v>1360.5893928</v>
       </c>
       <c r="C419" s="5">
-        <v>1.2021293999998761</v>
+        <v>2.7841106999999283</v>
       </c>
       <c r="D419" s="5">
-        <v>1.0674087911537899</v>
+        <v>2.4884781827099633</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>1359.6889322</v>
+        <v>1360.7204678999999</v>
       </c>
       <c r="C420" s="5">
-        <v>0.43245490000003883</v>
+        <v>0.13107509999986178</v>
       </c>
       <c r="D420" s="5">
-        <v>0.38245535888838944</v>
+        <v>0.11566567277483397</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>1363.9731345</v>
+        <v>1364.5981271999999</v>
       </c>
       <c r="C421" s="5">
-        <v>4.2842023000000609</v>
+        <v>3.8776593000000048</v>
       </c>
       <c r="D421" s="5">
-        <v>3.8472610827401388</v>
+        <v>3.4737625190150556</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>1365.6402906999999</v>
+        <v>1366.2029021000001</v>
       </c>
       <c r="C422" s="5">
-        <v>1.6671561999999085</v>
+        <v>1.6047749000001659</v>
       </c>
       <c r="D422" s="5">
-        <v>1.4766356879648779</v>
+        <v>1.42037020012733</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>1367.3277780999999</v>
+        <v>1367.6011781</v>
       </c>
       <c r="C423" s="5">
-        <v>1.6874874000000091</v>
+        <v>1.3982759999998962</v>
       </c>
       <c r="D423" s="5">
-        <v>1.4929289677907409</v>
+        <v>1.2351084664116607</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>1369.6633079000001</v>
+        <v>1369.5966157</v>
       </c>
       <c r="C424" s="5">
-        <v>2.3355298000001312</v>
+        <v>1.9954376000000593</v>
       </c>
       <c r="D424" s="5">
-        <v>2.0690837738734258</v>
+        <v>1.7650136797324745</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>1371.3165233</v>
+        <v>1370.8858971</v>
       </c>
       <c r="C425" s="5">
-        <v>1.6532153999999082</v>
+        <v>1.2892813999999362</v>
       </c>
       <c r="D425" s="5">
-        <v>1.4580822156271545</v>
+        <v>1.1354972056124124</v>
       </c>
       <c r="E425" s="5">
-        <v>2.139416653160664</v>
+        <v>2.1349835875893675</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>1377.4747035</v>
+        <v>1377.7978485000001</v>
       </c>
       <c r="C426" s="5">
-        <v>6.1581802000000607</v>
+        <v>6.9119514000001345</v>
       </c>
       <c r="D426" s="5">
-        <v>5.5239591284565792</v>
+        <v>6.2209846221388476</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>1376.9636974</v>
+        <v>1377.7394732</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.51100610000003144</v>
+        <v>-5.8375300000079733E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-0.44426057727298129</v>
+        <v>-5.0830416634473075E-2</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>1376.8304446</v>
+        <v>1377.5386315000001</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.13325280000003659</v>
+        <v>-0.20084169999995538</v>
       </c>
       <c r="D428" s="5">
-        <v>-0.1160657169216428</v>
+        <v>-0.17479131873279208</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>1379.0541063000001</v>
+        <v>1379.7823189999999</v>
       </c>
       <c r="C429" s="5">
-        <v>2.2236617000000933</v>
+        <v>2.2436874999998508</v>
       </c>
       <c r="D429" s="5">
-        <v>1.955378738904634</v>
+        <v>1.9721230885001662</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>1381.5205529</v>
+        <v>1382.6158811</v>
       </c>
       <c r="C430" s="5">
-        <v>2.4664465999999265</v>
+        <v>2.8335621000001083</v>
       </c>
       <c r="D430" s="5">
-        <v>2.1674453944128036</v>
+        <v>2.4923820048292189</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>1379.4159655000001</v>
+        <v>1374.5464886</v>
       </c>
       <c r="C431" s="5">
-        <v>-2.1045873999999003</v>
+        <v>-8.069392500000049</v>
       </c>
       <c r="D431" s="5">
-        <v>-1.8128226333326669</v>
+        <v>-6.7830904200922522</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>1381.5449122</v>
+        <v>1376.82375</v>
       </c>
       <c r="C432" s="5">
-        <v>2.1289466999999149</v>
+        <v>2.2772614000000431</v>
       </c>
       <c r="D432" s="5">
-        <v>1.8678440717569522</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.0062997911197922</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1385.2353905</v>
+        <v>1380.4986280000001</v>
       </c>
       <c r="C433" s="5">
-        <v>3.6904782999999952</v>
+        <v>3.6748780000000352</v>
       </c>
       <c r="D433" s="5">
-        <v>3.2530403378594919</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.2503578386945398</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>1383.3604605</v>
+        <v>1378.6121791999999</v>
       </c>
       <c r="C434" s="5">
-        <v>-1.8749299999999494</v>
+        <v>-1.8864488000001529</v>
       </c>
       <c r="D434" s="5">
-        <v>-1.6121752960396973</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.6275294331904444</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>1379.3784264000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.76624720000017987</v>
+      </c>
+      <c r="D435" s="5">
+        <v>0.66901535528320899</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>1381.9988269999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>2.6204005999998117</v>
+      </c>
+      <c r="D436" s="5">
+        <v>2.3036058665387271</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>1383.1785271000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>1.1797001000002183</v>
+      </c>
+      <c r="D437" s="5">
+        <v>1.0291653893470309</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.89669242538743532</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>