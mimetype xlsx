--- v0 (2025-10-17)
+++ v1 (2025-12-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{FAB92EFC-6942-4C30-817E-09133176728F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{48A8AA78-7BC7-42D1-BFC5-E0725407AE1B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6E3CF780-F140-4468-87FA-6B7DF1F6463B}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4814E5EC-BA85-4E96-8264-88E419A3CC26}"/>
   </bookViews>
   <sheets>
     <sheet name="ausserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Services Providing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9039E066-62F7-48B0-99D6-45E7D0ECBCAB}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17F7573C-69A5-46B9-A97E-B40CE4DB6771}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-1.4670693999999003</v>
       </c>
       <c r="D431" s="5">
         <v>-1.4353044540246551</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>1218.4428435</v>
       </c>
       <c r="C432" s="5">
         <v>1.4424701999998888</v>
       </c>
       <c r="D432" s="5">
         <v>1.4316290113888241</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1222.1969159</v>
+        <v>1223.0866897000001</v>
       </c>
       <c r="C433" s="5">
-        <v>3.7540724000000409</v>
+        <v>4.6438462000000982</v>
       </c>
       <c r="D433" s="5">
-        <v>3.7605497470195814</v>
+        <v>4.6706550004503855</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>1221.3631052999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-1.7235844000001634</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-1.6780050720165196</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>