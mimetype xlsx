--- v1 (2025-12-13)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{48A8AA78-7BC7-42D1-BFC5-E0725407AE1B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{36518722-6110-45F1-B6A5-A880E4365151}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4814E5EC-BA85-4E96-8264-88E419A3CC26}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{66E64341-0D4D-45EB-900B-BEE2F9F25040}"/>
   </bookViews>
   <sheets>
     <sheet name="ausserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Services Providing Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17F7573C-69A5-46B9-A97E-B40CE4DB6771}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17F2546D-FEB5-469A-AB31-6DC28C1CA8ED}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>327.16927406000002</v>
+        <v>327.18040481000003</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>327.55828502999998</v>
+        <v>327.50281453000002</v>
       </c>
       <c r="C7" s="5">
-        <v>0.38901096999995843</v>
+        <v>0.32240971999999601</v>
       </c>
       <c r="D7" s="5">
-        <v>1.4361925472759385</v>
+        <v>1.1889325827366237</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>329.74109736999998</v>
+        <v>329.70203677000001</v>
       </c>
       <c r="C8" s="5">
-        <v>2.1828123399999981</v>
+        <v>2.1992222399999832</v>
       </c>
       <c r="D8" s="5">
-        <v>8.2963659207277107</v>
+        <v>8.3625262210606621</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>333.22570574000002</v>
+        <v>333.19471042999999</v>
       </c>
       <c r="C9" s="5">
-        <v>3.4846083700000463</v>
+        <v>3.4926736599999799</v>
       </c>
       <c r="D9" s="5">
-        <v>13.444908723067318</v>
+        <v>13.4795534420872</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>337.69958702999998</v>
+        <v>337.66570200000001</v>
       </c>
       <c r="C10" s="5">
-        <v>4.4738812899999516</v>
+        <v>4.4709915700000238</v>
       </c>
       <c r="D10" s="5">
-        <v>17.355756504253872</v>
+        <v>17.34544068895374</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>337.66526879999998</v>
+        <v>337.62851813999998</v>
       </c>
       <c r="C11" s="5">
-        <v>-3.4318229999996674E-2</v>
+        <v>-3.718386000002738E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>-0.12188011952141142</v>
+        <v>-0.13206439576014528</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>338.22841419000002</v>
+        <v>338.20126342999998</v>
       </c>
       <c r="C12" s="5">
-        <v>0.56314539000004515</v>
+        <v>0.5727452900000003</v>
       </c>
       <c r="D12" s="5">
-        <v>2.0197745865471628</v>
+        <v>2.0547531289697218</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>335.62236689000002</v>
+        <v>335.62470241</v>
       </c>
       <c r="C13" s="5">
-        <v>-2.6060473000000002</v>
+        <v>-2.5765610199999855</v>
       </c>
       <c r="D13" s="5">
-        <v>-8.8640600367359887</v>
+        <v>-8.7686067040737008</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>336.41168105999998</v>
+        <v>336.44428284999998</v>
       </c>
       <c r="C14" s="5">
-        <v>0.78931416999995463</v>
+        <v>0.81958043999998154</v>
       </c>
       <c r="D14" s="5">
-        <v>2.858942828922606</v>
+        <v>2.9700249498090692</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>337.09194418999999</v>
+        <v>337.10291768000002</v>
       </c>
       <c r="C15" s="5">
-        <v>0.68026313000001437</v>
+        <v>0.65863483000003953</v>
       </c>
       <c r="D15" s="5">
-        <v>2.4537078832423509</v>
+        <v>2.3746201925124222</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>339.49209457000001</v>
+        <v>339.58090800999997</v>
       </c>
       <c r="C16" s="5">
-        <v>2.4001503800000137</v>
+        <v>2.4779903299999546</v>
       </c>
       <c r="D16" s="5">
-        <v>8.8868670059094157</v>
+        <v>9.1865254505850267</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>340.57505237999999</v>
+        <v>340.65086699</v>
       </c>
       <c r="C17" s="5">
-        <v>1.0829578099999821</v>
+        <v>1.069958980000024</v>
       </c>
       <c r="D17" s="5">
-        <v>3.8958011386602154</v>
+        <v>3.8472020967003528</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>339.92220681999999</v>
+        <v>339.93051214000002</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.65284556000000293</v>
+        <v>-0.72035484999997834</v>
       </c>
       <c r="D18" s="5">
-        <v>-2.2761730427776072</v>
+        <v>-2.5082649106423216</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>339.9011792</v>
+        <v>339.85931977000001</v>
       </c>
       <c r="C19" s="5">
-        <v>-2.1027619999983926E-2</v>
+        <v>-7.1192370000005667E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>-7.4206863153214453E-2</v>
+        <v>-0.25102926574591677</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>341.06348234000001</v>
+        <v>341.01999881</v>
       </c>
       <c r="C20" s="5">
-        <v>1.1623031400000059</v>
+        <v>1.1606790399999909</v>
       </c>
       <c r="D20" s="5">
-        <v>4.1815006583685754</v>
+        <v>4.1760716167753564</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>340.21868198999999</v>
+        <v>340.18612908</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.84480035000001408</v>
+        <v>-0.83386973000000353</v>
       </c>
       <c r="D21" s="5">
-        <v>-2.9321904268915233</v>
+        <v>-2.8951245859039632</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>341.91440655999997</v>
+        <v>341.87582096</v>
       </c>
       <c r="C22" s="5">
-        <v>1.6957245699999817</v>
+        <v>1.689691879999998</v>
       </c>
       <c r="D22" s="5">
-        <v>6.1477782977176876</v>
+        <v>6.1259084435387967</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>341.85436335000003</v>
+        <v>341.81609959000002</v>
       </c>
       <c r="C23" s="5">
-        <v>-6.0043209999946612E-2</v>
+        <v>-5.9721369999977014E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>-0.21052725517426429</v>
+        <v>-0.20942349459459608</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>342.48277651000001</v>
+        <v>342.45517312999999</v>
       </c>
       <c r="C24" s="5">
-        <v>0.6284131599999796</v>
+        <v>0.63907353999996985</v>
       </c>
       <c r="D24" s="5">
-        <v>2.228337468470265</v>
+        <v>2.2667847878587777</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>342.62681822000002</v>
+        <v>342.62360447999998</v>
       </c>
       <c r="C25" s="5">
-        <v>0.14404171000001043</v>
+        <v>0.16843134999999165</v>
       </c>
       <c r="D25" s="5">
-        <v>0.5058661655803931</v>
+        <v>0.59180085401862037</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>344.61306766000001</v>
+        <v>344.64714958000002</v>
       </c>
       <c r="C26" s="5">
-        <v>1.9862494399999946</v>
+        <v>2.0235451000000353</v>
       </c>
       <c r="D26" s="5">
-        <v>7.1826925240376482</v>
+        <v>7.3220441639097134</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>345.22089674</v>
+        <v>345.23438689</v>
       </c>
       <c r="C27" s="5">
-        <v>0.6078290799999877</v>
+        <v>0.5872373099999777</v>
       </c>
       <c r="D27" s="5">
-        <v>2.1372156921183327</v>
+        <v>2.0639261458004654</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>348.19992205</v>
+        <v>348.28790114999998</v>
       </c>
       <c r="C28" s="5">
-        <v>2.9790253099999973</v>
+        <v>3.0535142599999858</v>
       </c>
       <c r="D28" s="5">
-        <v>10.861083448579301</v>
+        <v>11.145554164226134</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>349.38131879000002</v>
+        <v>349.45050788999998</v>
       </c>
       <c r="C29" s="5">
-        <v>1.1813967400000251</v>
+        <v>1.1626067400000011</v>
       </c>
       <c r="D29" s="5">
-        <v>4.1482850171659758</v>
+        <v>4.0800408806597188</v>
       </c>
       <c r="E29" s="5">
-        <v>2.5857050739507281</v>
+        <v>2.5831846481865206</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>351.70190937000001</v>
+        <v>351.70860295</v>
       </c>
       <c r="C30" s="5">
-        <v>2.3205905799999869</v>
+        <v>2.2580950600000165</v>
       </c>
       <c r="D30" s="5">
-        <v>8.2681099682484707</v>
+        <v>8.0358232484736281</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>352.62898447999999</v>
+        <v>352.60218542000001</v>
       </c>
       <c r="C31" s="5">
-        <v>0.92707510999997567</v>
+        <v>0.89358247000001256</v>
       </c>
       <c r="D31" s="5">
-        <v>3.2094263639709242</v>
+        <v>3.0917943657359892</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>353.77183176</v>
+        <v>353.73036230000002</v>
       </c>
       <c r="C32" s="5">
-        <v>1.1428472800000122</v>
+        <v>1.1281768800000123</v>
       </c>
       <c r="D32" s="5">
-        <v>3.9591993691338256</v>
+        <v>3.9077809649653794</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>355.57706812999999</v>
+        <v>355.54138416000001</v>
       </c>
       <c r="C33" s="5">
-        <v>1.8052363699999887</v>
+        <v>1.8110218599999826</v>
       </c>
       <c r="D33" s="5">
-        <v>6.2982054770643892</v>
+        <v>6.319723681727929</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>357.08423341999998</v>
+        <v>357.03051128999999</v>
       </c>
       <c r="C34" s="5">
-        <v>1.507165289999989</v>
+        <v>1.4891271299999858</v>
       </c>
       <c r="D34" s="5">
-        <v>5.2066429251959701</v>
+        <v>5.1434144160587447</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>358.95485014000002</v>
+        <v>358.91967373</v>
       </c>
       <c r="C35" s="5">
-        <v>1.8706167200000436</v>
+        <v>1.8891624400000069</v>
       </c>
       <c r="D35" s="5">
-        <v>6.4706268171777159</v>
+        <v>6.5376687331156313</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>360.63811966999998</v>
+        <v>360.61291254000002</v>
       </c>
       <c r="C36" s="5">
-        <v>1.6832695299999614</v>
+        <v>1.6932388100000253</v>
       </c>
       <c r="D36" s="5">
-        <v>5.7746629558829587</v>
+        <v>5.8103402514490643</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>359.49639864</v>
+        <v>359.49044426</v>
       </c>
       <c r="C37" s="5">
-        <v>-1.1417210299999851</v>
+        <v>-1.122468280000021</v>
       </c>
       <c r="D37" s="5">
-        <v>-3.733547328371889</v>
+        <v>-3.6719150341180118</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>364.39714465999998</v>
+        <v>364.43160182000003</v>
       </c>
       <c r="C38" s="5">
-        <v>4.9007460199999855</v>
+        <v>4.9411575600000219</v>
       </c>
       <c r="D38" s="5">
-        <v>17.642719252699955</v>
+        <v>17.799690764134567</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>367.74957673</v>
+        <v>367.77164782</v>
       </c>
       <c r="C39" s="5">
-        <v>3.3524320700000203</v>
+        <v>3.3400459999999725</v>
       </c>
       <c r="D39" s="5">
-        <v>11.616036135135799</v>
+        <v>11.569783027523716</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>368.40121134999998</v>
+        <v>368.49353525999999</v>
       </c>
       <c r="C40" s="5">
-        <v>0.65163461999998162</v>
+        <v>0.72188743999998906</v>
       </c>
       <c r="D40" s="5">
-        <v>2.1471881334903076</v>
+        <v>2.3810383344496255</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>370.90566410999998</v>
+        <v>370.97505089999999</v>
       </c>
       <c r="C41" s="5">
-        <v>2.5044527599999924</v>
+        <v>2.4815156399999978</v>
       </c>
       <c r="D41" s="5">
-        <v>8.4698379924500458</v>
+        <v>8.3871906042720656</v>
       </c>
       <c r="E41" s="5">
-        <v>6.1607029804983338</v>
+        <v>6.1595397700138665</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>372.83038669000001</v>
+        <v>372.81840783000001</v>
       </c>
       <c r="C42" s="5">
-        <v>1.9247225800000365</v>
+        <v>1.8433569300000272</v>
       </c>
       <c r="D42" s="5">
-        <v>6.4079385490162677</v>
+        <v>6.1284281055487888</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>374.94028207999997</v>
+        <v>374.92792306000001</v>
       </c>
       <c r="C43" s="5">
-        <v>2.1098953899999628</v>
+        <v>2.1095152299999995</v>
       </c>
       <c r="D43" s="5">
-        <v>7.0063636226061599</v>
+        <v>7.0052938040049861</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>376.88898877999998</v>
+        <v>376.84153680999998</v>
       </c>
       <c r="C44" s="5">
-        <v>1.9487067000000025</v>
+        <v>1.9136137499999677</v>
       </c>
       <c r="D44" s="5">
-        <v>6.4182638987131835</v>
+        <v>6.2996322690724416</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>380.38720052999997</v>
+        <v>380.35284209999998</v>
       </c>
       <c r="C45" s="5">
-        <v>3.4982117499999958</v>
+        <v>3.5113052899999957</v>
       </c>
       <c r="D45" s="5">
-        <v>11.724739486528701</v>
+        <v>11.772456133433028</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>382.39029570999998</v>
+        <v>382.32534966999998</v>
       </c>
       <c r="C46" s="5">
-        <v>2.0030951800000025</v>
+        <v>1.9725075700000048</v>
       </c>
       <c r="D46" s="5">
-        <v>6.5053944340888625</v>
+        <v>6.403801316869262</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>381.80674402</v>
+        <v>381.78196020000001</v>
       </c>
       <c r="C47" s="5">
-        <v>-0.58355168999997886</v>
+        <v>-0.54338946999996551</v>
       </c>
       <c r="D47" s="5">
-        <v>-1.8159830147049694</v>
+        <v>-1.6922608380347759</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>385.06252863999998</v>
+        <v>385.04788459999997</v>
       </c>
       <c r="C48" s="5">
-        <v>3.2557846199999858</v>
+        <v>3.2659243999999603</v>
       </c>
       <c r="D48" s="5">
-        <v>10.726598368002072</v>
+        <v>10.762324143757663</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>386.26605871999999</v>
+        <v>386.26342119999998</v>
       </c>
       <c r="C49" s="5">
-        <v>1.2035300800000073</v>
+        <v>1.2155366000000072</v>
       </c>
       <c r="D49" s="5">
-        <v>3.8158055099369426</v>
+        <v>3.8546848443126613</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>389.82298695999998</v>
+        <v>389.85342917000003</v>
       </c>
       <c r="C50" s="5">
-        <v>3.5569282399999906</v>
+        <v>3.5900079700000447</v>
       </c>
       <c r="D50" s="5">
-        <v>11.627387117540632</v>
+        <v>11.741194670243527</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>390.93695754999999</v>
+        <v>390.96597979000001</v>
       </c>
       <c r="C51" s="5">
-        <v>1.1139705900000081</v>
+        <v>1.1125506199999791</v>
       </c>
       <c r="D51" s="5">
-        <v>3.483570934645952</v>
+        <v>3.4787845754670865</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>390.76119041999999</v>
+        <v>390.850528</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.175767129999997</v>
+        <v>-0.11545179000000871</v>
       </c>
       <c r="D52" s="5">
-        <v>-0.53819359593099136</v>
+        <v>-0.35378361331540598</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>392.03832024000002</v>
+        <v>392.09872616000001</v>
       </c>
       <c r="C53" s="5">
-        <v>1.2771298200000274</v>
+        <v>1.2481981600000154</v>
       </c>
       <c r="D53" s="5">
-        <v>3.9932494897427562</v>
+        <v>3.9002854588344293</v>
       </c>
       <c r="E53" s="5">
-        <v>5.6975824784742946</v>
+        <v>5.6940959260611157</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>394.33626760999999</v>
+        <v>394.31433785000002</v>
       </c>
       <c r="C54" s="5">
-        <v>2.2979473699999744</v>
+        <v>2.2156116900000029</v>
       </c>
       <c r="D54" s="5">
-        <v>7.2650950127340463</v>
+        <v>6.9955340602728455</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>395.5703762</v>
+        <v>395.57681495000003</v>
       </c>
       <c r="C55" s="5">
-        <v>1.2341085900000053</v>
+        <v>1.2624771000000123</v>
       </c>
       <c r="D55" s="5">
-        <v>3.8208226377703935</v>
+        <v>3.9104258889592458</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>398.26771816000002</v>
+        <v>398.21055001000002</v>
       </c>
       <c r="C56" s="5">
-        <v>2.697341960000017</v>
+        <v>2.6337350599999922</v>
       </c>
       <c r="D56" s="5">
-        <v>8.4966042623836557</v>
+        <v>8.2887124371868062</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>402.16871785000001</v>
+        <v>402.15083477000002</v>
       </c>
       <c r="C57" s="5">
-        <v>3.9009996899999919</v>
+        <v>3.9402847599999973</v>
       </c>
       <c r="D57" s="5">
-        <v>12.408245402306296</v>
+        <v>12.541980162323574</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>403.57528736</v>
+        <v>403.50877788000003</v>
       </c>
       <c r="C58" s="5">
-        <v>1.4065695099999971</v>
+        <v>1.3579431100000079</v>
       </c>
       <c r="D58" s="5">
-        <v>4.278634909789325</v>
+        <v>4.1281485779894211</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>406.42515443999997</v>
+        <v>406.41373770000001</v>
       </c>
       <c r="C59" s="5">
-        <v>2.8498670799999672</v>
+        <v>2.9049598199999878</v>
       </c>
       <c r="D59" s="5">
-        <v>8.8108435494510751</v>
+        <v>8.9895137178322528</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>407.87123378000001</v>
+        <v>407.87074852000001</v>
       </c>
       <c r="C60" s="5">
-        <v>1.4460793400000398</v>
+        <v>1.4570108199999936</v>
       </c>
       <c r="D60" s="5">
-        <v>4.3542079352196339</v>
+        <v>4.3879005256024284</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>408.37091822000002</v>
+        <v>408.36172341999998</v>
       </c>
       <c r="C61" s="5">
-        <v>0.49968444000001</v>
+        <v>0.49097489999996924</v>
       </c>
       <c r="D61" s="5">
-        <v>1.4800704549749577</v>
+        <v>1.4541034207707471</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>412.30720839000003</v>
+        <v>412.31939754000001</v>
       </c>
       <c r="C62" s="5">
-        <v>3.9362901700000066</v>
+        <v>3.9576741200000356</v>
       </c>
       <c r="D62" s="5">
-        <v>12.200153895416666</v>
+        <v>12.270294928359604</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>415.58586943</v>
+        <v>415.63209660000001</v>
       </c>
       <c r="C63" s="5">
-        <v>3.2786610399999745</v>
+        <v>3.3126990599999999</v>
       </c>
       <c r="D63" s="5">
-        <v>9.9709906649623434</v>
+        <v>10.078812487075517</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>418.36574471</v>
+        <v>418.46077160999999</v>
       </c>
       <c r="C64" s="5">
-        <v>2.7798752799999988</v>
+        <v>2.8286750099999836</v>
       </c>
       <c r="D64" s="5">
-        <v>8.3288528635626626</v>
+        <v>8.4796019174989024</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>421.20970645</v>
+        <v>421.26425995</v>
       </c>
       <c r="C65" s="5">
-        <v>2.8439617399999975</v>
+        <v>2.8034883400000012</v>
       </c>
       <c r="D65" s="5">
-        <v>8.4693490097887505</v>
+        <v>8.3423779803625031</v>
       </c>
       <c r="E65" s="5">
-        <v>7.4409527599602177</v>
+        <v>7.438313833771204</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>421.87510099999997</v>
+        <v>421.82240708</v>
       </c>
       <c r="C66" s="5">
-        <v>0.66539454999997361</v>
+        <v>0.55814713000000893</v>
       </c>
       <c r="D66" s="5">
-        <v>1.9122247796088399</v>
+        <v>1.6015574825290813</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>424.35982458000001</v>
+        <v>424.36681019999997</v>
       </c>
       <c r="C67" s="5">
-        <v>2.4847235800000362</v>
+        <v>2.5444031199999699</v>
       </c>
       <c r="D67" s="5">
-        <v>7.301156971487166</v>
+        <v>7.4833456801898235</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>425.91068740999998</v>
+        <v>425.83094632000001</v>
       </c>
       <c r="C68" s="5">
-        <v>1.5508628299999714</v>
+        <v>1.4641361200000347</v>
       </c>
       <c r="D68" s="5">
-        <v>4.4747453872910015</v>
+        <v>4.2196743712588303</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>426.19431263000001</v>
+        <v>426.19120686000002</v>
       </c>
       <c r="C69" s="5">
-        <v>0.2836252200000331</v>
+        <v>0.36026054000001295</v>
       </c>
       <c r="D69" s="5">
-        <v>0.80204514884871791</v>
+        <v>1.0199585735570338</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>430.06474818999999</v>
+        <v>430.01301551</v>
       </c>
       <c r="C70" s="5">
-        <v>3.8704355599999758</v>
+        <v>3.8218086499999799</v>
       </c>
       <c r="D70" s="5">
-        <v>11.458795773004947</v>
+        <v>11.3077461291881</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>432.91973781000002</v>
+        <v>432.91902334999997</v>
       </c>
       <c r="C71" s="5">
-        <v>2.8549896200000262</v>
+        <v>2.9060078399999725</v>
       </c>
       <c r="D71" s="5">
-        <v>8.2636076844706086</v>
+        <v>8.4178597501723296</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>431.63083956999998</v>
+        <v>431.64167620000001</v>
       </c>
       <c r="C72" s="5">
-        <v>-1.2888982400000373</v>
+        <v>-1.2773471499999687</v>
       </c>
       <c r="D72" s="5">
-        <v>-3.5147418802603969</v>
+        <v>-3.4837578893076815</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>433.70838588999999</v>
+        <v>433.69372727000001</v>
       </c>
       <c r="C73" s="5">
-        <v>2.0775463200000104</v>
+        <v>2.0520510700000045</v>
       </c>
       <c r="D73" s="5">
-        <v>5.9312822814667321</v>
+        <v>5.8564303643855009</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>437.21609238000002</v>
+        <v>437.20259478000003</v>
       </c>
       <c r="C74" s="5">
-        <v>3.5077064900000323</v>
+        <v>3.508867510000016</v>
       </c>
       <c r="D74" s="5">
-        <v>10.148814565752296</v>
+        <v>10.152683151477838</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>437.61020461999999</v>
+        <v>437.65747488</v>
       </c>
       <c r="C75" s="5">
-        <v>0.39411223999996992</v>
+        <v>0.45488009999996848</v>
       </c>
       <c r="D75" s="5">
-        <v>1.0870744642842434</v>
+        <v>1.2556891988708241</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>439.41735158</v>
+        <v>439.50431370000001</v>
       </c>
       <c r="C76" s="5">
-        <v>1.8071469600000114</v>
+        <v>1.8468388200000163</v>
       </c>
       <c r="D76" s="5">
-        <v>5.0696142065035144</v>
+        <v>5.1829871076769285</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>441.50726159999999</v>
+        <v>441.54931778000002</v>
       </c>
       <c r="C77" s="5">
-        <v>2.0899100199999907</v>
+        <v>2.0450040800000124</v>
       </c>
       <c r="D77" s="5">
-        <v>5.8589994263649414</v>
+        <v>5.7287050682615526</v>
       </c>
       <c r="E77" s="5">
-        <v>4.8188716544711019</v>
+        <v>4.8152809907034744</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>440.85021155999999</v>
+        <v>440.79693189</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.65705004000000145</v>
+        <v>-0.75238589000002776</v>
       </c>
       <c r="D78" s="5">
-        <v>-1.771292138065228</v>
+        <v>-2.0257068348268681</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>441.83440641999999</v>
+        <v>441.83695846000001</v>
       </c>
       <c r="C79" s="5">
-        <v>0.98419486000000234</v>
+        <v>1.0400265700000091</v>
       </c>
       <c r="D79" s="5">
-        <v>2.7121317663711064</v>
+        <v>2.8683399095594142</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>443.97381455999999</v>
+        <v>443.88437117000001</v>
       </c>
       <c r="C80" s="5">
-        <v>2.1394081400000005</v>
+        <v>2.0474127100000032</v>
       </c>
       <c r="D80" s="5">
-        <v>5.9677932255866484</v>
+        <v>5.7045695736846147</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>445.40718916999998</v>
+        <v>445.41993943</v>
       </c>
       <c r="C81" s="5">
-        <v>1.4333746099999871</v>
+        <v>1.5355682599999909</v>
       </c>
       <c r="D81" s="5">
-        <v>3.9437533573546402</v>
+        <v>4.2311681149162617</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>446.76708284</v>
+        <v>446.73003596000001</v>
       </c>
       <c r="C82" s="5">
-        <v>1.3598936700000195</v>
+        <v>1.3100965300000098</v>
       </c>
       <c r="D82" s="5">
-        <v>3.7259302476759792</v>
+        <v>3.5871740670032848</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>447.20566879</v>
+        <v>447.21130921999998</v>
       </c>
       <c r="C83" s="5">
-        <v>0.43858595000000378</v>
+        <v>0.48127325999996629</v>
       </c>
       <c r="D83" s="5">
-        <v>1.1844071333688699</v>
+        <v>1.3004772490911476</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>447.59331182</v>
+        <v>447.61576624000003</v>
       </c>
       <c r="C84" s="5">
-        <v>0.38764302999999245</v>
+        <v>0.40445702000005213</v>
       </c>
       <c r="D84" s="5">
-        <v>1.0451471830909886</v>
+        <v>1.0906923005796543</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>451.37427639999999</v>
+        <v>451.35461715000002</v>
       </c>
       <c r="C85" s="5">
-        <v>3.7809645799999885</v>
+        <v>3.7388509099999965</v>
       </c>
       <c r="D85" s="5">
-        <v>10.621260103845188</v>
+        <v>10.496919729094412</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>450.11347146999998</v>
+        <v>450.07028339999999</v>
       </c>
       <c r="C86" s="5">
-        <v>-1.2608049300000062</v>
+        <v>-1.2843337500000302</v>
       </c>
       <c r="D86" s="5">
-        <v>-3.3008912613084918</v>
+        <v>-3.3616750861127476</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>453.26181981000002</v>
+        <v>453.30773986999998</v>
       </c>
       <c r="C87" s="5">
-        <v>3.1483483400000409</v>
+        <v>3.2374564699999837</v>
       </c>
       <c r="D87" s="5">
-        <v>8.7240254253480245</v>
+        <v>8.9816917749060643</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>455.37926519000001</v>
+        <v>455.46048187000002</v>
       </c>
       <c r="C88" s="5">
-        <v>2.1174453799999924</v>
+        <v>2.1527420000000461</v>
       </c>
       <c r="D88" s="5">
-        <v>5.7521891519279444</v>
+        <v>5.8499855742714768</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>457.01515323000001</v>
+        <v>457.05830528000001</v>
       </c>
       <c r="C89" s="5">
-        <v>1.6358880399999975</v>
+        <v>1.5978234099999895</v>
       </c>
       <c r="D89" s="5">
-        <v>4.3970384219458092</v>
+        <v>4.2919635975561032</v>
       </c>
       <c r="E89" s="5">
-        <v>3.5124884636778653</v>
+        <v>3.5124020976808001</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>457.46099815000002</v>
+        <v>457.41548990000001</v>
       </c>
       <c r="C90" s="5">
-        <v>0.44584492000001319</v>
+        <v>0.35718461999999818</v>
       </c>
       <c r="D90" s="5">
-        <v>1.1769717274218605</v>
+        <v>0.94182434901564083</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>461.11981069000001</v>
+        <v>461.12184688000002</v>
       </c>
       <c r="C91" s="5">
-        <v>3.6588125399999853</v>
+        <v>3.7063569800000096</v>
       </c>
       <c r="D91" s="5">
-        <v>10.031362584480652</v>
+        <v>10.168636242831752</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>462.59207033000001</v>
+        <v>462.51076277999999</v>
       </c>
       <c r="C92" s="5">
-        <v>1.4722596400000043</v>
+        <v>1.3889158999999722</v>
       </c>
       <c r="D92" s="5">
-        <v>3.8993514756717307</v>
+        <v>3.674926852139615</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>464.76723544999999</v>
+        <v>464.78710991999998</v>
       </c>
       <c r="C93" s="5">
-        <v>2.1751651199999742</v>
+        <v>2.2763471399999844</v>
       </c>
       <c r="D93" s="5">
-        <v>5.7907857615650205</v>
+        <v>6.06858644192938</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>465.08609354999999</v>
+        <v>465.06894903</v>
       </c>
       <c r="C94" s="5">
-        <v>0.31885809999999992</v>
+        <v>0.28183911000002126</v>
       </c>
       <c r="D94" s="5">
-        <v>0.82638530701204527</v>
+        <v>0.73009161474892892</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>465.49764212000002</v>
+        <v>465.50277440000002</v>
       </c>
       <c r="C95" s="5">
-        <v>0.41154857000003631</v>
+        <v>0.4338253700000223</v>
       </c>
       <c r="D95" s="5">
-        <v>1.0670474616301773</v>
+        <v>1.1251442616752927</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>471.33684460000001</v>
+        <v>471.35857342999998</v>
       </c>
       <c r="C96" s="5">
-        <v>5.8392024799999831</v>
+        <v>5.8557990299999574</v>
       </c>
       <c r="D96" s="5">
-        <v>16.135997609918327</v>
+        <v>16.184888234419216</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>472.41077009000003</v>
+        <v>472.38875899999999</v>
       </c>
       <c r="C97" s="5">
-        <v>1.0739254900000219</v>
+        <v>1.0301855700000146</v>
       </c>
       <c r="D97" s="5">
-        <v>2.768685397480275</v>
+        <v>2.6544369978340088</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>473.77170545000001</v>
+        <v>473.71103853</v>
       </c>
       <c r="C98" s="5">
-        <v>1.3609353599999849</v>
+        <v>1.322279530000003</v>
       </c>
       <c r="D98" s="5">
-        <v>3.5123006430483494</v>
+        <v>3.4111585909061271</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>474.29100588</v>
+        <v>474.32419131</v>
       </c>
       <c r="C99" s="5">
-        <v>0.51930042999998705</v>
+        <v>0.61315278000000717</v>
       </c>
       <c r="D99" s="5">
-        <v>1.323276627940384</v>
+        <v>1.5643376859617808</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>477.01671071999999</v>
+        <v>477.08074210000001</v>
       </c>
       <c r="C100" s="5">
-        <v>2.7257048399999917</v>
+        <v>2.7565507900000057</v>
       </c>
       <c r="D100" s="5">
-        <v>7.1184924194388488</v>
+        <v>7.2011228257607085</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>477.32252890000001</v>
+        <v>477.35976885999997</v>
       </c>
       <c r="C101" s="5">
-        <v>0.30581818000001704</v>
+        <v>0.27902675999996518</v>
       </c>
       <c r="D101" s="5">
-        <v>0.77204547550633329</v>
+        <v>0.70409734558598558</v>
       </c>
       <c r="E101" s="5">
-        <v>4.4434797241351021</v>
+        <v>4.4417666948559198</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>482.08852135000001</v>
+        <v>482.07159295000002</v>
       </c>
       <c r="C102" s="5">
-        <v>4.7659924499999988</v>
+        <v>4.7118240900000501</v>
       </c>
       <c r="D102" s="5">
-        <v>12.66221790227544</v>
+        <v>12.509374968338705</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>483.81724428000001</v>
+        <v>483.82129746999999</v>
       </c>
       <c r="C103" s="5">
-        <v>1.7287229300000035</v>
+        <v>1.7497045199999661</v>
       </c>
       <c r="D103" s="5">
-        <v>4.3889743353800137</v>
+        <v>4.4434706021541537</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>486.05541496000001</v>
+        <v>485.99021883</v>
       </c>
       <c r="C104" s="5">
-        <v>2.2381706799999961</v>
+        <v>2.168921360000013</v>
       </c>
       <c r="D104" s="5">
-        <v>5.6947237112786375</v>
+        <v>5.5141153523814879</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>488.88522394</v>
+        <v>488.90588634</v>
       </c>
       <c r="C105" s="5">
-        <v>2.8298089799999957</v>
+        <v>2.9156675099999916</v>
       </c>
       <c r="D105" s="5">
-        <v>7.2144955559690027</v>
+        <v>7.441694720420422</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>491.52128721000003</v>
+        <v>491.51660041000002</v>
       </c>
       <c r="C106" s="5">
-        <v>2.6360632700000224</v>
+        <v>2.6107140700000286</v>
       </c>
       <c r="D106" s="5">
-        <v>6.6657619675329238</v>
+        <v>6.5994807148105794</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>494.77818559999997</v>
+        <v>494.77471230999998</v>
       </c>
       <c r="C107" s="5">
-        <v>3.2568983899999466</v>
+        <v>3.2581118999999603</v>
       </c>
       <c r="D107" s="5">
-        <v>8.2476676437467802</v>
+        <v>8.2509351554506338</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>493.77497741000002</v>
+        <v>493.79478253000002</v>
       </c>
       <c r="C108" s="5">
-        <v>-1.0032081899999525</v>
+        <v>-0.97992977999996356</v>
       </c>
       <c r="D108" s="5">
-        <v>-2.4061592585256086</v>
+        <v>-2.3509499749977625</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>497.04312020999998</v>
+        <v>497.02029879000003</v>
       </c>
       <c r="C109" s="5">
-        <v>3.2681427999999642</v>
+        <v>3.2255162600000062</v>
       </c>
       <c r="D109" s="5">
-        <v>8.2380275398684191</v>
+        <v>8.1263520843683388</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>497.59947037000001</v>
+        <v>497.53070091000001</v>
       </c>
       <c r="C110" s="5">
-        <v>0.55635016000002224</v>
+        <v>0.51040211999998064</v>
       </c>
       <c r="D110" s="5">
-        <v>1.3514835647533641</v>
+        <v>1.2392929755456805</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>501.99422224</v>
+        <v>502.01827763</v>
       </c>
       <c r="C111" s="5">
-        <v>4.3947518699999932</v>
+        <v>4.4875767199999927</v>
       </c>
       <c r="D111" s="5">
-        <v>11.12856597066556</v>
+        <v>11.377056358358395</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>504.36150717999999</v>
+        <v>504.40999095000001</v>
       </c>
       <c r="C112" s="5">
-        <v>2.3672849399999905</v>
+        <v>2.391713320000008</v>
       </c>
       <c r="D112" s="5">
-        <v>5.8080188936618482</v>
+        <v>5.869243421908199</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>506.78749829999998</v>
+        <v>506.82690749</v>
       </c>
       <c r="C113" s="5">
-        <v>2.425991119999992</v>
+        <v>2.4169165399999883</v>
       </c>
       <c r="D113" s="5">
-        <v>5.9272040003071069</v>
+        <v>5.9038627702698854</v>
       </c>
       <c r="E113" s="5">
-        <v>6.1729685099721987</v>
+        <v>6.1729413646172127</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>509.77504207999999</v>
+        <v>509.77469144000003</v>
       </c>
       <c r="C114" s="5">
-        <v>2.98754378000001</v>
+        <v>2.94778395000003</v>
       </c>
       <c r="D114" s="5">
-        <v>7.3080034834814844</v>
+        <v>7.2070344023304145</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>513.47180490000005</v>
+        <v>513.47456746</v>
       </c>
       <c r="C115" s="5">
-        <v>3.6967628200000604</v>
+        <v>3.6998760199999765</v>
       </c>
       <c r="D115" s="5">
-        <v>9.0577125070338216</v>
+        <v>9.0656539133264999</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>515.59616259999996</v>
+        <v>515.55115446000002</v>
       </c>
       <c r="C116" s="5">
-        <v>2.124357699999905</v>
+        <v>2.0765870000000177</v>
       </c>
       <c r="D116" s="5">
-        <v>5.0792350728231961</v>
+        <v>4.962438449560147</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>518.25183349999998</v>
+        <v>518.26194317</v>
       </c>
       <c r="C117" s="5">
-        <v>2.6556709000000183</v>
+        <v>2.7107887099999743</v>
       </c>
       <c r="D117" s="5">
-        <v>6.3589521877699395</v>
+        <v>6.4953546619188396</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>520.18290119999995</v>
+        <v>520.18474506999996</v>
       </c>
       <c r="C118" s="5">
-        <v>1.9310676999999714</v>
+        <v>1.9228018999999676</v>
       </c>
       <c r="D118" s="5">
-        <v>4.564123953706023</v>
+        <v>4.5440967235232721</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>525.53999394000004</v>
+        <v>525.54241030000003</v>
       </c>
       <c r="C119" s="5">
-        <v>5.3570927400000983</v>
+        <v>5.357665230000066</v>
       </c>
       <c r="D119" s="5">
-        <v>13.082757593632067</v>
+        <v>13.084186787705043</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>526.19111081000005</v>
+        <v>526.20368269999994</v>
       </c>
       <c r="C120" s="5">
-        <v>0.65111687000000984</v>
+        <v>0.66127239999991616</v>
       </c>
       <c r="D120" s="5">
-        <v>1.4969108410810783</v>
+        <v>1.5204130781503178</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>529.66676413000005</v>
+        <v>529.65048856999999</v>
       </c>
       <c r="C121" s="5">
-        <v>3.4756533199999922</v>
+        <v>3.4468058700000483</v>
       </c>
       <c r="D121" s="5">
-        <v>8.2207610998976435</v>
+        <v>8.1498516560712275</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>530.41072083999995</v>
+        <v>530.35263563000001</v>
       </c>
       <c r="C122" s="5">
-        <v>0.74395670999990671</v>
+        <v>0.7021470600000157</v>
       </c>
       <c r="D122" s="5">
-        <v>1.6985718729787935</v>
+        <v>1.602466430480054</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>532.18412778000004</v>
+        <v>532.19433920999995</v>
       </c>
       <c r="C123" s="5">
-        <v>1.7734069400000863</v>
+        <v>1.8417035799999439</v>
       </c>
       <c r="D123" s="5">
-        <v>4.0867598578669284</v>
+        <v>4.2476399752050531</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>534.46428017000005</v>
+        <v>534.48872710000001</v>
       </c>
       <c r="C124" s="5">
-        <v>2.280152390000012</v>
+        <v>2.2943878900000527</v>
       </c>
       <c r="D124" s="5">
-        <v>5.2643253474761842</v>
+        <v>5.2978708872304825</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>537.58713674000001</v>
+        <v>537.62182290999999</v>
       </c>
       <c r="C125" s="5">
-        <v>3.1228565699999535</v>
+        <v>3.1330958099999862</v>
       </c>
       <c r="D125" s="5">
-        <v>7.241331553353314</v>
+        <v>7.2655020740814091</v>
       </c>
       <c r="E125" s="5">
-        <v>6.0774266419981293</v>
+        <v>6.0760222010524556</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>541.07121482000002</v>
+        <v>541.08491225</v>
       </c>
       <c r="C126" s="5">
-        <v>3.4840780800000175</v>
+        <v>3.4630893400000105</v>
       </c>
       <c r="D126" s="5">
-        <v>8.0604414649417144</v>
+        <v>8.0096155706591112</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>543.53215004000003</v>
+        <v>543.53529994999997</v>
       </c>
       <c r="C127" s="5">
-        <v>2.4609352200000103</v>
+        <v>2.4503876999999648</v>
       </c>
       <c r="D127" s="5">
-        <v>5.5965414903504485</v>
+        <v>5.5718096701159237</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>545.80035339999995</v>
+        <v>545.77957543000002</v>
       </c>
       <c r="C128" s="5">
-        <v>2.2682033599999158</v>
+        <v>2.2442754800000557</v>
       </c>
       <c r="D128" s="5">
-        <v>5.1242467433816996</v>
+        <v>5.0689262838103488</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>545.73468251999998</v>
+        <v>545.74100653999994</v>
       </c>
       <c r="C129" s="5">
-        <v>-6.5670879999970566E-2</v>
+        <v>-3.8568890000078682E-2</v>
       </c>
       <c r="D129" s="5">
-        <v>-0.14428888922759509</v>
+        <v>-8.476807409367737E-2</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>551.55590629999995</v>
+        <v>551.55431557999998</v>
       </c>
       <c r="C130" s="5">
-        <v>5.8212237799999684</v>
+        <v>5.8133090400000356</v>
       </c>
       <c r="D130" s="5">
-        <v>13.578418081331446</v>
+        <v>13.558695200315164</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>554.76366130999997</v>
+        <v>554.76169479999999</v>
       </c>
       <c r="C131" s="5">
-        <v>3.2077550100000281</v>
+        <v>3.2073792200000071</v>
       </c>
       <c r="D131" s="5">
-        <v>7.2066175931935872</v>
+        <v>7.2057676022907691</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>555.87069819999999</v>
+        <v>555.87449703000004</v>
       </c>
       <c r="C132" s="5">
-        <v>1.1070368900000176</v>
+        <v>1.1128022300000566</v>
       </c>
       <c r="D132" s="5">
-        <v>2.42107021049911</v>
+        <v>2.4338270629323366</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>559.90528485000004</v>
+        <v>559.89305257000001</v>
       </c>
       <c r="C133" s="5">
-        <v>4.0345866500000511</v>
+        <v>4.0185555399999657</v>
       </c>
       <c r="D133" s="5">
-        <v>9.0660092730826989</v>
+        <v>9.0284778927467677</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>559.64083735999998</v>
+        <v>559.59500699</v>
       </c>
       <c r="C134" s="5">
-        <v>-0.26444749000006595</v>
+        <v>-0.29804558000000725</v>
       </c>
       <c r="D134" s="5">
-        <v>-0.56529907719147232</v>
+        <v>-0.63692416160607834</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>561.61298561000001</v>
+        <v>561.61392355999999</v>
       </c>
       <c r="C135" s="5">
-        <v>1.972148250000032</v>
+        <v>2.0189165699999876</v>
       </c>
       <c r="D135" s="5">
-        <v>4.3116749808773447</v>
+        <v>4.416330260566359</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>563.14836739999998</v>
+        <v>563.15641356000003</v>
       </c>
       <c r="C136" s="5">
-        <v>1.535381789999974</v>
+        <v>1.5424900000000434</v>
       </c>
       <c r="D136" s="5">
-        <v>3.330435785431618</v>
+        <v>3.3460823733216571</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>564.87268987000004</v>
+        <v>564.89648341999998</v>
       </c>
       <c r="C137" s="5">
-        <v>1.724322470000061</v>
+        <v>1.7400698599999487</v>
       </c>
       <c r="D137" s="5">
-        <v>3.736833167213871</v>
+        <v>3.7714871002064498</v>
       </c>
       <c r="E137" s="5">
-        <v>5.0755591540867728</v>
+        <v>5.0732056154956018</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>563.88162086</v>
+        <v>563.89303744999995</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.99106901000004655</v>
+        <v>-1.0034459700000298</v>
       </c>
       <c r="D138" s="5">
-        <v>-2.0852015075999764</v>
+        <v>-2.110900600528498</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>564.30298128000004</v>
+        <v>564.30767672000002</v>
       </c>
       <c r="C139" s="5">
-        <v>0.42136042000004181</v>
+        <v>0.41463927000006606</v>
       </c>
       <c r="D139" s="5">
-        <v>0.90039425986696564</v>
+        <v>0.88595586324029529</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>565.56217704000005</v>
+        <v>565.55924374999995</v>
       </c>
       <c r="C140" s="5">
-        <v>1.2591957600000114</v>
+        <v>1.2515670299999329</v>
       </c>
       <c r="D140" s="5">
-        <v>2.7108100090305509</v>
+        <v>2.6941632584736475</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>563.40340147999996</v>
+        <v>563.40872712999999</v>
       </c>
       <c r="C141" s="5">
-        <v>-2.1587755600000946</v>
+        <v>-2.1505166199999621</v>
       </c>
       <c r="D141" s="5">
-        <v>-4.4855046979869968</v>
+        <v>-4.468724254547551</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>563.30043422999995</v>
+        <v>563.29792771999996</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.10296725000000606</v>
+        <v>-0.11079941000002691</v>
       </c>
       <c r="D142" s="5">
-        <v>-0.21909093021413861</v>
+        <v>-0.23573574172918166</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>564.04608899000004</v>
+        <v>564.05046942000001</v>
       </c>
       <c r="C143" s="5">
-        <v>0.74565476000009312</v>
+        <v>0.75254170000005161</v>
       </c>
       <c r="D143" s="5">
-        <v>1.6000857852259021</v>
+        <v>1.6149803329275514</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>561.96796011000004</v>
+        <v>561.96941838999999</v>
       </c>
       <c r="C144" s="5">
-        <v>-2.0781288800000084</v>
+        <v>-2.081051030000026</v>
       </c>
       <c r="D144" s="5">
-        <v>-4.3326906775706275</v>
+        <v>-4.338626963216452</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>563.14651798</v>
+        <v>563.14290560999996</v>
       </c>
       <c r="C145" s="5">
-        <v>1.1785578699999633</v>
+        <v>1.17348721999997</v>
       </c>
       <c r="D145" s="5">
-        <v>2.5458694054265374</v>
+        <v>2.5347832525747016</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>562.64591008000002</v>
+        <v>562.61652894999997</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.50060789999997723</v>
+        <v>-0.52637665999998262</v>
       </c>
       <c r="D146" s="5">
-        <v>-1.0615373655749827</v>
+        <v>-1.115906479156703</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>560.55490452000004</v>
+        <v>560.54858892000004</v>
       </c>
       <c r="C147" s="5">
-        <v>-2.0910055599999851</v>
+        <v>-2.0679400299999315</v>
       </c>
       <c r="D147" s="5">
-        <v>-4.3696191593098899</v>
+        <v>-4.3226100412262491</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>559.52772685000002</v>
+        <v>559.51994833000003</v>
       </c>
       <c r="C148" s="5">
-        <v>-1.0271776700000146</v>
+        <v>-1.0286405900000091</v>
       </c>
       <c r="D148" s="5">
-        <v>-2.1768894271593453</v>
+        <v>-2.17998287205865</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>559.54113255000004</v>
+        <v>559.55574621000005</v>
       </c>
       <c r="C149" s="5">
-        <v>1.340570000002117E-2</v>
+        <v>3.5797880000018267E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>2.8754535706965179E-2</v>
+        <v>7.6802579719625896E-2</v>
       </c>
       <c r="E149" s="5">
-        <v>-0.94385113948897148</v>
+        <v>-0.94543644132213389</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>560.21148724</v>
+        <v>560.21542618000001</v>
       </c>
       <c r="C150" s="5">
-        <v>0.67035468999995373</v>
+        <v>0.65967996999995648</v>
       </c>
       <c r="D150" s="5">
-        <v>1.4471633258252625</v>
+        <v>1.4239316565272775</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>560.19108360999996</v>
+        <v>560.19865728000002</v>
       </c>
       <c r="C151" s="5">
-        <v>-2.0403630000032535E-2</v>
+        <v>-1.6768899999988207E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>-4.3696804718873494E-2</v>
+        <v>-3.5913626381711694E-2</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>560.58135253</v>
+        <v>560.58334282999999</v>
       </c>
       <c r="C152" s="5">
-        <v>0.39026892000003954</v>
+        <v>0.38468554999997195</v>
       </c>
       <c r="D152" s="5">
-        <v>0.83921604485019952</v>
+        <v>0.82715322048982909</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>561.94746353999994</v>
+        <v>561.95671855000001</v>
       </c>
       <c r="C153" s="5">
-        <v>1.3661110099999405</v>
+        <v>1.3733757200000127</v>
       </c>
       <c r="D153" s="5">
-        <v>2.9638607514743676</v>
+        <v>2.9798242433677791</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>563.02920248999999</v>
+        <v>563.02890747000004</v>
       </c>
       <c r="C154" s="5">
-        <v>1.0817389500000445</v>
+        <v>1.0721889200000305</v>
       </c>
       <c r="D154" s="5">
-        <v>2.3345931095160477</v>
+        <v>2.3137271089890943</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>558.43780923999998</v>
+        <v>558.44626303999996</v>
       </c>
       <c r="C155" s="5">
-        <v>-4.5913932500000101</v>
+        <v>-4.582644430000073</v>
       </c>
       <c r="D155" s="5">
-        <v>-9.3585747735622995</v>
+        <v>-9.3415374710452461</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>561.78917721000005</v>
+        <v>561.79350940999996</v>
       </c>
       <c r="C156" s="5">
-        <v>3.3513679700000694</v>
+        <v>3.3472463699999935</v>
       </c>
       <c r="D156" s="5">
-        <v>7.4441176484384863</v>
+        <v>7.4345425052700254</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>563.24894028999995</v>
+        <v>563.2505089</v>
       </c>
       <c r="C157" s="5">
-        <v>1.4597630799999024</v>
+        <v>1.4569994900000438</v>
       </c>
       <c r="D157" s="5">
-        <v>3.1630514882978078</v>
+        <v>3.1569529051826084</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>564.44903969999996</v>
+        <v>564.42588175000003</v>
       </c>
       <c r="C158" s="5">
-        <v>1.2000994100000071</v>
+        <v>1.1753728500000307</v>
       </c>
       <c r="D158" s="5">
-        <v>2.5869841089355639</v>
+        <v>2.5330621935059083</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>563.25366264000002</v>
+        <v>563.25027169999998</v>
       </c>
       <c r="C159" s="5">
-        <v>-1.1953770599999416</v>
+        <v>-1.1756100500000457</v>
       </c>
       <c r="D159" s="5">
-        <v>-2.5119392253788453</v>
+        <v>-2.4709761812832132</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>565.44846595000001</v>
+        <v>565.43953544999999</v>
       </c>
       <c r="C160" s="5">
-        <v>2.1948033099999975</v>
+        <v>2.1892637500000092</v>
       </c>
       <c r="D160" s="5">
-        <v>4.7775088156202683</v>
+        <v>4.7652210284570673</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>565.61860952999996</v>
+        <v>565.63009985999997</v>
       </c>
       <c r="C161" s="5">
-        <v>0.17014357999994445</v>
+        <v>0.19056440999997903</v>
       </c>
       <c r="D161" s="5">
-        <v>0.36167845995940251</v>
+        <v>0.40517443979180001</v>
       </c>
       <c r="E161" s="5">
-        <v>1.0861537475007399</v>
+        <v>1.0855672006127914</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>563.30965613000001</v>
+        <v>563.30309241999998</v>
       </c>
       <c r="C162" s="5">
-        <v>-2.3089533999999503</v>
+        <v>-2.3270074399999885</v>
       </c>
       <c r="D162" s="5">
-        <v>-4.7901079913984734</v>
+        <v>-4.8266233487324284</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>561.53257986000006</v>
+        <v>561.53536497000005</v>
       </c>
       <c r="C163" s="5">
-        <v>-1.7770762699999523</v>
+        <v>-1.7677274499999385</v>
       </c>
       <c r="D163" s="5">
-        <v>-3.7206485471730555</v>
+        <v>-3.7014539941919944</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>559.59094979999998</v>
+        <v>559.59100825999997</v>
       </c>
       <c r="C164" s="5">
-        <v>-1.9416300600000795</v>
+        <v>-1.9443567100000791</v>
       </c>
       <c r="D164" s="5">
-        <v>-4.0712736707405046</v>
+        <v>-4.0768627246550171</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>561.35828519999995</v>
+        <v>561.36445974000003</v>
       </c>
       <c r="C165" s="5">
-        <v>1.767335399999979</v>
+        <v>1.7734514800000625</v>
       </c>
       <c r="D165" s="5">
-        <v>3.8564461488398205</v>
+        <v>3.8700249238291518</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>561.89081843999998</v>
+        <v>561.89210507999996</v>
       </c>
       <c r="C166" s="5">
-        <v>0.53253324000002067</v>
+        <v>0.52764533999993546</v>
       </c>
       <c r="D166" s="5">
-        <v>1.1443399231195084</v>
+        <v>1.1337696122850183</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>562.35780606000003</v>
+        <v>562.36802305000003</v>
       </c>
       <c r="C167" s="5">
-        <v>0.46698762000005445</v>
+        <v>0.47591797000006864</v>
       </c>
       <c r="D167" s="5">
-        <v>1.0018917991813536</v>
+        <v>1.0211382845447092</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>565.22082564000004</v>
+        <v>565.22747002999995</v>
       </c>
       <c r="C168" s="5">
-        <v>2.8630195800000138</v>
+        <v>2.859446979999916</v>
       </c>
       <c r="D168" s="5">
-        <v>6.2833234161923768</v>
+        <v>6.2751450419803234</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>564.36160737</v>
+        <v>564.36504114000002</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.85921827000004214</v>
+        <v>-0.86242888999993284</v>
       </c>
       <c r="D169" s="5">
-        <v>-1.8090008425912574</v>
+        <v>-1.8156827014497723</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>564.61888290000002</v>
+        <v>564.60503188999996</v>
       </c>
       <c r="C170" s="5">
-        <v>0.25727553000001535</v>
+        <v>0.23999074999994718</v>
       </c>
       <c r="D170" s="5">
-        <v>0.54841769023621367</v>
+        <v>0.51148350670469078</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>565.09382760999995</v>
+        <v>565.09147238000003</v>
       </c>
       <c r="C171" s="5">
-        <v>0.47494470999993155</v>
+        <v>0.48644049000006362</v>
       </c>
       <c r="D171" s="5">
-        <v>1.0140961651435854</v>
+        <v>1.0387838489991807</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>564.42311420999999</v>
+        <v>564.41706832</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.67071339999995416</v>
+        <v>-0.67440406000002895</v>
       </c>
       <c r="D172" s="5">
-        <v>-1.4150264692509351</v>
+        <v>-1.4227676324360727</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>567.09396914000001</v>
+        <v>567.09779731000003</v>
       </c>
       <c r="C173" s="5">
-        <v>2.6708549300000186</v>
+        <v>2.6807289900000342</v>
       </c>
       <c r="D173" s="5">
-        <v>5.8285527698432649</v>
+        <v>5.8507310420453207</v>
       </c>
       <c r="E173" s="5">
-        <v>0.26084000510979699</v>
+        <v>0.25948008254217392</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>569.21630890999995</v>
+        <v>569.21382469000002</v>
       </c>
       <c r="C174" s="5">
-        <v>2.1223397699999396</v>
+        <v>2.1160273799999914</v>
       </c>
       <c r="D174" s="5">
-        <v>4.5845838534245509</v>
+        <v>4.5706355783777797</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>571.20700607000003</v>
+        <v>571.21175616999994</v>
       </c>
       <c r="C175" s="5">
-        <v>1.9906971600000816</v>
+        <v>1.9979314799999202</v>
       </c>
       <c r="D175" s="5">
-        <v>4.2783833562602291</v>
+        <v>4.2942517568888894</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>573.68223020999994</v>
+        <v>573.68402033999996</v>
       </c>
       <c r="C176" s="5">
-        <v>2.4752241399999093</v>
+        <v>2.4722641700000167</v>
       </c>
       <c r="D176" s="5">
-        <v>5.3257273542526073</v>
+        <v>5.3191609858228128</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>574.17401029999996</v>
+        <v>574.18016766999995</v>
       </c>
       <c r="C177" s="5">
-        <v>0.49178009000002021</v>
+        <v>0.49614732999998523</v>
       </c>
       <c r="D177" s="5">
-        <v>1.0335450701671522</v>
+        <v>1.0427638733654154</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>575.21510968999996</v>
+        <v>575.21647230999997</v>
       </c>
       <c r="C178" s="5">
-        <v>1.0410993899999994</v>
+        <v>1.0363046400000258</v>
       </c>
       <c r="D178" s="5">
-        <v>2.1976855490716929</v>
+        <v>2.1874398060689915</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>576.40526595999995</v>
+        <v>576.40921638999998</v>
       </c>
       <c r="C179" s="5">
-        <v>1.1901562699999886</v>
+        <v>1.1927440800000113</v>
       </c>
       <c r="D179" s="5">
-        <v>2.5113260577973806</v>
+        <v>2.5168429413631843</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>579.60734045000004</v>
+        <v>579.60890448999999</v>
       </c>
       <c r="C180" s="5">
-        <v>3.2020744900000864</v>
+        <v>3.199688100000003</v>
       </c>
       <c r="D180" s="5">
-        <v>6.8737986192018541</v>
+        <v>6.8684699013855433</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>580.46135028000003</v>
+        <v>580.45836640000005</v>
       </c>
       <c r="C181" s="5">
-        <v>0.85400982999999542</v>
+        <v>0.84946191000005911</v>
       </c>
       <c r="D181" s="5">
-        <v>1.7825130481859963</v>
+        <v>1.7729390346691076</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>581.41969854000001</v>
+        <v>581.41003615</v>
       </c>
       <c r="C182" s="5">
-        <v>0.95834825999997975</v>
+        <v>0.95166974999995091</v>
       </c>
       <c r="D182" s="5">
-        <v>1.9993034943647237</v>
+        <v>1.9852552313251781</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>584.18352662999996</v>
+        <v>584.18121572999996</v>
       </c>
       <c r="C183" s="5">
-        <v>2.7638280899999472</v>
+        <v>2.7711795799999663</v>
       </c>
       <c r="D183" s="5">
-        <v>5.8558282440822618</v>
+        <v>5.8719148534081445</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>585.37307858999998</v>
+        <v>585.3704457</v>
       </c>
       <c r="C184" s="5">
-        <v>1.1895519600000171</v>
+        <v>1.1892299700000422</v>
       </c>
       <c r="D184" s="5">
-        <v>2.4710696094921492</v>
+        <v>2.4704031114019198</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>588.00080475000004</v>
+        <v>587.99575044000005</v>
       </c>
       <c r="C185" s="5">
-        <v>2.6277261600000656</v>
+        <v>2.6253047400000469</v>
       </c>
       <c r="D185" s="5">
-        <v>5.5217784628308841</v>
+        <v>5.5165894740625276</v>
       </c>
       <c r="E185" s="5">
-        <v>3.6866616024334276</v>
+        <v>3.6850704109817389</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>591.10325551999995</v>
+        <v>591.10818529999995</v>
       </c>
       <c r="C186" s="5">
-        <v>3.1024507699999049</v>
+        <v>3.1124348599998939</v>
       </c>
       <c r="D186" s="5">
-        <v>6.5185312408527984</v>
+        <v>6.5401810568537</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>592.71093463</v>
+        <v>592.71493180000004</v>
       </c>
       <c r="C187" s="5">
-        <v>1.6076791100000491</v>
+        <v>1.6067465000000993</v>
       </c>
       <c r="D187" s="5">
-        <v>3.3130202307358081</v>
+        <v>3.3110415062699516</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>594.62892228999999</v>
+        <v>594.63079528000003</v>
       </c>
       <c r="C188" s="5">
-        <v>1.9179876599999943</v>
+        <v>1.9158634799999845</v>
       </c>
       <c r="D188" s="5">
-        <v>3.9530118632459255</v>
+        <v>3.948528658157846</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>597.15913403000002</v>
+        <v>597.16166004000002</v>
       </c>
       <c r="C189" s="5">
-        <v>2.530211740000027</v>
+        <v>2.5308647599999858</v>
       </c>
       <c r="D189" s="5">
-        <v>5.2273431880601517</v>
+        <v>5.2287071885054104</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>598.70454950999999</v>
+        <v>598.70407381999996</v>
       </c>
       <c r="C190" s="5">
-        <v>1.5454154799999742</v>
+        <v>1.5424137799999471</v>
       </c>
       <c r="D190" s="5">
-        <v>3.1501217820425254</v>
+        <v>3.1439025513279928</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>600.49211731000003</v>
+        <v>600.49497726000004</v>
       </c>
       <c r="C191" s="5">
-        <v>1.7875678000000335</v>
+        <v>1.7909034400000792</v>
       </c>
       <c r="D191" s="5">
-        <v>3.6422969331477928</v>
+        <v>3.6492086929244438</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>603.60967459000005</v>
+        <v>603.60968443000002</v>
       </c>
       <c r="C192" s="5">
-        <v>3.1175572800000282</v>
+        <v>3.1147071699999742</v>
       </c>
       <c r="D192" s="5">
-        <v>6.4110122635024691</v>
+        <v>6.4049516516572202</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>603.44435140999997</v>
+        <v>603.44371157</v>
       </c>
       <c r="C193" s="5">
-        <v>-0.16532318000008672</v>
+        <v>-0.16597286000001077</v>
       </c>
       <c r="D193" s="5">
-        <v>-0.32817439091488154</v>
+        <v>-0.32946208158700641</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>606.61788679000006</v>
+        <v>606.61567156000001</v>
       </c>
       <c r="C194" s="5">
-        <v>3.1735353800000894</v>
+        <v>3.1719599900000048</v>
       </c>
       <c r="D194" s="5">
-        <v>6.4966201570249904</v>
+        <v>6.493308421900279</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>605.08442461000004</v>
+        <v>605.08654396999998</v>
       </c>
       <c r="C195" s="5">
-        <v>-1.533462180000015</v>
+        <v>-1.5291275900000301</v>
       </c>
       <c r="D195" s="5">
-        <v>-2.9916437312656807</v>
+        <v>-2.9833149838727979</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>608.37856001</v>
+        <v>608.37877588000003</v>
       </c>
       <c r="C196" s="5">
-        <v>3.2941353999999592</v>
+        <v>3.292231910000055</v>
       </c>
       <c r="D196" s="5">
-        <v>6.7321159946625908</v>
+        <v>6.7280844771438142</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>610.31751488999998</v>
+        <v>610.31525486999999</v>
       </c>
       <c r="C197" s="5">
-        <v>1.9389548799999829</v>
+        <v>1.936478989999955</v>
       </c>
       <c r="D197" s="5">
-        <v>3.8922603311913218</v>
+        <v>3.8872014932058496</v>
       </c>
       <c r="E197" s="5">
-        <v>3.7953536729406823</v>
+        <v>3.7958615199681578</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>612.09142157999997</v>
+        <v>612.08836314999996</v>
       </c>
       <c r="C198" s="5">
-        <v>1.7739066899999898</v>
+        <v>1.773108279999974</v>
       </c>
       <c r="D198" s="5">
-        <v>3.5441370522881543</v>
+        <v>3.5425296407956663</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>613.62925419999999</v>
+        <v>613.62251967999998</v>
       </c>
       <c r="C199" s="5">
-        <v>1.5378326200000174</v>
+        <v>1.5341565300000184</v>
       </c>
       <c r="D199" s="5">
-        <v>3.0569195673188387</v>
+        <v>3.04952661978386</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>616.19644923999999</v>
+        <v>616.19422079000003</v>
       </c>
       <c r="C200" s="5">
-        <v>2.5671950400000014</v>
+        <v>2.5717011100000491</v>
       </c>
       <c r="D200" s="5">
-        <v>5.1374948710965596</v>
+        <v>5.1467791243299699</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>619.35364070000003</v>
+        <v>619.34952319000001</v>
       </c>
       <c r="C201" s="5">
-        <v>3.1571914600000355</v>
+        <v>3.1553023999999823</v>
       </c>
       <c r="D201" s="5">
-        <v>6.3246693514779295</v>
+        <v>6.3208013757031223</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>621.40678785</v>
+        <v>621.40470601000004</v>
       </c>
       <c r="C202" s="5">
-        <v>2.0531471499999725</v>
+        <v>2.0551828200000273</v>
       </c>
       <c r="D202" s="5">
-        <v>4.0513159059876402</v>
+        <v>4.0554337819682651</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>624.14868100000001</v>
+        <v>624.15813500000002</v>
       </c>
       <c r="C203" s="5">
-        <v>2.7418931500000099</v>
+        <v>2.7534289899999749</v>
       </c>
       <c r="D203" s="5">
-        <v>5.4252816603889586</v>
+        <v>5.4486850363363093</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>623.68429420999996</v>
+        <v>623.68724082999995</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.46438679000004868</v>
+        <v>-0.47089417000006506</v>
       </c>
       <c r="D204" s="5">
-        <v>-0.8891941730997055</v>
+        <v>-0.90158905636464892</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>628.34587520000002</v>
+        <v>628.35157928000001</v>
       </c>
       <c r="C205" s="5">
-        <v>4.6615809900000613</v>
+        <v>4.6643384500000593</v>
       </c>
       <c r="D205" s="5">
-        <v>9.3471655240458631</v>
+        <v>9.3528780073219195</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>637.34723048000001</v>
+        <v>637.34952877000001</v>
       </c>
       <c r="C206" s="5">
-        <v>9.0013552799999843</v>
+        <v>8.9979494899999963</v>
       </c>
       <c r="D206" s="5">
-        <v>18.611832019938966</v>
+        <v>18.604043932510606</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>637.26862358999995</v>
+        <v>637.27729878000002</v>
       </c>
       <c r="C207" s="5">
-        <v>-7.8606890000060048E-2</v>
+        <v>-7.2229989999982536E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>-0.14790102347137513</v>
+        <v>-0.13590969895238558</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>640.76202936000004</v>
+        <v>640.76333569999997</v>
       </c>
       <c r="C208" s="5">
-        <v>3.4934057700000949</v>
+        <v>3.4860369199999468</v>
       </c>
       <c r="D208" s="5">
-        <v>6.780213245259592</v>
+        <v>6.765383448428719</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>644.79951430000006</v>
+        <v>644.80534682999996</v>
       </c>
       <c r="C209" s="5">
-        <v>4.037484940000013</v>
+        <v>4.0420111299999917</v>
       </c>
       <c r="D209" s="5">
-        <v>7.828906718251516</v>
+        <v>7.8379734308713367</v>
       </c>
       <c r="E209" s="5">
-        <v>5.6498459521049371</v>
+        <v>5.6511928359625374</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>642.48936493999997</v>
+        <v>642.47611304999998</v>
       </c>
       <c r="C210" s="5">
-        <v>-2.3101493600000822</v>
+        <v>-2.3292337799999814</v>
       </c>
       <c r="D210" s="5">
-        <v>-4.2155744817437002</v>
+        <v>-4.249673241024321</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>647.64669328000002</v>
+        <v>647.62971807999998</v>
       </c>
       <c r="C211" s="5">
-        <v>5.1573283400000491</v>
+        <v>5.1536050299999943</v>
       </c>
       <c r="D211" s="5">
-        <v>10.069377637982502</v>
+        <v>10.062001211608518</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>651.79919757000005</v>
+        <v>651.79157977</v>
       </c>
       <c r="C212" s="5">
-        <v>4.1525042900000244</v>
+        <v>4.1618616900000234</v>
       </c>
       <c r="D212" s="5">
-        <v>7.9712248152742582</v>
+        <v>7.9900439226019859</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>651.45547208999994</v>
+        <v>651.44570210999996</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.34372548000010283</v>
+        <v>-0.34587766000004194</v>
       </c>
       <c r="D213" s="5">
-        <v>-0.630986262186084</v>
+        <v>-0.63493295335601552</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>653.77101529000004</v>
+        <v>653.76933765000001</v>
       </c>
       <c r="C214" s="5">
-        <v>2.3155432000000928</v>
+        <v>2.3236355400000548</v>
       </c>
       <c r="D214" s="5">
-        <v>4.3496775816831201</v>
+        <v>4.3652450044229907</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>656.73344888999998</v>
+        <v>656.75358498000003</v>
       </c>
       <c r="C215" s="5">
-        <v>2.9624335999999403</v>
+        <v>2.9842473300000165</v>
       </c>
       <c r="D215" s="5">
-        <v>5.5751455069418254</v>
+        <v>5.6172487487249123</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>658.05621854000003</v>
+        <v>658.06138917999999</v>
       </c>
       <c r="C216" s="5">
-        <v>1.3227696500000548</v>
+        <v>1.3078041999999641</v>
       </c>
       <c r="D216" s="5">
-        <v>2.4439540933107962</v>
+        <v>2.4159254578138611</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>659.03229346000001</v>
+        <v>659.03909067999996</v>
       </c>
       <c r="C217" s="5">
-        <v>0.97607491999997364</v>
+        <v>0.97770149999996647</v>
       </c>
       <c r="D217" s="5">
-        <v>1.7945163907581385</v>
+        <v>1.7975171022442282</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>662.34198962999994</v>
+        <v>662.34845253000003</v>
       </c>
       <c r="C218" s="5">
-        <v>3.3096961699999383</v>
+        <v>3.309361850000073</v>
       </c>
       <c r="D218" s="5">
-        <v>6.1957426436556329</v>
+        <v>6.1950337421466495</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>663.80361238</v>
+        <v>663.81028304999995</v>
       </c>
       <c r="C219" s="5">
-        <v>1.4616227500000605</v>
+        <v>1.4618305199999213</v>
       </c>
       <c r="D219" s="5">
-        <v>2.6804771089750989</v>
+        <v>2.6808362995184964</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>666.41309957999999</v>
+        <v>666.41335762000006</v>
       </c>
       <c r="C220" s="5">
-        <v>2.6094871999999896</v>
+        <v>2.6030745700001034</v>
       </c>
       <c r="D220" s="5">
-        <v>4.8206784416263693</v>
+        <v>4.8085259378332745</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>668.63880370000004</v>
+        <v>668.63835363999999</v>
       </c>
       <c r="C221" s="5">
-        <v>2.2257041200000458</v>
+        <v>2.224996019999935</v>
       </c>
       <c r="D221" s="5">
-        <v>4.0822368700509815</v>
+        <v>4.0809125699065474</v>
       </c>
       <c r="E221" s="5">
-        <v>3.6971630516626774</v>
+        <v>3.6961552702948541</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>673.78664891999995</v>
+        <v>673.77515775999996</v>
       </c>
       <c r="C222" s="5">
-        <v>5.1478452199999083</v>
+        <v>5.1368041199999652</v>
       </c>
       <c r="D222" s="5">
-        <v>9.6402186328487396</v>
+        <v>9.6186677071626203</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>675.96903574999999</v>
+        <v>675.94981413999994</v>
       </c>
       <c r="C223" s="5">
-        <v>2.1823868300000413</v>
+        <v>2.1746563799999876</v>
       </c>
       <c r="D223" s="5">
-        <v>3.9567794553648117</v>
+        <v>3.9425824674207632</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>675.46962484000005</v>
+        <v>675.46435643999996</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.49941090999993776</v>
+        <v>-0.48545769999998356</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.88297518930245955</v>
+        <v>-0.8584271268767707</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>675.72043029999998</v>
+        <v>675.70983048000005</v>
       </c>
       <c r="C225" s="5">
-        <v>0.2508054599999241</v>
+        <v>0.2454740400000901</v>
       </c>
       <c r="D225" s="5">
-        <v>0.44647742829293513</v>
+        <v>0.43697100883555162</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>677.65299500000003</v>
+        <v>677.65374801999997</v>
       </c>
       <c r="C226" s="5">
-        <v>1.9325647000000572</v>
+        <v>1.9439175399999158</v>
       </c>
       <c r="D226" s="5">
-        <v>3.4865111712925279</v>
+        <v>3.5073737139617478</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>678.61119594000002</v>
+        <v>678.63441905000002</v>
       </c>
       <c r="C227" s="5">
-        <v>0.95820093999998335</v>
+        <v>0.98067103000005318</v>
       </c>
       <c r="D227" s="5">
-        <v>1.710057698835632</v>
+        <v>1.7504768291699335</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>680.58475580000004</v>
+        <v>680.58923070000003</v>
       </c>
       <c r="C228" s="5">
-        <v>1.973559860000023</v>
+        <v>1.9548116500000106</v>
       </c>
       <c r="D228" s="5">
-        <v>3.5462466092561762</v>
+        <v>3.511900781507582</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>682.82368356999996</v>
+        <v>682.8283768</v>
       </c>
       <c r="C229" s="5">
-        <v>2.2389277699999184</v>
+        <v>2.2391460999999708</v>
       </c>
       <c r="D229" s="5">
-        <v>4.0198698993705761</v>
+        <v>4.0202421055020476</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>686.26851647000001</v>
+        <v>686.27785630999995</v>
       </c>
       <c r="C230" s="5">
-        <v>3.4448329000000513</v>
+        <v>3.4494795099999465</v>
       </c>
       <c r="D230" s="5">
-        <v>6.2248172387845191</v>
+        <v>6.2334042858552374</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>686.56735805999995</v>
+        <v>686.57110866999994</v>
       </c>
       <c r="C231" s="5">
-        <v>0.29884158999993815</v>
+        <v>0.29325235999999677</v>
       </c>
       <c r="D231" s="5">
-        <v>0.52380376804326279</v>
+        <v>0.5139770266279875</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>687.34166880999999</v>
+        <v>687.34082493999995</v>
       </c>
       <c r="C232" s="5">
-        <v>0.77431075000004057</v>
+        <v>0.76971627000000353</v>
       </c>
       <c r="D232" s="5">
-        <v>1.3617865435651355</v>
+        <v>1.353648865709145</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>686.72017732999996</v>
+        <v>686.71179610000002</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.62149148000003152</v>
+        <v>-0.62902883999993264</v>
       </c>
       <c r="D233" s="5">
-        <v>-1.0796552796997205</v>
+        <v>-1.0926846849935501</v>
       </c>
       <c r="E233" s="5">
-        <v>2.7042064459831261</v>
+        <v>2.7030220988087272</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>684.73676719000002</v>
+        <v>684.73609495999995</v>
       </c>
       <c r="C234" s="5">
-        <v>-1.9834101399999327</v>
+        <v>-1.9757011400000692</v>
       </c>
       <c r="D234" s="5">
-        <v>-3.411353580323051</v>
+        <v>-3.3983444590703904</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>681.38996761999999</v>
+        <v>681.38116181999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-3.3467995700000301</v>
+        <v>-3.3549331399999573</v>
       </c>
       <c r="D235" s="5">
-        <v>-5.7101287539551233</v>
+        <v>-5.7236394918573801</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>680.73379280999995</v>
+        <v>680.73425702999998</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.65617481000003863</v>
+        <v>-0.64690479000000778</v>
       </c>
       <c r="D236" s="5">
-        <v>-1.1494924717189603</v>
+        <v>-1.1333524483246205</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>678.97422975999996</v>
+        <v>678.96636625999997</v>
       </c>
       <c r="C237" s="5">
-        <v>-1.759563049999997</v>
+        <v>-1.7678907700000082</v>
       </c>
       <c r="D237" s="5">
-        <v>-3.0580458817849765</v>
+        <v>-3.0723109440008667</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>679.5950004</v>
+        <v>679.59526300000005</v>
       </c>
       <c r="C238" s="5">
-        <v>0.62077064000004611</v>
+        <v>0.6288967400000729</v>
       </c>
       <c r="D238" s="5">
-        <v>1.1026664150169285</v>
+        <v>1.1171873146629263</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>677.92699743000003</v>
+        <v>677.94652880000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-1.668002969999975</v>
+        <v>-1.6487342000000353</v>
       </c>
       <c r="D239" s="5">
-        <v>-2.9058531630126616</v>
+        <v>-2.8727303194422737</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>678.28402558000005</v>
+        <v>678.27916938999999</v>
       </c>
       <c r="C240" s="5">
-        <v>0.3570281500000192</v>
+        <v>0.33264058999998269</v>
       </c>
       <c r="D240" s="5">
-        <v>0.63381005036187155</v>
+        <v>0.59038236981892034</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>678.25796352999998</v>
+        <v>678.25420698999994</v>
       </c>
       <c r="C241" s="5">
-        <v>-2.6062050000064119E-2</v>
+        <v>-2.4962400000049456E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>-4.6098463856125704E-2</v>
+        <v>-4.4154116488082096E-2</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>678.19710798999995</v>
+        <v>678.21231368999997</v>
       </c>
       <c r="C242" s="5">
-        <v>-6.0855540000034125E-2</v>
+        <v>-4.1893299999969713E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>-0.10761483926015059</v>
+        <v>-7.4094469090246751E-2</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>678.80217192999999</v>
+        <v>678.80129381999996</v>
       </c>
       <c r="C243" s="5">
-        <v>0.60506394000003638</v>
+        <v>0.58898012999998173</v>
       </c>
       <c r="D243" s="5">
-        <v>1.0758673675504316</v>
+        <v>1.0471083392432856</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>679.54904935000002</v>
+        <v>679.54671626000004</v>
       </c>
       <c r="C244" s="5">
-        <v>0.74687742000003254</v>
+        <v>0.74542244000008395</v>
       </c>
       <c r="D244" s="5">
-        <v>1.328364329473164</v>
+        <v>1.3257626400204225</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>680.23253314999999</v>
+        <v>680.20795845999999</v>
       </c>
       <c r="C245" s="5">
-        <v>0.68348379999997633</v>
+        <v>0.66124219999994693</v>
       </c>
       <c r="D245" s="5">
-        <v>1.2136473729896791</v>
+        <v>1.1739459086244963</v>
       </c>
       <c r="E245" s="5">
-        <v>-0.94472892950724363</v>
+        <v>-0.94709857569607037</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>682.75242114000002</v>
+        <v>682.76467334999995</v>
       </c>
       <c r="C246" s="5">
-        <v>2.5198879900000293</v>
+        <v>2.5567148899999665</v>
       </c>
       <c r="D246" s="5">
-        <v>4.5370403079666444</v>
+        <v>4.604893528156806</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>683.49980550999999</v>
+        <v>683.50125459000003</v>
       </c>
       <c r="C247" s="5">
-        <v>0.74738436999996338</v>
+        <v>0.73658124000007774</v>
       </c>
       <c r="D247" s="5">
-        <v>1.3215342136000841</v>
+        <v>1.3022949937212092</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>688.12044846000003</v>
+        <v>688.12388981000004</v>
       </c>
       <c r="C248" s="5">
-        <v>4.6206429500000468</v>
+        <v>4.6226352200000065</v>
       </c>
       <c r="D248" s="5">
-        <v>8.4208531978340098</v>
+        <v>8.424601572780599</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>687.81047018000004</v>
+        <v>687.80649423</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.30997827999999572</v>
+        <v>-0.31739558000003854</v>
       </c>
       <c r="D249" s="5">
-        <v>-0.53922786375973919</v>
+        <v>-0.55209528243221895</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>691.13504833000002</v>
+        <v>691.13589559000002</v>
       </c>
       <c r="C250" s="5">
-        <v>3.3245781499999794</v>
+        <v>3.3294013600000198</v>
       </c>
       <c r="D250" s="5">
-        <v>5.9569905889734986</v>
+        <v>5.9658996178031831</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>692.67623300000002</v>
+        <v>692.68807836999997</v>
       </c>
       <c r="C251" s="5">
-        <v>1.5411846700000069</v>
+        <v>1.5521827799999528</v>
       </c>
       <c r="D251" s="5">
-        <v>2.7089836212997209</v>
+        <v>2.7285513412800722</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>693.62319233999995</v>
+        <v>693.61471569000003</v>
       </c>
       <c r="C252" s="5">
-        <v>0.94695933999992121</v>
+        <v>0.92663732000005439</v>
       </c>
       <c r="D252" s="5">
-        <v>1.6529144591035161</v>
+        <v>1.6171531983681264</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>694.11431632999995</v>
+        <v>694.10968250999997</v>
       </c>
       <c r="C253" s="5">
-        <v>0.49112399000000551</v>
+        <v>0.49496681999994507</v>
       </c>
       <c r="D253" s="5">
-        <v>0.85298376035864987</v>
+        <v>0.85969474888287767</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>693.80610701000001</v>
+        <v>693.82724742000005</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.30820931999994627</v>
+        <v>-0.28243508999992173</v>
       </c>
       <c r="D254" s="5">
-        <v>-0.5315396443580811</v>
+        <v>-0.48719193613370182</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>700.15793421000001</v>
+        <v>700.15856955000004</v>
       </c>
       <c r="C255" s="5">
-        <v>6.3518272000000024</v>
+        <v>6.3313221299999896</v>
       </c>
       <c r="D255" s="5">
-        <v>11.556468161218248</v>
+        <v>11.516900775578431</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>701.32556368999997</v>
+        <v>701.32002168999998</v>
       </c>
       <c r="C256" s="5">
-        <v>1.1676294799999596</v>
+        <v>1.1614521399999376</v>
       </c>
       <c r="D256" s="5">
-        <v>2.0196567671155297</v>
+        <v>2.0088722678043736</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>702.98815947000003</v>
+        <v>702.95763288000001</v>
       </c>
       <c r="C257" s="5">
-        <v>1.6625957800000606</v>
+        <v>1.6376111900000296</v>
       </c>
       <c r="D257" s="5">
-        <v>2.8821636243822946</v>
+        <v>2.8383170465373198</v>
       </c>
       <c r="E257" s="5">
-        <v>3.3452716844670771</v>
+        <v>3.3445175313010944</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>704.07760687999996</v>
+        <v>704.08165443999997</v>
       </c>
       <c r="C258" s="5">
-        <v>1.0894474099999343</v>
+        <v>1.1240215599999601</v>
       </c>
       <c r="D258" s="5">
-        <v>1.8756188156273224</v>
+        <v>1.9357517853810791</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>707.04435186000001</v>
+        <v>707.04163493999999</v>
       </c>
       <c r="C259" s="5">
-        <v>2.9667449800000441</v>
+        <v>2.9599805000000288</v>
       </c>
       <c r="D259" s="5">
-        <v>5.17523851908821</v>
+        <v>5.1631339119576847</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>710.19186053999999</v>
+        <v>710.18737451000004</v>
       </c>
       <c r="C260" s="5">
-        <v>3.1475086799999872</v>
+        <v>3.1457395700000461</v>
       </c>
       <c r="D260" s="5">
-        <v>5.4747243783096922</v>
+        <v>5.471593074233394</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>715.53705826999999</v>
+        <v>715.53292922000003</v>
       </c>
       <c r="C261" s="5">
-        <v>5.3451977299999953</v>
+        <v>5.3455547099999876</v>
       </c>
       <c r="D261" s="5">
-        <v>9.4151063919736941</v>
+        <v>9.4158233974182881</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>715.19719689999999</v>
+        <v>715.20375252999997</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.33986136999999417</v>
+        <v>-0.3291766900000539</v>
       </c>
       <c r="D262" s="5">
-        <v>-0.56848197815480006</v>
+        <v>-0.5506582112413394</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>715.78057466999996</v>
+        <v>715.79830698000001</v>
       </c>
       <c r="C263" s="5">
-        <v>0.58337776999997004</v>
+        <v>0.59455445000003238</v>
       </c>
       <c r="D263" s="5">
-        <v>0.98322884937220856</v>
+        <v>1.0021430884266325</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>719.02022379000005</v>
+        <v>719.02481467999996</v>
       </c>
       <c r="C264" s="5">
-        <v>3.239649120000081</v>
+        <v>3.2265076999999565</v>
       </c>
       <c r="D264" s="5">
-        <v>5.5685057141040106</v>
+        <v>5.5452137356188036</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>722.10431361999997</v>
+        <v>722.10563779999995</v>
       </c>
       <c r="C265" s="5">
-        <v>3.0840898299999253</v>
+        <v>3.0808231199999909</v>
       </c>
       <c r="D265" s="5">
-        <v>5.270334097643592</v>
+        <v>5.2645850711731335</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>724.28170698999998</v>
+        <v>724.30787471999997</v>
       </c>
       <c r="C266" s="5">
-        <v>2.1773933700000043</v>
+        <v>2.2022369200000185</v>
       </c>
       <c r="D266" s="5">
-        <v>3.6790300404196064</v>
+        <v>3.7217066222654305</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>723.50365365000005</v>
+        <v>723.51086571999997</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.77805333999992854</v>
+        <v>-0.79700900000000274</v>
       </c>
       <c r="D267" s="5">
-        <v>-1.2815004327336954</v>
+        <v>-1.3124857023226411</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>725.14028901999995</v>
+        <v>725.13407208000001</v>
       </c>
       <c r="C268" s="5">
-        <v>1.6366353699999081</v>
+        <v>1.6232063600000401</v>
       </c>
       <c r="D268" s="5">
-        <v>2.7485449784717231</v>
+        <v>2.7256859610250928</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>728.34665857000005</v>
+        <v>728.31741922000003</v>
       </c>
       <c r="C269" s="5">
-        <v>3.2063695500000904</v>
+        <v>3.1833471400000235</v>
       </c>
       <c r="D269" s="5">
-        <v>5.4370294820548448</v>
+        <v>5.3970905453318618</v>
       </c>
       <c r="E269" s="5">
-        <v>3.6072441275708522</v>
+        <v>3.6075838932286164</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>732.55721226000003</v>
+        <v>732.54316871000003</v>
       </c>
       <c r="C270" s="5">
-        <v>4.2105536899999834</v>
+        <v>4.2257494899999983</v>
       </c>
       <c r="D270" s="5">
-        <v>7.1620457611777821</v>
+        <v>7.1890216675152496</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>733.11665549999998</v>
+        <v>733.09400249999999</v>
       </c>
       <c r="C271" s="5">
-        <v>0.55944323999995049</v>
+        <v>0.55083378999995602</v>
       </c>
       <c r="D271" s="5">
-        <v>0.92028150441405554</v>
+        <v>0.90607782081124633</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>735.88076740999998</v>
+        <v>735.85364783</v>
       </c>
       <c r="C272" s="5">
-        <v>2.7641119099999969</v>
+        <v>2.7596453300000121</v>
       </c>
       <c r="D272" s="5">
-        <v>4.6194411989431972</v>
+        <v>4.6119668132941216</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>737.38706307999996</v>
+        <v>737.38676327999997</v>
       </c>
       <c r="C273" s="5">
-        <v>1.5062956699999859</v>
+        <v>1.5331154499999684</v>
       </c>
       <c r="D273" s="5">
-        <v>2.4841577927967373</v>
+        <v>2.5289908882669909</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>740.21556647</v>
+        <v>740.23577014</v>
       </c>
       <c r="C274" s="5">
-        <v>2.8285033900000371</v>
+        <v>2.8490068600000313</v>
       </c>
       <c r="D274" s="5">
-        <v>4.7013784630900224</v>
+        <v>4.7361876197113517</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>742.90780858000005</v>
+        <v>742.94313058</v>
       </c>
       <c r="C275" s="5">
-        <v>2.692242110000052</v>
+        <v>2.7073604400000022</v>
       </c>
       <c r="D275" s="5">
-        <v>4.4529021553959991</v>
+        <v>4.4782879715906887</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>745.16447980999999</v>
+        <v>745.17978167000001</v>
       </c>
       <c r="C276" s="5">
-        <v>2.2566712299999381</v>
+        <v>2.2366510900000094</v>
       </c>
       <c r="D276" s="5">
-        <v>3.706663308253888</v>
+        <v>3.6730555899562534</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>749.31948795000005</v>
+        <v>749.32573744000001</v>
       </c>
       <c r="C277" s="5">
-        <v>4.1550081400000636</v>
+        <v>4.1459557700000005</v>
       </c>
       <c r="D277" s="5">
-        <v>6.9002184474593387</v>
+        <v>6.8845764825183231</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>753.01931153999999</v>
+        <v>753.04765465000003</v>
       </c>
       <c r="C278" s="5">
-        <v>3.6998235899999372</v>
+        <v>3.7219172100000151</v>
       </c>
       <c r="D278" s="5">
-        <v>6.0886776938065434</v>
+        <v>6.1259829841288083</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>756.77891092000004</v>
+        <v>756.79538276999995</v>
       </c>
       <c r="C279" s="5">
-        <v>3.7595993800000542</v>
+        <v>3.7477281199999197</v>
       </c>
       <c r="D279" s="5">
-        <v>6.1585272984938655</v>
+        <v>6.1383084712027802</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>762.60670338</v>
+        <v>762.59649707000005</v>
       </c>
       <c r="C280" s="5">
-        <v>5.8277924599999551</v>
+        <v>5.8011143000001084</v>
       </c>
       <c r="D280" s="5">
-        <v>9.6425601685614879</v>
+        <v>9.5963239508323426</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>764.31886207000002</v>
+        <v>764.28806144999999</v>
       </c>
       <c r="C281" s="5">
-        <v>1.7121586900000239</v>
+        <v>1.6915643799999316</v>
       </c>
       <c r="D281" s="5">
-        <v>2.7276863494958059</v>
+        <v>2.6945122264462107</v>
       </c>
       <c r="E281" s="5">
-        <v>4.9388849494588216</v>
+        <v>4.9388688613988041</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>764.36065641000005</v>
+        <v>764.32745749000003</v>
       </c>
       <c r="C282" s="5">
-        <v>4.1794340000024022E-2</v>
+        <v>3.9396040000042376E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>6.5637912152771705E-2</v>
+        <v>6.1872813902397183E-2</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>768.43564342000002</v>
+        <v>768.39636885000004</v>
       </c>
       <c r="C283" s="5">
-        <v>4.0749870099999725</v>
+        <v>4.0689113600000155</v>
       </c>
       <c r="D283" s="5">
-        <v>6.58844272179131</v>
+        <v>6.578624391013399</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>770.79372702000001</v>
+        <v>770.74048172000005</v>
       </c>
       <c r="C284" s="5">
-        <v>2.3580835999999863</v>
+        <v>2.3441128700000036</v>
       </c>
       <c r="D284" s="5">
-        <v>3.7452078312352199</v>
+        <v>3.7228388235919674</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>774.12324006999995</v>
+        <v>774.12723928000003</v>
       </c>
       <c r="C285" s="5">
-        <v>3.3295130499999459</v>
+        <v>3.3867575599999782</v>
       </c>
       <c r="D285" s="5">
-        <v>5.3084472692785711</v>
+        <v>5.4023151417532667</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>777.11039209</v>
+        <v>777.14696260999995</v>
       </c>
       <c r="C286" s="5">
-        <v>2.9871520200000532</v>
+        <v>3.0197233299999198</v>
       </c>
       <c r="D286" s="5">
-        <v>4.7300551844039029</v>
+        <v>4.7827171542893732</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>780.60073853999995</v>
+        <v>780.65841847000002</v>
       </c>
       <c r="C287" s="5">
-        <v>3.4903464499999473</v>
+        <v>3.5114558600000692</v>
       </c>
       <c r="D287" s="5">
-        <v>5.5248864802875497</v>
+        <v>5.55886734496569</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>784.14069711000002</v>
+        <v>784.16838625000003</v>
       </c>
       <c r="C288" s="5">
-        <v>3.5399585700000671</v>
+        <v>3.5099677800000109</v>
       </c>
       <c r="D288" s="5">
-        <v>5.579703785655088</v>
+        <v>5.5308382382375898</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>786.66340118000005</v>
+        <v>786.67010796</v>
       </c>
       <c r="C289" s="5">
-        <v>2.5227040700000316</v>
+        <v>2.5017217099999698</v>
       </c>
       <c r="D289" s="5">
-        <v>3.9296374729630656</v>
+        <v>3.8962374610097328</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>790.39313307999998</v>
+        <v>790.42162832999998</v>
       </c>
       <c r="C290" s="5">
-        <v>3.7297318999999334</v>
+        <v>3.7515203699999802</v>
       </c>
       <c r="D290" s="5">
-        <v>5.8401765907386993</v>
+        <v>5.8751423651666412</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>791.46133760999999</v>
+        <v>791.48106258999996</v>
       </c>
       <c r="C291" s="5">
-        <v>1.0682045300000027</v>
+        <v>1.0594342599999891</v>
       </c>
       <c r="D291" s="5">
-        <v>1.6338915523552933</v>
+        <v>1.6203189331703394</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>796.12780977</v>
+        <v>796.11314445999994</v>
       </c>
       <c r="C292" s="5">
-        <v>4.6664721600000121</v>
+        <v>4.6320818699999791</v>
       </c>
       <c r="D292" s="5">
-        <v>7.309230189614957</v>
+        <v>7.2534316012276889</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>797.48447426999996</v>
+        <v>797.44951186000003</v>
       </c>
       <c r="C293" s="5">
-        <v>1.3566644999999653</v>
+        <v>1.3363674000000856</v>
       </c>
       <c r="D293" s="5">
-        <v>2.064169447590869</v>
+        <v>2.0330394897774662</v>
       </c>
       <c r="E293" s="5">
-        <v>4.3392376985408543</v>
+        <v>4.3388680371490462</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>800.19586293999998</v>
+        <v>800.14714868999999</v>
       </c>
       <c r="C294" s="5">
-        <v>2.7113886700000194</v>
+        <v>2.6976368299999649</v>
       </c>
       <c r="D294" s="5">
-        <v>4.1570758970795652</v>
+        <v>4.1357826174156731</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>804.25445501000002</v>
+        <v>804.20221425</v>
       </c>
       <c r="C295" s="5">
-        <v>4.0585920700000315</v>
+        <v>4.0550655600000027</v>
       </c>
       <c r="D295" s="5">
-        <v>6.2590876237734738</v>
+        <v>6.2538880337217995</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>807.91028509</v>
+        <v>807.83317777000002</v>
       </c>
       <c r="C296" s="5">
-        <v>3.655830079999987</v>
+        <v>3.630963520000023</v>
       </c>
       <c r="D296" s="5">
-        <v>5.5931972640386629</v>
+        <v>5.5545732087297406</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>810.15482481000004</v>
+        <v>810.16471167999998</v>
       </c>
       <c r="C297" s="5">
-        <v>2.2445397200000343</v>
+        <v>2.3315339099999619</v>
       </c>
       <c r="D297" s="5">
-        <v>3.3852612764698753</v>
+        <v>3.5188989275587002</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>812.31312384</v>
+        <v>812.36572940999997</v>
       </c>
       <c r="C298" s="5">
-        <v>2.1582990299999665</v>
+        <v>2.2010177299999896</v>
       </c>
       <c r="D298" s="5">
-        <v>3.2441289904260762</v>
+        <v>3.3092608611292595</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>815.10927090999996</v>
+        <v>815.19027636999999</v>
       </c>
       <c r="C299" s="5">
-        <v>2.7961470699999609</v>
+        <v>2.8245469600000206</v>
       </c>
       <c r="D299" s="5">
-        <v>4.2097503131504066</v>
+        <v>4.253048234148249</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>817.44575079000003</v>
+        <v>817.47781066000005</v>
       </c>
       <c r="C300" s="5">
-        <v>2.3364798800000699</v>
+        <v>2.2875342900000533</v>
       </c>
       <c r="D300" s="5">
-        <v>3.4945056992516044</v>
+        <v>3.4198226981926094</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>819.53467149000005</v>
+        <v>819.54342899999995</v>
       </c>
       <c r="C301" s="5">
-        <v>2.088920700000017</v>
+        <v>2.0656183399999009</v>
       </c>
       <c r="D301" s="5">
-        <v>3.109977625163074</v>
+        <v>3.0746793449106802</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>822.53202546</v>
+        <v>822.55264606000003</v>
       </c>
       <c r="C302" s="5">
-        <v>2.9973539699999492</v>
+        <v>3.0092170600000827</v>
       </c>
       <c r="D302" s="5">
-        <v>4.4782321187853746</v>
+        <v>4.4962667652548527</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>826.01584018000005</v>
+        <v>826.03445141999998</v>
       </c>
       <c r="C303" s="5">
-        <v>3.4838147200000549</v>
+        <v>3.481805359999953</v>
       </c>
       <c r="D303" s="5">
-        <v>5.2026580250002841</v>
+        <v>5.1994536854836237</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>828.79557785999998</v>
+        <v>828.76926241000001</v>
       </c>
       <c r="C304" s="5">
-        <v>2.7797376799999256</v>
+        <v>2.7348109900000281</v>
       </c>
       <c r="D304" s="5">
-        <v>4.1138709384048289</v>
+        <v>4.0460736356508153</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>832.73910259000002</v>
+        <v>832.70148260999997</v>
       </c>
       <c r="C305" s="5">
-        <v>3.9435247300000356</v>
+        <v>3.9322201999999606</v>
       </c>
       <c r="D305" s="5">
-        <v>5.8615857969157803</v>
+        <v>5.8445325259292913</v>
       </c>
       <c r="E305" s="5">
-        <v>4.4207291122841497</v>
+        <v>4.4205896706585257</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>834.69369623</v>
+        <v>834.64366181000003</v>
       </c>
       <c r="C306" s="5">
-        <v>1.9545936399999846</v>
+        <v>1.9421792000000551</v>
       </c>
       <c r="D306" s="5">
-        <v>2.8532705723763874</v>
+        <v>2.8350448973758713</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>838.25826683000003</v>
+        <v>838.20987230000003</v>
       </c>
       <c r="C307" s="5">
-        <v>3.5645706000000246</v>
+        <v>3.5662104900000031</v>
       </c>
       <c r="D307" s="5">
-        <v>5.2467121301465136</v>
+        <v>5.2495049988952713</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>841.26001047</v>
+        <v>841.18767979999996</v>
       </c>
       <c r="C308" s="5">
-        <v>3.0017436399999724</v>
+        <v>2.9778074999999262</v>
       </c>
       <c r="D308" s="5">
-        <v>4.3827657892422378</v>
+        <v>4.3473875843784926</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>845.17884494999998</v>
+        <v>845.19668162999994</v>
       </c>
       <c r="C309" s="5">
-        <v>3.9188344799999868</v>
+        <v>4.0090018299999883</v>
       </c>
       <c r="D309" s="5">
-        <v>5.735415190649884</v>
+        <v>5.8713765244313709</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>849.62303764000001</v>
+        <v>849.68166150000002</v>
       </c>
       <c r="C310" s="5">
-        <v>4.4441926900000226</v>
+        <v>4.4849798700000747</v>
       </c>
       <c r="D310" s="5">
-        <v>6.4956680074418349</v>
+        <v>6.5568912060090412</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>853.40143754999997</v>
+        <v>853.48817346999999</v>
       </c>
       <c r="C311" s="5">
-        <v>3.7783999099999619</v>
+        <v>3.8065119699999741</v>
       </c>
       <c r="D311" s="5">
-        <v>5.4690618338584462</v>
+        <v>5.510371074365561</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>857.18996516000004</v>
+        <v>857.22126643000001</v>
       </c>
       <c r="C312" s="5">
-        <v>3.7885276100000738</v>
+        <v>3.7330929600000218</v>
       </c>
       <c r="D312" s="5">
-        <v>5.4592061912635215</v>
+        <v>5.3768347821745888</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>859.62089369</v>
+        <v>859.62417381</v>
       </c>
       <c r="C313" s="5">
-        <v>2.4309285299999601</v>
+        <v>2.4029073799999878</v>
       </c>
       <c r="D313" s="5">
-        <v>3.4566982960184234</v>
+        <v>3.4161102152987732</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>863.26029788999995</v>
+        <v>863.26999260000002</v>
       </c>
       <c r="C314" s="5">
-        <v>3.6394041999999445</v>
+        <v>3.6458187900000212</v>
       </c>
       <c r="D314" s="5">
-        <v>5.2004651307749672</v>
+        <v>5.2098256697855838</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>865.80202291000001</v>
+        <v>865.8098377</v>
       </c>
       <c r="C315" s="5">
-        <v>2.5417250200000581</v>
+        <v>2.5398450999999795</v>
       </c>
       <c r="D315" s="5">
-        <v>3.5909798252071745</v>
+        <v>3.5882397749913419</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>867.45284660000004</v>
+        <v>867.41789619999997</v>
       </c>
       <c r="C316" s="5">
-        <v>1.6508236900000384</v>
+        <v>1.6080584999999701</v>
       </c>
       <c r="D316" s="5">
-        <v>2.3121860348110035</v>
+        <v>2.2516543562483449</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>871.38367315999994</v>
+        <v>871.34232100999998</v>
       </c>
       <c r="C317" s="5">
-        <v>3.9308265599999004</v>
+        <v>3.924424810000005</v>
       </c>
       <c r="D317" s="5">
-        <v>5.5753434572818117</v>
+        <v>5.5662662125275819</v>
       </c>
       <c r="E317" s="5">
-        <v>4.6406576141083011</v>
+        <v>4.6404190705755743</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>873.95519538999997</v>
+        <v>873.90883364000001</v>
       </c>
       <c r="C318" s="5">
-        <v>2.5715222300000278</v>
+        <v>2.5665126300000338</v>
       </c>
       <c r="D318" s="5">
-        <v>3.5993427517674537</v>
+        <v>3.5923901234759859</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>876.80680197000004</v>
+        <v>876.76773672000002</v>
       </c>
       <c r="C319" s="5">
-        <v>2.8516065800000661</v>
+        <v>2.8589030800000046</v>
       </c>
       <c r="D319" s="5">
-        <v>3.9864858324476948</v>
+        <v>3.9970862744692193</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>877.77846147000002</v>
+        <v>877.72317419000001</v>
       </c>
       <c r="C320" s="5">
-        <v>0.97165949999998702</v>
+        <v>0.95543746999999257</v>
       </c>
       <c r="D320" s="5">
-        <v>1.3379508674300711</v>
+        <v>1.3155384642040913</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>882.04857039000001</v>
+        <v>882.07651762</v>
       </c>
       <c r="C321" s="5">
-        <v>4.2701089199999842</v>
+        <v>4.3533434299999954</v>
       </c>
       <c r="D321" s="5">
-        <v>5.9963629155699305</v>
+        <v>6.116849229250354</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>882.83932802000004</v>
+        <v>882.90192016000003</v>
       </c>
       <c r="C322" s="5">
-        <v>0.79075763000003008</v>
+        <v>0.82540254000002733</v>
       </c>
       <c r="D322" s="5">
-        <v>1.0811218774792408</v>
+        <v>1.1286964377487774</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>884.61784700999999</v>
+        <v>884.71222942999998</v>
       </c>
       <c r="C323" s="5">
-        <v>1.7785189899999523</v>
+        <v>1.8103092699999479</v>
       </c>
       <c r="D323" s="5">
-        <v>2.4444192862058456</v>
+        <v>2.4884278177899954</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>891.79036436000001</v>
+        <v>891.81656643999997</v>
       </c>
       <c r="C324" s="5">
-        <v>7.172517350000021</v>
+        <v>7.1043370099999947</v>
       </c>
       <c r="D324" s="5">
-        <v>10.175478030063335</v>
+        <v>10.07331847941324</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>893.18697673999998</v>
+        <v>893.18853496999998</v>
       </c>
       <c r="C325" s="5">
-        <v>1.396612379999965</v>
+        <v>1.3719685300000037</v>
       </c>
       <c r="D325" s="5">
-        <v>1.8955643429829694</v>
+        <v>1.8617775888860599</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>896.90699497000003</v>
+        <v>896.89804735999996</v>
       </c>
       <c r="C326" s="5">
-        <v>3.7200182300000506</v>
+        <v>3.7095123899999862</v>
       </c>
       <c r="D326" s="5">
-        <v>5.1139477969924796</v>
+        <v>5.0991647346658064</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>897.26407897000001</v>
+        <v>897.25692880999998</v>
       </c>
       <c r="C327" s="5">
-        <v>0.35708399999998619</v>
+        <v>0.35888145000001259</v>
       </c>
       <c r="D327" s="5">
-        <v>0.4788014132980134</v>
+        <v>0.48122166879591699</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>898.79563225000004</v>
+        <v>898.74693708999996</v>
       </c>
       <c r="C328" s="5">
-        <v>1.5315532800000256</v>
+        <v>1.4900082799999836</v>
       </c>
       <c r="D328" s="5">
-        <v>2.06763699915542</v>
+        <v>2.0110531351974048</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>900.97361530000001</v>
+        <v>900.93759110999997</v>
       </c>
       <c r="C329" s="5">
-        <v>2.1779830499999662</v>
+        <v>2.1906540200000109</v>
       </c>
       <c r="D329" s="5">
-        <v>2.9469387188014728</v>
+        <v>2.9644765381155125</v>
       </c>
       <c r="E329" s="5">
-        <v>3.3957420882921419</v>
+        <v>3.3965147091323589</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>905.32872800999996</v>
+        <v>905.26768602000004</v>
       </c>
       <c r="C330" s="5">
-        <v>4.3551127099999576</v>
+        <v>4.3300949100000707</v>
       </c>
       <c r="D330" s="5">
-        <v>5.9572660947717626</v>
+        <v>5.9223783255785811</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>907.40374399999996</v>
+        <v>907.38472997999997</v>
       </c>
       <c r="C331" s="5">
-        <v>2.0750159899999971</v>
+        <v>2.1170439599999327</v>
       </c>
       <c r="D331" s="5">
-        <v>2.7853412639838648</v>
+        <v>2.8426781242455679</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>910.32164481999996</v>
+        <v>910.30413534000002</v>
       </c>
       <c r="C332" s="5">
-        <v>2.9179008199999998</v>
+        <v>2.9194053600000416</v>
       </c>
       <c r="D332" s="5">
-        <v>3.9277744369328405</v>
+        <v>3.9299194746752697</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>912.14957810999999</v>
+        <v>912.18968552000001</v>
       </c>
       <c r="C333" s="5">
-        <v>1.8279332900000327</v>
+        <v>1.8855501799999956</v>
       </c>
       <c r="D333" s="5">
-        <v>2.4364005592909965</v>
+        <v>2.5141224892457181</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>915.08378470000002</v>
+        <v>915.13900326999999</v>
       </c>
       <c r="C334" s="5">
-        <v>2.9342065900000307</v>
+        <v>2.9493177499999774</v>
       </c>
       <c r="D334" s="5">
-        <v>3.929198348234908</v>
+        <v>3.9496181674319342</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>916.10387271000002</v>
+        <v>916.20213968999997</v>
       </c>
       <c r="C335" s="5">
-        <v>1.0200880099999949</v>
+        <v>1.063136419999978</v>
       </c>
       <c r="D335" s="5">
-        <v>1.345929982481997</v>
+        <v>1.403007409429069</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>918.14450203000001</v>
+        <v>918.16555825</v>
       </c>
       <c r="C336" s="5">
-        <v>2.0406293199999936</v>
+        <v>1.9634185600000365</v>
       </c>
       <c r="D336" s="5">
-        <v>2.7060026281262584</v>
+        <v>2.6021242060698668</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>919.75341204999995</v>
+        <v>919.74070285000005</v>
       </c>
       <c r="C337" s="5">
-        <v>1.6089100199999393</v>
+        <v>1.5751446000000442</v>
       </c>
       <c r="D337" s="5">
-        <v>2.1232050076853692</v>
+        <v>2.0781769706525566</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>922.79641632000005</v>
+        <v>922.77790508999999</v>
       </c>
       <c r="C338" s="5">
-        <v>3.0430042700000968</v>
+        <v>3.0372022399999423</v>
       </c>
       <c r="D338" s="5">
-        <v>4.0432475821626346</v>
+        <v>4.0354546403253977</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>925.77512564000006</v>
+        <v>925.74936030000003</v>
       </c>
       <c r="C339" s="5">
-        <v>2.9787093200000072</v>
+        <v>2.9714552100000446</v>
       </c>
       <c r="D339" s="5">
-        <v>3.943012848938543</v>
+        <v>3.9333199610022795</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>926.89015862999997</v>
+        <v>926.82504566</v>
       </c>
       <c r="C340" s="5">
-        <v>1.1150329899999178</v>
+        <v>1.0756853599999658</v>
       </c>
       <c r="D340" s="5">
-        <v>1.4549310180574482</v>
+        <v>1.4032997457360086</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>929.78190477999999</v>
+        <v>929.75612828999999</v>
       </c>
       <c r="C341" s="5">
-        <v>2.8917461500000172</v>
+        <v>2.9310826299999917</v>
       </c>
       <c r="D341" s="5">
-        <v>3.8087174219062048</v>
+        <v>3.8617079917907526</v>
       </c>
       <c r="E341" s="5">
-        <v>3.1974620555794697</v>
+        <v>3.1987273551871809</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>933.93469484000002</v>
+        <v>933.85537693000003</v>
       </c>
       <c r="C342" s="5">
-        <v>4.1527900600000294</v>
+        <v>4.0992486400000416</v>
       </c>
       <c r="D342" s="5">
-        <v>5.4933381124971037</v>
+        <v>5.4209411742301317</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>937.67221903999996</v>
+        <v>937.67085067999994</v>
       </c>
       <c r="C343" s="5">
-        <v>3.7375241999999389</v>
+        <v>3.8154737499999101</v>
       </c>
       <c r="D343" s="5">
-        <v>4.9094178232607311</v>
+        <v>5.0145557726200884</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>941.30898424999998</v>
+        <v>941.32462387999999</v>
       </c>
       <c r="C344" s="5">
-        <v>3.6367652100000214</v>
+        <v>3.653773200000046</v>
       </c>
       <c r="D344" s="5">
-        <v>4.7547817408548632</v>
+        <v>4.7775041927850204</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>943.46546283999999</v>
+        <v>943.52668196000002</v>
       </c>
       <c r="C345" s="5">
-        <v>2.1564785900000061</v>
+        <v>2.2020580800000289</v>
       </c>
       <c r="D345" s="5">
-        <v>2.7840283853136194</v>
+        <v>2.8435832030108132</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>948.05438780999998</v>
+        <v>948.10811855999998</v>
       </c>
       <c r="C346" s="5">
-        <v>4.5889249699999937</v>
+        <v>4.5814365999999609</v>
       </c>
       <c r="D346" s="5">
-        <v>5.9953835007941603</v>
+        <v>5.9849384870325206</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>952.13087256999995</v>
+        <v>952.23945076999996</v>
       </c>
       <c r="C347" s="5">
-        <v>4.0764847599999712</v>
+        <v>4.1313322099999823</v>
       </c>
       <c r="D347" s="5">
-        <v>5.2836023398062926</v>
+        <v>5.3560928130877761</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>954.17664908999996</v>
+        <v>954.19451880999998</v>
       </c>
       <c r="C348" s="5">
-        <v>2.045776520000004</v>
+        <v>1.9550680400000147</v>
       </c>
       <c r="D348" s="5">
-        <v>2.6090443533971719</v>
+        <v>2.491764237502192</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>958.27076638999995</v>
+        <v>958.23783323999999</v>
       </c>
       <c r="C349" s="5">
-        <v>4.0941172999999935</v>
+        <v>4.0433144300000095</v>
       </c>
       <c r="D349" s="5">
-        <v>5.2721430190096452</v>
+        <v>5.205090556599834</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>960.57418504999998</v>
+        <v>960.55975035999995</v>
       </c>
       <c r="C350" s="5">
-        <v>2.3034186600000339</v>
+        <v>2.3219171199999664</v>
       </c>
       <c r="D350" s="5">
-        <v>2.9229103559382796</v>
+        <v>2.9468002181183728</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>964.58135474000005</v>
+        <v>964.55397878999997</v>
       </c>
       <c r="C351" s="5">
-        <v>4.0071696900000688</v>
+        <v>3.994228430000021</v>
       </c>
       <c r="D351" s="5">
-        <v>5.122437257781387</v>
+        <v>5.1055925498340038</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>967.68019217999995</v>
+        <v>967.58371903</v>
       </c>
       <c r="C352" s="5">
-        <v>3.0988374399998975</v>
+        <v>3.0297402400000237</v>
       </c>
       <c r="D352" s="5">
-        <v>3.9240021472903841</v>
+        <v>3.8350995273308097</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>969.09846281</v>
+        <v>969.07118247999995</v>
       </c>
       <c r="C353" s="5">
-        <v>1.4182706300000518</v>
+        <v>1.4874634499999502</v>
       </c>
       <c r="D353" s="5">
-        <v>1.7730147462089008</v>
+        <v>1.8604341419833581</v>
       </c>
       <c r="E353" s="5">
-        <v>4.2285785330811398</v>
+        <v>4.2285340202390387</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>971.42615861000002</v>
+        <v>971.33004410000001</v>
       </c>
       <c r="C354" s="5">
-        <v>2.327695800000015</v>
+        <v>2.2588616200000615</v>
       </c>
       <c r="D354" s="5">
-        <v>2.9206858623633591</v>
+        <v>2.8332865959738385</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>976.14465904999997</v>
+        <v>976.15315855999995</v>
       </c>
       <c r="C355" s="5">
-        <v>4.7185004399999571</v>
+        <v>4.8231144599999425</v>
       </c>
       <c r="D355" s="5">
-        <v>5.9870149528252981</v>
+        <v>6.1240222048522863</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>978.44625289999999</v>
+        <v>978.44910193999999</v>
       </c>
       <c r="C356" s="5">
-        <v>2.3015938500000175</v>
+        <v>2.2959433800000397</v>
       </c>
       <c r="D356" s="5">
-        <v>2.86639118814076</v>
+        <v>2.8592376267321473</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>981.68689989999996</v>
+        <v>981.77807804999998</v>
       </c>
       <c r="C357" s="5">
-        <v>3.2406469999999672</v>
+        <v>3.3289761099999851</v>
       </c>
       <c r="D357" s="5">
-        <v>4.0476449132375025</v>
+        <v>4.1600307556766802</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>983.71097503999999</v>
+        <v>983.77867889000004</v>
       </c>
       <c r="C358" s="5">
-        <v>2.0240751400000363</v>
+        <v>2.000600840000061</v>
       </c>
       <c r="D358" s="5">
-        <v>2.5024518243643712</v>
+        <v>2.472871219685624</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>985.48706719999996</v>
+        <v>985.63556191999999</v>
       </c>
       <c r="C359" s="5">
-        <v>1.776092159999962</v>
+        <v>1.856883029999949</v>
       </c>
       <c r="D359" s="5">
-        <v>2.1882473727741658</v>
+        <v>2.2886630641309358</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>990.65159004999998</v>
+        <v>990.66434184000002</v>
       </c>
       <c r="C360" s="5">
-        <v>5.1645228500000258</v>
+        <v>5.0287799200000336</v>
       </c>
       <c r="D360" s="5">
-        <v>6.4731590494028213</v>
+        <v>6.2972428716236317</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>995.17856033999999</v>
+        <v>995.12645076000001</v>
       </c>
       <c r="C361" s="5">
-        <v>4.5269702900000084</v>
+        <v>4.4621089199999915</v>
       </c>
       <c r="D361" s="5">
-        <v>5.6235702474154881</v>
+        <v>5.5409177861853065</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>996.10766341999999</v>
+        <v>996.12733691999995</v>
       </c>
       <c r="C362" s="5">
-        <v>0.92910308000000441</v>
+        <v>1.0008861599999364</v>
       </c>
       <c r="D362" s="5">
-        <v>1.1260958901130325</v>
+        <v>1.21364455688453</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>998.82677064999996</v>
+        <v>998.79901421</v>
       </c>
       <c r="C363" s="5">
-        <v>2.7191072299999632</v>
+        <v>2.6716772900000478</v>
       </c>
       <c r="D363" s="5">
-        <v>3.3253084625125773</v>
+        <v>3.2663807352060426</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>1004.1373346</v>
+        <v>1004.0077316000001</v>
       </c>
       <c r="C364" s="5">
-        <v>5.3105639500000734</v>
+        <v>5.2087173900000607</v>
       </c>
       <c r="D364" s="5">
-        <v>6.570079885482305</v>
+        <v>6.4406274587835766</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>1005.9663633</v>
+        <v>1005.93771</v>
       </c>
       <c r="C365" s="5">
-        <v>1.8290286999999807</v>
+        <v>1.9299783999999818</v>
       </c>
       <c r="D365" s="5">
-        <v>2.2078223047913736</v>
+        <v>2.3312741910562762</v>
       </c>
       <c r="E365" s="5">
-        <v>3.8043503219577612</v>
+        <v>3.8043157392889437</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>1012.2054163</v>
+        <v>1012.0697722</v>
       </c>
       <c r="C366" s="5">
-        <v>6.2390530000000126</v>
+        <v>6.1320621999999503</v>
       </c>
       <c r="D366" s="5">
-        <v>7.7016533173779766</v>
+        <v>7.5653458147336927</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>1013.3916653</v>
+        <v>1013.3804352</v>
       </c>
       <c r="C367" s="5">
-        <v>1.1862489999999752</v>
+        <v>1.3106629999999768</v>
       </c>
       <c r="D367" s="5">
-        <v>1.4154342166068812</v>
+        <v>1.5651555447338428</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>1008.3053034</v>
+        <v>1008.2134862</v>
       </c>
       <c r="C368" s="5">
-        <v>-5.0863619000000426</v>
+        <v>-5.1669489999999314</v>
       </c>
       <c r="D368" s="5">
-        <v>-5.8594610117028711</v>
+        <v>-5.9497737140107638</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>877.50797674</v>
+        <v>877.63145536000002</v>
       </c>
       <c r="C369" s="5">
-        <v>-130.79732665999995</v>
+        <v>-130.58203084000002</v>
       </c>
       <c r="D369" s="5">
-        <v>-81.124074337716962</v>
+        <v>-81.071502727077856</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>900.05434820000005</v>
+        <v>900.14569821999999</v>
       </c>
       <c r="C370" s="5">
-        <v>22.546371460000046</v>
+        <v>22.514242859999968</v>
       </c>
       <c r="D370" s="5">
-        <v>35.585090779752782</v>
+        <v>35.521299792639361</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>926.74564584999996</v>
+        <v>926.97778306999999</v>
       </c>
       <c r="C371" s="5">
-        <v>26.69129764999991</v>
+        <v>26.832084850000001</v>
       </c>
       <c r="D371" s="5">
-        <v>42.004412340619893</v>
+        <v>42.258485882159349</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>938.74465262000001</v>
+        <v>938.74521919999995</v>
       </c>
       <c r="C372" s="5">
-        <v>11.999006770000051</v>
+        <v>11.767436129999965</v>
       </c>
       <c r="D372" s="5">
-        <v>16.692531845781609</v>
+        <v>16.343186129607279</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>950.43986511000003</v>
+        <v>950.37960755999995</v>
       </c>
       <c r="C373" s="5">
-        <v>11.695212490000017</v>
+        <v>11.634388360000003</v>
       </c>
       <c r="D373" s="5">
-        <v>16.01817091515041</v>
+        <v>15.929095924898018</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>957.70529509000005</v>
+        <v>957.77247813999998</v>
       </c>
       <c r="C374" s="5">
-        <v>7.2654299800000217</v>
+        <v>7.3928705800000216</v>
       </c>
       <c r="D374" s="5">
-        <v>9.5688075789983618</v>
+        <v>9.7445423009298935</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>969.92073742000002</v>
+        <v>969.88897933999999</v>
       </c>
       <c r="C375" s="5">
-        <v>12.215442329999973</v>
+        <v>12.116501200000016</v>
       </c>
       <c r="D375" s="5">
-        <v>16.42661614079255</v>
+        <v>16.28295374689106</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>975.49998085000004</v>
+        <v>975.33058672000004</v>
       </c>
       <c r="C376" s="5">
-        <v>5.5792434300000195</v>
+        <v>5.4416073800000504</v>
       </c>
       <c r="D376" s="5">
-        <v>7.1253475518512355</v>
+        <v>6.9443472575619447</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>982.58662185000003</v>
+        <v>982.50646017999998</v>
       </c>
       <c r="C377" s="5">
-        <v>7.086640999999986</v>
+        <v>7.1758734599999343</v>
       </c>
       <c r="D377" s="5">
-        <v>9.0744368332061462</v>
+        <v>9.195023686309467</v>
       </c>
       <c r="E377" s="5">
-        <v>-2.3241076742670064</v>
+        <v>-2.329294307895069</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>986.01731298000004</v>
+        <v>985.90353144999995</v>
       </c>
       <c r="C378" s="5">
-        <v>3.4306911300000138</v>
+        <v>3.3970712699999694</v>
       </c>
       <c r="D378" s="5">
-        <v>4.2711888023729605</v>
+        <v>4.2288848466194295</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>984.49976618000005</v>
+        <v>984.46357230000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-1.517546799999991</v>
+        <v>-1.439959149999936</v>
       </c>
       <c r="D379" s="5">
-        <v>-1.8313268373620573</v>
+        <v>-1.7386464597232254</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>997.96802290999995</v>
+        <v>997.73663949000002</v>
       </c>
       <c r="C380" s="5">
-        <v>13.468256729999894</v>
+        <v>13.273067190000006</v>
       </c>
       <c r="D380" s="5">
-        <v>17.709658893228063</v>
+        <v>17.434375394771884</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>1008.3987551</v>
+        <v>1008.4869132</v>
       </c>
       <c r="C381" s="5">
-        <v>10.430732190000072</v>
+        <v>10.750273709999988</v>
       </c>
       <c r="D381" s="5">
-        <v>13.289093342609991</v>
+        <v>13.724006486004869</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>1018.1224501</v>
+        <v>1018.2392667</v>
       </c>
       <c r="C382" s="5">
-        <v>9.7236950000000206</v>
+        <v>9.7523535000000265</v>
       </c>
       <c r="D382" s="5">
-        <v>12.205089694917405</v>
+        <v>12.24186847583082</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>1027.4677197999999</v>
+        <v>1027.8581220999999</v>
       </c>
       <c r="C383" s="5">
-        <v>9.3452696999999034</v>
+        <v>9.6188553999999158</v>
       </c>
       <c r="D383" s="5">
-        <v>11.588147968252493</v>
+        <v>11.943781577705103</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>1042.9978539000001</v>
+        <v>1043.0920024</v>
       </c>
       <c r="C384" s="5">
-        <v>15.530134100000168</v>
+        <v>15.23388030000001</v>
       </c>
       <c r="D384" s="5">
-        <v>19.724419669212388</v>
+        <v>19.30903222695466</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>1048.0808291999999</v>
+        <v>1048.1101639999999</v>
       </c>
       <c r="C385" s="5">
-        <v>5.0829752999998163</v>
+        <v>5.0181615999999849</v>
       </c>
       <c r="D385" s="5">
-        <v>6.0074405529274566</v>
+        <v>5.9282514730511604</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>1052.233917</v>
+        <v>1052.3816039000001</v>
       </c>
       <c r="C386" s="5">
-        <v>4.1530878000000939</v>
+        <v>4.2714399000001322</v>
       </c>
       <c r="D386" s="5">
-        <v>4.8600910699104105</v>
+        <v>5.0015676804601839</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>1070.4780873</v>
+        <v>1070.5052163</v>
       </c>
       <c r="C387" s="5">
-        <v>18.244170299999951</v>
+        <v>18.123612399999956</v>
       </c>
       <c r="D387" s="5">
-        <v>22.909605061410154</v>
+        <v>22.740102120410288</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>1076.4872319999999</v>
+        <v>1076.3123456000001</v>
       </c>
       <c r="C388" s="5">
-        <v>6.0091446999999789</v>
+        <v>5.8071293000000423</v>
       </c>
       <c r="D388" s="5">
-        <v>6.9481353039772653</v>
+        <v>6.7073678442739038</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>1082.9992419</v>
+        <v>1082.8716234999999</v>
       </c>
       <c r="C389" s="5">
-        <v>6.5120099000000664</v>
+        <v>6.55927789999987</v>
       </c>
       <c r="D389" s="5">
-        <v>7.5056363227560041</v>
+        <v>7.5632256268626241</v>
       </c>
       <c r="E389" s="5">
-        <v>10.2192130258139</v>
+        <v>10.215216630902614</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>1085.0862012</v>
+        <v>1084.9142285</v>
       </c>
       <c r="C390" s="5">
-        <v>2.0869592999999895</v>
+        <v>2.0426050000000942</v>
       </c>
       <c r="D390" s="5">
-        <v>2.3370884432519112</v>
+        <v>2.2871741169330662</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>1095.4971416000001</v>
+        <v>1095.298716</v>
       </c>
       <c r="C391" s="5">
-        <v>10.410940400000072</v>
+        <v>10.384487499999977</v>
       </c>
       <c r="D391" s="5">
-        <v>12.140915278265885</v>
+        <v>12.110446768140083</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>1101.2665990999999</v>
+        <v>1100.7594484000001</v>
       </c>
       <c r="C392" s="5">
-        <v>5.7694574999998167</v>
+        <v>5.4607324000000972</v>
       </c>
       <c r="D392" s="5">
-        <v>6.5061350324828959</v>
+        <v>6.149540974724621</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>1111.6140492</v>
+        <v>1111.560647</v>
       </c>
       <c r="C393" s="5">
-        <v>10.34745010000006</v>
+        <v>10.801198599999907</v>
       </c>
       <c r="D393" s="5">
-        <v>11.876459563256493</v>
+        <v>12.431729550572769</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>1114.7816594000001</v>
+        <v>1114.8564073</v>
       </c>
       <c r="C394" s="5">
-        <v>3.1676102000001265</v>
+        <v>3.2957602999999835</v>
       </c>
       <c r="D394" s="5">
-        <v>3.4735754589211743</v>
+        <v>3.6165803998906343</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>1118.0501480999999</v>
+        <v>1118.7144327000001</v>
       </c>
       <c r="C395" s="5">
-        <v>3.2684886999998071</v>
+        <v>3.8580254000000878</v>
       </c>
       <c r="D395" s="5">
-        <v>3.5756390756340073</v>
+        <v>4.232626662025174</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>1137.058299</v>
+        <v>1137.3723680000001</v>
       </c>
       <c r="C396" s="5">
-        <v>19.008150900000146</v>
+        <v>18.657935299999963</v>
       </c>
       <c r="D396" s="5">
-        <v>22.421412479182411</v>
+        <v>21.955441921464125</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>1144.4091972000001</v>
+        <v>1144.6038931999999</v>
       </c>
       <c r="C397" s="5">
-        <v>7.3508982000000742</v>
+        <v>7.2315251999998509</v>
       </c>
       <c r="D397" s="5">
-        <v>8.0396790227651884</v>
+        <v>7.9022619125197036</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>1146.0527036999999</v>
+        <v>1146.3002722000001</v>
       </c>
       <c r="C398" s="5">
-        <v>1.6435064999998303</v>
+        <v>1.6963790000002064</v>
       </c>
       <c r="D398" s="5">
-        <v>1.7370188861548286</v>
+        <v>1.7930486057903483</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>1149.7321211999999</v>
+        <v>1149.8290870999999</v>
       </c>
       <c r="C399" s="5">
-        <v>3.6794174999999996</v>
+        <v>3.5288148999998157</v>
       </c>
       <c r="D399" s="5">
-        <v>3.9213781387744451</v>
+        <v>3.757319270877213</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>1153.1170569000001</v>
+        <v>1152.9440944</v>
       </c>
       <c r="C400" s="5">
-        <v>3.3849357000001419</v>
+        <v>3.1150073000001157</v>
       </c>
       <c r="D400" s="5">
-        <v>3.5907022229400454</v>
+        <v>3.299804687555441</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>1153.7280008</v>
+        <v>1153.5088909999999</v>
       </c>
       <c r="C401" s="5">
-        <v>0.61094389999993837</v>
+        <v>0.56479659999990872</v>
       </c>
       <c r="D401" s="5">
-        <v>0.63763935064309329</v>
+        <v>0.58943446482682127</v>
       </c>
       <c r="E401" s="5">
-        <v>6.530822567882355</v>
+        <v>6.5231432763645625</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>1161.284443</v>
+        <v>1161.0651714000001</v>
       </c>
       <c r="C402" s="5">
-        <v>7.5564421999999922</v>
+        <v>7.5562804000001051</v>
       </c>
       <c r="D402" s="5">
-        <v>8.1488986417021856</v>
+        <v>8.1503218659583645</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>1164.606749</v>
+        <v>1164.1970521999999</v>
       </c>
       <c r="C403" s="5">
-        <v>3.322306000000026</v>
+        <v>3.1318807999998626</v>
       </c>
       <c r="D403" s="5">
-        <v>3.4876043169665083</v>
+        <v>3.2853609207782464</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>1170.3283712</v>
+        <v>1169.5684452999999</v>
       </c>
       <c r="C404" s="5">
-        <v>5.7216221999999561</v>
+        <v>5.3713930999999775</v>
       </c>
       <c r="D404" s="5">
-        <v>6.0574472606167218</v>
+        <v>5.6792610011288547</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>1170.3127021</v>
+        <v>1170.0392204</v>
       </c>
       <c r="C405" s="5">
-        <v>-1.5669099999968239E-2</v>
+        <v>0.4707751000000826</v>
       </c>
       <c r="D405" s="5">
-        <v>-1.6065179589330736E-2</v>
+        <v>0.48409520550607432</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>1172.3122642999999</v>
+        <v>1172.3181537999999</v>
       </c>
       <c r="C406" s="5">
-        <v>1.9995621999999003</v>
+        <v>2.2789333999999144</v>
       </c>
       <c r="D406" s="5">
-        <v>2.069662019983709</v>
+        <v>2.3624909033063801</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>1176.8350505999999</v>
+        <v>1177.7693366999999</v>
       </c>
       <c r="C407" s="5">
-        <v>4.522786300000007</v>
+        <v>5.4511829000000489</v>
       </c>
       <c r="D407" s="5">
-        <v>4.7291157883896595</v>
+        <v>5.7248398311364301</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>1171.9996097000001</v>
+        <v>1172.5594252999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-4.8354408999998668</v>
+        <v>-5.20991140000001</v>
       </c>
       <c r="D408" s="5">
-        <v>-4.8207087528861496</v>
+        <v>-5.1809881874582686</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>1175.5541413999999</v>
+        <v>1175.9147293000001</v>
       </c>
       <c r="C409" s="5">
-        <v>3.5545316999998704</v>
+        <v>3.3553040000001602</v>
       </c>
       <c r="D409" s="5">
-        <v>3.7007805160563789</v>
+        <v>3.4883874255090319</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>1175.7961068</v>
+        <v>1176.1450792000001</v>
       </c>
       <c r="C410" s="5">
-        <v>0.24196540000002642</v>
+        <v>0.23034989999996469</v>
       </c>
       <c r="D410" s="5">
-        <v>0.2472769237490402</v>
+        <v>0.23532138938535674</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>1178.3397365000001</v>
+        <v>1178.4800302000001</v>
       </c>
       <c r="C411" s="5">
-        <v>2.5436297000001105</v>
+        <v>2.3349510000000464</v>
       </c>
       <c r="D411" s="5">
-        <v>2.6271022718047821</v>
+        <v>2.4084943076983611</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>1181.3835721999999</v>
+        <v>1181.2181124000001</v>
       </c>
       <c r="C412" s="5">
-        <v>3.0438356999998177</v>
+        <v>2.738082200000008</v>
       </c>
       <c r="D412" s="5">
-        <v>3.1442087608735791</v>
+        <v>2.8239871865401778</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>1182.3134239000001</v>
+        <v>1182.0112346999999</v>
       </c>
       <c r="C413" s="5">
-        <v>0.92985170000019934</v>
+        <v>0.79312229999982264</v>
       </c>
       <c r="D413" s="5">
-        <v>0.94860393506961405</v>
+        <v>0.80871549134788889</v>
       </c>
       <c r="E413" s="5">
-        <v>2.4776570456969793</v>
+        <v>2.4709253584764834</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>1186.2401491999999</v>
+        <v>1185.9436743000001</v>
       </c>
       <c r="C414" s="5">
-        <v>3.9267252999998163</v>
+        <v>3.9324396000001798</v>
       </c>
       <c r="D414" s="5">
-        <v>4.059079765877649</v>
+        <v>4.0661535061211618</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>1189.1045601999999</v>
+        <v>1188.4926579</v>
       </c>
       <c r="C415" s="5">
-        <v>2.8644110000000182</v>
+        <v>2.5489835999999286</v>
       </c>
       <c r="D415" s="5">
-        <v>2.9364313541771159</v>
+        <v>2.6099042449479137</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>1192.1267929999999</v>
+        <v>1191.210167</v>
       </c>
       <c r="C416" s="5">
-        <v>3.0222327999999834</v>
+        <v>2.7175090999999156</v>
       </c>
       <c r="D416" s="5">
-        <v>3.0929223180573562</v>
+        <v>2.7785910566724414</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>1193.3010502</v>
+        <v>1192.7729886</v>
       </c>
       <c r="C417" s="5">
-        <v>1.1742572000000564</v>
+        <v>1.5628216000000066</v>
       </c>
       <c r="D417" s="5">
-        <v>1.1884370815439693</v>
+        <v>1.5857635474903597</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>1195.5753468</v>
+        <v>1195.4896626</v>
       </c>
       <c r="C418" s="5">
-        <v>2.2742966000000706</v>
+        <v>2.7166740000000118</v>
       </c>
       <c r="D418" s="5">
-        <v>2.3111908664892544</v>
+        <v>2.7676332042228413</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>1196.1784520000001</v>
+        <v>1197.3676161000001</v>
       </c>
       <c r="C419" s="5">
-        <v>0.60310520000007273</v>
+        <v>1.8779535000001033</v>
       </c>
       <c r="D419" s="5">
-        <v>0.60701951844683855</v>
+        <v>1.9014104963888112</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>1196.9172042</v>
+        <v>1197.7401119000001</v>
       </c>
       <c r="C420" s="5">
-        <v>0.73875219999990804</v>
+        <v>0.37249580000002425</v>
       </c>
       <c r="D420" s="5">
-        <v>0.74363493787521495</v>
+        <v>0.37395413702285829</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>1200.5920590000001</v>
+        <v>1201.1324784999999</v>
       </c>
       <c r="C421" s="5">
-        <v>3.6748548000000483</v>
+        <v>3.392366599999832</v>
       </c>
       <c r="D421" s="5">
-        <v>3.7471760887282324</v>
+        <v>3.4522152697587183</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>1202.4279443</v>
+        <v>1202.8436074000001</v>
       </c>
       <c r="C422" s="5">
-        <v>1.8358852999999726</v>
+        <v>1.7111289000001761</v>
       </c>
       <c r="D422" s="5">
-        <v>1.8504916651294945</v>
+        <v>1.72297391837406</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>1204.6842104</v>
+        <v>1204.870962</v>
       </c>
       <c r="C423" s="5">
-        <v>2.256266099999948</v>
+        <v>2.0273545999998532</v>
       </c>
       <c r="D423" s="5">
-        <v>2.2750946222981794</v>
+        <v>2.0414168278762412</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>1206.4423327</v>
+        <v>1206.2791975</v>
       </c>
       <c r="C424" s="5">
-        <v>1.7581222999999682</v>
+        <v>1.4082355000000462</v>
       </c>
       <c r="D424" s="5">
-        <v>1.7654118455186385</v>
+        <v>1.4115935998056051</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>1208.3097593</v>
+        <v>1207.9365711</v>
       </c>
       <c r="C425" s="5">
-        <v>1.8674266000000443</v>
+        <v>1.6573736000000281</v>
       </c>
       <c r="D425" s="5">
-        <v>1.8733496550092266</v>
+        <v>1.6612626711864031</v>
       </c>
       <c r="E425" s="5">
-        <v>2.1987685223303854</v>
+        <v>2.1933240259412567</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>1214.8624586000001</v>
+        <v>1215.0582440000001</v>
       </c>
       <c r="C426" s="5">
-        <v>6.5526993000000857</v>
+        <v>7.1216729000000214</v>
       </c>
       <c r="D426" s="5">
-        <v>6.7052881696578748</v>
+        <v>7.3088638030346598</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>1214.5126812000001</v>
+        <v>1215.1490940000001</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.34977739999999358</v>
+        <v>9.0850000000045839E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-0.34495168842152424</v>
+        <v>8.9761000841637184E-2</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>1214.8968295</v>
+        <v>1215.5083185000001</v>
       </c>
       <c r="C428" s="5">
-        <v>0.38414829999987887</v>
+        <v>0.35922449999998207</v>
       </c>
       <c r="D428" s="5">
-        <v>0.38021895469571021</v>
+        <v>0.35532345573130453</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>1216.4099146999999</v>
+        <v>1217.6360886</v>
       </c>
       <c r="C429" s="5">
-        <v>1.5130851999999777</v>
+        <v>2.127770099999907</v>
       </c>
       <c r="D429" s="5">
-        <v>1.5048121149963567</v>
+        <v>2.120965459815527</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>1218.4674427</v>
+        <v>1220.3808746</v>
       </c>
       <c r="C430" s="5">
-        <v>2.0575280000000475</v>
+        <v>2.7447859999999764</v>
       </c>
       <c r="D430" s="5">
-        <v>2.0487610977903969</v>
+        <v>2.7388212731042305</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>1217.0003733000001</v>
+        <v>1213.1162569000001</v>
       </c>
       <c r="C431" s="5">
-        <v>-1.4670693999999003</v>
+        <v>-7.264617699999917</v>
       </c>
       <c r="D431" s="5">
-        <v>-1.4353044540246551</v>
+        <v>-6.914002323008706</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>1218.4428435</v>
+        <v>1214.8178660000001</v>
       </c>
       <c r="C432" s="5">
-        <v>1.4424701999998888</v>
+        <v>1.7016091000000415</v>
       </c>
       <c r="D432" s="5">
-        <v>1.4316290113888241</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1.6962576480444191</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1223.0866897000001</v>
+        <v>1219.4355390999999</v>
       </c>
       <c r="C433" s="5">
-        <v>4.6438462000000982</v>
+        <v>4.6176730999998199</v>
       </c>
       <c r="D433" s="5">
-        <v>4.6706550004503855</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>4.6579275870402448</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>1221.3631052999999</v>
+        <v>1217.7017375999999</v>
       </c>
       <c r="C434" s="5">
-        <v>-1.7235844000001634</v>
+        <v>-1.7338015000000269</v>
       </c>
       <c r="D434" s="5">
-        <v>-1.6780050720165196</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.6928888289532429</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>1218.4766832</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.77494560000013735</v>
+      </c>
+      <c r="D435" s="5">
+        <v>0.76635892381715642</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>1220.2257046</v>
+      </c>
+      <c r="C436" s="5">
+        <v>1.7490213999999469</v>
+      </c>
+      <c r="D436" s="5">
+        <v>1.7361637164727606</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>1220.8516817</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.62597710000000006</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.61734118803233873</v>
+      </c>
+      <c r="E437" s="5">
+        <v>1.0691878124228671</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>