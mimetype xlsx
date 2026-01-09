--- v0 (2025-10-17)
+++ v1 (2026-01-09)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{51E87075-D84E-413E-BFCC-7DE335EEBB67}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7FA4913B-9022-485D-AB48-05B0D4136695}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{8D9F116E-DB51-417B-B77F-8CE4D822D938}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{3B53BF1B-C732-4FA2-8DB3-5BA2C20A27BB}"/>
   </bookViews>
   <sheets>
     <sheet name="aussrvoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Other Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF3B1733-2426-47D8-9C0A-7A11AE36947D}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7BE21F4A-6F42-4F92-87BE-D3F4500DCD3A}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.11120350199999507</v>
       </c>
       <c r="D431" s="5">
         <v>-2.4275684024737787</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>54.332810981000002</v>
       </c>
       <c r="C432" s="5">
         <v>8.8031501999999762E-2</v>
       </c>
       <c r="D432" s="5">
         <v>1.9649045541366705</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>54.342147249</v>
+        <v>54.219173601999998</v>
       </c>
       <c r="C433" s="5">
-        <v>9.3362679999984266E-3</v>
+        <v>-0.11363737900000359</v>
       </c>
       <c r="D433" s="5">
-        <v>0.20639675763016729</v>
+        <v>-2.481136056407629</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>54.312981350999998</v>
+      </c>
+      <c r="C434" s="5">
+        <v>9.3807748999999774E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>2.0960610055952067</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>