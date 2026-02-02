--- v1 (2026-01-09)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7FA4913B-9022-485D-AB48-05B0D4136695}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{44D50BF6-84D6-436D-9131-B7FCF139BC68}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{3B53BF1B-C732-4FA2-8DB3-5BA2C20A27BB}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{534A5FAC-0FDD-41B1-B4ED-7C65CD7A2B99}"/>
   </bookViews>
   <sheets>
     <sheet name="aussrvoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Other Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7BE21F4A-6F42-4F92-87BE-D3F4500DCD3A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CBC6701C-ABE1-4DE8-9059-6407157C90CA}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>16.410054258999999</v>
+        <v>16.410054260999999</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>16.581842731999998</v>
+        <v>16.581842730000002</v>
       </c>
       <c r="C7" s="5">
-        <v>0.17178847299999944</v>
+        <v>0.17178846900000266</v>
       </c>
       <c r="D7" s="5">
-        <v>13.311319682982203</v>
+        <v>13.311319353259643</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>16.547996342000001</v>
+        <v>16.547996340000001</v>
       </c>
       <c r="C8" s="5">
-        <v>-3.3846389999997228E-2</v>
+        <v>-3.3846390000000781E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>-2.4220942907030474</v>
+        <v>-2.422094290992105</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
         <v>16.168296638000001</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.37969970400000008</v>
+        <v>-0.37969970199999992</v>
       </c>
       <c r="D9" s="5">
-        <v>-24.312139720798665</v>
+        <v>-24.312139611026485</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>16.276510232</v>
+        <v>16.276510233</v>
       </c>
       <c r="C10" s="5">
-        <v>0.10821359399999864</v>
+        <v>0.10821359499999872</v>
       </c>
       <c r="D10" s="5">
-        <v>8.333886589847662</v>
+        <v>8.3338866697180158</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>16.496205135</v>
+        <v>16.496205134</v>
       </c>
       <c r="C11" s="5">
-        <v>0.21969490300000061</v>
+        <v>0.21969490100000044</v>
       </c>
       <c r="D11" s="5">
-        <v>17.455412917011959</v>
+        <v>17.455412744975195</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>16.674668743000002</v>
+        <v>16.674668740000001</v>
       </c>
       <c r="C12" s="5">
-        <v>0.17846360800000127</v>
+        <v>0.17846360600000111</v>
       </c>
       <c r="D12" s="5">
-        <v>13.783161812265288</v>
+        <v>13.783161649382002</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>16.959352543000001</v>
+        <v>16.959352544000001</v>
       </c>
       <c r="C13" s="5">
-        <v>0.28468379999999982</v>
+        <v>0.28468380400000015</v>
       </c>
       <c r="D13" s="5">
-        <v>22.524979298162329</v>
+        <v>22.524979649384914</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>16.610945964999999</v>
+        <v>16.610945965999999</v>
       </c>
       <c r="C14" s="5">
         <v>-0.3484065780000023</v>
       </c>
       <c r="D14" s="5">
-        <v>-22.049093927588114</v>
+        <v>-22.04909392643134</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>16.595180358</v>
+        <v>16.595180359</v>
       </c>
       <c r="C15" s="5">
         <v>-1.5765606999998738E-2</v>
       </c>
       <c r="D15" s="5">
-        <v>-1.1330048579988428</v>
+        <v>-1.1330048579309415</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>16.703689709999999</v>
+        <v>16.703689710999999</v>
       </c>
       <c r="C16" s="5">
         <v>0.10850935199999867</v>
       </c>
       <c r="D16" s="5">
-        <v>8.1347413844998542</v>
+        <v>8.1347413839920399</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>16.563986717999999</v>
+        <v>16.563986718999999</v>
       </c>
       <c r="C17" s="5">
         <v>-0.13970299200000014</v>
       </c>
       <c r="D17" s="5">
-        <v>-9.5872838374102649</v>
+        <v>-9.5872838368624365</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>16.501481543000001</v>
+        <v>16.501481544000001</v>
       </c>
       <c r="C18" s="5">
         <v>-6.2505174999998303E-2</v>
       </c>
       <c r="D18" s="5">
-        <v>-4.4354602213444672</v>
+        <v>-4.4354602210822218</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>16.589709919000001</v>
+        <v>16.589709917</v>
       </c>
       <c r="C19" s="5">
-        <v>8.8228375999999997E-2</v>
+        <v>8.8228372999999749E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>6.6081116109656834</v>
+        <v>6.6081113792116675</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>16.654288513000001</v>
+        <v>16.654288511000001</v>
       </c>
       <c r="C20" s="5">
         <v>6.4578594000000322E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>4.7725468696706352</v>
+        <v>4.7725468702585205</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>16.655337751000001</v>
+        <v>16.655337750000001</v>
       </c>
       <c r="C21" s="5">
-        <v>1.0492380000002299E-3</v>
+        <v>1.0492390000003127E-3</v>
       </c>
       <c r="D21" s="5">
-        <v>7.5627486050833248E-2</v>
+        <v>7.562755816341582E-2</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
         <v>16.773950631000002</v>
       </c>
       <c r="C22" s="5">
-        <v>0.11861288000000059</v>
+        <v>0.11861288100000067</v>
       </c>
       <c r="D22" s="5">
-        <v>8.8887460025605769</v>
+        <v>8.8887460810136876</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>16.787650606</v>
+        <v>16.787650602999999</v>
       </c>
       <c r="C23" s="5">
-        <v>1.3699974999997977E-2</v>
+        <v>1.3699971999997729E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>0.98450397182301419</v>
+        <v>0.98450375526821787</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>17.069076774999999</v>
+        <v>17.069076773999999</v>
       </c>
       <c r="C24" s="5">
-        <v>0.2814261689999995</v>
+        <v>0.28142617099999967</v>
       </c>
       <c r="D24" s="5">
-        <v>22.079100180285383</v>
+        <v>22.079100356251203</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
         <v>17.067523025</v>
       </c>
       <c r="C25" s="5">
-        <v>-1.5537499999993543E-3</v>
+        <v>-1.5537489999992715E-3</v>
       </c>
       <c r="D25" s="5">
-        <v>-0.10917795067195701</v>
+        <v>-0.10917788044614296</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>17.012426067</v>
+        <v>17.012426068</v>
       </c>
       <c r="C26" s="5">
-        <v>-5.5096958000000029E-2</v>
+        <v>-5.5096956999999946E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>-3.8057658720224263</v>
+        <v>-3.8057658041702247</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>16.995409917</v>
+        <v>16.995409919</v>
       </c>
       <c r="C27" s="5">
-        <v>-1.7016149999999897E-2</v>
+        <v>-1.7016148999999814E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>-1.193681749116049</v>
+        <v>-1.1936816792817662</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>17.003580535000001</v>
+        <v>17.003580537000001</v>
       </c>
       <c r="C28" s="5">
         <v>8.1706180000011841E-3</v>
       </c>
       <c r="D28" s="5">
-        <v>0.57843314388104083</v>
+        <v>0.57843314381273991</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>17.169138824000001</v>
+        <v>17.169138825000001</v>
       </c>
       <c r="C29" s="5">
-        <v>0.1655582889999998</v>
+        <v>0.16555828799999972</v>
       </c>
       <c r="D29" s="5">
-        <v>12.330464249132023</v>
+        <v>12.330464169092071</v>
       </c>
       <c r="E29" s="5">
-        <v>3.6534206184938967</v>
+        <v>3.6534206182733397</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>17.410787514999999</v>
+        <v>17.410787517999999</v>
       </c>
       <c r="C30" s="5">
-        <v>0.24164869099999819</v>
+        <v>0.24164869299999836</v>
       </c>
       <c r="D30" s="5">
-        <v>18.260262175485376</v>
+        <v>18.260262337354781</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>17.422808688</v>
+        <v>17.422808683</v>
       </c>
       <c r="C31" s="5">
-        <v>1.2021173000000829E-2</v>
+        <v>1.2021165000000167E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>0.83168630385073161</v>
+        <v>0.83168574812224616</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>17.467977652999998</v>
+        <v>17.467977648000002</v>
       </c>
       <c r="C32" s="5">
-        <v>4.5168964999998451E-2</v>
+        <v>4.5168965000002004E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>3.1557681838583651</v>
+        <v>3.1557681847773189</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>17.438960296000001</v>
+        <v>17.438960294000001</v>
       </c>
       <c r="C33" s="5">
-        <v>-2.901735699999719E-2</v>
+        <v>-2.9017354000000495E-2</v>
       </c>
       <c r="D33" s="5">
-        <v>-1.9752970297311934</v>
+        <v>-1.9752968279350802</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
         <v>17.462450176000001</v>
       </c>
       <c r="C34" s="5">
-        <v>2.348987999999963E-2</v>
+        <v>2.3489881999999795E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>1.6284011293555833</v>
+        <v>1.628401269219415</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>17.659342384999999</v>
+        <v>17.659342381999998</v>
       </c>
       <c r="C35" s="5">
-        <v>0.19689220899999782</v>
+        <v>0.19689220599999757</v>
       </c>
       <c r="D35" s="5">
-        <v>14.401616914824999</v>
+        <v>14.401616681607976</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>17.483731542000001</v>
+        <v>17.483731544000001</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.17561084299999763</v>
+        <v>-0.17561083799999722</v>
       </c>
       <c r="D36" s="5">
-        <v>-11.301713486128385</v>
+        <v>-11.301713183553098</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>17.573510635000002</v>
+        <v>17.573510634000002</v>
       </c>
       <c r="C37" s="5">
-        <v>8.9779093000000643E-2</v>
+        <v>8.9779090000000394E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>6.3390533553139061</v>
+        <v>6.3390531367287339</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>17.719014923</v>
+        <v>17.719014925</v>
       </c>
       <c r="C38" s="5">
-        <v>0.14550428799999793</v>
+        <v>0.14550429099999818</v>
       </c>
       <c r="D38" s="5">
-        <v>10.400882325588668</v>
+        <v>10.400882550510925</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>17.998699831</v>
+        <v>17.998699835</v>
       </c>
       <c r="C39" s="5">
-        <v>0.27968490800000012</v>
+        <v>0.27968491000000029</v>
       </c>
       <c r="D39" s="5">
-        <v>20.675393402334684</v>
+        <v>20.675393560706802</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>17.911215511999998</v>
+        <v>17.911215517999999</v>
       </c>
       <c r="C40" s="5">
-        <v>-8.748431900000142E-2</v>
+        <v>-8.7484317000001255E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>-5.6792808750664729</v>
+        <v>-5.6792807474535074</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>18.069588217</v>
+        <v>18.069588221</v>
       </c>
       <c r="C41" s="5">
-        <v>0.15837270500000145</v>
+        <v>0.15837270300000128</v>
       </c>
       <c r="D41" s="5">
-        <v>11.142037557544349</v>
+        <v>11.142037406009875</v>
       </c>
       <c r="E41" s="5">
-        <v>5.2445810021717554</v>
+        <v>5.2445810193395115</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>17.999251226999998</v>
+        <v>17.999251230999999</v>
       </c>
       <c r="C42" s="5">
         <v>-7.0336990000001265E-2</v>
       </c>
       <c r="D42" s="5">
-        <v>-4.5723570588426465</v>
+        <v>-4.5723570578520949</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>17.936173160999999</v>
+        <v>17.936173151999999</v>
       </c>
       <c r="C43" s="5">
-        <v>-6.3078065999999211E-2</v>
+        <v>-6.3078079000000287E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>-4.1252615547944789</v>
+        <v>-4.1252623877666705</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>17.966949519</v>
+        <v>17.966949508999999</v>
       </c>
       <c r="C44" s="5">
-        <v>3.077635800000067E-2</v>
+        <v>3.0776357000000587E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>2.0786021211269157</v>
+        <v>2.0786020540021211</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>18.224826374999999</v>
+        <v>18.224826369999999</v>
       </c>
       <c r="C45" s="5">
-        <v>0.25787685599999932</v>
+        <v>0.25787686099999974</v>
       </c>
       <c r="D45" s="5">
-        <v>18.650240713239398</v>
+        <v>18.650241115074252</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>18.254129937999998</v>
+        <v>18.254129935999998</v>
       </c>
       <c r="C46" s="5">
-        <v>2.9303562999999144E-2</v>
+        <v>2.9303565999999392E-2</v>
       </c>
       <c r="D46" s="5">
-        <v>1.9466259755338999</v>
+        <v>1.9466261771273974</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>18.237635287</v>
+        <v>18.237635282999999</v>
       </c>
       <c r="C47" s="5">
-        <v>-1.6494650999998584E-2</v>
+        <v>-1.6494652999998749E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>-1.0789616112647837</v>
+        <v>-1.0789617415585817</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>18.296144945999998</v>
+        <v>18.296144949999999</v>
       </c>
       <c r="C48" s="5">
-        <v>5.8509658999998493E-2</v>
+        <v>5.8509666999999155E-2</v>
       </c>
       <c r="D48" s="5">
-        <v>3.9184805520341648</v>
+        <v>3.9184810981698126</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>18.383252593999998</v>
+        <v>18.383252588000001</v>
       </c>
       <c r="C49" s="5">
-        <v>8.7107647999999926E-2</v>
+        <v>8.7107638000002652E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>5.865182226537935</v>
+        <v>5.8651815341679736</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>18.628931455</v>
+        <v>18.628931456</v>
       </c>
       <c r="C50" s="5">
-        <v>0.2456788610000018</v>
+        <v>0.24567886799999883</v>
       </c>
       <c r="D50" s="5">
-        <v>17.270042094167625</v>
+        <v>17.270042629008731</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>18.505131069000001</v>
+        <v>18.505131078000002</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.12380038599999921</v>
+        <v>-0.12380037799999855</v>
       </c>
       <c r="D51" s="5">
-        <v>-7.6895965462813525</v>
+        <v>-7.6895960670001928</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>18.507208340999998</v>
+        <v>18.507208377000001</v>
       </c>
       <c r="C52" s="5">
-        <v>2.0772719999975209E-3</v>
+        <v>2.0772989999997549E-3</v>
       </c>
       <c r="D52" s="5">
-        <v>0.13478780378783917</v>
+        <v>0.13478955675123583</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>18.466143239000001</v>
+        <v>18.466143254999999</v>
       </c>
       <c r="C53" s="5">
-        <v>-4.1065101999997466E-2</v>
+        <v>-4.1065122000002674E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>-2.6303896042139341</v>
+        <v>-2.630390864649168</v>
       </c>
       <c r="E53" s="5">
-        <v>2.1945991089432848</v>
+        <v>2.1945991748673732</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>18.596213694999999</v>
+        <v>18.596213712000001</v>
       </c>
       <c r="C54" s="5">
-        <v>0.13007045599999856</v>
+        <v>0.13007045700000219</v>
       </c>
       <c r="D54" s="5">
-        <v>8.7877358209100578</v>
+        <v>8.7877358831986108</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>18.539795591000001</v>
+        <v>18.539795583</v>
       </c>
       <c r="C55" s="5">
-        <v>-5.6418103999998692E-2</v>
+        <v>-5.6418129000000761E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>-3.5804809582607011</v>
+        <v>-3.5804825152457309</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>18.659148821999999</v>
+        <v>18.659148734999999</v>
       </c>
       <c r="C56" s="5">
-        <v>0.11935323099999806</v>
+        <v>0.11935315199999863</v>
       </c>
       <c r="D56" s="5">
-        <v>8.0046973132799302</v>
+        <v>8.0046918295518346</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>19.013675883000001</v>
+        <v>19.013675859999999</v>
       </c>
       <c r="C57" s="5">
-        <v>0.35452706100000242</v>
+        <v>0.35452712500000061</v>
       </c>
       <c r="D57" s="5">
-        <v>25.340405193032467</v>
+        <v>25.340410386541933</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>18.937788167000001</v>
+        <v>18.937788173000001</v>
       </c>
       <c r="C58" s="5">
-        <v>-7.5887716000000438E-2</v>
+        <v>-7.5887686999998039E-2</v>
       </c>
       <c r="D58" s="5">
-        <v>-4.6857104763396551</v>
+        <v>-4.6857087303923013</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>19.118138931000001</v>
+        <v>19.11813892</v>
       </c>
       <c r="C59" s="5">
-        <v>0.18035076399999994</v>
+        <v>0.18035074699999853</v>
       </c>
       <c r="D59" s="5">
-        <v>12.045987193402263</v>
+        <v>12.045985993797359</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>19.401815843000001</v>
+        <v>19.401815852999999</v>
       </c>
       <c r="C60" s="5">
-        <v>0.28367691200000067</v>
+        <v>0.28367693299999885</v>
       </c>
       <c r="D60" s="5">
-        <v>19.333169928860737</v>
+        <v>19.333171490863201</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>19.285241531</v>
+        <v>19.285241538000001</v>
       </c>
       <c r="C61" s="5">
-        <v>-0.1165743120000009</v>
+        <v>-0.1165743149999976</v>
       </c>
       <c r="D61" s="5">
-        <v>-6.9765479106503765</v>
+        <v>-6.9765480808204883</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>19.442311584999999</v>
+        <v>19.442311608000001</v>
       </c>
       <c r="C62" s="5">
-        <v>0.15707005399999829</v>
+        <v>0.15707006999999962</v>
       </c>
       <c r="D62" s="5">
-        <v>10.223398676124251</v>
+        <v>10.223399760742247</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>19.527231475000001</v>
+        <v>19.527231485000001</v>
       </c>
       <c r="C63" s="5">
-        <v>8.4919890000001885E-2</v>
+        <v>8.491987700000081E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>5.3691085680624084</v>
+        <v>5.3691077197802972</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>19.601642083000002</v>
+        <v>19.601642180999999</v>
       </c>
       <c r="C64" s="5">
-        <v>7.4410608000000877E-2</v>
+        <v>7.44106959999975E-2</v>
       </c>
       <c r="D64" s="5">
-        <v>4.6697932073674231</v>
+        <v>4.6697988438052729</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>19.669102018</v>
+        <v>19.669102072000001</v>
       </c>
       <c r="C65" s="5">
-        <v>6.7459934999998694E-2</v>
+        <v>6.7459891000002159E-2</v>
       </c>
       <c r="D65" s="5">
-        <v>4.208929795636851</v>
+        <v>4.2089269767959125</v>
       </c>
       <c r="E65" s="5">
-        <v>6.5144018619945676</v>
+        <v>6.5144020621321852</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>19.507325080000001</v>
+        <v>19.507325116000001</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.16177693799999915</v>
+        <v>-0.16177695600000064</v>
       </c>
       <c r="D66" s="5">
-        <v>-9.4354442169614643</v>
+        <v>-9.4354451950175324</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>19.845416485000001</v>
+        <v>19.845416459999999</v>
       </c>
       <c r="C67" s="5">
-        <v>0.33809140500000012</v>
+        <v>0.33809134399999863</v>
       </c>
       <c r="D67" s="5">
-        <v>22.8994546255866</v>
+        <v>22.899450046061709</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>19.836326958000001</v>
+        <v>19.836326749000001</v>
       </c>
       <c r="C68" s="5">
-        <v>-9.0895270000004302E-3</v>
+        <v>-9.0897109999978909E-3</v>
       </c>
       <c r="D68" s="5">
-        <v>-0.54823729731346971</v>
+        <v>-0.54824836806974808</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>19.816536063000001</v>
+        <v>19.816535975000001</v>
       </c>
       <c r="C69" s="5">
-        <v>-1.9790894999999864E-2</v>
+        <v>-1.9790774000000511E-2</v>
       </c>
       <c r="D69" s="5">
-        <v>-1.1907035885895922</v>
+        <v>-1.1906963610973875</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>19.931441883000002</v>
+        <v>19.931441866</v>
       </c>
       <c r="C70" s="5">
-        <v>0.1149058200000006</v>
+        <v>0.11490589099999937</v>
       </c>
       <c r="D70" s="5">
-        <v>7.184431277855019</v>
+        <v>7.1844358925461593</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>19.909377305</v>
+        <v>19.909377280000001</v>
       </c>
       <c r="C71" s="5">
-        <v>-2.2064578000001944E-2</v>
+        <v>-2.2064585999999053E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>-1.3203698704769562</v>
+        <v>-1.3203703474143458</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>19.822201082999999</v>
+        <v>19.822201110000002</v>
       </c>
       <c r="C72" s="5">
-        <v>-8.7176222000000081E-2</v>
+        <v>-8.7176169999999331E-2</v>
       </c>
       <c r="D72" s="5">
-        <v>-5.1296713851192166</v>
+        <v>-5.1296684049018655</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>19.88263392</v>
+        <v>19.882633953999999</v>
       </c>
       <c r="C73" s="5">
-        <v>6.0432837000000461E-2</v>
+        <v>6.0432843999997488E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>3.7204677440886957</v>
+        <v>3.7204681771331183</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>19.857405619000001</v>
+        <v>19.857405691</v>
       </c>
       <c r="C74" s="5">
-        <v>-2.522830099999851E-2</v>
+        <v>-2.5228262999998918E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>-1.5120520942856097</v>
+        <v>-1.5120498300678631</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>19.957008793</v>
+        <v>19.957008836</v>
       </c>
       <c r="C75" s="5">
-        <v>9.9603173999998518E-2</v>
+        <v>9.9603144999999671E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>6.1879653529036016</v>
+        <v>6.187963478193681</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>20.091902808</v>
+        <v>20.091902995000002</v>
       </c>
       <c r="C76" s="5">
-        <v>0.13489401500000042</v>
+        <v>0.13489415900000168</v>
       </c>
       <c r="D76" s="5">
-        <v>8.4195098878769858</v>
+        <v>8.419519193654823</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>20.268396463999999</v>
+        <v>20.268396607</v>
       </c>
       <c r="C77" s="5">
-        <v>0.17649365599999811</v>
+        <v>0.17649361199999802</v>
       </c>
       <c r="D77" s="5">
-        <v>11.065676409009173</v>
+        <v>11.065673407686205</v>
       </c>
       <c r="E77" s="5">
-        <v>3.0468825951055489</v>
+        <v>3.0468830392269108</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>20.330018879000001</v>
+        <v>20.330019018000002</v>
       </c>
       <c r="C78" s="5">
-        <v>6.1622415000002206E-2</v>
+        <v>6.1622411000001875E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>3.7100141615805438</v>
+        <v>3.7100138901023039</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>20.413942978000001</v>
+        <v>20.413943086</v>
       </c>
       <c r="C79" s="5">
-        <v>8.3924099000000751E-2</v>
+        <v>8.3924067999998186E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>5.0677385456944446</v>
+        <v>5.0677365956224296</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>20.500699842</v>
+        <v>20.500699060999999</v>
       </c>
       <c r="C80" s="5">
-        <v>8.6756863999998046E-2</v>
+        <v>8.6755974999999097E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>5.2207701769826365</v>
+        <v>5.2207153947337881</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>20.435521666</v>
+        <v>20.43552167</v>
       </c>
       <c r="C81" s="5">
-        <v>-6.5178175999999866E-2</v>
+        <v>-6.5177390999998863E-2</v>
       </c>
       <c r="D81" s="5">
-        <v>-3.7491665165697574</v>
+        <v>-3.7491222889179054</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>20.424661551</v>
+        <v>20.424661303000001</v>
       </c>
       <c r="C82" s="5">
-        <v>-1.0860114999999837E-2</v>
+        <v>-1.0860366999999371E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>-0.63585917687911664</v>
+        <v>-0.63587388824186686</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>20.510225194</v>
+        <v>20.510225161000001</v>
       </c>
       <c r="C83" s="5">
-        <v>8.5563643000000411E-2</v>
+        <v>8.5563858000000437E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>5.1445387974532686</v>
+        <v>5.1445520875941453</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>20.621408064000001</v>
+        <v>20.621408047999999</v>
       </c>
       <c r="C84" s="5">
-        <v>0.11118287000000038</v>
+        <v>0.11118288699999823</v>
       </c>
       <c r="D84" s="5">
-        <v>6.7025136428232601</v>
+        <v>6.7025147094994297</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>20.75960615</v>
+        <v>20.759606440999999</v>
       </c>
       <c r="C85" s="5">
-        <v>0.13819808599999917</v>
+        <v>0.1381983929999997</v>
       </c>
       <c r="D85" s="5">
-        <v>8.3451617910528455</v>
+        <v>8.3451810247036953</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>20.973205403000001</v>
+        <v>20.973205490000002</v>
       </c>
       <c r="C86" s="5">
-        <v>0.21359925300000171</v>
+        <v>0.21359904900000259</v>
       </c>
       <c r="D86" s="5">
-        <v>13.0702634119364</v>
+        <v>13.070250020631891</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>21.093197963000001</v>
+        <v>21.093198060999999</v>
       </c>
       <c r="C87" s="5">
-        <v>0.11999256000000003</v>
+        <v>0.11999257099999738</v>
       </c>
       <c r="D87" s="5">
-        <v>7.0856854927610069</v>
+        <v>7.0856861325730991</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>21.206162624000001</v>
+        <v>21.206162983999999</v>
       </c>
       <c r="C88" s="5">
-        <v>0.11296466099999947</v>
+        <v>0.11296492299999983</v>
       </c>
       <c r="D88" s="5">
-        <v>6.6193198210698467</v>
+        <v>6.6193355966570389</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>21.062366642000001</v>
+        <v>21.062366992000001</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.14379598200000032</v>
+        <v>-0.1437959919999976</v>
       </c>
       <c r="D89" s="5">
-        <v>-7.8403173303361218</v>
+        <v>-7.8403177272287401</v>
       </c>
       <c r="E89" s="5">
-        <v>3.9172816626624751</v>
+        <v>3.9172826563192098</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>21.148245054</v>
+        <v>21.148245366000001</v>
       </c>
       <c r="C90" s="5">
-        <v>8.5878411999999571E-2</v>
+        <v>8.587837399999998E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>5.0040349878724522</v>
+        <v>5.0040326387406076</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>21.292518401999999</v>
+        <v>21.292518659999999</v>
       </c>
       <c r="C91" s="5">
-        <v>0.14427334799999869</v>
+        <v>0.14427329399999778</v>
       </c>
       <c r="D91" s="5">
-        <v>8.5006564078506486</v>
+        <v>8.5006529756731943</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>21.26364379</v>
+        <v>21.263642401999999</v>
       </c>
       <c r="C92" s="5">
-        <v>-2.8874611999999189E-2</v>
+        <v>-2.8876258000000377E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>-1.6152276893766193</v>
+        <v>-1.6153190604570766</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>21.665079792</v>
+        <v>21.665079754000001</v>
       </c>
       <c r="C93" s="5">
-        <v>0.40143600200000051</v>
+        <v>0.40143735200000208</v>
       </c>
       <c r="D93" s="5">
-        <v>25.161642708027344</v>
+        <v>25.161738113923171</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>21.929636237</v>
+        <v>21.929635514000001</v>
       </c>
       <c r="C94" s="5">
-        <v>0.2645564450000002</v>
+        <v>0.26455576000000036</v>
       </c>
       <c r="D94" s="5">
-        <v>15.678758465282684</v>
+        <v>15.678715134190057</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>21.873007045000001</v>
+        <v>21.873006855</v>
       </c>
       <c r="C95" s="5">
-        <v>-5.6629191999999051E-2</v>
+        <v>-5.6628659000001136E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>-3.0551415815787353</v>
+        <v>-3.0551133327217928</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>21.995268108000001</v>
+        <v>21.995267968</v>
       </c>
       <c r="C96" s="5">
-        <v>0.12226106299999984</v>
+        <v>0.12226111300000042</v>
       </c>
       <c r="D96" s="5">
-        <v>6.9176014326075119</v>
+        <v>6.9176044111185719</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>22.030364189</v>
+        <v>22.030364765000002</v>
       </c>
       <c r="C97" s="5">
-        <v>3.5096080999998946E-2</v>
+        <v>3.5096797000001345E-2</v>
       </c>
       <c r="D97" s="5">
-        <v>1.9316368337210843</v>
+        <v>1.9316766002008601</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>22.081050790999999</v>
+        <v>22.081051030000001</v>
       </c>
       <c r="C98" s="5">
-        <v>5.068660199999897E-2</v>
+        <v>5.0686264999999509E-2</v>
       </c>
       <c r="D98" s="5">
-        <v>2.796119598289426</v>
+        <v>2.7961006978204139</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>22.01598452</v>
+        <v>22.015984920000001</v>
       </c>
       <c r="C99" s="5">
-        <v>-6.5066270999999176E-2</v>
+        <v>-6.5066110000000066E-2</v>
       </c>
       <c r="D99" s="5">
-        <v>-3.4792931470851496</v>
+        <v>-3.4792846399153032</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>22.238387295999999</v>
+        <v>22.238387963000001</v>
       </c>
       <c r="C100" s="5">
-        <v>0.22240277599999914</v>
+        <v>0.22240304299999991</v>
       </c>
       <c r="D100" s="5">
-        <v>12.818972347259795</v>
+        <v>12.818988355683247</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>22.254483369999999</v>
+        <v>22.254484092999999</v>
       </c>
       <c r="C101" s="5">
-        <v>1.6096074000000016E-2</v>
+        <v>1.6096129999997544E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>0.87202215940265226</v>
+        <v>0.87202517909150679</v>
       </c>
       <c r="E101" s="5">
-        <v>5.6599372153308902</v>
+        <v>5.6599388922089933</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>22.383759279</v>
+        <v>22.383760028000001</v>
       </c>
       <c r="C102" s="5">
-        <v>0.12927590900000041</v>
+        <v>0.12927593500000256</v>
       </c>
       <c r="D102" s="5">
-        <v>7.1978608247414533</v>
+        <v>7.1978620775737356</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>22.389628231</v>
+        <v>22.389628882</v>
       </c>
       <c r="C103" s="5">
-        <v>5.8689520000001494E-3</v>
+        <v>5.8688539999991463E-3</v>
       </c>
       <c r="D103" s="5">
-        <v>0.31509039263633021</v>
+        <v>0.31508511309610299</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>22.453846669000001</v>
+        <v>22.453843329000001</v>
       </c>
       <c r="C104" s="5">
-        <v>6.4218438000001044E-2</v>
+        <v>6.4214447000001229E-2</v>
       </c>
       <c r="D104" s="5">
-        <v>3.4966858402701417</v>
+        <v>3.4964649882549548</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>22.383339631999998</v>
+        <v>22.383339858999999</v>
       </c>
       <c r="C105" s="5">
-        <v>-7.0507037000002271E-2</v>
+        <v>-7.0503470000002011E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>-3.7037040601562099</v>
+        <v>-3.7035204525453613</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>22.425116315</v>
+        <v>22.425115503000001</v>
       </c>
       <c r="C106" s="5">
-        <v>4.1776683000001924E-2</v>
+        <v>4.1775644000001222E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>2.2628372678300313</v>
+        <v>2.2627803881859476</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>22.347140519</v>
+        <v>22.347138967999999</v>
       </c>
       <c r="C107" s="5">
-        <v>-7.7975796000000486E-2</v>
+        <v>-7.7976535000001235E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>-4.0937155186453245</v>
+        <v>-4.0937537224708054</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>22.389763362</v>
+        <v>22.389763668000001</v>
       </c>
       <c r="C108" s="5">
-        <v>4.2622843000000188E-2</v>
+        <v>4.262470000000107E-2</v>
       </c>
       <c r="D108" s="5">
-        <v>2.3129305172802317</v>
+        <v>2.3130325091815562</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>22.504728786000001</v>
+        <v>22.50473028</v>
       </c>
       <c r="C109" s="5">
-        <v>0.11496542400000109</v>
+        <v>0.11496661199999991</v>
       </c>
       <c r="D109" s="5">
-        <v>6.3387029755165081</v>
+        <v>6.3387702484881236</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>22.382861647999999</v>
+        <v>22.382862370000002</v>
       </c>
       <c r="C110" s="5">
-        <v>-0.12186713800000248</v>
+        <v>-0.12186790999999886</v>
       </c>
       <c r="D110" s="5">
-        <v>-6.3081267890426007</v>
+        <v>-6.3081651606049398</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>22.434034071999999</v>
+        <v>22.434034678</v>
       </c>
       <c r="C111" s="5">
-        <v>5.117242400000066E-2</v>
+        <v>5.1172307999998168E-2</v>
       </c>
       <c r="D111" s="5">
-        <v>2.7782404271190941</v>
+        <v>2.7782339591281513</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>22.472690687</v>
+        <v>22.472691312999999</v>
       </c>
       <c r="C112" s="5">
-        <v>3.8656615000000727E-2</v>
+        <v>3.8656634999998829E-2</v>
       </c>
       <c r="D112" s="5">
-        <v>2.0874578159604695</v>
+        <v>2.0874588492937773</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>22.658691765</v>
+        <v>22.658693500999998</v>
       </c>
       <c r="C113" s="5">
-        <v>0.18600107800000032</v>
+        <v>0.18600218799999979</v>
       </c>
       <c r="D113" s="5">
-        <v>10.396953359893079</v>
+        <v>10.397017954259468</v>
       </c>
       <c r="E113" s="5">
-        <v>1.8163009595850266</v>
+        <v>1.8163054524689803</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>22.686568317999999</v>
+        <v>22.686568876999999</v>
       </c>
       <c r="C114" s="5">
-        <v>2.7876552999998694E-2</v>
+        <v>2.7875376000000784E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>1.4863677171651046</v>
+        <v>1.4863044200665421</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>22.890172779</v>
+        <v>22.890173329</v>
       </c>
       <c r="C115" s="5">
-        <v>0.20360446100000118</v>
+        <v>0.20360445200000044</v>
       </c>
       <c r="D115" s="5">
-        <v>11.317427605694274</v>
+        <v>11.317426787709017</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>22.959308816</v>
+        <v>22.959303858999998</v>
       </c>
       <c r="C116" s="5">
-        <v>6.9136036999999817E-2</v>
+        <v>6.9130529999998913E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>3.6852228425524824</v>
+        <v>3.6849243147530464</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>22.793109309999998</v>
+        <v>22.793109588</v>
       </c>
       <c r="C117" s="5">
-        <v>-0.16619950600000166</v>
+        <v>-0.16619427099999839</v>
       </c>
       <c r="D117" s="5">
-        <v>-8.3490092443826427</v>
+        <v>-8.3487583765030511</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>22.719091383999999</v>
+        <v>22.719089847999999</v>
       </c>
       <c r="C118" s="5">
-        <v>-7.401792599999979E-2</v>
+        <v>-7.4019740000000667E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>-3.8280057354759922</v>
+        <v>-3.8280978355136219</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>22.909853219999999</v>
+        <v>22.909850540000001</v>
       </c>
       <c r="C119" s="5">
-        <v>0.19076183600000007</v>
+        <v>0.19076069200000134</v>
       </c>
       <c r="D119" s="5">
-        <v>10.554437620235312</v>
+        <v>10.554372120861299</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>23.062693113000002</v>
+        <v>23.06269425</v>
       </c>
       <c r="C120" s="5">
-        <v>0.152839893000003</v>
+        <v>0.15284370999999908</v>
       </c>
       <c r="D120" s="5">
-        <v>8.3060107196336155</v>
+        <v>8.3062268301626663</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>23.069630432</v>
+        <v>23.069632486</v>
       </c>
       <c r="C121" s="5">
-        <v>6.9373189999986096E-3</v>
+        <v>6.9382359999998755E-3</v>
       </c>
       <c r="D121" s="5">
-        <v>0.36156095125454701</v>
+        <v>0.36160880494298109</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>23.481557806000001</v>
+        <v>23.481561070000001</v>
       </c>
       <c r="C122" s="5">
-        <v>0.41192737400000112</v>
+        <v>0.41192858400000176</v>
       </c>
       <c r="D122" s="5">
-        <v>23.661701114489841</v>
+        <v>23.661775263889375</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>23.653996608</v>
+        <v>23.653996447000001</v>
       </c>
       <c r="C123" s="5">
-        <v>0.1724388019999985</v>
+        <v>0.17243537699999933</v>
       </c>
       <c r="D123" s="5">
-        <v>9.1770858808765112</v>
+        <v>9.1768948528212935</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>23.611462439</v>
+        <v>23.611463958000002</v>
       </c>
       <c r="C124" s="5">
-        <v>-4.2534168999999622E-2</v>
+        <v>-4.2532488999999174E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>-2.1366038827895895</v>
+        <v>-2.1365203391772059</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>23.777080621</v>
+        <v>23.777082807999999</v>
       </c>
       <c r="C125" s="5">
-        <v>0.16561818199999934</v>
+        <v>0.16561884999999776</v>
       </c>
       <c r="D125" s="5">
-        <v>8.7496127108964483</v>
+        <v>8.7496487890253327</v>
       </c>
       <c r="E125" s="5">
-        <v>4.9358050658843799</v>
+        <v>4.9358066781328036</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>23.723039147000001</v>
+        <v>23.723039257</v>
       </c>
       <c r="C126" s="5">
-        <v>-5.4041473999998146E-2</v>
+        <v>-5.4043550999999468E-2</v>
       </c>
       <c r="D126" s="5">
-        <v>-2.6935694200127869</v>
+        <v>-2.6936714077853252</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>23.704621074999999</v>
+        <v>23.704621149000001</v>
       </c>
       <c r="C127" s="5">
-        <v>-1.8418072000002894E-2</v>
+        <v>-1.8418107999998767E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>-0.92768696263778594</v>
+        <v>-0.92768876387750998</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>23.773004994000001</v>
+        <v>23.772997624999999</v>
       </c>
       <c r="C128" s="5">
-        <v>6.838391900000218E-2</v>
+        <v>6.837647599999741E-2</v>
       </c>
       <c r="D128" s="5">
-        <v>3.5172605499531162</v>
+        <v>3.5168716215495666</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>23.804812069</v>
+        <v>23.804811960999999</v>
       </c>
       <c r="C129" s="5">
-        <v>3.1807074999999685E-2</v>
+        <v>3.1814336000000054E-2</v>
       </c>
       <c r="D129" s="5">
-        <v>1.6174067055585883</v>
+        <v>1.6177791583245726</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>23.914978451</v>
+        <v>23.914976733</v>
       </c>
       <c r="C130" s="5">
-        <v>0.11016638199999917</v>
+        <v>0.11016477200000097</v>
       </c>
       <c r="D130" s="5">
-        <v>5.6970435847256695</v>
+        <v>5.6969582226504833</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>24.041469495000001</v>
+        <v>24.041466152000002</v>
       </c>
       <c r="C131" s="5">
-        <v>0.12649104400000155</v>
+        <v>0.1264894190000021</v>
       </c>
       <c r="D131" s="5">
-        <v>6.5349703926605995</v>
+        <v>6.5348844655290783</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>24.028441424</v>
+        <v>24.028442836</v>
       </c>
       <c r="C132" s="5">
-        <v>-1.3028071000000807E-2</v>
+        <v>-1.3023316000001728E-2</v>
       </c>
       <c r="D132" s="5">
-        <v>-0.64834530415085467</v>
+        <v>-0.64810946477710241</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>23.916557113</v>
+        <v>23.916558519999999</v>
       </c>
       <c r="C133" s="5">
-        <v>-0.11188431100000074</v>
+        <v>-0.11188431600000115</v>
       </c>
       <c r="D133" s="5">
-        <v>-5.4466946547145234</v>
+        <v>-5.4466945800066391</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>24.074111885000001</v>
+        <v>24.074118593000001</v>
       </c>
       <c r="C134" s="5">
-        <v>0.15755477200000101</v>
+        <v>0.15756007300000263</v>
       </c>
       <c r="D134" s="5">
-        <v>8.1980313878632352</v>
+        <v>8.1983167843349811</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>24.176151921999999</v>
+        <v>24.176147251</v>
       </c>
       <c r="C135" s="5">
-        <v>0.10204003699999831</v>
+        <v>0.10202865799999827</v>
       </c>
       <c r="D135" s="5">
-        <v>5.2065594158973161</v>
+        <v>5.2059637214617149</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>24.238052752000002</v>
+        <v>24.238056982</v>
       </c>
       <c r="C136" s="5">
-        <v>6.1900830000002571E-2</v>
+        <v>6.1909731000000079E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>3.1161294381799154</v>
+        <v>3.116584460841243</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>24.508177709000002</v>
+        <v>24.508186808000001</v>
       </c>
       <c r="C137" s="5">
-        <v>0.27012495700000017</v>
+        <v>0.27012982600000157</v>
       </c>
       <c r="D137" s="5">
-        <v>14.224570261370939</v>
+        <v>14.224839938785273</v>
       </c>
       <c r="E137" s="5">
-        <v>3.0747975315114751</v>
+        <v>3.0748263187022173</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>24.657915414000001</v>
+        <v>24.657921089999999</v>
       </c>
       <c r="C138" s="5">
-        <v>0.14973770499999972</v>
+        <v>0.14973428199999717</v>
       </c>
       <c r="D138" s="5">
-        <v>7.5830995582412353</v>
+        <v>7.5829174322366022</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>24.72413418</v>
+        <v>24.724138330999999</v>
       </c>
       <c r="C139" s="5">
-        <v>6.6218765999998652E-2</v>
+        <v>6.6217241000000371E-2</v>
       </c>
       <c r="D139" s="5">
-        <v>3.2706239798803605</v>
+        <v>3.2705467783485709</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>24.784061804</v>
+        <v>24.784045043999999</v>
       </c>
       <c r="C140" s="5">
-        <v>5.9927624000000179E-2</v>
+        <v>5.9906713000000167E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>2.9477118861833018</v>
+        <v>2.9466690716238642</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>25.117547975000001</v>
+        <v>25.117536940000001</v>
       </c>
       <c r="C141" s="5">
-        <v>0.33348617100000055</v>
+        <v>0.33349189600000173</v>
       </c>
       <c r="D141" s="5">
-        <v>17.39702307600901</v>
+        <v>17.397356822457468</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>25.214303699999999</v>
+        <v>25.214293445999999</v>
       </c>
       <c r="C142" s="5">
-        <v>9.6755724999997739E-2</v>
+        <v>9.675650599999841E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>4.721744594064381</v>
+        <v>4.7217856370820099</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>25.371241687000001</v>
+        <v>25.371235971000001</v>
       </c>
       <c r="C143" s="5">
-        <v>0.15693798700000272</v>
+        <v>0.15694252500000161</v>
       </c>
       <c r="D143" s="5">
-        <v>7.7300633365286808</v>
+        <v>7.7302978171304604</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>25.089066305999999</v>
+        <v>25.089068764</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.28217538100000183</v>
+        <v>-0.28216720700000053</v>
       </c>
       <c r="D144" s="5">
-        <v>-12.559361122345191</v>
+        <v>-12.55902192325189</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>25.052605364000001</v>
+        <v>25.052608571</v>
       </c>
       <c r="C145" s="5">
-        <v>-3.6460941999997942E-2</v>
+        <v>-3.6460192999999919E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>-1.7300405952170306</v>
+        <v>-1.7300051712434983</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>24.860359015</v>
+        <v>24.860374019999998</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.19224634900000126</v>
+        <v>-0.19223455100000209</v>
       </c>
       <c r="D146" s="5">
-        <v>-8.829573709601279</v>
+        <v>-8.8290534234530149</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>24.910048283999998</v>
+        <v>24.910048696</v>
       </c>
       <c r="C147" s="5">
-        <v>4.9689268999998149E-2</v>
+        <v>4.9674676000002194E-2</v>
       </c>
       <c r="D147" s="5">
-        <v>2.4250250399958428</v>
+        <v>2.4243035217726527</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>24.956268866999999</v>
+        <v>24.956288422</v>
       </c>
       <c r="C148" s="5">
-        <v>4.6220583000000204E-2</v>
+        <v>4.6239725999999592E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>2.2494635700766485</v>
+        <v>2.2504047163112384</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>24.838351997</v>
+        <v>24.838375624000001</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.1179168699999984</v>
+        <v>-0.11791279799999899</v>
       </c>
       <c r="D149" s="5">
-        <v>-5.5248786539052519</v>
+        <v>-5.5246885775793286</v>
       </c>
       <c r="E149" s="5">
-        <v>1.3472004810816784</v>
+        <v>1.3472592590661137</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>25.076983460000001</v>
+        <v>25.076995655000001</v>
       </c>
       <c r="C150" s="5">
-        <v>0.23863146300000082</v>
+        <v>0.23862003099999995</v>
       </c>
       <c r="D150" s="5">
-        <v>12.157983699964037</v>
+        <v>12.157357957419258</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>25.240307588</v>
+        <v>25.240301766999998</v>
       </c>
       <c r="C151" s="5">
-        <v>0.16332412799999929</v>
+        <v>0.16330611199999723</v>
       </c>
       <c r="D151" s="5">
-        <v>8.1016181700105605</v>
+        <v>8.1006881642035076</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>25.294759141</v>
+        <v>25.294716526999999</v>
       </c>
       <c r="C152" s="5">
-        <v>5.4451552999999819E-2</v>
+        <v>5.4414760000000229E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>2.6197290133039841</v>
+        <v>2.6179384275100803</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>25.416234389</v>
+        <v>25.416158452000001</v>
       </c>
       <c r="C153" s="5">
-        <v>0.12147524799999943</v>
+        <v>0.12144192500000273</v>
       </c>
       <c r="D153" s="5">
-        <v>5.9175441427665065</v>
+        <v>5.9158879752364335</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>25.813768241999998</v>
+        <v>25.813760211999998</v>
       </c>
       <c r="C154" s="5">
-        <v>0.39753385299999877</v>
+        <v>0.39760175999999703</v>
       </c>
       <c r="D154" s="5">
-        <v>20.470967001859485</v>
+        <v>20.474836590747913</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>25.536889696999999</v>
+        <v>25.536907132</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.27687854499999887</v>
+        <v>-0.27685307999999864</v>
       </c>
       <c r="D155" s="5">
-        <v>-12.138395877322639</v>
+        <v>-12.137348056156528</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>25.768810228</v>
+        <v>25.768849333999999</v>
       </c>
       <c r="C156" s="5">
-        <v>0.2319205310000001</v>
+        <v>0.23194220199999904</v>
       </c>
       <c r="D156" s="5">
-        <v>11.459322533087036</v>
+        <v>11.460439136806922</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>25.894231385000001</v>
+        <v>25.894275098000001</v>
       </c>
       <c r="C157" s="5">
-        <v>0.12542115700000167</v>
+        <v>0.12542576400000272</v>
       </c>
       <c r="D157" s="5">
-        <v>5.9995171331283625</v>
+        <v>5.999734091426645</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>26.437270551000001</v>
+        <v>26.437239613999999</v>
       </c>
       <c r="C158" s="5">
-        <v>0.5430391659999998</v>
+        <v>0.54296451599999784</v>
       </c>
       <c r="D158" s="5">
-        <v>28.281223273722045</v>
+        <v>28.276823293146535</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>26.068839322999999</v>
+        <v>26.068879417000002</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.36843122800000216</v>
+        <v>-0.36836019699999767</v>
       </c>
       <c r="D159" s="5">
-        <v>-15.499173397844334</v>
+        <v>-15.496427203130004</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>26.272060615000001</v>
+        <v>26.272116059999998</v>
       </c>
       <c r="C160" s="5">
-        <v>0.20322129200000205</v>
+        <v>0.20323664299999677</v>
       </c>
       <c r="D160" s="5">
-        <v>9.7663709808125887</v>
+        <v>9.7671249611777977</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>25.868913286000002</v>
+        <v>25.868936136999999</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.40314732899999939</v>
+        <v>-0.40317992299999972</v>
       </c>
       <c r="D161" s="5">
-        <v>-16.936816652607124</v>
+        <v>-16.938039742473421</v>
       </c>
       <c r="E161" s="5">
-        <v>4.1490727288367335</v>
+        <v>4.1490656579177498</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>25.704404490000002</v>
+        <v>25.704388479999999</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.16450879599999979</v>
+        <v>-0.16454765699999996</v>
       </c>
       <c r="D162" s="5">
-        <v>-7.3698557325774345</v>
+        <v>-7.3715299389270132</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>25.653764761000001</v>
+        <v>25.653714345000001</v>
       </c>
       <c r="C163" s="5">
-        <v>-5.0639729000000244E-2</v>
+        <v>-5.0674134999997733E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>-2.3386472632602184</v>
+        <v>-2.3402204564963558</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>25.803624794000001</v>
+        <v>25.803566601</v>
       </c>
       <c r="C164" s="5">
-        <v>0.1498600329999995</v>
+        <v>0.14985225599999907</v>
       </c>
       <c r="D164" s="5">
-        <v>7.2396339016755906</v>
+        <v>7.2392607357023353</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>25.712512150999999</v>
+        <v>25.712203577</v>
       </c>
       <c r="C165" s="5">
-        <v>-9.1112643000002436E-2</v>
+        <v>-9.1363023999999626E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>-4.1558743035951196</v>
+        <v>-4.1670825474645738</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>25.799759934000001</v>
+        <v>25.799803171000001</v>
       </c>
       <c r="C166" s="5">
-        <v>8.7247783000002244E-2</v>
+        <v>8.759959400000028E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>4.1487014325454874</v>
+        <v>4.1657959701097313</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>26.106240630999999</v>
+        <v>26.106411198</v>
       </c>
       <c r="C167" s="5">
-        <v>0.3064806969999978</v>
+        <v>0.30660802699999934</v>
       </c>
       <c r="D167" s="5">
-        <v>15.224295744562566</v>
+        <v>15.231012618455985</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>26.152252958999998</v>
+        <v>26.152410047</v>
       </c>
       <c r="C168" s="5">
-        <v>4.6012327999999769E-2</v>
+        <v>4.5998849000000064E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>2.1356269082514201</v>
+        <v>2.1349811310704903</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>26.459402975</v>
+        <v>26.459518512999999</v>
       </c>
       <c r="C169" s="5">
-        <v>0.30715001600000136</v>
+        <v>0.30710846599999897</v>
       </c>
       <c r="D169" s="5">
-        <v>15.040613087663557</v>
+        <v>15.038349042674337</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>26.504015747</v>
+        <v>26.503939053</v>
       </c>
       <c r="C170" s="5">
-        <v>4.4612772000000689E-2</v>
+        <v>4.4420540000000841E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>2.0421694724865436</v>
+        <v>2.0332795989446151</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>27.436046389000001</v>
+        <v>27.436150619999999</v>
       </c>
       <c r="C171" s="5">
-        <v>0.93203064200000085</v>
+        <v>0.93221156699999952</v>
       </c>
       <c r="D171" s="5">
-        <v>51.39731429304981</v>
+        <v>51.40947390820083</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>27.592303297000001</v>
+        <v>27.592426283000002</v>
       </c>
       <c r="C172" s="5">
-        <v>0.15625690799999958</v>
+        <v>0.1562756630000024</v>
       </c>
       <c r="D172" s="5">
-        <v>7.0525755486906538</v>
+        <v>7.0534210980802703</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>27.682102195999999</v>
+        <v>27.682101401000001</v>
       </c>
       <c r="C173" s="5">
-        <v>8.9798898999998045E-2</v>
+        <v>8.9675117999998832E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>3.976058264039839</v>
+        <v>3.9704612173768972</v>
       </c>
       <c r="E173" s="5">
-        <v>7.0091421698076362</v>
+        <v>7.0090445714412475</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>28.001024601000001</v>
+        <v>28.000807821999999</v>
       </c>
       <c r="C174" s="5">
-        <v>0.31892240500000213</v>
+        <v>0.31870642099999813</v>
       </c>
       <c r="D174" s="5">
-        <v>14.735619833783154</v>
+        <v>14.72500066947282</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>28.214016350000001</v>
+        <v>28.213762388999999</v>
       </c>
       <c r="C175" s="5">
-        <v>0.2129917490000004</v>
+        <v>0.21295456700000059</v>
       </c>
       <c r="D175" s="5">
-        <v>9.5196094573475563</v>
+        <v>9.5179542929894509</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>28.408350614</v>
+        <v>28.408152235999999</v>
       </c>
       <c r="C176" s="5">
-        <v>0.19433426399999831</v>
+        <v>0.19438984700000006</v>
       </c>
       <c r="D176" s="5">
-        <v>8.5858582126498781</v>
+        <v>8.5884879731561448</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>28.018425718</v>
+        <v>28.017724977</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.38992489600000013</v>
+        <v>-0.39042725899999908</v>
       </c>
       <c r="D177" s="5">
-        <v>-15.282618304201712</v>
+        <v>-15.300942935366834</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>27.883706363000002</v>
+        <v>27.883679055999998</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.13471935499999788</v>
+        <v>-0.13404592100000201</v>
       </c>
       <c r="D178" s="5">
-        <v>-5.6197223994734919</v>
+        <v>-5.5925018442936629</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>27.729537728</v>
+        <v>27.730712700000002</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.15416863500000133</v>
+        <v>-0.15296635599999675</v>
       </c>
       <c r="D179" s="5">
-        <v>-6.4366963677337967</v>
+        <v>-6.3880109541538443</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>27.798172270999999</v>
+        <v>27.798365144000002</v>
       </c>
       <c r="C180" s="5">
-        <v>6.863454299999816E-2</v>
+        <v>6.7652444000000145E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>3.0109396062228067</v>
+        <v>2.9671486193874497</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>27.837751054999998</v>
+        <v>27.837921196</v>
       </c>
       <c r="C181" s="5">
-        <v>3.95787839999997E-2</v>
+        <v>3.9556051999998232E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>1.7219921421467443</v>
+        <v>1.7209833315979362</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>27.677566698</v>
+        <v>27.677436322999998</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.16018435699999856</v>
+        <v>-0.16048487300000147</v>
       </c>
       <c r="D182" s="5">
-        <v>-6.6906613732759528</v>
+        <v>-6.7027785204392902</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>27.772504222999999</v>
+        <v>27.772678872</v>
       </c>
       <c r="C183" s="5">
-        <v>9.4937524999998857E-2</v>
+        <v>9.5242549000001731E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>4.1946992853046483</v>
+        <v>4.2084526963681146</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>27.904132857</v>
+        <v>27.904500508000002</v>
       </c>
       <c r="C184" s="5">
-        <v>0.13162863400000191</v>
+        <v>0.13182163600000152</v>
       </c>
       <c r="D184" s="5">
-        <v>5.8380609232424829</v>
+        <v>5.8468080112032528</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>28.167578461000002</v>
+        <v>28.167395759000001</v>
       </c>
       <c r="C185" s="5">
-        <v>0.26344560400000105</v>
+        <v>0.26289525099999977</v>
       </c>
       <c r="D185" s="5">
-        <v>11.936514706988067</v>
+        <v>11.910107490685018</v>
       </c>
       <c r="E185" s="5">
-        <v>1.7537550492467746</v>
+        <v>1.7530979710321803</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>28.346221880000002</v>
+        <v>28.345440184000001</v>
       </c>
       <c r="C186" s="5">
-        <v>0.17864341900000014</v>
+        <v>0.17804442499999951</v>
       </c>
       <c r="D186" s="5">
-        <v>7.8817627939398394</v>
+        <v>7.8544624527875806</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>28.207790290999998</v>
+        <v>28.206912375999998</v>
       </c>
       <c r="C187" s="5">
-        <v>-0.13843158900000319</v>
+        <v>-0.13852780800000275</v>
       </c>
       <c r="D187" s="5">
-        <v>-5.7054466071975396</v>
+        <v>-5.7094595293821442</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>28.309024449999999</v>
+        <v>28.308974983999999</v>
       </c>
       <c r="C188" s="5">
-        <v>0.10123415900000055</v>
+        <v>0.10206260800000067</v>
       </c>
       <c r="D188" s="5">
-        <v>4.3926800700630153</v>
+        <v>4.4294865610053913</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>28.714205867</v>
+        <v>28.712690716000001</v>
       </c>
       <c r="C189" s="5">
-        <v>0.40518141700000143</v>
+        <v>0.40371573200000199</v>
       </c>
       <c r="D189" s="5">
-        <v>18.594042955419845</v>
+        <v>18.521456261699232</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>28.361365159999998</v>
+        <v>28.360810968999999</v>
       </c>
       <c r="C190" s="5">
-        <v>-0.35284070700000214</v>
+        <v>-0.35187974700000169</v>
       </c>
       <c r="D190" s="5">
-        <v>-13.78876592984437</v>
+        <v>-13.754384121300411</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>28.594573088000001</v>
+        <v>28.598656600000002</v>
       </c>
       <c r="C191" s="5">
-        <v>0.23320792800000234</v>
+        <v>0.23784563100000256</v>
       </c>
       <c r="D191" s="5">
-        <v>10.325987948463933</v>
+        <v>10.541118072987787</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>28.461655065999999</v>
+        <v>28.461509923000001</v>
       </c>
       <c r="C192" s="5">
-        <v>-0.13291802200000191</v>
+        <v>-0.13714667700000049</v>
       </c>
       <c r="D192" s="5">
-        <v>-5.4376169180696206</v>
+        <v>-5.6052936005018594</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>28.560824619000002</v>
+        <v>28.560862171</v>
       </c>
       <c r="C193" s="5">
-        <v>9.9169553000002963E-2</v>
+        <v>9.9352247999998866E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>4.2622508821801519</v>
+        <v>4.2702765711379653</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>28.767677542000001</v>
+        <v>28.767615694</v>
       </c>
       <c r="C194" s="5">
-        <v>0.20685292299999958</v>
+        <v>0.20675352299999972</v>
       </c>
       <c r="D194" s="5">
-        <v>9.045742975977177</v>
+        <v>9.0412093116349688</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>28.487986839000001</v>
+        <v>28.488221833000001</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.27969070299999998</v>
+        <v>-0.27939386099999908</v>
       </c>
       <c r="D195" s="5">
-        <v>-11.062791156882067</v>
+        <v>-11.051692422343129</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>28.623141327999999</v>
+        <v>28.623682139</v>
       </c>
       <c r="C196" s="5">
-        <v>0.13515448899999782</v>
+        <v>0.13546030599999881</v>
       </c>
       <c r="D196" s="5">
-        <v>5.8440425518261119</v>
+        <v>5.8575641398740608</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>28.636449029000001</v>
+        <v>28.636213572999999</v>
       </c>
       <c r="C197" s="5">
-        <v>1.3307701000002226E-2</v>
+        <v>1.2531433999999564E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>0.55934250477043257</v>
+        <v>0.52662627077775248</v>
       </c>
       <c r="E197" s="5">
-        <v>1.6645753508743644</v>
+        <v>1.6643988603390891</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>28.57900866</v>
+        <v>28.578036736000001</v>
       </c>
       <c r="C198" s="5">
-        <v>-5.7440369000001823E-2</v>
+        <v>-5.8176836999997761E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>-2.3806399411959611</v>
+        <v>-2.4108425404945955</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>28.608704381999999</v>
+        <v>28.605246094000002</v>
       </c>
       <c r="C199" s="5">
-        <v>2.9695721999999591E-2</v>
+        <v>2.720935800000035E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>1.2540401209142571</v>
+        <v>1.148530769268219</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>28.814155236000001</v>
+        <v>28.814557248</v>
       </c>
       <c r="C200" s="5">
-        <v>0.20545085400000218</v>
+        <v>0.20931115399999811</v>
       </c>
       <c r="D200" s="5">
-        <v>8.9663535141896631</v>
+        <v>9.1428144440204981</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>29.616976911999998</v>
+        <v>29.614950970999999</v>
       </c>
       <c r="C201" s="5">
-        <v>0.8028216759999971</v>
+        <v>0.80039372299999911</v>
       </c>
       <c r="D201" s="5">
-        <v>39.065058325571833</v>
+        <v>38.927687352069725</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>29.646225694000002</v>
+        <v>29.645350411999999</v>
       </c>
       <c r="C202" s="5">
-        <v>2.9248782000003359E-2</v>
+        <v>3.0399441000000138E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>1.1915398914740916</v>
+        <v>1.2387657387524342</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>29.745938686999999</v>
+        <v>29.753371107</v>
       </c>
       <c r="C203" s="5">
-        <v>9.9712992999997141E-2</v>
+        <v>0.10802069500000044</v>
       </c>
       <c r="D203" s="5">
-        <v>4.1116225204271606</v>
+        <v>4.4612196553359906</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>30.098879589999999</v>
+        <v>30.098677921</v>
       </c>
       <c r="C204" s="5">
-        <v>0.35294090300000036</v>
+        <v>0.34530681400000063</v>
       </c>
       <c r="D204" s="5">
-        <v>15.205128816798098</v>
+        <v>14.851027973476061</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>30.173100718000001</v>
+        <v>30.173140528000001</v>
       </c>
       <c r="C205" s="5">
-        <v>7.4221128000001357E-2</v>
+        <v>7.4462607000000958E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>2.9995564093528992</v>
+        <v>3.009469099959472</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>30.481702077000001</v>
+        <v>30.481613530000001</v>
       </c>
       <c r="C206" s="5">
-        <v>0.30860135900000074</v>
+        <v>0.3084730019999995</v>
       </c>
       <c r="D206" s="5">
-        <v>12.987723697629129</v>
+        <v>12.981996295946852</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>30.491043092000002</v>
+        <v>30.491327599000002</v>
       </c>
       <c r="C207" s="5">
-        <v>9.3410150000003966E-3</v>
+        <v>9.7140690000010466E-3</v>
       </c>
       <c r="D207" s="5">
-        <v>0.36835639731558345</v>
+        <v>0.38309443132449328</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>30.641901700999998</v>
+        <v>30.642828567999999</v>
       </c>
       <c r="C208" s="5">
-        <v>0.15085860899999659</v>
+        <v>0.1515009689999971</v>
       </c>
       <c r="D208" s="5">
-        <v>6.1014207740649029</v>
+        <v>6.128056123272696</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>30.816765476</v>
+        <v>30.816645152</v>
       </c>
       <c r="C209" s="5">
-        <v>0.17486377500000216</v>
+        <v>0.17381658400000077</v>
       </c>
       <c r="D209" s="5">
-        <v>7.0671047793987363</v>
+        <v>7.0232345875465896</v>
       </c>
       <c r="E209" s="5">
-        <v>7.6137807616859288</v>
+        <v>7.6142454149589422</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>29.728317433000001</v>
+        <v>29.725975853000001</v>
       </c>
       <c r="C210" s="5">
-        <v>-1.0884480429999996</v>
+        <v>-1.0906692989999982</v>
       </c>
       <c r="D210" s="5">
-        <v>-35.046984789904116</v>
+        <v>-35.105310744971185</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>30.123089364999998</v>
+        <v>30.117237042999999</v>
       </c>
       <c r="C211" s="5">
-        <v>0.39477193199999761</v>
+        <v>0.39126118999999804</v>
       </c>
       <c r="D211" s="5">
-        <v>17.15212394362775</v>
+        <v>16.98982136226428</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>30.331547842999999</v>
+        <v>30.332222648999998</v>
       </c>
       <c r="C212" s="5">
-        <v>0.20845847800000072</v>
+        <v>0.21498560599999905</v>
       </c>
       <c r="D212" s="5">
-        <v>8.6277431636883062</v>
+        <v>8.910385806584852</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>30.330368407000002</v>
+        <v>30.327058056999999</v>
       </c>
       <c r="C213" s="5">
-        <v>-1.1794359999974802E-3</v>
+        <v>-5.1645919999998569E-3</v>
       </c>
       <c r="D213" s="5">
-        <v>-4.6651775125916561E-2</v>
+        <v>-0.2041297788741514</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>30.448216044999999</v>
+        <v>30.446832047000001</v>
       </c>
       <c r="C214" s="5">
-        <v>0.11784763799999709</v>
+        <v>0.11977399000000233</v>
       </c>
       <c r="D214" s="5">
-        <v>4.763501159131267</v>
+        <v>4.8436052592872425</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>30.539723643999999</v>
+        <v>30.552623904000001</v>
       </c>
       <c r="C215" s="5">
-        <v>9.1507598999999828E-2</v>
+        <v>0.10579185699999982</v>
       </c>
       <c r="D215" s="5">
-        <v>3.6666354453351868</v>
+        <v>4.2501838949096094</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>30.276364938</v>
+        <v>30.275636496000001</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.26335870599999822</v>
+        <v>-0.2769874080000001</v>
       </c>
       <c r="D216" s="5">
-        <v>-9.8712094277279014</v>
+        <v>-10.352699040523394</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>30.202310608000001</v>
+        <v>30.202059898000002</v>
       </c>
       <c r="C217" s="5">
-        <v>-7.4054329999999169E-2</v>
+        <v>-7.3576597999998938E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>-2.8959689495016816</v>
+        <v>-2.8776040732751862</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>30.310277695</v>
+        <v>30.310274787000001</v>
       </c>
       <c r="C218" s="5">
-        <v>0.10796708699999868</v>
+        <v>0.1082148889999992</v>
       </c>
       <c r="D218" s="5">
-        <v>4.3751103505704103</v>
+        <v>4.385387772565652</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>30.640410386999999</v>
+        <v>30.640734820999999</v>
       </c>
       <c r="C219" s="5">
-        <v>0.33013269199999939</v>
+        <v>0.3304600339999979</v>
       </c>
       <c r="D219" s="5">
-        <v>13.882226681357501</v>
+        <v>13.896828667518534</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>31.027570419</v>
+        <v>31.028491952</v>
       </c>
       <c r="C220" s="5">
-        <v>0.3871600320000006</v>
+        <v>0.38775713100000075</v>
       </c>
       <c r="D220" s="5">
-        <v>16.262138201366572</v>
+        <v>16.288804775266065</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>31.005030022</v>
+        <v>31.005082440999999</v>
       </c>
       <c r="C221" s="5">
-        <v>-2.2540397000000212E-2</v>
+        <v>-2.3409511000000549E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>-0.86828146052495558</v>
+        <v>-0.90159524822549519</v>
       </c>
       <c r="E221" s="5">
-        <v>0.61091598385500934</v>
+        <v>0.61147892014381533</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>30.965242716999999</v>
+        <v>30.961667891000001</v>
       </c>
       <c r="C222" s="5">
-        <v>-3.9787305000000828E-2</v>
+        <v>-4.3414549999997831E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>-1.5290817586206984</v>
+        <v>-1.6674075206553729</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>31.333337843999999</v>
+        <v>31.325142488000001</v>
       </c>
       <c r="C223" s="5">
-        <v>0.36809512700000013</v>
+        <v>0.36347459699999973</v>
       </c>
       <c r="D223" s="5">
-        <v>15.235442694554923</v>
+        <v>15.033540575020222</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>31.233973556999999</v>
+        <v>31.234327740000001</v>
       </c>
       <c r="C224" s="5">
-        <v>-9.9364287000000218E-2</v>
+        <v>-9.0814747999999668E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-3.7397638863345462</v>
+        <v>-3.4239820418510147</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>32.063163355</v>
+        <v>32.059033036999999</v>
       </c>
       <c r="C225" s="5">
-        <v>0.82918979800000159</v>
+        <v>0.82470529699999773</v>
       </c>
       <c r="D225" s="5">
-        <v>36.946063378018714</v>
+        <v>36.715914681675457</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>32.379595301000002</v>
+        <v>32.378230185</v>
       </c>
       <c r="C226" s="5">
-        <v>0.31643194600000157</v>
+        <v>0.31919714800000065</v>
       </c>
       <c r="D226" s="5">
-        <v>12.507269476449757</v>
+        <v>12.624336753595866</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>32.591560688000001</v>
+        <v>32.608938043999999</v>
       </c>
       <c r="C227" s="5">
-        <v>0.21196538699999934</v>
+        <v>0.2307078589999989</v>
       </c>
       <c r="D227" s="5">
-        <v>8.1446142341853101</v>
+        <v>8.8936593693039754</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>33.458875247000002</v>
+        <v>33.458076353999999</v>
       </c>
       <c r="C228" s="5">
-        <v>0.86731455900000043</v>
+        <v>0.84913831000000073</v>
       </c>
       <c r="D228" s="5">
-        <v>37.04845981737315</v>
+        <v>36.135611841673906</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>33.937566134000001</v>
+        <v>33.937285731000003</v>
       </c>
       <c r="C229" s="5">
-        <v>0.47869088699999907</v>
+        <v>0.47920937700000366</v>
       </c>
       <c r="D229" s="5">
-        <v>18.585685185461465</v>
+        <v>18.607907561972237</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>34.461797072000003</v>
+        <v>34.461857746</v>
       </c>
       <c r="C230" s="5">
-        <v>0.52423093800000231</v>
+        <v>0.52457201499999684</v>
       </c>
       <c r="D230" s="5">
-        <v>20.195090909009238</v>
+        <v>20.209548316897052</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>34.801830998</v>
+        <v>34.802246449000002</v>
       </c>
       <c r="C231" s="5">
-        <v>0.34003392599999671</v>
+        <v>0.34038870300000212</v>
       </c>
       <c r="D231" s="5">
-        <v>12.504546977323127</v>
+        <v>12.518287231250769</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>35.135270499000001</v>
+        <v>35.136420829000002</v>
       </c>
       <c r="C232" s="5">
-        <v>0.33343950100000086</v>
+        <v>0.33417438000000033</v>
       </c>
       <c r="D232" s="5">
-        <v>12.122944069577347</v>
+        <v>12.150936075941466</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>35.526254995000002</v>
+        <v>35.526615413000002</v>
       </c>
       <c r="C233" s="5">
-        <v>0.39098449600000151</v>
+        <v>0.39019458399999962</v>
       </c>
       <c r="D233" s="5">
-        <v>14.201951998171269</v>
+        <v>14.170992253451953</v>
       </c>
       <c r="E233" s="5">
-        <v>14.582230592235867</v>
+        <v>14.583199320963235</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>35.804525867000002</v>
+        <v>35.797710340999998</v>
       </c>
       <c r="C234" s="5">
-        <v>0.27827087200000022</v>
+        <v>0.27109492799999657</v>
       </c>
       <c r="D234" s="5">
-        <v>9.8150795251616518</v>
+        <v>9.5511597685631333</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>36.220032562</v>
+        <v>36.211348110000003</v>
       </c>
       <c r="C235" s="5">
-        <v>0.41550669499999771</v>
+        <v>0.4136377690000046</v>
       </c>
       <c r="D235" s="5">
-        <v>14.849976914996432</v>
+        <v>14.781877968511935</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>36.068893125999999</v>
+        <v>36.067346997000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.15113943600000113</v>
+        <v>-0.14400111300000162</v>
       </c>
       <c r="D236" s="5">
-        <v>-4.894037968755649</v>
+        <v>-4.6690202900410371</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>36.004818551</v>
+        <v>35.999741653000001</v>
       </c>
       <c r="C237" s="5">
-        <v>-6.4074574999999356E-2</v>
+        <v>-6.76053440000004E-2</v>
       </c>
       <c r="D237" s="5">
-        <v>-2.111034397151168</v>
+        <v>-2.2262590942709548</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>36.131632920000001</v>
+        <v>36.130219209000003</v>
       </c>
       <c r="C238" s="5">
-        <v>0.12681436900000165</v>
+        <v>0.13047755600000244</v>
       </c>
       <c r="D238" s="5">
-        <v>4.3094254088567263</v>
+        <v>4.437038656919845</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>36.120198522000003</v>
+        <v>36.142132015999998</v>
       </c>
       <c r="C239" s="5">
-        <v>-1.143439799999868E-2</v>
+        <v>1.191280699999453E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>-0.37909773221578291</v>
+        <v>0.39638068074738797</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>35.956357808999996</v>
+        <v>35.955451656999998</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.16384071300000613</v>
+        <v>-0.18668035900000035</v>
       </c>
       <c r="D240" s="5">
-        <v>-5.3094194543562896</v>
+        <v>-6.0251226435425576</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>35.878658326</v>
+        <v>35.878834414000004</v>
       </c>
       <c r="C241" s="5">
-        <v>-7.7699482999996405E-2</v>
+        <v>-7.6617242999994062E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>-2.5625275643482825</v>
+        <v>-2.5273155384082036</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>35.707635058000001</v>
+        <v>35.708760910000002</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.17102326799999901</v>
+        <v>-0.17007350400000121</v>
       </c>
       <c r="D242" s="5">
-        <v>-5.5724507762043523</v>
+        <v>-5.5422804725784092</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>35.728807957999997</v>
+        <v>35.730081315</v>
       </c>
       <c r="C243" s="5">
-        <v>2.1172899999996275E-2</v>
+        <v>2.1320404999997322E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>0.71386703950393482</v>
+        <v>0.71883393327818457</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>35.701203855999999</v>
+        <v>35.702345682999997</v>
       </c>
       <c r="C244" s="5">
-        <v>-2.7604101999997965E-2</v>
+        <v>-2.7735632000002397E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>-0.92319134878633413</v>
+        <v>-0.92753855687218723</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>35.742351139999997</v>
+        <v>35.742333289999998</v>
       </c>
       <c r="C245" s="5">
-        <v>4.1147283999997342E-2</v>
+        <v>3.998760700000048E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>1.3918563069340362</v>
+        <v>1.3523433679378138</v>
       </c>
       <c r="E245" s="5">
-        <v>0.60827167127637249</v>
+        <v>0.60720075496147885</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>35.870707381999999</v>
+        <v>35.861456271999998</v>
       </c>
       <c r="C246" s="5">
-        <v>0.1283562420000024</v>
+        <v>0.11912298200000038</v>
       </c>
       <c r="D246" s="5">
-        <v>4.3955265379277186</v>
+        <v>4.0735229453900734</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>35.718101838999999</v>
+        <v>35.708228890999997</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.15260554299999995</v>
+        <v>-0.15322738100000066</v>
       </c>
       <c r="D247" s="5">
-        <v>-4.9874093178019052</v>
+        <v>-5.0085185054212999</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>35.891716961999997</v>
+        <v>35.886660096999996</v>
       </c>
       <c r="C248" s="5">
-        <v>0.1736151229999976</v>
+        <v>0.17843120599999907</v>
       </c>
       <c r="D248" s="5">
-        <v>5.991333768241569</v>
+        <v>6.1638783358462401</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>35.421438578</v>
+        <v>35.417216748999998</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.47027838399999666</v>
+        <v>-0.46944334799999865</v>
       </c>
       <c r="D249" s="5">
-        <v>-14.638206346372851</v>
+        <v>-14.615968524700929</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>35.373901398999998</v>
+        <v>35.374480143</v>
       </c>
       <c r="C250" s="5">
-        <v>-4.7537179000002538E-2</v>
+        <v>-4.2736605999998289E-2</v>
       </c>
       <c r="D250" s="5">
-        <v>-1.5986203400289667</v>
+        <v>-1.4384230086781691</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>35.277594077000003</v>
+        <v>35.297845830999997</v>
       </c>
       <c r="C251" s="5">
-        <v>-9.6307321999994144E-2</v>
+        <v>-7.6634312000003035E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-3.2185837348446156</v>
+        <v>-2.5688950350383322</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>35.556834244999997</v>
+        <v>35.558858088000001</v>
       </c>
       <c r="C252" s="5">
-        <v>0.27924016799999407</v>
+        <v>0.26101225700000441</v>
       </c>
       <c r="D252" s="5">
-        <v>9.9232453623010706</v>
+        <v>9.2434099030005434</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>35.754636146999999</v>
+        <v>35.757128131999998</v>
       </c>
       <c r="C253" s="5">
-        <v>0.19780190200000192</v>
+        <v>0.19827004399999737</v>
       </c>
       <c r="D253" s="5">
-        <v>6.8836577920377007</v>
+        <v>6.9000475061135491</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>35.737671689999999</v>
+        <v>35.740456047000002</v>
       </c>
       <c r="C254" s="5">
-        <v>-1.6964457000000266E-2</v>
+        <v>-1.6672084999996173E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>-0.56787903410672191</v>
+        <v>-0.55807827771950924</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>35.767188525999998</v>
+        <v>35.773583905999999</v>
       </c>
       <c r="C255" s="5">
-        <v>2.9516835999999103E-2</v>
+        <v>3.3127858999996818E-2</v>
       </c>
       <c r="D255" s="5">
-        <v>0.99563138214928681</v>
+        <v>1.1179689313195462</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>35.75299287</v>
+        <v>35.751999787999999</v>
       </c>
       <c r="C256" s="5">
-        <v>-1.419565599999828E-2</v>
+        <v>-2.1584117999999819E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>-0.47523028385147992</v>
+        <v>-0.72162642304387514</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>35.659136934999999</v>
+        <v>35.657134055</v>
       </c>
       <c r="C257" s="5">
-        <v>-9.3855935000000557E-2</v>
+        <v>-9.4865732999998897E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>-3.105058614905265</v>
+        <v>-3.1380659174441883</v>
       </c>
       <c r="E257" s="5">
-        <v>-0.23281681911202501</v>
+        <v>-0.23837065786590506</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>35.743688108000001</v>
+        <v>35.728497629000003</v>
       </c>
       <c r="C258" s="5">
-        <v>8.4551173000001256E-2</v>
+        <v>7.1363574000002927E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>2.8827136685525279</v>
+        <v>2.4282730132448638</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>35.749145755000001</v>
+        <v>35.736590659999997</v>
       </c>
       <c r="C259" s="5">
-        <v>5.4576470000000654E-3</v>
+        <v>8.0930309999942551E-3</v>
       </c>
       <c r="D259" s="5">
-        <v>0.18338004429794275</v>
+        <v>0.27215657092105605</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>35.930898135</v>
+        <v>35.918989592000003</v>
       </c>
       <c r="C260" s="5">
-        <v>0.18175237999999894</v>
+        <v>0.18239893200000523</v>
       </c>
       <c r="D260" s="5">
-        <v>6.2744469907045852</v>
+        <v>6.2996721914259313</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>36.043187901000003</v>
+        <v>36.038598774999997</v>
       </c>
       <c r="C261" s="5">
-        <v>0.11228976600000351</v>
+        <v>0.11960918299999435</v>
       </c>
       <c r="D261" s="5">
-        <v>3.8153265911098799</v>
+        <v>4.0699687654558669</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>35.993631631</v>
+        <v>35.997815121999999</v>
       </c>
       <c r="C262" s="5">
-        <v>-4.9556270000003622E-2</v>
+        <v>-4.078365299999831E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.6374767924045019</v>
+        <v>-1.3495784659764865</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>36.074585313999997</v>
+        <v>36.097429634999997</v>
       </c>
       <c r="C263" s="5">
-        <v>8.0953682999997056E-2</v>
+        <v>9.9614512999998794E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>2.7325712174447681</v>
+        <v>3.3716945986959734</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>36.210459917000001</v>
+        <v>36.219145228000002</v>
       </c>
       <c r="C264" s="5">
-        <v>0.13587460300000487</v>
+        <v>0.12171559300000467</v>
       </c>
       <c r="D264" s="5">
-        <v>4.6146054235263856</v>
+        <v>4.1221240614428334</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>36.213724374999998</v>
+        <v>36.218547211000001</v>
       </c>
       <c r="C265" s="5">
-        <v>3.2644579999967505E-3</v>
+        <v>-5.9801700000150504E-4</v>
       </c>
       <c r="D265" s="5">
-        <v>0.10823647540680881</v>
+        <v>-1.9811490064436388E-2</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>36.248703632999998</v>
+        <v>36.256637560000001</v>
       </c>
       <c r="C266" s="5">
-        <v>3.4979257999999902E-2</v>
+        <v>3.8090349000000856E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>1.1652715433964067</v>
+        <v>1.2693423682677674</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>36.420834597999999</v>
+        <v>36.434745116000002</v>
       </c>
       <c r="C267" s="5">
-        <v>0.17213096500000091</v>
+        <v>0.1781075560000005</v>
       </c>
       <c r="D267" s="5">
-        <v>5.8495387277169186</v>
+        <v>6.0568017844321087</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>36.412160057000001</v>
+        <v>36.408700222</v>
       </c>
       <c r="C268" s="5">
-        <v>-8.6745409999977596E-3</v>
+        <v>-2.6044894000001761E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>-0.28543618324508024</v>
+        <v>-0.85443955305171126</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>36.494028530999998</v>
+        <v>36.487828743000001</v>
       </c>
       <c r="C269" s="5">
-        <v>8.1868473999996638E-2</v>
+        <v>7.9128521000001228E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>2.7316751568244202</v>
+        <v>2.639410666042008</v>
       </c>
       <c r="E269" s="5">
-        <v>2.3413118425211765</v>
+        <v>2.3296731776555113</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>37.087932768000002</v>
+        <v>37.065478231</v>
       </c>
       <c r="C270" s="5">
-        <v>0.59390423700000383</v>
+        <v>0.57764948799999871</v>
       </c>
       <c r="D270" s="5">
-        <v>21.375166070729556</v>
+        <v>20.742188828374065</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>37.012170275999999</v>
+        <v>36.988241365999997</v>
       </c>
       <c r="C271" s="5">
-        <v>-7.5762492000002624E-2</v>
+        <v>-7.7236865000003263E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>-2.4239813559081447</v>
+        <v>-2.4720938157271277</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>36.982942915000002</v>
+        <v>36.948573854999999</v>
       </c>
       <c r="C272" s="5">
-        <v>-2.9227360999996677E-2</v>
+        <v>-3.9667510999997546E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>-0.94349792492938178</v>
+        <v>-1.2793591444218433</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>37.667310440000001</v>
+        <v>37.666194783000002</v>
       </c>
       <c r="C273" s="5">
-        <v>0.68436752499999898</v>
+        <v>0.71762092800000232</v>
       </c>
       <c r="D273" s="5">
-        <v>24.611387179728951</v>
+        <v>25.964687605157486</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>37.887602917999999</v>
+        <v>37.902448708999998</v>
       </c>
       <c r="C274" s="5">
-        <v>0.22029247799999752</v>
+        <v>0.23625392599999628</v>
       </c>
       <c r="D274" s="5">
-        <v>7.2482495828025018</v>
+        <v>7.7919303285653774</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>38.103980524999997</v>
+        <v>38.141991189000002</v>
       </c>
       <c r="C275" s="5">
-        <v>0.21637760699999831</v>
+        <v>0.23954248000000433</v>
       </c>
       <c r="D275" s="5">
-        <v>7.0726642663221817</v>
+        <v>7.8532194168527081</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>38.413139956000002</v>
+        <v>38.429040980000003</v>
       </c>
       <c r="C276" s="5">
-        <v>0.30915943100000476</v>
+        <v>0.28704979100000116</v>
       </c>
       <c r="D276" s="5">
-        <v>10.182734058305499</v>
+        <v>9.4143337898369381</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>38.650672469</v>
+        <v>38.659584209999998</v>
       </c>
       <c r="C277" s="5">
-        <v>0.23753251299999789</v>
+        <v>0.23054322999999499</v>
       </c>
       <c r="D277" s="5">
-        <v>7.6779925363277934</v>
+        <v>7.4413823884672103</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>38.965638040999998</v>
+        <v>38.981186622000003</v>
       </c>
       <c r="C278" s="5">
-        <v>0.31496557199999842</v>
+        <v>0.32160241200000428</v>
       </c>
       <c r="D278" s="5">
-        <v>10.229249418486862</v>
+        <v>10.45223742710084</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>39.180804373000001</v>
+        <v>39.202593432</v>
       </c>
       <c r="C279" s="5">
-        <v>0.21516633200000257</v>
+        <v>0.22140680999999773</v>
       </c>
       <c r="D279" s="5">
-        <v>6.8313383145301332</v>
+        <v>7.0328079532938625</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>39.486212062</v>
+        <v>39.477899925000003</v>
       </c>
       <c r="C280" s="5">
-        <v>0.30540768899999904</v>
+        <v>0.27530649300000221</v>
       </c>
       <c r="D280" s="5">
-        <v>9.7654116314481509</v>
+        <v>8.7604307241118562</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>39.847096295999997</v>
+        <v>39.833184396999997</v>
       </c>
       <c r="C281" s="5">
-        <v>0.3608842339999967</v>
+        <v>0.35528447199999391</v>
       </c>
       <c r="D281" s="5">
-        <v>11.53584686848086</v>
+        <v>11.350409730457445</v>
       </c>
       <c r="E281" s="5">
-        <v>9.1879901999630587</v>
+        <v>9.1684152476235958</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>39.898138125000003</v>
+        <v>39.863427643000001</v>
       </c>
       <c r="C282" s="5">
-        <v>5.1041829000006089E-2</v>
+        <v>3.0243246000004831E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>1.5480064333037502</v>
+        <v>0.91491126995117966</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>40.115770785000002</v>
+        <v>40.078760510000002</v>
       </c>
       <c r="C283" s="5">
-        <v>0.21763265999999959</v>
+        <v>0.21533286700000076</v>
       </c>
       <c r="D283" s="5">
-        <v>6.7456386531243417</v>
+        <v>6.6782099084310209</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>40.155664801999997</v>
+        <v>40.093080440000001</v>
       </c>
       <c r="C284" s="5">
-        <v>3.9894016999994619E-2</v>
+        <v>1.4319929999999204E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>1.199915505122795</v>
+        <v>0.42959723568203323</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>40.285825529999997</v>
+        <v>40.286894447000002</v>
       </c>
       <c r="C285" s="5">
-        <v>0.13016072799999989</v>
+        <v>0.19381400700000029</v>
       </c>
       <c r="D285" s="5">
-        <v>3.9597836144525944</v>
+        <v>5.9576662177010853</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>40.462705028000002</v>
+        <v>40.489987738000004</v>
       </c>
       <c r="C286" s="5">
-        <v>0.17687949800000524</v>
+        <v>0.20309329100000184</v>
       </c>
       <c r="D286" s="5">
-        <v>5.397848486469603</v>
+        <v>6.219989653193414</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>40.501129896999998</v>
+        <v>40.560958163999999</v>
       </c>
       <c r="C287" s="5">
-        <v>3.842486899999642E-2</v>
+        <v>7.0970425999995257E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>1.145534845770646</v>
+        <v>2.1237433475867595</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>40.643938558000002</v>
+        <v>40.668599327000003</v>
       </c>
       <c r="C288" s="5">
-        <v>0.14280866100000367</v>
+        <v>0.10764116300000381</v>
       </c>
       <c r="D288" s="5">
-        <v>4.3142794322861056</v>
+        <v>3.2314701537306645</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>40.727518144000001</v>
+        <v>40.741127597000002</v>
       </c>
       <c r="C289" s="5">
-        <v>8.357958599999904E-2</v>
+        <v>7.2528269999999395E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>2.4957637568327362</v>
+        <v>2.1611933805576466</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>40.752193411999997</v>
+        <v>40.775729464000001</v>
       </c>
       <c r="C290" s="5">
-        <v>2.4675267999995754E-2</v>
+        <v>3.4601866999999231E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>0.72946232102200081</v>
+        <v>1.0239468572581956</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>40.840120716999998</v>
+        <v>40.864663039</v>
       </c>
       <c r="C291" s="5">
-        <v>8.7927305000000899E-2</v>
+        <v>8.8933574999998655E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>2.6200778484733123</v>
+        <v>2.6488755011253584</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>41.363624172000002</v>
+        <v>41.351625314000003</v>
       </c>
       <c r="C292" s="5">
-        <v>0.52350345500000373</v>
+        <v>0.48696227500000333</v>
       </c>
       <c r="D292" s="5">
-        <v>16.514183592918521</v>
+        <v>15.275215420821219</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>41.499557643999999</v>
+        <v>41.477647507</v>
       </c>
       <c r="C293" s="5">
-        <v>0.13593347199999783</v>
+        <v>0.12602219299999717</v>
       </c>
       <c r="D293" s="5">
-        <v>4.0156309102045373</v>
+        <v>3.7190163138333565</v>
       </c>
       <c r="E293" s="5">
-        <v>4.1470056832369151</v>
+        <v>4.1283747079077449</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>41.566396177000001</v>
+        <v>41.522668631999998</v>
       </c>
       <c r="C294" s="5">
-        <v>6.6838533000002087E-2</v>
+        <v>4.5021124999998108E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>1.9499135976598359</v>
+        <v>1.3103212789380869</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>41.657806831999999</v>
+        <v>41.606925400000002</v>
       </c>
       <c r="C295" s="5">
-        <v>9.1410654999997121E-2</v>
+        <v>8.4256768000003035E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>2.6711319487712881</v>
+        <v>2.4623706981348636</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>41.918856451000003</v>
+        <v>41.831328796999998</v>
       </c>
       <c r="C296" s="5">
-        <v>0.2610496190000049</v>
+        <v>0.22440339699999612</v>
       </c>
       <c r="D296" s="5">
-        <v>7.7844964010686413</v>
+        <v>6.6675781387301125</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>41.883814084999997</v>
+        <v>41.887731000000002</v>
       </c>
       <c r="C297" s="5">
-        <v>-3.5042366000006098E-2</v>
+        <v>5.6402203000004647E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>-0.99854911701749982</v>
+        <v>1.6300420796965254</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>42.113789615000002</v>
+        <v>42.153014634999998</v>
       </c>
       <c r="C298" s="5">
-        <v>0.22997553000000437</v>
+        <v>0.26528363499999585</v>
       </c>
       <c r="D298" s="5">
-        <v>6.7916264013224925</v>
+        <v>7.8702389884187429</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>42.306074997000003</v>
+        <v>42.386620979</v>
       </c>
       <c r="C299" s="5">
-        <v>0.19228538200000145</v>
+        <v>0.2336063440000018</v>
       </c>
       <c r="D299" s="5">
-        <v>5.6187298972278255</v>
+        <v>6.8567313786638273</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>42.636681164000002</v>
+        <v>42.667774926</v>
       </c>
       <c r="C300" s="5">
-        <v>0.33060616699999912</v>
+        <v>0.28115394699999996</v>
       </c>
       <c r="D300" s="5">
-        <v>9.7912888340285988</v>
+        <v>8.2566015098456838</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>42.842145127999999</v>
+        <v>42.861031861999997</v>
       </c>
       <c r="C301" s="5">
-        <v>0.20546396399999622</v>
+        <v>0.19325693599999738</v>
       </c>
       <c r="D301" s="5">
-        <v>5.9384937994229281</v>
+        <v>5.5726739368332501</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>42.629832161000003</v>
+        <v>42.657101916999999</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.21231296699999547</v>
+        <v>-0.20392994499999872</v>
       </c>
       <c r="D302" s="5">
-        <v>-5.7874027133885448</v>
+        <v>-5.5624544439443202</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>42.813214440000003</v>
+        <v>42.836909970999997</v>
       </c>
       <c r="C303" s="5">
-        <v>0.18338227899999993</v>
+        <v>0.17980805399999866</v>
       </c>
       <c r="D303" s="5">
-        <v>5.2859839581439694</v>
+        <v>5.1771668693258777</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>42.727561879</v>
+        <v>42.710991088999997</v>
       </c>
       <c r="C304" s="5">
-        <v>-8.5652561000003402E-2</v>
+        <v>-0.12591888200000056</v>
       </c>
       <c r="D304" s="5">
-        <v>-2.3744917045106173</v>
+        <v>-3.4709209196784996</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>42.744709334</v>
+        <v>42.716795617000002</v>
       </c>
       <c r="C305" s="5">
-        <v>1.7147454999999923E-2</v>
+        <v>5.8045280000058597E-3</v>
       </c>
       <c r="D305" s="5">
-        <v>0.48264924688468103</v>
+        <v>0.16320488446777137</v>
       </c>
       <c r="E305" s="5">
-        <v>3.0003974998514815</v>
+        <v>2.9875081748329091</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>42.902502171000002</v>
+        <v>42.852839895000002</v>
       </c>
       <c r="C306" s="5">
-        <v>0.15779283700000235</v>
+        <v>0.13604427799999996</v>
       </c>
       <c r="D306" s="5">
-        <v>4.5208769937834514</v>
+        <v>3.8894142437650103</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>42.870918349999997</v>
+        <v>42.816639143000003</v>
       </c>
       <c r="C307" s="5">
-        <v>-3.158382100000523E-2</v>
+        <v>-3.620075199999917E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>-0.87984385167247936</v>
+        <v>-1.0090260848092725</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>42.848063291000003</v>
+        <v>42.756466824</v>
       </c>
       <c r="C308" s="5">
-        <v>-2.2855058999994071E-2</v>
+        <v>-6.0172319000002972E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>-0.63786356719470749</v>
+        <v>-1.6734445763126549</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>41.868626808000002</v>
+        <v>41.870720792</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.97943648300000064</v>
+        <v>-0.88574603200000013</v>
       </c>
       <c r="D309" s="5">
-        <v>-24.231228533854754</v>
+        <v>-22.213626469909432</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>42.060972063999998</v>
+        <v>42.102029326</v>
       </c>
       <c r="C310" s="5">
-        <v>0.19234525599999586</v>
+        <v>0.23130853400000007</v>
       </c>
       <c r="D310" s="5">
-        <v>5.6542707977282669</v>
+        <v>6.834397852534968</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>42.38966697</v>
+        <v>42.474495826000002</v>
       </c>
       <c r="C311" s="5">
-        <v>0.32869490600000262</v>
+        <v>0.37246650000000159</v>
       </c>
       <c r="D311" s="5">
-        <v>9.7914170983939073</v>
+        <v>11.148200729012681</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>42.745698261000001</v>
+        <v>42.780145101000002</v>
       </c>
       <c r="C312" s="5">
-        <v>0.35603129100000075</v>
+        <v>0.30564927500000039</v>
       </c>
       <c r="D312" s="5">
-        <v>10.557684469432438</v>
+        <v>8.9853816858864946</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>43.018470749000002</v>
+        <v>43.038711112999998</v>
       </c>
       <c r="C313" s="5">
-        <v>0.27277248800000109</v>
+        <v>0.25856601199999574</v>
       </c>
       <c r="D313" s="5">
-        <v>7.9320990619730303</v>
+        <v>7.4989059614639419</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>42.704170527000002</v>
+        <v>42.731021751</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.31430022199999996</v>
+        <v>-0.30768936199999786</v>
       </c>
       <c r="D314" s="5">
-        <v>-8.4235348993734522</v>
+        <v>-8.2495409475553334</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>42.769345629999997</v>
+        <v>42.786614012999998</v>
       </c>
       <c r="C315" s="5">
-        <v>6.5175102999994294E-2</v>
+        <v>5.5592261999997561E-2</v>
       </c>
       <c r="D315" s="5">
-        <v>1.8468917099624393</v>
+        <v>1.5723970415809863</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>42.776463059000001</v>
+        <v>42.760639468999997</v>
       </c>
       <c r="C316" s="5">
-        <v>7.1174290000044493E-3</v>
+        <v>-2.5974544000000321E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>0.19987999178305849</v>
+        <v>-0.72605865899104671</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>42.885950569000002</v>
+        <v>42.857560841000002</v>
       </c>
       <c r="C317" s="5">
-        <v>0.10948751000000101</v>
+        <v>9.6921372000004169E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>3.1150411427864455</v>
+        <v>2.7540878975649274</v>
       </c>
       <c r="E317" s="5">
-        <v>0.33042974721471108</v>
+        <v>0.32953132829087739</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>42.861651598999998</v>
+        <v>42.815859795999998</v>
       </c>
       <c r="C318" s="5">
-        <v>-2.4298970000003806E-2</v>
+        <v>-4.1701045000003489E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-0.6777993337830801</v>
+        <v>-1.1613894918963585</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>42.926796414999998</v>
+        <v>42.875728434000003</v>
       </c>
       <c r="C319" s="5">
-        <v>6.5144816000000105E-2</v>
+        <v>5.9868638000004637E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>1.8391868264704625</v>
+        <v>1.6909027769203888</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>42.967761146000001</v>
+        <v>42.880576728000001</v>
       </c>
       <c r="C320" s="5">
-        <v>4.096473100000253E-2</v>
+        <v>4.8482939999985319E-3</v>
       </c>
       <c r="D320" s="5">
-        <v>1.1511809242393589</v>
+        <v>0.13577781007338974</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>43.850747859000002</v>
+        <v>43.853185017000001</v>
       </c>
       <c r="C321" s="5">
-        <v>0.88298671300000109</v>
+        <v>0.97260828900000007</v>
       </c>
       <c r="D321" s="5">
-        <v>27.647217405974267</v>
+        <v>30.883916234052933</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>44.113109450000003</v>
+        <v>44.153665938000003</v>
       </c>
       <c r="C322" s="5">
-        <v>0.26236159100000123</v>
+        <v>0.3004809210000019</v>
       </c>
       <c r="D322" s="5">
-        <v>7.4207062677451807</v>
+        <v>8.5394245718667392</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>43.874797631</v>
+        <v>43.958227585000003</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.23831181900000331</v>
+        <v>-0.19543835300000012</v>
       </c>
       <c r="D323" s="5">
-        <v>-6.29355578124009</v>
+        <v>-5.1841663219430618</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>43.747335646000003</v>
+        <v>43.777863842000002</v>
       </c>
       <c r="C324" s="5">
-        <v>-0.1274619849999965</v>
+        <v>-0.18036374300000091</v>
       </c>
       <c r="D324" s="5">
-        <v>-3.4309891961174843</v>
+        <v>-4.8140790392277815</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>43.787976053999998</v>
+        <v>43.808347806</v>
       </c>
       <c r="C325" s="5">
-        <v>4.0640407999994466E-2</v>
+        <v>3.0483963999998309E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>1.1204897253015877</v>
+        <v>0.83880704474093015</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>44.188152858999999</v>
+        <v>44.211186859999998</v>
       </c>
       <c r="C326" s="5">
-        <v>0.40017680500000097</v>
+        <v>0.40283905399999753</v>
       </c>
       <c r="D326" s="5">
-        <v>11.535138073597917</v>
+        <v>11.610124422393465</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>44.237313903</v>
+        <v>44.246734355999997</v>
       </c>
       <c r="C327" s="5">
-        <v>4.9161044000001652E-2</v>
+        <v>3.5547495999999512E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>1.3432462914376497</v>
+        <v>0.96912440033973812</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>44.214772398000001</v>
+        <v>44.201080230999999</v>
       </c>
       <c r="C328" s="5">
-        <v>-2.2541504999999518E-2</v>
+        <v>-4.5654124999998658E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>-0.60975957161911731</v>
+        <v>-1.2311669133915681</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>44.307299776000001</v>
+        <v>44.282693244999997</v>
       </c>
       <c r="C329" s="5">
-        <v>9.2527377999999771E-2</v>
+        <v>8.1613013999998429E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>2.5403222395158798</v>
+        <v>2.2383235985081518</v>
       </c>
       <c r="E329" s="5">
-        <v>3.314253708130277</v>
+        <v>3.3252765113889415</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>44.551061642000001</v>
+        <v>44.508341727999998</v>
       </c>
       <c r="C330" s="5">
-        <v>0.24376186599999983</v>
+        <v>0.22564848300000051</v>
       </c>
       <c r="D330" s="5">
-        <v>6.8054191221652793</v>
+        <v>6.2890799426852384</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>44.809052616999999</v>
+        <v>44.769221461000001</v>
       </c>
       <c r="C331" s="5">
-        <v>0.25799097499999846</v>
+        <v>0.260879733000003</v>
       </c>
       <c r="D331" s="5">
-        <v>7.1747429899860382</v>
+        <v>7.2648768673067243</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>44.786652076999999</v>
+        <v>44.720216776000001</v>
       </c>
       <c r="C332" s="5">
-        <v>-2.240053999999958E-2</v>
+        <v>-4.9004684999999881E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>-0.5982465779920898</v>
+        <v>-1.3056488150068879</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>45.042947323</v>
+        <v>45.042076839000003</v>
       </c>
       <c r="C333" s="5">
-        <v>0.25629524600000053</v>
+        <v>0.32186006300000258</v>
       </c>
       <c r="D333" s="5">
-        <v>7.0874100441815191</v>
+        <v>8.9868460162640051</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>44.986477043999997</v>
+        <v>45.015596657000003</v>
       </c>
       <c r="C334" s="5">
-        <v>-5.6470279000002677E-2</v>
+        <v>-2.6480182000000241E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>-1.4941079058283679</v>
+        <v>-0.70320187489837371</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>45.018102507999998</v>
+        <v>45.083320655999998</v>
       </c>
       <c r="C335" s="5">
-        <v>3.1625464000001102E-2</v>
+        <v>6.7723998999994706E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>0.8468686456417629</v>
+        <v>1.8203611211347948</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>44.844911269000001</v>
+        <v>44.871790165999997</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.17319123899999767</v>
+        <v>-0.21153049000000124</v>
       </c>
       <c r="D336" s="5">
-        <v>-4.5201342500078789</v>
+        <v>-5.4873391616398699</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>44.949169929999996</v>
+        <v>44.968046352000002</v>
       </c>
       <c r="C337" s="5">
-        <v>0.10425866099999581</v>
+        <v>9.6256186000005073E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>2.825797018528875</v>
+        <v>2.6047545921870308</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>45.188402412999999</v>
+        <v>45.205093884</v>
       </c>
       <c r="C338" s="5">
-        <v>0.23923248300000211</v>
+        <v>0.23704753199999828</v>
       </c>
       <c r="D338" s="5">
-        <v>6.5770605593640452</v>
+        <v>6.5124236900790056</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>45.088111736999998</v>
+        <v>45.092077205000002</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.10029067600000019</v>
+        <v>-0.11301667899999757</v>
       </c>
       <c r="D339" s="5">
-        <v>-2.6309974187890495</v>
+        <v>-2.959193684300121</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>45.442719664999998</v>
+        <v>45.434283833000002</v>
       </c>
       <c r="C340" s="5">
-        <v>0.35460792800000007</v>
+        <v>0.34220662799999957</v>
       </c>
       <c r="D340" s="5">
-        <v>9.8568672758062359</v>
+        <v>9.4967776180780561</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>45.505025885999999</v>
+        <v>45.487688740999999</v>
       </c>
       <c r="C341" s="5">
-        <v>6.230622100000005E-2</v>
+        <v>5.340490799999742E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>1.6577764957488306</v>
+        <v>1.4196729664302854</v>
       </c>
       <c r="E341" s="5">
-        <v>2.7032252384036504</v>
+        <v>2.7211431999702551</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>45.490910005000003</v>
+        <v>45.455568800000002</v>
       </c>
       <c r="C342" s="5">
-        <v>-1.4115880999995056E-2</v>
+        <v>-3.2119940999997709E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>-0.37161141111813345</v>
+        <v>-0.84406549801075981</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>45.552327493999996</v>
+        <v>45.522683872999998</v>
       </c>
       <c r="C343" s="5">
-        <v>6.1417488999992997E-2</v>
+        <v>6.7115072999996528E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>1.6322102471018951</v>
+        <v>1.7862574008388865</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>45.819351386999998</v>
+        <v>45.778412170000003</v>
       </c>
       <c r="C344" s="5">
-        <v>0.26702389300000107</v>
+        <v>0.25572829700000455</v>
       </c>
       <c r="D344" s="5">
-        <v>7.2655785101499504</v>
+        <v>6.9533507809740103</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>45.842381336000003</v>
+        <v>45.839030387000001</v>
       </c>
       <c r="C345" s="5">
-        <v>2.302994900000499E-2</v>
+        <v>6.0618216999998253E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>0.60482010158275923</v>
+        <v>1.6006229772076663</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>46.182436029999998</v>
+        <v>46.197895928000001</v>
       </c>
       <c r="C346" s="5">
-        <v>0.34005469399999555</v>
+        <v>0.35886554100000012</v>
       </c>
       <c r="D346" s="5">
-        <v>9.2737920459443846</v>
+        <v>9.809846043981274</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>46.214065216999998</v>
+        <v>46.258833408999998</v>
       </c>
       <c r="C347" s="5">
-        <v>3.1629187000000059E-2</v>
+        <v>6.0937480999996296E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>0.82495260072823484</v>
+        <v>1.5943977911316187</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>46.192019283</v>
+        <v>46.215488415999999</v>
       </c>
       <c r="C348" s="5">
-        <v>-2.2045933999997658E-2</v>
+        <v>-4.3344992999998055E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>-0.57094783103242008</v>
+        <v>-1.1186354318999725</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>46.472514328999999</v>
+        <v>46.487932540999999</v>
       </c>
       <c r="C349" s="5">
-        <v>0.28049504599999864</v>
+        <v>0.27244412499999981</v>
       </c>
       <c r="D349" s="5">
-        <v>7.535204651598737</v>
+        <v>7.3080298052030201</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>46.607318442999997</v>
+        <v>46.616932949000002</v>
       </c>
       <c r="C350" s="5">
-        <v>0.13480411399999781</v>
+        <v>0.12900040800000312</v>
       </c>
       <c r="D350" s="5">
-        <v>3.5369476999660199</v>
+        <v>3.3812012651951662</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>47.057737355</v>
+        <v>47.061929421000002</v>
       </c>
       <c r="C351" s="5">
-        <v>0.4504189120000035</v>
+        <v>0.4449964719999997</v>
       </c>
       <c r="D351" s="5">
-        <v>12.233653305595249</v>
+        <v>12.075936715825296</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>47.070533285000003</v>
+        <v>47.065862637999999</v>
       </c>
       <c r="C352" s="5">
-        <v>1.2795930000002897E-2</v>
+        <v>3.9332169999966027E-3</v>
       </c>
       <c r="D352" s="5">
-        <v>0.326792195535619</v>
+        <v>0.10033652709113827</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>46.860251054999999</v>
+        <v>46.850288970999998</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.21028223000000423</v>
+        <v>-0.21557366700000102</v>
       </c>
       <c r="D353" s="5">
-        <v>-5.2310850751739579</v>
+        <v>-5.3599389990932274</v>
       </c>
       <c r="E353" s="5">
-        <v>2.9781878871910417</v>
+        <v>2.9955363038083549</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>47.044006375999999</v>
+        <v>47.014422406999998</v>
       </c>
       <c r="C354" s="5">
-        <v>0.18375532099999958</v>
+        <v>0.16413343600000019</v>
       </c>
       <c r="D354" s="5">
-        <v>4.808443124740136</v>
+        <v>4.285990977418086</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>47.120511575000002</v>
+        <v>47.098372902000001</v>
       </c>
       <c r="C355" s="5">
-        <v>7.6505199000003188E-2</v>
+        <v>8.39504950000034E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>1.96904689342281</v>
+        <v>2.1639291257412596</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>47.039412970000001</v>
+        <v>47.022849970000003</v>
       </c>
       <c r="C356" s="5">
-        <v>-8.1098605000001101E-2</v>
+        <v>-7.5522931999998377E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>-2.0458686242283086</v>
+        <v>-1.9073376763262373</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>47.179333149999998</v>
+        <v>47.172917980000001</v>
       </c>
       <c r="C357" s="5">
-        <v>0.13992017999999717</v>
+        <v>0.15006800999999825</v>
       </c>
       <c r="D357" s="5">
-        <v>3.6284154829254733</v>
+        <v>3.8976026298387367</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>47.102991275999997</v>
+        <v>47.105393573999997</v>
       </c>
       <c r="C358" s="5">
-        <v>-7.6341874000000587E-2</v>
+        <v>-6.7524406000003978E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>-1.9245572938297428</v>
+        <v>-1.7042488594566141</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>47.039800261000003</v>
+        <v>47.065005546999998</v>
       </c>
       <c r="C359" s="5">
-        <v>-6.3191014999993911E-2</v>
+        <v>-4.0388026999998772E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>-1.5980344919803824</v>
+        <v>-1.0240384819338311</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>47.202455006999998</v>
+        <v>47.225153091999999</v>
       </c>
       <c r="C360" s="5">
-        <v>0.16265474599999408</v>
+        <v>0.16014754500000095</v>
       </c>
       <c r="D360" s="5">
-        <v>4.2292026722962284</v>
+        <v>4.1605161054010686</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>47.375514226999996</v>
+        <v>47.385574632000001</v>
       </c>
       <c r="C361" s="5">
-        <v>0.17305921999999896</v>
+        <v>0.16042154000000153</v>
       </c>
       <c r="D361" s="5">
-        <v>4.4893915175173049</v>
+        <v>4.153369650019334</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>47.452424823000001</v>
+        <v>47.458012926999999</v>
       </c>
       <c r="C362" s="5">
-        <v>7.6910596000004716E-2</v>
+        <v>7.2438294999997765E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>1.9655988772836253</v>
+        <v>1.8499417130502849</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>47.201679085999999</v>
+        <v>47.208543837000001</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.25074573700000258</v>
+        <v>-0.24946908999999806</v>
       </c>
       <c r="D363" s="5">
-        <v>-6.1599010883106819</v>
+        <v>-6.1287388460205428</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>47.408929076</v>
+        <v>47.415381881000002</v>
       </c>
       <c r="C364" s="5">
-        <v>0.20724999000000111</v>
+        <v>0.20683804400000128</v>
       </c>
       <c r="D364" s="5">
-        <v>5.3979992315967174</v>
+        <v>5.3862075411085009</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>47.736979042000002</v>
+        <v>47.731301848999998</v>
       </c>
       <c r="C365" s="5">
-        <v>0.3280499660000018</v>
+        <v>0.31591996799999578</v>
       </c>
       <c r="D365" s="5">
-        <v>8.6269139405601649</v>
+        <v>8.2949796829460141</v>
       </c>
       <c r="E365" s="5">
-        <v>1.8709417198191858</v>
+        <v>1.8804854726623743</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>48.181432815999997</v>
+        <v>48.156688707999997</v>
       </c>
       <c r="C366" s="5">
-        <v>0.44445377399999586</v>
+        <v>0.42538685899999962</v>
       </c>
       <c r="D366" s="5">
-        <v>11.762819012344394</v>
+        <v>11.23463796351083</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>48.295112080999999</v>
+        <v>48.270960553999998</v>
       </c>
       <c r="C367" s="5">
-        <v>0.11367926500000181</v>
+        <v>0.11427184600000118</v>
       </c>
       <c r="D367" s="5">
-        <v>2.8683109701661769</v>
+        <v>2.8849593043108746</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>47.564674158999999</v>
+        <v>47.549893298000001</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.73043792200000013</v>
+        <v>-0.72106725599999777</v>
       </c>
       <c r="D368" s="5">
-        <v>-16.713200790814586</v>
+        <v>-16.523685166073999</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>33.413204847999999</v>
+        <v>33.407959179000002</v>
       </c>
       <c r="C369" s="5">
-        <v>-14.151469311</v>
+        <v>-14.141934118999998</v>
       </c>
       <c r="D369" s="5">
-        <v>-98.555879984019469</v>
+        <v>-98.553212342058728</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>36.647655016000002</v>
+        <v>36.645390679000002</v>
       </c>
       <c r="C370" s="5">
-        <v>3.2344501680000022</v>
+        <v>3.2374314999999996</v>
       </c>
       <c r="D370" s="5">
-        <v>203.06563043017101</v>
+        <v>203.41211461160538</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>40.212979990999997</v>
+        <v>40.230512906999998</v>
       </c>
       <c r="C371" s="5">
-        <v>3.5653249749999958</v>
+        <v>3.5851222279999959</v>
       </c>
       <c r="D371" s="5">
-        <v>204.67779706424903</v>
+        <v>206.50288097241599</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>40.358270914000002</v>
+        <v>40.376738760999999</v>
       </c>
       <c r="C372" s="5">
-        <v>0.14529092300000457</v>
+        <v>0.14622585400000077</v>
       </c>
       <c r="D372" s="5">
-        <v>4.4228452356939396</v>
+        <v>4.4498982519882491</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>41.155949825999997</v>
+        <v>41.163859971999997</v>
       </c>
       <c r="C373" s="5">
-        <v>0.79767891199999497</v>
+        <v>0.78712121099999877</v>
       </c>
       <c r="D373" s="5">
-        <v>26.473906584277529</v>
+        <v>26.071886273108035</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>42.264117126999999</v>
+        <v>42.266184436000003</v>
       </c>
       <c r="C374" s="5">
-        <v>1.1081673010000017</v>
+        <v>1.1023244640000058</v>
       </c>
       <c r="D374" s="5">
-        <v>37.552999722058189</v>
+        <v>37.316719550759416</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>42.797692146000003</v>
+        <v>42.812612766999997</v>
       </c>
       <c r="C375" s="5">
-        <v>0.53357501900000415</v>
+        <v>0.54642833099999422</v>
       </c>
       <c r="D375" s="5">
-        <v>16.247223883152671</v>
+        <v>16.665989040725627</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>42.814498196999999</v>
+        <v>42.830925409000002</v>
       </c>
       <c r="C376" s="5">
-        <v>1.6806050999996103E-2</v>
+        <v>1.8312642000005042E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>0.47224216885761727</v>
+        <v>0.51449656571889157</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>42.891479261999997</v>
+        <v>42.887981746999998</v>
       </c>
       <c r="C377" s="5">
-        <v>7.6981064999998239E-2</v>
+        <v>5.7056337999995321E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>2.1790819755047153</v>
+        <v>1.6103196831426025</v>
       </c>
       <c r="E377" s="5">
-        <v>-10.150411436251193</v>
+        <v>-10.147052174110083</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>43.081729092000003</v>
+        <v>43.055827964999999</v>
       </c>
       <c r="C378" s="5">
-        <v>0.19024983000000617</v>
+        <v>0.1678462180000011</v>
       </c>
       <c r="D378" s="5">
-        <v>5.4545225119623453</v>
+        <v>4.7987322794431408</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>42.673037995999998</v>
+        <v>42.647186601999998</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.40869109600000542</v>
+        <v>-0.40864136300000098</v>
       </c>
       <c r="D379" s="5">
-        <v>-10.808135293664932</v>
+        <v>-10.813053486791379</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>43.498366691000001</v>
+        <v>43.473734516999997</v>
       </c>
       <c r="C380" s="5">
-        <v>0.82532869500000317</v>
+        <v>0.82654791499999902</v>
       </c>
       <c r="D380" s="5">
-        <v>25.844039818459684</v>
+        <v>25.903774473998897</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>44.112408244999997</v>
+        <v>44.099019333000001</v>
       </c>
       <c r="C381" s="5">
-        <v>0.61404155399999638</v>
+        <v>0.62528481600000418</v>
       </c>
       <c r="D381" s="5">
-        <v>18.318816170257723</v>
+        <v>18.692641348120166</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>44.452263829000003</v>
+        <v>44.446652839999999</v>
       </c>
       <c r="C382" s="5">
-        <v>0.33985558400000571</v>
+        <v>0.34763350699999762</v>
       </c>
       <c r="D382" s="5">
-        <v>9.6471588734302607</v>
+        <v>9.880733528962482</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>44.660726080000003</v>
+        <v>44.682949424999997</v>
       </c>
       <c r="C383" s="5">
-        <v>0.20846225100000026</v>
+        <v>0.23629658499999806</v>
       </c>
       <c r="D383" s="5">
-        <v>5.7749317472026496</v>
+        <v>6.5695802374979406</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>45.446695783999999</v>
+        <v>45.475643468000001</v>
       </c>
       <c r="C384" s="5">
-        <v>0.78596970399999577</v>
+        <v>0.79269404300000446</v>
       </c>
       <c r="D384" s="5">
-        <v>23.287318085347742</v>
+        <v>23.493542362439346</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>45.625712358999998</v>
+        <v>45.634792486000002</v>
       </c>
       <c r="C385" s="5">
-        <v>0.17901657499999857</v>
+        <v>0.15914901800000081</v>
       </c>
       <c r="D385" s="5">
-        <v>4.8306165661299971</v>
+        <v>4.2813692646993751</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>45.801963485000002</v>
+        <v>45.810514509999997</v>
       </c>
       <c r="C386" s="5">
-        <v>0.17625112600000392</v>
+        <v>0.17572202399999526</v>
       </c>
       <c r="D386" s="5">
-        <v>4.735342129864617</v>
+        <v>4.7198649806576176</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>46.048323367000002</v>
+        <v>46.078937009999997</v>
       </c>
       <c r="C387" s="5">
-        <v>0.24635988200000014</v>
+        <v>0.26842249999999979</v>
       </c>
       <c r="D387" s="5">
-        <v>6.6489809937276823</v>
+        <v>7.262369921533729</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>46.309548550000002</v>
+        <v>46.340451344000002</v>
       </c>
       <c r="C388" s="5">
-        <v>0.26122518300000053</v>
+        <v>0.26151433400000457</v>
       </c>
       <c r="D388" s="5">
-        <v>7.0238827981290441</v>
+        <v>7.0270834036484153</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>46.955130324999999</v>
+        <v>46.953065406999997</v>
       </c>
       <c r="C389" s="5">
-        <v>0.64558177499999658</v>
+        <v>0.61261406299999521</v>
       </c>
       <c r="D389" s="5">
-        <v>18.072847213361243</v>
+        <v>17.069644911424</v>
       </c>
       <c r="E389" s="5">
-        <v>9.4742618648739896</v>
+        <v>9.4783748136722412</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>46.989566934999999</v>
+        <v>46.952106727999997</v>
       </c>
       <c r="C390" s="5">
-        <v>3.4436610000000201E-2</v>
+        <v>-9.5867900000001782E-4</v>
       </c>
       <c r="D390" s="5">
-        <v>0.88363139136204971</v>
+        <v>-2.4498626651159316E-2</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>47.426997604999997</v>
+        <v>47.381956176000003</v>
       </c>
       <c r="C391" s="5">
-        <v>0.43743066999999769</v>
+        <v>0.42984944800000591</v>
       </c>
       <c r="D391" s="5">
-        <v>11.760999462081024</v>
+        <v>11.55648866475547</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>47.526830390999997</v>
+        <v>47.470599714000002</v>
       </c>
       <c r="C392" s="5">
-        <v>9.983278600000034E-2</v>
+        <v>8.8643537999999467E-2</v>
       </c>
       <c r="D392" s="5">
-        <v>2.5554239085487263</v>
+        <v>2.2682394776402104</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>47.637832150000001</v>
+        <v>47.604532241000001</v>
       </c>
       <c r="C393" s="5">
-        <v>0.11100175900000409</v>
+        <v>0.13393252699999891</v>
       </c>
       <c r="D393" s="5">
-        <v>2.8389555789410936</v>
+        <v>3.4386885443620452</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>47.838550976000001</v>
+        <v>47.830549828999999</v>
       </c>
       <c r="C394" s="5">
-        <v>0.20071882599999924</v>
+        <v>0.22601758799999772</v>
       </c>
       <c r="D394" s="5">
-        <v>5.1749511641756119</v>
+        <v>5.8485354174306448</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>47.99109129</v>
+        <v>48.022425091000002</v>
       </c>
       <c r="C395" s="5">
-        <v>0.15254031399999946</v>
+        <v>0.19187526200000349</v>
       </c>
       <c r="D395" s="5">
-        <v>3.8942017029807152</v>
+        <v>4.9215201050444968</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>48.492143052000003</v>
+        <v>48.551356224000003</v>
       </c>
       <c r="C396" s="5">
-        <v>0.50105176200000301</v>
+        <v>0.52893113300000039</v>
       </c>
       <c r="D396" s="5">
-        <v>13.273683690307326</v>
+        <v>14.047911759255394</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>49.028498083000002</v>
+        <v>49.049450538000002</v>
       </c>
       <c r="C397" s="5">
-        <v>0.53635503099999937</v>
+        <v>0.49809431399999937</v>
       </c>
       <c r="D397" s="5">
-        <v>14.110745232981191</v>
+        <v>13.029906756388021</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>49.328980741999999</v>
+        <v>49.351683364000003</v>
       </c>
       <c r="C398" s="5">
-        <v>0.30048265899999649</v>
+        <v>0.3022328260000009</v>
       </c>
       <c r="D398" s="5">
-        <v>7.6075218576322712</v>
+        <v>7.6499642551815183</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>49.837550123</v>
+        <v>49.889330786000002</v>
       </c>
       <c r="C399" s="5">
-        <v>0.50856938100000093</v>
+        <v>0.53764742199999915</v>
       </c>
       <c r="D399" s="5">
-        <v>13.09789501160159</v>
+        <v>13.885515032746532</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>50.235257652000001</v>
+        <v>50.278000616999996</v>
       </c>
       <c r="C400" s="5">
-        <v>0.39770752900000161</v>
+        <v>0.3886698309999943</v>
       </c>
       <c r="D400" s="5">
-        <v>10.007775623735892</v>
+        <v>9.7599365106636693</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>50.015089537999998</v>
+        <v>50.014301469999999</v>
       </c>
       <c r="C401" s="5">
-        <v>-0.22016811400000336</v>
+        <v>-0.26369914699999697</v>
       </c>
       <c r="D401" s="5">
-        <v>-5.1343473690477754</v>
+        <v>-6.1153690955185631</v>
       </c>
       <c r="E401" s="5">
-        <v>6.5167729102666438</v>
+        <v>6.5197789248997884</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>50.184607241999998</v>
+        <v>50.128925381999998</v>
       </c>
       <c r="C402" s="5">
-        <v>0.16951770400000044</v>
+        <v>0.114623911999999</v>
       </c>
       <c r="D402" s="5">
-        <v>4.1438785308253845</v>
+        <v>2.7851196321939442</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>50.245297690000001</v>
+        <v>50.175866098999997</v>
       </c>
       <c r="C403" s="5">
-        <v>6.0690448000002561E-2</v>
+        <v>4.6940716999998244E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>1.4609042651149151</v>
+        <v>1.1294850674709034</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>50.608980811999999</v>
+        <v>50.515936343</v>
       </c>
       <c r="C404" s="5">
-        <v>0.36368312199999764</v>
+        <v>0.34007024400000319</v>
       </c>
       <c r="D404" s="5">
-        <v>9.0400426290399238</v>
+        <v>8.4432076977605917</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>50.96653937</v>
+        <v>50.902660339999997</v>
       </c>
       <c r="C405" s="5">
-        <v>0.35755855800000091</v>
+        <v>0.38672399699999715</v>
       </c>
       <c r="D405" s="5">
-        <v>8.8154732884409448</v>
+        <v>9.5834273362402467</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>51.106478748000001</v>
+        <v>51.087222967000002</v>
       </c>
       <c r="C406" s="5">
-        <v>0.13993937800000111</v>
+        <v>0.18456262700000536</v>
       </c>
       <c r="D406" s="5">
-        <v>3.3450681129810089</v>
+        <v>4.4387778131951938</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>51.385748026000002</v>
+        <v>51.431492382000002</v>
       </c>
       <c r="C407" s="5">
-        <v>0.27926927800000101</v>
+        <v>0.34426941499999941</v>
       </c>
       <c r="D407" s="5">
-        <v>6.7580636394419136</v>
+        <v>8.3931827485994148</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>51.469489562</v>
+        <v>51.567641676999997</v>
       </c>
       <c r="C408" s="5">
-        <v>8.3741535999998007E-2</v>
+        <v>0.13614929499999562</v>
       </c>
       <c r="D408" s="5">
-        <v>1.9732214475618903</v>
+        <v>3.223297521938151</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>51.657813320999999</v>
+        <v>51.694475726</v>
       </c>
       <c r="C409" s="5">
-        <v>0.18832375899999931</v>
+        <v>0.12683404900000284</v>
       </c>
       <c r="D409" s="5">
-        <v>4.4801739903770788</v>
+        <v>2.9917355634312415</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>52.257651789000001</v>
+        <v>52.303987272000001</v>
       </c>
       <c r="C410" s="5">
-        <v>0.59983846800000151</v>
+        <v>0.60951154600000024</v>
       </c>
       <c r="D410" s="5">
-        <v>14.859379620555346</v>
+        <v>15.103346024289221</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>51.827556971</v>
+        <v>51.897675864</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.4300948180000006</v>
+        <v>-0.40631140800000054</v>
       </c>
       <c r="D411" s="5">
-        <v>-9.4413032036915094</v>
+        <v>-8.9337736504489946</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>52.254459138000001</v>
+        <v>52.310439414999998</v>
       </c>
       <c r="C412" s="5">
-        <v>0.4269021670000015</v>
+        <v>0.41276355099999762</v>
       </c>
       <c r="D412" s="5">
-        <v>10.344687875476421</v>
+        <v>9.9728568170227572</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>52.691666308999999</v>
+        <v>52.692539203000003</v>
       </c>
       <c r="C413" s="5">
-        <v>0.43720717099999717</v>
+        <v>0.38209978800000499</v>
       </c>
       <c r="D413" s="5">
-        <v>10.515428225462852</v>
+        <v>9.1262193950336403</v>
       </c>
       <c r="E413" s="5">
-        <v>5.351538497129793</v>
+        <v>5.3549437946393885</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>53.588200178999998</v>
+        <v>53.512047582000001</v>
       </c>
       <c r="C414" s="5">
-        <v>0.89653386999999896</v>
+        <v>0.8195083789999984</v>
       </c>
       <c r="D414" s="5">
-        <v>22.440997298673835</v>
+        <v>20.345346475240778</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>53.888065906000001</v>
+        <v>53.788558092000002</v>
       </c>
       <c r="C415" s="5">
-        <v>0.2998657270000038</v>
+        <v>0.27651051000000137</v>
       </c>
       <c r="D415" s="5">
-        <v>6.9254551164232847</v>
+        <v>6.3800030672209296</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>54.304544682</v>
+        <v>54.171958861</v>
       </c>
       <c r="C416" s="5">
-        <v>0.41647877599999816</v>
+        <v>0.38340076899999787</v>
       </c>
       <c r="D416" s="5">
-        <v>9.678868322299472</v>
+        <v>8.8969339024193026</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>54.073365643999999</v>
+        <v>53.972466713999999</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.2311790380000005</v>
+        <v>-0.19949214700000084</v>
       </c>
       <c r="D417" s="5">
-        <v>-4.99057233827358</v>
+        <v>-4.3306713944764379</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>54.370514190000002</v>
+        <v>54.335226145</v>
       </c>
       <c r="C418" s="5">
-        <v>0.29714854600000251</v>
+        <v>0.36275943100000063</v>
       </c>
       <c r="D418" s="5">
-        <v>6.7973460071810266</v>
+        <v>8.3703663267922437</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>54.479417034999997</v>
+        <v>54.538059054999998</v>
       </c>
       <c r="C419" s="5">
-        <v>0.10890284499999581</v>
+        <v>0.20283290999999792</v>
       </c>
       <c r="D419" s="5">
-        <v>2.4302276359082997</v>
+        <v>4.5727157710823807</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>54.151790740000003</v>
+        <v>54.293244149000003</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.32762629499999463</v>
+        <v>-0.24481490599999489</v>
       </c>
       <c r="D420" s="5">
-        <v>-6.9825448190623751</v>
+        <v>-5.2556378487970568</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>54.077897452000002</v>
+        <v>54.138533690999999</v>
       </c>
       <c r="C421" s="5">
-        <v>-7.3893288000000723E-2</v>
+        <v>-0.15471045800000383</v>
       </c>
       <c r="D421" s="5">
-        <v>-1.6252366319231992</v>
+        <v>-3.3663558864117094</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>54.369217063000001</v>
+        <v>54.435671587000002</v>
       </c>
       <c r="C422" s="5">
-        <v>0.2913196109999987</v>
+        <v>0.2971378960000024</v>
       </c>
       <c r="D422" s="5">
-        <v>6.6594583230106252</v>
+        <v>6.7886645820412594</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>54.504312284000001</v>
+        <v>54.594721849000003</v>
       </c>
       <c r="C423" s="5">
-        <v>0.13509522100000027</v>
+        <v>0.15905026200000094</v>
       </c>
       <c r="D423" s="5">
-        <v>3.022817365644781</v>
+        <v>3.5630586722881441</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>54.442468572999999</v>
+        <v>54.505910272999998</v>
       </c>
       <c r="C424" s="5">
-        <v>-6.1843711000001633E-2</v>
+        <v>-8.8811576000004777E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>-1.3531235598236213</v>
+        <v>-1.934720307291693</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>54.475975560000002</v>
+        <v>54.478610144999998</v>
       </c>
       <c r="C425" s="5">
-        <v>3.3506987000002653E-2</v>
+        <v>-2.7300128000000257E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>0.74105327966558221</v>
+        <v>-0.59938560011856268</v>
       </c>
       <c r="E425" s="5">
-        <v>3.3863215494766674</v>
+        <v>3.389608792848442</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>54.54851412</v>
+        <v>54.602868688000001</v>
       </c>
       <c r="C426" s="5">
-        <v>7.2538559999998142E-2</v>
+        <v>0.12425854300000339</v>
       </c>
       <c r="D426" s="5">
-        <v>1.6096380863671822</v>
+        <v>2.7716401144673108</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>54.384374825999998</v>
+        <v>54.422179886000002</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.16413929400000171</v>
+        <v>-0.18068880199999882</v>
       </c>
       <c r="D427" s="5">
-        <v>-3.5516982967300659</v>
+        <v>-3.8994922251014086</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>54.337421253999999</v>
+        <v>54.315623266000003</v>
       </c>
       <c r="C428" s="5">
-        <v>-4.695357199999961E-2</v>
+        <v>-0.10655661999999921</v>
       </c>
       <c r="D428" s="5">
-        <v>-1.0311326325848524</v>
+        <v>-2.3244182391377599</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>54.152251909999997</v>
+        <v>54.361363869000002</v>
       </c>
       <c r="C429" s="5">
-        <v>-0.18516934400000196</v>
+        <v>4.5740602999998714E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>-4.0135409595107525</v>
+        <v>1.0152450256327272</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>54.355982980999997</v>
+        <v>54.574793700999997</v>
       </c>
       <c r="C430" s="5">
-        <v>0.20373107099999999</v>
+        <v>0.21342983199999566</v>
       </c>
       <c r="D430" s="5">
-        <v>4.6092266091966261</v>
+        <v>4.8144361027241622</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>54.244779479000002</v>
+        <v>53.495085461000002</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.11120350199999507</v>
+        <v>-1.0797082399999951</v>
       </c>
       <c r="D431" s="5">
-        <v>-2.4275684024737787</v>
+        <v>-21.320535477276714</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>54.332810981000002</v>
+        <v>53.584824281000003</v>
       </c>
       <c r="C432" s="5">
-        <v>8.8031501999999762E-2</v>
+        <v>8.9738820000000885E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>1.9649045541366705</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.0316952877559524</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>54.219173601999998</v>
+        <v>53.47275132</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.11363737900000359</v>
+        <v>-0.11207296100000264</v>
       </c>
       <c r="D433" s="5">
-        <v>-2.481136056407629</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-2.4811360647154168</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>54.312981350999998</v>
+        <v>53.565267640999998</v>
       </c>
       <c r="C434" s="5">
-        <v>9.3807748999999774E-2</v>
+        <v>9.2516320999997959E-2</v>
       </c>
       <c r="D434" s="5">
-        <v>2.0960610055952067</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.0960610204236785</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>53.935670006999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.37040236600000043</v>
+      </c>
+      <c r="D435" s="5">
+        <v>8.620947285786551</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>54.178583388</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.24291338100000104</v>
+      </c>
+      <c r="D436" s="5">
+        <v>5.5404173163523529</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>54.186497066999998</v>
+      </c>
+      <c r="C437" s="5">
+        <v>7.9136789999978419E-3</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.17542074780567685</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.53619774297198886</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>