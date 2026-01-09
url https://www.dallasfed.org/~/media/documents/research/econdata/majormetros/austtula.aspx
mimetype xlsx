--- v0 (2025-10-17)
+++ v1 (2026-01-09)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{1F2813BA-6453-4083-BB11-C661734B5197}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{13F606C9-C997-4D26-B600-6D0238D41A1B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B414409D-3078-4085-A4D1-E1A434315649}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D02C2AE2-0357-4692-95A1-E8EFEC71AF83}"/>
   </bookViews>
   <sheets>
     <sheet name="austtula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9FA6A50B-116D-415F-8EFC-295A054A93FC}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AFD9E946-9655-4319-A3F1-BE8CEAC26FA0}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>0.36336135000001946</v>
       </c>
       <c r="D431" s="5">
         <v>2.0399686405297102</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>215.86624556999999</v>
       </c>
       <c r="C432" s="5">
         <v>-0.23357269000001679</v>
       </c>
       <c r="D432" s="5">
         <v>-1.2893439419975117</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>216.31616020999999</v>
+        <v>216.39825253000001</v>
       </c>
       <c r="C433" s="5">
-        <v>0.44991464000000292</v>
+        <v>0.53200696000001813</v>
       </c>
       <c r="D433" s="5">
-        <v>2.5299451132626327</v>
+        <v>2.9978442247811987</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>216.26534108000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.1329114499999946</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-0.73455333086005492</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>