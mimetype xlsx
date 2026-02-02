--- v1 (2026-01-09)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{13F606C9-C997-4D26-B600-6D0238D41A1B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9C30963C-D395-4459-AB8B-0A7B6B6C1112}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D02C2AE2-0357-4692-95A1-E8EFEC71AF83}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{ED2E5D62-54C9-46FE-8902-EAA7C9E881A5}"/>
   </bookViews>
   <sheets>
     <sheet name="austtula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Austin—Round Rock—Georgetown Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AFD9E946-9655-4319-A3F1-BE8CEAC26FA0}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8A7ED549-79D9-4AE8-8F62-71144ED3FE82}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>62.197789415000003</v>
+        <v>62.195806439000002</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>62.119330300999998</v>
+        <v>62.116411886999998</v>
       </c>
       <c r="C7" s="5">
-        <v>-7.8459114000004604E-2</v>
+        <v>-7.9394552000003671E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>-1.503276275488008</v>
+        <v>-1.5211217800903731</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>61.994353320999998</v>
+        <v>61.990826237999997</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.12497697999999957</v>
+        <v>-0.12558564900000135</v>
       </c>
       <c r="D8" s="5">
-        <v>-2.3877262403617538</v>
+        <v>-2.399337538758195</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>60.277859073000002</v>
+        <v>60.279792157000003</v>
       </c>
       <c r="C9" s="5">
-        <v>-1.7164942479999965</v>
+        <v>-1.711034080999994</v>
       </c>
       <c r="D9" s="5">
-        <v>-28.604931246802735</v>
+        <v>-28.52867122165209</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>60.461528182999999</v>
+        <v>60.462895314999997</v>
       </c>
       <c r="C10" s="5">
-        <v>0.18366910999999675</v>
+        <v>0.18310315799999444</v>
       </c>
       <c r="D10" s="5">
-        <v>3.7183533404967273</v>
+        <v>3.706582772716116</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>60.461860467000001</v>
+        <v>60.463116044000003</v>
       </c>
       <c r="C11" s="5">
-        <v>3.3228400000240299E-4</v>
+        <v>2.2072900000580375E-4</v>
       </c>
       <c r="D11" s="5">
-        <v>6.5951500879402047E-3</v>
+        <v>4.3808705654013735E-3</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>60.951414073999999</v>
+        <v>60.952346288000001</v>
       </c>
       <c r="C12" s="5">
-        <v>0.48955360699999773</v>
+        <v>0.48923024399999804</v>
       </c>
       <c r="D12" s="5">
-        <v>10.160867759818682</v>
+        <v>10.153634456340743</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>60.647968489999997</v>
+        <v>60.648772135999998</v>
       </c>
       <c r="C13" s="5">
-        <v>-0.3034455840000021</v>
+        <v>-0.30357415200000304</v>
       </c>
       <c r="D13" s="5">
-        <v>-5.8132812453066895</v>
+        <v>-5.8155906977742085</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>60.785913721</v>
+        <v>60.786986069000001</v>
       </c>
       <c r="C14" s="5">
-        <v>0.13794523100000333</v>
+        <v>0.13821393300000295</v>
       </c>
       <c r="D14" s="5">
-        <v>2.7638332534442034</v>
+        <v>2.7692473965807096</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>60.405963345000004</v>
+        <v>60.405571582</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.37995037599999648</v>
+        <v>-0.38141448700000069</v>
       </c>
       <c r="D15" s="5">
-        <v>-7.2481916425170763</v>
+        <v>-7.2750413600004338</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>60.820515119</v>
+        <v>60.821847562000002</v>
       </c>
       <c r="C16" s="5">
-        <v>0.41455177399999599</v>
+        <v>0.41627598000000177</v>
       </c>
       <c r="D16" s="5">
-        <v>8.5533802647893786</v>
+        <v>8.5903725335787051</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>60.812402818999999</v>
+        <v>60.811972740000002</v>
       </c>
       <c r="C17" s="5">
-        <v>-8.1123000000005163E-3</v>
+        <v>-9.8748220000004494E-3</v>
       </c>
       <c r="D17" s="5">
-        <v>-0.15993981274174951</v>
+        <v>-0.19465391475540494</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>60.107201113000002</v>
+        <v>60.105457170000001</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.70520170599999688</v>
+        <v>-0.70651557000000054</v>
       </c>
       <c r="D18" s="5">
-        <v>-13.061507857721089</v>
+        <v>-13.084396147969136</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>59.246286662999999</v>
+        <v>59.243785449000001</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.86091445000000277</v>
+        <v>-0.86167172100000045</v>
       </c>
       <c r="D19" s="5">
-        <v>-15.896211311714614</v>
+        <v>-15.909536151896841</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>59.544201489000002</v>
+        <v>59.541184839000003</v>
       </c>
       <c r="C20" s="5">
-        <v>0.29791482600000307</v>
+        <v>0.29739939000000248</v>
       </c>
       <c r="D20" s="5">
-        <v>6.2038058354385583</v>
+        <v>6.1930430143575244</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>58.470796454000002</v>
+        <v>58.472462307000001</v>
       </c>
       <c r="C21" s="5">
-        <v>-1.0734050350000004</v>
+        <v>-1.0687225320000024</v>
       </c>
       <c r="D21" s="5">
-        <v>-19.611410610311985</v>
+        <v>-19.535017796318289</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>58.642492060999999</v>
+        <v>58.643680531000001</v>
       </c>
       <c r="C22" s="5">
-        <v>0.17169560699999664</v>
+        <v>0.17121822400000042</v>
       </c>
       <c r="D22" s="5">
-        <v>3.5811904010337514</v>
+        <v>3.5709689592543947</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>59.061411339999999</v>
+        <v>59.062548327999998</v>
       </c>
       <c r="C23" s="5">
-        <v>0.4189192790000007</v>
+        <v>0.41886779699999721</v>
       </c>
       <c r="D23" s="5">
-        <v>8.9172922245158937</v>
+        <v>8.9159651009867567</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>59.659060805000003</v>
+        <v>59.659873941000001</v>
       </c>
       <c r="C24" s="5">
-        <v>0.59764946500000349</v>
+        <v>0.59732561300000242</v>
       </c>
       <c r="D24" s="5">
-        <v>12.84208360689767</v>
+        <v>12.834472252741037</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>59.933579315999999</v>
+        <v>59.934260559000002</v>
       </c>
       <c r="C25" s="5">
-        <v>0.27451851099999658</v>
+        <v>0.27438661800000119</v>
       </c>
       <c r="D25" s="5">
-        <v>5.6636567208403266</v>
+        <v>5.6607872893347899</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>59.584052714999999</v>
+        <v>59.584928155</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.34952660100000088</v>
+        <v>-0.34933240400000187</v>
       </c>
       <c r="D26" s="5">
-        <v>-6.7781132161504942</v>
+        <v>-6.7743926427015317</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>59.605747848999997</v>
+        <v>59.605347379000001</v>
       </c>
       <c r="C27" s="5">
-        <v>2.1695133999998006E-2</v>
+        <v>2.0419224000001179E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>0.43780775298523089</v>
+        <v>0.412005279939609</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>60.227965105000003</v>
+        <v>60.229086473000002</v>
       </c>
       <c r="C28" s="5">
-        <v>0.6222172560000061</v>
+        <v>0.62373909400000116</v>
       </c>
       <c r="D28" s="5">
-        <v>13.271482899152986</v>
+        <v>13.305927953107988</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>60.718597369999998</v>
+        <v>60.718187938</v>
       </c>
       <c r="C29" s="5">
-        <v>0.49063226499999502</v>
+        <v>0.4891014649999974</v>
       </c>
       <c r="D29" s="5">
-        <v>10.225603598027732</v>
+        <v>10.192062620734021</v>
       </c>
       <c r="E29" s="5">
-        <v>-0.15425381114967385</v>
+        <v>-0.15422094987935786</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>61.022500788999999</v>
+        <v>61.021032984000001</v>
       </c>
       <c r="C30" s="5">
-        <v>0.30390341900000095</v>
+        <v>0.30284504600000162</v>
       </c>
       <c r="D30" s="5">
-        <v>6.1742625299506804</v>
+        <v>6.1522094566365704</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>61.329225784000002</v>
+        <v>61.327168295</v>
       </c>
       <c r="C31" s="5">
-        <v>0.30672499500000328</v>
+        <v>0.30613531099999847</v>
       </c>
       <c r="D31" s="5">
-        <v>6.2012837502524842</v>
+        <v>6.1891838245694109</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>61.563872062999998</v>
+        <v>61.561500031000001</v>
       </c>
       <c r="C32" s="5">
-        <v>0.23464627899999613</v>
+        <v>0.23433173600000146</v>
       </c>
       <c r="D32" s="5">
-        <v>4.6890689180020484</v>
+        <v>4.6828109682434338</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>61.942633469999997</v>
+        <v>61.943952871999997</v>
       </c>
       <c r="C33" s="5">
-        <v>0.37876140699999894</v>
+        <v>0.38245284099999566</v>
       </c>
       <c r="D33" s="5">
-        <v>7.637811638019909</v>
+        <v>7.7151196911686926</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>62.096824423000001</v>
+        <v>62.097819567999998</v>
       </c>
       <c r="C34" s="5">
-        <v>0.15419095300000407</v>
+        <v>0.15386669600000147</v>
       </c>
       <c r="D34" s="5">
-        <v>3.0283422854469944</v>
+        <v>3.0218213061506072</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>62.319510581999999</v>
+        <v>62.320524892000002</v>
       </c>
       <c r="C35" s="5">
-        <v>0.22268615899999844</v>
+        <v>0.2227053240000032</v>
       </c>
       <c r="D35" s="5">
-        <v>4.3892343821345658</v>
+        <v>4.3895478753214867</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>62.3015039</v>
+        <v>62.302200769000002</v>
       </c>
       <c r="C36" s="5">
-        <v>-1.800668199999933E-2</v>
+        <v>-1.8324122999999304E-2</v>
       </c>
       <c r="D36" s="5">
-        <v>-0.3461791063191777</v>
+        <v>-0.35226633077528602</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>62.524241643000003</v>
+        <v>62.524728961999998</v>
       </c>
       <c r="C37" s="5">
-        <v>0.22273774300000326</v>
+        <v>0.22252819299999516</v>
       </c>
       <c r="D37" s="5">
-        <v>4.3755631031914932</v>
+        <v>4.3713155445412211</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>63.084221575000001</v>
+        <v>63.084879696999998</v>
       </c>
       <c r="C38" s="5">
-        <v>0.5599799319999974</v>
+        <v>0.56015073500000057</v>
       </c>
       <c r="D38" s="5">
-        <v>11.292984063253053</v>
+        <v>11.296507649607879</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>63.441383448000003</v>
+        <v>63.440988400999998</v>
       </c>
       <c r="C39" s="5">
-        <v>0.35716187300000257</v>
+        <v>0.35610870400000039</v>
       </c>
       <c r="D39" s="5">
-        <v>7.0096042002990577</v>
+        <v>6.9882138002407945</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>63.328513821999998</v>
+        <v>63.329274906000002</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.1128696260000055</v>
+        <v>-0.1117134949999965</v>
       </c>
       <c r="D40" s="5">
-        <v>-2.1141727672042143</v>
+        <v>-2.092739370584451</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>63.995701548</v>
+        <v>63.995356772999997</v>
       </c>
       <c r="C41" s="5">
-        <v>0.66718772600000165</v>
+        <v>0.6660818669999955</v>
       </c>
       <c r="D41" s="5">
-        <v>13.401316763143134</v>
+        <v>13.377633633512298</v>
       </c>
       <c r="E41" s="5">
-        <v>5.3972000671068887</v>
+        <v>5.3973429482881752</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>64.646261998</v>
+        <v>64.645192014000003</v>
       </c>
       <c r="C42" s="5">
-        <v>0.6505604500000004</v>
+        <v>0.64983524100000523</v>
       </c>
       <c r="D42" s="5">
-        <v>12.904529098159468</v>
+        <v>12.889404492770851</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>64.914301175999995</v>
+        <v>64.912874165000005</v>
       </c>
       <c r="C43" s="5">
-        <v>0.2680391779999951</v>
+        <v>0.26768215100000248</v>
       </c>
       <c r="D43" s="5">
-        <v>5.0905385551939686</v>
+        <v>5.0836888890666954</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>65.418615568000007</v>
+        <v>65.417093714000004</v>
       </c>
       <c r="C44" s="5">
-        <v>0.50431439200001194</v>
+        <v>0.50421954899999832</v>
       </c>
       <c r="D44" s="5">
-        <v>9.7315604377355989</v>
+        <v>9.7298745165120373</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>65.854558182999995</v>
+        <v>65.855344302999995</v>
       </c>
       <c r="C45" s="5">
-        <v>0.43594261499998765</v>
+        <v>0.43825058899999192</v>
       </c>
       <c r="D45" s="5">
-        <v>8.2963691747592883</v>
+        <v>8.3421241742778882</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>66.155012928000005</v>
+        <v>66.155704760999996</v>
       </c>
       <c r="C46" s="5">
-        <v>0.30045474500001035</v>
+        <v>0.30036045800000011</v>
       </c>
       <c r="D46" s="5">
-        <v>5.6143714249940135</v>
+        <v>5.6124964377435305</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>65.768824925000004</v>
+        <v>65.769620775000007</v>
       </c>
       <c r="C47" s="5">
-        <v>-0.38618800300000089</v>
+        <v>-0.3860839859999885</v>
       </c>
       <c r="D47" s="5">
-        <v>-6.7845530542081427</v>
+        <v>-6.7827152639169945</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>66.865119985000007</v>
+        <v>66.865648575999998</v>
       </c>
       <c r="C48" s="5">
-        <v>1.0962950600000028</v>
+        <v>1.0960278009999911</v>
       </c>
       <c r="D48" s="5">
-        <v>21.94234687037968</v>
+        <v>21.936207944418818</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>67.411252179000002</v>
+        <v>67.411553807000004</v>
       </c>
       <c r="C49" s="5">
-        <v>0.5461321939999948</v>
+        <v>0.5459052310000061</v>
       </c>
       <c r="D49" s="5">
-        <v>10.253705087117936</v>
+        <v>10.249165993244681</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>67.777461779000006</v>
+        <v>67.777833173999994</v>
       </c>
       <c r="C50" s="5">
-        <v>0.3662096000000048</v>
+        <v>0.36627936699998997</v>
       </c>
       <c r="D50" s="5">
-        <v>6.7173118868750992</v>
+        <v>6.718599126989222</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>68.176927750999994</v>
+        <v>68.176626577999997</v>
       </c>
       <c r="C51" s="5">
-        <v>0.39946597199998735</v>
+        <v>0.39879340400000274</v>
       </c>
       <c r="D51" s="5">
-        <v>7.3063720841529012</v>
+        <v>7.2936285273052404</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>68.373607892999999</v>
+        <v>68.374027170999994</v>
       </c>
       <c r="C52" s="5">
-        <v>0.19668014200000528</v>
+        <v>0.19740059299999757</v>
       </c>
       <c r="D52" s="5">
-        <v>3.5172779740465288</v>
+        <v>3.5303836850595349</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>68.717811452999996</v>
+        <v>68.717545673000004</v>
       </c>
       <c r="C53" s="5">
-        <v>0.34420355999999686</v>
+        <v>0.34351850200000911</v>
       </c>
       <c r="D53" s="5">
-        <v>6.2110907996591136</v>
+        <v>6.1983464222563844</v>
       </c>
       <c r="E53" s="5">
-        <v>7.378792310696336</v>
+        <v>7.3789555025847164</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>69.076744546</v>
+        <v>69.076097446000006</v>
       </c>
       <c r="C54" s="5">
-        <v>0.35893309300000453</v>
+        <v>0.35855177300000207</v>
       </c>
       <c r="D54" s="5">
-        <v>6.451187146013182</v>
+        <v>6.4441613744075754</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>69.915461124000004</v>
+        <v>69.914673754999995</v>
       </c>
       <c r="C55" s="5">
-        <v>0.83871657800000321</v>
+        <v>0.83857630899998981</v>
       </c>
       <c r="D55" s="5">
-        <v>15.583641626987532</v>
+        <v>15.581014800414096</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>70.474739185000004</v>
+        <v>70.474028029999999</v>
       </c>
       <c r="C56" s="5">
-        <v>0.55927806100000055</v>
+        <v>0.55935427500000401</v>
       </c>
       <c r="D56" s="5">
-        <v>10.033014494515392</v>
+        <v>10.034560453215802</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>71.417298922000001</v>
+        <v>71.417604912000002</v>
       </c>
       <c r="C57" s="5">
-        <v>0.94255973699999629</v>
+        <v>0.94357688200000212</v>
       </c>
       <c r="D57" s="5">
-        <v>17.284148920200849</v>
+        <v>17.304382882724067</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>71.446338249999997</v>
+        <v>71.446725063000002</v>
       </c>
       <c r="C58" s="5">
-        <v>2.903932799999609E-2</v>
+        <v>2.912015100000076E-2</v>
       </c>
       <c r="D58" s="5">
-        <v>0.48903040942906983</v>
+        <v>0.49039243937554211</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>71.639349394000007</v>
+        <v>71.639922190999997</v>
       </c>
       <c r="C59" s="5">
-        <v>0.1930111440000104</v>
+        <v>0.19319712799999422</v>
       </c>
       <c r="D59" s="5">
-        <v>3.2903841679711165</v>
+        <v>3.2935839610745532</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>71.787119622000006</v>
+        <v>71.787443413000005</v>
       </c>
       <c r="C60" s="5">
-        <v>0.14777022799999884</v>
+        <v>0.14752122200000883</v>
       </c>
       <c r="D60" s="5">
-        <v>2.5035107820809976</v>
+        <v>2.4992240407355037</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>72.371115036000006</v>
+        <v>72.371222844000002</v>
       </c>
       <c r="C61" s="5">
-        <v>0.58399541400000032</v>
+        <v>0.58377943099999641</v>
       </c>
       <c r="D61" s="5">
-        <v>10.210971338230546</v>
+        <v>10.206976348091112</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>72.959333479999998</v>
+        <v>72.959457370999999</v>
       </c>
       <c r="C62" s="5">
-        <v>0.58821844399999179</v>
+        <v>0.58823452699999734</v>
       </c>
       <c r="D62" s="5">
-        <v>10.201403807190168</v>
+        <v>10.20167943560255</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>73.630760702000003</v>
+        <v>73.630574401000004</v>
       </c>
       <c r="C63" s="5">
-        <v>0.67142722200000549</v>
+        <v>0.67111703000000489</v>
       </c>
       <c r="D63" s="5">
-        <v>11.619777857292002</v>
+        <v>11.614114470403724</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>74.413718575999994</v>
+        <v>74.413808218</v>
       </c>
       <c r="C64" s="5">
-        <v>0.78295787399999028</v>
+        <v>0.78323381699999572</v>
       </c>
       <c r="D64" s="5">
-        <v>13.533660897884925</v>
+        <v>13.538749389019555</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>75.107624009000006</v>
+        <v>75.107474599</v>
       </c>
       <c r="C65" s="5">
-        <v>0.69390543300001184</v>
+        <v>0.69366638099999989</v>
       </c>
       <c r="D65" s="5">
-        <v>11.782081481639439</v>
+        <v>11.777797282783119</v>
       </c>
       <c r="E65" s="5">
-        <v>9.2986263981505992</v>
+        <v>9.2988317079995433</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>75.629329260000006</v>
+        <v>75.629076131000005</v>
       </c>
       <c r="C66" s="5">
-        <v>0.5217052510000002</v>
+        <v>0.52160153200000536</v>
       </c>
       <c r="D66" s="5">
-        <v>8.6612515327811668</v>
+        <v>8.6594812029650026</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>76.239439406000002</v>
+        <v>76.239161644999996</v>
       </c>
       <c r="C67" s="5">
-        <v>0.61011014599999669</v>
+        <v>0.61008551399999078</v>
       </c>
       <c r="D67" s="5">
-        <v>10.121811250000023</v>
+        <v>10.12141969615028</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>76.411038993999995</v>
+        <v>76.410855796999996</v>
       </c>
       <c r="C68" s="5">
-        <v>0.17159958799999231</v>
+        <v>0.1716941520000006</v>
       </c>
       <c r="D68" s="5">
-        <v>2.7346461058949334</v>
+        <v>2.7361819043693281</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>76.974384913999998</v>
+        <v>76.974399013999999</v>
       </c>
       <c r="C69" s="5">
-        <v>0.56334592000000328</v>
+        <v>0.56354321700000298</v>
       </c>
       <c r="D69" s="5">
-        <v>9.2147929180862675</v>
+        <v>9.2181751788372743</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>77.311228643999996</v>
+        <v>77.311365248000001</v>
       </c>
       <c r="C70" s="5">
-        <v>0.33684372999999823</v>
+        <v>0.33696623400000192</v>
       </c>
       <c r="D70" s="5">
-        <v>5.3795102185422383</v>
+        <v>5.381512983669845</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>78.992623820000006</v>
+        <v>78.992953886999999</v>
       </c>
       <c r="C71" s="5">
-        <v>1.6813951760000094</v>
+        <v>1.6815886389999974</v>
       </c>
       <c r="D71" s="5">
-        <v>29.457606318341334</v>
+        <v>29.461352632561532</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>80.526825654999996</v>
+        <v>80.526961751000002</v>
       </c>
       <c r="C72" s="5">
-        <v>1.5342018349999904</v>
+        <v>1.534007864000003</v>
       </c>
       <c r="D72" s="5">
-        <v>25.964590976388301</v>
+        <v>25.960829665691843</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>81.548862063000001</v>
+        <v>81.548892868999999</v>
       </c>
       <c r="C73" s="5">
-        <v>1.0220364080000053</v>
+        <v>1.0219311179999977</v>
       </c>
       <c r="D73" s="5">
-        <v>16.339691292497594</v>
+        <v>16.337859225196393</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>83.051134894</v>
+        <v>83.051115073999995</v>
       </c>
       <c r="C74" s="5">
-        <v>1.5022728309999991</v>
+        <v>1.5022222049999954</v>
       </c>
       <c r="D74" s="5">
-        <v>24.489291293359283</v>
+        <v>24.488370460392627</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>83.299393451</v>
+        <v>83.299332342</v>
       </c>
       <c r="C75" s="5">
-        <v>0.24825855699999977</v>
+        <v>0.24821726800000476</v>
       </c>
       <c r="D75" s="5">
-        <v>3.6466360925498487</v>
+        <v>3.6460204845163657</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>83.904224084000006</v>
+        <v>83.904231023999998</v>
       </c>
       <c r="C76" s="5">
-        <v>0.60483063300000595</v>
+        <v>0.60489868199999819</v>
       </c>
       <c r="D76" s="5">
-        <v>9.0696294438364902</v>
+        <v>9.0706978782376879</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>84.310689451000002</v>
+        <v>84.310620580000005</v>
       </c>
       <c r="C77" s="5">
-        <v>0.40646536699999558</v>
+        <v>0.4063895560000077</v>
       </c>
       <c r="D77" s="5">
-        <v>5.9706949733059789</v>
+        <v>5.9695510234619276</v>
       </c>
       <c r="E77" s="5">
-        <v>12.253170784496149</v>
+        <v>12.253302391187759</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>84.783388087000006</v>
+        <v>84.783312068000001</v>
       </c>
       <c r="C78" s="5">
-        <v>0.47269863600000406</v>
+        <v>0.47269148799999527</v>
       </c>
       <c r="D78" s="5">
-        <v>6.939345924051965</v>
+        <v>6.9392435771445493</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>85.009495318999996</v>
+        <v>85.009420754999994</v>
       </c>
       <c r="C79" s="5">
-        <v>0.22610723199998972</v>
+        <v>0.22610868699999287</v>
       </c>
       <c r="D79" s="5">
-        <v>3.2476182457973124</v>
+        <v>3.2476424064708409</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>85.429606808000003</v>
+        <v>85.429551673000006</v>
       </c>
       <c r="C80" s="5">
-        <v>0.42011148900000705</v>
+        <v>0.42013091800001234</v>
       </c>
       <c r="D80" s="5">
-        <v>6.0941983459104732</v>
+        <v>6.0944933822780101</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>85.846599896000001</v>
+        <v>85.846601136000004</v>
       </c>
       <c r="C81" s="5">
-        <v>0.41699308799999812</v>
+        <v>0.4170494629999979</v>
       </c>
       <c r="D81" s="5">
-        <v>6.0171917053594148</v>
+        <v>6.0180311482252113</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>86.523024109999994</v>
+        <v>86.523069254999996</v>
       </c>
       <c r="C82" s="5">
-        <v>0.67642421399999364</v>
+        <v>0.67646811899999193</v>
       </c>
       <c r="D82" s="5">
-        <v>9.8760648867365362</v>
+        <v>9.8767338021177551</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>87.237147624000002</v>
+        <v>87.237311654999999</v>
       </c>
       <c r="C83" s="5">
-        <v>0.71412351400000773</v>
+        <v>0.71424240000000339</v>
       </c>
       <c r="D83" s="5">
-        <v>10.36648262361577</v>
+        <v>10.368281856749451</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>86.566409801999995</v>
+        <v>86.566442234999997</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.67073782200000664</v>
+        <v>-0.67086942000000249</v>
       </c>
       <c r="D84" s="5">
-        <v>-8.8460716147112599</v>
+        <v>-8.8477185249725707</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>87.310331067999996</v>
+        <v>87.310316573999998</v>
       </c>
       <c r="C85" s="5">
-        <v>0.74392126600000097</v>
+        <v>0.74387433900000133</v>
       </c>
       <c r="D85" s="5">
-        <v>10.814028930974251</v>
+        <v>10.813309972995633</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>87.160400773999996</v>
+        <v>87.160381094000002</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.14993029400000069</v>
+        <v>-0.14993547999999635</v>
       </c>
       <c r="D86" s="5">
-        <v>-2.0413024491353515</v>
+        <v>-2.0413727267160842</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>87.471438727000006</v>
+        <v>87.471406326999997</v>
       </c>
       <c r="C87" s="5">
-        <v>0.31103795300001025</v>
+        <v>0.31102523299999518</v>
       </c>
       <c r="D87" s="5">
-        <v>4.367340272133835</v>
+        <v>4.3671591539758081</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>87.803460684000001</v>
+        <v>87.803438460999999</v>
       </c>
       <c r="C88" s="5">
-        <v>0.33202195699999493</v>
+        <v>0.33203213400000209</v>
       </c>
       <c r="D88" s="5">
-        <v>4.651236502444811</v>
+        <v>4.6513838187885792</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>88.274339576000003</v>
+        <v>88.274329178000002</v>
       </c>
       <c r="C89" s="5">
-        <v>0.47087889200000177</v>
+        <v>0.47089071700000318</v>
       </c>
       <c r="D89" s="5">
-        <v>6.628702036743972</v>
+        <v>6.6288751688584613</v>
       </c>
       <c r="E89" s="5">
-        <v>4.7012426903513926</v>
+        <v>4.701315884917423</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>88.237799237000004</v>
+        <v>88.237792264999996</v>
       </c>
       <c r="C90" s="5">
-        <v>-3.6540338999998312E-2</v>
+        <v>-3.6536913000006166E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>-0.49559946992951964</v>
+        <v>-0.49555316679283923</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>88.739497377999996</v>
+        <v>88.739489406999994</v>
       </c>
       <c r="C91" s="5">
-        <v>0.50169814099999144</v>
+        <v>0.5016971419999976</v>
       </c>
       <c r="D91" s="5">
-        <v>7.0403602120479691</v>
+        <v>7.0403463255423127</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>89.022171303999997</v>
+        <v>89.022161320999999</v>
       </c>
       <c r="C92" s="5">
-        <v>0.28267392600000107</v>
+        <v>0.28267191400000513</v>
       </c>
       <c r="D92" s="5">
-        <v>3.8902087467947322</v>
+        <v>3.8901809259671127</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>89.174922350000003</v>
+        <v>89.174912813999995</v>
       </c>
       <c r="C93" s="5">
-        <v>0.15275104600000589</v>
+        <v>0.15275149299999669</v>
       </c>
       <c r="D93" s="5">
-        <v>2.078595226636426</v>
+        <v>2.0786016021109521</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>89.413165555000006</v>
+        <v>89.413169038000007</v>
       </c>
       <c r="C94" s="5">
-        <v>0.2382432050000034</v>
+        <v>0.23825622400001123</v>
       </c>
       <c r="D94" s="5">
-        <v>3.2534974426426055</v>
+        <v>3.2536782065017311</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>90.084760778000003</v>
+        <v>90.084836349</v>
       </c>
       <c r="C95" s="5">
-        <v>0.67159522299999708</v>
+        <v>0.67166731099999311</v>
       </c>
       <c r="D95" s="5">
-        <v>9.3952099126598743</v>
+        <v>9.3962600242582184</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>90.806921028999994</v>
+        <v>90.806929992999997</v>
       </c>
       <c r="C96" s="5">
-        <v>0.72216025099999115</v>
+        <v>0.72209364399999743</v>
       </c>
       <c r="D96" s="5">
-        <v>10.05542353874378</v>
+        <v>10.054446023195185</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>91.269863158000007</v>
+        <v>91.269848858000003</v>
       </c>
       <c r="C97" s="5">
-        <v>0.46294212900001241</v>
+        <v>0.46291886500000601</v>
       </c>
       <c r="D97" s="5">
-        <v>6.2921980140734135</v>
+        <v>6.291872258951603</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>92.324481014</v>
+        <v>92.324473487000006</v>
       </c>
       <c r="C98" s="5">
-        <v>1.054617855999993</v>
+        <v>1.0546246290000028</v>
       </c>
       <c r="D98" s="5">
-        <v>14.781978805278872</v>
+        <v>14.782082316485724</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>92.573698366000002</v>
+        <v>92.573685479999995</v>
       </c>
       <c r="C99" s="5">
-        <v>0.24921735200000228</v>
+        <v>0.24921199299998875</v>
       </c>
       <c r="D99" s="5">
-        <v>3.2877631154261566</v>
+        <v>3.2876916367589715</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>93.196032544999994</v>
+        <v>93.196025903000006</v>
       </c>
       <c r="C100" s="5">
-        <v>0.6223341789999921</v>
+        <v>0.62234042300001136</v>
       </c>
       <c r="D100" s="5">
-        <v>8.3721576439767631</v>
+        <v>8.3722459821681703</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>93.503017542999999</v>
+        <v>93.503014129999997</v>
       </c>
       <c r="C101" s="5">
-        <v>0.30698499800000434</v>
+        <v>0.30698822699999084</v>
       </c>
       <c r="D101" s="5">
-        <v>4.0251685562182615</v>
+        <v>4.0252119567352862</v>
       </c>
       <c r="E101" s="5">
-        <v>5.9232139171070841</v>
+        <v>5.9232225276463435</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>94.280866802999995</v>
+        <v>94.280859762999995</v>
       </c>
       <c r="C102" s="5">
-        <v>0.77784925999999643</v>
+        <v>0.77784563299999832</v>
       </c>
       <c r="D102" s="5">
-        <v>10.452431248380979</v>
+        <v>10.452380658070659</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>94.803080852999997</v>
+        <v>94.803075355000004</v>
       </c>
       <c r="C103" s="5">
-        <v>0.52221405000000232</v>
+        <v>0.52221559200000911</v>
       </c>
       <c r="D103" s="5">
-        <v>6.8529733599515419</v>
+        <v>6.8529947432993454</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>95.428339954999998</v>
+        <v>95.428335774000004</v>
       </c>
       <c r="C104" s="5">
-        <v>0.62525910200000112</v>
+        <v>0.62526041899999996</v>
       </c>
       <c r="D104" s="5">
-        <v>8.207911837972981</v>
+        <v>8.2079302518224253</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>95.800144423999996</v>
+        <v>95.800127537999998</v>
       </c>
       <c r="C105" s="5">
-        <v>0.37180446899999708</v>
+        <v>0.37179176399999392</v>
       </c>
       <c r="D105" s="5">
-        <v>4.7768981513146125</v>
+        <v>4.7767316192757869</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>96.238767648999996</v>
+        <v>96.238767860999999</v>
       </c>
       <c r="C106" s="5">
-        <v>0.43862322500000062</v>
+        <v>0.43864032300000133</v>
       </c>
       <c r="D106" s="5">
-        <v>5.6347168062966579</v>
+        <v>5.6349430325625782</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>96.054857588999994</v>
+        <v>96.054913776000006</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.18391006000000232</v>
+        <v>-0.18385408499999301</v>
       </c>
       <c r="D107" s="5">
-        <v>-2.2692230317510775</v>
+        <v>-2.2685396051141837</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>96.166596644999998</v>
+        <v>96.166604687000003</v>
       </c>
       <c r="C108" s="5">
-        <v>0.11173905600000467</v>
+        <v>0.11169091099999662</v>
       </c>
       <c r="D108" s="5">
-        <v>1.4049065483191736</v>
+        <v>1.4042965131060958</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>96.445261908000006</v>
+        <v>96.445253742999995</v>
       </c>
       <c r="C109" s="5">
-        <v>0.27866526300000771</v>
+        <v>0.2786490559999919</v>
       </c>
       <c r="D109" s="5">
-        <v>3.5332394946007373</v>
+        <v>3.5330304175537508</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>96.89197446</v>
+        <v>96.891968797999994</v>
       </c>
       <c r="C110" s="5">
-        <v>0.44671255199999393</v>
+        <v>0.44671505499999853</v>
       </c>
       <c r="D110" s="5">
-        <v>5.701928437570003</v>
+        <v>5.7019616997018074</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>97.466244059000005</v>
+        <v>97.466234244999995</v>
       </c>
       <c r="C111" s="5">
-        <v>0.5742695990000044</v>
+        <v>0.57426544700000193</v>
       </c>
       <c r="D111" s="5">
-        <v>7.3487751781642574</v>
+        <v>7.3487207458282189</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>97.811606271000002</v>
+        <v>97.811601562999996</v>
       </c>
       <c r="C112" s="5">
-        <v>0.34536221199999773</v>
+        <v>0.34536731800000098</v>
       </c>
       <c r="D112" s="5">
-        <v>4.3359382671560587</v>
+        <v>4.3360040713455117</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>98.624264971000002</v>
+        <v>98.624263959000004</v>
       </c>
       <c r="C113" s="5">
-        <v>0.81265870000000007</v>
+        <v>0.81266239600000745</v>
       </c>
       <c r="D113" s="5">
-        <v>10.438541436528226</v>
+        <v>10.438591627121973</v>
       </c>
       <c r="E113" s="5">
-        <v>5.4770932132161887</v>
+        <v>5.4770959809699704</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>100.03788600999999</v>
+        <v>100.03788111</v>
       </c>
       <c r="C114" s="5">
-        <v>1.4136210389999917</v>
+        <v>1.4136171509999969</v>
       </c>
       <c r="D114" s="5">
-        <v>18.622948356826228</v>
+        <v>18.622893239477346</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>101.5933375</v>
+        <v>101.59333458</v>
       </c>
       <c r="C115" s="5">
-        <v>1.55545149000001</v>
+        <v>1.5554534700000033</v>
       </c>
       <c r="D115" s="5">
-        <v>20.339628223708385</v>
+        <v>20.339657450936045</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>102.08980305999999</v>
+        <v>102.08980084</v>
       </c>
       <c r="C116" s="5">
-        <v>0.49646555999999009</v>
+        <v>0.49646625999999117</v>
       </c>
       <c r="D116" s="5">
-        <v>6.0243597496647094</v>
+        <v>6.0243686512352346</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>102.58901068999999</v>
+        <v>102.58900568</v>
       </c>
       <c r="C117" s="5">
-        <v>0.49920763000000079</v>
+        <v>0.49920484000000442</v>
       </c>
       <c r="D117" s="5">
-        <v>6.0282781371045813</v>
+        <v>6.0282436693351205</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>103.0163106</v>
+        <v>103.01630258</v>
       </c>
       <c r="C118" s="5">
-        <v>0.42729991000000211</v>
+        <v>0.42729690000000176</v>
       </c>
       <c r="D118" s="5">
-        <v>5.1143004488528598</v>
+        <v>5.1142638487605918</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>103.93310232</v>
+        <v>103.93313456</v>
       </c>
       <c r="C119" s="5">
-        <v>0.91679172000000619</v>
+        <v>0.91683197999999777</v>
       </c>
       <c r="D119" s="5">
-        <v>11.217924075025687</v>
+        <v>11.218441975270421</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>104.80097477</v>
+        <v>104.80098096</v>
       </c>
       <c r="C120" s="5">
-        <v>0.86787244999999302</v>
+        <v>0.86784640000000479</v>
       </c>
       <c r="D120" s="5">
-        <v>10.49361318349944</v>
+        <v>10.493280198036858</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>105.10857045</v>
+        <v>105.10856801</v>
       </c>
       <c r="C121" s="5">
-        <v>0.3075956800000057</v>
+        <v>0.30758704999999509</v>
       </c>
       <c r="D121" s="5">
-        <v>3.5794707832643713</v>
+        <v>3.5793685150444343</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>105.18840355</v>
+        <v>105.18839835</v>
       </c>
       <c r="C122" s="5">
-        <v>7.9833100000001878E-2</v>
+        <v>7.9830340000000888E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>0.91525295841115017</v>
+        <v>0.91522120521017047</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>106.12559016</v>
+        <v>106.1255845</v>
       </c>
       <c r="C123" s="5">
-        <v>0.9371866099999977</v>
+        <v>0.93718615000000227</v>
       </c>
       <c r="D123" s="5">
-        <v>11.231310507575643</v>
+        <v>11.23130530471359</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>106.68297651</v>
+        <v>106.68297609</v>
       </c>
       <c r="C124" s="5">
-        <v>0.55738635000000158</v>
+        <v>0.55739158999999461</v>
       </c>
       <c r="D124" s="5">
-        <v>6.4878528971533678</v>
+        <v>6.4879160182386597</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>107.26082072</v>
+        <v>107.2608225</v>
       </c>
       <c r="C125" s="5">
-        <v>0.57784420999999497</v>
+        <v>0.57784641000000647</v>
       </c>
       <c r="D125" s="5">
-        <v>6.6969236292211409</v>
+        <v>6.6969499175884906</v>
       </c>
       <c r="E125" s="5">
-        <v>8.7570292681415918</v>
+        <v>8.7570321889452796</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>107.28444145</v>
+        <v>107.28443769</v>
       </c>
       <c r="C126" s="5">
-        <v>2.3620730000004642E-2</v>
+        <v>2.3615190000001007E-2</v>
       </c>
       <c r="D126" s="5">
-        <v>0.26458153368620341</v>
+        <v>0.26451939924332368</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>108.59327510999999</v>
+        <v>108.59327287000001</v>
       </c>
       <c r="C127" s="5">
-        <v>1.3088336599999906</v>
+        <v>1.3088351800000027</v>
       </c>
       <c r="D127" s="5">
-        <v>15.662944115928322</v>
+        <v>15.662964129680113</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>108.65588016</v>
+        <v>108.65587778</v>
       </c>
       <c r="C128" s="5">
-        <v>6.2605050000001938E-2</v>
+        <v>6.2604909999990355E-2</v>
       </c>
       <c r="D128" s="5">
-        <v>0.69400916536983548</v>
+        <v>0.69400762283446937</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>108.89066963</v>
+        <v>108.89066946</v>
       </c>
       <c r="C129" s="5">
-        <v>0.23478947000000971</v>
+        <v>0.23479168000000072</v>
       </c>
       <c r="D129" s="5">
-        <v>2.6240649062637011</v>
+        <v>2.6240899582161026</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>109.64206984</v>
+        <v>109.64206728000001</v>
       </c>
       <c r="C130" s="5">
-        <v>0.7514002099999999</v>
+        <v>0.75139782000000821</v>
       </c>
       <c r="D130" s="5">
-        <v>8.6022155090704544</v>
+        <v>8.6021871150208984</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>110.33920457000001</v>
+        <v>110.33920927</v>
       </c>
       <c r="C131" s="5">
-        <v>0.69713473000000192</v>
+        <v>0.69714198999999155</v>
       </c>
       <c r="D131" s="5">
-        <v>7.9024928998863153</v>
+        <v>7.9025782869890371</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>111.08857628</v>
+        <v>111.08858053</v>
       </c>
       <c r="C132" s="5">
-        <v>0.74937170999999125</v>
+        <v>0.74937126000000376</v>
       </c>
       <c r="D132" s="5">
-        <v>8.4612547496025314</v>
+        <v>8.4612491033336354</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>112.13835448</v>
+        <v>112.13835831</v>
       </c>
       <c r="C133" s="5">
-        <v>1.0497782000000058</v>
+        <v>1.0497777799999994</v>
       </c>
       <c r="D133" s="5">
-        <v>11.948257313958521</v>
+        <v>11.948251801373445</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>112.23777527</v>
+        <v>112.23777382999999</v>
       </c>
       <c r="C134" s="5">
-        <v>9.9420789999996373E-2</v>
+        <v>9.9415519999993762E-2</v>
       </c>
       <c r="D134" s="5">
-        <v>1.0691117387531479</v>
+        <v>1.0690547550229468</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>112.93979717000001</v>
+        <v>112.93979498</v>
       </c>
       <c r="C135" s="5">
-        <v>0.70202190000000542</v>
+        <v>0.70202115000000731</v>
       </c>
       <c r="D135" s="5">
-        <v>7.7693950296356284</v>
+        <v>7.7693865447918453</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>113.74175407</v>
+        <v>113.74175726</v>
       </c>
       <c r="C136" s="5">
-        <v>0.80195689999999331</v>
+        <v>0.80196227999999792</v>
       </c>
       <c r="D136" s="5">
-        <v>8.8616759246098233</v>
+        <v>8.8617378932884137</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>114.01062927</v>
+        <v>114.01063155999999</v>
       </c>
       <c r="C137" s="5">
-        <v>0.26887519999999654</v>
+        <v>0.26887429999999313</v>
       </c>
       <c r="D137" s="5">
-        <v>2.8738646736323314</v>
+        <v>2.8738548469453784</v>
       </c>
       <c r="E137" s="5">
-        <v>6.2928928798895667</v>
+        <v>6.2928932509351165</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>114.97563603</v>
+        <v>114.97563233</v>
       </c>
       <c r="C138" s="5">
-        <v>0.96500676000000851</v>
+        <v>0.96500077000000317</v>
       </c>
       <c r="D138" s="5">
-        <v>10.643456805686103</v>
+        <v>10.643387410249993</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>114.71616371</v>
+        <v>114.71616195999999</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.25947232000000042</v>
+        <v>-0.2594703700000025</v>
       </c>
       <c r="D139" s="5">
-        <v>-2.6747490252074457</v>
+        <v>-2.6747292576430381</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>114.8057168</v>
+        <v>114.80571444</v>
       </c>
       <c r="C140" s="5">
-        <v>8.955308999999545E-2</v>
+        <v>8.9552480000008927E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>0.94081174203406448</v>
+        <v>0.94080532047309262</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>114.62061403</v>
+        <v>114.62060742</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.18510277000000031</v>
+        <v>-0.18510702000000379</v>
       </c>
       <c r="D141" s="5">
-        <v>-1.9177106323758575</v>
+        <v>-1.9177543127766095</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>114.59117857</v>
+        <v>114.59117835000001</v>
       </c>
       <c r="C142" s="5">
-        <v>-2.9435460000001967E-2</v>
+        <v>-2.9429069999991952E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>-0.30773438013041998</v>
+        <v>-0.3076676876058615</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>114.14002472999999</v>
+        <v>114.14002686000001</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.45115384000000347</v>
+        <v>-0.45115149000000088</v>
       </c>
       <c r="D143" s="5">
-        <v>-4.6235148295037831</v>
+        <v>-4.6234912739992362</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>113.34227987</v>
+        <v>113.34227983</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.79774485999999456</v>
+        <v>-0.79774703000001068</v>
       </c>
       <c r="D144" s="5">
-        <v>-8.0720061558435248</v>
+        <v>-8.0720271310908309</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>112.49733479</v>
+        <v>112.49733901</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.84494508000000224</v>
+        <v>-0.84494081999999082</v>
       </c>
       <c r="D145" s="5">
-        <v>-8.5879449566121924</v>
+        <v>-8.5879034208891198</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>112.45217700000001</v>
+        <v>112.45217986</v>
       </c>
       <c r="C146" s="5">
-        <v>-4.5157789999990428E-2</v>
+        <v>-4.5159150000003478E-2</v>
       </c>
       <c r="D146" s="5">
-        <v>-0.4806324577374288</v>
+        <v>-0.48064688282903889</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>112.16246398</v>
+        <v>112.16246681</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.28971302000000776</v>
+        <v>-0.28971305000000314</v>
       </c>
       <c r="D147" s="5">
-        <v>-3.0481533860188481</v>
+        <v>-3.0481536207697335</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>111.07844425</v>
+        <v>111.07844909000001</v>
       </c>
       <c r="C148" s="5">
-        <v>-1.0840197299999943</v>
+        <v>-1.0840177199999914</v>
       </c>
       <c r="D148" s="5">
-        <v>-11.000623132383092</v>
+        <v>-11.00060354374005</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>111.19921631</v>
+        <v>111.19921758</v>
       </c>
       <c r="C149" s="5">
-        <v>0.12077205999999308</v>
+        <v>0.12076848999998901</v>
       </c>
       <c r="D149" s="5">
-        <v>1.3125523888586343</v>
+        <v>1.3125133002151124</v>
       </c>
       <c r="E149" s="5">
-        <v>-2.4659217986965132</v>
+        <v>-2.4659226438197956</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>110.72328405</v>
+        <v>110.72328023</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.47593225999999333</v>
+        <v>-0.47593734999999526</v>
       </c>
       <c r="D150" s="5">
-        <v>-5.016802951778998</v>
+        <v>-5.0168552928626209</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>110.41552679999999</v>
+        <v>110.41552514999999</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.30775725000000875</v>
+        <v>-0.30775508000000684</v>
       </c>
       <c r="D151" s="5">
-        <v>-3.2849001605679939</v>
+        <v>-3.2848774632276978</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>110.07097041</v>
+        <v>110.07096717</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.34455638999999394</v>
+        <v>-0.34455797999999049</v>
       </c>
       <c r="D152" s="5">
-        <v>-3.6810459457155331</v>
+        <v>-3.6810626959699722</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>110.37428796</v>
+        <v>110.3742713</v>
       </c>
       <c r="C153" s="5">
-        <v>0.30331755000000271</v>
+        <v>0.30330413000000078</v>
       </c>
       <c r="D153" s="5">
-        <v>3.357366427923214</v>
+        <v>3.3572157262854008</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>110.18948665000001</v>
+        <v>110.18949019</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.18480130999999744</v>
+        <v>-0.18478111000000297</v>
       </c>
       <c r="D154" s="5">
-        <v>-1.9907787195826865</v>
+        <v>-1.9905634117808435</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>109.79757437000001</v>
+        <v>109.79757587</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.39191227999999967</v>
+        <v>-0.39191431999999793</v>
       </c>
       <c r="D155" s="5">
-        <v>-4.1855451610518957</v>
+        <v>-4.1855663915847163</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>109.02281107</v>
+        <v>109.02280602</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.7747633000000036</v>
+        <v>-0.77476984999999843</v>
       </c>
       <c r="D156" s="5">
-        <v>-8.1465317711416958</v>
+        <v>-8.1465978858699213</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>108.68397471999999</v>
+        <v>108.68397348000001</v>
       </c>
       <c r="C157" s="5">
-        <v>-0.33883635000000822</v>
+        <v>-0.33883253999999852</v>
       </c>
       <c r="D157" s="5">
-        <v>-3.6664324766564782</v>
+        <v>-3.666392119021411</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>108.30251903</v>
+        <v>108.30254337</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.38145568999999568</v>
+        <v>-0.38143011000001081</v>
       </c>
       <c r="D158" s="5">
-        <v>-4.1313650184240824</v>
+        <v>-4.1310933454453131</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>107.77445041999999</v>
+        <v>107.77446095000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.52806861000000538</v>
+        <v>-0.52808241999998984</v>
       </c>
       <c r="D159" s="5">
-        <v>-5.696653221483694</v>
+        <v>-5.6967969812968029</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>107.9573958</v>
+        <v>107.95739734999999</v>
       </c>
       <c r="C160" s="5">
-        <v>0.18294538000000671</v>
+        <v>0.18293639999998845</v>
       </c>
       <c r="D160" s="5">
-        <v>2.056106115820322</v>
+        <v>2.0560040436069738</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>108.39454479</v>
+        <v>108.39454304</v>
       </c>
       <c r="C161" s="5">
-        <v>0.43714898999999718</v>
+        <v>0.43714569000000836</v>
       </c>
       <c r="D161" s="5">
-        <v>4.9688195646669708</v>
+        <v>4.9687811432652662</v>
       </c>
       <c r="E161" s="5">
-        <v>-2.5222043941219519</v>
+        <v>-2.522207081162442</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>107.09039213</v>
+        <v>107.09038707000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.3041526599999997</v>
+        <v>-1.3041559699999965</v>
       </c>
       <c r="D162" s="5">
-        <v>-13.519738252080703</v>
+        <v>-13.519770531780861</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>106.82351189000001</v>
+        <v>106.8235064</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.26688023999999189</v>
+        <v>-0.26688067000000615</v>
       </c>
       <c r="D163" s="5">
-        <v>-2.9498718726540085</v>
+        <v>-2.9498766980370683</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>106.41787798999999</v>
+        <v>106.41786939000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.4056339000000122</v>
+        <v>-0.40563700999999242</v>
       </c>
       <c r="D164" s="5">
-        <v>-4.4627101213894793</v>
+        <v>-4.4627438502241485</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>106.60852887</v>
+        <v>106.60849912</v>
       </c>
       <c r="C165" s="5">
-        <v>0.19065088000000685</v>
+        <v>0.19062972999999772</v>
       </c>
       <c r="D165" s="5">
-        <v>2.1711469180022425</v>
+        <v>2.1709038593913155</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>106.67151766000001</v>
+        <v>106.67151866</v>
       </c>
       <c r="C166" s="5">
-        <v>6.2988790000005679E-2</v>
+        <v>6.3019539999999097E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>0.71131889324931308</v>
+        <v>0.71166747541930864</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>106.95468194999999</v>
+        <v>106.95468026</v>
       </c>
       <c r="C167" s="5">
-        <v>0.28316428999998777</v>
+        <v>0.28316159999999968</v>
       </c>
       <c r="D167" s="5">
-        <v>3.232374987047093</v>
+        <v>3.2323437997355597</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>107.82718374</v>
+        <v>107.82717547</v>
       </c>
       <c r="C168" s="5">
-        <v>0.87250179000000117</v>
+        <v>0.87249520999999675</v>
       </c>
       <c r="D168" s="5">
-        <v>10.240593029039257</v>
+        <v>10.240512470907316</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>108.29322652</v>
+        <v>108.29322899</v>
       </c>
       <c r="C169" s="5">
-        <v>0.46604278000000932</v>
+        <v>0.46605352000000266</v>
       </c>
       <c r="D169" s="5">
-        <v>5.3116392243148347</v>
+        <v>5.3117649731182048</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>108.80267538</v>
+        <v>108.8027388</v>
       </c>
       <c r="C170" s="5">
-        <v>0.50944885999999201</v>
+        <v>0.50950980999999729</v>
       </c>
       <c r="D170" s="5">
-        <v>5.7935944442758736</v>
+        <v>5.7943054830414287</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>109.18928036</v>
+        <v>109.18931719</v>
       </c>
       <c r="C171" s="5">
-        <v>0.38660498000000132</v>
+        <v>0.38657838999999683</v>
       </c>
       <c r="D171" s="5">
-        <v>4.3482452488827095</v>
+        <v>4.3479377319786794</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>109.35347262000001</v>
+        <v>109.35348743999999</v>
       </c>
       <c r="C172" s="5">
-        <v>0.1641922600000072</v>
+        <v>0.16417024999999796</v>
       </c>
       <c r="D172" s="5">
-        <v>1.8194868869437331</v>
+        <v>1.819240345231532</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>109.57535110000001</v>
+        <v>109.57534517000001</v>
       </c>
       <c r="C173" s="5">
-        <v>0.22187848000000088</v>
+        <v>0.22185773000001063</v>
       </c>
       <c r="D173" s="5">
-        <v>2.4621589471958805</v>
+        <v>2.4619257741379963</v>
       </c>
       <c r="E173" s="5">
-        <v>1.0893595358397956</v>
+        <v>1.0893556971445228</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>109.77235475000001</v>
+        <v>109.77232358000001</v>
       </c>
       <c r="C174" s="5">
-        <v>0.1970036499999992</v>
+        <v>0.19697840999999983</v>
       </c>
       <c r="D174" s="5">
-        <v>2.1789215777325621</v>
+        <v>2.1786397686932357</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>110.19629216</v>
+        <v>110.19624733000001</v>
       </c>
       <c r="C175" s="5">
-        <v>0.42393740999999352</v>
+        <v>0.42392375000000015</v>
       </c>
       <c r="D175" s="5">
-        <v>4.7340785603843027</v>
+        <v>4.7339241385652375</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>110.48607238</v>
+        <v>110.48602889</v>
       </c>
       <c r="C176" s="5">
-        <v>0.28978021999999726</v>
+        <v>0.28978155999999444</v>
       </c>
       <c r="D176" s="5">
-        <v>3.2016502932984192</v>
+        <v>3.2016666345304756</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>109.79904492999999</v>
+        <v>109.79899305000001</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.6870274500000022</v>
+        <v>-0.68703583999999296</v>
       </c>
       <c r="D177" s="5">
-        <v>-7.2118905405948901</v>
+        <v>-7.211978364851368</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>110.11409282</v>
+        <v>110.11409352</v>
       </c>
       <c r="C178" s="5">
-        <v>0.31504789000000244</v>
+        <v>0.3151004699999902</v>
       </c>
       <c r="D178" s="5">
-        <v>3.4980369024460334</v>
+        <v>3.498631632908733</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>110.03781542999999</v>
+        <v>110.03782314999999</v>
       </c>
       <c r="C179" s="5">
-        <v>-7.6277390000001333E-2</v>
+        <v>-7.627037000000314E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-0.82809508704945189</v>
+        <v>-0.82801916023126365</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>110.94712852000001</v>
+        <v>110.94713217</v>
       </c>
       <c r="C180" s="5">
-        <v>0.90931309000001193</v>
+        <v>0.90930902000000913</v>
       </c>
       <c r="D180" s="5">
-        <v>10.379718103160274</v>
+        <v>10.379668751324743</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>111.44288005999999</v>
+        <v>111.4429062</v>
       </c>
       <c r="C181" s="5">
-        <v>0.49575153999998633</v>
+        <v>0.49577402999999265</v>
       </c>
       <c r="D181" s="5">
-        <v>5.4957898812945993</v>
+        <v>5.4960451742963157</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>111.74356237000001</v>
+        <v>111.74370084</v>
       </c>
       <c r="C182" s="5">
-        <v>0.30068231000001333</v>
+        <v>0.30079464000000655</v>
       </c>
       <c r="D182" s="5">
-        <v>3.2861819250297852</v>
+        <v>3.2874270881537715</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>112.11064501</v>
+        <v>112.1107445</v>
       </c>
       <c r="C183" s="5">
-        <v>0.36708263999999247</v>
+        <v>0.36704365999999311</v>
       </c>
       <c r="D183" s="5">
-        <v>4.0140638471349632</v>
+        <v>4.0136248056012569</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>112.55746807</v>
+        <v>112.55750451</v>
       </c>
       <c r="C184" s="5">
-        <v>0.44682305999999983</v>
+        <v>0.44676001000000554</v>
       </c>
       <c r="D184" s="5">
-        <v>4.8889091377834148</v>
+        <v>4.8881996538043815</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>112.98361161</v>
+        <v>112.98360533</v>
       </c>
       <c r="C185" s="5">
-        <v>0.42614353999999821</v>
+        <v>0.42610082000000205</v>
       </c>
       <c r="D185" s="5">
-        <v>4.6390179107694829</v>
+        <v>4.6385416005297442</v>
       </c>
       <c r="E185" s="5">
-        <v>3.1104262735964783</v>
+        <v>3.1104261225116669</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>113.76180927999999</v>
+        <v>113.76175055</v>
       </c>
       <c r="C186" s="5">
-        <v>0.77819766999999729</v>
+        <v>0.77814521999999897</v>
       </c>
       <c r="D186" s="5">
-        <v>8.5856531085292112</v>
+        <v>8.5850528431230533</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>114.24875347</v>
+        <v>114.24851873999999</v>
       </c>
       <c r="C187" s="5">
-        <v>0.48694419000000266</v>
+        <v>0.48676818999999227</v>
       </c>
       <c r="D187" s="5">
-        <v>5.2591255681040394</v>
+        <v>5.257182544887895</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>114.89537276</v>
+        <v>114.89526281000001</v>
       </c>
       <c r="C188" s="5">
-        <v>0.64661929000000384</v>
+        <v>0.64674407000001111</v>
       </c>
       <c r="D188" s="5">
-        <v>7.0071550483780554</v>
+        <v>7.0085644651781465</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>115.27273164</v>
+        <v>115.27265448</v>
       </c>
       <c r="C189" s="5">
-        <v>0.37735888000000273</v>
+        <v>0.37739166999999441</v>
       </c>
       <c r="D189" s="5">
-        <v>4.0132236093918916</v>
+        <v>4.0135825664349367</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>116.25695244000001</v>
+        <v>116.25696845</v>
       </c>
       <c r="C190" s="5">
-        <v>0.98422080000000278</v>
+        <v>0.98431397000000231</v>
       </c>
       <c r="D190" s="5">
-        <v>10.74093652618191</v>
+        <v>10.742009054867619</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>116.83020489</v>
+        <v>116.83024603</v>
       </c>
       <c r="C191" s="5">
-        <v>0.57325244999999825</v>
+        <v>0.57327757999999562</v>
       </c>
       <c r="D191" s="5">
-        <v>6.0802293284585529</v>
+        <v>6.0805022809421017</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>117.43030434000001</v>
+        <v>117.43034994</v>
       </c>
       <c r="C192" s="5">
-        <v>0.60009945000000187</v>
+        <v>0.60010391000000141</v>
       </c>
       <c r="D192" s="5">
-        <v>6.3409601256255499</v>
+        <v>6.3410062952138802</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>117.70241147</v>
+        <v>117.70249806</v>
       </c>
       <c r="C193" s="5">
-        <v>0.27210712999999487</v>
+        <v>0.27214811999999711</v>
       </c>
       <c r="D193" s="5">
-        <v>2.8163284453071924</v>
+        <v>2.8167570092144434</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>118.24164596999999</v>
+        <v>118.24188915000001</v>
       </c>
       <c r="C194" s="5">
-        <v>0.53923449999999207</v>
+        <v>0.5393910900000094</v>
       </c>
       <c r="D194" s="5">
-        <v>5.6382678180789014</v>
+        <v>5.639942364890671</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>117.43563021</v>
+        <v>117.43583609</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.80601575999999397</v>
+        <v>-0.80605306000001065</v>
       </c>
       <c r="D195" s="5">
-        <v>-7.8801985703296218</v>
+        <v>-7.8805340750950243</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>118.30259769</v>
+        <v>118.30273778999999</v>
       </c>
       <c r="C196" s="5">
-        <v>0.86696747999999957</v>
+        <v>0.86690169999999966</v>
       </c>
       <c r="D196" s="5">
-        <v>9.227697492612009</v>
+        <v>9.2269518476474808</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>118.7625025</v>
+        <v>118.76255292</v>
       </c>
       <c r="C197" s="5">
-        <v>0.45990480999999761</v>
+        <v>0.45981513000000973</v>
       </c>
       <c r="D197" s="5">
-        <v>4.7660840596787324</v>
+        <v>4.7651289671238217</v>
       </c>
       <c r="E197" s="5">
-        <v>5.1148045346149251</v>
+        <v>5.1148550031847373</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>118.72631373999999</v>
+        <v>118.72617897000001</v>
       </c>
       <c r="C198" s="5">
-        <v>-3.6188760000001707E-2</v>
+        <v>-3.637394999999799E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>-0.36504624750455239</v>
+        <v>-0.36691101021512074</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>118.98836668</v>
+        <v>118.98770902</v>
       </c>
       <c r="C199" s="5">
-        <v>0.26205294000000379</v>
+        <v>0.26153004999999041</v>
       </c>
       <c r="D199" s="5">
-        <v>2.6810334540590564</v>
+        <v>2.6756219227140443</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>119.47994584999999</v>
+        <v>119.47949351</v>
       </c>
       <c r="C200" s="5">
-        <v>0.49157916999999429</v>
+        <v>0.49178449000000057</v>
       </c>
       <c r="D200" s="5">
-        <v>5.0717988977947881</v>
+        <v>5.0739943275624144</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>120.31935925000001</v>
+        <v>120.31944272</v>
       </c>
       <c r="C201" s="5">
-        <v>0.83941340000001219</v>
+        <v>0.83994921000000033</v>
       </c>
       <c r="D201" s="5">
-        <v>8.764187588338368</v>
+        <v>8.7700344531061134</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>120.90835174999999</v>
+        <v>120.90846834</v>
       </c>
       <c r="C202" s="5">
-        <v>0.58899249999998915</v>
+        <v>0.58902562000000103</v>
       </c>
       <c r="D202" s="5">
-        <v>6.0350594507834421</v>
+        <v>6.035403700687203</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>121.61215026000001</v>
+        <v>121.61227074999999</v>
       </c>
       <c r="C203" s="5">
-        <v>0.70379851000001281</v>
+        <v>0.70380240999999444</v>
       </c>
       <c r="D203" s="5">
-        <v>7.2131360226399321</v>
+        <v>7.2131701017508876</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>122.17041451999999</v>
+        <v>122.17054493000001</v>
       </c>
       <c r="C204" s="5">
-        <v>0.55826425999998719</v>
+        <v>0.55827418000001217</v>
       </c>
       <c r="D204" s="5">
-        <v>5.6498682832587743</v>
+        <v>5.6499654861524418</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>122.60259628999999</v>
+        <v>122.60277744</v>
       </c>
       <c r="C205" s="5">
-        <v>0.43218176999999969</v>
+        <v>0.43223250999999152</v>
       </c>
       <c r="D205" s="5">
-        <v>4.3286135884893273</v>
+        <v>4.3291270043909202</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>123.23230139</v>
+        <v>123.23265709</v>
       </c>
       <c r="C206" s="5">
-        <v>0.62970510000000957</v>
+        <v>0.62987965000000656</v>
       </c>
       <c r="D206" s="5">
-        <v>6.3405014661250148</v>
+        <v>6.3422993301101682</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>123.65894872</v>
+        <v>123.65926646</v>
       </c>
       <c r="C207" s="5">
-        <v>0.42664732999999444</v>
+        <v>0.42660936999999421</v>
       </c>
       <c r="D207" s="5">
-        <v>4.2345969332434175</v>
+        <v>4.2342005116784431</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>125.45585113999999</v>
+        <v>125.45609128</v>
       </c>
       <c r="C208" s="5">
-        <v>1.796902419999995</v>
+        <v>1.7968248199999977</v>
       </c>
       <c r="D208" s="5">
-        <v>18.900711605977925</v>
+        <v>18.899776557045467</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>126.48254364</v>
+        <v>126.48266416</v>
       </c>
       <c r="C209" s="5">
-        <v>1.02669250000001</v>
+        <v>1.0265728800000034</v>
       </c>
       <c r="D209" s="5">
-        <v>10.274738562158682</v>
+        <v>10.273466511536444</v>
       </c>
       <c r="E209" s="5">
-        <v>6.5004028860035312</v>
+        <v>6.5004591516320431</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>127.18594467</v>
+        <v>127.18574149</v>
       </c>
       <c r="C210" s="5">
-        <v>0.70340102999999488</v>
+        <v>0.70307732999999928</v>
       </c>
       <c r="D210" s="5">
-        <v>6.8814530246022132</v>
+        <v>6.8781820364262058</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>128.16962832999999</v>
+        <v>128.16841031999999</v>
       </c>
       <c r="C211" s="5">
-        <v>0.98368365999999696</v>
+        <v>0.98266882999999439</v>
       </c>
       <c r="D211" s="5">
-        <v>9.6862171301166367</v>
+        <v>9.6758119339480189</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>128.93467785000001</v>
+        <v>128.93377581999999</v>
       </c>
       <c r="C212" s="5">
-        <v>0.76504952000001936</v>
+        <v>0.76536550000000148</v>
       </c>
       <c r="D212" s="5">
-        <v>7.4027433722567482</v>
+        <v>7.4059746627261891</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>129.3487705</v>
+        <v>129.34902686999999</v>
       </c>
       <c r="C213" s="5">
-        <v>0.41409264999998641</v>
+        <v>0.41525104999999485</v>
       </c>
       <c r="D213" s="5">
-        <v>3.922787148893736</v>
+        <v>3.9339840415665961</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>129.64536336</v>
+        <v>129.64561455</v>
       </c>
       <c r="C214" s="5">
-        <v>0.29659286000000407</v>
+        <v>0.29658768000001601</v>
       </c>
       <c r="D214" s="5">
-        <v>2.7865315881547392</v>
+        <v>2.7864767133026103</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>130.22250588</v>
+        <v>130.22275246000001</v>
       </c>
       <c r="C215" s="5">
-        <v>0.57714251999999533</v>
+        <v>0.57713791000000469</v>
       </c>
       <c r="D215" s="5">
-        <v>5.4747993317786348</v>
+        <v>5.4747436564388741</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>130.38665259000001</v>
+        <v>130.38691248999999</v>
       </c>
       <c r="C216" s="5">
-        <v>0.16414671000001135</v>
+        <v>0.16416002999997659</v>
       </c>
       <c r="D216" s="5">
-        <v>1.5231422620864077</v>
+        <v>1.5232638142287813</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>129.93020704</v>
+        <v>129.93050113000001</v>
       </c>
       <c r="C217" s="5">
-        <v>-0.45644555000001219</v>
+        <v>-0.45641135999997573</v>
       </c>
       <c r="D217" s="5">
-        <v>-4.1209028935809684</v>
+        <v>-4.1205920800675866</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>130.8423574</v>
+        <v>130.84280158000001</v>
       </c>
       <c r="C218" s="5">
-        <v>0.91215035999999827</v>
+        <v>0.91230045000000359</v>
       </c>
       <c r="D218" s="5">
-        <v>8.7573851177163995</v>
+        <v>8.7588616046119672</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>131.29279625000001</v>
+        <v>131.29321851</v>
       </c>
       <c r="C219" s="5">
-        <v>0.45043885000001183</v>
+        <v>0.45041692999998872</v>
       </c>
       <c r="D219" s="5">
-        <v>4.2102535079676207</v>
+        <v>4.2100301632068904</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>131.57700324000001</v>
+        <v>131.57735138999999</v>
       </c>
       <c r="C220" s="5">
-        <v>0.28420699000000127</v>
+        <v>0.28413287999998715</v>
       </c>
       <c r="D220" s="5">
-        <v>2.6287677191559444</v>
+        <v>2.6280655072922432</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>132.47298721999999</v>
+        <v>132.47318171000001</v>
       </c>
       <c r="C221" s="5">
-        <v>0.89598397999998269</v>
+        <v>0.89583032000001594</v>
       </c>
       <c r="D221" s="5">
-        <v>8.484593421444476</v>
+        <v>8.4830601175841522</v>
       </c>
       <c r="E221" s="5">
-        <v>4.7361820909059604</v>
+        <v>4.73623606032052</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>133.30549773999999</v>
+        <v>133.30524735</v>
       </c>
       <c r="C222" s="5">
-        <v>0.83251051999999959</v>
+        <v>0.83206563999999616</v>
       </c>
       <c r="D222" s="5">
-        <v>7.8074501648124128</v>
+        <v>7.8031209639007226</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>133.58827787000001</v>
+        <v>133.58671063</v>
       </c>
       <c r="C223" s="5">
-        <v>0.28278013000002034</v>
+        <v>0.28146327999999698</v>
       </c>
       <c r="D223" s="5">
-        <v>2.5754628634434562</v>
+        <v>2.5633347078508173</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>133.04529428999999</v>
+        <v>133.04362495999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.54298358000002622</v>
+        <v>-0.54308567000001062</v>
       </c>
       <c r="D224" s="5">
-        <v>-4.7699511976505127</v>
+        <v>-4.7708827973275465</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>133.03297214</v>
+        <v>133.03350280999999</v>
       </c>
       <c r="C225" s="5">
-        <v>-1.2322149999988596E-2</v>
+        <v>-1.0122150000000829E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>-0.11108284799364876</v>
+        <v>-9.1259529207643464E-2</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>132.93033301</v>
+        <v>132.93076889</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.10263913000000002</v>
+        <v>-0.10273391999999149</v>
       </c>
       <c r="D226" s="5">
-        <v>-0.92191917762768361</v>
+        <v>-0.92276331652499932</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>133.13837734000001</v>
+        <v>133.13876339000001</v>
       </c>
       <c r="C227" s="5">
-        <v>0.20804433000000699</v>
+        <v>0.20799450000001229</v>
       </c>
       <c r="D227" s="5">
-        <v>1.8943262763645219</v>
+        <v>1.893862379147726</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>133.30715208999999</v>
+        <v>133.30753229999999</v>
       </c>
       <c r="C228" s="5">
-        <v>0.16877474999998299</v>
+        <v>0.16876890999998295</v>
       </c>
       <c r="D228" s="5">
-        <v>1.5318479609357505</v>
+        <v>1.5317901127152922</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>133.66902214999999</v>
+        <v>133.66941294</v>
       </c>
       <c r="C229" s="5">
-        <v>0.3618700600000011</v>
+        <v>0.36188064000000963</v>
       </c>
       <c r="D229" s="5">
-        <v>3.3065472057432599</v>
+        <v>3.3066357550186609</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>133.81623554000001</v>
+        <v>133.81669865000001</v>
       </c>
       <c r="C230" s="5">
-        <v>0.14721339000001876</v>
+        <v>0.14728571000000557</v>
       </c>
       <c r="D230" s="5">
-        <v>1.3296279298338876</v>
+        <v>1.3302811732477382</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>133.85023027</v>
+        <v>133.85066809</v>
       </c>
       <c r="C231" s="5">
-        <v>3.3994729999989204E-2</v>
+        <v>3.3969439999992801E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>0.30527478192980961</v>
+        <v>0.30504630181196202</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>133.17389256000001</v>
+        <v>133.17423912000001</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.67633770999998433</v>
+        <v>-0.67642896999998925</v>
       </c>
       <c r="D232" s="5">
-        <v>-5.8978262048245966</v>
+        <v>-5.8985812650526164</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>132.05088275</v>
+        <v>132.05108963000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-1.1230098100000134</v>
+        <v>-1.123149490000003</v>
       </c>
       <c r="D233" s="5">
-        <v>-9.6628099908960934</v>
+        <v>-9.6639326665696519</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.31863437132205741</v>
+        <v>-0.31862455068378814</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>131.61964750999999</v>
+        <v>131.61944976999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.43123524000000657</v>
+        <v>-0.43163986000001842</v>
       </c>
       <c r="D234" s="5">
-        <v>-3.8491837867466017</v>
+        <v>-3.8527247961134048</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>128.56940347</v>
+        <v>128.56786915999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-3.0502440399999955</v>
+        <v>-3.051580610000002</v>
       </c>
       <c r="D235" s="5">
-        <v>-24.525044421813703</v>
+        <v>-24.534491562937689</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>128.68668263999999</v>
+        <v>128.68465950000001</v>
       </c>
       <c r="C236" s="5">
-        <v>0.11727916999998911</v>
+        <v>0.11679034000002275</v>
       </c>
       <c r="D236" s="5">
-        <v>1.1001313065052587</v>
+        <v>1.0955360672440406</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>126.29253281</v>
+        <v>126.29309483</v>
       </c>
       <c r="C237" s="5">
-        <v>-2.3941498299999893</v>
+        <v>-2.3915646700000082</v>
       </c>
       <c r="D237" s="5">
-        <v>-20.176859272773061</v>
+        <v>-20.157534914260733</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>126.50193752</v>
+        <v>126.50243122000001</v>
       </c>
       <c r="C238" s="5">
-        <v>0.20940471000000116</v>
+        <v>0.20933639000000426</v>
       </c>
       <c r="D238" s="5">
-        <v>2.0079569326626023</v>
+        <v>2.0072868221159279</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>126.11996894000001</v>
+        <v>126.12041514000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.38196857999999168</v>
+        <v>-0.38201607999999965</v>
       </c>
       <c r="D239" s="5">
-        <v>-3.5637899645446391</v>
+        <v>-3.5642121278450567</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>126.28440609</v>
+        <v>126.28483007</v>
       </c>
       <c r="C240" s="5">
-        <v>0.1644371499999977</v>
+        <v>0.16441492999999241</v>
       </c>
       <c r="D240" s="5">
-        <v>1.5758468776866374</v>
+        <v>1.5756267937122148</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>126.5203017</v>
+        <v>126.52069833</v>
       </c>
       <c r="C241" s="5">
-        <v>0.23589561000000003</v>
+        <v>0.23586826000000372</v>
       </c>
       <c r="D241" s="5">
-        <v>2.2647386987230345</v>
+        <v>2.2644657383284805</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>126.52873501000001</v>
+        <v>126.52912354999999</v>
       </c>
       <c r="C242" s="5">
-        <v>8.4333100000009154E-3</v>
+        <v>8.4252199999923505E-3</v>
       </c>
       <c r="D242" s="5">
-        <v>8.0016272006555589E-2</v>
+        <v>7.9939234291703798E-2</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>126.41436892999999</v>
+        <v>126.41473454</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.11436608000001058</v>
+        <v>-0.11438900999999646</v>
       </c>
       <c r="D243" s="5">
-        <v>-1.0792733243903729</v>
+        <v>-1.0794853417226857</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>126.26987645</v>
+        <v>126.27019892</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.1444924799999967</v>
+        <v>-0.1445356199999992</v>
       </c>
       <c r="D244" s="5">
-        <v>-1.3630182312441064</v>
+        <v>-1.3634187029585965</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>126.27633801</v>
+        <v>126.27654382</v>
       </c>
       <c r="C245" s="5">
-        <v>6.4615600000053064E-3</v>
+        <v>6.3449000000019851E-3</v>
       </c>
       <c r="D245" s="5">
-        <v>6.1424426101597263E-2</v>
+        <v>6.0314980453402001E-2</v>
       </c>
       <c r="E245" s="5">
-        <v>-4.3729694340115977</v>
+        <v>-4.3729633933199397</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>128.22221149000001</v>
+        <v>128.22207804999999</v>
       </c>
       <c r="C246" s="5">
-        <v>1.945873480000003</v>
+        <v>1.9455342299999927</v>
       </c>
       <c r="D246" s="5">
-        <v>20.142152610987907</v>
+        <v>20.13830255292952</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>127.90142016999999</v>
+        <v>127.90013804</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.32079132000001209</v>
+        <v>-0.32194000999999162</v>
       </c>
       <c r="D247" s="5">
-        <v>-2.9612385829501764</v>
+        <v>-2.971699244695003</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>128.18247174000001</v>
+        <v>128.18012231</v>
       </c>
       <c r="C248" s="5">
-        <v>0.28105157000001668</v>
+        <v>0.27998426999999992</v>
       </c>
       <c r="D248" s="5">
-        <v>2.6689926340664805</v>
+        <v>2.6587617066255786</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>128.69196496999999</v>
+        <v>128.69262366000001</v>
       </c>
       <c r="C249" s="5">
-        <v>0.50949322999997548</v>
+        <v>0.51250135000000796</v>
       </c>
       <c r="D249" s="5">
-        <v>4.8753644613171554</v>
+        <v>4.9048771350171272</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>129.07580243000001</v>
+        <v>129.07634619999999</v>
       </c>
       <c r="C250" s="5">
-        <v>0.38383746000002361</v>
+        <v>0.38372253999997952</v>
       </c>
       <c r="D250" s="5">
-        <v>3.6384283774674397</v>
+        <v>3.6373021913012282</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>129.2369071</v>
+        <v>129.23737746</v>
       </c>
       <c r="C251" s="5">
-        <v>0.16110466999998607</v>
+        <v>0.16103126000001566</v>
       </c>
       <c r="D251" s="5">
-        <v>1.5080927111535969</v>
+        <v>1.507394407781093</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>129.47979814000001</v>
+        <v>129.48022885</v>
       </c>
       <c r="C252" s="5">
-        <v>0.24289104000001771</v>
+        <v>0.24285138999999845</v>
       </c>
       <c r="D252" s="5">
-        <v>2.2787691176492375</v>
+        <v>2.2783848959159192</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>129.65636458</v>
+        <v>129.65674508000001</v>
       </c>
       <c r="C253" s="5">
-        <v>0.17656643999998778</v>
+        <v>0.17651623000000427</v>
       </c>
       <c r="D253" s="5">
-        <v>1.648721286048227</v>
+        <v>1.6482433960583576</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>130.30047676999999</v>
+        <v>130.30078735000001</v>
       </c>
       <c r="C254" s="5">
-        <v>0.64411218999998709</v>
+        <v>0.64404226999999992</v>
       </c>
       <c r="D254" s="5">
-        <v>6.1270210646047207</v>
+        <v>6.1263192132471778</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>130.87975125</v>
+        <v>130.88001506000001</v>
       </c>
       <c r="C255" s="5">
-        <v>0.57927448000000936</v>
+        <v>0.57922770999999784</v>
       </c>
       <c r="D255" s="5">
-        <v>5.4672138440868823</v>
+        <v>5.4667482287152902</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>131.50425852000001</v>
+        <v>131.50449724000001</v>
       </c>
       <c r="C256" s="5">
-        <v>0.62450727000000938</v>
+        <v>0.62448218000000111</v>
       </c>
       <c r="D256" s="5">
-        <v>5.8786198484652497</v>
+        <v>5.8783652773257034</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>131.96671613000001</v>
+        <v>131.96687868999999</v>
       </c>
       <c r="C257" s="5">
-        <v>0.4624576100000013</v>
+        <v>0.46238144999998099</v>
       </c>
       <c r="D257" s="5">
-        <v>4.302595412530752</v>
+        <v>4.3018651186240486</v>
       </c>
       <c r="E257" s="5">
-        <v>4.5062901012772327</v>
+        <v>4.506248506540711</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>132.43775210000001</v>
+        <v>132.43770401</v>
       </c>
       <c r="C258" s="5">
-        <v>0.47103597000000264</v>
+        <v>0.4708253200000172</v>
       </c>
       <c r="D258" s="5">
-        <v>4.368319637754503</v>
+        <v>4.3663221235676453</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>132.77519171</v>
+        <v>132.77429443</v>
       </c>
       <c r="C259" s="5">
-        <v>0.3374396099999899</v>
+        <v>0.33659041999999317</v>
       </c>
       <c r="D259" s="5">
-        <v>3.1007054451323457</v>
+        <v>3.0927940508056251</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>133.76383530000001</v>
+        <v>133.7616783</v>
       </c>
       <c r="C260" s="5">
-        <v>0.98864359000000945</v>
+        <v>0.98738387000000216</v>
       </c>
       <c r="D260" s="5">
-        <v>9.3103546677643081</v>
+        <v>9.2980675807182287</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>134.07313393000001</v>
+        <v>134.07361044999999</v>
       </c>
       <c r="C261" s="5">
-        <v>0.30929863000000068</v>
+        <v>0.31193214999998986</v>
       </c>
       <c r="D261" s="5">
-        <v>2.8102897572023888</v>
+        <v>2.8345719791925239</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>134.22939801999999</v>
+        <v>134.22984353999999</v>
       </c>
       <c r="C262" s="5">
-        <v>0.15626408999997921</v>
+        <v>0.15623309000000063</v>
       </c>
       <c r="D262" s="5">
-        <v>1.4076170910960251</v>
+        <v>1.4073310189087085</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>133.83445649999999</v>
+        <v>133.83487819999999</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.39494152000000327</v>
+        <v>-0.39496533999999883</v>
       </c>
       <c r="D263" s="5">
-        <v>-3.4741654606673555</v>
+        <v>-3.4743602719747746</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>135.05727306</v>
+        <v>135.05766485000001</v>
       </c>
       <c r="C264" s="5">
-        <v>1.2228165600000125</v>
+        <v>1.2227866500000175</v>
       </c>
       <c r="D264" s="5">
-        <v>11.532245095074556</v>
+        <v>11.531910513096388</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>135.62034123999999</v>
+        <v>135.62066067000001</v>
       </c>
       <c r="C265" s="5">
-        <v>0.56306817999998771</v>
+        <v>0.56299581999999759</v>
       </c>
       <c r="D265" s="5">
-        <v>5.1192548834976037</v>
+        <v>5.1185666604829372</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>135.89439021999999</v>
+        <v>135.89460961</v>
       </c>
       <c r="C266" s="5">
-        <v>0.27404898000000344</v>
+        <v>0.27394893999999681</v>
       </c>
       <c r="D266" s="5">
-        <v>2.4519803105360172</v>
+        <v>2.4510694243780939</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>136.22899487000001</v>
+        <v>136.22916290000001</v>
       </c>
       <c r="C267" s="5">
-        <v>0.33460465000001705</v>
+        <v>0.33455329000000233</v>
       </c>
       <c r="D267" s="5">
-        <v>2.9950319880576837</v>
+        <v>2.9945611242449655</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>136.48544942000001</v>
+        <v>136.48561873</v>
       </c>
       <c r="C268" s="5">
-        <v>0.25645455000000084</v>
+        <v>0.25645582999999306</v>
       </c>
       <c r="D268" s="5">
-        <v>2.2825676910716686</v>
+        <v>2.282576357267474</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>137.05557292</v>
+        <v>137.05568987000001</v>
       </c>
       <c r="C269" s="5">
-        <v>0.57012349999999401</v>
+        <v>0.57007114000001025</v>
       </c>
       <c r="D269" s="5">
-        <v>5.1293897122848264</v>
+        <v>5.1289012469980078</v>
       </c>
       <c r="E269" s="5">
-        <v>3.8561668724006015</v>
+        <v>3.856127560578293</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>137.57721458</v>
+        <v>137.57724408000001</v>
       </c>
       <c r="C270" s="5">
-        <v>0.52164166000000023</v>
+        <v>0.52155421000000501</v>
       </c>
       <c r="D270" s="5">
-        <v>4.6641029572176862</v>
+        <v>4.6633005490340107</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>137.63399534999999</v>
+        <v>137.63360969999999</v>
       </c>
       <c r="C271" s="5">
-        <v>5.6780769999988934E-2</v>
+        <v>5.6365619999979799E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>0.49638891885244174</v>
+        <v>0.49275130607830953</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>138.12197727</v>
+        <v>138.12012730000001</v>
       </c>
       <c r="C272" s="5">
-        <v>0.48798192000000995</v>
+        <v>0.48651760000001332</v>
       </c>
       <c r="D272" s="5">
-        <v>4.3385594908489145</v>
+        <v>4.3252986980010233</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>138.4989984</v>
+        <v>138.49919693999999</v>
       </c>
       <c r="C273" s="5">
-        <v>0.37702113000000281</v>
+        <v>0.37906963999998311</v>
       </c>
       <c r="D273" s="5">
-        <v>3.3251751777953586</v>
+        <v>3.3435612658555991</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>139.05560399999999</v>
+        <v>139.0559245</v>
       </c>
       <c r="C274" s="5">
-        <v>0.55660559999998327</v>
+        <v>0.556727560000013</v>
       </c>
       <c r="D274" s="5">
-        <v>4.9306486625460666</v>
+        <v>4.9317458058462549</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>139.42557360000001</v>
+        <v>139.42591733</v>
       </c>
       <c r="C275" s="5">
-        <v>0.36996960000001877</v>
+        <v>0.36999283000000105</v>
       </c>
       <c r="D275" s="5">
-        <v>3.2398414040031076</v>
+        <v>3.2400402390091454</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>139.67647997</v>
+        <v>139.6768175</v>
       </c>
       <c r="C276" s="5">
-        <v>0.2509063699999956</v>
+        <v>0.2509001699999942</v>
       </c>
       <c r="D276" s="5">
-        <v>2.1809890674697519</v>
+        <v>2.1809292097751953</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>140.39152780000001</v>
+        <v>140.39180540000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.71504783000000316</v>
+        <v>0.71498790000001122</v>
       </c>
       <c r="D277" s="5">
-        <v>6.3191320035917542</v>
+        <v>6.318571680455709</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>140.55512060999999</v>
+        <v>140.55527051999999</v>
       </c>
       <c r="C278" s="5">
-        <v>0.16359280999998305</v>
+        <v>0.1634651199999837</v>
       </c>
       <c r="D278" s="5">
-        <v>1.4073101279407307</v>
+        <v>1.4062018300804224</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>141.07047464999999</v>
+        <v>141.07054729999999</v>
       </c>
       <c r="C279" s="5">
-        <v>0.5153540400000054</v>
+        <v>0.51527677999999355</v>
       </c>
       <c r="D279" s="5">
-        <v>4.489695877640143</v>
+        <v>4.4890042851180478</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>142.65305140000001</v>
+        <v>142.65314925999999</v>
       </c>
       <c r="C280" s="5">
-        <v>1.5825767500000154</v>
+        <v>1.5826019600000052</v>
       </c>
       <c r="D280" s="5">
-        <v>14.324486309652219</v>
+        <v>14.324720916250966</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>142.24668396000001</v>
+        <v>142.24676757</v>
       </c>
       <c r="C281" s="5">
-        <v>-0.4063674399999968</v>
+        <v>-0.40638168999998925</v>
       </c>
       <c r="D281" s="5">
-        <v>-3.3653180098574764</v>
+        <v>-3.3654319052841553</v>
       </c>
       <c r="E281" s="5">
-        <v>3.7875957390146375</v>
+        <v>3.7875681811706086</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>142.50822004</v>
+        <v>142.50832351</v>
       </c>
       <c r="C282" s="5">
-        <v>0.26153607999998485</v>
+        <v>0.26155593999999383</v>
       </c>
       <c r="D282" s="5">
-        <v>2.2287796955868133</v>
+        <v>2.228949332005925</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>143.28699877</v>
+        <v>143.28690571000001</v>
       </c>
       <c r="C283" s="5">
-        <v>0.77877872999999909</v>
+        <v>0.77858220000001666</v>
       </c>
       <c r="D283" s="5">
-        <v>6.7584959086941732</v>
+        <v>6.7567337302357977</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>143.17783471000001</v>
+        <v>143.17665647000001</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.10916405999998346</v>
+        <v>-0.11024924000000169</v>
       </c>
       <c r="D284" s="5">
-        <v>-0.9104061118167861</v>
+        <v>-0.91941862338745795</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>144.25612626</v>
+        <v>144.25585810999999</v>
       </c>
       <c r="C285" s="5">
-        <v>1.0782915499999888</v>
+        <v>1.0792016399999795</v>
       </c>
       <c r="D285" s="5">
-        <v>9.4212587807813719</v>
+        <v>9.4296237766707147</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>145.03676193000001</v>
+        <v>145.03682767000001</v>
       </c>
       <c r="C286" s="5">
-        <v>0.78063567000000944</v>
+        <v>0.78096956000001683</v>
       </c>
       <c r="D286" s="5">
-        <v>6.6905496825793831</v>
+        <v>6.6935098903529777</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>146.05716942999999</v>
+        <v>146.05732764000001</v>
       </c>
       <c r="C287" s="5">
-        <v>1.0204074999999762</v>
+        <v>1.020499970000003</v>
       </c>
       <c r="D287" s="5">
-        <v>8.7770847305192348</v>
+        <v>8.7779070115127524</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>146.67385012</v>
+        <v>146.67438179000001</v>
       </c>
       <c r="C288" s="5">
-        <v>0.61668069000000969</v>
+        <v>0.6170541500000013</v>
       </c>
       <c r="D288" s="5">
-        <v>5.1859535062914963</v>
+        <v>5.189161684582122</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>147.25291028000001</v>
+        <v>147.25311970000001</v>
       </c>
       <c r="C289" s="5">
-        <v>0.57906016000001159</v>
+        <v>0.57873791000000097</v>
       </c>
       <c r="D289" s="5">
-        <v>4.8417680856519763</v>
+        <v>4.83899695228307</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>147.88997734</v>
+        <v>147.89010938000001</v>
       </c>
       <c r="C290" s="5">
-        <v>0.63706705999999258</v>
+        <v>0.63698967999999923</v>
       </c>
       <c r="D290" s="5">
-        <v>5.3169483210815827</v>
+        <v>5.3162793256974261</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>148.55560475999999</v>
+        <v>148.55574965</v>
       </c>
       <c r="C291" s="5">
-        <v>0.66562741999999275</v>
+        <v>0.66564026999998305</v>
       </c>
       <c r="D291" s="5">
-        <v>5.5367196934527518</v>
+        <v>5.5368241736784451</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>149.41160654000001</v>
+        <v>149.41151206999999</v>
       </c>
       <c r="C292" s="5">
-        <v>0.85600178000001392</v>
+        <v>0.8557624199999907</v>
       </c>
       <c r="D292" s="5">
-        <v>7.1379977971601782</v>
+        <v>7.1359309901843471</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>149.80831158000001</v>
+        <v>149.80853805999999</v>
       </c>
       <c r="C293" s="5">
-        <v>0.39670504000000051</v>
+        <v>0.39702599000000305</v>
       </c>
       <c r="D293" s="5">
-        <v>3.2330802027350281</v>
+        <v>3.2357363140725459</v>
       </c>
       <c r="E293" s="5">
-        <v>5.3158551113404728</v>
+        <v>5.3159524249145607</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>150.4875117</v>
+        <v>150.48772366</v>
       </c>
       <c r="C294" s="5">
-        <v>0.67920011999999019</v>
+        <v>0.67918560000001094</v>
       </c>
       <c r="D294" s="5">
-        <v>5.5782898305993811</v>
+        <v>5.5781589437838619</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>150.77175245000001</v>
+        <v>150.77183191</v>
       </c>
       <c r="C295" s="5">
-        <v>0.28424075000000926</v>
+        <v>0.28410825000000273</v>
       </c>
       <c r="D295" s="5">
-        <v>2.2902543034436729</v>
+        <v>2.289172324201183</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>150.76210983000001</v>
+        <v>150.76148411</v>
       </c>
       <c r="C296" s="5">
-        <v>-9.6426199999939399E-3</v>
+        <v>-1.0347800000005236E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>-7.6719110148015801E-2</v>
+        <v>-8.2327538552928736E-2</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>150.90237725</v>
+        <v>150.90098424000001</v>
       </c>
       <c r="C297" s="5">
-        <v>0.14026741999998649</v>
+        <v>0.13950013000001604</v>
       </c>
       <c r="D297" s="5">
-        <v>1.1221977632279945</v>
+        <v>1.1160325055436848</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>151.20623409000001</v>
+        <v>151.20630535999999</v>
       </c>
       <c r="C298" s="5">
-        <v>0.30385684000000879</v>
+        <v>0.30532111999997369</v>
       </c>
       <c r="D298" s="5">
-        <v>2.4432591730491726</v>
+        <v>2.4551874410112751</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>151.51798583999999</v>
+        <v>151.51806857</v>
       </c>
       <c r="C299" s="5">
-        <v>0.3117517499999849</v>
+        <v>0.31176321000000939</v>
       </c>
       <c r="D299" s="5">
-        <v>2.5023677201400973</v>
+        <v>2.5024595599431709</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>151.52269888000001</v>
+        <v>151.52348873</v>
       </c>
       <c r="C300" s="5">
-        <v>4.7130400000128247E-3</v>
+        <v>5.4201599999998962E-3</v>
       </c>
       <c r="D300" s="5">
-        <v>3.7332965047731648E-2</v>
+        <v>4.2935287526524313E-2</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>151.78802379000001</v>
+        <v>151.78842596999999</v>
       </c>
       <c r="C301" s="5">
-        <v>0.26532491000000391</v>
+        <v>0.26493723999999474</v>
       </c>
       <c r="D301" s="5">
-        <v>2.1216241325410667</v>
+        <v>2.118483176083874</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>152.28689360000001</v>
+        <v>152.28705299999999</v>
       </c>
       <c r="C302" s="5">
-        <v>0.49886981000000219</v>
+        <v>0.49862702999999442</v>
       </c>
       <c r="D302" s="5">
-        <v>4.0160252832497578</v>
+        <v>4.0140245693057963</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>152.72244863</v>
+        <v>152.72270301</v>
       </c>
       <c r="C303" s="5">
-        <v>0.43555502999998907</v>
+        <v>0.43565001000001757</v>
       </c>
       <c r="D303" s="5">
-        <v>3.4866213682800629</v>
+        <v>3.4873899784993334</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>153.1918799</v>
+        <v>153.19159292000001</v>
       </c>
       <c r="C304" s="5">
-        <v>0.46943127000000118</v>
+        <v>0.46888991000000146</v>
       </c>
       <c r="D304" s="5">
-        <v>3.7515049614579521</v>
+        <v>3.7470989694647905</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>153.44404001999999</v>
+        <v>153.44451194000001</v>
       </c>
       <c r="C305" s="5">
-        <v>0.252160119999985</v>
+        <v>0.25291902000000732</v>
       </c>
       <c r="D305" s="5">
-        <v>1.9932300962794969</v>
+        <v>1.999287269581651</v>
       </c>
       <c r="E305" s="5">
-        <v>2.4269203768833902</v>
+        <v>2.4270805436628518</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>153.74894972999999</v>
+        <v>153.74933791999999</v>
       </c>
       <c r="C306" s="5">
-        <v>0.304909710000004</v>
+        <v>0.30482597999997552</v>
       </c>
       <c r="D306" s="5">
-        <v>2.4107623861457705</v>
+        <v>2.4100856333111986</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>154.31763996000001</v>
+        <v>154.31769442999999</v>
       </c>
       <c r="C307" s="5">
-        <v>0.56869023000001562</v>
+        <v>0.56835651000000098</v>
       </c>
       <c r="D307" s="5">
-        <v>4.530007385889534</v>
+        <v>4.5272831345728015</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>155.10620223000001</v>
+        <v>155.10584326</v>
       </c>
       <c r="C308" s="5">
-        <v>0.7885622699999999</v>
+        <v>0.78814883000001146</v>
       </c>
       <c r="D308" s="5">
-        <v>6.3073022540339529</v>
+        <v>6.3038996341982179</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>155.20357619000001</v>
+        <v>155.20069494000001</v>
       </c>
       <c r="C309" s="5">
-        <v>9.737395999999876E-2</v>
+        <v>9.485168000000499E-2</v>
       </c>
       <c r="D309" s="5">
-        <v>0.75595337746221514</v>
+        <v>0.73630770401393875</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>156.32500779</v>
+        <v>156.3248782</v>
       </c>
       <c r="C310" s="5">
-        <v>1.121431599999994</v>
+        <v>1.1241832599999952</v>
       </c>
       <c r="D310" s="5">
-        <v>9.0236756099284285</v>
+        <v>9.0468811798873681</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>157.21038573000001</v>
+        <v>157.21049063999999</v>
       </c>
       <c r="C311" s="5">
-        <v>0.88537794000001213</v>
+        <v>0.88561243999998851</v>
       </c>
       <c r="D311" s="5">
-        <v>7.0121997302312833</v>
+        <v>7.0141212163702393</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>157.88906569</v>
+        <v>157.89050872000001</v>
       </c>
       <c r="C312" s="5">
-        <v>0.67867995999998243</v>
+        <v>0.68001808000002484</v>
       </c>
       <c r="D312" s="5">
-        <v>5.3052099288518839</v>
+        <v>5.315916417057065</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>158.24024578000001</v>
+        <v>158.24126760999999</v>
       </c>
       <c r="C313" s="5">
-        <v>0.35118009000001393</v>
+        <v>0.35075888999998028</v>
       </c>
       <c r="D313" s="5">
-        <v>2.7019590777228597</v>
+        <v>2.6986537245822451</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>158.99108261000001</v>
+        <v>158.99147789</v>
       </c>
       <c r="C314" s="5">
-        <v>0.75083682999999724</v>
+        <v>0.75021028000000456</v>
       </c>
       <c r="D314" s="5">
-        <v>5.8448698509340646</v>
+        <v>5.839825915167518</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>159.18062907999999</v>
+        <v>159.18106280999999</v>
       </c>
       <c r="C315" s="5">
-        <v>0.18954646999998204</v>
+        <v>0.18958491999998728</v>
       </c>
       <c r="D315" s="5">
-        <v>1.4400375919211283</v>
+        <v>1.4403280213576508</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>159.22008202999999</v>
+        <v>159.21958114</v>
       </c>
       <c r="C316" s="5">
-        <v>3.94529499999976E-2</v>
+        <v>3.8518330000016476E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>0.2978260056110571</v>
+        <v>0.29076047574869701</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>160.39618583999999</v>
+        <v>160.39690188</v>
       </c>
       <c r="C317" s="5">
-        <v>1.1761038100000007</v>
+        <v>1.177320739999999</v>
       </c>
       <c r="D317" s="5">
-        <v>9.2331155011492463</v>
+        <v>9.2430912401623146</v>
       </c>
       <c r="E317" s="5">
-        <v>4.5307369508088113</v>
+        <v>4.5308821098264618</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>160.69667243000001</v>
+        <v>160.69737534999999</v>
       </c>
       <c r="C318" s="5">
-        <v>0.30048659000001976</v>
+        <v>0.30047346999998581</v>
       </c>
       <c r="D318" s="5">
-        <v>2.2713916693703151</v>
+        <v>2.2712812265102134</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>161.50702276999999</v>
+        <v>161.50713454000001</v>
       </c>
       <c r="C319" s="5">
-        <v>0.81035033999998518</v>
+        <v>0.8097591900000225</v>
       </c>
       <c r="D319" s="5">
-        <v>6.2219648361101276</v>
+        <v>6.2172714369353343</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>162.16323338000001</v>
+        <v>162.16295481</v>
       </c>
       <c r="C320" s="5">
-        <v>0.65621061000001646</v>
+        <v>0.65582026999999243</v>
       </c>
       <c r="D320" s="5">
-        <v>4.9861006153171905</v>
+        <v>4.9830646093022013</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>162.63464741000001</v>
+        <v>162.62768915999999</v>
       </c>
       <c r="C321" s="5">
-        <v>0.47141403000000537</v>
+        <v>0.46473434999998631</v>
       </c>
       <c r="D321" s="5">
-        <v>3.5447603886596957</v>
+        <v>3.4937449108059626</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>162.73216884999999</v>
+        <v>162.73227664999999</v>
       </c>
       <c r="C322" s="5">
-        <v>9.7521439999979975E-2</v>
+        <v>0.10458749000000012</v>
       </c>
       <c r="D322" s="5">
-        <v>0.7219399578605401</v>
+        <v>0.77446753364451837</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>163.10830104999999</v>
+        <v>163.10911801</v>
       </c>
       <c r="C323" s="5">
-        <v>0.37613220000000069</v>
+        <v>0.37684136000001445</v>
       </c>
       <c r="D323" s="5">
-        <v>2.809161598610177</v>
+        <v>2.8145237455142746</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>164.27719707</v>
+        <v>164.27974495999999</v>
       </c>
       <c r="C324" s="5">
-        <v>1.1688960200000054</v>
+        <v>1.1706269499999848</v>
       </c>
       <c r="D324" s="5">
-        <v>8.9468408767066734</v>
+        <v>8.960570214222475</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>164.89956688999999</v>
+        <v>164.90207340000001</v>
       </c>
       <c r="C325" s="5">
-        <v>0.62236981999998875</v>
+        <v>0.62232844000001819</v>
       </c>
       <c r="D325" s="5">
-        <v>4.6421776415329186</v>
+        <v>4.641789034945365</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>165.51630459</v>
+        <v>165.51772342000001</v>
       </c>
       <c r="C326" s="5">
-        <v>0.61673770000001582</v>
+        <v>0.61565002000000391</v>
       </c>
       <c r="D326" s="5">
-        <v>4.5815797964370519</v>
+        <v>4.5732621309077626</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>166.04607131</v>
+        <v>166.04719133</v>
       </c>
       <c r="C327" s="5">
-        <v>0.5297667199999978</v>
+        <v>0.52946790999999394</v>
       </c>
       <c r="D327" s="5">
-        <v>3.9091702789636029</v>
+        <v>3.9068923288787749</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>165.94456127999999</v>
+        <v>165.94247601000001</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.10151003000001424</v>
+        <v>-0.10471531999999684</v>
       </c>
       <c r="D328" s="5">
-        <v>-0.73114222882613156</v>
+        <v>-0.75414375945520584</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>166.36151661</v>
+        <v>166.36290959999999</v>
       </c>
       <c r="C329" s="5">
-        <v>0.41695533000000751</v>
+        <v>0.42043358999998759</v>
       </c>
       <c r="D329" s="5">
-        <v>3.0571602918368912</v>
+        <v>3.0830589803478636</v>
       </c>
       <c r="E329" s="5">
-        <v>3.7191225830959684</v>
+        <v>3.719528027083352</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>166.97989679</v>
+        <v>166.98082217000001</v>
       </c>
       <c r="C330" s="5">
-        <v>0.61838018000000261</v>
+        <v>0.61791257000001565</v>
       </c>
       <c r="D330" s="5">
-        <v>4.5528338574731153</v>
+        <v>4.549281564411789</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>167.08307013999999</v>
+        <v>167.08278802999999</v>
       </c>
       <c r="C331" s="5">
-        <v>0.10317334999999161</v>
+        <v>0.10196585999997865</v>
       </c>
       <c r="D331" s="5">
-        <v>0.74397955159895002</v>
+        <v>0.73523902967806976</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>167.38866376999999</v>
+        <v>167.38818898</v>
       </c>
       <c r="C332" s="5">
-        <v>0.30559363000000417</v>
+        <v>0.30540095000000633</v>
       </c>
       <c r="D332" s="5">
-        <v>2.2170041869884027</v>
+        <v>2.215596038590828</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>168.37044836000001</v>
+        <v>168.35839311000001</v>
       </c>
       <c r="C333" s="5">
-        <v>0.98178459000001794</v>
+        <v>0.97020413000001327</v>
       </c>
       <c r="D333" s="5">
-        <v>7.2699086635316101</v>
+        <v>7.1814273339915857</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>168.62803882</v>
+        <v>168.62532542</v>
       </c>
       <c r="C334" s="5">
-        <v>0.25759045999998875</v>
+        <v>0.26693230999998718</v>
       </c>
       <c r="D334" s="5">
-        <v>1.8514106756782001</v>
+        <v>1.9192797091918345</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>168.72469362000001</v>
+        <v>168.72868936</v>
       </c>
       <c r="C335" s="5">
-        <v>9.6654800000010255E-2</v>
+        <v>0.10336394000000837</v>
       </c>
       <c r="D335" s="5">
-        <v>0.68999263983078318</v>
+        <v>0.73806090188910378</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>168.88764455</v>
+        <v>168.89402215999999</v>
       </c>
       <c r="C336" s="5">
-        <v>0.16295092999999383</v>
+        <v>0.1653327999999874</v>
       </c>
       <c r="D336" s="5">
-        <v>1.1651118525749737</v>
+        <v>1.1822061532661632</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>169.36625623</v>
+        <v>169.37049615000001</v>
       </c>
       <c r="C337" s="5">
-        <v>0.47861168000000021</v>
+        <v>0.47647399000001656</v>
       </c>
       <c r="D337" s="5">
-        <v>3.4541956478472802</v>
+        <v>3.4383956586936826</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>169.04101356999999</v>
+        <v>169.04390961999999</v>
       </c>
       <c r="C338" s="5">
-        <v>-0.32524266000001489</v>
+        <v>-0.32658653000001436</v>
       </c>
       <c r="D338" s="5">
-        <v>-2.2802371946297861</v>
+        <v>-2.289502501383156</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>169.62287825999999</v>
+        <v>169.62638458999999</v>
       </c>
       <c r="C339" s="5">
-        <v>0.58186469000000329</v>
+        <v>0.58247496999999271</v>
       </c>
       <c r="D339" s="5">
-        <v>4.2096848697196876</v>
+        <v>4.2141105748422003</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>169.71778366999999</v>
+        <v>169.71156353999999</v>
       </c>
       <c r="C340" s="5">
-        <v>9.4905409999995527E-2</v>
+        <v>8.5178949999999531E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>0.67347995759996504</v>
+        <v>0.60425455660282346</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>170.23553977</v>
+        <v>170.23402483000001</v>
       </c>
       <c r="C341" s="5">
-        <v>0.51775610000001393</v>
+        <v>0.52246129000002384</v>
       </c>
       <c r="D341" s="5">
-        <v>3.7228794177528002</v>
+        <v>3.7574266218203034</v>
       </c>
       <c r="E341" s="5">
-        <v>2.3286774723759285</v>
+        <v>2.3269100301910095</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>170.40967651</v>
+        <v>170.41324576</v>
       </c>
       <c r="C342" s="5">
-        <v>0.17413673999999446</v>
+        <v>0.1792209299999854</v>
       </c>
       <c r="D342" s="5">
-        <v>1.2344293476506785</v>
+        <v>1.2706907429132164</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>171.28442039999999</v>
+        <v>171.28649424</v>
       </c>
       <c r="C343" s="5">
-        <v>0.87474388999999064</v>
+        <v>0.87324848000000088</v>
       </c>
       <c r="D343" s="5">
-        <v>6.3367358305897348</v>
+        <v>6.3254595627403765</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>171.72728566999999</v>
+        <v>171.72353014999999</v>
       </c>
       <c r="C344" s="5">
-        <v>0.44286526999999865</v>
+        <v>0.43703590999999165</v>
       </c>
       <c r="D344" s="5">
-        <v>3.147169967879182</v>
+        <v>3.1051231615045749</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>172.21889415999999</v>
+        <v>172.19821142000001</v>
       </c>
       <c r="C345" s="5">
-        <v>0.49160849000000439</v>
+        <v>0.47468127000001914</v>
       </c>
       <c r="D345" s="5">
-        <v>3.4898813335219936</v>
+        <v>3.3679590928905379</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>172.82422853</v>
+        <v>172.82175509000001</v>
       </c>
       <c r="C346" s="5">
-        <v>0.60533437000000845</v>
+        <v>0.62354367000000366</v>
       </c>
       <c r="D346" s="5">
-        <v>4.3003985711956627</v>
+        <v>4.432891020282903</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>173.10551774999999</v>
+        <v>173.11481554</v>
       </c>
       <c r="C347" s="5">
-        <v>0.28128921999999079</v>
+        <v>0.29306044999998448</v>
       </c>
       <c r="D347" s="5">
-        <v>1.9707027183962778</v>
+        <v>2.05397199721431</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>173.27524086</v>
+        <v>173.28618520000001</v>
       </c>
       <c r="C348" s="5">
-        <v>0.16972311000000673</v>
+        <v>0.17136966000001053</v>
       </c>
       <c r="D348" s="5">
-        <v>1.1829178921769712</v>
+        <v>1.1943918950060306</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>173.55920860000001</v>
+        <v>173.56559615</v>
       </c>
       <c r="C349" s="5">
-        <v>0.28396774000000846</v>
+        <v>0.27941094999999905</v>
       </c>
       <c r="D349" s="5">
-        <v>1.9844127239256881</v>
+        <v>1.9521618065245994</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>174.18585873999999</v>
+        <v>174.18948383</v>
       </c>
       <c r="C350" s="5">
-        <v>0.62665013999998109</v>
+        <v>0.62388767999999573</v>
       </c>
       <c r="D350" s="5">
-        <v>4.4197847399649604</v>
+        <v>4.3997490786441329</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>174.10751614</v>
+        <v>174.11187536</v>
       </c>
       <c r="C351" s="5">
-        <v>-7.8342599999984941E-2</v>
+        <v>-7.7608470000001262E-2</v>
       </c>
       <c r="D351" s="5">
-        <v>-0.53838419070929566</v>
+        <v>-0.53334040388025583</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>174.96665263</v>
+        <v>174.95484604000001</v>
       </c>
       <c r="C352" s="5">
-        <v>0.85913648999999737</v>
+        <v>0.84297068000000763</v>
       </c>
       <c r="D352" s="5">
-        <v>6.0847997064715553</v>
+        <v>5.967087296836171</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>174.71845587999999</v>
+        <v>174.71370582</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.2481967500000053</v>
+        <v>-0.24114022000000546</v>
       </c>
       <c r="D353" s="5">
-        <v>-1.689026702855978</v>
+        <v>-1.6414790347981878</v>
       </c>
       <c r="E353" s="5">
-        <v>2.6333608810808373</v>
+        <v>2.6314839201349471</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>175.44416742999999</v>
+        <v>175.45189822</v>
       </c>
       <c r="C354" s="5">
-        <v>0.72571154999999976</v>
+        <v>0.73819240000000264</v>
       </c>
       <c r="D354" s="5">
-        <v>5.0997841200735472</v>
+        <v>5.1896834190745089</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>176.12067506</v>
+        <v>176.12458429</v>
       </c>
       <c r="C355" s="5">
-        <v>0.67650763000000325</v>
+        <v>0.67268606999999747</v>
       </c>
       <c r="D355" s="5">
-        <v>4.7265697676145857</v>
+        <v>4.699092621333123</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>175.97811655999999</v>
+        <v>175.97005659000001</v>
       </c>
       <c r="C356" s="5">
-        <v>-0.14255850000000692</v>
+        <v>-0.1545276999999885</v>
       </c>
       <c r="D356" s="5">
-        <v>-0.96701119004634073</v>
+        <v>-1.0477868868159601</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>175.65014969999999</v>
+        <v>175.62377473000001</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.32796686000000363</v>
+        <v>-0.34628186000000483</v>
       </c>
       <c r="D357" s="5">
-        <v>-2.2136337703339004</v>
+        <v>-2.336023401862708</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>176.43815212999999</v>
+        <v>176.4354721</v>
       </c>
       <c r="C358" s="5">
-        <v>0.78800243000000592</v>
+        <v>0.81169736999999031</v>
       </c>
       <c r="D358" s="5">
-        <v>5.51828332215063</v>
+        <v>5.689333312760847</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>177.16254208000001</v>
+        <v>177.18244879</v>
       </c>
       <c r="C359" s="5">
-        <v>0.72438995000001682</v>
+        <v>0.74697668999999678</v>
       </c>
       <c r="D359" s="5">
-        <v>5.0395448558739897</v>
+        <v>5.2004383727538794</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>177.64191844000001</v>
+        <v>177.65721436000001</v>
       </c>
       <c r="C360" s="5">
-        <v>0.47937636000000339</v>
+        <v>0.47476557000001662</v>
       </c>
       <c r="D360" s="5">
-        <v>3.2957888759379328</v>
+        <v>3.2632482128979623</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>178.56146795999999</v>
+        <v>178.56995352000001</v>
       </c>
       <c r="C361" s="5">
-        <v>0.91954951999997547</v>
+        <v>0.91273916000000099</v>
       </c>
       <c r="D361" s="5">
-        <v>6.3916428947453641</v>
+        <v>6.3423979587617252</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>179.18941065999999</v>
+        <v>179.19379146</v>
       </c>
       <c r="C362" s="5">
-        <v>0.62794270000000552</v>
+        <v>0.62383793999998716</v>
       </c>
       <c r="D362" s="5">
-        <v>4.302596976562989</v>
+        <v>4.2737219841748164</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>180.10797518999999</v>
+        <v>180.10353746999999</v>
       </c>
       <c r="C363" s="5">
-        <v>0.9185645299999976</v>
+        <v>0.90974600999999211</v>
       </c>
       <c r="D363" s="5">
-        <v>6.3278990371925747</v>
+        <v>6.2652855443146249</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>181.32554684999999</v>
+        <v>181.30179211000001</v>
       </c>
       <c r="C364" s="5">
-        <v>1.2175716600000044</v>
+        <v>1.198254640000016</v>
       </c>
       <c r="D364" s="5">
-        <v>8.4208043518068099</v>
+        <v>8.2824933757997599</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>180.8240495</v>
+        <v>180.81839417</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.50149734999999396</v>
+        <v>-0.48339794000000325</v>
       </c>
       <c r="D365" s="5">
-        <v>-3.2688524188875134</v>
+        <v>-3.1530089218645863</v>
       </c>
       <c r="E365" s="5">
-        <v>3.4945327265217152</v>
+        <v>3.4941095899421848</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>181.71656110999999</v>
+        <v>181.73241182999999</v>
       </c>
       <c r="C366" s="5">
-        <v>0.89251160999998547</v>
+        <v>0.91401765999998474</v>
       </c>
       <c r="D366" s="5">
-        <v>6.0864269062334886</v>
+        <v>6.2373887540738693</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>181.80053022000001</v>
+        <v>181.80919062000001</v>
       </c>
       <c r="C367" s="5">
-        <v>8.3969110000026603E-2</v>
+        <v>7.6778790000020081E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>0.5559174894663732</v>
+        <v>0.5081588788391711</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>181.95095301999999</v>
+        <v>181.93929919999999</v>
       </c>
       <c r="C368" s="5">
-        <v>0.15042279999997277</v>
+        <v>0.13010857999998393</v>
       </c>
       <c r="D368" s="5">
-        <v>0.99741771975048188</v>
+        <v>0.86214722885533668</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>164.99921194000001</v>
+        <v>164.97119763000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-16.951741079999977</v>
+        <v>-16.968101569999988</v>
       </c>
       <c r="D369" s="5">
-        <v>-69.073524884357795</v>
+        <v>-69.112744813123371</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>167.41196199000001</v>
+        <v>167.41306840999999</v>
       </c>
       <c r="C370" s="5">
-        <v>2.4127500499999996</v>
+        <v>2.4418707799999879</v>
       </c>
       <c r="D370" s="5">
-        <v>19.029715154911298</v>
+        <v>19.2819553819904</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>173.50900680000001</v>
+        <v>173.54043129999999</v>
       </c>
       <c r="C371" s="5">
-        <v>6.0970448099999999</v>
+        <v>6.1273628900000006</v>
       </c>
       <c r="D371" s="5">
-        <v>53.612462703384779</v>
+        <v>53.934438897389647</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>175.34079833999999</v>
+        <v>175.36155248</v>
       </c>
       <c r="C372" s="5">
-        <v>1.8317915399999833</v>
+        <v>1.8211211800000058</v>
       </c>
       <c r="D372" s="5">
-        <v>13.430923914116089</v>
+        <v>13.345559361288828</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>177.44284048</v>
+        <v>177.45356029000001</v>
       </c>
       <c r="C373" s="5">
-        <v>2.1020421400000089</v>
+        <v>2.0920078100000126</v>
       </c>
       <c r="D373" s="5">
-        <v>15.373486436947314</v>
+        <v>15.293288238617153</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>178.85430134999999</v>
+        <v>178.85602073999999</v>
       </c>
       <c r="C374" s="5">
-        <v>1.4114608699999849</v>
+        <v>1.4024604499999782</v>
       </c>
       <c r="D374" s="5">
-        <v>9.9742219487959574</v>
+        <v>9.9072052369867372</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>182.73288647999999</v>
+        <v>182.71001778999999</v>
       </c>
       <c r="C375" s="5">
-        <v>3.8785851300000047</v>
+        <v>3.8539970500000038</v>
       </c>
       <c r="D375" s="5">
-        <v>29.362352171464281</v>
+        <v>29.153312317928769</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>184.25386191000001</v>
+        <v>184.21034979000001</v>
       </c>
       <c r="C376" s="5">
-        <v>1.5209754300000213</v>
+        <v>1.5003320000000144</v>
       </c>
       <c r="D376" s="5">
-        <v>10.45836696193847</v>
+        <v>10.311301317977994</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>184.23482525</v>
+        <v>184.21319582000001</v>
       </c>
       <c r="C377" s="5">
-        <v>-1.9036660000011807E-2</v>
+        <v>2.84603000000061E-3</v>
       </c>
       <c r="D377" s="5">
-        <v>-0.12391064812508068</v>
+        <v>1.8541445833486492E-2</v>
       </c>
       <c r="E377" s="5">
-        <v>1.8862401098920234</v>
+        <v>1.8774647709836056</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>184.11743529</v>
+        <v>184.17342288</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.11738995999999702</v>
+        <v>-3.9772940000005974E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>-0.7619370105124923</v>
+        <v>-0.25878109673854732</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>184.24084755000001</v>
+        <v>184.24665872</v>
       </c>
       <c r="C379" s="5">
-        <v>0.12341226000000916</v>
+        <v>7.3235839999995278E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>0.80732115077242206</v>
+        <v>0.47822029070054839</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>185.92534984</v>
+        <v>185.90975155000001</v>
       </c>
       <c r="C380" s="5">
-        <v>1.6845022899999833</v>
+        <v>1.6630928300000107</v>
       </c>
       <c r="D380" s="5">
-        <v>11.540404275981375</v>
+        <v>11.385997057048126</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>185.32750697</v>
+        <v>185.29739044999999</v>
       </c>
       <c r="C381" s="5">
-        <v>-0.59784286999999381</v>
+        <v>-0.61236110000001531</v>
       </c>
       <c r="D381" s="5">
-        <v>-3.7910852763906489</v>
+        <v>-3.8818081483000477</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>186.96105055000001</v>
+        <v>186.96440240000001</v>
       </c>
       <c r="C382" s="5">
-        <v>1.6335435800000084</v>
+        <v>1.6670119500000169</v>
       </c>
       <c r="D382" s="5">
-        <v>11.105375903980175</v>
+        <v>11.346218047795741</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>188.05482953000001</v>
+        <v>188.10571313</v>
       </c>
       <c r="C383" s="5">
-        <v>1.0937789799999962</v>
+        <v>1.1413107299999865</v>
       </c>
       <c r="D383" s="5">
-        <v>7.2507204170030759</v>
+        <v>7.5763301280202144</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>189.59621604</v>
+        <v>189.63297029</v>
       </c>
       <c r="C384" s="5">
-        <v>1.5413865099999953</v>
+        <v>1.5272571600000049</v>
       </c>
       <c r="D384" s="5">
-        <v>10.291511980960211</v>
+        <v>10.190039336626855</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>189.90831560999999</v>
+        <v>189.92632624999999</v>
       </c>
       <c r="C385" s="5">
-        <v>0.31209956999998667</v>
+        <v>0.29335595999998532</v>
       </c>
       <c r="D385" s="5">
-        <v>1.9933359132484618</v>
+        <v>1.8722367176897681</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>191.53171280999999</v>
+        <v>191.52955420999999</v>
       </c>
       <c r="C386" s="5">
-        <v>1.6233971999999994</v>
+        <v>1.6032279599999981</v>
       </c>
       <c r="D386" s="5">
-        <v>10.754282384042835</v>
+        <v>10.613353962417982</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>196.2849013</v>
+        <v>196.23390906</v>
       </c>
       <c r="C387" s="5">
-        <v>4.7531884900000136</v>
+        <v>4.7043548500000156</v>
       </c>
       <c r="D387" s="5">
-        <v>34.200587699842558</v>
+        <v>33.800916773701182</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>197.34530713999999</v>
+        <v>197.26197676000001</v>
       </c>
       <c r="C388" s="5">
-        <v>1.0604058399999872</v>
+        <v>1.0280677000000082</v>
       </c>
       <c r="D388" s="5">
-        <v>6.6789943995242851</v>
+        <v>6.4711407720985603</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>198.32909093000001</v>
+        <v>198.24711567</v>
       </c>
       <c r="C389" s="5">
-        <v>0.98378379000001814</v>
+        <v>0.98513890999998921</v>
       </c>
       <c r="D389" s="5">
-        <v>6.1488795931206042</v>
+        <v>6.1602563404902888</v>
       </c>
       <c r="E389" s="5">
-        <v>7.650163676099031</v>
+        <v>7.6183032314975696</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>198.58350647</v>
+        <v>198.72885538</v>
       </c>
       <c r="C390" s="5">
-        <v>0.25441553999999655</v>
+        <v>0.48173970999999938</v>
       </c>
       <c r="D390" s="5">
-        <v>1.5502611296620117</v>
+        <v>2.9552848928124487</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>202.54878120999999</v>
+        <v>202.57550169000001</v>
       </c>
       <c r="C391" s="5">
-        <v>3.9652747399999839</v>
+        <v>3.8466463100000112</v>
       </c>
       <c r="D391" s="5">
-        <v>26.776136299310949</v>
+        <v>25.867006643594092</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>203.25428835</v>
+        <v>203.23272917</v>
       </c>
       <c r="C392" s="5">
-        <v>0.7055071400000088</v>
+        <v>0.65722747999998887</v>
       </c>
       <c r="D392" s="5">
-        <v>4.2607864387219641</v>
+        <v>3.9634572607055274</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>203.79725518000001</v>
+        <v>203.74306662999999</v>
       </c>
       <c r="C393" s="5">
-        <v>0.54296683000001167</v>
+        <v>0.51033745999998814</v>
       </c>
       <c r="D393" s="5">
-        <v>3.2531614490661553</v>
+        <v>3.0552859439110458</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>203.51658484000001</v>
+        <v>203.50591098999999</v>
       </c>
       <c r="C394" s="5">
-        <v>-0.28067034000000035</v>
+        <v>-0.23715563999999745</v>
       </c>
       <c r="D394" s="5">
-        <v>-1.6401836104118606</v>
+        <v>-1.3878847933637806</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>202.77283989</v>
+        <v>202.8660284</v>
       </c>
       <c r="C395" s="5">
-        <v>-0.74374495000000707</v>
+        <v>-0.63988258999998493</v>
       </c>
       <c r="D395" s="5">
-        <v>-4.2982832374790725</v>
+        <v>-3.7085814231319736</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>204.35489104000001</v>
+        <v>204.43091301000001</v>
       </c>
       <c r="C396" s="5">
-        <v>1.5820511500000123</v>
+        <v>1.5648846100000071</v>
       </c>
       <c r="D396" s="5">
-        <v>9.7748963518682785</v>
+        <v>9.6596602660439892</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>204.97094034</v>
+        <v>205.00375267999999</v>
       </c>
       <c r="C397" s="5">
-        <v>0.61604929999998603</v>
+        <v>0.57283966999997915</v>
       </c>
       <c r="D397" s="5">
-        <v>3.6781127352639498</v>
+        <v>3.4148517974228021</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>205.27995372999999</v>
+        <v>205.26737759</v>
       </c>
       <c r="C398" s="5">
-        <v>0.30901338999998984</v>
+        <v>0.26362491000000432</v>
       </c>
       <c r="D398" s="5">
-        <v>1.8241917420673381</v>
+        <v>1.5541031085900991</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>205.77617670999999</v>
+        <v>205.68884237</v>
       </c>
       <c r="C399" s="5">
-        <v>0.49622297999999887</v>
+        <v>0.42146478000000798</v>
       </c>
       <c r="D399" s="5">
-        <v>2.939636974650095</v>
+        <v>2.4919130643052512</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>204.50266199999999</v>
+        <v>204.36809796</v>
       </c>
       <c r="C400" s="5">
-        <v>-1.2735147100000006</v>
+        <v>-1.3207444100000032</v>
       </c>
       <c r="D400" s="5">
-        <v>-7.178953443080327</v>
+        <v>-7.4389167286166842</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>204.8378305</v>
+        <v>204.67107401000001</v>
       </c>
       <c r="C401" s="5">
-        <v>0.33516850000000886</v>
+        <v>0.30297605000001226</v>
       </c>
       <c r="D401" s="5">
-        <v>1.9845590511220923</v>
+        <v>1.7935795000620036</v>
       </c>
       <c r="E401" s="5">
-        <v>3.2817876285719638</v>
+        <v>3.2403792197881254</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>204.75993763</v>
+        <v>205.00485369</v>
       </c>
       <c r="C402" s="5">
-        <v>-7.7892869999999448E-2</v>
+        <v>0.33377967999999214</v>
       </c>
       <c r="D402" s="5">
-        <v>-0.45536607799187001</v>
+        <v>1.9746210152169708</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>205.55353722999999</v>
+        <v>205.60904848000001</v>
       </c>
       <c r="C403" s="5">
-        <v>0.79359959999999319</v>
+        <v>0.6041947900000082</v>
       </c>
       <c r="D403" s="5">
-        <v>4.7513413325767306</v>
+        <v>3.5945615755998528</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>206.41262404</v>
+        <v>206.39811270000001</v>
       </c>
       <c r="C404" s="5">
-        <v>0.85908681000000797</v>
+        <v>0.7890642200000002</v>
       </c>
       <c r="D404" s="5">
-        <v>5.1321637423540567</v>
+        <v>4.7036887928471938</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>206.9653769</v>
+        <v>206.88984737000001</v>
       </c>
       <c r="C405" s="5">
-        <v>0.55275285999999824</v>
+        <v>0.4917346699999996</v>
       </c>
       <c r="D405" s="5">
-        <v>3.2612375737617549</v>
+        <v>2.8967100256751754</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>207.70470263999999</v>
+        <v>207.65606320000001</v>
       </c>
       <c r="C406" s="5">
-        <v>0.73932573999999818</v>
+        <v>0.76621582999999305</v>
       </c>
       <c r="D406" s="5">
-        <v>4.3718952319054649</v>
+        <v>4.5358475720532532</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>208.24314896999999</v>
+        <v>208.39384213</v>
       </c>
       <c r="C407" s="5">
-        <v>0.53844632999999931</v>
+        <v>0.7377789299999904</v>
       </c>
       <c r="D407" s="5">
-        <v>3.1555774471972775</v>
+        <v>4.3477732497155142</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>208.24660577</v>
+        <v>208.36437683</v>
       </c>
       <c r="C408" s="5">
-        <v>3.4568000000092525E-3</v>
+        <v>-2.9465299999998251E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>1.99216097362509E-2</v>
+        <v>-0.16953896468673291</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>208.16038534</v>
+        <v>208.20883814999999</v>
       </c>
       <c r="C409" s="5">
-        <v>-8.622042999999735E-2</v>
+        <v>-0.15553868000000648</v>
       </c>
       <c r="D409" s="5">
-        <v>-0.49570668612466395</v>
+        <v>-0.89210077600956339</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>208.49000115000001</v>
+        <v>208.4688261</v>
       </c>
       <c r="C410" s="5">
-        <v>0.32961581000000706</v>
+        <v>0.25998795000000996</v>
       </c>
       <c r="D410" s="5">
-        <v>1.9168008460433761</v>
+        <v>1.5087598400407076</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>208.48744246000001</v>
+        <v>208.36464766</v>
       </c>
       <c r="C411" s="5">
-        <v>-2.5586900000007518E-3</v>
+        <v>-0.10417843999999832</v>
       </c>
       <c r="D411" s="5">
-        <v>-1.4725985619379323E-2</v>
+        <v>-0.59803231886211838</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>208.79699024999999</v>
+        <v>208.60778753</v>
       </c>
       <c r="C412" s="5">
-        <v>0.30954778999998211</v>
+        <v>0.24313986999999315</v>
       </c>
       <c r="D412" s="5">
-        <v>1.7962987824757137</v>
+        <v>1.409297090426942</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>207.91280717000001</v>
+        <v>207.66074193</v>
       </c>
       <c r="C413" s="5">
-        <v>-0.88418307999998547</v>
+        <v>-0.9470455999999956</v>
       </c>
       <c r="D413" s="5">
-        <v>-4.9648868456519164</v>
+        <v>-5.3138165536466779</v>
       </c>
       <c r="E413" s="5">
-        <v>1.50117615603238</v>
+        <v>1.460718342570444</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>209.24125513999999</v>
+        <v>209.57411124999999</v>
       </c>
       <c r="C414" s="5">
-        <v>1.3284479699999849</v>
+        <v>1.9133693199999868</v>
       </c>
       <c r="D414" s="5">
-        <v>7.9426043229580356</v>
+        <v>11.63458990405395</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>208.90585195</v>
+        <v>209.00647583</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.33540318999999386</v>
+        <v>-0.56763541999998779</v>
       </c>
       <c r="D415" s="5">
-        <v>-1.9066714735872292</v>
+        <v>-3.2022389544608343</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>208.51864044000001</v>
+        <v>208.51821584000001</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.38721150999998599</v>
+        <v>-0.48825998999998887</v>
       </c>
       <c r="D416" s="5">
-        <v>-2.2016908567789817</v>
+        <v>-2.7675801971993153</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>208.96569995999999</v>
+        <v>208.86377149</v>
       </c>
       <c r="C417" s="5">
-        <v>0.44705951999998206</v>
+        <v>0.34555564999999433</v>
       </c>
       <c r="D417" s="5">
-        <v>2.603330135123394</v>
+        <v>2.0068618375955527</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>209.15828497999999</v>
+        <v>209.05567318999999</v>
       </c>
       <c r="C418" s="5">
-        <v>0.19258501999999567</v>
+        <v>0.1919016999999883</v>
       </c>
       <c r="D418" s="5">
-        <v>1.111555885399107</v>
+        <v>1.1081352347526163</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>209.29650398999999</v>
+        <v>209.50345829</v>
       </c>
       <c r="C419" s="5">
-        <v>0.13821901000000025</v>
+        <v>0.44778510000000438</v>
       </c>
       <c r="D419" s="5">
-        <v>0.79588998923962873</v>
+        <v>2.6008277259193191</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>209.36670212000001</v>
+        <v>209.52584210000001</v>
       </c>
       <c r="C420" s="5">
-        <v>7.0198130000022729E-2</v>
+        <v>2.2383810000007998E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>0.40322376066410648</v>
+        <v>0.12828600528207446</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>209.96861308999999</v>
+        <v>210.03081165</v>
       </c>
       <c r="C421" s="5">
-        <v>0.6019109699999774</v>
+        <v>0.50496954999999843</v>
       </c>
       <c r="D421" s="5">
-        <v>3.5049710787102839</v>
+        <v>2.9307152434483452</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>209.79179414000001</v>
+        <v>209.76172305</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.17681894999998349</v>
+        <v>-0.26908860000000345</v>
       </c>
       <c r="D422" s="5">
-        <v>-1.005877645363118</v>
+        <v>-1.5266362082876461</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>210.50189284000001</v>
+        <v>210.35331839</v>
       </c>
       <c r="C423" s="5">
-        <v>0.71009870000000319</v>
+        <v>0.5915953399999978</v>
       </c>
       <c r="D423" s="5">
-        <v>4.1382079250595671</v>
+        <v>3.4373793611223835</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>211.07871306000001</v>
+        <v>210.84725917</v>
       </c>
       <c r="C424" s="5">
-        <v>0.57682022000000188</v>
+        <v>0.49394078000000263</v>
       </c>
       <c r="D424" s="5">
-        <v>3.3382700866009474</v>
+        <v>2.854455351488272</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>212.23370858999999</v>
+        <v>211.91127326</v>
       </c>
       <c r="C425" s="5">
-        <v>1.1549955299999795</v>
+        <v>1.0640140900000006</v>
       </c>
       <c r="D425" s="5">
-        <v>6.7675076502768716</v>
+        <v>6.226583048196499</v>
       </c>
       <c r="E425" s="5">
-        <v>2.0782276372551589</v>
+        <v>2.0468632108772811</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>213.66934843999999</v>
+        <v>212.16199341000001</v>
       </c>
       <c r="C426" s="5">
-        <v>1.4356398500000012</v>
+        <v>0.25072015000000647</v>
       </c>
       <c r="D426" s="5">
-        <v>8.4262285637820113</v>
+        <v>1.4290401695830068</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>214.32249297000001</v>
+        <v>212.5512267</v>
       </c>
       <c r="C427" s="5">
-        <v>0.65314453000002004</v>
+        <v>0.38923328999999285</v>
       </c>
       <c r="D427" s="5">
-        <v>3.7304636798238588</v>
+        <v>2.2238755818325462</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>214.16129165999999</v>
+        <v>212.41998448000001</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.16120131000002402</v>
+        <v>-0.13124221999999008</v>
       </c>
       <c r="D428" s="5">
-        <v>-0.89884801642251544</v>
+        <v>-0.73844278071290015</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>215.29918495000001</v>
+        <v>212.46022708000001</v>
       </c>
       <c r="C429" s="5">
-        <v>1.1378932900000223</v>
+        <v>4.0242599999999129E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>6.5655666300285853</v>
+        <v>0.22757495999858879</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>215.73645690999999</v>
+        <v>212.94491708999999</v>
       </c>
       <c r="C430" s="5">
-        <v>0.43727195999997548</v>
+        <v>0.48469000999998002</v>
       </c>
       <c r="D430" s="5">
-        <v>2.4646059970864442</v>
+        <v>2.7721971462847605</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>216.09981826000001</v>
+        <v>211.75237877000001</v>
       </c>
       <c r="C431" s="5">
-        <v>0.36336135000001946</v>
+        <v>-1.1925383199999828</v>
       </c>
       <c r="D431" s="5">
-        <v>2.0399686405297102</v>
+        <v>-6.517087152811996</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>215.86624556999999</v>
+        <v>211.49310564999999</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.23357269000001679</v>
+        <v>-0.25927312000001734</v>
       </c>
       <c r="D432" s="5">
-        <v>-1.2893439419975117</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.4594454565815096</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>216.39825253000001</v>
+        <v>212.01433491</v>
       </c>
       <c r="C433" s="5">
-        <v>0.53200696000001813</v>
+        <v>0.52122926000001257</v>
       </c>
       <c r="D433" s="5">
-        <v>2.9978442247811987</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.9978442042459585</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>216.26534108000001</v>
+        <v>211.88411604999999</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.1329114499999946</v>
+        <v>-0.13021886000001359</v>
       </c>
       <c r="D434" s="5">
-        <v>-0.73455333086005492</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.734553358833967</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>211.304472</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.57964404999998465</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-3.2338526502138532</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>211.78718443</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.48271242999999231</v>
+      </c>
+      <c r="D436" s="5">
+        <v>2.7760350719380877</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>212.20772285000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.42053842000001396</v>
+      </c>
+      <c r="D437" s="5">
+        <v>2.4089940451601954</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.1398932607215686</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>