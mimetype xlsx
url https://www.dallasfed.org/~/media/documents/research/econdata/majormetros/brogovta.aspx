--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{025E5F73-0E83-4EAF-AFDD-2112855EBDCF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7D1F7D0C-956C-4CC4-842E-A42316D6D1FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{1F499912-91A7-44B3-A2E1-8F72F52DF57C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{513F74CA-0ECA-4702-9C30-3033AC0BB647}"/>
   </bookViews>
   <sheets>
     <sheet name="brogovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Brownsville—Harlingen Government Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ADDDE632-5F56-42F5-8683-D60E75BC89D1}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51E1C3F9-7449-4970-964C-D3809C24AA77}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-6.4376472999999379E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-2.712662366825136</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>28.851003344999999</v>
       </c>
       <c r="C432" s="5">
         <v>0.79299888899999971</v>
       </c>
       <c r="D432" s="5">
         <v>39.717142586388945</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>28.756381142999999</v>
+        <v>29.797276670999999</v>
       </c>
       <c r="C433" s="5">
-        <v>-9.4622202000000044E-2</v>
+        <v>0.94627332600000003</v>
       </c>
       <c r="D433" s="5">
-        <v>-3.8654005666075797</v>
+        <v>47.294940026324795</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>28.906543278000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.89073339299999787</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-30.523961561718306</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>