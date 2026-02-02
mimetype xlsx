--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7D1F7D0C-956C-4CC4-842E-A42316D6D1FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{DC349404-14A6-4B13-AC00-846B7831002F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{513F74CA-0ECA-4702-9C30-3033AC0BB647}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7E28E638-B53D-43AB-A81E-128B49929D81}"/>
   </bookViews>
   <sheets>
     <sheet name="brogovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Brownsville—Harlingen Government Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51E1C3F9-7449-4970-964C-D3809C24AA77}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{015BDBFD-E906-4765-96D0-E3315806F0F7}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>17.947900186999998</v>
+        <v>17.948082345</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>18.003303502000001</v>
+        <v>18.003637398999999</v>
       </c>
       <c r="C7" s="5">
-        <v>5.5403315000003062E-2</v>
+        <v>5.555505399999916E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>3.7678187081528813</v>
+        <v>3.7782753499961297</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>18.060500999999999</v>
+        <v>18.060982878000001</v>
       </c>
       <c r="C8" s="5">
-        <v>5.7197497999997182E-2</v>
+        <v>5.7345479000002086E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>3.8797957157518104</v>
+        <v>3.889936590039822</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>18.080631508</v>
+        <v>18.081235710000001</v>
       </c>
       <c r="C9" s="5">
-        <v>2.0130508000001157E-2</v>
+        <v>2.0252832000000609E-2</v>
       </c>
       <c r="D9" s="5">
-        <v>1.345768340937914</v>
+        <v>1.3539601216392638</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>18.173198108000001</v>
+        <v>18.173804028999999</v>
       </c>
       <c r="C10" s="5">
-        <v>9.2566600000001387E-2</v>
+        <v>9.2568318999997956E-2</v>
       </c>
       <c r="D10" s="5">
-        <v>6.3195645203729667</v>
+        <v>6.3194680415924021</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>17.853531128</v>
+        <v>17.849344132999999</v>
       </c>
       <c r="C11" s="5">
-        <v>-0.31966698000000093</v>
+        <v>-0.32445989600000047</v>
       </c>
       <c r="D11" s="5">
-        <v>-19.181056259100771</v>
+        <v>-19.44044379466202</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>18.508469323</v>
+        <v>18.510258253</v>
       </c>
       <c r="C12" s="5">
-        <v>0.65493819499999972</v>
+        <v>0.66091412000000105</v>
       </c>
       <c r="D12" s="5">
-        <v>54.083643921150994</v>
+        <v>54.697246304158377</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>18.016111965</v>
+        <v>18.017434266999999</v>
       </c>
       <c r="C13" s="5">
-        <v>-0.49235735799999958</v>
+        <v>-0.49282398600000121</v>
       </c>
       <c r="D13" s="5">
-        <v>-27.641954928256464</v>
+        <v>-27.66214622877753</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>17.861323006999999</v>
+        <v>17.862629808000001</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.15478895800000103</v>
+        <v>-0.15480445899999751</v>
       </c>
       <c r="D14" s="5">
-        <v>-9.8365281516623817</v>
+        <v>-9.8367789273161144</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>17.972913809000001</v>
+        <v>17.973933398</v>
       </c>
       <c r="C15" s="5">
-        <v>0.11159080200000204</v>
+        <v>0.11130358999999856</v>
       </c>
       <c r="D15" s="5">
-        <v>7.7602044278880511</v>
+        <v>7.7389560428787973</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>17.781118123999999</v>
+        <v>17.777000107999999</v>
       </c>
       <c r="C16" s="5">
-        <v>-0.19179568500000244</v>
+        <v>-0.19693329000000048</v>
       </c>
       <c r="D16" s="5">
-        <v>-12.080156633656925</v>
+        <v>-12.383850411196429</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>17.952373216000002</v>
+        <v>17.953031439</v>
       </c>
       <c r="C17" s="5">
-        <v>0.17125509200000266</v>
+        <v>0.17603133100000079</v>
       </c>
       <c r="D17" s="5">
-        <v>12.189862251568506</v>
+        <v>12.551631907509542</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>18.150020227999999</v>
+        <v>18.150137614999998</v>
       </c>
       <c r="C18" s="5">
-        <v>0.19764701199999735</v>
+        <v>0.19710617599999836</v>
       </c>
       <c r="D18" s="5">
-        <v>14.041505215311645</v>
+        <v>14.000188562231708</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>18.09539363</v>
+        <v>18.095241660999999</v>
       </c>
       <c r="C19" s="5">
-        <v>-5.4626597999998694E-2</v>
+        <v>-5.4895953999999136E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>-3.5524818334267572</v>
+        <v>-3.5696855621375811</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>18.044446406999999</v>
+        <v>18.044346038</v>
       </c>
       <c r="C20" s="5">
-        <v>-5.0947223000001429E-2</v>
+        <v>-5.0895622999998835E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>-3.3267464458793139</v>
+        <v>-3.3234565059324095</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>18.075273609</v>
+        <v>18.078079059</v>
       </c>
       <c r="C21" s="5">
-        <v>3.0827202000001108E-2</v>
+        <v>3.3733020999999752E-2</v>
       </c>
       <c r="D21" s="5">
-        <v>2.0694578076833281</v>
+        <v>2.2665515499772804</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>18.075164231999999</v>
+        <v>18.075118942</v>
       </c>
       <c r="C22" s="5">
-        <v>-1.0937700000113182E-4</v>
+        <v>-2.9601170000006505E-3</v>
       </c>
       <c r="D22" s="5">
-        <v>-7.2611919821330417E-3</v>
+        <v>-0.19631196264638939</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>18.366060775000001</v>
+        <v>18.361818339999999</v>
       </c>
       <c r="C23" s="5">
-        <v>0.29089654300000234</v>
+        <v>0.28669939799999966</v>
       </c>
       <c r="D23" s="5">
-        <v>21.117021216076481</v>
+        <v>20.785352624904306</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>18.831432295999999</v>
+        <v>18.833091778</v>
       </c>
       <c r="C24" s="5">
-        <v>0.46537152099999801</v>
+        <v>0.47127343800000077</v>
       </c>
       <c r="D24" s="5">
-        <v>35.023087017525036</v>
+        <v>35.541171987544537</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>18.642420634</v>
+        <v>18.643706042000002</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.18901166199999864</v>
+        <v>-0.18938573599999842</v>
       </c>
       <c r="D25" s="5">
-        <v>-11.401290528519393</v>
+        <v>-11.42167025585098</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>18.675222778999998</v>
+        <v>18.676124875999999</v>
       </c>
       <c r="C26" s="5">
-        <v>3.2802144999998006E-2</v>
+        <v>3.2418833999997787E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>2.132005746074217</v>
+        <v>2.1067066868676321</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>18.661824007</v>
+        <v>18.662780850000001</v>
       </c>
       <c r="C27" s="5">
-        <v>-1.3398771999998615E-2</v>
+        <v>-1.3344025999998621E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>-0.85756574427345855</v>
+        <v>-0.85403448615332112</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>18.863510399999999</v>
+        <v>18.859726838</v>
       </c>
       <c r="C28" s="5">
-        <v>0.20168639299999924</v>
+        <v>0.19694598799999952</v>
       </c>
       <c r="D28" s="5">
-        <v>13.768260241737762</v>
+        <v>13.42492534940849</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>18.84054472</v>
+        <v>18.841012159999998</v>
       </c>
       <c r="C29" s="5">
-        <v>-2.2965679999998656E-2</v>
+        <v>-1.8714678000002039E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>-1.4512159566388627</v>
+        <v>-1.1842934623159884</v>
       </c>
       <c r="E29" s="5">
-        <v>4.9473765574816531</v>
+        <v>4.9461324903102843</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>18.823609155</v>
+        <v>18.823692534999999</v>
       </c>
       <c r="C30" s="5">
-        <v>-1.6935565000000707E-2</v>
+        <v>-1.731962499999895E-2</v>
       </c>
       <c r="D30" s="5">
-        <v>-1.0733503529968269</v>
+        <v>-1.0975414675206907</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>18.982984819999999</v>
+        <v>18.982378174000001</v>
       </c>
       <c r="C31" s="5">
-        <v>0.15937566499999889</v>
+        <v>0.15868563900000154</v>
       </c>
       <c r="D31" s="5">
-        <v>10.646898322400222</v>
+        <v>10.598595033087621</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>19.019111483</v>
+        <v>19.018450103999999</v>
       </c>
       <c r="C32" s="5">
-        <v>3.6126663000001003E-2</v>
+        <v>3.6071929999998531E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>2.3077854338261927</v>
+        <v>2.3043268579783005</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>19.159650335999999</v>
+        <v>19.164642007000001</v>
       </c>
       <c r="C33" s="5">
-        <v>0.14053885299999891</v>
+        <v>0.14619190300000184</v>
       </c>
       <c r="D33" s="5">
-        <v>9.2366210286409576</v>
+        <v>9.6243610805616608</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>19.279732944999999</v>
+        <v>19.278956759</v>
       </c>
       <c r="C34" s="5">
-        <v>0.12008260900000067</v>
+        <v>0.11431475199999852</v>
       </c>
       <c r="D34" s="5">
-        <v>7.7857182518046519</v>
+        <v>7.3974124163901145</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>19.786421363999999</v>
+        <v>19.782760292999999</v>
       </c>
       <c r="C35" s="5">
-        <v>0.50668841899999961</v>
+        <v>0.50380353399999933</v>
       </c>
       <c r="D35" s="5">
-        <v>36.519558034054178</v>
+        <v>36.282569523649187</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>19.474122171000001</v>
+        <v>19.475461115000002</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.31229919299999764</v>
+        <v>-0.3072991779999974</v>
       </c>
       <c r="D36" s="5">
-        <v>-17.379533684276993</v>
+        <v>-17.127521957104651</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>19.303364058</v>
+        <v>19.304366679000001</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.17075811300000154</v>
+        <v>-0.17109443600000063</v>
       </c>
       <c r="D37" s="5">
-        <v>-10.029251219164081</v>
+        <v>-10.047402391768511</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>19.59478356</v>
+        <v>19.595027296000001</v>
       </c>
       <c r="C38" s="5">
-        <v>0.29141950200000011</v>
+        <v>0.29066061700000034</v>
       </c>
       <c r="D38" s="5">
-        <v>19.698754345021019</v>
+        <v>19.642030394806987</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>19.633620029999999</v>
+        <v>19.634268831</v>
       </c>
       <c r="C39" s="5">
-        <v>3.8836469999999679E-2</v>
+        <v>3.9241534999998606E-2</v>
       </c>
       <c r="D39" s="5">
-        <v>2.404474521939659</v>
+        <v>2.4297995589074084</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>20.034332114000001</v>
+        <v>20.031492167</v>
       </c>
       <c r="C40" s="5">
-        <v>0.40071208400000202</v>
+        <v>0.3972233359999997</v>
       </c>
       <c r="D40" s="5">
-        <v>27.436502849301768</v>
+        <v>27.169458580564743</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>19.926140813</v>
+        <v>19.926234121</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.10819130100000152</v>
+        <v>-0.10525804599999944</v>
       </c>
       <c r="D41" s="5">
-        <v>-6.2912998662102986</v>
+        <v>-6.1264750716999554</v>
       </c>
       <c r="E41" s="5">
-        <v>5.7620207331245288</v>
+        <v>5.759892047116022</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>19.326169720999999</v>
+        <v>19.326180301000001</v>
       </c>
       <c r="C42" s="5">
-        <v>-0.59997109200000054</v>
+        <v>-0.6000538199999994</v>
       </c>
       <c r="D42" s="5">
-        <v>-30.709909360613917</v>
+        <v>-30.71334764745799</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>19.262773351</v>
+        <v>19.261698464999998</v>
       </c>
       <c r="C43" s="5">
-        <v>-6.3396369999999536E-2</v>
+        <v>-6.4481836000002346E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>-3.8661564537494031</v>
+        <v>-3.931140424902213</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>19.490424436000001</v>
+        <v>19.489220282000002</v>
       </c>
       <c r="C44" s="5">
-        <v>0.22765108500000153</v>
+        <v>0.22752181700000307</v>
       </c>
       <c r="D44" s="5">
-        <v>15.140943568603738</v>
+        <v>15.132680010495703</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>19.656186247000001</v>
+        <v>19.663429019999999</v>
       </c>
       <c r="C45" s="5">
-        <v>0.16576181099999943</v>
+        <v>0.17420873799999725</v>
       </c>
       <c r="D45" s="5">
-        <v>10.696921197149113</v>
+        <v>11.269845651176812</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>19.679689030999999</v>
+        <v>19.678352976999999</v>
       </c>
       <c r="C46" s="5">
-        <v>2.3502783999997945E-2</v>
+        <v>1.4923957000000598E-2</v>
       </c>
       <c r="D46" s="5">
-        <v>1.4443064275027506</v>
+        <v>0.91457573192754715</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>19.898263397000001</v>
+        <v>19.895185321</v>
       </c>
       <c r="C47" s="5">
-        <v>0.21857436600000213</v>
+        <v>0.21683234400000018</v>
       </c>
       <c r="D47" s="5">
-        <v>14.172977002574804</v>
+        <v>14.054102176303429</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>19.215785313000001</v>
+        <v>19.216615593</v>
       </c>
       <c r="C48" s="5">
-        <v>-0.68247808399999954</v>
+        <v>-0.67856972799999937</v>
       </c>
       <c r="D48" s="5">
-        <v>-34.216715943833456</v>
+        <v>-34.06030028737306</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>19.238630269000002</v>
+        <v>19.239237027000001</v>
       </c>
       <c r="C49" s="5">
-        <v>2.2844956000000138E-2</v>
+        <v>2.2621434000001273E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>1.4360023293017221</v>
+        <v>1.4217991190992096</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>19.706579773000001</v>
+        <v>19.706116820999998</v>
       </c>
       <c r="C50" s="5">
-        <v>0.46794950399999991</v>
+        <v>0.46687979399999691</v>
       </c>
       <c r="D50" s="5">
-        <v>33.427481288646987</v>
+        <v>33.339399310664611</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>19.898499923999999</v>
+        <v>19.898924580999999</v>
       </c>
       <c r="C51" s="5">
-        <v>0.19192015099999793</v>
+        <v>0.19280776000000088</v>
       </c>
       <c r="D51" s="5">
-        <v>12.333420867170197</v>
+        <v>12.393872678225936</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>19.903149032000002</v>
+        <v>19.901190501999999</v>
       </c>
       <c r="C52" s="5">
-        <v>4.6491080000023999E-3</v>
+        <v>2.2659209999993379E-3</v>
       </c>
       <c r="D52" s="5">
-        <v>0.28072991825274229</v>
+        <v>0.13673144964061468</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>20.007049634000001</v>
+        <v>20.007061221000001</v>
       </c>
       <c r="C53" s="5">
-        <v>0.10390060199999951</v>
+        <v>0.10587071900000211</v>
       </c>
       <c r="D53" s="5">
-        <v>6.4473992566762783</v>
+        <v>6.573917299653087</v>
       </c>
       <c r="E53" s="5">
-        <v>0.40604360753697666</v>
+        <v>0.40563158853392789</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>20.238713148999999</v>
+        <v>20.238524097999999</v>
       </c>
       <c r="C54" s="5">
-        <v>0.23166351499999749</v>
+        <v>0.23146287699999846</v>
       </c>
       <c r="D54" s="5">
-        <v>14.81487192301465</v>
+        <v>14.801204832956438</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>20.352028591</v>
+        <v>20.351008647</v>
       </c>
       <c r="C55" s="5">
-        <v>0.1133154420000011</v>
+        <v>0.11248454900000127</v>
       </c>
       <c r="D55" s="5">
-        <v>6.9295424863830224</v>
+        <v>6.8772343305564254</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>20.357875705000001</v>
+        <v>20.356732650000001</v>
       </c>
       <c r="C56" s="5">
-        <v>5.8471140000015964E-3</v>
+        <v>5.7240030000009767E-3</v>
       </c>
       <c r="D56" s="5">
-        <v>0.34530388598132955</v>
+        <v>0.33803922898574257</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>20.340908258999999</v>
+        <v>20.348161900000001</v>
       </c>
       <c r="C57" s="5">
-        <v>-1.696744600000244E-2</v>
+        <v>-8.5707500000005155E-3</v>
       </c>
       <c r="D57" s="5">
-        <v>-0.99557828788616742</v>
+        <v>-0.50406503399298419</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>20.466213346</v>
+        <v>20.464791726000001</v>
       </c>
       <c r="C58" s="5">
-        <v>0.12530508700000098</v>
+        <v>0.11662982600000049</v>
       </c>
       <c r="D58" s="5">
-        <v>7.6479767303600621</v>
+        <v>7.0990789904354479</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>20.513759791999998</v>
+        <v>20.511567037999999</v>
       </c>
       <c r="C59" s="5">
-        <v>4.7546445999998355E-2</v>
+        <v>4.6775311999997626E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>2.823699458469342</v>
+        <v>2.7775213864909443</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>20.668594831</v>
+        <v>20.669077423000001</v>
       </c>
       <c r="C60" s="5">
-        <v>0.15483503900000173</v>
+        <v>0.15751038500000192</v>
       </c>
       <c r="D60" s="5">
-        <v>9.4430612442453885</v>
+        <v>9.6142497019584994</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>20.716785743999999</v>
+        <v>20.717115408000002</v>
       </c>
       <c r="C61" s="5">
-        <v>4.8190912999999114E-2</v>
+        <v>4.803798500000056E-2</v>
       </c>
       <c r="D61" s="5">
-        <v>2.8340813240025575</v>
+        <v>2.824905632582575</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>20.621003678000001</v>
+        <v>20.620157173999999</v>
       </c>
       <c r="C62" s="5">
-        <v>-9.5782065999998167E-2</v>
+        <v>-9.6958234000002363E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>-5.4091556617948511</v>
+        <v>-5.4737930473967804</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>20.846412317999999</v>
+        <v>20.846514375999998</v>
       </c>
       <c r="C63" s="5">
-        <v>0.22540863999999772</v>
+        <v>0.22635720199999909</v>
       </c>
       <c r="D63" s="5">
-        <v>13.935295707426111</v>
+        <v>13.998133004296776</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>21.265831714000001</v>
+        <v>21.264768553</v>
       </c>
       <c r="C64" s="5">
-        <v>0.41941939600000211</v>
+        <v>0.41825417700000145</v>
       </c>
       <c r="D64" s="5">
-        <v>27.002594508124879</v>
+        <v>26.918966753711704</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>21.094225984000001</v>
+        <v>21.094015271</v>
       </c>
       <c r="C65" s="5">
-        <v>-0.17160572999999957</v>
+        <v>-0.17075328199999973</v>
       </c>
       <c r="D65" s="5">
-        <v>-9.2650386701661027</v>
+        <v>-9.2214689772260776</v>
       </c>
       <c r="E65" s="5">
-        <v>5.4339663762939416</v>
+        <v>5.4328521215254666</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>21.026716059999998</v>
+        <v>21.026340880999999</v>
       </c>
       <c r="C66" s="5">
-        <v>-6.7509924000002997E-2</v>
+        <v>-6.7674390000000528E-2</v>
       </c>
       <c r="D66" s="5">
-        <v>-3.7735930796745087</v>
+        <v>-3.7826617347803126</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>21.146937986000001</v>
+        <v>21.145929884000001</v>
       </c>
       <c r="C67" s="5">
-        <v>0.12022192600000281</v>
+        <v>0.11958900300000153</v>
       </c>
       <c r="D67" s="5">
-        <v>7.0810198892543141</v>
+        <v>7.0426969146014651</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>21.231389020999998</v>
+        <v>21.230235194999999</v>
       </c>
       <c r="C68" s="5">
-        <v>8.4451034999997177E-2</v>
+        <v>8.4305310999997829E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>4.898914660960374</v>
+        <v>4.8905134352960733</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>21.337237512000002</v>
+        <v>21.344492002999999</v>
       </c>
       <c r="C69" s="5">
-        <v>0.10584849100000326</v>
+        <v>0.11425680800000038</v>
       </c>
       <c r="D69" s="5">
-        <v>6.1493656004799613</v>
+        <v>6.6527877709568584</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>21.322531644000001</v>
+        <v>21.321189187000002</v>
       </c>
       <c r="C70" s="5">
-        <v>-1.4705868000000066E-2</v>
+        <v>-2.3302815999997506E-2</v>
       </c>
       <c r="D70" s="5">
-        <v>-0.82392582671582115</v>
+        <v>-1.3022600575362531</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>21.456651408999999</v>
+        <v>21.454962288000001</v>
       </c>
       <c r="C71" s="5">
-        <v>0.13411976499999767</v>
+        <v>0.13377310099999917</v>
       </c>
       <c r="D71" s="5">
-        <v>7.8147389758967511</v>
+        <v>7.7943457346229206</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>21.421399628</v>
+        <v>21.421475342000001</v>
       </c>
       <c r="C72" s="5">
-        <v>-3.5251780999999482E-2</v>
+        <v>-3.3486946000000017E-2</v>
       </c>
       <c r="D72" s="5">
-        <v>-1.9537986149898323</v>
+        <v>-1.8569673653217045</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>21.468200137</v>
+        <v>21.468394328999999</v>
       </c>
       <c r="C73" s="5">
-        <v>4.6800509000000545E-2</v>
+        <v>4.6918986999997969E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>2.6534393164402204</v>
+        <v>2.6602282519285092</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>21.333994673999999</v>
+        <v>21.332943672999999</v>
       </c>
       <c r="C74" s="5">
-        <v>-0.13420546300000069</v>
+        <v>-0.13545065599999973</v>
       </c>
       <c r="D74" s="5">
-        <v>-7.2490078454235496</v>
+        <v>-7.3138858504405713</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>21.433094214</v>
+        <v>21.433144991999999</v>
       </c>
       <c r="C75" s="5">
-        <v>9.9099540000000985E-2</v>
+        <v>0.10020131899999996</v>
       </c>
       <c r="D75" s="5">
-        <v>5.7188153798713337</v>
+        <v>5.7843405300873396</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>21.368821856</v>
+        <v>21.368155494</v>
       </c>
       <c r="C76" s="5">
-        <v>-6.4272358000000196E-2</v>
+        <v>-6.4989497999999202E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>-3.5397315445100719</v>
+        <v>-3.5785626437405349</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>21.394590406999999</v>
+        <v>21.394498851000002</v>
       </c>
       <c r="C77" s="5">
-        <v>2.5768550999998752E-2</v>
+        <v>2.6343357000001788E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>1.4567100378418463</v>
+        <v>1.4894715437067552</v>
       </c>
       <c r="E77" s="5">
-        <v>1.4239177262433067</v>
+        <v>1.4244968354275578</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>21.230728545000002</v>
+        <v>21.230243590000001</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.16386186199999742</v>
+        <v>-0.16425526100000098</v>
       </c>
       <c r="D78" s="5">
-        <v>-8.813393796051594</v>
+        <v>-8.8337038748881334</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>21.548973401000001</v>
+        <v>21.548429382999998</v>
       </c>
       <c r="C79" s="5">
-        <v>0.31824485599999974</v>
+        <v>0.31818579299999783</v>
       </c>
       <c r="D79" s="5">
-        <v>19.547431886459641</v>
+        <v>19.543983822779264</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>21.515730286</v>
+        <v>21.515077443999999</v>
       </c>
       <c r="C80" s="5">
-        <v>-3.3243115000001211E-2</v>
+        <v>-3.335193899999922E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>-1.8355863770305736</v>
+        <v>-1.8415903552850388</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>21.557032819</v>
+        <v>21.561983186999999</v>
       </c>
       <c r="C81" s="5">
-        <v>4.1302532999999642E-2</v>
+        <v>4.6905742999999944E-2</v>
       </c>
       <c r="D81" s="5">
-        <v>2.3280497756216434</v>
+        <v>2.6477590799200978</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>21.607044279</v>
+        <v>21.606243498000001</v>
       </c>
       <c r="C82" s="5">
-        <v>5.0011460000000341E-2</v>
+        <v>4.4260311000002162E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>2.8197511084876004</v>
+        <v>2.4912423746896506</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>21.542152872999999</v>
+        <v>21.541315081</v>
       </c>
       <c r="C83" s="5">
-        <v>-6.4891406000000984E-2</v>
+        <v>-6.4928417000000849E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>-3.5449658562189956</v>
+        <v>-3.5470837332310268</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>21.716809044000001</v>
+        <v>21.716631172</v>
       </c>
       <c r="C84" s="5">
-        <v>0.1746561710000023</v>
+        <v>0.17531609099999912</v>
       </c>
       <c r="D84" s="5">
-        <v>10.174961931084114</v>
+        <v>10.215559215131865</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>21.760777559000001</v>
+        <v>21.760923291000001</v>
       </c>
       <c r="C85" s="5">
-        <v>4.3968514999999542E-2</v>
+        <v>4.4292119000001406E-2</v>
       </c>
       <c r="D85" s="5">
-        <v>2.4567943256145641</v>
+        <v>2.4750999117201467</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>21.951662701</v>
+        <v>21.950803740000001</v>
       </c>
       <c r="C86" s="5">
-        <v>0.19088514199999906</v>
+        <v>0.18988044900000034</v>
       </c>
       <c r="D86" s="5">
-        <v>11.049379462962294</v>
+        <v>10.988326997049857</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>22.038616293</v>
+        <v>22.038543524000001</v>
       </c>
       <c r="C87" s="5">
-        <v>8.6953592000000413E-2</v>
+        <v>8.7739784000000043E-2</v>
       </c>
       <c r="D87" s="5">
-        <v>4.8583048026147768</v>
+        <v>4.9033975220956982</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>22.069172890000001</v>
+        <v>22.068880362000002</v>
       </c>
       <c r="C88" s="5">
-        <v>3.0556597000000352E-2</v>
+        <v>3.0336838000000199E-2</v>
       </c>
       <c r="D88" s="5">
-        <v>1.676549613530276</v>
+        <v>1.664406197260293</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>22.104417841</v>
+        <v>22.104309962999999</v>
       </c>
       <c r="C89" s="5">
-        <v>3.5244950999999247E-2</v>
+        <v>3.5429600999997035E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>1.933349295047937</v>
+        <v>1.9435937989124019</v>
       </c>
       <c r="E89" s="5">
-        <v>3.3177893126093982</v>
+        <v>3.3177272201766028</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>21.702915766</v>
+        <v>21.702415589000001</v>
       </c>
       <c r="C90" s="5">
-        <v>-0.40150207499999979</v>
+        <v>-0.40189437399999761</v>
       </c>
       <c r="D90" s="5">
-        <v>-19.745750077330825</v>
+        <v>-19.76324334639439</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>22.154858365999999</v>
+        <v>22.154668221000001</v>
       </c>
       <c r="C91" s="5">
-        <v>0.45194259999999886</v>
+        <v>0.45225263200000043</v>
       </c>
       <c r="D91" s="5">
-        <v>28.059180373503722</v>
+        <v>28.081409618813559</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>22.199059686999998</v>
+        <v>22.198824321</v>
       </c>
       <c r="C92" s="5">
-        <v>4.4201320999999183E-2</v>
+        <v>4.4156099999998588E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>2.4205753233705884</v>
+        <v>2.418092680381223</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>22.357168593000001</v>
+        <v>22.359769609000001</v>
       </c>
       <c r="C93" s="5">
-        <v>0.15810890600000249</v>
+        <v>0.16094528800000063</v>
       </c>
       <c r="D93" s="5">
-        <v>8.8896682931799873</v>
+        <v>9.0556576666451338</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>22.26986363</v>
+        <v>22.269619302999999</v>
       </c>
       <c r="C94" s="5">
-        <v>-8.7304963000001123E-2</v>
+        <v>-9.0150306000001734E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>-4.5866663325261463</v>
+        <v>-4.7323127325032299</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>22.332294798</v>
+        <v>22.332081218999999</v>
       </c>
       <c r="C95" s="5">
-        <v>6.2431167999999815E-2</v>
+        <v>6.2461916000000173E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>3.4164281977952182</v>
+        <v>3.4181749472648182</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>22.624030531999999</v>
+        <v>22.623726632</v>
       </c>
       <c r="C96" s="5">
-        <v>0.29173573399999952</v>
+        <v>0.29164541300000124</v>
       </c>
       <c r="D96" s="5">
-        <v>16.85290484899906</v>
+        <v>16.847479755288731</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>22.669514954</v>
+        <v>22.669719792999999</v>
       </c>
       <c r="C97" s="5">
-        <v>4.5484422000001246E-2</v>
+        <v>4.5993160999998395E-2</v>
       </c>
       <c r="D97" s="5">
-        <v>2.439392921791983</v>
+        <v>2.4670166191470777</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>22.579042367</v>
+        <v>22.578640267000001</v>
       </c>
       <c r="C98" s="5">
-        <v>-9.0472587000000715E-2</v>
+        <v>-9.1079525999997912E-2</v>
       </c>
       <c r="D98" s="5">
-        <v>-4.6853873951266838</v>
+        <v>-4.7160865811625152</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>22.669549207999999</v>
+        <v>22.669356771</v>
       </c>
       <c r="C99" s="5">
-        <v>9.0506840999999838E-2</v>
+        <v>9.0716503999999532E-2</v>
       </c>
       <c r="D99" s="5">
-        <v>4.9176096941574654</v>
+        <v>4.9293441900113866</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>22.790950361</v>
+        <v>22.790772772</v>
       </c>
       <c r="C100" s="5">
-        <v>0.12140115300000076</v>
+        <v>0.12141600100000005</v>
       </c>
       <c r="D100" s="5">
-        <v>6.6190020804257843</v>
+        <v>6.6198934741648952</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>22.815999650999998</v>
+        <v>22.815999573999999</v>
       </c>
       <c r="C101" s="5">
-        <v>2.5049289999998336E-2</v>
+        <v>2.5226801999998827E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>1.3269092409296634</v>
+        <v>1.3363801903879757</v>
       </c>
       <c r="E101" s="5">
-        <v>3.2191836723251432</v>
+        <v>3.2196870754675588</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>23.046071441999999</v>
+        <v>23.045509345999999</v>
       </c>
       <c r="C102" s="5">
-        <v>0.2300717910000003</v>
+        <v>0.22950977200000011</v>
       </c>
       <c r="D102" s="5">
-        <v>12.794734892839909</v>
+        <v>12.761730988505281</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>22.858502451</v>
+        <v>22.858644754</v>
       </c>
       <c r="C103" s="5">
-        <v>-0.18756899099999913</v>
+        <v>-0.18686459199999916</v>
       </c>
       <c r="D103" s="5">
-        <v>-9.3410990252823076</v>
+        <v>-9.3077858073711042</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>22.972800665000001</v>
+        <v>22.973002270999999</v>
       </c>
       <c r="C104" s="5">
-        <v>0.11429821400000151</v>
+        <v>0.11435751699999841</v>
       </c>
       <c r="D104" s="5">
-        <v>6.1680973913050163</v>
+        <v>6.1713467598124794</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>22.935359811000001</v>
+        <v>22.935588873</v>
       </c>
       <c r="C105" s="5">
-        <v>-3.7440853999999746E-2</v>
+        <v>-3.741339799999821E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>-1.9383125468105944</v>
+        <v>-1.9368870117609238</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>23.238365908999999</v>
+        <v>23.238590578</v>
       </c>
       <c r="C106" s="5">
-        <v>0.30300609799999734</v>
+        <v>0.30300170499999979</v>
       </c>
       <c r="D106" s="5">
-        <v>17.057794249731018</v>
+        <v>17.057345784810487</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>23.221922437</v>
+        <v>23.222089875999998</v>
       </c>
       <c r="C107" s="5">
-        <v>-1.6443471999998849E-2</v>
+        <v>-1.6500702000001866E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>-0.84582339629324377</v>
+        <v>-0.84874754655419604</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>23.432592262</v>
+        <v>23.432451560000001</v>
       </c>
       <c r="C108" s="5">
-        <v>0.21066982500000009</v>
+        <v>0.21036168400000221</v>
       </c>
       <c r="D108" s="5">
-        <v>11.446385104708146</v>
+        <v>11.428713445634608</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>22.910437781999999</v>
+        <v>22.910852738999999</v>
       </c>
       <c r="C109" s="5">
-        <v>-0.52215448000000109</v>
+        <v>-0.52159882100000132</v>
       </c>
       <c r="D109" s="5">
-        <v>-23.694362093016462</v>
+        <v>-23.672276167039076</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>23.106405517999999</v>
+        <v>23.106571023000001</v>
       </c>
       <c r="C110" s="5">
-        <v>0.19596773600000006</v>
+        <v>0.19571828400000157</v>
       </c>
       <c r="D110" s="5">
-        <v>10.761297881167998</v>
+        <v>10.74674577726309</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>23.211936765000001</v>
+        <v>23.211600199999999</v>
       </c>
       <c r="C111" s="5">
-        <v>0.10553124700000183</v>
+        <v>0.1050291769999987</v>
       </c>
       <c r="D111" s="5">
-        <v>5.6204111662301326</v>
+        <v>5.5929587546790005</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>23.123448708000002</v>
+        <v>23.123231874999998</v>
       </c>
       <c r="C112" s="5">
-        <v>-8.8488056999999287E-2</v>
+        <v>-8.8368325000001136E-2</v>
       </c>
       <c r="D112" s="5">
-        <v>-4.479907315948795</v>
+        <v>-4.4740354904932556</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>23.231309698</v>
+        <v>23.231187521999999</v>
       </c>
       <c r="C113" s="5">
-        <v>0.10786098999999894</v>
+        <v>0.10795564700000071</v>
       </c>
       <c r="D113" s="5">
-        <v>5.7433471077225295</v>
+        <v>5.7485727920919771</v>
       </c>
       <c r="E113" s="5">
-        <v>1.82025794772398</v>
+        <v>1.8197228074685157</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>23.335612393000002</v>
+        <v>23.335143602999999</v>
       </c>
       <c r="C114" s="5">
-        <v>0.10430269500000122</v>
+        <v>0.10395608099999976</v>
       </c>
       <c r="D114" s="5">
-        <v>5.5227489673253638</v>
+        <v>5.5039716624581514</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>23.359186429000001</v>
+        <v>23.359158818000001</v>
       </c>
       <c r="C115" s="5">
-        <v>2.357403599999941E-2</v>
+        <v>2.4015215000002144E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>1.2190188762890575</v>
+        <v>1.2419867248438798</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>23.339851855999999</v>
+        <v>23.339890126</v>
       </c>
       <c r="C116" s="5">
-        <v>-1.9334573000001853E-2</v>
+        <v>-1.9268692000000698E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>-0.98873975332353092</v>
+        <v>-0.98538713206650641</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>23.402473102999998</v>
+        <v>23.402547340999998</v>
       </c>
       <c r="C117" s="5">
-        <v>6.2621246999999158E-2</v>
+        <v>6.265721499999799E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>3.2675599780659814</v>
+        <v>3.2694591359742509</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>23.417918848999999</v>
+        <v>23.418068520999999</v>
       </c>
       <c r="C118" s="5">
-        <v>1.5445746000001037E-2</v>
+        <v>1.5521180000000356E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>0.79488716962134998</v>
+        <v>0.79878087168983036</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>23.790790493999999</v>
+        <v>23.790954309</v>
       </c>
       <c r="C119" s="5">
-        <v>0.37287164500000003</v>
+        <v>0.37288578800000138</v>
       </c>
       <c r="D119" s="5">
-        <v>20.872334514621691</v>
+        <v>20.873051482041483</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>23.819473924</v>
+        <v>23.819511754000001</v>
       </c>
       <c r="C120" s="5">
-        <v>2.8683430000000953E-2</v>
+        <v>2.855744500000057E-2</v>
       </c>
       <c r="D120" s="5">
-        <v>1.4564156096231073</v>
+        <v>1.4499663168448862</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>23.842546603999999</v>
+        <v>23.843095389999998</v>
       </c>
       <c r="C121" s="5">
-        <v>2.3072679999998513E-2</v>
+        <v>2.3583635999997909E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>1.1685899854839921</v>
+        <v>1.1946081799521613</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>23.939602670999999</v>
+        <v>23.939994610999999</v>
       </c>
       <c r="C122" s="5">
-        <v>9.7056067000000468E-2</v>
+        <v>9.6899221000001035E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>4.9957148034991405</v>
+        <v>4.9873428760737859</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>23.841570844</v>
+        <v>23.841169558000001</v>
       </c>
       <c r="C123" s="5">
-        <v>-9.8031826999999794E-2</v>
+        <v>-9.8825052999998775E-2</v>
       </c>
       <c r="D123" s="5">
-        <v>-4.8047807956499096</v>
+        <v>-4.8427028990158494</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>24.049671934999999</v>
+        <v>24.049383893000002</v>
       </c>
       <c r="C124" s="5">
-        <v>0.20810109099999963</v>
+        <v>0.20821433500000097</v>
       </c>
       <c r="D124" s="5">
-        <v>10.991950249860128</v>
+        <v>10.998416117463105</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>24.126315051999999</v>
+        <v>24.126121229999999</v>
       </c>
       <c r="C125" s="5">
-        <v>7.6643116999999705E-2</v>
+        <v>7.6737336999997297E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>3.8919885650285035</v>
+        <v>3.8969048916495552</v>
       </c>
       <c r="E125" s="5">
-        <v>3.8525824227510164</v>
+        <v>3.8522942796294757</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>24.332119245000001</v>
+        <v>24.331782498999999</v>
       </c>
       <c r="C126" s="5">
-        <v>0.2058041930000023</v>
+        <v>0.20566126900000015</v>
       </c>
       <c r="D126" s="5">
-        <v>10.730509205093131</v>
+        <v>10.722794662989799</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>24.253275638000002</v>
+        <v>24.253138084</v>
       </c>
       <c r="C127" s="5">
-        <v>-7.8843606999999594E-2</v>
+        <v>-7.8644414999999412E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>-3.8198175262671552</v>
+        <v>-3.8103897715418888</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>24.507085612000001</v>
+        <v>24.507039422999998</v>
       </c>
       <c r="C128" s="5">
-        <v>0.25380997399999927</v>
+        <v>0.25390133899999867</v>
       </c>
       <c r="D128" s="5">
-        <v>13.306593939421418</v>
+        <v>13.311742968019868</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>24.547287078</v>
+        <v>24.547279311</v>
       </c>
       <c r="C129" s="5">
-        <v>4.0201465999999186E-2</v>
+        <v>4.0239888000002111E-2</v>
       </c>
       <c r="D129" s="5">
-        <v>1.9863396233765096</v>
+        <v>1.9882589985397381</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>24.907844048000001</v>
+        <v>24.907972017999999</v>
       </c>
       <c r="C130" s="5">
-        <v>0.36055697000000109</v>
+        <v>0.36069270699999834</v>
       </c>
       <c r="D130" s="5">
-        <v>19.121906208076879</v>
+        <v>19.129702947418114</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>25.053531779</v>
+        <v>25.053692433999998</v>
       </c>
       <c r="C131" s="5">
-        <v>0.14568773099999888</v>
+        <v>0.14572041599999963</v>
       </c>
       <c r="D131" s="5">
-        <v>7.2491419001992519</v>
+        <v>7.2507824679598709</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>24.736249235999999</v>
+        <v>24.736470581999999</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.31728254300000103</v>
+        <v>-0.31722185199999942</v>
       </c>
       <c r="D132" s="5">
-        <v>-14.181939212068627</v>
+        <v>-14.179327808788432</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>24.825757020000001</v>
+        <v>24.826260544</v>
       </c>
       <c r="C133" s="5">
-        <v>8.9507784000002033E-2</v>
+        <v>8.9789962000001111E-2</v>
       </c>
       <c r="D133" s="5">
-        <v>4.429651399503709</v>
+        <v>4.4438555234009414</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>24.769612638000002</v>
+        <v>24.770047197</v>
       </c>
       <c r="C134" s="5">
-        <v>-5.6144381999999382E-2</v>
+        <v>-5.6213346999999914E-2</v>
       </c>
       <c r="D134" s="5">
-        <v>-2.6803422083326534</v>
+        <v>-2.6835399629570045</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>25.445600281000001</v>
+        <v>25.44520752</v>
       </c>
       <c r="C135" s="5">
-        <v>0.67598764299999914</v>
+        <v>0.67516032300000006</v>
       </c>
       <c r="D135" s="5">
-        <v>38.140756310153435</v>
+        <v>38.086097663238583</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>25.456901236</v>
+        <v>25.456583761000001</v>
       </c>
       <c r="C136" s="5">
-        <v>1.1300954999999391E-2</v>
+        <v>1.1376241000000675E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>0.53425033672425126</v>
+        <v>0.53782654525003082</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>25.514184074999999</v>
+        <v>25.513939573999998</v>
       </c>
       <c r="C137" s="5">
-        <v>5.7282838999999086E-2</v>
+        <v>5.7355812999997369E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>2.7338968375396844</v>
+        <v>2.7374574494466675</v>
       </c>
       <c r="E137" s="5">
-        <v>5.7525113968241559</v>
+        <v>5.7523475521390255</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>25.562597268000001</v>
+        <v>25.562414767</v>
       </c>
       <c r="C138" s="5">
-        <v>4.8413193000001797E-2</v>
+        <v>4.8475193000001582E-2</v>
       </c>
       <c r="D138" s="5">
-        <v>2.3009156671665254</v>
+        <v>2.3039154869761713</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>25.656948959000001</v>
+        <v>25.656758015000001</v>
       </c>
       <c r="C139" s="5">
-        <v>9.435169099999996E-2</v>
+        <v>9.4343248000001267E-2</v>
       </c>
       <c r="D139" s="5">
-        <v>4.5202375332634936</v>
+        <v>4.5198577237847593</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>25.868982512999999</v>
+        <v>25.868872259</v>
       </c>
       <c r="C140" s="5">
-        <v>0.21203355399999779</v>
+        <v>0.21211424399999856</v>
       </c>
       <c r="D140" s="5">
-        <v>10.380420521685796</v>
+        <v>10.38463298065837</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>25.491065395</v>
+        <v>25.491017766999999</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.37791711799999916</v>
+        <v>-0.37785449200000087</v>
       </c>
       <c r="D141" s="5">
-        <v>-16.188487447828404</v>
+        <v>-16.186080075089649</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>25.306901878000001</v>
+        <v>25.306993201000001</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.18416351699999822</v>
+        <v>-0.18402456599999795</v>
       </c>
       <c r="D142" s="5">
-        <v>-8.3332299190977395</v>
+        <v>-8.3272049759235411</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>25.012307878000001</v>
+        <v>25.012422868000002</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.29459400000000002</v>
+        <v>-0.29457033299999935</v>
       </c>
       <c r="D143" s="5">
-        <v>-13.108475862628154</v>
+        <v>-13.107444927889278</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>24.815249242</v>
+        <v>24.815695865999999</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.19705863600000129</v>
+        <v>-0.19672700200000293</v>
       </c>
       <c r="D144" s="5">
-        <v>-9.0550666043573429</v>
+        <v>-9.040440962089491</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>25.215564323999999</v>
+        <v>25.215927622999999</v>
       </c>
       <c r="C145" s="5">
-        <v>0.40031508199999877</v>
+        <v>0.40023175700000024</v>
       </c>
       <c r="D145" s="5">
-        <v>21.171534143329772</v>
+        <v>21.166313925771306</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>25.395243143999998</v>
+        <v>25.395701674000001</v>
       </c>
       <c r="C146" s="5">
-        <v>0.17967881999999946</v>
+        <v>0.17977405100000254</v>
       </c>
       <c r="D146" s="5">
-        <v>8.8940619693709255</v>
+        <v>8.8988289628272099</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>25.416397524000001</v>
+        <v>25.416025964999999</v>
       </c>
       <c r="C147" s="5">
-        <v>2.1154380000002249E-2</v>
+        <v>2.0324290999997885E-2</v>
       </c>
       <c r="D147" s="5">
-        <v>1.0041992011194267</v>
+        <v>0.96460375457350089</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>25.555891938999999</v>
+        <v>25.555577443000001</v>
       </c>
       <c r="C148" s="5">
-        <v>0.13949441499999793</v>
+        <v>0.13955147800000134</v>
       </c>
       <c r="D148" s="5">
-        <v>6.7885239855114632</v>
+        <v>6.7914876612119812</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>25.590325538999998</v>
+        <v>25.590091858000001</v>
       </c>
       <c r="C149" s="5">
-        <v>3.4433599999999842E-2</v>
+        <v>3.4514415000000298E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>1.6288967102956464</v>
+        <v>1.6327683843627927</v>
       </c>
       <c r="E149" s="5">
-        <v>0.29842797941794785</v>
+        <v>0.29847324745413406</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>25.704882256000001</v>
+        <v>25.704712624999999</v>
       </c>
       <c r="C150" s="5">
-        <v>0.11455671700000281</v>
+        <v>0.11462076699999812</v>
       </c>
       <c r="D150" s="5">
-        <v>5.5061312958443187</v>
+        <v>5.5093376259264026</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>25.662969454999999</v>
+        <v>25.662781798000001</v>
       </c>
       <c r="C151" s="5">
-        <v>-4.1912801000002275E-2</v>
+        <v>-4.1930826999998061E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>-1.9391941323199435</v>
+        <v>-1.9400333671652947</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>25.730866539000001</v>
+        <v>25.730724482999999</v>
       </c>
       <c r="C152" s="5">
-        <v>6.7897084000001939E-2</v>
+        <v>6.7942684999998448E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>3.2214752984806694</v>
+        <v>3.2236944226994746</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>25.729950267</v>
+        <v>25.729879012000001</v>
       </c>
       <c r="C153" s="5">
-        <v>-9.1627200000132802E-4</v>
+        <v>-8.4547099999809916E-4</v>
       </c>
       <c r="D153" s="5">
-        <v>-4.2723437903946504E-2</v>
+        <v>-3.942298115964249E-2</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>25.616420501</v>
+        <v>25.616485530999999</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.1135297659999992</v>
+        <v>-0.11339348100000279</v>
       </c>
       <c r="D154" s="5">
-        <v>-5.1682067181132441</v>
+        <v>-5.1621661796697804</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>25.774544733999999</v>
+        <v>25.774626690000002</v>
       </c>
       <c r="C155" s="5">
-        <v>0.15812423299999878</v>
+        <v>0.15814115900000303</v>
       </c>
       <c r="D155" s="5">
-        <v>7.664049453459465</v>
+        <v>7.6648777616207475</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>25.715495396000001</v>
+        <v>25.716094857000002</v>
       </c>
       <c r="C156" s="5">
-        <v>-5.9049337999997675E-2</v>
+        <v>-5.8531832999999978E-2</v>
       </c>
       <c r="D156" s="5">
-        <v>-2.7148153541439735</v>
+        <v>-2.6913108087173732</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>25.713459399000001</v>
+        <v>25.713702419000001</v>
       </c>
       <c r="C157" s="5">
-        <v>-2.0359970000001226E-3</v>
+        <v>-2.392438000001107E-3</v>
       </c>
       <c r="D157" s="5">
-        <v>-9.4967362557130119E-2</v>
+        <v>-0.11158214637448927</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>25.713093357000002</v>
+        <v>25.71348399</v>
       </c>
       <c r="C158" s="5">
-        <v>-3.6604199999956677E-4</v>
+        <v>-2.1842900000024201E-4</v>
       </c>
       <c r="D158" s="5">
-        <v>-1.7081171528809946E-2</v>
+        <v>-1.0193108324785261E-2</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>25.782828836</v>
+        <v>25.782620482999999</v>
       </c>
       <c r="C159" s="5">
-        <v>6.9735478999998435E-2</v>
+        <v>6.9136492999998467E-2</v>
       </c>
       <c r="D159" s="5">
-        <v>3.3034596220553825</v>
+        <v>3.274613496745693</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>25.636367459999999</v>
+        <v>25.636108594</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.14646137600000131</v>
+        <v>-0.14651188899999923</v>
       </c>
       <c r="D160" s="5">
-        <v>-6.6077003345347274</v>
+        <v>-6.6099602709069449</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>25.867132996999999</v>
+        <v>25.866888303</v>
       </c>
       <c r="C161" s="5">
-        <v>0.23076553699999991</v>
+        <v>0.23077970900000011</v>
       </c>
       <c r="D161" s="5">
-        <v>11.352942344349138</v>
+        <v>11.353794819791885</v>
       </c>
       <c r="E161" s="5">
-        <v>1.0816879120124634</v>
+        <v>1.0816547534723497</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>25.785047991999999</v>
+        <v>25.784824554</v>
       </c>
       <c r="C162" s="5">
-        <v>-8.2085004999999711E-2</v>
+        <v>-8.2063748999999575E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>-3.7422343750358467</v>
+        <v>-3.7413169416674608</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>25.680873177999999</v>
+        <v>25.680627253000001</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.10417481400000028</v>
+        <v>-0.10419730099999924</v>
       </c>
       <c r="D163" s="5">
-        <v>-4.7418583346803818</v>
+        <v>-4.742899453093818</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>25.718772417</v>
+        <v>25.718534584</v>
       </c>
       <c r="C164" s="5">
-        <v>3.7899239000001472E-2</v>
+        <v>3.7907330999999544E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>1.7853774618498353</v>
+        <v>1.7857790042260069</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>25.919357851000001</v>
+        <v>25.919254001999999</v>
       </c>
       <c r="C165" s="5">
-        <v>0.20058543400000062</v>
+        <v>0.20071941799999848</v>
       </c>
       <c r="D165" s="5">
-        <v>9.7711028907518269</v>
+        <v>9.7780066515766872</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>25.727044162999999</v>
+        <v>25.727092365000001</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.19231368800000226</v>
+        <v>-0.19216163699999811</v>
       </c>
       <c r="D166" s="5">
-        <v>-8.5491278912004702</v>
+        <v>-8.5426746505210645</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>25.999376051999999</v>
+        <v>25.999493275999999</v>
       </c>
       <c r="C167" s="5">
-        <v>0.27233188900000016</v>
+        <v>0.2724009109999983</v>
       </c>
       <c r="D167" s="5">
-        <v>13.468784720881022</v>
+        <v>13.472372827463674</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>26.068935562</v>
+        <v>26.069766277999999</v>
       </c>
       <c r="C168" s="5">
-        <v>6.9559510000001268E-2</v>
+        <v>7.0273002000000417E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>3.2581821363442343</v>
+        <v>3.2920855928829651</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>26.094526213000002</v>
+        <v>26.094773957000001</v>
       </c>
       <c r="C169" s="5">
-        <v>2.5590651000001685E-2</v>
+        <v>2.5007679000001559E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>1.1843646007699382</v>
+        <v>1.1572044149433358</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>25.927196602999999</v>
+        <v>25.927572957999999</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.16732961000000302</v>
+        <v>-0.16720099900000207</v>
       </c>
       <c r="D170" s="5">
-        <v>-7.4292591962877852</v>
+        <v>-7.4236807007227901</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>25.959357977</v>
+        <v>25.959333001000001</v>
       </c>
       <c r="C171" s="5">
-        <v>3.2161374000001075E-2</v>
+        <v>3.1760043000002014E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>1.498736836929071</v>
+        <v>1.4798867972063201</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>26.021128245</v>
+        <v>26.020883118</v>
       </c>
       <c r="C172" s="5">
-        <v>6.1770268000000073E-2</v>
+        <v>6.155011699999946E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>2.8930661743550967</v>
+        <v>2.8826231845415773</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>25.747703936000001</v>
+        <v>25.747355762000002</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.27342430899999925</v>
+        <v>-0.27352735599999889</v>
       </c>
       <c r="D173" s="5">
-        <v>-11.905538998276622</v>
+        <v>-11.909875535386337</v>
       </c>
       <c r="E173" s="5">
-        <v>-0.46170196369983429</v>
+        <v>-0.46210637939830823</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>25.951798132</v>
+        <v>25.951402094999999</v>
       </c>
       <c r="C174" s="5">
-        <v>0.20409419599999978</v>
+        <v>0.2040463329999973</v>
       </c>
       <c r="D174" s="5">
-        <v>9.9378835673192167</v>
+        <v>9.9355907493575923</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>26.098542430999998</v>
+        <v>26.098047236999999</v>
       </c>
       <c r="C175" s="5">
-        <v>0.14674429899999808</v>
+        <v>0.14664514200000056</v>
       </c>
       <c r="D175" s="5">
-        <v>7.0004457016603183</v>
+        <v>6.9956775392792769</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>26.130031929000001</v>
+        <v>26.129485182</v>
       </c>
       <c r="C176" s="5">
-        <v>3.1489498000002669E-2</v>
+        <v>3.1437945000000411E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>1.4575208361759184</v>
+        <v>1.4551466194815843</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>26.026461038000001</v>
+        <v>26.026333541</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.10357089100000039</v>
+        <v>-0.10315164100000018</v>
       </c>
       <c r="D177" s="5">
-        <v>-4.6540743155559339</v>
+        <v>-4.6357369057315694</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>26.038075299999999</v>
+        <v>26.038494854</v>
       </c>
       <c r="C178" s="5">
-        <v>1.1614261999998376E-2</v>
+        <v>1.2161313000000007E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>0.53681413243469311</v>
+        <v>0.56216674888271978</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>26.013508874999999</v>
+        <v>26.013329855999999</v>
       </c>
       <c r="C179" s="5">
-        <v>-2.4566424999999725E-2</v>
+        <v>-2.5164998000001049E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-1.1263204080849132</v>
+        <v>-1.1535995628445095</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>25.825203316</v>
+        <v>25.826268716000001</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.18830555899999979</v>
+        <v>-0.18706113999999729</v>
       </c>
       <c r="D180" s="5">
-        <v>-8.3488852576090178</v>
+        <v>-8.2959302097362571</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>26.174879422</v>
+        <v>26.176626236000001</v>
       </c>
       <c r="C181" s="5">
-        <v>0.34967610600000043</v>
+        <v>0.35035751999999931</v>
       </c>
       <c r="D181" s="5">
-        <v>17.51445342530802</v>
+        <v>17.5503910235552</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>26.353997849999999</v>
+        <v>26.353717360000001</v>
       </c>
       <c r="C182" s="5">
-        <v>0.17911842799999889</v>
+        <v>0.17709112400000038</v>
       </c>
       <c r="D182" s="5">
-        <v>8.5279994186121311</v>
+        <v>8.4272749799256363</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>26.437211342000001</v>
+        <v>26.437262222000001</v>
       </c>
       <c r="C183" s="5">
-        <v>8.3213492000002276E-2</v>
+        <v>8.3544862000000109E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>3.8555332815906729</v>
+        <v>3.8711972669004169</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>26.382715219000001</v>
+        <v>26.382361713000002</v>
       </c>
       <c r="C184" s="5">
-        <v>-5.4496122999999841E-2</v>
+        <v>-5.4900508999999431E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>-2.4457574491001388</v>
+        <v>-2.4636946197018394</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>26.414631696000001</v>
+        <v>26.413995087</v>
       </c>
       <c r="C185" s="5">
-        <v>3.1916476999999333E-2</v>
+        <v>3.1633373999998327E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>1.4613975367749443</v>
+        <v>1.4483686977997401</v>
       </c>
       <c r="E185" s="5">
-        <v>2.5902416839099773</v>
+        <v>2.5891564600349248</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>26.305521728999999</v>
+        <v>26.304737898999999</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.10910996700000197</v>
+        <v>-0.10925718800000084</v>
       </c>
       <c r="D186" s="5">
-        <v>-4.8457212271652779</v>
+        <v>-4.8522257889875746</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>26.413226076000001</v>
+        <v>26.412196623</v>
       </c>
       <c r="C187" s="5">
-        <v>0.10770434700000209</v>
+        <v>0.10745872400000067</v>
       </c>
       <c r="D187" s="5">
-        <v>5.0254003789873325</v>
+        <v>5.0138338686590567</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>26.532529217</v>
+        <v>26.531278814</v>
       </c>
       <c r="C188" s="5">
-        <v>0.11930314099999961</v>
+        <v>0.11908219100000039</v>
       </c>
       <c r="D188" s="5">
-        <v>5.556852163320114</v>
+        <v>5.5465258965033737</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>26.526012214000001</v>
+        <v>26.525391197000001</v>
       </c>
       <c r="C189" s="5">
-        <v>-6.517002999999022E-3</v>
+        <v>-5.887616999999068E-3</v>
       </c>
       <c r="D189" s="5">
-        <v>-0.29434990478844902</v>
+        <v>-0.26596997817081025</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>26.551002576999998</v>
+        <v>26.55374157</v>
       </c>
       <c r="C190" s="5">
-        <v>2.4990362999997018E-2</v>
+        <v>2.8350372999998541E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>1.136405737560775</v>
+        <v>1.2901279227867324</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>26.648195344000001</v>
+        <v>26.647291738</v>
       </c>
       <c r="C191" s="5">
-        <v>9.7192767000002789E-2</v>
+        <v>9.3550168000000156E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>4.4822558900455389</v>
+        <v>4.3105485059729887</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>26.262580874000001</v>
+        <v>26.263409470999999</v>
       </c>
       <c r="C192" s="5">
-        <v>-0.38561447000000015</v>
+        <v>-0.38388226700000061</v>
       </c>
       <c r="D192" s="5">
-        <v>-16.047198282758067</v>
+        <v>-15.981226507327051</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>26.555770685999999</v>
+        <v>26.560409274000001</v>
       </c>
       <c r="C193" s="5">
-        <v>0.29318981199999783</v>
+        <v>0.29699980300000206</v>
       </c>
       <c r="D193" s="5">
-        <v>14.250493258269481</v>
+        <v>14.446864029609952</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>26.375738279</v>
+        <v>26.37460935</v>
       </c>
       <c r="C194" s="5">
-        <v>-0.18003240699999878</v>
+        <v>-0.18579992400000123</v>
       </c>
       <c r="D194" s="5">
-        <v>-7.8387026695369233</v>
+        <v>-8.0788869002208159</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>26.722506359</v>
+        <v>26.722137521000001</v>
       </c>
       <c r="C195" s="5">
-        <v>0.34676808000000037</v>
+        <v>0.34752817100000044</v>
       </c>
       <c r="D195" s="5">
-        <v>16.968998692419568</v>
+        <v>17.00971112124865</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>26.753173339</v>
+        <v>26.752267413999999</v>
       </c>
       <c r="C196" s="5">
-        <v>3.0666979999999455E-2</v>
+        <v>3.012989299999802E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>1.3858559791560587</v>
+        <v>1.3614529561595701</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>26.886689092000001</v>
+        <v>26.885362194999999</v>
       </c>
       <c r="C197" s="5">
-        <v>0.13351575300000107</v>
+        <v>0.13309478100000049</v>
       </c>
       <c r="D197" s="5">
-        <v>6.1559303808423227</v>
+        <v>6.1362002649237413</v>
       </c>
       <c r="E197" s="5">
-        <v>1.7871057277375701</v>
+        <v>1.7845354572356475</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>27.058716813</v>
+        <v>27.057170087999999</v>
       </c>
       <c r="C198" s="5">
-        <v>0.17202772099999919</v>
+        <v>0.17180789300000043</v>
       </c>
       <c r="D198" s="5">
-        <v>7.953932636156491</v>
+        <v>7.9438146690635314</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>27.324107593000001</v>
+        <v>27.322238459000001</v>
       </c>
       <c r="C199" s="5">
-        <v>0.2653907800000006</v>
+        <v>0.26506837100000169</v>
       </c>
       <c r="D199" s="5">
-        <v>12.425666585374984</v>
+        <v>12.410496964196295</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>27.153647241000002</v>
+        <v>27.151623382</v>
       </c>
       <c r="C200" s="5">
-        <v>-0.1704603519999992</v>
+        <v>-0.17061507700000078</v>
       </c>
       <c r="D200" s="5">
-        <v>-7.2345578259535692</v>
+        <v>-7.2413791689507789</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>27.321788324</v>
+        <v>27.320864758999999</v>
       </c>
       <c r="C201" s="5">
-        <v>0.1681410829999983</v>
+        <v>0.16924137699999875</v>
       </c>
       <c r="D201" s="5">
-        <v>7.6890157053636443</v>
+        <v>7.7416659662012277</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>27.257820818999999</v>
+        <v>27.263346092999999</v>
       </c>
       <c r="C202" s="5">
-        <v>-6.3967505000000813E-2</v>
+        <v>-5.7518665999999996E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>-2.7736190290233886</v>
+        <v>-2.4973133389813551</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>27.571880253</v>
+        <v>27.570835458000001</v>
       </c>
       <c r="C203" s="5">
-        <v>0.31405943400000069</v>
+        <v>0.30748936500000212</v>
       </c>
       <c r="D203" s="5">
-        <v>14.736874597108285</v>
+        <v>14.406114465508125</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>27.711214154</v>
+        <v>27.712475605000002</v>
       </c>
       <c r="C204" s="5">
-        <v>0.13933390100000054</v>
+        <v>0.14164014700000038</v>
       </c>
       <c r="D204" s="5">
-        <v>6.2355942474753734</v>
+        <v>6.3419865524936725</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>27.524657042000001</v>
+        <v>27.534920909</v>
       </c>
       <c r="C205" s="5">
-        <v>-0.18655711199999914</v>
+        <v>-0.1775546960000014</v>
       </c>
       <c r="D205" s="5">
-        <v>-7.7861104187621155</v>
+        <v>-7.423210757485899</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>27.635991778000001</v>
+        <v>27.632851768999998</v>
       </c>
       <c r="C206" s="5">
-        <v>0.11133473599999988</v>
+        <v>9.7930859999998177E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>4.9633447385791563</v>
+        <v>4.3524110482713763</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>27.518526341000001</v>
+        <v>27.516433622000001</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.11746543699999989</v>
+        <v>-0.11641814699999742</v>
       </c>
       <c r="D207" s="5">
-        <v>-4.9829770680013263</v>
+        <v>-4.9401228648118911</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>27.621610318999998</v>
+        <v>27.618862264000001</v>
       </c>
       <c r="C208" s="5">
-        <v>0.10308397799999724</v>
+        <v>0.10242864199999957</v>
       </c>
       <c r="D208" s="5">
-        <v>4.5889616991563242</v>
+        <v>4.5595423744919872</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>27.659829222999999</v>
+        <v>27.656634385</v>
       </c>
       <c r="C209" s="5">
-        <v>3.821890400000072E-2</v>
+        <v>3.7772120999999714E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>1.6730856714778586</v>
+        <v>1.6535455417924227</v>
       </c>
       <c r="E209" s="5">
-        <v>2.8755497873110825</v>
+        <v>2.8687439075804511</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>27.615196253000001</v>
+        <v>27.612013942000001</v>
       </c>
       <c r="C210" s="5">
-        <v>-4.4632969999998551E-2</v>
+        <v>-4.4620442999999455E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>-1.9192732272509838</v>
+        <v>-1.9189590068265261</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>27.531426920000001</v>
+        <v>27.528457945</v>
       </c>
       <c r="C211" s="5">
-        <v>-8.3769332999999335E-2</v>
+        <v>-8.355599700000127E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>-3.580018585166278</v>
+        <v>-3.5714572547581591</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>27.483774143000002</v>
+        <v>27.481409108000001</v>
       </c>
       <c r="C212" s="5">
-        <v>-4.7652776999999702E-2</v>
+        <v>-4.70488369999984E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>-2.0573613665330726</v>
+        <v>-2.031748500092323</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>27.662132970999998</v>
+        <v>27.661721398000001</v>
       </c>
       <c r="C213" s="5">
-        <v>0.17835882799999681</v>
+        <v>0.18031228999999982</v>
       </c>
       <c r="D213" s="5">
-        <v>8.0715858739399238</v>
+        <v>8.1639319285525822</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>27.674253890999999</v>
+        <v>27.683588671999999</v>
       </c>
       <c r="C214" s="5">
-        <v>1.2120920000000979E-2</v>
+        <v>2.1867273999998105E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>0.52708186339955887</v>
+        <v>0.95276506080799184</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>27.490951121999998</v>
+        <v>27.491822375999998</v>
       </c>
       <c r="C215" s="5">
-        <v>-0.18330276900000086</v>
+        <v>-0.19176629600000084</v>
       </c>
       <c r="D215" s="5">
-        <v>-7.6650461317311569</v>
+        <v>-8.002993099274736</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>27.196432226999999</v>
+        <v>27.199522381000001</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.2945188949999995</v>
+        <v>-0.29229999499999693</v>
       </c>
       <c r="D216" s="5">
-        <v>-12.124860299169416</v>
+        <v>-12.038427599137314</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>27.298873081</v>
+        <v>27.314122544</v>
       </c>
       <c r="C217" s="5">
-        <v>0.10244085400000102</v>
+        <v>0.11460016299999864</v>
       </c>
       <c r="D217" s="5">
-        <v>4.6148691653060459</v>
+        <v>5.1748028856370087</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>28.078144409</v>
+        <v>28.07349941</v>
       </c>
       <c r="C218" s="5">
-        <v>0.7792713280000001</v>
+        <v>0.75937686600000021</v>
       </c>
       <c r="D218" s="5">
-        <v>40.179403387073243</v>
+        <v>38.966966181405049</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>28.242075700000001</v>
+        <v>28.237254500999999</v>
       </c>
       <c r="C219" s="5">
-        <v>0.16393129100000081</v>
+        <v>0.16375509099999874</v>
       </c>
       <c r="D219" s="5">
-        <v>7.235483266502718</v>
+        <v>7.2286896081814822</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>28.327464470999999</v>
+        <v>28.320710093999999</v>
       </c>
       <c r="C220" s="5">
-        <v>8.5388770999998087E-2</v>
+        <v>8.345559300000005E-2</v>
       </c>
       <c r="D220" s="5">
-        <v>3.6890961819538548</v>
+        <v>3.6048396247255754</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>28.266104088999999</v>
+        <v>28.259026298999999</v>
       </c>
       <c r="C221" s="5">
-        <v>-6.1360382000000158E-2</v>
+        <v>-6.168379500000043E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>-2.5685861827027145</v>
+        <v>-2.5825711726673362</v>
       </c>
       <c r="E221" s="5">
-        <v>2.1918966350517488</v>
+        <v>2.1781099811867044</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>28.272578585000002</v>
+        <v>28.267513134000001</v>
       </c>
       <c r="C222" s="5">
-        <v>6.4744960000027163E-3</v>
+        <v>8.4868350000029125E-3</v>
       </c>
       <c r="D222" s="5">
-        <v>0.27521269154833217</v>
+        <v>0.36098345243837926</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>28.345324084000001</v>
+        <v>28.339998662999999</v>
       </c>
       <c r="C223" s="5">
-        <v>7.2745498999999825E-2</v>
+        <v>7.2485528999997939E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>3.1316778371245357</v>
+        <v>3.1208949685184395</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>28.413096138</v>
+        <v>28.409717959000002</v>
       </c>
       <c r="C224" s="5">
-        <v>6.777205399999886E-2</v>
+        <v>6.9719296000002373E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>2.9071635285952802</v>
+        <v>2.9923960203100952</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>28.376278548999998</v>
+        <v>28.377080328000002</v>
       </c>
       <c r="C225" s="5">
-        <v>-3.681758900000176E-2</v>
+        <v>-3.2637631000000056E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>-1.5439214791356681</v>
+        <v>-1.3699057898880262</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>28.669274105</v>
+        <v>28.682806779</v>
       </c>
       <c r="C226" s="5">
-        <v>0.29299555600000105</v>
+        <v>0.30572645099999818</v>
       </c>
       <c r="D226" s="5">
-        <v>13.118880757561513</v>
+        <v>13.722723783436885</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>28.337586938000001</v>
+        <v>28.346984785</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.33168716699999834</v>
+        <v>-0.33582199399999979</v>
       </c>
       <c r="D227" s="5">
-        <v>-13.033093248972161</v>
+        <v>-13.179420647246642</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>28.392342656</v>
+        <v>28.394814718999999</v>
       </c>
       <c r="C228" s="5">
-        <v>5.4755717999999121E-2</v>
+        <v>4.7829933999999241E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>2.343519078245504</v>
+        <v>2.043659031388767</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>28.154006863999999</v>
+        <v>28.181534443</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.23833579200000088</v>
+        <v>-0.21328027599999899</v>
       </c>
       <c r="D229" s="5">
-        <v>-9.6209413733222338</v>
+        <v>-8.6502920691388869</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>28.526473231000001</v>
+        <v>28.523580129999999</v>
       </c>
       <c r="C230" s="5">
-        <v>0.37246636700000124</v>
+        <v>0.34204568699999882</v>
       </c>
       <c r="D230" s="5">
-        <v>17.083162465135349</v>
+        <v>15.577364277700267</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>28.671862438000002</v>
+        <v>28.654789479000002</v>
       </c>
       <c r="C231" s="5">
-        <v>0.14538920700000091</v>
+        <v>0.13120934900000236</v>
       </c>
       <c r="D231" s="5">
-        <v>6.2903560000920899</v>
+        <v>5.6618586762035239</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>28.636453764999999</v>
+        <v>28.620861230999999</v>
       </c>
       <c r="C232" s="5">
-        <v>-3.5408673000002722E-2</v>
+        <v>-3.392824800000227E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>-1.4719303688818797</v>
+        <v>-1.4116245643593484</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>28.776499694000002</v>
+        <v>28.764153443000001</v>
       </c>
       <c r="C233" s="5">
-        <v>0.1400459290000029</v>
+        <v>0.14329221200000219</v>
       </c>
       <c r="D233" s="5">
-        <v>6.0290252691785007</v>
+        <v>6.1761042099528485</v>
       </c>
       <c r="E233" s="5">
-        <v>1.8056807665921992</v>
+        <v>1.7874895569840454</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>28.949824145000001</v>
+        <v>28.941984282</v>
       </c>
       <c r="C234" s="5">
-        <v>0.17332445099999916</v>
+        <v>0.17783083899999852</v>
       </c>
       <c r="D234" s="5">
-        <v>7.4720577997945403</v>
+        <v>7.6763877768754041</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>29.063384534000001</v>
+        <v>29.057243722999999</v>
       </c>
       <c r="C235" s="5">
-        <v>0.11356038899999987</v>
+        <v>0.11525944099999919</v>
       </c>
       <c r="D235" s="5">
-        <v>4.8100907255245851</v>
+        <v>4.8849930290542076</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>29.012505365999999</v>
+        <v>29.010257008</v>
       </c>
       <c r="C236" s="5">
-        <v>-5.0879168000001584E-2</v>
+        <v>-4.698671499999918E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>-2.0806438872286392</v>
+        <v>-1.9232824615850519</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>29.269949295</v>
+        <v>29.273892021000002</v>
       </c>
       <c r="C237" s="5">
-        <v>0.25744392900000079</v>
+        <v>0.26363501300000181</v>
       </c>
       <c r="D237" s="5">
-        <v>11.183626571671756</v>
+        <v>11.467095004762307</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>29.270295601000001</v>
+        <v>29.287636934999998</v>
       </c>
       <c r="C238" s="5">
-        <v>3.463060000008511E-4</v>
+        <v>1.3744913999996555E-2</v>
       </c>
       <c r="D238" s="5">
-        <v>1.4198666320752729E-2</v>
+        <v>0.56489097634935259</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>29.420404463000001</v>
+        <v>29.440004451</v>
       </c>
       <c r="C239" s="5">
-        <v>0.15010886199999973</v>
+        <v>0.15236751600000176</v>
       </c>
       <c r="D239" s="5">
-        <v>6.3306250954335841</v>
+        <v>6.4247086579443335</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>28.796322149000002</v>
+        <v>28.797033295999999</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.62408231399999892</v>
+        <v>-0.64297115500000146</v>
       </c>
       <c r="D240" s="5">
-        <v>-22.685560196686794</v>
+        <v>-23.278245379469077</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>28.698021586999999</v>
+        <v>28.736562340999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-9.8300562000002145E-2</v>
+        <v>-6.0470954999999549E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>-4.0203384928058528</v>
+        <v>-2.4909821633692153</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>29.85428319</v>
+        <v>29.854440497999999</v>
       </c>
       <c r="C242" s="5">
-        <v>1.1562616030000008</v>
+        <v>1.1178781569999998</v>
       </c>
       <c r="D242" s="5">
-        <v>60.640956740375728</v>
+        <v>58.08456674038807</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>30.004408820999998</v>
+        <v>29.975169079</v>
       </c>
       <c r="C243" s="5">
-        <v>0.15012563099999809</v>
+        <v>0.12072858100000161</v>
       </c>
       <c r="D243" s="5">
-        <v>6.204058615572805</v>
+        <v>4.9620876172585815</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>30.163547440999999</v>
+        <v>30.138823124000002</v>
       </c>
       <c r="C244" s="5">
-        <v>0.15913862000000023</v>
+        <v>0.16365404500000125</v>
       </c>
       <c r="D244" s="5">
-        <v>6.5535942072544096</v>
+        <v>6.7519407927991049</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>30.308534994999999</v>
+        <v>30.290717140000002</v>
       </c>
       <c r="C245" s="5">
-        <v>0.14498755400000007</v>
+        <v>0.15189401599999997</v>
       </c>
       <c r="D245" s="5">
-        <v>5.9230167177356297</v>
+        <v>6.2182614312535467</v>
       </c>
       <c r="E245" s="5">
-        <v>5.3239112376111342</v>
+        <v>5.3071740839691017</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>30.530376423</v>
+        <v>30.519856314999998</v>
       </c>
       <c r="C246" s="5">
-        <v>0.22184142800000117</v>
+        <v>0.2291391749999967</v>
       </c>
       <c r="D246" s="5">
-        <v>9.1456851809255326</v>
+        <v>9.4649669327815378</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>30.173328465000001</v>
+        <v>30.166706483999999</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.357047957999999</v>
+        <v>-0.35314983099999964</v>
       </c>
       <c r="D247" s="5">
-        <v>-13.165413903519452</v>
+        <v>-13.034908825372693</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>30.295443037999998</v>
+        <v>30.294834759</v>
       </c>
       <c r="C248" s="5">
-        <v>0.12211457299999751</v>
+        <v>0.12812827500000168</v>
       </c>
       <c r="D248" s="5">
-        <v>4.9660971781056107</v>
+        <v>5.2175738765057211</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>30.379542396000002</v>
+        <v>30.387027262</v>
       </c>
       <c r="C249" s="5">
-        <v>8.4099358000003122E-2</v>
+        <v>9.2192502999999704E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>3.3825020086064139</v>
+        <v>3.7135571035267656</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>30.773490175999999</v>
+        <v>30.792026572000001</v>
       </c>
       <c r="C250" s="5">
-        <v>0.39394777999999775</v>
+        <v>0.40499931000000089</v>
       </c>
       <c r="D250" s="5">
-        <v>16.720279968039264</v>
+        <v>17.219722393082225</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>30.509074109</v>
+        <v>30.537961568</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.26441606699999909</v>
+        <v>-0.25406500400000098</v>
       </c>
       <c r="D251" s="5">
-        <v>-9.83722298784242</v>
+        <v>-9.4640097516674118</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>30.394830212999999</v>
+        <v>30.392952491999999</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.1142438960000014</v>
+        <v>-0.1450090760000009</v>
       </c>
       <c r="D252" s="5">
-        <v>-4.4021056327351982</v>
+        <v>-5.5516959035068369</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>30.246609022000001</v>
+        <v>30.298126495000002</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.14822119099999753</v>
+        <v>-9.4825996999997386E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>-5.6974037625065588</v>
+        <v>-3.6804158983492763</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>30.155741862999999</v>
+        <v>30.158100573999999</v>
       </c>
       <c r="C254" s="5">
-        <v>-9.0867159000001863E-2</v>
+        <v>-0.140025921000003</v>
       </c>
       <c r="D254" s="5">
-        <v>-3.5460774171071074</v>
+        <v>-5.407102400201202</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>30.455340794000001</v>
+        <v>30.413981974999999</v>
       </c>
       <c r="C255" s="5">
-        <v>0.29959893100000201</v>
+        <v>0.2558814009999999</v>
       </c>
       <c r="D255" s="5">
-        <v>12.59558424069105</v>
+        <v>10.670427671922367</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>30.710803241000001</v>
+        <v>30.678354238000001</v>
       </c>
       <c r="C256" s="5">
-        <v>0.25546244699999932</v>
+        <v>0.26437226300000205</v>
       </c>
       <c r="D256" s="5">
-        <v>10.543330109944415</v>
+        <v>10.944373937053143</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>30.259097209</v>
+        <v>30.237479585999999</v>
       </c>
       <c r="C257" s="5">
-        <v>-0.45170603200000059</v>
+        <v>-0.44087465200000153</v>
       </c>
       <c r="D257" s="5">
-        <v>-16.289971105961033</v>
+        <v>-15.945230100382545</v>
       </c>
       <c r="E257" s="5">
-        <v>-0.16311506316011304</v>
+        <v>-0.17575534363859502</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>29.946865337999999</v>
+        <v>29.934025422000001</v>
       </c>
       <c r="C258" s="5">
-        <v>-0.3122318710000016</v>
+        <v>-0.30345416399999792</v>
       </c>
       <c r="D258" s="5">
-        <v>-11.703225720663724</v>
+        <v>-11.399857610003361</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>30.275165081000001</v>
+        <v>30.269960151999999</v>
       </c>
       <c r="C259" s="5">
-        <v>0.32829974300000231</v>
+        <v>0.33593472999999818</v>
       </c>
       <c r="D259" s="5">
-        <v>13.978202131349949</v>
+        <v>14.330134143554641</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>30.392846723000002</v>
+        <v>30.395577420999999</v>
       </c>
       <c r="C260" s="5">
-        <v>0.11768164200000086</v>
+        <v>0.12561726899999925</v>
       </c>
       <c r="D260" s="5">
-        <v>4.7655071019163886</v>
+        <v>5.0951284986122003</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>30.520675447999999</v>
+        <v>30.531953440999999</v>
       </c>
       <c r="C261" s="5">
-        <v>0.12782872499999698</v>
+        <v>0.13637602000000015</v>
       </c>
       <c r="D261" s="5">
-        <v>5.1654610331051343</v>
+        <v>5.5189159589537962</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>30.510941751000001</v>
+        <v>30.528511621</v>
       </c>
       <c r="C262" s="5">
-        <v>-9.7336969999979317E-3</v>
+        <v>-3.4418199999990406E-3</v>
       </c>
       <c r="D262" s="5">
-        <v>-0.38203511935934742</v>
+        <v>-0.13519030903070828</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>30.517932028000001</v>
+        <v>30.549737582999999</v>
       </c>
       <c r="C263" s="5">
-        <v>6.9902769999998782E-3</v>
+        <v>2.1225961999999043E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>0.2752753617451198</v>
+        <v>0.83753783933482318</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>30.301177376999998</v>
+        <v>30.298906375000001</v>
       </c>
       <c r="C264" s="5">
-        <v>-0.21675465100000224</v>
+        <v>-0.25083120799999747</v>
       </c>
       <c r="D264" s="5">
-        <v>-8.1978552413639711</v>
+        <v>-9.4197263120286081</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>30.517858480000001</v>
+        <v>30.570736629999999</v>
       </c>
       <c r="C265" s="5">
-        <v>0.21668110300000265</v>
+        <v>0.27183025499999758</v>
       </c>
       <c r="D265" s="5">
-        <v>8.9267666999977671</v>
+        <v>11.313389026421049</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>30.435425928000001</v>
+        <v>30.437691359999999</v>
       </c>
       <c r="C266" s="5">
-        <v>-8.2432552000000214E-2</v>
+        <v>-0.13304527000000022</v>
       </c>
       <c r="D266" s="5">
-        <v>-3.1936268982441507</v>
+        <v>-5.0992456672864117</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>30.004461899999999</v>
+        <v>29.961658488000001</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.43096402800000178</v>
+        <v>-0.47603287199999755</v>
       </c>
       <c r="D267" s="5">
-        <v>-15.72912483992318</v>
+        <v>-17.234434553237243</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>30.058455854000002</v>
+        <v>30.024446793999999</v>
       </c>
       <c r="C268" s="5">
-        <v>5.3993954000002731E-2</v>
+        <v>6.2788305999998073E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>2.1809385650157109</v>
+        <v>2.5439344046549017</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>29.807801412</v>
+        <v>29.785220704</v>
       </c>
       <c r="C269" s="5">
-        <v>-0.25065444200000186</v>
+        <v>-0.23922608999999895</v>
       </c>
       <c r="D269" s="5">
-        <v>-9.5602543850309534</v>
+        <v>-9.1531863051051552</v>
       </c>
       <c r="E269" s="5">
-        <v>-1.4914384057227337</v>
+        <v>-1.4956897472678143</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>29.873527228</v>
+        <v>29.860599677</v>
       </c>
       <c r="C270" s="5">
-        <v>6.5725816000000492E-2</v>
+        <v>7.5378972999999405E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>2.6783104707869265</v>
+        <v>3.0795306852307469</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>29.987476235999999</v>
+        <v>29.982941796999999</v>
       </c>
       <c r="C271" s="5">
-        <v>0.11394900799999874</v>
+        <v>0.122342119999999</v>
       </c>
       <c r="D271" s="5">
-        <v>4.6745151212917113</v>
+        <v>5.0288469999753671</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>30.099244765000002</v>
+        <v>30.103355903000001</v>
       </c>
       <c r="C272" s="5">
-        <v>0.11176852900000256</v>
+        <v>0.12041410600000191</v>
       </c>
       <c r="D272" s="5">
-        <v>4.565443029573224</v>
+        <v>4.9271936531183114</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>29.935172009999999</v>
+        <v>29.947896552</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.16407275500000296</v>
+        <v>-0.15545935100000108</v>
       </c>
       <c r="D273" s="5">
-        <v>-6.3486780355518579</v>
+        <v>-6.0240048154735053</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>29.932568342</v>
+        <v>29.948416812000001</v>
       </c>
       <c r="C274" s="5">
-        <v>-2.6036679999990042E-3</v>
+        <v>5.2026000000182648E-4</v>
       </c>
       <c r="D274" s="5">
-        <v>-0.10432234707901111</v>
+        <v>2.084859794655447E-2</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>29.850077498000001</v>
+        <v>29.881761562000001</v>
       </c>
       <c r="C275" s="5">
-        <v>-8.2490843999998731E-2</v>
+        <v>-6.6655250000000166E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>-3.2573982520836431</v>
+        <v>-2.6383498606617817</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>30.235729802000002</v>
+        <v>30.23338446</v>
       </c>
       <c r="C276" s="5">
-        <v>0.38565230400000061</v>
+        <v>0.35162289799999868</v>
       </c>
       <c r="D276" s="5">
-        <v>16.654074374495266</v>
+        <v>15.07125478351381</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>30.503916447999998</v>
+        <v>30.557638410999999</v>
       </c>
       <c r="C277" s="5">
-        <v>0.26818664599999664</v>
+        <v>0.32425395099999932</v>
       </c>
       <c r="D277" s="5">
-        <v>11.178744274205021</v>
+        <v>13.657016019861024</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>30.120209532000001</v>
+        <v>30.114805992000001</v>
       </c>
       <c r="C278" s="5">
-        <v>-0.38370691599999773</v>
+        <v>-0.44283241899999837</v>
       </c>
       <c r="D278" s="5">
-        <v>-14.092984366907302</v>
+        <v>-16.068809149773234</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>30.035914650999999</v>
+        <v>29.992492720000001</v>
       </c>
       <c r="C279" s="5">
-        <v>-8.4294881000001709E-2</v>
+        <v>-0.12231327199999953</v>
       </c>
       <c r="D279" s="5">
-        <v>-3.3071247988976871</v>
+        <v>-4.7664641306603084</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>29.983259107999999</v>
+        <v>29.953350323999999</v>
       </c>
       <c r="C280" s="5">
-        <v>-5.2655543000000193E-2</v>
+        <v>-3.9142396000002577E-2</v>
       </c>
       <c r="D280" s="5">
-        <v>-2.0835374753087277</v>
+        <v>-1.55489527617092</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>30.027434691</v>
+        <v>30.008954553999999</v>
       </c>
       <c r="C281" s="5">
-        <v>4.4175583000001239E-2</v>
+        <v>5.5604230000000143E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>1.7824073712102262</v>
+        <v>2.250518574165139</v>
       </c>
       <c r="E281" s="5">
-        <v>0.73683152931762752</v>
+        <v>0.75115726763761437</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>30.079319988999998</v>
+        <v>30.067899159</v>
       </c>
       <c r="C282" s="5">
-        <v>5.1885297999998414E-2</v>
+        <v>5.8944605000000649E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>2.093335547334263</v>
+        <v>2.3827123282777585</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>30.109906451000001</v>
+        <v>30.108007894</v>
       </c>
       <c r="C283" s="5">
-        <v>3.0586462000002257E-2</v>
+        <v>4.0108735000000451E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>1.2270798013932938</v>
+        <v>1.6125228341852038</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>30.105777450000001</v>
+        <v>30.112109957000001</v>
       </c>
       <c r="C284" s="5">
-        <v>-4.1290009999990218E-3</v>
+        <v>4.1020630000012659E-3</v>
       </c>
       <c r="D284" s="5">
-        <v>-0.16443312115959063</v>
+        <v>0.16361646826852372</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>29.968464653000002</v>
+        <v>29.981749843999999</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.13731279699999988</v>
+        <v>-0.13036011300000183</v>
       </c>
       <c r="D285" s="5">
-        <v>-5.3379812791690124</v>
+        <v>-5.0730638807844901</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>30.052180452000002</v>
+        <v>30.065847728000001</v>
       </c>
       <c r="C286" s="5">
-        <v>8.3715799000000146E-2</v>
+        <v>8.4097884000001955E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>3.4041409470043638</v>
+        <v>3.4183794263371592</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>30.065748652</v>
+        <v>30.091153505000001</v>
       </c>
       <c r="C287" s="5">
-        <v>1.3568199999998143E-2</v>
+        <v>2.5305776999999807E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>0.54313302632695848</v>
+        <v>1.0147029076375436</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>30.298266956999999</v>
+        <v>30.298917566</v>
       </c>
       <c r="C288" s="5">
-        <v>0.23251830499999926</v>
+        <v>0.20776406099999889</v>
       </c>
       <c r="D288" s="5">
-        <v>9.6854911653455602</v>
+        <v>8.607377824542727</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>30.511022998000001</v>
+        <v>30.554176559999998</v>
       </c>
       <c r="C289" s="5">
-        <v>0.21275604100000223</v>
+        <v>0.2552589939999983</v>
       </c>
       <c r="D289" s="5">
-        <v>8.7596439666070012</v>
+        <v>10.591473476303804</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>30.501020571000002</v>
+        <v>30.479622510999999</v>
       </c>
       <c r="C290" s="5">
-        <v>-1.0002426999999869E-2</v>
+        <v>-7.4554048999999623E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>-0.39268739056697033</v>
+        <v>-2.8890951260834075</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>30.445179423999999</v>
+        <v>30.412810849</v>
       </c>
       <c r="C291" s="5">
-        <v>-5.5841147000002422E-2</v>
+        <v>-6.6811661999999217E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>-2.1749676968057741</v>
+        <v>-2.5989311300827378</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>30.493708928</v>
+        <v>30.474652342999999</v>
       </c>
       <c r="C292" s="5">
-        <v>4.8529504000001111E-2</v>
+        <v>6.1841493999999386E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>1.929654447427942</v>
+        <v>2.4675583435926463</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>30.525852697000001</v>
+        <v>30.514369307999999</v>
       </c>
       <c r="C293" s="5">
-        <v>3.2143769000001043E-2</v>
+        <v>3.9716965000000215E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>1.2722932159768385</v>
+        <v>1.5751936056515703</v>
       </c>
       <c r="E293" s="5">
-        <v>1.6598754143636096</v>
+        <v>1.6842131340847777</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>30.780532335</v>
+        <v>30.772610960000002</v>
       </c>
       <c r="C294" s="5">
-        <v>0.25467963799999893</v>
+        <v>0.25824165200000238</v>
       </c>
       <c r="D294" s="5">
-        <v>10.484121662953761</v>
+        <v>10.641837317218904</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>30.738247502</v>
+        <v>30.738083152000002</v>
       </c>
       <c r="C295" s="5">
-        <v>-4.2284833000000077E-2</v>
+        <v>-3.4527807999999993E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>-1.6361043573615341</v>
+        <v>-1.3381585100099902</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>30.639639476999999</v>
+        <v>30.646141464999999</v>
       </c>
       <c r="C296" s="5">
-        <v>-9.8608025000000765E-2</v>
+        <v>-9.1941687000002048E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>-3.7823884710006972</v>
+        <v>-3.5308947220444087</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>30.802064992999998</v>
+        <v>30.813596637</v>
       </c>
       <c r="C297" s="5">
-        <v>0.16242551599999899</v>
+        <v>0.16745517200000037</v>
       </c>
       <c r="D297" s="5">
-        <v>6.5501792508474654</v>
+        <v>6.7576718439480432</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>30.760806727999999</v>
+        <v>30.77358649</v>
       </c>
       <c r="C298" s="5">
-        <v>-4.1258264999999739E-2</v>
+        <v>-4.0010147000000273E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>-1.5955683307141033</v>
+        <v>-1.5470695269600543</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>30.660107219</v>
+        <v>30.677657678999999</v>
       </c>
       <c r="C299" s="5">
-        <v>-0.10069950899999824</v>
+        <v>-9.592881100000028E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>-3.8583925931977681</v>
+        <v>-3.6772222115715514</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>30.670815442999999</v>
+        <v>30.675453825000002</v>
       </c>
       <c r="C300" s="5">
-        <v>1.0708223999998268E-2</v>
+        <v>-2.2038539999975626E-3</v>
       </c>
       <c r="D300" s="5">
-        <v>0.41991310979276886</v>
+        <v>-8.6172814998020097E-2</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>30.555383212999999</v>
+        <v>30.587951559</v>
       </c>
       <c r="C301" s="5">
-        <v>-0.11543222999999969</v>
+        <v>-8.7502266000001327E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>-4.4239791032281932</v>
+        <v>-3.3698250106698802</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>30.600498933000001</v>
+        <v>30.557819650999999</v>
       </c>
       <c r="C302" s="5">
-        <v>4.5115720000001858E-2</v>
+        <v>-3.0131908000001317E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>1.7862872038939548</v>
+        <v>-1.1757252135425</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>30.749965838000001</v>
+        <v>30.729050375</v>
       </c>
       <c r="C303" s="5">
-        <v>0.14946690500000059</v>
+        <v>0.17123072400000083</v>
       </c>
       <c r="D303" s="5">
-        <v>6.0214062622357067</v>
+        <v>6.9353540755564991</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>30.680469962</v>
+        <v>30.673076210000001</v>
       </c>
       <c r="C304" s="5">
-        <v>-6.9495876000001289E-2</v>
+        <v>-5.5974164999998521E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>-2.6785787871455691</v>
+        <v>-2.1640804433995631</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>30.699571144</v>
+        <v>30.695987062</v>
       </c>
       <c r="C305" s="5">
-        <v>1.9101181999999994E-2</v>
+        <v>2.2910851999998982E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>0.74966483198237732</v>
+        <v>0.90001568260111853</v>
       </c>
       <c r="E305" s="5">
-        <v>0.56908630440017927</v>
+        <v>0.59518763821340137</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>30.699803847999998</v>
+        <v>30.696570677</v>
       </c>
       <c r="C306" s="5">
-        <v>2.3270399999830715E-4</v>
+        <v>5.836150000000373E-4</v>
       </c>
       <c r="D306" s="5">
-        <v>9.0964281149297221E-3</v>
+        <v>2.2817680944586805E-2</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>30.669478207000001</v>
+        <v>30.672243400999999</v>
       </c>
       <c r="C307" s="5">
-        <v>-3.0325640999997461E-2</v>
+        <v>-2.4327276000001063E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>-1.1789557054507682</v>
+        <v>-0.94687520497623856</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>30.665552707</v>
+        <v>30.672874054000001</v>
       </c>
       <c r="C308" s="5">
-        <v>-3.9255000000011364E-3</v>
+        <v>6.3065300000175739E-4</v>
       </c>
       <c r="D308" s="5">
-        <v>-0.15348436264344123</v>
+        <v>2.4676029638848185E-2</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>30.919480285999999</v>
+        <v>30.929208337999999</v>
       </c>
       <c r="C309" s="5">
-        <v>0.25392757899999907</v>
+        <v>0.25633428399999758</v>
       </c>
       <c r="D309" s="5">
-        <v>10.40192976007679</v>
+        <v>10.502471435419935</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>30.749754223</v>
+        <v>30.765421462999999</v>
       </c>
       <c r="C310" s="5">
-        <v>-0.16972606299999882</v>
+        <v>-0.16378687499999955</v>
       </c>
       <c r="D310" s="5">
-        <v>-6.3918716692698663</v>
+        <v>-6.1727948757177131</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>30.741797912999999</v>
+        <v>30.750911591000001</v>
       </c>
       <c r="C311" s="5">
-        <v>-7.9563100000008546E-3</v>
+        <v>-1.450987199999787E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-0.31005114957337598</v>
+        <v>-0.56448931486573484</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>30.773160557000001</v>
+        <v>30.779939056</v>
       </c>
       <c r="C312" s="5">
-        <v>3.1362644000001438E-2</v>
+        <v>2.9027464999998642E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>1.2311272904099502</v>
+        <v>1.1386450173627383</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>30.741281936</v>
+        <v>30.756042676</v>
       </c>
       <c r="C313" s="5">
-        <v>-3.1878621000000607E-2</v>
+        <v>-2.389638000000005E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>-1.2360491529052053</v>
+        <v>-0.92766679779776595</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>30.806870521</v>
+        <v>30.749348177000002</v>
       </c>
       <c r="C314" s="5">
-        <v>6.5588585000000421E-2</v>
+        <v>-6.6944989999981885E-3</v>
       </c>
       <c r="D314" s="5">
-        <v>2.5905390249241877</v>
+        <v>-0.26088494663742967</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>30.633319296</v>
+        <v>30.623720087999999</v>
       </c>
       <c r="C315" s="5">
-        <v>-0.17355122500000064</v>
+        <v>-0.12562808900000277</v>
       </c>
       <c r="D315" s="5">
-        <v>-6.5546505209982842</v>
+        <v>-4.793984582024569</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>30.55426156</v>
+        <v>30.554728053000002</v>
       </c>
       <c r="C316" s="5">
-        <v>-7.9057735999999323E-2</v>
+        <v>-6.8992034999997287E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>-3.0533485289792828</v>
+        <v>-2.6702261039686093</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>30.456772739000002</v>
+        <v>30.458783149999999</v>
       </c>
       <c r="C317" s="5">
-        <v>-9.7488820999998893E-2</v>
+        <v>-9.5944903000003023E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>-3.7623327085675395</v>
+        <v>-3.7037189275362925</v>
       </c>
       <c r="E317" s="5">
-        <v>-0.79088533146317586</v>
+        <v>-0.77275218914086841</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>31.038470081</v>
+        <v>31.040473241000001</v>
       </c>
       <c r="C318" s="5">
-        <v>0.58169734199999823</v>
+        <v>0.58169009100000224</v>
       </c>
       <c r="D318" s="5">
-        <v>25.486522061157267</v>
+        <v>25.484307599155187</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>30.899495647999998</v>
+        <v>30.906146381999999</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.13897443300000134</v>
+        <v>-0.13432685900000152</v>
       </c>
       <c r="D319" s="5">
-        <v>-5.2426265765735502</v>
+        <v>-5.0711367173019379</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>31.001633225999999</v>
+        <v>31.010899583</v>
       </c>
       <c r="C320" s="5">
-        <v>0.10213757800000067</v>
+        <v>0.10475320100000118</v>
       </c>
       <c r="D320" s="5">
-        <v>4.0394859084687651</v>
+        <v>4.1439605183965611</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>30.739442489999998</v>
+        <v>30.749652577999999</v>
       </c>
       <c r="C321" s="5">
-        <v>-0.26219073600000087</v>
+        <v>-0.26124700500000131</v>
       </c>
       <c r="D321" s="5">
-        <v>-9.6897691909218153</v>
+        <v>-9.6537391282727434</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>30.841808724</v>
+        <v>30.863031828</v>
       </c>
       <c r="C322" s="5">
-        <v>0.10236623400000155</v>
+        <v>0.11337925000000126</v>
       </c>
       <c r="D322" s="5">
-        <v>4.0701627658505046</v>
+        <v>4.5154466604968135</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>30.912865608000001</v>
+        <v>30.916764478000001</v>
       </c>
       <c r="C323" s="5">
-        <v>7.1056884000000764E-2</v>
+        <v>5.3732650000000604E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>2.8000005357904367</v>
+        <v>2.1093261096141402</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>30.685012009000001</v>
+        <v>30.688308382999999</v>
       </c>
       <c r="C324" s="5">
-        <v>-0.22785359899999946</v>
+        <v>-0.22845609500000208</v>
       </c>
       <c r="D324" s="5">
-        <v>-8.4950935874186015</v>
+        <v>-8.5156207401148816</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>30.732857818999999</v>
+        <v>30.736165316000001</v>
       </c>
       <c r="C325" s="5">
-        <v>4.7845809999998323E-2</v>
+        <v>4.7856933000002044E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>1.8872381703047614</v>
+        <v>1.8874761712373678</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>30.599135068999999</v>
+        <v>30.533150817999999</v>
       </c>
       <c r="C326" s="5">
-        <v>-0.13372275000000045</v>
+        <v>-0.20301449800000171</v>
       </c>
       <c r="D326" s="5">
-        <v>-5.0982006451746331</v>
+        <v>-7.6443914818103087</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>30.744209091999998</v>
+        <v>30.732216022999999</v>
       </c>
       <c r="C327" s="5">
-        <v>0.14507402299999939</v>
+        <v>0.19906520500000013</v>
       </c>
       <c r="D327" s="5">
-        <v>5.8400639038936664</v>
+        <v>8.1102949757357656</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>30.739715004000001</v>
+        <v>30.739510317000001</v>
       </c>
       <c r="C328" s="5">
-        <v>-4.4940879999977312E-3</v>
+        <v>7.2942940000011447E-3</v>
       </c>
       <c r="D328" s="5">
-        <v>-0.17527112018291824</v>
+        <v>0.28519220439766624</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>30.823572692999999</v>
+        <v>30.827475894999999</v>
       </c>
       <c r="C329" s="5">
-        <v>8.3857688999998459E-2</v>
+        <v>8.7965577999998601E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>3.3231562877020338</v>
+        <v>3.488540846984689</v>
       </c>
       <c r="E329" s="5">
-        <v>1.2043296810968718</v>
+        <v>1.2104644600682279</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>30.574164072999999</v>
+        <v>30.580564459000001</v>
       </c>
       <c r="C330" s="5">
-        <v>-0.24940862000000052</v>
+        <v>-0.24691143599999776</v>
       </c>
       <c r="D330" s="5">
-        <v>-9.2891164720140136</v>
+        <v>-9.1990553460348785</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>30.620012256999999</v>
+        <v>30.636224839</v>
       </c>
       <c r="C331" s="5">
-        <v>4.5848184000000458E-2</v>
+        <v>5.5660379999999066E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>1.8144033071508137</v>
+        <v>2.2061452460015341</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>30.51528939</v>
+        <v>30.538702811</v>
       </c>
       <c r="C332" s="5">
-        <v>-0.10472286699999955</v>
+        <v>-9.7522028000000205E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>-4.0277685863276957</v>
+        <v>-3.7536984596601375</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>30.552463219</v>
+        <v>30.569872187000001</v>
       </c>
       <c r="C333" s="5">
-        <v>3.7173829000000325E-2</v>
+        <v>3.1169376000001137E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>1.4716784790784754</v>
+        <v>1.2316807856287415</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>30.638439774999998</v>
+        <v>30.666782411</v>
       </c>
       <c r="C334" s="5">
-        <v>8.5976555999998538E-2</v>
+        <v>9.6910223999998379E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>3.429634036979734</v>
+        <v>3.8711801465010964</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>30.688577005999999</v>
+        <v>30.67978385</v>
       </c>
       <c r="C335" s="5">
-        <v>5.0137231000000781E-2</v>
+        <v>1.3001438999999948E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>1.9814697379250124</v>
+        <v>0.50993800736678363</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>30.609728226000001</v>
+        <v>30.604034911999999</v>
       </c>
       <c r="C336" s="5">
-        <v>-7.8848779999997731E-2</v>
+        <v>-7.5748938000000265E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>-3.0399859241524108</v>
+        <v>-2.9229169447677839</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>30.395698255999999</v>
+        <v>30.382321645000001</v>
       </c>
       <c r="C337" s="5">
-        <v>-0.21402997000000212</v>
+        <v>-0.22171326699999838</v>
       </c>
       <c r="D337" s="5">
-        <v>-8.0753869153550326</v>
+        <v>-8.3553280837567296</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>29.962817942000001</v>
+        <v>29.898718988999999</v>
       </c>
       <c r="C338" s="5">
-        <v>-0.43288031399999838</v>
+        <v>-0.48360265600000218</v>
       </c>
       <c r="D338" s="5">
-        <v>-15.812740751762588</v>
+        <v>-17.514142986854264</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>29.967268447999999</v>
+        <v>29.950477172999999</v>
       </c>
       <c r="C339" s="5">
-        <v>4.4505059999977448E-3</v>
+        <v>5.175818400000054E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>0.17838683662776411</v>
+        <v>2.0972337665493557</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>29.960805652000001</v>
+        <v>29.953716109999998</v>
       </c>
       <c r="C340" s="5">
-        <v>-6.4627959999974394E-3</v>
+        <v>3.2389369999989981E-3</v>
       </c>
       <c r="D340" s="5">
-        <v>-0.25848745225180991</v>
+        <v>0.12984891639939988</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>29.907332361999998</v>
+        <v>29.9105743</v>
       </c>
       <c r="C341" s="5">
-        <v>-5.3473290000003004E-2</v>
+        <v>-4.314180999999806E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>-2.1208305197414457</v>
+        <v>-1.7147132643600793</v>
       </c>
       <c r="E341" s="5">
-        <v>-2.972531251083943</v>
+        <v>-2.9742999333549514</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>30.375814941000002</v>
+        <v>30.387475818999999</v>
       </c>
       <c r="C342" s="5">
-        <v>0.46848257900000334</v>
+        <v>0.47690151899999833</v>
       </c>
       <c r="D342" s="5">
-        <v>20.504463727249146</v>
+        <v>20.903394229123663</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>30.542624817</v>
+        <v>30.570152607000001</v>
       </c>
       <c r="C343" s="5">
-        <v>0.16680987599999852</v>
+        <v>0.18267678800000198</v>
       </c>
       <c r="D343" s="5">
-        <v>6.79256775809014</v>
+        <v>7.4572608083815384</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>30.447322925000002</v>
+        <v>30.489505748999999</v>
       </c>
       <c r="C344" s="5">
-        <v>-9.5301891999998389E-2</v>
+        <v>-8.0646858000001487E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>-3.6807544189213504</v>
+        <v>-3.1201783864453825</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>30.467801394999999</v>
+        <v>30.497683646999999</v>
       </c>
       <c r="C345" s="5">
-        <v>2.0478469999996918E-2</v>
+        <v>8.1778979999995727E-3</v>
       </c>
       <c r="D345" s="5">
-        <v>0.81009662515927339</v>
+        <v>0.32233935103027633</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>30.339871852000002</v>
+        <v>30.377777184999999</v>
       </c>
       <c r="C346" s="5">
-        <v>-0.12792954299999693</v>
+        <v>-0.11990646199999944</v>
       </c>
       <c r="D346" s="5">
-        <v>-4.9238661090059921</v>
+        <v>-4.6172925385342118</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>30.380703603000001</v>
+        <v>30.3484327</v>
       </c>
       <c r="C347" s="5">
-        <v>4.0831750999998917E-2</v>
+        <v>-2.934448499999931E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>1.6269816679320481</v>
+        <v>-1.1530434581422111</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>30.317894016</v>
+        <v>30.294404566000001</v>
       </c>
       <c r="C348" s="5">
-        <v>-6.2809587000000278E-2</v>
+        <v>-5.4028133999999284E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>-2.4528842478541701</v>
+        <v>-2.1155193710512554</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>30.334717601000001</v>
+        <v>30.314039430000001</v>
       </c>
       <c r="C349" s="5">
-        <v>1.6823585000000918E-2</v>
+        <v>1.9634864000000363E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>0.66792338765684356</v>
+        <v>0.78054052374849636</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>30.214365329</v>
+        <v>30.160426998999998</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.12035227200000165</v>
+        <v>-0.15361243100000266</v>
       </c>
       <c r="D350" s="5">
-        <v>-4.6584435325362383</v>
+        <v>-5.9141970531566219</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>30.295640787</v>
+        <v>30.270063218000001</v>
       </c>
       <c r="C351" s="5">
-        <v>8.1275458000000356E-2</v>
+        <v>0.1096362190000022</v>
       </c>
       <c r="D351" s="5">
-        <v>3.2761406311122343</v>
+        <v>4.4503996298409509</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>30.18363678</v>
+        <v>30.167265812</v>
       </c>
       <c r="C352" s="5">
-        <v>-0.11200400699999946</v>
+        <v>-0.10279740600000054</v>
       </c>
       <c r="D352" s="5">
-        <v>-4.3473338289369057</v>
+        <v>-3.9999488666004113</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>30.199304400999999</v>
+        <v>30.200838977</v>
       </c>
       <c r="C353" s="5">
-        <v>1.5667620999998633E-2</v>
+        <v>3.357316499999996E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>0.62467336569378418</v>
+        <v>1.3436854057955694</v>
       </c>
       <c r="E353" s="5">
-        <v>0.97625570701511677</v>
+        <v>0.97044167085751365</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>29.968129463</v>
+        <v>29.9865964</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.23117493799999878</v>
+        <v>-0.21424257700000027</v>
       </c>
       <c r="D354" s="5">
-        <v>-8.8089202661818522</v>
+        <v>-8.1883063260331461</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>30.056130546999999</v>
+        <v>30.096018360999999</v>
       </c>
       <c r="C355" s="5">
-        <v>8.8001083999998286E-2</v>
+        <v>0.1094219609999989</v>
       </c>
       <c r="D355" s="5">
-        <v>3.5812592131764021</v>
+        <v>4.4677943413186316</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>29.865833174999999</v>
+        <v>29.927846959</v>
       </c>
       <c r="C356" s="5">
-        <v>-0.19029737199999985</v>
+        <v>-0.16817140199999869</v>
       </c>
       <c r="D356" s="5">
-        <v>-7.3386127413605395</v>
+        <v>-6.5031080062339486</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>29.753039859000001</v>
+        <v>29.796386037000001</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.11279331599999765</v>
+        <v>-0.1314609219999987</v>
       </c>
       <c r="D357" s="5">
-        <v>-4.4390386264512642</v>
+        <v>-5.1456144465000797</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>29.716745907</v>
+        <v>29.765184837</v>
       </c>
       <c r="C358" s="5">
-        <v>-3.6293952000001184E-2</v>
+        <v>-3.1201200000001705E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>-1.4540271135651928</v>
+        <v>-1.2493647394719587</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>29.919562854999999</v>
+        <v>29.845811457</v>
       </c>
       <c r="C359" s="5">
-        <v>0.20281694799999883</v>
+        <v>8.0626620000000315E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>8.5045416313736411</v>
+        <v>3.2993735735333374</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>30.177044409000001</v>
+        <v>30.137056017999999</v>
       </c>
       <c r="C360" s="5">
-        <v>0.25748155400000172</v>
+        <v>0.29124456099999918</v>
       </c>
       <c r="D360" s="5">
-        <v>10.83004178081184</v>
+        <v>12.35934814063322</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>29.890467847</v>
+        <v>29.865789629999998</v>
       </c>
       <c r="C361" s="5">
-        <v>-0.28657656200000048</v>
+        <v>-0.2712663880000008</v>
       </c>
       <c r="D361" s="5">
-        <v>-10.819042992728789</v>
+        <v>-10.282303273647909</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>29.860446534000001</v>
+        <v>29.826609265999998</v>
       </c>
       <c r="C362" s="5">
-        <v>-3.0021312999998884E-2</v>
+        <v>-3.9180363999999912E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>-1.1986173157263913</v>
+        <v>-1.5629479960119652</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>29.607019118</v>
+        <v>29.573493007</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.25342741600000096</v>
+        <v>-0.25311625899999868</v>
       </c>
       <c r="D363" s="5">
-        <v>-9.7222690679986012</v>
+        <v>-9.7213907018646406</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>29.606444062000001</v>
+        <v>29.585781815000001</v>
       </c>
       <c r="C364" s="5">
-        <v>-5.7505599999885249E-4</v>
+        <v>1.2288808000000984E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>-2.3305064407330711E-2</v>
+        <v>0.49978265069943184</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>29.381465297999998</v>
+        <v>29.385661619</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.22497876400000294</v>
+        <v>-0.20012019600000031</v>
       </c>
       <c r="D365" s="5">
-        <v>-8.7471523802811539</v>
+        <v>-7.8216185955092392</v>
       </c>
       <c r="E365" s="5">
-        <v>-2.7081388767779657</v>
+        <v>-2.6991877895207295</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>30.339689809999999</v>
+        <v>30.366870977000001</v>
       </c>
       <c r="C366" s="5">
-        <v>0.95822451200000103</v>
+        <v>0.98120935800000098</v>
       </c>
       <c r="D366" s="5">
-        <v>46.977963130801406</v>
+        <v>48.311508071869902</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>30.172561782999999</v>
+        <v>30.222311427000001</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.1671280270000004</v>
+        <v>-0.14455955000000031</v>
       </c>
       <c r="D367" s="5">
-        <v>-6.413633189637002</v>
+        <v>-5.5653039287511525</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>30.187579531000001</v>
+        <v>30.260869842999998</v>
       </c>
       <c r="C368" s="5">
-        <v>1.5017748000001774E-2</v>
+        <v>3.8558415999997209E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>0.59891212114555614</v>
+        <v>1.541780263429815</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>28.737081205999999</v>
+        <v>28.789814785000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-1.4504983250000016</v>
+        <v>-1.4710550579999975</v>
       </c>
       <c r="D369" s="5">
-        <v>-44.617525604207955</v>
+        <v>-45.009260491238678</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>27.879543549000001</v>
+        <v>27.929776943</v>
       </c>
       <c r="C370" s="5">
-        <v>-0.85753765699999818</v>
+        <v>-0.86003784200000055</v>
       </c>
       <c r="D370" s="5">
-        <v>-30.478994212432397</v>
+        <v>-30.506664622333702</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>28.494279377000002</v>
+        <v>28.359239443</v>
       </c>
       <c r="C371" s="5">
-        <v>0.61473582800000059</v>
+        <v>0.42946249999999964</v>
       </c>
       <c r="D371" s="5">
-        <v>29.916474860235297</v>
+        <v>20.095116055495943</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>28.931380920999999</v>
+        <v>28.891798853000001</v>
       </c>
       <c r="C372" s="5">
-        <v>0.43710154399999723</v>
+        <v>0.53255941000000107</v>
       </c>
       <c r="D372" s="5">
-        <v>20.043271812817487</v>
+        <v>25.014399080266013</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>30.660123721000001</v>
+        <v>30.644742579999999</v>
       </c>
       <c r="C373" s="5">
-        <v>1.7287428000000027</v>
+        <v>1.7529437269999981</v>
       </c>
       <c r="D373" s="5">
-        <v>100.65818291557309</v>
+        <v>102.75741215606647</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>29.089325751000001</v>
+        <v>29.075143833999999</v>
       </c>
       <c r="C374" s="5">
-        <v>-1.570797970000001</v>
+        <v>-1.5695987460000005</v>
       </c>
       <c r="D374" s="5">
-        <v>-46.79933947640982</v>
+        <v>-46.79030967951168</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>28.414680967999999</v>
+        <v>28.376878705999999</v>
       </c>
       <c r="C375" s="5">
-        <v>-0.67464478300000152</v>
+        <v>-0.69826512799999918</v>
       </c>
       <c r="D375" s="5">
-        <v>-24.541259708600826</v>
+        <v>-25.301303406205122</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>28.515296590999998</v>
+        <v>28.497434276</v>
       </c>
       <c r="C376" s="5">
-        <v>0.10061562299999949</v>
+        <v>0.1205555700000005</v>
       </c>
       <c r="D376" s="5">
-        <v>4.3329064395715156</v>
+        <v>5.2188721900874757</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>28.382611990000001</v>
+        <v>28.39081749</v>
       </c>
       <c r="C377" s="5">
-        <v>-0.13268460099999757</v>
+        <v>-0.10661678600000002</v>
       </c>
       <c r="D377" s="5">
-        <v>-5.4430175100948164</v>
+        <v>-4.3982932446042344</v>
       </c>
       <c r="E377" s="5">
-        <v>-3.3996034502336014</v>
+        <v>-3.3854746641360678</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>28.192777358000001</v>
+        <v>28.226212298</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.18983463200000017</v>
+        <v>-0.16460519199999979</v>
       </c>
       <c r="D378" s="5">
-        <v>-7.7373300152430264</v>
+        <v>-6.7397726591631679</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>27.983225667999999</v>
+        <v>28.042344183000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.2095516900000014</v>
+        <v>-0.18386811499999922</v>
       </c>
       <c r="D379" s="5">
-        <v>-8.5636339435313467</v>
+        <v>-7.5428417827958611</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>27.696524966999998</v>
+        <v>27.781631567000002</v>
       </c>
       <c r="C380" s="5">
-        <v>-0.28670070100000089</v>
+        <v>-0.26071261599999929</v>
       </c>
       <c r="D380" s="5">
-        <v>-11.624864981824034</v>
+        <v>-10.603362196163424</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>28.035423340000001</v>
+        <v>28.089462556000001</v>
       </c>
       <c r="C381" s="5">
-        <v>0.33889837300000281</v>
+        <v>0.30783098899999928</v>
       </c>
       <c r="D381" s="5">
-        <v>15.712967899883857</v>
+        <v>14.137455749395954</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>27.822876948000001</v>
+        <v>27.868284425999999</v>
       </c>
       <c r="C382" s="5">
-        <v>-0.21254639200000014</v>
+        <v>-0.22117813000000197</v>
       </c>
       <c r="D382" s="5">
-        <v>-8.7276990484631227</v>
+        <v>-9.0502196794413727</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>28.701639495999999</v>
+        <v>28.486731714000001</v>
       </c>
       <c r="C383" s="5">
-        <v>0.87876254799999742</v>
+        <v>0.61844728800000226</v>
       </c>
       <c r="D383" s="5">
-        <v>45.229901456206889</v>
+        <v>30.133375002578489</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>28.399644075000001</v>
+        <v>28.376942278000001</v>
       </c>
       <c r="C384" s="5">
-        <v>-0.30199542099999732</v>
+        <v>-0.1097894359999998</v>
       </c>
       <c r="D384" s="5">
-        <v>-11.920608927501764</v>
+        <v>-4.5280801090345157</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>28.442426369</v>
+        <v>28.437636907000002</v>
       </c>
       <c r="C385" s="5">
-        <v>4.2782293999998444E-2</v>
+        <v>6.0694629000000333E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>1.8227784241069411</v>
+        <v>2.5970554193971651</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>28.135551224</v>
+        <v>28.138033841999999</v>
       </c>
       <c r="C386" s="5">
-        <v>-0.30687514499999935</v>
+        <v>-0.299603065000003</v>
       </c>
       <c r="D386" s="5">
-        <v>-12.205880380016975</v>
+        <v>-11.935086330283029</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>28.303153646999998</v>
+        <v>28.270805590999998</v>
       </c>
       <c r="C387" s="5">
-        <v>0.16760242299999817</v>
+        <v>0.13277174899999977</v>
       </c>
       <c r="D387" s="5">
-        <v>7.3872720332251118</v>
+        <v>5.8115893295885401</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>28.095488327999998</v>
+        <v>28.087411762999999</v>
       </c>
       <c r="C388" s="5">
-        <v>-0.20766531900000018</v>
+        <v>-0.18339382799999981</v>
       </c>
       <c r="D388" s="5">
-        <v>-8.4578576902988534</v>
+        <v>-7.5126270485354807</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>28.181457456</v>
+        <v>28.198217089</v>
       </c>
       <c r="C389" s="5">
-        <v>8.5969128000002115E-2</v>
+        <v>0.11080532600000126</v>
       </c>
       <c r="D389" s="5">
-        <v>3.7342990370736295</v>
+        <v>4.8381004545736683</v>
       </c>
       <c r="E389" s="5">
-        <v>-0.70872453201584751</v>
+        <v>-0.67838976833913822</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>28.640240513999998</v>
+        <v>28.681143557999999</v>
       </c>
       <c r="C390" s="5">
-        <v>0.45878305799999808</v>
+        <v>0.4829264689999988</v>
       </c>
       <c r="D390" s="5">
-        <v>21.383186082651729</v>
+        <v>22.602058724129726</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>28.684415705999999</v>
+        <v>28.751679075999999</v>
       </c>
       <c r="C391" s="5">
-        <v>4.4175192000000862E-2</v>
+        <v>7.0535517999999797E-2</v>
       </c>
       <c r="D391" s="5">
-        <v>1.8666830619521013</v>
+        <v>2.9914060949141286</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>28.607056331999999</v>
+        <v>28.700495744000001</v>
       </c>
       <c r="C392" s="5">
-        <v>-7.7359374000000258E-2</v>
+        <v>-5.118333199999725E-2</v>
       </c>
       <c r="D392" s="5">
-        <v>-3.1887205084827785</v>
+        <v>-2.1154308203096606</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>28.568547388999999</v>
+        <v>28.614199974999998</v>
       </c>
       <c r="C393" s="5">
-        <v>-3.8508943000000073E-2</v>
+        <v>-8.629576900000302E-2</v>
       </c>
       <c r="D393" s="5">
-        <v>-1.6034550848531892</v>
+        <v>-3.5490487767768308</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>28.375454372</v>
+        <v>28.407552565</v>
       </c>
       <c r="C394" s="5">
-        <v>-0.19309301699999892</v>
+        <v>-0.20664740999999864</v>
       </c>
       <c r="D394" s="5">
-        <v>-7.815906027251085</v>
+        <v>-8.3301476220256969</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>27.596370017999998</v>
+        <v>27.294417314</v>
       </c>
       <c r="C395" s="5">
-        <v>-0.77908435400000187</v>
+        <v>-1.1131352509999992</v>
       </c>
       <c r="D395" s="5">
-        <v>-28.400561165843907</v>
+        <v>-38.101503450030236</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>28.163908135</v>
+        <v>28.164711805</v>
       </c>
       <c r="C396" s="5">
-        <v>0.56753811700000156</v>
+        <v>0.87029449099999923</v>
       </c>
       <c r="D396" s="5">
-        <v>27.670781174209914</v>
+        <v>45.739680140777651</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>28.954699034000001</v>
+        <v>28.967931047</v>
       </c>
       <c r="C397" s="5">
-        <v>0.79079089900000099</v>
+        <v>0.80321924200000083</v>
       </c>
       <c r="D397" s="5">
-        <v>39.416325473907968</v>
+        <v>40.134799474850766</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>28.298277325000001</v>
+        <v>28.314876471000002</v>
       </c>
       <c r="C398" s="5">
-        <v>-0.65642170899999996</v>
+        <v>-0.65305457599999883</v>
       </c>
       <c r="D398" s="5">
-        <v>-24.056375634275906</v>
+        <v>-23.938249048839022</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>28.377490378000001</v>
+        <v>28.358272242999998</v>
       </c>
       <c r="C399" s="5">
-        <v>7.9213053000000144E-2</v>
+        <v>4.3395771999996668E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>3.4112625447299427</v>
+        <v>1.8547188742843224</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>28.151078349999999</v>
+        <v>28.155504396000001</v>
       </c>
       <c r="C400" s="5">
-        <v>-0.22641202800000215</v>
+        <v>-0.20276784699999695</v>
       </c>
       <c r="D400" s="5">
-        <v>-9.1651287312644278</v>
+        <v>-8.25074763099426</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>28.289562254</v>
+        <v>28.314420463000001</v>
       </c>
       <c r="C401" s="5">
-        <v>0.13848390400000099</v>
+        <v>0.15891606699999983</v>
       </c>
       <c r="D401" s="5">
-        <v>6.065538672136328</v>
+        <v>6.9873374824288348</v>
       </c>
       <c r="E401" s="5">
-        <v>0.38360258041580941</v>
+        <v>0.41209475632177917</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>28.094117325999999</v>
+        <v>28.139897051999998</v>
       </c>
       <c r="C402" s="5">
-        <v>-0.19544492800000057</v>
+        <v>-0.17452341100000268</v>
       </c>
       <c r="D402" s="5">
-        <v>-7.9825967349412714</v>
+        <v>-7.1508509764742882</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>28.060224423000001</v>
+        <v>28.133162022</v>
       </c>
       <c r="C403" s="5">
-        <v>-3.3892902999998142E-2</v>
+        <v>-6.7350299999979768E-3</v>
       </c>
       <c r="D403" s="5">
-        <v>-1.4381196145560216</v>
+        <v>-0.28683137951405202</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>28.095732208000001</v>
+        <v>28.201013582000002</v>
       </c>
       <c r="C404" s="5">
-        <v>3.5507785000000069E-2</v>
+        <v>6.7851560000001143E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>1.5291092179138488</v>
+        <v>2.9328610530614307</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>28.102615631999999</v>
+        <v>28.136059411000002</v>
       </c>
       <c r="C405" s="5">
-        <v>6.8834239999979729E-3</v>
+        <v>-6.4954171000000116E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>0.29439518717893076</v>
+        <v>-2.7291624184219487</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>28.238125446000002</v>
+        <v>28.253426994000002</v>
       </c>
       <c r="C406" s="5">
-        <v>0.13550981400000239</v>
+        <v>0.11736758300000005</v>
       </c>
       <c r="D406" s="5">
-        <v>5.9423097584701434</v>
+        <v>5.1221725922941719</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>26.488834895</v>
+        <v>26.109752891999999</v>
       </c>
       <c r="C407" s="5">
-        <v>-1.7492905510000014</v>
+        <v>-2.1436741020000021</v>
       </c>
       <c r="D407" s="5">
-        <v>-53.577992445378996</v>
+        <v>-61.20466173751884</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>26.822050654000002</v>
+        <v>26.847933492999999</v>
       </c>
       <c r="C408" s="5">
-        <v>0.33321575900000155</v>
+        <v>0.73818060099999983</v>
       </c>
       <c r="D408" s="5">
-        <v>16.184839839350971</v>
+        <v>39.732432948062147</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>28.277993771999999</v>
+        <v>28.302301563</v>
       </c>
       <c r="C409" s="5">
-        <v>1.4559431179999969</v>
+        <v>1.454368070000001</v>
       </c>
       <c r="D409" s="5">
-        <v>88.572949379759109</v>
+        <v>88.334849427223844</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>28.675157608999999</v>
+        <v>28.701426211000001</v>
       </c>
       <c r="C410" s="5">
-        <v>0.3971638370000008</v>
+        <v>0.3991246480000008</v>
       </c>
       <c r="D410" s="5">
-        <v>18.218822552389959</v>
+        <v>18.298894450214263</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>28.445903411</v>
+        <v>28.441629288000001</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.22925419799999958</v>
+        <v>-0.25979692299999968</v>
       </c>
       <c r="D411" s="5">
-        <v>-9.1830297883503711</v>
+        <v>-10.337277293438518</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>28.601835715</v>
+        <v>28.619828231</v>
       </c>
       <c r="C412" s="5">
-        <v>0.15593230400000024</v>
+        <v>0.17819894299999817</v>
       </c>
       <c r="D412" s="5">
-        <v>6.780050264197901</v>
+        <v>7.7830868031243616</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>28.29019426</v>
+        <v>28.324069522999999</v>
       </c>
       <c r="C413" s="5">
-        <v>-0.31164145500000018</v>
+        <v>-0.29575870800000104</v>
       </c>
       <c r="D413" s="5">
-        <v>-12.31924876736038</v>
+        <v>-11.719751756528684</v>
       </c>
       <c r="E413" s="5">
-        <v>2.2340607264359491E-3</v>
+        <v>3.4078253562008776E-2</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>28.557207196</v>
+        <v>28.60704818</v>
       </c>
       <c r="C414" s="5">
-        <v>0.26701293600000042</v>
+        <v>0.28297865700000102</v>
       </c>
       <c r="D414" s="5">
-        <v>11.932868912326056</v>
+        <v>12.670117800083847</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>28.537928572999999</v>
+        <v>28.614668051999999</v>
       </c>
       <c r="C415" s="5">
-        <v>-1.9278623000001716E-2</v>
+        <v>7.6198719999993614E-3</v>
       </c>
       <c r="D415" s="5">
-        <v>-0.80710424525123337</v>
+        <v>0.32010482063042911</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>28.786523873</v>
+        <v>28.902155610000001</v>
       </c>
       <c r="C416" s="5">
-        <v>0.24859530000000163</v>
+        <v>0.28748755800000225</v>
       </c>
       <c r="D416" s="5">
-        <v>10.968914115960725</v>
+        <v>12.745255012527146</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>28.345076546000001</v>
+        <v>28.368702251999999</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.44144732699999878</v>
+        <v>-0.53345335800000271</v>
       </c>
       <c r="D417" s="5">
-        <v>-16.926804993936617</v>
+        <v>-20.032998831081716</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>28.522741334999999</v>
+        <v>28.516322221999999</v>
       </c>
       <c r="C418" s="5">
-        <v>0.17766478899999782</v>
+        <v>0.14761997000000093</v>
       </c>
       <c r="D418" s="5">
-        <v>7.7862969159039341</v>
+        <v>6.4261940579577459</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>27.052289038000001</v>
+        <v>26.616489278</v>
       </c>
       <c r="C419" s="5">
-        <v>-1.4704522969999978</v>
+        <v>-1.8998329439999999</v>
       </c>
       <c r="D419" s="5">
-        <v>-47.014984442462861</v>
+        <v>-56.279301135459136</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>28.25571442</v>
+        <v>28.305153012000002</v>
       </c>
       <c r="C420" s="5">
-        <v>1.2034253819999989</v>
+        <v>1.6886637340000021</v>
       </c>
       <c r="D420" s="5">
-        <v>68.588242252287984</v>
+        <v>109.20729632077895</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>28.397249937000002</v>
+        <v>28.429140493999999</v>
       </c>
       <c r="C421" s="5">
-        <v>0.14153551700000122</v>
+        <v>0.12398748199999687</v>
       </c>
       <c r="D421" s="5">
-        <v>6.1793094327856402</v>
+        <v>5.3849693864265191</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>28.24775309</v>
+        <v>28.279481939</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.14949684700000176</v>
+        <v>-0.14965855499999847</v>
       </c>
       <c r="D422" s="5">
-        <v>-6.1376345259451455</v>
+        <v>-6.1373884090432318</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>28.314115737000002</v>
+        <v>28.317171703</v>
       </c>
       <c r="C423" s="5">
-        <v>6.6362647000001829E-2</v>
+        <v>3.768976399999957E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>2.8558823083862706</v>
+        <v>1.6110875533420721</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>28.706571049000001</v>
+        <v>28.727211208</v>
       </c>
       <c r="C424" s="5">
-        <v>0.39245531199999917</v>
+        <v>0.4100395050000003</v>
       </c>
       <c r="D424" s="5">
-        <v>17.96136865324458</v>
+        <v>18.829185075001487</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>28.224847842999999</v>
+        <v>28.254843583</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.48172320600000162</v>
+        <v>-0.4723676250000004</v>
       </c>
       <c r="D425" s="5">
-        <v>-18.37870628725825</v>
+        <v>-18.04163614766814</v>
       </c>
       <c r="E425" s="5">
-        <v>-0.23098610210816606</v>
+        <v>-0.24440675780641463</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>28.239850257000001</v>
+        <v>28.282989738000001</v>
       </c>
       <c r="C426" s="5">
-        <v>1.5002414000001352E-2</v>
+        <v>2.8146155000001727E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>0.6397065596954965</v>
+        <v>1.2019550481002117</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>28.208426249999999</v>
+        <v>28.279987989999999</v>
       </c>
       <c r="C427" s="5">
-        <v>-3.1424007000001808E-2</v>
+        <v>-3.0017480000026353E-3</v>
       </c>
       <c r="D427" s="5">
-        <v>-1.3271628029688287</v>
+        <v>-0.12728483539383717</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>28.135257856999999</v>
+        <v>28.259950771</v>
       </c>
       <c r="C428" s="5">
-        <v>-7.3168392999999554E-2</v>
+        <v>-2.0037218999998885E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>-3.0685951395248434</v>
+        <v>-0.84693047785735498</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>28.075267774</v>
+        <v>28.264519544999999</v>
       </c>
       <c r="C429" s="5">
-        <v>-5.9990082999998862E-2</v>
+        <v>4.5687739999991095E-3</v>
       </c>
       <c r="D429" s="5">
-        <v>-2.5288504029095882</v>
+        <v>0.19417607772374001</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>28.122380928999998</v>
+        <v>28.321276329</v>
       </c>
       <c r="C430" s="5">
-        <v>4.711315499999813E-2</v>
+        <v>5.6756784000000948E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>2.0324121816720941</v>
+        <v>2.4364612434988997</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>28.058004455999999</v>
+        <v>28.390532646</v>
       </c>
       <c r="C431" s="5">
-        <v>-6.4376472999999379E-2</v>
+        <v>6.9256317000000678E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>-2.712662366825136</v>
+        <v>2.9742482074957</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>28.851003344999999</v>
+        <v>29.177310566999999</v>
       </c>
       <c r="C432" s="5">
-        <v>0.79299888899999971</v>
+        <v>0.78677792099999877</v>
       </c>
       <c r="D432" s="5">
-        <v>39.717142586388945</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>38.822739444498922</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>29.797276670999999</v>
+        <v>30.137325058999998</v>
       </c>
       <c r="C433" s="5">
-        <v>0.94627332600000003</v>
+        <v>0.96001449199999911</v>
       </c>
       <c r="D433" s="5">
-        <v>47.294940026324795</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>47.473277304069498</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>28.906543278000001</v>
+        <v>29.233886159000001</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.89073339299999787</v>
+        <v>-0.9034388999999976</v>
       </c>
       <c r="D434" s="5">
-        <v>-30.523961561718306</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-30.59636961319374</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>29.397457524</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.16357136499999925</v>
+      </c>
+      <c r="D435" s="5">
+        <v>6.9248479396932572</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>29.539554781</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.14209725699999964</v>
+      </c>
+      <c r="D436" s="5">
+        <v>5.9571054990314565</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>29.576756683999999</v>
+      </c>
+      <c r="C437" s="5">
+        <v>3.7201902999999703E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>1.5217835091491549</v>
+      </c>
+      <c r="E437" s="5">
+        <v>4.678536255622201</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>