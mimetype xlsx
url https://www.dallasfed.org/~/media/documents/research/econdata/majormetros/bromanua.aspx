--- v0 (2025-10-17)
+++ v1 (2025-12-17)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{112A903E-7816-498E-8017-3C19619CD75F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C5CAD47A-A444-4E73-9148-8AE3E568B645}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{B21E4486-8E21-4D2B-A0A5-60DAC67FB80C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{29E8B30C-30E1-4F8B-B25C-23589C1BCF70}"/>
   </bookViews>
   <sheets>
     <sheet name="bromanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Brownsville—Harlingen Manufacturing Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A7F11C27-C574-451B-A770-84E4B538CE39}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B59CE9E-C71D-461D-BA25-8FCB2FC4CAB7}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-1.0163643400000311E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-1.7986391345501174</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>6.7148473415999996</v>
       </c>
       <c r="C432" s="5">
         <v>2.0534769999969171E-4</v>
       </c>
       <c r="D432" s="5">
         <v>3.6704666038644973E-2</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>6.7182817604</v>
+        <v>6.7184128570999997</v>
       </c>
       <c r="C433" s="5">
-        <v>3.4344188000003939E-3</v>
+        <v>3.5655155000000605E-3</v>
       </c>
       <c r="D433" s="5">
-        <v>0.61548917360949584</v>
+        <v>0.6390519382604376</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>6.7220227942999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>3.6099372000002461E-3</v>
+      </c>
+      <c r="D434" s="5">
+        <v>0.64669285016101252</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>