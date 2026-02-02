--- v1 (2025-12-17)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C5CAD47A-A444-4E73-9148-8AE3E568B645}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{76B80CE9-C88D-49DC-82BE-89D8A3611F67}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{29E8B30C-30E1-4F8B-B25C-23589C1BCF70}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{324A6FE2-0E15-4828-A7BD-78C85F3D0E99}"/>
   </bookViews>
   <sheets>
     <sheet name="bromanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Brownsville—Harlingen Manufacturing Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B59CE9E-C71D-461D-BA25-8FCB2FC4CAB7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{108E1EC2-7681-4CCC-B504-ECEC9A20F5F7}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>10.715893069</v>
+        <v>10.715985769</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>10.663411740000001</v>
+        <v>10.663460110000001</v>
       </c>
       <c r="C7" s="5">
-        <v>-5.2481328999999022E-2</v>
+        <v>-5.2525658999998726E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>-5.7212774703397145</v>
+        <v>-5.7259323900640151</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>10.545774745999999</v>
+        <v>10.545783375999999</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.11763699400000149</v>
+        <v>-0.11767673400000156</v>
       </c>
       <c r="D8" s="5">
-        <v>-12.463788976715628</v>
+        <v>-12.46769411580736</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>10.669364512</v>
+        <v>10.669384329</v>
       </c>
       <c r="C9" s="5">
-        <v>0.12358976600000027</v>
+        <v>0.1236009530000004</v>
       </c>
       <c r="D9" s="5">
-        <v>15.006065161781068</v>
+        <v>15.007499115148981</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>10.761607421000001</v>
+        <v>10.761614437</v>
       </c>
       <c r="C10" s="5">
-        <v>9.2242909000001205E-2</v>
+        <v>9.2230108000000754E-2</v>
       </c>
       <c r="D10" s="5">
-        <v>10.88252526124216</v>
+        <v>10.880921345695294</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>10.918121300999999</v>
+        <v>10.918116145000001</v>
       </c>
       <c r="C11" s="5">
-        <v>0.15651387999999855</v>
+        <v>0.15650170800000041</v>
       </c>
       <c r="D11" s="5">
-        <v>18.918449758513955</v>
+        <v>18.916845526816918</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>11.145631325</v>
+        <v>11.145617851000001</v>
       </c>
       <c r="C12" s="5">
-        <v>0.22751002400000075</v>
+        <v>0.22750170599999997</v>
       </c>
       <c r="D12" s="5">
-        <v>28.079935453579651</v>
+        <v>28.078803238581742</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>11.374704707999999</v>
+        <v>11.374690964999999</v>
       </c>
       <c r="C13" s="5">
-        <v>0.22907338299999935</v>
+        <v>0.22907311399999841</v>
       </c>
       <c r="D13" s="5">
-        <v>27.651373384217372</v>
+        <v>27.65137445184007</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>11.418584407000001</v>
+        <v>11.418569045</v>
       </c>
       <c r="C14" s="5">
-        <v>4.3879699000001438E-2</v>
+        <v>4.3878080000000708E-2</v>
       </c>
       <c r="D14" s="5">
-        <v>4.7286792902973218</v>
+        <v>4.7285069359714882</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>11.557380933999999</v>
+        <v>11.557350525</v>
       </c>
       <c r="C15" s="5">
-        <v>0.13879652699999845</v>
+        <v>0.13878148000000046</v>
       </c>
       <c r="D15" s="5">
-        <v>15.60215674026033</v>
+        <v>15.600373080691465</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>11.590156670000001</v>
+        <v>11.590116579</v>
       </c>
       <c r="C16" s="5">
-        <v>3.2775736000001388E-2</v>
+        <v>3.2766053999999656E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>3.4566814207505736</v>
+        <v>3.4556535721535164</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>11.516259419000001</v>
+        <v>11.516201842999999</v>
       </c>
       <c r="C17" s="5">
-        <v>-7.3897250999999997E-2</v>
+        <v>-7.3914736000000758E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>-7.3883560308795282</v>
+        <v>-7.3900680234954557</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>10.720530288000001</v>
+        <v>10.720613927</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.79572913099999987</v>
+        <v>-0.79558791599999878</v>
       </c>
       <c r="D18" s="5">
-        <v>-57.649558204643611</v>
+        <v>-57.643052025710851</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>10.655855774999999</v>
+        <v>10.655900222</v>
       </c>
       <c r="C19" s="5">
-        <v>-6.467451300000171E-2</v>
+        <v>-6.4713705000000843E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>-7.0038889209785404</v>
+        <v>-7.007940417439662</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>10.644131819</v>
+        <v>10.644140670000001</v>
       </c>
       <c r="C20" s="5">
-        <v>-1.1723955999999092E-2</v>
+        <v>-1.1759551999999118E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>-1.3123229863954533</v>
+        <v>-1.3162778206655235</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>10.158817637</v>
+        <v>10.158834919</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.48531418199999976</v>
+        <v>-0.48530575100000028</v>
       </c>
       <c r="D21" s="5">
-        <v>-42.879100231627</v>
+        <v>-42.87850413093819</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>10.058866579</v>
+        <v>10.058872394</v>
       </c>
       <c r="C22" s="5">
-        <v>-9.9951058000000259E-2</v>
+        <v>-9.9962525000000468E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>-11.188214584796274</v>
+        <v>-11.189411493878653</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>10.419086339</v>
+        <v>10.419081579</v>
       </c>
       <c r="C23" s="5">
-        <v>0.36021975999999967</v>
+        <v>0.36020918500000043</v>
       </c>
       <c r="D23" s="5">
-        <v>52.534144346316026</v>
+        <v>52.532249974142609</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>10.355206054</v>
+        <v>10.355195059</v>
       </c>
       <c r="C24" s="5">
-        <v>-6.3880284999999759E-2</v>
+        <v>-6.3886520000000502E-2</v>
       </c>
       <c r="D24" s="5">
-        <v>-7.1142056654896031</v>
+        <v>-7.114879937382856</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>10.686782535000001</v>
+        <v>10.686771844000001</v>
       </c>
       <c r="C25" s="5">
-        <v>0.33157648100000081</v>
+        <v>0.3315767850000011</v>
       </c>
       <c r="D25" s="5">
-        <v>45.968357933695827</v>
+        <v>45.968465466025286</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>10.729107744</v>
+        <v>10.729095996</v>
       </c>
       <c r="C26" s="5">
-        <v>4.2325208999999475E-2</v>
+        <v>4.232415199999906E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>4.8575279021784601</v>
+        <v>4.8574089048574409</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>10.471784918000001</v>
+        <v>10.471761752000001</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.25732282599999934</v>
+        <v>-0.25733424399999905</v>
       </c>
       <c r="D27" s="5">
-        <v>-25.271668811933758</v>
+        <v>-25.272670703127666</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>10.49672228</v>
+        <v>10.496691716999999</v>
       </c>
       <c r="C28" s="5">
-        <v>2.4937361999999297E-2</v>
+        <v>2.4929964999998333E-2</v>
       </c>
       <c r="D28" s="5">
-        <v>2.8953904998594959</v>
+        <v>2.8945268708151728</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>10.625195874999999</v>
+        <v>10.62514914</v>
       </c>
       <c r="C29" s="5">
-        <v>0.12847359499999911</v>
+        <v>0.1284574230000004</v>
       </c>
       <c r="D29" s="5">
-        <v>15.717450675738798</v>
+        <v>15.715386051702707</v>
       </c>
       <c r="E29" s="5">
-        <v>-7.73743896850646</v>
+        <v>-7.7373835153958908</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>10.422290576</v>
+        <v>10.422356643000001</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.20290529899999932</v>
+        <v>-0.20279249699999902</v>
       </c>
       <c r="D30" s="5">
-        <v>-20.655872854587066</v>
+        <v>-20.645648699101681</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>10.63793413</v>
+        <v>10.637969188</v>
       </c>
       <c r="C31" s="5">
-        <v>0.21564355399999968</v>
+        <v>0.21561254499999905</v>
       </c>
       <c r="D31" s="5">
-        <v>27.858450012380764</v>
+        <v>27.853780558344575</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>10.7324234</v>
+        <v>10.732434006</v>
       </c>
       <c r="C32" s="5">
-        <v>9.4489270000000403E-2</v>
+        <v>9.4464818000000506E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>11.195191670602034</v>
+        <v>11.192112932775222</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>10.950107474999999</v>
+        <v>10.95012191</v>
       </c>
       <c r="C33" s="5">
-        <v>0.21768407499999931</v>
+        <v>0.21768790399999993</v>
       </c>
       <c r="D33" s="5">
-        <v>27.24684159994295</v>
+        <v>27.247345545917568</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>11.051393208</v>
+        <v>11.051398039</v>
       </c>
       <c r="C34" s="5">
-        <v>0.10128573300000099</v>
+        <v>0.10127612900000038</v>
       </c>
       <c r="D34" s="5">
-        <v>11.682157436788266</v>
+        <v>11.680976589599323</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>11.105818811000001</v>
+        <v>11.10581429</v>
       </c>
       <c r="C35" s="5">
-        <v>5.4425603000000322E-2</v>
+        <v>5.4416250999999249E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>6.0724570630390717</v>
+        <v>6.0713824823557916</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>11.268608836</v>
+        <v>11.268598898</v>
       </c>
       <c r="C36" s="5">
-        <v>0.16279002499999962</v>
+        <v>0.16278460800000083</v>
       </c>
       <c r="D36" s="5">
-        <v>19.079400086031594</v>
+        <v>19.078721570606927</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>11.193637070999999</v>
+        <v>11.193628756000001</v>
       </c>
       <c r="C37" s="5">
-        <v>-7.4971765000000801E-2</v>
+        <v>-7.497014199999974E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>-7.6980199059029637</v>
+        <v>-7.6978658504163189</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>11.327800742000001</v>
+        <v>11.327792101</v>
       </c>
       <c r="C38" s="5">
-        <v>0.13416367100000137</v>
+        <v>0.13416334499999927</v>
       </c>
       <c r="D38" s="5">
-        <v>15.369909529376402</v>
+        <v>15.369881867123048</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>11.487890499000001</v>
+        <v>11.487871651000001</v>
       </c>
       <c r="C39" s="5">
-        <v>0.16008975699999972</v>
+        <v>0.16007955000000074</v>
       </c>
       <c r="D39" s="5">
-        <v>18.341272330749604</v>
+        <v>18.340025675928363</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>11.605517002999999</v>
+        <v>11.605493708999999</v>
       </c>
       <c r="C40" s="5">
-        <v>0.11762650399999863</v>
+        <v>0.11762205799999847</v>
       </c>
       <c r="D40" s="5">
-        <v>13.003126356087446</v>
+        <v>13.002629416421406</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>11.718943155</v>
+        <v>11.718907464000001</v>
       </c>
       <c r="C41" s="5">
-        <v>0.11342615200000061</v>
+        <v>0.11341375500000161</v>
       </c>
       <c r="D41" s="5">
-        <v>12.379595699605028</v>
+        <v>12.378195320677698</v>
       </c>
       <c r="E41" s="5">
-        <v>10.293902275942756</v>
+        <v>10.294051496015054</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>11.935698596</v>
+        <v>11.935750632</v>
       </c>
       <c r="C42" s="5">
-        <v>0.2167554410000001</v>
+        <v>0.2168431679999987</v>
       </c>
       <c r="D42" s="5">
-        <v>24.59848114774621</v>
+        <v>24.609553866657773</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>12.027752624</v>
+        <v>12.027777361</v>
       </c>
       <c r="C43" s="5">
-        <v>9.2054027999999732E-2</v>
+        <v>9.2026729000000529E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>9.6578503838242735</v>
+        <v>9.6548198858690704</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>12.446153954</v>
+        <v>12.446165098</v>
       </c>
       <c r="C44" s="5">
-        <v>0.41840133000000002</v>
+        <v>0.41838773699999976</v>
       </c>
       <c r="D44" s="5">
-        <v>50.73294231686296</v>
+        <v>50.73084181101504</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>12.229416136999999</v>
+        <v>12.229427018999999</v>
       </c>
       <c r="C45" s="5">
-        <v>-0.21673781700000028</v>
+        <v>-0.21673807900000064</v>
       </c>
       <c r="D45" s="5">
-        <v>-19.007155114803741</v>
+        <v>-19.00716051406285</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>12.449531193</v>
+        <v>12.449534572999999</v>
       </c>
       <c r="C46" s="5">
-        <v>0.22011505600000092</v>
+        <v>0.22010755400000015</v>
       </c>
       <c r="D46" s="5">
-        <v>23.870329706184322</v>
+        <v>23.869410603858764</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>12.490326714</v>
+        <v>12.490322831</v>
       </c>
       <c r="C47" s="5">
-        <v>4.0795520999999724E-2</v>
+        <v>4.0788258000000965E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>4.0038964013906053</v>
+        <v>4.0031695705071479</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>12.591396386</v>
+        <v>12.591388787</v>
       </c>
       <c r="C48" s="5">
-        <v>0.1010696719999995</v>
+        <v>0.10106595599999935</v>
       </c>
       <c r="D48" s="5">
-        <v>10.15422777533901</v>
+        <v>10.153840966957217</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>12.598148762999999</v>
+        <v>12.59814289</v>
       </c>
       <c r="C49" s="5">
-        <v>6.752376999999754E-3</v>
+        <v>6.7541030000004554E-3</v>
       </c>
       <c r="D49" s="5">
-        <v>0.64542439344994484</v>
+        <v>0.64559025056143415</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>12.63057064</v>
+        <v>12.630564724999999</v>
       </c>
       <c r="C50" s="5">
-        <v>3.2421877000000876E-2</v>
+        <v>3.2421834999999177E-2</v>
       </c>
       <c r="D50" s="5">
-        <v>3.1323413284923829</v>
+        <v>3.1323386941462417</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>12.597192155</v>
+        <v>12.597179664</v>
       </c>
       <c r="C51" s="5">
-        <v>-3.3378485000000069E-2</v>
+        <v>-3.3385060999998828E-2</v>
       </c>
       <c r="D51" s="5">
-        <v>-3.1255202336003762</v>
+        <v>-3.1261285208927903</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>12.60672327</v>
+        <v>12.606709357</v>
       </c>
       <c r="C52" s="5">
-        <v>9.5311149999997014E-3</v>
+        <v>9.5296929999992841E-3</v>
       </c>
       <c r="D52" s="5">
-        <v>0.91171530044320548</v>
+        <v>0.91157961777641461</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>12.415575355</v>
+        <v>12.415554169</v>
       </c>
       <c r="C53" s="5">
-        <v>-0.19114791500000017</v>
+        <v>-0.19115518799999975</v>
       </c>
       <c r="D53" s="5">
-        <v>-16.751663306615395</v>
+        <v>-16.752265478008798</v>
       </c>
       <c r="E53" s="5">
-        <v>5.9444967928082848</v>
+        <v>5.9446386716515143</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>12.625930451</v>
+        <v>12.625959704</v>
       </c>
       <c r="C54" s="5">
-        <v>0.21035509600000069</v>
+        <v>0.21040553499999959</v>
       </c>
       <c r="D54" s="5">
-        <v>22.337192760355219</v>
+        <v>22.34309929709848</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>12.799392376</v>
+        <v>12.799404983000001</v>
       </c>
       <c r="C55" s="5">
-        <v>0.17346192499999979</v>
+        <v>0.17344527900000095</v>
       </c>
       <c r="D55" s="5">
-        <v>17.790840986428869</v>
+        <v>17.788958334835581</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>12.841245063000001</v>
+        <v>12.841253845000001</v>
       </c>
       <c r="C56" s="5">
-        <v>4.1852687000000444E-2</v>
+        <v>4.1848862000000153E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>3.9952192060353831</v>
+        <v>3.994843478256449</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>13.017872191</v>
+        <v>13.017879202</v>
       </c>
       <c r="C57" s="5">
-        <v>0.1766271279999998</v>
+        <v>0.17662535699999893</v>
       </c>
       <c r="D57" s="5">
-        <v>17.813329656141352</v>
+        <v>17.813124204901175</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>13.06978067</v>
+        <v>13.069782697000001</v>
       </c>
       <c r="C58" s="5">
-        <v>5.190847899999973E-2</v>
+        <v>5.1903495000001243E-2</v>
       </c>
       <c r="D58" s="5">
-        <v>4.8913208887210624</v>
+        <v>4.8908382094825953</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>13.093745498000001</v>
+        <v>13.093742882000001</v>
       </c>
       <c r="C59" s="5">
-        <v>2.3964828000000438E-2</v>
+        <v>2.3960184999999967E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>2.2226532949428002</v>
+        <v>2.2222179737784176</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>13.118985393000001</v>
+        <v>13.118980536</v>
       </c>
       <c r="C60" s="5">
-        <v>2.5239895000000345E-2</v>
+        <v>2.5237653999999665E-2</v>
       </c>
       <c r="D60" s="5">
-        <v>2.337838108837853</v>
+        <v>2.3376288034415715</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>13.202209755</v>
+        <v>13.2022064</v>
       </c>
       <c r="C61" s="5">
-        <v>8.3224361999999275E-2</v>
+        <v>8.3225863999999206E-2</v>
       </c>
       <c r="D61" s="5">
-        <v>7.8838805972316184</v>
+        <v>7.8840309046709578</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>13.224510759999999</v>
+        <v>13.224507823</v>
       </c>
       <c r="C62" s="5">
-        <v>2.2301004999999208E-2</v>
+        <v>2.2301423000000042E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>2.045963330787437</v>
+        <v>2.046002561167648</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>13.293761688</v>
+        <v>13.293755858000001</v>
       </c>
       <c r="C63" s="5">
-        <v>6.9250928000000656E-2</v>
+        <v>6.9248035000001096E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>6.468049373339757</v>
+        <v>6.4677728156672831</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>13.405236574</v>
+        <v>13.405231732000001</v>
       </c>
       <c r="C64" s="5">
-        <v>0.11147488599999988</v>
+        <v>0.11147587399999992</v>
       </c>
       <c r="D64" s="5">
-        <v>10.539914458305955</v>
+        <v>10.540017060794815</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>13.506285674000001</v>
+        <v>13.506276229999999</v>
       </c>
       <c r="C65" s="5">
-        <v>0.10104910000000089</v>
+        <v>0.10104449799999848</v>
       </c>
       <c r="D65" s="5">
-        <v>9.4302478223443398</v>
+        <v>9.4298039373384768</v>
       </c>
       <c r="E65" s="5">
-        <v>8.7850163026133909</v>
+        <v>8.7851258683514075</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>13.516234058</v>
+        <v>13.516244936</v>
       </c>
       <c r="C66" s="5">
-        <v>9.9483839999994217E-3</v>
+        <v>9.9687060000004379E-3</v>
       </c>
       <c r="D66" s="5">
-        <v>0.88747883859419119</v>
+        <v>0.88929972053277684</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>13.583675044</v>
+        <v>13.583679124</v>
       </c>
       <c r="C67" s="5">
-        <v>6.744098599999937E-2</v>
+        <v>6.7434188000000006E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>6.1546341787374947</v>
+        <v>6.1539915852969473</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>13.547431247</v>
+        <v>13.547434743</v>
       </c>
       <c r="C68" s="5">
-        <v>-3.6243796999999134E-2</v>
+        <v>-3.6244380999999493E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>-3.1552539519378642</v>
+        <v>-3.1553031152330768</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>13.409218893</v>
+        <v>13.409224121999999</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.1382123540000002</v>
+        <v>-0.1382106210000007</v>
       </c>
       <c r="D69" s="5">
-        <v>-11.578414992509012</v>
+        <v>-11.578275039502973</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>13.305216868</v>
+        <v>13.305218958999999</v>
       </c>
       <c r="C70" s="5">
-        <v>-0.10400202499999978</v>
+        <v>-0.10400516300000007</v>
       </c>
       <c r="D70" s="5">
-        <v>-8.9202711253016265</v>
+        <v>-8.9205255643316264</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>13.310382882000001</v>
+        <v>13.310382279000001</v>
       </c>
       <c r="C71" s="5">
-        <v>5.1660140000002741E-3</v>
+        <v>5.1633200000011925E-3</v>
       </c>
       <c r="D71" s="5">
-        <v>0.46692003129553683</v>
+        <v>0.46667594596103701</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>13.136141364</v>
+        <v>13.136139254</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.17424151800000054</v>
+        <v>-0.17424302500000088</v>
       </c>
       <c r="D72" s="5">
-        <v>-14.625695208986988</v>
+        <v>-14.625813355934325</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>13.195798854</v>
+        <v>13.195797148</v>
       </c>
       <c r="C73" s="5">
-        <v>5.9657489999999314E-2</v>
+        <v>5.9657894000000766E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>5.5879799835378829</v>
+        <v>5.5880196955925499</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>13.220870009</v>
+        <v>13.220868385999999</v>
       </c>
       <c r="C74" s="5">
-        <v>2.50711550000009E-2</v>
+        <v>2.5071237999998885E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>2.3038974261397893</v>
+        <v>2.3039054342250509</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>13.065849740999999</v>
+        <v>13.065848078</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.15502026800000124</v>
+        <v>-0.15502030799999922</v>
       </c>
       <c r="D75" s="5">
-        <v>-13.197648319442257</v>
+        <v>-13.197653025427069</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>13.090824853999999</v>
+        <v>13.090823323</v>
       </c>
       <c r="C76" s="5">
-        <v>2.4975112999999993E-2</v>
+        <v>2.4975245000000257E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>2.3180453388060185</v>
+        <v>2.3180580175172327</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>13.009050107</v>
+        <v>13.009045224999999</v>
       </c>
       <c r="C77" s="5">
-        <v>-8.1774746999998982E-2</v>
+        <v>-8.1778098000000909E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>-7.2438125761101197</v>
+        <v>-7.2441001107146246</v>
       </c>
       <c r="E77" s="5">
-        <v>-3.6815122899198971</v>
+        <v>-3.6814810872559778</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>13.10932244</v>
+        <v>13.10932478</v>
       </c>
       <c r="C78" s="5">
-        <v>0.10027233299999949</v>
+        <v>0.10027955500000019</v>
       </c>
       <c r="D78" s="5">
-        <v>9.6518364581531948</v>
+        <v>9.6525651314891103</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>12.978663281999999</v>
+        <v>12.978664587999999</v>
       </c>
       <c r="C79" s="5">
-        <v>-0.13065915800000028</v>
+        <v>-0.13066019200000056</v>
       </c>
       <c r="D79" s="5">
-        <v>-11.325931332596372</v>
+        <v>-11.326014195518152</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>12.946500717999999</v>
+        <v>12.946501125999999</v>
       </c>
       <c r="C80" s="5">
-        <v>-3.216256400000006E-2</v>
+        <v>-3.2163461999999754E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>-2.9335349331167437</v>
+        <v>-2.9336154350209198</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>13.127304357</v>
+        <v>13.127308671</v>
       </c>
       <c r="C81" s="5">
-        <v>0.18080363900000052</v>
+        <v>0.1808075450000004</v>
       </c>
       <c r="D81" s="5">
-        <v>18.107603359655265</v>
+        <v>18.108024456988471</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>13.137549054000001</v>
+        <v>13.137552174</v>
       </c>
       <c r="C82" s="5">
-        <v>1.0244697000000969E-2</v>
+        <v>1.0243502999999876E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>0.9405237423778301</v>
+        <v>0.94041334487160455</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>13.222937977000001</v>
+        <v>13.222938377</v>
       </c>
       <c r="C83" s="5">
-        <v>8.5388923000000005E-2</v>
+        <v>8.5386203000000549E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>8.0844762883918619</v>
+        <v>8.0842074998467304</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>13.13355402</v>
+        <v>13.133552512</v>
       </c>
       <c r="C84" s="5">
-        <v>-8.9383957000000791E-2</v>
+        <v>-8.9385865000000564E-2</v>
       </c>
       <c r="D84" s="5">
-        <v>-7.816828310310342</v>
+        <v>-7.8169887872912458</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>13.163505320000001</v>
+        <v>13.163503521999999</v>
       </c>
       <c r="C85" s="5">
-        <v>2.9951300000000458E-2</v>
+        <v>2.9951009999999556E-2</v>
       </c>
       <c r="D85" s="5">
-        <v>2.7712083101824492</v>
+        <v>2.7711814630312137</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>13.102392944</v>
+        <v>13.102391894</v>
       </c>
       <c r="C86" s="5">
-        <v>-6.1112376000000523E-2</v>
+        <v>-6.111162799999903E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>-5.4309994614485824</v>
+        <v>-5.4309353984219655</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>13.333434902</v>
+        <v>13.333434026999999</v>
       </c>
       <c r="C87" s="5">
-        <v>0.23104195800000049</v>
+        <v>0.23104213299999898</v>
       </c>
       <c r="D87" s="5">
-        <v>23.338056318793775</v>
+        <v>23.338077799648715</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>13.386109512999999</v>
+        <v>13.386108965</v>
       </c>
       <c r="C88" s="5">
-        <v>5.2674610999998706E-2</v>
+        <v>5.2674938000000893E-2</v>
       </c>
       <c r="D88" s="5">
-        <v>4.8450534500464881</v>
+        <v>4.84508450919372</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>13.414820301000001</v>
+        <v>13.414818203999999</v>
       </c>
       <c r="C89" s="5">
-        <v>2.8710788000001486E-2</v>
+        <v>2.8709238999999442E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>2.6043631078324525</v>
+        <v>2.6042210439385149</v>
       </c>
       <c r="E89" s="5">
-        <v>3.1191377591947456</v>
+        <v>3.1191603379178812</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>13.426244103</v>
+        <v>13.426245531999999</v>
       </c>
       <c r="C90" s="5">
-        <v>1.1423801999999483E-2</v>
+        <v>1.1427327999999903E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>1.0266966986530734</v>
+        <v>1.0270152399609378</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>13.408049098999999</v>
+        <v>13.408048372</v>
       </c>
       <c r="C91" s="5">
-        <v>-1.8195004000000736E-2</v>
+        <v>-1.8197159999999712E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>-1.6141519373145341</v>
+        <v>-1.6143416106792152</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>13.473661688</v>
+        <v>13.473660165</v>
       </c>
       <c r="C92" s="5">
-        <v>6.5612589000000554E-2</v>
+        <v>6.5611793000000418E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>6.032880858408074</v>
+        <v>6.0328060235806946</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>12.837575569</v>
+        <v>12.837578799999999</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.63608611899999978</v>
+        <v>-0.63608136500000079</v>
       </c>
       <c r="D93" s="5">
-        <v>-44.028300148234919</v>
+        <v>-44.028055180822413</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>12.752277149999999</v>
+        <v>12.752281</v>
       </c>
       <c r="C94" s="5">
-        <v>-8.5298419000000791E-2</v>
+        <v>-8.5297799999999313E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>-7.6882983382010162</v>
+        <v>-7.6882427032360141</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>12.727455965000001</v>
+        <v>12.727456868000001</v>
       </c>
       <c r="C95" s="5">
-        <v>-2.4821184999998636E-2</v>
+        <v>-2.4824131999999111E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>-2.3108516652758815</v>
+        <v>-2.3111224097995597</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>12.902957529</v>
+        <v>12.90295602</v>
       </c>
       <c r="C96" s="5">
-        <v>0.17550156399999928</v>
+        <v>0.17549915199999866</v>
       </c>
       <c r="D96" s="5">
-        <v>17.861503189079709</v>
+        <v>17.86123743679704</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>12.830730351</v>
+        <v>12.830727706999999</v>
       </c>
       <c r="C97" s="5">
-        <v>-7.2227178000000336E-2</v>
+        <v>-7.2228313000000099E-2</v>
       </c>
       <c r="D97" s="5">
-        <v>-6.5142701925973379</v>
+        <v>-6.514370167514838</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>12.888440895</v>
+        <v>12.888440316000001</v>
       </c>
       <c r="C98" s="5">
-        <v>5.7710544000000752E-2</v>
+        <v>5.7712609000001081E-2</v>
       </c>
       <c r="D98" s="5">
-        <v>5.5329492259790225</v>
+        <v>5.533153297961646</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>12.809365889</v>
+        <v>12.809363147999999</v>
       </c>
       <c r="C99" s="5">
-        <v>-7.9075006000000059E-2</v>
+        <v>-7.9077168000001308E-2</v>
       </c>
       <c r="D99" s="5">
-        <v>-7.1189829977231112</v>
+        <v>-7.1191714272173741</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>12.683888204</v>
+        <v>12.683889824</v>
       </c>
       <c r="C100" s="5">
-        <v>-0.12547768499999989</v>
+        <v>-0.12547332399999966</v>
       </c>
       <c r="D100" s="5">
-        <v>-11.14184474565163</v>
+        <v>-11.141480385429769</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>12.731485716</v>
+        <v>12.731487338000001</v>
       </c>
       <c r="C101" s="5">
-        <v>4.7597511999999398E-2</v>
+        <v>4.759751400000134E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>4.5972290696260076</v>
+        <v>4.5972286674670126</v>
       </c>
       <c r="E101" s="5">
-        <v>-5.093878036883293</v>
+        <v>-5.0938511100824702</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>12.758626004</v>
+        <v>12.758631354</v>
       </c>
       <c r="C102" s="5">
-        <v>2.7140288000000012E-2</v>
+        <v>2.7144015999999382E-2</v>
       </c>
       <c r="D102" s="5">
-        <v>2.5883014440291952</v>
+        <v>2.5886608197492889</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>12.731911673999999</v>
+        <v>12.731907227000001</v>
       </c>
       <c r="C103" s="5">
-        <v>-2.6714330000000786E-2</v>
+        <v>-2.6724126999999598E-2</v>
       </c>
       <c r="D103" s="5">
-        <v>-2.4838559125623272</v>
+        <v>-2.4847553239451425</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>12.988006049999999</v>
+        <v>12.988000024</v>
       </c>
       <c r="C104" s="5">
-        <v>0.25609437600000007</v>
+        <v>0.25609279699999909</v>
       </c>
       <c r="D104" s="5">
-        <v>26.994929666923873</v>
+        <v>26.994754891438234</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>12.855478914000001</v>
+        <v>12.855479606999999</v>
       </c>
       <c r="C105" s="5">
-        <v>-0.13252713599999844</v>
+        <v>-0.13252041700000028</v>
       </c>
       <c r="D105" s="5">
-        <v>-11.580238899387464</v>
+        <v>-11.579689414554917</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>12.74196375</v>
+        <v>12.74196813</v>
       </c>
       <c r="C106" s="5">
-        <v>-0.11351516400000072</v>
+        <v>-0.11351147699999942</v>
       </c>
       <c r="D106" s="5">
-        <v>-10.09636360370777</v>
+        <v>-10.09605091216117</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>12.736664469000001</v>
+        <v>12.736666806000001</v>
       </c>
       <c r="C107" s="5">
-        <v>-5.2992809999992119E-3</v>
+        <v>-5.3013239999994966E-3</v>
       </c>
       <c r="D107" s="5">
-        <v>-0.4979304243501903</v>
+        <v>-0.49812177858697959</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>12.656789576</v>
+        <v>12.656789084</v>
       </c>
       <c r="C108" s="5">
-        <v>-7.9874893000001279E-2</v>
+        <v>-7.9877722000000873E-2</v>
       </c>
       <c r="D108" s="5">
-        <v>-7.2712892155864406</v>
+        <v>-7.2715366433837136</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>12.691618524000001</v>
+        <v>12.691614668</v>
       </c>
       <c r="C109" s="5">
-        <v>3.4828948000001247E-2</v>
+        <v>3.4825584000000021E-2</v>
       </c>
       <c r="D109" s="5">
-        <v>3.3525985997181929</v>
+        <v>3.3522700007573514</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>12.754656466</v>
+        <v>12.754656833</v>
       </c>
       <c r="C110" s="5">
-        <v>6.3037941999999347E-2</v>
+        <v>6.3042165000000594E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>6.1258229481774285</v>
+        <v>6.1262465138333555</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>12.905914417</v>
+        <v>12.905911734</v>
       </c>
       <c r="C111" s="5">
-        <v>0.15125795099999984</v>
+        <v>0.15125490099999972</v>
       </c>
       <c r="D111" s="5">
-        <v>15.196737714080545</v>
+        <v>15.196410560865914</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>12.994730423</v>
+        <v>12.994735189</v>
       </c>
       <c r="C112" s="5">
-        <v>8.8816006000000058E-2</v>
+        <v>8.8823454999999996E-2</v>
       </c>
       <c r="D112" s="5">
-        <v>8.5780213841500697</v>
+        <v>8.5787701232082689</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>12.738665243</v>
+        <v>12.738669387</v>
       </c>
       <c r="C113" s="5">
-        <v>-0.25606518000000023</v>
+        <v>-0.25606580200000018</v>
       </c>
       <c r="D113" s="5">
-        <v>-21.244696976305711</v>
+        <v>-21.24473615412753</v>
       </c>
       <c r="E113" s="5">
-        <v>5.6391902407559868E-2</v>
+        <v>5.6411704377712368E-2</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>12.610377082999999</v>
+        <v>12.610391154</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.12828816000000032</v>
+        <v>-0.12827823299999963</v>
       </c>
       <c r="D114" s="5">
-        <v>-11.437517991949342</v>
+        <v>-11.436677865466594</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>12.163416577</v>
+        <v>12.163418438000001</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.44696050599999992</v>
+        <v>-0.44697271599999944</v>
       </c>
       <c r="D115" s="5">
-        <v>-35.146996991430044</v>
+        <v>-35.147746293516512</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>12.388261501000001</v>
+        <v>12.388214720000001</v>
       </c>
       <c r="C116" s="5">
-        <v>0.224844924000001</v>
+        <v>0.22479628199999979</v>
       </c>
       <c r="D116" s="5">
-        <v>24.582602817152498</v>
+        <v>24.576728771842159</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>12.453988716</v>
+        <v>12.453996436000001</v>
       </c>
       <c r="C117" s="5">
-        <v>6.5727214999999006E-2</v>
+        <v>6.5781716000000046E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>6.5558368526422495</v>
+        <v>6.5614581939183569</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>12.729090849</v>
+        <v>12.729101751</v>
       </c>
       <c r="C118" s="5">
-        <v>0.27510213300000075</v>
+        <v>0.27510531499999935</v>
       </c>
       <c r="D118" s="5">
-        <v>29.977152576768606</v>
+        <v>29.977521579518296</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>12.750439532</v>
+        <v>12.750449079999999</v>
       </c>
       <c r="C119" s="5">
-        <v>2.1348682999999369E-2</v>
+        <v>2.1347328999999249E-2</v>
       </c>
       <c r="D119" s="5">
-        <v>2.0312573480515184</v>
+        <v>2.0311255731152889</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>12.611717633</v>
+        <v>12.611726137</v>
       </c>
       <c r="C120" s="5">
-        <v>-0.13872189900000009</v>
+        <v>-0.13872294299999943</v>
       </c>
       <c r="D120" s="5">
-        <v>-12.302140782107285</v>
+        <v>-12.302219229542622</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>12.558776243000001</v>
+        <v>12.558759520000001</v>
       </c>
       <c r="C121" s="5">
-        <v>-5.2941389999999089E-2</v>
+        <v>-5.2966616999999161E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>-4.9226629326633571</v>
+        <v>-4.9249514618858843</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>12.128179855000001</v>
+        <v>12.128188010000001</v>
       </c>
       <c r="C122" s="5">
-        <v>-0.43059638799999966</v>
+        <v>-0.43057151000000005</v>
       </c>
       <c r="D122" s="5">
-        <v>-34.207002787153129</v>
+        <v>-34.205420593588585</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>12.020255689000001</v>
+        <v>12.020254414</v>
       </c>
       <c r="C123" s="5">
-        <v>-0.1079241660000001</v>
+        <v>-0.10793359600000052</v>
       </c>
       <c r="D123" s="5">
-        <v>-10.170925369759043</v>
+        <v>-10.171764518562776</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>11.79311893</v>
+        <v>11.793123375</v>
       </c>
       <c r="C124" s="5">
-        <v>-0.22713675900000041</v>
+        <v>-0.22713103899999965</v>
       </c>
       <c r="D124" s="5">
-        <v>-20.46108377963445</v>
+        <v>-20.460622784484915</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>11.844549500999999</v>
+        <v>11.844557789</v>
       </c>
       <c r="C125" s="5">
-        <v>5.1430570999999148E-2</v>
+        <v>5.1434413999999151E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>5.3606467939551816</v>
+        <v>5.3610549402871355</v>
       </c>
       <c r="E125" s="5">
-        <v>-7.018912303165548</v>
+        <v>-7.0188774889821222</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>12.052616710000001</v>
+        <v>12.052634754</v>
       </c>
       <c r="C126" s="5">
-        <v>0.20806720900000109</v>
+        <v>0.20807696500000006</v>
       </c>
       <c r="D126" s="5">
-        <v>23.24053638196737</v>
+        <v>23.241715607698431</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>12.092918432999999</v>
+        <v>12.092922783000001</v>
       </c>
       <c r="C127" s="5">
-        <v>4.0301722999998901E-2</v>
+        <v>4.0288029000000947E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>4.0872022525802576</v>
+        <v>4.0857816136425251</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>12.097410311000001</v>
+        <v>12.097320799</v>
       </c>
       <c r="C128" s="5">
-        <v>4.4918780000013925E-3</v>
+        <v>4.3980159999996715E-3</v>
       </c>
       <c r="D128" s="5">
-        <v>0.44664812218231376</v>
+        <v>0.43729615714094283</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>12.257975720999999</v>
+        <v>12.257988236999999</v>
       </c>
       <c r="C129" s="5">
-        <v>0.16056540999999847</v>
+        <v>0.16066743799999905</v>
       </c>
       <c r="D129" s="5">
-        <v>17.142948255620393</v>
+        <v>17.154785463415688</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>12.209783605</v>
+        <v>12.209801369999999</v>
       </c>
       <c r="C130" s="5">
-        <v>-4.8192115999999174E-2</v>
+        <v>-4.8186867000000078E-2</v>
       </c>
       <c r="D130" s="5">
-        <v>-4.6171001430150067</v>
+        <v>-4.6166034668970628</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>12.371307644</v>
+        <v>12.37132781</v>
       </c>
       <c r="C131" s="5">
-        <v>0.16152403899999968</v>
+        <v>0.16152644000000116</v>
       </c>
       <c r="D131" s="5">
-        <v>17.082416856692319</v>
+        <v>17.082662843987116</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>12.372101414999999</v>
+        <v>12.372127622000001</v>
       </c>
       <c r="C132" s="5">
-        <v>7.9377099999966561E-4</v>
+        <v>7.9981200000034391E-4</v>
       </c>
       <c r="D132" s="5">
-        <v>7.7021883072525554E-2</v>
+        <v>7.7608140573048878E-2</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>12.339964016</v>
+        <v>12.339927839</v>
       </c>
       <c r="C133" s="5">
-        <v>-3.2137398999999789E-2</v>
+        <v>-3.2199783000001148E-2</v>
       </c>
       <c r="D133" s="5">
-        <v>-3.0729346586810258</v>
+        <v>-3.0788081791106925</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>12.388001971</v>
+        <v>12.388042305999999</v>
       </c>
       <c r="C134" s="5">
-        <v>4.8037954999999855E-2</v>
+        <v>4.811446699999955E-2</v>
       </c>
       <c r="D134" s="5">
-        <v>4.7727806421561159</v>
+        <v>4.780560518816257</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>12.132002827000001</v>
+        <v>12.131980107</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.25599914399999868</v>
+        <v>-0.25606219899999871</v>
       </c>
       <c r="D135" s="5">
-        <v>-22.165015251069519</v>
+        <v>-22.1698054132371</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>12.383627536000001</v>
+        <v>12.383641626999999</v>
       </c>
       <c r="C136" s="5">
-        <v>0.25162470899999967</v>
+        <v>0.25166151999999897</v>
       </c>
       <c r="D136" s="5">
-        <v>27.933576271000593</v>
+        <v>27.938198247604639</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>12.336572038</v>
+        <v>12.336577208</v>
       </c>
       <c r="C137" s="5">
-        <v>-4.705549800000064E-2</v>
+        <v>-4.7064418999999802E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>-4.4656804328956579</v>
+        <v>-4.4665044629125799</v>
       </c>
       <c r="E137" s="5">
-        <v>4.1539995840150779</v>
+        <v>4.1539703530083294</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>12.092565749</v>
+        <v>12.092581171000001</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.24400628899999965</v>
+        <v>-0.24399603699999872</v>
       </c>
       <c r="D138" s="5">
-        <v>-21.315806182642405</v>
+        <v>-21.314997699197558</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>12.120750757</v>
+        <v>12.120757754</v>
       </c>
       <c r="C139" s="5">
-        <v>2.8185007999999456E-2</v>
+        <v>2.8176582999998701E-2</v>
       </c>
       <c r="D139" s="5">
-        <v>2.8330603401706345</v>
+        <v>2.8321989475540876</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>12.009388312</v>
+        <v>12.009257613999999</v>
       </c>
       <c r="C140" s="5">
-        <v>-0.11136244499999925</v>
+        <v>-0.11150014000000041</v>
       </c>
       <c r="D140" s="5">
-        <v>-10.484879387120694</v>
+        <v>-10.497189002848772</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>11.755506135999999</v>
+        <v>11.755524046</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.25388217600000118</v>
+        <v>-0.25373356799999947</v>
       </c>
       <c r="D141" s="5">
-        <v>-22.617039722845877</v>
+        <v>-22.605518165888729</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>11.610856329000001</v>
+        <v>11.610880973</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.14464980699999863</v>
+        <v>-0.14464307299999923</v>
       </c>
       <c r="D142" s="5">
-        <v>-13.806399163953643</v>
+        <v>-13.805779649841732</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>11.191851666</v>
+        <v>11.191881735000001</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.41900466300000083</v>
+        <v>-0.41899923799999961</v>
       </c>
       <c r="D143" s="5">
-        <v>-35.664255426402136</v>
+        <v>-35.663819854620485</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>11.056986932999999</v>
+        <v>11.05702762</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.13486473300000057</v>
+        <v>-0.13485411500000133</v>
       </c>
       <c r="D144" s="5">
-        <v>-13.539406914923358</v>
+        <v>-13.538376577141609</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>10.962124036000001</v>
+        <v>10.962075351999999</v>
       </c>
       <c r="C145" s="5">
-        <v>-9.4862896999998725E-2</v>
+        <v>-9.4952268000000117E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>-9.8231656696289082</v>
+        <v>-9.8319530114167044</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>10.983040537999999</v>
+        <v>10.983109657</v>
       </c>
       <c r="C146" s="5">
-        <v>2.0916501999998616E-2</v>
+        <v>2.1034305000000586E-2</v>
       </c>
       <c r="D146" s="5">
-        <v>2.3138665350142862</v>
+        <v>2.3270466561153835</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>10.741316213999999</v>
+        <v>10.741273472</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.24172432399999977</v>
+        <v>-0.24183618500000037</v>
       </c>
       <c r="D147" s="5">
-        <v>-23.436992468446995</v>
+        <v>-23.446429763406318</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>10.662493907</v>
+        <v>10.662511586000001</v>
       </c>
       <c r="C148" s="5">
-        <v>-7.882230699999937E-2</v>
+        <v>-7.8761885999998782E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>-8.4590261701746776</v>
+        <v>-8.4528334601159489</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>10.734738892999999</v>
+        <v>10.734737542</v>
       </c>
       <c r="C149" s="5">
-        <v>7.22449859999994E-2</v>
+        <v>7.2225955999998703E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>8.4406898672857888</v>
+        <v>8.4383685153935239</v>
       </c>
       <c r="E149" s="5">
-        <v>-12.984426630557644</v>
+        <v>-12.984474048127726</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>10.589523913000001</v>
+        <v>10.589530026</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.14521497999999866</v>
+        <v>-0.14520751599999926</v>
       </c>
       <c r="D150" s="5">
-        <v>-15.078158900856497</v>
+        <v>-15.077442373305683</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>10.504487383000001</v>
+        <v>10.504487753999999</v>
       </c>
       <c r="C151" s="5">
-        <v>-8.5036529999999999E-2</v>
+        <v>-8.5042272000000807E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>-9.2218891848310331</v>
+        <v>-9.2224795495260086</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>9.884337618</v>
+        <v>9.8842269469000001</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.62014976500000074</v>
+        <v>-0.62026080709999931</v>
       </c>
       <c r="D152" s="5">
-        <v>-51.819368471834814</v>
+        <v>-51.825862008758492</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>10.451756047</v>
+        <v>10.451762499999999</v>
       </c>
       <c r="C153" s="5">
-        <v>0.56741842899999995</v>
+        <v>0.56753555309999903</v>
       </c>
       <c r="D153" s="5">
-        <v>95.389093913716508</v>
+        <v>95.416795993910512</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>10.314137011</v>
+        <v>10.314163506</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.13761903600000025</v>
+        <v>-0.13759899399999931</v>
       </c>
       <c r="D154" s="5">
-        <v>-14.70499835233432</v>
+        <v>-14.7030010000896</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>10.315096074</v>
+        <v>10.315132209</v>
       </c>
       <c r="C155" s="5">
-        <v>9.590629999998157E-4</v>
+        <v>9.6870299999984866E-4</v>
       </c>
       <c r="D155" s="5">
-        <v>0.11163942858098963</v>
+        <v>0.11276185967081798</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>10.350086129999999</v>
+        <v>10.350135327</v>
       </c>
       <c r="C156" s="5">
-        <v>3.4990055999999825E-2</v>
+        <v>3.5003118000000555E-2</v>
       </c>
       <c r="D156" s="5">
-        <v>4.1473535205638123</v>
+        <v>4.1489159556640232</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>10.378707185</v>
+        <v>10.378657041</v>
       </c>
       <c r="C157" s="5">
-        <v>2.8621055000000339E-2</v>
+        <v>2.8521714000000031E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>3.3692929901805613</v>
+        <v>3.3574044796446323</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>10.168862891</v>
+        <v>10.168952138</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.20984429399999982</v>
+        <v>-0.20970490300000044</v>
       </c>
       <c r="D158" s="5">
-        <v>-21.738244027267108</v>
+        <v>-21.725463245098176</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>10.038989954</v>
+        <v>10.038927841</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.12987293700000002</v>
+        <v>-0.13002429700000029</v>
       </c>
       <c r="D159" s="5">
-        <v>-14.293939051984827</v>
+        <v>-14.309327380842586</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>9.9490587447000003</v>
+        <v>9.9490769005999997</v>
       </c>
       <c r="C160" s="5">
-        <v>-8.9931209299999537E-2</v>
+        <v>-8.9850940399999857E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>-10.235687991871135</v>
+        <v>-10.227057190890566</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>9.7277617948999993</v>
+        <v>9.7277588032000004</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.22129694980000103</v>
+        <v>-0.2213180973999993</v>
       </c>
       <c r="D161" s="5">
-        <v>-23.656654619867133</v>
+        <v>-23.65860815426133</v>
       </c>
       <c r="E161" s="5">
-        <v>-9.3805457975008508</v>
+        <v>-9.3805622620968911</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>9.7903114430000002</v>
+        <v>9.7903079766999994</v>
       </c>
       <c r="C162" s="5">
-        <v>6.2549648100000965E-2</v>
+        <v>6.2549173499999E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>7.9948289817710627</v>
+        <v>7.9947687055835992</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>9.5943830108999997</v>
+        <v>9.5943819775999994</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.19592843210000055</v>
+        <v>-0.19592599909999997</v>
       </c>
       <c r="D163" s="5">
-        <v>-21.540320517025759</v>
+        <v>-21.54008856877865</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>9.4822053841000002</v>
+        <v>9.4821016980999993</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.11217762679999943</v>
+        <v>-0.11228027950000019</v>
       </c>
       <c r="D164" s="5">
-        <v>-13.162427445974089</v>
+        <v>-13.173709163838431</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>9.4443103842999996</v>
+        <v>9.4443107692999995</v>
       </c>
       <c r="C165" s="5">
-        <v>-3.7894999800000662E-2</v>
+        <v>-3.779092879999979E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>-4.691699699979301</v>
+        <v>-4.6791460575964177</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>9.4284005666000006</v>
+        <v>9.4284275928000003</v>
       </c>
       <c r="C166" s="5">
-        <v>-1.5909817699998996E-2</v>
+        <v>-1.5883176499999152E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>-2.0028863601496694</v>
+        <v>-1.9995633811824898</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>9.3277893739</v>
+        <v>9.3278253594000002</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.10061119270000063</v>
+        <v>-0.10060223340000007</v>
       </c>
       <c r="D167" s="5">
-        <v>-12.079840396986386</v>
+        <v>-12.078794411215988</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>9.2655453646999995</v>
+        <v>9.2655921746000001</v>
       </c>
       <c r="C168" s="5">
-        <v>-6.2244009200000505E-2</v>
+        <v>-6.2233184800000174E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>-7.7201097176335161</v>
+        <v>-7.7187873522396755</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>9.0111528061000001</v>
+        <v>9.0111120030999992</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.25439255859999932</v>
+        <v>-0.25448017150000091</v>
       </c>
       <c r="D169" s="5">
-        <v>-28.400100861896803</v>
+        <v>-28.408331592542268</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>8.9808459600999999</v>
+        <v>8.9809295493000008</v>
       </c>
       <c r="C170" s="5">
-        <v>-3.030684600000022E-2</v>
+        <v>-3.0182453799998399E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-3.962086155484057</v>
+        <v>-3.9461400182940309</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>8.4355547924999996</v>
+        <v>8.4354983375000003</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.54529116760000029</v>
+        <v>-0.54543121180000043</v>
       </c>
       <c r="D171" s="5">
-        <v>-52.841841327979488</v>
+        <v>-52.850894815270635</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>8.4405628326999995</v>
+        <v>8.4405729617999992</v>
       </c>
       <c r="C172" s="5">
-        <v>5.0080401999998969E-3</v>
+        <v>5.0746242999988311E-3</v>
       </c>
       <c r="D172" s="5">
-        <v>0.71474968693194807</v>
+        <v>0.72428892669480494</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>8.3332705648999994</v>
+        <v>8.3332716791999992</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.10729226780000012</v>
+        <v>-0.10730128259999994</v>
       </c>
       <c r="D173" s="5">
-        <v>-14.231284325551563</v>
+        <v>-14.232381814246898</v>
       </c>
       <c r="E173" s="5">
-        <v>-14.335170406116371</v>
+        <v>-14.335132605685875</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>8.1545777919999995</v>
+        <v>8.1545671812999991</v>
       </c>
       <c r="C174" s="5">
-        <v>-0.17869277289999985</v>
+        <v>-0.17870449790000009</v>
       </c>
       <c r="D174" s="5">
-        <v>-22.903978265535486</v>
+        <v>-22.905305767439632</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>8.0599174408999996</v>
+        <v>8.0599110599999992</v>
       </c>
       <c r="C175" s="5">
-        <v>-9.4660351099999929E-2</v>
+        <v>-9.4656121299999896E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>-13.074067557386304</v>
+        <v>-13.07353607705557</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>7.9599308743000003</v>
+        <v>7.9598704607000004</v>
       </c>
       <c r="C176" s="5">
-        <v>-9.9986566599999271E-2</v>
+        <v>-0.10004059929999887</v>
       </c>
       <c r="D176" s="5">
-        <v>-13.91163976432882</v>
+        <v>-13.918662283525219</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>7.8389520539999999</v>
+        <v>7.8389411456999998</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.1209788203000004</v>
+        <v>-0.12092931500000059</v>
       </c>
       <c r="D177" s="5">
-        <v>-16.78827162640345</v>
+        <v>-16.782082249812824</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>7.8308735577000004</v>
+        <v>7.8308931275000004</v>
       </c>
       <c r="C178" s="5">
-        <v>-8.0784962999995713E-3</v>
+        <v>-8.0480181999993405E-3</v>
       </c>
       <c r="D178" s="5">
-        <v>-1.2296843291909387</v>
+        <v>-1.225072905277691</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>7.8234662749000004</v>
+        <v>7.8234934041999997</v>
       </c>
       <c r="C179" s="5">
-        <v>-7.4072828000000257E-3</v>
+        <v>-7.3997233000007157E-3</v>
       </c>
       <c r="D179" s="5">
-        <v>-1.129202406176355</v>
+        <v>-1.1280531772696833</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>7.7906436995000004</v>
+        <v>7.7906790636999999</v>
       </c>
       <c r="C180" s="5">
-        <v>-3.2822575399999998E-2</v>
+        <v>-3.2814340499999872E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>-4.9199209684573253</v>
+        <v>-4.918698273002498</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>7.7440995630999998</v>
+        <v>7.7440739688000004</v>
       </c>
       <c r="C181" s="5">
-        <v>-4.6544136400000546E-2</v>
+        <v>-4.6605094899999422E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>-6.9382910182902213</v>
+        <v>-6.9470506742936866</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>7.7150919599999996</v>
+        <v>7.7151603020000001</v>
       </c>
       <c r="C182" s="5">
-        <v>-2.9007603100000168E-2</v>
+        <v>-2.8913666800000293E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>-4.4034654236276278</v>
+        <v>-4.3895112936207177</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>7.5295228060000001</v>
+        <v>7.5294694334000001</v>
       </c>
       <c r="C183" s="5">
-        <v>-0.18556915399999951</v>
+        <v>-0.18569086860000006</v>
       </c>
       <c r="D183" s="5">
-        <v>-25.335157615905612</v>
+        <v>-25.349444100150688</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>7.4440249462999999</v>
+        <v>7.4440322128999998</v>
       </c>
       <c r="C184" s="5">
-        <v>-8.5497859700000234E-2</v>
+        <v>-8.5437220500000244E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>-12.806441610213948</v>
+        <v>-12.798002992266099</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>7.3413087689000003</v>
+        <v>7.3413129417</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.10271617739999961</v>
+        <v>-0.1027192711999998</v>
       </c>
       <c r="D185" s="5">
-        <v>-15.35758470433044</v>
+        <v>-15.357998874020062</v>
       </c>
       <c r="E185" s="5">
-        <v>-11.903631212673849</v>
+        <v>-11.903592918684591</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>7.2283932655000003</v>
+        <v>7.2283801856999998</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.11291550340000001</v>
+        <v>-0.11293275600000019</v>
       </c>
       <c r="D186" s="5">
-        <v>-16.972992456259352</v>
+        <v>-16.975361586081362</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>7.2264616938000001</v>
+        <v>7.2264533103000002</v>
       </c>
       <c r="C187" s="5">
-        <v>-1.9315717000001342E-3</v>
+        <v>-1.9268753999996946E-3</v>
       </c>
       <c r="D187" s="5">
-        <v>-0.32019321119766131</v>
+        <v>-0.31941643205287695</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>7.2453568571</v>
+        <v>7.2453273305000003</v>
       </c>
       <c r="C188" s="5">
-        <v>1.8895163299999851E-2</v>
+        <v>1.8874020200000174E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>3.1831804056966284</v>
+        <v>3.1795709469412348</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>7.3384293887999998</v>
+        <v>7.3384147322000004</v>
       </c>
       <c r="C189" s="5">
-        <v>9.307253169999985E-2</v>
+        <v>9.3087401700000072E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>16.552090710606993</v>
+        <v>16.554997105662483</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>7.2391307765999997</v>
+        <v>7.2391433127000004</v>
       </c>
       <c r="C190" s="5">
-        <v>-9.9298612200000136E-2</v>
+        <v>-9.9271419499999958E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-15.082024668928696</v>
+        <v>-15.078224721953914</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>7.2151873893999996</v>
+        <v>7.2152056845999999</v>
       </c>
       <c r="C191" s="5">
-        <v>-2.394338720000011E-2</v>
+        <v>-2.3937628100000552E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>-3.8975830042538906</v>
+        <v>-3.8966558771786008</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>7.2051762711</v>
+        <v>7.2051992209</v>
       </c>
       <c r="C192" s="5">
-        <v>-1.0011118299999566E-2</v>
+        <v>-1.0006463699999912E-2</v>
       </c>
       <c r="D192" s="5">
-        <v>-1.6523600524456894</v>
+        <v>-1.65159349366516</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>7.2610089060999998</v>
+        <v>7.2609973138999999</v>
       </c>
       <c r="C193" s="5">
-        <v>5.5832634999999797E-2</v>
+        <v>5.5798092999999938E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>9.7054775846570074</v>
+        <v>9.6991828494877197</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>7.3374471023999996</v>
+        <v>7.3374943314000003</v>
       </c>
       <c r="C194" s="5">
-        <v>7.6438196299999817E-2</v>
+        <v>7.6497017500000375E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>13.390368452373513</v>
+        <v>13.40129961280172</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>7.3238743378000004</v>
+        <v>7.3238341418999999</v>
       </c>
       <c r="C195" s="5">
-        <v>-1.3572764599999232E-2</v>
+        <v>-1.3660189500000364E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>-2.197307837306306</v>
+        <v>-2.2113024481969279</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>7.3468771918</v>
+        <v>7.3468798935999997</v>
       </c>
       <c r="C196" s="5">
-        <v>2.3002853999999573E-2</v>
+        <v>2.3045751699999784E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>3.8347579854191904</v>
+        <v>3.8420550442338275</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>7.3410116489000004</v>
+        <v>7.3410186928999996</v>
       </c>
       <c r="C197" s="5">
-        <v>-5.8655428999996317E-3</v>
+        <v>-5.8612007000000688E-3</v>
       </c>
       <c r="D197" s="5">
-        <v>-0.95385105104627277</v>
+        <v>-0.95314767157069769</v>
       </c>
       <c r="E197" s="5">
-        <v>-4.0472347554554311E-3</v>
+        <v>-4.0081222846266584E-3</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>7.7441248054000003</v>
+        <v>7.7441129987000004</v>
       </c>
       <c r="C198" s="5">
-        <v>0.4031131564999999</v>
+        <v>0.40309430580000072</v>
       </c>
       <c r="D198" s="5">
-        <v>89.931572292032726</v>
+        <v>89.925910571509831</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>7.6068248719999998</v>
+        <v>7.6068144713999999</v>
       </c>
       <c r="C199" s="5">
-        <v>-0.13729993340000046</v>
+        <v>-0.13729852730000047</v>
       </c>
       <c r="D199" s="5">
-        <v>-19.31869914295482</v>
+        <v>-19.318546820714012</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>7.6446470467000003</v>
+        <v>7.6446422194999997</v>
       </c>
       <c r="C200" s="5">
-        <v>3.7822174700000488E-2</v>
+        <v>3.7827748099999781E-2</v>
       </c>
       <c r="D200" s="5">
-        <v>6.1324652269888924</v>
+        <v>6.1334023695837292</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>7.7468844356000002</v>
+        <v>7.7468636953000001</v>
       </c>
       <c r="C201" s="5">
-        <v>0.10223738889999989</v>
+        <v>0.10222147580000041</v>
       </c>
       <c r="D201" s="5">
-        <v>17.283161107531853</v>
+        <v>17.280281889561387</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>7.7466905302000004</v>
+        <v>7.7466975028</v>
       </c>
       <c r="C202" s="5">
-        <v>-1.9390539999974976E-4</v>
+        <v>-1.6619250000005081E-4</v>
       </c>
       <c r="D202" s="5">
-        <v>-3.0032002113344891E-2</v>
+        <v>-2.5740412959307513E-2</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>7.7043826834000004</v>
+        <v>7.7043938520999999</v>
       </c>
       <c r="C203" s="5">
-        <v>-4.2307846799999993E-2</v>
+        <v>-4.2303650700000084E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>-6.3603729714270312</v>
+        <v>-6.3597554197067581</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>7.7084945515000003</v>
+        <v>7.7085074884999996</v>
       </c>
       <c r="C204" s="5">
-        <v>4.1118680999998602E-3</v>
+        <v>4.1136363999996206E-3</v>
       </c>
       <c r="D204" s="5">
-        <v>0.64232938385782035</v>
+        <v>0.64260549362908925</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>7.6663849773999999</v>
+        <v>7.6663853165000004</v>
       </c>
       <c r="C205" s="5">
-        <v>-4.210957410000038E-2</v>
+        <v>-4.2122171999999125E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>-6.3618872157415574</v>
+        <v>-6.3637233043585484</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>7.8450327452000002</v>
+        <v>7.8450605103999997</v>
       </c>
       <c r="C206" s="5">
-        <v>0.17864776780000025</v>
+        <v>0.17867519389999931</v>
       </c>
       <c r="D206" s="5">
-        <v>31.840742011993981</v>
+        <v>31.84627148015775</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>8.1105834559000005</v>
+        <v>8.1105562539000005</v>
       </c>
       <c r="C207" s="5">
-        <v>0.26555071070000036</v>
+        <v>0.26549574350000071</v>
       </c>
       <c r="D207" s="5">
-        <v>49.103569736626355</v>
+        <v>49.09123682328007</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>7.9605024226000003</v>
+        <v>7.9605010807000003</v>
       </c>
       <c r="C208" s="5">
-        <v>-0.15008103330000022</v>
+        <v>-0.15005517320000017</v>
       </c>
       <c r="D208" s="5">
-        <v>-20.079061153569235</v>
+        <v>-20.076006204957274</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>7.9395598880999998</v>
+        <v>7.9395711748000002</v>
       </c>
       <c r="C209" s="5">
-        <v>-2.0942534500000498E-2</v>
+        <v>-2.0929905900000101E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>-3.1116854486614831</v>
+        <v>-3.1098366318787152</v>
       </c>
       <c r="E209" s="5">
-        <v>8.1534843946159405</v>
+        <v>8.1535343654539627</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>7.8305582069000002</v>
+        <v>7.8305510237</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.10900168119999964</v>
+        <v>-0.10902015110000018</v>
       </c>
       <c r="D210" s="5">
-        <v>-15.285935649095883</v>
+        <v>-15.288313274720766</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>7.7823497433000002</v>
+        <v>7.7823429707000003</v>
       </c>
       <c r="C211" s="5">
-        <v>-4.8208463599999973E-2</v>
+        <v>-4.8208052999999751E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>-7.1426540713616422</v>
+        <v>-7.1426016129131913</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>7.7263190312000001</v>
+        <v>7.7263165199000001</v>
       </c>
       <c r="C212" s="5">
-        <v>-5.6030712100000102E-2</v>
+        <v>-5.6026450800000127E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>-8.3056217788999191</v>
+        <v>-8.3050218539075793</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>7.6515569941999999</v>
+        <v>7.6515434034999998</v>
       </c>
       <c r="C213" s="5">
-        <v>-7.476203700000017E-2</v>
+        <v>-7.4773116400000283E-2</v>
       </c>
       <c r="D213" s="5">
-        <v>-11.013081446662698</v>
+        <v>-11.014631055173263</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>7.6534687223000004</v>
+        <v>7.6534715678999996</v>
       </c>
       <c r="C214" s="5">
-        <v>1.9117281000005093E-3</v>
+        <v>1.9281643999997655E-3</v>
       </c>
       <c r="D214" s="5">
-        <v>0.30023023879819366</v>
+        <v>0.30281561971341464</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>7.6979286911000004</v>
+        <v>7.6979334466999996</v>
       </c>
       <c r="C215" s="5">
-        <v>4.4459968800000027E-2</v>
+        <v>4.4461878799999965E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>7.198044869491893</v>
+        <v>7.1983612815154085</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>7.7131587703999998</v>
+        <v>7.7131640143000002</v>
       </c>
       <c r="C216" s="5">
-        <v>1.5230079299999311E-2</v>
+        <v>1.5230567600000633E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>2.4001631655268696</v>
+        <v>2.4002394588223508</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>7.6712299857000001</v>
+        <v>7.6712350944000001</v>
       </c>
       <c r="C217" s="5">
-        <v>-4.1928784699999611E-2</v>
+        <v>-4.1928919900000139E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>-6.3316683284698634</v>
+        <v>-6.331683961717216</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>7.4753703903000002</v>
+        <v>7.4753794729000003</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.19585959539999998</v>
+        <v>-0.1958556214999998</v>
       </c>
       <c r="D218" s="5">
-        <v>-26.681671859600563</v>
+        <v>-26.681188795478374</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>7.6206892210000001</v>
+        <v>7.6206828071999997</v>
       </c>
       <c r="C219" s="5">
-        <v>0.14531883069999996</v>
+        <v>0.14530333429999942</v>
       </c>
       <c r="D219" s="5">
-        <v>25.990680206103466</v>
+        <v>25.987570845582518</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>7.5766036988999996</v>
+        <v>7.5765999558999999</v>
       </c>
       <c r="C220" s="5">
-        <v>-4.4085522100000496E-2</v>
+        <v>-4.4082851299999781E-2</v>
       </c>
       <c r="D220" s="5">
-        <v>-6.7253028497666794</v>
+        <v>-6.7249137711056672</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>7.5474906386000002</v>
+        <v>7.5475003862000003</v>
       </c>
       <c r="C221" s="5">
-        <v>-2.9113060299999383E-2</v>
+        <v>-2.9099569699999606E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>-4.5147837132277875</v>
+        <v>-4.5127377996162839</v>
       </c>
       <c r="E221" s="5">
-        <v>-4.9381735892897849</v>
+        <v>-4.9381859544810558</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>7.8126418715000003</v>
+        <v>7.8126365053000004</v>
       </c>
       <c r="C222" s="5">
-        <v>0.26515123290000009</v>
+        <v>0.26513611910000012</v>
       </c>
       <c r="D222" s="5">
-        <v>51.336611673827747</v>
+        <v>51.33301893211388</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>7.6654316675</v>
+        <v>7.6654260144000004</v>
       </c>
       <c r="C223" s="5">
-        <v>-0.14721020400000029</v>
+        <v>-0.14721049090000005</v>
       </c>
       <c r="D223" s="5">
-        <v>-20.40892035252093</v>
+        <v>-20.408968697952545</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>7.5987733785999998</v>
+        <v>7.5987704178</v>
       </c>
       <c r="C224" s="5">
-        <v>-6.6658288900000251E-2</v>
+        <v>-6.6655596600000422E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-9.950249826978208</v>
+        <v>-9.9498739534622302</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>7.5583730475999999</v>
+        <v>7.5583653375999997</v>
       </c>
       <c r="C225" s="5">
-        <v>-4.0400330999999845E-2</v>
+        <v>-4.0405080200000221E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>-6.1967329207803568</v>
+        <v>-6.1974425428907303</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>7.4574370645999997</v>
+        <v>7.4574372530000002</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.10093598300000028</v>
+        <v>-0.10092808459999958</v>
       </c>
       <c r="D226" s="5">
-        <v>-14.898877684775968</v>
+        <v>-14.897810178435588</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>7.3881721156999998</v>
+        <v>7.3881729594000003</v>
       </c>
       <c r="C227" s="5">
-        <v>-6.9264948899999901E-2</v>
+        <v>-6.926429359999986E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-10.593542357454499</v>
+        <v>-10.593446943551188</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>7.3106724671999999</v>
+        <v>7.3106754195999999</v>
       </c>
       <c r="C228" s="5">
-        <v>-7.7499648499999907E-2</v>
+        <v>-7.7497539800000403E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>-11.886211617431098</v>
+        <v>-11.885905349066073</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>7.1844777133999997</v>
+        <v>7.1844836228000002</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.12619475380000011</v>
+        <v>-0.1261917967999997</v>
       </c>
       <c r="D229" s="5">
-        <v>-18.856357686729964</v>
+        <v>-18.855950011872778</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>7.1019183890999997</v>
+        <v>7.1019262789999997</v>
       </c>
       <c r="C230" s="5">
-        <v>-8.2559324300000014E-2</v>
+        <v>-8.255734380000046E-2</v>
       </c>
       <c r="D230" s="5">
-        <v>-12.950615402837728</v>
+        <v>-12.95031411066504</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>7.0364550363999996</v>
+        <v>7.0364574502000004</v>
       </c>
       <c r="C231" s="5">
-        <v>-6.5463352700000144E-2</v>
+        <v>-6.5468828799999379E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>-10.51734244338135</v>
+        <v>-10.518167015899383</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>7.0915247571000002</v>
+        <v>7.0915271618000002</v>
       </c>
       <c r="C232" s="5">
-        <v>5.5069720700000602E-2</v>
+        <v>5.5069711599999849E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>9.8066086681365405</v>
+        <v>9.8066034670754263</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>6.8645958856</v>
+        <v>6.8646018142000003</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.22692887150000018</v>
+        <v>-0.22692534759999994</v>
       </c>
       <c r="D233" s="5">
-        <v>-32.313161832726763</v>
+        <v>-32.312735766916489</v>
       </c>
       <c r="E233" s="5">
-        <v>-9.0479708514970998</v>
+        <v>-9.0480097655725285</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>6.6676539898999998</v>
+        <v>6.6676377501999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.1969418957000002</v>
+        <v>-0.19696406400000033</v>
       </c>
       <c r="D234" s="5">
-        <v>-29.48249366513236</v>
+        <v>-29.485285464809287</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>6.5460934543000002</v>
+        <v>6.5460813348000002</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.12156053559999958</v>
+        <v>-0.12155641539999973</v>
       </c>
       <c r="D235" s="5">
-        <v>-19.81193025942337</v>
+        <v>-19.811368120495278</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>6.3603826314000003</v>
+        <v>6.3603790011000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.18571082289999996</v>
+        <v>-0.18570233370000011</v>
       </c>
       <c r="D236" s="5">
-        <v>-29.203383627949798</v>
+        <v>-29.202295636817833</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>6.2550518331999996</v>
+        <v>6.2550527440000003</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.10533079820000069</v>
+        <v>-0.10532625709999976</v>
       </c>
       <c r="D237" s="5">
-        <v>-18.158790510030276</v>
+        <v>-18.158086956097886</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>6.2479904709999996</v>
+        <v>6.2479895712999998</v>
       </c>
       <c r="C238" s="5">
-        <v>-7.0613621999999765E-3</v>
+        <v>-7.063172700000564E-3</v>
       </c>
       <c r="D238" s="5">
-        <v>-1.3463069078181733</v>
+        <v>-1.34664975872133</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>6.1875862174999998</v>
+        <v>6.1875864172000004</v>
       </c>
       <c r="C239" s="5">
-        <v>-6.0404253499999783E-2</v>
+        <v>-6.0403154099999412E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>-11.00392386765099</v>
+        <v>-11.003735616608001</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>6.0164197388999998</v>
+        <v>6.0164236630000003</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.1711664786</v>
+        <v>-0.17116275420000004</v>
       </c>
       <c r="D240" s="5">
-        <v>-28.582874149885086</v>
+        <v>-28.582342841134412</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>5.9028873849999997</v>
+        <v>5.9028961220999996</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.11353235390000016</v>
+        <v>-0.11352754090000072</v>
       </c>
       <c r="D241" s="5">
-        <v>-20.436030003457773</v>
+        <v>-20.435239540329096</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>5.9298173070000004</v>
+        <v>5.9298290513999996</v>
       </c>
       <c r="C242" s="5">
-        <v>2.6929922000000772E-2</v>
+        <v>2.6932929300000019E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>5.6140715157676713</v>
+        <v>5.6147057420115942</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>5.957443134</v>
+        <v>5.9574555381999996</v>
       </c>
       <c r="C243" s="5">
-        <v>2.7625826999999603E-2</v>
+        <v>2.7626486800000016E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>5.7360559621189244</v>
+        <v>5.7361848346508149</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>5.7985902350999998</v>
+        <v>5.7986000369999999</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.15885289890000021</v>
+        <v>-0.15885550119999969</v>
       </c>
       <c r="D244" s="5">
-        <v>-27.698023149434135</v>
+        <v>-27.698363031973862</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>5.7760785725000003</v>
+        <v>5.7760819903999998</v>
       </c>
       <c r="C245" s="5">
-        <v>-2.2511662599999482E-2</v>
+        <v>-2.2518046600000119E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>-4.5605187806201153</v>
+        <v>-4.5617770373643225</v>
       </c>
       <c r="E245" s="5">
-        <v>-15.856975869233668</v>
+        <v>-15.856998748977791</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>5.8460024643999997</v>
+        <v>5.8459561158</v>
       </c>
       <c r="C246" s="5">
-        <v>6.9923891899999369E-2</v>
+        <v>6.9874125400000153E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>15.534269046062409</v>
+        <v>15.522457398226553</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>5.7433703196000003</v>
+        <v>5.7433510542999997</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.10263214479999938</v>
+        <v>-0.10260506150000026</v>
       </c>
       <c r="D247" s="5">
-        <v>-19.147415863390783</v>
+        <v>-19.142977976165319</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>5.7368932317999999</v>
+        <v>5.7368879519</v>
       </c>
       <c r="C248" s="5">
-        <v>-6.4770878000004473E-3</v>
+        <v>-6.4631023999996984E-3</v>
       </c>
       <c r="D248" s="5">
-        <v>-1.3449378587930605</v>
+        <v>-1.3420562779315581</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>5.6563036243000004</v>
+        <v>5.6563073888000002</v>
       </c>
       <c r="C249" s="5">
-        <v>-8.0589607499999438E-2</v>
+        <v>-8.0580563099999836E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>-15.613814132070946</v>
+        <v>-15.612208198196164</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>5.5339949425999997</v>
+        <v>5.5339969848999999</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.12230868170000075</v>
+        <v>-0.12231040390000025</v>
       </c>
       <c r="D250" s="5">
-        <v>-23.07411019622463</v>
+        <v>-23.074383892757588</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>5.4888255805000004</v>
+        <v>5.4888291926999999</v>
       </c>
       <c r="C251" s="5">
-        <v>-4.5169362099999333E-2</v>
+        <v>-4.5167792200000001E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-9.366642406859139</v>
+        <v>-9.366328030747006</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>5.5165129505000001</v>
+        <v>5.5165197227</v>
       </c>
       <c r="C252" s="5">
-        <v>2.7687369999999767E-2</v>
+        <v>2.7690530000000102E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>6.2239729373417152</v>
+        <v>6.2246989026055743</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>5.5076945476999999</v>
+        <v>5.5077102843999999</v>
       </c>
       <c r="C253" s="5">
-        <v>-8.8184028000002357E-3</v>
+        <v>-8.8094383000001386E-3</v>
       </c>
       <c r="D253" s="5">
-        <v>-1.9014800989128444</v>
+        <v>-1.8995617507528983</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>5.4389589420000002</v>
+        <v>5.4389825136000001</v>
       </c>
       <c r="C254" s="5">
-        <v>-6.8735605699999702E-2</v>
+        <v>-6.872777079999981E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>-13.989552911995828</v>
+        <v>-13.988028843741629</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>5.3667784621000001</v>
+        <v>5.3668045458</v>
       </c>
       <c r="C255" s="5">
-        <v>-7.2180479900000094E-2</v>
+        <v>-7.2177967800000076E-2</v>
       </c>
       <c r="D255" s="5">
-        <v>-14.812739207586834</v>
+        <v>-14.812201126660096</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>5.3996749314999999</v>
+        <v>5.3996952555000002</v>
       </c>
       <c r="C256" s="5">
-        <v>3.2896469399999795E-2</v>
+        <v>3.2890709700000187E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>7.6086955379669474</v>
+        <v>7.6072799154869086</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>5.3866909769999998</v>
+        <v>5.3867008510999996</v>
       </c>
       <c r="C257" s="5">
-        <v>-1.2983954500000117E-2</v>
+        <v>-1.2994404400000548E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>-2.8476398899688893</v>
+        <v>-2.849890926861387</v>
       </c>
       <c r="E257" s="5">
-        <v>-6.7413832864719136</v>
+        <v>-6.7412675226418468</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>5.3323773232000002</v>
+        <v>5.3323125964999996</v>
       </c>
       <c r="C258" s="5">
-        <v>-5.4313653799999528E-2</v>
+        <v>-5.4388254600000074E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>-11.45057740169565</v>
+        <v>-11.465422238934519</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>5.3482678978999996</v>
+        <v>5.3481742283999996</v>
       </c>
       <c r="C259" s="5">
-        <v>1.5890574699999327E-2</v>
+        <v>1.5861631900000006E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>3.6352177532520624</v>
+        <v>3.6285327068146911</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>5.4241548427000001</v>
+        <v>5.4241467923000002</v>
       </c>
       <c r="C260" s="5">
-        <v>7.5886944800000578E-2</v>
+        <v>7.5972563900000623E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>18.420559058984011</v>
+        <v>18.443340578174315</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>5.4583568790000001</v>
+        <v>5.4583601049999997</v>
       </c>
       <c r="C261" s="5">
-        <v>3.4202036299999961E-2</v>
+        <v>3.4213312699999499E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>7.8346127023987577</v>
+        <v>7.8372980728671715</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>5.4230815650000004</v>
+        <v>5.4230899664000001</v>
       </c>
       <c r="C262" s="5">
-        <v>-3.5275313999999725E-2</v>
+        <v>-3.5270138599999612E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>-7.4853503005653295</v>
+        <v>-7.4842865555045819</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>5.4950827894999996</v>
+        <v>5.4951055270999998</v>
       </c>
       <c r="C263" s="5">
-        <v>7.2001224499999239E-2</v>
+        <v>7.2015560699999703E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>17.148637573397373</v>
+        <v>17.152276652848329</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>5.5139989917000003</v>
+        <v>5.5140360521999998</v>
       </c>
       <c r="C264" s="5">
-        <v>1.8916202200000676E-2</v>
+        <v>1.893052510000004E-2</v>
       </c>
       <c r="D264" s="5">
-        <v>4.2099791538040554</v>
+        <v>4.2132097253972711</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>5.5025576832</v>
+        <v>5.5026038048999997</v>
       </c>
       <c r="C265" s="5">
-        <v>-1.1441308500000247E-2</v>
+        <v>-1.1432247300000142E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>-2.4617275873083599</v>
+        <v>-2.4597838006163553</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>5.5386068673000004</v>
+        <v>5.5386534952000002</v>
       </c>
       <c r="C266" s="5">
-        <v>3.6049184100000353E-2</v>
+        <v>3.6049690300000492E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>8.1511721171976692</v>
+        <v>8.1512199278784827</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>5.4679613150000002</v>
+        <v>5.4680071867000004</v>
       </c>
       <c r="C267" s="5">
-        <v>-7.0645552300000247E-2</v>
+        <v>-7.0646308499999755E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>-14.276731420044763</v>
+        <v>-14.27676179423656</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>5.5921875969999997</v>
+        <v>5.5922295178999999</v>
       </c>
       <c r="C268" s="5">
-        <v>0.12422628199999952</v>
+        <v>0.12422233119999948</v>
       </c>
       <c r="D268" s="5">
-        <v>30.940978860844503</v>
+        <v>30.939575959625088</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>5.5895103275000002</v>
+        <v>5.5895355823999999</v>
       </c>
       <c r="C269" s="5">
-        <v>-2.6772694999994684E-3</v>
+        <v>-2.6939354999999665E-3</v>
       </c>
       <c r="D269" s="5">
-        <v>-0.57299174911912276</v>
+        <v>-0.57654486652058967</v>
       </c>
       <c r="E269" s="5">
-        <v>3.7651937221941045</v>
+        <v>3.7654723532416057</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>5.8466680019000004</v>
+        <v>5.8465016283000004</v>
       </c>
       <c r="C270" s="5">
-        <v>0.25715767440000015</v>
+        <v>0.25696604590000049</v>
       </c>
       <c r="D270" s="5">
-        <v>71.560003689224303</v>
+        <v>71.492131234574202</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>5.8659443339999999</v>
+        <v>5.8657353936999996</v>
       </c>
       <c r="C271" s="5">
-        <v>1.9276332099999571E-2</v>
+        <v>1.9233765399999214E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>4.0289095635111405</v>
+        <v>4.0199676649862459</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>5.8226779198000003</v>
+        <v>5.8226060455999997</v>
       </c>
       <c r="C272" s="5">
-        <v>-4.3266414199999659E-2</v>
+        <v>-4.3129348099999909E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>-8.5006589854288883</v>
+        <v>-8.4750986305616838</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>5.7665117399000003</v>
+        <v>5.7664636823000004</v>
       </c>
       <c r="C273" s="5">
-        <v>-5.6166179899999946E-2</v>
+        <v>-5.6142363299999332E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>-10.980540706996623</v>
+        <v>-10.976257020766234</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>5.9138600407000004</v>
+        <v>5.9138838454</v>
       </c>
       <c r="C274" s="5">
-        <v>0.14734830080000005</v>
+        <v>0.14742016309999961</v>
       </c>
       <c r="D274" s="5">
-        <v>35.361244787837066</v>
+        <v>35.3813217202106</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>5.8984105482000002</v>
+        <v>5.8985315145000001</v>
       </c>
       <c r="C275" s="5">
-        <v>-1.5449492500000161E-2</v>
+        <v>-1.5352330899999878E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>-3.0902519040945098</v>
+        <v>-3.0710818263376183</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>5.9130175826000002</v>
+        <v>5.9131911148</v>
       </c>
       <c r="C276" s="5">
-        <v>1.4607034399999996E-2</v>
+        <v>1.4659600299999909E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>3.0125348616358405</v>
+        <v>3.0234617473797964</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>5.8945471631000004</v>
+        <v>5.8947050484999997</v>
       </c>
       <c r="C277" s="5">
-        <v>-1.8470419499999835E-2</v>
+        <v>-1.8486066300000381E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>-3.6846919325489225</v>
+        <v>-3.6876534922690163</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>5.8310992630999996</v>
+        <v>5.8311913941000002</v>
       </c>
       <c r="C278" s="5">
-        <v>-6.3447900000000779E-2</v>
+        <v>-6.3513654399999453E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>-12.178702097347072</v>
+        <v>-12.190277749781785</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>5.8647508129999997</v>
+        <v>5.8647896758</v>
       </c>
       <c r="C279" s="5">
-        <v>3.3651549900000077E-2</v>
+        <v>3.3598281699999788E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>7.1493536461018303</v>
+        <v>7.1375592999112891</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>5.7808016638000002</v>
+        <v>5.7808256336000001</v>
       </c>
       <c r="C280" s="5">
-        <v>-8.3949149199999518E-2</v>
+        <v>-8.3964042199999867E-2</v>
       </c>
       <c r="D280" s="5">
-        <v>-15.88720566660542</v>
+        <v>-15.889708868929631</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>5.7972013160999998</v>
+        <v>5.7972222351999996</v>
       </c>
       <c r="C281" s="5">
-        <v>1.6399652299999623E-2</v>
+        <v>1.639660159999945E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>3.4579228932695827</v>
+        <v>3.4572550152072612</v>
       </c>
       <c r="E281" s="5">
-        <v>3.7157277906469721</v>
+        <v>3.7156334321218232</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>5.6352587617000003</v>
+        <v>5.6349775037000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.16194255439999949</v>
+        <v>-0.16224473149999952</v>
       </c>
       <c r="D282" s="5">
-        <v>-28.822001852121936</v>
+        <v>-28.867700634289804</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>5.6661241531000002</v>
+        <v>5.6657434960000002</v>
       </c>
       <c r="C283" s="5">
-        <v>3.0865391399999886E-2</v>
+        <v>3.07659923000001E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>6.774287181903782</v>
+        <v>6.752159228783805</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>5.7281605996999998</v>
+        <v>5.7279601947999996</v>
       </c>
       <c r="C284" s="5">
-        <v>6.2036446599999628E-2</v>
+        <v>6.221669879999947E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>13.959147813349592</v>
+        <v>14.003185965100219</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>5.6702126273999998</v>
+        <v>5.6700466146000004</v>
       </c>
       <c r="C285" s="5">
-        <v>-5.7947972300000039E-2</v>
+        <v>-5.7913580199999259E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>-11.486419480692057</v>
+        <v>-11.480356408644255</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>5.7041964085999997</v>
+        <v>5.7041542122999997</v>
       </c>
       <c r="C286" s="5">
-        <v>3.3983781199999896E-2</v>
+        <v>3.4107597699999381E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>7.433942306984731</v>
+        <v>7.4621552115373246</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>5.5991961257999998</v>
+        <v>5.5993247141999998</v>
       </c>
       <c r="C287" s="5">
-        <v>-0.10500028279999984</v>
+        <v>-0.10482949809999997</v>
       </c>
       <c r="D287" s="5">
-        <v>-19.984428810172062</v>
+        <v>-19.95526964431771</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>5.6297370974999996</v>
+        <v>5.6307196769000001</v>
       </c>
       <c r="C288" s="5">
-        <v>3.0540971699999808E-2</v>
+        <v>3.1394962700000306E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>6.7454103156046719</v>
+        <v>6.9397184087171659</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>5.6028203678999997</v>
+        <v>5.6029878847000001</v>
       </c>
       <c r="C289" s="5">
-        <v>-2.6916729599999911E-2</v>
+        <v>-2.7731792199999994E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>-5.5889094563627228</v>
+        <v>-5.7526125572513127</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>5.6304245345000004</v>
+        <v>5.6304859681000003</v>
       </c>
       <c r="C290" s="5">
-        <v>2.7604166600000646E-2</v>
+        <v>2.7498083400000262E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>6.0750677686092436</v>
+        <v>6.0509016205042787</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>5.6623290101999997</v>
+        <v>5.6623170658999999</v>
       </c>
       <c r="C291" s="5">
-        <v>3.1904475699999324E-2</v>
+        <v>3.1831097799999597E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>7.0157015078436968</v>
+        <v>6.998982190543046</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>5.6734932018000004</v>
+        <v>5.6734053654999999</v>
       </c>
       <c r="C292" s="5">
-        <v>1.1164191600000706E-2</v>
+        <v>1.1088299599999907E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>2.3918193617586292</v>
+        <v>2.3753897934413848</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>5.7022992072000003</v>
+        <v>5.7022875139</v>
       </c>
       <c r="C293" s="5">
-        <v>2.880600539999989E-2</v>
+        <v>2.888214840000014E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>6.2658090904033514</v>
+        <v>6.2829380047813688</v>
       </c>
       <c r="E293" s="5">
-        <v>-1.6370331773098323</v>
+        <v>-1.6375898223043417</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>5.5194209988000003</v>
+        <v>5.5189658289999999</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.18287820840000002</v>
+        <v>-0.18332168490000011</v>
       </c>
       <c r="D294" s="5">
-        <v>-32.372670299300729</v>
+        <v>-32.437901667249392</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>5.4634727269000001</v>
+        <v>5.4629041370999998</v>
       </c>
       <c r="C295" s="5">
-        <v>-5.5948271900000179E-2</v>
+        <v>-5.6061691900000099E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>-11.508186535140918</v>
+        <v>-11.531127224575567</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>5.5353904723999996</v>
+        <v>5.5350094532999998</v>
       </c>
       <c r="C296" s="5">
-        <v>7.1917745499999519E-2</v>
+        <v>7.2105316200000047E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>16.991359889262281</v>
+        <v>17.04084491753224</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>5.5695447176000004</v>
+        <v>5.5691842038999999</v>
       </c>
       <c r="C297" s="5">
-        <v>3.4154245200000766E-2</v>
+        <v>3.4174750600000081E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>7.6607001788823847</v>
+        <v>7.6660024911929359</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>5.5961285288999996</v>
+        <v>5.5958294444999996</v>
       </c>
       <c r="C298" s="5">
-        <v>2.6583811299999205E-2</v>
+        <v>2.6645240599999731E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>5.8804611730204348</v>
+        <v>5.894800811411316</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>5.6979720549000001</v>
+        <v>5.6977770696999999</v>
       </c>
       <c r="C299" s="5">
-        <v>0.10184352600000057</v>
+        <v>0.10194762520000022</v>
       </c>
       <c r="D299" s="5">
-        <v>24.162832800371127</v>
+        <v>24.19148138666052</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>5.7452620708</v>
+        <v>5.7486009435999996</v>
       </c>
       <c r="C300" s="5">
-        <v>4.7290015899999815E-2</v>
+        <v>5.0823873899999761E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>10.426764348842156</v>
+        <v>11.245001145124567</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>5.8089131665</v>
+        <v>5.8087536744000001</v>
       </c>
       <c r="C301" s="5">
-        <v>6.3651095700000049E-2</v>
+        <v>6.0152730800000498E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>14.135432322286068</v>
+        <v>13.305131829786498</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>5.8260444366000002</v>
+        <v>5.8258760360000004</v>
       </c>
       <c r="C302" s="5">
-        <v>1.7131270100000151E-2</v>
+        <v>1.7122361600000247E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>3.5969330862557714</v>
+        <v>3.595132518993216</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>5.8579598216999997</v>
+        <v>5.8578117523</v>
       </c>
       <c r="C303" s="5">
-        <v>3.1915385099999583E-2</v>
+        <v>3.1935716299999584E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>6.775386075287515</v>
+        <v>6.7800351007872628</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>5.8682464415000002</v>
+        <v>5.8679721086000001</v>
       </c>
       <c r="C304" s="5">
-        <v>1.0286619800000452E-2</v>
+        <v>1.0160356300000117E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>2.1276797778181145</v>
+        <v>2.1013674890552503</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>5.9087221025999996</v>
+        <v>5.9085432347999998</v>
       </c>
       <c r="C305" s="5">
-        <v>4.0475661099999449E-2</v>
+        <v>4.0571126199999696E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>8.5982055381843558</v>
+        <v>8.6196807989048718</v>
       </c>
       <c r="E305" s="5">
-        <v>3.6199941093824073</v>
+        <v>3.6170698232459664</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>6.0121206950000001</v>
+        <v>6.0114491734</v>
       </c>
       <c r="C306" s="5">
-        <v>0.10339859240000049</v>
+        <v>0.10290593860000019</v>
       </c>
       <c r="D306" s="5">
-        <v>23.142937421452526</v>
+        <v>23.022667928130414</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>5.9622028605999997</v>
+        <v>5.9613415677999999</v>
       </c>
       <c r="C307" s="5">
-        <v>-4.9917834400000416E-2</v>
+        <v>-5.0107605600000049E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>-9.5208116928424573</v>
+        <v>-9.5563829844805817</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>5.9468331442000002</v>
+        <v>5.9461571014999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-1.5369716399999511E-2</v>
+        <v>-1.5184466300000032E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>-3.0499457716373302</v>
+        <v>-3.0141277457769733</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>5.8661560340000003</v>
+        <v>5.8655088984999999</v>
       </c>
       <c r="C309" s="5">
-        <v>-8.0677110199999902E-2</v>
+        <v>-8.0648202999999974E-2</v>
       </c>
       <c r="D309" s="5">
-        <v>-15.118257182350147</v>
+        <v>-15.114829878239433</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>5.9913845633999996</v>
+        <v>5.9908028769000001</v>
       </c>
       <c r="C310" s="5">
-        <v>0.12522852939999929</v>
+        <v>0.12529397840000023</v>
       </c>
       <c r="D310" s="5">
-        <v>28.849585679428213</v>
+        <v>28.870045015360901</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>5.9946919948000001</v>
+        <v>5.9942456923999998</v>
       </c>
       <c r="C311" s="5">
-        <v>3.30743140000056E-3</v>
+        <v>3.4428154999996963E-3</v>
       </c>
       <c r="D311" s="5">
-        <v>0.66445245754309656</v>
+        <v>0.69180409120956909</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>5.9603085350000002</v>
+        <v>5.9663567259999999</v>
       </c>
       <c r="C312" s="5">
-        <v>-3.4383459799999905E-2</v>
+        <v>-2.7888966399999937E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>-6.66975426900005</v>
+        <v>-5.4424709532956639</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>6.0145297016999999</v>
+        <v>6.0141316463000001</v>
       </c>
       <c r="C313" s="5">
-        <v>5.4221166699999657E-2</v>
+        <v>4.777492030000019E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>11.479545227414235</v>
+        <v>10.043544658786852</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>6.0270609817</v>
+        <v>6.0266781455</v>
       </c>
       <c r="C314" s="5">
-        <v>1.2531280000000145E-2</v>
+        <v>1.254649919999995E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>2.5290518336721135</v>
+        <v>2.5323282077106546</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>5.9605810978999996</v>
+        <v>5.9602559691000003</v>
       </c>
       <c r="C315" s="5">
-        <v>-6.6479883800000472E-2</v>
+        <v>-6.6422176399999699E-2</v>
       </c>
       <c r="D315" s="5">
-        <v>-12.462087325196647</v>
+        <v>-12.452660470120891</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>5.9723636027999998</v>
+        <v>5.9718369920000001</v>
       </c>
       <c r="C316" s="5">
-        <v>1.1782504900000212E-2</v>
+        <v>1.1581022899999738E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>2.3980452781348527</v>
+        <v>2.3567292327480782</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>5.9083912726000003</v>
+        <v>5.9079972424999996</v>
       </c>
       <c r="C317" s="5">
-        <v>-6.3972330199999483E-2</v>
+        <v>-6.3839749500000487E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>-12.122823517733284</v>
+        <v>-12.100162673455749</v>
       </c>
       <c r="E317" s="5">
-        <v>-5.5990109917969377E-3</v>
+        <v>-9.2407261536919805E-3</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>5.8937204855000003</v>
+        <v>5.8928078255000003</v>
       </c>
       <c r="C318" s="5">
-        <v>-1.4670787100000027E-2</v>
+        <v>-1.5189416999999317E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-2.9392937193859048</v>
+        <v>-3.0419367827860921</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>5.8520033036000001</v>
+        <v>5.8508963921000001</v>
       </c>
       <c r="C319" s="5">
-        <v>-4.1717181900000178E-2</v>
+        <v>-4.1911433400000142E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>-8.1708998323350777</v>
+        <v>-8.2086931181592817</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>5.7506330950000004</v>
+        <v>5.7496762257</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.10137020859999968</v>
+        <v>-0.10122016640000009</v>
       </c>
       <c r="D320" s="5">
-        <v>-18.916374107985277</v>
+        <v>-18.894224373293056</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>5.6493798023000004</v>
+        <v>5.6484639138999997</v>
       </c>
       <c r="C321" s="5">
-        <v>-0.10125329270000005</v>
+        <v>-0.10121231180000034</v>
       </c>
       <c r="D321" s="5">
-        <v>-19.19813921211464</v>
+        <v>-19.193996398585909</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>5.5895916648000004</v>
+        <v>5.5887036285000002</v>
       </c>
       <c r="C322" s="5">
-        <v>-5.9788137500000005E-2</v>
+        <v>-5.9760285399999447E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>-11.986008590755192</v>
+        <v>-11.982576757925557</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>5.5908200271000004</v>
+        <v>5.5899800074000003</v>
       </c>
       <c r="C323" s="5">
-        <v>1.2283623000000077E-3</v>
+        <v>1.2763789000000969E-3</v>
       </c>
       <c r="D323" s="5">
-        <v>0.26402960741069847</v>
+        <v>0.27440712370259135</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>5.3752439742</v>
+        <v>5.3837697533000002</v>
       </c>
       <c r="C324" s="5">
-        <v>-0.21557605290000037</v>
+        <v>-0.20621025410000016</v>
       </c>
       <c r="D324" s="5">
-        <v>-37.616171254018191</v>
+        <v>-36.303629989044708</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>5.3337217368000003</v>
+        <v>5.3330033979999998</v>
       </c>
       <c r="C325" s="5">
-        <v>-4.1522237399999717E-2</v>
+        <v>-5.0766355300000399E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>-8.8857965693236896</v>
+        <v>-10.746637580725238</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>5.44210745</v>
+        <v>5.4415042394000004</v>
       </c>
       <c r="C326" s="5">
-        <v>0.10838571319999968</v>
+        <v>0.1085008414000006</v>
       </c>
       <c r="D326" s="5">
-        <v>27.303719573025553</v>
+        <v>27.340144261796517</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>5.2764437471000001</v>
+        <v>5.2759827110000002</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.16566370289999988</v>
+        <v>-0.16552152840000023</v>
       </c>
       <c r="D327" s="5">
-        <v>-30.993436338186243</v>
+        <v>-30.974000751497634</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>5.1801228303000002</v>
+        <v>5.1795342179999997</v>
       </c>
       <c r="C328" s="5">
-        <v>-9.6320916799999878E-2</v>
+        <v>-9.6448493000000468E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>-19.834972773927738</v>
+        <v>-19.860225943486533</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>5.2045346775999999</v>
+        <v>5.2038610661</v>
       </c>
       <c r="C329" s="5">
-        <v>2.4411847299999678E-2</v>
+        <v>2.4326848100000298E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>5.8040239864989074</v>
+        <v>5.7839645545094465</v>
       </c>
       <c r="E329" s="5">
-        <v>-11.912829779302459</v>
+        <v>-11.918356551264075</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>5.2763628735000001</v>
+        <v>5.2752741416999998</v>
       </c>
       <c r="C330" s="5">
-        <v>7.1828195900000225E-2</v>
+        <v>7.1413075599999765E-2</v>
       </c>
       <c r="D330" s="5">
-        <v>17.878063047316761</v>
+        <v>17.769297962038411</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>5.2303400370000004</v>
+        <v>5.2291077880000003</v>
       </c>
       <c r="C331" s="5">
-        <v>-4.602283649999972E-2</v>
+        <v>-4.6166353699999441E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>-9.9791266518259754</v>
+        <v>-10.010730818681902</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>5.2474357432999996</v>
+        <v>5.2462584501</v>
       </c>
       <c r="C332" s="5">
-        <v>1.7095706299999236E-2</v>
+        <v>1.7150662099999714E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>3.9935631079168976</v>
+        <v>4.0075944818030562</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>5.2335257188000002</v>
+        <v>5.2324240095999999</v>
       </c>
       <c r="C333" s="5">
-        <v>-1.3910024499999452E-2</v>
+        <v>-1.3834440500000156E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>-3.135017919827876</v>
+        <v>-3.1189188143623259</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>5.1866120369999997</v>
+        <v>5.1854114641000004</v>
       </c>
       <c r="C334" s="5">
-        <v>-4.691368180000044E-2</v>
+        <v>-4.7012545499999447E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>-10.242073682164687</v>
+        <v>-10.264657582842984</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>5.1851795444000004</v>
+        <v>5.1846274443000002</v>
       </c>
       <c r="C335" s="5">
-        <v>-1.4324925999993354E-3</v>
+        <v>-7.8401980000020188E-4</v>
       </c>
       <c r="D335" s="5">
-        <v>-0.33092552158032751</v>
+        <v>-0.18128586053931528</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>5.2831873620999996</v>
+        <v>5.2934348161000004</v>
       </c>
       <c r="C336" s="5">
-        <v>9.8007817699999222E-2</v>
+        <v>0.10880737180000022</v>
       </c>
       <c r="D336" s="5">
-        <v>25.194878704197631</v>
+        <v>28.303995527956015</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>5.2460446391</v>
+        <v>5.2454700781000003</v>
       </c>
       <c r="C337" s="5">
-        <v>-3.7142722999999656E-2</v>
+        <v>-4.7964738000000118E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>-8.1177486083978785</v>
+        <v>-10.347555826666976</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>5.2602228348000004</v>
+        <v>5.2594519918999998</v>
       </c>
       <c r="C338" s="5">
-        <v>1.4178195700000451E-2</v>
+        <v>1.3981913799999468E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>3.2918191216525283</v>
+        <v>3.2459381142434074</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>5.2854763505999998</v>
+        <v>5.2849246831999999</v>
       </c>
       <c r="C339" s="5">
-        <v>2.5253515799999349E-2</v>
+        <v>2.5472691300000072E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>5.9155926650948487</v>
+        <v>5.9692075143343182</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>5.2890303684999997</v>
+        <v>5.2884651818000004</v>
       </c>
       <c r="C340" s="5">
-        <v>3.5540178999999839E-3</v>
+        <v>3.5404986000004968E-3</v>
       </c>
       <c r="D340" s="5">
-        <v>0.80988524904717085</v>
+        <v>0.80687765630926833</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>5.2960377910999998</v>
+        <v>5.2954803144999998</v>
       </c>
       <c r="C341" s="5">
-        <v>7.0074226000000905E-3</v>
+        <v>7.0151326999994268E-3</v>
       </c>
       <c r="D341" s="5">
-        <v>1.6015135317649642</v>
+        <v>1.6034611113100672</v>
       </c>
       <c r="E341" s="5">
-        <v>1.7581420658762115</v>
+        <v>1.7606013541914711</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>5.2710193781000001</v>
+        <v>5.2689800912999996</v>
       </c>
       <c r="C342" s="5">
-        <v>-2.501841299999974E-2</v>
+        <v>-2.6500223200000228E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>-5.5237930938819684</v>
+        <v>-5.8426133319786082</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>5.3191132385</v>
+        <v>5.3172337139000003</v>
       </c>
       <c r="C343" s="5">
-        <v>4.8093860399999855E-2</v>
+        <v>4.8253622600000767E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>11.515562468556851</v>
+        <v>11.560462353183887</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>5.3418466072999999</v>
+        <v>5.3407975694000003</v>
       </c>
       <c r="C344" s="5">
-        <v>2.2733368799999987E-2</v>
+        <v>2.3563855499999953E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>5.250973722433816</v>
+        <v>5.4494724720199672</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>5.4205811621000004</v>
+        <v>5.4194808232999998</v>
       </c>
       <c r="C345" s="5">
-        <v>7.8734554800000467E-2</v>
+        <v>7.8683253899999528E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>19.193689229135224</v>
+        <v>19.184230929779989</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>5.4817383241000002</v>
+        <v>5.4794469523</v>
       </c>
       <c r="C346" s="5">
-        <v>6.1157161999999765E-2</v>
+        <v>5.9966129000000201E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>14.411422480671131</v>
+        <v>14.116518826638092</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>5.4841369910999997</v>
+        <v>5.4835724078999997</v>
       </c>
       <c r="C347" s="5">
-        <v>2.3986669999995769E-3</v>
+        <v>4.1254555999996612E-3</v>
       </c>
       <c r="D347" s="5">
-        <v>0.52635453724823034</v>
+        <v>0.9072262520509522</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>5.4831098020000004</v>
+        <v>5.4965337571999999</v>
       </c>
       <c r="C348" s="5">
-        <v>-1.0271890999993261E-3</v>
+        <v>1.2961349300000258E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>-0.22453084435525295</v>
+        <v>2.8735684390302829</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>5.5569597066999998</v>
+        <v>5.5561013396999996</v>
       </c>
       <c r="C349" s="5">
-        <v>7.3849904699999414E-2</v>
+        <v>5.9567582499999716E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>17.415020355017006</v>
+        <v>13.808606571030136</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>5.5802983632999998</v>
+        <v>5.5791160676000002</v>
       </c>
       <c r="C350" s="5">
-        <v>2.3338656600000007E-2</v>
+        <v>2.3014727900000587E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>5.1579396038911929</v>
+        <v>5.0855152124281933</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>5.5922838778999999</v>
+        <v>5.5916986726999998</v>
       </c>
       <c r="C351" s="5">
-        <v>1.198551460000008E-2</v>
+        <v>1.2582605099999533E-2</v>
       </c>
       <c r="D351" s="5">
-        <v>2.608058103882005</v>
+        <v>2.7401891805757472</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>5.5936790564000001</v>
+        <v>5.5932846293000003</v>
       </c>
       <c r="C352" s="5">
-        <v>1.3951785000001493E-3</v>
+        <v>1.5859566000004932E-3</v>
       </c>
       <c r="D352" s="5">
-        <v>0.29979046663983766</v>
+        <v>0.34088380877932423</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>5.6840426678</v>
+        <v>5.683485933</v>
       </c>
       <c r="C353" s="5">
-        <v>9.0363611399999932E-2</v>
+        <v>9.0201303699999791E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>21.20412947139403</v>
+        <v>21.164231344268856</v>
       </c>
       <c r="E353" s="5">
-        <v>7.3263237915719426</v>
+        <v>7.3271090714390752</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>5.6785659337999999</v>
+        <v>5.6753734889</v>
       </c>
       <c r="C354" s="5">
-        <v>-5.4767340000001496E-3</v>
+        <v>-8.1124441000000047E-3</v>
       </c>
       <c r="D354" s="5">
-        <v>-1.1501258329434827</v>
+        <v>-1.6994624414701121</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>5.7074247778</v>
+        <v>5.7048263241999999</v>
       </c>
       <c r="C355" s="5">
-        <v>2.8858844000000161E-2</v>
+        <v>2.9452835299999869E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>6.2718602994545902</v>
+        <v>6.4083633461269773</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>5.7300876623999999</v>
+        <v>5.7291688984000002</v>
       </c>
       <c r="C356" s="5">
-        <v>2.2662884599999877E-2</v>
+        <v>2.43425742000003E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>4.8703790054879681</v>
+        <v>5.2423115158704681</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>5.8105038771000004</v>
+        <v>5.8091036866000003</v>
       </c>
       <c r="C357" s="5">
-        <v>8.0416214700000488E-2</v>
+        <v>7.9934788200000106E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>18.203503828533883</v>
+        <v>18.089159515317576</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>5.8792352424000001</v>
+        <v>5.8761877315</v>
       </c>
       <c r="C358" s="5">
-        <v>6.873136529999968E-2</v>
+        <v>6.708404489999964E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>15.155453182972089</v>
+        <v>14.772649195465636</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>5.9800017785000001</v>
+        <v>5.9803039129000002</v>
       </c>
       <c r="C359" s="5">
-        <v>0.10076653610000008</v>
+        <v>0.10411618140000023</v>
       </c>
       <c r="D359" s="5">
-        <v>22.621240488195514</v>
+        <v>23.461376315803939</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>6.0878782283000001</v>
+        <v>6.1031139441000004</v>
       </c>
       <c r="C360" s="5">
-        <v>0.1078764498</v>
+        <v>0.12281003120000022</v>
       </c>
       <c r="D360" s="5">
-        <v>23.929793373591291</v>
+        <v>27.625859376947616</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>6.0692739645999998</v>
+        <v>6.0689557463000003</v>
       </c>
       <c r="C361" s="5">
-        <v>-1.8604263700000345E-2</v>
+        <v>-3.4158197800000067E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>-3.6061296118136132</v>
+        <v>-6.5132828181459601</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>6.0988764121000001</v>
+        <v>6.0977177931000002</v>
       </c>
       <c r="C362" s="5">
-        <v>2.9602447500000295E-2</v>
+        <v>2.876204679999983E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>6.012504064035129</v>
+        <v>5.8376537797385497</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>6.0973690764999997</v>
+        <v>6.0969126604000001</v>
       </c>
       <c r="C363" s="5">
-        <v>-1.5073356000003812E-3</v>
+        <v>-8.0513270000004411E-4</v>
       </c>
       <c r="D363" s="5">
-        <v>-0.2961768487243388</v>
+        <v>-0.15833102580184999</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>6.2005631844</v>
+        <v>6.2003761832000004</v>
       </c>
       <c r="C364" s="5">
-        <v>0.10319410790000028</v>
+        <v>0.10346352280000026</v>
       </c>
       <c r="D364" s="5">
-        <v>22.310528308819055</v>
+        <v>22.376150630127988</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>6.1707475608999998</v>
+        <v>6.1704389321999997</v>
       </c>
       <c r="C365" s="5">
-        <v>-2.9815623500000221E-2</v>
+        <v>-2.9937251000000664E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-5.6200562136134558</v>
+        <v>-5.6425425960069493</v>
       </c>
       <c r="E365" s="5">
-        <v>8.5626537579876825</v>
+        <v>8.5678579122120624</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>6.1818458776999998</v>
+        <v>6.1773654344000004</v>
       </c>
       <c r="C366" s="5">
-        <v>1.1098316800000063E-2</v>
+        <v>6.9265022000006837E-3</v>
       </c>
       <c r="D366" s="5">
-        <v>2.1797219645644628</v>
+        <v>1.3553835618505428</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>6.1940029649000001</v>
+        <v>6.1900513397000001</v>
       </c>
       <c r="C367" s="5">
-        <v>1.2157087200000305E-2</v>
+        <v>1.2685905299999689E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>2.3855877086564226</v>
+        <v>2.4923588580763489</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>6.1119120382999998</v>
+        <v>6.1109504357000004</v>
       </c>
       <c r="C368" s="5">
-        <v>-8.209092660000028E-2</v>
+        <v>-7.9100903999999694E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>-14.794380796127838</v>
+        <v>-14.301321888614194</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>5.4040701666000004</v>
+        <v>5.4023650710000002</v>
       </c>
       <c r="C369" s="5">
-        <v>-0.70784187169999946</v>
+        <v>-0.70858536470000022</v>
       </c>
       <c r="D369" s="5">
-        <v>-77.168912021434039</v>
+        <v>-77.212220417771377</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>5.5857871721999999</v>
+        <v>5.5823438913999999</v>
       </c>
       <c r="C370" s="5">
-        <v>0.18171700559999948</v>
+        <v>0.17997882039999968</v>
       </c>
       <c r="D370" s="5">
-        <v>48.717083783506673</v>
+        <v>48.180787496471943</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>5.8800582128999999</v>
+        <v>5.8807506573000001</v>
       </c>
       <c r="C371" s="5">
-        <v>0.29427104069999999</v>
+        <v>0.29840676590000026</v>
       </c>
       <c r="D371" s="5">
-        <v>85.168409234599125</v>
+        <v>86.807429930278218</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>5.8984459844000003</v>
+        <v>5.9145205296999999</v>
       </c>
       <c r="C372" s="5">
-        <v>1.8387771500000483E-2</v>
+        <v>3.3769872399999734E-2</v>
       </c>
       <c r="D372" s="5">
-        <v>3.8177882767901128</v>
+        <v>7.1127904999432001</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>5.8846551921000003</v>
+        <v>5.8848811038999997</v>
       </c>
       <c r="C373" s="5">
-        <v>-1.3790792300000021E-2</v>
+        <v>-2.9639425800000119E-2</v>
       </c>
       <c r="D373" s="5">
-        <v>-2.7698472056600143</v>
+        <v>-5.8505489766827345</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>5.9109686686999998</v>
+        <v>5.9103152457999997</v>
       </c>
       <c r="C374" s="5">
-        <v>2.6313476599999497E-2</v>
+        <v>2.5434141899999929E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>5.4998008896063766</v>
+        <v>5.3114122570322886</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>6.0024480521000001</v>
+        <v>6.0024059333000004</v>
       </c>
       <c r="C375" s="5">
-        <v>9.147938340000028E-2</v>
+        <v>9.2090687500000712E-2</v>
       </c>
       <c r="D375" s="5">
-        <v>20.236695979723685</v>
+        <v>20.386170809323811</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>5.9995838490000004</v>
+        <v>5.9997601463999999</v>
       </c>
       <c r="C376" s="5">
-        <v>-2.8642030999996848E-3</v>
+        <v>-2.6457869000005019E-3</v>
       </c>
       <c r="D376" s="5">
-        <v>-0.57110660141143077</v>
+        <v>-0.52766482184244401</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>6.0634125560000003</v>
+        <v>6.0629077965000002</v>
       </c>
       <c r="C377" s="5">
-        <v>6.3828706999999874E-2</v>
+        <v>6.3147650100000341E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>13.540786155601747</v>
+        <v>13.38742617799098</v>
       </c>
       <c r="E377" s="5">
-        <v>-1.7394165591882449</v>
+        <v>-1.7426821151872329</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>6.1782173726999998</v>
+        <v>6.1731628343000002</v>
       </c>
       <c r="C378" s="5">
-        <v>0.11480481669999953</v>
+        <v>0.11025503780000001</v>
       </c>
       <c r="D378" s="5">
-        <v>25.242805403536096</v>
+        <v>24.142712560210278</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>6.0779365973999999</v>
+        <v>6.0729992491999996</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.1002807752999999</v>
+        <v>-0.10016358510000067</v>
       </c>
       <c r="D379" s="5">
-        <v>-17.829529710357718</v>
+        <v>-17.823822632747266</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>6.1880190452999999</v>
+        <v>6.1861358463</v>
       </c>
       <c r="C380" s="5">
-        <v>0.11008244789999999</v>
+        <v>0.11313659710000046</v>
       </c>
       <c r="D380" s="5">
-        <v>24.035418318526691</v>
+        <v>24.794287068081932</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>6.3045666999999996</v>
+        <v>6.3014446755</v>
       </c>
       <c r="C381" s="5">
-        <v>0.11654765469999973</v>
+        <v>0.11530882919999996</v>
       </c>
       <c r="D381" s="5">
-        <v>25.095942888268773</v>
+        <v>24.809630761174283</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>6.3989309110999999</v>
+        <v>6.3918737400000003</v>
       </c>
       <c r="C382" s="5">
-        <v>9.4364211100000261E-2</v>
+        <v>9.0429064500000322E-2</v>
       </c>
       <c r="D382" s="5">
-        <v>19.516021726216692</v>
+        <v>18.646988745559192</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>6.3806991571999996</v>
+        <v>6.3863118850999996</v>
       </c>
       <c r="C383" s="5">
-        <v>-1.8231753900000314E-2</v>
+        <v>-5.5618549000007178E-3</v>
       </c>
       <c r="D383" s="5">
-        <v>-3.3659526481172097</v>
+        <v>-1.0391908747180212</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>6.5176189063000001</v>
+        <v>6.5343321540000003</v>
       </c>
       <c r="C384" s="5">
-        <v>0.13691974910000049</v>
+        <v>0.14802026890000075</v>
       </c>
       <c r="D384" s="5">
-        <v>29.017414367297768</v>
+        <v>31.647613922440843</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>6.4947004420000001</v>
+        <v>6.4969007740000002</v>
       </c>
       <c r="C385" s="5">
-        <v>-2.2918464299999997E-2</v>
+        <v>-3.7431380000000125E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>-4.1390035043184277</v>
+        <v>-6.6616057488872338</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>6.5178781649999999</v>
+        <v>6.5186637980000004</v>
       </c>
       <c r="C386" s="5">
-        <v>2.3177722999999872E-2</v>
+        <v>2.1763024000000186E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>4.3675194911167114</v>
+        <v>4.0945964943266633</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>6.5989922597000001</v>
+        <v>6.5999070242000002</v>
       </c>
       <c r="C387" s="5">
-        <v>8.1114094700000194E-2</v>
+        <v>8.1243226199999796E-2</v>
       </c>
       <c r="D387" s="5">
-        <v>15.999620726673115</v>
+        <v>16.024796887488012</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>6.5926674002999999</v>
+        <v>6.5936053928999998</v>
       </c>
       <c r="C388" s="5">
-        <v>-6.3248594000002711E-3</v>
+        <v>-6.3016313000003876E-3</v>
       </c>
       <c r="D388" s="5">
-        <v>-1.1441063390326911</v>
+        <v>-1.1397694744638365</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>6.6542477612999997</v>
+        <v>6.6539240717999997</v>
       </c>
       <c r="C389" s="5">
-        <v>6.1580360999999861E-2</v>
+        <v>6.0318678899999867E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>11.803039870136045</v>
+        <v>11.547196843943563</v>
       </c>
       <c r="E389" s="5">
-        <v>9.7442685920380523</v>
+        <v>9.7480663592011361</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>6.6724375825999998</v>
+        <v>6.6649371405000002</v>
       </c>
       <c r="C390" s="5">
-        <v>1.818982130000002E-2</v>
+        <v>1.1013068700000517E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>3.3300483133080538</v>
+        <v>2.0043290635562538</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>6.7669324067999996</v>
+        <v>6.7580564448000002</v>
       </c>
       <c r="C391" s="5">
-        <v>9.4494824199999883E-2</v>
+        <v>9.3119304300000039E-2</v>
       </c>
       <c r="D391" s="5">
-        <v>18.382586084725936</v>
+        <v>18.116095971893586</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>6.8664761092999997</v>
+        <v>6.8659090434000003</v>
       </c>
       <c r="C392" s="5">
-        <v>9.9543702500000109E-2</v>
+        <v>0.10785259860000007</v>
       </c>
       <c r="D392" s="5">
-        <v>19.152977343707022</v>
+        <v>20.924631339793699</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>7.0102833326000003</v>
+        <v>7.0029390342999998</v>
       </c>
       <c r="C393" s="5">
-        <v>0.14380722330000051</v>
+        <v>0.13702999089999945</v>
       </c>
       <c r="D393" s="5">
-        <v>28.238932092430026</v>
+        <v>26.761566291342763</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>6.9204485422999999</v>
+        <v>6.9043080881999996</v>
       </c>
       <c r="C394" s="5">
-        <v>-8.98347903000003E-2</v>
+        <v>-9.8630946100000116E-2</v>
       </c>
       <c r="D394" s="5">
-        <v>-14.338816147769274</v>
+        <v>-15.651414555696519</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>6.9914506521000002</v>
+        <v>7.0069545576000003</v>
       </c>
       <c r="C395" s="5">
-        <v>7.1002109800000213E-2</v>
+        <v>0.10264646940000066</v>
       </c>
       <c r="D395" s="5">
-        <v>13.030756496240926</v>
+        <v>19.37397667448122</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>6.9335338659000003</v>
+        <v>6.9543848901</v>
       </c>
       <c r="C396" s="5">
-        <v>-5.7916786199999848E-2</v>
+        <v>-5.256966750000025E-2</v>
       </c>
       <c r="D396" s="5">
-        <v>-9.500092681729166</v>
+        <v>-8.640636599711037</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>6.9987292157000001</v>
+        <v>7.0034229757000004</v>
       </c>
       <c r="C397" s="5">
-        <v>6.5195349799999747E-2</v>
+        <v>4.9038085600000336E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>11.885703131442771</v>
+        <v>8.7976720857169344</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>7.1176524193999997</v>
+        <v>7.1202716768999998</v>
       </c>
       <c r="C398" s="5">
-        <v>0.11892320369999965</v>
+        <v>0.11684870119999946</v>
       </c>
       <c r="D398" s="5">
-        <v>22.408344112771506</v>
+        <v>21.964796764833139</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>7.0887426417999997</v>
+        <v>7.0907185505000001</v>
       </c>
       <c r="C399" s="5">
-        <v>-2.890977760000002E-2</v>
+        <v>-2.9553126399999741E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>-4.7666193084504034</v>
+        <v>-4.8685331444903497</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>7.1779714201000004</v>
+        <v>7.1790135214999999</v>
       </c>
       <c r="C400" s="5">
-        <v>8.9228778300000755E-2</v>
+        <v>8.8294970999999833E-2</v>
       </c>
       <c r="D400" s="5">
-        <v>16.195734028412765</v>
+        <v>16.009695497875541</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>7.2444425533999999</v>
+        <v>7.2423548108000002</v>
       </c>
       <c r="C401" s="5">
-        <v>6.647113329999943E-2</v>
+        <v>6.334128930000027E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>11.696348945557023</v>
+        <v>11.116950707386986</v>
       </c>
       <c r="E401" s="5">
-        <v>8.8694441997257059</v>
+        <v>8.8433641960813603</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>7.3715990521999997</v>
+        <v>7.3603834438</v>
       </c>
       <c r="C402" s="5">
-        <v>0.1271564987999998</v>
+        <v>0.11802863299999977</v>
       </c>
       <c r="D402" s="5">
-        <v>23.219882751890776</v>
+        <v>21.408112287827286</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>7.4610842291999999</v>
+        <v>7.4475973404999998</v>
       </c>
       <c r="C403" s="5">
-        <v>8.9485177000000249E-2</v>
+        <v>8.7213896699999793E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>15.580041904912513</v>
+        <v>15.18315783358204</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>7.4516602296999999</v>
+        <v>7.4525917613999999</v>
       </c>
       <c r="C404" s="5">
-        <v>-9.4239995000000576E-3</v>
+        <v>4.9944209000001294E-3</v>
       </c>
       <c r="D404" s="5">
-        <v>-1.5052192001893006</v>
+        <v>0.80770477715328415</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>7.4191207416999996</v>
+        <v>7.4066249823000003</v>
       </c>
       <c r="C405" s="5">
-        <v>-3.2539488000000283E-2</v>
+        <v>-4.5966779099999577E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>-5.1160543052661156</v>
+        <v>-7.1554782534312134</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>7.4438285915</v>
+        <v>7.4175152850000003</v>
       </c>
       <c r="C406" s="5">
-        <v>2.4707849800000403E-2</v>
+        <v>1.0890302700000021E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>4.0703705873183393</v>
+        <v>1.7787542307229787</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>7.5025729555999998</v>
+        <v>7.5350251737000002</v>
       </c>
       <c r="C407" s="5">
-        <v>5.8744364099999835E-2</v>
+        <v>0.1175098886999999</v>
       </c>
       <c r="D407" s="5">
-        <v>9.8920708526398116</v>
+        <v>20.757772080277871</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>7.3540794470000002</v>
+        <v>7.3766830038000002</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.14849350859999966</v>
+        <v>-0.15834216990000005</v>
       </c>
       <c r="D408" s="5">
-        <v>-21.328563406043799</v>
+        <v>-22.497276983323665</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>7.4956633334999996</v>
+        <v>7.5037055809000002</v>
       </c>
       <c r="C409" s="5">
-        <v>0.14158388649999942</v>
+        <v>0.12702257709999998</v>
       </c>
       <c r="D409" s="5">
-        <v>25.713250860483129</v>
+        <v>22.737132780987167</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>7.5087201648999997</v>
+        <v>7.5133079347000002</v>
       </c>
       <c r="C410" s="5">
-        <v>1.3056831400000135E-2</v>
+        <v>9.6023538000000741E-3</v>
       </c>
       <c r="D410" s="5">
-        <v>2.1104446585625158</v>
+        <v>1.5464721903717615</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>7.4766721335000002</v>
+        <v>7.4792854408</v>
       </c>
       <c r="C411" s="5">
-        <v>-3.2048031399999566E-2</v>
+        <v>-3.4022493900000228E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>-5.0031937110356477</v>
+        <v>-5.3006430430888489</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>7.4624029959999998</v>
+        <v>7.4628168958999996</v>
       </c>
       <c r="C412" s="5">
-        <v>-1.4269137500000362E-2</v>
+        <v>-1.6468544900000381E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>-2.266298277076273</v>
+        <v>-2.6104998288707715</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>7.4373879495999997</v>
+        <v>7.4331186435000003</v>
       </c>
       <c r="C413" s="5">
-        <v>-2.5015046400000074E-2</v>
+        <v>-2.9698252399999348E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>-3.9492314630796721</v>
+        <v>-4.6722495310683403</v>
       </c>
       <c r="E413" s="5">
-        <v>2.663357391238419</v>
+        <v>2.6340028579589614</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>7.3614520438</v>
+        <v>7.3467442119999999</v>
       </c>
       <c r="C414" s="5">
-        <v>-7.5935905799999759E-2</v>
+        <v>-8.6374431500000348E-2</v>
       </c>
       <c r="D414" s="5">
-        <v>-11.58690022279737</v>
+        <v>-13.086696813838227</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>7.3651080981000003</v>
+        <v>7.3472713428</v>
       </c>
       <c r="C415" s="5">
-        <v>3.6560543000003776E-3</v>
+        <v>5.2713080000010848E-4</v>
       </c>
       <c r="D415" s="5">
-        <v>0.59760888257969214</v>
+        <v>8.6134296382445186E-2</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>7.3531682107999998</v>
+        <v>7.3565204355000002</v>
       </c>
       <c r="C416" s="5">
-        <v>-1.1939887300000507E-2</v>
+        <v>9.2490927000001832E-3</v>
       </c>
       <c r="D416" s="5">
-        <v>-1.9281185178993132</v>
+        <v>1.5211197705053081</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>7.3300508855000004</v>
+        <v>7.3131680818999998</v>
       </c>
       <c r="C417" s="5">
-        <v>-2.3117325299999436E-2</v>
+        <v>-4.3352353600000448E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>-3.7080763936564343</v>
+        <v>-6.8468998549677362</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>7.1581308919</v>
+        <v>7.1256955488999996</v>
       </c>
       <c r="C418" s="5">
-        <v>-0.17191999360000043</v>
+        <v>-0.18747253300000022</v>
       </c>
       <c r="D418" s="5">
-        <v>-24.783737083639124</v>
+        <v>-26.774812500614164</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>7.1110088663999997</v>
+        <v>7.1561911691000004</v>
       </c>
       <c r="C419" s="5">
-        <v>-4.712202550000022E-2</v>
+        <v>3.049562020000085E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-7.6197750762938004</v>
+        <v>5.2582270480621141</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>7.1618763527000002</v>
+        <v>7.1865033933999998</v>
       </c>
       <c r="C420" s="5">
-        <v>5.0867486300000486E-2</v>
+        <v>3.0312224299999357E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>8.9299197934372252</v>
+        <v>5.2030704516394133</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>7.1900272442000004</v>
+        <v>7.1995391549000001</v>
       </c>
       <c r="C421" s="5">
-        <v>2.8150891500000164E-2</v>
+        <v>1.3035761500000298E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>4.820108865295647</v>
+        <v>2.1985551408155279</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>7.0977970879000001</v>
+        <v>7.1028634137999997</v>
       </c>
       <c r="C422" s="5">
-        <v>-9.223015630000031E-2</v>
+        <v>-9.6675741100000323E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>-14.352138698094908</v>
+        <v>-14.975284991911552</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>7.1375829701000004</v>
+        <v>7.1399117486000003</v>
       </c>
       <c r="C423" s="5">
-        <v>3.9785882200000344E-2</v>
+        <v>3.7048334800000582E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>6.937759705742863</v>
+        <v>6.4418869791109001</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>7.0947746560000002</v>
+        <v>7.0938694517999998</v>
       </c>
       <c r="C424" s="5">
-        <v>-4.2808314100000189E-2</v>
+        <v>-4.6042296800000493E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>-6.9643844807055881</v>
+        <v>-7.4696558961551478</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>6.9884693139999996</v>
+        <v>6.9816037250000003</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.10630534200000064</v>
+        <v>-0.11226572679999958</v>
       </c>
       <c r="D425" s="5">
-        <v>-16.57014689118871</v>
+        <v>-17.422062182337928</v>
       </c>
       <c r="E425" s="5">
-        <v>-6.0359717503259187</v>
+        <v>-6.0743671688172736</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>6.9467784567999997</v>
+        <v>6.9361157858000002</v>
       </c>
       <c r="C426" s="5">
-        <v>-4.1690857199999876E-2</v>
+        <v>-4.5487939200000049E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>-6.9285167936448229</v>
+        <v>-7.5443033578620033</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>6.6882903718</v>
+        <v>6.6714186011000001</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.25848808499999976</v>
+        <v>-0.26469718470000014</v>
       </c>
       <c r="D427" s="5">
-        <v>-36.557534663013122</v>
+        <v>-37.306533095638329</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>6.6838636814000001</v>
+        <v>6.6892576648000004</v>
       </c>
       <c r="C428" s="5">
-        <v>-4.4266903999998775E-3</v>
+        <v>1.7839063700000324E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>-0.79134335854702531</v>
+        <v>3.2563576439856634</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>6.7237548431</v>
+        <v>6.6940167692000001</v>
       </c>
       <c r="C429" s="5">
-        <v>3.9891161699999955E-2</v>
+        <v>4.759104399999714E-3</v>
       </c>
       <c r="D429" s="5">
-        <v>7.4017692797237578</v>
+        <v>0.85709439020411615</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>6.7248056373000002</v>
+        <v>6.7297287353000002</v>
       </c>
       <c r="C430" s="5">
-        <v>1.0507942000002046E-3</v>
+        <v>3.5711966100000048E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>0.18769831438145701</v>
+        <v>6.5931151587477199</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>6.7146419938999999</v>
+        <v>6.5941192936000004</v>
       </c>
       <c r="C431" s="5">
-        <v>-1.0163643400000311E-2</v>
+        <v>-0.13560944169999978</v>
       </c>
       <c r="D431" s="5">
-        <v>-1.7986391345501174</v>
+        <v>-21.673108808422114</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>6.7148473415999996</v>
+        <v>6.5943488445999998</v>
       </c>
       <c r="C432" s="5">
-        <v>2.0534769999969171E-4</v>
+        <v>2.295509999994394E-4</v>
       </c>
       <c r="D432" s="5">
-        <v>3.6704666038644973E-2</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>4.1781765616755173E-2</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>6.7184128570999997</v>
+        <v>6.5978503767000003</v>
       </c>
       <c r="C433" s="5">
-        <v>3.5655155000000605E-3</v>
+        <v>3.5015321000004818E-3</v>
       </c>
       <c r="D433" s="5">
-        <v>0.6390519382604376</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.63905195176403584</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>6.7220227942999999</v>
+        <v>6.6013955331999998</v>
       </c>
       <c r="C434" s="5">
-        <v>3.6099372000002461E-3</v>
+        <v>3.5451564999995355E-3</v>
       </c>
       <c r="D434" s="5">
-        <v>0.64669285016101252</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.64669283641280995</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>6.6138946305999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>1.2499097400000103E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>2.2958935306515826</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>6.5976003906000003</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-1.6294239999999682E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-2.9166335930603471</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>6.6013376548</v>
+      </c>
+      <c r="C437" s="5">
+        <v>3.7372641999997569E-3</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.6818715007371523</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-5.4466865376264328</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>