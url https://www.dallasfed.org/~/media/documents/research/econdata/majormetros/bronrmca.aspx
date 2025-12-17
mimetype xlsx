--- v0 (2025-10-17)
+++ v1 (2025-12-17)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{11C01087-9E53-4612-9B05-9BFA8220D181}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{EBD2D391-20C9-4913-BDF0-BDA3E792D7BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{F6358FFB-9A99-4FA4-A462-8F10E11C0435}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{9523B557-6889-4CFF-8D39-961874B5B632}"/>
   </bookViews>
   <sheets>
     <sheet name="bronrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Brownsville—Harlingen Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{062DE80C-9882-424C-B432-674531B07D6A}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BBAA4645-AEBE-4C28-8974-F4579777C541}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-5.7921403799999993E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-15.729908401830651</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>4.0470200958999998</v>
       </c>
       <c r="C432" s="5">
         <v>1.4652320599999769E-2</v>
       </c>
       <c r="D432" s="5">
         <v>4.448619958441391</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>4.0511918365000001</v>
+        <v>4.0528671151999998</v>
       </c>
       <c r="C433" s="5">
-        <v>4.1717406000003621E-3</v>
+        <v>5.8470192999999782E-3</v>
       </c>
       <c r="D433" s="5">
-        <v>1.2440186509366624</v>
+        <v>1.747568971603064</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>4.1542679345</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.10140081930000022</v>
+      </c>
+      <c r="D434" s="5">
+        <v>34.51963140685266</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>