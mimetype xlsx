--- v1 (2025-12-17)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{EBD2D391-20C9-4913-BDF0-BDA3E792D7BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{F49B248D-7A76-467E-89B4-86BC744F88FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{9523B557-6889-4CFF-8D39-961874B5B632}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{E1D14D25-2256-4AE9-83F2-80976D22E394}"/>
   </bookViews>
   <sheets>
     <sheet name="bronrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Brownsville—Harlingen Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BBAA4645-AEBE-4C28-8974-F4579777C541}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C372844F-9BD0-4E62-9234-865BEEF926B7}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -2689,71 +2689,71 @@
         <v>42.920953904687863</v>
       </c>
       <c r="E125" s="5">
         <v>11.213240078393483</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
         <v>3.8704167667</v>
       </c>
       <c r="C126" s="5">
         <v>-0.19290108229999969</v>
       </c>
       <c r="D126" s="5">
         <v>-44.214254938782503</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>3.8847023877</v>
+        <v>3.8847023878</v>
       </c>
       <c r="C127" s="5">
-        <v>1.4285620999999971E-2</v>
+        <v>1.4285621099999979E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>4.5202022884145654</v>
+        <v>4.5202023207011166</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
         <v>3.9488440451</v>
       </c>
       <c r="C128" s="5">
-        <v>6.4141657399999996E-2</v>
+        <v>6.4141657299999988E-2</v>
       </c>
       <c r="D128" s="5">
-        <v>21.715743210700357</v>
+        <v>21.715743173101831</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
         <v>4.0249183147999998</v>
       </c>
       <c r="C129" s="5">
         <v>7.6074269699999864E-2</v>
       </c>
       <c r="D129" s="5">
         <v>25.731780168467932</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
         <v>4.0888430181000004</v>
       </c>
       <c r="C130" s="5">
         <v>6.3924703300000552E-2</v>
@@ -2888,4246 +2888,4276 @@
         <v>0.1151422583999997</v>
       </c>
       <c r="D139" s="5">
         <v>32.981135587339679</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
         <v>4.9524630403999996</v>
       </c>
       <c r="C140" s="5">
         <v>4.7199834399999752E-2</v>
       </c>
       <c r="D140" s="5">
         <v>12.17785456408189</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>5.0182480155000002</v>
+        <v>5.0182480156000002</v>
       </c>
       <c r="C141" s="5">
-        <v>6.5784975100000587E-2</v>
+        <v>6.5784975200000595E-2</v>
       </c>
       <c r="D141" s="5">
-        <v>17.157620010610341</v>
+        <v>17.157620038625755</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
         <v>4.9716176814999997</v>
       </c>
       <c r="C142" s="5">
-        <v>-4.6630334000000495E-2</v>
+        <v>-4.6630334100000503E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>-10.598001198594742</v>
+        <v>-10.598001219973185</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>4.9248627250999997</v>
+        <v>4.9248627249999997</v>
       </c>
       <c r="C143" s="5">
-        <v>-4.6754956400000047E-2</v>
+        <v>-4.6754956500000056E-2</v>
       </c>
       <c r="D143" s="5">
-        <v>-10.719447831612783</v>
+        <v>-10.719447853367104</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
         <v>4.8009725144999997</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.12389021059999994</v>
+        <v>-0.12389021049999993</v>
       </c>
       <c r="D144" s="5">
-        <v>-26.341803468687186</v>
+        <v>-26.341803450739466</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
         <v>4.8787350715000004</v>
       </c>
       <c r="C145" s="5">
         <v>7.7762557000000676E-2</v>
       </c>
       <c r="D145" s="5">
         <v>21.26520042634472</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
         <v>4.8170584601000002</v>
       </c>
       <c r="C146" s="5">
         <v>-6.1676611400000247E-2</v>
       </c>
       <c r="D146" s="5">
         <v>-14.158721167115228</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>4.7153977063000001</v>
+        <v>4.7153977064000001</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.10166075380000006</v>
+        <v>-0.10166075370000005</v>
       </c>
       <c r="D147" s="5">
-        <v>-22.582894233005479</v>
+        <v>-22.582894213304005</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
         <v>4.6580536409000004</v>
       </c>
       <c r="C148" s="5">
-        <v>-5.73440653999997E-2</v>
+        <v>-5.7344065499999708E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>-13.655656755017242</v>
+        <v>-13.655656776990643</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
         <v>4.6720693859000004</v>
       </c>
       <c r="C149" s="5">
         <v>1.4015745000000024E-2</v>
       </c>
       <c r="D149" s="5">
         <v>3.6710702653139915</v>
       </c>
       <c r="E149" s="5">
         <v>-6.1515161902048199E-2</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>4.5844598484999999</v>
+        <v>4.5844598483999999</v>
       </c>
       <c r="C150" s="5">
-        <v>-8.7609537400000548E-2</v>
+        <v>-8.7609537500000556E-2</v>
       </c>
       <c r="D150" s="5">
-        <v>-20.320486447031616</v>
+        <v>-20.32048646788801</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>4.5911491600999996</v>
+        <v>4.5911491599999996</v>
       </c>
       <c r="C151" s="5">
         <v>6.6893115999997477E-3</v>
       </c>
       <c r="D151" s="5">
-        <v>1.7650733626211723</v>
+        <v>1.7650733626598969</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>4.6460834151999997</v>
+        <v>4.6460834149999997</v>
       </c>
       <c r="C152" s="5">
-        <v>5.4934255100000051E-2</v>
+        <v>5.4934255000000043E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>15.341926820867391</v>
+        <v>15.341926791433202</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>4.7026566602999997</v>
+        <v>4.7026566601999997</v>
       </c>
       <c r="C153" s="5">
-        <v>5.6573245100000058E-2</v>
+        <v>5.6573245200000066E-2</v>
       </c>
       <c r="D153" s="5">
-        <v>15.631253204149553</v>
+        <v>15.631253234374354</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>4.7524788082000002</v>
+        <v>4.7524788081000002</v>
       </c>
       <c r="C154" s="5">
         <v>4.9822147900000502E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>13.48096012645723</v>
+        <v>13.480960126760921</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>4.7444315886000004</v>
+        <v>4.7444315885000004</v>
       </c>
       <c r="C155" s="5">
         <v>-8.0472195999998775E-3</v>
       </c>
       <c r="D155" s="5">
-        <v>-2.0131045980016582</v>
+        <v>-2.0131045980436246</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>4.8199426581999996</v>
+        <v>4.8199426583999996</v>
       </c>
       <c r="C156" s="5">
-        <v>7.5511069599999203E-2</v>
+        <v>7.5511069899999228E-2</v>
       </c>
       <c r="D156" s="5">
-        <v>20.862672546836023</v>
+        <v>20.862672637586719</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>4.7981555083999998</v>
+        <v>4.7981555086999998</v>
       </c>
       <c r="C157" s="5">
-        <v>-2.1787149799999739E-2</v>
+        <v>-2.1787149699999731E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>-5.2914094372185083</v>
+        <v>-5.2914094133181262</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>4.8249223593000004</v>
+        <v>4.8249223596000004</v>
       </c>
       <c r="C158" s="5">
         <v>2.6766850900000527E-2</v>
       </c>
       <c r="D158" s="5">
-        <v>6.9035478657681448</v>
+        <v>6.9035478653231452</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>4.8134109224000001</v>
+        <v>4.8134109228000002</v>
       </c>
       <c r="C159" s="5">
-        <v>-1.1511436900000227E-2</v>
+        <v>-1.1511436800000219E-2</v>
       </c>
       <c r="D159" s="5">
-        <v>-2.8257229113333282</v>
+        <v>-2.8257228869340234</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
         <v>4.7500960697999997</v>
       </c>
       <c r="C160" s="5">
-        <v>-6.3314852600000471E-2</v>
+        <v>-6.3314853000000504E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>-14.691275334161569</v>
+        <v>-14.691275419232619</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>4.7752612970000001</v>
+        <v>4.7752612972000001</v>
       </c>
       <c r="C161" s="5">
-        <v>2.5165227200000473E-2</v>
+        <v>2.5165227400000489E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>6.545955708373552</v>
+        <v>6.5459557619226727</v>
       </c>
       <c r="E161" s="5">
-        <v>2.2086981715516929</v>
+        <v>2.2086981758324464</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>4.8768240650000001</v>
+        <v>4.8768240643</v>
       </c>
       <c r="C162" s="5">
-        <v>0.10156276799999997</v>
+        <v>0.1015627670999999</v>
       </c>
       <c r="D162" s="5">
-        <v>28.729882370088376</v>
+        <v>28.72988208366154</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>4.7886366268999998</v>
+        <v>4.7886366260999997</v>
       </c>
       <c r="C163" s="5">
-        <v>-8.8187438100000293E-2</v>
+        <v>-8.8187438200000301E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>-19.666343417981004</v>
+        <v>-19.666343440660317</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>4.7530472553000003</v>
+        <v>4.7530472545000002</v>
       </c>
       <c r="C164" s="5">
         <v>-3.5589371599999531E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-8.5627850804014809</v>
+        <v>-8.5627850817741056</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>4.4811414963000002</v>
+        <v>4.4811414958000002</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.27190575900000002</v>
+        <v>-0.2719057587</v>
       </c>
       <c r="D165" s="5">
-        <v>-50.682812280644995</v>
+        <v>-50.682812247069251</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>4.5524278922999999</v>
+        <v>4.5524278920999999</v>
       </c>
       <c r="C166" s="5">
-        <v>7.1286395999999641E-2</v>
+        <v>7.1286396299999666E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>20.851770709346738</v>
+        <v>20.851770807448446</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>4.4591234364999996</v>
+        <v>4.4591234369999997</v>
       </c>
       <c r="C167" s="5">
-        <v>-9.3304455800000241E-2</v>
+        <v>-9.3304455100000183E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>-22.003156373044973</v>
+        <v>-22.003156226976571</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>4.4199004634000003</v>
+        <v>4.4199004647000004</v>
       </c>
       <c r="C168" s="5">
-        <v>-3.9222973099999336E-2</v>
+        <v>-3.922297229999927E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>-10.059368097963739</v>
+        <v>-10.059367901539161</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>4.5300562424999997</v>
+        <v>4.5300562439999998</v>
       </c>
       <c r="C169" s="5">
-        <v>0.11015577909999941</v>
+        <v>0.11015577929999942</v>
       </c>
       <c r="D169" s="5">
-        <v>34.367197333166203</v>
+        <v>34.367197392820991</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>4.5614051731999998</v>
+        <v>4.5614051743999999</v>
       </c>
       <c r="C170" s="5">
-        <v>3.1348930700000111E-2</v>
+        <v>3.1348930400000086E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>8.6277242981312341</v>
+        <v>8.6277242094323867</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>4.5927911444999996</v>
+        <v>4.5927911449999996</v>
       </c>
       <c r="C171" s="5">
-        <v>3.138597129999976E-2</v>
+        <v>3.1385970599999702E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>8.5766776686613468</v>
+        <v>8.5766774677371149</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>4.7367310855999998</v>
+        <v>4.7367310848999997</v>
       </c>
       <c r="C172" s="5">
-        <v>0.14393994110000019</v>
+        <v>0.14393993990000009</v>
       </c>
       <c r="D172" s="5">
-        <v>44.818617550599747</v>
+        <v>44.818617104591716</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>4.8841293277000002</v>
+        <v>4.8841293270000001</v>
       </c>
       <c r="C173" s="5">
         <v>0.14739824210000041</v>
       </c>
       <c r="D173" s="5">
-        <v>44.444532305577233</v>
+        <v>44.444532313307874</v>
       </c>
       <c r="E173" s="5">
-        <v>2.2798340013015617</v>
+        <v>2.2798339823589364</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>4.6515981054999997</v>
+        <v>4.6515981031999996</v>
       </c>
       <c r="C174" s="5">
-        <v>-0.23253122220000044</v>
+        <v>-0.23253122380000057</v>
       </c>
       <c r="D174" s="5">
-        <v>-44.309597414153032</v>
+        <v>-44.309597648809508</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>4.6793918707</v>
+        <v>4.6793918682999998</v>
       </c>
       <c r="C175" s="5">
-        <v>2.7793765200000209E-2</v>
+        <v>2.7793765100000201E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>7.4105091705107595</v>
+        <v>7.4105091467516759</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>4.6656825957999999</v>
+        <v>4.6656825940999997</v>
       </c>
       <c r="C176" s="5">
-        <v>-1.3709274900000068E-2</v>
+        <v>-1.370927420000001E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>-3.4595558763950152</v>
+        <v>-3.4595557043314851</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>4.6594124561000001</v>
+        <v>4.6594124553</v>
       </c>
       <c r="C177" s="5">
-        <v>-6.2701396999997883E-3</v>
+        <v>-6.2701387999997138E-3</v>
       </c>
       <c r="D177" s="5">
-        <v>-1.6007951646637819</v>
+        <v>-1.6007949371642849</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>4.7579127766999996</v>
+        <v>4.7579127762000004</v>
       </c>
       <c r="C178" s="5">
-        <v>9.8500320599999469E-2</v>
+        <v>9.8500320900000382E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>28.535720951137876</v>
+        <v>28.535721053875207</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>4.8721467547000001</v>
+        <v>4.8721467555000002</v>
       </c>
       <c r="C179" s="5">
-        <v>0.11423397800000057</v>
+        <v>0.11423397929999979</v>
       </c>
       <c r="D179" s="5">
-        <v>32.93722878152461</v>
+        <v>32.937229211103357</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>4.6979768581999997</v>
+        <v>4.6979768665000003</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.17416989650000048</v>
+        <v>-0.17416988899999986</v>
       </c>
       <c r="D180" s="5">
-        <v>-35.392023018086924</v>
+        <v>-35.392021775660488</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>4.6435831536999999</v>
+        <v>4.6435831557</v>
       </c>
       <c r="C181" s="5">
-        <v>-5.4393704499999807E-2</v>
+        <v>-5.4393710800000328E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>-13.042259666102463</v>
+        <v>-13.042261060225757</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>4.7094894574000001</v>
+        <v>4.7094894592000003</v>
       </c>
       <c r="C182" s="5">
-        <v>6.5906303700000279E-2</v>
+        <v>6.5906303500000263E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>18.426044759037129</v>
+        <v>18.426044690120548</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>4.4624314530999998</v>
+        <v>4.4624314539999999</v>
       </c>
       <c r="C183" s="5">
-        <v>-0.24705800430000036</v>
+        <v>-0.24705800520000043</v>
       </c>
       <c r="D183" s="5">
-        <v>-47.619125110300352</v>
+        <v>-47.619125223771938</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
         <v>4.5155741249999997</v>
       </c>
       <c r="C184" s="5">
-        <v>5.3142671899999883E-2</v>
+        <v>5.3142670999999808E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>15.264882858679174</v>
+        <v>15.264882579714456</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>4.5922409707999998</v>
+        <v>4.5922409638000001</v>
       </c>
       <c r="C185" s="5">
-        <v>7.6666845800000161E-2</v>
+        <v>7.666683880000047E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>22.388417002500162</v>
+        <v>22.388414763805219</v>
       </c>
       <c r="E185" s="5">
-        <v>-5.9762618332929058</v>
+        <v>-5.9762619631386293</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>4.3279076975999997</v>
+        <v>4.3279076941000003</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.26433327320000011</v>
+        <v>-0.26433326969999982</v>
       </c>
       <c r="D186" s="5">
-        <v>-50.904707529316461</v>
+        <v>-50.904707107722139</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>4.3631043911000003</v>
+        <v>4.3631043818000004</v>
       </c>
       <c r="C187" s="5">
-        <v>3.5196693500000542E-2</v>
+        <v>3.5196687700000062E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>10.207555433675486</v>
+        <v>10.207553684278082</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>4.3792390008000002</v>
+        <v>4.3792390020000003</v>
       </c>
       <c r="C188" s="5">
-        <v>1.6134609699999913E-2</v>
+        <v>1.6134620199999894E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>4.5289351568947644</v>
+        <v>4.5289381742649182</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>4.5486073582</v>
+        <v>4.5486073600000001</v>
       </c>
       <c r="C189" s="5">
-        <v>0.16936835739999978</v>
+        <v>0.16936835799999983</v>
       </c>
       <c r="D189" s="5">
-        <v>57.673105251947042</v>
+        <v>57.673105482222752</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>4.3819904196000001</v>
+        <v>4.3819904208000002</v>
       </c>
       <c r="C190" s="5">
-        <v>-0.16661693859999982</v>
+        <v>-0.16661693919999987</v>
       </c>
       <c r="D190" s="5">
-        <v>-36.097817709581051</v>
+        <v>-36.097817803039725</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>4.0834857806000002</v>
+        <v>4.0834857821000003</v>
       </c>
       <c r="C191" s="5">
-        <v>-0.29850463899999991</v>
+        <v>-0.29850463869999988</v>
       </c>
       <c r="D191" s="5">
-        <v>-57.114005357124718</v>
+        <v>-57.114005309014338</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>4.2845714722999997</v>
+        <v>4.2845714854999999</v>
       </c>
       <c r="C192" s="5">
-        <v>0.20108569169999946</v>
+        <v>0.20108570339999954</v>
       </c>
       <c r="D192" s="5">
-        <v>78.039403397868853</v>
+        <v>78.039409195162989</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>4.2512299091000001</v>
+        <v>4.2512299098000002</v>
       </c>
       <c r="C193" s="5">
-        <v>-3.3341563199999591E-2</v>
+        <v>-3.3341575699999737E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>-8.9486460607746121</v>
+        <v>-8.9486492470220451</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>4.3595295773</v>
+        <v>4.3595295848999998</v>
       </c>
       <c r="C194" s="5">
-        <v>0.10829966819999992</v>
+        <v>0.1082996750999996</v>
       </c>
       <c r="D194" s="5">
-        <v>35.238526957805647</v>
+        <v>35.238529519735827</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>4.4262128266999996</v>
+        <v>4.4262128275999997</v>
       </c>
       <c r="C195" s="5">
-        <v>6.6683249399999589E-2</v>
+        <v>6.6683242699999923E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>19.980858950160464</v>
+        <v>19.980856732952734</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>4.4007621851999996</v>
+        <v>4.4007621818000002</v>
       </c>
       <c r="C196" s="5">
-        <v>-2.5450641499999982E-2</v>
+        <v>-2.545064579999945E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>-6.6858953615371313</v>
+        <v>-6.6858964543507371</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>4.394565364</v>
+        <v>4.3945653442000001</v>
       </c>
       <c r="C197" s="5">
-        <v>-6.196821199999647E-3</v>
+        <v>-6.1968376000001157E-3</v>
       </c>
       <c r="D197" s="5">
-        <v>-1.6767240943414086</v>
+        <v>-1.6767284987973086</v>
       </c>
       <c r="E197" s="5">
-        <v>-4.3045564911974417</v>
+        <v>-4.3045567764899424</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>4.6192847701000002</v>
+        <v>4.6192847654999998</v>
       </c>
       <c r="C198" s="5">
-        <v>0.22471940610000019</v>
+        <v>0.22471942129999967</v>
       </c>
       <c r="D198" s="5">
-        <v>81.93057673353168</v>
+        <v>81.930584395879563</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>4.5572561669000002</v>
+        <v>4.5572561504999998</v>
       </c>
       <c r="C199" s="5">
-        <v>-6.2028603199999921E-2</v>
+        <v>-6.2028615000000009E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>-14.975427383659989</v>
+        <v>-14.975430039315519</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>4.4962304321</v>
+        <v>4.4962304399999997</v>
       </c>
       <c r="C200" s="5">
-        <v>-6.1025734800000286E-2</v>
+        <v>-6.1025710500000052E-2</v>
       </c>
       <c r="D200" s="5">
-        <v>-14.93685543041815</v>
+        <v>-14.936849963562127</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>4.6442088010000004</v>
+        <v>4.6442088032999997</v>
       </c>
       <c r="C201" s="5">
-        <v>0.14797836890000049</v>
+        <v>0.14797836330000003</v>
       </c>
       <c r="D201" s="5">
-        <v>47.488485706075423</v>
+        <v>47.488483472886678</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>4.3951838518999997</v>
+        <v>4.3951838542999999</v>
       </c>
       <c r="C202" s="5">
-        <v>-0.24902494910000073</v>
+        <v>-0.24902494899999983</v>
       </c>
       <c r="D202" s="5">
-        <v>-48.384075331688962</v>
+        <v>-48.384075300216466</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>4.4865475634000003</v>
+        <v>4.4865475698999999</v>
       </c>
       <c r="C203" s="5">
-        <v>9.1363711500000555E-2</v>
+        <v>9.1363715600000006E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>28.003768886843194</v>
+        <v>28.003770273466721</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>4.5645178671000002</v>
+        <v>4.564517897</v>
       </c>
       <c r="C204" s="5">
-        <v>7.797030369999991E-2</v>
+        <v>7.797032710000007E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>22.967862004968676</v>
+        <v>22.967869533187503</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>4.4452545917000004</v>
+        <v>4.4452546053999997</v>
       </c>
       <c r="C205" s="5">
-        <v>-0.11926327539999981</v>
+        <v>-0.11926329160000027</v>
       </c>
       <c r="D205" s="5">
-        <v>-27.218544904078911</v>
+        <v>-27.218547933466652</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>4.2960098516</v>
+        <v>4.2960098409</v>
       </c>
       <c r="C206" s="5">
-        <v>-0.14924474010000033</v>
+        <v>-0.14924476449999968</v>
       </c>
       <c r="D206" s="5">
-        <v>-33.62209326061015</v>
+        <v>-33.622097699397315</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>4.3986258482</v>
+        <v>4.3986258599000001</v>
       </c>
       <c r="C207" s="5">
-        <v>0.10261599659999998</v>
+        <v>0.10261601900000006</v>
       </c>
       <c r="D207" s="5">
-        <v>32.745876850319512</v>
+        <v>32.745885054978729</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>4.2954888141999996</v>
+        <v>4.2954888108000002</v>
       </c>
       <c r="C208" s="5">
-        <v>-0.1031370340000004</v>
+        <v>-0.10313704909999988</v>
       </c>
       <c r="D208" s="5">
-        <v>-24.777658956056115</v>
+        <v>-24.777662071569484</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>4.1895123296000003</v>
+        <v>4.1895122905999997</v>
       </c>
       <c r="C209" s="5">
-        <v>-0.10597648459999931</v>
+        <v>-0.10597652020000048</v>
       </c>
       <c r="D209" s="5">
-        <v>-25.901304001528725</v>
+        <v>-25.901311575095221</v>
       </c>
       <c r="E209" s="5">
-        <v>-4.6660594942967704</v>
+        <v>-4.6660599522232999</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>4.2127874268000003</v>
+        <v>4.2127874062000004</v>
       </c>
       <c r="C210" s="5">
-        <v>2.3275097199999983E-2</v>
+        <v>2.3275115600000618E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>6.8741989744472765</v>
+        <v>6.8742046418819536</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>4.1410408259000002</v>
+        <v>4.1410407878999997</v>
       </c>
       <c r="C211" s="5">
-        <v>-7.1746600900000068E-2</v>
+        <v>-7.174661830000062E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>-18.627136536249346</v>
+        <v>-18.627140721968118</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>4.1919526689</v>
+        <v>4.1919526711000001</v>
       </c>
       <c r="C212" s="5">
-        <v>5.0911842999999735E-2</v>
+        <v>5.0911883200000396E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>15.792998130287184</v>
+        <v>15.793011610332709</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>4.3576808356000001</v>
+        <v>4.3576808391000004</v>
       </c>
       <c r="C213" s="5">
-        <v>0.16572816670000012</v>
+        <v>0.16572816800000023</v>
       </c>
       <c r="D213" s="5">
-        <v>59.246016679757105</v>
+        <v>59.246017211698017</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>4.4120947165000004</v>
+        <v>4.4120947359000002</v>
       </c>
       <c r="C214" s="5">
-        <v>5.4413880900000322E-2</v>
+        <v>5.4413896799999861E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>16.057417400651541</v>
+        <v>16.057422405731892</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>4.3854082748999996</v>
+        <v>4.3854083143000002</v>
       </c>
       <c r="C215" s="5">
-        <v>-2.6686441600000776E-2</v>
+        <v>-2.668642160000001E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>-7.0215170061736494</v>
+        <v>-7.021511887891041</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>4.6560383814000001</v>
+        <v>4.6560384557000001</v>
       </c>
       <c r="C216" s="5">
-        <v>0.27063010650000052</v>
+        <v>0.27063014139999986</v>
       </c>
       <c r="D216" s="5">
-        <v>105.15317352419839</v>
+        <v>105.15319069165901</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>4.5397659169000004</v>
+        <v>4.5397659699000004</v>
       </c>
       <c r="C217" s="5">
-        <v>-0.11627246449999973</v>
+        <v>-0.11627248579999971</v>
       </c>
       <c r="D217" s="5">
-        <v>-26.175094546156686</v>
+        <v>-26.175098340604354</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>4.3168194605999997</v>
+        <v>4.3168194379999996</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.22294645630000076</v>
+        <v>-0.2229465319000008</v>
       </c>
       <c r="D218" s="5">
-        <v>-45.353152882001311</v>
+        <v>-45.353163970903395</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>4.4760807909000002</v>
+        <v>4.4760807996</v>
       </c>
       <c r="C219" s="5">
-        <v>0.15926133030000056</v>
+        <v>0.15926136160000048</v>
       </c>
       <c r="D219" s="5">
-        <v>54.457275709139161</v>
+        <v>54.457289015325983</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>4.4934051159999999</v>
+        <v>4.4934050816999997</v>
       </c>
       <c r="C220" s="5">
-        <v>1.7324325099999704E-2</v>
+        <v>1.7324282099999699E-2</v>
       </c>
       <c r="D220" s="5">
-        <v>4.7446632145555334</v>
+        <v>4.744651176787551</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>4.3855762483999996</v>
+        <v>4.3855761524999997</v>
       </c>
       <c r="C221" s="5">
-        <v>-0.10782886760000032</v>
+        <v>-0.10782892920000009</v>
       </c>
       <c r="D221" s="5">
-        <v>-25.284090345448195</v>
+        <v>-25.284103107278987</v>
       </c>
       <c r="E221" s="5">
-        <v>4.6798744907553091</v>
+        <v>4.6798731761667822</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>4.9205327248000001</v>
+        <v>4.9205326403000003</v>
       </c>
       <c r="C222" s="5">
-        <v>0.53495647640000055</v>
+        <v>0.5349564878000006</v>
       </c>
       <c r="D222" s="5">
-        <v>297.94724316816684</v>
+        <v>297.94726558469711</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>4.6409676215999998</v>
+        <v>4.6409675358999998</v>
       </c>
       <c r="C223" s="5">
-        <v>-0.27956510320000039</v>
+        <v>-0.27956510440000049</v>
       </c>
       <c r="D223" s="5">
-        <v>-50.437070503450784</v>
+        <v>-50.437071272492659</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>4.4870002079000004</v>
+        <v>4.4870002053000002</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.15396741369999933</v>
+        <v>-0.15396733059999956</v>
       </c>
       <c r="D224" s="5">
-        <v>-33.293122249718451</v>
+        <v>-33.293107931865983</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>4.2827114909999997</v>
+        <v>4.2827114618</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.20428871690000072</v>
+        <v>-0.20428874350000026</v>
       </c>
       <c r="D225" s="5">
-        <v>-42.83203292875826</v>
+        <v>-42.832037208575244</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>4.2176201288000001</v>
+        <v>4.2176202077999996</v>
       </c>
       <c r="C226" s="5">
-        <v>-6.5091362199999558E-2</v>
+        <v>-6.5091254000000376E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>-16.788431043131158</v>
+        <v>-16.788405531406191</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>4.1798970325000004</v>
+        <v>4.1798971597000003</v>
       </c>
       <c r="C227" s="5">
-        <v>-3.7723096299999703E-2</v>
+        <v>-3.7723048099999268E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-10.220441214223719</v>
+        <v>-10.22042860871063</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>4.0799341061999996</v>
+        <v>4.0799342653000004</v>
       </c>
       <c r="C228" s="5">
-        <v>-9.9962926300000809E-2</v>
+        <v>-9.9962894399999946E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>-25.208751026669095</v>
+        <v>-25.208743340201998</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>4.1396313616000002</v>
+        <v>4.1396314876</v>
       </c>
       <c r="C229" s="5">
-        <v>5.9697255400000593E-2</v>
+        <v>5.969722229999963E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>19.042553452050591</v>
+        <v>19.042541226521379</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>3.9998370713</v>
+        <v>3.9998370595999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.13979429030000023</v>
+        <v>-0.13979442800000008</v>
       </c>
       <c r="D230" s="5">
-        <v>-33.783290927571805</v>
+        <v>-33.783317437514569</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>4.1878293717000004</v>
+        <v>4.1878293938000004</v>
       </c>
       <c r="C231" s="5">
-        <v>0.18799230040000037</v>
+        <v>0.1879923342000005</v>
       </c>
       <c r="D231" s="5">
-        <v>73.52423080262183</v>
+        <v>73.524247882229758</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>4.3967503270000003</v>
+        <v>4.3967502824000002</v>
       </c>
       <c r="C232" s="5">
-        <v>0.20892095529999999</v>
+        <v>0.2089208885999998</v>
       </c>
       <c r="D232" s="5">
-        <v>79.355175086778672</v>
+        <v>79.355141896634947</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>4.3765219480999997</v>
+        <v>4.3765215132000002</v>
       </c>
       <c r="C233" s="5">
-        <v>-2.0228378900000621E-2</v>
+        <v>-2.0228769200000052E-2</v>
       </c>
       <c r="D233" s="5">
-        <v>-5.3833266199789787</v>
+        <v>-5.3834279286025239</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.20645634204405905</v>
+        <v>-0.20646407644382414</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>3.9294978702000001</v>
+        <v>3.9294977365000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.44702407789999965</v>
+        <v>-0.44702377670000004</v>
       </c>
       <c r="D234" s="5">
-        <v>-72.552969603165877</v>
+        <v>-72.552948080366633</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>3.8219175923000002</v>
+        <v>3.8219174695999998</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.10758027789999991</v>
+        <v>-0.10758026690000033</v>
       </c>
       <c r="D235" s="5">
-        <v>-28.331035318392615</v>
+        <v>-28.331033666795168</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>3.7502540385000001</v>
+        <v>3.7502539898</v>
       </c>
       <c r="C236" s="5">
-        <v>-7.1663553800000113E-2</v>
+        <v>-7.1663479799999763E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>-20.319431239758611</v>
+        <v>-20.319412959265261</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>3.8169852597</v>
+        <v>3.8169851311</v>
       </c>
       <c r="C237" s="5">
-        <v>6.6731221199999968E-2</v>
+        <v>6.6731141300000019E-2</v>
       </c>
       <c r="D237" s="5">
-        <v>23.571279881041619</v>
+        <v>23.571249177451236</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>3.8226418952999999</v>
+        <v>3.8226419114999999</v>
       </c>
       <c r="C238" s="5">
-        <v>5.6566355999998486E-3</v>
+        <v>5.6567803999998389E-3</v>
       </c>
       <c r="D238" s="5">
-        <v>1.792923950937797</v>
+        <v>1.7929702823048066</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>3.7723983176</v>
+        <v>3.7723992580000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-5.0243577699999875E-2</v>
+        <v>-5.024265349999979E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>-14.680730808235964</v>
+        <v>-14.680479921660151</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>3.7084689815999998</v>
+        <v>3.7084690940999998</v>
       </c>
       <c r="C240" s="5">
-        <v>-6.392933600000017E-2</v>
+        <v>-6.3930163900000281E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>-18.543583549656439</v>
+        <v>-18.543797566387042</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>3.6423517171999999</v>
+        <v>3.6423518085</v>
       </c>
       <c r="C241" s="5">
-        <v>-6.6117264399999875E-2</v>
+        <v>-6.6117285599999853E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>-19.41638347474478</v>
+        <v>-19.416388570606792</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>3.7606168486999998</v>
+        <v>3.7606168286999999</v>
       </c>
       <c r="C242" s="5">
-        <v>0.11826513149999984</v>
+        <v>0.11826502019999996</v>
       </c>
       <c r="D242" s="5">
-        <v>46.732556934096394</v>
+        <v>46.732503433363547</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>3.5168632841999998</v>
+        <v>3.5168633003999998</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.24375356449999996</v>
+        <v>-0.24375352830000008</v>
       </c>
       <c r="D243" s="5">
-        <v>-55.253736176781857</v>
+        <v>-55.253730847687308</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>3.4949686010000001</v>
+        <v>3.4949685491000002</v>
       </c>
       <c r="C244" s="5">
-        <v>-2.1894683199999765E-2</v>
+        <v>-2.1894751299999626E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>-7.2201829617041247</v>
+        <v>-7.2202046235210755</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>3.5459310799999999</v>
+        <v>3.5459300207000002</v>
       </c>
       <c r="C245" s="5">
-        <v>5.0962478999999838E-2</v>
+        <v>5.0961471599999975E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>18.971830156604575</v>
+        <v>18.971424862771546</v>
       </c>
       <c r="E245" s="5">
-        <v>-18.97833206253171</v>
+        <v>-18.978348215468788</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>3.4522848452999999</v>
+        <v>3.4522846919000001</v>
       </c>
       <c r="C246" s="5">
-        <v>-9.3646234699999997E-2</v>
+        <v>-9.3645328800000094E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>-27.470283671159024</v>
+        <v>-27.470062336985769</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>3.4192868929000002</v>
+        <v>3.4192867162999998</v>
       </c>
       <c r="C247" s="5">
-        <v>-3.2997952399999697E-2</v>
+        <v>-3.2997975600000284E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>-10.885774647070679</v>
+        <v>-10.885782361356933</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>3.4337855808</v>
+        <v>3.4337857066000002</v>
       </c>
       <c r="C248" s="5">
-        <v>1.4498687899999751E-2</v>
+        <v>1.4498990300000347E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>5.2086803400204884</v>
+        <v>5.2087917991838317</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>3.3403855145999999</v>
+        <v>3.3403853318999999</v>
       </c>
       <c r="C249" s="5">
-        <v>-9.3400066200000076E-2</v>
+        <v>-9.3400374700000288E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>-28.174107785696933</v>
+        <v>-28.174186504163423</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>3.3225195796000002</v>
+        <v>3.3225196174999998</v>
       </c>
       <c r="C250" s="5">
-        <v>-1.7865934999999666E-2</v>
+        <v>-1.7865714400000066E-2</v>
       </c>
       <c r="D250" s="5">
-        <v>-6.2326836898932259</v>
+        <v>-6.2326093121736985</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>3.2617884317999999</v>
+        <v>3.2617900462999998</v>
       </c>
       <c r="C251" s="5">
-        <v>-6.0731147800000329E-2</v>
+        <v>-6.0729571199999999E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-19.858240962416097</v>
+        <v>-19.857775914407792</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>3.2369564940000002</v>
+        <v>3.2369566309</v>
       </c>
       <c r="C252" s="5">
-        <v>-2.4831937799999704E-2</v>
+        <v>-2.4833415399999836E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>-8.7626021123602964</v>
+        <v>-8.7630977281655582</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>3.1446077790000002</v>
+        <v>3.1446078614999999</v>
       </c>
       <c r="C253" s="5">
-        <v>-9.234871499999997E-2</v>
+        <v>-9.234876940000003E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>-29.342955909736524</v>
+        <v>-29.342969524579466</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>3.1065767689000001</v>
+        <v>3.1065767104000002</v>
       </c>
       <c r="C254" s="5">
-        <v>-3.8031010100000096E-2</v>
+        <v>-3.8031151099999772E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>-13.585370971410416</v>
+        <v>-13.585417704155866</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>3.1435263849999999</v>
+        <v>3.1435263450000002</v>
       </c>
       <c r="C255" s="5">
-        <v>3.6949616099999805E-2</v>
+        <v>3.6949634600000003E-2</v>
       </c>
       <c r="D255" s="5">
-        <v>15.244507450635592</v>
+        <v>15.244515895459543</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>3.0940846708</v>
+        <v>3.0940845312</v>
       </c>
       <c r="C256" s="5">
-        <v>-4.9441714199999875E-2</v>
+        <v>-4.9441813800000123E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>-17.323704127079186</v>
+        <v>-17.323736265455182</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>3.0276169448000001</v>
+        <v>3.0276153579999998</v>
       </c>
       <c r="C257" s="5">
-        <v>-6.6467725999999949E-2</v>
+        <v>-6.6469173200000231E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>-22.940746669290036</v>
+        <v>-22.94118959569008</v>
       </c>
       <c r="E257" s="5">
-        <v>-14.617151983675891</v>
+        <v>-14.617171226568093</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>3.0707711453000002</v>
+        <v>3.0707709097000002</v>
       </c>
       <c r="C258" s="5">
-        <v>4.3154200500000073E-2</v>
+        <v>4.3155551700000405E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>18.510897318089768</v>
+        <v>18.511533560211603</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>3.0208934826</v>
+        <v>3.0208931750999999</v>
       </c>
       <c r="C259" s="5">
-        <v>-4.9877662700000158E-2</v>
+        <v>-4.9877734600000334E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>-17.840926389354539</v>
+        <v>-17.840951103799142</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>3.0239234803000001</v>
+        <v>3.0239235654000001</v>
       </c>
       <c r="C260" s="5">
-        <v>3.0299977000001199E-3</v>
+        <v>3.0303903000001853E-3</v>
       </c>
       <c r="D260" s="5">
-        <v>1.2102785909994696</v>
+        <v>1.2104363981824351</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>2.8501419763000002</v>
+        <v>2.8501415104999999</v>
       </c>
       <c r="C261" s="5">
-        <v>-0.17378150399999992</v>
+        <v>-0.1737820549000002</v>
       </c>
       <c r="D261" s="5">
-        <v>-50.847188320512295</v>
+        <v>-50.847301316433132</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>2.9289341991</v>
+        <v>2.9289352497999999</v>
       </c>
       <c r="C262" s="5">
-        <v>7.8792222799999756E-2</v>
+        <v>7.8793739299999999E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>38.713090376503388</v>
+        <v>38.713959546978451</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>2.9557291770999998</v>
+        <v>2.9557312531000002</v>
       </c>
       <c r="C263" s="5">
-        <v>2.6794977999999858E-2</v>
+        <v>2.6796003300000315E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>11.547613751384356</v>
+        <v>11.548073730162777</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>2.9507659733999998</v>
+        <v>2.9507660183</v>
       </c>
       <c r="C264" s="5">
-        <v>-4.9632037000000295E-3</v>
+        <v>-4.9652348000002178E-3</v>
       </c>
       <c r="D264" s="5">
-        <v>-1.9965110593415214</v>
+        <v>-1.9973191709687921</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>2.9411461610999998</v>
+        <v>2.9411463139</v>
       </c>
       <c r="C265" s="5">
-        <v>-9.6198122999999747E-3</v>
+        <v>-9.6197043999999288E-3</v>
       </c>
       <c r="D265" s="5">
-        <v>-3.8427381613077793</v>
+        <v>-3.84269577193177</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>2.9683174623999999</v>
+        <v>2.9683173951000001</v>
       </c>
       <c r="C266" s="5">
-        <v>2.7171301300000117E-2</v>
+        <v>2.7171081200000113E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>11.667006741274545</v>
+        <v>11.666906743097737</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>2.9516149441000001</v>
+        <v>2.9516148050000002</v>
       </c>
       <c r="C267" s="5">
-        <v>-1.6702518299999802E-2</v>
+        <v>-1.670259009999997E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>-6.5472163408001993</v>
+        <v>-6.5472437642918884</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>2.9874538070000001</v>
+        <v>2.9874534683</v>
       </c>
       <c r="C268" s="5">
-        <v>3.5838862899999935E-2</v>
+        <v>3.5838663299999851E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>15.58406903931775</v>
+        <v>15.583977153625582</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>3.0184301237</v>
+        <v>3.0184279081000001</v>
       </c>
       <c r="C269" s="5">
-        <v>3.0976316699999895E-2</v>
+        <v>3.0974439800000031E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>13.177248560816857</v>
+        <v>13.176405642343214</v>
       </c>
       <c r="E269" s="5">
-        <v>-0.30343406274623286</v>
+        <v>-0.30345499059922787</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>3.1974038851</v>
+        <v>3.1974033305999998</v>
       </c>
       <c r="C270" s="5">
-        <v>0.17897376139999999</v>
+        <v>0.17897542249999976</v>
       </c>
       <c r="D270" s="5">
-        <v>99.616511988046796</v>
+        <v>99.617854858173516</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>3.3421349778999998</v>
+        <v>3.3421342629000002</v>
       </c>
       <c r="C271" s="5">
-        <v>0.14473109279999985</v>
+        <v>0.14473093230000034</v>
       </c>
       <c r="D271" s="5">
-        <v>70.10530102010506</v>
+        <v>70.105218322068026</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>3.4348712253000002</v>
+        <v>3.4348711322000001</v>
       </c>
       <c r="C272" s="5">
-        <v>9.2736247400000416E-2</v>
+        <v>9.2736869299999913E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>38.879354789033641</v>
+        <v>38.879666152614398</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>3.4737527338</v>
+        <v>3.4737517073999999</v>
       </c>
       <c r="C273" s="5">
-        <v>3.8881508499999828E-2</v>
+        <v>3.8880575199999878E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>14.461992313186167</v>
+        <v>14.461623697671278</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>3.5427361917</v>
+        <v>3.5427388453000002</v>
       </c>
       <c r="C274" s="5">
-        <v>6.8983457899999934E-2</v>
+        <v>6.8987137900000217E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>26.613189450822226</v>
+        <v>26.614776427891961</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>3.4363895081</v>
+        <v>3.4363922328999998</v>
       </c>
       <c r="C275" s="5">
-        <v>-0.10634668359999999</v>
+        <v>-0.10634661240000032</v>
       </c>
       <c r="D275" s="5">
-        <v>-30.631413551770592</v>
+        <v>-30.631377008687689</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>3.5405731221000001</v>
+        <v>3.5405736409999999</v>
       </c>
       <c r="C276" s="5">
-        <v>0.10418361400000009</v>
+        <v>0.10418140810000009</v>
       </c>
       <c r="D276" s="5">
-        <v>43.10480128173517</v>
+        <v>43.10369130781546</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>3.6143937007</v>
+        <v>3.6143947635</v>
       </c>
       <c r="C277" s="5">
-        <v>7.3820578599999909E-2</v>
+        <v>7.3821122500000058E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>28.098092420542422</v>
+        <v>28.098319136419981</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>3.6299479994000001</v>
+        <v>3.6299488539999998</v>
       </c>
       <c r="C278" s="5">
-        <v>1.5554298700000135E-2</v>
+        <v>1.5554090499999784E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>5.2881181316868142</v>
+        <v>5.2880440726841949</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>3.5410881747</v>
+        <v>3.5410889206</v>
       </c>
       <c r="C279" s="5">
-        <v>-8.885982470000009E-2</v>
+        <v>-8.8859933399999758E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>-25.72613074848832</v>
+        <v>-25.726152842494756</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>3.5834526208000002</v>
+        <v>3.5834482365999998</v>
       </c>
       <c r="C280" s="5">
-        <v>4.2364446100000119E-2</v>
+        <v>4.2359315999999758E-2</v>
       </c>
       <c r="D280" s="5">
-        <v>15.339777349140915</v>
+        <v>15.337792462117751</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>3.6115119163</v>
+        <v>3.6115095945000002</v>
       </c>
       <c r="C281" s="5">
-        <v>2.8059295499999859E-2</v>
+        <v>2.8061357900000417E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>9.8117025525836112</v>
+        <v>9.8124675942866002</v>
       </c>
       <c r="E281" s="5">
-        <v>19.648683861960635</v>
+        <v>19.648694766187912</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>3.4225504089999998</v>
+        <v>3.4225496608000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.18896150730000016</v>
+        <v>-0.18895993370000008</v>
       </c>
       <c r="D282" s="5">
-        <v>-47.52775879676873</v>
+        <v>-47.527491641068188</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>3.4608173409999998</v>
+        <v>3.4608161508999999</v>
       </c>
       <c r="C283" s="5">
-        <v>3.8266931999999976E-2</v>
+        <v>3.8266490099999828E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>14.273597073238808</v>
+        <v>14.273425293501596</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>3.3407171953999999</v>
+        <v>3.3407164268999998</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.12010014559999993</v>
+        <v>-0.12009972400000013</v>
       </c>
       <c r="D284" s="5">
-        <v>-34.546569801263416</v>
+        <v>-34.546480388219379</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>3.3838290363999999</v>
+        <v>3.3838273903</v>
       </c>
       <c r="C285" s="5">
-        <v>4.3111840999999984E-2</v>
+        <v>4.3110963400000202E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>16.633794012977777</v>
+        <v>16.633435126100181</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>3.3404584555999999</v>
+        <v>3.3404621473999998</v>
       </c>
       <c r="C286" s="5">
-        <v>-4.3370580800000003E-2</v>
+        <v>-4.3365242900000212E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>-14.341207901542131</v>
+        <v>-14.339571832561948</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>3.4342436105999998</v>
+        <v>3.4342464385000002</v>
       </c>
       <c r="C287" s="5">
-        <v>9.3785154999999953E-2</v>
+        <v>9.3784291100000416E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>39.412041850233059</v>
+        <v>39.411570523182448</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>3.3443147878000001</v>
+        <v>3.3443152861000001</v>
       </c>
       <c r="C288" s="5">
-        <v>-8.9928822799999697E-2</v>
+        <v>-8.9931152400000158E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>-27.27016481449348</v>
+        <v>-27.270753437140595</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>3.4132763272000002</v>
+        <v>3.4132773522000002</v>
       </c>
       <c r="C289" s="5">
-        <v>6.8961539400000049E-2</v>
+        <v>6.8962066100000108E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>27.75314314423365</v>
+        <v>27.753375091239295</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>3.4205076047</v>
+        <v>3.4205150822000001</v>
       </c>
       <c r="C290" s="5">
-        <v>7.2312774999998553E-3</v>
+        <v>7.2377299999999423E-3</v>
       </c>
       <c r="D290" s="5">
-        <v>2.5721217916899297</v>
+        <v>2.5744429578442585</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>3.328834209</v>
+        <v>3.3288346048999999</v>
       </c>
       <c r="C291" s="5">
-        <v>-9.1673395699999993E-2</v>
+        <v>-9.1680477300000174E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>-27.819602962746359</v>
+        <v>-27.821393429687369</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>3.3818930535999998</v>
+        <v>3.3818841712999999</v>
       </c>
       <c r="C292" s="5">
-        <v>5.3058844599999766E-2</v>
+        <v>5.3049566399999915E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>20.89614305397458</v>
+        <v>20.89216027490648</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>3.2969455733999999</v>
+        <v>3.2969433142</v>
       </c>
       <c r="C293" s="5">
-        <v>-8.494748019999987E-2</v>
+        <v>-8.4940857099999878E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>-26.307566659917402</v>
+        <v>-26.305850026582299</v>
       </c>
       <c r="E293" s="5">
-        <v>-8.710101203882326</v>
+        <v>-8.7101050701638982</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>3.2249078978000001</v>
+        <v>3.2249064214000001</v>
       </c>
       <c r="C294" s="5">
-        <v>-7.2037675599999851E-2</v>
+        <v>-7.2036892799999919E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>-23.287443382554919</v>
+        <v>-23.287234022428116</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>3.1744710427</v>
+        <v>3.1744686563000002</v>
       </c>
       <c r="C295" s="5">
-        <v>-5.0436855100000066E-2</v>
+        <v>-5.0437765099999865E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>-17.234632526973424</v>
+        <v>-17.234924459054092</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>3.1530689399999998</v>
+        <v>3.1530666918999999</v>
       </c>
       <c r="C296" s="5">
-        <v>-2.1402102700000203E-2</v>
+        <v>-2.1401964400000306E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>-7.7969771633473073</v>
+        <v>-7.7969342785114577</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>3.2879403575000001</v>
+        <v>3.2879370126</v>
       </c>
       <c r="C297" s="5">
-        <v>0.13487141750000031</v>
+        <v>0.13487032070000016</v>
       </c>
       <c r="D297" s="5">
-        <v>65.304841638931421</v>
+        <v>65.304237941124185</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>3.0281326532000001</v>
+        <v>3.0281381154</v>
       </c>
       <c r="C298" s="5">
-        <v>-0.2598077043</v>
+        <v>-0.25979889720000005</v>
       </c>
       <c r="D298" s="5">
-        <v>-62.759835987970462</v>
+        <v>-62.758575249750635</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>2.9395923512</v>
+        <v>2.9395924176000001</v>
       </c>
       <c r="C299" s="5">
-        <v>-8.8540302000000182E-2</v>
+        <v>-8.8545697799999878E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>-29.959933800640236</v>
+        <v>-29.961430872687412</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>3.1466308677999999</v>
+        <v>3.1466394271000002</v>
       </c>
       <c r="C300" s="5">
-        <v>0.20703851659999994</v>
+        <v>0.2070470095000001</v>
       </c>
       <c r="D300" s="5">
-        <v>126.31027904003957</v>
+        <v>126.31760497335623</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>3.2223167438</v>
+        <v>3.2223161101</v>
       </c>
       <c r="C301" s="5">
-        <v>7.5685876000000096E-2</v>
+        <v>7.5676682999999745E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>33.005362642345617</v>
+        <v>33.000707317667022</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>3.1286721582000001</v>
+        <v>3.1286841695000001</v>
       </c>
       <c r="C302" s="5">
-        <v>-9.3644585599999886E-2</v>
+        <v>-9.3631940599999908E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>-29.805682872157824</v>
+        <v>-29.802283343273604</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>3.1237665342000001</v>
+        <v>3.1237663377999998</v>
       </c>
       <c r="C303" s="5">
-        <v>-4.9056240000000528E-3</v>
+        <v>-4.9178317000002636E-3</v>
       </c>
       <c r="D303" s="5">
-        <v>-1.865407100849803</v>
+        <v>-1.8700020123035399</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>3.0837417315</v>
+        <v>3.0837292769000002</v>
       </c>
       <c r="C304" s="5">
-        <v>-4.0024802700000084E-2</v>
+        <v>-4.0037060899999588E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>-14.337023283499928</v>
+        <v>-14.341110266107959</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>3.0829095724000002</v>
+        <v>3.0829070497000002</v>
       </c>
       <c r="C305" s="5">
-        <v>-8.3215909999978521E-4</v>
+        <v>-8.2222720000002525E-4</v>
       </c>
       <c r="D305" s="5">
-        <v>-0.32334424708945209</v>
+        <v>-0.31949204808550125</v>
       </c>
       <c r="E305" s="5">
-        <v>-6.4919482665063644</v>
+        <v>-6.4919607073055001</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>3.1188039838999999</v>
+        <v>3.1188003144000001</v>
       </c>
       <c r="C306" s="5">
-        <v>3.5894411499999723E-2</v>
+        <v>3.5893264699999872E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>14.901984335461261</v>
+        <v>14.901490320851707</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>3.0844125353999998</v>
+        <v>3.0844073255</v>
       </c>
       <c r="C307" s="5">
-        <v>-3.4391448500000088E-2</v>
+        <v>-3.4392988900000088E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>-12.45878901767602</v>
+        <v>-12.45932743018956</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>3.1616444050000001</v>
+        <v>3.1616395984999999</v>
       </c>
       <c r="C308" s="5">
-        <v>7.723186960000028E-2</v>
+        <v>7.7232272999999907E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>34.550946503722145</v>
+        <v>34.551219136243347</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>3.1865616535000001</v>
+        <v>3.1865524266</v>
       </c>
       <c r="C309" s="5">
-        <v>2.4917248499999989E-2</v>
+        <v>2.4912828100000173E-2</v>
       </c>
       <c r="D309" s="5">
-        <v>9.8782253422405866</v>
+        <v>9.8764119498601097</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>3.2142233039999999</v>
+        <v>3.2142335159000002</v>
       </c>
       <c r="C310" s="5">
-        <v>2.7661650499999801E-2</v>
+        <v>2.7681089300000128E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>10.928882749821334</v>
+        <v>10.936966648387214</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>3.2391187047000001</v>
+        <v>3.2391187582000001</v>
       </c>
       <c r="C311" s="5">
-        <v>2.4895400700000181E-2</v>
+        <v>2.4885242299999888E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>9.7008067907911268</v>
+        <v>9.6966462576884673</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>3.2383141558999999</v>
+        <v>3.2383434899000001</v>
       </c>
       <c r="C312" s="5">
-        <v>-8.0454880000013773E-4</v>
+        <v>-7.7526829999996494E-4</v>
       </c>
       <c r="D312" s="5">
-        <v>-0.2976552602634408</v>
+        <v>-0.28683673867889725</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>3.2398424392999998</v>
+        <v>3.2398398307999998</v>
       </c>
       <c r="C313" s="5">
-        <v>1.5282833999998857E-3</v>
+        <v>1.4963408999997263E-3</v>
       </c>
       <c r="D313" s="5">
-        <v>0.56779786355141137</v>
+        <v>0.55589515258345212</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>3.1433976850000001</v>
+        <v>3.1434125951</v>
       </c>
       <c r="C314" s="5">
-        <v>-9.6444754299999769E-2</v>
+        <v>-9.642723569999978E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>-30.416660545727471</v>
+        <v>-30.412027453917677</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>3.2132795404999999</v>
+        <v>3.2132744135000002</v>
       </c>
       <c r="C315" s="5">
-        <v>6.9881855499999812E-2</v>
+        <v>6.9861818400000164E-2</v>
       </c>
       <c r="D315" s="5">
-        <v>30.193756477873279</v>
+        <v>30.183853489772439</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>3.0827779197999998</v>
+        <v>3.0827599145</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.13050162070000004</v>
+        <v>-0.13051449900000023</v>
       </c>
       <c r="D316" s="5">
-        <v>-39.197033162470078</v>
+        <v>-39.20013042939793</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>3.1736040050000001</v>
+        <v>3.173600719</v>
       </c>
       <c r="C317" s="5">
-        <v>9.0826085200000239E-2</v>
+        <v>9.0840804499999983E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>41.685677042998151</v>
+        <v>41.693847230862872</v>
       </c>
       <c r="E317" s="5">
-        <v>2.9418453726943294</v>
+        <v>2.941823020866785</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>3.1078110024000001</v>
+        <v>3.1077993824000001</v>
       </c>
       <c r="C318" s="5">
-        <v>-6.5793002599999983E-2</v>
+        <v>-6.5801336599999871E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-22.228160375319739</v>
+        <v>-22.230683461304647</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>3.0851667703999999</v>
+        <v>3.0851538101</v>
       </c>
       <c r="C319" s="5">
-        <v>-2.2644232000000208E-2</v>
+        <v>-2.2645572300000083E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>-8.4014619822697973</v>
+        <v>-8.4019696694190067</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>3.0612393509000002</v>
+        <v>3.0612298148999999</v>
       </c>
       <c r="C320" s="5">
-        <v>-2.3927419499999658E-2</v>
+        <v>-2.3923995200000103E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>-8.9198561359499546</v>
+        <v>-8.9186694249560716</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>2.9765758239000002</v>
+        <v>2.9765630132999998</v>
       </c>
       <c r="C321" s="5">
-        <v>-8.4663527000000016E-2</v>
+        <v>-8.4666801600000063E-2</v>
       </c>
       <c r="D321" s="5">
-        <v>-28.577351252850381</v>
+        <v>-28.578370073003057</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>3.0022548747000002</v>
+        <v>3.0022749310000001</v>
       </c>
       <c r="C322" s="5">
-        <v>2.5679050799999992E-2</v>
+        <v>2.5711917700000253E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>10.858067422863616</v>
+        <v>10.8726806367611</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>2.9513921030999999</v>
+        <v>2.9514004675000001</v>
       </c>
       <c r="C323" s="5">
-        <v>-5.0862771600000301E-2</v>
+        <v>-5.0874463500000022E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>-18.538532918987329</v>
+        <v>-18.542292775604107</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>2.9382135657999999</v>
+        <v>2.9382667538999998</v>
       </c>
       <c r="C324" s="5">
-        <v>-1.3178537299999959E-2</v>
+        <v>-1.3133713600000263E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>-5.2285809428546992</v>
+        <v>-5.2112157372149355</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>2.9629405927999999</v>
+        <v>2.9629410360000001</v>
       </c>
       <c r="C325" s="5">
-        <v>2.4727026999999957E-2</v>
+        <v>2.4674282100000333E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>10.579599452891507</v>
+        <v>10.555779928619646</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>3.0689294572999999</v>
+        <v>3.0689418104000001</v>
       </c>
       <c r="C326" s="5">
-        <v>0.1059888645</v>
+        <v>0.1060007744</v>
       </c>
       <c r="D326" s="5">
-        <v>52.46408180409221</v>
+        <v>52.471172693165592</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>3.0225119139999999</v>
+        <v>3.0224984319999999</v>
       </c>
       <c r="C327" s="5">
-        <v>-4.641754330000003E-2</v>
+        <v>-4.6443378400000235E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>-16.713734842014038</v>
+        <v>-16.722215362205141</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>2.9806569016000002</v>
+        <v>2.9806244633999999</v>
       </c>
       <c r="C328" s="5">
-        <v>-4.1855012399999669E-2</v>
+        <v>-4.1873968600000033E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>-15.408329966995382</v>
+        <v>-15.414849118610208</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>2.9693999545</v>
+        <v>2.9693796530999998</v>
       </c>
       <c r="C329" s="5">
-        <v>-1.1256947100000136E-2</v>
+        <v>-1.1244810300000019E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>-4.4390377000863124</v>
+        <v>-4.4343978320653177</v>
       </c>
       <c r="E329" s="5">
-        <v>-6.4344527602775088</v>
+        <v>-6.4349955770223737</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>2.9887780567000002</v>
+        <v>2.9888032400000002</v>
       </c>
       <c r="C330" s="5">
-        <v>1.9378102200000136E-2</v>
+        <v>1.9423586900000345E-2</v>
       </c>
       <c r="D330" s="5">
-        <v>8.1184028848812808</v>
+        <v>8.138206985114028</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>2.969160354</v>
+        <v>2.9691138155000001</v>
       </c>
       <c r="C331" s="5">
-        <v>-1.9617702700000184E-2</v>
+        <v>-1.9689424500000108E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>-7.5983251241989791</v>
+        <v>-7.6250438237336127</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>2.9534454061000002</v>
+        <v>2.9534010638999999</v>
       </c>
       <c r="C332" s="5">
-        <v>-1.5714947899999832E-2</v>
+        <v>-1.5712751600000185E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>-6.169607409022726</v>
+        <v>-6.1688639870652429</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>2.9683252739000001</v>
+        <v>2.9682868586</v>
       </c>
       <c r="C333" s="5">
-        <v>1.4879867799999946E-2</v>
+        <v>1.4885794700000066E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>6.2161388416602126</v>
+        <v>6.2187798403659622</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>2.9963340056000001</v>
+        <v>2.9963572771</v>
       </c>
       <c r="C334" s="5">
-        <v>2.8008731699999956E-2</v>
+        <v>2.8070418500000027E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>11.929560601131396</v>
+        <v>11.957378714133583</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>2.9660197515000002</v>
+        <v>2.9661183646999998</v>
       </c>
       <c r="C335" s="5">
-        <v>-3.0314254099999882E-2</v>
+        <v>-3.0238912400000206E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>-11.487259461316611</v>
+        <v>-11.460191163729105</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>2.8399668365999999</v>
+        <v>2.8400654873</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.12605291490000026</v>
+        <v>-0.12605287739999982</v>
       </c>
       <c r="D336" s="5">
-        <v>-40.615820754977094</v>
+        <v>-40.614759766990282</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>2.8799978236000001</v>
+        <v>2.8800137340999998</v>
       </c>
       <c r="C337" s="5">
-        <v>4.0030987000000184E-2</v>
+        <v>3.9948246799999865E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>18.289634798047661</v>
+        <v>18.248177058094093</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>2.8896967580999999</v>
+        <v>2.8896891557000002</v>
       </c>
       <c r="C338" s="5">
-        <v>9.6989344999998117E-3</v>
+        <v>9.6754216000003446E-3</v>
       </c>
       <c r="D338" s="5">
-        <v>4.1169251668415008</v>
+        <v>4.1067363635261422</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>2.8398000345000001</v>
+        <v>2.8397449297000001</v>
       </c>
       <c r="C339" s="5">
-        <v>-4.9896723599999859E-2</v>
+        <v>-4.9944226000000036E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>-18.861705838519327</v>
+        <v>-18.878036150934573</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>2.8727212648</v>
+        <v>2.8726711248000001</v>
       </c>
       <c r="C340" s="5">
-        <v>3.2921230299999937E-2</v>
+        <v>3.2926195099999944E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>14.833538841865845</v>
+        <v>14.836226897051041</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>2.8652542349000001</v>
+        <v>2.8652083074000001</v>
       </c>
       <c r="C341" s="5">
-        <v>-7.4670298999999218E-3</v>
+        <v>-7.4628173999999881E-3</v>
       </c>
       <c r="D341" s="5">
-        <v>-3.0749381322888181</v>
+        <v>-3.0732810028952451</v>
       </c>
       <c r="E341" s="5">
-        <v>-3.5072984844015886</v>
+        <v>-3.5081854754155817</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>2.8712915528999998</v>
+        <v>2.8713390460000001</v>
       </c>
       <c r="C342" s="5">
-        <v>6.0373179999997362E-3</v>
+        <v>6.1307386000000186E-3</v>
       </c>
       <c r="D342" s="5">
-        <v>2.5580045656242056</v>
+        <v>2.5980959057990249</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>2.8480799940999999</v>
+        <v>2.8479918514000002</v>
       </c>
       <c r="C343" s="5">
-        <v>-2.3211558799999921E-2</v>
+        <v>-2.3347194599999899E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>-9.2809113725192631</v>
+        <v>-9.3325946912582776</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>2.8441750480999999</v>
+        <v>2.8440935838999999</v>
       </c>
       <c r="C344" s="5">
-        <v>-3.9049460000000202E-3</v>
+        <v>-3.8982675000003297E-3</v>
       </c>
       <c r="D344" s="5">
-        <v>-1.6329456506083306</v>
+        <v>-1.6302239413836461</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>2.9599255614</v>
+        <v>2.9598791153000001</v>
       </c>
       <c r="C345" s="5">
-        <v>0.11575051330000008</v>
+        <v>0.11578553140000025</v>
       </c>
       <c r="D345" s="5">
-        <v>61.396311752031309</v>
+        <v>61.421396843721034</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>2.9024629977999998</v>
+        <v>2.9025040643</v>
       </c>
       <c r="C346" s="5">
-        <v>-5.7462563600000127E-2</v>
+        <v>-5.7375051000000177E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>-20.962930128300172</v>
+        <v>-20.934622979913108</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>2.8762845469</v>
+        <v>2.8764897413999999</v>
       </c>
       <c r="C347" s="5">
-        <v>-2.6178450899999817E-2</v>
+        <v>-2.6014322900000053E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>-10.302182901423073</v>
+        <v>-10.240605210021991</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>2.9441077522999999</v>
+        <v>2.9442687576000002</v>
       </c>
       <c r="C348" s="5">
-        <v>6.7823205399999864E-2</v>
+        <v>6.7779016200000264E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>32.270268167535377</v>
+        <v>32.243840387393476</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>2.8888664159999999</v>
+        <v>2.8889059340999999</v>
       </c>
       <c r="C349" s="5">
-        <v>-5.5241336299999944E-2</v>
+        <v>-5.5362823500000324E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>-20.331780490984464</v>
+        <v>-20.370973775752997</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>2.9016375595000001</v>
+        <v>2.9015994690000002</v>
       </c>
       <c r="C350" s="5">
-        <v>1.2771143500000193E-2</v>
+        <v>1.2693534900000358E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>5.4358853949970642</v>
+        <v>5.4019742122013881</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>2.9572551235</v>
+        <v>2.9571413342000001</v>
       </c>
       <c r="C351" s="5">
-        <v>5.5617563999999842E-2</v>
+        <v>5.5541865199999929E-2</v>
       </c>
       <c r="D351" s="5">
-        <v>25.587826404130599</v>
+        <v>25.549626251811763</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>2.9603969433000001</v>
+        <v>2.9603182417</v>
       </c>
       <c r="C352" s="5">
-        <v>3.1418198000001674E-3</v>
+        <v>3.1769074999998814E-3</v>
       </c>
       <c r="D352" s="5">
-        <v>1.2823689425507823</v>
+        <v>1.2968253012519249</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>3.0585669894</v>
+        <v>3.0584781860999999</v>
       </c>
       <c r="C353" s="5">
-        <v>9.8170046099999908E-2</v>
+        <v>9.8159944399999866E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>47.91649183338329</v>
+        <v>47.91214397250949</v>
       </c>
       <c r="E353" s="5">
-        <v>6.74679238391378</v>
+        <v>6.7454041020626576</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>2.9610721274</v>
+        <v>2.9611403691999998</v>
       </c>
       <c r="C354" s="5">
-        <v>-9.7494862000000015E-2</v>
+        <v>-9.7337816900000096E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>-32.209026247455832</v>
+        <v>-32.166645745453202</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>3.0322645115000002</v>
+        <v>3.0321195339</v>
       </c>
       <c r="C355" s="5">
-        <v>7.1192384100000172E-2</v>
+        <v>7.0979164700000208E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>32.989441450022518</v>
+        <v>32.876407763399214</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>3.0374924822999998</v>
+        <v>3.0373457951999998</v>
       </c>
       <c r="C356" s="5">
-        <v>5.2279707999995928E-3</v>
+        <v>5.2262612999998126E-3</v>
       </c>
       <c r="D356" s="5">
-        <v>2.0886693908824361</v>
+        <v>2.0880807101756993</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>3.0527560448000002</v>
+        <v>3.0526623471000001</v>
       </c>
       <c r="C357" s="5">
-        <v>1.5263562500000383E-2</v>
+        <v>1.5316551900000253E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>6.1995453498979058</v>
+        <v>6.2219771152041359</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>3.0141383172</v>
+        <v>3.0141395808999998</v>
       </c>
       <c r="C358" s="5">
-        <v>-3.8617727600000151E-2</v>
+        <v>-3.852276620000028E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>-14.167267747130829</v>
+        <v>-14.135216061020351</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>3.0872511815000001</v>
+        <v>3.0878262572000001</v>
       </c>
       <c r="C359" s="5">
-        <v>7.311286430000008E-2</v>
+        <v>7.3686676300000364E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>33.323114456384694</v>
+        <v>33.620763820752984</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>3.1460045752000001</v>
+        <v>3.1461614561000002</v>
       </c>
       <c r="C360" s="5">
-        <v>5.875339369999999E-2</v>
+        <v>5.8335198900000051E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>25.385874269755515</v>
+        <v>25.180823258977213</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>3.1938645014000002</v>
+        <v>3.1940159403999999</v>
       </c>
       <c r="C361" s="5">
-        <v>4.7859926200000125E-2</v>
+        <v>4.7854484299999722E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>19.863139929028417</v>
+        <v>19.859614577715345</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>3.2074826021999998</v>
+        <v>3.2073785884000001</v>
       </c>
       <c r="C362" s="5">
-        <v>1.3618100799999588E-2</v>
+        <v>1.3362648000000199E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>5.2383096574327714</v>
+        <v>5.1375268245161365</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>3.2673573511999998</v>
+        <v>3.2671599325999998</v>
       </c>
       <c r="C363" s="5">
-        <v>5.9874749000000005E-2</v>
+        <v>5.9781344199999698E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>24.849819335519886</v>
+        <v>24.807885371972915</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>3.3484151134000002</v>
+        <v>3.3482938085999998</v>
       </c>
       <c r="C364" s="5">
-        <v>8.1057762200000383E-2</v>
+        <v>8.1133875999999994E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>34.18744724968159</v>
+        <v>34.226413102171492</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>3.3557751139000001</v>
+        <v>3.3556868147999999</v>
       </c>
       <c r="C365" s="5">
-        <v>7.3600004999998525E-3</v>
+        <v>7.3930062000000518E-3</v>
       </c>
       <c r="D365" s="5">
-        <v>2.6697883068160122</v>
+        <v>2.6820050025160302</v>
       </c>
       <c r="E365" s="5">
-        <v>9.7172344280843639</v>
+        <v>9.7175330545346661</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>3.4601087549999998</v>
+        <v>3.4600462371999998</v>
       </c>
       <c r="C366" s="5">
-        <v>0.10433364109999976</v>
+        <v>0.10435942239999996</v>
       </c>
       <c r="D366" s="5">
-        <v>44.398540559904241</v>
+        <v>44.412827368938657</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>3.4179538544999999</v>
+        <v>3.4176583766999999</v>
       </c>
       <c r="C367" s="5">
-        <v>-4.2154900499999926E-2</v>
+        <v>-4.2387860499999874E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-13.67882400203041</v>
+        <v>-13.749630950736991</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>3.4286649337999999</v>
+        <v>3.4283530382</v>
       </c>
       <c r="C368" s="5">
-        <v>1.0711079300000037E-2</v>
+        <v>1.0694661500000091E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>3.8260205393718438</v>
+        <v>3.8203907495195422</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>3.2484052026999999</v>
+        <v>3.2481943380999998</v>
       </c>
       <c r="C369" s="5">
-        <v>-0.18025973110000004</v>
+        <v>-0.18015870010000024</v>
       </c>
       <c r="D369" s="5">
-        <v>-47.695167042418277</v>
+        <v>-47.678810334681835</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>3.4331660673000002</v>
+        <v>3.4330128391999999</v>
       </c>
       <c r="C370" s="5">
-        <v>0.1847608646000003</v>
+        <v>0.18481850110000009</v>
       </c>
       <c r="D370" s="5">
-        <v>94.220634268320197</v>
+        <v>94.267911758454417</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>3.3937647785</v>
+        <v>3.3952399933000001</v>
       </c>
       <c r="C371" s="5">
-        <v>-3.9401288800000156E-2</v>
+        <v>-3.7772845899999741E-2</v>
       </c>
       <c r="D371" s="5">
-        <v>-12.93509697372418</v>
+        <v>-12.43297344159593</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>3.2510382560000002</v>
+        <v>3.2512038265999998</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.14272652249999984</v>
+        <v>-0.1440361667000003</v>
       </c>
       <c r="D372" s="5">
-        <v>-40.284908420112544</v>
+        <v>-40.559201591447689</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>3.3928273308999999</v>
+        <v>3.3931688072999999</v>
       </c>
       <c r="C373" s="5">
-        <v>0.1417890748999997</v>
+        <v>0.14196498070000008</v>
       </c>
       <c r="D373" s="5">
-        <v>66.90760868903287</v>
+        <v>67.007210659424359</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>3.5123299724999999</v>
+        <v>3.5122272737000002</v>
       </c>
       <c r="C374" s="5">
-        <v>0.11950264160000001</v>
+        <v>0.11905846640000028</v>
       </c>
       <c r="D374" s="5">
-        <v>51.496507900652766</v>
+        <v>51.260572811079406</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>3.4734353895000001</v>
+        <v>3.4731849666999999</v>
       </c>
       <c r="C375" s="5">
-        <v>-3.8894582999999816E-2</v>
+        <v>-3.9042307000000331E-2</v>
       </c>
       <c r="D375" s="5">
-        <v>-12.508274691832478</v>
+        <v>-12.553261068705613</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>3.5493189909999998</v>
+        <v>3.5490296348000001</v>
       </c>
       <c r="C376" s="5">
-        <v>7.5883601499999731E-2</v>
+        <v>7.5844668100000234E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>29.607369375406357</v>
+        <v>29.592706050313879</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>3.5551668962999998</v>
+        <v>3.5549365596000002</v>
       </c>
       <c r="C377" s="5">
-        <v>5.8479053000000114E-3</v>
+        <v>5.9069248000001018E-3</v>
       </c>
       <c r="D377" s="5">
-        <v>1.9951513223820827</v>
+        <v>2.0156377265434955</v>
       </c>
       <c r="E377" s="5">
-        <v>5.9417504341723104</v>
+        <v>5.937674038030738</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>3.5536003807999998</v>
+        <v>3.5532154013000001</v>
       </c>
       <c r="C378" s="5">
-        <v>-1.5665154999999764E-3</v>
+        <v>-1.7211583000000807E-3</v>
       </c>
       <c r="D378" s="5">
-        <v>-0.52747723468699048</v>
+        <v>-0.5794474544293271</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>3.5057844094999999</v>
+        <v>3.5055968525000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-4.7815971299999926E-2</v>
+        <v>-4.7618548800000049E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>-15.003819258171813</v>
+        <v>-14.947866360846341</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>3.5179925500000002</v>
+        <v>3.5172471948999999</v>
       </c>
       <c r="C380" s="5">
-        <v>1.2208140500000297E-2</v>
+        <v>1.1650342399999847E-2</v>
       </c>
       <c r="D380" s="5">
-        <v>4.2597119709372633</v>
+        <v>4.0617343816980123</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>3.4426102409000001</v>
+        <v>3.4420143764</v>
       </c>
       <c r="C381" s="5">
-        <v>-7.53823091000001E-2</v>
+        <v>-7.5232818499999965E-2</v>
       </c>
       <c r="D381" s="5">
-        <v>-22.889185417125912</v>
+        <v>-22.853281840421868</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>3.4403537888</v>
+        <v>3.4399878262999999</v>
       </c>
       <c r="C382" s="5">
-        <v>-2.2564521000001392E-3</v>
+        <v>-2.0265501000000796E-3</v>
       </c>
       <c r="D382" s="5">
-        <v>-0.78370838166879064</v>
+        <v>-0.70423896393425611</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>3.4990272875000001</v>
+        <v>3.5015221647999999</v>
       </c>
       <c r="C383" s="5">
-        <v>5.867349870000016E-2</v>
+        <v>6.1534338500000008E-2</v>
       </c>
       <c r="D383" s="5">
-        <v>22.498476110044741</v>
+        <v>23.708542349273685</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>3.4555971312999998</v>
+        <v>3.4559631126000001</v>
       </c>
       <c r="C384" s="5">
-        <v>-4.3430156200000347E-2</v>
+        <v>-4.5559052199999783E-2</v>
       </c>
       <c r="D384" s="5">
-        <v>-13.918603294023102</v>
+        <v>-14.543200675637314</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>3.4938688189999998</v>
+        <v>3.4946302828000002</v>
       </c>
       <c r="C385" s="5">
-        <v>3.8271687700000001E-2</v>
+        <v>3.8667170200000101E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>14.130542417974933</v>
+        <v>14.284057590360488</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>3.5119500560999999</v>
+        <v>3.5121061507000002</v>
       </c>
       <c r="C386" s="5">
-        <v>1.8081237100000092E-2</v>
+        <v>1.7475867899999997E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>6.3900062847701999</v>
+        <v>6.1687665942781855</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>3.4763158608000002</v>
+        <v>3.4762551100999999</v>
       </c>
       <c r="C387" s="5">
-        <v>-3.5634195299999671E-2</v>
+        <v>-3.5851040600000328E-2</v>
       </c>
       <c r="D387" s="5">
-        <v>-11.518844520792459</v>
+        <v>-11.584566694515331</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>3.4611697472</v>
+        <v>3.4609396914000001</v>
       </c>
       <c r="C388" s="5">
-        <v>-1.5146113600000177E-2</v>
+        <v>-1.531541869999975E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>-5.1048471353178471</v>
+        <v>-5.1606223717507449</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>3.4623440248000001</v>
+        <v>3.4621042478000001</v>
       </c>
       <c r="C389" s="5">
-        <v>1.1742776000001065E-3</v>
+        <v>1.1645564000000164E-3</v>
       </c>
       <c r="D389" s="5">
-        <v>0.40788682293551037</v>
+        <v>0.4045308385940416</v>
       </c>
       <c r="E389" s="5">
-        <v>-2.6109286626347705</v>
+        <v>-2.6113633884494836</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>3.4428858091999999</v>
+        <v>3.4420335987000001</v>
       </c>
       <c r="C390" s="5">
-        <v>-1.9458215600000273E-2</v>
+        <v>-2.0070649100000004E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>-6.5393477064089156</v>
+        <v>-6.7391061572689033</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>3.4996844361999999</v>
+        <v>3.4991564346000001</v>
       </c>
       <c r="C391" s="5">
-        <v>5.6798627000000046E-2</v>
+        <v>5.7122835900000002E-2</v>
       </c>
       <c r="D391" s="5">
-        <v>21.695693523323879</v>
+        <v>21.836956103915007</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>3.5105546229</v>
+        <v>3.5083523772</v>
       </c>
       <c r="C392" s="5">
-        <v>1.0870186700000062E-2</v>
+        <v>9.1959425999998956E-3</v>
       </c>
       <c r="D392" s="5">
-        <v>3.791594795491493</v>
+        <v>3.1996401024277477</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>3.5369704936000002</v>
+        <v>3.5352737367999998</v>
       </c>
       <c r="C393" s="5">
-        <v>2.6415870700000177E-2</v>
+        <v>2.692135959999975E-2</v>
       </c>
       <c r="D393" s="5">
-        <v>9.4128733218395322</v>
+        <v>9.6069458701891755</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>3.5423595771</v>
+        <v>3.5414425232000002</v>
       </c>
       <c r="C394" s="5">
-        <v>5.3890834999998916E-3</v>
+        <v>6.1687864000004033E-3</v>
       </c>
       <c r="D394" s="5">
-        <v>1.8437725971379937</v>
+        <v>2.1141223917784613</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>3.4963365932000001</v>
+        <v>3.5011733798</v>
       </c>
       <c r="C395" s="5">
-        <v>-4.6022983899999925E-2</v>
+        <v>-4.0269143400000207E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>-14.523425968603476</v>
+        <v>-12.823176389166024</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>3.5604708477</v>
+        <v>3.5616623251999999</v>
       </c>
       <c r="C396" s="5">
-        <v>6.4134254499999876E-2</v>
+        <v>6.0488945399999938E-2</v>
       </c>
       <c r="D396" s="5">
-        <v>24.374223761798184</v>
+        <v>22.82011383125937</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>3.4951418677000001</v>
+        <v>3.4964347335000001</v>
       </c>
       <c r="C397" s="5">
-        <v>-6.532897999999987E-2</v>
+        <v>-6.522759169999981E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>-19.926559226239281</v>
+        <v>-19.892680208083014</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>3.6104167372</v>
+        <v>3.6109372208999999</v>
       </c>
       <c r="C398" s="5">
-        <v>0.11527486949999988</v>
+        <v>0.1145024873999998</v>
       </c>
       <c r="D398" s="5">
-        <v>47.608138929113643</v>
+        <v>47.208926217654444</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>3.6770502051</v>
+        <v>3.6772286729000001</v>
       </c>
       <c r="C399" s="5">
-        <v>6.6633467900000021E-2</v>
+        <v>6.6291452000000195E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>24.539382894700434</v>
+        <v>24.396568057416502</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>3.6730206115000001</v>
+        <v>3.6728262639000002</v>
       </c>
       <c r="C400" s="5">
-        <v>-4.0295935999998811E-3</v>
+        <v>-4.402408999999885E-3</v>
       </c>
       <c r="D400" s="5">
-        <v>-1.3071546664357947</v>
+        <v>-1.4272278793075688</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>3.6670575856999998</v>
+        <v>3.6667201908</v>
       </c>
       <c r="C401" s="5">
-        <v>-5.9630258000002989E-3</v>
+        <v>-6.10607310000022E-3</v>
       </c>
       <c r="D401" s="5">
-        <v>-1.9308583080112629</v>
+        <v>-1.9768587506409419</v>
       </c>
       <c r="E401" s="5">
-        <v>5.9125713514798672</v>
+        <v>5.9101612301253992</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>3.8414713193000001</v>
+        <v>3.8401354014</v>
       </c>
       <c r="C402" s="5">
-        <v>0.17441373360000023</v>
+        <v>0.17341521059999998</v>
       </c>
       <c r="D402" s="5">
-        <v>74.645894614749125</v>
+        <v>74.110599904859285</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>3.7999950510999998</v>
+        <v>3.7995132961000002</v>
       </c>
       <c r="C403" s="5">
-        <v>-4.1476268200000277E-2</v>
+        <v>-4.0622105299999767E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>-12.214005911946046</v>
+        <v>-11.980849726642727</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>3.8084226941999999</v>
+        <v>3.8056003663000002</v>
       </c>
       <c r="C404" s="5">
-        <v>8.427643100000104E-3</v>
+        <v>6.0870701999999888E-3</v>
       </c>
       <c r="D404" s="5">
-        <v>2.694068747721956</v>
+        <v>1.9395093714486666</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>3.8292550400000001</v>
+        <v>3.8257990798999999</v>
       </c>
       <c r="C405" s="5">
-        <v>2.0832345800000152E-2</v>
+        <v>2.0198713599999696E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>6.765214888178428</v>
+        <v>6.558411562644384</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>3.8364500594000002</v>
+        <v>3.8333940261000001</v>
       </c>
       <c r="C406" s="5">
-        <v>7.1950194000001133E-3</v>
+        <v>7.5949462000002299E-3</v>
       </c>
       <c r="D406" s="5">
-        <v>2.2782005494744073</v>
+        <v>2.4084139584646946</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>3.9947396570999998</v>
+        <v>4.0005535166000001</v>
       </c>
       <c r="C407" s="5">
-        <v>0.15828959769999962</v>
+        <v>0.16715949050000001</v>
       </c>
       <c r="D407" s="5">
-        <v>62.445311588954766</v>
+        <v>66.893519402152563</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>3.9565667581000001</v>
+        <v>3.9592407974000001</v>
       </c>
       <c r="C408" s="5">
-        <v>-3.8172898999999649E-2</v>
+        <v>-4.1312719200000014E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>-10.88307296451373</v>
+        <v>-11.711939232108337</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>4.0001226275999997</v>
+        <v>4.0026131420000004</v>
       </c>
       <c r="C409" s="5">
-        <v>4.3555869499999567E-2</v>
+        <v>4.3372344600000279E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>14.040126039039169</v>
+        <v>13.967340117967941</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>4.0135330161000002</v>
+        <v>4.0149215802000002</v>
       </c>
       <c r="C410" s="5">
-        <v>1.3410388500000536E-2</v>
+        <v>1.2308438199999827E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>4.0980072922932154</v>
+        <v>3.7531761513171391</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>4.0740155588000002</v>
+        <v>4.0749743137000003</v>
       </c>
       <c r="C411" s="5">
-        <v>6.0482542699999975E-2</v>
+        <v>6.0052733500000066E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>19.660309005736455</v>
+        <v>19.501595100408096</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>4.0829792535999996</v>
+        <v>4.0833141442000001</v>
       </c>
       <c r="C412" s="5">
-        <v>8.9636947999993666E-3</v>
+        <v>8.3398304999997563E-3</v>
       </c>
       <c r="D412" s="5">
-        <v>2.672439102930646</v>
+        <v>2.483750441671706</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>4.1711705176000002</v>
+        <v>4.1710371570999998</v>
       </c>
       <c r="C413" s="5">
-        <v>8.8191264000000658E-2</v>
+        <v>8.7723012899999731E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>29.231757873464392</v>
+        <v>29.05510480428195</v>
       </c>
       <c r="E413" s="5">
-        <v>13.747068872488711</v>
+        <v>13.753898308503555</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>4.0375351501000001</v>
+        <v>4.0359073523999998</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.13363536750000016</v>
+        <v>-0.13512980470000002</v>
       </c>
       <c r="D414" s="5">
-        <v>-32.344911760631753</v>
+        <v>-32.645665021418544</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>4.1006425121000003</v>
+        <v>4.1000214508999999</v>
       </c>
       <c r="C415" s="5">
-        <v>6.3107362000000222E-2</v>
+        <v>6.4114098500000161E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>20.455635303239326</v>
+        <v>20.820127543831202</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>4.3078216504000002</v>
+        <v>4.3044312771</v>
       </c>
       <c r="C416" s="5">
-        <v>0.2071791382999999</v>
+        <v>0.20440982620000003</v>
       </c>
       <c r="D416" s="5">
-        <v>80.663183177691948</v>
+        <v>79.289887301752131</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>4.2241712781</v>
+        <v>4.2185209113999997</v>
       </c>
       <c r="C417" s="5">
-        <v>-8.3650372300000164E-2</v>
+        <v>-8.5910365700000213E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>-20.967511656825323</v>
+        <v>-21.488525455731889</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>4.2333497737999997</v>
+        <v>4.2272308206</v>
       </c>
       <c r="C418" s="5">
-        <v>9.1784956999996226E-3</v>
+        <v>8.7099092000002543E-3</v>
       </c>
       <c r="D418" s="5">
-        <v>2.6388087210041045</v>
+        <v>2.505949611546443</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>4.1917765461999998</v>
+        <v>4.1972604594999998</v>
       </c>
       <c r="C419" s="5">
-        <v>-4.1573227599999818E-2</v>
+        <v>-2.9970361100000176E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-11.168366917076167</v>
+        <v>-8.1837625104167806</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>4.1525518077000001</v>
+        <v>4.1570028019</v>
       </c>
       <c r="C420" s="5">
-        <v>-3.9224738499999745E-2</v>
+        <v>-4.0257657599999774E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>-10.668786599104596</v>
+        <v>-10.921526458407261</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>4.1021698632000003</v>
+        <v>4.1057286410999998</v>
       </c>
       <c r="C421" s="5">
-        <v>-5.0381944499999776E-2</v>
+        <v>-5.1274160800000246E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>-13.626013754719612</v>
+        <v>-13.837339508771763</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>4.1182809602999999</v>
+        <v>4.1205637303999998</v>
       </c>
       <c r="C422" s="5">
-        <v>1.6111097099999583E-2</v>
+        <v>1.4835089299999993E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>4.8160979033123663</v>
+        <v>4.423132946324615</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>4.0739114991000003</v>
+        <v>4.0756698904000004</v>
       </c>
       <c r="C423" s="5">
-        <v>-4.4369461199999627E-2</v>
+        <v>-4.4893839999999408E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>-12.189304228401731</v>
+        <v>-12.318416209470284</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>4.0907074493</v>
+        <v>4.0917513816</v>
       </c>
       <c r="C424" s="5">
-        <v>1.6795950199999687E-2</v>
+        <v>1.6081491199999576E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>5.0611080514578077</v>
+        <v>4.8389929815918054</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>4.0757149365999998</v>
+        <v>4.0760514443</v>
       </c>
       <c r="C425" s="5">
-        <v>-1.4992512700000127E-2</v>
+        <v>-1.5699937299999966E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>-4.3104411692869826</v>
+        <v>-4.5084314740924896</v>
       </c>
       <c r="E425" s="5">
-        <v>-2.288460291834904</v>
+        <v>-2.2772684400165</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>4.1351647362000001</v>
+        <v>4.1338569033999999</v>
       </c>
       <c r="C426" s="5">
-        <v>5.9449799600000297E-2</v>
+        <v>5.7805459099999901E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>18.97841396018287</v>
+        <v>18.410274972583274</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>4.1038482209999998</v>
+        <v>4.1041556685999998</v>
       </c>
       <c r="C427" s="5">
-        <v>-3.1316515200000339E-2</v>
+        <v>-2.9701234800000087E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-8.7187254846958098</v>
+        <v>-8.2891686109810117</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>4.1078153973999996</v>
+        <v>4.1059906177999999</v>
       </c>
       <c r="C428" s="5">
-        <v>3.9671763999997722E-3</v>
+        <v>1.8349492000000467E-3</v>
       </c>
       <c r="D428" s="5">
-        <v>1.166223635060093</v>
+        <v>0.53783577393138327</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>4.1063503088999997</v>
+        <v>4.1099195885000004</v>
       </c>
       <c r="C429" s="5">
-        <v>-1.4650884999998226E-3</v>
+        <v>3.9289707000005336E-3</v>
       </c>
       <c r="D429" s="5">
-        <v>-0.4271519980341032</v>
+        <v>1.1543273820494804</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>4.0902891791</v>
+        <v>4.1161199825999999</v>
       </c>
       <c r="C430" s="5">
-        <v>-1.606112979999974E-2</v>
+        <v>6.2003940999995066E-3</v>
       </c>
       <c r="D430" s="5">
-        <v>-4.5938856332082612</v>
+        <v>1.8254668500261584</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>4.0323677753</v>
+        <v>4.0932640561999998</v>
       </c>
       <c r="C431" s="5">
-        <v>-5.7921403799999993E-2</v>
+        <v>-2.2855926400000115E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>-15.729908401830651</v>
+        <v>-6.4635606308059206</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>4.0470200958999998</v>
+        <v>4.1054956911999998</v>
       </c>
       <c r="C432" s="5">
-        <v>1.4652320599999769E-2</v>
+        <v>1.2231635000000018E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>4.448619958441391</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.6454080495622376</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>4.0528671151999998</v>
+        <v>4.1114271944</v>
       </c>
       <c r="C433" s="5">
-        <v>5.8470192999999782E-3</v>
+        <v>5.9315032000002432E-3</v>
       </c>
       <c r="D433" s="5">
-        <v>1.747568971603064</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1.7475689794387517</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>4.1542679345</v>
+        <v>4.2142931592000004</v>
       </c>
       <c r="C434" s="5">
-        <v>0.10140081930000022</v>
+        <v>0.10286596480000032</v>
       </c>
       <c r="D434" s="5">
-        <v>34.51963140685266</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>34.519631407493634</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>4.2167236234000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>2.4304641999997045E-3</v>
+      </c>
+      <c r="D435" s="5">
+        <v>0.69426257929317003</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>4.2436240531999996</v>
+      </c>
+      <c r="C436" s="5">
+        <v>2.6900429799999515E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>7.9297533002519627</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>4.1575774518999999</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-8.6046601299999637E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-21.79376953620158</v>
+      </c>
+      <c r="E437" s="5">
+        <v>2.0001221455143048</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>