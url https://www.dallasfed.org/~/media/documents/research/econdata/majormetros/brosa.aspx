--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{CBDFDF3C-3451-4707-AAC6-D98B122C1895}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{CBB36123-77BB-4B44-983A-ACFF3BBD0AE2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{AEE772AF-DC32-460C-AD23-220E85CD7F81}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F41CD250-383D-4A21-ACFA-A8E66B3F94FD}"/>
   </bookViews>
   <sheets>
     <sheet name="bronaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Brownsville—Harlingen Total Nonfarm Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{070BB0EB-7655-4A0B-9795-3E175A6DABBA}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6B93A09C-023B-47DF-87C1-F025E04FDAC2}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-4.4803380000018933E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-0.33104988270229452</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>163.28120466999999</v>
       </c>
       <c r="C432" s="5">
         <v>1.167876849999999</v>
       </c>
       <c r="D432" s="5">
         <v>8.9957839066224565</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>163.68162946000001</v>
+        <v>164.76185107000001</v>
       </c>
       <c r="C433" s="5">
-        <v>0.40042479000001663</v>
+        <v>1.4806464000000119</v>
       </c>
       <c r="D433" s="5">
-        <v>2.9828548637776287</v>
+        <v>11.441153741852039</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>163.86264267000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.89920839999999203</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-6.3560973550779165</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>