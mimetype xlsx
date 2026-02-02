--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{CBB36123-77BB-4B44-983A-ACFF3BBD0AE2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C7648945-058A-4C15-9B96-3B60807CF366}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F41CD250-383D-4A21-ACFA-A8E66B3F94FD}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6B2260D4-6735-4EC8-8A37-75B67CE4AAEC}"/>
   </bookViews>
   <sheets>
     <sheet name="bronaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Brownsville—Harlingen Total Nonfarm Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6B93A09C-023B-47DF-87C1-F025E04FDAC2}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F80E2116-7782-4CA2-AACC-CF2800D84CE6}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6160 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>74.167206268000001</v>
+        <v>74.166677366000002</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>74.140667655000001</v>
+        <v>74.140524616999997</v>
       </c>
       <c r="C7" s="5">
-        <v>-2.65386129999996E-2</v>
+        <v>-2.615274900000486E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>-0.42854163911842935</v>
+        <v>-0.42232584891057634</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>74.198005472000006</v>
+        <v>74.198557949000005</v>
       </c>
       <c r="C8" s="5">
-        <v>5.7337817000004065E-2</v>
+        <v>5.8033332000007931E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>0.9319959295763125</v>
+        <v>0.94335170192532125</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>74.692894741000003</v>
+        <v>74.693436226000003</v>
       </c>
       <c r="C9" s="5">
-        <v>0.49488926899999797</v>
+        <v>0.49487827699999798</v>
       </c>
       <c r="D9" s="5">
-        <v>8.3040552309642912</v>
+        <v>8.3037998559609036</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>75.038853861999996</v>
+        <v>75.039309564999996</v>
       </c>
       <c r="C10" s="5">
-        <v>0.34595912099999282</v>
+        <v>0.34587333899999351</v>
       </c>
       <c r="D10" s="5">
-        <v>5.7019046729888556</v>
+        <v>5.7004122787981837</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>75.332215176000005</v>
+        <v>75.327812569000002</v>
       </c>
       <c r="C11" s="5">
-        <v>0.29336131400000909</v>
+        <v>0.28850300400000606</v>
       </c>
       <c r="D11" s="5">
-        <v>4.7935503688609327</v>
+        <v>4.712450009426683</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>76.460719553999994</v>
+        <v>76.461557502999995</v>
       </c>
       <c r="C12" s="5">
-        <v>1.1285043779999882</v>
+        <v>1.1337449339999921</v>
       </c>
       <c r="D12" s="5">
-        <v>19.534070864218144</v>
+        <v>19.633665197123019</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>76.227176833000001</v>
+        <v>76.228433765000005</v>
       </c>
       <c r="C13" s="5">
-        <v>-0.23354272099999207</v>
+        <v>-0.23312373799998909</v>
       </c>
       <c r="D13" s="5">
-        <v>-3.6043455242508515</v>
+        <v>-3.5979484907490145</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>75.937565754999994</v>
+        <v>75.939099467999995</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.28961107800000718</v>
+        <v>-0.28933429700001057</v>
       </c>
       <c r="D14" s="5">
-        <v>-4.4651049630842987</v>
+        <v>-4.4608543279354818</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>76.291436458999996</v>
+        <v>76.292719720999997</v>
       </c>
       <c r="C15" s="5">
-        <v>0.35387070400000198</v>
+        <v>0.35362025300000255</v>
       </c>
       <c r="D15" s="5">
-        <v>5.7376001628565154</v>
+        <v>5.7333160511849446</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>76.760018047000003</v>
+        <v>76.756412716</v>
       </c>
       <c r="C16" s="5">
-        <v>0.46858158800000638</v>
+        <v>0.46369299500000238</v>
       </c>
       <c r="D16" s="5">
-        <v>7.6245410857712193</v>
+        <v>7.5421877210629207</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>77.147258023000006</v>
+        <v>77.149422588999997</v>
       </c>
       <c r="C17" s="5">
-        <v>0.38723997600000359</v>
+        <v>0.3930098729999969</v>
       </c>
       <c r="D17" s="5">
-        <v>6.2246040858865204</v>
+        <v>6.3202839200448002</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>76.652386562000004</v>
+        <v>76.651937606000004</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.49487146100000245</v>
+        <v>-0.49748498299999255</v>
       </c>
       <c r="D18" s="5">
-        <v>-7.43171150166887</v>
+        <v>-7.4693764464436203</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>76.443593832999994</v>
+        <v>76.443096210999997</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.20879272900000956</v>
+        <v>-0.20884139500000742</v>
       </c>
       <c r="D19" s="5">
-        <v>-3.2201416108760816</v>
+        <v>-3.2208995426380227</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>76.892945878999996</v>
+        <v>76.892957222000007</v>
       </c>
       <c r="C20" s="5">
-        <v>0.44935204600000134</v>
+        <v>0.44986101100001008</v>
       </c>
       <c r="D20" s="5">
-        <v>7.2864414291643476</v>
+        <v>7.2950124997475774</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>75.661840334999994</v>
+        <v>75.664638070999999</v>
       </c>
       <c r="C21" s="5">
-        <v>-1.2311055440000018</v>
+        <v>-1.228319151000008</v>
       </c>
       <c r="D21" s="5">
-        <v>-17.608044611575224</v>
+        <v>-17.571623957574268</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>75.738776650000005</v>
+        <v>75.738675185999995</v>
       </c>
       <c r="C22" s="5">
-        <v>7.6936315000011746E-2</v>
+        <v>7.4037114999995879E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>1.2270606239390913</v>
+        <v>1.1805281512185628</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>77.046902906</v>
+        <v>77.042581526000006</v>
       </c>
       <c r="C23" s="5">
-        <v>1.3081262559999942</v>
+        <v>1.3039063400000117</v>
       </c>
       <c r="D23" s="5">
-        <v>22.812563878102289</v>
+        <v>22.731903159406386</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>77.293123468999994</v>
+        <v>77.293182240999997</v>
       </c>
       <c r="C24" s="5">
-        <v>0.24622056299999429</v>
+        <v>0.25060071499999026</v>
       </c>
       <c r="D24" s="5">
-        <v>3.9029943121063004</v>
+        <v>3.9739006247882847</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>77.868857371999994</v>
+        <v>77.870178899999999</v>
       </c>
       <c r="C25" s="5">
-        <v>0.57573390299999971</v>
+        <v>0.57699665900000241</v>
       </c>
       <c r="D25" s="5">
-        <v>9.3138853262529899</v>
+        <v>9.335152022035853</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>78.472910858999995</v>
+        <v>78.474062016999994</v>
       </c>
       <c r="C26" s="5">
-        <v>0.60405348700000161</v>
+        <v>0.6038831169999952</v>
       </c>
       <c r="D26" s="5">
-        <v>9.7163942374647547</v>
+        <v>9.71336390961417</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>77.685684471000002</v>
+        <v>77.686896758000003</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.78722638799999345</v>
+        <v>-0.78716525899999112</v>
       </c>
       <c r="D27" s="5">
-        <v>-11.39569809568145</v>
+        <v>-11.394703402384787</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>78.036178664000005</v>
+        <v>78.032868374000003</v>
       </c>
       <c r="C28" s="5">
-        <v>0.35049419300000295</v>
+        <v>0.34597161599999993</v>
       </c>
       <c r="D28" s="5">
-        <v>5.5504219445042358</v>
+        <v>5.4769518276006401</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>78.869518709999994</v>
+        <v>78.871422984999995</v>
       </c>
       <c r="C29" s="5">
-        <v>0.83334004599998934</v>
+        <v>0.83855461099999218</v>
       </c>
       <c r="D29" s="5">
-        <v>13.594774792303754</v>
+        <v>13.685548512609657</v>
       </c>
       <c r="E29" s="5">
-        <v>2.2324327929925003</v>
+        <v>2.2320327725246392</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>78.396311905999994</v>
+        <v>78.395990939000001</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.47320680400000015</v>
+        <v>-0.47543204599999456</v>
       </c>
       <c r="D30" s="5">
-        <v>-6.9669416656861216</v>
+        <v>-6.9984616952843197</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>79.129623885000001</v>
+        <v>79.128848352000006</v>
       </c>
       <c r="C31" s="5">
-        <v>0.73331197900000689</v>
+        <v>0.73285741300000495</v>
       </c>
       <c r="D31" s="5">
-        <v>11.820552096906777</v>
+        <v>11.812894879984693</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>79.451497895000003</v>
+        <v>79.451107555999997</v>
       </c>
       <c r="C32" s="5">
-        <v>0.32187401000000193</v>
+        <v>0.32225920399999097</v>
       </c>
       <c r="D32" s="5">
-        <v>4.991914403472153</v>
+        <v>4.998072871764192</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>79.818342810999994</v>
+        <v>79.823450375999997</v>
       </c>
       <c r="C33" s="5">
-        <v>0.36684491599999092</v>
+        <v>0.37234282000000007</v>
       </c>
       <c r="D33" s="5">
-        <v>5.6835536992441149</v>
+        <v>5.7709699482863419</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>80.739038669999999</v>
+        <v>80.738339984999996</v>
       </c>
       <c r="C34" s="5">
-        <v>0.92069585900000561</v>
+        <v>0.91488960899999938</v>
       </c>
       <c r="D34" s="5">
-        <v>14.754680686748678</v>
+        <v>14.654692880172604</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>80.755528111999993</v>
+        <v>80.751954708</v>
       </c>
       <c r="C35" s="5">
-        <v>1.6489441999993915E-2</v>
+        <v>1.3614723000003437E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>0.24535308353803575</v>
+        <v>0.20254105464942995</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>80.565353419999994</v>
+        <v>80.563714567000005</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.19017469199999937</v>
+        <v>-0.18824014099999431</v>
       </c>
       <c r="D36" s="5">
-        <v>-2.789615790591693</v>
+        <v>-2.761721917018356</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>81.160182922000004</v>
+        <v>81.161354290999995</v>
       </c>
       <c r="C37" s="5">
-        <v>0.59482950200001028</v>
+        <v>0.59763972399998977</v>
       </c>
       <c r="D37" s="5">
-        <v>9.2286100912088784</v>
+        <v>9.2742004587753168</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>81.577548049000001</v>
+        <v>81.578132808999996</v>
       </c>
       <c r="C38" s="5">
-        <v>0.41736512699999651</v>
+        <v>0.41677851800000099</v>
       </c>
       <c r="D38" s="5">
-        <v>6.348548393431952</v>
+        <v>6.3392778713762477</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>81.936572588000004</v>
+        <v>81.937534288999998</v>
       </c>
       <c r="C39" s="5">
-        <v>0.35902453900000353</v>
+        <v>0.35940148000000249</v>
       </c>
       <c r="D39" s="5">
-        <v>5.4109551309778903</v>
+        <v>5.4167346951860873</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>82.811965717999996</v>
+        <v>82.809579622000001</v>
       </c>
       <c r="C40" s="5">
-        <v>0.87539312999999197</v>
+        <v>0.87204533300000264</v>
       </c>
       <c r="D40" s="5">
-        <v>13.601378881281946</v>
+        <v>13.546112662143717</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>82.792701957999995</v>
+        <v>82.793953994000006</v>
       </c>
       <c r="C41" s="5">
-        <v>-1.9263760000001184E-2</v>
+        <v>-1.5625627999995118E-2</v>
       </c>
       <c r="D41" s="5">
-        <v>-0.27878772302920574</v>
+        <v>-0.2261973327550848</v>
       </c>
       <c r="E41" s="5">
-        <v>4.9742705574575385</v>
+        <v>4.973323493537074</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>82.959230758999993</v>
+        <v>82.959157235999996</v>
       </c>
       <c r="C42" s="5">
-        <v>0.16652880099999834</v>
+        <v>0.16520324199998981</v>
       </c>
       <c r="D42" s="5">
-        <v>2.4405551416203375</v>
+        <v>2.4208777733527143</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>83.446753512000001</v>
+        <v>83.446074707999998</v>
       </c>
       <c r="C43" s="5">
-        <v>0.48752275300000747</v>
+        <v>0.48691747200000179</v>
       </c>
       <c r="D43" s="5">
-        <v>7.2844416108846843</v>
+        <v>7.2751103886091073</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>83.875051677000002</v>
+        <v>83.874140023999999</v>
       </c>
       <c r="C44" s="5">
-        <v>0.42829816500000106</v>
+        <v>0.42806531600000142</v>
       </c>
       <c r="D44" s="5">
-        <v>6.3359871576379012</v>
+        <v>6.3324977411018279</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>84.07746478</v>
+        <v>84.084937006000004</v>
       </c>
       <c r="C45" s="5">
-        <v>0.20241310299999782</v>
+        <v>0.21079698200000507</v>
       </c>
       <c r="D45" s="5">
-        <v>2.9346718107465364</v>
+        <v>3.0579440424334692</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>84.414523376000005</v>
+        <v>84.413372186000004</v>
       </c>
       <c r="C46" s="5">
-        <v>0.33705859600000565</v>
+        <v>0.3284351799999996</v>
       </c>
       <c r="D46" s="5">
-        <v>4.9181874031526407</v>
+        <v>4.7892090637460027</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>84.229532278999997</v>
+        <v>84.226595410000002</v>
       </c>
       <c r="C47" s="5">
-        <v>-0.18499109700000815</v>
+        <v>-0.18677677600000209</v>
       </c>
       <c r="D47" s="5">
-        <v>-2.5982865539432298</v>
+        <v>-2.6230981779009732</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>84.427325112000005</v>
+        <v>84.423994901</v>
       </c>
       <c r="C48" s="5">
-        <v>0.19779283300000827</v>
+        <v>0.19739949099999876</v>
       </c>
       <c r="D48" s="5">
-        <v>2.854592811737322</v>
+        <v>2.8489432555324878</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>84.613672824000005</v>
+        <v>84.614539872999998</v>
       </c>
       <c r="C49" s="5">
-        <v>0.18634771199999989</v>
+        <v>0.19054497199999787</v>
       </c>
       <c r="D49" s="5">
-        <v>2.681027095362043</v>
+        <v>2.7422751784232924</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>85.490635169000001</v>
+        <v>85.490473733000002</v>
       </c>
       <c r="C50" s="5">
-        <v>0.87696234499999548</v>
+        <v>0.87593386000000351</v>
       </c>
       <c r="D50" s="5">
-        <v>13.17121090161093</v>
+        <v>13.154731503455984</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>85.166771460000007</v>
+        <v>85.167485913999997</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.32386370899999406</v>
+        <v>-0.32298781900000506</v>
       </c>
       <c r="D51" s="5">
-        <v>-4.4524216533749605</v>
+        <v>-4.4406373926568214</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>85.358001092999999</v>
+        <v>85.357038318999997</v>
       </c>
       <c r="C52" s="5">
-        <v>0.19122963299999185</v>
+        <v>0.18955240500000059</v>
       </c>
       <c r="D52" s="5">
-        <v>2.7279509483359776</v>
+        <v>2.7037081748010339</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>85.543799077000003</v>
+        <v>85.544533881999996</v>
       </c>
       <c r="C53" s="5">
-        <v>0.18579798400000413</v>
+        <v>0.18749556299999881</v>
       </c>
       <c r="D53" s="5">
-        <v>2.6435277702542725</v>
+        <v>2.6680038828016839</v>
       </c>
       <c r="E53" s="5">
-        <v>3.3228739417100028</v>
+        <v>3.3221989714361522</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>86.303282503999995</v>
+        <v>86.303219924000004</v>
       </c>
       <c r="C54" s="5">
-        <v>0.75948342699999216</v>
+        <v>0.75868604200000789</v>
       </c>
       <c r="D54" s="5">
-        <v>11.189906608383993</v>
+        <v>11.177478640852412</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>86.852626962000002</v>
+        <v>86.852483575999997</v>
       </c>
       <c r="C55" s="5">
-        <v>0.54934445800000731</v>
+        <v>0.54926365199999339</v>
       </c>
       <c r="D55" s="5">
-        <v>7.9115012278319519</v>
+        <v>7.9103023869250721</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>87.500218165000007</v>
+        <v>87.499362036999997</v>
       </c>
       <c r="C56" s="5">
-        <v>0.64759120300000461</v>
+        <v>0.64687846100000002</v>
       </c>
       <c r="D56" s="5">
-        <v>9.3236505706394865</v>
+        <v>9.3129809754110671</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>87.841705974000007</v>
+        <v>87.849227331999998</v>
       </c>
       <c r="C57" s="5">
-        <v>0.3414878090000002</v>
+        <v>0.34986529500000074</v>
       </c>
       <c r="D57" s="5">
-        <v>4.7850944582863875</v>
+        <v>4.9051270101339695</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>88.333698705000003</v>
+        <v>88.332577241999999</v>
       </c>
       <c r="C58" s="5">
-        <v>0.4919927309999963</v>
+        <v>0.48334991000000116</v>
       </c>
       <c r="D58" s="5">
-        <v>6.9320388432184021</v>
+        <v>6.8059554552087675</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>89.114522292000004</v>
+        <v>89.112532004000002</v>
       </c>
       <c r="C59" s="5">
-        <v>0.78082358700000043</v>
+        <v>0.77995476200000269</v>
       </c>
       <c r="D59" s="5">
-        <v>11.138572261877865</v>
+        <v>11.125718546931207</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>89.591772368999997</v>
+        <v>89.586882138999997</v>
       </c>
       <c r="C60" s="5">
-        <v>0.47725007699999367</v>
+        <v>0.47435013499999457</v>
       </c>
       <c r="D60" s="5">
-        <v>6.619278218473168</v>
+        <v>6.5780236909922296</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>89.724814176999999</v>
+        <v>89.725500160999999</v>
       </c>
       <c r="C61" s="5">
-        <v>0.13304180800000154</v>
+        <v>0.13861802200000284</v>
       </c>
       <c r="D61" s="5">
-        <v>1.7965998963870744</v>
+        <v>1.8726463483181632</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>89.277083461000004</v>
+        <v>89.276609785999995</v>
       </c>
       <c r="C62" s="5">
-        <v>-0.44773071599999525</v>
+        <v>-0.44889037500000484</v>
       </c>
       <c r="D62" s="5">
-        <v>-5.8264117073060007</v>
+        <v>-5.8410463650068412</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>89.765849583000005</v>
+        <v>89.766293908999998</v>
       </c>
       <c r="C63" s="5">
-        <v>0.48876612200000125</v>
+        <v>0.48968412300000352</v>
       </c>
       <c r="D63" s="5">
-        <v>6.7711247381350148</v>
+        <v>6.7842654523139645</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>90.702592550000006</v>
+        <v>90.703137245999997</v>
       </c>
       <c r="C64" s="5">
-        <v>0.9367429670000007</v>
+        <v>0.93684333699999911</v>
       </c>
       <c r="D64" s="5">
-        <v>13.266807780888289</v>
+        <v>13.268242369930539</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>90.678219917999996</v>
+        <v>90.678565015000004</v>
       </c>
       <c r="C65" s="5">
-        <v>-2.4372632000009276E-2</v>
+        <v>-2.4572230999993394E-2</v>
       </c>
       <c r="D65" s="5">
-        <v>-0.32197506002065168</v>
+        <v>-0.32460599188318673</v>
       </c>
       <c r="E65" s="5">
-        <v>6.0020958811735525</v>
+        <v>6.0015887632071108</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>90.436654262999994</v>
+        <v>90.436389070000004</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.24156565500000227</v>
+        <v>-0.24217594499999961</v>
       </c>
       <c r="D66" s="5">
-        <v>-3.1503595089395153</v>
+        <v>-3.1581901725619699</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>90.591985054999995</v>
+        <v>90.592083406</v>
       </c>
       <c r="C67" s="5">
-        <v>0.15533079200000088</v>
+        <v>0.15569433599999627</v>
       </c>
       <c r="D67" s="5">
-        <v>2.0806595560020291</v>
+        <v>2.0855816123244164</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>90.743745942999993</v>
+        <v>90.742740272999995</v>
       </c>
       <c r="C68" s="5">
-        <v>0.15176088799999832</v>
+        <v>0.15065686699999503</v>
       </c>
       <c r="D68" s="5">
-        <v>2.0288814809042988</v>
+        <v>2.013984430964455</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>90.127561760000006</v>
+        <v>90.135016764</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.61618418299998723</v>
+        <v>-0.60772350899999594</v>
       </c>
       <c r="D69" s="5">
-        <v>-7.8509148564745113</v>
+        <v>-7.7471386440220442</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>89.943822413000007</v>
+        <v>89.942792255000001</v>
       </c>
       <c r="C70" s="5">
-        <v>-0.1837393469999995</v>
+        <v>-0.19222450899999899</v>
       </c>
       <c r="D70" s="5">
-        <v>-2.4191456574207737</v>
+        <v>-2.5293491224605558</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>90.079394956000002</v>
+        <v>90.077851397000003</v>
       </c>
       <c r="C71" s="5">
-        <v>0.13557254299999499</v>
+        <v>0.13505914200000291</v>
       </c>
       <c r="D71" s="5">
-        <v>1.823833464277147</v>
+        <v>1.8168906132780549</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>89.811684284999998</v>
+        <v>89.806081547999995</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.26771067100000323</v>
+        <v>-0.27176984900000889</v>
       </c>
       <c r="D72" s="5">
-        <v>-3.5086090930455116</v>
+        <v>-3.560989028638617</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>89.784423309000005</v>
+        <v>89.785001984000004</v>
       </c>
       <c r="C73" s="5">
-        <v>-2.7260975999993775E-2</v>
+        <v>-2.1079563999990114E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>-0.36363435278395917</v>
+        <v>-0.28130440631644049</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>90.600346959000007</v>
+        <v>90.599721930000001</v>
       </c>
       <c r="C74" s="5">
-        <v>0.815923650000002</v>
+        <v>0.81471994599999675</v>
       </c>
       <c r="D74" s="5">
-        <v>11.467012142580835</v>
+        <v>11.449164699891146</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>90.611949077999995</v>
+        <v>90.612380772999998</v>
       </c>
       <c r="C75" s="5">
-        <v>1.160211899998842E-2</v>
+        <v>1.2658842999996978E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>0.15377814084300834</v>
+        <v>0.16779621750000473</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>90.561616544000003</v>
+        <v>90.563099519000005</v>
       </c>
       <c r="C76" s="5">
-        <v>-5.0332533999991824E-2</v>
+        <v>-4.9281253999993169E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>-0.6645354977141138</v>
+        <v>-0.65069395411317954</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>91.033189129999997</v>
+        <v>91.033621589000006</v>
       </c>
       <c r="C77" s="5">
-        <v>0.47157258599999352</v>
+        <v>0.47052207000000124</v>
       </c>
       <c r="D77" s="5">
-        <v>6.4307434044796219</v>
+        <v>6.4158978261779076</v>
       </c>
       <c r="E77" s="5">
-        <v>0.39146027824652485</v>
+        <v>0.39155513096316152</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>90.911269169999997</v>
+        <v>90.910760793999998</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.12191995999999961</v>
+        <v>-0.12286079500000824</v>
       </c>
       <c r="D78" s="5">
-        <v>-1.5953638468072961</v>
+        <v>-1.6075761715469428</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>91.014829476000003</v>
+        <v>91.015190407999995</v>
       </c>
       <c r="C79" s="5">
-        <v>0.10356030600000565</v>
+        <v>0.10442961399999717</v>
       </c>
       <c r="D79" s="5">
-        <v>1.3755602535218792</v>
+        <v>1.3871878648758829</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>90.576202006000003</v>
+        <v>90.575575170999997</v>
       </c>
       <c r="C80" s="5">
-        <v>-0.43862747000000013</v>
+        <v>-0.43961523699999816</v>
       </c>
       <c r="D80" s="5">
-        <v>-5.6323029651308083</v>
+        <v>-5.6446298070391032</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>91.368368364999995</v>
+        <v>91.373367697000006</v>
       </c>
       <c r="C81" s="5">
-        <v>0.79216635899999233</v>
+        <v>0.79779252600000916</v>
       </c>
       <c r="D81" s="5">
-        <v>11.014871351205112</v>
+        <v>11.097010910852578</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>91.817240123000005</v>
+        <v>91.816654043</v>
       </c>
       <c r="C82" s="5">
-        <v>0.44887175800000989</v>
+        <v>0.44328634599999361</v>
       </c>
       <c r="D82" s="5">
-        <v>6.057254377318344</v>
+        <v>5.9795244186408913</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>91.454788958999998</v>
+        <v>91.453968517000007</v>
       </c>
       <c r="C83" s="5">
-        <v>-0.36245116400000654</v>
+        <v>-0.36268552599999282</v>
       </c>
       <c r="D83" s="5">
-        <v>-4.6355277906758534</v>
+        <v>-4.6384892885235507</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>92.157436360999995</v>
+        <v>92.152311108000006</v>
       </c>
       <c r="C84" s="5">
-        <v>0.70264740199999665</v>
+        <v>0.6983425909999994</v>
       </c>
       <c r="D84" s="5">
-        <v>9.6193436808051036</v>
+        <v>9.5580030500997282</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>93.283234832000005</v>
+        <v>93.283673429000004</v>
       </c>
       <c r="C85" s="5">
-        <v>1.1257984710000102</v>
+        <v>1.1313623209999975</v>
       </c>
       <c r="D85" s="5">
-        <v>15.685400622583344</v>
+        <v>15.7691650642243</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>92.994791750000005</v>
+        <v>92.994428016000001</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.28844308200000057</v>
+        <v>-0.28924541300000328</v>
       </c>
       <c r="D86" s="5">
-        <v>-3.6480875191643669</v>
+        <v>-3.6580456814431339</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>93.594652580000002</v>
+        <v>93.595058374000004</v>
       </c>
       <c r="C87" s="5">
-        <v>0.59986082999999724</v>
+        <v>0.60063035800000364</v>
       </c>
       <c r="D87" s="5">
-        <v>8.021181703415504</v>
+        <v>8.0318724267046235</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>93.655060556999999</v>
+        <v>93.656946783999999</v>
       </c>
       <c r="C88" s="5">
-        <v>6.0407976999997004E-2</v>
+        <v>6.1888409999994565E-2</v>
       </c>
       <c r="D88" s="5">
-        <v>0.77726076771948982</v>
+        <v>0.79637515287860339</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>93.767405764000003</v>
+        <v>93.767965789000002</v>
       </c>
       <c r="C89" s="5">
-        <v>0.11234520700000417</v>
+        <v>0.11101900500000284</v>
       </c>
       <c r="D89" s="5">
-        <v>1.4490115560204631</v>
+        <v>1.4317657069604861</v>
       </c>
       <c r="E89" s="5">
-        <v>3.0035382261467403</v>
+        <v>3.0036640883574384</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>94.105793164000005</v>
+        <v>94.105088882000004</v>
       </c>
       <c r="C90" s="5">
-        <v>0.338387400000002</v>
+        <v>0.33712309300000243</v>
       </c>
       <c r="D90" s="5">
-        <v>4.4175515977354696</v>
+        <v>4.4006918966069009</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>94.967680651999999</v>
+        <v>94.968201551000007</v>
       </c>
       <c r="C91" s="5">
-        <v>0.8618874879999936</v>
+        <v>0.86311266900000305</v>
       </c>
       <c r="D91" s="5">
-        <v>11.561325408012513</v>
+        <v>11.578688778431934</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>95.138671036999995</v>
+        <v>95.138231696000005</v>
       </c>
       <c r="C92" s="5">
-        <v>0.17099038499999608</v>
+        <v>0.17003014499999836</v>
       </c>
       <c r="D92" s="5">
-        <v>2.182138682052992</v>
+        <v>2.1697513890711173</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>94.881094544000007</v>
+        <v>94.883570364999997</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.25757649299998775</v>
+        <v>-0.25466133100000832</v>
       </c>
       <c r="D93" s="5">
-        <v>-3.2009120392933244</v>
+        <v>-3.1652313162937151</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>94.890639817999997</v>
+        <v>94.890469058999997</v>
       </c>
       <c r="C94" s="5">
-        <v>9.545273999989945E-3</v>
+        <v>6.8986940000002051E-3</v>
       </c>
       <c r="D94" s="5">
-        <v>0.12078980346557078</v>
+        <v>8.7283225303247391E-2</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>95.117318961999999</v>
+        <v>95.116755057999995</v>
       </c>
       <c r="C95" s="5">
-        <v>0.226679144000002</v>
+        <v>0.22628599899999813</v>
       </c>
       <c r="D95" s="5">
-        <v>2.9045804298266864</v>
+        <v>2.8994818504969988</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>96.301175689999994</v>
+        <v>96.296726081000003</v>
       </c>
       <c r="C96" s="5">
-        <v>1.183856727999995</v>
+        <v>1.1799710230000073</v>
       </c>
       <c r="D96" s="5">
-        <v>16.001569424849936</v>
+        <v>15.945515687979306</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>96.174603540000007</v>
+        <v>96.174946824000003</v>
       </c>
       <c r="C97" s="5">
-        <v>-0.126572149999987</v>
+        <v>-0.12177925700000003</v>
       </c>
       <c r="D97" s="5">
-        <v>-1.5658522300286859</v>
+        <v>-1.5070392643264707</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>95.937018402999996</v>
+        <v>95.937119134</v>
       </c>
       <c r="C98" s="5">
-        <v>-0.2375851370000106</v>
+        <v>-0.23782769000000314</v>
       </c>
       <c r="D98" s="5">
-        <v>-2.9244749663844494</v>
+        <v>-2.9274097952733058</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>96.079490559000007</v>
+        <v>96.079798381000003</v>
       </c>
       <c r="C99" s="5">
-        <v>0.14247215600001084</v>
+        <v>0.14267924700000378</v>
       </c>
       <c r="D99" s="5">
-        <v>1.7966990335095634</v>
+        <v>1.7993301273576012</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>96.292826356000006</v>
+        <v>96.295032617000004</v>
       </c>
       <c r="C100" s="5">
-        <v>0.21333579699999916</v>
+        <v>0.21523423600000058</v>
       </c>
       <c r="D100" s="5">
-        <v>2.6972726725089657</v>
+        <v>2.7215629327209001</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>96.611756322000005</v>
+        <v>96.612418915000006</v>
       </c>
       <c r="C101" s="5">
-        <v>0.3189299659999989</v>
+        <v>0.3173862980000024</v>
       </c>
       <c r="D101" s="5">
-        <v>4.0477079342050359</v>
+        <v>4.0276659655386293</v>
       </c>
       <c r="E101" s="5">
-        <v>3.033410740997633</v>
+        <v>3.0335020089917508</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>96.559571141999996</v>
+        <v>96.558694043000003</v>
       </c>
       <c r="C102" s="5">
-        <v>-5.2185180000009268E-2</v>
+        <v>-5.3724872000003643E-2</v>
       </c>
       <c r="D102" s="5">
-        <v>-0.64626202941172606</v>
+        <v>-0.66526677069326245</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>96.758091355000005</v>
+        <v>96.758632785000003</v>
       </c>
       <c r="C103" s="5">
-        <v>0.19852021300000899</v>
+        <v>0.1999387420000005</v>
       </c>
       <c r="D103" s="5">
-        <v>2.4952115457165691</v>
+        <v>2.5132677512122559</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>97.557783387000001</v>
+        <v>97.557566582000007</v>
       </c>
       <c r="C104" s="5">
-        <v>0.79969203199999583</v>
+        <v>0.79893379700000366</v>
       </c>
       <c r="D104" s="5">
-        <v>10.381317840891535</v>
+        <v>10.370962768402215</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>97.278119490999998</v>
+        <v>97.278076472999999</v>
       </c>
       <c r="C105" s="5">
-        <v>-0.27966389600000241</v>
+        <v>-0.27949010900000815</v>
       </c>
       <c r="D105" s="5">
-        <v>-3.3862567538604504</v>
+        <v>-3.3841929350459377</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>97.407629248000006</v>
+        <v>97.407873069999994</v>
       </c>
       <c r="C106" s="5">
-        <v>0.12950975700000811</v>
+        <v>0.12979659699999502</v>
       </c>
       <c r="D106" s="5">
-        <v>1.6093521560897495</v>
+        <v>1.6129434884607718</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>97.738019921000003</v>
+        <v>97.737618722999997</v>
       </c>
       <c r="C107" s="5">
-        <v>0.33039067299999658</v>
+        <v>0.32974565300000336</v>
       </c>
       <c r="D107" s="5">
-        <v>4.1469979102271903</v>
+        <v>4.1387398652501517</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>98.338697162000003</v>
+        <v>98.335693027000005</v>
       </c>
       <c r="C108" s="5">
-        <v>0.60067724099999964</v>
+        <v>0.59807430400000783</v>
       </c>
       <c r="D108" s="5">
-        <v>7.629411676958564</v>
+        <v>7.5952626408696267</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>97.562152947000001</v>
+        <v>97.562646806000004</v>
       </c>
       <c r="C109" s="5">
-        <v>-0.77654421500000126</v>
+        <v>-0.77304622100000131</v>
       </c>
       <c r="D109" s="5">
-        <v>-9.0750432471728644</v>
+        <v>-9.0361794657394245</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>98.164666726999997</v>
+        <v>98.16544064</v>
       </c>
       <c r="C110" s="5">
-        <v>0.60251377999999534</v>
+        <v>0.60279383399999631</v>
       </c>
       <c r="D110" s="5">
-        <v>7.6678030779362416</v>
+        <v>7.6714489599265967</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>98.741231380000002</v>
+        <v>98.741457276000006</v>
       </c>
       <c r="C111" s="5">
-        <v>0.57656465300000548</v>
+        <v>0.57601663600000563</v>
       </c>
       <c r="D111" s="5">
-        <v>7.2803320815985062</v>
+        <v>7.2731281851622143</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>98.882469231000002</v>
+        <v>98.884327573999997</v>
       </c>
       <c r="C112" s="5">
-        <v>0.14123785099999964</v>
+        <v>0.14287029799999118</v>
       </c>
       <c r="D112" s="5">
-        <v>1.7300286542036636</v>
+        <v>1.7501799353508263</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>98.932132925999994</v>
+        <v>98.932757605000006</v>
       </c>
       <c r="C113" s="5">
-        <v>4.9663694999992458E-2</v>
+        <v>4.8430031000009421E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>0.60436736669633451</v>
+        <v>0.58930309707245776</v>
       </c>
       <c r="E113" s="5">
-        <v>2.4017538779300684</v>
+        <v>2.4016981626776568</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>99.392951382999996</v>
+        <v>99.392160352000005</v>
       </c>
       <c r="C114" s="5">
-        <v>0.46081845700000201</v>
+        <v>0.45940274699999861</v>
       </c>
       <c r="D114" s="5">
-        <v>5.7349521595574604</v>
+        <v>5.7168440385830133</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>99.373232168000001</v>
+        <v>99.373195430999999</v>
       </c>
       <c r="C115" s="5">
-        <v>-1.9719214999994961E-2</v>
+        <v>-1.8964921000005575E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>-0.23781620390718183</v>
+        <v>-0.2287306868907435</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>99.697762702000006</v>
+        <v>99.697219336000003</v>
       </c>
       <c r="C116" s="5">
-        <v>0.32453053400000442</v>
+        <v>0.32402390500000422</v>
       </c>
       <c r="D116" s="5">
-        <v>3.9900917769226218</v>
+        <v>3.9837521601077119</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>100.84833689</v>
+        <v>100.84808495</v>
       </c>
       <c r="C117" s="5">
-        <v>1.1505741879999931</v>
+        <v>1.1508656139999971</v>
       </c>
       <c r="D117" s="5">
-        <v>14.762483196766674</v>
+        <v>14.766548528591761</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>101.08648755999999</v>
+        <v>101.086611</v>
       </c>
       <c r="C118" s="5">
-        <v>0.23815066999999601</v>
+        <v>0.23852605000000437</v>
       </c>
       <c r="D118" s="5">
-        <v>2.8708646755092326</v>
+        <v>2.8754561207465779</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>103.00139885</v>
+        <v>103.00070855</v>
       </c>
       <c r="C119" s="5">
-        <v>1.9149112900000063</v>
+        <v>1.9140975499999939</v>
       </c>
       <c r="D119" s="5">
-        <v>25.256478323715626</v>
+        <v>25.244569997392308</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>103.39988805</v>
+        <v>103.39841703</v>
       </c>
       <c r="C120" s="5">
-        <v>0.39848920000000021</v>
+        <v>0.39770848000000569</v>
       </c>
       <c r="D120" s="5">
-        <v>4.7425996051245756</v>
+        <v>4.733142099099874</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>102.83061563</v>
+        <v>102.83119363</v>
       </c>
       <c r="C121" s="5">
-        <v>-0.56927242000000433</v>
+        <v>-0.56722340000000315</v>
       </c>
       <c r="D121" s="5">
-        <v>-6.4102240229672702</v>
+        <v>-6.3879310981934889</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>103.20234259999999</v>
+        <v>103.2033675</v>
       </c>
       <c r="C122" s="5">
-        <v>0.37172696999999744</v>
+        <v>0.37217386999999746</v>
       </c>
       <c r="D122" s="5">
-        <v>4.4252288262401462</v>
+        <v>4.4306298995391291</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>103.61899233</v>
+        <v>103.61916821</v>
       </c>
       <c r="C123" s="5">
-        <v>0.41664973000000316</v>
+        <v>0.41580070999999919</v>
       </c>
       <c r="D123" s="5">
-        <v>4.9536891583324971</v>
+        <v>4.9433199656417459</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>104.07648967999999</v>
+        <v>104.07775162</v>
       </c>
       <c r="C124" s="5">
-        <v>0.45749734999999703</v>
+        <v>0.4585834100000028</v>
       </c>
       <c r="D124" s="5">
-        <v>5.4287979321171909</v>
+        <v>5.4419912862238462</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>105.01098770999999</v>
+        <v>105.0115172</v>
       </c>
       <c r="C125" s="5">
-        <v>0.93449803000000031</v>
+        <v>0.93376557999999932</v>
       </c>
       <c r="D125" s="5">
-        <v>11.323099835128714</v>
+        <v>11.313638451933405</v>
       </c>
       <c r="E125" s="5">
-        <v>6.1444695512093306</v>
+        <v>6.144334538081031</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>104.86115461999999</v>
+        <v>104.86061103</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.14983309000000133</v>
+        <v>-0.15090616999999895</v>
       </c>
       <c r="D126" s="5">
-        <v>-1.6988260834515878</v>
+        <v>-1.7108882391562497</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>105.1355255</v>
+        <v>105.13506017</v>
       </c>
       <c r="C127" s="5">
-        <v>0.27437088000000642</v>
+        <v>0.27444914000000153</v>
       </c>
       <c r="D127" s="5">
-        <v>3.1854001428107459</v>
+        <v>3.1863386033083696</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>106.1085101</v>
+        <v>106.10781867999999</v>
       </c>
       <c r="C128" s="5">
-        <v>0.97298460000000375</v>
+        <v>0.97275850999999136</v>
       </c>
       <c r="D128" s="5">
-        <v>11.688567527375437</v>
+        <v>11.685766185925782</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>105.92326543999999</v>
+        <v>105.92297213000001</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.18524466000000928</v>
+        <v>-0.18484654999998895</v>
       </c>
       <c r="D129" s="5">
-        <v>-2.0749656978646391</v>
+        <v>-2.0705623835433062</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>106.96682025</v>
+        <v>106.96690513</v>
       </c>
       <c r="C130" s="5">
-        <v>1.0435548100000034</v>
+        <v>1.0439329999999956</v>
       </c>
       <c r="D130" s="5">
-        <v>12.484504771231219</v>
+        <v>12.489313722460626</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>108.53454773999999</v>
+        <v>108.53379425999999</v>
       </c>
       <c r="C131" s="5">
-        <v>1.5677274899999958</v>
+        <v>1.5668891299999927</v>
       </c>
       <c r="D131" s="5">
-        <v>19.076751850721706</v>
+        <v>19.065698450104463</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>108.83343639</v>
+        <v>108.83317264999999</v>
       </c>
       <c r="C132" s="5">
-        <v>0.29888865000000919</v>
+        <v>0.2993783900000011</v>
       </c>
       <c r="D132" s="5">
-        <v>3.3551436217248209</v>
+        <v>3.3607485048027685</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>109.39020008</v>
+        <v>109.39074146</v>
       </c>
       <c r="C133" s="5">
-        <v>0.55676368999999681</v>
+        <v>0.55756881000000647</v>
       </c>
       <c r="D133" s="5">
-        <v>6.3145963307928987</v>
+        <v>6.3240022704004417</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>109.29825452</v>
+        <v>109.29935690000001</v>
       </c>
       <c r="C134" s="5">
-        <v>-9.1945559999999205E-2</v>
+        <v>-9.1384559999994508E-2</v>
       </c>
       <c r="D134" s="5">
-        <v>-1.0039841916483438</v>
+        <v>-0.99788164868682694</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>109.02177168999999</v>
+        <v>109.02190329</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.27648283000000617</v>
+        <v>-0.27745361000000912</v>
       </c>
       <c r="D135" s="5">
-        <v>-2.9936624889812968</v>
+        <v>-3.0039975734213686</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>109.94082949</v>
+        <v>109.94111499</v>
       </c>
       <c r="C136" s="5">
-        <v>0.91905780000000448</v>
+        <v>0.91921170000000529</v>
       </c>
       <c r="D136" s="5">
-        <v>10.598512909427527</v>
+        <v>10.600357376792481</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>110.55109272999999</v>
+        <v>110.55138553</v>
       </c>
       <c r="C137" s="5">
-        <v>0.61026323999999477</v>
+        <v>0.61027054000000192</v>
       </c>
       <c r="D137" s="5">
-        <v>6.8681678679094915</v>
+        <v>6.8682341658158563</v>
       </c>
       <c r="E137" s="5">
-        <v>5.2757384163451881</v>
+        <v>5.2754864206456809</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>110.27494114</v>
+        <v>110.27468618</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.27615158999999778</v>
+        <v>-0.27669935000000123</v>
       </c>
       <c r="D138" s="5">
-        <v>-2.9567037602078128</v>
+        <v>-2.9624802895538038</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>110.95968399</v>
+        <v>110.9592353</v>
       </c>
       <c r="C139" s="5">
-        <v>0.68474285000000634</v>
+        <v>0.68454911999999979</v>
       </c>
       <c r="D139" s="5">
-        <v>7.7111142963877777</v>
+        <v>7.7088760562212588</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>111.32609001</v>
+        <v>111.32536392</v>
       </c>
       <c r="C140" s="5">
-        <v>0.36640601999999944</v>
+        <v>0.3661286199999978</v>
       </c>
       <c r="D140" s="5">
-        <v>4.0353513632376048</v>
+        <v>4.0322572111386235</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>110.78842012</v>
+        <v>110.78819341000001</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.53766989000000365</v>
+        <v>-0.53717050999999572</v>
       </c>
       <c r="D141" s="5">
-        <v>-5.6441224777921351</v>
+        <v>-5.6390544380923497</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>110.86258595</v>
+        <v>110.86261466000001</v>
       </c>
       <c r="C142" s="5">
-        <v>7.4165829999998323E-2</v>
+        <v>7.4421250000000327E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>0.80628836272127469</v>
+        <v>0.80907707133757167</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>109.92807131000001</v>
+        <v>109.92717648999999</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.93451463999998907</v>
+        <v>-0.93543817000001184</v>
       </c>
       <c r="D143" s="5">
-        <v>-9.6593429875750587</v>
+        <v>-9.6684478396460545</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>109.51676164</v>
+        <v>109.5180464</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.41130967000000851</v>
+        <v>-0.40913008999999079</v>
       </c>
       <c r="D144" s="5">
-        <v>-4.3986948819827454</v>
+        <v>-4.3758956272718201</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>110.50808600000001</v>
+        <v>110.5083317</v>
       </c>
       <c r="C145" s="5">
-        <v>0.99132436000000723</v>
+        <v>0.99028529999999648</v>
       </c>
       <c r="D145" s="5">
-        <v>11.419591741341684</v>
+        <v>11.406880285399733</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>110.69068349</v>
+        <v>110.69152228</v>
       </c>
       <c r="C146" s="5">
-        <v>0.18259748999999204</v>
+        <v>0.18319058000000155</v>
       </c>
       <c r="D146" s="5">
-        <v>2.0009333024721299</v>
+        <v>2.0074873466372711</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>109.64342911</v>
+        <v>109.64324832</v>
       </c>
       <c r="C147" s="5">
-        <v>-1.0472543799999983</v>
+        <v>-1.0482739600000031</v>
       </c>
       <c r="D147" s="5">
-        <v>-10.780766720704161</v>
+        <v>-10.790644505514846</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>110.36645959000001</v>
+        <v>110.36639235</v>
       </c>
       <c r="C148" s="5">
-        <v>0.72303048000000558</v>
+        <v>0.72314403000000027</v>
       </c>
       <c r="D148" s="5">
-        <v>8.2066664802740839</v>
+        <v>8.2080164515173202</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>111.1763357</v>
+        <v>111.17619006</v>
       </c>
       <c r="C149" s="5">
-        <v>0.80987610999999049</v>
+        <v>0.80979770999999801</v>
       </c>
       <c r="D149" s="5">
-        <v>9.1699059853556761</v>
+        <v>9.1689879812892894</v>
       </c>
       <c r="E149" s="5">
-        <v>0.56556923550907801</v>
+        <v>0.56517114372161004</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>111.33840861</v>
+        <v>111.33826292000001</v>
       </c>
       <c r="C150" s="5">
-        <v>0.16207291000000623</v>
+        <v>0.1620728600000092</v>
       </c>
       <c r="D150" s="5">
-        <v>1.7634551000303311</v>
+        <v>1.7634568802959771</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>112.22776767000001</v>
+        <v>112.22747667</v>
       </c>
       <c r="C151" s="5">
-        <v>0.88935906000000386</v>
+        <v>0.88921374999999614</v>
       </c>
       <c r="D151" s="5">
-        <v>10.018008371117793</v>
+        <v>10.016312684738327</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>112.42292895999999</v>
+        <v>112.42234377</v>
       </c>
       <c r="C152" s="5">
-        <v>0.19516128999998728</v>
+        <v>0.19486709999999619</v>
       </c>
       <c r="D152" s="5">
-        <v>2.106844854590606</v>
+        <v>2.1036440709552462</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>113.32884496</v>
+        <v>113.32866942</v>
       </c>
       <c r="C153" s="5">
-        <v>0.90591600000000483</v>
+        <v>0.90632564999999943</v>
       </c>
       <c r="D153" s="5">
-        <v>10.110009545216126</v>
+        <v>10.114840825035888</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>113.71118835</v>
+        <v>113.71128222</v>
       </c>
       <c r="C154" s="5">
-        <v>0.38234339000000261</v>
+        <v>0.38261280000000397</v>
       </c>
       <c r="D154" s="5">
-        <v>4.1244759001761722</v>
+        <v>4.127442811520643</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>114.08088983</v>
+        <v>114.08028861</v>
       </c>
       <c r="C155" s="5">
-        <v>0.36970148000000336</v>
+        <v>0.36900638999999558</v>
       </c>
       <c r="D155" s="5">
-        <v>3.9720056813847826</v>
+        <v>3.9644006408418253</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>114.23990885000001</v>
+        <v>114.24099629</v>
       </c>
       <c r="C156" s="5">
-        <v>0.15901902000000234</v>
+        <v>0.16070768000000157</v>
       </c>
       <c r="D156" s="5">
-        <v>1.6855810999912402</v>
+        <v>1.7036286428694813</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>114.47032929</v>
+        <v>114.47062552</v>
       </c>
       <c r="C157" s="5">
-        <v>0.23042043999998896</v>
+        <v>0.22962923000000046</v>
       </c>
       <c r="D157" s="5">
-        <v>2.4474164170610546</v>
+        <v>2.4388959644312536</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>114.90385734</v>
+        <v>114.90460068</v>
       </c>
       <c r="C158" s="5">
-        <v>0.43352805000000671</v>
+        <v>0.4339751600000028</v>
       </c>
       <c r="D158" s="5">
-        <v>4.6405740800916417</v>
+        <v>4.6454479975694296</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>114.68445276999999</v>
+        <v>114.68428156</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.2194045700000089</v>
+        <v>-0.2203191199999992</v>
       </c>
       <c r="D159" s="5">
-        <v>-2.2674432220322394</v>
+        <v>-2.2767806451400863</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>114.72612537000001</v>
+        <v>114.72596281</v>
       </c>
       <c r="C160" s="5">
-        <v>4.1672600000012494E-2</v>
+        <v>4.1681249999996339E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>0.43691346319378876</v>
+        <v>0.43700498857550674</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>114.59138794</v>
+        <v>114.59115353</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.13473743000000127</v>
+        <v>-0.13480927999999892</v>
       </c>
       <c r="D161" s="5">
-        <v>-1.4002444011271042</v>
+        <v>-1.4009882478218438</v>
       </c>
       <c r="E161" s="5">
-        <v>3.0717438369395778</v>
+        <v>3.0716680146684272</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>114.67181608999999</v>
+        <v>114.67158775999999</v>
       </c>
       <c r="C162" s="5">
-        <v>8.0428149999988818E-2</v>
+        <v>8.04342299999945E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>0.8455017865730996</v>
+        <v>0.84556768598280652</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>114.05010378</v>
+        <v>114.04981415</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.62171230999999239</v>
+        <v>-0.62177360999999109</v>
       </c>
       <c r="D163" s="5">
-        <v>-6.3154596534948375</v>
+        <v>-6.3160761016282763</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>113.99311055</v>
+        <v>113.99261507999999</v>
       </c>
       <c r="C164" s="5">
-        <v>-5.6993230000003336E-2</v>
+        <v>-5.7199070000010011E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-0.59801976320374983</v>
+        <v>-0.60017517125074971</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>113.56988984</v>
+        <v>113.56974279000001</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.42322070999999539</v>
+        <v>-0.42287228999998661</v>
       </c>
       <c r="D165" s="5">
-        <v>-4.3653659243858662</v>
+        <v>-4.3618636794839238</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>113.64639566</v>
+        <v>113.64649555</v>
       </c>
       <c r="C166" s="5">
-        <v>7.6505819999994173E-2</v>
+        <v>7.6752759999990872E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>0.81137613557324961</v>
+        <v>0.8140058373675485</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>113.82624761</v>
+        <v>113.82599861999999</v>
       </c>
       <c r="C167" s="5">
-        <v>0.17985194999999976</v>
+        <v>0.17950306999999555</v>
       </c>
       <c r="D167" s="5">
-        <v>1.9156860682761456</v>
+        <v>1.9119359499926603</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>114.46640366</v>
+        <v>114.46745333</v>
       </c>
       <c r="C168" s="5">
-        <v>0.64015605000000164</v>
+        <v>0.64145471000000498</v>
       </c>
       <c r="D168" s="5">
-        <v>6.9614862681851575</v>
+        <v>6.9760650829163051</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>114.56600765</v>
+        <v>114.56634271</v>
       </c>
       <c r="C169" s="5">
-        <v>9.9603990000005638E-2</v>
+        <v>9.8889380000002802E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>1.0492028870280778</v>
+        <v>1.0416299684509855</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>114.44093174</v>
+        <v>114.4415515</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.12507591000000673</v>
+        <v>-0.12479120999999793</v>
       </c>
       <c r="D170" s="5">
-        <v>-1.3022460762655341</v>
+        <v>-1.299295839143777</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>114.29418006</v>
+        <v>114.29413323</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.14675167999999417</v>
+        <v>-0.14741827000000285</v>
       </c>
       <c r="D171" s="5">
-        <v>-1.5279960295215944</v>
+        <v>-1.5348792921217158</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>114.68673679</v>
+        <v>114.68651924</v>
       </c>
       <c r="C172" s="5">
-        <v>0.39255672999999547</v>
+        <v>0.39238600999999562</v>
       </c>
       <c r="D172" s="5">
-        <v>4.2002961737823252</v>
+        <v>4.1984366203162038</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>114.65820175</v>
+        <v>114.65784536</v>
       </c>
       <c r="C173" s="5">
-        <v>-2.8535039999994183E-2</v>
+        <v>-2.8673879999999485E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>-0.29816201393760844</v>
+        <v>-0.29961132331159934</v>
       </c>
       <c r="E173" s="5">
-        <v>5.830613556665476E-2</v>
+        <v>5.819980683110515E-2</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>114.58737649</v>
+        <v>114.58695041999999</v>
       </c>
       <c r="C174" s="5">
-        <v>-7.0825260000006551E-2</v>
+        <v>-7.0894940000002293E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>-0.7387361650206703</v>
+        <v>-0.73946277647352066</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>114.96338222999999</v>
+        <v>114.96285564</v>
       </c>
       <c r="C175" s="5">
-        <v>0.37600573999999654</v>
+        <v>0.37590522000000703</v>
       </c>
       <c r="D175" s="5">
-        <v>4.0095152910669007</v>
+        <v>4.0084391630116345</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>115.21288017000001</v>
+        <v>115.21225645</v>
       </c>
       <c r="C176" s="5">
-        <v>0.24949794000001191</v>
+        <v>0.24940080999999736</v>
       </c>
       <c r="D176" s="5">
-        <v>2.6355975562719403</v>
+        <v>2.6345714521471164</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>114.79461415999999</v>
+        <v>114.79445251</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.41826601000001062</v>
+        <v>-0.41780393999999887</v>
       </c>
       <c r="D177" s="5">
-        <v>-4.2705090773107912</v>
+        <v>-4.2659076589981693</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>114.92408781</v>
+        <v>114.92450904</v>
       </c>
       <c r="C178" s="5">
-        <v>0.12947365000000843</v>
+        <v>0.1300565300000045</v>
       </c>
       <c r="D178" s="5">
-        <v>1.3618740740586999</v>
+        <v>1.3680453152347782</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>115.03515561</v>
+        <v>115.03481578</v>
       </c>
       <c r="C179" s="5">
-        <v>0.11106780000000072</v>
+        <v>0.11030673999999863</v>
       </c>
       <c r="D179" s="5">
-        <v>1.1659183013000396</v>
+        <v>1.1578826954141253</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>114.25785731000001</v>
+        <v>114.25902041000001</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.77729829999999822</v>
+        <v>-0.77579536999999732</v>
       </c>
       <c r="D180" s="5">
-        <v>-7.8138042056662416</v>
+        <v>-7.7992741114900177</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>114.63722593999999</v>
+        <v>114.63901607</v>
       </c>
       <c r="C181" s="5">
-        <v>0.37936862999998766</v>
+        <v>0.37999565999999163</v>
       </c>
       <c r="D181" s="5">
-        <v>4.0579134466672606</v>
+        <v>4.0647014886825206</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>114.77123376999999</v>
+        <v>114.77108173000001</v>
       </c>
       <c r="C182" s="5">
-        <v>0.1340078300000016</v>
+        <v>0.13206566000000919</v>
       </c>
       <c r="D182" s="5">
-        <v>1.4118218070460875</v>
+        <v>1.3912086524254796</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>114.85343801</v>
+        <v>114.85347505</v>
       </c>
       <c r="C183" s="5">
-        <v>8.2204240000010032E-2</v>
+        <v>8.2393319999994219E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>0.86288707460113745</v>
+        <v>0.86488081586839627</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>114.67013751</v>
+        <v>114.66981414999999</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.18330050000000142</v>
+        <v>-0.18366090000000668</v>
       </c>
       <c r="D184" s="5">
-        <v>-1.8984201343655527</v>
+        <v>-1.9021193769352185</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>114.91795071999999</v>
+        <v>114.91731818</v>
       </c>
       <c r="C185" s="5">
-        <v>0.24781320999998968</v>
+        <v>0.24750403000000176</v>
       </c>
       <c r="D185" s="5">
-        <v>2.6243629172865601</v>
+        <v>2.6210571875486144</v>
       </c>
       <c r="E185" s="5">
-        <v>0.22654198830567296</v>
+        <v>0.22630184544747411</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>114.10762765</v>
+        <v>114.10680834999999</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.81032306999999548</v>
+        <v>-0.81050983000000087</v>
       </c>
       <c r="D186" s="5">
-        <v>-8.1410151504199391</v>
+        <v>-8.1428623782383358</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>114.33023590000001</v>
+        <v>114.32917999</v>
       </c>
       <c r="C187" s="5">
-        <v>0.2226082500000075</v>
+        <v>0.22237164000000575</v>
       </c>
       <c r="D187" s="5">
-        <v>2.3663173201597054</v>
+        <v>2.3637923000455086</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>114.96791073</v>
+        <v>114.96662431999999</v>
       </c>
       <c r="C188" s="5">
-        <v>0.63767482999999459</v>
+        <v>0.6374443299999939</v>
       </c>
       <c r="D188" s="5">
-        <v>6.9021586499772303</v>
+        <v>6.8996524205168441</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>115.61442384999999</v>
+        <v>115.61376746000001</v>
       </c>
       <c r="C189" s="5">
-        <v>0.6465131199999945</v>
+        <v>0.64714314000001139</v>
       </c>
       <c r="D189" s="5">
-        <v>6.9607800173181911</v>
+        <v>6.9678549840502813</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>115.45491968</v>
+        <v>115.45765784</v>
       </c>
       <c r="C190" s="5">
-        <v>-0.15950416999999106</v>
+        <v>-0.15610962000000939</v>
       </c>
       <c r="D190" s="5">
-        <v>-1.6430415019713207</v>
+        <v>-1.608342825647946</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>115.26483272999999</v>
+        <v>115.26384354</v>
       </c>
       <c r="C191" s="5">
-        <v>-0.19008695000000841</v>
+        <v>-0.19381429999999966</v>
       </c>
       <c r="D191" s="5">
-        <v>-1.9579077511897358</v>
+        <v>-1.9958990494562068</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>115.00279725999999</v>
+        <v>115.00373352</v>
       </c>
       <c r="C192" s="5">
-        <v>-0.26203547000000071</v>
+        <v>-0.26011001999999905</v>
       </c>
       <c r="D192" s="5">
-        <v>-2.6941489092742854</v>
+        <v>-2.6746199004788473</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>115.88273062</v>
+        <v>115.88737771</v>
       </c>
       <c r="C193" s="5">
-        <v>0.87993336000000966</v>
+        <v>0.88364418999999828</v>
       </c>
       <c r="D193" s="5">
-        <v>9.5781072413481549</v>
+        <v>9.6201402982680762</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>116.42241404000001</v>
+        <v>116.42135460999999</v>
       </c>
       <c r="C194" s="5">
-        <v>0.53968342000000291</v>
+        <v>0.53397689999999898</v>
       </c>
       <c r="D194" s="5">
-        <v>5.7339751211422429</v>
+        <v>5.6715672193051736</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>116.80525634</v>
+        <v>116.80487123</v>
       </c>
       <c r="C195" s="5">
-        <v>0.38284229999999297</v>
+        <v>0.38351662000000886</v>
       </c>
       <c r="D195" s="5">
-        <v>4.0182252529884943</v>
+        <v>4.0254687806567491</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>117.02232736000001</v>
+        <v>117.02143756</v>
       </c>
       <c r="C196" s="5">
-        <v>0.21707102000000589</v>
+        <v>0.21656632999999204</v>
       </c>
       <c r="D196" s="5">
-        <v>2.2530172677655003</v>
+        <v>2.2477329589280393</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>117.57215196999999</v>
+        <v>117.57083273000001</v>
       </c>
       <c r="C197" s="5">
-        <v>0.5498246099999875</v>
+        <v>0.54939517000001103</v>
       </c>
       <c r="D197" s="5">
-        <v>5.7861554075717914</v>
+        <v>5.7815639126698626</v>
       </c>
       <c r="E197" s="5">
-        <v>2.3096489568170453</v>
+        <v>2.3090641097660347</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>119.06845414</v>
+        <v>119.06686096999999</v>
       </c>
       <c r="C198" s="5">
-        <v>1.496302170000007</v>
+        <v>1.4960282399999869</v>
       </c>
       <c r="D198" s="5">
-        <v>16.387670224672778</v>
+        <v>16.384654014179965</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>119.1043493</v>
+        <v>119.10245879</v>
       </c>
       <c r="C199" s="5">
-        <v>3.5895159999995485E-2</v>
+        <v>3.5597820000006664E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>0.36236032449941113</v>
+        <v>0.35935856694886414</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>119.20653955</v>
+        <v>119.20450795000001</v>
       </c>
       <c r="C200" s="5">
-        <v>0.1021902500000067</v>
+        <v>0.10204916000000708</v>
       </c>
       <c r="D200" s="5">
-        <v>1.0344595693183578</v>
+        <v>1.0330410696330228</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>119.96421286</v>
+        <v>119.9632441</v>
       </c>
       <c r="C201" s="5">
-        <v>0.75767331000000127</v>
+        <v>0.75873614999999006</v>
       </c>
       <c r="D201" s="5">
-        <v>7.8995250137004369</v>
+        <v>7.9111365684185309</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>119.83614108</v>
+        <v>119.84165937</v>
       </c>
       <c r="C202" s="5">
-        <v>-0.12807177999999908</v>
+        <v>-0.12158472999999503</v>
       </c>
       <c r="D202" s="5">
-        <v>-1.2736043181743817</v>
+        <v>-1.2094630552814567</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>121.28894883</v>
+        <v>121.2878809</v>
       </c>
       <c r="C203" s="5">
-        <v>1.452807749999991</v>
+        <v>1.4462215300000025</v>
       </c>
       <c r="D203" s="5">
-        <v>15.558261410837249</v>
+        <v>15.482222594983064</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>120.94787725</v>
+        <v>120.94926107000001</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.3410715799999906</v>
+        <v>-0.33861982999999896</v>
       </c>
       <c r="D204" s="5">
-        <v>-3.3227653081817299</v>
+        <v>-3.2992742109058781</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>121.54992813</v>
+        <v>121.56017296</v>
       </c>
       <c r="C205" s="5">
-        <v>0.60205087999999307</v>
+        <v>0.61091188999999702</v>
       </c>
       <c r="D205" s="5">
-        <v>6.1396059289147598</v>
+        <v>6.2324210055342499</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>121.79411700999999</v>
+        <v>121.79100744</v>
       </c>
       <c r="C206" s="5">
-        <v>0.24418887999999583</v>
+        <v>0.23083447999999862</v>
       </c>
       <c r="D206" s="5">
-        <v>2.4375676167297966</v>
+        <v>2.3026686859914047</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>121.98214695</v>
+        <v>121.98003837</v>
       </c>
       <c r="C207" s="5">
-        <v>0.18802994000000695</v>
+        <v>0.18903093000000126</v>
       </c>
       <c r="D207" s="5">
-        <v>1.8684130403593624</v>
+        <v>1.8784930952353562</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>121.9840957</v>
+        <v>121.98135087</v>
       </c>
       <c r="C208" s="5">
-        <v>1.948749999996835E-3</v>
+        <v>1.3124999999973852E-3</v>
       </c>
       <c r="D208" s="5">
-        <v>1.9172522740973363E-2</v>
+        <v>1.291271287091611E-2</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>122.16224735</v>
+        <v>122.15906687</v>
       </c>
       <c r="C209" s="5">
-        <v>0.17815165000000377</v>
+        <v>0.17771600000000376</v>
       </c>
       <c r="D209" s="5">
-        <v>1.7666857642025136</v>
+        <v>1.7623708297636709</v>
       </c>
       <c r="E209" s="5">
-        <v>3.9040668245752919</v>
+        <v>3.9025275516562985</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>122.30651016</v>
+        <v>122.30328122</v>
       </c>
       <c r="C210" s="5">
-        <v>0.14426281000000074</v>
+        <v>0.1442143499999986</v>
       </c>
       <c r="D210" s="5">
-        <v>1.4263342420235636</v>
+        <v>1.4258893644376824</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>122.34224761999999</v>
+        <v>122.33926513999999</v>
       </c>
       <c r="C211" s="5">
-        <v>3.5737459999992893E-2</v>
+        <v>3.5983919999992509E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>0.35119911893715106</v>
+        <v>0.35363440208278085</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>123.32453721</v>
+        <v>123.3221648</v>
       </c>
       <c r="C212" s="5">
-        <v>0.98228959000000771</v>
+        <v>0.98289966000000106</v>
       </c>
       <c r="D212" s="5">
-        <v>10.071902722471627</v>
+        <v>10.078693689157724</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>123.2146032</v>
+        <v>123.21415114</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.10993401000000347</v>
+        <v>-0.10801365999999746</v>
       </c>
       <c r="D213" s="5">
-        <v>-1.0644754887874308</v>
+        <v>-1.0459905201126829</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>122.81156056</v>
+        <v>122.82088450000001</v>
       </c>
       <c r="C214" s="5">
-        <v>-0.40304263999999534</v>
+        <v>-0.39326663999999312</v>
       </c>
       <c r="D214" s="5">
-        <v>-3.8554200877064626</v>
+        <v>-3.7635542560476409</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>122.66577017</v>
+        <v>122.6666221</v>
       </c>
       <c r="C215" s="5">
-        <v>-0.14579039000000193</v>
+        <v>-0.15426240000000746</v>
       </c>
       <c r="D215" s="5">
-        <v>-1.4152635274902625</v>
+        <v>-1.4968256501589394</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>123.57822396</v>
+        <v>123.58146467</v>
       </c>
       <c r="C216" s="5">
-        <v>0.91245379000000071</v>
+        <v>0.91484257000000468</v>
       </c>
       <c r="D216" s="5">
-        <v>9.3006419489718226</v>
+        <v>9.3259307093664248</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>123.43765552000001</v>
+        <v>123.45287537999999</v>
       </c>
       <c r="C217" s="5">
-        <v>-0.14056843999999558</v>
+        <v>-0.12858929000000785</v>
       </c>
       <c r="D217" s="5">
-        <v>-1.3564753529374363</v>
+        <v>-1.2415059478255608</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>123.44203444</v>
+        <v>123.43738990999999</v>
       </c>
       <c r="C218" s="5">
-        <v>4.3789199999935136E-3</v>
+        <v>-1.5485470000001555E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>4.2578007094551396E-2</v>
+        <v>-0.15041973869680536</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>124.91390566</v>
+        <v>124.9090831</v>
       </c>
       <c r="C219" s="5">
-        <v>1.471871219999997</v>
+        <v>1.4716931900000105</v>
       </c>
       <c r="D219" s="5">
-        <v>15.284946561576351</v>
+        <v>15.283588164894791</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>125.28266651</v>
+        <v>125.27591119</v>
       </c>
       <c r="C220" s="5">
-        <v>0.36876085000000103</v>
+        <v>0.3668280899999985</v>
       </c>
       <c r="D220" s="5">
-        <v>3.6006329780567947</v>
+        <v>3.5815959164602784</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>124.86267893</v>
+        <v>124.85562795</v>
       </c>
       <c r="C221" s="5">
-        <v>-0.41998757999999725</v>
+        <v>-0.42028324000000339</v>
       </c>
       <c r="D221" s="5">
-        <v>-3.9494353944270033</v>
+        <v>-3.9523737927326552</v>
       </c>
       <c r="E221" s="5">
-        <v>2.210528734186723</v>
+        <v>2.2074178766195329</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>126.25120839</v>
+        <v>126.24608246</v>
       </c>
       <c r="C222" s="5">
-        <v>1.3885294600000009</v>
+        <v>1.3904545099999979</v>
       </c>
       <c r="D222" s="5">
-        <v>14.191753284330332</v>
+        <v>14.213501496972224</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>126.46055131</v>
+        <v>126.45521291999999</v>
       </c>
       <c r="C223" s="5">
-        <v>0.20934291999999743</v>
+        <v>0.20913045999999724</v>
       </c>
       <c r="D223" s="5">
-        <v>2.0080220740434918</v>
+        <v>2.0060477416736111</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>126.59150433000001</v>
+        <v>126.58811384000001</v>
       </c>
       <c r="C224" s="5">
-        <v>0.13095302000000686</v>
+        <v>0.13290092000001152</v>
       </c>
       <c r="D224" s="5">
-        <v>1.2497313384109088</v>
+        <v>1.268482284068484</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>126.19352059000001</v>
+        <v>126.19428655999999</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.39798374000000081</v>
+        <v>-0.39382728000001066</v>
       </c>
       <c r="D225" s="5">
-        <v>-3.708056967085116</v>
+        <v>-3.6700876590664899</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>126.31254326</v>
+        <v>126.32606259000001</v>
       </c>
       <c r="C226" s="5">
-        <v>0.11902266999999256</v>
+        <v>0.1317760300000117</v>
       </c>
       <c r="D226" s="5">
-        <v>1.1377006442851778</v>
+        <v>1.260299493306527</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>125.71733623999999</v>
+        <v>125.72671866</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.59520702000000369</v>
+        <v>-0.59934393000000341</v>
       </c>
       <c r="D227" s="5">
-        <v>-5.5103392716855826</v>
+        <v>-5.5470660405657846</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>126.36500196999999</v>
+        <v>126.36761837</v>
       </c>
       <c r="C228" s="5">
-        <v>0.64766572999999994</v>
+        <v>0.64089970999999935</v>
       </c>
       <c r="D228" s="5">
-        <v>6.3603252807616029</v>
+        <v>6.2915238124594097</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>125.40905832</v>
+        <v>125.43656346</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.9559436499999947</v>
+        <v>-0.93105491000000029</v>
       </c>
       <c r="D229" s="5">
-        <v>-8.7095852984004019</v>
+        <v>-8.4917686131834706</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>125.22632976</v>
+        <v>125.22344465</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.18272856000000104</v>
+        <v>-0.21311880999999744</v>
       </c>
       <c r="D230" s="5">
-        <v>-1.7345282272203444</v>
+        <v>-2.0198755287095471</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>125.94163820999999</v>
+        <v>125.92457810000001</v>
       </c>
       <c r="C231" s="5">
-        <v>0.71530844999999488</v>
+        <v>0.70113345000000038</v>
       </c>
       <c r="D231" s="5">
-        <v>7.0740507512785378</v>
+        <v>6.92968788983086</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>125.54487525</v>
+        <v>125.52928632</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.39676295999998956</v>
+        <v>-0.39529178000000798</v>
       </c>
       <c r="D232" s="5">
-        <v>-3.715624986685262</v>
+        <v>-3.7025775012676232</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>125.30571658</v>
+        <v>125.29340121</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.23915867000000901</v>
+        <v>-0.23588510999999812</v>
       </c>
       <c r="D233" s="5">
-        <v>-2.2621594673699175</v>
+        <v>-2.23178900088703</v>
       </c>
       <c r="E233" s="5">
-        <v>0.35481991400196922</v>
+        <v>0.35062356994857158</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>125.00843135</v>
+        <v>125.00051085</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.29728522999999996</v>
+        <v>-0.29289036000000124</v>
       </c>
       <c r="D234" s="5">
-        <v>-2.8101183448255296</v>
+        <v>-2.7693767313307527</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>124.36591414999999</v>
+        <v>124.35975034000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.64251720000000034</v>
+        <v>-0.64076050999999268</v>
       </c>
       <c r="D235" s="5">
-        <v>-5.9963468270180957</v>
+        <v>-5.9807800973683323</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>123.45729346</v>
+        <v>123.45499583</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.90862068999999224</v>
+        <v>-0.90475451000000362</v>
       </c>
       <c r="D236" s="5">
-        <v>-8.4233772601273635</v>
+        <v>-8.3893569453370667</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>123.97990439</v>
+        <v>123.98383946</v>
       </c>
       <c r="C237" s="5">
-        <v>0.52261092999999903</v>
+        <v>0.52884362999999723</v>
       </c>
       <c r="D237" s="5">
-        <v>5.1997103885606855</v>
+        <v>5.2632912289305889</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>124.08168966</v>
+        <v>124.09901908000001</v>
       </c>
       <c r="C238" s="5">
-        <v>0.10178526999999349</v>
+        <v>0.11517962000000637</v>
       </c>
       <c r="D238" s="5">
-        <v>0.98963907308675658</v>
+        <v>1.1205003811510128</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>123.83764191</v>
+        <v>123.85725012</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.2440477499999929</v>
+        <v>-0.2417689600000017</v>
       </c>
       <c r="D239" s="5">
-        <v>-2.334832592784386</v>
+        <v>-2.3129446870536086</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>123.61291174</v>
+        <v>123.61365434</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.22473017000000084</v>
+        <v>-0.24359578000000681</v>
       </c>
       <c r="D240" s="5">
-        <v>-2.1560552482216222</v>
+        <v>-2.3347327075678548</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>123.6536414</v>
+        <v>123.69225511</v>
       </c>
       <c r="C241" s="5">
-        <v>4.072965999999667E-2</v>
+        <v>7.8600770000008424E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>0.39610961126799182</v>
+        <v>0.76570412667984478</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>124.89136262</v>
+        <v>124.89155220000001</v>
       </c>
       <c r="C242" s="5">
-        <v>1.2377212199999974</v>
+        <v>1.1992970900000017</v>
       </c>
       <c r="D242" s="5">
-        <v>12.695331615822436</v>
+        <v>12.275931995724765</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>125.15463316</v>
+        <v>125.12543529</v>
       </c>
       <c r="C243" s="5">
-        <v>0.26327054000000771</v>
+        <v>0.23388308999999197</v>
       </c>
       <c r="D243" s="5">
-        <v>2.559130793791109</v>
+        <v>2.2705183872447687</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>125.21538271999999</v>
+        <v>125.19069450000001</v>
       </c>
       <c r="C244" s="5">
-        <v>6.0749559999990765E-2</v>
+        <v>6.5259210000007783E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>0.58403275620038109</v>
+        <v>0.62765879818413861</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>125.59029846999999</v>
+        <v>125.57255764</v>
       </c>
       <c r="C245" s="5">
-        <v>0.37491574999999955</v>
+        <v>0.381863139999993</v>
       </c>
       <c r="D245" s="5">
-        <v>3.6527640105133541</v>
+        <v>3.7223374438949852</v>
       </c>
       <c r="E245" s="5">
-        <v>0.22711006150968327</v>
+        <v>0.22280218056505152</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>125.91270645</v>
+        <v>125.90192525000001</v>
       </c>
       <c r="C246" s="5">
-        <v>0.32240798000000837</v>
+        <v>0.32936761000000558</v>
       </c>
       <c r="D246" s="5">
-        <v>3.1244387201925905</v>
+        <v>3.1933176561886434</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>125.75570157</v>
+        <v>125.74907862000001</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.15700488000000234</v>
+        <v>-0.1528466299999991</v>
       </c>
       <c r="D247" s="5">
-        <v>-1.486101786671612</v>
+        <v>-1.4471281210369003</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>125.94108675</v>
+        <v>125.94037661</v>
       </c>
       <c r="C248" s="5">
-        <v>0.18538517999999726</v>
+        <v>0.19129798999999537</v>
       </c>
       <c r="D248" s="5">
-        <v>1.7834166888162528</v>
+        <v>1.8408728350498116</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>125.54420392999999</v>
+        <v>125.55169737</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.39688282000000186</v>
+        <v>-0.38867924000000187</v>
       </c>
       <c r="D249" s="5">
-        <v>-3.7167440679016117</v>
+        <v>-3.6412385361102584</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>127.03330525</v>
+        <v>127.05182992</v>
       </c>
       <c r="C250" s="5">
-        <v>1.4891013200000032</v>
+        <v>1.5001325500000036</v>
       </c>
       <c r="D250" s="5">
-        <v>15.19965280493134</v>
+        <v>15.318778434330582</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>126.92311574</v>
+        <v>126.95214402000001</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.11018950999999788</v>
+        <v>-9.9685899999997218E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-1.0359362853847975</v>
+        <v>-0.93747735038195446</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>126.77368561999999</v>
+        <v>126.77167025</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.14943012000000522</v>
+        <v>-0.18047377000000608</v>
       </c>
       <c r="D252" s="5">
-        <v>-1.4036809706687081</v>
+        <v>-1.692631747821427</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>126.90887489000001</v>
+        <v>126.96055908</v>
       </c>
       <c r="C253" s="5">
-        <v>0.13518927000001213</v>
+        <v>0.18888882999999623</v>
       </c>
       <c r="D253" s="5">
-        <v>1.2871913646196109</v>
+        <v>1.8027164549546226</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>126.91087723</v>
+        <v>126.91331108</v>
       </c>
       <c r="C254" s="5">
-        <v>2.0023399999899993E-3</v>
+        <v>-4.7247999999996182E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>1.8934976165896344E-2</v>
+        <v>-0.44566355958177706</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>127.92687927</v>
+        <v>127.88560868</v>
       </c>
       <c r="C255" s="5">
-        <v>1.0160020400000036</v>
+        <v>0.97229760000000454</v>
       </c>
       <c r="D255" s="5">
-        <v>10.041249792101992</v>
+        <v>9.5907759912336346</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>128.32103923</v>
+        <v>128.28867056000001</v>
       </c>
       <c r="C256" s="5">
-        <v>0.39415995999999609</v>
+        <v>0.40306188000000986</v>
       </c>
       <c r="D256" s="5">
-        <v>3.760666141520419</v>
+        <v>3.8483395528345454</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>128.26982548999999</v>
+        <v>128.24831696000001</v>
       </c>
       <c r="C257" s="5">
-        <v>-5.1213740000008556E-2</v>
+        <v>-4.0353600000003098E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>-0.4778777156771663</v>
+        <v>-0.37681138525400559</v>
       </c>
       <c r="E257" s="5">
-        <v>2.1335461836170966</v>
+        <v>2.13084719327854</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>127.99589812000001</v>
+        <v>127.98263589</v>
       </c>
       <c r="C258" s="5">
-        <v>-0.27392736999998135</v>
+        <v>-0.26568107000001362</v>
       </c>
       <c r="D258" s="5">
-        <v>-2.5327802523588572</v>
+        <v>-2.4578075832503155</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>128.16315241999999</v>
+        <v>128.15788739000001</v>
       </c>
       <c r="C259" s="5">
-        <v>0.16725429999998198</v>
+        <v>0.17525150000001588</v>
       </c>
       <c r="D259" s="5">
-        <v>1.5793780899106213</v>
+        <v>1.6556379604411475</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>128.82330791000001</v>
+        <v>128.82585322</v>
       </c>
       <c r="C260" s="5">
-        <v>0.66015549000002238</v>
+        <v>0.66796582999998577</v>
       </c>
       <c r="D260" s="5">
-        <v>6.3592304864824811</v>
+        <v>6.4369089231727461</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>128.99019512999999</v>
+        <v>129.00149347000001</v>
       </c>
       <c r="C261" s="5">
-        <v>0.16688721999997824</v>
+        <v>0.17564025000001493</v>
       </c>
       <c r="D261" s="5">
-        <v>1.565692994087331</v>
+        <v>1.6483957177817254</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>128.82071797</v>
+        <v>128.83829832000001</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.16947715999998536</v>
+        <v>-0.16319515000000706</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.5653079201156439</v>
+        <v>-1.5075587035910387</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>129.08019902999999</v>
+        <v>129.11231419000001</v>
       </c>
       <c r="C263" s="5">
-        <v>0.25948105999998461</v>
+        <v>0.2740158699999995</v>
       </c>
       <c r="D263" s="5">
-        <v>2.4440955637537343</v>
+        <v>2.5822508659772758</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>128.94797315</v>
+        <v>128.94538836000001</v>
       </c>
       <c r="C264" s="5">
-        <v>-0.13222587999999291</v>
+        <v>-0.16692582999999672</v>
       </c>
       <c r="D264" s="5">
-        <v>-1.2223419578080263</v>
+        <v>-1.5404630154301047</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>129.03399608000001</v>
+        <v>129.08718044</v>
       </c>
       <c r="C265" s="5">
-        <v>8.6022930000012821E-2</v>
+        <v>0.14179207999998766</v>
       </c>
       <c r="D265" s="5">
-        <v>0.80347997367866686</v>
+        <v>1.3275646592135315</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>129.58694424000001</v>
+        <v>129.58933913000001</v>
       </c>
       <c r="C266" s="5">
-        <v>0.55294815999999969</v>
+        <v>0.50215869000001589</v>
       </c>
       <c r="D266" s="5">
-        <v>5.2652972128799824</v>
+        <v>4.7692709997705363</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>128.93757128999999</v>
+        <v>128.89491957000001</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.64937295000001427</v>
+        <v>-0.69441956000000005</v>
       </c>
       <c r="D267" s="5">
-        <v>-5.8503223459050568</v>
+        <v>-6.2441669226435792</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>129.25705654000001</v>
+        <v>129.2232052</v>
       </c>
       <c r="C268" s="5">
-        <v>0.31948525000001382</v>
+        <v>0.32828562999998212</v>
       </c>
       <c r="D268" s="5">
-        <v>3.0142529280432706</v>
+        <v>3.0994880180707174</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>129.02585465999999</v>
+        <v>129.00345973</v>
       </c>
       <c r="C269" s="5">
-        <v>-0.23120188000001463</v>
+        <v>-0.21974546999999234</v>
       </c>
       <c r="D269" s="5">
-        <v>-2.1254470671284054</v>
+        <v>-2.0216353936943432</v>
       </c>
       <c r="E269" s="5">
-        <v>0.58940531579576572</v>
+        <v>0.58881300581552498</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>130.36849617999999</v>
+        <v>130.35494209999999</v>
       </c>
       <c r="C270" s="5">
-        <v>1.3426415200000008</v>
+        <v>1.3514823699999852</v>
       </c>
       <c r="D270" s="5">
-        <v>13.227244102064994</v>
+        <v>13.321866680415173</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>130.9475152</v>
+        <v>130.9427484</v>
       </c>
       <c r="C271" s="5">
-        <v>0.57901902000000405</v>
+        <v>0.58780630000001111</v>
       </c>
       <c r="D271" s="5">
-        <v>5.461822352357415</v>
+        <v>5.5473694673480178</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>131.30955304</v>
+        <v>131.31318486000001</v>
       </c>
       <c r="C272" s="5">
-        <v>0.36203783999999928</v>
+        <v>0.37043646000000763</v>
       </c>
       <c r="D272" s="5">
-        <v>3.3686237864176016</v>
+        <v>3.4481172433672214</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>130.69061210000001</v>
+        <v>130.70331375000001</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.61894093999998745</v>
+        <v>-0.60987111000000027</v>
       </c>
       <c r="D273" s="5">
-        <v>-5.511962777054336</v>
+        <v>-5.4330974984891256</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>131.01271783999999</v>
+        <v>131.02861071000001</v>
       </c>
       <c r="C274" s="5">
-        <v>0.3221057399999836</v>
+        <v>0.32529696000000285</v>
       </c>
       <c r="D274" s="5">
-        <v>2.997994629909817</v>
+        <v>3.027806371955033</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>131.28307545999999</v>
+        <v>131.31549322999999</v>
       </c>
       <c r="C275" s="5">
-        <v>0.27035761999999863</v>
+        <v>0.2868825199999776</v>
       </c>
       <c r="D275" s="5">
-        <v>2.5046178635770744</v>
+        <v>2.6592284959099821</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>131.20198991999999</v>
+        <v>131.19930987000001</v>
       </c>
       <c r="C276" s="5">
-        <v>-8.1085540000003675E-2</v>
+        <v>-0.11618335999997953</v>
       </c>
       <c r="D276" s="5">
-        <v>-0.73865415439960946</v>
+        <v>-1.0565667359322739</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>132.04417738000001</v>
+        <v>132.09834864999999</v>
       </c>
       <c r="C277" s="5">
-        <v>0.84218746000001943</v>
+        <v>0.89903877999998372</v>
       </c>
       <c r="D277" s="5">
-        <v>7.9806656089679739</v>
+        <v>8.5400596278798027</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>131.66224177000001</v>
+        <v>131.65698116999999</v>
       </c>
       <c r="C278" s="5">
-        <v>-0.38193560999999931</v>
+        <v>-0.4413674799999967</v>
       </c>
       <c r="D278" s="5">
-        <v>-3.4162905563276502</v>
+        <v>-3.9365787668794949</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>131.67836919000001</v>
+        <v>131.63517960999999</v>
       </c>
       <c r="C279" s="5">
-        <v>1.6127420000003667E-2</v>
+        <v>-2.1801560000000109E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>0.14708808774490656</v>
+        <v>-0.19853149901919442</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>132.34664906</v>
+        <v>132.31690699000001</v>
       </c>
       <c r="C280" s="5">
-        <v>0.66827986999999212</v>
+        <v>0.68172738000001232</v>
       </c>
       <c r="D280" s="5">
-        <v>6.2630128744565416</v>
+        <v>6.3948092120483579</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>132.79520276</v>
+        <v>132.77693843</v>
       </c>
       <c r="C281" s="5">
-        <v>0.44855369999999084</v>
+        <v>0.46003143999999452</v>
       </c>
       <c r="D281" s="5">
-        <v>4.1437568630760202</v>
+        <v>4.252798393650381</v>
       </c>
       <c r="E281" s="5">
-        <v>2.9213897555127488</v>
+        <v>2.9250988368046515</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>131.4949896</v>
+        <v>131.48280688</v>
       </c>
       <c r="C282" s="5">
-        <v>-1.3002131599999984</v>
+        <v>-1.294131550000003</v>
       </c>
       <c r="D282" s="5">
-        <v>-11.136825399031613</v>
+        <v>-11.088938405089621</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>132.35664369</v>
+        <v>132.35428696</v>
       </c>
       <c r="C283" s="5">
-        <v>0.86165409000000182</v>
+        <v>0.87148007999999777</v>
       </c>
       <c r="D283" s="5">
-        <v>8.1529794947285517</v>
+        <v>8.2501609654473729</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>132.90173698000001</v>
+        <v>132.90725707000001</v>
       </c>
       <c r="C284" s="5">
-        <v>0.54509329000001117</v>
+        <v>0.55297011000001817</v>
       </c>
       <c r="D284" s="5">
-        <v>5.0555342484944976</v>
+        <v>5.1303692447254301</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>133.49304076999999</v>
+        <v>133.50619818999999</v>
       </c>
       <c r="C285" s="5">
-        <v>0.59130378999998356</v>
+        <v>0.5989411199999779</v>
       </c>
       <c r="D285" s="5">
-        <v>5.471621844196739</v>
+        <v>5.5438188419577816</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>133.71411918999999</v>
+        <v>133.72776400000001</v>
       </c>
       <c r="C286" s="5">
-        <v>0.22107841999999778</v>
+        <v>0.22156581000001552</v>
       </c>
       <c r="D286" s="5">
-        <v>2.0055273523055472</v>
+        <v>2.0097892803288664</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>133.94861126000001</v>
+        <v>133.97494663000001</v>
       </c>
       <c r="C287" s="5">
-        <v>0.23449207000001593</v>
+        <v>0.24718262999999752</v>
       </c>
       <c r="D287" s="5">
-        <v>2.1248354033648775</v>
+        <v>2.240771074681569</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>135.01905475000001</v>
+        <v>135.02002044</v>
       </c>
       <c r="C288" s="5">
-        <v>1.0704434900000024</v>
+        <v>1.045073809999991</v>
       </c>
       <c r="D288" s="5">
-        <v>10.022668654468326</v>
+        <v>9.7728450555090376</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>135.22126324999999</v>
+        <v>135.26485181000001</v>
       </c>
       <c r="C289" s="5">
-        <v>0.20220849999998336</v>
+        <v>0.2448313700000142</v>
       </c>
       <c r="D289" s="5">
-        <v>1.8120324735497739</v>
+        <v>2.197788954972224</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>135.33448466999999</v>
+        <v>135.31324656000001</v>
       </c>
       <c r="C290" s="5">
-        <v>0.11322142000000213</v>
+        <v>4.8394749999999931E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>1.0094058869577927</v>
+        <v>0.43017910220721767</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>135.06283743</v>
+        <v>135.03071838</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.27164723999999296</v>
+        <v>-0.28252818000001412</v>
       </c>
       <c r="D291" s="5">
-        <v>-2.3822601833268786</v>
+        <v>-2.4769740708947108</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>135.48040420999999</v>
+        <v>135.46146186999999</v>
       </c>
       <c r="C292" s="5">
-        <v>0.41756677999998715</v>
+        <v>0.43074348999999756</v>
       </c>
       <c r="D292" s="5">
-        <v>3.7737172248651252</v>
+        <v>3.8958401390383202</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>135.50764975000001</v>
+        <v>135.49646182999999</v>
       </c>
       <c r="C293" s="5">
-        <v>2.7245540000023993E-2</v>
+        <v>3.499995999999328E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>0.2415909144224182</v>
+        <v>0.31049191104528528</v>
       </c>
       <c r="E293" s="5">
-        <v>2.0425790492614393</v>
+        <v>2.0481895667700645</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>135.66224750999999</v>
+        <v>135.65344876</v>
       </c>
       <c r="C294" s="5">
-        <v>0.15459775999997305</v>
+        <v>0.1569869300000164</v>
       </c>
       <c r="D294" s="5">
-        <v>1.3776775006231423</v>
+        <v>1.3992203829471528</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>135.86490341000001</v>
+        <v>135.86434677</v>
       </c>
       <c r="C295" s="5">
-        <v>0.20265590000002476</v>
+        <v>0.21089800999999397</v>
       </c>
       <c r="D295" s="5">
-        <v>1.8073937565877163</v>
+        <v>1.8816541129211828</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>136.04074108</v>
+        <v>136.04570511</v>
       </c>
       <c r="C296" s="5">
-        <v>0.17583766999999284</v>
+        <v>0.18135834000000273</v>
       </c>
       <c r="D296" s="5">
-        <v>1.5641542772162342</v>
+        <v>1.6136308828754498</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>136.89875118</v>
+        <v>136.90995555999999</v>
       </c>
       <c r="C297" s="5">
-        <v>0.85801010000000133</v>
+        <v>0.8642504499999859</v>
       </c>
       <c r="D297" s="5">
-        <v>7.8365457877656919</v>
+        <v>7.8952493966242709</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>137.01426008999999</v>
+        <v>137.02670358</v>
       </c>
       <c r="C298" s="5">
-        <v>0.11550890999998842</v>
+        <v>0.11674802000001705</v>
       </c>
       <c r="D298" s="5">
-        <v>1.0172170811736825</v>
+        <v>1.0280958686426089</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>137.15745623999999</v>
+        <v>137.17586847999999</v>
       </c>
       <c r="C299" s="5">
-        <v>0.1431961499999943</v>
+        <v>0.14916489999998817</v>
       </c>
       <c r="D299" s="5">
-        <v>1.2613764794894733</v>
+        <v>1.3141487796821671</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>136.43514661</v>
+        <v>136.44192616000001</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.72230962999998383</v>
+        <v>-0.73394231999998283</v>
       </c>
       <c r="D300" s="5">
-        <v>-6.1396694747746778</v>
+        <v>-6.2348442314309249</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>136.76752094</v>
+        <v>136.80022980999999</v>
       </c>
       <c r="C301" s="5">
-        <v>0.33237432999999328</v>
+        <v>0.3583036499999821</v>
       </c>
       <c r="D301" s="5">
-        <v>2.9628502413121094</v>
+        <v>3.1971782756001321</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>137.03903736999999</v>
+        <v>136.99649776000001</v>
       </c>
       <c r="C302" s="5">
-        <v>0.27151642999999126</v>
+        <v>0.19626795000002062</v>
       </c>
       <c r="D302" s="5">
-        <v>2.408473365302366</v>
+        <v>1.7352962662586568</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>136.74713928</v>
+        <v>136.72638848</v>
       </c>
       <c r="C303" s="5">
-        <v>-0.29189808999998945</v>
+        <v>-0.270109280000014</v>
       </c>
       <c r="D303" s="5">
-        <v>-2.5263103020889299</v>
+        <v>-2.3404921696948744</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>136.66178335999999</v>
+        <v>136.65430426</v>
       </c>
       <c r="C304" s="5">
-        <v>-8.535592000001202E-2</v>
+        <v>-7.2084219999993593E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>-0.74645948293282638</v>
+        <v>-0.63082686197131199</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>137.15213628999999</v>
+        <v>137.14894906000001</v>
       </c>
       <c r="C305" s="5">
-        <v>0.49035293000000024</v>
+        <v>0.49464480000000322</v>
       </c>
       <c r="D305" s="5">
-        <v>4.3916866219117834</v>
+        <v>4.4311411787483435</v>
       </c>
       <c r="E305" s="5">
-        <v>1.2135746897196764</v>
+        <v>1.2195796168266826</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>137.39956814999999</v>
+        <v>137.39542613</v>
       </c>
       <c r="C306" s="5">
-        <v>0.24743186000000605</v>
+        <v>0.24647706999999741</v>
       </c>
       <c r="D306" s="5">
-        <v>2.1864927787040855</v>
+        <v>2.1780230891620844</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>137.61401261</v>
+        <v>137.61653618</v>
       </c>
       <c r="C307" s="5">
-        <v>0.21444446000000994</v>
+        <v>0.22111004999999295</v>
       </c>
       <c r="D307" s="5">
-        <v>1.8890441207156217</v>
+        <v>1.9483413738536459</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>138.19960173000001</v>
+        <v>138.20501153999999</v>
       </c>
       <c r="C308" s="5">
-        <v>0.58558912000000873</v>
+        <v>0.58847535999998968</v>
       </c>
       <c r="D308" s="5">
-        <v>5.2275834649512909</v>
+        <v>5.2538594724829801</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>138.42997038999999</v>
+        <v>138.43861802999999</v>
       </c>
       <c r="C309" s="5">
-        <v>0.23036865999998213</v>
+        <v>0.23360648999999967</v>
       </c>
       <c r="D309" s="5">
-        <v>2.0187538543361194</v>
+        <v>2.0473108580084887</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>138.80990220999999</v>
+        <v>138.82452230999999</v>
       </c>
       <c r="C310" s="5">
-        <v>0.37993181999999592</v>
+        <v>0.38590428000000543</v>
       </c>
       <c r="D310" s="5">
-        <v>3.3436668474487119</v>
+        <v>3.3968218145203455</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>139.1575569</v>
+        <v>139.16716013000001</v>
       </c>
       <c r="C311" s="5">
-        <v>0.34765469000001303</v>
+        <v>0.34263782000002152</v>
       </c>
       <c r="D311" s="5">
-        <v>3.0471932052655415</v>
+        <v>3.0023011731576066</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>139.4349742</v>
+        <v>139.44603803999999</v>
       </c>
       <c r="C312" s="5">
-        <v>0.2774172999999962</v>
+        <v>0.27887790999997719</v>
       </c>
       <c r="D312" s="5">
-        <v>2.4186628995396475</v>
+        <v>2.431368277856194</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>139.58237194</v>
+        <v>139.59709386</v>
       </c>
       <c r="C313" s="5">
-        <v>0.14739774000000239</v>
+        <v>0.1510558200000105</v>
       </c>
       <c r="D313" s="5">
-        <v>1.2759302457928001</v>
+        <v>1.3076805061642771</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>139.71033718000001</v>
+        <v>139.65262981000001</v>
       </c>
       <c r="C314" s="5">
-        <v>0.12796524000000886</v>
+        <v>5.5535950000006551E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>1.1056907524241932</v>
+        <v>0.47844228930751243</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>140.23845297</v>
+        <v>140.22879885</v>
       </c>
       <c r="C315" s="5">
-        <v>0.52811578999998687</v>
+        <v>0.57616903999999636</v>
       </c>
       <c r="D315" s="5">
-        <v>4.6315977679004527</v>
+        <v>5.0647782625977023</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>140.08606821000001</v>
+        <v>140.08663326999999</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.15238475999998968</v>
+        <v>-0.142165580000011</v>
       </c>
       <c r="D316" s="5">
-        <v>-1.2961695490528391</v>
+        <v>-1.2098131950888824</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>140.14300299000001</v>
+        <v>140.14746690999999</v>
       </c>
       <c r="C317" s="5">
-        <v>5.6934780000005958E-2</v>
+        <v>6.0833639999998468E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>0.48880425376573999</v>
+        <v>0.52235516050265218</v>
       </c>
       <c r="E317" s="5">
-        <v>2.1806927554347544</v>
+        <v>2.1863221486941198</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>141.00193870999999</v>
+        <v>141.00316572</v>
       </c>
       <c r="C318" s="5">
-        <v>0.85893571999997675</v>
+        <v>0.85569881000000692</v>
       </c>
       <c r="D318" s="5">
-        <v>7.6078554854357661</v>
+        <v>7.577966099269684</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>140.92786631000001</v>
+        <v>140.93436166000001</v>
       </c>
       <c r="C319" s="5">
-        <v>-7.4072399999977279E-2</v>
+        <v>-6.8804059999990841E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>-0.62857651687850957</v>
+        <v>-0.58398437475145615</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>140.85166007000001</v>
+        <v>140.85877984000001</v>
       </c>
       <c r="C320" s="5">
-        <v>-7.6206240000004755E-2</v>
+        <v>-7.5581819999996469E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>-0.64696930110104134</v>
+        <v>-0.64165429366149773</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>140.65349018000001</v>
+        <v>140.65934662000001</v>
       </c>
       <c r="C321" s="5">
-        <v>-0.19816989000000262</v>
+        <v>-0.19943322000000308</v>
       </c>
       <c r="D321" s="5">
-        <v>-1.6753249721883967</v>
+        <v>-1.6858375574210438</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>141.05736895999999</v>
+        <v>141.07573998999999</v>
       </c>
       <c r="C322" s="5">
-        <v>0.40387877999998523</v>
+        <v>0.41639336999998022</v>
       </c>
       <c r="D322" s="5">
-        <v>3.5006767069865719</v>
+        <v>3.6107684786376826</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>141.39316160999999</v>
+        <v>141.39656131000001</v>
       </c>
       <c r="C323" s="5">
-        <v>0.33579265000000191</v>
+        <v>0.32082132000002161</v>
       </c>
       <c r="D323" s="5">
-        <v>2.89434787608287</v>
+        <v>2.7633207089062584</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>142.09141323</v>
+        <v>142.10142514</v>
       </c>
       <c r="C324" s="5">
-        <v>0.69825162000000773</v>
+        <v>0.70486382999999364</v>
       </c>
       <c r="D324" s="5">
-        <v>6.0896795790196911</v>
+        <v>6.1487852980019353</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>141.8508865</v>
+        <v>141.85486295999999</v>
       </c>
       <c r="C325" s="5">
-        <v>-0.24052672999999913</v>
+        <v>-0.24656218000001218</v>
       </c>
       <c r="D325" s="5">
-        <v>-2.0125070000160616</v>
+        <v>-2.0623812443928635</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>141.90186029</v>
+        <v>141.83595022</v>
       </c>
       <c r="C326" s="5">
-        <v>5.0973790000000463E-2</v>
+        <v>-1.8912739999990436E-2</v>
       </c>
       <c r="D326" s="5">
-        <v>0.43207052640845678</v>
+        <v>-0.15987222998212758</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>142.06012788000001</v>
+        <v>142.04837104000001</v>
       </c>
       <c r="C327" s="5">
-        <v>0.15826759000000834</v>
+        <v>0.21242082000000551</v>
       </c>
       <c r="D327" s="5">
-        <v>1.3466383536273829</v>
+        <v>1.8120594565501635</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>142.01652268999999</v>
+        <v>142.01690377</v>
       </c>
       <c r="C328" s="5">
-        <v>-4.3605190000022276E-2</v>
+        <v>-3.1467270000007375E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>-0.36771739538747905</v>
+        <v>-0.26550639390366948</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>142.35482284</v>
+        <v>142.36577077000001</v>
       </c>
       <c r="C329" s="5">
-        <v>0.33830015000000913</v>
+        <v>0.34886700000001269</v>
       </c>
       <c r="D329" s="5">
-        <v>2.8962924927872002</v>
+        <v>2.9879764079185689</v>
       </c>
       <c r="E329" s="5">
-        <v>1.5782592086725833</v>
+        <v>1.5828355009973594</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>141.73877300999999</v>
+        <v>141.74409682000001</v>
       </c>
       <c r="C330" s="5">
-        <v>-0.61604983000000857</v>
+        <v>-0.6216739500000017</v>
       </c>
       <c r="D330" s="5">
-        <v>-5.0712408146778021</v>
+        <v>-5.11604757802262</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>141.74470883000001</v>
+        <v>141.76036544999999</v>
       </c>
       <c r="C331" s="5">
-        <v>5.9358200000190209E-3</v>
+        <v>1.6268629999984796E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>5.0265885125644338E-2</v>
+        <v>0.13781656413649479</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>142.40576553</v>
+        <v>142.42598265999999</v>
       </c>
       <c r="C332" s="5">
-        <v>0.66105669999998895</v>
+        <v>0.66561720999999352</v>
       </c>
       <c r="D332" s="5">
-        <v>5.7422627704143192</v>
+        <v>5.7822510994186782</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>142.30955727</v>
+        <v>142.31747869</v>
       </c>
       <c r="C333" s="5">
-        <v>-9.6208259999997381E-2</v>
+        <v>-0.10850396999998679</v>
       </c>
       <c r="D333" s="5">
-        <v>-0.80770530727685141</v>
+        <v>-0.91037169127801132</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>142.21522630999999</v>
+        <v>142.23690558999999</v>
       </c>
       <c r="C334" s="5">
-        <v>-9.4330960000007735E-2</v>
+        <v>-8.057310000000939E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>-0.79253551155862301</v>
+        <v>-0.67726901480998913</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>142.22534714</v>
+        <v>142.21562858999999</v>
       </c>
       <c r="C335" s="5">
-        <v>1.0120830000005299E-2</v>
+        <v>-2.127699999999777E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>8.543213778715586E-2</v>
+        <v>-0.17935854219087721</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>141.45243603</v>
+        <v>141.45587653000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.77291110999999546</v>
+        <v>-0.75975205999998252</v>
       </c>
       <c r="D336" s="5">
-        <v>-6.329865571247872</v>
+        <v>-6.2256575993794421</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>141.86350357000001</v>
+        <v>141.85177487999999</v>
       </c>
       <c r="C337" s="5">
-        <v>0.41106754000000478</v>
+        <v>0.39589834999998175</v>
       </c>
       <c r="D337" s="5">
-        <v>3.5435385752516924</v>
+        <v>3.4106719222173121</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>141.54144027999999</v>
+        <v>141.48087889000001</v>
       </c>
       <c r="C338" s="5">
-        <v>-0.32206329000001688</v>
+        <v>-0.37089598999997975</v>
       </c>
       <c r="D338" s="5">
-        <v>-2.6905202652575788</v>
+        <v>-3.0928774236130385</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>142.0027235</v>
+        <v>141.98711886000001</v>
       </c>
       <c r="C339" s="5">
-        <v>0.46128322000001276</v>
+        <v>0.50623996999999576</v>
       </c>
       <c r="D339" s="5">
-        <v>3.9816633243155541</v>
+        <v>4.3792982949886206</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>141.47814109000001</v>
+        <v>141.47235168</v>
       </c>
       <c r="C340" s="5">
-        <v>-0.52458240999999362</v>
+        <v>-0.51476718000000687</v>
       </c>
       <c r="D340" s="5">
-        <v>-4.3440361501421387</v>
+        <v>-4.2648300310350162</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>141.81809805</v>
+        <v>141.83528514</v>
       </c>
       <c r="C341" s="5">
-        <v>0.33995695999999498</v>
+        <v>0.3629334599999936</v>
       </c>
       <c r="D341" s="5">
-        <v>2.9218872808524754</v>
+        <v>3.1222925429055026</v>
       </c>
       <c r="E341" s="5">
-        <v>-0.37703309188424905</v>
+        <v>-0.37262161201447874</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>142.34322351</v>
+        <v>142.35450066000001</v>
       </c>
       <c r="C342" s="5">
-        <v>0.52512545999999816</v>
+        <v>0.51921552000001725</v>
       </c>
       <c r="D342" s="5">
-        <v>4.534989457486116</v>
+        <v>4.482364955845175</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>142.49566024000001</v>
+        <v>142.52184491</v>
       </c>
       <c r="C343" s="5">
-        <v>0.15243673000000513</v>
+        <v>0.1673442499999851</v>
       </c>
       <c r="D343" s="5">
-        <v>1.2926878440790102</v>
+        <v>1.4198115109427256</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>142.5033947</v>
+        <v>142.53982006000001</v>
       </c>
       <c r="C344" s="5">
-        <v>7.7344599999946695E-3</v>
+        <v>1.7975150000012263E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>6.515372655782059E-2</v>
+        <v>0.15145151202864415</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>142.56042893</v>
+        <v>142.56729250999999</v>
       </c>
       <c r="C345" s="5">
-        <v>5.7034229999999297E-2</v>
+        <v>2.7472449999976334E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>0.48133544128741157</v>
+        <v>0.23152764506588763</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>142.38845875999999</v>
+        <v>142.41285575000001</v>
       </c>
       <c r="C346" s="5">
-        <v>-0.17197017000000869</v>
+        <v>-0.15443675999998163</v>
       </c>
       <c r="D346" s="5">
-        <v>-1.437990510290299</v>
+        <v>-1.2921894129081957</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>143.09774594000001</v>
+        <v>143.06673103</v>
       </c>
       <c r="C347" s="5">
-        <v>0.70928718000001822</v>
+        <v>0.65387527999999406</v>
       </c>
       <c r="D347" s="5">
-        <v>6.1441452965807386</v>
+        <v>5.6509737840726881</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>143.27728887000001</v>
+        <v>143.26748961000001</v>
       </c>
       <c r="C348" s="5">
-        <v>0.17954292999999666</v>
+        <v>0.2007585800000129</v>
       </c>
       <c r="D348" s="5">
-        <v>1.5160583691705698</v>
+        <v>1.6969587271992159</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>143.35213236000001</v>
+        <v>143.33867246</v>
       </c>
       <c r="C349" s="5">
-        <v>7.4843490000006341E-2</v>
+        <v>7.1182849999985365E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>0.62864583193908974</v>
+        <v>0.59785532695675325</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>143.00171101999999</v>
+        <v>142.95476407000001</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.35042134000002534</v>
+        <v>-0.38390838999998778</v>
       </c>
       <c r="D350" s="5">
-        <v>-2.894256751907065</v>
+        <v>-3.1670723693229874</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>143.87125996</v>
+        <v>143.84808362999999</v>
       </c>
       <c r="C351" s="5">
-        <v>0.86954894000001559</v>
+        <v>0.89331955999998058</v>
       </c>
       <c r="D351" s="5">
-        <v>7.5458750617344972</v>
+        <v>7.7619319687816102</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>143.68100744</v>
+        <v>143.66561046999999</v>
       </c>
       <c r="C352" s="5">
-        <v>-0.19025252000000137</v>
+        <v>-0.18247316000000069</v>
       </c>
       <c r="D352" s="5">
-        <v>-1.5753657314940606</v>
+        <v>-1.5116401180737982</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>143.89923304000001</v>
+        <v>143.92631162000001</v>
       </c>
       <c r="C353" s="5">
-        <v>0.2182256000000109</v>
+        <v>0.26070115000001692</v>
       </c>
       <c r="D353" s="5">
-        <v>1.8378864219886326</v>
+        <v>2.1994314411953431</v>
       </c>
       <c r="E353" s="5">
-        <v>1.4674678469219549</v>
+        <v>1.47426395197503</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>143.90414178</v>
+        <v>143.92080093999999</v>
       </c>
       <c r="C354" s="5">
-        <v>4.9087399999905301E-3</v>
+        <v>-5.510680000014645E-3</v>
       </c>
       <c r="D354" s="5">
-        <v>4.0942492618700754E-2</v>
+        <v>-4.5936170687999045E-2</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>144.36941146999999</v>
+        <v>144.40637354</v>
       </c>
       <c r="C355" s="5">
-        <v>0.4652696899999853</v>
+        <v>0.48557260000001179</v>
       </c>
       <c r="D355" s="5">
-        <v>3.9495724416406031</v>
+        <v>4.1246450132978785</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>144.42633078</v>
+        <v>144.47231237</v>
       </c>
       <c r="C356" s="5">
-        <v>5.6919310000012047E-2</v>
+        <v>6.5938829999993231E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>0.47414114499249038</v>
+        <v>0.54932213952765263</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>144.80194198000001</v>
+        <v>144.80952443000001</v>
       </c>
       <c r="C357" s="5">
-        <v>0.37561120000000869</v>
+        <v>0.33721206000001303</v>
       </c>
       <c r="D357" s="5">
-        <v>3.1658833199716518</v>
+        <v>2.8371516690376408</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>145.13344716</v>
+        <v>145.16119426</v>
       </c>
       <c r="C358" s="5">
-        <v>0.33150517999999352</v>
+        <v>0.35166982999999163</v>
       </c>
       <c r="D358" s="5">
-        <v>2.7821010073542096</v>
+        <v>2.9534402092406653</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>145.58931308999999</v>
+        <v>145.52135257</v>
       </c>
       <c r="C359" s="5">
-        <v>0.45586592999998743</v>
+        <v>0.36015831000000276</v>
       </c>
       <c r="D359" s="5">
-        <v>3.8350165787390811</v>
+        <v>3.0182769617350003</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>146.06686475000001</v>
+        <v>146.04653751999999</v>
       </c>
       <c r="C360" s="5">
-        <v>0.47755166000001736</v>
+        <v>0.52518494999998211</v>
       </c>
       <c r="D360" s="5">
-        <v>4.0079474227479706</v>
+        <v>4.4177929850467867</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>146.42498289</v>
+        <v>146.41378277000001</v>
       </c>
       <c r="C361" s="5">
-        <v>0.35811813999998776</v>
+        <v>0.36724525000002473</v>
       </c>
       <c r="D361" s="5">
-        <v>2.9820882044456098</v>
+        <v>3.0595765088889282</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>146.37729213</v>
+        <v>146.35780631</v>
       </c>
       <c r="C362" s="5">
-        <v>-4.7690759999994725E-2</v>
+        <v>-5.5976460000010775E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>-0.39014179665154414</v>
+        <v>-0.45781678240366386</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>146.01105715</v>
+        <v>145.98205953999999</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.36623498000000154</v>
+        <v>-0.37574677000000634</v>
       </c>
       <c r="D363" s="5">
-        <v>-2.9614186028924849</v>
+        <v>-3.0376482512454839</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>146.64542247</v>
+        <v>146.62630609999999</v>
       </c>
       <c r="C364" s="5">
-        <v>0.63436532000000057</v>
+        <v>0.64424655999999914</v>
       </c>
       <c r="D364" s="5">
-        <v>5.3399695024619165</v>
+        <v>5.4262810393980399</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>146.88261699</v>
+        <v>146.92865323000001</v>
       </c>
       <c r="C365" s="5">
-        <v>0.23719452000000274</v>
+        <v>0.30234713000001534</v>
       </c>
       <c r="D365" s="5">
-        <v>1.9583239876490133</v>
+        <v>2.5026868135823443</v>
       </c>
       <c r="E365" s="5">
-        <v>2.0732452056715811</v>
+        <v>2.0860269232264583</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>148.21366283</v>
+        <v>148.23258820000001</v>
       </c>
       <c r="C366" s="5">
-        <v>1.3310458400000016</v>
+        <v>1.3039349700000002</v>
       </c>
       <c r="D366" s="5">
-        <v>11.433061399713186</v>
+        <v>11.185032122212313</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>148.29275473000001</v>
+        <v>148.33138116999999</v>
       </c>
       <c r="C367" s="5">
-        <v>7.9091900000008764E-2</v>
+        <v>9.8792969999976776E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>0.64224400700456652</v>
+        <v>0.80270536248800983</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>148.03662267999999</v>
+        <v>148.07759632</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.25613205000001926</v>
+        <v>-0.25378484999998818</v>
       </c>
       <c r="D368" s="5">
-        <v>-2.0530700510640765</v>
+        <v>-2.0339076090328256</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>131.74553331999999</v>
+        <v>131.75280910000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-16.291089360000001</v>
+        <v>-16.32478721999999</v>
       </c>
       <c r="D369" s="5">
-        <v>-75.316838969462481</v>
+        <v>-75.382364909517079</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>136.65584662000001</v>
+        <v>136.67594592</v>
       </c>
       <c r="C370" s="5">
-        <v>4.9103133000000128</v>
+        <v>4.9231368199999963</v>
       </c>
       <c r="D370" s="5">
-        <v>55.134291414218552</v>
+        <v>55.305364249276792</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>140.90378502999999</v>
+        <v>140.78440823</v>
       </c>
       <c r="C371" s="5">
-        <v>4.2479384099999891</v>
+        <v>4.1084623099999931</v>
       </c>
       <c r="D371" s="5">
-        <v>44.388734209511462</v>
+        <v>42.67558328876526</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>139.11583676000001</v>
+        <v>139.10291297000001</v>
       </c>
       <c r="C372" s="5">
-        <v>-1.7879482699999869</v>
+        <v>-1.6814952599999913</v>
       </c>
       <c r="D372" s="5">
-        <v>-14.207968139537508</v>
+        <v>-13.427495766867715</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>141.78405957000001</v>
+        <v>141.79216348</v>
       </c>
       <c r="C373" s="5">
-        <v>2.6682228100000032</v>
+        <v>2.6892505099999937</v>
       </c>
       <c r="D373" s="5">
-        <v>25.605893032088755</v>
+        <v>25.832276147240574</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>142.05736472999999</v>
+        <v>142.07031981</v>
       </c>
       <c r="C374" s="5">
-        <v>0.27330515999997829</v>
+        <v>0.27815633000000162</v>
       </c>
       <c r="D374" s="5">
-        <v>2.3378205681398256</v>
+        <v>2.3796282325589724</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>143.32897312</v>
+        <v>143.30446637</v>
       </c>
       <c r="C375" s="5">
-        <v>1.2716083900000115</v>
+        <v>1.2341465599999992</v>
       </c>
       <c r="D375" s="5">
-        <v>11.286587523833758</v>
+        <v>10.937000191354196</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>144.50736454</v>
+        <v>144.49802303999999</v>
       </c>
       <c r="C376" s="5">
-        <v>1.178391419999997</v>
+        <v>1.1935566699999924</v>
       </c>
       <c r="D376" s="5">
-        <v>10.324481518889851</v>
+        <v>10.465369215555365</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>145.29274552999999</v>
+        <v>145.36375923</v>
       </c>
       <c r="C377" s="5">
-        <v>0.78538098999999306</v>
+        <v>0.8657361900000069</v>
       </c>
       <c r="D377" s="5">
-        <v>6.7203887053975286</v>
+        <v>7.4313131946235123</v>
       </c>
       <c r="E377" s="5">
-        <v>-1.0824095407479417</v>
+        <v>-1.0650706758676631</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>146.01420540999999</v>
+        <v>146.01427870000001</v>
       </c>
       <c r="C378" s="5">
-        <v>0.72145987999999761</v>
+        <v>0.65051947000000609</v>
       </c>
       <c r="D378" s="5">
-        <v>6.1241309881794992</v>
+        <v>5.5043049869897276</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>145.88886737999999</v>
+        <v>145.92122964000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.12533802999999466</v>
+        <v>-9.3049059999998462E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>-1.0252260837736782</v>
+        <v>-0.76203742939402463</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>146.54168046000001</v>
+        <v>146.56078219</v>
       </c>
       <c r="C380" s="5">
-        <v>0.65281308000001559</v>
+        <v>0.63955254999999056</v>
       </c>
       <c r="D380" s="5">
-        <v>5.5038185038171594</v>
+        <v>5.3880870545435</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>148.00094184</v>
+        <v>147.99242735000001</v>
       </c>
       <c r="C381" s="5">
-        <v>1.4592613799999867</v>
+        <v>1.4316451600000164</v>
       </c>
       <c r="D381" s="5">
-        <v>12.626280032171167</v>
+        <v>12.372652412827655</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>148.22119025999999</v>
+        <v>148.22626327</v>
       </c>
       <c r="C382" s="5">
-        <v>0.22024841999999012</v>
+        <v>0.23383591999998998</v>
       </c>
       <c r="D382" s="5">
-        <v>1.8004757893511858</v>
+        <v>1.9126283781181641</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>149.47304259000001</v>
+        <v>149.28759729000001</v>
       </c>
       <c r="C383" s="5">
-        <v>1.2518523300000197</v>
+        <v>1.0613340200000039</v>
       </c>
       <c r="D383" s="5">
-        <v>10.619308912726533</v>
+        <v>8.9388574225018669</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>149.03611731999999</v>
+        <v>149.05040796</v>
       </c>
       <c r="C384" s="5">
-        <v>-0.43692527000001746</v>
+        <v>-0.23718933000000675</v>
       </c>
       <c r="D384" s="5">
-        <v>-3.4518769089570411</v>
+        <v>-1.8899970767789598</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>149.81172655</v>
+        <v>149.84632869999999</v>
       </c>
       <c r="C385" s="5">
-        <v>0.7756092300000148</v>
+        <v>0.79592073999998547</v>
       </c>
       <c r="D385" s="5">
-        <v>6.4268912631629815</v>
+        <v>6.5995215320600931</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>150.51867010999999</v>
+        <v>150.57541126999999</v>
       </c>
       <c r="C386" s="5">
-        <v>0.70694355999998493</v>
+        <v>0.72908257000000276</v>
       </c>
       <c r="D386" s="5">
-        <v>5.8119601401131149</v>
+        <v>5.9974487585669589</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>152.01818317999999</v>
+        <v>152.0133616</v>
       </c>
       <c r="C387" s="5">
-        <v>1.4995130700000061</v>
+        <v>1.4379503300000067</v>
       </c>
       <c r="D387" s="5">
-        <v>12.632048742059698</v>
+        <v>12.081119442672584</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>152.11015796999999</v>
+        <v>152.13099421000001</v>
       </c>
       <c r="C388" s="5">
-        <v>9.1974789999994755E-2</v>
+        <v>0.11763261000001535</v>
       </c>
       <c r="D388" s="5">
-        <v>0.72845075406571258</v>
+        <v>0.93255925594659672</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>152.38363129999999</v>
+        <v>152.49970948000001</v>
       </c>
       <c r="C389" s="5">
-        <v>0.27347333000000162</v>
+        <v>0.3687152699999956</v>
       </c>
       <c r="D389" s="5">
-        <v>2.178898066618129</v>
+        <v>2.947488033872081</v>
       </c>
       <c r="E389" s="5">
-        <v>4.8804128135467639</v>
+        <v>4.9090297938079841</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>152.59365625999999</v>
+        <v>152.53801046999999</v>
       </c>
       <c r="C390" s="5">
-        <v>0.21002495999999837</v>
+        <v>3.8300989999981994E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>1.6665127094831256</v>
+        <v>0.30180208091381555</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>153.6578232</v>
+        <v>153.6681658</v>
       </c>
       <c r="C391" s="5">
-        <v>1.0641669400000069</v>
+        <v>1.130155330000008</v>
       </c>
       <c r="D391" s="5">
-        <v>8.6972025789888043</v>
+        <v>9.262204417903618</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>153.92447576999999</v>
+        <v>153.90288419000001</v>
       </c>
       <c r="C392" s="5">
-        <v>0.26665256999999087</v>
+        <v>0.23471839000001182</v>
       </c>
       <c r="D392" s="5">
-        <v>2.102430554761936</v>
+        <v>1.8484008762240656</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>154.70897357999999</v>
+        <v>154.69023005</v>
       </c>
       <c r="C393" s="5">
-        <v>0.78449781000000485</v>
+        <v>0.78734585999998785</v>
       </c>
       <c r="D393" s="5">
-        <v>6.2903555106990083</v>
+        <v>6.3147492429444174</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>154.48679385</v>
+        <v>154.46262372999999</v>
       </c>
       <c r="C394" s="5">
-        <v>-0.22217972999999347</v>
+        <v>-0.22760632000000669</v>
       </c>
       <c r="D394" s="5">
-        <v>-1.7097898109354914</v>
+        <v>-1.7514234509608206</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>153.96335458999999</v>
+        <v>153.7275357</v>
       </c>
       <c r="C395" s="5">
-        <v>-0.52343926000000351</v>
+        <v>-0.73508802999998579</v>
       </c>
       <c r="D395" s="5">
-        <v>-3.9909750603442151</v>
+        <v>-5.563671651869817</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>156.23321698000001</v>
+        <v>156.29439588</v>
       </c>
       <c r="C396" s="5">
-        <v>2.2698623900000143</v>
+        <v>2.5668601799999919</v>
       </c>
       <c r="D396" s="5">
-        <v>19.198866045842333</v>
+        <v>21.983443651606361</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>157.01583805999999</v>
+        <v>157.09248941000001</v>
       </c>
       <c r="C397" s="5">
-        <v>0.7826210799999842</v>
+        <v>0.79809353000001693</v>
       </c>
       <c r="D397" s="5">
-        <v>6.1795876060869226</v>
+        <v>6.3026740056305153</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>157.0913218</v>
+        <v>157.18862225999999</v>
       </c>
       <c r="C398" s="5">
-        <v>7.5483740000009902E-2</v>
+        <v>9.6132849999975178E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>0.57841536439409147</v>
+        <v>0.73681741261049094</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>157.31861380999999</v>
+        <v>157.34649049000001</v>
       </c>
       <c r="C399" s="5">
-        <v>0.22729200999998511</v>
+        <v>0.15786823000001959</v>
       </c>
       <c r="D399" s="5">
-        <v>1.7501375163639921</v>
+        <v>1.2118677516863352</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>157.00412037000001</v>
+        <v>157.05972657999999</v>
       </c>
       <c r="C400" s="5">
-        <v>-0.31449343999997836</v>
+        <v>-0.286763910000019</v>
       </c>
       <c r="D400" s="5">
-        <v>-2.372702306756802</v>
+        <v>-2.1652101748677821</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>157.40891031999999</v>
+        <v>157.55339502999999</v>
       </c>
       <c r="C401" s="5">
-        <v>0.40478994999998008</v>
+        <v>0.49366845000000126</v>
       </c>
       <c r="D401" s="5">
-        <v>3.1381053340989284</v>
+        <v>3.8377207956572512</v>
       </c>
       <c r="E401" s="5">
-        <v>3.2977813805386003</v>
+        <v>3.3138984770739954</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>158.39835973000001</v>
+        <v>158.27165986</v>
       </c>
       <c r="C402" s="5">
-        <v>0.98944941000002018</v>
+        <v>0.71826483000000962</v>
       </c>
       <c r="D402" s="5">
-        <v>7.8093457109262188</v>
+        <v>5.6099148206429916</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>158.89615784</v>
+        <v>158.87197995</v>
       </c>
       <c r="C403" s="5">
-        <v>0.49779810999999086</v>
+        <v>0.60032008999999675</v>
       </c>
       <c r="D403" s="5">
-        <v>3.8371097749442251</v>
+        <v>4.6477299226399982</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>159.67310155000001</v>
+        <v>159.60693889000001</v>
       </c>
       <c r="C404" s="5">
-        <v>0.77694371000001183</v>
+        <v>0.73495894000001272</v>
       </c>
       <c r="D404" s="5">
-        <v>6.0279546843340803</v>
+        <v>5.6947762972951121</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>159.53739306</v>
+        <v>159.50193798999999</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.13570849000001317</v>
+        <v>-0.1050009000000216</v>
       </c>
       <c r="D405" s="5">
-        <v>-1.0151433828233802</v>
+        <v>-0.78659593444672105</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>160.30082956000001</v>
+        <v>160.24972789</v>
       </c>
       <c r="C406" s="5">
-        <v>0.76343650000001162</v>
+        <v>0.747789900000015</v>
       </c>
       <c r="D406" s="5">
-        <v>5.8959484722818978</v>
+        <v>5.7732961750950107</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>159.66134973999999</v>
+        <v>159.40013442</v>
       </c>
       <c r="C407" s="5">
-        <v>-0.63947982000001957</v>
+        <v>-0.84959347000000207</v>
       </c>
       <c r="D407" s="5">
-        <v>-4.6834491655113002</v>
+        <v>-6.1797489725621935</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>158.61299553999999</v>
+        <v>158.72450488999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-1.0483542000000057</v>
+        <v>-0.67562953000000903</v>
       </c>
       <c r="D408" s="5">
-        <v>-7.600919346203594</v>
+        <v>-4.9693777286853429</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>160.61902208000001</v>
+        <v>160.72935846999999</v>
       </c>
       <c r="C409" s="5">
-        <v>2.0060265400000219</v>
+        <v>2.0048535800000025</v>
       </c>
       <c r="D409" s="5">
-        <v>16.278259426776565</v>
+        <v>16.255835790326145</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>161.34212238999999</v>
+        <v>161.47775609999999</v>
       </c>
       <c r="C410" s="5">
-        <v>0.72310030999997821</v>
+        <v>0.74839762999999948</v>
       </c>
       <c r="D410" s="5">
-        <v>5.5381454950532039</v>
+        <v>5.7328489529515414</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>161.51287987000001</v>
+        <v>161.57326153</v>
       </c>
       <c r="C411" s="5">
-        <v>0.17075748000002022</v>
+        <v>9.5505430000002889E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>1.2774466950874253</v>
+        <v>0.7120489197945945</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>161.17856896000001</v>
+        <v>161.27078165</v>
       </c>
       <c r="C412" s="5">
-        <v>-0.33431090999999924</v>
+        <v>-0.30247987999999282</v>
       </c>
       <c r="D412" s="5">
-        <v>-2.4557631857479834</v>
+        <v>-2.2235219836527653</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>161.23386934999999</v>
+        <v>161.41364741000001</v>
       </c>
       <c r="C413" s="5">
-        <v>5.53003899999851E-2</v>
+        <v>0.1428657600000065</v>
       </c>
       <c r="D413" s="5">
-        <v>0.41249799727833825</v>
+        <v>1.0682448843788883</v>
       </c>
       <c r="E413" s="5">
-        <v>2.4299507710358714</v>
+        <v>2.4501232609205115</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>161.26152223</v>
+        <v>161.05901438000001</v>
       </c>
       <c r="C414" s="5">
-        <v>2.7652880000005098E-2</v>
+        <v>-0.35463303000000224</v>
       </c>
       <c r="D414" s="5">
-        <v>0.20600371230843351</v>
+        <v>-2.6048277964120348</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>161.71543567000001</v>
+        <v>161.64875728000001</v>
       </c>
       <c r="C415" s="5">
-        <v>0.45391344000000799</v>
+        <v>0.58974290000000451</v>
       </c>
       <c r="D415" s="5">
-        <v>3.4305040607105708</v>
+        <v>4.4835687140070579</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>162.9122663</v>
+        <v>162.80521494000001</v>
       </c>
       <c r="C416" s="5">
-        <v>1.1968306299999938</v>
+        <v>1.1564576600000009</v>
       </c>
       <c r="D416" s="5">
-        <v>9.2515788421748457</v>
+        <v>8.9309526092422828</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>162.03982829</v>
+        <v>161.99308171000001</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.87243800999999621</v>
+        <v>-0.81213323000000059</v>
       </c>
       <c r="D417" s="5">
-        <v>-6.2403735460302983</v>
+        <v>-5.8245151808418942</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>162.49195601</v>
+        <v>162.40906090999999</v>
       </c>
       <c r="C418" s="5">
-        <v>0.45212771999999291</v>
+        <v>0.41597919999998112</v>
       </c>
       <c r="D418" s="5">
-        <v>3.4001353339031537</v>
+        <v>3.1253542181571392</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>160.70838316000001</v>
+        <v>160.43945332000001</v>
       </c>
       <c r="C419" s="5">
-        <v>-1.7835728499999846</v>
+        <v>-1.9696075899999812</v>
       </c>
       <c r="D419" s="5">
-        <v>-12.404865686939559</v>
+        <v>-13.620433520418096</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>162.41234383</v>
+        <v>162.57252149000001</v>
       </c>
       <c r="C420" s="5">
-        <v>1.7039606699999865</v>
+        <v>2.1330681700000014</v>
       </c>
       <c r="D420" s="5">
-        <v>13.492202585018065</v>
+        <v>17.174097715689072</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>162.83767431000001</v>
+        <v>162.97448943000001</v>
       </c>
       <c r="C421" s="5">
-        <v>0.42533048000001372</v>
+        <v>0.40196793999999159</v>
       </c>
       <c r="D421" s="5">
-        <v>3.1882592869059811</v>
+        <v>3.0077378579215663</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>162.53963171000001</v>
+        <v>162.70021495</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.29804260000000227</v>
+        <v>-0.27427448000000254</v>
       </c>
       <c r="D422" s="5">
-        <v>-2.1743901635962848</v>
+        <v>-2.0009263113716091</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>162.54248853000001</v>
+        <v>162.62758471999999</v>
       </c>
       <c r="C423" s="5">
-        <v>2.8568200000052002E-3</v>
+        <v>-7.2630230000015672E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>2.1093411998984735E-2</v>
+        <v>-0.53437302170030732</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>163.26175713000001</v>
+        <v>163.37197861999999</v>
       </c>
       <c r="C424" s="5">
-        <v>0.71926859999999238</v>
+        <v>0.74439390000000571</v>
       </c>
       <c r="D424" s="5">
-        <v>5.4412975980171696</v>
+        <v>5.6331623678502973</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>162.49091200000001</v>
+        <v>162.66545088000001</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.77084512999999788</v>
+        <v>-0.70652773999998431</v>
       </c>
       <c r="D425" s="5">
-        <v>-5.5209933681506289</v>
+        <v>-5.0679128608164365</v>
       </c>
       <c r="E425" s="5">
-        <v>0.77963932458340324</v>
+        <v>0.77552517403955967</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>162.34142881</v>
+        <v>163.31897584000001</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.1494831900000122</v>
+        <v>0.6535249599999986</v>
       </c>
       <c r="D426" s="5">
-        <v>-1.0983690878636265</v>
+        <v>4.9290928570847381</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>161.98603363999999</v>
+        <v>163.12524114000001</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.35539517000000842</v>
+        <v>-0.19373469999999315</v>
       </c>
       <c r="D427" s="5">
-        <v>-2.5956191709614496</v>
+        <v>-1.4142315185268428</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>161.75109617000001</v>
+        <v>162.99679112000001</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.23493746999997711</v>
+        <v>-0.1284500200000025</v>
       </c>
       <c r="D428" s="5">
-        <v>-1.726611181076243</v>
+        <v>-0.94083668946932653</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>161.96420136</v>
+        <v>159.27215522</v>
       </c>
       <c r="C429" s="5">
-        <v>0.21310518999999317</v>
+        <v>-3.7246359000000098</v>
       </c>
       <c r="D429" s="5">
-        <v>1.5924926382221205</v>
+        <v>-24.22435767624248</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>162.15813120000001</v>
+        <v>159.37999078000001</v>
       </c>
       <c r="C430" s="5">
-        <v>0.19392984000000979</v>
+        <v>0.10783556000001226</v>
       </c>
       <c r="D430" s="5">
-        <v>1.4463349777001255</v>
+        <v>0.81549489278394116</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>162.11332781999999</v>
+        <v>159.22252108999999</v>
       </c>
       <c r="C431" s="5">
-        <v>-4.4803380000018933E-2</v>
+        <v>-0.15746969000002764</v>
       </c>
       <c r="D431" s="5">
-        <v>-0.33104988270229452</v>
+        <v>-1.1791954452590181</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>163.28120466999999</v>
+        <v>160.39628094</v>
       </c>
       <c r="C432" s="5">
-        <v>1.167876849999999</v>
+        <v>1.1737598500000104</v>
       </c>
       <c r="D432" s="5">
-        <v>8.9957839066224565</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>9.2138147027349468</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>164.76185107000001</v>
+        <v>161.87325107999999</v>
       </c>
       <c r="C433" s="5">
-        <v>1.4806464000000119</v>
+        <v>1.4769701399999917</v>
       </c>
       <c r="D433" s="5">
-        <v>11.441153741852039</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>11.627073768487284</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>163.86264267000001</v>
+        <v>160.98427228</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.89920839999999203</v>
+        <v>-0.88897879999998963</v>
       </c>
       <c r="D434" s="5">
-        <v>-6.3560973550779165</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-6.3947270305063642</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>161.05811585000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>7.3843570000008185E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>0.5518314346360631</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>161.26032236</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.20220650999999634</v>
+      </c>
+      <c r="D436" s="5">
+        <v>1.5170323468787439</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>161.01910792000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.24121443999999315</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-1.7802755728721809</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.0121036465294164</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>