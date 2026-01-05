--- v0 (2025-10-17)
+++ v1 (2026-01-05)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{957CAC53-FC1F-4F16-8FCD-15CD41AE6AB6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6A6AFA5A-7FD8-4F35-9E1C-7D4E66A387E1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{2FBEBFA1-A20F-4119-8D93-437DC981309C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F960AB72-FF4E-4562-8DFD-E3E5AA0DAED7}"/>
   </bookViews>
   <sheets>
     <sheet name="daleduha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Education and Health Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{48A55B9A-84BF-492F-BD2C-F4B3F0A5ED0E}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{24350EFB-4DF7-4014-8F72-3DCEB49FD330}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>5.6446774499999606</v>
       </c>
       <c r="D431" s="5">
         <v>20.300305622585981</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>369.60397558</v>
       </c>
       <c r="C432" s="5">
         <v>0.27849793000001455</v>
       </c>
       <c r="D432" s="5">
         <v>0.90864853698546799</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>370.97307303000002</v>
+        <v>371.26534464000002</v>
       </c>
       <c r="C433" s="5">
-        <v>1.3690974500000266</v>
+        <v>1.6613690600000268</v>
       </c>
       <c r="D433" s="5">
-        <v>4.5367619642040724</v>
+        <v>5.5293688304256072</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>371.57388921</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.30854456999998092</v>
+      </c>
+      <c r="D434" s="5">
+        <v>1.0018455976129825</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>