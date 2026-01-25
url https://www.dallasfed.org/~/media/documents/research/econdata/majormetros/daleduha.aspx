--- v1 (2026-01-05)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6A6AFA5A-7FD8-4F35-9E1C-7D4E66A387E1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{134B7E76-1987-4BA7-958A-1D322AD74465}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F960AB72-FF4E-4562-8DFD-E3E5AA0DAED7}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{DC884334-DC69-4CA2-AF49-51CCFCFC1CC2}"/>
   </bookViews>
   <sheets>
     <sheet name="daleduha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Education and Health Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{24350EFB-4DF7-4014-8F72-3DCEB49FD330}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2937D8C1-487D-4C61-8694-39E486C37E1A}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>108.83498633000001</v>
+        <v>108.83524326</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>109.84071659</v>
+        <v>109.8412021</v>
       </c>
       <c r="C7" s="5">
-        <v>1.0057302599999929</v>
+        <v>1.0059588400000052</v>
       </c>
       <c r="D7" s="5">
-        <v>11.67037274981606</v>
+        <v>11.673132459351043</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>110.22238129</v>
+        <v>110.22275141</v>
       </c>
       <c r="C8" s="5">
-        <v>0.38166470000000174</v>
+        <v>0.38154930999999692</v>
       </c>
       <c r="D8" s="5">
-        <v>4.2502687521749793</v>
+        <v>4.2489399638811376</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>110.57619844</v>
+        <v>110.57569719</v>
       </c>
       <c r="C9" s="5">
-        <v>0.35381714999999758</v>
+        <v>0.35294577999999888</v>
       </c>
       <c r="D9" s="5">
-        <v>3.9207773031330051</v>
+        <v>3.9109372821770849</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>111.59892772000001</v>
+        <v>111.5984297</v>
       </c>
       <c r="C10" s="5">
-        <v>1.0227292800000072</v>
+        <v>1.0227325099999973</v>
       </c>
       <c r="D10" s="5">
-        <v>11.68128471370018</v>
+        <v>11.681379177104635</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>112.24780805</v>
+        <v>112.24738757999999</v>
       </c>
       <c r="C11" s="5">
-        <v>0.64888032999999723</v>
+        <v>0.64895787999999754</v>
       </c>
       <c r="D11" s="5">
-        <v>7.2047840046625344</v>
+        <v>7.2057059898616771</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>113.23544732000001</v>
+        <v>113.23528846000001</v>
       </c>
       <c r="C12" s="5">
-        <v>0.98763927000000251</v>
+        <v>0.98790088000001219</v>
       </c>
       <c r="D12" s="5">
-        <v>11.084732391698825</v>
+        <v>11.087855689658177</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>114.33428739999999</v>
+        <v>114.33414342</v>
       </c>
       <c r="C13" s="5">
-        <v>1.098840079999988</v>
+        <v>1.098854959999997</v>
       </c>
       <c r="D13" s="5">
-        <v>12.286894639365276</v>
+        <v>12.287088170024685</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>114.21326993</v>
+        <v>114.21332058</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.12101746999999818</v>
+        <v>-0.12082284000000243</v>
       </c>
       <c r="D14" s="5">
-        <v>-1.2627755007753483</v>
+        <v>-1.2607579716880535</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>114.57640246</v>
+        <v>114.57643167000001</v>
       </c>
       <c r="C15" s="5">
-        <v>0.36313253000000145</v>
+        <v>0.36311109000000386</v>
       </c>
       <c r="D15" s="5">
-        <v>3.8827399161291742</v>
+        <v>3.8825048968795794</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>115.42367324</v>
+        <v>115.42384079</v>
       </c>
       <c r="C16" s="5">
-        <v>0.84727078000000233</v>
+        <v>0.84740911999999469</v>
       </c>
       <c r="D16" s="5">
-        <v>9.2437277919535497</v>
+        <v>9.2452965456174994</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>115.70156357</v>
+        <v>115.70188548</v>
       </c>
       <c r="C17" s="5">
-        <v>0.27789033000000529</v>
+        <v>0.27804469000000154</v>
       </c>
       <c r="D17" s="5">
-        <v>2.9276462863701447</v>
+        <v>2.9292898062172723</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>114.41775581</v>
+        <v>114.41801907999999</v>
       </c>
       <c r="C18" s="5">
-        <v>-1.283807760000002</v>
+        <v>-1.283866400000008</v>
       </c>
       <c r="D18" s="5">
-        <v>-12.531764110919319</v>
+        <v>-12.532269279330643</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>115.11242393000001</v>
+        <v>115.11291371999999</v>
       </c>
       <c r="C19" s="5">
-        <v>0.69466812000000289</v>
+        <v>0.69489464000000112</v>
       </c>
       <c r="D19" s="5">
-        <v>7.5338722027520566</v>
+        <v>7.5363935877527322</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>116.06093205000001</v>
+        <v>116.06154878</v>
       </c>
       <c r="C20" s="5">
-        <v>0.94850811999999962</v>
+        <v>0.94863506000000086</v>
       </c>
       <c r="D20" s="5">
-        <v>10.348455616397034</v>
+        <v>10.349857877494827</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>117.06734676000001</v>
+        <v>117.06671058000001</v>
       </c>
       <c r="C21" s="5">
-        <v>1.0064147100000014</v>
+        <v>1.0051618000000104</v>
       </c>
       <c r="D21" s="5">
-        <v>10.916628272905671</v>
+        <v>10.902323405841074</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>117.50692155</v>
+        <v>117.50635380999999</v>
       </c>
       <c r="C22" s="5">
-        <v>0.43957478999999466</v>
+        <v>0.43964322999998728</v>
       </c>
       <c r="D22" s="5">
-        <v>4.6000949663144386</v>
+        <v>4.6008515613133794</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>117.74935623</v>
+        <v>117.7489072</v>
       </c>
       <c r="C23" s="5">
-        <v>0.24243468000000234</v>
+        <v>0.24255339000001186</v>
       </c>
       <c r="D23" s="5">
-        <v>2.5040704543652259</v>
+        <v>2.5053227876221662</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>119.13599205</v>
+        <v>119.1358046</v>
       </c>
       <c r="C24" s="5">
-        <v>1.3866358199999951</v>
+        <v>1.3868973999999952</v>
       </c>
       <c r="D24" s="5">
-        <v>15.083571146349751</v>
+        <v>15.086664680082418</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>119.45811011000001</v>
+        <v>119.45794548000001</v>
       </c>
       <c r="C25" s="5">
-        <v>0.3221180600000082</v>
+        <v>0.32214088000000629</v>
       </c>
       <c r="D25" s="5">
-        <v>3.2932279977123669</v>
+        <v>3.2934700416591189</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>119.78024689999999</v>
+        <v>119.78031258</v>
       </c>
       <c r="C26" s="5">
-        <v>0.32213678999998763</v>
+        <v>0.32236709999999391</v>
       </c>
       <c r="D26" s="5">
-        <v>3.2844095257763106</v>
+        <v>3.2867972554487812</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>120.51625349</v>
+        <v>120.51627224000001</v>
       </c>
       <c r="C27" s="5">
-        <v>0.73600659000000235</v>
+        <v>0.73595966000000601</v>
       </c>
       <c r="D27" s="5">
-        <v>7.6279378486863614</v>
+        <v>7.6274305907859441</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>120.95620341999999</v>
+        <v>120.95636274</v>
       </c>
       <c r="C28" s="5">
-        <v>0.43994992999999738</v>
+        <v>0.44009049999999661</v>
       </c>
       <c r="D28" s="5">
-        <v>4.469687084735785</v>
+        <v>4.4711433055113714</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>121.62025891</v>
+        <v>121.62057806999999</v>
       </c>
       <c r="C29" s="5">
-        <v>0.66405549000000974</v>
+        <v>0.66421532999999044</v>
       </c>
       <c r="D29" s="5">
-        <v>6.79067286304611</v>
+        <v>6.7923478583687302</v>
       </c>
       <c r="E29" s="5">
-        <v>5.1154843179099796</v>
+        <v>5.1154677086252764</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>122.83268133999999</v>
+        <v>122.83296331</v>
       </c>
       <c r="C30" s="5">
-        <v>1.2124224299999895</v>
+        <v>1.2123852400000033</v>
       </c>
       <c r="D30" s="5">
-        <v>12.640897871345945</v>
+        <v>12.640453610218415</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>123.55465479</v>
+        <v>123.55515015</v>
       </c>
       <c r="C31" s="5">
-        <v>0.72197345000000723</v>
+        <v>0.72218684000000621</v>
       </c>
       <c r="D31" s="5">
-        <v>7.2857773992490715</v>
+        <v>7.2879836519172514</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>123.63714837000001</v>
+        <v>123.63807143</v>
       </c>
       <c r="C32" s="5">
-        <v>8.249358000000484E-2</v>
+        <v>8.2921279999993658E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>0.80415119731047646</v>
+        <v>0.80833258545252029</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>123.60581997</v>
+        <v>123.60505637999999</v>
       </c>
       <c r="C33" s="5">
-        <v>-3.1328400000006695E-2</v>
+        <v>-3.3015050000003043E-2</v>
       </c>
       <c r="D33" s="5">
-        <v>-0.3036444300862029</v>
+        <v>-0.31996557117816016</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>123.88721656</v>
+        <v>123.8865794</v>
       </c>
       <c r="C34" s="5">
-        <v>0.28139658999999995</v>
+        <v>0.28152302000000873</v>
       </c>
       <c r="D34" s="5">
-        <v>2.7663441164593072</v>
+        <v>2.7676199430357373</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>124.10223009000001</v>
+        <v>124.10174407</v>
       </c>
       <c r="C35" s="5">
-        <v>0.21501353000000734</v>
+        <v>0.21516466999999295</v>
       </c>
       <c r="D35" s="5">
-        <v>2.1026661197356855</v>
+        <v>2.1041692246988708</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>124.59103429</v>
+        <v>124.59080886</v>
       </c>
       <c r="C36" s="5">
-        <v>0.48880419999998992</v>
+        <v>0.48906479000000047</v>
       </c>
       <c r="D36" s="5">
-        <v>4.8302121323249292</v>
+        <v>4.8328626095154759</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>125.92802827</v>
+        <v>125.92784889000001</v>
       </c>
       <c r="C37" s="5">
-        <v>1.3369939800000026</v>
+        <v>1.3370400300000114</v>
       </c>
       <c r="D37" s="5">
-        <v>13.665154684793833</v>
+        <v>13.665679677026855</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>126.36327568</v>
+        <v>126.36335991999999</v>
       </c>
       <c r="C38" s="5">
-        <v>0.43524741000000233</v>
+        <v>0.43551102999998648</v>
       </c>
       <c r="D38" s="5">
-        <v>4.2273425423215549</v>
+        <v>4.2299579909877538</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>127.54154706999999</v>
+        <v>127.54156820999999</v>
       </c>
       <c r="C39" s="5">
-        <v>1.1782713899999919</v>
+        <v>1.1782082900000006</v>
       </c>
       <c r="D39" s="5">
-        <v>11.781430226982813</v>
+        <v>11.780758334165986</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>127.18399252</v>
+        <v>127.18414065</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.35755454999998904</v>
+        <v>-0.35742755999999076</v>
       </c>
       <c r="D40" s="5">
-        <v>-3.3127336750370828</v>
+        <v>-3.3115746507324961</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>127.7151447</v>
+        <v>127.71542595</v>
       </c>
       <c r="C41" s="5">
-        <v>0.53115217999999231</v>
+        <v>0.5312852999999933</v>
       </c>
       <c r="D41" s="5">
-        <v>5.1282289312867047</v>
+        <v>5.1295377531530795</v>
       </c>
       <c r="E41" s="5">
-        <v>5.0114066888397701</v>
+        <v>5.0113623670593466</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>127.97257969</v>
+        <v>127.97285939</v>
       </c>
       <c r="C42" s="5">
-        <v>0.25743499000000725</v>
+        <v>0.25743343999999979</v>
       </c>
       <c r="D42" s="5">
-        <v>2.4458330004967666</v>
+        <v>2.4458126647101786</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>128.18382346999999</v>
+        <v>128.18425156999999</v>
       </c>
       <c r="C43" s="5">
-        <v>0.21124377999998956</v>
+        <v>0.21139217999999005</v>
       </c>
       <c r="D43" s="5">
-        <v>1.9989177488785703</v>
+        <v>2.00033037105809</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>128.69380340999999</v>
+        <v>128.69501442999999</v>
       </c>
       <c r="C44" s="5">
-        <v>0.5099799399999938</v>
+        <v>0.51076285999999982</v>
       </c>
       <c r="D44" s="5">
-        <v>4.8800716010325651</v>
+        <v>4.887711739150058</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>127.26284001000001</v>
+        <v>127.26197368</v>
       </c>
       <c r="C45" s="5">
-        <v>-1.4309633999999818</v>
+        <v>-1.4330407499999893</v>
       </c>
       <c r="D45" s="5">
-        <v>-12.556467243097469</v>
+        <v>-12.573482946157554</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>127.80000977</v>
+        <v>127.7993869</v>
       </c>
       <c r="C46" s="5">
-        <v>0.53716975999999761</v>
+        <v>0.5374132200000048</v>
       </c>
       <c r="D46" s="5">
-        <v>5.1843954273055326</v>
+        <v>5.1868361104602245</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>128.28453139000001</v>
+        <v>128.28405466999999</v>
       </c>
       <c r="C47" s="5">
-        <v>0.48452162000000953</v>
+        <v>0.48466776999998729</v>
       </c>
       <c r="D47" s="5">
-        <v>4.6455731232753594</v>
+        <v>4.6470268830568484</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>128.91113824000001</v>
+        <v>128.91086725</v>
       </c>
       <c r="C48" s="5">
-        <v>0.62660685000000171</v>
+        <v>0.62681258000000639</v>
       </c>
       <c r="D48" s="5">
-        <v>6.021467663047475</v>
+        <v>6.0235210728755595</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>129.04827968000001</v>
+        <v>129.04811207</v>
       </c>
       <c r="C49" s="5">
-        <v>0.13714143999999351</v>
+        <v>0.13724482000000648</v>
       </c>
       <c r="D49" s="5">
-        <v>1.2841099276124313</v>
+        <v>1.2850863081518948</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>129.89206084</v>
+        <v>129.89214054000001</v>
       </c>
       <c r="C50" s="5">
-        <v>0.84378115999999181</v>
+        <v>0.84402847000001202</v>
       </c>
       <c r="D50" s="5">
-        <v>8.1345940970652286</v>
+        <v>8.1370756889550755</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>129.92594417000001</v>
+        <v>129.92597928000001</v>
       </c>
       <c r="C51" s="5">
-        <v>3.3883330000008982E-2</v>
+        <v>3.3838739999993095E-2</v>
       </c>
       <c r="D51" s="5">
-        <v>0.31347860729848964</v>
+        <v>0.31306529009096362</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>130.24159103</v>
+        <v>130.24172136999999</v>
       </c>
       <c r="C52" s="5">
-        <v>0.31564685999998687</v>
+        <v>0.31574208999998632</v>
       </c>
       <c r="D52" s="5">
-        <v>2.9545955292323178</v>
+        <v>2.9554980631457894</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>130.82841404999999</v>
+        <v>130.82864189</v>
       </c>
       <c r="C53" s="5">
-        <v>0.58682301999999709</v>
+        <v>0.58692052000000672</v>
       </c>
       <c r="D53" s="5">
-        <v>5.5427986347011293</v>
+        <v>5.5437368228743678</v>
       </c>
       <c r="E53" s="5">
-        <v>2.4376665408891052</v>
+        <v>2.4376193532164248</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>130.96120920000001</v>
+        <v>130.96145816999999</v>
       </c>
       <c r="C54" s="5">
-        <v>0.13279515000002107</v>
+        <v>0.13281627999998591</v>
       </c>
       <c r="D54" s="5">
-        <v>1.2248625164621219</v>
+        <v>1.2250563573481532</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>131.19260462</v>
+        <v>131.19298035</v>
       </c>
       <c r="C55" s="5">
-        <v>0.23139541999998414</v>
+        <v>0.23152218000001312</v>
       </c>
       <c r="D55" s="5">
-        <v>2.1410071696587041</v>
+        <v>2.1421873433931982</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>131.31595697</v>
+        <v>131.31731976</v>
       </c>
       <c r="C56" s="5">
-        <v>0.12335235000000466</v>
+        <v>0.12433941000000459</v>
       </c>
       <c r="D56" s="5">
-        <v>1.1341393581336678</v>
+        <v>1.1432587592428378</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>132.64317575999999</v>
+        <v>132.64216300999999</v>
       </c>
       <c r="C57" s="5">
-        <v>1.3272187899999892</v>
+        <v>1.3248432499999865</v>
       </c>
       <c r="D57" s="5">
-        <v>12.825924199285987</v>
+        <v>12.801538742543507</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>132.98659067</v>
+        <v>132.98603514000001</v>
       </c>
       <c r="C58" s="5">
-        <v>0.34341491000000701</v>
+        <v>0.34387213000002248</v>
       </c>
       <c r="D58" s="5">
-        <v>3.1514393803490304</v>
+        <v>3.1557196282076205</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>133.86573966</v>
+        <v>133.86532281000001</v>
       </c>
       <c r="C59" s="5">
-        <v>0.87914899000000446</v>
+        <v>0.87928766999999652</v>
       </c>
       <c r="D59" s="5">
-        <v>8.2278612224620638</v>
+        <v>8.2292423072505283</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>134.64551280000001</v>
+        <v>134.64521839</v>
       </c>
       <c r="C60" s="5">
-        <v>0.7797731400000032</v>
+        <v>0.77989557999998738</v>
       </c>
       <c r="D60" s="5">
-        <v>7.2183976091943158</v>
+        <v>7.2195908112128837</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>134.66103756000001</v>
+        <v>134.66088049999999</v>
       </c>
       <c r="C61" s="5">
-        <v>1.5524760000005244E-2</v>
+        <v>1.5662109999993845E-2</v>
       </c>
       <c r="D61" s="5">
-        <v>0.13844895597883156</v>
+        <v>0.13967492507280799</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>135.19879455</v>
+        <v>135.19890065999999</v>
       </c>
       <c r="C62" s="5">
-        <v>0.53775698999999122</v>
+        <v>0.53802016000000208</v>
       </c>
       <c r="D62" s="5">
-        <v>4.8987604400494433</v>
+        <v>4.9012165858313361</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>135.81394741</v>
+        <v>135.81404079999999</v>
       </c>
       <c r="C63" s="5">
-        <v>0.61515285999999492</v>
+        <v>0.61514013999999406</v>
       </c>
       <c r="D63" s="5">
-        <v>5.5987147473662402</v>
+        <v>5.5985915614801263</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>136.60281165000001</v>
+        <v>136.60291523999999</v>
       </c>
       <c r="C64" s="5">
-        <v>0.78886424000000943</v>
+        <v>0.78887444000000073</v>
       </c>
       <c r="D64" s="5">
-        <v>7.1971391959106512</v>
+        <v>7.1972301394219951</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>137.03727230999999</v>
+        <v>137.03744659</v>
       </c>
       <c r="C65" s="5">
-        <v>0.43446065999998495</v>
+        <v>0.43453135000001453</v>
       </c>
       <c r="D65" s="5">
-        <v>3.8840340319487909</v>
+        <v>3.8846740929690871</v>
       </c>
       <c r="E65" s="5">
-        <v>4.7458025881343291</v>
+        <v>4.7457533842018451</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>137.29085943999999</v>
+        <v>137.29104814999999</v>
       </c>
       <c r="C66" s="5">
-        <v>0.25358712999999966</v>
+        <v>0.25360155999999279</v>
       </c>
       <c r="D66" s="5">
-        <v>2.2433376425463392</v>
+        <v>2.2434637161736326</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>137.95587259999999</v>
+        <v>137.95612323</v>
       </c>
       <c r="C67" s="5">
-        <v>0.66501316000000088</v>
+        <v>0.66507508000000826</v>
       </c>
       <c r="D67" s="5">
-        <v>5.9699735886010741</v>
+        <v>5.9705359251742474</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>138.63291193000001</v>
+        <v>138.63426215999999</v>
       </c>
       <c r="C68" s="5">
-        <v>0.67703933000001371</v>
+        <v>0.6781389299999887</v>
       </c>
       <c r="D68" s="5">
-        <v>6.050772309973107</v>
+        <v>6.0608554438259743</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>140.16809792000001</v>
+        <v>140.16705899999999</v>
       </c>
       <c r="C69" s="5">
-        <v>1.5351859900000022</v>
+        <v>1.5327968400000032</v>
       </c>
       <c r="D69" s="5">
-        <v>14.12847491053013</v>
+        <v>14.104987572865335</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>140.78682355000001</v>
+        <v>140.78639948</v>
       </c>
       <c r="C70" s="5">
-        <v>0.61872563000000014</v>
+        <v>0.6193404800000053</v>
       </c>
       <c r="D70" s="5">
-        <v>5.4275138150575719</v>
+        <v>5.4330803296103181</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>141.57139773</v>
+        <v>141.57107718</v>
       </c>
       <c r="C71" s="5">
-        <v>0.78457417999999279</v>
+        <v>0.78467770000000314</v>
       </c>
       <c r="D71" s="5">
-        <v>6.8961621242608295</v>
+        <v>6.8971215209039149</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>141.85809166000001</v>
+        <v>141.85780753</v>
       </c>
       <c r="C72" s="5">
-        <v>0.28669393000001264</v>
+        <v>0.28673034999999913</v>
       </c>
       <c r="D72" s="5">
-        <v>2.4573503436479349</v>
+        <v>2.4576716241561547</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>142.72832219</v>
+        <v>142.7281978</v>
       </c>
       <c r="C73" s="5">
-        <v>0.8702305299999864</v>
+        <v>0.87039027000000146</v>
       </c>
       <c r="D73" s="5">
-        <v>7.6149400777650644</v>
+        <v>7.6164011578934376</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>143.55691747</v>
+        <v>143.55702364000001</v>
       </c>
       <c r="C74" s="5">
-        <v>0.82859528000000182</v>
+        <v>0.82882584000000747</v>
       </c>
       <c r="D74" s="5">
-        <v>7.1932813264771855</v>
+        <v>7.1953537141470125</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>144.52654573000001</v>
+        <v>144.52672966</v>
       </c>
       <c r="C75" s="5">
-        <v>0.96962826000000746</v>
+        <v>0.96970601999998962</v>
       </c>
       <c r="D75" s="5">
-        <v>8.4131548191930925</v>
+        <v>8.4138483234790673</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>145.36851605000001</v>
+        <v>145.36859575</v>
       </c>
       <c r="C76" s="5">
-        <v>0.84197032000000149</v>
+        <v>0.84186608999999635</v>
       </c>
       <c r="D76" s="5">
-        <v>7.2192611809663854</v>
+        <v>7.2183291806256156</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>145.86927789999999</v>
+        <v>145.86941354000001</v>
       </c>
       <c r="C77" s="5">
-        <v>0.50076184999997508</v>
+        <v>0.50081779000001347</v>
       </c>
       <c r="D77" s="5">
-        <v>4.2129552164213102</v>
+        <v>4.2134324440004089</v>
       </c>
       <c r="E77" s="5">
-        <v>6.4449659870787546</v>
+        <v>6.4449295938972195</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>146.35094809</v>
+        <v>146.35106332999999</v>
       </c>
       <c r="C78" s="5">
-        <v>0.48167019000001687</v>
+        <v>0.48164978999997743</v>
       </c>
       <c r="D78" s="5">
-        <v>4.0352430050093924</v>
+        <v>4.0350651657645287</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>146.58700056000001</v>
+        <v>146.5871406</v>
       </c>
       <c r="C79" s="5">
-        <v>0.23605247000000418</v>
+        <v>0.23607727000000978</v>
       </c>
       <c r="D79" s="5">
-        <v>1.9527674452802346</v>
+        <v>1.9529728778519884</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>147.53501433</v>
+        <v>147.53603706999999</v>
       </c>
       <c r="C80" s="5">
-        <v>0.94801376999998865</v>
+        <v>0.948896469999994</v>
       </c>
       <c r="D80" s="5">
-        <v>8.042776640733873</v>
+        <v>8.0505259508632854</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>146.69253875000001</v>
+        <v>146.69165489</v>
       </c>
       <c r="C81" s="5">
-        <v>-0.84247557999998435</v>
+        <v>-0.84438217999999665</v>
       </c>
       <c r="D81" s="5">
-        <v>-6.6412433304787193</v>
+        <v>-6.6557584815097881</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>147.64189947</v>
+        <v>147.64164299000001</v>
       </c>
       <c r="C82" s="5">
-        <v>0.94936071999998717</v>
+        <v>0.94998810000001299</v>
       </c>
       <c r="D82" s="5">
-        <v>8.0486112997782087</v>
+        <v>8.0541713162868298</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>147.73877537999999</v>
+        <v>147.73856796000001</v>
       </c>
       <c r="C83" s="5">
-        <v>9.6875909999994292E-2</v>
+        <v>9.6924970000003441E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>0.79023328845850838</v>
+        <v>0.79063630373350513</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>147.00707904999999</v>
+        <v>147.00686073</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.73169633000000545</v>
+        <v>-0.73170723000001203</v>
       </c>
       <c r="D84" s="5">
-        <v>-5.7839170924740557</v>
+        <v>-5.784008822119679</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>147.72295954000001</v>
+        <v>147.72288345999999</v>
       </c>
       <c r="C85" s="5">
-        <v>0.71588049000001774</v>
+        <v>0.71602272999999172</v>
       </c>
       <c r="D85" s="5">
-        <v>6.0027218778545333</v>
+        <v>6.0039558602710708</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>148.38039921999999</v>
+        <v>148.38050090999999</v>
       </c>
       <c r="C86" s="5">
-        <v>0.65743967999998176</v>
+        <v>0.6576174500000036</v>
       </c>
       <c r="D86" s="5">
-        <v>5.4732732208942592</v>
+        <v>5.4747924913741919</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>149.88283168999999</v>
+        <v>149.88310325</v>
       </c>
       <c r="C87" s="5">
-        <v>1.5024324700000022</v>
+        <v>1.5026023400000099</v>
       </c>
       <c r="D87" s="5">
-        <v>12.850698416920592</v>
+        <v>12.852223916884476</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>150.81293832</v>
+        <v>150.81299779</v>
       </c>
       <c r="C88" s="5">
-        <v>0.93010663000001159</v>
+        <v>0.92989453999999228</v>
       </c>
       <c r="D88" s="5">
-        <v>7.7061603518009614</v>
+        <v>7.7043283061156043</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>151.18997218999999</v>
+        <v>151.19006725</v>
       </c>
       <c r="C89" s="5">
-        <v>0.37703386999999111</v>
+        <v>0.3770694600000013</v>
       </c>
       <c r="D89" s="5">
-        <v>3.0416081569402564</v>
+        <v>3.0418980122218553</v>
       </c>
       <c r="E89" s="5">
-        <v>3.6475770406209751</v>
+        <v>3.6475458294352947</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>153.38032916</v>
+        <v>153.38038273999999</v>
       </c>
       <c r="C90" s="5">
-        <v>2.1903569700000105</v>
+        <v>2.190315489999989</v>
       </c>
       <c r="D90" s="5">
-        <v>18.8393149250794</v>
+        <v>18.838916456263412</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>154.38034884999999</v>
+        <v>154.38029682000001</v>
       </c>
       <c r="C91" s="5">
-        <v>1.0000196899999878</v>
+        <v>0.9999140800000248</v>
       </c>
       <c r="D91" s="5">
-        <v>8.1105881845414896</v>
+        <v>8.1096977645764401</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>155.29111311</v>
+        <v>155.29174810999999</v>
       </c>
       <c r="C92" s="5">
-        <v>0.91076426000000765</v>
+        <v>0.91145128999997382</v>
       </c>
       <c r="D92" s="5">
-        <v>7.3136631541331099</v>
+        <v>7.3193630913630514</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>154.86949239</v>
+        <v>154.86881983999999</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.42162071999999284</v>
+        <v>-0.42292826999999988</v>
       </c>
       <c r="D93" s="5">
-        <v>-3.2098276282895855</v>
+        <v>-3.2196204988544586</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>156.53034991999999</v>
+        <v>156.53025152999999</v>
       </c>
       <c r="C94" s="5">
-        <v>1.660857529999987</v>
+        <v>1.6614316900000006</v>
       </c>
       <c r="D94" s="5">
-        <v>13.65594952859337</v>
+        <v>13.661015236827545</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>156.95566289999999</v>
+        <v>156.95554652000001</v>
       </c>
       <c r="C95" s="5">
-        <v>0.42531298000000106</v>
+        <v>0.42529499000002602</v>
       </c>
       <c r="D95" s="5">
-        <v>3.3097238760423364</v>
+        <v>3.3095838933281385</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>157.91776834999999</v>
+        <v>157.91760933</v>
       </c>
       <c r="C96" s="5">
-        <v>0.9621054499999957</v>
+        <v>0.96206280999999194</v>
       </c>
       <c r="D96" s="5">
-        <v>7.6088778355932751</v>
+        <v>7.6085349984734041</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>158.76096842000001</v>
+        <v>158.76094667999999</v>
       </c>
       <c r="C97" s="5">
-        <v>0.84320007000002306</v>
+        <v>0.84333734999998455</v>
       </c>
       <c r="D97" s="5">
-        <v>6.5989424315210599</v>
+        <v>6.6000553876729651</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>159.89833214000001</v>
+        <v>159.89844500999999</v>
       </c>
       <c r="C98" s="5">
-        <v>1.1373637199999962</v>
+        <v>1.1374983299999997</v>
       </c>
       <c r="D98" s="5">
-        <v>8.9437530675923185</v>
+        <v>8.9448549144439227</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>158.32381389</v>
+        <v>158.32413947000001</v>
       </c>
       <c r="C99" s="5">
-        <v>-1.5745182500000112</v>
+        <v>-1.5743055399999832</v>
       </c>
       <c r="D99" s="5">
-        <v>-11.196984709048575</v>
+        <v>-11.195545523248319</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>158.60746379</v>
+        <v>158.60755022999999</v>
       </c>
       <c r="C100" s="5">
-        <v>0.28364990000000034</v>
+        <v>0.28341075999998111</v>
       </c>
       <c r="D100" s="5">
-        <v>2.1712083713281372</v>
+        <v>2.1693553009888289</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>158.63235137000001</v>
+        <v>158.63249859000001</v>
       </c>
       <c r="C101" s="5">
-        <v>2.4887580000012122E-2</v>
+        <v>2.494836000002465E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>0.18845824149003043</v>
+        <v>0.18891878601587919</v>
       </c>
       <c r="E101" s="5">
-        <v>4.9225349222547621</v>
+        <v>4.9225663268563702</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>158.66986610000001</v>
+        <v>158.66975274000001</v>
       </c>
       <c r="C102" s="5">
-        <v>3.7514729999998053E-2</v>
+        <v>3.7254149999995434E-2</v>
       </c>
       <c r="D102" s="5">
-        <v>0.28415563214343464</v>
+        <v>0.28217905445766522</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>159.14220399000001</v>
+        <v>159.14205028999999</v>
       </c>
       <c r="C103" s="5">
-        <v>0.4723378900000057</v>
+        <v>0.47229754999997908</v>
       </c>
       <c r="D103" s="5">
-        <v>3.6313027719029556</v>
+        <v>3.6309901825737123</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>159.14137968</v>
+        <v>159.14165599</v>
       </c>
       <c r="C104" s="5">
-        <v>-8.2431000001292887E-4</v>
+        <v>-3.94299999982195E-4</v>
       </c>
       <c r="D104" s="5">
-        <v>-6.2154714198126015E-3</v>
+        <v>-2.9731522960596557E-3</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>160.24129112</v>
+        <v>160.24078885</v>
       </c>
       <c r="C105" s="5">
-        <v>1.0999114399999996</v>
+        <v>1.0991328599999974</v>
       </c>
       <c r="D105" s="5">
-        <v>8.6164990294345767</v>
+        <v>8.6101507298503179</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>160.14608615</v>
+        <v>160.14604946</v>
       </c>
       <c r="C106" s="5">
-        <v>-9.5204969999997502E-2</v>
+        <v>-9.4739390000000867E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>-0.71063690973698357</v>
+        <v>-0.70717519078404845</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>160.60612008000001</v>
+        <v>160.60605692999999</v>
       </c>
       <c r="C107" s="5">
-        <v>0.4600339300000087</v>
+        <v>0.46000746999999365</v>
       </c>
       <c r="D107" s="5">
-        <v>3.5020936829901927</v>
+        <v>3.5018898734520354</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>160.50068837000001</v>
+        <v>160.5005936</v>
       </c>
       <c r="C108" s="5">
-        <v>-0.10543171000000484</v>
+        <v>-0.10546332999999208</v>
       </c>
       <c r="D108" s="5">
-        <v>-0.78491561760049011</v>
+        <v>-0.78515047953213735</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>160.57900699000001</v>
+        <v>160.57902128999999</v>
       </c>
       <c r="C109" s="5">
-        <v>7.8318620000004557E-2</v>
+        <v>7.8427689999983841E-2</v>
       </c>
       <c r="D109" s="5">
-        <v>0.58713134426471303</v>
+        <v>0.58795155639927987</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>160.76479501</v>
+        <v>160.76498133000001</v>
       </c>
       <c r="C110" s="5">
-        <v>0.18578801999998973</v>
+        <v>0.18596004000002608</v>
       </c>
       <c r="D110" s="5">
-        <v>1.3972549333228779</v>
+        <v>1.3985567690334433</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>159.63414899</v>
+        <v>159.63452147000001</v>
       </c>
       <c r="C111" s="5">
-        <v>-1.1306460200000004</v>
+        <v>-1.130459860000002</v>
       </c>
       <c r="D111" s="5">
-        <v>-8.1205887925843268</v>
+        <v>-8.1192939749810566</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>160.78179071</v>
+        <v>160.78194887999999</v>
       </c>
       <c r="C112" s="5">
-        <v>1.1476417199999958</v>
+        <v>1.1474274099999775</v>
       </c>
       <c r="D112" s="5">
-        <v>8.9764658155075505</v>
+        <v>8.9747009636769839</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>160.82935205999999</v>
+        <v>160.82963086000001</v>
       </c>
       <c r="C113" s="5">
-        <v>4.7561349999995173E-2</v>
+        <v>4.768198000002144E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>0.35555375104885378</v>
+        <v>0.3564566633184274</v>
       </c>
       <c r="E113" s="5">
-        <v>1.3849638305339251</v>
+        <v>1.3850454916420896</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>160.93477709000001</v>
+        <v>160.93446706</v>
       </c>
       <c r="C114" s="5">
-        <v>0.10542503000002057</v>
+        <v>0.10483619999999405</v>
       </c>
       <c r="D114" s="5">
-        <v>0.78945253941749005</v>
+        <v>0.78502602753323103</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>160.90259158999999</v>
+        <v>160.90225316999999</v>
       </c>
       <c r="C115" s="5">
-        <v>-3.2185500000025513E-2</v>
+        <v>-3.2213890000008405E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>-0.23972534753913255</v>
+        <v>-0.23993703206182104</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>160.93649841999999</v>
+        <v>160.93654321</v>
       </c>
       <c r="C116" s="5">
-        <v>3.3906830000006494E-2</v>
+        <v>3.4290040000001909E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>0.25316799889343322</v>
+        <v>0.2560331600398591</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>160.62929979</v>
+        <v>160.62892966999999</v>
       </c>
       <c r="C117" s="5">
-        <v>-0.30719862999998782</v>
+        <v>-0.30761354000000551</v>
       </c>
       <c r="D117" s="5">
-        <v>-2.266687343345819</v>
+        <v>-2.2697160500045221</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>160.44236695000001</v>
+        <v>160.44233464999999</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.18693283999999721</v>
+        <v>-0.18659501999999861</v>
       </c>
       <c r="D118" s="5">
-        <v>-1.3875997418801078</v>
+        <v>-1.3851112799103338</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>160.71219034000001</v>
+        <v>160.71209895999999</v>
       </c>
       <c r="C119" s="5">
-        <v>0.26982338999999911</v>
+        <v>0.26976430999999934</v>
       </c>
       <c r="D119" s="5">
-        <v>2.0368674362036376</v>
+        <v>2.0364177290984609</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>161.53884228000001</v>
+        <v>161.53877788</v>
       </c>
       <c r="C120" s="5">
-        <v>0.82665194000000497</v>
+        <v>0.8266789200000062</v>
       </c>
       <c r="D120" s="5">
-        <v>6.3500629166958866</v>
+        <v>6.3502797797142518</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>162.25638486</v>
+        <v>162.25643979</v>
       </c>
       <c r="C121" s="5">
-        <v>0.71754257999998572</v>
+        <v>0.7176619100000039</v>
       </c>
       <c r="D121" s="5">
-        <v>5.4624735757460741</v>
+        <v>5.4634065482180638</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>162.78132572999999</v>
+        <v>162.78160156999999</v>
       </c>
       <c r="C122" s="5">
-        <v>0.52494086999999467</v>
+        <v>0.52516177999999059</v>
       </c>
       <c r="D122" s="5">
-        <v>3.9521384984405383</v>
+        <v>3.9538300258859627</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>163.44215517000001</v>
+        <v>163.44257318000001</v>
       </c>
       <c r="C123" s="5">
-        <v>0.66082944000001476</v>
+        <v>0.66097161000001847</v>
       </c>
       <c r="D123" s="5">
-        <v>4.9817940043511699</v>
+        <v>4.9828811961681208</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>163.71568983</v>
+        <v>163.71605822000001</v>
       </c>
       <c r="C124" s="5">
-        <v>0.27353465999999571</v>
+        <v>0.27348503999999707</v>
       </c>
       <c r="D124" s="5">
-        <v>2.0268937660210984</v>
+        <v>2.0265174603726788</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>163.82279968</v>
+        <v>163.82349529999999</v>
       </c>
       <c r="C125" s="5">
-        <v>0.10710985000000051</v>
+        <v>0.10743707999998264</v>
       </c>
       <c r="D125" s="5">
-        <v>0.7879228375212044</v>
+        <v>0.79033692113814613</v>
       </c>
       <c r="E125" s="5">
-        <v>1.8612570290547747</v>
+        <v>1.8615129712049816</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>163.48538655999999</v>
+        <v>163.48462162000001</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.33741312000000789</v>
+        <v>-0.33887367999997764</v>
       </c>
       <c r="D126" s="5">
-        <v>-2.4437408001422689</v>
+        <v>-2.4541886629834031</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>163.37652109999999</v>
+        <v>163.37598172</v>
       </c>
       <c r="C127" s="5">
-        <v>-0.10886546000000408</v>
+        <v>-0.10863990000001422</v>
       </c>
       <c r="D127" s="5">
-        <v>-0.79616383844711702</v>
+        <v>-0.7945239828289985</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>164.45723479</v>
+        <v>164.45700754000001</v>
       </c>
       <c r="C128" s="5">
-        <v>1.0807136900000103</v>
+        <v>1.0810258200000078</v>
       </c>
       <c r="D128" s="5">
-        <v>8.233094490641113</v>
+        <v>8.2355877421230073</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>164.27600616000001</v>
+        <v>164.27573505000001</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.18122862999999256</v>
+        <v>-0.18127248999999779</v>
       </c>
       <c r="D129" s="5">
-        <v>-1.3143909265960874</v>
+        <v>-1.3147089083037633</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>164.92979442999999</v>
+        <v>164.92972807999999</v>
       </c>
       <c r="C130" s="5">
-        <v>0.65378826999997841</v>
+        <v>0.65399302999998099</v>
       </c>
       <c r="D130" s="5">
-        <v>4.8817154052672729</v>
+        <v>4.8832861774576797</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>165.24181634000001</v>
+        <v>165.24168582999999</v>
       </c>
       <c r="C131" s="5">
-        <v>0.31202191000002699</v>
+        <v>0.31195775000000481</v>
       </c>
       <c r="D131" s="5">
-        <v>2.2939877621614979</v>
+        <v>2.2935120716333524</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>165.69224055999999</v>
+        <v>165.69221458999999</v>
       </c>
       <c r="C132" s="5">
-        <v>0.45042421999997373</v>
+        <v>0.45052875999999742</v>
       </c>
       <c r="D132" s="5">
-        <v>3.3205066471346134</v>
+        <v>3.3212915670572496</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>165.95066668999999</v>
+        <v>165.95077796999999</v>
       </c>
       <c r="C133" s="5">
-        <v>0.2584261300000037</v>
+        <v>0.25856337999999823</v>
       </c>
       <c r="D133" s="5">
-        <v>1.8877494549734974</v>
+        <v>1.8887609570063857</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>167.20283058999999</v>
+        <v>167.20319714999999</v>
       </c>
       <c r="C134" s="5">
-        <v>1.2521638999999993</v>
+        <v>1.252419180000004</v>
       </c>
       <c r="D134" s="5">
-        <v>9.4398493800462511</v>
+        <v>9.4418478721285837</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>166.88372733</v>
+        <v>166.88421234</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.31910325999999145</v>
+        <v>-0.31898480999998924</v>
       </c>
       <c r="D135" s="5">
-        <v>-2.2662891329661372</v>
+        <v>-2.2654517870908886</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>167.03732939</v>
+        <v>167.03793607</v>
       </c>
       <c r="C136" s="5">
-        <v>0.15360205999999721</v>
+        <v>0.15372372999999584</v>
       </c>
       <c r="D136" s="5">
-        <v>1.1101048299870353</v>
+        <v>1.1109853715945306</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>167.09434100999999</v>
+        <v>167.09541288</v>
       </c>
       <c r="C137" s="5">
-        <v>5.7011619999997265E-2</v>
+        <v>5.7476809999997158E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>0.41034251276670375</v>
+        <v>0.41369556281207753</v>
       </c>
       <c r="E137" s="5">
-        <v>1.9970000124466036</v>
+        <v>1.9972212007858481</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>169.63128967</v>
+        <v>169.63015688999999</v>
       </c>
       <c r="C138" s="5">
-        <v>2.5369486600000073</v>
+        <v>2.5347440099999972</v>
       </c>
       <c r="D138" s="5">
-        <v>19.82037234176255</v>
+        <v>19.801548616792928</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>170.51380907999999</v>
+        <v>170.51299804999999</v>
       </c>
       <c r="C139" s="5">
-        <v>0.88251940999998624</v>
+        <v>0.88284115999999813</v>
       </c>
       <c r="D139" s="5">
-        <v>6.4248646080211858</v>
+        <v>6.4273186030208374</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>171.0025493</v>
+        <v>171.00213796</v>
       </c>
       <c r="C140" s="5">
-        <v>0.48874022000001105</v>
+        <v>0.48913991000000578</v>
       </c>
       <c r="D140" s="5">
-        <v>3.4942793861391763</v>
+        <v>3.4971991286602444</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>171.68281912</v>
+        <v>171.68248818000001</v>
       </c>
       <c r="C141" s="5">
-        <v>0.68026982000000658</v>
+        <v>0.68035022000000822</v>
       </c>
       <c r="D141" s="5">
-        <v>4.8795978859921929</v>
+        <v>4.8801992729508692</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>172.66596150999999</v>
+        <v>172.66587576000001</v>
       </c>
       <c r="C142" s="5">
-        <v>0.98314238999998338</v>
+        <v>0.98338757999999871</v>
       </c>
       <c r="D142" s="5">
-        <v>7.0924229578976927</v>
+        <v>7.0942619680336216</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>174.7635027</v>
+        <v>174.76335609</v>
       </c>
       <c r="C143" s="5">
-        <v>2.0975411900000154</v>
+        <v>2.0974803299999962</v>
       </c>
       <c r="D143" s="5">
-        <v>15.592088070495125</v>
+        <v>15.591613290772699</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>174.30788795000001</v>
+        <v>174.30788643</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.45561474999999518</v>
+        <v>-0.45546966000000566</v>
       </c>
       <c r="D144" s="5">
-        <v>-3.0839729868599175</v>
+        <v>-3.0830074829356513</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>174.70749753999999</v>
+        <v>174.70767233000001</v>
       </c>
       <c r="C145" s="5">
-        <v>0.39960958999998297</v>
+        <v>0.39978590000001191</v>
       </c>
       <c r="D145" s="5">
-        <v>2.7860149308707172</v>
+        <v>2.7872597082140516</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>174.81819103999999</v>
+        <v>174.81864589</v>
       </c>
       <c r="C146" s="5">
-        <v>0.11069349999999645</v>
+        <v>0.11097355999999081</v>
       </c>
       <c r="D146" s="5">
-        <v>0.76296707146985554</v>
+        <v>0.76490339657722117</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>174.91282050999999</v>
+        <v>174.91336447</v>
       </c>
       <c r="C147" s="5">
-        <v>9.4629470000000993E-2</v>
+        <v>9.4718580000005659E-2</v>
       </c>
       <c r="D147" s="5">
-        <v>0.65149997712079522</v>
+        <v>0.65211360454882072</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>175.33514735</v>
+        <v>175.33598559000001</v>
       </c>
       <c r="C148" s="5">
-        <v>0.42232684000001086</v>
+        <v>0.42262112000000229</v>
       </c>
       <c r="D148" s="5">
-        <v>2.9361869469208157</v>
+        <v>2.9382509061067541</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>175.48169468</v>
+        <v>175.48317950000001</v>
       </c>
       <c r="C149" s="5">
-        <v>0.14654733000000419</v>
+        <v>0.1471939099999986</v>
       </c>
       <c r="D149" s="5">
-        <v>1.0075986674027204</v>
+        <v>1.0120599693020704</v>
       </c>
       <c r="E149" s="5">
-        <v>5.0195318520679599</v>
+        <v>5.0197467874379731</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>177.62053534</v>
+        <v>177.61900631</v>
       </c>
       <c r="C150" s="5">
-        <v>2.1388406599999996</v>
+        <v>2.1358268099999975</v>
       </c>
       <c r="D150" s="5">
-        <v>15.647502332800855</v>
+        <v>15.623815795871842</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>178.27239911999999</v>
+        <v>178.27142223999999</v>
       </c>
       <c r="C151" s="5">
-        <v>0.65186377999998513</v>
+        <v>0.65241592999998943</v>
       </c>
       <c r="D151" s="5">
-        <v>4.4939660378463753</v>
+        <v>4.4978893069895332</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>178.3969946</v>
+        <v>178.39641989</v>
       </c>
       <c r="C152" s="5">
-        <v>0.12459548000001064</v>
+        <v>0.12499765000001162</v>
       </c>
       <c r="D152" s="5">
-        <v>0.84191747290405239</v>
+        <v>0.84465015373218488</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>179.14818194</v>
+        <v>179.14775431000001</v>
       </c>
       <c r="C153" s="5">
-        <v>0.75118734000000131</v>
+        <v>0.75133442000000628</v>
       </c>
       <c r="D153" s="5">
-        <v>5.17159435610961</v>
+        <v>5.1726475583842912</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>180.03017523</v>
+        <v>180.0300637</v>
       </c>
       <c r="C154" s="5">
-        <v>0.88199328999999693</v>
+        <v>0.88230938999998898</v>
       </c>
       <c r="D154" s="5">
-        <v>6.0705421492249334</v>
+        <v>6.0727919468015257</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>179.68812220000001</v>
+        <v>179.68802334</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.34205302999998821</v>
+        <v>-0.3420403599999986</v>
       </c>
       <c r="D155" s="5">
-        <v>-2.2562961672052406</v>
+        <v>-2.2562148461952147</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>178.65618906</v>
+        <v>178.65621826</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.0319331400000067</v>
+        <v>-1.031805079999998</v>
       </c>
       <c r="D156" s="5">
-        <v>-6.6779335723763271</v>
+        <v>-6.6771344132275035</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>179.86461611999999</v>
+        <v>179.86484511</v>
       </c>
       <c r="C157" s="5">
-        <v>1.2084270599999911</v>
+        <v>1.2086268500000017</v>
       </c>
       <c r="D157" s="5">
-        <v>8.4256495412597729</v>
+        <v>8.4270933654807756</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>180.41705318000001</v>
+        <v>180.41753349000001</v>
       </c>
       <c r="C158" s="5">
-        <v>0.5524370600000168</v>
+        <v>0.55268838000000642</v>
       </c>
       <c r="D158" s="5">
-        <v>3.7485890013651879</v>
+        <v>3.7503184138735213</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>180.24367169999999</v>
+        <v>180.24427148999999</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.17338148000001752</v>
+        <v>-0.17326200000002245</v>
       </c>
       <c r="D159" s="5">
-        <v>-1.1471287978777278</v>
+        <v>-1.1463394277154482</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>181.26897201</v>
+        <v>181.26984533000001</v>
       </c>
       <c r="C160" s="5">
-        <v>1.0253003100000058</v>
+        <v>1.0255738400000212</v>
       </c>
       <c r="D160" s="5">
-        <v>7.0437594751844967</v>
+        <v>7.045673620937376</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>181.68050088000001</v>
+        <v>181.68206064</v>
       </c>
       <c r="C161" s="5">
-        <v>0.41152887000001215</v>
+        <v>0.41221530999999345</v>
       </c>
       <c r="D161" s="5">
-        <v>2.7585956405770329</v>
+        <v>2.76324126796752</v>
       </c>
       <c r="E161" s="5">
-        <v>3.5324517530468613</v>
+        <v>3.5324645687765166</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>185.03247164000001</v>
+        <v>185.03093935999999</v>
       </c>
       <c r="C162" s="5">
-        <v>3.3519707600000004</v>
+        <v>3.3488787199999877</v>
       </c>
       <c r="D162" s="5">
-        <v>24.530456174547165</v>
+        <v>24.505254279338516</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>184.94004971999999</v>
+        <v>184.93905934</v>
       </c>
       <c r="C163" s="5">
-        <v>-9.2421920000020918E-2</v>
+        <v>-9.1880019999990736E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>-0.59774443006486155</v>
+        <v>-0.59425413263604066</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>185.38023749000001</v>
+        <v>185.37951473999999</v>
       </c>
       <c r="C164" s="5">
-        <v>0.44018777000002274</v>
+        <v>0.4404553999999905</v>
       </c>
       <c r="D164" s="5">
-        <v>2.893886045674865</v>
+        <v>2.8956843221770168</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>184.84841188999999</v>
+        <v>184.84794081999999</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.53182560000001899</v>
+        <v>-0.53157391999999959</v>
       </c>
       <c r="D165" s="5">
-        <v>-3.388800489199939</v>
+        <v>-3.3872349862508866</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>185.22199139</v>
+        <v>185.22188453000001</v>
       </c>
       <c r="C166" s="5">
-        <v>0.37357950000000528</v>
+        <v>0.37394371000002025</v>
       </c>
       <c r="D166" s="5">
-        <v>2.4523454469614459</v>
+        <v>2.4547692762906692</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>185.56260451</v>
+        <v>185.56253769</v>
       </c>
       <c r="C167" s="5">
-        <v>0.34061312000000044</v>
+        <v>0.34065315999998802</v>
       </c>
       <c r="D167" s="5">
-        <v>2.2291911547418275</v>
+        <v>2.2294571578926226</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>186.19802812</v>
+        <v>186.19809634000001</v>
       </c>
       <c r="C168" s="5">
-        <v>0.63542361000000369</v>
+        <v>0.63555865000000722</v>
       </c>
       <c r="D168" s="5">
-        <v>4.1874513172036165</v>
+        <v>4.1883596001319745</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>186.50542683</v>
+        <v>186.50567706000001</v>
       </c>
       <c r="C169" s="5">
-        <v>0.30739871000000107</v>
+        <v>0.30758072000000425</v>
       </c>
       <c r="D169" s="5">
-        <v>1.999196244740431</v>
+        <v>2.0003899995165275</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>186.47538946</v>
+        <v>186.47582274999999</v>
       </c>
       <c r="C170" s="5">
-        <v>-3.0037370000002284E-2</v>
+        <v>-2.9854310000018813E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-0.1930932167043431</v>
+        <v>-0.19191720636810849</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>187.26637805999999</v>
+        <v>187.26695821999999</v>
       </c>
       <c r="C171" s="5">
-        <v>0.79098859999999149</v>
+        <v>0.7911354700000004</v>
       </c>
       <c r="D171" s="5">
-        <v>5.2105898952091279</v>
+        <v>5.2115676856732795</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>187.39839183000001</v>
+        <v>187.39920124</v>
       </c>
       <c r="C172" s="5">
-        <v>0.13201377000001457</v>
+        <v>0.13224302000000421</v>
       </c>
       <c r="D172" s="5">
-        <v>0.8492297940902116</v>
+        <v>0.85070762045171833</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>186.72853377999999</v>
+        <v>186.73005297</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.66985805000001619</v>
+        <v>-0.66914826999999377</v>
       </c>
       <c r="D173" s="5">
-        <v>-4.2060835883292791</v>
+        <v>-4.2016961988966202</v>
       </c>
       <c r="E173" s="5">
-        <v>2.7785221174253527</v>
+        <v>2.7784759332967424</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>186.51598960999999</v>
+        <v>186.51456898999999</v>
       </c>
       <c r="C174" s="5">
-        <v>-0.21254417000000103</v>
+        <v>-0.21548398000001612</v>
       </c>
       <c r="D174" s="5">
-        <v>-1.3573839577550206</v>
+        <v>-1.3760285260221217</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>187.1022543</v>
+        <v>187.10139857999999</v>
       </c>
       <c r="C175" s="5">
-        <v>0.58626469000000725</v>
+        <v>0.58682959000000778</v>
       </c>
       <c r="D175" s="5">
-        <v>3.8377849263927066</v>
+        <v>3.8415768471424139</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>187.77010466999999</v>
+        <v>187.76934924</v>
       </c>
       <c r="C176" s="5">
-        <v>0.66785036999999647</v>
+        <v>0.66795066000000247</v>
       </c>
       <c r="D176" s="5">
-        <v>4.3684272106157218</v>
+        <v>4.3691165202691895</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>188.9017844</v>
+        <v>188.90136964000001</v>
       </c>
       <c r="C177" s="5">
-        <v>1.1316797300000019</v>
+        <v>1.132020400000016</v>
       </c>
       <c r="D177" s="5">
-        <v>7.4769526097876016</v>
+        <v>7.4793096461416964</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>189.34666235</v>
+        <v>189.34656194999999</v>
       </c>
       <c r="C178" s="5">
-        <v>0.44487795000000574</v>
+        <v>0.44519230999998172</v>
       </c>
       <c r="D178" s="5">
-        <v>2.8629855141853788</v>
+        <v>2.865041226286924</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>188.70011891999999</v>
+        <v>188.70011676999999</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.64654343000000836</v>
+        <v>-0.64644518000000062</v>
       </c>
       <c r="D179" s="5">
-        <v>-4.0214384609026936</v>
+        <v>-4.0208408764447645</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>190.3879718</v>
+        <v>190.3880877</v>
       </c>
       <c r="C180" s="5">
-        <v>1.6878528800000083</v>
+        <v>1.6879709300000059</v>
       </c>
       <c r="D180" s="5">
-        <v>11.277664469868975</v>
+        <v>11.278492579739897</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>190.70394539</v>
+        <v>190.70418229000001</v>
       </c>
       <c r="C181" s="5">
-        <v>0.31597358999999869</v>
+        <v>0.31609459000000584</v>
       </c>
       <c r="D181" s="5">
-        <v>2.009835799553783</v>
+        <v>2.0106112593694769</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>191.20597198999999</v>
+        <v>191.20630937999999</v>
       </c>
       <c r="C182" s="5">
-        <v>0.50202659999999355</v>
+        <v>0.50212708999998767</v>
       </c>
       <c r="D182" s="5">
-        <v>3.2051321623864037</v>
+        <v>3.2057790085816773</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>192.90054544</v>
+        <v>192.90103146999999</v>
       </c>
       <c r="C183" s="5">
-        <v>1.6945734500000071</v>
+        <v>1.6947220899999991</v>
       </c>
       <c r="D183" s="5">
-        <v>11.169086402173779</v>
+        <v>11.170093665318026</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>193.76943195999999</v>
+        <v>193.77002039999999</v>
       </c>
       <c r="C184" s="5">
-        <v>0.86888651999998956</v>
+        <v>0.86898893000000044</v>
       </c>
       <c r="D184" s="5">
-        <v>5.5411265892633565</v>
+        <v>5.5417816409267795</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>194.60791824</v>
+        <v>194.60905102999999</v>
       </c>
       <c r="C185" s="5">
-        <v>0.83848628000001213</v>
+        <v>0.83903062999999634</v>
       </c>
       <c r="D185" s="5">
-        <v>5.3180695079024787</v>
+        <v>5.3215881161077228</v>
       </c>
       <c r="E185" s="5">
-        <v>4.2197002785248516</v>
+        <v>4.2194590183433522</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>193.96768889000001</v>
+        <v>193.96670072000001</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.64022934999999848</v>
+        <v>-0.64235030999998344</v>
       </c>
       <c r="D186" s="5">
-        <v>-3.8771560487338541</v>
+        <v>-3.8897458415144026</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>194.49475613000001</v>
+        <v>194.49410662</v>
       </c>
       <c r="C187" s="5">
-        <v>0.52706724000000804</v>
+        <v>0.52740589999999088</v>
       </c>
       <c r="D187" s="5">
-        <v>3.3099292605557329</v>
+        <v>3.3121050434237631</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>194.89649281000001</v>
+        <v>194.89579524000001</v>
       </c>
       <c r="C188" s="5">
-        <v>0.40173667999999907</v>
+        <v>0.40168862000001582</v>
       </c>
       <c r="D188" s="5">
-        <v>2.5070012687721022</v>
+        <v>2.5067064061703448</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>196.29651046999999</v>
+        <v>196.29620294</v>
       </c>
       <c r="C189" s="5">
-        <v>1.4000176599999747</v>
+        <v>1.4004076999999882</v>
       </c>
       <c r="D189" s="5">
-        <v>8.9689242426566285</v>
+        <v>8.9715559086410934</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>196.59885996</v>
+        <v>196.59878553999999</v>
       </c>
       <c r="C190" s="5">
-        <v>0.30234949000001166</v>
+        <v>0.30258259999999382</v>
       </c>
       <c r="D190" s="5">
-        <v>1.864061873693923</v>
+        <v>1.8655142101987154</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>196.04500311000001</v>
+        <v>196.04503647999999</v>
       </c>
       <c r="C191" s="5">
-        <v>-0.5538568499999883</v>
+        <v>-0.55374906000000124</v>
       </c>
       <c r="D191" s="5">
-        <v>-3.3287385011555592</v>
+        <v>-3.3281019148956537</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>198.90632875</v>
+        <v>198.90647713000001</v>
       </c>
       <c r="C192" s="5">
-        <v>2.8613256399999898</v>
+        <v>2.86144065000002</v>
       </c>
       <c r="D192" s="5">
-        <v>18.990939115381209</v>
+        <v>18.991761245179006</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>198.48411458999999</v>
+        <v>198.48429659000001</v>
       </c>
       <c r="C193" s="5">
-        <v>-0.42221416000001</v>
+        <v>-0.42218053999999938</v>
       </c>
       <c r="D193" s="5">
-        <v>-2.5176854079320909</v>
+        <v>-2.5174854084877851</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>199.45533040999999</v>
+        <v>199.4555647</v>
       </c>
       <c r="C194" s="5">
-        <v>0.97121581999999762</v>
+        <v>0.9712681099999827</v>
       </c>
       <c r="D194" s="5">
-        <v>6.0324301802167524</v>
+        <v>6.0327580738240627</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>200.76132809000001</v>
+        <v>200.76166147000001</v>
       </c>
       <c r="C195" s="5">
-        <v>1.3059976800000186</v>
+        <v>1.3060967700000106</v>
       </c>
       <c r="D195" s="5">
-        <v>8.1466205853312665</v>
+        <v>8.1472512062590994</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>200.95563236999999</v>
+        <v>200.95597791</v>
       </c>
       <c r="C196" s="5">
-        <v>0.19430427999998301</v>
+        <v>0.19431643999999437</v>
       </c>
       <c r="D196" s="5">
-        <v>1.1676068967288566</v>
+        <v>1.1676784082753411</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>201.15781645000001</v>
+        <v>201.15854440000001</v>
       </c>
       <c r="C197" s="5">
-        <v>0.20218408000002341</v>
+        <v>0.20256649000000948</v>
       </c>
       <c r="D197" s="5">
-        <v>1.214039030284253</v>
+        <v>1.2163459002743515</v>
       </c>
       <c r="E197" s="5">
-        <v>3.3656894689774841</v>
+        <v>3.3654618504821654</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>203.21259941</v>
+        <v>203.21197475</v>
       </c>
       <c r="C198" s="5">
-        <v>2.0547829599999829</v>
+        <v>2.0534303499999851</v>
       </c>
       <c r="D198" s="5">
-        <v>12.970388261426224</v>
+        <v>12.961315672623464</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>203.48214199</v>
+        <v>203.48175631000001</v>
       </c>
       <c r="C199" s="5">
-        <v>0.26954258000000664</v>
+        <v>0.26978156000001263</v>
       </c>
       <c r="D199" s="5">
-        <v>1.6033514339183874</v>
+        <v>1.6047883512995575</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>203.11149889999999</v>
+        <v>203.11095241000001</v>
       </c>
       <c r="C200" s="5">
-        <v>-0.37064309000001572</v>
+        <v>-0.37080389999999852</v>
       </c>
       <c r="D200" s="5">
-        <v>-2.1640366517586829</v>
+        <v>-2.1649702292430795</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>204.54780138999999</v>
+        <v>204.54762001</v>
       </c>
       <c r="C201" s="5">
-        <v>1.4363024900000028</v>
+        <v>1.4366675999999927</v>
       </c>
       <c r="D201" s="5">
-        <v>8.8237421049874207</v>
+        <v>8.8260977612555145</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>204.89928527000001</v>
+        <v>204.89923894</v>
       </c>
       <c r="C202" s="5">
-        <v>0.35148388000001773</v>
+        <v>0.35161893000000077</v>
       </c>
       <c r="D202" s="5">
-        <v>2.0816150639989317</v>
+        <v>2.0824243201580384</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>206.98879683000001</v>
+        <v>206.98885827999999</v>
       </c>
       <c r="C203" s="5">
-        <v>2.0895115600000054</v>
+        <v>2.0896193399999845</v>
       </c>
       <c r="D203" s="5">
-        <v>12.947535566277368</v>
+        <v>12.94824440966751</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>206.88134009000001</v>
+        <v>206.88147789000001</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.10745674000000349</v>
+        <v>-0.10738038999997457</v>
       </c>
       <c r="D204" s="5">
-        <v>-0.62119565298983659</v>
+        <v>-0.62075535681686</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>209.28599657999999</v>
+        <v>209.28612387000001</v>
       </c>
       <c r="C205" s="5">
-        <v>2.4046564899999794</v>
+        <v>2.404645979999998</v>
       </c>
       <c r="D205" s="5">
-        <v>14.875177911558612</v>
+        <v>14.875098135620757</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>210.40241682000001</v>
+        <v>210.40255683000001</v>
       </c>
       <c r="C206" s="5">
-        <v>1.1164202400000249</v>
+        <v>1.1164329599999974</v>
       </c>
       <c r="D206" s="5">
-        <v>6.5924988619968428</v>
+        <v>6.5925720633171148</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>210.57216020999999</v>
+        <v>210.57235223999999</v>
       </c>
       <c r="C207" s="5">
-        <v>0.1697433899999794</v>
+        <v>0.16979540999997766</v>
       </c>
       <c r="D207" s="5">
-        <v>0.97241428974252919</v>
+        <v>0.97271297215402175</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>211.41753621999999</v>
+        <v>211.41765430000001</v>
       </c>
       <c r="C208" s="5">
-        <v>0.8453760099999954</v>
+        <v>0.84530206000002295</v>
       </c>
       <c r="D208" s="5">
-        <v>4.9254062167858548</v>
+        <v>4.9249612147906463</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>213.13731637000001</v>
+        <v>213.13764698</v>
       </c>
       <c r="C209" s="5">
-        <v>1.7197801500000196</v>
+        <v>1.7199926799999901</v>
       </c>
       <c r="D209" s="5">
-        <v>10.210209982585262</v>
+        <v>10.211522783048377</v>
       </c>
       <c r="E209" s="5">
-        <v>5.9552743867537616</v>
+        <v>5.9550553100939929</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>213.07120036000001</v>
+        <v>213.07095426000001</v>
       </c>
       <c r="C210" s="5">
-        <v>-6.6116010000001779E-2</v>
+        <v>-6.6692719999991823E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>-0.37161014748877674</v>
+        <v>-0.37484543373759172</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>215.07035501999999</v>
+        <v>215.07020553999999</v>
       </c>
       <c r="C211" s="5">
-        <v>1.9991546599999879</v>
+        <v>1.9992512799999815</v>
       </c>
       <c r="D211" s="5">
-        <v>11.858655168800913</v>
+        <v>11.859272610170635</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>217.00787306999999</v>
+        <v>217.00746952</v>
       </c>
       <c r="C212" s="5">
-        <v>1.9375180499999942</v>
+        <v>1.9372639800000115</v>
       </c>
       <c r="D212" s="5">
-        <v>11.362574019677441</v>
+        <v>11.361017738945932</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>217.09684156</v>
+        <v>217.09675429000001</v>
       </c>
       <c r="C213" s="5">
-        <v>8.8968490000013389E-2</v>
+        <v>8.928477000000612E-2</v>
       </c>
       <c r="D213" s="5">
-        <v>0.49308465951884983</v>
+        <v>0.49484244979816072</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>218.22893938999999</v>
+        <v>218.22893823000001</v>
       </c>
       <c r="C214" s="5">
-        <v>1.1320978299999922</v>
+        <v>1.1321839400000044</v>
       </c>
       <c r="D214" s="5">
-        <v>6.4402881803970136</v>
+        <v>6.4407948429918704</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>219.00605408999999</v>
+        <v>219.00608724</v>
       </c>
       <c r="C215" s="5">
-        <v>0.77711469999999849</v>
+        <v>0.77714900999998804</v>
       </c>
       <c r="D215" s="5">
-        <v>4.3579024699247793</v>
+        <v>4.3580986811480704</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>219.18310661999999</v>
+        <v>219.18322978</v>
       </c>
       <c r="C216" s="5">
-        <v>0.17705252999999743</v>
+        <v>0.17714254000000551</v>
       </c>
       <c r="D216" s="5">
-        <v>0.97444923752167956</v>
+        <v>0.97494668589037659</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>220.28816441000001</v>
+        <v>220.28822679999999</v>
       </c>
       <c r="C217" s="5">
-        <v>1.1050577900000178</v>
+        <v>1.1049970199999848</v>
       </c>
       <c r="D217" s="5">
-        <v>6.2206687311724629</v>
+        <v>6.2203135070367344</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>220.96018387999999</v>
+        <v>220.96023796</v>
       </c>
       <c r="C218" s="5">
-        <v>0.67201946999998086</v>
+        <v>0.67201116000001093</v>
       </c>
       <c r="D218" s="5">
-        <v>3.722816825389641</v>
+        <v>3.7227689428628974</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>221.56953129999999</v>
+        <v>221.56960874000001</v>
       </c>
       <c r="C219" s="5">
-        <v>0.60934742000000597</v>
+        <v>0.60937078000000611</v>
       </c>
       <c r="D219" s="5">
-        <v>3.3599275674828011</v>
+        <v>3.3600574990930498</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>222.72122191</v>
+        <v>222.72126062999999</v>
       </c>
       <c r="C220" s="5">
-        <v>1.1516906100000028</v>
+        <v>1.1516518899999824</v>
       </c>
       <c r="D220" s="5">
-        <v>6.4188935169553041</v>
+        <v>6.4186691986721556</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>223.15227028000001</v>
+        <v>223.15247072</v>
       </c>
       <c r="C221" s="5">
-        <v>0.43104837000001339</v>
+        <v>0.43121009000000754</v>
       </c>
       <c r="D221" s="5">
-        <v>2.34732771081132</v>
+        <v>2.3482173635952952</v>
       </c>
       <c r="E221" s="5">
-        <v>4.6988270663098408</v>
+        <v>4.6987587044815982</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>224.98113025999999</v>
+        <v>224.98099830000001</v>
       </c>
       <c r="C222" s="5">
-        <v>1.8288599799999758</v>
+        <v>1.8285275800000136</v>
       </c>
       <c r="D222" s="5">
-        <v>10.290324924868809</v>
+        <v>10.288359888274012</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>226.66770726999999</v>
+        <v>226.66763601</v>
       </c>
       <c r="C223" s="5">
-        <v>1.6865770100000077</v>
+        <v>1.6866377099999852</v>
       </c>
       <c r="D223" s="5">
-        <v>9.376164615479766</v>
+        <v>9.3765218263124552</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>226.30764164999999</v>
+        <v>226.30739184000001</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.36006562000000031</v>
+        <v>-0.36024416999998721</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.8896545132678688</v>
+        <v>-1.8905839721581219</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>225.3856438</v>
+        <v>225.38561468</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.92199784999999679</v>
+        <v>-0.92177716000000487</v>
       </c>
       <c r="D225" s="5">
-        <v>-4.7808347284181814</v>
+        <v>-4.7797210562280696</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>227.45770055</v>
+        <v>227.45771611000001</v>
       </c>
       <c r="C226" s="5">
-        <v>2.0720567500000016</v>
+        <v>2.0721014300000036</v>
       </c>
       <c r="D226" s="5">
-        <v>11.607334571997029</v>
+        <v>11.607599227817222</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>226.9189993</v>
+        <v>226.91901978999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.53870125000000257</v>
+        <v>-0.53869632000001388</v>
       </c>
       <c r="D227" s="5">
-        <v>-2.8053000400509842</v>
+        <v>-2.8052745110288213</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>228.34386799999999</v>
+        <v>228.34397920999999</v>
       </c>
       <c r="C228" s="5">
-        <v>1.4248686999999904</v>
+        <v>1.4249594199999933</v>
       </c>
       <c r="D228" s="5">
-        <v>7.8007854652637487</v>
+        <v>7.8012986827044051</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>228.73285802000001</v>
+        <v>228.73287988999999</v>
       </c>
       <c r="C229" s="5">
-        <v>0.3889900200000227</v>
+        <v>0.3889006800000061</v>
       </c>
       <c r="D229" s="5">
-        <v>2.0634952108122384</v>
+        <v>2.0630158220014572</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>229.36291377000001</v>
+        <v>229.36291840999999</v>
       </c>
       <c r="C230" s="5">
-        <v>0.63005574999999681</v>
+        <v>0.63003851999999938</v>
       </c>
       <c r="D230" s="5">
-        <v>3.3559986095349714</v>
+        <v>3.3559051132002304</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>229.54175043999999</v>
+        <v>229.54176118999999</v>
       </c>
       <c r="C231" s="5">
-        <v>0.17883666999998127</v>
+        <v>0.17884277999999654</v>
       </c>
       <c r="D231" s="5">
-        <v>0.93967549521447591</v>
+        <v>0.93970771817921683</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>230.90990948000001</v>
+        <v>230.90992596999999</v>
       </c>
       <c r="C232" s="5">
-        <v>1.3681590400000232</v>
+        <v>1.3681647800000007</v>
       </c>
       <c r="D232" s="5">
-        <v>7.3916666533557551</v>
+        <v>7.3916983304985751</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>232.1061368</v>
+        <v>232.10623303</v>
       </c>
       <c r="C233" s="5">
-        <v>1.1962273199999913</v>
+        <v>1.1963070600000094</v>
       </c>
       <c r="D233" s="5">
-        <v>6.3968146210171994</v>
+        <v>6.3972527830625348</v>
       </c>
       <c r="E233" s="5">
-        <v>4.0124469756750214</v>
+        <v>4.0123966726027138</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>233.44206828</v>
+        <v>233.44205266</v>
       </c>
       <c r="C234" s="5">
-        <v>1.3359314799999993</v>
+        <v>1.3358196300000031</v>
       </c>
       <c r="D234" s="5">
-        <v>7.1297250532452505</v>
+        <v>7.1291060512502114</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>234.11711828</v>
+        <v>234.11706899999999</v>
       </c>
       <c r="C235" s="5">
-        <v>0.67504999999999882</v>
+        <v>0.67501633999998489</v>
       </c>
       <c r="D235" s="5">
-        <v>3.5257937345927859</v>
+        <v>3.5256153623523856</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>235.13414792</v>
+        <v>235.13401119</v>
       </c>
       <c r="C236" s="5">
-        <v>1.0170296400000041</v>
+        <v>1.0169421900000088</v>
       </c>
       <c r="D236" s="5">
-        <v>5.3392991115052135</v>
+        <v>5.3388301356021239</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>235.94826972000001</v>
+        <v>235.94823298</v>
       </c>
       <c r="C237" s="5">
-        <v>0.81412180000000944</v>
+        <v>0.81422179000000483</v>
       </c>
       <c r="D237" s="5">
-        <v>4.2348871609938721</v>
+        <v>4.2354197433011054</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>236.99712851000001</v>
+        <v>236.99712953</v>
       </c>
       <c r="C238" s="5">
-        <v>1.048858789999997</v>
+        <v>1.0488965499999949</v>
       </c>
       <c r="D238" s="5">
-        <v>5.466721598096802</v>
+        <v>5.4669241145947955</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>238.17583586000001</v>
+        <v>238.17585879999999</v>
       </c>
       <c r="C239" s="5">
-        <v>1.1787073499999963</v>
+        <v>1.1787292699999909</v>
       </c>
       <c r="D239" s="5">
-        <v>6.1342040675300247</v>
+        <v>6.1343212544560988</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>239.84124166999999</v>
+        <v>239.84134666</v>
       </c>
       <c r="C240" s="5">
-        <v>1.6654058099999816</v>
+        <v>1.6654878600000131</v>
       </c>
       <c r="D240" s="5">
-        <v>8.7211381821745917</v>
+        <v>8.7215836341340882</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>240.27737024999999</v>
+        <v>240.27735802999999</v>
       </c>
       <c r="C241" s="5">
-        <v>0.43612858000000188</v>
+        <v>0.43601136999998857</v>
       </c>
       <c r="D241" s="5">
-        <v>2.2040427030934451</v>
+        <v>2.2034434551215787</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>241.53464477</v>
+        <v>241.53463196000001</v>
       </c>
       <c r="C242" s="5">
-        <v>1.2572745200000099</v>
+        <v>1.2572739300000251</v>
       </c>
       <c r="D242" s="5">
-        <v>6.4630135371552155</v>
+        <v>6.4630107546632454</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>243.47956952999999</v>
+        <v>243.47954493</v>
       </c>
       <c r="C243" s="5">
-        <v>1.9449247599999921</v>
+        <v>1.9449129699999901</v>
       </c>
       <c r="D243" s="5">
-        <v>10.102481349490677</v>
+        <v>10.102417931398078</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>244.03210687999999</v>
+        <v>244.03210405999999</v>
       </c>
       <c r="C244" s="5">
-        <v>0.55253734999999438</v>
+        <v>0.55255912999999168</v>
       </c>
       <c r="D244" s="5">
-        <v>2.7574528835405898</v>
+        <v>2.7575632196037203</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>244.75437289999999</v>
+        <v>244.75437635</v>
       </c>
       <c r="C245" s="5">
-        <v>0.72226602000000639</v>
+        <v>0.72227229000000648</v>
       </c>
       <c r="D245" s="5">
-        <v>3.6100503385861238</v>
+        <v>3.6100822317798098</v>
       </c>
       <c r="E245" s="5">
-        <v>5.4493329105290478</v>
+        <v>5.4492906781892447</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>243.98856573</v>
+        <v>243.98890466</v>
       </c>
       <c r="C246" s="5">
-        <v>-0.76580716999998799</v>
+        <v>-0.76547168999999826</v>
       </c>
       <c r="D246" s="5">
-        <v>-3.690712405979768</v>
+        <v>-3.6891232598706747</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>244.82609596</v>
+        <v>244.82592474</v>
       </c>
       <c r="C247" s="5">
-        <v>0.83753022999999871</v>
+        <v>0.83702008000000205</v>
       </c>
       <c r="D247" s="5">
-        <v>4.1978598248419541</v>
+        <v>4.1952484816781377</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>246.24312388000001</v>
+        <v>246.24298132999999</v>
       </c>
       <c r="C248" s="5">
-        <v>1.4170279200000095</v>
+        <v>1.4170565899999872</v>
       </c>
       <c r="D248" s="5">
-        <v>7.1708948781926241</v>
+        <v>7.1710497885381086</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>247.58675303999999</v>
+        <v>247.58663981999999</v>
       </c>
       <c r="C249" s="5">
-        <v>1.3436291599999777</v>
+        <v>1.3436584899999957</v>
       </c>
       <c r="D249" s="5">
-        <v>6.7479411319087301</v>
+        <v>6.7480969053058226</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>248.38714142000001</v>
+        <v>248.38707343999999</v>
       </c>
       <c r="C250" s="5">
-        <v>0.80038838000001533</v>
+        <v>0.80043362000000684</v>
       </c>
       <c r="D250" s="5">
-        <v>3.9490347013889204</v>
+        <v>3.9492637329543223</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>249.35180108</v>
+        <v>249.35175181</v>
       </c>
       <c r="C251" s="5">
-        <v>0.96465965999999526</v>
+        <v>0.96467837000000145</v>
       </c>
       <c r="D251" s="5">
-        <v>4.7612812172083352</v>
+        <v>4.7613768769148246</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>249.18539433000001</v>
+        <v>249.18570953</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.16640674999999305</v>
+        <v>-0.16604227999999921</v>
       </c>
       <c r="D252" s="5">
-        <v>-0.79789590016483558</v>
+        <v>-0.79615487226397663</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>249.96867699000001</v>
+        <v>249.96859928999999</v>
       </c>
       <c r="C253" s="5">
-        <v>0.78328265999999758</v>
+        <v>0.78288975999998911</v>
       </c>
       <c r="D253" s="5">
-        <v>3.8379490917767933</v>
+        <v>3.8359856262958125</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>249.94031609999999</v>
+        <v>249.94027850000001</v>
       </c>
       <c r="C254" s="5">
-        <v>-2.836089000001607E-2</v>
+        <v>-2.8320789999980889E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>-0.1360644029495317</v>
+        <v>-0.13587218098425335</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>251.39153870999999</v>
+        <v>251.39151486</v>
       </c>
       <c r="C255" s="5">
-        <v>1.4512226100000021</v>
+        <v>1.4512363599999958</v>
       </c>
       <c r="D255" s="5">
-        <v>7.1943999231954603</v>
+        <v>7.1944713970059082</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>251.61008343</v>
+        <v>251.6101075</v>
       </c>
       <c r="C256" s="5">
-        <v>0.21854472000001124</v>
+        <v>0.21859263999999712</v>
       </c>
       <c r="D256" s="5">
-        <v>1.0482104446038809</v>
+        <v>1.0484414845125078</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>252.30481244999999</v>
+        <v>252.30481682999999</v>
       </c>
       <c r="C257" s="5">
-        <v>0.69472901999998271</v>
+        <v>0.69470932999999491</v>
       </c>
       <c r="D257" s="5">
-        <v>3.3641436141701897</v>
+        <v>3.3640464883870402</v>
       </c>
       <c r="E257" s="5">
-        <v>3.0849048621839792</v>
+        <v>3.0849051986726606</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>252.96349099</v>
+        <v>252.96415134</v>
       </c>
       <c r="C258" s="5">
-        <v>0.65867854000001103</v>
+        <v>0.65933451000000787</v>
       </c>
       <c r="D258" s="5">
-        <v>3.1781510229574428</v>
+        <v>3.1813616786495968</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>252.22644326</v>
+        <v>252.22612935000001</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.73704773000000046</v>
+        <v>-0.73802198999999291</v>
       </c>
       <c r="D259" s="5">
-        <v>-3.4408938743269335</v>
+        <v>-3.4453606061322417</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>253.91277087</v>
+        <v>253.91248630000001</v>
       </c>
       <c r="C260" s="5">
-        <v>1.6863276100000064</v>
+        <v>1.686356950000004</v>
       </c>
       <c r="D260" s="5">
-        <v>8.3246135876935625</v>
+        <v>8.3247745372091018</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>254.85830935000001</v>
+        <v>254.85805367</v>
       </c>
       <c r="C261" s="5">
-        <v>0.9455384800000104</v>
+        <v>0.94556736999999202</v>
       </c>
       <c r="D261" s="5">
-        <v>4.5613148444359597</v>
+        <v>4.5614622951082984</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>255.63914466</v>
+        <v>255.63897441</v>
       </c>
       <c r="C262" s="5">
-        <v>0.78083530999998629</v>
+        <v>0.78092073999999911</v>
       </c>
       <c r="D262" s="5">
-        <v>3.7391524909105911</v>
+        <v>3.7395723198406339</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>256.71262762999999</v>
+        <v>256.71251124999998</v>
       </c>
       <c r="C263" s="5">
-        <v>1.0734829699999864</v>
+        <v>1.0735368399999743</v>
       </c>
       <c r="D263" s="5">
-        <v>5.1570792612439575</v>
+        <v>5.1573475768734278</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>258.09265051</v>
+        <v>258.09325024999998</v>
       </c>
       <c r="C264" s="5">
-        <v>1.3800228800000127</v>
+        <v>1.3807390000000055</v>
       </c>
       <c r="D264" s="5">
-        <v>6.6450906461050785</v>
+        <v>6.6486446537688426</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>258.20746659999998</v>
+        <v>258.20732670000001</v>
       </c>
       <c r="C265" s="5">
-        <v>0.11481608999997661</v>
+        <v>0.11407645000002731</v>
       </c>
       <c r="D265" s="5">
-        <v>0.53514472344340369</v>
+        <v>0.53168772230018924</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>259.57788405000002</v>
+        <v>259.57786512000001</v>
       </c>
       <c r="C266" s="5">
-        <v>1.3704174500000477</v>
+        <v>1.3705384200000026</v>
       </c>
       <c r="D266" s="5">
-        <v>6.5581558906263382</v>
+        <v>6.5587554563885986</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>258.81320862000001</v>
+        <v>258.81326247999999</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.76467543000001115</v>
+        <v>-0.76460264000002098</v>
       </c>
       <c r="D267" s="5">
-        <v>-3.4782943817115441</v>
+        <v>-3.4779688754281279</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>259.12822989</v>
+        <v>259.12828303999999</v>
       </c>
       <c r="C268" s="5">
-        <v>0.31502126999998836</v>
+        <v>0.31502055999999357</v>
       </c>
       <c r="D268" s="5">
-        <v>1.4704292023661747</v>
+        <v>1.4704255580194836</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>260.13842387</v>
+        <v>260.13855770999999</v>
       </c>
       <c r="C269" s="5">
-        <v>1.0101939799999968</v>
+        <v>1.0102746700000012</v>
       </c>
       <c r="D269" s="5">
-        <v>4.779739594668575</v>
+        <v>4.7801286019892641</v>
       </c>
       <c r="E269" s="5">
-        <v>3.1048204526627599</v>
+        <v>3.1048717097138301</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>260.73368493999999</v>
+        <v>260.73479736000002</v>
       </c>
       <c r="C270" s="5">
-        <v>0.59526106999999229</v>
+        <v>0.59623965000002954</v>
       </c>
       <c r="D270" s="5">
-        <v>2.7807199266592697</v>
+        <v>2.7853476234267927</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>261.46825001000002</v>
+        <v>261.46806942000001</v>
       </c>
       <c r="C271" s="5">
-        <v>0.73456507000003057</v>
+        <v>0.73327205999999023</v>
       </c>
       <c r="D271" s="5">
-        <v>3.4336407490564991</v>
+        <v>3.4274880784540329</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>262.09636687</v>
+        <v>262.09477572999998</v>
       </c>
       <c r="C272" s="5">
-        <v>0.62811685999997735</v>
+        <v>0.62670630999997456</v>
       </c>
       <c r="D272" s="5">
-        <v>2.9211163656086114</v>
+        <v>2.9144717926197217</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>261.68132648</v>
+        <v>261.68118937999998</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.41504039000000148</v>
+        <v>-0.41358635000000277</v>
       </c>
       <c r="D273" s="5">
-        <v>-1.8837862872382205</v>
+        <v>-1.877255157464941</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>261.38575225</v>
+        <v>261.38559548000001</v>
       </c>
       <c r="C274" s="5">
-        <v>-0.29557422999999972</v>
+        <v>-0.29559389999997165</v>
       </c>
       <c r="D274" s="5">
-        <v>-1.3470349607474175</v>
+        <v>-1.3471247490145832</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>261.72747291000002</v>
+        <v>261.72725378000001</v>
       </c>
       <c r="C275" s="5">
-        <v>0.34172066000002133</v>
+        <v>0.34165830000000597</v>
       </c>
       <c r="D275" s="5">
-        <v>1.5801404562530763</v>
+        <v>1.5798509774004987</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>261.60931998000001</v>
+        <v>261.61014118000003</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.11815293000000793</v>
+        <v>-0.11711259999998447</v>
       </c>
       <c r="D276" s="5">
-        <v>-0.54037893091594125</v>
+        <v>-0.53563307531449</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>261.95541121000002</v>
+        <v>261.95522625000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.34609123000001318</v>
+        <v>0.3450850699999819</v>
       </c>
       <c r="D277" s="5">
-        <v>1.5991199569192593</v>
+        <v>1.59443215782753</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>262.40811738999997</v>
+        <v>262.40839369000003</v>
       </c>
       <c r="C278" s="5">
-        <v>0.45270617999995011</v>
+        <v>0.45316744000001563</v>
       </c>
       <c r="D278" s="5">
-        <v>2.0936419553610364</v>
+        <v>2.0957969879077387</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>261.98103185000002</v>
+        <v>261.98129196000002</v>
       </c>
       <c r="C279" s="5">
-        <v>-0.42708553999995047</v>
+        <v>-0.42710173000000395</v>
       </c>
       <c r="D279" s="5">
-        <v>-1.9356860478098259</v>
+        <v>-1.9357567503347162</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>262.32205746</v>
+        <v>262.32248063999998</v>
       </c>
       <c r="C280" s="5">
-        <v>0.34102560999997422</v>
+        <v>0.34118867999995928</v>
       </c>
       <c r="D280" s="5">
-        <v>1.5732946291106664</v>
+        <v>1.5740507624954381</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>262.86614459999998</v>
+        <v>262.86674349999998</v>
       </c>
       <c r="C281" s="5">
-        <v>0.54408713999998781</v>
+        <v>0.54426286000000346</v>
       </c>
       <c r="D281" s="5">
-        <v>2.5175329102414379</v>
+        <v>2.5183511716558193</v>
       </c>
       <c r="E281" s="5">
-        <v>1.048565102156207</v>
+        <v>1.048743336634228</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>262.32522745</v>
+        <v>262.32645122999998</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.5409171499999843</v>
+        <v>-0.54029227000000901</v>
       </c>
       <c r="D282" s="5">
-        <v>-2.4415635671809155</v>
+        <v>-2.4387693315049863</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>263.42614230999999</v>
+        <v>263.42580941</v>
       </c>
       <c r="C283" s="5">
-        <v>1.1009148599999889</v>
+        <v>1.0993581800000243</v>
       </c>
       <c r="D283" s="5">
-        <v>5.1539925054914226</v>
+        <v>5.1465114686337188</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>263.63189225000002</v>
+        <v>263.62848803999998</v>
       </c>
       <c r="C284" s="5">
-        <v>0.20574994000003244</v>
+        <v>0.20267862999997988</v>
       </c>
       <c r="D284" s="5">
-        <v>0.94130113091510648</v>
+        <v>0.92719162496277541</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>264.96577447999999</v>
+        <v>264.96537267000002</v>
       </c>
       <c r="C285" s="5">
-        <v>1.333882229999972</v>
+        <v>1.3368846300000428</v>
       </c>
       <c r="D285" s="5">
-        <v>6.2434088627526307</v>
+        <v>6.2579393163511243</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>265.62219620000002</v>
+        <v>265.62201945999999</v>
       </c>
       <c r="C286" s="5">
-        <v>0.65642172000002574</v>
+        <v>0.65664678999996795</v>
       </c>
       <c r="D286" s="5">
-        <v>3.0137030602142678</v>
+        <v>3.0147551401600525</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>265.94247940000002</v>
+        <v>265.94241973999999</v>
       </c>
       <c r="C287" s="5">
-        <v>0.32028320000000576</v>
+        <v>0.3204002800000012</v>
       </c>
       <c r="D287" s="5">
-        <v>1.4565762546080219</v>
+        <v>1.4571132215887683</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>266.22864299999998</v>
+        <v>266.22965594999999</v>
       </c>
       <c r="C288" s="5">
-        <v>0.28616359999995211</v>
+        <v>0.28723621000000321</v>
       </c>
       <c r="D288" s="5">
-        <v>1.2989121356944855</v>
+        <v>1.3038100231780314</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>267.60989375999998</v>
+        <v>267.60992067000001</v>
       </c>
       <c r="C289" s="5">
-        <v>1.3812507600000004</v>
+        <v>1.3802647200000138</v>
       </c>
       <c r="D289" s="5">
-        <v>6.4066193109490133</v>
+        <v>6.4018895377496499</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>269.04110135000002</v>
+        <v>269.04198309999998</v>
       </c>
       <c r="C290" s="5">
-        <v>1.4312075900000423</v>
+        <v>1.4320624299999736</v>
       </c>
       <c r="D290" s="5">
-        <v>6.6099152924822047</v>
+        <v>6.6139795336442653</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>269.52310319999998</v>
+        <v>269.52390587000002</v>
       </c>
       <c r="C291" s="5">
-        <v>0.48200184999996054</v>
+        <v>0.48192277000003969</v>
       </c>
       <c r="D291" s="5">
-        <v>2.1711764700767855</v>
+        <v>2.1708095528319538</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>270.90441242999998</v>
+        <v>270.90554049000002</v>
       </c>
       <c r="C292" s="5">
-        <v>1.3813092299999994</v>
+        <v>1.3816346199999998</v>
       </c>
       <c r="D292" s="5">
-        <v>6.326364670532314</v>
+        <v>6.3278778358211607</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>271.24830261</v>
+        <v>271.25011310999997</v>
       </c>
       <c r="C293" s="5">
-        <v>0.3438901800000167</v>
+        <v>0.34457261999995126</v>
       </c>
       <c r="D293" s="5">
-        <v>1.5339787146731565</v>
+        <v>1.5370377327180496</v>
       </c>
       <c r="E293" s="5">
-        <v>3.1887552589760171</v>
+        <v>3.1892089118530809</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>272.85411707999998</v>
+        <v>272.8552838</v>
       </c>
       <c r="C294" s="5">
-        <v>1.6058144699999843</v>
+        <v>1.6051706900000227</v>
       </c>
       <c r="D294" s="5">
-        <v>7.3400478076848685</v>
+        <v>7.3369581353128988</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>273.70070272999999</v>
+        <v>273.69947282999999</v>
       </c>
       <c r="C295" s="5">
-        <v>0.84658565000000863</v>
+        <v>0.84418902999999546</v>
       </c>
       <c r="D295" s="5">
-        <v>3.7874436320775917</v>
+        <v>3.7765221390889891</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>274.49706104000001</v>
+        <v>274.49072501000001</v>
       </c>
       <c r="C296" s="5">
-        <v>0.79635831000001644</v>
+        <v>0.79125218000001496</v>
       </c>
       <c r="D296" s="5">
-        <v>3.5479338851660325</v>
+        <v>3.5248382489091012</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>274.72888812999997</v>
+        <v>274.72740918</v>
       </c>
       <c r="C297" s="5">
-        <v>0.23182708999996748</v>
+        <v>0.23668416999998954</v>
       </c>
       <c r="D297" s="5">
-        <v>1.0181834594307215</v>
+        <v>1.0396411133087424</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>275.63279310000001</v>
+        <v>275.63208297</v>
       </c>
       <c r="C298" s="5">
-        <v>0.90390497000004189</v>
+        <v>0.90467379000000392</v>
       </c>
       <c r="D298" s="5">
-        <v>4.0204408591490992</v>
+        <v>4.0239446875619755</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>276.72101680999998</v>
+        <v>276.72173586000002</v>
       </c>
       <c r="C299" s="5">
-        <v>1.0882237099999656</v>
+        <v>1.0896528900000249</v>
       </c>
       <c r="D299" s="5">
-        <v>4.8419538222955083</v>
+        <v>4.8484644932772714</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>277.20454429</v>
+        <v>277.20625353000003</v>
       </c>
       <c r="C300" s="5">
-        <v>0.48352748000002066</v>
+        <v>0.48451767000000245</v>
       </c>
       <c r="D300" s="5">
-        <v>2.117084794791424</v>
+        <v>2.1214565297200005</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>278.72737188000002</v>
+        <v>278.72735888</v>
       </c>
       <c r="C301" s="5">
-        <v>1.5228275900000199</v>
+        <v>1.5211053499999707</v>
       </c>
       <c r="D301" s="5">
-        <v>6.7950914973137433</v>
+        <v>6.7871300791302325</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>279.40767167000001</v>
+        <v>279.40971726999999</v>
       </c>
       <c r="C302" s="5">
-        <v>0.6802997899999923</v>
+        <v>0.68235838999999032</v>
       </c>
       <c r="D302" s="5">
-        <v>2.968521688380954</v>
+        <v>2.9776259279857165</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>281.11394389999998</v>
+        <v>281.11658498999998</v>
       </c>
       <c r="C303" s="5">
-        <v>1.7062722299999677</v>
+        <v>1.7068677199999911</v>
       </c>
       <c r="D303" s="5">
-        <v>7.5793068934728369</v>
+        <v>7.5819841899463558</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>282.30946001000001</v>
+        <v>282.31225290999998</v>
       </c>
       <c r="C304" s="5">
-        <v>1.1955161100000282</v>
+        <v>1.1956679200000053</v>
       </c>
       <c r="D304" s="5">
-        <v>5.2244145445067502</v>
+        <v>5.2250433073513181</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>283.51615621000002</v>
+        <v>283.52014966000002</v>
       </c>
       <c r="C305" s="5">
-        <v>1.2066962000000103</v>
+        <v>1.2078967500000317</v>
       </c>
       <c r="D305" s="5">
-        <v>5.251567236304</v>
+        <v>5.2568623814613025</v>
       </c>
       <c r="E305" s="5">
-        <v>4.5227393063685728</v>
+        <v>4.5235138925174168</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>282.49235857000002</v>
+        <v>282.49478391000002</v>
       </c>
       <c r="C306" s="5">
-        <v>-1.023797639999998</v>
+        <v>-1.0253657499999917</v>
       </c>
       <c r="D306" s="5">
-        <v>-4.248252585879742</v>
+        <v>-4.2545718453344206</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>282.96385776</v>
+        <v>282.96417631999998</v>
       </c>
       <c r="C307" s="5">
-        <v>0.47149918999997453</v>
+        <v>0.46939240999995491</v>
       </c>
       <c r="D307" s="5">
-        <v>2.0213714913329461</v>
+        <v>2.0122393474034883</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>283.34514376999999</v>
+        <v>283.32248540000001</v>
       </c>
       <c r="C308" s="5">
-        <v>0.38128600999999662</v>
+        <v>0.35830908000002637</v>
       </c>
       <c r="D308" s="5">
-        <v>1.6290044610722365</v>
+        <v>1.5301516377054014</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>285.81395108999999</v>
+        <v>285.81371075999999</v>
       </c>
       <c r="C309" s="5">
-        <v>2.4688073199999963</v>
+        <v>2.4912253599999872</v>
       </c>
       <c r="D309" s="5">
-        <v>10.971587667790494</v>
+        <v>11.077011520510283</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>287.60013377000001</v>
+        <v>287.60053450999999</v>
       </c>
       <c r="C310" s="5">
-        <v>1.7861826800000244</v>
+        <v>1.7868237499999964</v>
       </c>
       <c r="D310" s="5">
-        <v>7.7625651331640899</v>
+        <v>7.7654543992282887</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>288.79092077000001</v>
+        <v>288.79356001000002</v>
       </c>
       <c r="C311" s="5">
-        <v>1.1907870000000003</v>
+        <v>1.1930255000000329</v>
       </c>
       <c r="D311" s="5">
-        <v>5.0832317301476637</v>
+        <v>5.0929992453608852</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>290.05303167</v>
+        <v>290.05611599000002</v>
       </c>
       <c r="C312" s="5">
-        <v>1.2621108999999819</v>
+        <v>1.2625559800000019</v>
       </c>
       <c r="D312" s="5">
-        <v>5.3723059933856732</v>
+        <v>5.37419600626039</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>290.81492207000002</v>
+        <v>290.81623748999999</v>
       </c>
       <c r="C313" s="5">
-        <v>0.76189040000002706</v>
+        <v>0.76012149999996836</v>
       </c>
       <c r="D313" s="5">
-        <v>3.1980126221081262</v>
+        <v>3.1904459569594756</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>290.26478271000002</v>
+        <v>290.26872309999999</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.55013936000000285</v>
+        <v>-0.54751439000000346</v>
       </c>
       <c r="D314" s="5">
-        <v>-2.2465892910800034</v>
+        <v>-2.2359705183799594</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>292.22772985</v>
+        <v>292.23289690000001</v>
       </c>
       <c r="C315" s="5">
-        <v>1.9629471399999829</v>
+        <v>1.9641738000000259</v>
       </c>
       <c r="D315" s="5">
-        <v>8.4238760790025466</v>
+        <v>8.4292189476874455</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>293.46497098999998</v>
+        <v>293.47078821999997</v>
       </c>
       <c r="C316" s="5">
-        <v>1.2372411399999805</v>
+        <v>1.2378913199999602</v>
       </c>
       <c r="D316" s="5">
-        <v>5.2005827653723857</v>
+        <v>5.2032855417475821</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>294.34506269000002</v>
+        <v>294.35240855000001</v>
       </c>
       <c r="C317" s="5">
-        <v>0.88009170000003678</v>
+        <v>0.88162033000003248</v>
       </c>
       <c r="D317" s="5">
-        <v>3.6587166411060634</v>
+        <v>3.6651029719224404</v>
       </c>
       <c r="E317" s="5">
-        <v>3.8195024314519266</v>
+        <v>3.8206310567309387</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>295.37836544999999</v>
+        <v>295.38178533000001</v>
       </c>
       <c r="C318" s="5">
-        <v>1.0333027599999696</v>
+        <v>1.0293767800000069</v>
       </c>
       <c r="D318" s="5">
-        <v>4.2949138693714195</v>
+        <v>4.2781716005095172</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>296.04992014999999</v>
+        <v>296.04975753000002</v>
       </c>
       <c r="C319" s="5">
-        <v>0.6715547000000015</v>
+        <v>0.66797220000000834</v>
       </c>
       <c r="D319" s="5">
-        <v>2.762623876617587</v>
+        <v>2.747670294811555</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>296.54020890999999</v>
+        <v>296.49671268999998</v>
       </c>
       <c r="C320" s="5">
-        <v>0.49028875999999855</v>
+        <v>0.44695515999995905</v>
       </c>
       <c r="D320" s="5">
-        <v>2.005523915050289</v>
+        <v>1.826795074276677</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>296.87354905000001</v>
+        <v>296.87246967999999</v>
       </c>
       <c r="C321" s="5">
-        <v>0.33334014000001844</v>
+        <v>0.3757569900000135</v>
       </c>
       <c r="D321" s="5">
-        <v>1.3572881895333566</v>
+        <v>1.5314323526085527</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>297.48989367000001</v>
+        <v>297.49127312000002</v>
       </c>
       <c r="C322" s="5">
-        <v>0.61634462000000667</v>
+        <v>0.61880344000002196</v>
       </c>
       <c r="D322" s="5">
-        <v>2.519987565679882</v>
+        <v>2.5301655382166555</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>297.75597549000003</v>
+        <v>297.76210471000002</v>
       </c>
       <c r="C323" s="5">
-        <v>0.26608182000001079</v>
+        <v>0.27083159000000023</v>
       </c>
       <c r="D323" s="5">
-        <v>1.0786033925166638</v>
+        <v>1.0979487083463413</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>298.89869506999997</v>
+        <v>298.90481550999999</v>
       </c>
       <c r="C324" s="5">
-        <v>1.1427195799999481</v>
+        <v>1.1427107999999748</v>
       </c>
       <c r="D324" s="5">
-        <v>4.7037889500642471</v>
+        <v>4.7036531664923498</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>299.77736815999998</v>
+        <v>299.78042369999997</v>
       </c>
       <c r="C325" s="5">
-        <v>0.8786730900000066</v>
+        <v>0.87560818999997991</v>
       </c>
       <c r="D325" s="5">
-        <v>3.5852412010214385</v>
+        <v>3.5724590137109935</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>301.18408119999998</v>
+        <v>301.19078217999999</v>
       </c>
       <c r="C326" s="5">
-        <v>1.4067130399999996</v>
+        <v>1.4103584800000135</v>
       </c>
       <c r="D326" s="5">
-        <v>5.7786590618742251</v>
+        <v>5.7939632425726861</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>301.74119175999999</v>
+        <v>301.75067114000001</v>
       </c>
       <c r="C327" s="5">
-        <v>0.55711056000001236</v>
+        <v>0.55988896000002342</v>
       </c>
       <c r="D327" s="5">
-        <v>2.2424031288517554</v>
+        <v>2.2536502890824428</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>301.93772064000001</v>
+        <v>301.94767940999998</v>
       </c>
       <c r="C328" s="5">
-        <v>0.19652888000001667</v>
+        <v>0.19700826999996934</v>
       </c>
       <c r="D328" s="5">
-        <v>0.78438514601566478</v>
+        <v>0.78628057090177617</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>302.08957022999999</v>
+        <v>302.10134792000002</v>
       </c>
       <c r="C329" s="5">
-        <v>0.15184958999998344</v>
+        <v>0.15366851000004544</v>
       </c>
       <c r="D329" s="5">
-        <v>0.60517241941737687</v>
+        <v>0.61242148372631089</v>
       </c>
       <c r="E329" s="5">
-        <v>2.6310981639112274</v>
+        <v>2.6325381226441458</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>304.51264626</v>
+        <v>304.5210922</v>
       </c>
       <c r="C330" s="5">
-        <v>2.4230760300000043</v>
+        <v>2.4197442799999749</v>
       </c>
       <c r="D330" s="5">
-        <v>10.06144859617153</v>
+        <v>10.046589838204145</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>305.59928329000002</v>
+        <v>305.60523289999998</v>
       </c>
       <c r="C331" s="5">
-        <v>1.0866370300000199</v>
+        <v>1.0841406999999776</v>
       </c>
       <c r="D331" s="5">
-        <v>4.367186466919426</v>
+        <v>4.3568332562257783</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>306.67815862999998</v>
+        <v>306.58528132999999</v>
       </c>
       <c r="C332" s="5">
-        <v>1.0788753399999678</v>
+        <v>0.98004843000001074</v>
       </c>
       <c r="D332" s="5">
-        <v>4.3196658628600337</v>
+        <v>3.9168988391224513</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>307.21552191000001</v>
+        <v>307.21738617</v>
       </c>
       <c r="C333" s="5">
-        <v>0.53736328000002231</v>
+        <v>0.63210484000001088</v>
       </c>
       <c r="D333" s="5">
-        <v>2.1230293931754352</v>
+        <v>2.5023596289247774</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>307.33373343</v>
+        <v>307.33712666999998</v>
       </c>
       <c r="C334" s="5">
-        <v>0.11821151999998847</v>
+        <v>0.1197404999999776</v>
       </c>
       <c r="D334" s="5">
-        <v>0.46271886004081164</v>
+        <v>0.46871377721355856</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>308.75150884999999</v>
+        <v>308.76784402999999</v>
       </c>
       <c r="C335" s="5">
-        <v>1.4177754199999981</v>
+        <v>1.4307173600000169</v>
       </c>
       <c r="D335" s="5">
-        <v>5.6784131054383291</v>
+        <v>5.7315171288698563</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>306.42448372000001</v>
+        <v>306.43729101000002</v>
       </c>
       <c r="C336" s="5">
-        <v>-2.3270251299999813</v>
+        <v>-2.330553019999968</v>
       </c>
       <c r="D336" s="5">
-        <v>-8.6786142891382205</v>
+        <v>-8.6907892899508852</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>307.30988762999999</v>
+        <v>307.32019231999999</v>
       </c>
       <c r="C337" s="5">
-        <v>0.88540390999997953</v>
+        <v>0.88290130999996563</v>
       </c>
       <c r="D337" s="5">
-        <v>3.5230000536134343</v>
+        <v>3.5127347910854256</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>308.37932818000002</v>
+        <v>308.38179371000001</v>
       </c>
       <c r="C338" s="5">
-        <v>1.0694405500000244</v>
+        <v>1.0616013900000212</v>
       </c>
       <c r="D338" s="5">
-        <v>4.2568717987128135</v>
+        <v>4.2249287173376837</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>308.26178904</v>
+        <v>308.27763327000002</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.11753914000001942</v>
+        <v>-0.10416043999998692</v>
       </c>
       <c r="D339" s="5">
-        <v>-0.45642379138830513</v>
+        <v>-0.40456535542222616</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>308.75279583999998</v>
+        <v>308.76831615999998</v>
       </c>
       <c r="C340" s="5">
-        <v>0.49100679999997965</v>
+        <v>0.49068288999995957</v>
       </c>
       <c r="D340" s="5">
-        <v>1.9282229027640208</v>
+        <v>1.9268398199649761</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>309.58780776999998</v>
+        <v>309.60388832000001</v>
       </c>
       <c r="C341" s="5">
-        <v>0.8350119300000074</v>
+        <v>0.83557216000002654</v>
       </c>
       <c r="D341" s="5">
-        <v>3.2940723046332776</v>
+        <v>3.296147214012124</v>
       </c>
       <c r="E341" s="5">
-        <v>2.4821239390327543</v>
+        <v>2.4834514813177</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>310.48468957</v>
+        <v>310.49522895000001</v>
       </c>
       <c r="C342" s="5">
-        <v>0.89688180000001694</v>
+        <v>0.89134063000000197</v>
       </c>
       <c r="D342" s="5">
-        <v>3.532353308864411</v>
+        <v>3.5099975710755738</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>310.84432826</v>
+        <v>310.85075869000002</v>
       </c>
       <c r="C343" s="5">
-        <v>0.35963868999999704</v>
+        <v>0.35552974000000859</v>
       </c>
       <c r="D343" s="5">
-        <v>1.3988659575595808</v>
+        <v>1.382735590760098</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>311.79702478000002</v>
+        <v>311.66374524000003</v>
       </c>
       <c r="C344" s="5">
-        <v>0.9526965200000177</v>
+        <v>0.81298655000000508</v>
       </c>
       <c r="D344" s="5">
-        <v>3.7404746482630813</v>
+        <v>3.1839722450555774</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>310.97734976999999</v>
+        <v>310.97519037000001</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.81967501000002585</v>
+        <v>-0.68855487000001858</v>
       </c>
       <c r="D345" s="5">
-        <v>-3.1094333800376961</v>
+        <v>-2.6191669827336894</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>311.68262671000002</v>
+        <v>311.68633487</v>
       </c>
       <c r="C346" s="5">
-        <v>0.70527694000003294</v>
+        <v>0.71114449999998897</v>
       </c>
       <c r="D346" s="5">
-        <v>2.7557293150097584</v>
+        <v>2.778964310439358</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>313.35846663000001</v>
+        <v>313.38804628999998</v>
       </c>
       <c r="C347" s="5">
-        <v>1.6758399199999872</v>
+        <v>1.701711419999981</v>
       </c>
       <c r="D347" s="5">
-        <v>6.6463651474450325</v>
+        <v>6.7519896215368913</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>314.35561611000003</v>
+        <v>314.38148809</v>
       </c>
       <c r="C348" s="5">
-        <v>0.99714948000001868</v>
+        <v>0.9934418000000278</v>
       </c>
       <c r="D348" s="5">
-        <v>3.8861096044625398</v>
+        <v>3.8710352876624832</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>315.32693270999999</v>
+        <v>315.34593984000003</v>
       </c>
       <c r="C349" s="5">
-        <v>0.971316599999966</v>
+        <v>0.96445175000002337</v>
       </c>
       <c r="D349" s="5">
-        <v>3.7715042103702245</v>
+        <v>3.7440841046679774</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>315.59846915999998</v>
+        <v>315.59354372000001</v>
       </c>
       <c r="C350" s="5">
-        <v>0.27153644999998505</v>
+        <v>0.24760387999998557</v>
       </c>
       <c r="D350" s="5">
-        <v>1.0382603088667341</v>
+        <v>0.94629774885148787</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>315.70045904</v>
+        <v>315.72290213000002</v>
       </c>
       <c r="C351" s="5">
-        <v>0.10198988000001918</v>
+        <v>0.12935841000000892</v>
       </c>
       <c r="D351" s="5">
-        <v>0.3884861129176409</v>
+        <v>0.49297751173775772</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>316.14057984999999</v>
+        <v>316.16128132</v>
       </c>
       <c r="C352" s="5">
-        <v>0.44012080999999625</v>
+        <v>0.43837918999997783</v>
       </c>
       <c r="D352" s="5">
-        <v>1.6858178006821101</v>
+        <v>1.6789754812379876</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>317.09261995000003</v>
+        <v>317.10998831000001</v>
       </c>
       <c r="C353" s="5">
-        <v>0.95204010000003336</v>
+        <v>0.94870699000000513</v>
       </c>
       <c r="D353" s="5">
-        <v>3.6741935175245377</v>
+        <v>3.660873362598549</v>
       </c>
       <c r="E353" s="5">
-        <v>2.4241304055408808</v>
+        <v>2.4244204524465962</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>317.10216188999999</v>
+        <v>317.11526583</v>
       </c>
       <c r="C354" s="5">
-        <v>9.5419399999627785E-3</v>
+        <v>5.2775199999928191E-3</v>
       </c>
       <c r="D354" s="5">
-        <v>3.611633499276401E-2</v>
+        <v>1.997289253861112E-2</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>318.42797723000001</v>
+        <v>318.44248085999999</v>
       </c>
       <c r="C355" s="5">
-        <v>1.3258153400000197</v>
+        <v>1.3272150299999907</v>
       </c>
       <c r="D355" s="5">
-        <v>5.1342405445757855</v>
+        <v>5.1395689465349115</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>319.38925055999999</v>
+        <v>319.20964418</v>
       </c>
       <c r="C356" s="5">
-        <v>0.96127332999998316</v>
+        <v>0.76716332000000875</v>
       </c>
       <c r="D356" s="5">
-        <v>3.6833276819201677</v>
+        <v>2.9295478041743817</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>319.91828736000002</v>
+        <v>319.88987838999998</v>
       </c>
       <c r="C357" s="5">
-        <v>0.52903680000002851</v>
+        <v>0.68023420999998052</v>
       </c>
       <c r="D357" s="5">
-        <v>2.0058902212286789</v>
+        <v>2.5873796524091164</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>321.07471303</v>
+        <v>321.08552810999998</v>
       </c>
       <c r="C358" s="5">
-        <v>1.156425669999976</v>
+        <v>1.1956497200000058</v>
       </c>
       <c r="D358" s="5">
-        <v>4.4249900184488489</v>
+        <v>4.5785926766876317</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>321.8170447</v>
+        <v>321.88335075999998</v>
       </c>
       <c r="C359" s="5">
-        <v>0.74233166999999867</v>
+        <v>0.79782265000000052</v>
       </c>
       <c r="D359" s="5">
-        <v>2.8099791557788523</v>
+        <v>3.0228083556594232</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>321.92973798000003</v>
+        <v>321.96610893000002</v>
       </c>
       <c r="C360" s="5">
-        <v>0.11269328000003043</v>
+        <v>8.2758170000033715E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>0.42102398374803673</v>
+        <v>0.3089639664288768</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>323.11625078999998</v>
+        <v>323.14382612999998</v>
       </c>
       <c r="C361" s="5">
-        <v>1.1865128099999538</v>
+        <v>1.1777171999999609</v>
       </c>
       <c r="D361" s="5">
-        <v>4.5135159209470643</v>
+        <v>4.4788650027392185</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>323.20904488999997</v>
+        <v>323.19666305999999</v>
       </c>
       <c r="C362" s="5">
-        <v>9.2794099999991886E-2</v>
+        <v>5.2836930000012217E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>0.34516670707778196</v>
+        <v>0.19638737129876738</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>323.65294641000003</v>
+        <v>323.68146547999999</v>
       </c>
       <c r="C363" s="5">
-        <v>0.44390152000005401</v>
+        <v>0.48480241999999407</v>
       </c>
       <c r="D363" s="5">
-        <v>1.6606097066006464</v>
+        <v>1.8149525294062219</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>324.41390195000002</v>
+        <v>324.44155581000001</v>
       </c>
       <c r="C364" s="5">
-        <v>0.76095553999999765</v>
+        <v>0.76009033000002546</v>
       </c>
       <c r="D364" s="5">
-        <v>2.8581475047386062</v>
+        <v>2.8546008935472544</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>324.54023436</v>
+        <v>324.55313418999998</v>
       </c>
       <c r="C365" s="5">
-        <v>0.12633240999997497</v>
+        <v>0.111578379999969</v>
       </c>
       <c r="D365" s="5">
-        <v>0.46830301279192632</v>
+        <v>0.4134723333416801</v>
       </c>
       <c r="E365" s="5">
-        <v>2.3487189361815819</v>
+        <v>2.3471811530337838</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>325.65154991000003</v>
+        <v>325.66064447000002</v>
       </c>
       <c r="C366" s="5">
-        <v>1.1113155500000289</v>
+        <v>1.1075102800000423</v>
       </c>
       <c r="D366" s="5">
-        <v>4.1874116051584753</v>
+        <v>4.1726342845467723</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>326.62498441999998</v>
+        <v>326.63342893999999</v>
       </c>
       <c r="C367" s="5">
-        <v>0.9734345099999473</v>
+        <v>0.97278446999996504</v>
       </c>
       <c r="D367" s="5">
-        <v>3.6465928528163882</v>
+        <v>3.6440141397917847</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>326.11028127999998</v>
+        <v>325.91822112</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.51470313999999462</v>
+        <v>-0.71520781999998917</v>
       </c>
       <c r="D368" s="5">
-        <v>-1.8746840619510041</v>
+        <v>-2.5961475140912738</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>285.14979727999997</v>
+        <v>285.08094227999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-40.960484000000008</v>
+        <v>-40.83727884000001</v>
       </c>
       <c r="D369" s="5">
-        <v>-80.02425829601286</v>
+        <v>-79.940757339742461</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>297.12868477000001</v>
+        <v>297.12690662</v>
       </c>
       <c r="C370" s="5">
-        <v>11.978887490000034</v>
+        <v>12.045964340000012</v>
       </c>
       <c r="D370" s="5">
-        <v>63.85441989840659</v>
+        <v>64.318155537393281</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>304.79757411999998</v>
+        <v>304.93028386999998</v>
       </c>
       <c r="C371" s="5">
-        <v>7.6688893499999722</v>
+        <v>7.8033772499999827</v>
       </c>
       <c r="D371" s="5">
-        <v>35.76977767070013</v>
+        <v>36.490655086700663</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>306.02082708</v>
+        <v>306.05519132000001</v>
       </c>
       <c r="C372" s="5">
-        <v>1.2232529600000248</v>
+        <v>1.1249074500000233</v>
       </c>
       <c r="D372" s="5">
-        <v>4.9237348592725327</v>
+        <v>4.5178116919599276</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>307.09250019000001</v>
+        <v>307.12266070999999</v>
       </c>
       <c r="C373" s="5">
-        <v>1.0716731100000061</v>
+        <v>1.0674693899999852</v>
       </c>
       <c r="D373" s="5">
-        <v>4.2842465882214631</v>
+        <v>4.2666292502821834</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>308.90019090999999</v>
+        <v>308.89384357</v>
       </c>
       <c r="C374" s="5">
-        <v>1.8076907199999823</v>
+        <v>1.7711828600000104</v>
       </c>
       <c r="D374" s="5">
-        <v>7.297004522566497</v>
+        <v>7.1442065350163508</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>311.89899611999999</v>
+        <v>311.93498521999999</v>
       </c>
       <c r="C375" s="5">
-        <v>2.9988052100000004</v>
+        <v>3.0411416499999859</v>
       </c>
       <c r="D375" s="5">
-        <v>12.292203160989867</v>
+        <v>12.475517531236701</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>313.32276177</v>
+        <v>313.35600003000002</v>
       </c>
       <c r="C376" s="5">
-        <v>1.4237656500000071</v>
+        <v>1.421014810000031</v>
       </c>
       <c r="D376" s="5">
-        <v>5.6174379531882757</v>
+        <v>5.6056480661066166</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>314.65482980000002</v>
+        <v>314.66364112000002</v>
       </c>
       <c r="C377" s="5">
-        <v>1.3320680300000163</v>
+        <v>1.3076410900000042</v>
       </c>
       <c r="D377" s="5">
-        <v>5.2227085084763925</v>
+        <v>5.124171811988032</v>
       </c>
       <c r="E377" s="5">
-        <v>-3.0459719669255203</v>
+        <v>-3.0471106355763777</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>315.86264477999998</v>
+        <v>315.86308073999999</v>
       </c>
       <c r="C378" s="5">
-        <v>1.2078149799999665</v>
+        <v>1.1994396199999642</v>
       </c>
       <c r="D378" s="5">
-        <v>4.7047493926396733</v>
+        <v>4.6713046858731344</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>314.03885229999997</v>
+        <v>314.03458145000002</v>
       </c>
       <c r="C379" s="5">
-        <v>-1.8237924800000087</v>
+        <v>-1.8284992899999679</v>
       </c>
       <c r="D379" s="5">
-        <v>-6.7129481735834329</v>
+        <v>-6.7297160163845904</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>316.41385359999998</v>
+        <v>316.20944029999998</v>
       </c>
       <c r="C380" s="5">
-        <v>2.3750013000000081</v>
+        <v>2.1748588499999641</v>
       </c>
       <c r="D380" s="5">
-        <v>9.4624847874113183</v>
+        <v>8.6346265358410825</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>316.54755036</v>
+        <v>316.41183744</v>
       </c>
       <c r="C381" s="5">
-        <v>0.13369676000002073</v>
+        <v>0.20239714000001641</v>
       </c>
       <c r="D381" s="5">
-        <v>0.50822516912454319</v>
+        <v>0.77079741121410805</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>316.24687734999998</v>
+        <v>316.22532684999999</v>
       </c>
       <c r="C382" s="5">
-        <v>-0.30067301000002544</v>
+        <v>-0.18651059000001169</v>
       </c>
       <c r="D382" s="5">
-        <v>-1.1338853917484237</v>
+        <v>-0.70505747212141756</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>317.12103537000002</v>
+        <v>317.33290087</v>
       </c>
       <c r="C383" s="5">
-        <v>0.8741580200000385</v>
+        <v>1.1075740200000155</v>
       </c>
       <c r="D383" s="5">
-        <v>3.3678914821519745</v>
+        <v>4.2848978488431166</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>319.52451563</v>
+        <v>319.56794595999997</v>
       </c>
       <c r="C384" s="5">
-        <v>2.4034802599999807</v>
+        <v>2.2350450899999714</v>
       </c>
       <c r="D384" s="5">
-        <v>9.4837371106686774</v>
+        <v>8.7870782854364791</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>319.00838170999998</v>
+        <v>319.05839795000003</v>
       </c>
       <c r="C385" s="5">
-        <v>-0.51613392000001568</v>
+        <v>-0.50954800999994632</v>
       </c>
       <c r="D385" s="5">
-        <v>-1.9212537300477783</v>
+        <v>-1.8966974633545464</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>318.22209944000002</v>
+        <v>318.23432960999997</v>
       </c>
       <c r="C386" s="5">
-        <v>-0.78628226999995832</v>
+        <v>-0.82406834000005347</v>
       </c>
       <c r="D386" s="5">
-        <v>-2.9179559306334757</v>
+        <v>-3.05572496119908</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>320.48487289000002</v>
+        <v>320.53729024</v>
       </c>
       <c r="C387" s="5">
-        <v>2.2627734499999974</v>
+        <v>2.3029606300000296</v>
       </c>
       <c r="D387" s="5">
-        <v>8.8745528783832128</v>
+        <v>9.0381324216291858</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>320.77030567999998</v>
+        <v>320.82014480999999</v>
       </c>
       <c r="C388" s="5">
-        <v>0.28543278999995891</v>
+        <v>0.2828545699999836</v>
       </c>
       <c r="D388" s="5">
-        <v>1.0740043707080149</v>
+        <v>1.0640812225650276</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>321.94416373000001</v>
+        <v>321.95841541999999</v>
       </c>
       <c r="C389" s="5">
-        <v>1.1738580500000353</v>
+        <v>1.1382706100000064</v>
       </c>
       <c r="D389" s="5">
-        <v>4.4808704658938492</v>
+        <v>4.3416761509537105</v>
       </c>
       <c r="E389" s="5">
-        <v>2.3166127577425755</v>
+        <v>2.3182768349197413</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>321.81533345999998</v>
+        <v>321.78891994999998</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.12883027000003722</v>
+        <v>-0.1694954700000153</v>
       </c>
       <c r="D390" s="5">
-        <v>-0.47914062119392975</v>
+        <v>-0.62991573150852354</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>322.33910852999998</v>
+        <v>322.30380150000002</v>
       </c>
       <c r="C391" s="5">
-        <v>0.52377506999999923</v>
+        <v>0.51488155000004099</v>
       </c>
       <c r="D391" s="5">
-        <v>1.9706552349996853</v>
+        <v>1.9370596036133225</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>322.88814162</v>
+        <v>322.68508555</v>
       </c>
       <c r="C392" s="5">
-        <v>0.54903309000002309</v>
+        <v>0.38128404999997656</v>
       </c>
       <c r="D392" s="5">
-        <v>2.063190275632043</v>
+        <v>1.4288680661820763</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>326.92783128000002</v>
+        <v>326.68486242</v>
       </c>
       <c r="C393" s="5">
-        <v>4.0396896600000218</v>
+        <v>3.9997768700000051</v>
       </c>
       <c r="D393" s="5">
-        <v>16.090739389704154</v>
+        <v>15.931490235545986</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>327.66793839000002</v>
+        <v>327.56764674999999</v>
       </c>
       <c r="C394" s="5">
-        <v>0.74010710999999674</v>
+        <v>0.88278432999999268</v>
       </c>
       <c r="D394" s="5">
-        <v>2.7506698278406905</v>
+        <v>3.2913315911593299</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>327.86369450000001</v>
+        <v>328.18337796999998</v>
       </c>
       <c r="C395" s="5">
-        <v>0.19575610999999071</v>
+        <v>0.61573121999998648</v>
       </c>
       <c r="D395" s="5">
-        <v>0.71926699957660656</v>
+        <v>2.2791149839017644</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>331.24970790999998</v>
+        <v>331.34094286999999</v>
       </c>
       <c r="C396" s="5">
-        <v>3.3860134099999755</v>
+        <v>3.1575649000000112</v>
       </c>
       <c r="D396" s="5">
-        <v>13.121748000068823</v>
+        <v>12.176600491910982</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>332.13308314</v>
+        <v>332.21988139000001</v>
       </c>
       <c r="C397" s="5">
-        <v>0.88337523000001283</v>
+        <v>0.87893852000001971</v>
       </c>
       <c r="D397" s="5">
-        <v>3.2475122267342504</v>
+        <v>3.2300603273451634</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>334.16583486000002</v>
+        <v>334.21982924000002</v>
       </c>
       <c r="C398" s="5">
-        <v>2.0327517200000216</v>
+        <v>1.9999478500000123</v>
       </c>
       <c r="D398" s="5">
-        <v>7.5966877869608318</v>
+        <v>7.4679908563787034</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>335.33895711999998</v>
+        <v>335.41679909999999</v>
       </c>
       <c r="C399" s="5">
-        <v>1.1731222599999569</v>
+        <v>1.1969698599999674</v>
       </c>
       <c r="D399" s="5">
-        <v>4.2950186747827912</v>
+        <v>4.3833343977836892</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>336.95384139999999</v>
+        <v>337.01989423999999</v>
       </c>
       <c r="C400" s="5">
-        <v>1.6148842800000125</v>
+        <v>1.6030951399999935</v>
       </c>
       <c r="D400" s="5">
-        <v>5.9343557534502045</v>
+        <v>5.8884848668382395</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>337.28111816000001</v>
+        <v>337.30289433000002</v>
       </c>
       <c r="C401" s="5">
-        <v>0.32727676000001793</v>
+        <v>0.28300009000003001</v>
       </c>
       <c r="D401" s="5">
-        <v>1.171783380880087</v>
+        <v>1.012322801174137</v>
       </c>
       <c r="E401" s="5">
-        <v>4.7638554003614164</v>
+        <v>4.7659816221864881</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>339.89218578999998</v>
+        <v>339.82849722999998</v>
       </c>
       <c r="C402" s="5">
-        <v>2.6110676299999795</v>
+        <v>2.5256028999999671</v>
       </c>
       <c r="D402" s="5">
-        <v>9.6957531072002556</v>
+        <v>9.3645892687555197</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>341.06429943000001</v>
+        <v>340.99021451999999</v>
       </c>
       <c r="C403" s="5">
-        <v>1.1721136400000205</v>
+        <v>1.1617172900000128</v>
       </c>
       <c r="D403" s="5">
-        <v>4.217580735549431</v>
+        <v>4.180263975133891</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>343.55890348000003</v>
+        <v>343.33138538999998</v>
       </c>
       <c r="C404" s="5">
-        <v>2.4946040500000208</v>
+        <v>2.3411708699999849</v>
       </c>
       <c r="D404" s="5">
-        <v>9.1388431901561198</v>
+        <v>8.557311228460307</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>345.61037512000001</v>
+        <v>345.22706271999999</v>
       </c>
       <c r="C405" s="5">
-        <v>2.0514716399999884</v>
+        <v>1.8956773300000123</v>
       </c>
       <c r="D405" s="5">
-        <v>7.4055593673781672</v>
+        <v>6.8306637664852676</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>347.55830372999998</v>
+        <v>347.38002635999999</v>
       </c>
       <c r="C406" s="5">
-        <v>1.9479286099999626</v>
+        <v>2.1529636399999958</v>
       </c>
       <c r="D406" s="5">
-        <v>6.9770877554433675</v>
+        <v>7.7457446958149045</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>348.84661958999999</v>
+        <v>349.26590585999998</v>
       </c>
       <c r="C407" s="5">
-        <v>1.2883158600000115</v>
+        <v>1.8858794999999873</v>
       </c>
       <c r="D407" s="5">
-        <v>4.5399286547638473</v>
+        <v>6.712721282310663</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>348.08901616999998</v>
+        <v>348.25059439</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.75760342000000946</v>
+        <v>-1.0153114699999719</v>
       </c>
       <c r="D408" s="5">
-        <v>-2.5751811688279558</v>
+        <v>-3.4331476160879726</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>348.74844724000002</v>
+        <v>348.88610083999998</v>
       </c>
       <c r="C409" s="5">
-        <v>0.6594310700000392</v>
+        <v>0.63550644999997985</v>
       </c>
       <c r="D409" s="5">
-        <v>2.2971555221138029</v>
+        <v>2.2119375098010874</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>349.98468846999998</v>
+        <v>350.09216244999999</v>
       </c>
       <c r="C410" s="5">
-        <v>1.2362412299999619</v>
+        <v>1.2060616100000061</v>
       </c>
       <c r="D410" s="5">
-        <v>4.3376726974597934</v>
+        <v>4.2280571476359885</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>350.08111113000001</v>
+        <v>350.18830943</v>
       </c>
       <c r="C411" s="5">
-        <v>9.6422660000030191E-2</v>
+        <v>9.6146980000014537E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>0.33110786176957507</v>
+        <v>0.33005825930452204</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>350.80932421</v>
+        <v>350.89573811000002</v>
       </c>
       <c r="C412" s="5">
-        <v>0.72821307999998908</v>
+        <v>0.7074286800000209</v>
       </c>
       <c r="D412" s="5">
-        <v>2.5249087484714661</v>
+        <v>2.451282008218425</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>351.55963107999997</v>
+        <v>351.59233483000003</v>
       </c>
       <c r="C413" s="5">
-        <v>0.75030686999997442</v>
+        <v>0.69659672000000228</v>
       </c>
       <c r="D413" s="5">
-        <v>2.5969533539319745</v>
+        <v>2.4084183781639235</v>
       </c>
       <c r="E413" s="5">
-        <v>4.2334160293036271</v>
+        <v>4.2363824147977569</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>351.38162187</v>
+        <v>351.27796967</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.17800920999997061</v>
+        <v>-0.31436516000002257</v>
       </c>
       <c r="D414" s="5">
-        <v>-0.60592046231940921</v>
+        <v>-1.0676813654855288</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>352.9993657</v>
+        <v>352.88133929999998</v>
       </c>
       <c r="C415" s="5">
-        <v>1.6177438299999949</v>
+        <v>1.6033696299999747</v>
       </c>
       <c r="D415" s="5">
-        <v>5.6668067443726988</v>
+        <v>5.6168837384023451</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>353.03781363000002</v>
+        <v>352.80317219</v>
       </c>
       <c r="C416" s="5">
-        <v>3.8447930000018005E-2</v>
+        <v>-7.8167109999981221E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>0.13077973819797251</v>
+        <v>-0.26548963550558913</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>353.67344206000001</v>
+        <v>353.15555678999999</v>
       </c>
       <c r="C417" s="5">
-        <v>0.63562842999999702</v>
+        <v>0.3523845999999935</v>
       </c>
       <c r="D417" s="5">
-        <v>2.1820688103625585</v>
+        <v>1.2051826175695002</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>353.76369976000001</v>
+        <v>353.48765358000003</v>
       </c>
       <c r="C418" s="5">
-        <v>9.0257699999995111E-2</v>
+        <v>0.33209679000003689</v>
       </c>
       <c r="D418" s="5">
-        <v>0.3066710127099137</v>
+        <v>1.1342983385164374</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>353.84753785999999</v>
+        <v>354.35108215000002</v>
       </c>
       <c r="C419" s="5">
-        <v>8.3838099999979931E-2</v>
+        <v>0.8634285699999964</v>
       </c>
       <c r="D419" s="5">
-        <v>0.28475775545959703</v>
+        <v>2.9708186269266301</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>354.80436149000002</v>
+        <v>355.03810250999999</v>
       </c>
       <c r="C420" s="5">
-        <v>0.95682363000003079</v>
+        <v>0.68702035999996269</v>
       </c>
       <c r="D420" s="5">
-        <v>3.2935637549256214</v>
+        <v>2.3515455788281958</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>356.35432123999999</v>
+        <v>356.53779315999998</v>
       </c>
       <c r="C421" s="5">
-        <v>1.5499597499999709</v>
+        <v>1.4996906499999909</v>
       </c>
       <c r="D421" s="5">
-        <v>5.3699942581118432</v>
+        <v>5.18826662317593</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>356.80979351000002</v>
+        <v>356.96931325999998</v>
       </c>
       <c r="C422" s="5">
-        <v>0.45547227000002977</v>
+        <v>0.43152010000000018</v>
       </c>
       <c r="D422" s="5">
-        <v>1.5446014253436058</v>
+        <v>1.4620751783175567</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>357.73742800000002</v>
+        <v>357.87308987</v>
       </c>
       <c r="C423" s="5">
-        <v>0.92763449000000264</v>
+        <v>0.90377661000002263</v>
       </c>
       <c r="D423" s="5">
-        <v>3.1647593353938408</v>
+        <v>3.0808310366323921</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>358.83661918000001</v>
+        <v>358.93450552000002</v>
       </c>
       <c r="C424" s="5">
-        <v>1.0991911799999912</v>
+        <v>1.0614156500000149</v>
       </c>
       <c r="D424" s="5">
-        <v>3.7500971947005191</v>
+        <v>3.6177146269515736</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>359.57329055999998</v>
+        <v>359.6120191</v>
       </c>
       <c r="C425" s="5">
-        <v>0.73667137999996157</v>
+        <v>0.67751357999998163</v>
       </c>
       <c r="D425" s="5">
-        <v>2.4915398976359526</v>
+        <v>2.2887464121326362</v>
       </c>
       <c r="E425" s="5">
-        <v>2.2794595202474843</v>
+        <v>2.2809610664230151</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>360.88079032000002</v>
+        <v>361.09445913000002</v>
       </c>
       <c r="C426" s="5">
-        <v>1.3074997600000415</v>
+        <v>1.4824400300000207</v>
       </c>
       <c r="D426" s="5">
-        <v>4.4518385302130259</v>
+        <v>5.0605114997165801</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>361.62647312000001</v>
+        <v>361.76547046000002</v>
       </c>
       <c r="C427" s="5">
-        <v>0.74568279999999731</v>
+        <v>0.67101132999999891</v>
       </c>
       <c r="D427" s="5">
-        <v>2.5079167167249672</v>
+        <v>2.2528577863576871</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>361.68500605000003</v>
+        <v>361.87503421000002</v>
       </c>
       <c r="C428" s="5">
-        <v>5.8532930000012584E-2</v>
+        <v>0.10956375000000662</v>
       </c>
       <c r="D428" s="5">
-        <v>0.19440523405434007</v>
+        <v>0.36403619268439158</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>361.36117646000002</v>
+        <v>363.07163387000003</v>
       </c>
       <c r="C429" s="5">
-        <v>-0.32382959000000255</v>
+        <v>1.196599660000004</v>
       </c>
       <c r="D429" s="5">
-        <v>-1.0691281684806375</v>
+        <v>4.0409644997965399</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>363.68080020000002</v>
+        <v>363.27833909999998</v>
       </c>
       <c r="C430" s="5">
-        <v>2.3196237399999973</v>
+        <v>0.20670522999995455</v>
       </c>
       <c r="D430" s="5">
-        <v>7.9808122301936457</v>
+        <v>0.6853315733871268</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>369.32547764999998</v>
+        <v>362.34504557999998</v>
       </c>
       <c r="C431" s="5">
-        <v>5.6446774499999606</v>
+        <v>-0.93329352000000654</v>
       </c>
       <c r="D431" s="5">
-        <v>20.300305622585981</v>
+        <v>-3.0397134784834967</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>369.60397558</v>
+        <v>362.74120398999997</v>
       </c>
       <c r="C432" s="5">
-        <v>0.27849793000001455</v>
+        <v>0.39615840999999818</v>
       </c>
       <c r="D432" s="5">
-        <v>0.90864853698546799</v>
+        <v>1.319899860275453</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>371.26534464000002</v>
+        <v>364.37172492000002</v>
       </c>
       <c r="C433" s="5">
-        <v>1.6613690600000268</v>
+        <v>1.6305209300000456</v>
       </c>
       <c r="D433" s="5">
-        <v>5.5293688304256072</v>
+        <v>5.5293688764847415</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>371.57388921</v>
+        <v>364.67454046</v>
       </c>
       <c r="C434" s="5">
-        <v>0.30854456999998092</v>
+        <v>0.30281553999998323</v>
       </c>
       <c r="D434" s="5">
-        <v>1.0018455976129825</v>
+        <v>1.0018455853922914</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>362.43283973000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-2.2417007299999909</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-7.1321973516451749</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>363.09890032999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.66606059999998024</v>
+      </c>
+      <c r="D436" s="5">
+        <v>2.2277262720513002</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">