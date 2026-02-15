--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{134B7E76-1987-4BA7-958A-1D322AD74465}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{BF135318-FD04-49B0-9E73-DBA5DC616AA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{DC884334-DC69-4CA2-AF49-51CCFCFC1CC2}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6301BF37-12F3-486D-B12A-BB7D86D304C0}"/>
   </bookViews>
   <sheets>
     <sheet name="daleduha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Education and Health Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2937D8C1-487D-4C61-8694-39E486C37E1A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B4D9BC42-4CB3-418F-BB11-6679566DAAE3}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>362.34504557999998</v>
       </c>
       <c r="C431" s="5">
         <v>-0.93329352000000654</v>
       </c>
       <c r="D431" s="5">
         <v>-3.0397134784834967</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>362.74120398999997</v>
       </c>
       <c r="C432" s="5">
         <v>0.39615840999999818</v>
       </c>
       <c r="D432" s="5">
         <v>1.319899860275453</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>364.37172492000002</v>
       </c>
       <c r="C433" s="5">
         <v>1.6305209300000456</v>
       </c>
       <c r="D433" s="5">
         <v>5.5293688764847415</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>364.67454046</v>
       </c>
       <c r="C434" s="5">
         <v>0.30281553999998323</v>
       </c>
       <c r="D434" s="5">
         <v>1.0018455853922914</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>362.43283973000001</v>
       </c>
       <c r="C435" s="5">
         <v>-2.2417007299999909</v>
       </c>
       <c r="D435" s="5">
         <v>-7.1321973516451749</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>363.09890032999999</v>
+        <v>363.06579290000002</v>
       </c>
       <c r="C436" s="5">
-        <v>0.66606059999998024</v>
+        <v>0.6329531700000075</v>
       </c>
       <c r="D436" s="5">
-        <v>2.2277262720513002</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.1159286155216339</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>363.55362491</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.48783200999997689</v>
+      </c>
+      <c r="D437" s="5">
+        <v>1.6243446351724478</v>
+      </c>
+      <c r="E437" s="5">
+        <v>1.0960717664177722</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>