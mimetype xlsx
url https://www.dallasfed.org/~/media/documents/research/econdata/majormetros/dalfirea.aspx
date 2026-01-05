--- v0 (2025-10-17)
+++ v1 (2026-01-05)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{22E8E5B6-9100-4274-995D-6840E86EFAA9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{622345B7-64A8-47B0-99F8-A60C4C1917FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{164B4360-8F54-4C7D-AB66-38E201B1FA6A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{84294E0D-CD5A-4CE3-8206-AD7B036AC272}"/>
   </bookViews>
   <sheets>
     <sheet name="dalfirea" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Financial Activities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2381AA87-D75B-41E9-8F12-1E636810ECA0}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{89B06BA4-A7BB-4D38-9732-695F900430D8}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-1.0064953799999898</v>
       </c>
       <c r="D431" s="5">
         <v>-3.8332124674679724</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>307.67551049000002</v>
       </c>
       <c r="C432" s="5">
         <v>-0.82995309000000361</v>
       </c>
       <c r="D432" s="5">
         <v>-3.1809445348175092</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>307.01741920000001</v>
+        <v>307.07063965999998</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.65809129000001576</v>
+        <v>-0.6048708300000385</v>
       </c>
       <c r="D433" s="5">
-        <v>-2.5367157209430058</v>
+        <v>-2.3337830382879399</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>307.19715396999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.12651431000000457</v>
+      </c>
+      <c r="D434" s="5">
+        <v>0.49552658651825787</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>