--- v1 (2026-01-05)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{622345B7-64A8-47B0-99F8-A60C4C1917FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D4BB7DE6-5795-4D49-82C2-508B8398241F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{84294E0D-CD5A-4CE3-8206-AD7B036AC272}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CCD49D92-A973-4C9A-AE39-ED0BB68C3432}"/>
   </bookViews>
   <sheets>
     <sheet name="dalfirea" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Financial Activities Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{89B06BA4-A7BB-4D38-9732-695F900430D8}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5EB47BF5-CDE4-4727-BEBB-2B73EEF6E6F5}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>130.61880092999999</v>
+        <v>130.61813982999999</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>131.83243241</v>
+        <v>131.83185854000001</v>
       </c>
       <c r="C7" s="5">
-        <v>1.2136314800000036</v>
+        <v>1.2137187100000233</v>
       </c>
       <c r="D7" s="5">
-        <v>11.737479544495709</v>
+        <v>11.738429232461201</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>131.46045676</v>
+        <v>131.45988510000001</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.37197564999999599</v>
+        <v>-0.37197344000000498</v>
       </c>
       <c r="D8" s="5">
-        <v>-3.3338414795960447</v>
+        <v>-3.3338362665867538</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>133.2826278</v>
+        <v>133.28245304000001</v>
       </c>
       <c r="C9" s="5">
-        <v>1.8221710400000006</v>
+        <v>1.822567939999999</v>
       </c>
       <c r="D9" s="5">
-        <v>17.961671412252578</v>
+        <v>17.96597096978314</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>133.73778365999999</v>
+        <v>133.73755412</v>
       </c>
       <c r="C10" s="5">
-        <v>0.45515585999999075</v>
+        <v>0.4551010799999915</v>
       </c>
       <c r="D10" s="5">
-        <v>4.1758133128690478</v>
+        <v>4.1753068375598001</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>134.05868480000001</v>
+        <v>134.0587041</v>
       </c>
       <c r="C11" s="5">
-        <v>0.3209011400000179</v>
+        <v>0.32114998000000128</v>
       </c>
       <c r="D11" s="5">
-        <v>2.9176811321100837</v>
+        <v>2.9199786656537885</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>133.27274839</v>
+        <v>133.27278949000001</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.78593641000000503</v>
+        <v>-0.78591460999999185</v>
       </c>
       <c r="D12" s="5">
-        <v>-6.8126857717578542</v>
+        <v>-6.8125019055985669</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>133.53311102000001</v>
+        <v>133.53326508999999</v>
       </c>
       <c r="C13" s="5">
-        <v>0.26036263000000304</v>
+        <v>0.26047559999997816</v>
       </c>
       <c r="D13" s="5">
-        <v>2.3696831011583264</v>
+        <v>2.3707216331226411</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>133.29567352999999</v>
+        <v>133.29595563000001</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.23743749000001912</v>
+        <v>-0.23730945999997743</v>
       </c>
       <c r="D14" s="5">
-        <v>-2.1129963253370354</v>
+        <v>-2.1118656652338141</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>132.74119876</v>
+        <v>132.74161749000001</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.55447476999998457</v>
+        <v>-0.5543381399999987</v>
       </c>
       <c r="D15" s="5">
-        <v>-4.8790491611112046</v>
+        <v>-4.8778641746710649</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>132.70765241000001</v>
+        <v>132.70823185</v>
       </c>
       <c r="C16" s="5">
-        <v>-3.3546349999994618E-2</v>
+        <v>-3.3385640000005878E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>-0.30284277821901462</v>
+        <v>-0.30139301074390001</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>132.92270869999999</v>
+        <v>132.92347427000001</v>
       </c>
       <c r="C17" s="5">
-        <v>0.21505628999997839</v>
+        <v>0.21524242000000982</v>
       </c>
       <c r="D17" s="5">
-        <v>1.9620582748721693</v>
+        <v>1.9637629513574284</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>132.69998858</v>
+        <v>132.69927038</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.22272011999999108</v>
+        <v>-0.22420389000001251</v>
       </c>
       <c r="D18" s="5">
-        <v>-1.9922468890589351</v>
+        <v>-2.0053849893153175</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>132.41442021</v>
+        <v>132.41382902000001</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.28556836999999291</v>
+        <v>-0.28544135999999298</v>
       </c>
       <c r="D19" s="5">
-        <v>-2.5520352003410518</v>
+        <v>-2.5509271894792906</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>131.55336706</v>
+        <v>131.55281170999999</v>
       </c>
       <c r="C20" s="5">
-        <v>-0.8610531500000036</v>
+        <v>-0.86101731000002246</v>
       </c>
       <c r="D20" s="5">
-        <v>-7.5301360041453265</v>
+        <v>-7.5298661226587011</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>132.43322931</v>
+        <v>132.43304420000001</v>
       </c>
       <c r="C21" s="5">
-        <v>0.87986225000000218</v>
+        <v>0.88023249000002579</v>
       </c>
       <c r="D21" s="5">
-        <v>8.3278222405082545</v>
+        <v>8.3314929619098024</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>132.28415989999999</v>
+        <v>132.28394306000001</v>
       </c>
       <c r="C22" s="5">
-        <v>-0.14906941000000984</v>
+        <v>-0.14910113999999908</v>
       </c>
       <c r="D22" s="5">
-        <v>-1.3424122321059717</v>
+        <v>-1.3426980678806211</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>131.51517826</v>
+        <v>131.51520206000001</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.76898163999999269</v>
+        <v>-0.76874100000000567</v>
       </c>
       <c r="D23" s="5">
-        <v>-6.756962564369795</v>
+        <v>-6.7549259267059121</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>132.08674841000001</v>
+        <v>132.08680866</v>
       </c>
       <c r="C24" s="5">
-        <v>0.57157015000001365</v>
+        <v>0.57160659999999552</v>
       </c>
       <c r="D24" s="5">
-        <v>5.3417322245780552</v>
+        <v>5.3420800700829218</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>132.41771351</v>
+        <v>132.41788223</v>
       </c>
       <c r="C25" s="5">
-        <v>0.33096509999998602</v>
+        <v>0.33107357000000093</v>
       </c>
       <c r="D25" s="5">
-        <v>3.0485828114815261</v>
+        <v>3.0495943530115088</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>131.95044927000001</v>
+        <v>131.95074402</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.46726423999999156</v>
+        <v>-0.46713821000000166</v>
       </c>
       <c r="D26" s="5">
-        <v>-4.1532338003373193</v>
+        <v>-4.1521300514336001</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>132.36183517000001</v>
+        <v>132.36225941000001</v>
       </c>
       <c r="C27" s="5">
-        <v>0.41138589999999908</v>
+        <v>0.41151539000000525</v>
       </c>
       <c r="D27" s="5">
-        <v>3.8061012413083128</v>
+        <v>3.8073112427385869</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>132.05155675</v>
+        <v>132.05211804000001</v>
       </c>
       <c r="C28" s="5">
-        <v>-0.31027842000000305</v>
+        <v>-0.31014136999999664</v>
       </c>
       <c r="D28" s="5">
-        <v>-2.7770160551731649</v>
+        <v>-2.7757964286837411</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>131.99130201</v>
+        <v>131.99200271000001</v>
       </c>
       <c r="C29" s="5">
-        <v>-6.0254740000004858E-2</v>
+        <v>-6.0115330000002132E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>-0.54618441980301968</v>
+        <v>-0.5449215775130356</v>
       </c>
       <c r="E29" s="5">
-        <v>-0.70071299261748043</v>
+        <v>-0.70075775939166807</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>131.13744942</v>
+        <v>131.13671031000001</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.85385259000000246</v>
+        <v>-0.85529239999999618</v>
       </c>
       <c r="D30" s="5">
-        <v>-7.4924806361567171</v>
+        <v>-7.5046295898454911</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>130.58474172999999</v>
+        <v>130.58415009000001</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.55270769000000541</v>
+        <v>-0.55256022000000371</v>
       </c>
       <c r="D31" s="5">
-        <v>-4.9420546286788607</v>
+        <v>-4.9407936326275825</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>130.33188038</v>
+        <v>130.33136295</v>
       </c>
       <c r="C32" s="5">
-        <v>-0.25286134999998922</v>
+        <v>-0.25278714000000946</v>
       </c>
       <c r="D32" s="5">
-        <v>-2.2990649053616363</v>
+        <v>-2.2984076438427703</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>129.53724009000001</v>
+        <v>129.53705031999999</v>
       </c>
       <c r="C33" s="5">
-        <v>-0.79464028999998959</v>
+        <v>-0.7943126300000074</v>
       </c>
       <c r="D33" s="5">
-        <v>-7.0760326469643253</v>
+        <v>-7.0732391788322468</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>129.4898834</v>
+        <v>129.48969001</v>
       </c>
       <c r="C34" s="5">
-        <v>-4.7356690000015078E-2</v>
+        <v>-4.7360309999987749E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>-0.43781928979647056</v>
+        <v>-0.43785333009687122</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>128.93505350999999</v>
+        <v>128.93509219000001</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.55482989000000771</v>
+        <v>-0.55459781999999791</v>
       </c>
       <c r="D35" s="5">
-        <v>-5.0222274061210044</v>
+        <v>-5.0201833034897785</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>129.89625667000001</v>
+        <v>129.89632875999999</v>
       </c>
       <c r="C36" s="5">
-        <v>0.96120316000002504</v>
+        <v>0.96123656999998275</v>
       </c>
       <c r="D36" s="5">
-        <v>9.3220008880744221</v>
+        <v>9.3223353945509846</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>128.86823365999999</v>
+        <v>128.86839834</v>
       </c>
       <c r="C37" s="5">
-        <v>-1.0280230100000267</v>
+        <v>-1.0279304199999899</v>
       </c>
       <c r="D37" s="5">
-        <v>-9.0943491301300199</v>
+        <v>-9.0935605248071649</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>128.64396735</v>
+        <v>128.64426144000001</v>
       </c>
       <c r="C38" s="5">
-        <v>-0.2242663099999902</v>
+        <v>-0.22413689999999065</v>
       </c>
       <c r="D38" s="5">
-        <v>-2.0684583435822357</v>
+        <v>-2.0672735442011425</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>128.18357349999999</v>
+        <v>128.18398083</v>
       </c>
       <c r="C39" s="5">
-        <v>-0.46039385000000266</v>
+        <v>-0.4602806100000123</v>
       </c>
       <c r="D39" s="5">
-        <v>-4.2110540737446804</v>
+        <v>-4.2100291699082799</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>128.23156195000001</v>
+        <v>128.23206777999999</v>
       </c>
       <c r="C40" s="5">
-        <v>4.7988450000019611E-2</v>
+        <v>4.8086949999998296E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>0.45017360101873294</v>
+        <v>0.45109808802463736</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>127.69707096</v>
+        <v>127.69768843999999</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.53449099000000899</v>
+        <v>-0.53437934000000098</v>
       </c>
       <c r="D41" s="5">
-        <v>-4.888716646035018</v>
+        <v>-4.8876998913391816</v>
       </c>
       <c r="E41" s="5">
-        <v>-3.2534197213045513</v>
+        <v>-3.2534654992962486</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>130.76620075</v>
+        <v>130.76555128000001</v>
       </c>
       <c r="C42" s="5">
-        <v>3.069129789999991</v>
+        <v>3.0678628400000179</v>
       </c>
       <c r="D42" s="5">
-        <v>32.976483158584017</v>
+        <v>32.960842601468521</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>130.72246279999999</v>
+        <v>130.72192401000001</v>
       </c>
       <c r="C43" s="5">
-        <v>-4.3737950000007686E-2</v>
+        <v>-4.3627270000001772E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>-0.40063177164213482</v>
+        <v>-0.39962180342059117</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>130.59595691999999</v>
+        <v>130.59543995000001</v>
       </c>
       <c r="C44" s="5">
-        <v>-0.1265058799999963</v>
+        <v>-0.12648405999999568</v>
       </c>
       <c r="D44" s="5">
-        <v>-1.1551316166396486</v>
+        <v>-1.1549381711276729</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>130.64400817999999</v>
+        <v>130.64383393</v>
       </c>
       <c r="C45" s="5">
-        <v>4.8051259999994045E-2</v>
+        <v>4.8393979999985959E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>0.44242060734651645</v>
+        <v>0.44558432216894595</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>130.45359307000001</v>
+        <v>130.45342595</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.19041510999997513</v>
+        <v>-0.19040798000000336</v>
       </c>
       <c r="D46" s="5">
-        <v>-1.7350607418309516</v>
+        <v>-1.734998588819936</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>130.78886750000001</v>
+        <v>130.78891035000001</v>
       </c>
       <c r="C47" s="5">
-        <v>0.33527442999999835</v>
+        <v>0.33548440000001278</v>
       </c>
       <c r="D47" s="5">
-        <v>3.1280502299205315</v>
+        <v>3.1300410700937142</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>132.13143292999999</v>
+        <v>132.13151335000001</v>
       </c>
       <c r="C48" s="5">
-        <v>1.3425654299999792</v>
+        <v>1.3426029999999969</v>
       </c>
       <c r="D48" s="5">
-        <v>13.037979731063576</v>
+        <v>13.038360907979584</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>132.46349581000001</v>
+        <v>132.46364632000001</v>
       </c>
       <c r="C49" s="5">
-        <v>0.3320628800000236</v>
+        <v>0.33213297000000352</v>
       </c>
       <c r="D49" s="5">
-        <v>3.0577861149400087</v>
+        <v>3.0584385973297268</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>132.74481807999999</v>
+        <v>132.74508763</v>
       </c>
       <c r="C50" s="5">
-        <v>0.28132226999997556</v>
+        <v>0.28144130999999106</v>
       </c>
       <c r="D50" s="5">
-        <v>2.5785069006824868</v>
+        <v>2.5796077981119936</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>133.02306680000001</v>
+        <v>133.02342376999999</v>
       </c>
       <c r="C51" s="5">
-        <v>0.27824872000002188</v>
+        <v>0.27833613999999329</v>
       </c>
       <c r="D51" s="5">
-        <v>2.5445428994611108</v>
+        <v>2.5453463558404943</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>133.47822568000001</v>
+        <v>133.47865762000001</v>
       </c>
       <c r="C52" s="5">
-        <v>0.45515887999999904</v>
+        <v>0.45523385000001326</v>
       </c>
       <c r="D52" s="5">
-        <v>4.1841435951423867</v>
+        <v>4.1848343536118326</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>134.03419417000001</v>
+        <v>134.03475492000001</v>
       </c>
       <c r="C53" s="5">
-        <v>0.55596848999999793</v>
+        <v>0.55609730000000468</v>
       </c>
       <c r="D53" s="5">
-        <v>5.1143943418670901</v>
+        <v>5.1155896216412922</v>
       </c>
       <c r="E53" s="5">
-        <v>4.9626222139308451</v>
+        <v>4.9625537920191531</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>135.07914758000001</v>
+        <v>135.07856000999999</v>
       </c>
       <c r="C54" s="5">
-        <v>1.0449534100000051</v>
+        <v>1.043805089999978</v>
       </c>
       <c r="D54" s="5">
-        <v>9.7671641521012376</v>
+        <v>9.7559244100072551</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>135.76362822999999</v>
+        <v>135.7631772</v>
       </c>
       <c r="C55" s="5">
-        <v>0.68448064999998337</v>
+        <v>0.68461719000001153</v>
       </c>
       <c r="D55" s="5">
-        <v>6.2530715960785965</v>
+        <v>6.2543818996404266</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>136.31443598999999</v>
+        <v>136.31392941999999</v>
       </c>
       <c r="C56" s="5">
-        <v>0.55080775999999787</v>
+        <v>0.55075221999999258</v>
       </c>
       <c r="D56" s="5">
-        <v>4.978649631208043</v>
+        <v>4.9781532709281651</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>136.84392188000001</v>
+        <v>136.84377864000001</v>
       </c>
       <c r="C57" s="5">
-        <v>0.52948589000001789</v>
+        <v>0.52984922000001689</v>
       </c>
       <c r="D57" s="5">
-        <v>4.7620375356399514</v>
+        <v>4.7653934785268248</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>137.12096485000001</v>
+        <v>137.12084714</v>
       </c>
       <c r="C58" s="5">
-        <v>0.27704296999999656</v>
+        <v>0.2770684999999844</v>
       </c>
       <c r="D58" s="5">
-        <v>2.4566561124637509</v>
+        <v>2.4568876250304683</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>136.71055286000001</v>
+        <v>136.71060649</v>
       </c>
       <c r="C59" s="5">
-        <v>-0.41041199000000006</v>
+        <v>-0.41024064999999155</v>
       </c>
       <c r="D59" s="5">
-        <v>-3.5331384935556653</v>
+        <v>-3.5316906369503021</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>135.64030747000001</v>
+        <v>135.64040261</v>
       </c>
       <c r="C60" s="5">
-        <v>-1.0702453899999966</v>
+        <v>-1.0702038800000082</v>
       </c>
       <c r="D60" s="5">
-        <v>-9.0001426338732529</v>
+        <v>-8.9998050691784908</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>135.35386220000001</v>
+        <v>135.35398522</v>
       </c>
       <c r="C61" s="5">
-        <v>-0.28644527000000153</v>
+        <v>-0.28641738999999689</v>
       </c>
       <c r="D61" s="5">
-        <v>-2.5049327933581833</v>
+        <v>-2.5046900738358246</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>135.53361448000001</v>
+        <v>135.53384567000001</v>
       </c>
       <c r="C62" s="5">
-        <v>0.17975228000000243</v>
+        <v>0.17986045000000672</v>
       </c>
       <c r="D62" s="5">
-        <v>1.6053124831919563</v>
+        <v>1.6062841168593245</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>136.05609285</v>
+        <v>136.05637876</v>
       </c>
       <c r="C63" s="5">
-        <v>0.52247836999998754</v>
+        <v>0.52253308999999604</v>
       </c>
       <c r="D63" s="5">
-        <v>4.7253198250408968</v>
+        <v>4.725817023298462</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>136.20778326000001</v>
+        <v>136.20810043</v>
       </c>
       <c r="C64" s="5">
-        <v>0.15169041000001471</v>
+        <v>0.15172167000000059</v>
       </c>
       <c r="D64" s="5">
-        <v>1.3461275217081292</v>
+        <v>1.3464037853711641</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>136.43859664999999</v>
+        <v>136.43897695000001</v>
       </c>
       <c r="C65" s="5">
-        <v>0.23081338999998025</v>
+        <v>0.23087652000000958</v>
       </c>
       <c r="D65" s="5">
-        <v>2.0525417144284352</v>
+        <v>2.0531035256961205</v>
       </c>
       <c r="E65" s="5">
-        <v>1.7938724479146018</v>
+        <v>1.7937303137794292</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>136.64741241999999</v>
+        <v>136.64701445</v>
       </c>
       <c r="C66" s="5">
-        <v>0.20881577000000107</v>
+        <v>0.208037499999989</v>
       </c>
       <c r="D66" s="5">
-        <v>1.8521078591495765</v>
+        <v>1.8451417545452431</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>136.73553373999999</v>
+        <v>136.7352286</v>
       </c>
       <c r="C67" s="5">
-        <v>8.8121319999999059E-2</v>
+        <v>8.8214149999998881E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>0.77660786090094636</v>
+        <v>0.77743114523711743</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>136.97106371999999</v>
+        <v>136.97057393</v>
       </c>
       <c r="C68" s="5">
-        <v>0.23552997999999548</v>
+        <v>0.23534533000000124</v>
       </c>
       <c r="D68" s="5">
-        <v>2.0867221511772893</v>
+        <v>2.0850753894860352</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>137.38407978000001</v>
+        <v>137.38398086000001</v>
       </c>
       <c r="C69" s="5">
-        <v>0.41301606000001811</v>
+        <v>0.41340693000000783</v>
       </c>
       <c r="D69" s="5">
-        <v>3.6790399791783779</v>
+        <v>3.682593136136858</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>137.48017648000001</v>
+        <v>137.48011682999999</v>
       </c>
       <c r="C70" s="5">
-        <v>9.6096700000003921E-2</v>
+        <v>9.6135969999977533E-2</v>
       </c>
       <c r="D70" s="5">
-        <v>0.84260643465896568</v>
+        <v>0.8429527021016181</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>138.04042756000001</v>
+        <v>138.04047992</v>
       </c>
       <c r="C71" s="5">
-        <v>0.56025108000000046</v>
+        <v>0.56036309000000983</v>
       </c>
       <c r="D71" s="5">
-        <v>5.0012762813301359</v>
+        <v>5.0023009180918843</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>138.24896451999999</v>
+        <v>138.24906557</v>
       </c>
       <c r="C72" s="5">
-        <v>0.20853695999997512</v>
+        <v>0.2085856500000034</v>
       </c>
       <c r="D72" s="5">
-        <v>1.8279724143389187</v>
+        <v>1.8284020702515225</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>138.67787435</v>
+        <v>138.67796458999999</v>
       </c>
       <c r="C73" s="5">
-        <v>0.42890983000000915</v>
+        <v>0.4288990199999887</v>
       </c>
       <c r="D73" s="5">
-        <v>3.7871218425791664</v>
+        <v>3.7870219441703989</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>139.87718079999999</v>
+        <v>139.87735042</v>
       </c>
       <c r="C74" s="5">
-        <v>1.1993064499999946</v>
+        <v>1.1993858300000113</v>
       </c>
       <c r="D74" s="5">
-        <v>10.88590183789162</v>
+        <v>10.88664954594134</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>138.27084877999999</v>
+        <v>138.27104109000001</v>
       </c>
       <c r="C75" s="5">
-        <v>-1.6063320199999964</v>
+        <v>-1.6063093299999878</v>
       </c>
       <c r="D75" s="5">
-        <v>-12.942719155642656</v>
+        <v>-12.94253300728383</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>138.89874585999999</v>
+        <v>138.89894586</v>
       </c>
       <c r="C76" s="5">
-        <v>0.62789707999999678</v>
+        <v>0.62790476999998646</v>
       </c>
       <c r="D76" s="5">
-        <v>5.5874612628054043</v>
+        <v>5.5875234454868528</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>139.65536807999999</v>
+        <v>139.65556695999999</v>
       </c>
       <c r="C77" s="5">
-        <v>0.75662221999999701</v>
+        <v>0.75662109999998961</v>
       </c>
       <c r="D77" s="5">
-        <v>6.7361938938193422</v>
+        <v>6.7361736300354691</v>
       </c>
       <c r="E77" s="5">
-        <v>2.3576696836393296</v>
+        <v>2.3575301441748131</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>139.88150744000001</v>
+        <v>139.88129900000001</v>
       </c>
       <c r="C78" s="5">
-        <v>0.226139360000019</v>
+        <v>0.22573204000002534</v>
       </c>
       <c r="D78" s="5">
-        <v>1.9605197889672743</v>
+        <v>1.9569542567102527</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>140.20785334000001</v>
+        <v>140.20769938999999</v>
       </c>
       <c r="C79" s="5">
-        <v>0.32634590000000685</v>
+        <v>0.326400389999975</v>
       </c>
       <c r="D79" s="5">
-        <v>2.8358245240567737</v>
+        <v>2.8363083959371593</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>140.68113747999999</v>
+        <v>140.68071422</v>
       </c>
       <c r="C80" s="5">
-        <v>0.47328413999997565</v>
+        <v>0.47301483000001099</v>
       </c>
       <c r="D80" s="5">
-        <v>4.1267642925615577</v>
+        <v>4.1243769359411653</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>139.63799821000001</v>
+        <v>139.63793651</v>
       </c>
       <c r="C81" s="5">
-        <v>-1.0431392699999833</v>
+        <v>-1.0427777099999957</v>
       </c>
       <c r="D81" s="5">
-        <v>-8.5438493670349835</v>
+        <v>-8.5410323328654734</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>139.98960700999999</v>
+        <v>139.98959597999999</v>
       </c>
       <c r="C82" s="5">
-        <v>0.35160879999997974</v>
+        <v>0.3516594699999871</v>
       </c>
       <c r="D82" s="5">
-        <v>3.0638021964978668</v>
+        <v>3.0642512242063491</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>140.75652775</v>
+        <v>140.75657751</v>
       </c>
       <c r="C83" s="5">
-        <v>0.76692074000001753</v>
+        <v>0.76698153000000957</v>
       </c>
       <c r="D83" s="5">
-        <v>6.7758424609770218</v>
+        <v>6.7763963852594422</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>140.07830183999999</v>
+        <v>140.07839498999999</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.67822591000000898</v>
+        <v>-0.67818252000000712</v>
       </c>
       <c r="D84" s="5">
-        <v>-5.6313202210531266</v>
+        <v>-5.6309675078445647</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>141.67273362</v>
+        <v>141.67278357999999</v>
       </c>
       <c r="C85" s="5">
-        <v>1.5944317800000078</v>
+        <v>1.5943885899999941</v>
       </c>
       <c r="D85" s="5">
-        <v>14.547302882136526</v>
+        <v>14.546873548648232</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>142.26877164999999</v>
+        <v>142.26887887000001</v>
       </c>
       <c r="C86" s="5">
-        <v>0.59603802999998834</v>
+        <v>0.59609529000002226</v>
       </c>
       <c r="D86" s="5">
-        <v>5.1670509728439562</v>
+        <v>5.1675570379284164</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>142.96619355000001</v>
+        <v>142.96630056999999</v>
       </c>
       <c r="C87" s="5">
-        <v>0.69742190000002324</v>
+        <v>0.69742169999997827</v>
       </c>
       <c r="D87" s="5">
-        <v>6.0437970549529263</v>
+        <v>6.0437905964062733</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>144.20852171000001</v>
+        <v>144.20861613</v>
       </c>
       <c r="C88" s="5">
-        <v>1.2423281599999996</v>
+        <v>1.2423155600000086</v>
       </c>
       <c r="D88" s="5">
-        <v>10.940685981887309</v>
+        <v>10.940561077589406</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>144.19102322000001</v>
+        <v>144.19104784000001</v>
       </c>
       <c r="C89" s="5">
-        <v>-1.749849000000836E-2</v>
+        <v>-1.7568289999985609E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>-0.14551275940218877</v>
+        <v>-0.14609271306902372</v>
       </c>
       <c r="E89" s="5">
-        <v>3.2477485128977079</v>
+        <v>3.247619109447375</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>146.00672768000001</v>
+        <v>146.00670528000001</v>
       </c>
       <c r="C90" s="5">
-        <v>1.8157044600000063</v>
+        <v>1.8156574399999954</v>
       </c>
       <c r="D90" s="5">
-        <v>16.202568261635932</v>
+        <v>16.202116239212504</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>146.64796475</v>
+        <v>146.64795770000001</v>
       </c>
       <c r="C91" s="5">
-        <v>0.64123706999998831</v>
+        <v>0.64125242000000071</v>
       </c>
       <c r="D91" s="5">
-        <v>5.3993830605066684</v>
+        <v>5.3995162980001732</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>147.07627269</v>
+        <v>147.07592227999999</v>
       </c>
       <c r="C92" s="5">
-        <v>0.42830793999999628</v>
+        <v>0.42796457999997983</v>
       </c>
       <c r="D92" s="5">
-        <v>3.5616357635102736</v>
+        <v>3.5587347107113976</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>149.03217626</v>
+        <v>149.03215659</v>
       </c>
       <c r="C93" s="5">
-        <v>1.9559035700000038</v>
+        <v>1.9562343100000135</v>
       </c>
       <c r="D93" s="5">
-        <v>17.178824861764031</v>
+        <v>17.181989468482396</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>150.32302922</v>
+        <v>150.32303507</v>
       </c>
       <c r="C94" s="5">
-        <v>1.2908529599999952</v>
+        <v>1.2908784800000035</v>
       </c>
       <c r="D94" s="5">
-        <v>10.903615836192282</v>
+        <v>10.903843279053781</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>151.45218151</v>
+        <v>151.45221529</v>
       </c>
       <c r="C95" s="5">
-        <v>1.1291522900000075</v>
+        <v>1.129180219999995</v>
       </c>
       <c r="D95" s="5">
-        <v>9.395680296329445</v>
+        <v>9.3959220056682327</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>150.45333701999999</v>
+        <v>150.45340156</v>
       </c>
       <c r="C96" s="5">
-        <v>-0.99884449000001041</v>
+        <v>-0.99881372999999485</v>
       </c>
       <c r="D96" s="5">
-        <v>-7.6332851634304806</v>
+        <v>-7.6330569108273956</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>151.98326342999999</v>
+        <v>151.98327916</v>
       </c>
       <c r="C97" s="5">
-        <v>1.5299264100000016</v>
+        <v>1.5298775999999918</v>
       </c>
       <c r="D97" s="5">
-        <v>12.908669586168697</v>
+        <v>12.908228603855388</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>153.20901892000001</v>
+        <v>153.20906360000001</v>
       </c>
       <c r="C98" s="5">
-        <v>1.2257554900000116</v>
+        <v>1.2257844400000124</v>
       </c>
       <c r="D98" s="5">
-        <v>10.119135139625257</v>
+        <v>10.119383739753541</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>154.46501473000001</v>
+        <v>154.46505127</v>
       </c>
       <c r="C99" s="5">
-        <v>1.2559958100000017</v>
+        <v>1.2559876699999961</v>
       </c>
       <c r="D99" s="5">
-        <v>10.293414829019575</v>
+        <v>10.29334194366367</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>156.60702828000001</v>
+        <v>156.60707219</v>
       </c>
       <c r="C100" s="5">
-        <v>2.1420135500000015</v>
+        <v>2.1420209199999931</v>
       </c>
       <c r="D100" s="5">
-        <v>17.970500361320152</v>
+        <v>17.970562401876688</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>157.02755997</v>
+        <v>157.02755253999999</v>
       </c>
       <c r="C101" s="5">
-        <v>0.42053168999999002</v>
+        <v>0.42048034999999118</v>
       </c>
       <c r="D101" s="5">
-        <v>3.2703393486278154</v>
+        <v>3.2699332493595135</v>
       </c>
       <c r="E101" s="5">
-        <v>8.9024520828974154</v>
+        <v>8.9024283353872811</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>158.06213604000001</v>
+        <v>158.06221267999999</v>
       </c>
       <c r="C102" s="5">
-        <v>1.0345760700000142</v>
+        <v>1.0346601399999997</v>
       </c>
       <c r="D102" s="5">
-        <v>8.1990810904464251</v>
+        <v>8.199772081015011</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>159.30739993</v>
+        <v>159.30743760999999</v>
       </c>
       <c r="C103" s="5">
-        <v>1.2452638899999897</v>
+        <v>1.2452249300000062</v>
       </c>
       <c r="D103" s="5">
-        <v>9.8745815990709538</v>
+        <v>9.8742541530912433</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>160.48237108999999</v>
+        <v>160.48210856</v>
       </c>
       <c r="C104" s="5">
-        <v>1.1749711599999841</v>
+        <v>1.1746709500000065</v>
       </c>
       <c r="D104" s="5">
-        <v>9.218597056411415</v>
+        <v>9.21614306559424</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>161.40696693000001</v>
+        <v>161.40696335999999</v>
       </c>
       <c r="C105" s="5">
-        <v>0.92459584000002337</v>
+        <v>0.92485479999999143</v>
       </c>
       <c r="D105" s="5">
-        <v>7.1369629071740492</v>
+        <v>7.1390376524827159</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>162.38389445000001</v>
+        <v>162.38389892999999</v>
       </c>
       <c r="C106" s="5">
-        <v>0.97692752000000382</v>
+        <v>0.97693556999999487</v>
       </c>
       <c r="D106" s="5">
-        <v>7.5098152684061059</v>
+        <v>7.5098793962418364</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>162.60043372000001</v>
+        <v>162.60045310999999</v>
       </c>
       <c r="C107" s="5">
-        <v>0.2165392699999984</v>
+        <v>0.21655418000000282</v>
       </c>
       <c r="D107" s="5">
-        <v>1.611991191705342</v>
+        <v>1.6121029573461065</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>164.41540997000001</v>
+        <v>164.41544912000001</v>
       </c>
       <c r="C108" s="5">
-        <v>1.8149762500000008</v>
+        <v>1.8149960100000158</v>
       </c>
       <c r="D108" s="5">
-        <v>14.248324663480316</v>
+        <v>14.248487627823781</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>165.3451163</v>
+        <v>165.34510938</v>
       </c>
       <c r="C109" s="5">
-        <v>0.9297063299999877</v>
+        <v>0.92966025999999147</v>
       </c>
       <c r="D109" s="5">
-        <v>7.0006033723103434</v>
+        <v>7.0002438917247556</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>165.91287349000001</v>
+        <v>165.91287566</v>
       </c>
       <c r="C110" s="5">
-        <v>0.5677571900000089</v>
+        <v>0.56776628000000073</v>
       </c>
       <c r="D110" s="5">
-        <v>4.1992414321071481</v>
+        <v>4.1993101173654734</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>166.70201317999999</v>
+        <v>166.70200887999999</v>
       </c>
       <c r="C111" s="5">
-        <v>0.78913968999998474</v>
+        <v>0.78913321999999653</v>
       </c>
       <c r="D111" s="5">
-        <v>5.8593236442605168</v>
+        <v>5.859274262569758</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>166.82957464</v>
+        <v>166.82959306000001</v>
       </c>
       <c r="C112" s="5">
-        <v>0.12756146000000967</v>
+        <v>0.1275841800000137</v>
       </c>
       <c r="D112" s="5">
-        <v>0.92212221543699346</v>
+        <v>0.9222871706835889</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>167.57847688000001</v>
+        <v>167.57843883000001</v>
       </c>
       <c r="C113" s="5">
-        <v>0.74890224000000671</v>
+        <v>0.74884577000000263</v>
       </c>
       <c r="D113" s="5">
-        <v>5.5218400649363453</v>
+        <v>5.5214127404688895</v>
       </c>
       <c r="E113" s="5">
-        <v>6.7191497543588996</v>
+        <v>6.7191305725231798</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>167.09016883999999</v>
+        <v>167.09034242999999</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.48830804000002104</v>
+        <v>-0.48809640000001764</v>
       </c>
       <c r="D114" s="5">
-        <v>-3.4411891316707743</v>
+        <v>-3.4397222484052081</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>166.93261851</v>
+        <v>166.93264908</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.1575503299999923</v>
+        <v>-0.15769334999998819</v>
       </c>
       <c r="D115" s="5">
-        <v>-1.1256377819906738</v>
+        <v>-1.1266531435125682</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>167.52691816000001</v>
+        <v>167.52674426999999</v>
       </c>
       <c r="C116" s="5">
-        <v>0.59429965000001062</v>
+        <v>0.59409518999999023</v>
       </c>
       <c r="D116" s="5">
-        <v>4.3567923270857234</v>
+        <v>4.3552631638813066</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>167.70931471</v>
+        <v>167.70931156</v>
       </c>
       <c r="C117" s="5">
-        <v>0.18239654999999289</v>
+        <v>0.1825672900000086</v>
       </c>
       <c r="D117" s="5">
-        <v>1.3143636759958666</v>
+        <v>1.3156027993553643</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>167.64842891999999</v>
+        <v>167.64844868</v>
       </c>
       <c r="C118" s="5">
-        <v>-6.0885790000014595E-2</v>
+        <v>-6.0862880000001951E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>-0.43478346351343289</v>
+        <v>-0.43462019849339617</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>167.66647853000001</v>
+        <v>167.66650346</v>
       </c>
       <c r="C119" s="5">
-        <v>1.8049610000019811E-2</v>
+        <v>1.8054779999999937E-2</v>
       </c>
       <c r="D119" s="5">
-        <v>0.12927268340383602</v>
+        <v>0.12930971802291857</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>168.65490883999999</v>
+        <v>168.65492492000001</v>
       </c>
       <c r="C120" s="5">
-        <v>0.98843030999998405</v>
+        <v>0.98842146000001208</v>
       </c>
       <c r="D120" s="5">
-        <v>7.3082020341896481</v>
+        <v>7.3081333414006133</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>168.70820467999999</v>
+        <v>168.70816581</v>
       </c>
       <c r="C121" s="5">
-        <v>5.3295840000004091E-2</v>
+        <v>5.3240889999983665E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>0.37986609027564899</v>
+        <v>0.37947371765951754</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>168.29794998</v>
+        <v>168.29789177000001</v>
       </c>
       <c r="C122" s="5">
-        <v>-0.41025469999999586</v>
+        <v>-0.41027403999999024</v>
       </c>
       <c r="D122" s="5">
-        <v>-2.8793759148087905</v>
+        <v>-2.879510496991311</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>168.16299799000001</v>
+        <v>168.16293583000001</v>
       </c>
       <c r="C123" s="5">
-        <v>-0.13495198999999047</v>
+        <v>-0.13495593999999755</v>
       </c>
       <c r="D123" s="5">
-        <v>-0.95800386894175915</v>
+        <v>-0.95803211574329028</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>167.83397095000001</v>
+        <v>167.83395634999999</v>
       </c>
       <c r="C124" s="5">
-        <v>-0.32902703999999972</v>
+        <v>-0.3289794800000152</v>
       </c>
       <c r="D124" s="5">
-        <v>-2.3228126324874143</v>
+        <v>-2.3224813296247482</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>167.84394309999999</v>
+        <v>167.84391461000001</v>
       </c>
       <c r="C125" s="5">
-        <v>9.9721499999816388E-3</v>
+        <v>9.9582600000189814E-3</v>
       </c>
       <c r="D125" s="5">
-        <v>7.1323411412405058E-2</v>
+        <v>7.1224040294382007E-2</v>
       </c>
       <c r="E125" s="5">
-        <v>0.15841307603605692</v>
+        <v>0.15841881679619085</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>167.55986088</v>
+        <v>167.56018990999999</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.28408221999998773</v>
+        <v>-0.28372470000002181</v>
       </c>
       <c r="D126" s="5">
-        <v>-2.0122447206766148</v>
+        <v>-2.0097361288914373</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>167.49784507999999</v>
+        <v>167.4977299</v>
       </c>
       <c r="C127" s="5">
-        <v>-6.2015800000011723E-2</v>
+        <v>-6.2460009999995236E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>-0.44323060547926119</v>
+        <v>-0.44639801988006766</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>167.96527531999999</v>
+        <v>167.96524041999999</v>
       </c>
       <c r="C128" s="5">
-        <v>0.46743023999999878</v>
+        <v>0.46751051999999049</v>
       </c>
       <c r="D128" s="5">
-        <v>3.4006777102298713</v>
+        <v>3.4012731383071149</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>169.01832507</v>
+        <v>169.01835785</v>
       </c>
       <c r="C129" s="5">
-        <v>1.0530497500000138</v>
+        <v>1.0531174300000146</v>
       </c>
       <c r="D129" s="5">
-        <v>7.7882571523121058</v>
+        <v>7.7887767677850439</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>168.45284745999999</v>
+        <v>168.4529177</v>
       </c>
       <c r="C130" s="5">
-        <v>-0.56547761000001628</v>
+        <v>-0.56544015000000059</v>
       </c>
       <c r="D130" s="5">
-        <v>-3.9417313708381196</v>
+        <v>-3.9414742865819807</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>168.44534698000001</v>
+        <v>168.44541486</v>
       </c>
       <c r="C131" s="5">
-        <v>-7.5004799999760507E-3</v>
+        <v>-7.5028400000007878E-3</v>
       </c>
       <c r="D131" s="5">
-        <v>-5.3417750425910349E-2</v>
+        <v>-5.3434531743512537E-2</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>168.16733646</v>
+        <v>168.16733685</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.27801052000000936</v>
+        <v>-0.27807801000000154</v>
       </c>
       <c r="D132" s="5">
-        <v>-1.9626595189479068</v>
+        <v>-1.9631308737063757</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>167.46265441</v>
+        <v>167.46253580999999</v>
       </c>
       <c r="C133" s="5">
-        <v>-0.70468205000000239</v>
+        <v>-0.70480104000000665</v>
       </c>
       <c r="D133" s="5">
-        <v>-4.9141479275786715</v>
+        <v>-4.9149586682857844</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>167.56308232000001</v>
+        <v>167.56290376999999</v>
       </c>
       <c r="C134" s="5">
-        <v>0.10042791000000761</v>
+        <v>0.10036795999999981</v>
       </c>
       <c r="D134" s="5">
-        <v>0.72202238749579095</v>
+        <v>0.7215904703640641</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>167.53980490000001</v>
+        <v>167.53963213</v>
       </c>
       <c r="C135" s="5">
-        <v>-2.3277419999999438E-2</v>
+        <v>-2.3271639999990157E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>-0.16657351658214692</v>
+        <v>-0.16653236373330715</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>167.13228934</v>
+        <v>167.13220215000001</v>
       </c>
       <c r="C136" s="5">
-        <v>-0.40751556000000733</v>
+        <v>-0.4074299799999892</v>
       </c>
       <c r="D136" s="5">
-        <v>-2.880087917479035</v>
+        <v>-2.8794940831877613</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>167.33399474000001</v>
+        <v>167.33397801999999</v>
       </c>
       <c r="C137" s="5">
-        <v>0.20170540000000869</v>
+        <v>0.20177586999997743</v>
       </c>
       <c r="D137" s="5">
-        <v>1.4578846614840879</v>
+        <v>1.458398156677565</v>
       </c>
       <c r="E137" s="5">
-        <v>-0.30382291465600453</v>
+        <v>-0.30381595375972292</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>166.96615427</v>
+        <v>166.96673557</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.36784047000000442</v>
+        <v>-0.367242449999992</v>
       </c>
       <c r="D138" s="5">
-        <v>-2.6062289581614051</v>
+        <v>-2.6020431280505463</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>167.69402073000001</v>
+        <v>167.6937614</v>
       </c>
       <c r="C139" s="5">
-        <v>0.72786646000000133</v>
+        <v>0.72702583000000232</v>
       </c>
       <c r="D139" s="5">
-        <v>5.3585058075527048</v>
+        <v>5.3521491055025905</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>167.77799135000001</v>
+        <v>167.77806935000001</v>
       </c>
       <c r="C140" s="5">
-        <v>8.3970620000002327E-2</v>
+        <v>8.4307950000010123E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>0.60254217081037176</v>
+        <v>0.60497036157869388</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>167.96175968</v>
+        <v>167.96191066</v>
       </c>
       <c r="C141" s="5">
-        <v>0.18376832999999237</v>
+        <v>0.18384130999999115</v>
       </c>
       <c r="D141" s="5">
-        <v>1.3223148158543196</v>
+        <v>1.3228424974204955</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>168.00866034000001</v>
+        <v>168.00882935999999</v>
       </c>
       <c r="C142" s="5">
-        <v>4.6900660000005701E-2</v>
+        <v>4.6918699999991986E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>0.33559607833906213</v>
+        <v>0.33572505908772143</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>169.09602307</v>
+        <v>169.09607636999999</v>
       </c>
       <c r="C143" s="5">
-        <v>1.0873627299999953</v>
+        <v>1.0872470099999987</v>
       </c>
       <c r="D143" s="5">
-        <v>8.0489864300899541</v>
+        <v>8.0480907333018159</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>168.13867059</v>
+        <v>168.13879449999999</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.95735247999999729</v>
+        <v>-0.95728187000000275</v>
       </c>
       <c r="D144" s="5">
-        <v>-6.5862971116372959</v>
+        <v>-6.5858243487497798</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>168.46601774000001</v>
+        <v>168.46610451000001</v>
       </c>
       <c r="C145" s="5">
-        <v>0.32734715000000847</v>
+        <v>0.32731001000001925</v>
       </c>
       <c r="D145" s="5">
-        <v>2.3614450482160487</v>
+        <v>2.3611724906862808</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>168.73479809</v>
+        <v>168.73377844999999</v>
       </c>
       <c r="C146" s="5">
-        <v>0.2687803499999859</v>
+        <v>0.26767393999998035</v>
       </c>
       <c r="D146" s="5">
-        <v>1.931438710973099</v>
+        <v>1.9234175120761865</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>168.89384104000001</v>
+        <v>168.89342342</v>
       </c>
       <c r="C147" s="5">
-        <v>0.15904295000001412</v>
+        <v>0.15964497000001643</v>
       </c>
       <c r="D147" s="5">
-        <v>1.1369560321915495</v>
+        <v>1.1412890666683939</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>169.36753952000001</v>
+        <v>169.36760262000001</v>
       </c>
       <c r="C148" s="5">
-        <v>0.47369847999999593</v>
+        <v>0.4741792000000089</v>
       </c>
       <c r="D148" s="5">
-        <v>3.4180604127588943</v>
+        <v>3.4215914672128367</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>169.53766784999999</v>
+        <v>169.53776912999999</v>
       </c>
       <c r="C149" s="5">
-        <v>0.17012832999998295</v>
+        <v>0.17016650999997296</v>
       </c>
       <c r="D149" s="5">
-        <v>1.2120721149105451</v>
+        <v>1.2123451774193938</v>
       </c>
       <c r="E149" s="5">
-        <v>1.3169309161739751</v>
+        <v>1.3170015654182299</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>170.14223822</v>
+        <v>170.14311794</v>
       </c>
       <c r="C150" s="5">
-        <v>0.60457037000000469</v>
+        <v>0.60534881000000951</v>
       </c>
       <c r="D150" s="5">
-        <v>4.3641266046158478</v>
+        <v>4.369853966354853</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>169.74654747</v>
+        <v>169.74624007</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.39569074999999998</v>
+        <v>-0.3968778699999973</v>
       </c>
       <c r="D151" s="5">
-        <v>-2.755354455029313</v>
+        <v>-2.7635009833686386</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>169.8510101</v>
+        <v>169.85125859999999</v>
       </c>
       <c r="C152" s="5">
-        <v>0.10446263000000044</v>
+        <v>0.10501852999999528</v>
       </c>
       <c r="D152" s="5">
-        <v>0.74098897151710919</v>
+        <v>0.74494694034967779</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>169.08002919</v>
+        <v>169.08033549000001</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.77098090999999158</v>
+        <v>-0.77092310999998404</v>
       </c>
       <c r="D153" s="5">
-        <v>-5.3130424501055318</v>
+        <v>-5.312646444936675</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>169.29902075000001</v>
+        <v>169.29930877000001</v>
       </c>
       <c r="C154" s="5">
-        <v>0.2189915600000063</v>
+        <v>0.21897328000000016</v>
       </c>
       <c r="D154" s="5">
-        <v>1.5653532897169642</v>
+        <v>1.5652188362830888</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>169.13242954</v>
+        <v>169.13219278</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.1665912100000071</v>
+        <v>-0.16711599000001343</v>
       </c>
       <c r="D155" s="5">
-        <v>-1.174437251342042</v>
+        <v>-1.1781147978584317</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>168.82421117000001</v>
+        <v>168.82448054</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.30821836999999164</v>
+        <v>-0.30771224000000075</v>
       </c>
       <c r="D156" s="5">
-        <v>-2.1650334801090132</v>
+        <v>-2.1615167415700798</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>169.00605382000001</v>
+        <v>169.00634678</v>
       </c>
       <c r="C157" s="5">
-        <v>0.181842649999993</v>
+        <v>0.18186624000000506</v>
       </c>
       <c r="D157" s="5">
-        <v>1.3002195589669974</v>
+        <v>1.3003871467232031</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>168.91723836</v>
+        <v>168.91535995000001</v>
       </c>
       <c r="C158" s="5">
-        <v>-8.8815460000006397E-2</v>
+        <v>-9.0986829999991414E-2</v>
       </c>
       <c r="D158" s="5">
-        <v>-0.62880021323289403</v>
+        <v>-0.64412658625375707</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>168.50735176000001</v>
+        <v>168.50668135000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.409886599999993</v>
+        <v>-0.40867860000000178</v>
       </c>
       <c r="D159" s="5">
-        <v>-2.8733141546558039</v>
+        <v>-2.8649898494748971</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>168.98593524</v>
+        <v>168.98618243000001</v>
       </c>
       <c r="C160" s="5">
-        <v>0.47858347999999751</v>
+        <v>0.47950108000000569</v>
       </c>
       <c r="D160" s="5">
-        <v>3.4619061834028519</v>
+        <v>3.4686620262049939</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>168.53317437999999</v>
+        <v>168.53342978000001</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.45276086000001214</v>
+        <v>-0.45275265000000786</v>
       </c>
       <c r="D161" s="5">
-        <v>-3.1681797609593443</v>
+        <v>-3.1681185894444575</v>
       </c>
       <c r="E161" s="5">
-        <v>-0.59248984767723556</v>
+        <v>-0.59239858773290077</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>168.63628998999999</v>
+        <v>168.63739412000001</v>
       </c>
       <c r="C162" s="5">
-        <v>0.10311561000000324</v>
+        <v>0.10396434000000454</v>
       </c>
       <c r="D162" s="5">
-        <v>0.73668569787019855</v>
+        <v>0.74276871181691018</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>169.13758498000001</v>
+        <v>169.13745442000001</v>
       </c>
       <c r="C163" s="5">
-        <v>0.50129499000001942</v>
+        <v>0.50006030000000123</v>
       </c>
       <c r="D163" s="5">
-        <v>3.6260713297666447</v>
+        <v>3.616970086693394</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>168.52266625999999</v>
+        <v>168.52312283000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.6149187200000199</v>
+        <v>-0.61433159000000614</v>
       </c>
       <c r="D164" s="5">
-        <v>-4.2765469339345552</v>
+        <v>-4.2725481038058728</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>168.77059602</v>
+        <v>168.77104163000001</v>
       </c>
       <c r="C165" s="5">
-        <v>0.24792976000000522</v>
+        <v>0.24791880000000788</v>
       </c>
       <c r="D165" s="5">
-        <v>1.7797898290631498</v>
+        <v>1.7797056531184019</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>169.07900647</v>
+        <v>169.07932450000001</v>
       </c>
       <c r="C166" s="5">
-        <v>0.30841044999999667</v>
+        <v>0.30828286999999932</v>
       </c>
       <c r="D166" s="5">
-        <v>2.2150479868323414</v>
+        <v>2.2141165590306988</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>169.01700360999999</v>
+        <v>169.01634576000001</v>
       </c>
       <c r="C167" s="5">
-        <v>-6.2002860000006876E-2</v>
+        <v>-6.2978740000005473E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>-0.43916481665218221</v>
+        <v>-0.44606196052656699</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>169.40638817999999</v>
+        <v>169.4066856</v>
       </c>
       <c r="C168" s="5">
-        <v>0.38938457000000426</v>
+        <v>0.39033983999999577</v>
       </c>
       <c r="D168" s="5">
-        <v>2.7998831465777085</v>
+        <v>2.8068505968929625</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>169.78404320000001</v>
+        <v>169.78455466</v>
       </c>
       <c r="C169" s="5">
-        <v>0.37765502000002016</v>
+        <v>0.37786905999999476</v>
       </c>
       <c r="D169" s="5">
-        <v>2.708186332979845</v>
+        <v>2.7097352894399407</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>169.72829055</v>
+        <v>169.72565419</v>
       </c>
       <c r="C170" s="5">
-        <v>-5.5752650000016502E-2</v>
+        <v>-5.890046999999754E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-0.3933377953520778</v>
+        <v>-0.41550222239621348</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>169.69618801999999</v>
+        <v>169.69536636999999</v>
       </c>
       <c r="C171" s="5">
-        <v>-3.2102530000003071E-2</v>
+        <v>-3.0287820000012289E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>-0.22673289538491792</v>
+        <v>-0.21393190659425576</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>169.51245799</v>
+        <v>169.51292133000001</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.18373002999999244</v>
+        <v>-0.18244503999997619</v>
       </c>
       <c r="D172" s="5">
-        <v>-1.29153084583844</v>
+        <v>-1.2825575245093646</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>169.76977650000001</v>
+        <v>169.77024073000001</v>
       </c>
       <c r="C173" s="5">
-        <v>0.25731851000000461</v>
+        <v>0.25731940000000009</v>
       </c>
       <c r="D173" s="5">
-        <v>1.836875670711513</v>
+        <v>1.8368770142848323</v>
       </c>
       <c r="E173" s="5">
-        <v>0.73374403855455128</v>
+        <v>0.73386683675429332</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>170.92518781999999</v>
+        <v>170.9263727</v>
       </c>
       <c r="C174" s="5">
-        <v>1.1554113199999847</v>
+        <v>1.1561319699999899</v>
       </c>
       <c r="D174" s="5">
-        <v>8.4796478208326143</v>
+        <v>8.4851122962974923</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>170.68866374000001</v>
+        <v>170.6887036</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.23652407999998104</v>
+        <v>-0.23766910000000507</v>
       </c>
       <c r="D175" s="5">
-        <v>-1.6479645826702694</v>
+        <v>-1.6558701245519836</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>170.99399965000001</v>
+        <v>170.99470287</v>
       </c>
       <c r="C176" s="5">
-        <v>0.3053359099999966</v>
+        <v>0.30599927000000093</v>
       </c>
       <c r="D176" s="5">
-        <v>2.1678627103562498</v>
+        <v>2.1726185416902855</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>171.24173465999999</v>
+        <v>171.24254096000001</v>
       </c>
       <c r="C177" s="5">
-        <v>0.24773500999998532</v>
+        <v>0.24783809000001611</v>
       </c>
       <c r="D177" s="5">
-        <v>1.7524728435635906</v>
+        <v>1.7532005845249943</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>171.30467891000001</v>
+        <v>171.30549740000001</v>
       </c>
       <c r="C178" s="5">
-        <v>6.2944250000015245E-2</v>
+        <v>6.2956439999993563E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>0.4419833167905951</v>
+        <v>0.44206700024982393</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>171.05576557000001</v>
+        <v>171.05321511</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.24891334000000143</v>
+        <v>-0.25228229000001079</v>
       </c>
       <c r="D179" s="5">
-        <v>-1.72978596749368</v>
+        <v>-1.7530003723217447</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>172.23913851</v>
+        <v>172.23977912000001</v>
       </c>
       <c r="C180" s="5">
-        <v>1.1833729399999982</v>
+        <v>1.1865640100000121</v>
       </c>
       <c r="D180" s="5">
-        <v>8.6249354030340406</v>
+        <v>8.6492216801717028</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>172.53438399000001</v>
+        <v>172.53505204999999</v>
       </c>
       <c r="C181" s="5">
-        <v>0.2952454800000055</v>
+        <v>0.29527292999998167</v>
       </c>
       <c r="D181" s="5">
-        <v>2.0764965838635741</v>
+        <v>2.0766836701234803</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>172.38020470000001</v>
+        <v>172.37761322</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.15417929000000186</v>
+        <v>-0.15743882999998959</v>
       </c>
       <c r="D182" s="5">
-        <v>-1.0670830900983752</v>
+        <v>-1.0895252470255801</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>174.07002410000001</v>
+        <v>174.06927716999999</v>
       </c>
       <c r="C183" s="5">
-        <v>1.6898194000000046</v>
+        <v>1.6916639499999917</v>
       </c>
       <c r="D183" s="5">
-        <v>12.418857734792654</v>
+        <v>12.433350775738594</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>173.81385775000001</v>
+        <v>173.81439946</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.25616635000000088</v>
+        <v>-0.25487770999998816</v>
       </c>
       <c r="D184" s="5">
-        <v>-1.7517301309393551</v>
+        <v>-1.7429963495902756</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>174.03533256</v>
+        <v>174.03583416999999</v>
       </c>
       <c r="C185" s="5">
-        <v>0.22147480999998947</v>
+        <v>0.22143470999998272</v>
       </c>
       <c r="D185" s="5">
-        <v>1.5398096577387221</v>
+        <v>1.5395240732446469</v>
       </c>
       <c r="E185" s="5">
-        <v>2.5125532635663195</v>
+        <v>2.5125684110820723</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>174.08537283999999</v>
+        <v>174.08643878999999</v>
       </c>
       <c r="C186" s="5">
-        <v>5.0040279999990389E-2</v>
+        <v>5.0604620000001432E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>0.34558148244392406</v>
+        <v>0.34948407790595937</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>174.17938056</v>
+        <v>174.17952149000001</v>
       </c>
       <c r="C187" s="5">
-        <v>9.4007720000007566E-2</v>
+        <v>9.3082700000024943E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>0.6499392526196246</v>
+        <v>0.64352118983448392</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>173.84294623</v>
+        <v>173.84356081000001</v>
       </c>
       <c r="C188" s="5">
-        <v>-0.336434330000003</v>
+        <v>-0.33596067999999946</v>
       </c>
       <c r="D188" s="5">
-        <v>-2.2933815157912152</v>
+        <v>-2.2901851138952156</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>174.38593361</v>
+        <v>174.38673238999999</v>
       </c>
       <c r="C189" s="5">
-        <v>0.54298737999999958</v>
+        <v>0.54317157999997789</v>
       </c>
       <c r="D189" s="5">
-        <v>3.8131873930991489</v>
+        <v>3.8144895498037013</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>174.35343001999999</v>
+        <v>174.35598198</v>
       </c>
       <c r="C190" s="5">
-        <v>-3.2503590000004579E-2</v>
+        <v>-3.0750409999996009E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-0.2234374482232182</v>
+        <v>-0.21139638860672161</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>174.87902460000001</v>
+        <v>174.87410844999999</v>
       </c>
       <c r="C191" s="5">
-        <v>0.52559458000001769</v>
+        <v>0.51812646999999856</v>
       </c>
       <c r="D191" s="5">
-        <v>3.6780262106245853</v>
+        <v>3.62485462285973</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>176.43882266</v>
+        <v>176.43967015999999</v>
       </c>
       <c r="C192" s="5">
-        <v>1.5597980599999914</v>
+        <v>1.5655617099999972</v>
       </c>
       <c r="D192" s="5">
-        <v>11.244140842706551</v>
+        <v>11.288089356137077</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>177.11837559</v>
+        <v>177.1192728</v>
       </c>
       <c r="C193" s="5">
-        <v>0.67955292999999983</v>
+        <v>0.67960264000001303</v>
       </c>
       <c r="D193" s="5">
-        <v>4.7209641565830296</v>
+        <v>4.7212936879820866</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>178.28704798999999</v>
+        <v>178.28474009999999</v>
       </c>
       <c r="C194" s="5">
-        <v>1.1686723999999913</v>
+        <v>1.1654672999999889</v>
       </c>
       <c r="D194" s="5">
-        <v>8.2116661193807783</v>
+        <v>8.1882813371471066</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>179.16702706999999</v>
+        <v>179.16661395</v>
       </c>
       <c r="C195" s="5">
-        <v>0.87997907999999825</v>
+        <v>0.88187385000000518</v>
       </c>
       <c r="D195" s="5">
-        <v>6.0863530521986231</v>
+        <v>6.0998978749978505</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>179.78626063999999</v>
+        <v>179.78702609000001</v>
       </c>
       <c r="C196" s="5">
-        <v>0.61923357000000578</v>
+        <v>0.62041214000001332</v>
       </c>
       <c r="D196" s="5">
-        <v>4.2271700722022354</v>
+        <v>4.2353793239731541</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>180.51278203000001</v>
+        <v>180.51303564</v>
       </c>
       <c r="C197" s="5">
-        <v>0.72652139000001625</v>
+        <v>0.72600954999998635</v>
       </c>
       <c r="D197" s="5">
-        <v>4.9584765807788145</v>
+        <v>4.9548837807935842</v>
       </c>
       <c r="E197" s="5">
-        <v>3.7219163342977257</v>
+        <v>3.7217631075178614</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>181.46477722</v>
+        <v>181.46554922999999</v>
       </c>
       <c r="C198" s="5">
-        <v>0.951995189999991</v>
+        <v>0.95251358999999525</v>
       </c>
       <c r="D198" s="5">
-        <v>6.5154396170053142</v>
+        <v>6.5190817073079721</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>182.16412632999999</v>
+        <v>182.16428757</v>
       </c>
       <c r="C199" s="5">
-        <v>0.69934910999998579</v>
+        <v>0.69873834000000556</v>
       </c>
       <c r="D199" s="5">
-        <v>4.7239909028589766</v>
+        <v>4.7197569810884854</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>183.2559325</v>
+        <v>183.25528439000001</v>
       </c>
       <c r="C200" s="5">
-        <v>1.0918061700000123</v>
+        <v>1.0909968200000151</v>
       </c>
       <c r="D200" s="5">
-        <v>7.4341250866314157</v>
+        <v>7.4284246367030349</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>184.43353464</v>
+        <v>184.43413451999999</v>
       </c>
       <c r="C201" s="5">
-        <v>1.1776021400000047</v>
+        <v>1.1788501299999723</v>
       </c>
       <c r="D201" s="5">
-        <v>7.9896565738584391</v>
+        <v>7.9984548841821379</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>184.74069696000001</v>
+        <v>184.74672194999999</v>
       </c>
       <c r="C202" s="5">
-        <v>0.30716232000000332</v>
+        <v>0.31258743000000777</v>
       </c>
       <c r="D202" s="5">
-        <v>2.0169319527050922</v>
+        <v>2.0528810682685528</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>185.18591832999999</v>
+        <v>185.17855084000001</v>
       </c>
       <c r="C203" s="5">
-        <v>0.44522136999998452</v>
+        <v>0.43182889000001978</v>
       </c>
       <c r="D203" s="5">
-        <v>2.9306183386814011</v>
+        <v>2.8412338005636473</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>184.30992211</v>
+        <v>184.31078546000001</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.87599621999999044</v>
+        <v>-0.86776538000000869</v>
       </c>
       <c r="D204" s="5">
-        <v>-5.5310534199500605</v>
+        <v>-5.4806283534397648</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>184.91161262</v>
+        <v>184.91246505000001</v>
       </c>
       <c r="C205" s="5">
-        <v>0.6016905099999974</v>
+        <v>0.60167959000000337</v>
       </c>
       <c r="D205" s="5">
-        <v>3.9885796367560955</v>
+        <v>3.9884869242248433</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>185.63692589999999</v>
+        <v>185.63561848000001</v>
       </c>
       <c r="C206" s="5">
-        <v>0.72531327999999462</v>
+        <v>0.72315342999999643</v>
       </c>
       <c r="D206" s="5">
-        <v>4.8098700918487891</v>
+        <v>4.7952151323259251</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>186.10189790999999</v>
+        <v>186.10188550999999</v>
       </c>
       <c r="C207" s="5">
-        <v>0.46497200999999677</v>
+        <v>0.46626702999998315</v>
       </c>
       <c r="D207" s="5">
-        <v>3.0474407464599063</v>
+        <v>3.0560677639013045</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>186.90306011000001</v>
+        <v>186.90385767000001</v>
       </c>
       <c r="C208" s="5">
-        <v>0.80116220000002158</v>
+        <v>0.80197216000001958</v>
       </c>
       <c r="D208" s="5">
-        <v>5.2900466062566265</v>
+        <v>5.2955224963958214</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>187.63306847999999</v>
+        <v>187.63293132999999</v>
       </c>
       <c r="C209" s="5">
-        <v>0.73000836999997887</v>
+        <v>0.72907365999998319</v>
       </c>
       <c r="D209" s="5">
-        <v>4.7889833167795715</v>
+        <v>4.7826984574535603</v>
       </c>
       <c r="E209" s="5">
-        <v>3.9444777095156924</v>
+        <v>3.9442556958597219</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>187.27887378</v>
+        <v>187.27900964</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.35419469999999365</v>
+        <v>-0.35392168999999285</v>
       </c>
       <c r="D210" s="5">
-        <v>-2.241867320721691</v>
+        <v>-2.2401588180403609</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>187.5006151</v>
+        <v>187.50039727000001</v>
       </c>
       <c r="C211" s="5">
-        <v>0.22174132000000668</v>
+        <v>0.22138763000000949</v>
       </c>
       <c r="D211" s="5">
-        <v>1.4301092033780272</v>
+        <v>1.4278122040105368</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>188.10625847</v>
+        <v>188.10405856</v>
       </c>
       <c r="C212" s="5">
-        <v>0.60564336999999568</v>
+        <v>0.60366128999999091</v>
       </c>
       <c r="D212" s="5">
-        <v>3.9457125561864315</v>
+        <v>3.9325746272047102</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>187.60494499999999</v>
+        <v>187.60517222999999</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.50131347000001369</v>
+        <v>-0.49888633000000482</v>
       </c>
       <c r="D213" s="5">
-        <v>-3.1516029843214444</v>
+        <v>-3.1366023436748325</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>188.29983618</v>
+        <v>188.30914938000001</v>
       </c>
       <c r="C214" s="5">
-        <v>0.69489118000001326</v>
+        <v>0.70397715000001426</v>
       </c>
       <c r="D214" s="5">
-        <v>4.5364932355026477</v>
+        <v>4.5970335985972888</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>188.83859598000001</v>
+        <v>188.83084382999999</v>
       </c>
       <c r="C215" s="5">
-        <v>0.53875980000000823</v>
+        <v>0.52169444999998404</v>
       </c>
       <c r="D215" s="5">
-        <v>3.4879650381880456</v>
+        <v>3.375624764423879</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>188.29433409999999</v>
+        <v>188.29486487</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.54426188000002185</v>
+        <v>-0.53597895999999423</v>
       </c>
       <c r="D216" s="5">
-        <v>-3.4042829422162746</v>
+        <v>-3.3534160879783559</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>188.85611489999999</v>
+        <v>188.85656700999999</v>
       </c>
       <c r="C217" s="5">
-        <v>0.56178080000000818</v>
+        <v>0.56170213999999419</v>
       </c>
       <c r="D217" s="5">
-        <v>3.6395672398583656</v>
+        <v>3.6390388143622499</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>188.43588564000001</v>
+        <v>188.43547347000001</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.42022925999998506</v>
+        <v>-0.42109353999998689</v>
       </c>
       <c r="D218" s="5">
-        <v>-2.6377183120972036</v>
+        <v>-2.6430706688495342</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>188.3490358</v>
+        <v>188.34955097</v>
       </c>
       <c r="C219" s="5">
-        <v>-8.6849840000013501E-2</v>
+        <v>-8.592250000000945E-2</v>
       </c>
       <c r="D219" s="5">
-        <v>-0.55167847620196664</v>
+        <v>-0.54580387989849877</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>188.19599366</v>
+        <v>188.19668214000001</v>
       </c>
       <c r="C220" s="5">
-        <v>-0.15304213999999661</v>
+        <v>-0.15286882999998852</v>
       </c>
       <c r="D220" s="5">
-        <v>-0.97070872591279445</v>
+        <v>-0.96961172528118311</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>187.84018473</v>
+        <v>187.83961601999999</v>
       </c>
       <c r="C221" s="5">
-        <v>-0.35580892999999492</v>
+        <v>-0.35706612000001314</v>
       </c>
       <c r="D221" s="5">
-        <v>-2.2453120820628558</v>
+        <v>-2.2531547495501236</v>
       </c>
       <c r="E221" s="5">
-        <v>0.11038366087483542</v>
+        <v>0.11015373929030847</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>187.79098256</v>
+        <v>187.79070027</v>
       </c>
       <c r="C222" s="5">
-        <v>-4.9202170000000933E-2</v>
+        <v>-4.8915749999991931E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>-0.31387116973672358</v>
+        <v>-0.31204759483615119</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>188.06336442</v>
+        <v>188.06343784000001</v>
       </c>
       <c r="C223" s="5">
-        <v>0.27238185999999587</v>
+        <v>0.27273757000000387</v>
       </c>
       <c r="D223" s="5">
-        <v>1.7544952537940528</v>
+        <v>1.7568074863772987</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>187.60740842000001</v>
+        <v>187.60061465999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.45595599999998626</v>
+        <v>-0.4628231800000151</v>
       </c>
       <c r="D224" s="5">
-        <v>-2.8708931782037483</v>
+        <v>-2.9135472241135996</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>188.03511055000001</v>
+        <v>188.03488522000001</v>
       </c>
       <c r="C225" s="5">
-        <v>0.42770213000000012</v>
+        <v>0.43427056000001585</v>
       </c>
       <c r="D225" s="5">
-        <v>2.7702910811668202</v>
+        <v>2.8134821228773754</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>188.60695292</v>
+        <v>188.62280838000001</v>
       </c>
       <c r="C226" s="5">
-        <v>0.57184236999998461</v>
+        <v>0.58792316000000255</v>
       </c>
       <c r="D226" s="5">
-        <v>3.711039748885292</v>
+        <v>3.8172040775364069</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>188.13877045999999</v>
+        <v>188.13027575999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.4681824600000084</v>
+        <v>-0.49253262000001996</v>
       </c>
       <c r="D227" s="5">
-        <v>-2.938447838086955</v>
+        <v>-3.0888327783555325</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>187.58330932000001</v>
+        <v>187.58304677000001</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.55546113999997715</v>
+        <v>-0.54722898999997938</v>
       </c>
       <c r="D228" s="5">
-        <v>-3.4859138798469025</v>
+        <v>-3.4352276453686104</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>187.2094773</v>
+        <v>187.20950146999999</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.37383202000000892</v>
+        <v>-0.37354530000001773</v>
       </c>
       <c r="D229" s="5">
-        <v>-2.3654232061518954</v>
+        <v>-2.3636320805242139</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>186.53495609999999</v>
+        <v>186.53531369000001</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.67452120000001514</v>
+        <v>-0.67418777999998269</v>
       </c>
       <c r="D230" s="5">
-        <v>-4.2389756813691832</v>
+        <v>-4.2369211201846335</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>185.76024004000001</v>
+        <v>185.76083334</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.7747160599999745</v>
+        <v>-0.77448035000000459</v>
       </c>
       <c r="D231" s="5">
-        <v>-4.8715519088813553</v>
+        <v>-4.8700942802179519</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>184.84982890000001</v>
+        <v>184.85020082</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.91041114000000789</v>
+        <v>-0.91063252000000716</v>
       </c>
       <c r="D232" s="5">
-        <v>-5.7252320858198207</v>
+        <v>-5.7265691421627078</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>183.83829582000001</v>
+        <v>183.83763135000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-1.0115330799999924</v>
+        <v>-1.0125694699999883</v>
       </c>
       <c r="D233" s="5">
-        <v>-6.3725510436681843</v>
+        <v>-6.3788723038357142</v>
       </c>
       <c r="E233" s="5">
-        <v>-2.1304753909565544</v>
+        <v>-2.1305328209220153</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>181.31658838000001</v>
+        <v>181.31605776000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-2.5217074400000001</v>
+        <v>-2.5215735900000027</v>
       </c>
       <c r="D234" s="5">
-        <v>-15.273622031241995</v>
+        <v>-15.272922583065284</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>181.05268050999999</v>
+        <v>181.05283369</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.26390787000002547</v>
+        <v>-0.2632240700000068</v>
       </c>
       <c r="D235" s="5">
-        <v>-1.7326959066365499</v>
+        <v>-1.7282471985068493</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>180.21622527</v>
+        <v>180.20580962</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.83645523999999227</v>
+        <v>-0.84702407000000335</v>
       </c>
       <c r="D236" s="5">
-        <v>-5.405222722493475</v>
+        <v>-5.4717671836775335</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>182.67619199000001</v>
+        <v>182.67585163000001</v>
       </c>
       <c r="C237" s="5">
-        <v>2.4599667200000113</v>
+        <v>2.4700420100000144</v>
       </c>
       <c r="D237" s="5">
-        <v>17.667555565925454</v>
+        <v>17.746561166500353</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>182.61686159000001</v>
+        <v>182.63803786</v>
       </c>
       <c r="C238" s="5">
-        <v>-5.9330399999993233E-2</v>
+        <v>-3.7813770000013847E-2</v>
       </c>
       <c r="D238" s="5">
-        <v>-0.38904598064938289</v>
+        <v>-0.24811653117662313</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>181.93110258999999</v>
+        <v>181.92112678000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.68575900000001866</v>
+        <v>-0.71691107999998849</v>
       </c>
       <c r="D239" s="5">
-        <v>-4.4143009247442517</v>
+        <v>-4.609998755417843</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>181.48779908</v>
+        <v>181.48749194000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.44330350999999268</v>
+        <v>-0.4336348399999963</v>
       </c>
       <c r="D240" s="5">
-        <v>-2.8851175912325444</v>
+        <v>-2.8231672248868467</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>181.21900226</v>
+        <v>181.21897014000001</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.26879682000000571</v>
+        <v>-0.26852180000000203</v>
       </c>
       <c r="D241" s="5">
-        <v>-1.7628821442226106</v>
+        <v>-1.7610960563757994</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>181.12779169000001</v>
+        <v>181.12813944000001</v>
       </c>
       <c r="C242" s="5">
-        <v>-9.1210569999987001E-2</v>
+        <v>-9.0830699999997933E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>-0.60231100951417815</v>
+        <v>-0.59980954675958875</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>180.79871105999999</v>
+        <v>180.79922400000001</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.3290806300000213</v>
+        <v>-0.32891544000000295</v>
       </c>
       <c r="D243" s="5">
-        <v>-2.1585560926581149</v>
+        <v>-2.1574792511949492</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>181.12329778</v>
+        <v>181.12363696</v>
       </c>
       <c r="C244" s="5">
-        <v>0.32458672000001343</v>
+        <v>0.32441295999998943</v>
       </c>
       <c r="D244" s="5">
-        <v>2.1757521273203739</v>
+        <v>2.1745696397014402</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>181.19316137000001</v>
+        <v>181.19260750999999</v>
       </c>
       <c r="C245" s="5">
-        <v>6.98635900000113E-2</v>
+        <v>6.8970549999988862E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>0.46385194557010401</v>
+        <v>0.45790941789947137</v>
       </c>
       <c r="E245" s="5">
-        <v>-1.4388375600423942</v>
+        <v>-1.4387825934094378</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>180.98731789000001</v>
+        <v>180.98686735000001</v>
       </c>
       <c r="C246" s="5">
-        <v>-0.20584347999999864</v>
+        <v>-0.20574015999997641</v>
       </c>
       <c r="D246" s="5">
-        <v>-1.3547675384060098</v>
+        <v>-1.3540958878445197</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>181.03795998999999</v>
+        <v>181.03873439</v>
       </c>
       <c r="C247" s="5">
-        <v>5.0642099999976153E-2</v>
+        <v>5.1867039999990538E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>0.33628947685664379</v>
+        <v>0.34443738998792828</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>180.84160231000001</v>
+        <v>180.82805927999999</v>
       </c>
       <c r="C248" s="5">
-        <v>-0.19635767999997711</v>
+        <v>-0.21067511000001105</v>
       </c>
       <c r="D248" s="5">
-        <v>-1.2938096441305613</v>
+        <v>-1.3875390648839581</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>180.43871032000001</v>
+        <v>180.43826184</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.40289199000000053</v>
+        <v>-0.38979743999999528</v>
       </c>
       <c r="D249" s="5">
-        <v>-2.6409302368635368</v>
+        <v>-2.5563006599208848</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>180.75378040999999</v>
+        <v>180.77862901</v>
       </c>
       <c r="C250" s="5">
-        <v>0.31507008999997765</v>
+        <v>0.34036717000000749</v>
       </c>
       <c r="D250" s="5">
-        <v>2.1156011600106162</v>
+        <v>2.2872359039401324</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>180.30391144999999</v>
+        <v>180.29252635</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.44986896000000343</v>
+        <v>-0.48610266000000024</v>
       </c>
       <c r="D251" s="5">
-        <v>-2.9460738508754636</v>
+        <v>-3.1794310598852737</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>181.07342647999999</v>
+        <v>181.07297588</v>
       </c>
       <c r="C252" s="5">
-        <v>0.76951503000000798</v>
+        <v>0.7804495299999985</v>
       </c>
       <c r="D252" s="5">
-        <v>5.2433974801441297</v>
+        <v>5.3200309089491249</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>181.4187191</v>
+        <v>181.41871473</v>
       </c>
       <c r="C253" s="5">
-        <v>0.34529262000000926</v>
+        <v>0.34573885000000359</v>
       </c>
       <c r="D253" s="5">
-        <v>2.3124576310314504</v>
+        <v>2.3154833519632545</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>181.86603532000001</v>
+        <v>181.86637504000001</v>
       </c>
       <c r="C254" s="5">
-        <v>0.44731622000000471</v>
+        <v>0.44766031000000339</v>
       </c>
       <c r="D254" s="5">
-        <v>2.9992436999135785</v>
+        <v>3.0015822887008214</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>182.91367980000001</v>
+        <v>182.91388269999999</v>
       </c>
       <c r="C255" s="5">
-        <v>1.0476444800000024</v>
+        <v>1.0475076599999795</v>
       </c>
       <c r="D255" s="5">
-        <v>7.1359069831708144</v>
+        <v>7.1349315783960643</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>183.19741156000001</v>
+        <v>183.19772599999999</v>
       </c>
       <c r="C256" s="5">
-        <v>0.28373175999999489</v>
+        <v>0.28384330000000091</v>
       </c>
       <c r="D256" s="5">
-        <v>1.8773771710406839</v>
+        <v>1.8781194105865984</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>183.62868653999999</v>
+        <v>183.6286331</v>
       </c>
       <c r="C257" s="5">
-        <v>0.43127497999998354</v>
+        <v>0.43090710000001309</v>
       </c>
       <c r="D257" s="5">
-        <v>2.8618512356652692</v>
+        <v>2.8593734217253752</v>
       </c>
       <c r="E257" s="5">
-        <v>1.3441595431002984</v>
+        <v>1.3444398331016627</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>184.57986353000001</v>
+        <v>184.57949908000001</v>
       </c>
       <c r="C258" s="5">
-        <v>0.95117699000002176</v>
+        <v>0.95086598000000322</v>
       </c>
       <c r="D258" s="5">
-        <v>6.3960519782132907</v>
+        <v>6.3939026329611348</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>184.74930534000001</v>
+        <v>184.75008758000001</v>
       </c>
       <c r="C259" s="5">
-        <v>0.16944180999999503</v>
+        <v>0.17058850000000803</v>
       </c>
       <c r="D259" s="5">
-        <v>1.107162584253385</v>
+        <v>1.1146955979883355</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>185.12529044999999</v>
+        <v>185.11297316</v>
       </c>
       <c r="C260" s="5">
-        <v>0.3759851099999878</v>
+        <v>0.36288557999998261</v>
       </c>
       <c r="D260" s="5">
-        <v>2.4696530004019612</v>
+        <v>2.3826671974996216</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>184.88372554</v>
+        <v>184.88364786</v>
       </c>
       <c r="C261" s="5">
-        <v>-0.24156490999999392</v>
+        <v>-0.22932529999999929</v>
       </c>
       <c r="D261" s="5">
-        <v>-1.5546580278175792</v>
+        <v>-1.4765201737660272</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>184.4540198</v>
+        <v>184.47636288999999</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.42970574000000283</v>
+        <v>-0.4072849700000063</v>
       </c>
       <c r="D262" s="5">
-        <v>-2.7536557752860347</v>
+        <v>-2.6117160453320132</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>185.20438303</v>
+        <v>185.19248415999999</v>
       </c>
       <c r="C263" s="5">
-        <v>0.75036323000000493</v>
+        <v>0.71612127000000214</v>
       </c>
       <c r="D263" s="5">
-        <v>4.9923446972778951</v>
+        <v>4.7590514305817067</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>185.93869569</v>
+        <v>185.93833620999999</v>
       </c>
       <c r="C264" s="5">
-        <v>0.73431266000000051</v>
+        <v>0.74585204999999632</v>
       </c>
       <c r="D264" s="5">
-        <v>4.8629900087731492</v>
+        <v>4.9414350080429159</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>186.59459114000001</v>
+        <v>186.59456072</v>
       </c>
       <c r="C265" s="5">
-        <v>0.65589545000000271</v>
+        <v>0.65622451000001547</v>
       </c>
       <c r="D265" s="5">
-        <v>4.3160767258373811</v>
+        <v>4.3182927983892894</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>187.26657244</v>
+        <v>187.26788944</v>
       </c>
       <c r="C266" s="5">
-        <v>0.67198129999999878</v>
+        <v>0.67332872000000066</v>
       </c>
       <c r="D266" s="5">
-        <v>4.4081816558253495</v>
+        <v>4.4171975970855426</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>187.57958389999999</v>
+        <v>187.57959672000001</v>
       </c>
       <c r="C267" s="5">
-        <v>0.31301145999998425</v>
+        <v>0.31170728000000736</v>
       </c>
       <c r="D267" s="5">
-        <v>2.0243128222546813</v>
+        <v>2.0157867377475602</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>187.91234299000001</v>
+        <v>187.91262426</v>
       </c>
       <c r="C268" s="5">
-        <v>0.33275909000002457</v>
+        <v>0.33302753999998913</v>
       </c>
       <c r="D268" s="5">
-        <v>2.1496477556122606</v>
+        <v>2.1513987824758551</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>188.79926436</v>
+        <v>188.79964189</v>
       </c>
       <c r="C269" s="5">
-        <v>0.88692136999998183</v>
+        <v>0.88701763000000255</v>
       </c>
       <c r="D269" s="5">
-        <v>5.8132081947521952</v>
+        <v>5.8138466581987513</v>
       </c>
       <c r="E269" s="5">
-        <v>2.8157789054781945</v>
+        <v>2.8160144214459226</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>189.21117175000001</v>
+        <v>189.21117258999999</v>
       </c>
       <c r="C270" s="5">
-        <v>0.41190739000001031</v>
+        <v>0.41153069999998593</v>
       </c>
       <c r="D270" s="5">
-        <v>2.6497106305740425</v>
+        <v>2.6472529850503523</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>189.81010438999999</v>
+        <v>189.81133383</v>
       </c>
       <c r="C271" s="5">
-        <v>0.5989326399999868</v>
+        <v>0.60016124000000559</v>
       </c>
       <c r="D271" s="5">
-        <v>3.865336775206929</v>
+        <v>3.8734046208740436</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>190.56074308000001</v>
+        <v>190.54986016999999</v>
       </c>
       <c r="C272" s="5">
-        <v>0.7506386900000166</v>
+        <v>0.73852633999999284</v>
       </c>
       <c r="D272" s="5">
-        <v>4.850212605649995</v>
+        <v>4.7702356000414836</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>191.347149</v>
+        <v>191.34708336</v>
       </c>
       <c r="C273" s="5">
-        <v>0.78640591999999288</v>
+        <v>0.79722319000001107</v>
       </c>
       <c r="D273" s="5">
-        <v>5.0661207805001274</v>
+        <v>5.1377185374211987</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>192.16579317</v>
+        <v>192.18471829000001</v>
       </c>
       <c r="C274" s="5">
-        <v>0.81864416999999889</v>
+        <v>0.83763493000000722</v>
       </c>
       <c r="D274" s="5">
-        <v>5.2565289926823189</v>
+        <v>5.3814223085875579</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>193.2732015</v>
+        <v>193.26134999999999</v>
       </c>
       <c r="C275" s="5">
-        <v>1.1074083299999984</v>
+        <v>1.0766317099999867</v>
       </c>
       <c r="D275" s="5">
-        <v>7.1387793172455138</v>
+        <v>6.9335265224319986</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>192.77814330999999</v>
+        <v>192.77727969</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.49505819000000884</v>
+        <v>-0.48407030999999279</v>
       </c>
       <c r="D276" s="5">
-        <v>-3.0307960675609147</v>
+        <v>-2.9646304926385314</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>193.17995311999999</v>
+        <v>193.18002708</v>
       </c>
       <c r="C277" s="5">
-        <v>0.40180981000000315</v>
+        <v>0.40274739000000181</v>
       </c>
       <c r="D277" s="5">
-        <v>2.5300473802256196</v>
+        <v>2.5360304661922628</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>194.08072591999999</v>
+        <v>194.08323684999999</v>
       </c>
       <c r="C278" s="5">
-        <v>0.9007727999999986</v>
+        <v>0.90320976999998948</v>
       </c>
       <c r="D278" s="5">
-        <v>5.741196168760565</v>
+        <v>5.7571278496572287</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>195.37111895999999</v>
+        <v>195.37093283999999</v>
       </c>
       <c r="C279" s="5">
-        <v>1.2903930399999979</v>
+        <v>1.2876959900000031</v>
       </c>
       <c r="D279" s="5">
-        <v>8.2768147667454883</v>
+        <v>8.2587685354907023</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>196.23888947</v>
+        <v>196.23915894999999</v>
       </c>
       <c r="C280" s="5">
-        <v>0.86777051000001393</v>
+        <v>0.86822610999999483</v>
       </c>
       <c r="D280" s="5">
-        <v>5.4621361036635951</v>
+        <v>5.4650796421904291</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>197.23379026000001</v>
+        <v>197.23454733</v>
       </c>
       <c r="C281" s="5">
-        <v>0.99490079000000264</v>
+        <v>0.99538838000000851</v>
       </c>
       <c r="D281" s="5">
-        <v>6.2563560399877538</v>
+        <v>6.2594994159604012</v>
       </c>
       <c r="E281" s="5">
-        <v>4.4674569726697477</v>
+        <v>4.4676490673188907</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>198.01082776000001</v>
+        <v>198.01114514</v>
       </c>
       <c r="C282" s="5">
-        <v>0.77703750000000582</v>
+        <v>0.77659780999999839</v>
       </c>
       <c r="D282" s="5">
-        <v>4.8314090801416576</v>
+        <v>4.8285967948474839</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>199.09703929</v>
+        <v>199.0978236</v>
       </c>
       <c r="C283" s="5">
-        <v>1.0862115299999857</v>
+        <v>1.0866784600000017</v>
       </c>
       <c r="D283" s="5">
-        <v>6.785024176467469</v>
+        <v>6.7880182405594569</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>200.38931058</v>
+        <v>200.38262899</v>
       </c>
       <c r="C284" s="5">
-        <v>1.2922712900000022</v>
+        <v>1.2848053900000025</v>
       </c>
       <c r="D284" s="5">
-        <v>8.0729463731068272</v>
+        <v>8.0246058751383131</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>200.38045894000001</v>
+        <v>200.38070529000001</v>
       </c>
       <c r="C285" s="5">
-        <v>-8.8516399999889472E-3</v>
+        <v>-1.923699999991868E-3</v>
       </c>
       <c r="D285" s="5">
-        <v>-5.2993783809607287E-2</v>
+        <v>-1.1519552010008649E-2</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>202.01445022999999</v>
+        <v>202.02663165999999</v>
       </c>
       <c r="C286" s="5">
-        <v>1.6339912899999831</v>
+        <v>1.6459263699999838</v>
       </c>
       <c r="D286" s="5">
-        <v>10.23635069941049</v>
+        <v>10.314516437928557</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>203.46369149</v>
+        <v>203.45246347</v>
       </c>
       <c r="C287" s="5">
-        <v>1.449241260000008</v>
+        <v>1.4258318100000054</v>
       </c>
       <c r="D287" s="5">
-        <v>8.9566660033620451</v>
+        <v>8.8057777009327367</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>204.5072457</v>
+        <v>204.50657644</v>
       </c>
       <c r="C288" s="5">
-        <v>1.0435542099999964</v>
+        <v>1.0541129700000056</v>
       </c>
       <c r="D288" s="5">
-        <v>6.331357728959075</v>
+        <v>6.3976185820602272</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>205.228883</v>
+        <v>205.22916513999999</v>
       </c>
       <c r="C289" s="5">
-        <v>0.72163729999999759</v>
+        <v>0.72258869999998865</v>
       </c>
       <c r="D289" s="5">
-        <v>4.3175504932393416</v>
+        <v>4.3233682089804937</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>205.55825469999999</v>
+        <v>205.56196675999999</v>
       </c>
       <c r="C290" s="5">
-        <v>0.32937169999999583</v>
+        <v>0.33280161999999791</v>
       </c>
       <c r="D290" s="5">
-        <v>1.9429701187448689</v>
+        <v>1.9633813646094955</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>205.86336209999999</v>
+        <v>205.86327094000001</v>
       </c>
       <c r="C291" s="5">
-        <v>0.30510739999999714</v>
+        <v>0.30130418000001669</v>
       </c>
       <c r="D291" s="5">
-        <v>1.7957568257642276</v>
+        <v>1.7731593470432516</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>206.81826305999999</v>
+        <v>206.81869388999999</v>
       </c>
       <c r="C292" s="5">
-        <v>0.95490096000000335</v>
+        <v>0.95542294999998489</v>
       </c>
       <c r="D292" s="5">
-        <v>5.7104452302037201</v>
+        <v>5.7136495092964035</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>207.11179884000001</v>
+        <v>207.11253137</v>
       </c>
       <c r="C293" s="5">
-        <v>0.29353578000001335</v>
+        <v>0.29383748000000764</v>
       </c>
       <c r="D293" s="5">
-        <v>1.7165100855652593</v>
+        <v>1.7182845390916635</v>
       </c>
       <c r="E293" s="5">
-        <v>5.0082739711985846</v>
+        <v>5.0082423052756564</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>207.25305839000001</v>
+        <v>207.25358457999999</v>
       </c>
       <c r="C294" s="5">
-        <v>0.1412595500000009</v>
+        <v>0.14105320999999549</v>
       </c>
       <c r="D294" s="5">
-        <v>0.82153111604283957</v>
+        <v>0.82032368206077511</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>207.63599335999999</v>
+        <v>207.63646022</v>
       </c>
       <c r="C295" s="5">
-        <v>0.38293496999997956</v>
+        <v>0.38287564000000884</v>
       </c>
       <c r="D295" s="5">
-        <v>2.2398732818738054</v>
+        <v>2.2395169698753437</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>208.04491345</v>
+        <v>208.04136736999999</v>
       </c>
       <c r="C296" s="5">
-        <v>0.4089200900000094</v>
+        <v>0.40490714999998545</v>
       </c>
       <c r="D296" s="5">
-        <v>2.3890575533304981</v>
+        <v>2.3653551278832952</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>208.69618523</v>
+        <v>208.69613704</v>
       </c>
       <c r="C297" s="5">
-        <v>0.65127178000000185</v>
+        <v>0.65476967000000741</v>
       </c>
       <c r="D297" s="5">
-        <v>3.8218833740259139</v>
+        <v>3.8428334417655696</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>208.79554558999999</v>
+        <v>208.80159413000001</v>
       </c>
       <c r="C298" s="5">
-        <v>9.9360359999991488E-2</v>
+        <v>0.1054570900000158</v>
       </c>
       <c r="D298" s="5">
-        <v>0.57281902065415835</v>
+        <v>0.60806495964260687</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>209.17488329</v>
+        <v>209.16688995999999</v>
       </c>
       <c r="C299" s="5">
-        <v>0.37933770000000777</v>
+        <v>0.36529582999997956</v>
       </c>
       <c r="D299" s="5">
-        <v>2.2020654985900334</v>
+        <v>2.1197042300032942</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>210.75876919000001</v>
+        <v>210.75773644</v>
       </c>
       <c r="C300" s="5">
-        <v>1.5838859000000127</v>
+        <v>1.5908464800000104</v>
       </c>
       <c r="D300" s="5">
-        <v>9.4746133431218524</v>
+        <v>9.5183867871200256</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>211.33642925000001</v>
+        <v>211.33653509999999</v>
       </c>
       <c r="C301" s="5">
-        <v>0.57766005999999948</v>
+        <v>0.5787986599999897</v>
       </c>
       <c r="D301" s="5">
-        <v>3.3390677679489</v>
+        <v>3.3457656264575641</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>211.32121364</v>
+        <v>211.32521030999999</v>
       </c>
       <c r="C302" s="5">
-        <v>-1.5215610000012703E-2</v>
+        <v>-1.1324790000003304E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>-8.6362316393040484E-2</v>
+        <v>-6.4284878421827507E-2</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>212.99304469</v>
+        <v>212.99310009999999</v>
       </c>
       <c r="C303" s="5">
-        <v>1.6718310500000086</v>
+        <v>1.6678897900000038</v>
       </c>
       <c r="D303" s="5">
-        <v>9.9177693240378737</v>
+        <v>9.8931692565816363</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>213.65792614</v>
+        <v>213.65860158999999</v>
       </c>
       <c r="C304" s="5">
-        <v>0.66488144999999577</v>
+        <v>0.66550148999999692</v>
       </c>
       <c r="D304" s="5">
-        <v>3.810920642579374</v>
+        <v>3.8145348297117465</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>213.90778526</v>
+        <v>213.90845053999999</v>
       </c>
       <c r="C305" s="5">
-        <v>0.24985911999999644</v>
+        <v>0.24984895000000051</v>
       </c>
       <c r="D305" s="5">
-        <v>1.4123836527</v>
+        <v>1.412321300677255</v>
       </c>
       <c r="E305" s="5">
-        <v>3.2813130193756423</v>
+        <v>3.2812689435287146</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>214.90988953999999</v>
+        <v>214.91057749999999</v>
       </c>
       <c r="C306" s="5">
-        <v>1.0021042799999975</v>
+        <v>1.0021269599999982</v>
       </c>
       <c r="D306" s="5">
-        <v>5.7688341099835894</v>
+        <v>5.7689496478154023</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>215.45462067</v>
+        <v>215.45468982</v>
       </c>
       <c r="C307" s="5">
-        <v>0.54473113000000239</v>
+        <v>0.54411232000001064</v>
       </c>
       <c r="D307" s="5">
-        <v>3.0843978098125779</v>
+        <v>3.0808350255962402</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>215.89626243000001</v>
+        <v>215.89585761999999</v>
       </c>
       <c r="C308" s="5">
-        <v>0.44164176000001021</v>
+        <v>0.44116779999998812</v>
       </c>
       <c r="D308" s="5">
-        <v>2.4876978399515082</v>
+        <v>2.4849971543524862</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>216.41953638000001</v>
+        <v>216.41890443</v>
       </c>
       <c r="C309" s="5">
-        <v>0.52327395000000365</v>
+        <v>0.52304681000001096</v>
       </c>
       <c r="D309" s="5">
-        <v>2.947560734643595</v>
+        <v>2.9462697747485445</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>217.01127027999999</v>
+        <v>217.01166778000001</v>
       </c>
       <c r="C310" s="5">
-        <v>0.59173389999997994</v>
+        <v>0.59276335000001268</v>
       </c>
       <c r="D310" s="5">
-        <v>3.3308308117352192</v>
+        <v>3.336722979222384</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>217.44682026999999</v>
+        <v>217.44245979999999</v>
       </c>
       <c r="C311" s="5">
-        <v>0.43554998999999839</v>
+        <v>0.43079201999998418</v>
       </c>
       <c r="D311" s="5">
-        <v>2.4352111021379796</v>
+        <v>2.4083131698164228</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>217.94269617</v>
+        <v>217.94146164</v>
       </c>
       <c r="C312" s="5">
-        <v>0.49587590000001569</v>
+        <v>0.49900184000000536</v>
       </c>
       <c r="D312" s="5">
-        <v>2.7711212660148643</v>
+        <v>2.7888677803707518</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>218.24347649000001</v>
+        <v>218.24314975999999</v>
       </c>
       <c r="C313" s="5">
-        <v>0.30078032000000121</v>
+        <v>0.30168811999999434</v>
       </c>
       <c r="D313" s="5">
-        <v>1.6687354833495593</v>
+        <v>1.6738199372124285</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>218.96064935000001</v>
+        <v>218.96458068999999</v>
       </c>
       <c r="C314" s="5">
-        <v>0.71717286000000513</v>
+        <v>0.72143092999999681</v>
       </c>
       <c r="D314" s="5">
-        <v>4.0153932005567494</v>
+        <v>4.0396750740631537</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>218.9048167</v>
+        <v>218.90484222000001</v>
       </c>
       <c r="C315" s="5">
-        <v>-5.5832650000013473E-2</v>
+        <v>-5.9738469999985E-2</v>
       </c>
       <c r="D315" s="5">
-        <v>-0.30555854471844279</v>
+        <v>-0.32689622556627551</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>219.34516499</v>
+        <v>219.34589036</v>
       </c>
       <c r="C316" s="5">
-        <v>0.44034829000000286</v>
+        <v>0.44104813999999237</v>
       </c>
       <c r="D316" s="5">
-        <v>2.4408034387207067</v>
+        <v>2.4447254319120981</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>219.91643364000001</v>
+        <v>219.91717516</v>
       </c>
       <c r="C317" s="5">
-        <v>0.57126865000000748</v>
+        <v>0.57128480000000081</v>
       </c>
       <c r="D317" s="5">
-        <v>3.1704724147224805</v>
+        <v>3.1705526974996179</v>
       </c>
       <c r="E317" s="5">
-        <v>2.8089900387200162</v>
+        <v>2.8090169438520718</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>221.74857198000001</v>
+        <v>221.74988390999999</v>
       </c>
       <c r="C318" s="5">
-        <v>1.8321383400000002</v>
+        <v>1.8327087499999948</v>
       </c>
       <c r="D318" s="5">
-        <v>10.468326018996876</v>
+        <v>10.471699053484262</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>221.73880295999999</v>
+        <v>221.73971478000001</v>
       </c>
       <c r="C319" s="5">
-        <v>-9.7690200000215555E-3</v>
+        <v>-1.0169129999979987E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>-5.2852579278628298E-2</v>
+        <v>-5.5016392344664489E-2</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>221.86861852000001</v>
+        <v>221.86861034</v>
       </c>
       <c r="C320" s="5">
-        <v>0.1298155600000257</v>
+        <v>0.12889555999998947</v>
       </c>
       <c r="D320" s="5">
-        <v>0.70479883536938015</v>
+        <v>0.69978507485872754</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>223.17732144999999</v>
+        <v>223.17557152000001</v>
       </c>
       <c r="C321" s="5">
-        <v>1.3087029299999813</v>
+        <v>1.3069611800000018</v>
       </c>
       <c r="D321" s="5">
-        <v>7.3124673764135784</v>
+        <v>7.3024180598117105</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>224.61698340999999</v>
+        <v>224.61586754999999</v>
       </c>
       <c r="C322" s="5">
-        <v>1.4396619599999951</v>
+        <v>1.4402960299999847</v>
       </c>
       <c r="D322" s="5">
-        <v>8.0215373436788528</v>
+        <v>8.0252617771686019</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>224.46748873000001</v>
+        <v>224.46559083</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.14949467999997523</v>
+        <v>-0.1502767199999937</v>
       </c>
       <c r="D323" s="5">
-        <v>-0.79574745160095883</v>
+        <v>-0.79989883758362357</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>225.36814236999999</v>
+        <v>225.36630294</v>
       </c>
       <c r="C324" s="5">
-        <v>0.90065363999997317</v>
+        <v>0.90071211000000062</v>
       </c>
       <c r="D324" s="5">
-        <v>4.9225713926738024</v>
+        <v>4.9229405961742412</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>225.93459985999999</v>
+        <v>225.93339587</v>
       </c>
       <c r="C325" s="5">
-        <v>0.56645749000000478</v>
+        <v>0.56709293000000116</v>
       </c>
       <c r="D325" s="5">
-        <v>3.0582188285539047</v>
+        <v>3.0617224277265542</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>227.03932262999999</v>
+        <v>227.04199869000001</v>
       </c>
       <c r="C326" s="5">
-        <v>1.1047227699999951</v>
+        <v>1.1086028200000158</v>
       </c>
       <c r="D326" s="5">
-        <v>6.0278748857852449</v>
+        <v>6.0496539478707145</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>227.67719023999999</v>
+        <v>227.67681528</v>
       </c>
       <c r="C327" s="5">
-        <v>0.6378676100000007</v>
+        <v>0.63481658999998558</v>
       </c>
       <c r="D327" s="5">
-        <v>3.4239901409099271</v>
+        <v>3.4073192141740316</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>228.70239326999999</v>
+        <v>228.70301784</v>
       </c>
       <c r="C328" s="5">
-        <v>1.0252030300000001</v>
+        <v>1.0262025600000015</v>
       </c>
       <c r="D328" s="5">
-        <v>5.5393060243183356</v>
+        <v>5.5448505546714433</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>229.81297610999999</v>
+        <v>229.81409162</v>
       </c>
       <c r="C329" s="5">
-        <v>1.1105828400000064</v>
+        <v>1.1110737799999981</v>
       </c>
       <c r="D329" s="5">
-        <v>5.9854020122500851</v>
+        <v>5.9881021986984528</v>
       </c>
       <c r="E329" s="5">
-        <v>4.5001377596912473</v>
+        <v>4.5002926455378178</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>230.05247838</v>
+        <v>230.05511895000001</v>
       </c>
       <c r="C330" s="5">
-        <v>0.23950227000000268</v>
+        <v>0.24102733000000853</v>
       </c>
       <c r="D330" s="5">
-        <v>1.2577872041229288</v>
+        <v>1.2658363949080709</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>230.67543394</v>
+        <v>230.67837419</v>
       </c>
       <c r="C331" s="5">
-        <v>0.62295556000000829</v>
+        <v>0.62325523999999177</v>
       </c>
       <c r="D331" s="5">
-        <v>3.2982964229401945</v>
+        <v>3.2998683810975038</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>231.86962456000001</v>
+        <v>231.8719408</v>
       </c>
       <c r="C332" s="5">
-        <v>1.1941906200000005</v>
+        <v>1.1935666100000049</v>
       </c>
       <c r="D332" s="5">
-        <v>6.3922884774324507</v>
+        <v>6.3887688753650362</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>233.23699655999999</v>
+        <v>233.23332657</v>
       </c>
       <c r="C333" s="5">
-        <v>1.3673719999999889</v>
+        <v>1.3613857699999983</v>
       </c>
       <c r="D333" s="5">
-        <v>7.3106876054362946</v>
+        <v>7.2775665449614113</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>233.91139949000001</v>
+        <v>233.90868791</v>
       </c>
       <c r="C334" s="5">
-        <v>0.67440293000001361</v>
+        <v>0.67536133999999493</v>
       </c>
       <c r="D334" s="5">
-        <v>3.5255066251373313</v>
+        <v>3.5306533088074854</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>234.36054050999999</v>
+        <v>234.35814400999999</v>
       </c>
       <c r="C335" s="5">
-        <v>0.44914101999998479</v>
+        <v>0.44945609999999192</v>
       </c>
       <c r="D335" s="5">
-        <v>2.3286497509751092</v>
+        <v>2.3303279407065114</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>234.60590773999999</v>
+        <v>234.60415028</v>
       </c>
       <c r="C336" s="5">
-        <v>0.24536722999999938</v>
+        <v>0.24600627000000941</v>
       </c>
       <c r="D336" s="5">
-        <v>1.2636175267678906</v>
+        <v>1.2669405745023177</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>234.56514110000001</v>
+        <v>234.56315995</v>
       </c>
       <c r="C337" s="5">
-        <v>-4.0766639999986864E-2</v>
+        <v>-4.0990329999999631E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>-0.20832059160630356</v>
+        <v>-0.20946413369548056</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>237.18330280999999</v>
+        <v>237.18427234000001</v>
       </c>
       <c r="C338" s="5">
-        <v>2.6181617099999812</v>
+        <v>2.6211123900000075</v>
       </c>
       <c r="D338" s="5">
-        <v>14.24775835159393</v>
+        <v>14.264943097609862</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>236.70171518999999</v>
+        <v>236.70109897</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.48158761999999911</v>
+        <v>-0.48317337000000293</v>
       </c>
       <c r="D339" s="5">
-        <v>-2.4095073015850343</v>
+        <v>-2.4173427677353088</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>235.86637039999999</v>
+        <v>235.86692303000001</v>
       </c>
       <c r="C340" s="5">
-        <v>-0.83534478999999351</v>
+        <v>-0.8341759399999944</v>
       </c>
       <c r="D340" s="5">
-        <v>-4.1536830692564415</v>
+        <v>-4.1479938378536581</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>236.46400776999999</v>
+        <v>236.46465006</v>
       </c>
       <c r="C341" s="5">
-        <v>0.59763737000000106</v>
+        <v>0.59772702999998728</v>
       </c>
       <c r="D341" s="5">
-        <v>3.0832884798743132</v>
+        <v>3.0837501874728224</v>
       </c>
       <c r="E341" s="5">
-        <v>2.8941062304578047</v>
+        <v>2.8938862682958311</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>236.74653925999999</v>
+        <v>236.74821725000001</v>
       </c>
       <c r="C342" s="5">
-        <v>0.28253148999999667</v>
+        <v>0.28356719000001362</v>
       </c>
       <c r="D342" s="5">
-        <v>1.4432415121453879</v>
+        <v>1.4485631099226515</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>236.93844339</v>
+        <v>236.94986913</v>
       </c>
       <c r="C343" s="5">
-        <v>0.19190413000001172</v>
+        <v>0.20165187999998579</v>
       </c>
       <c r="D343" s="5">
-        <v>0.97705504474092653</v>
+        <v>1.0269098900135942</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>236.69548953</v>
+        <v>236.70052387000001</v>
       </c>
       <c r="C344" s="5">
-        <v>-0.24295386000000008</v>
+        <v>-0.24934525999998414</v>
       </c>
       <c r="D344" s="5">
-        <v>-1.2235500054709303</v>
+        <v>-1.2554917431563895</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>236.36080365999999</v>
+        <v>236.35386342999999</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.33468587000001548</v>
+        <v>-0.34666044000002216</v>
       </c>
       <c r="D345" s="5">
-        <v>-1.6836582383866094</v>
+        <v>-1.7433759286777262</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>237.43976932000001</v>
+        <v>237.43464768999999</v>
       </c>
       <c r="C346" s="5">
-        <v>1.0789656600000228</v>
+        <v>1.0807842600000015</v>
       </c>
       <c r="D346" s="5">
-        <v>5.617539146884698</v>
+        <v>5.62741632776107</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>238.36803137999999</v>
+        <v>238.36448318000001</v>
       </c>
       <c r="C347" s="5">
-        <v>0.92826205999998024</v>
+        <v>0.92983549000001631</v>
       </c>
       <c r="D347" s="5">
-        <v>4.793555876665323</v>
+        <v>4.8019627084911809</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>238.73202763</v>
+        <v>238.72959976000001</v>
       </c>
       <c r="C348" s="5">
-        <v>0.36399625000001379</v>
+        <v>0.3651165800000058</v>
       </c>
       <c r="D348" s="5">
-        <v>1.8479103310206968</v>
+        <v>1.8536737697599781</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>239.58882355</v>
+        <v>239.58579366999999</v>
       </c>
       <c r="C349" s="5">
-        <v>0.85679591999999616</v>
+        <v>0.85619390999997336</v>
       </c>
       <c r="D349" s="5">
-        <v>4.392769708285682</v>
+        <v>4.3896676110495525</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>240.23319758</v>
+        <v>240.23272485000001</v>
       </c>
       <c r="C350" s="5">
-        <v>0.64437402999999449</v>
+        <v>0.64693118000002414</v>
       </c>
       <c r="D350" s="5">
-        <v>3.2755705301295013</v>
+        <v>3.2888052512546562</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>241.76246932999999</v>
+        <v>241.76174841</v>
       </c>
       <c r="C351" s="5">
-        <v>1.5292717499999924</v>
+        <v>1.5290235599999846</v>
       </c>
       <c r="D351" s="5">
-        <v>7.9121464460479185</v>
+        <v>7.9108331960298317</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>242.70698014000001</v>
+        <v>242.7075719</v>
       </c>
       <c r="C352" s="5">
-        <v>0.94451081000002546</v>
+        <v>0.94582349000000931</v>
       </c>
       <c r="D352" s="5">
-        <v>4.7901845712414293</v>
+        <v>4.7970004760031104</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>243.59784028000001</v>
+        <v>243.59803891999999</v>
       </c>
       <c r="C353" s="5">
-        <v>0.89086014000000091</v>
+        <v>0.89046701999998845</v>
       </c>
       <c r="D353" s="5">
-        <v>4.4946373871494583</v>
+        <v>4.4926026187812607</v>
       </c>
       <c r="E353" s="5">
-        <v>3.0168787957526533</v>
+        <v>3.0166829833507824</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>244.54660326999999</v>
+        <v>244.54719109000001</v>
       </c>
       <c r="C354" s="5">
-        <v>0.94876298999997744</v>
+        <v>0.94915217000001917</v>
       </c>
       <c r="D354" s="5">
-        <v>4.7751800921019605</v>
+        <v>4.7771770447889716</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>245.93624826999999</v>
+        <v>245.95586595</v>
       </c>
       <c r="C355" s="5">
-        <v>1.3896450000000016</v>
+        <v>1.4086748599999908</v>
       </c>
       <c r="D355" s="5">
-        <v>7.0362548642684208</v>
+        <v>7.1356654696561606</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>247.12562162</v>
+        <v>247.13587372999999</v>
       </c>
       <c r="C356" s="5">
-        <v>1.189373350000011</v>
+        <v>1.1800077799999826</v>
       </c>
       <c r="D356" s="5">
-        <v>5.960200969620244</v>
+        <v>5.911538779403247</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>247.55652573</v>
+        <v>247.5457744</v>
       </c>
       <c r="C357" s="5">
-        <v>0.43090411000000017</v>
+        <v>0.40990067000001318</v>
       </c>
       <c r="D357" s="5">
-        <v>2.1125805899211425</v>
+        <v>2.0085825399123181</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>248.77819817</v>
+        <v>248.77012962000001</v>
       </c>
       <c r="C358" s="5">
-        <v>1.2216724399999919</v>
+        <v>1.2243552200000067</v>
       </c>
       <c r="D358" s="5">
-        <v>6.0853143171345048</v>
+        <v>6.0993153328540606</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>250.31570575000001</v>
+        <v>250.30985165999999</v>
       </c>
       <c r="C359" s="5">
-        <v>1.5375075800000104</v>
+        <v>1.5397220399999867</v>
       </c>
       <c r="D359" s="5">
-        <v>7.6736364139863733</v>
+        <v>7.6853254065856191</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>251.63056201000001</v>
+        <v>251.62615016999999</v>
       </c>
       <c r="C360" s="5">
-        <v>1.3148562599999991</v>
+        <v>1.3162985099999958</v>
       </c>
       <c r="D360" s="5">
-        <v>6.488682601756901</v>
+        <v>6.496163406035671</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>253.13613888</v>
+        <v>253.13147472</v>
       </c>
       <c r="C361" s="5">
-        <v>1.5055768699999987</v>
+        <v>1.5053245500000116</v>
       </c>
       <c r="D361" s="5">
-        <v>7.4209939313962803</v>
+        <v>7.4198434446031358</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>253.45486595</v>
+        <v>253.45326326</v>
       </c>
       <c r="C362" s="5">
-        <v>0.31872706999999423</v>
+        <v>0.32178854000000001</v>
       </c>
       <c r="D362" s="5">
-        <v>1.5214433735877941</v>
+        <v>1.5361881301873659</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>253.77924351999999</v>
+        <v>253.77964019000001</v>
       </c>
       <c r="C363" s="5">
-        <v>0.32437756999999579</v>
+        <v>0.32637693000000922</v>
       </c>
       <c r="D363" s="5">
-        <v>1.5466452760889426</v>
+        <v>1.5562558346514876</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>254.77662602000001</v>
+        <v>254.77802102999999</v>
       </c>
       <c r="C364" s="5">
-        <v>0.99738250000001472</v>
+        <v>0.99838083999998162</v>
       </c>
       <c r="D364" s="5">
-        <v>4.8194320588731854</v>
+        <v>4.8243532689108637</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>255.84307071999999</v>
+        <v>255.84473027999999</v>
       </c>
       <c r="C365" s="5">
-        <v>1.0664446999999768</v>
+        <v>1.0667092500000024</v>
       </c>
       <c r="D365" s="5">
-        <v>5.1402302864984373</v>
+        <v>5.1415061113155192</v>
       </c>
       <c r="E365" s="5">
-        <v>5.0268222517592331</v>
+        <v>5.0274178783606516</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>257.08471237999998</v>
+        <v>257.08552818999999</v>
       </c>
       <c r="C366" s="5">
-        <v>1.2416416599999991</v>
+        <v>1.2407979099999977</v>
       </c>
       <c r="D366" s="5">
-        <v>5.9817571203848452</v>
+        <v>5.9775434060379329</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>258.03599251999998</v>
+        <v>258.06471210000001</v>
       </c>
       <c r="C367" s="5">
-        <v>0.95128013999999439</v>
+        <v>0.97918391000001748</v>
       </c>
       <c r="D367" s="5">
-        <v>4.5318019646312546</v>
+        <v>4.667515200269623</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>258.26800226</v>
+        <v>258.28197208</v>
       </c>
       <c r="C368" s="5">
-        <v>0.23200974000002361</v>
+        <v>0.21725997999999436</v>
       </c>
       <c r="D368" s="5">
-        <v>1.0843163261082367</v>
+        <v>1.0149491406238997</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>252.94455563</v>
+        <v>252.93029274</v>
       </c>
       <c r="C369" s="5">
-        <v>-5.3234466300000065</v>
+        <v>-5.351679340000004</v>
       </c>
       <c r="D369" s="5">
-        <v>-22.114467299216876</v>
+        <v>-22.217654488018223</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>253.8181859</v>
+        <v>253.80486135000001</v>
       </c>
       <c r="C370" s="5">
-        <v>0.8736302700000067</v>
+        <v>0.8745686100000114</v>
       </c>
       <c r="D370" s="5">
-        <v>4.2242541856792659</v>
+        <v>4.2291209794431683</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>253.98767523000001</v>
+        <v>253.97546948999999</v>
       </c>
       <c r="C371" s="5">
-        <v>0.16948933000000466</v>
+        <v>0.17060813999998459</v>
       </c>
       <c r="D371" s="5">
-        <v>0.80426008560812168</v>
+        <v>0.80963136071416919</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>253.48329086999999</v>
+        <v>253.47383393999999</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.5043843600000173</v>
+        <v>-0.50163555000000315</v>
       </c>
       <c r="D372" s="5">
-        <v>-2.357177329475757</v>
+        <v>-2.3445817855840656</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>255.38761517</v>
+        <v>255.38008919000001</v>
       </c>
       <c r="C373" s="5">
-        <v>1.9043243000000132</v>
+        <v>1.9062552500000152</v>
       </c>
       <c r="D373" s="5">
-        <v>9.3971355909536989</v>
+        <v>9.4074272543339887</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>256.79151461999999</v>
+        <v>256.78974937999999</v>
       </c>
       <c r="C374" s="5">
-        <v>1.4038994499999831</v>
+        <v>1.4096601899999825</v>
       </c>
       <c r="D374" s="5">
-        <v>6.7997004568839614</v>
+        <v>6.8286621160574157</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>259.87149005999999</v>
+        <v>259.87577893000002</v>
       </c>
       <c r="C375" s="5">
-        <v>3.0799754399999983</v>
+        <v>3.0860295500000348</v>
       </c>
       <c r="D375" s="5">
-        <v>15.38134913433864</v>
+        <v>15.413722177117716</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>260.93275546000001</v>
+        <v>260.93946914999998</v>
       </c>
       <c r="C376" s="5">
-        <v>1.0612654000000248</v>
+        <v>1.0636902199999554</v>
       </c>
       <c r="D376" s="5">
-        <v>5.0121538735207416</v>
+        <v>5.0237800848438097</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>262.16515344999999</v>
+        <v>262.17398248000001</v>
       </c>
       <c r="C377" s="5">
-        <v>1.2323979899999813</v>
+        <v>1.2345133300000271</v>
       </c>
       <c r="D377" s="5">
-        <v>5.8172279928193626</v>
+        <v>5.8273203186662403</v>
       </c>
       <c r="E377" s="5">
-        <v>2.4710783497900568</v>
+        <v>2.473864594777142</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>263.57003084000002</v>
+        <v>263.57757888999998</v>
       </c>
       <c r="C378" s="5">
-        <v>1.4048773900000242</v>
+        <v>1.4035964099999774</v>
       </c>
       <c r="D378" s="5">
-        <v>6.6234529140830389</v>
+        <v>6.6170052108720734</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>263.91046279</v>
+        <v>263.94417100999999</v>
       </c>
       <c r="C379" s="5">
-        <v>0.3404319499999815</v>
+        <v>0.36659212000000707</v>
       </c>
       <c r="D379" s="5">
-        <v>1.5610004824566204</v>
+        <v>1.6818248537324054</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>266.38807926999999</v>
+        <v>266.40470957000002</v>
       </c>
       <c r="C380" s="5">
-        <v>2.4776164799999947</v>
+        <v>2.4605385600000318</v>
       </c>
       <c r="D380" s="5">
-        <v>11.866007546519519</v>
+        <v>11.77839586016951</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>266.60209067</v>
+        <v>266.58191237</v>
       </c>
       <c r="C381" s="5">
-        <v>0.21401140000000396</v>
+        <v>0.17720279999997501</v>
       </c>
       <c r="D381" s="5">
-        <v>0.96832967250763957</v>
+        <v>0.80112330811166199</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>267.00081236</v>
+        <v>266.97600283999998</v>
       </c>
       <c r="C382" s="5">
-        <v>0.39872169000000213</v>
+        <v>0.39409046999998054</v>
       </c>
       <c r="D382" s="5">
-        <v>1.8095184333225767</v>
+        <v>1.7884658716192714</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>267.68551568999999</v>
+        <v>267.65947711000001</v>
       </c>
       <c r="C383" s="5">
-        <v>0.68470332999999073</v>
+        <v>0.68347427000003336</v>
       </c>
       <c r="D383" s="5">
-        <v>3.1210855293418271</v>
+        <v>3.1156975871091008</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>271.51925623</v>
+        <v>271.50263914999999</v>
       </c>
       <c r="C384" s="5">
-        <v>3.833740540000008</v>
+        <v>3.8431620399999815</v>
       </c>
       <c r="D384" s="5">
-        <v>18.606681527210544</v>
+        <v>18.658038201223647</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>272.29797323000003</v>
+        <v>272.28564012999999</v>
       </c>
       <c r="C385" s="5">
-        <v>0.77871700000002875</v>
+        <v>0.78300097999999707</v>
       </c>
       <c r="D385" s="5">
-        <v>3.4964091194755298</v>
+        <v>3.5161687505226968</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>272.89043815999997</v>
+        <v>272.89013089999997</v>
       </c>
       <c r="C386" s="5">
-        <v>0.59246492999994871</v>
+        <v>0.60449076999998397</v>
       </c>
       <c r="D386" s="5">
-        <v>2.6424283064919063</v>
+        <v>2.6968445355165516</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>277.71162579000003</v>
+        <v>277.72252236000003</v>
       </c>
       <c r="C387" s="5">
-        <v>4.821187630000054</v>
+        <v>4.8323914600000535</v>
       </c>
       <c r="D387" s="5">
-        <v>23.386858601501892</v>
+        <v>23.446635018012984</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>278.53642177</v>
+        <v>278.55584913000001</v>
       </c>
       <c r="C388" s="5">
-        <v>0.82479597999997623</v>
+        <v>0.83332676999998512</v>
       </c>
       <c r="D388" s="5">
-        <v>3.6227644681961602</v>
+        <v>3.6607089685718464</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>279.17224596</v>
+        <v>279.19966013999999</v>
       </c>
       <c r="C389" s="5">
-        <v>0.63582418999999391</v>
+        <v>0.64381100999997898</v>
       </c>
       <c r="D389" s="5">
-        <v>2.7739339762202775</v>
+        <v>2.8090241379969738</v>
       </c>
       <c r="E389" s="5">
-        <v>6.4871674538712343</v>
+        <v>6.4940378518676178</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>279.17012602</v>
+        <v>279.18333727999999</v>
       </c>
       <c r="C390" s="5">
-        <v>-2.1199400000000423E-3</v>
+        <v>-1.6322860000002493E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>-9.1120152235446561E-3</v>
+        <v>-7.0133090216728533E-2</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>279.64413288999998</v>
+        <v>279.68830184000001</v>
       </c>
       <c r="C391" s="5">
-        <v>0.47400686999998243</v>
+        <v>0.50496456000001899</v>
       </c>
       <c r="D391" s="5">
-        <v>2.0566321403662435</v>
+        <v>2.1921867234076187</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>279.16947958999998</v>
+        <v>279.20362731</v>
       </c>
       <c r="C392" s="5">
-        <v>-0.47465329999999994</v>
+        <v>-0.4846745300000066</v>
       </c>
       <c r="D392" s="5">
-        <v>-2.0179097737554441</v>
+        <v>-2.0597858649867407</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>280.85276851999998</v>
+        <v>280.80570678999999</v>
       </c>
       <c r="C393" s="5">
-        <v>1.6832889300000033</v>
+        <v>1.6020794799999862</v>
       </c>
       <c r="D393" s="5">
-        <v>7.4803985013957464</v>
+        <v>7.1071545798777169</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>281.66088574000003</v>
+        <v>281.60708819000001</v>
       </c>
       <c r="C394" s="5">
-        <v>0.80811722000004238</v>
+        <v>0.80138140000002522</v>
       </c>
       <c r="D394" s="5">
-        <v>3.5080141194917536</v>
+        <v>3.4789058672881179</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>282.58197699999999</v>
+        <v>282.53710001000002</v>
       </c>
       <c r="C395" s="5">
-        <v>0.92109125999996877</v>
+        <v>0.93001182000000426</v>
       </c>
       <c r="D395" s="5">
-        <v>3.9956137728815788</v>
+        <v>4.0358007645459049</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>286.45482385000003</v>
+        <v>286.42869292</v>
       </c>
       <c r="C396" s="5">
-        <v>3.8728468500000304</v>
+        <v>3.8915929099999857</v>
       </c>
       <c r="D396" s="5">
-        <v>17.74437548073573</v>
+        <v>17.839924438449948</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>287.8152346</v>
+        <v>287.79883439000002</v>
       </c>
       <c r="C397" s="5">
-        <v>1.3604107499999714</v>
+        <v>1.3701414700000214</v>
       </c>
       <c r="D397" s="5">
-        <v>5.850193839341955</v>
+        <v>5.893697840170331</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>288.99493113</v>
+        <v>289.00252604000002</v>
       </c>
       <c r="C398" s="5">
-        <v>1.1796965300000011</v>
+        <v>1.2036916499999961</v>
       </c>
       <c r="D398" s="5">
-        <v>5.030967645473905</v>
+        <v>5.1359629595998157</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>290.11506193999998</v>
+        <v>290.13923147000003</v>
       </c>
       <c r="C399" s="5">
-        <v>1.1201308099999778</v>
+        <v>1.1367054300000063</v>
       </c>
       <c r="D399" s="5">
-        <v>4.7515879169763187</v>
+        <v>4.8232959741357773</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>290.5470057</v>
+        <v>290.58539452000002</v>
       </c>
       <c r="C400" s="5">
-        <v>0.43194376000002421</v>
+        <v>0.44616304999999556</v>
       </c>
       <c r="D400" s="5">
-        <v>1.801347917969065</v>
+        <v>1.860993216939133</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>290.44677787000001</v>
+        <v>290.50032905</v>
       </c>
       <c r="C401" s="5">
-        <v>-0.10022782999999436</v>
+        <v>-8.506547000001774E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>-0.41317054333365189</v>
+        <v>-0.35072090173895454</v>
       </c>
       <c r="E401" s="5">
-        <v>4.0385575834122944</v>
+        <v>4.0475224448101033</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>290.37438149000002</v>
+        <v>290.40120820999999</v>
       </c>
       <c r="C402" s="5">
-        <v>-7.2396379999986493E-2</v>
+        <v>-9.9120840000011867E-2</v>
       </c>
       <c r="D402" s="5">
-        <v>-0.29870069733490823</v>
+        <v>-0.40868127439809276</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>291.93660233999998</v>
+        <v>291.98597713999999</v>
       </c>
       <c r="C403" s="5">
-        <v>1.5622208499999601</v>
+        <v>1.5847689299999956</v>
       </c>
       <c r="D403" s="5">
-        <v>6.6505300019581881</v>
+        <v>6.7487770796516688</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>293.30379591000002</v>
+        <v>293.34805719000002</v>
       </c>
       <c r="C404" s="5">
-        <v>1.3671935700000404</v>
+        <v>1.3620800500000314</v>
       </c>
       <c r="D404" s="5">
-        <v>5.7668602919750844</v>
+        <v>5.7437383812416698</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>293.93272639000003</v>
+        <v>293.86104653000001</v>
       </c>
       <c r="C405" s="5">
-        <v>0.62893048000000817</v>
+        <v>0.51298933999999008</v>
       </c>
       <c r="D405" s="5">
-        <v>2.6037213496910683</v>
+        <v>2.1187889302580309</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>295.00434366000002</v>
+        <v>294.91166307999998</v>
       </c>
       <c r="C406" s="5">
-        <v>1.0716172699999902</v>
+        <v>1.0506165499999724</v>
       </c>
       <c r="D406" s="5">
-        <v>4.4637498453715674</v>
+        <v>4.3756343285034083</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>297.36055490000001</v>
+        <v>297.28123763999997</v>
       </c>
       <c r="C407" s="5">
-        <v>2.3562112399999933</v>
+        <v>2.3695745599999896</v>
       </c>
       <c r="D407" s="5">
-        <v>10.01689279473139</v>
+        <v>10.079544934725092</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>297.31547060000003</v>
+        <v>297.28401604999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-4.5084299999984978E-2</v>
+        <v>2.7784100000189937E-3</v>
       </c>
       <c r="D408" s="5">
-        <v>-0.18178627901817013</v>
+        <v>1.1215855448432066E-2</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>297.54623393999998</v>
+        <v>297.52917993</v>
       </c>
       <c r="C409" s="5">
-        <v>0.23076333999995313</v>
+        <v>0.24516388000000688</v>
       </c>
       <c r="D409" s="5">
-        <v>0.93537408950101764</v>
+        <v>0.99411577118484473</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>297.93301293000002</v>
+        <v>297.95182036</v>
       </c>
       <c r="C410" s="5">
-        <v>0.3867789900000389</v>
+        <v>0.42264043000000129</v>
       </c>
       <c r="D410" s="5">
-        <v>1.5710751867912487</v>
+        <v>1.7179818164209326</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>297.99583386</v>
+        <v>298.03603020000003</v>
       </c>
       <c r="C411" s="5">
-        <v>6.2820929999986674E-2</v>
+        <v>8.420984000002818E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>0.25332070927384098</v>
+        <v>0.33968255984544449</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>297.85302938000001</v>
+        <v>297.91264236000001</v>
       </c>
       <c r="C412" s="5">
-        <v>-0.14280447999999524</v>
+        <v>-0.12338784000002079</v>
       </c>
       <c r="D412" s="5">
-        <v>-0.57354637642529349</v>
+        <v>-0.49567404745439747</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>299.45509597</v>
+        <v>299.53749309</v>
       </c>
       <c r="C413" s="5">
-        <v>1.6020665899999926</v>
+        <v>1.6248507299999915</v>
       </c>
       <c r="D413" s="5">
-        <v>6.6488651309165814</v>
+        <v>6.7448881634990521</v>
       </c>
       <c r="E413" s="5">
-        <v>3.1015383148894848</v>
+        <v>3.1108963179331095</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>299.54049251999999</v>
+        <v>299.58001619999999</v>
       </c>
       <c r="C414" s="5">
-        <v>8.5396549999984472E-2</v>
+        <v>4.2523109999990538E-2</v>
       </c>
       <c r="D414" s="5">
-        <v>0.342745015060264</v>
+        <v>0.17048814986235783</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>300.46719186000001</v>
+        <v>300.52318635</v>
       </c>
       <c r="C415" s="5">
-        <v>0.92669934000002741</v>
+        <v>0.94317015000001447</v>
       </c>
       <c r="D415" s="5">
-        <v>3.7763096890552239</v>
+        <v>3.8440791267348562</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>301.40875253000002</v>
+        <v>301.46431272000001</v>
       </c>
       <c r="C416" s="5">
-        <v>0.94156067000000121</v>
+        <v>0.94112637000000632</v>
       </c>
       <c r="D416" s="5">
-        <v>3.8258790438378432</v>
+        <v>3.8233589919853372</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>302.55578967999998</v>
+        <v>302.45711404000002</v>
       </c>
       <c r="C417" s="5">
-        <v>1.1470371499999601</v>
+        <v>0.99280132000001231</v>
       </c>
       <c r="D417" s="5">
-        <v>4.6635114787603404</v>
+        <v>4.0242882900267452</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>303.06981668999998</v>
+        <v>302.93395866999998</v>
       </c>
       <c r="C418" s="5">
-        <v>0.51402701000000661</v>
+        <v>0.47684462999995958</v>
       </c>
       <c r="D418" s="5">
-        <v>2.0578981430488641</v>
+        <v>1.9083745632642701</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>303.23071192999998</v>
+        <v>303.11660573</v>
       </c>
       <c r="C419" s="5">
-        <v>0.1608952400000021</v>
+        <v>0.18264706000002207</v>
       </c>
       <c r="D419" s="5">
-        <v>0.63892551340645198</v>
+        <v>0.72591645525714732</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>304.66739532000003</v>
+        <v>304.63280193999998</v>
       </c>
       <c r="C420" s="5">
-        <v>1.4366833900000415</v>
+        <v>1.5161962099999755</v>
       </c>
       <c r="D420" s="5">
-        <v>5.8360272505864508</v>
+        <v>6.1703456229017073</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>304.35196151999997</v>
+        <v>304.33730571000001</v>
       </c>
       <c r="C421" s="5">
-        <v>-0.31543380000005072</v>
+        <v>-0.29549622999996927</v>
       </c>
       <c r="D421" s="5">
-        <v>-1.2353555212329392</v>
+        <v>-1.1578194958986043</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>304.40181166000002</v>
+        <v>304.43359594999998</v>
       </c>
       <c r="C422" s="5">
-        <v>4.9850140000046395E-2</v>
+        <v>9.6290239999973437E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>0.19672646823785112</v>
+        <v>0.38033317250127929</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>306.36434084000001</v>
+        <v>306.42182845000002</v>
       </c>
       <c r="C423" s="5">
-        <v>1.96252917999999</v>
+        <v>1.9882325000000378</v>
       </c>
       <c r="D423" s="5">
-        <v>8.0169172115957856</v>
+        <v>8.1248370310447626</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>307.49556788000001</v>
+        <v>307.57524903000001</v>
       </c>
       <c r="C424" s="5">
-        <v>1.1312270399999989</v>
+        <v>1.1534205799999881</v>
       </c>
       <c r="D424" s="5">
-        <v>4.5220099378719514</v>
+        <v>4.6116892329555403</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>307.82781068999998</v>
+        <v>307.93440770000001</v>
       </c>
       <c r="C425" s="5">
-        <v>0.33224280999996836</v>
+        <v>0.35915866999999935</v>
       </c>
       <c r="D425" s="5">
-        <v>1.3043088979415973</v>
+        <v>1.4102864340291843</v>
       </c>
       <c r="E425" s="5">
-        <v>2.7959833820422775</v>
+        <v>2.8032933451429543</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>308.77683802000001</v>
+        <v>309.11434768999999</v>
       </c>
       <c r="C426" s="5">
-        <v>0.94902733000003536</v>
+        <v>1.1799399899999798</v>
       </c>
       <c r="D426" s="5">
-        <v>3.7629580096037563</v>
+        <v>4.6963017526385986</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>308.99831451</v>
+        <v>309.41495572000002</v>
       </c>
       <c r="C427" s="5">
-        <v>0.22147648999998637</v>
+        <v>0.30060803000003489</v>
       </c>
       <c r="D427" s="5">
-        <v>0.86412817379983853</v>
+        <v>1.1732400098903639</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>309.03570538999998</v>
+        <v>309.50245132999999</v>
       </c>
       <c r="C428" s="5">
-        <v>3.7390879999975368E-2</v>
+        <v>8.7495609999962198E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>0.14530477339522729</v>
+        <v>0.33986134131560597</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>308.92548686999999</v>
+        <v>310.54731156999998</v>
       </c>
       <c r="C429" s="5">
-        <v>-0.11021851999998944</v>
+        <v>1.0448602399999913</v>
       </c>
       <c r="D429" s="5">
-        <v>-0.42714510140613449</v>
+        <v>4.1271950362800292</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>309.51195896000002</v>
+        <v>311.29334382000002</v>
       </c>
       <c r="C430" s="5">
-        <v>0.58647209000002931</v>
+        <v>0.74603225000004159</v>
       </c>
       <c r="D430" s="5">
-        <v>2.302048566193049</v>
+        <v>2.9211731862873958</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>308.50546358000003</v>
+        <v>311.84307361999998</v>
       </c>
       <c r="C431" s="5">
-        <v>-1.0064953799999898</v>
+        <v>0.54972979999996596</v>
       </c>
       <c r="D431" s="5">
-        <v>-3.8332124674679724</v>
+        <v>2.1398494525814549</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>307.67551049000002</v>
+        <v>311.00273671999997</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.82995309000000361</v>
+        <v>-0.84033690000001116</v>
       </c>
       <c r="D432" s="5">
-        <v>-3.1809445348175092</v>
+        <v>-3.1861925312288375</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>307.07063965999998</v>
+        <v>310.39132476999998</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.6048708300000385</v>
+        <v>-0.61141194999999016</v>
       </c>
       <c r="D433" s="5">
-        <v>-2.3337830382879399</v>
+        <v>-2.3337830425073647</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>307.19715396999999</v>
+        <v>310.51920720999999</v>
       </c>
       <c r="C434" s="5">
-        <v>0.12651431000000457</v>
+        <v>0.12788244000000759</v>
       </c>
       <c r="D434" s="5">
-        <v>0.49552658651825787</v>
+        <v>0.49552656588782718</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>309.77803784999998</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.74116936000001488</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-2.82694181379195</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>309.67723791999998</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.10079992999999376</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-0.38977479961402883</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">