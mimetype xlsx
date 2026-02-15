--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D4BB7DE6-5795-4D49-82C2-508B8398241F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C1061080-86EF-4B7A-881B-B08BF7040D96}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CCD49D92-A973-4C9A-AE39-ED0BB68C3432}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{5064999F-F44C-4936-A384-C12DE6A5268C}"/>
   </bookViews>
   <sheets>
     <sheet name="dalfirea" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Financial Activities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5EB47BF5-CDE4-4727-BEBB-2B73EEF6E6F5}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5400ACBA-F007-4A6A-B74D-C640F5C97775}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>311.84307361999998</v>
       </c>
       <c r="C431" s="5">
         <v>0.54972979999996596</v>
       </c>
       <c r="D431" s="5">
         <v>2.1398494525814549</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>311.00273671999997</v>
       </c>
       <c r="C432" s="5">
         <v>-0.84033690000001116</v>
       </c>
       <c r="D432" s="5">
         <v>-3.1861925312288375</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>310.39132476999998</v>
       </c>
       <c r="C433" s="5">
         <v>-0.61141194999999016</v>
       </c>
       <c r="D433" s="5">
         <v>-2.3337830425073647</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>310.51920720999999</v>
       </c>
       <c r="C434" s="5">
         <v>0.12788244000000759</v>
       </c>
       <c r="D434" s="5">
         <v>0.49552656588782718</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>309.77803784999998</v>
       </c>
       <c r="C435" s="5">
         <v>-0.74116936000001488</v>
       </c>
       <c r="D435" s="5">
         <v>-2.82694181379195</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>309.67723791999998</v>
+        <v>309.76409911000002</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.10079992999999376</v>
+        <v>-1.3938739999957761E-2</v>
       </c>
       <c r="D436" s="5">
-        <v>-0.38977479961402883</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-5.3981713192796654E-2</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>311.49117258000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>1.7270734699999934</v>
+      </c>
+      <c r="D437" s="5">
+        <v>6.8995632685238784</v>
+      </c>
+      <c r="E437" s="5">
+        <v>1.1550397718026684</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>