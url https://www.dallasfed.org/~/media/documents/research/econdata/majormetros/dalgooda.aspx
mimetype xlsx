--- v0 (2025-10-17)
+++ v1 (2025-12-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6882C907-4476-465B-A2E1-6353FA1FD077}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{CB81F7CC-0A03-4AD0-B332-35A0DDC081F9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{EBDAC45D-6F6D-4111-ACFC-3FA59AC60DDD}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CD318F4B-64A3-47A1-A679-475DA014D26F}"/>
   </bookViews>
   <sheets>
     <sheet name="dalgooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Goods Producing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{53CEC2CB-F6E6-4055-8C3D-52ECF5D9E09F}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6BA1D096-038A-478A-91FE-74FCACB53903}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-2.1899775499999805</v>
       </c>
       <c r="D431" s="5">
         <v>-6.7069865328082567</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>377.24021284000003</v>
       </c>
       <c r="C432" s="5">
         <v>-0.20016400999998041</v>
       </c>
       <c r="D432" s="5">
         <v>-0.63453055852621398</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>376.30419652</v>
+        <v>376.27383669</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.93601632000002155</v>
+        <v>-0.96637615000003052</v>
       </c>
       <c r="D433" s="5">
-        <v>-2.9371667163305859</v>
+        <v>-3.0310961668841174</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>377.20963455999998</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.9357978699999876</v>
+      </c>
+      <c r="D434" s="5">
+        <v>3.0255782890536986</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>