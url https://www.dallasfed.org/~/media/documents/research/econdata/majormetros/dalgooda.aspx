--- v1 (2025-12-13)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{CB81F7CC-0A03-4AD0-B332-35A0DDC081F9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7958A2C4-BD2B-4E51-8EE7-1904836619EC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CD318F4B-64A3-47A1-A679-475DA014D26F}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C4C6073C-212F-4F6C-A731-C5F88F4C92C6}"/>
   </bookViews>
   <sheets>
     <sheet name="dalgooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Goods Producing Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6BA1D096-038A-478A-91FE-74FCACB53903}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7591CC36-7CFF-44E2-83AF-34B7A9B0CE7B}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>289.05733837999998</v>
+        <v>289.35521132999997</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>288.69825276</v>
+        <v>289.02263462000002</v>
       </c>
       <c r="C7" s="5">
-        <v>-0.35908561999997346</v>
+        <v>-0.33257670999995526</v>
       </c>
       <c r="D7" s="5">
-        <v>-1.4805739946385454</v>
+        <v>-1.3705604703893259</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>287.73288381999998</v>
+        <v>288.32045182000002</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.96536894000001894</v>
+        <v>-0.70218280000000277</v>
       </c>
       <c r="D8" s="5">
-        <v>-3.9396607821248764</v>
+        <v>-2.8767667940792663</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>287.46405350999999</v>
+        <v>287.26169175000001</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.26883030999999846</v>
+        <v>-1.0587600700000053</v>
       </c>
       <c r="D9" s="5">
-        <v>-1.1154227513638926</v>
+        <v>-4.3186779968725002</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>287.75361407000003</v>
+        <v>287.36210969000001</v>
       </c>
       <c r="C10" s="5">
-        <v>0.28956056000004082</v>
+        <v>0.10041793999999982</v>
       </c>
       <c r="D10" s="5">
-        <v>1.2154708860113717</v>
+        <v>0.42029091172710586</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>288.14156439999999</v>
+        <v>287.8343552</v>
       </c>
       <c r="C11" s="5">
-        <v>0.38795032999996693</v>
+        <v>0.47224550999999337</v>
       </c>
       <c r="D11" s="5">
-        <v>1.6298943623403561</v>
+        <v>1.9899801666326322</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>287.55754149000001</v>
+        <v>287.33747391000003</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.58402290999998741</v>
+        <v>-0.49688128999997616</v>
       </c>
       <c r="D12" s="5">
-        <v>-2.4053017052004355</v>
+        <v>-2.0519747270916322</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>288.6885762</v>
+        <v>288.56424708999998</v>
       </c>
       <c r="C13" s="5">
-        <v>1.1310347099999944</v>
+        <v>1.2267731799999524</v>
       </c>
       <c r="D13" s="5">
-        <v>4.8233512964840797</v>
+        <v>5.2453757229527831</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>288.44446749000002</v>
+        <v>288.40226618999998</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.24410870999997769</v>
+        <v>-0.1619809000000032</v>
       </c>
       <c r="D14" s="5">
-        <v>-1.0099878660809636</v>
+        <v>-0.67152495827400571</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>287.94623034</v>
+        <v>287.96987258000001</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.49823715000002267</v>
+        <v>-0.43239360999996279</v>
       </c>
       <c r="D15" s="5">
-        <v>-2.0532100670549891</v>
+        <v>-1.7843653891379319</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>287.85939395999998</v>
+        <v>287.93459809000001</v>
       </c>
       <c r="C16" s="5">
-        <v>-8.6836380000022473E-2</v>
+        <v>-3.5274490000006153E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>-0.36128617764507043</v>
+        <v>-0.14689342780130898</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>286.95197371</v>
+        <v>286.97015520000002</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.90742024999997284</v>
+        <v>-0.96444288999998662</v>
       </c>
       <c r="D17" s="5">
-        <v>-3.7178644626756463</v>
+        <v>-3.94619805269254</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>283.74678908999999</v>
+        <v>284.01182870000002</v>
       </c>
       <c r="C18" s="5">
-        <v>-3.2051846200000114</v>
+        <v>-2.9583264999999983</v>
       </c>
       <c r="D18" s="5">
-        <v>-12.610174244037541</v>
+        <v>-11.692752735909927</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>284.0965205</v>
+        <v>284.38094629</v>
       </c>
       <c r="C19" s="5">
-        <v>0.34973141000000396</v>
+        <v>0.36911758999997346</v>
       </c>
       <c r="D19" s="5">
-        <v>1.4891249145289276</v>
+        <v>1.5707833609905242</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>282.23705310999998</v>
+        <v>282.7589797</v>
       </c>
       <c r="C20" s="5">
-        <v>-1.8594673900000203</v>
+        <v>-1.6219665899999995</v>
       </c>
       <c r="D20" s="5">
-        <v>-7.5775725821372264</v>
+        <v>-6.6335318856277521</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>278.84504808000003</v>
+        <v>278.66996358</v>
       </c>
       <c r="C21" s="5">
-        <v>-3.3920050299999502</v>
+        <v>-4.0890161199999966</v>
       </c>
       <c r="D21" s="5">
-        <v>-13.505819214281667</v>
+        <v>-16.037558381681716</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>278.16064849999998</v>
+        <v>277.82424307999997</v>
       </c>
       <c r="C22" s="5">
-        <v>-0.68439958000004708</v>
+        <v>-0.84572050000002719</v>
       </c>
       <c r="D22" s="5">
-        <v>-2.9058541767669754</v>
+        <v>-3.5816383608230473</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>276.84435407000001</v>
+        <v>276.57969773999997</v>
       </c>
       <c r="C23" s="5">
-        <v>-1.3162944299999708</v>
+        <v>-1.2445453400000019</v>
       </c>
       <c r="D23" s="5">
-        <v>-5.5330769958656045</v>
+        <v>-5.2450527036552286</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>276.69763347999998</v>
+        <v>276.50703700999998</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.14672059000002946</v>
+        <v>-7.266072999999551E-2</v>
       </c>
       <c r="D24" s="5">
-        <v>-0.63411952069966082</v>
+        <v>-0.31479895568078398</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>276.06064047000001</v>
+        <v>275.96017741999998</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.63699300999996922</v>
+        <v>-0.54685958999999684</v>
       </c>
       <c r="D25" s="5">
-        <v>-2.7278404760911035</v>
+        <v>-2.3476442163480882</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>275.40078502</v>
+        <v>275.37011272000001</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.65985545000000911</v>
+        <v>-0.5900646999999708</v>
       </c>
       <c r="D26" s="5">
-        <v>-2.8308974477942006</v>
+        <v>-2.5359077363780624</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>272.91422764999999</v>
+        <v>272.93692471000003</v>
       </c>
       <c r="C27" s="5">
-        <v>-2.4865573700000141</v>
+        <v>-2.4331880099999807</v>
       </c>
       <c r="D27" s="5">
-        <v>-10.312475289185929</v>
+        <v>-10.102855241598663</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>273.66965985000002</v>
+        <v>273.73724109</v>
       </c>
       <c r="C28" s="5">
-        <v>0.75543220000002975</v>
+        <v>0.80031637999996974</v>
       </c>
       <c r="D28" s="5">
-        <v>3.3726629958587662</v>
+        <v>3.5759924826167966</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>273.13833944999999</v>
+        <v>273.15519140999999</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.53132040000002689</v>
+        <v>-0.58204968000001145</v>
       </c>
       <c r="D29" s="5">
-        <v>-2.3050424365225419</v>
+        <v>-2.5219402373412469</v>
       </c>
       <c r="E29" s="5">
-        <v>-4.8139185388424544</v>
+        <v>-4.8140768437651253</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>273.23531410999999</v>
+        <v>273.42717799000002</v>
       </c>
       <c r="C30" s="5">
-        <v>9.6974660000000767E-2</v>
+        <v>0.27198658000003206</v>
       </c>
       <c r="D30" s="5">
-        <v>0.42687927928333202</v>
+        <v>1.2014315811592846</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>272.69956746999998</v>
+        <v>272.91354876999998</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.53574664000001349</v>
+        <v>-0.51362922000004119</v>
       </c>
       <c r="D31" s="5">
-        <v>-2.3276932827735131</v>
+        <v>-2.2310393363166647</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>272.93387099</v>
+        <v>273.37361167</v>
       </c>
       <c r="C32" s="5">
-        <v>0.23430352000002586</v>
+        <v>0.46006290000002537</v>
       </c>
       <c r="D32" s="5">
-        <v>1.0359264932056966</v>
+        <v>2.0417563680964923</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>275.40375662999998</v>
+        <v>275.25730537999999</v>
       </c>
       <c r="C33" s="5">
-        <v>2.4698856399999727</v>
+        <v>1.8836937099999886</v>
       </c>
       <c r="D33" s="5">
-        <v>11.416394836666587</v>
+        <v>8.5893323280047618</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>276.09308063999998</v>
+        <v>275.81831800999998</v>
       </c>
       <c r="C34" s="5">
-        <v>0.68932401000000709</v>
+        <v>0.56101262999999335</v>
       </c>
       <c r="D34" s="5">
-        <v>3.0452440779911605</v>
+        <v>2.4733703034389709</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>274.41906985000003</v>
+        <v>274.21055819999998</v>
       </c>
       <c r="C35" s="5">
-        <v>-1.6740107899999543</v>
+        <v>-1.6077598100000046</v>
       </c>
       <c r="D35" s="5">
-        <v>-7.0380587986916936</v>
+        <v>-6.774911286589214</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>275.03963594999999</v>
+        <v>274.88934081000002</v>
       </c>
       <c r="C36" s="5">
-        <v>0.62056609999996226</v>
+        <v>0.67878261000004159</v>
       </c>
       <c r="D36" s="5">
-        <v>2.7476644172761411</v>
+        <v>3.0112658304505491</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>274.38290613999999</v>
+        <v>274.3104045</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.65672981000000163</v>
+        <v>-0.57893631000001733</v>
       </c>
       <c r="D37" s="5">
-        <v>-2.8279856374255674</v>
+        <v>-2.4982145344616291</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>274.35919067999998</v>
+        <v>274.34247221999999</v>
       </c>
       <c r="C38" s="5">
-        <v>-2.3715460000005351E-2</v>
+        <v>3.2067719999986366E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>-0.10366909435564065</v>
+        <v>0.14037388004328744</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>274.77324463999997</v>
+        <v>274.79325096999997</v>
       </c>
       <c r="C39" s="5">
-        <v>0.41405395999998973</v>
+        <v>0.45077874999998357</v>
       </c>
       <c r="D39" s="5">
-        <v>1.8261088864768737</v>
+        <v>1.9896660321555792</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>274.73897468000001</v>
+        <v>274.79739563999999</v>
       </c>
       <c r="C40" s="5">
-        <v>-3.426995999996052E-2</v>
+        <v>4.1446700000165038E-3</v>
       </c>
       <c r="D40" s="5">
-        <v>-0.14956242990036284</v>
+        <v>1.8100941680132543E-2</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>275.53147777999999</v>
+        <v>275.54035735000002</v>
       </c>
       <c r="C41" s="5">
-        <v>0.79250309999997626</v>
+        <v>0.74296171000003142</v>
       </c>
       <c r="D41" s="5">
-        <v>3.5169292180905032</v>
+        <v>3.2930873969538865</v>
       </c>
       <c r="E41" s="5">
-        <v>0.87616346164325343</v>
+        <v>0.87319077762646469</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>277.97852119999999</v>
+        <v>278.10049905</v>
       </c>
       <c r="C42" s="5">
-        <v>2.44704342</v>
+        <v>2.5601416999999742</v>
       </c>
       <c r="D42" s="5">
-        <v>11.193710975489758</v>
+        <v>11.737412636101618</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>278.81039464000003</v>
+        <v>278.95208563</v>
       </c>
       <c r="C43" s="5">
-        <v>0.83187344000003804</v>
+        <v>0.85158658000000287</v>
       </c>
       <c r="D43" s="5">
-        <v>3.6507982519206283</v>
+        <v>3.7371077673208131</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>279.52892032</v>
+        <v>279.86556109999998</v>
       </c>
       <c r="C44" s="5">
-        <v>0.71852567999997063</v>
+        <v>0.91347546999998031</v>
       </c>
       <c r="D44" s="5">
-        <v>3.1367473770173904</v>
+        <v>4.0011546490904104</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>279.58406316000003</v>
+        <v>279.48725259999998</v>
       </c>
       <c r="C45" s="5">
-        <v>5.5142840000030446E-2</v>
+        <v>-0.37830850000000282</v>
       </c>
       <c r="D45" s="5">
-        <v>0.23698174185953214</v>
+        <v>-1.6100954311547788</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>280.26241188</v>
+        <v>280.07329226000002</v>
       </c>
       <c r="C46" s="5">
-        <v>0.67834871999997404</v>
+        <v>0.58603966000003993</v>
       </c>
       <c r="D46" s="5">
-        <v>2.9507028517183453</v>
+        <v>2.5454285376723895</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>280.89368167999999</v>
+        <v>280.74961447999999</v>
       </c>
       <c r="C47" s="5">
-        <v>0.63126979999998412</v>
+        <v>0.67632221999997455</v>
       </c>
       <c r="D47" s="5">
-        <v>2.7366460902509937</v>
+        <v>2.936563217178767</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>282.40628816999998</v>
+        <v>282.29772179000003</v>
       </c>
       <c r="C48" s="5">
-        <v>1.512606489999996</v>
+        <v>1.5481073100000344</v>
       </c>
       <c r="D48" s="5">
-        <v>6.6568385618031467</v>
+        <v>6.8214470418716866</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>282.46605352</v>
+        <v>282.42101335000001</v>
       </c>
       <c r="C49" s="5">
-        <v>5.976535000002059E-2</v>
+        <v>0.1232915599999842</v>
       </c>
       <c r="D49" s="5">
-        <v>0.25425055760122106</v>
+        <v>0.52535237391995171</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>283.05476671000002</v>
+        <v>283.04793599999999</v>
       </c>
       <c r="C50" s="5">
-        <v>0.58871319000002131</v>
+        <v>0.62692264999998315</v>
       </c>
       <c r="D50" s="5">
-        <v>2.5298986644006094</v>
+        <v>2.6965429489161696</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>285.23982917000001</v>
+        <v>285.25203639</v>
       </c>
       <c r="C51" s="5">
-        <v>2.1850624599999833</v>
+        <v>2.2041003900000078</v>
       </c>
       <c r="D51" s="5">
-        <v>9.6670944393220992</v>
+        <v>9.7552071820564699</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>286.09818159999998</v>
+        <v>286.14570515000003</v>
       </c>
       <c r="C52" s="5">
-        <v>0.85835242999996808</v>
+        <v>0.89366876000002549</v>
       </c>
       <c r="D52" s="5">
-        <v>3.6714464262391999</v>
+        <v>3.8249522568084116</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>287.15534293000002</v>
+        <v>287.14857602000001</v>
       </c>
       <c r="C53" s="5">
-        <v>1.0571613300000422</v>
+        <v>1.0028708699999811</v>
       </c>
       <c r="D53" s="5">
-        <v>4.5253538041173602</v>
+        <v>4.2877316570440804</v>
       </c>
       <c r="E53" s="5">
-        <v>4.2187067857565097</v>
+        <v>4.2128923623536041</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>286.60175326000001</v>
+        <v>286.66007066999998</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.55358967000000803</v>
+        <v>-0.48850535000002537</v>
       </c>
       <c r="D54" s="5">
-        <v>-2.28903606966675</v>
+        <v>-2.0224805653421996</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>286.31140979999998</v>
+        <v>286.38761993000003</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.29034346000003097</v>
+        <v>-0.27245073999995384</v>
       </c>
       <c r="D55" s="5">
-        <v>-1.2089158704112091</v>
+        <v>-1.1345746485787345</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>286.83522069000003</v>
+        <v>287.0586174</v>
       </c>
       <c r="C56" s="5">
-        <v>0.52381089000004977</v>
+        <v>0.67099746999997478</v>
       </c>
       <c r="D56" s="5">
-        <v>2.2176437503999447</v>
+        <v>2.8480786444814443</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>288.21664535000002</v>
+        <v>288.16529630999997</v>
       </c>
       <c r="C57" s="5">
-        <v>1.3814246599999933</v>
+        <v>1.106678909999971</v>
       </c>
       <c r="D57" s="5">
-        <v>5.9348794426262508</v>
+        <v>4.7256504184288284</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>288.91549304</v>
+        <v>288.80885927000003</v>
       </c>
       <c r="C58" s="5">
-        <v>0.69884768999997959</v>
+        <v>0.64356296000005386</v>
       </c>
       <c r="D58" s="5">
-        <v>2.9487954407200867</v>
+        <v>2.7131391679270589</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>289.98451431000001</v>
+        <v>289.90178622000002</v>
       </c>
       <c r="C59" s="5">
-        <v>1.0690212700000075</v>
+        <v>1.0929269499999918</v>
       </c>
       <c r="D59" s="5">
-        <v>4.5316245365371044</v>
+        <v>4.636826833878227</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>289.13537853000003</v>
+        <v>289.07157515</v>
       </c>
       <c r="C60" s="5">
-        <v>-0.84913577999998324</v>
+        <v>-0.83021107000001848</v>
       </c>
       <c r="D60" s="5">
-        <v>-3.4578105186108821</v>
+        <v>-3.3829057216461011</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>291.3874634</v>
+        <v>291.36586648000002</v>
       </c>
       <c r="C61" s="5">
-        <v>2.252084869999976</v>
+        <v>2.2942913300000214</v>
       </c>
       <c r="D61" s="5">
-        <v>9.7578352781855671</v>
+        <v>9.9510564233210808</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>292.44215998999999</v>
+        <v>292.44213008000003</v>
       </c>
       <c r="C62" s="5">
-        <v>1.0546965899999918</v>
+        <v>1.0762636000000043</v>
       </c>
       <c r="D62" s="5">
-        <v>4.4310011703909247</v>
+        <v>4.5237996672748082</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>291.04469495000001</v>
+        <v>291.04644438000003</v>
       </c>
       <c r="C63" s="5">
-        <v>-1.3974650399999859</v>
+        <v>-1.3956857000000014</v>
       </c>
       <c r="D63" s="5">
-        <v>-5.5859875306003008</v>
+        <v>-5.5790613036946546</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>292.70013391999998</v>
+        <v>292.72877222</v>
       </c>
       <c r="C64" s="5">
-        <v>1.6554389699999774</v>
+        <v>1.6823278399999708</v>
       </c>
       <c r="D64" s="5">
-        <v>7.0431308724109742</v>
+        <v>7.161148174373233</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>294.17777885999999</v>
+        <v>294.16598796</v>
       </c>
       <c r="C65" s="5">
-        <v>1.4776449400000047</v>
+        <v>1.4372157399999992</v>
       </c>
       <c r="D65" s="5">
-        <v>6.2290557758498899</v>
+        <v>6.0533895593900766</v>
       </c>
       <c r="E65" s="5">
-        <v>2.4455181151589622</v>
+        <v>2.4438261325423483</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>297.25119024000003</v>
+        <v>297.27068967000002</v>
       </c>
       <c r="C66" s="5">
-        <v>3.0734113800000387</v>
+        <v>3.1047017100000289</v>
       </c>
       <c r="D66" s="5">
-        <v>13.283028899363703</v>
+        <v>13.426779243364862</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>297.9721629</v>
+        <v>298.00369506999999</v>
       </c>
       <c r="C67" s="5">
-        <v>0.72097265999997262</v>
+        <v>0.73300539999996772</v>
       </c>
       <c r="D67" s="5">
-        <v>2.9497018942428399</v>
+        <v>2.9994014363850408</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>298.25042327</v>
+        <v>298.35081996999998</v>
       </c>
       <c r="C68" s="5">
-        <v>0.27826036999999815</v>
+        <v>0.34712489999998297</v>
       </c>
       <c r="D68" s="5">
-        <v>1.1263898531028715</v>
+        <v>1.4067910549955043</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>299.77318514000001</v>
+        <v>299.76952877999997</v>
       </c>
       <c r="C69" s="5">
-        <v>1.5227618700000107</v>
+        <v>1.4187088099999983</v>
       </c>
       <c r="D69" s="5">
-        <v>6.3017867960756702</v>
+        <v>5.8578315778136991</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>299.49660146000002</v>
+        <v>299.46362589</v>
       </c>
       <c r="C70" s="5">
-        <v>-0.27658367999998745</v>
+        <v>-0.30590288999997028</v>
       </c>
       <c r="D70" s="5">
-        <v>-1.1015706554240112</v>
+        <v>-1.2177027932036788</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>300.41973366000002</v>
+        <v>300.38248957000002</v>
       </c>
       <c r="C71" s="5">
-        <v>0.92313219999999774</v>
+        <v>0.91886368000001539</v>
       </c>
       <c r="D71" s="5">
-        <v>3.7620869212124042</v>
+        <v>3.7448159335034648</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>298.11690296</v>
+        <v>298.08260669999999</v>
       </c>
       <c r="C72" s="5">
-        <v>-2.3028307000000154</v>
+        <v>-2.2998828700000331</v>
       </c>
       <c r="D72" s="5">
-        <v>-8.8203902706766151</v>
+        <v>-8.8106171993604718</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>300.23712069999999</v>
+        <v>300.23097394000001</v>
       </c>
       <c r="C73" s="5">
-        <v>2.1202177399999869</v>
+        <v>2.1483672400000273</v>
       </c>
       <c r="D73" s="5">
-        <v>8.8763186535043559</v>
+        <v>8.999954336247562</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>302.21559284</v>
+        <v>302.21495884000001</v>
       </c>
       <c r="C74" s="5">
-        <v>1.978472140000008</v>
+        <v>1.9839848999999958</v>
       </c>
       <c r="D74" s="5">
-        <v>8.2006272621753205</v>
+        <v>8.2244886314616359</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>303.85526886000002</v>
+        <v>303.84504714000002</v>
       </c>
       <c r="C75" s="5">
-        <v>1.6396760200000244</v>
+        <v>1.6300883000000113</v>
       </c>
       <c r="D75" s="5">
-        <v>6.7084571374083524</v>
+        <v>6.6680741551574885</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>305.49247421000001</v>
+        <v>305.50566286999998</v>
       </c>
       <c r="C76" s="5">
-        <v>1.6372053499999879</v>
+        <v>1.6606157299999609</v>
       </c>
       <c r="D76" s="5">
-        <v>6.6608237711447416</v>
+        <v>6.7591824656672461</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>307.11306390999999</v>
+        <v>307.10376069</v>
       </c>
       <c r="C77" s="5">
-        <v>1.6205896999999823</v>
+        <v>1.5980978200000209</v>
       </c>
       <c r="D77" s="5">
-        <v>6.5548687482517298</v>
+        <v>6.460975010178327</v>
       </c>
       <c r="E77" s="5">
-        <v>4.3970979385754116</v>
+        <v>4.3981198573368907</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>306.00567051000002</v>
+        <v>306.00414776999997</v>
       </c>
       <c r="C78" s="5">
-        <v>-1.1073933999999781</v>
+        <v>-1.0996129200000269</v>
       </c>
       <c r="D78" s="5">
-        <v>-4.2421904476827033</v>
+        <v>-4.2130947029991876</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>307.76775581999999</v>
+        <v>307.78383954999998</v>
       </c>
       <c r="C79" s="5">
-        <v>1.7620853099999749</v>
+        <v>1.7796917800000074</v>
       </c>
       <c r="D79" s="5">
-        <v>7.133112104423911</v>
+        <v>7.2067174330413541</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>308.3920248</v>
+        <v>308.42863235999999</v>
       </c>
       <c r="C80" s="5">
-        <v>0.62426898000001074</v>
+        <v>0.64479281000001265</v>
       </c>
       <c r="D80" s="5">
-        <v>2.4613910782030679</v>
+        <v>2.5431136250525954</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>309.40823036</v>
+        <v>309.41758336999999</v>
       </c>
       <c r="C81" s="5">
-        <v>1.0162055600000031</v>
+        <v>0.98895100999999386</v>
       </c>
       <c r="D81" s="5">
-        <v>4.0266664689567078</v>
+        <v>3.9162870322572818</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>311.00808095999997</v>
+        <v>311.00354877000001</v>
       </c>
       <c r="C82" s="5">
-        <v>1.5998505999999679</v>
+        <v>1.5859654000000205</v>
       </c>
       <c r="D82" s="5">
-        <v>6.3843487406620714</v>
+        <v>6.3271706942649386</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>311.58205894999998</v>
+        <v>311.56808647999998</v>
       </c>
       <c r="C83" s="5">
-        <v>0.57397799000000305</v>
+        <v>0.56453770999996777</v>
       </c>
       <c r="D83" s="5">
-        <v>2.2372671213017892</v>
+        <v>2.2001348113569241</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>311.47574308999998</v>
+        <v>311.46237502000002</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.10631585999999515</v>
+        <v>-0.10571145999995224</v>
       </c>
       <c r="D84" s="5">
-        <v>-0.40868810154690571</v>
+        <v>-0.40638725506580986</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>311.84478708</v>
+        <v>311.84586325999999</v>
       </c>
       <c r="C85" s="5">
-        <v>0.36904399000002286</v>
+        <v>0.38348823999996284</v>
       </c>
       <c r="D85" s="5">
-        <v>1.4310908332126004</v>
+        <v>1.4875473682733675</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>312.10413376000002</v>
+        <v>312.10388434999999</v>
       </c>
       <c r="C86" s="5">
-        <v>0.25934668000002148</v>
+        <v>0.25802108999999973</v>
       </c>
       <c r="D86" s="5">
-        <v>1.0025612526152194</v>
+        <v>0.99741009536915559</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>314.94780236999998</v>
+        <v>314.93322466000001</v>
       </c>
       <c r="C87" s="5">
-        <v>2.843668609999952</v>
+        <v>2.8293403100000205</v>
       </c>
       <c r="D87" s="5">
-        <v>11.498426187141163</v>
+        <v>11.437580628623877</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>317.19030794000003</v>
+        <v>317.19330695000002</v>
       </c>
       <c r="C88" s="5">
-        <v>2.2425055700000485</v>
+        <v>2.2600822900000139</v>
       </c>
       <c r="D88" s="5">
-        <v>8.8869705734753168</v>
+        <v>8.9598299526720382</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>318.44298442000002</v>
+        <v>318.44622470000002</v>
       </c>
       <c r="C89" s="5">
-        <v>1.252676479999991</v>
+        <v>1.2529177499999946</v>
       </c>
       <c r="D89" s="5">
-        <v>4.8434546046934868</v>
+        <v>4.8443610282989935</v>
       </c>
       <c r="E89" s="5">
-        <v>3.6891691827607431</v>
+        <v>3.6933653904191122</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>319.97824451999998</v>
+        <v>319.96578618000001</v>
       </c>
       <c r="C90" s="5">
-        <v>1.5352600999999595</v>
+        <v>1.519561479999993</v>
       </c>
       <c r="D90" s="5">
-        <v>5.9412741516079892</v>
+        <v>5.8788578977614359</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>321.24225435</v>
+        <v>321.25050582</v>
       </c>
       <c r="C91" s="5">
-        <v>1.2640098300000204</v>
+        <v>1.2847196399999916</v>
       </c>
       <c r="D91" s="5">
-        <v>4.8447195410235677</v>
+        <v>4.9260537700999585</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>323.61701950999998</v>
+        <v>323.62729324999998</v>
       </c>
       <c r="C92" s="5">
-        <v>2.3747651599999813</v>
+        <v>2.3767874299999789</v>
       </c>
       <c r="D92" s="5">
-        <v>9.2406474721101528</v>
+        <v>9.2485921298183005</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>324.49868234000002</v>
+        <v>324.50905759</v>
       </c>
       <c r="C93" s="5">
-        <v>0.88166283000003887</v>
+        <v>0.88176434000001791</v>
       </c>
       <c r="D93" s="5">
-        <v>3.3187175332308971</v>
+        <v>3.3189984261340122</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>326.81657811000002</v>
+        <v>326.81909856999999</v>
       </c>
       <c r="C94" s="5">
-        <v>2.3178957700000069</v>
+        <v>2.3100409799999966</v>
       </c>
       <c r="D94" s="5">
-        <v>8.916503211937755</v>
+        <v>8.8847993629910693</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>326.53515206999998</v>
+        <v>326.52995426000001</v>
       </c>
       <c r="C95" s="5">
-        <v>-0.28142604000004212</v>
+        <v>-0.28914430999998331</v>
       </c>
       <c r="D95" s="5">
-        <v>-1.0284557483430823</v>
+        <v>-1.0565165248687003</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>329.6277637</v>
+        <v>329.62446046999997</v>
       </c>
       <c r="C96" s="5">
-        <v>3.0926116300000217</v>
+        <v>3.0945062099999632</v>
       </c>
       <c r="D96" s="5">
-        <v>11.976301976766401</v>
+        <v>11.98422622441322</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>331.38137813999998</v>
+        <v>331.38340313999998</v>
       </c>
       <c r="C97" s="5">
-        <v>1.7536144399999785</v>
+        <v>1.7589426700000104</v>
       </c>
       <c r="D97" s="5">
-        <v>6.5741280324056461</v>
+        <v>6.5947609565317311</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>332.27021230000003</v>
+        <v>332.26982017</v>
       </c>
       <c r="C98" s="5">
-        <v>0.88883416000004445</v>
+        <v>0.88641703000001826</v>
       </c>
       <c r="D98" s="5">
-        <v>3.2665600813935436</v>
+        <v>3.2575255780104673</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>333.21579200000002</v>
+        <v>333.20509257999998</v>
       </c>
       <c r="C99" s="5">
-        <v>0.94557969999999614</v>
+        <v>0.93527240999998185</v>
       </c>
       <c r="D99" s="5">
-        <v>3.4689400210938803</v>
+        <v>3.4305436854905613</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>333.59111051999997</v>
+        <v>333.59217801</v>
       </c>
       <c r="C100" s="5">
-        <v>0.37531851999995069</v>
+        <v>0.38708543000001328</v>
       </c>
       <c r="D100" s="5">
-        <v>1.3600280292273448</v>
+        <v>1.4029855081245213</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>335.01231551000001</v>
+        <v>335.01472462999999</v>
       </c>
       <c r="C101" s="5">
-        <v>1.4212049900000352</v>
+        <v>1.4225466199999914</v>
       </c>
       <c r="D101" s="5">
-        <v>5.2338941647544379</v>
+        <v>5.2389343018524936</v>
       </c>
       <c r="E101" s="5">
-        <v>5.2032332004985804</v>
+        <v>5.2029192513143308</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>335.70452762000002</v>
+        <v>335.69518595</v>
       </c>
       <c r="C102" s="5">
-        <v>0.69221211000001404</v>
+        <v>0.68046132000000625</v>
       </c>
       <c r="D102" s="5">
-        <v>2.5078469808028192</v>
+        <v>2.4647799042276208</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>336.71384676000002</v>
+        <v>336.71815806000001</v>
       </c>
       <c r="C103" s="5">
-        <v>1.0093191400000023</v>
+        <v>1.022972110000012</v>
       </c>
       <c r="D103" s="5">
-        <v>3.6681463524588676</v>
+        <v>3.7187048754683261</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>337.21950190000001</v>
+        <v>337.22539322</v>
       </c>
       <c r="C104" s="5">
-        <v>0.50565513999998757</v>
+        <v>0.50723515999999336</v>
       </c>
       <c r="D104" s="5">
-        <v>1.8170417539537409</v>
+        <v>1.8227430546520207</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>341.40925212000002</v>
+        <v>341.41453182999999</v>
       </c>
       <c r="C105" s="5">
-        <v>4.1897502200000076</v>
+        <v>4.1891386099999863</v>
       </c>
       <c r="D105" s="5">
-        <v>15.971491848408892</v>
+        <v>15.968700510211043</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>342.61443312</v>
+        <v>342.61620861</v>
       </c>
       <c r="C106" s="5">
-        <v>1.2051809999999819</v>
+        <v>1.2016767800000139</v>
       </c>
       <c r="D106" s="5">
-        <v>4.3192405480440232</v>
+        <v>4.3063697995003203</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>342.69949760999998</v>
+        <v>342.69461544000001</v>
       </c>
       <c r="C107" s="5">
-        <v>8.5064489999979287E-2</v>
+        <v>7.8406830000005812E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>0.29834380747733036</v>
+        <v>0.27496279841279225</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>344.75647581999999</v>
+        <v>344.7572012</v>
       </c>
       <c r="C108" s="5">
-        <v>2.0569782100000111</v>
+        <v>2.0625857599999904</v>
       </c>
       <c r="D108" s="5">
-        <v>7.4453384124809618</v>
+        <v>7.4664217048792558</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>345.91696296999999</v>
+        <v>345.91710727999998</v>
       </c>
       <c r="C109" s="5">
-        <v>1.1604871499999945</v>
+        <v>1.1599060799999847</v>
       </c>
       <c r="D109" s="5">
-        <v>4.1149562070891266</v>
+        <v>4.1128487092504162</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>346.70595703999999</v>
+        <v>346.70620910000002</v>
       </c>
       <c r="C110" s="5">
-        <v>0.7889940700000011</v>
+        <v>0.7891018200000417</v>
       </c>
       <c r="D110" s="5">
-        <v>2.7716507264626378</v>
+        <v>2.7720328311846343</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>347.15586968999997</v>
+        <v>347.15193765999999</v>
       </c>
       <c r="C111" s="5">
-        <v>0.44991264999998748</v>
+        <v>0.44572855999996364</v>
       </c>
       <c r="D111" s="5">
-        <v>1.5683758555071758</v>
+        <v>1.5536858789705343</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>347.43409466999998</v>
+        <v>347.43405862999998</v>
       </c>
       <c r="C112" s="5">
-        <v>0.27822498000000451</v>
+        <v>0.28212096999999403</v>
       </c>
       <c r="D112" s="5">
-        <v>0.96597988991340422</v>
+        <v>0.9795781885544308</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>348.62675273999997</v>
+        <v>348.62804259000001</v>
       </c>
       <c r="C113" s="5">
-        <v>1.1926580699999931</v>
+        <v>1.1939839600000255</v>
       </c>
       <c r="D113" s="5">
-        <v>4.1979829306979966</v>
+        <v>4.2027388775655927</v>
       </c>
       <c r="E113" s="5">
-        <v>4.063861714837036</v>
+        <v>4.063498395491405</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>346.75020498999999</v>
+        <v>346.74494489</v>
       </c>
       <c r="C114" s="5">
-        <v>-1.8765477499999861</v>
+        <v>-1.8830977000000075</v>
       </c>
       <c r="D114" s="5">
-        <v>-6.2713872413711735</v>
+        <v>-6.2926083185627313</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>348.13480592000002</v>
+        <v>348.13687066</v>
       </c>
       <c r="C115" s="5">
-        <v>1.3846009300000333</v>
+        <v>1.3919257700000003</v>
       </c>
       <c r="D115" s="5">
-        <v>4.8983429417557289</v>
+        <v>4.9249074095852441</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>348.98747542000001</v>
+        <v>348.99108065000001</v>
       </c>
       <c r="C116" s="5">
-        <v>0.85266949999999042</v>
+        <v>0.8542099900000153</v>
       </c>
       <c r="D116" s="5">
-        <v>2.9790184312093793</v>
+        <v>2.9844554262621559</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>348.9252826</v>
+        <v>348.92719688</v>
       </c>
       <c r="C117" s="5">
-        <v>-6.2192820000007032E-2</v>
+        <v>-6.3883770000018103E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>-0.21364169961111124</v>
+        <v>-0.21944225589372035</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>347.67440148999998</v>
+        <v>347.67601373999997</v>
       </c>
       <c r="C118" s="5">
-        <v>-1.250881110000023</v>
+        <v>-1.2511831400000233</v>
       </c>
       <c r="D118" s="5">
-        <v>-4.2181278526827626</v>
+        <v>-4.2191036414680365</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>347.86949926</v>
+        <v>347.86626214</v>
       </c>
       <c r="C119" s="5">
-        <v>0.19509777000001804</v>
+        <v>0.19024840000002996</v>
       </c>
       <c r="D119" s="5">
-        <v>0.67546313287238924</v>
+        <v>0.65862012894286615</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>347.9890044</v>
+        <v>347.98892920999998</v>
       </c>
       <c r="C120" s="5">
-        <v>0.11950514000000112</v>
+        <v>0.12266706999997723</v>
       </c>
       <c r="D120" s="5">
-        <v>0.41302107847553948</v>
+        <v>0.42397416399133636</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>348.03292814999998</v>
+        <v>348.03268758000002</v>
       </c>
       <c r="C121" s="5">
-        <v>4.392374999997628E-2</v>
+        <v>4.3758370000034574E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>0.15157118754307586</v>
+        <v>0.151000135485857</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>349.20282416999999</v>
+        <v>349.20283998000002</v>
       </c>
       <c r="C122" s="5">
-        <v>1.1698960200000101</v>
+        <v>1.1701524000000063</v>
       </c>
       <c r="D122" s="5">
-        <v>4.1091602712198139</v>
+        <v>4.1100803951481968</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>350.68915247000001</v>
+        <v>350.68868572999997</v>
       </c>
       <c r="C123" s="5">
-        <v>1.4863283000000251</v>
+        <v>1.4858457499999531</v>
       </c>
       <c r="D123" s="5">
-        <v>5.2288976764559791</v>
+        <v>5.2271599016083137</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>352.00845975999999</v>
+        <v>352.00791604</v>
       </c>
       <c r="C124" s="5">
-        <v>1.3193072899999834</v>
+        <v>1.3192303100000231</v>
       </c>
       <c r="D124" s="5">
-        <v>4.6090411709320378</v>
+        <v>4.6087729118337917</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>352.80519153</v>
+        <v>352.80509324000002</v>
       </c>
       <c r="C125" s="5">
-        <v>0.79673177000000805</v>
+        <v>0.79717720000002146</v>
       </c>
       <c r="D125" s="5">
-        <v>2.750133465816873</v>
+        <v>2.7516944915467745</v>
       </c>
       <c r="E125" s="5">
-        <v>1.1985422108773847</v>
+        <v>1.1981396043095671</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>354.98489769999998</v>
+        <v>354.98414198</v>
       </c>
       <c r="C126" s="5">
-        <v>2.1797061699999745</v>
+        <v>2.1790487399999847</v>
       </c>
       <c r="D126" s="5">
-        <v>7.6710426575551383</v>
+        <v>7.6686520176124207</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>356.1354566</v>
+        <v>356.13570385999998</v>
       </c>
       <c r="C127" s="5">
-        <v>1.1505589000000214</v>
+        <v>1.1515618799999743</v>
       </c>
       <c r="D127" s="5">
-        <v>3.9594665036699617</v>
+        <v>3.9629885034391021</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>357.31619295000002</v>
+        <v>357.31818242000003</v>
       </c>
       <c r="C128" s="5">
-        <v>1.1807363500000179</v>
+        <v>1.1824785600000496</v>
       </c>
       <c r="D128" s="5">
-        <v>4.0518511092738851</v>
+        <v>4.0579364626393444</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>358.2895456</v>
+        <v>358.29063613</v>
       </c>
       <c r="C129" s="5">
-        <v>0.97335264999998117</v>
+        <v>0.97245370999996794</v>
       </c>
       <c r="D129" s="5">
-        <v>3.3183013419904261</v>
+        <v>3.3151719713820471</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>358.46287821999999</v>
+        <v>358.46406426999999</v>
       </c>
       <c r="C130" s="5">
-        <v>0.1733326199999965</v>
+        <v>0.17342813999999862</v>
       </c>
       <c r="D130" s="5">
-        <v>0.58208083329733817</v>
+        <v>0.5824006830082773</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>360.45871251</v>
+        <v>360.45635354000001</v>
       </c>
       <c r="C131" s="5">
-        <v>1.9958342900000048</v>
+        <v>1.9922892700000148</v>
       </c>
       <c r="D131" s="5">
-        <v>6.8897533771046238</v>
+        <v>6.8771158017025602</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>359.36332152</v>
+        <v>359.36258150999998</v>
       </c>
       <c r="C132" s="5">
-        <v>-1.0953909899999985</v>
+        <v>-1.0937720300000251</v>
       </c>
       <c r="D132" s="5">
-        <v>-3.5863202703966035</v>
+        <v>-3.5811309732709518</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>359.12853244000001</v>
+        <v>359.12819822</v>
       </c>
       <c r="C133" s="5">
-        <v>-0.23478907999998455</v>
+        <v>-0.23438328999998248</v>
       </c>
       <c r="D133" s="5">
-        <v>-0.78120567289526877</v>
+        <v>-0.77986194152266375</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>360.52641405000003</v>
+        <v>360.52652461000002</v>
       </c>
       <c r="C134" s="5">
-        <v>1.3978816100000131</v>
+        <v>1.3983263900000225</v>
       </c>
       <c r="D134" s="5">
-        <v>4.7722178332618936</v>
+        <v>4.7737734668394705</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>361.80056644000001</v>
+        <v>361.80040944000001</v>
       </c>
       <c r="C135" s="5">
-        <v>1.2741523899999834</v>
+        <v>1.2738848299999859</v>
       </c>
       <c r="D135" s="5">
-        <v>4.3243872780803549</v>
+        <v>4.3234601261715078</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>361.33814515</v>
+        <v>361.33805042</v>
       </c>
       <c r="C136" s="5">
-        <v>-0.46242129000000887</v>
+        <v>-0.46235902000000806</v>
       </c>
       <c r="D136" s="5">
-        <v>-1.5229974749135899</v>
+        <v>-1.5227944824294015</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>361.23905690999999</v>
+        <v>361.23942055999999</v>
       </c>
       <c r="C137" s="5">
-        <v>-9.9088240000014594E-2</v>
+        <v>-9.8629860000016834E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>-0.32857508841693805</v>
+        <v>-0.32705747413462882</v>
       </c>
       <c r="E137" s="5">
-        <v>2.3905162345897235</v>
+        <v>2.390647834061288</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>364.39670797999997</v>
+        <v>364.39622293000002</v>
       </c>
       <c r="C138" s="5">
-        <v>3.1576510699999858</v>
+        <v>3.1568023700000367</v>
       </c>
       <c r="D138" s="5">
-        <v>11.008680504841116</v>
+        <v>11.00556638377137</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>363.42607716999999</v>
+        <v>363.42634194999999</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.97063080999998874</v>
+        <v>-0.96988098000002765</v>
       </c>
       <c r="D139" s="5">
-        <v>-3.1499837315546286</v>
+        <v>-3.1475899517328765</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>362.13762673999997</v>
+        <v>362.13888741</v>
       </c>
       <c r="C140" s="5">
-        <v>-1.2884504300000117</v>
+        <v>-1.2874545399999988</v>
       </c>
       <c r="D140" s="5">
-        <v>-4.1723633382938612</v>
+        <v>-4.1691979632513583</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>359.30096479000002</v>
+        <v>359.30161270000002</v>
       </c>
       <c r="C141" s="5">
-        <v>-2.8366619499999501</v>
+        <v>-2.8372747099999742</v>
       </c>
       <c r="D141" s="5">
-        <v>-9.0051555573176572</v>
+        <v>-9.0069877394229447</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>357.11531910999997</v>
+        <v>357.11605734</v>
       </c>
       <c r="C142" s="5">
-        <v>-2.1856456800000501</v>
+        <v>-2.1855553600000235</v>
       </c>
       <c r="D142" s="5">
-        <v>-7.060321697023431</v>
+        <v>-7.0600273178650363</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>355.16137406000001</v>
+        <v>355.16014381999997</v>
       </c>
       <c r="C143" s="5">
-        <v>-1.9539450499999589</v>
+        <v>-1.9559135200000242</v>
       </c>
       <c r="D143" s="5">
-        <v>-6.3717372831323722</v>
+        <v>-6.3779514814430556</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>349.18508987000001</v>
+        <v>349.18409516000003</v>
       </c>
       <c r="C144" s="5">
-        <v>-5.9762841900000012</v>
+        <v>-5.9760486599999467</v>
       </c>
       <c r="D144" s="5">
-        <v>-18.424534001492553</v>
+        <v>-18.423931746220234</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>347.79124834999999</v>
+        <v>347.79080642999998</v>
       </c>
       <c r="C145" s="5">
-        <v>-1.3938415200000236</v>
+        <v>-1.3932887300000516</v>
       </c>
       <c r="D145" s="5">
-        <v>-4.6862625676137304</v>
+        <v>-4.6844576699981992</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>344.66184977</v>
+        <v>344.66190905000002</v>
       </c>
       <c r="C146" s="5">
-        <v>-3.1293985799999859</v>
+        <v>-3.1288973799999553</v>
       </c>
       <c r="D146" s="5">
-        <v>-10.278860456448434</v>
+        <v>-10.27730721640906</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>340.00170452999998</v>
+        <v>340.00158422999999</v>
       </c>
       <c r="C147" s="5">
-        <v>-4.6601452400000198</v>
+        <v>-4.660324820000028</v>
       </c>
       <c r="D147" s="5">
-        <v>-15.071284141585606</v>
+        <v>-15.071820022906069</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>337.03274388</v>
+        <v>337.03274591000002</v>
       </c>
       <c r="C148" s="5">
-        <v>-2.9689606499999854</v>
+        <v>-2.9688383199999748</v>
       </c>
       <c r="D148" s="5">
-        <v>-9.9897388412470089</v>
+        <v>-9.9893501635290534</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>334.30175868999999</v>
+        <v>334.30222012000002</v>
       </c>
       <c r="C149" s="5">
-        <v>-2.7309851900000126</v>
+        <v>-2.7305257900000015</v>
       </c>
       <c r="D149" s="5">
-        <v>-9.3017760876972115</v>
+        <v>-9.3002803646414112</v>
       </c>
       <c r="E149" s="5">
-        <v>-7.4569174358993013</v>
+        <v>-7.4568828613005289</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>331.35709509999998</v>
+        <v>331.35685599999999</v>
       </c>
       <c r="C150" s="5">
-        <v>-2.9446635900000047</v>
+        <v>-2.945364120000022</v>
       </c>
       <c r="D150" s="5">
-        <v>-10.072741251384565</v>
+        <v>-10.075009393903256</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>328.37987614999997</v>
+        <v>328.38012662</v>
       </c>
       <c r="C151" s="5">
-        <v>-2.9772189500000081</v>
+        <v>-2.9767293799999948</v>
       </c>
       <c r="D151" s="5">
-        <v>-10.264739935805544</v>
+        <v>-10.263141568602007</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>326.99999434</v>
+        <v>327.00060015999998</v>
       </c>
       <c r="C152" s="5">
-        <v>-1.3798818099999721</v>
+        <v>-1.3795264600000223</v>
       </c>
       <c r="D152" s="5">
-        <v>-4.927585198344997</v>
+        <v>-4.9263417405859595</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>324.89820414000002</v>
+        <v>324.89864225000002</v>
       </c>
       <c r="C153" s="5">
-        <v>-2.1017901999999822</v>
+        <v>-2.1019579099999532</v>
       </c>
       <c r="D153" s="5">
-        <v>-7.4460862795165621</v>
+        <v>-7.446646273403779</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>323.82122443999998</v>
+        <v>323.82176659999999</v>
       </c>
       <c r="C154" s="5">
-        <v>-1.0769797000000381</v>
+        <v>-1.0768756500000336</v>
       </c>
       <c r="D154" s="5">
-        <v>-3.9060606210284954</v>
+        <v>-3.905684927361075</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>322.45860830999999</v>
+        <v>322.45807544000002</v>
       </c>
       <c r="C155" s="5">
-        <v>-1.3626161299999922</v>
+        <v>-1.3636911599999735</v>
       </c>
       <c r="D155" s="5">
-        <v>-4.9342724791264896</v>
+        <v>-4.9380675556905507</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>320.37551642</v>
+        <v>320.37463846999998</v>
       </c>
       <c r="C156" s="5">
-        <v>-2.0830918899999915</v>
+        <v>-2.0834369700000366</v>
       </c>
       <c r="D156" s="5">
-        <v>-7.4824491732508269</v>
+        <v>-7.4836569170434579</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>318.42988613</v>
+        <v>318.42953240000003</v>
       </c>
       <c r="C157" s="5">
-        <v>-1.9456302899999969</v>
+        <v>-1.9451060699999516</v>
       </c>
       <c r="D157" s="5">
-        <v>-7.0490083101903522</v>
+        <v>-7.0471907016246949</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>316.17955381000002</v>
+        <v>316.17955656999999</v>
       </c>
       <c r="C158" s="5">
-        <v>-2.2503323199999841</v>
+        <v>-2.2499758300000394</v>
       </c>
       <c r="D158" s="5">
-        <v>-8.1583815191665572</v>
+        <v>-8.1571476151108371</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>313.57750427000002</v>
+        <v>313.57739877</v>
       </c>
       <c r="C159" s="5">
-        <v>-2.6020495399999959</v>
+        <v>-2.6021577999999863</v>
       </c>
       <c r="D159" s="5">
-        <v>-9.440627519688217</v>
+        <v>-9.4410026186114937</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>312.77157848000002</v>
+        <v>312.77158863</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.80592579000000342</v>
+        <v>-0.8058101400000055</v>
       </c>
       <c r="D160" s="5">
-        <v>-3.0408965174145375</v>
+        <v>-3.040467307441086</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>310.77979157999999</v>
+        <v>310.78010633000002</v>
       </c>
       <c r="C161" s="5">
-        <v>-1.9917869000000223</v>
+        <v>-1.9914822999999728</v>
       </c>
       <c r="D161" s="5">
-        <v>-7.3797667140235728</v>
+        <v>-7.3786771350319524</v>
       </c>
       <c r="E161" s="5">
-        <v>-7.0361481800674692</v>
+        <v>-7.0361823446929428</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>308.54425273999999</v>
+        <v>308.54413138000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-2.2355388400000038</v>
+        <v>-2.2359749500000135</v>
       </c>
       <c r="D162" s="5">
-        <v>-8.2985334216618796</v>
+        <v>-8.3000807118355659</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>307.14340384000002</v>
+        <v>307.14359958</v>
       </c>
       <c r="C163" s="5">
-        <v>-1.4008488999999713</v>
+        <v>-1.4005318000000102</v>
       </c>
       <c r="D163" s="5">
-        <v>-5.3142157837866133</v>
+        <v>-5.313044752722373</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>304.61505790000001</v>
+        <v>304.61531975000003</v>
       </c>
       <c r="C164" s="5">
-        <v>-2.5283459400000083</v>
+        <v>-2.528279829999974</v>
       </c>
       <c r="D164" s="5">
-        <v>-9.4429849663266623</v>
+        <v>-9.4427433771456357</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>304.26802906</v>
+        <v>304.26834530999997</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.34702884000000722</v>
+        <v>-0.34697444000005362</v>
       </c>
       <c r="D165" s="5">
-        <v>-1.3585513338012944</v>
+        <v>-1.3583385403174941</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>303.77884366000001</v>
+        <v>303.77920528999999</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.48918539999999666</v>
+        <v>-0.48914001999997936</v>
       </c>
       <c r="D166" s="5">
-        <v>-1.912325117531688</v>
+        <v>-1.912147313561785</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>302.24315461999998</v>
+        <v>302.24300878999998</v>
       </c>
       <c r="C167" s="5">
-        <v>-1.5356890400000225</v>
+        <v>-1.5361965000000168</v>
       </c>
       <c r="D167" s="5">
-        <v>-5.9004847069646154</v>
+        <v>-5.9023737509674152</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>301.26269637000001</v>
+        <v>301.26208692</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.98045824999996967</v>
+        <v>-0.98092186999997466</v>
       </c>
       <c r="D168" s="5">
-        <v>-3.8240192137129148</v>
+        <v>-3.825797100565731</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>300.95126192999999</v>
+        <v>300.95101222</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.31143444000002773</v>
+        <v>-0.31107470000000603</v>
       </c>
       <c r="D169" s="5">
-        <v>-1.2334874845890909</v>
+        <v>-1.232073235228659</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>300.53895302000001</v>
+        <v>300.53890713999999</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.41230890999997882</v>
+        <v>-0.41210508000000345</v>
       </c>
       <c r="D170" s="5">
-        <v>-1.6316911695146596</v>
+        <v>-1.6308919313138048</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>301.42195429999998</v>
+        <v>301.42185047999999</v>
       </c>
       <c r="C171" s="5">
-        <v>0.88300127999997358</v>
+        <v>0.88294333999999708</v>
       </c>
       <c r="D171" s="5">
-        <v>3.5832053557140364</v>
+        <v>3.5829669798717489</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>301.15398021999999</v>
+        <v>301.15399531000003</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.26797407999998768</v>
+        <v>-0.26785516999996162</v>
       </c>
       <c r="D172" s="5">
-        <v>-1.0616385839914644</v>
+        <v>-1.0611701595067635</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>300.87323660999999</v>
+        <v>300.87343055999997</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.28074361000000181</v>
+        <v>-0.28056475000005321</v>
       </c>
       <c r="D173" s="5">
-        <v>-1.1129534431400301</v>
+        <v>-1.1122479612421854</v>
       </c>
       <c r="E173" s="5">
-        <v>-3.18764451177318</v>
+        <v>-3.1876801533366805</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>301.85891439</v>
+        <v>301.85886349999998</v>
       </c>
       <c r="C174" s="5">
-        <v>0.98567778000000317</v>
+        <v>0.98543294000000969</v>
       </c>
       <c r="D174" s="5">
-        <v>4.0028821039050033</v>
+        <v>4.0018671919854309</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>301.64064003999999</v>
+        <v>301.64075993</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.2182743500000015</v>
+        <v>-0.21810356999998248</v>
       </c>
       <c r="D175" s="5">
-        <v>-0.86427800516507558</v>
+        <v>-0.8636046155541699</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>301.98714509000001</v>
+        <v>301.98732394000001</v>
       </c>
       <c r="C176" s="5">
-        <v>0.34650505000001885</v>
+        <v>0.34656401000000869</v>
       </c>
       <c r="D176" s="5">
-        <v>1.3872242974396487</v>
+        <v>1.3874612809653852</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>303.07289244999998</v>
+        <v>303.07303609000002</v>
       </c>
       <c r="C177" s="5">
-        <v>1.0857473599999707</v>
+        <v>1.0857121500000062</v>
       </c>
       <c r="D177" s="5">
-        <v>4.4007571813278412</v>
+        <v>4.4006089762477663</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>302.75026769999999</v>
+        <v>302.75039843000002</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.32262474999998858</v>
+        <v>-0.32263765999999805</v>
       </c>
       <c r="D178" s="5">
-        <v>-1.2699619234467718</v>
+        <v>-1.2700118460756804</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>301.56813203000002</v>
+        <v>301.56827184000002</v>
       </c>
       <c r="C179" s="5">
-        <v>-1.1821356699999797</v>
+        <v>-1.1821265899999958</v>
       </c>
       <c r="D179" s="5">
-        <v>-4.586259707520945</v>
+        <v>-4.5862232954104964</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>304.45138710999998</v>
+        <v>304.45095468</v>
       </c>
       <c r="C180" s="5">
-        <v>2.8832550799999694</v>
+        <v>2.8826828399999727</v>
       </c>
       <c r="D180" s="5">
-        <v>12.096004782883242</v>
+        <v>12.093470586731181</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>304.12837062</v>
+        <v>304.12820188000001</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.32301648999998633</v>
+        <v>-0.32275279999998929</v>
       </c>
       <c r="D181" s="5">
-        <v>-1.2657713989165043</v>
+        <v>-1.2647459073393263</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>304.20149742000001</v>
+        <v>304.20143519999999</v>
       </c>
       <c r="C182" s="5">
-        <v>7.3126800000011372E-2</v>
+        <v>7.3233319999985724E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>0.2889184640863629</v>
+        <v>0.289340034837271</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>305.90447633999997</v>
+        <v>305.90441370000002</v>
       </c>
       <c r="C183" s="5">
-        <v>1.7029789199999641</v>
+        <v>1.7029785000000288</v>
       </c>
       <c r="D183" s="5">
-        <v>6.9285838678475375</v>
+        <v>6.9285835671781149</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>305.19325665000002</v>
+        <v>305.19327908000002</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.71121968999995033</v>
+        <v>-0.71113461999999572</v>
       </c>
       <c r="D184" s="5">
-        <v>-2.7545665110414008</v>
+        <v>-2.7542417913811512</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>305.69204067999999</v>
+        <v>305.69213889999997</v>
       </c>
       <c r="C185" s="5">
-        <v>0.49878402999996752</v>
+        <v>0.4988598199999501</v>
       </c>
       <c r="D185" s="5">
-        <v>1.978911351387036</v>
+        <v>1.9792146076959227</v>
       </c>
       <c r="E185" s="5">
-        <v>1.6016060864350923</v>
+        <v>1.6015732366368107</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>306.68428508</v>
+        <v>306.68425515000001</v>
       </c>
       <c r="C186" s="5">
-        <v>0.99224440000000413</v>
+        <v>0.99211625000003778</v>
       </c>
       <c r="D186" s="5">
-        <v>3.9653689342653342</v>
+        <v>3.9648463275457457</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>306.62432961000002</v>
+        <v>306.62440418</v>
       </c>
       <c r="C187" s="5">
-        <v>-5.995546999997714E-2</v>
+        <v>-5.9850970000013604E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>-0.23434280473334512</v>
+        <v>-0.23393481566105212</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>306.99516475000001</v>
+        <v>306.99530695999999</v>
       </c>
       <c r="C188" s="5">
-        <v>0.37083513999999695</v>
+        <v>0.37090277999999444</v>
       </c>
       <c r="D188" s="5">
-        <v>1.4609870796411295</v>
+        <v>1.4612549800472996</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>309.20469992</v>
+        <v>309.20476460999998</v>
       </c>
       <c r="C189" s="5">
-        <v>2.209535169999981</v>
+        <v>2.2094576499999903</v>
       </c>
       <c r="D189" s="5">
-        <v>8.9869792539444049</v>
+        <v>8.9866470388437314</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>309.48501576000001</v>
+        <v>309.48506013000002</v>
       </c>
       <c r="C190" s="5">
-        <v>0.2803158400000143</v>
+        <v>0.28029552000003832</v>
       </c>
       <c r="D190" s="5">
-        <v>1.0933252917070035</v>
+        <v>1.0932454115003543</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>310.60342358999998</v>
+        <v>310.60341840000001</v>
       </c>
       <c r="C191" s="5">
-        <v>1.1184078299999669</v>
+        <v>1.1183582699999874</v>
       </c>
       <c r="D191" s="5">
-        <v>4.4237630123600269</v>
+        <v>4.4235624229419068</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>313.83365594999998</v>
+        <v>313.83349281</v>
       </c>
       <c r="C192" s="5">
-        <v>3.2302323600000022</v>
+        <v>3.2300744099999861</v>
       </c>
       <c r="D192" s="5">
-        <v>13.219004626831964</v>
+        <v>13.21832107560985</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>313.72619166999999</v>
+        <v>313.72614829000003</v>
       </c>
       <c r="C193" s="5">
-        <v>-0.10746427999998787</v>
+        <v>-0.10734451999996963</v>
       </c>
       <c r="D193" s="5">
-        <v>-0.41013620185222921</v>
+        <v>-0.40968021123795051</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>313.03360114999998</v>
+        <v>313.03359903</v>
       </c>
       <c r="C194" s="5">
-        <v>-0.6925905200000102</v>
+        <v>-0.69254926000002115</v>
       </c>
       <c r="D194" s="5">
-        <v>-2.6172224628761342</v>
+        <v>-2.6170687915464508</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>314.84576018000001</v>
+        <v>314.84566954000002</v>
       </c>
       <c r="C195" s="5">
-        <v>1.8121590300000321</v>
+        <v>1.8120705100000123</v>
       </c>
       <c r="D195" s="5">
-        <v>7.1723375261092182</v>
+        <v>7.1719759942117767</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>315.15348462999998</v>
+        <v>315.1534345</v>
       </c>
       <c r="C196" s="5">
-        <v>0.30772444999996651</v>
+        <v>0.30776495999998588</v>
       </c>
       <c r="D196" s="5">
-        <v>1.1791833086318926</v>
+        <v>1.1793397176120157</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>315.64958461999998</v>
+        <v>315.64978897999998</v>
       </c>
       <c r="C197" s="5">
-        <v>0.49609999000000471</v>
+        <v>0.4963544799999795</v>
       </c>
       <c r="D197" s="5">
-        <v>1.9054249637088683</v>
+        <v>1.9064111993442268</v>
       </c>
       <c r="E197" s="5">
-        <v>3.2573775613685685</v>
+        <v>3.2574112359681662</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>315.85370724000001</v>
+        <v>315.85346504</v>
       </c>
       <c r="C198" s="5">
-        <v>0.20412262000002102</v>
+        <v>0.2036760600000207</v>
       </c>
       <c r="D198" s="5">
-        <v>0.77877571496387521</v>
+        <v>0.7770654278993705</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>317.04237354999998</v>
+        <v>317.04257719999998</v>
       </c>
       <c r="C199" s="5">
-        <v>1.1886663099999737</v>
+        <v>1.1891121599999792</v>
       </c>
       <c r="D199" s="5">
-        <v>4.6106701950312745</v>
+        <v>4.6124391604444481</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>318.29200309999999</v>
+        <v>318.29206539</v>
       </c>
       <c r="C200" s="5">
-        <v>1.2496295500000087</v>
+        <v>1.2494881900000223</v>
       </c>
       <c r="D200" s="5">
-        <v>4.8337207358789325</v>
+        <v>4.8331588594566322</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>317.94545158</v>
+        <v>317.94545260000001</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.34655151999999134</v>
+        <v>-0.34661278999999467</v>
       </c>
       <c r="D201" s="5">
-        <v>-1.2987461939305223</v>
+        <v>-1.2989741848989378</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>319.78091884000003</v>
+        <v>319.78092599000001</v>
       </c>
       <c r="C202" s="5">
-        <v>1.8354672600000299</v>
+        <v>1.8354733900000042</v>
       </c>
       <c r="D202" s="5">
-        <v>7.151721985085957</v>
+        <v>7.1517466097886784</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>320.77683969999998</v>
+        <v>320.77680813000001</v>
       </c>
       <c r="C203" s="5">
-        <v>0.99592085999995561</v>
+        <v>0.99588213999999198</v>
       </c>
       <c r="D203" s="5">
-        <v>3.8019471049505205</v>
+        <v>3.8017966631636479</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>319.28220779999998</v>
+        <v>319.28213633000001</v>
       </c>
       <c r="C204" s="5">
-        <v>-1.4946319000000017</v>
+        <v>-1.4946717999999919</v>
       </c>
       <c r="D204" s="5">
-        <v>-5.4502114666533874</v>
+        <v>-5.4503537774599486</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>320.90866991000001</v>
+        <v>320.90870901</v>
       </c>
       <c r="C205" s="5">
-        <v>1.626462110000034</v>
+        <v>1.6265726799999811</v>
       </c>
       <c r="D205" s="5">
-        <v>6.2871571456966979</v>
+        <v>6.2875980521778674</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>322.49960162000002</v>
+        <v>322.49965546999999</v>
       </c>
       <c r="C206" s="5">
-        <v>1.5909317100000067</v>
+        <v>1.5909464599999978</v>
       </c>
       <c r="D206" s="5">
-        <v>6.1140240525524359</v>
+        <v>6.1140815265859683</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>322.27686797000001</v>
+        <v>322.27679401</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.22273365000000922</v>
+        <v>-0.22286145999999007</v>
       </c>
       <c r="D207" s="5">
-        <v>-0.82563646898989873</v>
+        <v>-0.8261083026886662</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>323.84697890000001</v>
+        <v>323.84697083999998</v>
       </c>
       <c r="C208" s="5">
-        <v>1.5701109299999985</v>
+        <v>1.5701768299999799</v>
       </c>
       <c r="D208" s="5">
-        <v>6.0055461018724055</v>
+        <v>6.0058063718975818</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>323.74870623999999</v>
+        <v>323.74924494999999</v>
       </c>
       <c r="C209" s="5">
-        <v>-9.8272660000020551E-2</v>
+        <v>-9.7725889999992432E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>-0.36353765356347267</v>
+        <v>-0.36151836547375638</v>
       </c>
       <c r="E209" s="5">
-        <v>2.5658584755466229</v>
+        <v>2.5659627386962036</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>325.03924154999999</v>
+        <v>325.03802408000001</v>
       </c>
       <c r="C210" s="5">
-        <v>1.2905353099999957</v>
+        <v>1.2887791300000231</v>
       </c>
       <c r="D210" s="5">
-        <v>4.8897504925367707</v>
+        <v>4.8829417861412372</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>325.57764086999998</v>
+        <v>325.57823452000002</v>
       </c>
       <c r="C211" s="5">
-        <v>0.53839931999999635</v>
+        <v>0.54021044000000984</v>
       </c>
       <c r="D211" s="5">
-        <v>2.0059047601183044</v>
+        <v>2.0127218253231716</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>327.48688593000003</v>
+        <v>327.48698844</v>
       </c>
       <c r="C212" s="5">
-        <v>1.9092450600000461</v>
+        <v>1.908753919999981</v>
       </c>
       <c r="D212" s="5">
-        <v>7.2684731762726607</v>
+        <v>7.2665290350033773</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>325.30192636999999</v>
+        <v>325.30192662000002</v>
       </c>
       <c r="C213" s="5">
-        <v>-2.1849595600000384</v>
+        <v>-2.1850618199999872</v>
       </c>
       <c r="D213" s="5">
-        <v>-7.7189221268474277</v>
+        <v>-7.7192679051723001</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>324.90651585000001</v>
+        <v>324.90650863000002</v>
       </c>
       <c r="C214" s="5">
-        <v>-0.39541051999998444</v>
+        <v>-0.39541798999999855</v>
       </c>
       <c r="D214" s="5">
-        <v>-1.4489102376062934</v>
+        <v>-1.4489374262245724</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>325.70336135000002</v>
+        <v>325.70333472999999</v>
       </c>
       <c r="C215" s="5">
-        <v>0.79684550000001764</v>
+        <v>0.79682609999997567</v>
       </c>
       <c r="D215" s="5">
-        <v>2.9830702701031386</v>
+        <v>2.9829967290479376</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>323.23117952000001</v>
+        <v>323.23119544999997</v>
       </c>
       <c r="C216" s="5">
-        <v>-2.4721818300000109</v>
+        <v>-2.4721392800000217</v>
       </c>
       <c r="D216" s="5">
-        <v>-8.7375598144681543</v>
+        <v>-8.7374163340014466</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>323.67091017000001</v>
+        <v>323.67098736999998</v>
       </c>
       <c r="C217" s="5">
-        <v>0.43973065000000133</v>
+        <v>0.43979192000000467</v>
       </c>
       <c r="D217" s="5">
-        <v>1.6447763040997598</v>
+        <v>1.6450071155303725</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>324.04436505000001</v>
+        <v>324.04444524000002</v>
       </c>
       <c r="C218" s="5">
-        <v>0.37345487999999705</v>
+        <v>0.37345787000003838</v>
       </c>
       <c r="D218" s="5">
-        <v>1.3933928648745653</v>
+        <v>1.393403757259537</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>323.31192791000001</v>
+        <v>323.31188288999999</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.73243714000000182</v>
+        <v>-0.73256235000002334</v>
       </c>
       <c r="D219" s="5">
-        <v>-2.6788924313874474</v>
+        <v>-2.6793440537184354</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>323.75322315</v>
+        <v>323.75326490999998</v>
       </c>
       <c r="C220" s="5">
-        <v>0.4412952399999881</v>
+        <v>0.44138201999999183</v>
       </c>
       <c r="D220" s="5">
-        <v>1.6502571769023255</v>
+        <v>1.6505843694387012</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>323.63725096000002</v>
+        <v>323.63808391999999</v>
       </c>
       <c r="C221" s="5">
-        <v>-0.11597218999997949</v>
+        <v>-0.11518098999999893</v>
       </c>
       <c r="D221" s="5">
-        <v>-0.42900815826456551</v>
+        <v>-0.42608699487634016</v>
       </c>
       <c r="E221" s="5">
-        <v>-3.4426478886795397E-2</v>
+        <v>-3.4335533359208803E-2</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>322.65118278</v>
+        <v>322.64892350999997</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.98606818000001795</v>
+        <v>-0.98916041000001087</v>
       </c>
       <c r="D222" s="5">
-        <v>-3.5955468399012758</v>
+        <v>-3.6066242004935911</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>323.98184332</v>
+        <v>323.98291590999997</v>
       </c>
       <c r="C223" s="5">
-        <v>1.3306605399999967</v>
+        <v>1.3339923999999996</v>
       </c>
       <c r="D223" s="5">
-        <v>5.0627892789449902</v>
+        <v>5.0757920744134211</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>323.20628283000002</v>
+        <v>323.20638044999998</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.77556048999997529</v>
+        <v>-0.77653545999999096</v>
       </c>
       <c r="D224" s="5">
-        <v>-2.8350863288134409</v>
+        <v>-2.8385942377837425</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>321.91815085000002</v>
+        <v>321.91821100999999</v>
       </c>
       <c r="C225" s="5">
-        <v>-1.2881319800000028</v>
+        <v>-1.2881694399999901</v>
       </c>
       <c r="D225" s="5">
-        <v>-4.679120880494203</v>
+        <v>-4.679252602090056</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>322.21772349000003</v>
+        <v>322.21772289</v>
       </c>
       <c r="C226" s="5">
-        <v>0.29957264000000805</v>
+        <v>0.29951188000001139</v>
       </c>
       <c r="D226" s="5">
-        <v>1.1224369381295674</v>
+        <v>1.122207905924566</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>320.77583167</v>
+        <v>320.77584029000002</v>
       </c>
       <c r="C227" s="5">
-        <v>-1.4418918200000235</v>
+        <v>-1.4418825999999854</v>
       </c>
       <c r="D227" s="5">
-        <v>-5.2396675048053121</v>
+        <v>-5.2396348301746887</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>319.22909835000002</v>
+        <v>319.22915029000001</v>
       </c>
       <c r="C228" s="5">
-        <v>-1.5467333199999871</v>
+        <v>-1.5466900000000123</v>
       </c>
       <c r="D228" s="5">
-        <v>-5.6352096153422071</v>
+        <v>-5.6350558020000445</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>319.09699849999998</v>
+        <v>319.09710190999999</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.13209985000003144</v>
+        <v>-0.13204838000001473</v>
       </c>
       <c r="D229" s="5">
-        <v>-0.49544209774621262</v>
+        <v>-0.49524941745117124</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>317.68486299</v>
+        <v>317.68495595000002</v>
       </c>
       <c r="C230" s="5">
-        <v>-1.4121355099999846</v>
+        <v>-1.4121459599999753</v>
       </c>
       <c r="D230" s="5">
-        <v>-5.1831254320957036</v>
+        <v>-5.1831612201898691</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>316.9532691</v>
+        <v>316.95327821000001</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.73159388999999919</v>
+        <v>-0.73167774000000918</v>
       </c>
       <c r="D231" s="5">
-        <v>-2.7287356961148257</v>
+        <v>-2.7290437045915716</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>312.80181954</v>
+        <v>312.80194375999997</v>
       </c>
       <c r="C232" s="5">
-        <v>-4.1514495600000032</v>
+        <v>-4.1513344500000358</v>
       </c>
       <c r="D232" s="5">
-        <v>-14.63331407795877</v>
+        <v>-14.632936710651045</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>310.44874293999999</v>
+        <v>310.44974690999999</v>
       </c>
       <c r="C233" s="5">
-        <v>-2.3530766000000085</v>
+        <v>-2.3521968499999844</v>
       </c>
       <c r="D233" s="5">
-        <v>-8.6628155272140077</v>
+        <v>-8.6597062038183186</v>
       </c>
       <c r="E233" s="5">
-        <v>-4.0750896198997966</v>
+        <v>-4.075026291794515</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>306.14920855999998</v>
+        <v>306.14614488000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-4.2995343800000114</v>
+        <v>-4.3036020299999791</v>
       </c>
       <c r="D234" s="5">
-        <v>-15.410038971909046</v>
+        <v>-15.423478697085958</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>301.51639326999998</v>
+        <v>301.51770369000002</v>
       </c>
       <c r="C235" s="5">
-        <v>-4.6328152899999964</v>
+        <v>-4.6284411899999895</v>
       </c>
       <c r="D235" s="5">
-        <v>-16.721391345915613</v>
+        <v>-16.70704625042919</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>297.35141976</v>
+        <v>297.35155691</v>
       </c>
       <c r="C236" s="5">
-        <v>-4.1649735099999816</v>
+        <v>-4.1661467800000196</v>
       </c>
       <c r="D236" s="5">
-        <v>-15.372980802910863</v>
+        <v>-15.376925870856283</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>293.18455963999997</v>
+        <v>293.18471089000002</v>
       </c>
       <c r="C237" s="5">
-        <v>-4.1668601200000239</v>
+        <v>-4.1668460199999799</v>
       </c>
       <c r="D237" s="5">
-        <v>-15.578524275323769</v>
+        <v>-15.57846891386685</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>289.19195986</v>
+        <v>289.19198395000001</v>
       </c>
       <c r="C238" s="5">
-        <v>-3.9925997799999777</v>
+        <v>-3.9927269400000114</v>
       </c>
       <c r="D238" s="5">
-        <v>-15.171568491841425</v>
+        <v>-15.172008837239403</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>285.61140109000002</v>
+        <v>285.61146310999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-3.5805587699999819</v>
+        <v>-3.5805208400000197</v>
       </c>
       <c r="D239" s="5">
-        <v>-13.886368863765487</v>
+        <v>-13.886230550933865</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>282.46553318000002</v>
+        <v>282.46560464999999</v>
       </c>
       <c r="C240" s="5">
-        <v>-3.1458679099999927</v>
+        <v>-3.1458584599999995</v>
       </c>
       <c r="D240" s="5">
-        <v>-12.44537949293677</v>
+        <v>-12.445341801906284</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>279.90061279999998</v>
+        <v>279.90070132</v>
       </c>
       <c r="C241" s="5">
-        <v>-2.5649203800000464</v>
+        <v>-2.5649033299999928</v>
       </c>
       <c r="D241" s="5">
-        <v>-10.368504001909695</v>
+        <v>-10.36843598978302</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>277.01649033000001</v>
+        <v>277.01658173999999</v>
       </c>
       <c r="C242" s="5">
-        <v>-2.8841224699999657</v>
+        <v>-2.8841195800000037</v>
       </c>
       <c r="D242" s="5">
-        <v>-11.687682754860395</v>
+        <v>-11.687668209568535</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>274.12229865</v>
+        <v>274.12232252000001</v>
       </c>
       <c r="C243" s="5">
-        <v>-2.8941916800000058</v>
+        <v>-2.8942592199999808</v>
       </c>
       <c r="D243" s="5">
-        <v>-11.841354832984141</v>
+        <v>-11.841611799950048</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>272.40874303999999</v>
+        <v>272.40885966000002</v>
       </c>
       <c r="C244" s="5">
-        <v>-1.7135556100000144</v>
+        <v>-1.7134628599999928</v>
       </c>
       <c r="D244" s="5">
-        <v>-7.2486737908546655</v>
+        <v>-7.2482942197506617</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>271.10661385999998</v>
+        <v>271.10750716000001</v>
       </c>
       <c r="C245" s="5">
-        <v>-1.3021291800000085</v>
+        <v>-1.3013525000000072</v>
       </c>
       <c r="D245" s="5">
-        <v>-5.5876419600783045</v>
+        <v>-5.5843938528463806</v>
       </c>
       <c r="E245" s="5">
-        <v>-12.67266496472933</v>
+        <v>-12.672659630611772</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>272.86484868999997</v>
+        <v>272.86187612999998</v>
       </c>
       <c r="C246" s="5">
-        <v>1.7582348299999921</v>
+        <v>1.7543689699999732</v>
       </c>
       <c r="D246" s="5">
-        <v>8.0661683243362639</v>
+        <v>8.0477697336965868</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>269.08626614999997</v>
+        <v>269.08754905000001</v>
       </c>
       <c r="C247" s="5">
-        <v>-3.7785825400000022</v>
+        <v>-3.7743270799999777</v>
       </c>
       <c r="D247" s="5">
-        <v>-15.408391273303801</v>
+        <v>-15.392491745372016</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>269.51764137999999</v>
+        <v>269.51766100999998</v>
       </c>
       <c r="C248" s="5">
-        <v>0.43137523000001465</v>
+        <v>0.43011195999997653</v>
       </c>
       <c r="D248" s="5">
-        <v>1.9407862831450018</v>
+        <v>1.9350433813209333</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>270.25643015999998</v>
+        <v>270.25661646999998</v>
       </c>
       <c r="C249" s="5">
-        <v>0.73878877999999304</v>
+        <v>0.73895545999999968</v>
       </c>
       <c r="D249" s="5">
-        <v>3.33942997913379</v>
+        <v>3.3401945468924721</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>270.25868510999999</v>
+        <v>270.2587054</v>
       </c>
       <c r="C250" s="5">
-        <v>2.2549500000081935E-3</v>
+        <v>2.0889300000135336E-3</v>
       </c>
       <c r="D250" s="5">
-        <v>1.0012950215521066E-2</v>
+        <v>9.2757121017861266E-3</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>270.27194658000002</v>
+        <v>270.27203208999998</v>
       </c>
       <c r="C251" s="5">
-        <v>1.326147000003175E-2</v>
+        <v>1.3326689999985319E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>5.8899345056384611E-2</v>
+        <v>5.9189086557553949E-2</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>270.73081373999997</v>
+        <v>270.73092087999999</v>
       </c>
       <c r="C252" s="5">
-        <v>0.45886715999995431</v>
+        <v>0.45888879000000316</v>
       </c>
       <c r="D252" s="5">
-        <v>2.0564902512039795</v>
+        <v>2.0565874399514517</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>271.13027711000001</v>
+        <v>271.13043094</v>
       </c>
       <c r="C253" s="5">
-        <v>0.39946337000003496</v>
+        <v>0.39951006000001144</v>
       </c>
       <c r="D253" s="5">
-        <v>1.7850400124118426</v>
+        <v>1.7852496351272729</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>270.99984460000002</v>
+        <v>271.00000113999999</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.13043250999999145</v>
+        <v>-0.13042980000000171</v>
       </c>
       <c r="D254" s="5">
-        <v>-0.5757584366667845</v>
+        <v>-0.57574617995557187</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>271.67746904000001</v>
+        <v>271.67755491000003</v>
       </c>
       <c r="C255" s="5">
-        <v>0.67762443999998823</v>
+        <v>0.67755377000003136</v>
       </c>
       <c r="D255" s="5">
-        <v>3.042163831194844</v>
+        <v>3.0418404046866243</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>271.50664911000001</v>
+        <v>271.50680886999999</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.17081992999999329</v>
+        <v>-0.17074604000004001</v>
       </c>
       <c r="D256" s="5">
-        <v>-0.75190824260951139</v>
+        <v>-0.751583883316298</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>271.38448097000003</v>
+        <v>271.38512716000002</v>
       </c>
       <c r="C257" s="5">
-        <v>-0.12216813999998521</v>
+        <v>-0.12168170999996164</v>
       </c>
       <c r="D257" s="5">
-        <v>-0.53862217364732956</v>
+        <v>-0.53648254076779089</v>
       </c>
       <c r="E257" s="5">
-        <v>0.10249366699093265</v>
+        <v>0.10240218093118258</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>270.24686409999998</v>
+        <v>270.24399161999997</v>
       </c>
       <c r="C258" s="5">
-        <v>-1.1376168700000449</v>
+        <v>-1.1411355400000502</v>
       </c>
       <c r="D258" s="5">
-        <v>-4.9159110879739227</v>
+        <v>-4.9307547275450165</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>270.15045361</v>
+        <v>270.15155971000002</v>
       </c>
       <c r="C259" s="5">
-        <v>-9.6410489999982474E-2</v>
+        <v>-9.2431909999959316E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>-0.42726066398039997</v>
+        <v>-0.40966636344997864</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>271.51691022</v>
+        <v>271.51689198000003</v>
       </c>
       <c r="C260" s="5">
-        <v>1.3664566100000002</v>
+        <v>1.3653322700000103</v>
       </c>
       <c r="D260" s="5">
-        <v>6.2414969105785589</v>
+        <v>6.2361914852059552</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>271.93816026000002</v>
+        <v>271.93837602999997</v>
       </c>
       <c r="C261" s="5">
-        <v>0.42125004000001809</v>
+        <v>0.42148404999994682</v>
       </c>
       <c r="D261" s="5">
-        <v>1.8777316847057302</v>
+        <v>1.8787838388620415</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>271.32234460000001</v>
+        <v>271.32231561999998</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.61581566000000976</v>
+        <v>-0.61606040999998868</v>
       </c>
       <c r="D262" s="5">
-        <v>-2.6838599762049498</v>
+        <v>-2.6849112912267992</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>271.94160113999999</v>
+        <v>271.94174400000003</v>
       </c>
       <c r="C263" s="5">
-        <v>0.61925653999998076</v>
+        <v>0.61942838000004485</v>
       </c>
       <c r="D263" s="5">
-        <v>2.7734811895300915</v>
+        <v>2.7742608035056682</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>272.71206090999999</v>
+        <v>272.71228294999997</v>
       </c>
       <c r="C264" s="5">
-        <v>0.77045977000000221</v>
+        <v>0.77053894999994554</v>
       </c>
       <c r="D264" s="5">
-        <v>3.453298323561893</v>
+        <v>3.4536569245678717</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>272.85021783000002</v>
+        <v>272.85056211</v>
       </c>
       <c r="C265" s="5">
-        <v>0.13815692000002855</v>
+        <v>0.1382791600000246</v>
       </c>
       <c r="D265" s="5">
-        <v>0.609621091430812</v>
+        <v>0.61016148563939332</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>272.64146040999998</v>
+        <v>272.64180901999998</v>
       </c>
       <c r="C266" s="5">
-        <v>-0.20875742000004038</v>
+        <v>-0.20875309000001607</v>
       </c>
       <c r="D266" s="5">
-        <v>-0.91426511302510338</v>
+        <v>-0.9142450805309621</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>272.37699891</v>
+        <v>272.37714996</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.2644614999999817</v>
+        <v>-0.2646590599999854</v>
       </c>
       <c r="D267" s="5">
-        <v>-1.1578069745202257</v>
+        <v>-1.1586658019958063</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>272.79537656999997</v>
+        <v>272.79537223</v>
       </c>
       <c r="C268" s="5">
-        <v>0.418377659999976</v>
+        <v>0.41822227000000112</v>
       </c>
       <c r="D268" s="5">
-        <v>1.8588808813034374</v>
+        <v>1.8581835926862134</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>272.92523574000001</v>
+        <v>272.92528730999999</v>
       </c>
       <c r="C269" s="5">
-        <v>0.12985917000003155</v>
+        <v>0.1299150799999893</v>
       </c>
       <c r="D269" s="5">
-        <v>0.57273567662838865</v>
+        <v>0.57298291954106517</v>
       </c>
       <c r="E269" s="5">
-        <v>0.5677387168540049</v>
+        <v>0.56751825942618073</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>274.33786399000002</v>
+        <v>274.33548437000002</v>
       </c>
       <c r="C270" s="5">
-        <v>1.4126282500000116</v>
+        <v>1.41019706000003</v>
       </c>
       <c r="D270" s="5">
-        <v>6.3909545052099004</v>
+        <v>6.3796397405481153</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>274.83001174999998</v>
+        <v>274.83070518</v>
       </c>
       <c r="C271" s="5">
-        <v>0.49214775999996618</v>
+        <v>0.49522080999997797</v>
       </c>
       <c r="D271" s="5">
-        <v>2.1741051175919068</v>
+        <v>2.1878348145524917</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>275.58435954999999</v>
+        <v>275.58428235000002</v>
       </c>
       <c r="C272" s="5">
-        <v>0.75434780000000501</v>
+        <v>0.75357717000002822</v>
       </c>
       <c r="D272" s="5">
-        <v>3.3439164080894201</v>
+        <v>3.340440077899931</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>275.78853347</v>
+        <v>275.78874810000002</v>
       </c>
       <c r="C273" s="5">
-        <v>0.20417392000001655</v>
+        <v>0.20446574999999712</v>
       </c>
       <c r="D273" s="5">
-        <v>0.89268324351925443</v>
+        <v>0.89396463669435544</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>276.77199303999998</v>
+        <v>276.77190188999998</v>
       </c>
       <c r="C274" s="5">
-        <v>0.98345956999997952</v>
+        <v>0.98315378999996028</v>
       </c>
       <c r="D274" s="5">
-        <v>4.3641230335529135</v>
+        <v>4.3627359516398956</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>277.65713111999997</v>
+        <v>277.65745500000003</v>
       </c>
       <c r="C275" s="5">
-        <v>0.88513807999999017</v>
+        <v>0.88555311000004622</v>
       </c>
       <c r="D275" s="5">
-        <v>3.9059197058799455</v>
+        <v>3.9077848003723714</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>276.76996847999999</v>
+        <v>276.77031877000002</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.88716263999998546</v>
+        <v>-0.88713623000001007</v>
       </c>
       <c r="D276" s="5">
-        <v>-3.7675401422698984</v>
+        <v>-3.7674256319828237</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>277.31270232000003</v>
+        <v>277.31306208000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.54273384000003944</v>
+        <v>0.54274330999999165</v>
       </c>
       <c r="D277" s="5">
-        <v>2.3786936121507951</v>
+        <v>2.3787325227796474</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>277.71143712000003</v>
+        <v>277.71277156000002</v>
       </c>
       <c r="C278" s="5">
-        <v>0.39873479999999972</v>
+        <v>0.39970948000001272</v>
       </c>
       <c r="D278" s="5">
-        <v>1.7391337466843515</v>
+        <v>1.7434164189006118</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>278.71262442</v>
+        <v>278.71292125000002</v>
       </c>
       <c r="C279" s="5">
-        <v>1.0011872999999696</v>
+        <v>1.0001496900000006</v>
       </c>
       <c r="D279" s="5">
-        <v>4.4129817811164207</v>
+        <v>4.4082956852722344</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>279.51665412</v>
+        <v>279.51692259999999</v>
       </c>
       <c r="C280" s="5">
-        <v>0.80402970000000096</v>
+        <v>0.80400134999996453</v>
       </c>
       <c r="D280" s="5">
-        <v>3.5172151497775417</v>
+        <v>3.5170853536043767</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>279.82722359000002</v>
+        <v>279.82454322000001</v>
       </c>
       <c r="C281" s="5">
-        <v>0.31056947000001855</v>
+        <v>0.30762062000002288</v>
       </c>
       <c r="D281" s="5">
-        <v>1.3414917871788834</v>
+        <v>1.3286758727968806</v>
       </c>
       <c r="E281" s="5">
-        <v>2.5288932448061185</v>
+        <v>2.527891782399605</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>279.23404137</v>
+        <v>279.23299527</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.59318222000001697</v>
+        <v>-0.59154795000000604</v>
       </c>
       <c r="D282" s="5">
-        <v>-2.5143298526148494</v>
+        <v>-2.5075067325035283</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>279.51975672999998</v>
+        <v>279.51983168999999</v>
       </c>
       <c r="C283" s="5">
-        <v>0.28571535999998332</v>
+        <v>0.28683641999998599</v>
       </c>
       <c r="D283" s="5">
-        <v>1.2347868382280858</v>
+        <v>1.2396638414905681</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>281.00505100999999</v>
+        <v>281.00500262000003</v>
       </c>
       <c r="C284" s="5">
-        <v>1.4852942800000051</v>
+        <v>1.485170930000038</v>
       </c>
       <c r="D284" s="5">
-        <v>6.5661804347383335</v>
+        <v>6.5656172840038662</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>278.86993969000002</v>
+        <v>278.86996570000002</v>
       </c>
       <c r="C285" s="5">
-        <v>-2.1351113199999645</v>
+        <v>-2.1350369200000046</v>
       </c>
       <c r="D285" s="5">
-        <v>-8.7462086914976034</v>
+        <v>-8.7459179864530672</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>279.29184094999999</v>
+        <v>279.29180062</v>
       </c>
       <c r="C286" s="5">
-        <v>0.42190125999997008</v>
+        <v>0.42183491999998068</v>
       </c>
       <c r="D286" s="5">
-        <v>1.8306582712419806</v>
+        <v>1.8303678462817663</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>279.59341834999998</v>
+        <v>279.59412914000001</v>
       </c>
       <c r="C287" s="5">
-        <v>0.30157739999998512</v>
+        <v>0.30232852000000321</v>
       </c>
       <c r="D287" s="5">
-        <v>1.3034747639333766</v>
+        <v>1.3067407898680772</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>280.13469294999999</v>
+        <v>280.13553343000001</v>
       </c>
       <c r="C288" s="5">
-        <v>0.54127460000000838</v>
+        <v>0.54140429000000267</v>
       </c>
       <c r="D288" s="5">
-        <v>2.3480177229929344</v>
+        <v>2.3485802814695811</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>280.80340226999999</v>
+        <v>280.80438765000002</v>
       </c>
       <c r="C289" s="5">
-        <v>0.66870932000000494</v>
+        <v>0.66885422000001427</v>
       </c>
       <c r="D289" s="5">
-        <v>2.9024283861121658</v>
+        <v>2.9030567590466516</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>281.52232949</v>
+        <v>281.52506338000001</v>
       </c>
       <c r="C290" s="5">
-        <v>0.71892722000001186</v>
+        <v>0.7206757299999822</v>
       </c>
       <c r="D290" s="5">
-        <v>3.1159349105393419</v>
+        <v>3.1236093828388878</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>280.75379703999999</v>
+        <v>280.75410873999999</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.76853245000000925</v>
+        <v>-0.77095464000001357</v>
       </c>
       <c r="D291" s="5">
-        <v>-3.2271585019566174</v>
+        <v>-3.2371458992242474</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>281.46487363</v>
+        <v>281.46486076000002</v>
       </c>
       <c r="C292" s="5">
-        <v>0.71107659000000467</v>
+        <v>0.71075202000002946</v>
       </c>
       <c r="D292" s="5">
-        <v>3.0819859310870612</v>
+        <v>3.080556049714267</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>280.93346193000002</v>
+        <v>280.92741775000002</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.53141169999997828</v>
+        <v>-0.53744301000000405</v>
       </c>
       <c r="D293" s="5">
-        <v>-2.2422465712468642</v>
+        <v>-2.267428623905432</v>
       </c>
       <c r="E293" s="5">
-        <v>0.39532906262931267</v>
+        <v>0.39413073539189547</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>283.31762729000002</v>
+        <v>283.31698498999998</v>
       </c>
       <c r="C294" s="5">
-        <v>2.3841653599999972</v>
+        <v>2.3895672399999626</v>
       </c>
       <c r="D294" s="5">
-        <v>10.672953580643775</v>
+        <v>10.69851905534529</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>282.85618828999998</v>
+        <v>282.85523171</v>
       </c>
       <c r="C295" s="5">
-        <v>-0.46143900000004123</v>
+        <v>-0.46175327999998217</v>
       </c>
       <c r="D295" s="5">
-        <v>-1.9370253753835831</v>
+        <v>-1.9383372093857099</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>283.66771186</v>
+        <v>283.66886291999998</v>
       </c>
       <c r="C296" s="5">
-        <v>0.81152357000001984</v>
+        <v>0.81363120999998273</v>
       </c>
       <c r="D296" s="5">
-        <v>3.4976886964630527</v>
+        <v>3.5069289270944326</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>285.29706345</v>
+        <v>285.29634109</v>
       </c>
       <c r="C297" s="5">
-        <v>1.6293515899999989</v>
+        <v>1.6274781700000176</v>
       </c>
       <c r="D297" s="5">
-        <v>7.114619993638005</v>
+        <v>7.1061500537240807</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>286.55566850999998</v>
+        <v>286.55513092000001</v>
       </c>
       <c r="C298" s="5">
-        <v>1.2586050599999794</v>
+        <v>1.258789830000012</v>
       </c>
       <c r="D298" s="5">
-        <v>5.4242277913554071</v>
+        <v>5.4250575909683407</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>286.28684546</v>
+        <v>286.2895034</v>
       </c>
       <c r="C299" s="5">
-        <v>-0.26882304999998041</v>
+        <v>-0.26562752000000955</v>
       </c>
       <c r="D299" s="5">
-        <v>-1.1199513737888522</v>
+        <v>-1.1067082527179806</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>286.97401229000002</v>
+        <v>286.97554081999999</v>
       </c>
       <c r="C300" s="5">
-        <v>0.68716683000002377</v>
+        <v>0.68603741999999102</v>
       </c>
       <c r="D300" s="5">
-        <v>2.9186591829013286</v>
+        <v>2.9137713396702125</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>287.91921202999998</v>
+        <v>287.92154808999999</v>
       </c>
       <c r="C301" s="5">
-        <v>0.94519973999996409</v>
+        <v>0.94600726999999551</v>
       </c>
       <c r="D301" s="5">
-        <v>4.0248033249766335</v>
+        <v>4.0282826456934817</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>288.67147231000001</v>
+        <v>288.67639408999997</v>
       </c>
       <c r="C302" s="5">
-        <v>0.75226028000002998</v>
+        <v>0.75484599999998636</v>
       </c>
       <c r="D302" s="5">
-        <v>3.1807466074275759</v>
+        <v>3.1918115459776741</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>290.13927145999997</v>
+        <v>290.13978102999999</v>
       </c>
       <c r="C303" s="5">
-        <v>1.4677991499999621</v>
+        <v>1.4633869400000208</v>
       </c>
       <c r="D303" s="5">
-        <v>6.2751648674099769</v>
+        <v>6.2556630505084643</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>291.32938610000002</v>
+        <v>291.32838042999998</v>
       </c>
       <c r="C304" s="5">
-        <v>1.1901146400000471</v>
+        <v>1.1885993999999869</v>
       </c>
       <c r="D304" s="5">
-        <v>5.0348282850529502</v>
+        <v>5.0282638526839118</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>292.84324170000002</v>
+        <v>292.83281591000002</v>
       </c>
       <c r="C305" s="5">
-        <v>1.5138555999999994</v>
+        <v>1.5044354800000406</v>
       </c>
       <c r="D305" s="5">
-        <v>6.4169836059830176</v>
+        <v>6.375935120912124</v>
       </c>
       <c r="E305" s="5">
-        <v>4.2393596292091162</v>
+        <v>4.2378911447492618</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>293.14824054000002</v>
+        <v>293.14651579000002</v>
       </c>
       <c r="C306" s="5">
-        <v>0.30499883999999611</v>
+        <v>0.31369988000000149</v>
       </c>
       <c r="D306" s="5">
-        <v>1.2569948719167723</v>
+        <v>1.2931124191642551</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>293.86180882000002</v>
+        <v>293.85952627</v>
       </c>
       <c r="C307" s="5">
-        <v>0.71356828000000405</v>
+        <v>0.71301047999997991</v>
       </c>
       <c r="D307" s="5">
-        <v>2.9604108755403757</v>
+        <v>2.9580832997631923</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>293.31534205000003</v>
+        <v>293.31772066000002</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.54646676999999499</v>
+        <v>-0.54180560999998306</v>
       </c>
       <c r="D308" s="5">
-        <v>-2.2088427474157291</v>
+        <v>-2.1902096225507761</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>295.37418006000001</v>
+        <v>295.37248685999998</v>
       </c>
       <c r="C309" s="5">
-        <v>2.0588380099999881</v>
+        <v>2.0547661999999605</v>
       </c>
       <c r="D309" s="5">
-        <v>8.7559417053852062</v>
+        <v>8.73787871052909</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>295.66224772999999</v>
+        <v>295.66129691999998</v>
       </c>
       <c r="C310" s="5">
-        <v>0.28806766999997535</v>
+        <v>0.28881006000000298</v>
       </c>
       <c r="D310" s="5">
-        <v>1.1766142237977339</v>
+        <v>1.1796696448515442</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>296.58667616999998</v>
+        <v>296.59071151000001</v>
       </c>
       <c r="C311" s="5">
-        <v>0.92442843999998559</v>
+        <v>0.92941459000002169</v>
       </c>
       <c r="D311" s="5">
-        <v>3.8171619159305115</v>
+        <v>3.8381206253415678</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>298.40930685000001</v>
+        <v>298.41211865000002</v>
       </c>
       <c r="C312" s="5">
-        <v>1.8226306800000316</v>
+        <v>1.8214071400000194</v>
       </c>
       <c r="D312" s="5">
-        <v>7.6288558104971704</v>
+        <v>7.6234530700491909</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>298.99607694999997</v>
+        <v>299.00404808000002</v>
       </c>
       <c r="C313" s="5">
-        <v>0.58677009999996699</v>
+        <v>0.59192942999999332</v>
       </c>
       <c r="D313" s="5">
-        <v>2.3852781900590259</v>
+        <v>2.4064578022446659</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>298.90793574999998</v>
+        <v>298.91439088999999</v>
       </c>
       <c r="C314" s="5">
-        <v>-8.8141199999995479E-2</v>
+        <v>-8.9657190000025366E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>-0.35317560162970718</v>
+        <v>-0.35923049138157914</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>300.47244835999999</v>
+        <v>300.4748452</v>
       </c>
       <c r="C315" s="5">
-        <v>1.5645126100000084</v>
+        <v>1.5604543100000114</v>
       </c>
       <c r="D315" s="5">
-        <v>6.4649183721319226</v>
+        <v>6.447520904116022</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>300.81048791000001</v>
+        <v>300.81284535999998</v>
       </c>
       <c r="C316" s="5">
-        <v>0.33803955000001906</v>
+        <v>0.33800015999997868</v>
       </c>
       <c r="D316" s="5">
-        <v>1.3584170603089474</v>
+        <v>1.3582468886635057</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>300.54698918999998</v>
+        <v>300.51854195999999</v>
       </c>
       <c r="C317" s="5">
-        <v>-0.26349872000002961</v>
+        <v>-0.29430339999998978</v>
       </c>
       <c r="D317" s="5">
-        <v>-1.0461055611785341</v>
+        <v>-1.1677356851644394</v>
       </c>
       <c r="E317" s="5">
-        <v>2.6306727945226038</v>
+        <v>2.6246122812827455</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>303.15196916000002</v>
+        <v>303.15255556</v>
       </c>
       <c r="C318" s="5">
-        <v>2.6049799700000449</v>
+        <v>2.634013600000003</v>
       </c>
       <c r="D318" s="5">
-        <v>10.91138872046864</v>
+        <v>11.040018882094294</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>304.50554185999999</v>
+        <v>304.50393732999999</v>
       </c>
       <c r="C319" s="5">
-        <v>1.3535726999999724</v>
+        <v>1.351381769999989</v>
       </c>
       <c r="D319" s="5">
-        <v>5.4915537339640608</v>
+        <v>5.4824350348910755</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>304.56101874000001</v>
+        <v>304.56430017999998</v>
       </c>
       <c r="C320" s="5">
-        <v>5.5476880000014717E-2</v>
+        <v>6.0362849999989976E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>0.21884332000126072</v>
+        <v>0.23813960502723219</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>306.14754276999997</v>
+        <v>306.14393640999998</v>
       </c>
       <c r="C321" s="5">
-        <v>1.5865240299999641</v>
+        <v>1.5796362300000055</v>
       </c>
       <c r="D321" s="5">
-        <v>6.4333025299507351</v>
+        <v>6.4045002774202109</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>305.77396800000002</v>
+        <v>305.77235313</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.37357476999994788</v>
+        <v>-0.37158327999998164</v>
       </c>
       <c r="D322" s="5">
-        <v>-1.4545055556147601</v>
+        <v>-1.4468203490244025</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>305.72610810999998</v>
+        <v>305.73110967000002</v>
       </c>
       <c r="C323" s="5">
-        <v>-4.785989000004065E-2</v>
+        <v>-4.1243459999975585E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>-0.18766297605400384</v>
+        <v>-0.16173945077349039</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>306.91575803000001</v>
+        <v>306.91995362</v>
       </c>
       <c r="C324" s="5">
-        <v>1.1896499200000221</v>
+        <v>1.1888439499999777</v>
       </c>
       <c r="D324" s="5">
-        <v>4.7707158812638761</v>
+        <v>4.7673346891059065</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>307.7225095</v>
+        <v>307.73657851000002</v>
       </c>
       <c r="C325" s="5">
-        <v>0.8067514699999947</v>
+        <v>0.81662489000001415</v>
       </c>
       <c r="D325" s="5">
-        <v>3.2002955525043175</v>
+        <v>3.2399923782669315</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>308.87944707000003</v>
+        <v>308.88961516000001</v>
       </c>
       <c r="C326" s="5">
-        <v>1.1569375700000251</v>
+        <v>1.15303664999999</v>
       </c>
       <c r="D326" s="5">
-        <v>4.6060849760952927</v>
+        <v>4.5900187049211061</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>309.70888250000002</v>
+        <v>309.71383284000001</v>
       </c>
       <c r="C327" s="5">
-        <v>0.82943542999998954</v>
+        <v>0.82421768000000384</v>
       </c>
       <c r="D327" s="5">
-        <v>3.2703858998241353</v>
+        <v>3.249401399310603</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>310.68235320000002</v>
+        <v>310.68903982</v>
       </c>
       <c r="C328" s="5">
-        <v>0.97347070000000713</v>
+        <v>0.97520697999999584</v>
       </c>
       <c r="D328" s="5">
-        <v>3.8377089979850787</v>
+        <v>3.8446103836930146</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>311.89896286999999</v>
+        <v>311.85410192000001</v>
       </c>
       <c r="C329" s="5">
-        <v>1.2166096699999684</v>
+        <v>1.1650621000000001</v>
       </c>
       <c r="D329" s="5">
-        <v>4.8016538079565851</v>
+        <v>4.5938947677553577</v>
       </c>
       <c r="E329" s="5">
-        <v>3.7771044423351441</v>
+        <v>3.7720001854357532</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>312.73056745000002</v>
+        <v>312.73071143999999</v>
       </c>
       <c r="C330" s="5">
-        <v>0.83160458000003246</v>
+        <v>0.87660951999998815</v>
       </c>
       <c r="D330" s="5">
-        <v>3.2468538988774887</v>
+        <v>3.4257940672836273</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>314.11353530000002</v>
+        <v>314.11417347000003</v>
       </c>
       <c r="C331" s="5">
-        <v>1.38296785</v>
+        <v>1.3834620300000324</v>
       </c>
       <c r="D331" s="5">
-        <v>5.4376734905126956</v>
+        <v>5.4396615032972662</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>315.59432138</v>
+        <v>315.59756124</v>
       </c>
       <c r="C332" s="5">
-        <v>1.480786079999973</v>
+        <v>1.4833877699999789</v>
       </c>
       <c r="D332" s="5">
-        <v>5.8060138270910056</v>
+        <v>5.8164690734088698</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>315.17790406</v>
+        <v>315.17056299000001</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.41641731999999365</v>
+        <v>-0.42699824999999691</v>
       </c>
       <c r="D333" s="5">
-        <v>-1.5719240841977733</v>
+        <v>-1.6115526366065058</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>315.41191542000001</v>
+        <v>315.40538621000002</v>
       </c>
       <c r="C334" s="5">
-        <v>0.23401136000001088</v>
+        <v>0.23482322000000977</v>
       </c>
       <c r="D334" s="5">
-        <v>0.89461603589233718</v>
+        <v>0.89775346956846303</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>316.67359196000001</v>
+        <v>316.67883833000002</v>
       </c>
       <c r="C335" s="5">
-        <v>1.2616765399999963</v>
+        <v>1.2734521200000017</v>
       </c>
       <c r="D335" s="5">
-        <v>4.9071355546028483</v>
+        <v>4.9540619197397717</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>316.50957426000002</v>
+        <v>316.51632441999999</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.16401769999998805</v>
+        <v>-0.16251391000002968</v>
       </c>
       <c r="D336" s="5">
-        <v>-0.61975969527413577</v>
+        <v>-0.61408333630990075</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>316.61362506</v>
+        <v>316.63473114999999</v>
       </c>
       <c r="C337" s="5">
-        <v>0.10405079999998179</v>
+        <v>0.11840673000000379</v>
       </c>
       <c r="D337" s="5">
-        <v>0.39520753314701285</v>
+        <v>0.44983711167576601</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>317.29096699000002</v>
+        <v>317.30557407999999</v>
       </c>
       <c r="C338" s="5">
-        <v>0.67734193000001142</v>
+        <v>0.67084292999999207</v>
       </c>
       <c r="D338" s="5">
-        <v>2.5976223881496452</v>
+        <v>2.5722339453678966</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>318.65672576999998</v>
+        <v>318.66622857999999</v>
       </c>
       <c r="C339" s="5">
-        <v>1.3657587799999646</v>
+        <v>1.3606545000000096</v>
       </c>
       <c r="D339" s="5">
-        <v>5.2893812735594237</v>
+        <v>5.2688962946830564</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>319.14070056999998</v>
+        <v>319.15259464000002</v>
       </c>
       <c r="C340" s="5">
-        <v>0.4839747999999986</v>
+        <v>0.48636606000002303</v>
       </c>
       <c r="D340" s="5">
-        <v>1.8378579500716086</v>
+        <v>1.846959403428583</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>319.66749378999998</v>
+        <v>319.60964058000002</v>
       </c>
       <c r="C341" s="5">
-        <v>0.52679322000000184</v>
+        <v>0.45704594000000043</v>
       </c>
       <c r="D341" s="5">
-        <v>1.9988758425449005</v>
+        <v>1.7320731238252618</v>
       </c>
       <c r="E341" s="5">
-        <v>2.490720343702435</v>
+        <v>2.486912505640082</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>319.44398040999999</v>
+        <v>319.44449572000002</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.22351337999998577</v>
+        <v>-0.16514485999999806</v>
       </c>
       <c r="D342" s="5">
-        <v>-0.83582785593153686</v>
+        <v>-0.61829052308464139</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>320.07479835999999</v>
+        <v>320.07715919999998</v>
       </c>
       <c r="C343" s="5">
-        <v>0.63081794999999374</v>
+        <v>0.63266347999996242</v>
       </c>
       <c r="D343" s="5">
-        <v>2.395592231950161</v>
+        <v>2.4026734125504268</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>321.31435038000001</v>
+        <v>321.31542829</v>
       </c>
       <c r="C344" s="5">
-        <v>1.2395520200000192</v>
+        <v>1.2382690900000171</v>
       </c>
       <c r="D344" s="5">
-        <v>4.7475080614374221</v>
+        <v>4.7424536684760987</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>321.24368803999999</v>
+        <v>321.23191315999998</v>
       </c>
       <c r="C345" s="5">
-        <v>-7.0662340000012591E-2</v>
+        <v>-8.3515130000023419E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>-0.26358088349558439</v>
+        <v>-0.31145412075076484</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>322.92560943000001</v>
+        <v>322.91960143</v>
       </c>
       <c r="C346" s="5">
-        <v>1.6819213900000136</v>
+        <v>1.6876882700000237</v>
       </c>
       <c r="D346" s="5">
-        <v>6.4669017654416017</v>
+        <v>6.4899645310801501</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>325.01629880000002</v>
+        <v>325.00565655999998</v>
       </c>
       <c r="C347" s="5">
-        <v>2.0906893700000069</v>
+        <v>2.086055129999977</v>
       </c>
       <c r="D347" s="5">
-        <v>8.0517562300328915</v>
+        <v>8.0334246386039467</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>325.67537830999999</v>
+        <v>325.68821086000003</v>
       </c>
       <c r="C348" s="5">
-        <v>0.65907950999996956</v>
+        <v>0.68255430000004935</v>
       </c>
       <c r="D348" s="5">
-        <v>2.4607265646045873</v>
+        <v>2.5494709938959081</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>326.92029905999999</v>
+        <v>326.94648376999999</v>
       </c>
       <c r="C349" s="5">
-        <v>1.2449207500000057</v>
+        <v>1.2582729099999597</v>
       </c>
       <c r="D349" s="5">
-        <v>4.6847776044823153</v>
+        <v>4.7359052798084278</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>327.23717104999997</v>
+        <v>327.26315870000002</v>
       </c>
       <c r="C350" s="5">
-        <v>0.31687198999998145</v>
+        <v>0.31667493000003333</v>
       </c>
       <c r="D350" s="5">
-        <v>1.1693370748929066</v>
+        <v>1.1685119042192271</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>326.54071546</v>
+        <v>326.55141849</v>
       </c>
       <c r="C351" s="5">
-        <v>-0.69645558999997093</v>
+        <v>-0.7117402100000163</v>
       </c>
       <c r="D351" s="5">
-        <v>-2.5242635629782351</v>
+        <v>-2.5787984982202028</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>328.64759644999998</v>
+        <v>328.65906007000001</v>
       </c>
       <c r="C352" s="5">
-        <v>2.1068809899999792</v>
+        <v>2.1076415800000063</v>
       </c>
       <c r="D352" s="5">
-        <v>8.0233012962378716</v>
+        <v>8.0260288402192792</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>329.99975180000001</v>
+        <v>329.95733246999998</v>
       </c>
       <c r="C353" s="5">
-        <v>1.3521553500000323</v>
+        <v>1.2982723999999735</v>
       </c>
       <c r="D353" s="5">
-        <v>5.0504298036203377</v>
+        <v>4.8446080121245183</v>
       </c>
       <c r="E353" s="5">
-        <v>3.2321891373752409</v>
+        <v>3.2376031809371764</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>331.21670251</v>
+        <v>331.20275943000001</v>
       </c>
       <c r="C354" s="5">
-        <v>1.2169507099999919</v>
+        <v>1.2454269600000316</v>
       </c>
       <c r="D354" s="5">
-        <v>4.5161469984543068</v>
+        <v>4.6246337686608907</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>331.72673791</v>
+        <v>331.72886934000002</v>
       </c>
       <c r="C355" s="5">
-        <v>0.51003539999999248</v>
+        <v>0.5261099100000024</v>
       </c>
       <c r="D355" s="5">
-        <v>1.8635919785110477</v>
+        <v>1.9229215742200045</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>333.01139175999998</v>
+        <v>333.00877250000002</v>
       </c>
       <c r="C356" s="5">
-        <v>1.2846538499999838</v>
+        <v>1.2799031600000035</v>
       </c>
       <c r="D356" s="5">
-        <v>4.7474228464587043</v>
+        <v>4.7294614874659135</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>335.10756934</v>
+        <v>335.0942129</v>
       </c>
       <c r="C357" s="5">
-        <v>2.0961775800000169</v>
+        <v>2.0854403999999818</v>
       </c>
       <c r="D357" s="5">
-        <v>7.8206062551025468</v>
+        <v>7.7792207148617454</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>336.07297781</v>
+        <v>336.07143735</v>
       </c>
       <c r="C358" s="5">
-        <v>0.96540846999999985</v>
+        <v>0.97722444999999425</v>
       </c>
       <c r="D358" s="5">
-        <v>3.5123758946692174</v>
+        <v>3.556201025151684</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>337.25670423999998</v>
+        <v>337.20735844000001</v>
       </c>
       <c r="C359" s="5">
-        <v>1.1837264299999788</v>
+        <v>1.1359210900000107</v>
       </c>
       <c r="D359" s="5">
-        <v>4.3095256776891189</v>
+        <v>4.1322556894528351</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>337.21570616000002</v>
+        <v>337.23908247000003</v>
       </c>
       <c r="C360" s="5">
-        <v>-4.0998079999951642E-2</v>
+        <v>3.1724030000020775E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>-0.14577861665832081</v>
+        <v>0.11295287392643072</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>338.39433930000001</v>
+        <v>338.42719396000001</v>
       </c>
       <c r="C361" s="5">
-        <v>1.1786331399999881</v>
+        <v>1.188111489999983</v>
       </c>
       <c r="D361" s="5">
-        <v>4.2758033767417603</v>
+        <v>4.3105530524634839</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>338.51713921999999</v>
+        <v>338.55564638999999</v>
       </c>
       <c r="C362" s="5">
-        <v>0.12279991999997719</v>
+        <v>0.12845242999998163</v>
       </c>
       <c r="D362" s="5">
-        <v>0.43633819424551135</v>
+        <v>0.45642049278462604</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>338.40482760999998</v>
+        <v>338.42370560000001</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.11231161000000611</v>
+        <v>-0.13194078999998737</v>
       </c>
       <c r="D363" s="5">
-        <v>-0.3974046143729093</v>
+        <v>-0.46665894148361087</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>338.79188319000002</v>
+        <v>338.81424821000002</v>
       </c>
       <c r="C364" s="5">
-        <v>0.38705558000003748</v>
+        <v>0.39054261000001134</v>
       </c>
       <c r="D364" s="5">
-        <v>1.3811850487340349</v>
+        <v>1.3936291619294217</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>338.02593267999998</v>
+        <v>338.00679656</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.76595051000003878</v>
+        <v>-0.80745165000001862</v>
       </c>
       <c r="D365" s="5">
-        <v>-2.6795128301231097</v>
+        <v>-2.8226144474080117</v>
       </c>
       <c r="E365" s="5">
-        <v>2.4321778535349781</v>
+        <v>2.4395469649797441</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>339.21913424000002</v>
+        <v>339.19115540000001</v>
       </c>
       <c r="C366" s="5">
-        <v>1.1932015600000341</v>
+        <v>1.1843588400000158</v>
       </c>
       <c r="D366" s="5">
-        <v>4.3191067384029891</v>
+        <v>4.2867262678471407</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>338.53925133000001</v>
+        <v>338.53455291</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.67988291000000345</v>
+        <v>-0.65660249000001158</v>
       </c>
       <c r="D367" s="5">
-        <v>-2.3787742522182853</v>
+        <v>-2.2983735913541969</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>337.68853517999997</v>
+        <v>337.67071114999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.85071615000003931</v>
+        <v>-0.86384176000001389</v>
       </c>
       <c r="D368" s="5">
-        <v>-2.9741533181140589</v>
+        <v>-3.0194405156986459</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>321.53690252000001</v>
+        <v>321.51163775999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-16.151632659999962</v>
+        <v>-16.159073390000003</v>
       </c>
       <c r="D369" s="5">
-        <v>-44.464064710937656</v>
+        <v>-44.481252132568692</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>322.96132501</v>
+        <v>322.95488234999999</v>
       </c>
       <c r="C370" s="5">
-        <v>1.4244224899999836</v>
+        <v>1.4432445900000062</v>
       </c>
       <c r="D370" s="5">
-        <v>5.4475110815435546</v>
+        <v>5.5217247948106563</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>322.52379940999998</v>
+        <v>322.44383284999998</v>
       </c>
       <c r="C371" s="5">
-        <v>-0.43752560000001495</v>
+        <v>-0.51104950000001281</v>
       </c>
       <c r="D371" s="5">
-        <v>-1.6136183439481311</v>
+        <v>-1.8824613212815144</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>321.75742057000002</v>
+        <v>321.79319677000001</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.76637883999995893</v>
+        <v>-0.65063607999996975</v>
       </c>
       <c r="D372" s="5">
-        <v>-2.8144598249076003</v>
+        <v>-2.3947003575480297</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>322.83963599999998</v>
+        <v>322.87361699000002</v>
       </c>
       <c r="C373" s="5">
-        <v>1.0822154299999625</v>
+        <v>1.0804202200000077</v>
       </c>
       <c r="D373" s="5">
-        <v>4.1116496013514414</v>
+        <v>4.104237815983236</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>323.34784033</v>
+        <v>323.40647159000002</v>
       </c>
       <c r="C374" s="5">
-        <v>0.50820433000001231</v>
+        <v>0.53285460000000739</v>
       </c>
       <c r="D374" s="5">
-        <v>1.9054444676936511</v>
+        <v>1.9984958592643265</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>325.02651039</v>
+        <v>325.06225762999998</v>
       </c>
       <c r="C375" s="5">
-        <v>1.6786700600000017</v>
+        <v>1.6557860399999527</v>
       </c>
       <c r="D375" s="5">
-        <v>6.4108338178094026</v>
+        <v>6.3197858856265166</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>325.34247228999999</v>
+        <v>325.38940781000002</v>
       </c>
       <c r="C376" s="5">
-        <v>0.31596189999999069</v>
+        <v>0.32715018000004648</v>
       </c>
       <c r="D376" s="5">
-        <v>1.1727906544675371</v>
+        <v>1.214415310657202</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>326.19075688999999</v>
+        <v>326.21788903999999</v>
       </c>
       <c r="C377" s="5">
-        <v>0.8482845999999995</v>
+        <v>0.82848122999996576</v>
       </c>
       <c r="D377" s="5">
-        <v>3.1740918921316696</v>
+        <v>3.0984980630745174</v>
       </c>
       <c r="E377" s="5">
-        <v>-3.5012626682710879</v>
+        <v>-3.4877723288346152</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>327.00688577</v>
+        <v>326.96050747999999</v>
       </c>
       <c r="C378" s="5">
-        <v>0.81612888000000794</v>
+        <v>0.7426184400000011</v>
       </c>
       <c r="D378" s="5">
-        <v>3.0440610607713303</v>
+        <v>2.7662025206533603</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>326.07892797</v>
+        <v>326.05049030999999</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.9279578000000015</v>
+        <v>-0.91001717000000326</v>
       </c>
       <c r="D379" s="5">
-        <v>-3.3526295960042307</v>
+        <v>-3.2892600385991511</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>330.39216948000001</v>
+        <v>330.33600374000002</v>
       </c>
       <c r="C380" s="5">
-        <v>4.3132415100000117</v>
+        <v>4.2855134300000373</v>
       </c>
       <c r="D380" s="5">
-        <v>17.080382887517942</v>
+        <v>16.964113992552733</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>330.13239278999998</v>
+        <v>330.06932497999998</v>
       </c>
       <c r="C381" s="5">
-        <v>-0.25977669000002379</v>
+        <v>-0.26667876000004753</v>
       </c>
       <c r="D381" s="5">
-        <v>-0.9394516791357499</v>
+        <v>-0.96446472871126732</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>329.87298247000001</v>
+        <v>329.84048505999999</v>
       </c>
       <c r="C382" s="5">
-        <v>-0.25941031999997222</v>
+        <v>-0.22883991999998443</v>
       </c>
       <c r="D382" s="5">
-        <v>-0.93886747794075243</v>
+        <v>-0.82880523962901576</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>329.6005533</v>
+        <v>329.51081263999998</v>
       </c>
       <c r="C383" s="5">
-        <v>-0.27242917000000944</v>
+        <v>-0.32967242000000851</v>
       </c>
       <c r="D383" s="5">
-        <v>-0.98654384235298265</v>
+        <v>-1.1928171999772808</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>330.89085781</v>
+        <v>330.95403139000001</v>
       </c>
       <c r="C384" s="5">
-        <v>1.2903045099999986</v>
+        <v>1.4432187500000282</v>
       </c>
       <c r="D384" s="5">
-        <v>4.8001811734000865</v>
+        <v>5.3843364643995306</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>331.82983006000001</v>
+        <v>331.85185257000001</v>
       </c>
       <c r="C385" s="5">
-        <v>0.93897225000000617</v>
+        <v>0.897821179999994</v>
       </c>
       <c r="D385" s="5">
-        <v>3.4589049196051436</v>
+        <v>3.3044071122319663</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>331.57407052999997</v>
+        <v>331.67240321999998</v>
       </c>
       <c r="C386" s="5">
-        <v>-0.25575953000003437</v>
+        <v>-0.17944935000002715</v>
       </c>
       <c r="D386" s="5">
-        <v>-0.92099534344767253</v>
+        <v>-0.64697522084439241</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>335.75436094000003</v>
+        <v>335.82776686</v>
       </c>
       <c r="C387" s="5">
-        <v>4.1802904100000546</v>
+        <v>4.1553636400000187</v>
       </c>
       <c r="D387" s="5">
-        <v>16.223303581953765</v>
+        <v>16.114690180966029</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>337.68535343000002</v>
+        <v>337.79440692999998</v>
       </c>
       <c r="C388" s="5">
-        <v>1.9309924899999942</v>
+        <v>1.9666400699999826</v>
       </c>
       <c r="D388" s="5">
-        <v>7.1239909207690744</v>
+        <v>7.2581332921029862</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>339.89710693000001</v>
+        <v>340.00797001000001</v>
       </c>
       <c r="C389" s="5">
-        <v>2.2117534999999862</v>
+        <v>2.2135630800000285</v>
       </c>
       <c r="D389" s="5">
-        <v>8.1491041202168102</v>
+        <v>8.1532849271670713</v>
       </c>
       <c r="E389" s="5">
-        <v>4.2019431116566475</v>
+        <v>4.2272608073645968</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>340.21004722999999</v>
+        <v>340.14096845</v>
       </c>
       <c r="C390" s="5">
-        <v>0.31294029999997974</v>
+        <v>0.13299843999999439</v>
       </c>
       <c r="D390" s="5">
-        <v>1.1104413707310856</v>
+        <v>0.47040642808642286</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>342.80178917000001</v>
+        <v>342.70114647000003</v>
       </c>
       <c r="C391" s="5">
-        <v>2.5917419400000199</v>
+        <v>2.5601780200000235</v>
       </c>
       <c r="D391" s="5">
-        <v>9.5346025041249671</v>
+        <v>9.4156289180088226</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>344.41670348000002</v>
+        <v>344.28069479999999</v>
       </c>
       <c r="C392" s="5">
-        <v>1.6149143100000174</v>
+        <v>1.579548329999966</v>
       </c>
       <c r="D392" s="5">
-        <v>5.8019101275292417</v>
+        <v>5.6733222149518037</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>345.65253200000001</v>
+        <v>345.49948950999999</v>
       </c>
       <c r="C393" s="5">
-        <v>1.2358285199999841</v>
+        <v>1.2187947099999974</v>
       </c>
       <c r="D393" s="5">
-        <v>4.3918136430512789</v>
+        <v>4.3318410924917838</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>346.60725302999998</v>
+        <v>346.49583643</v>
       </c>
       <c r="C394" s="5">
-        <v>0.95472102999997333</v>
+        <v>0.99634692000000769</v>
       </c>
       <c r="D394" s="5">
-        <v>3.3653183288672395</v>
+        <v>3.5159624908913445</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>346.99131348999998</v>
+        <v>346.95202238000002</v>
       </c>
       <c r="C395" s="5">
-        <v>0.3840604600000006</v>
+        <v>0.4561859500000196</v>
       </c>
       <c r="D395" s="5">
-        <v>1.3378013549848689</v>
+        <v>1.5913742504438888</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>348.84643247000002</v>
+        <v>348.97264518999998</v>
       </c>
       <c r="C396" s="5">
-        <v>1.8551189800000429</v>
+        <v>2.0206228099999635</v>
       </c>
       <c r="D396" s="5">
-        <v>6.6076074774329419</v>
+        <v>7.2169736924623473</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>350.50663317999999</v>
+        <v>350.53546251</v>
       </c>
       <c r="C397" s="5">
-        <v>1.6602007099999696</v>
+        <v>1.5628173200000219</v>
       </c>
       <c r="D397" s="5">
-        <v>5.8628210508973044</v>
+        <v>5.5083674674172523</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>351.64163336000001</v>
+        <v>351.79522745000003</v>
       </c>
       <c r="C398" s="5">
-        <v>1.13500018000002</v>
+        <v>1.259764940000025</v>
       </c>
       <c r="D398" s="5">
-        <v>3.9557627995026268</v>
+        <v>4.3988688017527089</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>351.65131713</v>
+        <v>351.77281626000001</v>
       </c>
       <c r="C399" s="5">
-        <v>9.6837699999809956E-3</v>
+        <v>-2.2411190000013903E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>3.3051502267333888E-2</v>
+        <v>-7.6419476500388939E-2</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>352.57186712999999</v>
+        <v>352.75305802999998</v>
       </c>
       <c r="C400" s="5">
-        <v>0.92054999999999154</v>
+        <v>0.98024176999996371</v>
       </c>
       <c r="D400" s="5">
-        <v>3.1869760928205482</v>
+        <v>3.3956195584920357</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>353.13770225000002</v>
+        <v>353.34474067000002</v>
       </c>
       <c r="C401" s="5">
-        <v>0.56583512000003111</v>
+        <v>0.59168264000004456</v>
       </c>
       <c r="D401" s="5">
-        <v>1.9429450426200257</v>
+        <v>2.0314666480086618</v>
       </c>
       <c r="E401" s="5">
-        <v>3.8954716148045465</v>
+        <v>3.9224876580415957</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>356.15331669</v>
+        <v>356.04484918999998</v>
       </c>
       <c r="C402" s="5">
-        <v>3.0156144399999789</v>
+        <v>2.7001085199999579</v>
       </c>
       <c r="D402" s="5">
-        <v>10.742640504048362</v>
+        <v>9.5652692028544983</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>356.29636707999998</v>
+        <v>356.10553455000002</v>
       </c>
       <c r="C403" s="5">
-        <v>0.14305038999998487</v>
+        <v>6.0685360000036326E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>0.48305092973794928</v>
+        <v>0.20472347059763418</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>357.04823511000001</v>
+        <v>356.82253007999998</v>
       </c>
       <c r="C404" s="5">
-        <v>0.75186803000002556</v>
+        <v>0.71699552999996286</v>
       </c>
       <c r="D404" s="5">
-        <v>2.5618765612070105</v>
+        <v>2.4430588927539798</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>357.83604430000003</v>
+        <v>357.57429134</v>
       </c>
       <c r="C405" s="5">
-        <v>0.78780919000001859</v>
+        <v>0.75176126000002341</v>
       </c>
       <c r="D405" s="5">
-        <v>2.6801094668124303</v>
+        <v>2.5576875052392589</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>359.01982332</v>
+        <v>358.80816351999999</v>
       </c>
       <c r="C406" s="5">
-        <v>1.1837790199999745</v>
+        <v>1.2338721799999917</v>
       </c>
       <c r="D406" s="5">
-        <v>4.0428248005416778</v>
+        <v>4.2203065295062681</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>361.43290595000002</v>
+        <v>361.45808364999999</v>
       </c>
       <c r="C407" s="5">
-        <v>2.4130826300000194</v>
+        <v>2.6499201299999982</v>
       </c>
       <c r="D407" s="5">
-        <v>8.3705126612364289</v>
+        <v>9.2314039424101768</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>361.33991307999997</v>
+        <v>361.54522878</v>
       </c>
       <c r="C408" s="5">
-        <v>-9.2992870000045968E-2</v>
+        <v>8.714513000001034E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>-0.30831079673947492</v>
+        <v>0.28969592590162296</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>362.72384534999998</v>
+        <v>362.76807289999999</v>
       </c>
       <c r="C409" s="5">
-        <v>1.3839322700000025</v>
+        <v>1.2228441199999907</v>
       </c>
       <c r="D409" s="5">
-        <v>4.6940628538155948</v>
+        <v>4.1350859534931228</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>363.92775599999999</v>
+        <v>364.13625167999999</v>
       </c>
       <c r="C410" s="5">
-        <v>1.2039106500000116</v>
+        <v>1.3681787799999938</v>
       </c>
       <c r="D410" s="5">
-        <v>4.0564180546700745</v>
+        <v>4.6208666306777779</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>363.61071717999999</v>
+        <v>363.78825631000001</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.31703881999999339</v>
+        <v>-0.34799536999997827</v>
       </c>
       <c r="D411" s="5">
-        <v>-1.0403960658772138</v>
+        <v>-1.1407995155055417</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>364.54662526999999</v>
+        <v>364.81068673999999</v>
       </c>
       <c r="C412" s="5">
-        <v>0.93590808999999808</v>
+        <v>1.0224304299999858</v>
       </c>
       <c r="D412" s="5">
-        <v>3.1328175968842187</v>
+        <v>3.4252363359589033</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>366.04607435000003</v>
+        <v>366.33328590000002</v>
       </c>
       <c r="C413" s="5">
-        <v>1.4994490800000335</v>
+        <v>1.522599160000027</v>
       </c>
       <c r="D413" s="5">
-        <v>5.0490326339369229</v>
+        <v>5.1249865431336916</v>
       </c>
       <c r="E413" s="5">
-        <v>3.6553367192896591</v>
+        <v>3.6758846913559795</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>367.56181387999999</v>
+        <v>367.42079733999998</v>
       </c>
       <c r="C414" s="5">
-        <v>1.5157395299999621</v>
+        <v>1.0875114399999575</v>
       </c>
       <c r="D414" s="5">
-        <v>5.0837564161776427</v>
+        <v>3.621111367088381</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>368.88146862000002</v>
+        <v>368.59172216000002</v>
       </c>
       <c r="C415" s="5">
-        <v>1.3196547400000327</v>
+        <v>1.1709248200000388</v>
       </c>
       <c r="D415" s="5">
-        <v>4.3944538190495486</v>
+        <v>3.8920001850901054</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>370.19922889999998</v>
+        <v>369.87706625999999</v>
       </c>
       <c r="C416" s="5">
-        <v>1.317760279999959</v>
+        <v>1.2853440999999748</v>
       </c>
       <c r="D416" s="5">
-        <v>4.3720127366232209</v>
+        <v>4.2658097341570889</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>370.73331409000002</v>
+        <v>370.35522918999999</v>
       </c>
       <c r="C417" s="5">
-        <v>0.53408519000004162</v>
+        <v>0.47816292999999632</v>
       </c>
       <c r="D417" s="5">
-        <v>1.745039330922693</v>
+        <v>1.5623919286034571</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>372.05536536</v>
+        <v>371.72146837000003</v>
       </c>
       <c r="C418" s="5">
-        <v>1.3220512699999745</v>
+        <v>1.3662391800000364</v>
       </c>
       <c r="D418" s="5">
-        <v>4.3641883962369343</v>
+        <v>4.5177269838382328</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>372.70055102999999</v>
+        <v>372.81520038999997</v>
       </c>
       <c r="C419" s="5">
-        <v>0.64518566999998939</v>
+        <v>1.0937320199999476</v>
       </c>
       <c r="D419" s="5">
-        <v>2.10089671377367</v>
+        <v>3.588514321950953</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>373.58960185000001</v>
+        <v>373.87295303000002</v>
       </c>
       <c r="C420" s="5">
-        <v>0.88905082000002267</v>
+        <v>1.0577526400000465</v>
       </c>
       <c r="D420" s="5">
-        <v>2.9003712107113166</v>
+        <v>3.4582782114131794</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>373.70110715999999</v>
+        <v>373.77752261000001</v>
       </c>
       <c r="C421" s="5">
-        <v>0.11150530999998409</v>
+        <v>-9.5430420000013783E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>0.35875261140321246</v>
+        <v>-0.30586827428605856</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>374.61383353000002</v>
+        <v>374.86658390000002</v>
       </c>
       <c r="C422" s="5">
-        <v>0.91272637000002987</v>
+        <v>1.0890612900000178</v>
       </c>
       <c r="D422" s="5">
-        <v>2.9705693940585309</v>
+        <v>3.5529721288573457</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>376.84663323000001</v>
+        <v>377.07326885999998</v>
       </c>
       <c r="C423" s="5">
-        <v>2.2327996999999868</v>
+        <v>2.2066849599999614</v>
       </c>
       <c r="D423" s="5">
-        <v>7.3915094606120668</v>
+        <v>7.2971552607243861</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>377.73636719000001</v>
+        <v>378.06305534000001</v>
       </c>
       <c r="C424" s="5">
-        <v>0.88973396000000093</v>
+        <v>0.98978648000002067</v>
       </c>
       <c r="D424" s="5">
-        <v>2.8702785285506183</v>
+        <v>3.1957773667798062</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>377.97974801999999</v>
+        <v>378.31587662999999</v>
       </c>
       <c r="C425" s="5">
-        <v>0.24338082999997823</v>
+        <v>0.25282128999998577</v>
       </c>
       <c r="D425" s="5">
-        <v>0.77592262161321202</v>
+        <v>0.80543149555569737</v>
       </c>
       <c r="E425" s="5">
-        <v>3.2601561678242241</v>
+        <v>3.2709533070579111</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>375.76178191000002</v>
+        <v>378.60746877999998</v>
       </c>
       <c r="C426" s="5">
-        <v>-2.2179661099999635</v>
+        <v>0.29159214999998539</v>
       </c>
       <c r="D426" s="5">
-        <v>-6.8186697837014032</v>
+        <v>0.92884745373420508</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>377.17107814000002</v>
+        <v>379.99203018999998</v>
       </c>
       <c r="C427" s="5">
-        <v>1.4092962299999954</v>
+        <v>1.3845614100000034</v>
       </c>
       <c r="D427" s="5">
-        <v>4.5946132722947119</v>
+        <v>4.4777308151620732</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>377.86273899999998</v>
+        <v>380.90690920999998</v>
       </c>
       <c r="C428" s="5">
-        <v>0.6916608599999563</v>
+        <v>0.91487902000000076</v>
       </c>
       <c r="D428" s="5">
-        <v>2.222905586276247</v>
+        <v>2.9277189461397457</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>378.38648276999999</v>
+        <v>381.88725699000003</v>
       </c>
       <c r="C429" s="5">
-        <v>0.52374377000001004</v>
+        <v>0.98034778000004508</v>
       </c>
       <c r="D429" s="5">
-        <v>1.6760212133207331</v>
+        <v>3.1325600353975691</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>379.63035439999999</v>
+        <v>382.47937767000002</v>
       </c>
       <c r="C430" s="5">
-        <v>1.243871630000001</v>
+        <v>0.59212067999999363</v>
       </c>
       <c r="D430" s="5">
-        <v>4.0168749226658029</v>
+        <v>1.8765633681131044</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>377.44037685000001</v>
+        <v>381.87008268</v>
       </c>
       <c r="C431" s="5">
-        <v>-2.1899775499999805</v>
+        <v>-0.60929499000002352</v>
       </c>
       <c r="D431" s="5">
-        <v>-6.7069865328082567</v>
+        <v>-1.8949565999161755</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>377.24021284000003</v>
+        <v>381.71062691999998</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.20016400999998041</v>
+        <v>-0.15945576000001438</v>
       </c>
       <c r="D432" s="5">
-        <v>-0.63453055852621398</v>
+        <v>-0.49992938043841306</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>376.27383669</v>
+        <v>380.72985390999997</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.96637615000003052</v>
+        <v>-0.98077301000000716</v>
       </c>
       <c r="D433" s="5">
-        <v>-3.0310961668841174</v>
+        <v>-3.0400965393265533</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>377.20963455999998</v>
+        <v>381.67473453999997</v>
       </c>
       <c r="C434" s="5">
-        <v>0.9357978699999876</v>
+        <v>0.94488063000000011</v>
       </c>
       <c r="D434" s="5">
-        <v>3.0255782890536986</v>
+        <v>3.0191020864374085</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>380.53829112</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-1.1364434199999778</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-3.5150855090963384</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>379.52435881999997</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-1.0139323000000218</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-3.1509199117798592</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">