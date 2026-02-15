--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7958A2C4-BD2B-4E51-8EE7-1904836619EC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6EDEDFE8-EC78-4362-B031-9974FC58D42A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C4C6073C-212F-4F6C-A731-C5F88F4C92C6}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D33C7082-121B-472E-89D8-4A73EEF61656}"/>
   </bookViews>
   <sheets>
     <sheet name="dalgooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Goods Producing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7591CC36-7CFF-44E2-83AF-34B7A9B0CE7B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C3D1415-812E-4CFF-B8A5-D3BB5C44417A}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>381.87008268</v>
       </c>
       <c r="C431" s="5">
         <v>-0.60929499000002352</v>
       </c>
       <c r="D431" s="5">
         <v>-1.8949565999161755</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>381.71062691999998</v>
       </c>
       <c r="C432" s="5">
         <v>-0.15945576000001438</v>
       </c>
       <c r="D432" s="5">
         <v>-0.49992938043841306</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>380.72985390999997</v>
       </c>
       <c r="C433" s="5">
         <v>-0.98077301000000716</v>
       </c>
       <c r="D433" s="5">
         <v>-3.0400965393265533</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>381.67473453999997</v>
       </c>
       <c r="C434" s="5">
         <v>0.94488063000000011</v>
       </c>
       <c r="D434" s="5">
         <v>3.0191020864374085</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>380.53829112</v>
       </c>
       <c r="C435" s="5">
         <v>-1.1364434199999778</v>
       </c>
       <c r="D435" s="5">
         <v>-3.5150855090963384</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>379.52435881999997</v>
+        <v>379.51502534000002</v>
       </c>
       <c r="C436" s="5">
-        <v>-1.0139323000000218</v>
+        <v>-1.0232657799999743</v>
       </c>
       <c r="D436" s="5">
-        <v>-3.1509199117798592</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-3.1794972615607264</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>378.65756590000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.85745944000001373</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-2.677788358690858</v>
+      </c>
+      <c r="E437" s="5">
+        <v>9.0318511885811859E-2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>