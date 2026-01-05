--- v0 (2025-10-17)
+++ v1 (2026-01-05)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{F8EF1C1D-23D9-4196-B476-E21643864A55}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6217EC76-15A4-4CDA-ABF2-59E74BC72B60}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{B7491D01-55AF-48DD-A346-4070BC0FF33C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CD42650C-629F-4C01-9F50-AF7A17F812F9}"/>
   </bookViews>
   <sheets>
     <sheet name="dalgovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Government Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{794D07BA-50E1-4AC4-BFFE-61C8CB097663}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BE27B96C-A9A5-48A5-A02F-90771C2AD957}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.1028487099999893</v>
       </c>
       <c r="D431" s="5">
         <v>-0.35539275987407359</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>347.07819581000001</v>
       </c>
       <c r="C432" s="5">
         <v>0.47367621000000781</v>
       </c>
       <c r="D432" s="5">
         <v>1.6523252049272186</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>348.75108277999999</v>
+        <v>347.06763530000001</v>
       </c>
       <c r="C433" s="5">
-        <v>1.6728869699999791</v>
+        <v>-1.0560510000004797E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>5.9397152127131259</v>
+        <v>-3.6506158073612571E-2</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>347.51177604999998</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.4441407499999741</v>
+      </c>
+      <c r="D434" s="5">
+        <v>1.5464886384943366</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>