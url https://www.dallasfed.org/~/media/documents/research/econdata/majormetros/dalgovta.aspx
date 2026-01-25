--- v1 (2026-01-05)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6217EC76-15A4-4CDA-ABF2-59E74BC72B60}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{77D59EE6-884C-49AF-87CB-DA17B1CBAA8D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CD42650C-629F-4C01-9F50-AF7A17F812F9}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{DB4FF511-F62C-46E8-B644-2611A9E36BBC}"/>
   </bookViews>
   <sheets>
     <sheet name="dalgovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Government Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BE27B96C-A9A5-48A5-A02F-90771C2AD957}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{31EF9BE5-9660-466E-B379-C70D9D310D20}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>167.37640719000001</v>
+        <v>167.37572753000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>166.72412155999999</v>
+        <v>166.72469233999999</v>
       </c>
       <c r="C7" s="5">
-        <v>-0.65228563000002282</v>
+        <v>-0.65103519000001597</v>
       </c>
       <c r="D7" s="5">
-        <v>-4.5775948333161125</v>
+        <v>-4.5690245583566602</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>167.50320094</v>
+        <v>167.50300657</v>
       </c>
       <c r="C8" s="5">
-        <v>0.77907938000001309</v>
+        <v>0.77831423000000655</v>
       </c>
       <c r="D8" s="5">
-        <v>5.7538224688012063</v>
+        <v>5.7480054616523946</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>168.45524280000001</v>
+        <v>168.45529576000001</v>
       </c>
       <c r="C9" s="5">
-        <v>0.95204186000000846</v>
+        <v>0.95228919000001611</v>
       </c>
       <c r="D9" s="5">
-        <v>7.0377707299470682</v>
+        <v>7.0396650359304314</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>170.61443474999999</v>
+        <v>170.61451933000001</v>
       </c>
       <c r="C10" s="5">
-        <v>2.159191949999979</v>
+        <v>2.1592235699999947</v>
       </c>
       <c r="D10" s="5">
-        <v>16.513131801229619</v>
+        <v>16.513385359346611</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>170.69358725999999</v>
+        <v>170.69371007000001</v>
       </c>
       <c r="C11" s="5">
-        <v>7.915251000000012E-2</v>
+        <v>7.9190740000001369E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>0.55813416621366407</v>
+        <v>0.5584041513652771</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>171.42949497999999</v>
+        <v>171.42962119000001</v>
       </c>
       <c r="C12" s="5">
-        <v>0.73590772000000015</v>
+        <v>0.73591111999999725</v>
       </c>
       <c r="D12" s="5">
-        <v>5.2979903180826682</v>
+        <v>5.2980114762414265</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>168.67973774999999</v>
+        <v>168.67905783</v>
       </c>
       <c r="C13" s="5">
-        <v>-2.7497572300000002</v>
+        <v>-2.750563360000001</v>
       </c>
       <c r="D13" s="5">
-        <v>-17.637701740863122</v>
+        <v>-17.642413121039489</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>171.06866611999999</v>
+        <v>171.06881802000001</v>
       </c>
       <c r="C14" s="5">
-        <v>2.3889283700000021</v>
+        <v>2.3897601900000041</v>
       </c>
       <c r="D14" s="5">
-        <v>18.383349339767641</v>
+        <v>18.390337178781159</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>171.62474001000001</v>
+        <v>171.62488848000001</v>
       </c>
       <c r="C15" s="5">
-        <v>0.55607389000002172</v>
+        <v>0.55607046000000082</v>
       </c>
       <c r="D15" s="5">
-        <v>3.9712055056158047</v>
+        <v>3.9711769811892061</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>172.57397552</v>
+        <v>172.57410804</v>
       </c>
       <c r="C16" s="5">
-        <v>0.94923550999999406</v>
+        <v>0.94921955999998886</v>
       </c>
       <c r="D16" s="5">
-        <v>6.8427206975895105</v>
+        <v>6.8425960988583556</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>172.51600128000001</v>
+        <v>172.51614900999999</v>
       </c>
       <c r="C17" s="5">
-        <v>-5.797423999999296E-2</v>
+        <v>-5.7959030000006351E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>-0.40238217543062671</v>
+        <v>-0.40227649387514219</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>172.42739979000001</v>
+        <v>172.42677452000001</v>
       </c>
       <c r="C18" s="5">
-        <v>-8.8601490000002059E-2</v>
+        <v>-8.9374489999983098E-2</v>
       </c>
       <c r="D18" s="5">
-        <v>-0.61456312589818207</v>
+        <v>-0.61990905880302538</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>173.29227791</v>
+        <v>173.29269309</v>
       </c>
       <c r="C19" s="5">
-        <v>0.86487811999998598</v>
+        <v>0.86591856999999095</v>
       </c>
       <c r="D19" s="5">
-        <v>6.1879354830215005</v>
+        <v>6.1956094784711091</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>173.74019245</v>
+        <v>173.74008402000001</v>
       </c>
       <c r="C20" s="5">
-        <v>0.44791453999999931</v>
+        <v>0.44739093000001162</v>
       </c>
       <c r="D20" s="5">
-        <v>3.1461572219123823</v>
+        <v>3.1424193634937758</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>174.61871988999999</v>
+        <v>174.61875462</v>
       </c>
       <c r="C21" s="5">
-        <v>0.87852743999999916</v>
+        <v>0.87867059999999242</v>
       </c>
       <c r="D21" s="5">
-        <v>6.2395011286996427</v>
+        <v>6.2405503340699831</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>174.92924485</v>
+        <v>174.92930534999999</v>
       </c>
       <c r="C22" s="5">
-        <v>0.31052496000000929</v>
+        <v>0.31055072999998856</v>
       </c>
       <c r="D22" s="5">
-        <v>2.1549591684329128</v>
+        <v>2.1551393253250506</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>174.97034303000001</v>
+        <v>174.97044281000001</v>
       </c>
       <c r="C23" s="5">
-        <v>4.1098180000005868E-2</v>
+        <v>4.1137460000015835E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>0.2822946697601969</v>
+        <v>0.28256472695213919</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>175.69601739999999</v>
+        <v>175.69613856999999</v>
       </c>
       <c r="C24" s="5">
-        <v>0.72567436999997881</v>
+        <v>0.72569575999997937</v>
       </c>
       <c r="D24" s="5">
-        <v>5.0920073270458444</v>
+        <v>5.0921578890093855</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>174.19824971</v>
+        <v>174.19770510999999</v>
       </c>
       <c r="C25" s="5">
-        <v>-1.4977676899999892</v>
+        <v>-1.4984334600000011</v>
       </c>
       <c r="D25" s="5">
-        <v>-9.7634592926554298</v>
+        <v>-9.767591293204136</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>176.27071924000001</v>
+        <v>176.27087399999999</v>
       </c>
       <c r="C26" s="5">
-        <v>2.0724695300000064</v>
+        <v>2.0731688900000051</v>
       </c>
       <c r="D26" s="5">
-        <v>15.248869613045191</v>
+        <v>15.254407632105105</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>176.84979566000001</v>
+        <v>176.84994222</v>
       </c>
       <c r="C27" s="5">
-        <v>0.57907642000000692</v>
+        <v>0.57906822000001057</v>
       </c>
       <c r="D27" s="5">
-        <v>4.0141990792476268</v>
+        <v>4.014137617104141</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>177.50874515000001</v>
+        <v>177.50888197</v>
       </c>
       <c r="C28" s="5">
-        <v>0.6589494899999977</v>
+        <v>0.65893975000000182</v>
       </c>
       <c r="D28" s="5">
-        <v>4.5640264742286218</v>
+        <v>4.5639537643285655</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>177.91664417999999</v>
+        <v>177.91680491</v>
       </c>
       <c r="C29" s="5">
-        <v>0.40789902999998162</v>
+        <v>0.40792293999999174</v>
       </c>
       <c r="D29" s="5">
-        <v>2.7926102787493745</v>
+        <v>2.7927738690573634</v>
       </c>
       <c r="E29" s="5">
-        <v>3.1305170882291344</v>
+        <v>3.1305219430135534</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>177.48223565000001</v>
+        <v>177.48165943999999</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.43440852999998469</v>
+        <v>-0.43514547000000903</v>
       </c>
       <c r="D30" s="5">
-        <v>-2.890940768565653</v>
+        <v>-2.8957766605235635</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>178.85955842000001</v>
+        <v>178.85979644</v>
       </c>
       <c r="C31" s="5">
-        <v>1.3773227700000064</v>
+        <v>1.3781370000000095</v>
       </c>
       <c r="D31" s="5">
-        <v>9.7203445054206519</v>
+        <v>9.726371408811163</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>178.89704512</v>
+        <v>178.89699784000001</v>
       </c>
       <c r="C32" s="5">
-        <v>3.7486699999988105E-2</v>
+        <v>3.7201400000014928E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>0.25179493403673092</v>
+        <v>0.249876072881694</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>179.26749162999999</v>
+        <v>179.26746861999999</v>
       </c>
       <c r="C33" s="5">
-        <v>0.37044650999999362</v>
+        <v>0.37047077999997668</v>
       </c>
       <c r="D33" s="5">
-        <v>2.5133658998287789</v>
+        <v>2.5135331162055907</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>180.02993047999999</v>
+        <v>180.02991477</v>
       </c>
       <c r="C34" s="5">
-        <v>0.76243884999999523</v>
+        <v>0.76244615000001659</v>
       </c>
       <c r="D34" s="5">
-        <v>5.2247892410110408</v>
+        <v>5.2248411283090768</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>181.21741673</v>
+        <v>181.21744301000001</v>
       </c>
       <c r="C35" s="5">
-        <v>1.1874862500000063</v>
+        <v>1.187528240000006</v>
       </c>
       <c r="D35" s="5">
-        <v>8.2088189992969074</v>
+        <v>8.2091206198121149</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>180.66622706000001</v>
+        <v>180.66629327999999</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.5511896699999852</v>
+        <v>-0.5511497300000201</v>
       </c>
       <c r="D36" s="5">
-        <v>-3.5894682141836665</v>
+        <v>-3.5892119395785183</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>180.30106685999999</v>
+        <v>180.30094969999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.36516020000001959</v>
+        <v>-0.36534358000000111</v>
       </c>
       <c r="D37" s="5">
-        <v>-2.3986427384798725</v>
+        <v>-2.3998330786647037</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>182.48730886999999</v>
+        <v>182.48744004</v>
       </c>
       <c r="C38" s="5">
-        <v>2.1862420100000008</v>
+        <v>2.186490340000006</v>
       </c>
       <c r="D38" s="5">
-        <v>15.56130634677535</v>
+        <v>15.563204237293405</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>181.97614752999999</v>
+        <v>181.97627524000001</v>
       </c>
       <c r="C39" s="5">
-        <v>-0.51116134000000102</v>
+        <v>-0.51116479999998887</v>
       </c>
       <c r="D39" s="5">
-        <v>-3.3099911987583996</v>
+        <v>-3.3100109170514758</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>182.23300616</v>
+        <v>182.23312540000001</v>
       </c>
       <c r="C40" s="5">
-        <v>0.25685863000001063</v>
+        <v>0.25685015999999905</v>
       </c>
       <c r="D40" s="5">
-        <v>1.7070067545123191</v>
+        <v>1.7069488204565664</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>182.58184510999999</v>
+        <v>182.5819855</v>
       </c>
       <c r="C41" s="5">
-        <v>0.34883894999998688</v>
+        <v>0.34886009999999601</v>
       </c>
       <c r="D41" s="5">
-        <v>2.3214358014327363</v>
+        <v>2.3215764995153432</v>
       </c>
       <c r="E41" s="5">
-        <v>2.6221273178242743</v>
+        <v>2.6221135166854648</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>182.50117596999999</v>
+        <v>182.50076906000001</v>
       </c>
       <c r="C42" s="5">
-        <v>-8.0669139999997697E-2</v>
+        <v>-8.1216439999991508E-2</v>
       </c>
       <c r="D42" s="5">
-        <v>-0.52890296645227153</v>
+        <v>-0.53248212729256617</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>184.13559586</v>
+        <v>184.13562514</v>
       </c>
       <c r="C43" s="5">
-        <v>1.6344198900000038</v>
+        <v>1.6348560799999916</v>
       </c>
       <c r="D43" s="5">
-        <v>11.292272750266985</v>
+        <v>11.295462849016214</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>184.26530516</v>
+        <v>184.26524058000001</v>
       </c>
       <c r="C44" s="5">
-        <v>0.1297093000000018</v>
+        <v>0.12961544000000913</v>
       </c>
       <c r="D44" s="5">
-        <v>0.84858997900436606</v>
+        <v>0.84797340928182141</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>184.20932624</v>
+        <v>184.20920207</v>
       </c>
       <c r="C45" s="5">
-        <v>-5.5978920000001153E-2</v>
+        <v>-5.6038510000007591E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>-0.36394576328643291</v>
+        <v>-0.36433266609147141</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>184.72260116000001</v>
+        <v>184.72246367</v>
       </c>
       <c r="C46" s="5">
-        <v>0.51327492000001484</v>
+        <v>0.51326159999999277</v>
       </c>
       <c r="D46" s="5">
-        <v>3.3953615605354814</v>
+        <v>3.395274416664873</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>185.75283547000001</v>
+        <v>185.752703</v>
       </c>
       <c r="C47" s="5">
-        <v>1.0302343099999973</v>
+        <v>1.0302393300000006</v>
       </c>
       <c r="D47" s="5">
-        <v>6.901794917503179</v>
+        <v>6.9018348816294317</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>187.47527269</v>
+        <v>187.47514705</v>
       </c>
       <c r="C48" s="5">
-        <v>1.7224372199999891</v>
+        <v>1.7224440500000071</v>
       </c>
       <c r="D48" s="5">
-        <v>11.712688846848685</v>
+        <v>11.712746468647106</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>187.06516643</v>
+        <v>187.06592122999999</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.41010625999999206</v>
+        <v>-0.40922582000001739</v>
       </c>
       <c r="D49" s="5">
-        <v>-2.5936727499405454</v>
+        <v>-2.588172895530727</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>187.23896994</v>
+        <v>187.23906775</v>
       </c>
       <c r="C50" s="5">
-        <v>0.17380350999999905</v>
+        <v>0.17314652000001729</v>
       </c>
       <c r="D50" s="5">
-        <v>1.120643169231017</v>
+        <v>1.1163809402892966</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>187.56357525000001</v>
+        <v>187.56365812999999</v>
       </c>
       <c r="C51" s="5">
-        <v>0.32460531000000969</v>
+        <v>0.32459037999998941</v>
       </c>
       <c r="D51" s="5">
-        <v>2.1003216641849232</v>
+        <v>2.1002230307985537</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>187.35053450000001</v>
+        <v>187.35060271</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.21304075000000466</v>
+        <v>-0.21305541999998923</v>
       </c>
       <c r="D52" s="5">
-        <v>-1.3545160485964991</v>
+        <v>-1.3546081438808977</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>187.79502491</v>
+        <v>187.79510234</v>
       </c>
       <c r="C53" s="5">
-        <v>0.44449040999998601</v>
+        <v>0.4444996299999957</v>
       </c>
       <c r="D53" s="5">
-        <v>2.8844534873779581</v>
+        <v>2.8845130381511819</v>
       </c>
       <c r="E53" s="5">
-        <v>2.8552563902830563</v>
+        <v>2.855219711694934</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>188.12073652000001</v>
+        <v>188.12044294</v>
       </c>
       <c r="C54" s="5">
-        <v>0.32571161000001325</v>
+        <v>0.32534060000000409</v>
       </c>
       <c r="D54" s="5">
-        <v>2.1012484475935844</v>
+        <v>2.0988312423635191</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>188.35935609000001</v>
+        <v>188.35927996000001</v>
       </c>
       <c r="C55" s="5">
-        <v>0.23861956999999734</v>
+        <v>0.2388370200000054</v>
       </c>
       <c r="D55" s="5">
-        <v>1.532790109854254</v>
+        <v>1.53419909470911</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>188.99363396000001</v>
+        <v>188.99345371000001</v>
       </c>
       <c r="C56" s="5">
-        <v>0.63427787000000535</v>
+        <v>0.6341737500000022</v>
       </c>
       <c r="D56" s="5">
-        <v>4.1165437320656251</v>
+        <v>4.115857112428567</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>190.04069131</v>
+        <v>190.04046491</v>
       </c>
       <c r="C57" s="5">
-        <v>1.0470573499999887</v>
+        <v>1.0470111999999858</v>
       </c>
       <c r="D57" s="5">
-        <v>6.8545723770703892</v>
+        <v>6.8542677288345288</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>190.47074738000001</v>
+        <v>190.47049036000001</v>
       </c>
       <c r="C58" s="5">
-        <v>0.43005607000000623</v>
+        <v>0.43002545000001646</v>
       </c>
       <c r="D58" s="5">
-        <v>2.7496170469256676</v>
+        <v>2.7494221475841796</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>191.01211893999999</v>
+        <v>191.01180754999999</v>
       </c>
       <c r="C59" s="5">
-        <v>0.54137155999998754</v>
+        <v>0.54131718999997247</v>
       </c>
       <c r="D59" s="5">
-        <v>3.4645652324664766</v>
+        <v>3.4642165770563338</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>192.29106684000001</v>
+        <v>192.29068133999999</v>
       </c>
       <c r="C60" s="5">
-        <v>1.2789479000000199</v>
+        <v>1.2788737900000058</v>
       </c>
       <c r="D60" s="5">
-        <v>8.3373576941329741</v>
+        <v>8.3368707448500103</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>193.19374556</v>
+        <v>193.19569701</v>
       </c>
       <c r="C61" s="5">
-        <v>0.90267871999998306</v>
+        <v>0.9050156700000116</v>
       </c>
       <c r="D61" s="5">
-        <v>5.7809450599425549</v>
+        <v>5.7963128354876936</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>192.60994599</v>
+        <v>192.60994070000001</v>
       </c>
       <c r="C62" s="5">
-        <v>-0.58379956999999649</v>
+        <v>-0.58575630999999362</v>
       </c>
       <c r="D62" s="5">
-        <v>-3.5665368312278511</v>
+        <v>-3.578256735097185</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>192.74877014</v>
+        <v>192.74873701999999</v>
       </c>
       <c r="C63" s="5">
-        <v>0.13882415000000492</v>
+        <v>0.1387963199999831</v>
       </c>
       <c r="D63" s="5">
-        <v>0.86834015947914178</v>
+        <v>0.86816541724874519</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>192.91055754000001</v>
+        <v>192.91052633999999</v>
       </c>
       <c r="C64" s="5">
-        <v>0.16178740000000857</v>
+        <v>0.16178931999999691</v>
       </c>
       <c r="D64" s="5">
-        <v>1.0119061624804138</v>
+        <v>1.0119184013766436</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>193.65689207</v>
+        <v>193.65685868</v>
       </c>
       <c r="C65" s="5">
-        <v>0.7463345299999844</v>
+        <v>0.74633234000000925</v>
       </c>
       <c r="D65" s="5">
-        <v>4.7426454062377443</v>
+        <v>4.7426319756852964</v>
       </c>
       <c r="E65" s="5">
-        <v>3.1214177067839133</v>
+        <v>3.1213574086652152</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>193.88394450000001</v>
+        <v>193.88372544000001</v>
       </c>
       <c r="C66" s="5">
-        <v>0.22705243000001474</v>
+        <v>0.22686676000000716</v>
       </c>
       <c r="D66" s="5">
-        <v>1.4160444455463717</v>
+        <v>1.4148792628863704</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>194.57650090000001</v>
+        <v>194.57629541</v>
       </c>
       <c r="C67" s="5">
-        <v>0.69255640000000085</v>
+        <v>0.69256996999999387</v>
       </c>
       <c r="D67" s="5">
-        <v>4.3716403770924783</v>
+        <v>4.371732762026781</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>195.05193427</v>
+        <v>195.05165869000001</v>
       </c>
       <c r="C68" s="5">
-        <v>0.47543336999999042</v>
+        <v>0.47536328000001049</v>
       </c>
       <c r="D68" s="5">
-        <v>2.9718386527498364</v>
+        <v>2.971397810925458</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>195.27616574999999</v>
+        <v>195.27590931</v>
       </c>
       <c r="C69" s="5">
-        <v>0.22423147999998605</v>
+        <v>0.2242506199999923</v>
       </c>
       <c r="D69" s="5">
-        <v>1.3882745466598845</v>
+        <v>1.3883957716477102</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>195.57513417999999</v>
+        <v>195.57489673000001</v>
       </c>
       <c r="C70" s="5">
-        <v>0.29896843000000217</v>
+        <v>0.29898742000000311</v>
       </c>
       <c r="D70" s="5">
-        <v>1.8527532406482194</v>
+        <v>1.852874371133395</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>195.49859475</v>
+        <v>195.49808365000001</v>
       </c>
       <c r="C71" s="5">
-        <v>-7.6539429999996855E-2</v>
+        <v>-7.6813079999993761E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>-0.46861722352167234</v>
+        <v>-0.47028961418258408</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>196.08426184000001</v>
+        <v>196.08376061999999</v>
       </c>
       <c r="C72" s="5">
-        <v>0.58566709000001538</v>
+        <v>0.5856769699999802</v>
       </c>
       <c r="D72" s="5">
-        <v>3.6547410999528962</v>
+        <v>3.6548134864798465</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>195.89125749999999</v>
+        <v>195.89423973999999</v>
       </c>
       <c r="C73" s="5">
-        <v>-0.19300434000001587</v>
+        <v>-0.18952088000000344</v>
       </c>
       <c r="D73" s="5">
-        <v>-1.1747780778062933</v>
+        <v>-1.1536904908174495</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>194.61266279</v>
+        <v>194.61253916000001</v>
       </c>
       <c r="C74" s="5">
-        <v>-1.278594709999993</v>
+        <v>-1.2817005799999777</v>
       </c>
       <c r="D74" s="5">
-        <v>-7.5573281278480291</v>
+        <v>-7.5749191479137501</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>193.59002573000001</v>
+        <v>193.58980477</v>
       </c>
       <c r="C75" s="5">
-        <v>-1.0226370599999939</v>
+        <v>-1.0227343900000108</v>
       </c>
       <c r="D75" s="5">
-        <v>-6.12659058267917</v>
+        <v>-6.1271607151506142</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>194.05796318</v>
+        <v>194.05775632000001</v>
       </c>
       <c r="C76" s="5">
-        <v>0.46793744999999376</v>
+        <v>0.46795155000000932</v>
       </c>
       <c r="D76" s="5">
-        <v>2.939462041975105</v>
+        <v>2.9395551952689836</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>194.24531929</v>
+        <v>194.24512612999999</v>
       </c>
       <c r="C77" s="5">
-        <v>0.18735610999999608</v>
+        <v>0.18736980999997854</v>
       </c>
       <c r="D77" s="5">
-        <v>1.1647294673045705</v>
+        <v>1.1648163366141384</v>
       </c>
       <c r="E77" s="5">
-        <v>0.30385038906195483</v>
+        <v>0.30376793985491535</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>193.16012194000001</v>
+        <v>193.15980823000001</v>
       </c>
       <c r="C78" s="5">
-        <v>-1.0851973499999872</v>
+        <v>-1.0853178999999784</v>
       </c>
       <c r="D78" s="5">
-        <v>-6.5018750697015122</v>
+        <v>-6.5025815551460813</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>193.30699887</v>
+        <v>193.30667695</v>
       </c>
       <c r="C79" s="5">
-        <v>0.14687692999999058</v>
+        <v>0.1468687199999863</v>
       </c>
       <c r="D79" s="5">
-        <v>0.9162931664958629</v>
+        <v>0.91624322824368498</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>193.55872909000001</v>
+        <v>193.55843196999999</v>
       </c>
       <c r="C80" s="5">
-        <v>0.25173022000001311</v>
+        <v>0.25175501999999028</v>
       </c>
       <c r="D80" s="5">
-        <v>1.5739173205273183</v>
+        <v>1.574076132509572</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>193.78431882999999</v>
+        <v>193.78415637000001</v>
       </c>
       <c r="C81" s="5">
-        <v>0.22558973999997534</v>
+        <v>0.22572440000001848</v>
       </c>
       <c r="D81" s="5">
-        <v>1.4075817178022421</v>
+        <v>1.4084295099145328</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>193.69353968999999</v>
+        <v>193.69354546</v>
       </c>
       <c r="C82" s="5">
-        <v>-9.0779139999995095E-2</v>
+        <v>-9.0610910000009426E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>-0.56069931528353045</v>
+        <v>-0.55966337781663267</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>194.40281895999999</v>
+        <v>194.40223431999999</v>
       </c>
       <c r="C83" s="5">
-        <v>0.70927926999999613</v>
+        <v>0.7086888599999952</v>
       </c>
       <c r="D83" s="5">
-        <v>4.4838262133062301</v>
+        <v>4.4800182764785035</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>195.13708416</v>
+        <v>195.13715257999999</v>
       </c>
       <c r="C84" s="5">
-        <v>0.73426520000001005</v>
+        <v>0.7349182600000006</v>
       </c>
       <c r="D84" s="5">
-        <v>4.6277863568928712</v>
+        <v>4.6320025150397237</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>197.63216793999999</v>
+        <v>197.63535532</v>
       </c>
       <c r="C85" s="5">
-        <v>2.4950837799999874</v>
+        <v>2.4982027400000106</v>
       </c>
       <c r="D85" s="5">
-        <v>16.469947940918761</v>
+        <v>16.49200070334771</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>196.12636473000001</v>
+        <v>196.12604802999999</v>
       </c>
       <c r="C86" s="5">
-        <v>-1.5058032099999821</v>
+        <v>-1.5093072900000095</v>
       </c>
       <c r="D86" s="5">
-        <v>-8.7694848932789675</v>
+        <v>-8.7889066999466863</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>196.96114054</v>
+        <v>196.96057205</v>
       </c>
       <c r="C87" s="5">
-        <v>0.83477580999999645</v>
+        <v>0.83452402000000347</v>
       </c>
       <c r="D87" s="5">
-        <v>5.228859197528779</v>
+        <v>5.227253586184144</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>197.28229812000001</v>
+        <v>197.28184381</v>
       </c>
       <c r="C88" s="5">
-        <v>0.32115758000000483</v>
+        <v>0.3212717600000019</v>
       </c>
       <c r="D88" s="5">
-        <v>1.9743191788501813</v>
+        <v>1.975033162340023</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>197.41124902000001</v>
+        <v>197.41091251</v>
       </c>
       <c r="C89" s="5">
-        <v>0.12895090000000664</v>
+        <v>0.12906870000000481</v>
       </c>
       <c r="D89" s="5">
-        <v>0.78718967471216317</v>
+        <v>0.78791320348934324</v>
       </c>
       <c r="E89" s="5">
-        <v>1.6298615284898732</v>
+        <v>1.6297893507409178</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>197.9371635</v>
+        <v>197.93671548</v>
       </c>
       <c r="C90" s="5">
-        <v>0.52591447999998309</v>
+        <v>0.52580297000000087</v>
       </c>
       <c r="D90" s="5">
-        <v>3.2441262565137352</v>
+        <v>3.2434339046424565</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>198.19319589</v>
+        <v>198.19280660999999</v>
       </c>
       <c r="C91" s="5">
-        <v>0.25603239000000144</v>
+        <v>0.25609112999998729</v>
       </c>
       <c r="D91" s="5">
-        <v>1.5632946043108609</v>
+        <v>1.563659382260485</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>198.9051182</v>
+        <v>198.90491727</v>
       </c>
       <c r="C92" s="5">
-        <v>0.71192231000000561</v>
+        <v>0.71211066000000756</v>
       </c>
       <c r="D92" s="5">
-        <v>4.3966619407227681</v>
+        <v>4.3978570372009695</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>198.36880188000001</v>
+        <v>198.36884257</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.5363163199999974</v>
+        <v>-0.53607470000000035</v>
       </c>
       <c r="D93" s="5">
-        <v>-3.1880559069729864</v>
+        <v>-3.1866440258165984</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>198.87166010000001</v>
+        <v>198.87192006000001</v>
       </c>
       <c r="C94" s="5">
-        <v>0.50285822000000735</v>
+        <v>0.50307749000000967</v>
       </c>
       <c r="D94" s="5">
-        <v>3.0847318978635796</v>
+        <v>3.0860951623024491</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>197.94733085999999</v>
+        <v>197.94655560999999</v>
       </c>
       <c r="C95" s="5">
-        <v>-0.92432924000002004</v>
+        <v>-0.92536445000001777</v>
       </c>
       <c r="D95" s="5">
-        <v>-5.4370500286738954</v>
+        <v>-5.4429773822272987</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>200.12764820000001</v>
+        <v>200.12935246000001</v>
       </c>
       <c r="C96" s="5">
-        <v>2.1803173400000162</v>
+        <v>2.1827968500000168</v>
       </c>
       <c r="D96" s="5">
-        <v>14.048427278487431</v>
+        <v>14.065443134346278</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>202.69925708</v>
+        <v>202.70155363999999</v>
       </c>
       <c r="C97" s="5">
-        <v>2.5716088799999852</v>
+        <v>2.5722011799999791</v>
       </c>
       <c r="D97" s="5">
-        <v>16.557649773025673</v>
+        <v>16.561585752380871</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>200.88756465</v>
+        <v>200.88696562999999</v>
       </c>
       <c r="C98" s="5">
-        <v>-1.8116924299999937</v>
+        <v>-1.8145880099999943</v>
       </c>
       <c r="D98" s="5">
-        <v>-10.213557781441462</v>
+        <v>-10.228976412437641</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>201.11061774999999</v>
+        <v>201.10970431999999</v>
       </c>
       <c r="C99" s="5">
-        <v>0.22305309999998713</v>
+        <v>0.22273868999999991</v>
       </c>
       <c r="D99" s="5">
-        <v>1.3405726234776649</v>
+        <v>1.3386754640722254</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>202.23911142</v>
+        <v>202.23844188999999</v>
       </c>
       <c r="C100" s="5">
-        <v>1.1284936700000117</v>
+        <v>1.1287375699999984</v>
       </c>
       <c r="D100" s="5">
-        <v>6.9453191823857674</v>
+        <v>6.9468994355846636</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>201.95967142000001</v>
+        <v>201.95921601000001</v>
       </c>
       <c r="C101" s="5">
-        <v>-0.27943999999999392</v>
+        <v>-0.27922587999998427</v>
       </c>
       <c r="D101" s="5">
-        <v>-1.6455341735053808</v>
+        <v>-1.6442882498699962</v>
       </c>
       <c r="E101" s="5">
-        <v>2.3040340520509961</v>
+        <v>2.3039777498468306</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>201.314921</v>
+        <v>201.31434062</v>
       </c>
       <c r="C102" s="5">
-        <v>-0.64475042000000826</v>
+        <v>-0.64487539000000993</v>
       </c>
       <c r="D102" s="5">
-        <v>-3.7644097029149948</v>
+        <v>-3.7651349226287212</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>202.21649550000001</v>
+        <v>202.21617076999999</v>
       </c>
       <c r="C103" s="5">
-        <v>0.90157450000000949</v>
+        <v>0.901830149999995</v>
       </c>
       <c r="D103" s="5">
-        <v>5.5084821640629</v>
+        <v>5.510099109305866</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>202.33396830000001</v>
+        <v>202.33395955</v>
       </c>
       <c r="C104" s="5">
-        <v>0.1174728000000016</v>
+        <v>0.11778878000001214</v>
       </c>
       <c r="D104" s="5">
-        <v>0.69934273517642254</v>
+        <v>0.70123099741981054</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>203.46531141</v>
+        <v>203.46555086000001</v>
       </c>
       <c r="C105" s="5">
-        <v>1.1313431099999889</v>
+        <v>1.1315913100000046</v>
       </c>
       <c r="D105" s="5">
-        <v>6.919997096328645</v>
+        <v>6.9215625496312327</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>204.13730276999999</v>
+        <v>204.13775552000001</v>
       </c>
       <c r="C106" s="5">
-        <v>0.67199135999999271</v>
+        <v>0.67220466000000556</v>
       </c>
       <c r="D106" s="5">
-        <v>4.0360697420845915</v>
+        <v>4.0373693802094657</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>203.61252428</v>
+        <v>203.61191104</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.52477848999998855</v>
+        <v>-0.52584448000001771</v>
       </c>
       <c r="D107" s="5">
-        <v>-3.041611079162021</v>
+        <v>-3.0476956140435996</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>205.19808592999999</v>
+        <v>205.20162712999999</v>
       </c>
       <c r="C108" s="5">
-        <v>1.5855616499999883</v>
+        <v>1.589716089999996</v>
       </c>
       <c r="D108" s="5">
-        <v>9.7553774420770409</v>
+        <v>9.7820764352494436</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>209.49315050000001</v>
+        <v>209.49323856000001</v>
       </c>
       <c r="C109" s="5">
-        <v>4.2950645700000223</v>
+        <v>4.2916114300000174</v>
       </c>
       <c r="D109" s="5">
-        <v>28.220737794554871</v>
+        <v>28.194834220383026</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>206.40268395000001</v>
+        <v>206.40200988000001</v>
       </c>
       <c r="C110" s="5">
-        <v>-3.0904665500000021</v>
+        <v>-3.0912286800000004</v>
       </c>
       <c r="D110" s="5">
-        <v>-16.334550707968699</v>
+        <v>-16.338251470556443</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>209.70232437000001</v>
+        <v>209.70121169000001</v>
       </c>
       <c r="C111" s="5">
-        <v>3.2996404200000029</v>
+        <v>3.2992018099999996</v>
       </c>
       <c r="D111" s="5">
-        <v>20.963640103326277</v>
+        <v>20.960678651160492</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>210.61381786000001</v>
+        <v>210.61304923</v>
       </c>
       <c r="C112" s="5">
-        <v>0.91149348999999802</v>
+        <v>0.9118375399999934</v>
       </c>
       <c r="D112" s="5">
-        <v>5.3424459849574335</v>
+        <v>5.3445400398548726</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>212.02998151</v>
+        <v>212.02954923999999</v>
       </c>
       <c r="C113" s="5">
-        <v>1.4161636499999872</v>
+        <v>1.4165000099999929</v>
       </c>
       <c r="D113" s="5">
-        <v>8.3739683339630666</v>
+        <v>8.3760631265005223</v>
       </c>
       <c r="E113" s="5">
-        <v>4.986297521279659</v>
+        <v>4.9863202229411208</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>212.15133446999999</v>
+        <v>212.15080792000001</v>
       </c>
       <c r="C114" s="5">
-        <v>0.12135295999999585</v>
+        <v>0.12125868000001105</v>
       </c>
       <c r="D114" s="5">
-        <v>0.68897251973722984</v>
+        <v>0.68843697514764379</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>211.69549481000001</v>
+        <v>211.69539003</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.455839659999981</v>
+        <v>-0.45541789000000676</v>
       </c>
       <c r="D115" s="5">
-        <v>-2.5481308224852506</v>
+        <v>-2.5458071507316604</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>212.08680978000001</v>
+        <v>212.08705180999999</v>
       </c>
       <c r="C116" s="5">
-        <v>0.39131496999999626</v>
+        <v>0.39166177999999263</v>
       </c>
       <c r="D116" s="5">
-        <v>2.2408674020960584</v>
+        <v>2.2428747854581932</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>212.01762457999999</v>
+        <v>212.0180196</v>
       </c>
       <c r="C117" s="5">
-        <v>-6.9185200000021041E-2</v>
+        <v>-6.9032209999988936E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>-0.39075247721156448</v>
+        <v>-0.38988950406538825</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>212.47538030999999</v>
+        <v>212.47579153999999</v>
       </c>
       <c r="C118" s="5">
-        <v>0.45775573000000236</v>
+        <v>0.45777193999998644</v>
       </c>
       <c r="D118" s="5">
-        <v>2.6218430300606332</v>
+        <v>2.621932036611363</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>213.02847446999999</v>
+        <v>213.02808795999999</v>
       </c>
       <c r="C119" s="5">
-        <v>0.55309416000000056</v>
+        <v>0.55229642000000467</v>
       </c>
       <c r="D119" s="5">
-        <v>3.1688298742881038</v>
+        <v>3.164187650787742</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>212.58418087999999</v>
+        <v>212.58893431000001</v>
       </c>
       <c r="C120" s="5">
-        <v>-0.4442935900000009</v>
+        <v>-0.43915364999998019</v>
       </c>
       <c r="D120" s="5">
-        <v>-2.4742181726946422</v>
+        <v>-2.4459226182630744</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>213.89046354999999</v>
+        <v>213.88809402999999</v>
       </c>
       <c r="C121" s="5">
-        <v>1.3062826700000016</v>
+        <v>1.2991597199999774</v>
       </c>
       <c r="D121" s="5">
-        <v>7.6281144240204268</v>
+        <v>7.5849363641703249</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>214.31678848999999</v>
+        <v>214.31613802999999</v>
       </c>
       <c r="C122" s="5">
-        <v>0.42632494000000065</v>
+        <v>0.42804399999999987</v>
       </c>
       <c r="D122" s="5">
-        <v>2.4182269947698565</v>
+        <v>2.4281127283231285</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>214.02272159</v>
+        <v>214.02180863000001</v>
       </c>
       <c r="C123" s="5">
-        <v>-0.29406689999999003</v>
+        <v>-0.29432939999998098</v>
       </c>
       <c r="D123" s="5">
-        <v>-1.6341667427977935</v>
+        <v>-1.6356194143427483</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>214.60656449000001</v>
+        <v>214.60587348000001</v>
       </c>
       <c r="C124" s="5">
-        <v>0.5838429000000076</v>
+        <v>0.5840648500000043</v>
       </c>
       <c r="D124" s="5">
-        <v>3.3231024459080327</v>
+        <v>3.3243991511748172</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>217.38817516</v>
+        <v>217.38780928</v>
       </c>
       <c r="C125" s="5">
-        <v>2.7816106699999921</v>
+        <v>2.7819357999999852</v>
       </c>
       <c r="D125" s="5">
-        <v>16.711856192368746</v>
+        <v>16.714008598813223</v>
       </c>
       <c r="E125" s="5">
-        <v>2.5270924478891565</v>
+        <v>2.5271289116098217</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>217.44270523</v>
+        <v>217.44266705999999</v>
       </c>
       <c r="C126" s="5">
-        <v>5.4530069999998432E-2</v>
+        <v>5.4857779999991862E-2</v>
       </c>
       <c r="D126" s="5">
-        <v>0.30142594970898884</v>
+        <v>0.30324045879657202</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>217.00503022999999</v>
+        <v>217.00513298000001</v>
       </c>
       <c r="C127" s="5">
-        <v>-0.43767500000001291</v>
+        <v>-0.43753407999997762</v>
       </c>
       <c r="D127" s="5">
-        <v>-2.3888337190352216</v>
+        <v>-2.3880734831497996</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>217.81699463999999</v>
+        <v>217.81736255000001</v>
       </c>
       <c r="C128" s="5">
-        <v>0.81196441000000164</v>
+        <v>0.81222956999999951</v>
       </c>
       <c r="D128" s="5">
-        <v>4.5835852546882716</v>
+        <v>4.5851108297257914</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>218.91935634000001</v>
+        <v>218.91978553999999</v>
       </c>
       <c r="C129" s="5">
-        <v>1.1023617000000172</v>
+        <v>1.1024229899999796</v>
       </c>
       <c r="D129" s="5">
-        <v>6.2450763033393031</v>
+        <v>6.2454223997577163</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>222.58621515999999</v>
+        <v>222.58665361999999</v>
       </c>
       <c r="C130" s="5">
-        <v>3.6668588199999874</v>
+        <v>3.6668680800000004</v>
       </c>
       <c r="D130" s="5">
-        <v>22.058836843585294</v>
+        <v>22.05885047142846</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>220.51810760999999</v>
+        <v>220.51833938999999</v>
       </c>
       <c r="C131" s="5">
-        <v>-2.0681075500000077</v>
+        <v>-2.0683142299999986</v>
       </c>
       <c r="D131" s="5">
-        <v>-10.597038564656314</v>
+        <v>-10.598024250392458</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>219.94226363999999</v>
+        <v>219.94670300999999</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.57584396999999399</v>
+        <v>-0.57163638000000105</v>
       </c>
       <c r="D132" s="5">
-        <v>-3.0889714102159793</v>
+        <v>-3.0667184963663496</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>218.67971254</v>
+        <v>218.6749658</v>
       </c>
       <c r="C133" s="5">
-        <v>-1.262551099999996</v>
+        <v>-1.2717372099999977</v>
       </c>
       <c r="D133" s="5">
-        <v>-6.6750757516102492</v>
+        <v>-6.7219772529540922</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>219.17120047</v>
+        <v>219.17098415000001</v>
       </c>
       <c r="C134" s="5">
-        <v>0.49148793000000524</v>
+        <v>0.49601835000001415</v>
       </c>
       <c r="D134" s="5">
-        <v>2.7306189943413273</v>
+        <v>2.7561646198614564</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>219.26210682000001</v>
+        <v>219.26156429</v>
       </c>
       <c r="C135" s="5">
-        <v>9.0906350000011571E-2</v>
+        <v>9.0580139999985931E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>0.49886490831763108</v>
+        <v>0.4970711930804006</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>219.99125581999999</v>
+        <v>219.99079259000001</v>
       </c>
       <c r="C136" s="5">
-        <v>0.72914899999997829</v>
+        <v>0.72922830000001682</v>
       </c>
       <c r="D136" s="5">
-        <v>4.064363733157772</v>
+        <v>4.0648241200792912</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>222.34918858</v>
+        <v>222.34888873</v>
       </c>
       <c r="C137" s="5">
-        <v>2.3579327600000113</v>
+        <v>2.3580961399999865</v>
       </c>
       <c r="D137" s="5">
-        <v>13.647937966000367</v>
+        <v>13.648970514127257</v>
       </c>
       <c r="E137" s="5">
-        <v>2.282099022335804</v>
+        <v>2.2821332375680958</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>223.18261901</v>
+        <v>223.18356532000001</v>
       </c>
       <c r="C138" s="5">
-        <v>0.83343042999999284</v>
+        <v>0.83467659000001504</v>
       </c>
       <c r="D138" s="5">
-        <v>4.5918509658093853</v>
+        <v>4.5988654862592515</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>223.2487568</v>
+        <v>223.24886882999999</v>
       </c>
       <c r="C139" s="5">
-        <v>6.6137789999999086E-2</v>
+        <v>6.530350999997836E-2</v>
       </c>
       <c r="D139" s="5">
-        <v>0.35618737303988457</v>
+        <v>0.35168560235729895</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>223.81119541000001</v>
+        <v>223.81151061</v>
       </c>
       <c r="C140" s="5">
-        <v>0.56243861000001516</v>
+        <v>0.56264178000000697</v>
       </c>
       <c r="D140" s="5">
-        <v>3.0654474354296912</v>
+        <v>3.066568602475872</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>224.68131319</v>
+        <v>224.6817193</v>
       </c>
       <c r="C141" s="5">
-        <v>0.87011777999998685</v>
+        <v>0.87020868999999834</v>
       </c>
       <c r="D141" s="5">
-        <v>4.7663370259862115</v>
+        <v>4.7668388531980188</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>225.08364566</v>
+        <v>225.08408919999999</v>
       </c>
       <c r="C142" s="5">
-        <v>0.40233247000000461</v>
+        <v>0.40236989999999651</v>
       </c>
       <c r="D142" s="5">
-        <v>2.1701067031446142</v>
+        <v>2.1703066247801717</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>226.32419379999999</v>
+        <v>226.32475077999999</v>
       </c>
       <c r="C143" s="5">
-        <v>1.2405481399999871</v>
+        <v>1.240661579999994</v>
       </c>
       <c r="D143" s="5">
-        <v>6.8180129988022031</v>
+        <v>6.8186416361407653</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>224.40922078</v>
+        <v>224.41283884000001</v>
       </c>
       <c r="C144" s="5">
-        <v>-1.9149730199999908</v>
+        <v>-1.9119119399999818</v>
       </c>
       <c r="D144" s="5">
-        <v>-9.6940036638319071</v>
+        <v>-9.6791978771228813</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>225.46419488999999</v>
+        <v>225.45830273000001</v>
       </c>
       <c r="C145" s="5">
-        <v>1.0549741099999892</v>
+        <v>1.0454638900000077</v>
       </c>
       <c r="D145" s="5">
-        <v>5.789514405852958</v>
+        <v>5.7358847566758353</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>226.43393687</v>
+        <v>226.43374108</v>
       </c>
       <c r="C146" s="5">
-        <v>0.96974198000000911</v>
+        <v>0.97543834999999035</v>
       </c>
       <c r="D146" s="5">
-        <v>5.2851724559634494</v>
+        <v>5.3171028809913645</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>228.32734965</v>
+        <v>228.32716507999999</v>
       </c>
       <c r="C147" s="5">
-        <v>1.8934127800000056</v>
+        <v>1.8934239999999818</v>
       </c>
       <c r="D147" s="5">
-        <v>10.508839239270218</v>
+        <v>10.508913912732432</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>229.64439568</v>
+        <v>229.64423699</v>
       </c>
       <c r="C148" s="5">
-        <v>1.3170460300000002</v>
+        <v>1.3170719100000099</v>
       </c>
       <c r="D148" s="5">
-        <v>7.1457595968305698</v>
+        <v>7.1459104566047094</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>229.10599822</v>
+        <v>229.10574260000001</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.53839745999999877</v>
+        <v>-0.53849438999998256</v>
       </c>
       <c r="D149" s="5">
-        <v>-2.7773844522659852</v>
+        <v>-2.7778799404990728</v>
       </c>
       <c r="E149" s="5">
-        <v>3.0388281077845969</v>
+        <v>3.0388520979769407</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>229.31392718000001</v>
+        <v>229.31578872</v>
       </c>
       <c r="C150" s="5">
-        <v>0.20792896000000383</v>
+        <v>0.21004611999998701</v>
       </c>
       <c r="D150" s="5">
-        <v>1.0945327117800829</v>
+        <v>1.1057348851497784</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>231.52043157</v>
+        <v>231.52041276</v>
       </c>
       <c r="C151" s="5">
-        <v>2.2065043899999921</v>
+        <v>2.2046240399999988</v>
       </c>
       <c r="D151" s="5">
-        <v>12.177742444000694</v>
+        <v>12.166705935869881</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>233.10853799</v>
+        <v>233.10869762999999</v>
       </c>
       <c r="C152" s="5">
-        <v>1.5881064200000026</v>
+        <v>1.5882848699999954</v>
       </c>
       <c r="D152" s="5">
-        <v>8.549114977626914</v>
+        <v>8.5501128653251222</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>232.09962109</v>
+        <v>232.09990253999999</v>
       </c>
       <c r="C153" s="5">
-        <v>-1.0089169000000027</v>
+        <v>-1.0087950900000067</v>
       </c>
       <c r="D153" s="5">
-        <v>-5.0718514512599349</v>
+        <v>-5.071250219101664</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>233.09552142999999</v>
+        <v>233.0959038</v>
       </c>
       <c r="C154" s="5">
-        <v>0.9959003399999915</v>
+        <v>0.9960012600000141</v>
       </c>
       <c r="D154" s="5">
-        <v>5.2722666976890986</v>
+        <v>5.2728070919376702</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>233.49877855</v>
+        <v>233.49961922</v>
       </c>
       <c r="C155" s="5">
-        <v>0.40325712000000635</v>
+        <v>0.40371541999999749</v>
       </c>
       <c r="D155" s="5">
-        <v>2.0958772952648808</v>
+        <v>2.0982785119798342</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>230.785449</v>
+        <v>230.78860889000001</v>
       </c>
       <c r="C156" s="5">
-        <v>-2.7133295499999974</v>
+        <v>-2.7110103299999935</v>
       </c>
       <c r="D156" s="5">
-        <v>-13.086803946132086</v>
+        <v>-13.076278306562472</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>232.79452069999999</v>
+        <v>232.78815399000001</v>
       </c>
       <c r="C157" s="5">
-        <v>2.0090716999999927</v>
+        <v>1.999545100000006</v>
       </c>
       <c r="D157" s="5">
-        <v>10.961411217077167</v>
+        <v>10.906776759482018</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>235.05811546000001</v>
+        <v>235.05783074999999</v>
       </c>
       <c r="C158" s="5">
-        <v>2.2635947600000179</v>
+        <v>2.2696767599999816</v>
       </c>
       <c r="D158" s="5">
-        <v>12.312979960600146</v>
+        <v>12.34821338911296</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>236.73012094000001</v>
+        <v>236.73008555000001</v>
       </c>
       <c r="C159" s="5">
-        <v>1.6720054799999957</v>
+        <v>1.6722548000000188</v>
       </c>
       <c r="D159" s="5">
-        <v>8.8777757981029168</v>
+        <v>8.879163002964674</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>237.32716887999999</v>
+        <v>237.32734382000001</v>
       </c>
       <c r="C160" s="5">
-        <v>0.59704793999998174</v>
+        <v>0.59725826999999754</v>
       </c>
       <c r="D160" s="5">
-        <v>3.0688100673938346</v>
+        <v>3.069906668583422</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>237.23212912</v>
+        <v>237.2319493</v>
       </c>
       <c r="C161" s="5">
-        <v>-9.5039759999991702E-2</v>
+        <v>-9.5394520000013472E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>-0.47949358166937683</v>
+        <v>-0.4812791040606057</v>
       </c>
       <c r="E161" s="5">
-        <v>3.5468870143665399</v>
+        <v>3.546924056891787</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>235.22669008</v>
+        <v>235.22867479000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-2.0054390399999988</v>
+        <v>-2.0032745099999829</v>
       </c>
       <c r="D162" s="5">
-        <v>-9.6855811227289266</v>
+        <v>-9.6756148552231576</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>238.51549818999999</v>
+        <v>238.51542676</v>
       </c>
       <c r="C163" s="5">
-        <v>3.2888081099999908</v>
+        <v>3.2867519699999832</v>
       </c>
       <c r="D163" s="5">
-        <v>18.129964675248345</v>
+        <v>18.117580280473277</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>238.8686146</v>
+        <v>238.86862328999999</v>
       </c>
       <c r="C164" s="5">
-        <v>0.35311641000001259</v>
+        <v>0.35319652999999107</v>
       </c>
       <c r="D164" s="5">
-        <v>1.7911084568640767</v>
+        <v>1.7915187050969728</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>239.92486645</v>
+        <v>239.92499201999999</v>
       </c>
       <c r="C165" s="5">
-        <v>1.0562518499999953</v>
+        <v>1.0563687300000026</v>
       </c>
       <c r="D165" s="5">
-        <v>5.4372456139389458</v>
+        <v>5.4378617811468688</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>240.1941449</v>
+        <v>240.19438514000001</v>
       </c>
       <c r="C166" s="5">
-        <v>0.26927845000000161</v>
+        <v>0.26939312000001792</v>
       </c>
       <c r="D166" s="5">
-        <v>1.3551588037027607</v>
+        <v>1.3557387413773769</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>240.44800771000001</v>
+        <v>240.44917236000001</v>
       </c>
       <c r="C167" s="5">
-        <v>0.25386281000001532</v>
+        <v>0.25478721999999721</v>
       </c>
       <c r="D167" s="5">
-        <v>1.2756866624574759</v>
+        <v>1.2803577642862995</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>236.97449444</v>
+        <v>236.97728762</v>
       </c>
       <c r="C168" s="5">
-        <v>-3.4735132700000122</v>
+        <v>-3.4718847400000072</v>
       </c>
       <c r="D168" s="5">
-        <v>-16.022088565106817</v>
+        <v>-16.015091455371344</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>233.03065330000001</v>
+        <v>233.02543201</v>
       </c>
       <c r="C169" s="5">
-        <v>-3.9438411399999893</v>
+        <v>-3.9518556099999955</v>
       </c>
       <c r="D169" s="5">
-        <v>-18.240661775347554</v>
+        <v>-18.274202099527802</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>238.97410479000001</v>
+        <v>238.97340084000001</v>
       </c>
       <c r="C170" s="5">
-        <v>5.9434514900000011</v>
+        <v>5.9479688300000078</v>
       </c>
       <c r="D170" s="5">
-        <v>35.286196851574012</v>
+        <v>35.317793470012361</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>237.42404060000001</v>
+        <v>237.42401426000001</v>
       </c>
       <c r="C171" s="5">
-        <v>-1.5500641900000005</v>
+        <v>-1.5493865800000037</v>
       </c>
       <c r="D171" s="5">
-        <v>-7.51183130394808</v>
+        <v>-7.5086850468382593</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>237.60308556999999</v>
+        <v>237.60329505999999</v>
       </c>
       <c r="C172" s="5">
-        <v>0.17904496999997832</v>
+        <v>0.17928079999998658</v>
       </c>
       <c r="D172" s="5">
-        <v>0.90870049344460302</v>
+        <v>0.90990246954212317</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>237.76852947</v>
+        <v>237.76849686</v>
       </c>
       <c r="C173" s="5">
-        <v>0.16544390000001385</v>
+        <v>0.16520180000000551</v>
       </c>
       <c r="D173" s="5">
-        <v>0.83877177635356404</v>
+        <v>0.83753893275546609</v>
       </c>
       <c r="E173" s="5">
-        <v>0.22610780082350512</v>
+        <v>0.22617002540474829</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>238.65168231999999</v>
+        <v>238.65296909</v>
       </c>
       <c r="C174" s="5">
-        <v>0.88315284999998767</v>
+        <v>0.88447223000000008</v>
       </c>
       <c r="D174" s="5">
-        <v>4.5493989454658434</v>
+        <v>4.5563357797113735</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>238.82749989000001</v>
+        <v>238.82749572</v>
       </c>
       <c r="C175" s="5">
-        <v>0.17581757000002085</v>
+        <v>0.17452663000000257</v>
       </c>
       <c r="D175" s="5">
-        <v>0.88764538527890124</v>
+        <v>0.88109684512645003</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>239.25866979</v>
+        <v>239.25863705</v>
       </c>
       <c r="C176" s="5">
-        <v>0.43116989999998623</v>
+        <v>0.43114133000000265</v>
       </c>
       <c r="D176" s="5">
-        <v>2.188074983844146</v>
+        <v>2.1879285945595628</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>240.63810457</v>
+        <v>240.63812934000001</v>
       </c>
       <c r="C177" s="5">
-        <v>1.3794347799999969</v>
+        <v>1.3794922900000017</v>
       </c>
       <c r="D177" s="5">
-        <v>7.142202856751334</v>
+        <v>7.1425111361751226</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>241.81169765000001</v>
+        <v>241.81177285999999</v>
       </c>
       <c r="C178" s="5">
-        <v>1.1735930800000176</v>
+        <v>1.1736435199999846</v>
       </c>
       <c r="D178" s="5">
-        <v>6.0119675689781049</v>
+        <v>6.012232292776587</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>241.14695244000001</v>
+        <v>241.14829879999999</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.66474521000000664</v>
+        <v>-0.66347405999999864</v>
       </c>
       <c r="D179" s="5">
-        <v>-3.249401376887695</v>
+        <v>-3.2432802268946181</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>241.87574065000001</v>
+        <v>241.87827193000001</v>
       </c>
       <c r="C180" s="5">
-        <v>0.72878821000000471</v>
+        <v>0.72997313000001895</v>
       </c>
       <c r="D180" s="5">
-        <v>3.6875023777529936</v>
+        <v>3.6935770060570361</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>244.04997800999999</v>
+        <v>244.04629499000001</v>
       </c>
       <c r="C181" s="5">
-        <v>2.174237359999978</v>
+        <v>2.1680230599999959</v>
       </c>
       <c r="D181" s="5">
-        <v>11.336490529223475</v>
+        <v>11.302351284700208</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>247.86822579</v>
+        <v>247.86732509000001</v>
       </c>
       <c r="C182" s="5">
-        <v>3.8182477800000072</v>
+        <v>3.8210301000000015</v>
       </c>
       <c r="D182" s="5">
-        <v>20.477243827268211</v>
+        <v>20.493809490424518</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>243.64480961000001</v>
+        <v>243.64452233</v>
       </c>
       <c r="C183" s="5">
-        <v>-4.2234161799999868</v>
+        <v>-4.2228027600000075</v>
       </c>
       <c r="D183" s="5">
-        <v>-18.635366962331577</v>
+        <v>-18.632970219714885</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>244.29448009999999</v>
+        <v>244.29447723999999</v>
       </c>
       <c r="C184" s="5">
-        <v>0.64967048999997701</v>
+        <v>0.64995490999999106</v>
       </c>
       <c r="D184" s="5">
-        <v>3.2471045117630659</v>
+        <v>3.2485508737833957</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>246.74200601000001</v>
+        <v>246.74195125</v>
       </c>
       <c r="C185" s="5">
-        <v>2.4475259100000244</v>
+        <v>2.4474740100000076</v>
       </c>
       <c r="D185" s="5">
-        <v>12.707611334535752</v>
+        <v>12.707327007325265</v>
       </c>
       <c r="E185" s="5">
-        <v>3.7740387931079145</v>
+        <v>3.7740299949339473</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>247.52715891</v>
+        <v>247.52758790999999</v>
       </c>
       <c r="C186" s="5">
-        <v>0.78515289999998572</v>
+        <v>0.78563665999999444</v>
       </c>
       <c r="D186" s="5">
-        <v>3.8860396234930761</v>
+        <v>3.8884769106846573</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>247.73644543</v>
+        <v>247.73646269</v>
       </c>
       <c r="C187" s="5">
-        <v>0.20928652000000625</v>
+        <v>0.20887478000000215</v>
       </c>
       <c r="D187" s="5">
-        <v>1.0193427556628443</v>
+        <v>1.0173262630223778</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>247.91269975</v>
+        <v>247.91268991999999</v>
       </c>
       <c r="C188" s="5">
-        <v>0.17625431999999819</v>
+        <v>0.17622722999999496</v>
       </c>
       <c r="D188" s="5">
-        <v>0.85709946497247724</v>
+        <v>0.8569671544211177</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>248.39011934999999</v>
+        <v>248.39019107999999</v>
       </c>
       <c r="C189" s="5">
-        <v>0.4774195999999904</v>
+        <v>0.47750116000000276</v>
       </c>
       <c r="D189" s="5">
-        <v>2.3355424817602444</v>
+        <v>2.3359458040586922</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>248.76458966000001</v>
+        <v>248.76477238000001</v>
       </c>
       <c r="C190" s="5">
-        <v>0.37447031000002085</v>
+        <v>0.37458130000001688</v>
       </c>
       <c r="D190" s="5">
-        <v>1.8241835644370319</v>
+        <v>1.8247281988335251</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>248.15528198000001</v>
+        <v>248.15681416999999</v>
       </c>
       <c r="C191" s="5">
-        <v>-0.60930768000000057</v>
+        <v>-0.60795821000002093</v>
       </c>
       <c r="D191" s="5">
-        <v>-2.8999278603750511</v>
+        <v>-2.8935892042637024</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>249.26298198999999</v>
+        <v>249.26535870000001</v>
       </c>
       <c r="C192" s="5">
-        <v>1.1077000099999736</v>
+        <v>1.1085445300000174</v>
       </c>
       <c r="D192" s="5">
-        <v>5.489966011546854</v>
+        <v>5.4942202171053056</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>252.23914112</v>
+        <v>252.23682729000001</v>
       </c>
       <c r="C193" s="5">
-        <v>2.9761591300000134</v>
+        <v>2.9714685900000006</v>
       </c>
       <c r="D193" s="5">
-        <v>15.307169689090273</v>
+        <v>15.281286449055287</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>253.45067978</v>
+        <v>253.44952484000001</v>
       </c>
       <c r="C194" s="5">
-        <v>1.2115386600000022</v>
+        <v>1.2126975500000015</v>
       </c>
       <c r="D194" s="5">
-        <v>5.9184891065399814</v>
+        <v>5.9243567239086525</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>251.24638762999999</v>
+        <v>251.24581051999999</v>
       </c>
       <c r="C195" s="5">
-        <v>-2.2042921500000148</v>
+        <v>-2.2037143200000173</v>
       </c>
       <c r="D195" s="5">
-        <v>-9.9515191090258739</v>
+        <v>-9.9490770881921939</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>251.89090418999999</v>
+        <v>251.89055334</v>
       </c>
       <c r="C196" s="5">
-        <v>0.64451655999999957</v>
+        <v>0.64474282000000471</v>
       </c>
       <c r="D196" s="5">
-        <v>3.1221381066533826</v>
+        <v>3.1232569363766505</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>249.89493447000001</v>
+        <v>249.89475641999999</v>
       </c>
       <c r="C197" s="5">
-        <v>-1.9959697199999766</v>
+        <v>-1.9957969200000036</v>
       </c>
       <c r="D197" s="5">
-        <v>-9.1050805344547907</v>
+        <v>-9.1043384294722038</v>
       </c>
       <c r="E197" s="5">
-        <v>1.2778239550635062</v>
+        <v>1.2777742714717988</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>252.8925108</v>
+        <v>252.89247091999999</v>
       </c>
       <c r="C198" s="5">
-        <v>2.9975763299999869</v>
+        <v>2.9977145000000007</v>
       </c>
       <c r="D198" s="5">
-        <v>15.383095420339465</v>
+        <v>15.383863603237335</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>253.78853656000001</v>
+        <v>253.78855934000001</v>
       </c>
       <c r="C199" s="5">
-        <v>0.89602576000001477</v>
+        <v>0.89608842000001232</v>
       </c>
       <c r="D199" s="5">
-        <v>4.3355712239328659</v>
+        <v>4.335881044989498</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>254.29761205</v>
+        <v>254.29769679</v>
       </c>
       <c r="C200" s="5">
-        <v>0.50907548999998653</v>
+        <v>0.50913744999999722</v>
       </c>
       <c r="D200" s="5">
-        <v>2.4338195014842468</v>
+        <v>2.4341187788545771</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>254.36317978</v>
+        <v>254.36340394999999</v>
       </c>
       <c r="C201" s="5">
-        <v>6.5567729999997937E-2</v>
+        <v>6.5707159999988107E-2</v>
       </c>
       <c r="D201" s="5">
-        <v>0.30984542161462958</v>
+        <v>0.31050514198258661</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>254.59989189999999</v>
+        <v>254.60029233</v>
       </c>
       <c r="C202" s="5">
-        <v>0.23671211999999286</v>
+        <v>0.23688838000001056</v>
       </c>
       <c r="D202" s="5">
-        <v>1.122461791777507</v>
+        <v>1.1233008872583605</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>254.84135441000001</v>
+        <v>254.84278003</v>
       </c>
       <c r="C203" s="5">
-        <v>0.24146251000001939</v>
+        <v>0.24248769999999809</v>
       </c>
       <c r="D203" s="5">
-        <v>1.1440351292417272</v>
+        <v>1.1489160751269711</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>256.49004158999998</v>
+        <v>256.49233451999999</v>
       </c>
       <c r="C204" s="5">
-        <v>1.6486871799999676</v>
+        <v>1.6495544899999857</v>
       </c>
       <c r="D204" s="5">
-        <v>8.0456386526430279</v>
+        <v>8.0499763062136243</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>257.36536718999997</v>
+        <v>257.36389729000001</v>
       </c>
       <c r="C205" s="5">
-        <v>0.87532559999999648</v>
+        <v>0.87156277000002547</v>
       </c>
       <c r="D205" s="5">
-        <v>4.1729980901335617</v>
+        <v>4.1546848902113576</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>257.78437065000003</v>
+        <v>257.78307903000001</v>
       </c>
       <c r="C206" s="5">
-        <v>0.41900346000005584</v>
+        <v>0.41918173999999908</v>
       </c>
       <c r="D206" s="5">
-        <v>1.971247819426325</v>
+        <v>1.9721054494459267</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>258.13347621000003</v>
+        <v>258.13260409999998</v>
       </c>
       <c r="C207" s="5">
-        <v>0.34910555999999815</v>
+        <v>0.34952506999997013</v>
       </c>
       <c r="D207" s="5">
-        <v>1.6372642463243103</v>
+        <v>1.6392546691195831</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>258.34445901999999</v>
+        <v>258.34389851999998</v>
       </c>
       <c r="C208" s="5">
-        <v>0.21098280999996177</v>
+        <v>0.21129442000000154</v>
       </c>
       <c r="D208" s="5">
-        <v>0.98522910386740215</v>
+        <v>0.9866941388966044</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>258.57156859000003</v>
+        <v>258.57142886000003</v>
       </c>
       <c r="C209" s="5">
-        <v>0.22710957000003873</v>
+        <v>0.22753034000004391</v>
       </c>
       <c r="D209" s="5">
-        <v>1.0600306708977048</v>
+        <v>1.0620064472209867</v>
       </c>
       <c r="E209" s="5">
-        <v>3.4721128455053485</v>
+        <v>3.4721306538409547</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>259.73385072999997</v>
+        <v>259.73368882</v>
       </c>
       <c r="C210" s="5">
-        <v>1.1622821399999452</v>
+        <v>1.1622599599999717</v>
       </c>
       <c r="D210" s="5">
-        <v>5.5293859242924404</v>
+        <v>5.529280846257012</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>260.50754465</v>
+        <v>260.50753242000002</v>
       </c>
       <c r="C211" s="5">
-        <v>0.7736939200000279</v>
+        <v>0.77384360000002061</v>
       </c>
       <c r="D211" s="5">
-        <v>3.633702773847225</v>
+        <v>3.6344196176015142</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>261.30859314999998</v>
+        <v>261.30876119999999</v>
       </c>
       <c r="C212" s="5">
-        <v>0.80104849999997896</v>
+        <v>0.80122877999997399</v>
       </c>
       <c r="D212" s="5">
-        <v>3.7529931182127552</v>
+        <v>3.7538522662290408</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>262.33585567</v>
+        <v>262.33618116999997</v>
       </c>
       <c r="C213" s="5">
-        <v>1.0272625200000221</v>
+        <v>1.0274199699999826</v>
       </c>
       <c r="D213" s="5">
-        <v>4.8208167127072876</v>
+        <v>4.8215684894074906</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>263.410932</v>
+        <v>263.41147846000001</v>
       </c>
       <c r="C214" s="5">
-        <v>1.0750763300000017</v>
+        <v>1.0752972900000373</v>
       </c>
       <c r="D214" s="5">
-        <v>5.0300806859531644</v>
+        <v>5.0311315499080189</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>263.58368626999999</v>
+        <v>263.58485807</v>
       </c>
       <c r="C215" s="5">
-        <v>0.17275426999998444</v>
+        <v>0.17337960999998359</v>
       </c>
       <c r="D215" s="5">
-        <v>0.78984774475574504</v>
+        <v>0.79271556225453121</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>260.64083213999999</v>
+        <v>260.64299211999997</v>
       </c>
       <c r="C216" s="5">
-        <v>-2.9428541300000006</v>
+        <v>-2.9418659500000217</v>
       </c>
       <c r="D216" s="5">
-        <v>-12.604893954591944</v>
+        <v>-12.600865102982839</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>261.40107356999999</v>
+        <v>261.39979914000003</v>
       </c>
       <c r="C217" s="5">
-        <v>0.76024143000000777</v>
+        <v>0.7568070200000534</v>
       </c>
       <c r="D217" s="5">
-        <v>3.5568807116443946</v>
+        <v>3.5405251333749943</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>265.46551512000002</v>
+        <v>265.46383986000001</v>
       </c>
       <c r="C218" s="5">
-        <v>4.0644415500000264</v>
+        <v>4.06404071999998</v>
       </c>
       <c r="D218" s="5">
-        <v>20.339707130635887</v>
+        <v>20.337634499376243</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>266.13848230000002</v>
+        <v>266.13781023000001</v>
       </c>
       <c r="C219" s="5">
-        <v>0.67296718000000055</v>
+        <v>0.67397037000000637</v>
       </c>
       <c r="D219" s="5">
-        <v>3.0848297652720236</v>
+        <v>3.0895124826577414</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>266.93296645999999</v>
+        <v>266.93264912000001</v>
       </c>
       <c r="C220" s="5">
-        <v>0.79448415999996769</v>
+        <v>0.79483888999999408</v>
       </c>
       <c r="D220" s="5">
-        <v>3.6416798035762588</v>
+        <v>3.6433419338039341</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>266.90762002000002</v>
+        <v>266.90778074999997</v>
       </c>
       <c r="C221" s="5">
-        <v>-2.5346439999964332E-2</v>
+        <v>-2.4868370000035611E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>-0.11388570266329667</v>
+        <v>-0.11173888923301512</v>
       </c>
       <c r="E221" s="5">
-        <v>3.2238855476094175</v>
+        <v>3.224003489772076</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>269.21717459000001</v>
+        <v>269.21710182999999</v>
       </c>
       <c r="C222" s="5">
-        <v>2.3095545699999889</v>
+        <v>2.3093210800000179</v>
       </c>
       <c r="D222" s="5">
-        <v>10.892320530239896</v>
+        <v>10.891159549207096</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>269.83771951</v>
+        <v>269.83772227999998</v>
       </c>
       <c r="C223" s="5">
-        <v>0.62054491999998618</v>
+        <v>0.62062044999998989</v>
       </c>
       <c r="D223" s="5">
-        <v>2.8013337396757265</v>
+        <v>2.8016798072234339</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>270.48823181</v>
+        <v>270.48850751999998</v>
       </c>
       <c r="C224" s="5">
-        <v>0.6505123000000026</v>
+        <v>0.65078524000000471</v>
       </c>
       <c r="D224" s="5">
-        <v>2.9315718814116654</v>
+        <v>2.9328182326327168</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>270.72451037000002</v>
+        <v>270.72461507000003</v>
       </c>
       <c r="C225" s="5">
-        <v>0.23627856000001657</v>
+        <v>0.23610755000004247</v>
       </c>
       <c r="D225" s="5">
-        <v>1.053282261934485</v>
+        <v>1.0525151921962017</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>271.35918924999999</v>
+        <v>271.35946970999998</v>
       </c>
       <c r="C226" s="5">
-        <v>0.63467887999996719</v>
+        <v>0.63485463999995773</v>
       </c>
       <c r="D226" s="5">
-        <v>2.8498051240358091</v>
+        <v>2.8506034029794236</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>272.04450410999999</v>
+        <v>272.04523046000003</v>
       </c>
       <c r="C227" s="5">
-        <v>0.68531486000000541</v>
+        <v>0.68576075000004266</v>
       </c>
       <c r="D227" s="5">
-        <v>3.0730395847017755</v>
+        <v>3.075063662202937</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>273.77962359999998</v>
+        <v>273.78060063999999</v>
       </c>
       <c r="C228" s="5">
-        <v>1.7351194899999882</v>
+        <v>1.7353701799999612</v>
       </c>
       <c r="D228" s="5">
-        <v>7.9279642076984791</v>
+        <v>7.9291282032699861</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>273.27289697999998</v>
+        <v>273.27203193000003</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.50672661999999491</v>
+        <v>-0.50856870999996318</v>
       </c>
       <c r="D229" s="5">
-        <v>-2.198556534096352</v>
+        <v>-2.2064596182768792</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>274.36990940999999</v>
+        <v>274.36834166</v>
       </c>
       <c r="C230" s="5">
-        <v>1.0970124300000066</v>
+        <v>1.0963097299999731</v>
       </c>
       <c r="D230" s="5">
-        <v>4.9250123213596009</v>
+        <v>4.9218035593021181</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>274.62754308000001</v>
+        <v>274.62750778999998</v>
       </c>
       <c r="C231" s="5">
-        <v>0.25763367000001836</v>
+        <v>0.25916612999998279</v>
       </c>
       <c r="D231" s="5">
-        <v>1.1326390482060411</v>
+        <v>1.1394178113466547</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>275.42721473</v>
+        <v>275.42765543000002</v>
       </c>
       <c r="C232" s="5">
-        <v>0.79967164999999341</v>
+        <v>0.80014764000003424</v>
       </c>
       <c r="D232" s="5">
-        <v>3.5507157268570122</v>
+        <v>3.5528636723757501</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>276.39226854999998</v>
+        <v>276.39353188000001</v>
       </c>
       <c r="C233" s="5">
-        <v>0.96505381999998008</v>
+        <v>0.96587644999999611</v>
       </c>
       <c r="D233" s="5">
-        <v>4.2865935676076994</v>
+        <v>4.2903113058571973</v>
       </c>
       <c r="E233" s="5">
-        <v>3.5535323155214682</v>
+        <v>3.5539432770919754</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>275.49907861000003</v>
+        <v>275.49890576000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.89318993999995655</v>
+        <v>-0.89462611999999808</v>
       </c>
       <c r="D234" s="5">
-        <v>-3.8097345887278755</v>
+        <v>-3.8157345766913875</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>275.70417958000002</v>
+        <v>275.70376512000001</v>
       </c>
       <c r="C235" s="5">
-        <v>0.2051009699999895</v>
+        <v>0.20485936000000038</v>
       </c>
       <c r="D235" s="5">
-        <v>0.89703179823650281</v>
+        <v>0.89597132917018651</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>276.00012905</v>
+        <v>276.00029925000001</v>
       </c>
       <c r="C236" s="5">
-        <v>0.29594946999998228</v>
+        <v>0.29653412999999773</v>
       </c>
       <c r="D236" s="5">
-        <v>1.2957496042045324</v>
+        <v>1.298326534261518</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>275.18982218999997</v>
+        <v>275.18945421000001</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.81030686000002561</v>
+        <v>-0.81084504000000379</v>
       </c>
       <c r="D237" s="5">
-        <v>-3.4667362363422716</v>
+        <v>-3.4689995516826944</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>275.03710887</v>
+        <v>275.0366957</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.15271331999997528</v>
+        <v>-0.15275851000001239</v>
       </c>
       <c r="D238" s="5">
-        <v>-0.66389697620931054</v>
+        <v>-0.66409371848145105</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>274.36609927000001</v>
+        <v>274.36615974</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.67100959999999077</v>
+        <v>-0.67053595999999516</v>
       </c>
       <c r="D239" s="5">
-        <v>-2.8886802755544672</v>
+        <v>-2.8866728080174764</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>275.00827507000002</v>
+        <v>275.00830644000001</v>
       </c>
       <c r="C240" s="5">
-        <v>0.64217580000001817</v>
+        <v>0.64214670000001206</v>
       </c>
       <c r="D240" s="5">
-        <v>2.8451364412005242</v>
+        <v>2.8450052154523675</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>274.70624344999999</v>
+        <v>274.70531462999998</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.30203162000003658</v>
+        <v>-0.30299181000003728</v>
       </c>
       <c r="D241" s="5">
-        <v>-1.3099847644563178</v>
+        <v>-1.3141239903598501</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>274.37752347000003</v>
+        <v>274.37618463000001</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.32871997999995983</v>
+        <v>-0.32912999999996373</v>
       </c>
       <c r="D242" s="5">
-        <v>-1.4265353476001996</v>
+        <v>-1.4283077867028093</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>276.15701118999999</v>
+        <v>276.15828675</v>
       </c>
       <c r="C243" s="5">
-        <v>1.7794877199999632</v>
+        <v>1.7821021199999905</v>
       </c>
       <c r="D243" s="5">
-        <v>8.0663549043559435</v>
+        <v>8.0786732541847872</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>276.18847770999997</v>
+        <v>276.19011745</v>
       </c>
       <c r="C244" s="5">
-        <v>3.1466519999980846E-2</v>
+        <v>3.1830700000000434E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>0.13681889397361147</v>
+        <v>0.13840274144154563</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>273.97455853000002</v>
+        <v>273.97669156000001</v>
       </c>
       <c r="C245" s="5">
-        <v>-2.213919179999948</v>
+        <v>-2.2134258899999963</v>
       </c>
       <c r="D245" s="5">
-        <v>-9.2062081965275429</v>
+        <v>-9.2041942313812459</v>
       </c>
       <c r="E245" s="5">
-        <v>-0.8747386577358629</v>
+        <v>-0.87441999946992199</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>276.21469236000002</v>
+        <v>276.21450980999998</v>
       </c>
       <c r="C246" s="5">
-        <v>2.2401338299999907</v>
+        <v>2.2378182499999753</v>
       </c>
       <c r="D246" s="5">
-        <v>10.265202552194474</v>
+        <v>10.254027026490654</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>276.59620360000002</v>
+        <v>276.59536419</v>
       </c>
       <c r="C247" s="5">
-        <v>0.38151124000000891</v>
+        <v>0.38085438000001659</v>
       </c>
       <c r="D247" s="5">
-        <v>1.6701045264728265</v>
+        <v>1.667208323501046</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>277.00138472999998</v>
+        <v>277.00131420999998</v>
       </c>
       <c r="C248" s="5">
-        <v>0.40518112999995992</v>
+        <v>0.40595001999997748</v>
       </c>
       <c r="D248" s="5">
-        <v>1.7720920430720488</v>
+        <v>1.7754874682494037</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>277.32909278</v>
+        <v>277.32809032</v>
       </c>
       <c r="C249" s="5">
-        <v>0.32770805000001246</v>
+        <v>0.32677611000002571</v>
       </c>
       <c r="D249" s="5">
-        <v>1.4289407875017535</v>
+        <v>1.4248511118886364</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>283.67867525000003</v>
+        <v>283.67757573</v>
       </c>
       <c r="C250" s="5">
-        <v>6.3495824700000298</v>
+        <v>6.3494854099999998</v>
       </c>
       <c r="D250" s="5">
-        <v>31.212469815671319</v>
+        <v>31.21205847953452</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>284.70526348999999</v>
+        <v>284.70476217999999</v>
       </c>
       <c r="C251" s="5">
-        <v>1.0265882399999668</v>
+        <v>1.0271864499999879</v>
       </c>
       <c r="D251" s="5">
-        <v>4.4300950031664676</v>
+        <v>4.432745644515923</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>282.64244516000002</v>
+        <v>282.64132108000001</v>
       </c>
       <c r="C252" s="5">
-        <v>-2.0628183299999705</v>
+        <v>-2.0634410999999773</v>
       </c>
       <c r="D252" s="5">
-        <v>-8.3562981456656296</v>
+        <v>-8.3587353685412484</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>279.66496111999999</v>
+        <v>279.66343004999999</v>
       </c>
       <c r="C253" s="5">
-        <v>-2.9774840400000357</v>
+        <v>-2.9778910300000234</v>
       </c>
       <c r="D253" s="5">
-        <v>-11.934032224298329</v>
+        <v>-11.935614888794987</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>276.84668740000001</v>
+        <v>276.84658409000002</v>
       </c>
       <c r="C254" s="5">
-        <v>-2.8182737199999792</v>
+        <v>-2.8168459599999665</v>
       </c>
       <c r="D254" s="5">
-        <v>-11.44455180690902</v>
+        <v>-11.43913044713354</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>280.21572515999998</v>
+        <v>280.21810904</v>
       </c>
       <c r="C255" s="5">
-        <v>3.3690377599999692</v>
+        <v>3.37152494999998</v>
       </c>
       <c r="D255" s="5">
-        <v>15.621357639173162</v>
+        <v>15.633679508933994</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>280.26964659999999</v>
+        <v>280.27214593999997</v>
       </c>
       <c r="C256" s="5">
-        <v>5.3921440000010534E-2</v>
+        <v>5.4036899999971411E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>0.23115852469179909</v>
+        <v>0.23165204822581664</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>280.53922695</v>
+        <v>280.54220602999999</v>
       </c>
       <c r="C257" s="5">
-        <v>0.26958035000001246</v>
+        <v>0.27006009000001541</v>
       </c>
       <c r="D257" s="5">
-        <v>1.1603585850260334</v>
+        <v>1.1624240715971013</v>
       </c>
       <c r="E257" s="5">
-        <v>2.3960868685116044</v>
+        <v>2.3963770175544852</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>281.47401779</v>
+        <v>281.47373249999998</v>
       </c>
       <c r="C258" s="5">
-        <v>0.93479084000000512</v>
+        <v>0.93152646999999433</v>
       </c>
       <c r="D258" s="5">
-        <v>4.0726461068246511</v>
+        <v>4.0581194673599663</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>279.08613630000002</v>
+        <v>279.08488769000002</v>
       </c>
       <c r="C259" s="5">
-        <v>-2.3878814899999838</v>
+        <v>-2.3888448099999664</v>
       </c>
       <c r="D259" s="5">
-        <v>-9.7183658137442777</v>
+        <v>-9.7221146364637292</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>278.84226948000003</v>
+        <v>278.84163934999998</v>
       </c>
       <c r="C260" s="5">
-        <v>-0.24386681999999382</v>
+        <v>-0.24324834000003648</v>
       </c>
       <c r="D260" s="5">
-        <v>-1.0435411409801088</v>
+        <v>-1.0409118849844634</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>279.17599367999998</v>
+        <v>279.17474826</v>
       </c>
       <c r="C261" s="5">
-        <v>0.33372419999994918</v>
+        <v>0.3331089100000213</v>
       </c>
       <c r="D261" s="5">
-        <v>1.4456763623458047</v>
+        <v>1.4429967025379131</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>278.68051635</v>
+        <v>278.67922179999999</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.49547732999997152</v>
+        <v>-0.49552646000000777</v>
       </c>
       <c r="D262" s="5">
-        <v>-2.1090752581120586</v>
+        <v>-2.1092916681570206</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>279.63750223</v>
+        <v>279.63661330000002</v>
       </c>
       <c r="C263" s="5">
-        <v>0.95698587999999063</v>
+        <v>0.95739150000002837</v>
       </c>
       <c r="D263" s="5">
-        <v>4.1995138867069848</v>
+        <v>4.2013475105442399</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>277.81572671999999</v>
+        <v>277.81418933999998</v>
       </c>
       <c r="C264" s="5">
-        <v>-1.821775510000009</v>
+        <v>-1.8224239600000374</v>
       </c>
       <c r="D264" s="5">
-        <v>-7.54360606868969</v>
+        <v>-7.5462188015138709</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>275.88766927</v>
+        <v>275.88558469999998</v>
       </c>
       <c r="C265" s="5">
-        <v>-1.928057449999983</v>
+        <v>-1.9286046400000032</v>
       </c>
       <c r="D265" s="5">
-        <v>-8.0174255369418805</v>
+        <v>-8.0196574482313423</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>276.29848027999998</v>
+        <v>276.29927137999999</v>
       </c>
       <c r="C266" s="5">
-        <v>0.41081100999997489</v>
+        <v>0.41368668000001207</v>
       </c>
       <c r="D266" s="5">
-        <v>1.8015689659587553</v>
+        <v>1.81429792728105</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>273.90722992000002</v>
+        <v>273.91010519999998</v>
       </c>
       <c r="C267" s="5">
-        <v>-2.3912503599999582</v>
+        <v>-2.3891661800000179</v>
       </c>
       <c r="D267" s="5">
-        <v>-9.9051439390456899</v>
+        <v>-9.8968901321364822</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>273.32140750999997</v>
+        <v>273.32395711999999</v>
       </c>
       <c r="C268" s="5">
-        <v>-0.58582241000004842</v>
+        <v>-0.58614807999998675</v>
       </c>
       <c r="D268" s="5">
-        <v>-2.5365383525773777</v>
+        <v>-2.5379055799711447</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>272.71063937999998</v>
+        <v>272.71301091999999</v>
       </c>
       <c r="C269" s="5">
-        <v>-0.61076812999999675</v>
+        <v>-0.61094620000000077</v>
       </c>
       <c r="D269" s="5">
-        <v>-2.648825186217274</v>
+        <v>-2.6495635715149124</v>
       </c>
       <c r="E269" s="5">
-        <v>-2.7905500614341161</v>
+        <v>-2.7907369877752997</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>273.01846719000002</v>
+        <v>273.01848687</v>
       </c>
       <c r="C270" s="5">
-        <v>0.30782781000004888</v>
+        <v>0.30547595000001593</v>
       </c>
       <c r="D270" s="5">
-        <v>1.3629659112139869</v>
+        <v>1.3524765350229506</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>272.52627982000001</v>
+        <v>272.52532172000002</v>
       </c>
       <c r="C271" s="5">
-        <v>-0.49218737000001056</v>
+        <v>-0.49316514999998162</v>
       </c>
       <c r="D271" s="5">
-        <v>-2.1419933230275023</v>
+        <v>-2.1462062702022111</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>272.35445028999999</v>
+        <v>272.35353688999999</v>
       </c>
       <c r="C272" s="5">
-        <v>-0.17182953000002499</v>
+        <v>-0.17178483000003553</v>
       </c>
       <c r="D272" s="5">
-        <v>-0.75398928667730347</v>
+        <v>-0.75379646312878634</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>272.24225099</v>
+        <v>272.24104742999998</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.11219929999998612</v>
+        <v>-0.11248946000000615</v>
       </c>
       <c r="D273" s="5">
-        <v>-0.49323414847617375</v>
+        <v>-0.49450846588550146</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>272.56602745999999</v>
+        <v>272.56501667999999</v>
       </c>
       <c r="C274" s="5">
-        <v>0.32377646999998433</v>
+        <v>0.32396925000000465</v>
       </c>
       <c r="D274" s="5">
-        <v>1.4365268413235599</v>
+        <v>1.4373941670075219</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>272.16094705</v>
+        <v>272.16008175000002</v>
       </c>
       <c r="C275" s="5">
-        <v>-0.40508040999998229</v>
+        <v>-0.40493492999996761</v>
       </c>
       <c r="D275" s="5">
-        <v>-1.7689026906332117</v>
+        <v>-1.7682790952975314</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>271.87987251999999</v>
+        <v>271.87827876</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.28107453000001215</v>
+        <v>-0.28180299000001696</v>
       </c>
       <c r="D276" s="5">
-        <v>-1.2322861577543143</v>
+        <v>-1.2354656100794448</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>271.93778307999997</v>
+        <v>271.93556332000003</v>
       </c>
       <c r="C277" s="5">
-        <v>5.791055999998207E-2</v>
+        <v>5.7284560000027795E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>0.25590029911666257</v>
+        <v>0.25313235420882929</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>274.41541704999997</v>
+        <v>274.41703295000002</v>
       </c>
       <c r="C278" s="5">
-        <v>2.4776339699999994</v>
+        <v>2.4814696299999923</v>
       </c>
       <c r="D278" s="5">
-        <v>11.49809603395755</v>
+        <v>11.516897914699298</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>273.92892582000002</v>
+        <v>273.93137013</v>
       </c>
       <c r="C279" s="5">
-        <v>-0.48649122999995598</v>
+        <v>-0.48566282000001593</v>
       </c>
       <c r="D279" s="5">
-        <v>-2.1067719768720794</v>
+        <v>-2.1032070940299907</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>273.58111459000003</v>
+        <v>273.58281489000001</v>
       </c>
       <c r="C280" s="5">
-        <v>-0.3478112299999907</v>
+        <v>-0.34855523999999605</v>
       </c>
       <c r="D280" s="5">
-        <v>-1.5130606592209328</v>
+        <v>-1.5162612252450192</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>274.13024848999999</v>
+        <v>274.13201795999998</v>
       </c>
       <c r="C281" s="5">
-        <v>0.54913389999995843</v>
+        <v>0.54920306999997592</v>
       </c>
       <c r="D281" s="5">
-        <v>2.4354175964080849</v>
+        <v>2.4357124559990062</v>
       </c>
       <c r="E281" s="5">
-        <v>0.52055508843640297</v>
+        <v>0.52032979109173372</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>273.38601635999999</v>
+        <v>273.38630594</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.74423213000000032</v>
+        <v>-0.74571201999998493</v>
       </c>
       <c r="D282" s="5">
-        <v>-3.2096537149759685</v>
+        <v>-3.2159204115907669</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>273.45455009</v>
+        <v>273.45406823000002</v>
       </c>
       <c r="C283" s="5">
-        <v>6.8533730000012838E-2</v>
+        <v>6.7762290000018766E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>0.30123691886065895</v>
+        <v>0.29784114937883022</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>273.77174749</v>
+        <v>273.77034615000002</v>
       </c>
       <c r="C284" s="5">
-        <v>0.31719739999999774</v>
+        <v>0.31627792000000454</v>
       </c>
       <c r="D284" s="5">
-        <v>1.4008714851096116</v>
+        <v>1.3967873014998355</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>274.47120964999999</v>
+        <v>274.47050817000002</v>
       </c>
       <c r="C285" s="5">
-        <v>0.69946215999999595</v>
+        <v>0.70016201999999339</v>
       </c>
       <c r="D285" s="5">
-        <v>3.1093428796905576</v>
+        <v>3.1125140389797412</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>273.76743242999999</v>
+        <v>273.76697275999999</v>
       </c>
       <c r="C286" s="5">
-        <v>-0.70377722000000631</v>
+        <v>-0.70353541000002906</v>
       </c>
       <c r="D286" s="5">
-        <v>-3.0339200907868791</v>
+        <v>-3.0328999638095211</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>275.91280222</v>
+        <v>275.91217606999999</v>
       </c>
       <c r="C287" s="5">
-        <v>2.1453697900000179</v>
+        <v>2.1452033099999994</v>
       </c>
       <c r="D287" s="5">
-        <v>9.8198457416123652</v>
+        <v>9.8190677920054306</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>278.12649262999997</v>
+        <v>278.12520839000001</v>
       </c>
       <c r="C288" s="5">
-        <v>2.2136904099999697</v>
+        <v>2.2130323200000248</v>
       </c>
       <c r="D288" s="5">
-        <v>10.064200913698773</v>
+        <v>10.061099657649276</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>278.15274275000002</v>
+        <v>278.15117168</v>
       </c>
       <c r="C289" s="5">
-        <v>2.6250120000042898E-2</v>
+        <v>2.5963289999992867E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>0.11331714787261582</v>
+        <v>0.11207883523998152</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>277.21343847000003</v>
+        <v>277.21477663000002</v>
       </c>
       <c r="C290" s="5">
-        <v>-0.93930427999998756</v>
+        <v>-0.93639504999998735</v>
       </c>
       <c r="D290" s="5">
-        <v>-3.9779007293436197</v>
+        <v>-3.9658295146840161</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>277.45885332</v>
+        <v>277.46058790000001</v>
       </c>
       <c r="C291" s="5">
-        <v>0.24541484999997465</v>
+        <v>0.24581126999999015</v>
       </c>
       <c r="D291" s="5">
-        <v>1.0675384381106046</v>
+        <v>1.0692660708314872</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>278.48423409999998</v>
+        <v>278.48489030000002</v>
       </c>
       <c r="C292" s="5">
-        <v>1.0253807799999777</v>
+        <v>1.0243024000000105</v>
       </c>
       <c r="D292" s="5">
-        <v>4.5259962179479363</v>
+        <v>4.521110383615623</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>278.41730982000001</v>
+        <v>278.41835665000002</v>
       </c>
       <c r="C293" s="5">
-        <v>-6.6924279999966529E-2</v>
+        <v>-6.6533649999996669E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>-0.28799861330344179</v>
+        <v>-0.28631913013102972</v>
       </c>
       <c r="E293" s="5">
-        <v>1.5638775193961951</v>
+        <v>1.5636038146501718</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>278.99901618000001</v>
+        <v>278.99967492000002</v>
       </c>
       <c r="C294" s="5">
-        <v>0.58170635999999831</v>
+        <v>0.58131826999999703</v>
       </c>
       <c r="D294" s="5">
-        <v>2.5362117620422397</v>
+        <v>2.5344905910341442</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>279.58861644000001</v>
+        <v>279.58847886000001</v>
       </c>
       <c r="C295" s="5">
-        <v>0.58960025999999743</v>
+        <v>0.58880393999999114</v>
       </c>
       <c r="D295" s="5">
-        <v>2.5656076659885674</v>
+        <v>2.5620960917426938</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>280.22025558000001</v>
+        <v>280.21847864</v>
       </c>
       <c r="C296" s="5">
-        <v>0.63163914000000432</v>
+        <v>0.62999977999999146</v>
       </c>
       <c r="D296" s="5">
-        <v>2.7449484399291624</v>
+        <v>2.7377370259445089</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>280.77924209999998</v>
+        <v>280.77888136000001</v>
       </c>
       <c r="C297" s="5">
-        <v>0.55898651999996218</v>
+        <v>0.56040272000001323</v>
       </c>
       <c r="D297" s="5">
-        <v>2.4202121221362116</v>
+        <v>2.4264269198236432</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>280.90839939</v>
+        <v>280.90830642999998</v>
       </c>
       <c r="C298" s="5">
-        <v>0.12915729000002329</v>
+        <v>0.12942506999996795</v>
       </c>
       <c r="D298" s="5">
-        <v>0.55339371496760936</v>
+        <v>0.5545446830201417</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>281.22685317999998</v>
+        <v>281.22662749</v>
       </c>
       <c r="C299" s="5">
-        <v>0.3184537899999782</v>
+        <v>0.31832106000001659</v>
       </c>
       <c r="D299" s="5">
-        <v>1.3689027830290357</v>
+        <v>1.3683291259484198</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>281.24564924999999</v>
+        <v>281.24509024999998</v>
       </c>
       <c r="C300" s="5">
-        <v>1.8796070000007603E-2</v>
+        <v>1.8462759999977152E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>8.0232655118361862E-2</v>
+        <v>7.8809441973826111E-2</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>282.33009827000001</v>
+        <v>282.32917680000003</v>
       </c>
       <c r="C301" s="5">
-        <v>1.0844490200000223</v>
+        <v>1.0840865500000518</v>
       </c>
       <c r="D301" s="5">
-        <v>4.7264537655268501</v>
+        <v>4.7248499290153845</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>282.47841765999999</v>
+        <v>282.47950940999999</v>
       </c>
       <c r="C302" s="5">
-        <v>0.14831938999998329</v>
+        <v>0.15033260999996401</v>
       </c>
       <c r="D302" s="5">
-        <v>0.63223308653854726</v>
+        <v>0.64084197697684697</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>283.51177228</v>
+        <v>283.51295649000002</v>
       </c>
       <c r="C303" s="5">
-        <v>1.0333546200000114</v>
+        <v>1.0334470800000304</v>
       </c>
       <c r="D303" s="5">
-        <v>4.479214902855233</v>
+        <v>4.4796061187073688</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>284.05067137999998</v>
+        <v>284.05061467000002</v>
       </c>
       <c r="C304" s="5">
-        <v>0.53889909999998054</v>
+        <v>0.53765817999999399</v>
       </c>
       <c r="D304" s="5">
-        <v>2.3049574733470024</v>
+        <v>2.2995846731680425</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>284.39213575000002</v>
+        <v>284.39308863000002</v>
       </c>
       <c r="C305" s="5">
-        <v>0.34146437000003971</v>
+        <v>0.34247396000000663</v>
       </c>
       <c r="D305" s="5">
-        <v>1.4521258261938508</v>
+        <v>1.4564480549339009</v>
       </c>
       <c r="E305" s="5">
-        <v>2.1459965739424769</v>
+        <v>2.1459547609897101</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>284.98700373999998</v>
+        <v>284.98775330000001</v>
       </c>
       <c r="C306" s="5">
-        <v>0.59486798999995472</v>
+        <v>0.59466466999998602</v>
       </c>
       <c r="D306" s="5">
-        <v>2.5391400791024532</v>
+        <v>2.5382536184484161</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>285.26729576999998</v>
+        <v>285.26685791</v>
       </c>
       <c r="C307" s="5">
-        <v>0.28029202999999825</v>
+        <v>0.27910460999999032</v>
       </c>
       <c r="D307" s="5">
-        <v>1.1866360948547428</v>
+        <v>1.1815788353836121</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>284.93322085</v>
+        <v>284.93036387000001</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.33407491999997774</v>
+        <v>-0.33649403999999095</v>
       </c>
       <c r="D308" s="5">
-        <v>-1.3962968194667802</v>
+        <v>-1.4063443937519793</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>285.24542423999998</v>
+        <v>285.24534799999998</v>
       </c>
       <c r="C309" s="5">
-        <v>0.31220338999997921</v>
+        <v>0.31498412999997072</v>
       </c>
       <c r="D309" s="5">
-        <v>1.3228014779423258</v>
+        <v>1.3346686279203768</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>285.50609773000002</v>
+        <v>285.50662858999999</v>
       </c>
       <c r="C310" s="5">
-        <v>0.26067349000004469</v>
+        <v>0.26128059000001258</v>
       </c>
       <c r="D310" s="5">
-        <v>1.1021569532719155</v>
+        <v>1.104737083017393</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>288.03864109</v>
+        <v>288.03862758000002</v>
       </c>
       <c r="C311" s="5">
-        <v>2.5325433599999769</v>
+        <v>2.5319989900000337</v>
       </c>
       <c r="D311" s="5">
-        <v>11.179414328840398</v>
+        <v>11.176871106755959</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>287.80661657000002</v>
+        <v>287.80652039</v>
       </c>
       <c r="C312" s="5">
-        <v>-0.23202451999998175</v>
+        <v>-0.232107190000022</v>
       </c>
       <c r="D312" s="5">
-        <v>-0.96236799097879633</v>
+        <v>-0.96270940799221272</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>288.09203351999997</v>
+        <v>288.09174122000002</v>
       </c>
       <c r="C313" s="5">
-        <v>0.2854169499999557</v>
+        <v>0.2852208300000143</v>
       </c>
       <c r="D313" s="5">
-        <v>1.1965487251925699</v>
+        <v>1.1957224497688879</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>288.58306778000002</v>
+        <v>288.58427875000001</v>
       </c>
       <c r="C314" s="5">
-        <v>0.49103426000004902</v>
+        <v>0.49253752999999278</v>
       </c>
       <c r="D314" s="5">
-        <v>2.0646054916828804</v>
+        <v>2.070987823029391</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>288.82463548999999</v>
+        <v>288.82583921000003</v>
       </c>
       <c r="C315" s="5">
-        <v>0.24156770999996979</v>
+        <v>0.24156046000001652</v>
       </c>
       <c r="D315" s="5">
-        <v>1.0091360672757954</v>
+        <v>1.0091013872562282</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>289.08105132999998</v>
+        <v>289.08070900000001</v>
       </c>
       <c r="C316" s="5">
-        <v>0.25641583999998829</v>
+        <v>0.25486978999998655</v>
       </c>
       <c r="D316" s="5">
-        <v>1.0705662638523794</v>
+        <v>1.0640755068894503</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>290.24876181000002</v>
+        <v>290.24988908</v>
       </c>
       <c r="C317" s="5">
-        <v>1.1677104800000393</v>
+        <v>1.1691800799999896</v>
       </c>
       <c r="D317" s="5">
-        <v>4.9564185785374137</v>
+        <v>4.9628018025932752</v>
       </c>
       <c r="E317" s="5">
-        <v>2.0593488088392009</v>
+        <v>2.0594032288948405</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>291.98033500999998</v>
+        <v>291.98216077000001</v>
       </c>
       <c r="C318" s="5">
-        <v>1.7315731999999571</v>
+        <v>1.7322716900000046</v>
       </c>
       <c r="D318" s="5">
-        <v>7.3986250885785365</v>
+        <v>7.4016785248687045</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>291.26916772999999</v>
+        <v>291.26969283</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.71116727999998375</v>
+        <v>-0.71246794000001046</v>
       </c>
       <c r="D319" s="5">
-        <v>-2.8839638815924995</v>
+        <v>-2.8891499796564357</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>291.85705457</v>
+        <v>291.84779039</v>
       </c>
       <c r="C320" s="5">
-        <v>0.58788684000001012</v>
+        <v>0.57809756000000334</v>
       </c>
       <c r="D320" s="5">
-        <v>2.4491040254853269</v>
+        <v>2.4078718665492937</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>292.10707065999998</v>
+        <v>292.10845609</v>
       </c>
       <c r="C321" s="5">
-        <v>0.25001608999997416</v>
+        <v>0.26066570000000411</v>
       </c>
       <c r="D321" s="5">
-        <v>1.0328237486783465</v>
+        <v>1.0770683030305817</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>292.58447412999999</v>
+        <v>292.5861883</v>
       </c>
       <c r="C322" s="5">
-        <v>0.47740347000001293</v>
+        <v>0.47773220999999921</v>
       </c>
       <c r="D322" s="5">
-        <v>1.9789384569747659</v>
+        <v>1.9803039577911852</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>293.42760053000001</v>
+        <v>293.42764649999998</v>
       </c>
       <c r="C323" s="5">
-        <v>0.84312640000001693</v>
+        <v>0.84145819999997684</v>
       </c>
       <c r="D323" s="5">
-        <v>3.5133171325548718</v>
+        <v>3.5062345355060476</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>294.44975113999999</v>
+        <v>294.44998708999998</v>
       </c>
       <c r="C324" s="5">
-        <v>1.0221506099999829</v>
+        <v>1.0223405899999989</v>
       </c>
       <c r="D324" s="5">
-        <v>4.2612079484656284</v>
+        <v>4.2620145070852544</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>295.47176775000003</v>
+        <v>295.47191450000003</v>
       </c>
       <c r="C325" s="5">
-        <v>1.022016610000037</v>
+        <v>1.0219274100000462</v>
       </c>
       <c r="D325" s="5">
-        <v>4.2455647496058013</v>
+        <v>4.2451836348231575</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>296.38612112999999</v>
+        <v>296.38815173</v>
       </c>
       <c r="C326" s="5">
-        <v>0.91435337999996591</v>
+        <v>0.91623722999997881</v>
       </c>
       <c r="D326" s="5">
-        <v>3.7773248260602577</v>
+        <v>3.7852385779792552</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>295.77791273999998</v>
+        <v>295.77946188999999</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.6082083900000157</v>
+        <v>-0.60868984000001092</v>
       </c>
       <c r="D327" s="5">
-        <v>-2.434893841261343</v>
+        <v>-2.4367830467714291</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>296.06701141000002</v>
+        <v>296.06684748999999</v>
       </c>
       <c r="C328" s="5">
-        <v>0.28909867000004397</v>
+        <v>0.28738559999999325</v>
       </c>
       <c r="D328" s="5">
-        <v>1.1792275292521248</v>
+        <v>1.1721963966712323</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>297.10539682000001</v>
+        <v>297.10725989000002</v>
       </c>
       <c r="C329" s="5">
-        <v>1.0383854099999894</v>
+        <v>1.0404124000000365</v>
       </c>
       <c r="D329" s="5">
-        <v>4.2908604203232059</v>
+        <v>4.2994014113177492</v>
       </c>
       <c r="E329" s="5">
-        <v>2.3623304944495827</v>
+        <v>2.3625748253464307</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>297.85076989999999</v>
+        <v>297.85337945999999</v>
       </c>
       <c r="C330" s="5">
-        <v>0.74537307999997893</v>
+        <v>0.7461195699999621</v>
       </c>
       <c r="D330" s="5">
-        <v>3.0524297645569964</v>
+        <v>3.0555096896495604</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>298.52968877000001</v>
+        <v>298.53114012999998</v>
       </c>
       <c r="C331" s="5">
-        <v>0.67891887000001816</v>
+        <v>0.67776066999999784</v>
       </c>
       <c r="D331" s="5">
-        <v>2.7698242872135959</v>
+        <v>2.7650152904169722</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>299.07755851000002</v>
+        <v>299.06138768</v>
       </c>
       <c r="C332" s="5">
-        <v>0.5478697400000101</v>
+        <v>0.53024755000001278</v>
       </c>
       <c r="D332" s="5">
-        <v>2.2246381111820313</v>
+        <v>2.1523718394348412</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>301.20178182000001</v>
+        <v>301.20408208999999</v>
       </c>
       <c r="C333" s="5">
-        <v>2.1242233099999908</v>
+        <v>2.1426944099999901</v>
       </c>
       <c r="D333" s="5">
-        <v>8.8640583280587428</v>
+        <v>8.9447008295935539</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>300.90155699000002</v>
+        <v>300.90433003999999</v>
       </c>
       <c r="C334" s="5">
-        <v>-0.30022482999999056</v>
+        <v>-0.29975204999999505</v>
       </c>
       <c r="D334" s="5">
-        <v>-1.1895722674711284</v>
+        <v>-1.1877002055092234</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>300.48739571999999</v>
+        <v>300.48738168</v>
       </c>
       <c r="C335" s="5">
-        <v>-0.41416127000002234</v>
+        <v>-0.41694835999999214</v>
       </c>
       <c r="D335" s="5">
-        <v>-1.6392350825077062</v>
+        <v>-1.650167257887869</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>299.95048229999998</v>
+        <v>299.95098591999999</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.53691342000001896</v>
+        <v>-0.53639576000000488</v>
       </c>
       <c r="D336" s="5">
-        <v>-2.1232234319818466</v>
+        <v>-2.1211965006186606</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>299.83373054999998</v>
+        <v>299.83444410999999</v>
       </c>
       <c r="C337" s="5">
-        <v>-0.11675174999999172</v>
+        <v>-0.11654181000000108</v>
       </c>
       <c r="D337" s="5">
-        <v>-0.46608545805073565</v>
+        <v>-0.46524836583199392</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>299.39271000000002</v>
+        <v>299.39560985999998</v>
       </c>
       <c r="C338" s="5">
-        <v>-0.44102054999996199</v>
+        <v>-0.43883425000001353</v>
       </c>
       <c r="D338" s="5">
-        <v>-1.7508511379014324</v>
+        <v>-1.7422371663543101</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>301.62988584999999</v>
+        <v>301.63182532000002</v>
       </c>
       <c r="C339" s="5">
-        <v>2.2371758499999714</v>
+        <v>2.2362154600000395</v>
       </c>
       <c r="D339" s="5">
-        <v>9.3447108504120191</v>
+        <v>9.3404388607932098</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>302.58413516000002</v>
+        <v>302.58440875000002</v>
       </c>
       <c r="C340" s="5">
-        <v>0.95424931000002289</v>
+        <v>0.95258343000000423</v>
       </c>
       <c r="D340" s="5">
-        <v>3.8631303268456207</v>
+        <v>3.8562434727315686</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>302.28148367</v>
+        <v>302.28392566999997</v>
       </c>
       <c r="C341" s="5">
-        <v>-0.30265149000001657</v>
+        <v>-0.30048308000004909</v>
       </c>
       <c r="D341" s="5">
-        <v>-1.1936861450591585</v>
+        <v>-1.1851793230104657</v>
       </c>
       <c r="E341" s="5">
-        <v>1.7421719381071732</v>
+        <v>1.7423558690274232</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>300.45290089000002</v>
+        <v>300.45643027</v>
       </c>
       <c r="C342" s="5">
-        <v>-1.8285827799999765</v>
+        <v>-1.8274953999999752</v>
       </c>
       <c r="D342" s="5">
-        <v>-7.0224119181882987</v>
+        <v>-7.0183190289319857</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>303.21828870000002</v>
+        <v>303.22191584000001</v>
       </c>
       <c r="C343" s="5">
-        <v>2.7653878099999929</v>
+        <v>2.7654855700000098</v>
       </c>
       <c r="D343" s="5">
-        <v>11.621509178080425</v>
+        <v>11.621797527067358</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>304.17243688000002</v>
+        <v>304.15068623000002</v>
       </c>
       <c r="C344" s="5">
-        <v>0.95414818000000423</v>
+        <v>0.92877039000001105</v>
       </c>
       <c r="D344" s="5">
-        <v>3.8421275520040821</v>
+        <v>3.7381643887547167</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>303.16962697000002</v>
+        <v>303.17022377000001</v>
       </c>
       <c r="C345" s="5">
-        <v>-1.0028099099999963</v>
+        <v>-0.98046246000001247</v>
       </c>
       <c r="D345" s="5">
-        <v>-3.8852619226932839</v>
+        <v>-3.8004758937739691</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>304.05931457999998</v>
+        <v>304.06233987000002</v>
       </c>
       <c r="C346" s="5">
-        <v>0.88968760999995311</v>
+        <v>0.89211610000000974</v>
       </c>
       <c r="D346" s="5">
-        <v>3.5789426906506439</v>
+        <v>3.5888632376270602</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>304.7459533</v>
+        <v>304.74590904000002</v>
       </c>
       <c r="C347" s="5">
-        <v>0.68663872000001902</v>
+        <v>0.68356916999999839</v>
       </c>
       <c r="D347" s="5">
-        <v>2.7437995703768259</v>
+        <v>2.731354116921425</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>305.44117857999998</v>
+        <v>305.44172915000001</v>
       </c>
       <c r="C348" s="5">
-        <v>0.69522527999998829</v>
+        <v>0.69582010999999966</v>
       </c>
       <c r="D348" s="5">
-        <v>2.7722047804629169</v>
+        <v>2.7746069332497125</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>304.81913694000002</v>
+        <v>304.82044705999999</v>
       </c>
       <c r="C349" s="5">
-        <v>-0.62204163999996354</v>
+        <v>-0.62128209000002244</v>
       </c>
       <c r="D349" s="5">
-        <v>-2.4166535992815597</v>
+        <v>-2.4137313523783677</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>305.42340432999998</v>
+        <v>305.42814708999998</v>
       </c>
       <c r="C350" s="5">
-        <v>0.60426738999996132</v>
+        <v>0.60770002999998951</v>
       </c>
       <c r="D350" s="5">
-        <v>2.404965155072003</v>
+        <v>2.4187665966095118</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>304.77329429999998</v>
+        <v>304.77867842000001</v>
       </c>
       <c r="C351" s="5">
-        <v>-0.65011003000000755</v>
+        <v>-0.6494686699999761</v>
       </c>
       <c r="D351" s="5">
-        <v>-2.5245723687974175</v>
+        <v>-2.5220721246772548</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>305.98985499999998</v>
+        <v>305.99059391999998</v>
       </c>
       <c r="C352" s="5">
-        <v>1.2165607000000023</v>
+        <v>1.2119154999999751</v>
       </c>
       <c r="D352" s="5">
-        <v>4.8966023552718729</v>
+        <v>4.8774068011371519</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>306.25058911000002</v>
+        <v>306.25231915000001</v>
       </c>
       <c r="C353" s="5">
-        <v>0.26073411000004398</v>
+        <v>0.26172523000002457</v>
       </c>
       <c r="D353" s="5">
-        <v>1.0273263401951782</v>
+        <v>1.0312473696544533</v>
       </c>
       <c r="E353" s="5">
-        <v>1.313049476868744</v>
+        <v>1.3128033424881114</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>305.81298469000001</v>
+        <v>305.81388864000002</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.43760442000001376</v>
+        <v>-0.43843050999998923</v>
       </c>
       <c r="D354" s="5">
-        <v>-1.7012797851302719</v>
+        <v>-1.7044565867389672</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>306.37658183000002</v>
+        <v>306.37709857999999</v>
       </c>
       <c r="C355" s="5">
-        <v>0.56359714000001304</v>
+        <v>0.56320993999997881</v>
       </c>
       <c r="D355" s="5">
-        <v>2.2340913447109312</v>
+        <v>2.232534242926798</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>307.68293068999998</v>
+        <v>307.66141289000001</v>
       </c>
       <c r="C356" s="5">
-        <v>1.3063488599999573</v>
+        <v>1.2843143100000134</v>
       </c>
       <c r="D356" s="5">
-        <v>5.2383534486955874</v>
+        <v>5.147941111531229</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>309.08242000000001</v>
+        <v>309.07850179000002</v>
       </c>
       <c r="C357" s="5">
-        <v>1.3994893100000354</v>
+        <v>1.4170889000000102</v>
       </c>
       <c r="D357" s="5">
-        <v>5.5968113892602478</v>
+        <v>5.6693945575098548</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>310.31162712000003</v>
+        <v>310.31669864000003</v>
       </c>
       <c r="C358" s="5">
-        <v>1.2292071200000123</v>
+        <v>1.2381968500000085</v>
       </c>
       <c r="D358" s="5">
-        <v>4.8781299862273642</v>
+        <v>4.9146593197856525</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>311.11179650999998</v>
+        <v>311.11536852</v>
       </c>
       <c r="C359" s="5">
-        <v>0.80016938999995091</v>
+        <v>0.79866987999997718</v>
       </c>
       <c r="D359" s="5">
-        <v>3.138583291588426</v>
+        <v>3.1325661850377662</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>311.86584123</v>
+        <v>311.86862975000003</v>
       </c>
       <c r="C360" s="5">
-        <v>0.75404472000002443</v>
+        <v>0.75326123000002099</v>
       </c>
       <c r="D360" s="5">
-        <v>2.9475375815684712</v>
+        <v>2.9443997876898997</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>312.08175405999998</v>
+        <v>312.08580540000003</v>
       </c>
       <c r="C361" s="5">
-        <v>0.21591282999997929</v>
+        <v>0.2171756500000015</v>
       </c>
       <c r="D361" s="5">
-        <v>0.83396199130130189</v>
+        <v>0.83885079357741699</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>312.80026901999997</v>
+        <v>312.80913462000001</v>
       </c>
       <c r="C362" s="5">
-        <v>0.71851495999999315</v>
+        <v>0.72332921999998234</v>
       </c>
       <c r="D362" s="5">
-        <v>2.7980497722907893</v>
+        <v>2.8170001271440315</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>312.98047978</v>
+        <v>312.98894909000001</v>
       </c>
       <c r="C363" s="5">
-        <v>0.18021076000002267</v>
+        <v>0.17981446999999662</v>
       </c>
       <c r="D363" s="5">
-        <v>0.69353988500546748</v>
+        <v>0.69199026553705689</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>313.73944033999999</v>
+        <v>313.73852692000003</v>
       </c>
       <c r="C364" s="5">
-        <v>0.75896055999999135</v>
+        <v>0.74957783000002109</v>
       </c>
       <c r="D364" s="5">
-        <v>2.9490602277185474</v>
+        <v>2.9120407768974399</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>314.18137445999997</v>
+        <v>314.17902115999999</v>
       </c>
       <c r="C365" s="5">
-        <v>0.44193411999998489</v>
+        <v>0.44049423999996407</v>
       </c>
       <c r="D365" s="5">
-        <v>1.7034799901819664</v>
+        <v>1.6978918794776421</v>
       </c>
       <c r="E365" s="5">
-        <v>2.5896392144249436</v>
+        <v>2.5882912599651364</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>315.79935597999997</v>
+        <v>315.79193048000002</v>
       </c>
       <c r="C366" s="5">
-        <v>1.6179815200000007</v>
+        <v>1.6129093200000284</v>
       </c>
       <c r="D366" s="5">
-        <v>6.3578761945121576</v>
+        <v>6.3374276640492555</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>316.40779848</v>
+        <v>316.39596427999999</v>
       </c>
       <c r="C367" s="5">
-        <v>0.60844250000002376</v>
+        <v>0.60403379999996787</v>
       </c>
       <c r="D367" s="5">
-        <v>2.3366668625959486</v>
+        <v>2.3196122713980305</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>316.66683030000002</v>
+        <v>316.63897551999997</v>
       </c>
       <c r="C368" s="5">
-        <v>0.25903182000001834</v>
+        <v>0.24301123999998708</v>
       </c>
       <c r="D368" s="5">
-        <v>0.98683284305518537</v>
+        <v>0.92557602736813571</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>307.31018418000002</v>
+        <v>307.30410369999998</v>
       </c>
       <c r="C369" s="5">
-        <v>-9.3566461199999935</v>
+        <v>-9.3348718199999894</v>
       </c>
       <c r="D369" s="5">
-        <v>-30.226174461765453</v>
+        <v>-30.169064984306392</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>300.52690662999998</v>
+        <v>300.54020302999999</v>
       </c>
       <c r="C370" s="5">
-        <v>-6.7832775500000366</v>
+        <v>-6.7639006699999982</v>
       </c>
       <c r="D370" s="5">
-        <v>-23.497276089094555</v>
+        <v>-23.438472809110579</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>299.91167725999998</v>
+        <v>299.93368525</v>
       </c>
       <c r="C371" s="5">
-        <v>-0.61522937000000866</v>
+        <v>-0.60651777999999013</v>
       </c>
       <c r="D371" s="5">
-        <v>-2.4291307480465374</v>
+        <v>-2.3950106143968197</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>305.53857519000002</v>
+        <v>305.55595314999999</v>
       </c>
       <c r="C372" s="5">
-        <v>5.626897930000041</v>
+        <v>5.6222678999999971</v>
       </c>
       <c r="D372" s="5">
-        <v>24.989082810640362</v>
+        <v>24.964331406435925</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>312.54825693999999</v>
+        <v>312.55394431000002</v>
       </c>
       <c r="C373" s="5">
-        <v>7.0096817499999702</v>
+        <v>6.9979911600000264</v>
       </c>
       <c r="D373" s="5">
-        <v>31.284176957582034</v>
+        <v>31.223256976314495</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>314.20778825000002</v>
+        <v>314.22046022000001</v>
       </c>
       <c r="C374" s="5">
-        <v>1.659531310000034</v>
+        <v>1.6665159099999869</v>
       </c>
       <c r="D374" s="5">
-        <v>6.5610211145216812</v>
+        <v>6.589326392396444</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>308.56500935999998</v>
+        <v>308.57584664000001</v>
       </c>
       <c r="C375" s="5">
-        <v>-5.6427788900000451</v>
+        <v>-5.6446135799999979</v>
       </c>
       <c r="D375" s="5">
-        <v>-19.544309040242069</v>
+        <v>-19.549337198647233</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>308.09066920999999</v>
+        <v>308.08926280999998</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.47434014999998908</v>
+        <v>-0.48658383000002914</v>
       </c>
       <c r="D376" s="5">
-        <v>-1.8291775425929635</v>
+        <v>-1.8759182977945654</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>308.29060648000001</v>
+        <v>308.27715936999999</v>
       </c>
       <c r="C377" s="5">
-        <v>0.19993727000002082</v>
+        <v>0.18789656000001287</v>
       </c>
       <c r="D377" s="5">
-        <v>0.78153269924960966</v>
+        <v>0.73431228541398497</v>
       </c>
       <c r="E377" s="5">
-        <v>-1.874957734246574</v>
+        <v>-1.8785028256213199</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>309.33674465000001</v>
+        <v>309.30584948000001</v>
       </c>
       <c r="C378" s="5">
-        <v>1.0461381700000061</v>
+        <v>1.0286901100000136</v>
       </c>
       <c r="D378" s="5">
-        <v>4.1488850348164297</v>
+        <v>4.0785941837488071</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>309.18880279000001</v>
+        <v>309.14952277999998</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.14794186000000309</v>
+        <v>-0.15632670000002236</v>
       </c>
       <c r="D379" s="5">
-        <v>-0.57239885882718333</v>
+        <v>-0.60481059920829416</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>309.09017927999997</v>
+        <v>309.04054309000003</v>
       </c>
       <c r="C380" s="5">
-        <v>-9.862351000003855E-2</v>
+        <v>-0.10897968999995555</v>
       </c>
       <c r="D380" s="5">
-        <v>-0.38209924112427851</v>
+        <v>-0.4221982063763674</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>309.99499997999999</v>
+        <v>309.97114980999999</v>
       </c>
       <c r="C381" s="5">
-        <v>0.90482070000001613</v>
+        <v>0.93060671999995748</v>
       </c>
       <c r="D381" s="5">
-        <v>3.5699557355970635</v>
+        <v>3.6739847847346851</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>308.59638783000003</v>
+        <v>308.59845596000002</v>
       </c>
       <c r="C382" s="5">
-        <v>-1.3986121499999626</v>
+        <v>-1.3726938499999619</v>
       </c>
       <c r="D382" s="5">
-        <v>-5.2817225737398887</v>
+        <v>-5.1866057996418968</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>307.51552793000002</v>
+        <v>307.68832155000001</v>
       </c>
       <c r="C383" s="5">
-        <v>-1.0808599000000072</v>
+        <v>-0.91013441000001194</v>
       </c>
       <c r="D383" s="5">
-        <v>-4.122976258182975</v>
+        <v>-3.4822548929790642</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>308.30752265000001</v>
+        <v>308.32760933999998</v>
       </c>
       <c r="C384" s="5">
-        <v>0.79199471999999105</v>
+        <v>0.63928778999996894</v>
       </c>
       <c r="D384" s="5">
-        <v>3.1347108997028528</v>
+        <v>2.5219443917265716</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>310.02128744999999</v>
+        <v>310.01851291000003</v>
       </c>
       <c r="C385" s="5">
-        <v>1.7137647999999785</v>
+        <v>1.6909035700000459</v>
       </c>
       <c r="D385" s="5">
-        <v>6.8781005228763625</v>
+        <v>6.7831081560097983</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>312.42040906</v>
+        <v>312.43366030999999</v>
       </c>
       <c r="C386" s="5">
-        <v>2.3991216100000088</v>
+        <v>2.4151473999999666</v>
       </c>
       <c r="D386" s="5">
-        <v>9.6919039643998062</v>
+        <v>9.7595346703849053</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>311.56754079000001</v>
+        <v>311.57456760999997</v>
       </c>
       <c r="C387" s="5">
-        <v>-0.85286826999998766</v>
+        <v>-0.85909270000001925</v>
       </c>
       <c r="D387" s="5">
-        <v>-3.2271087178487812</v>
+        <v>-3.2501700903861397</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>312.39685792</v>
+        <v>312.38824822999999</v>
       </c>
       <c r="C388" s="5">
-        <v>0.82931712999999263</v>
+        <v>0.81368062000001373</v>
       </c>
       <c r="D388" s="5">
-        <v>3.2412866403538576</v>
+        <v>3.1792201043890245</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>312.53450550999997</v>
+        <v>312.49714777000003</v>
       </c>
       <c r="C389" s="5">
-        <v>0.13764758999997184</v>
+        <v>0.10889954000003854</v>
       </c>
       <c r="D389" s="5">
-        <v>0.53002449314591971</v>
+        <v>0.41912682092104525</v>
       </c>
       <c r="E389" s="5">
-        <v>1.3765904444692501</v>
+        <v>1.3688942796229453</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>313.35061050000002</v>
+        <v>313.27791452000002</v>
       </c>
       <c r="C390" s="5">
-        <v>0.81610499000004211</v>
+        <v>0.78076674999999796</v>
       </c>
       <c r="D390" s="5">
-        <v>3.1788940452978531</v>
+        <v>3.0397164798888099</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>313.55556917000001</v>
+        <v>313.47050372000001</v>
       </c>
       <c r="C391" s="5">
-        <v>0.20495866999999635</v>
+        <v>0.19258919999998625</v>
       </c>
       <c r="D391" s="5">
-        <v>0.78773466353114774</v>
+        <v>0.74020555235183583</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>314.70811100999998</v>
+        <v>314.61378173000003</v>
       </c>
       <c r="C392" s="5">
-        <v>1.1525418399999694</v>
+        <v>1.1432780100000173</v>
       </c>
       <c r="D392" s="5">
-        <v>4.5011351795695154</v>
+        <v>4.4654635295292344</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>315.06688718999999</v>
+        <v>314.99340242</v>
       </c>
       <c r="C393" s="5">
-        <v>0.35877618000000666</v>
+        <v>0.37962068999996745</v>
       </c>
       <c r="D393" s="5">
-        <v>1.3766445310817721</v>
+        <v>1.4575973485818849</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>315.18149439000001</v>
+        <v>315.14699551000001</v>
       </c>
       <c r="C394" s="5">
-        <v>0.11460720000002311</v>
+        <v>0.15359309000001531</v>
       </c>
       <c r="D394" s="5">
-        <v>0.43738052655104553</v>
+        <v>0.58670056398222314</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>315.84092810999999</v>
+        <v>316.35435016999998</v>
       </c>
       <c r="C395" s="5">
-        <v>0.65943371999998135</v>
+        <v>1.2073546599999645</v>
       </c>
       <c r="D395" s="5">
-        <v>2.5397754619894464</v>
+        <v>4.6954183207470246</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>315.11456200999999</v>
+        <v>315.12446641000003</v>
       </c>
       <c r="C396" s="5">
-        <v>-0.72636610000000701</v>
+        <v>-1.2298837599999501</v>
       </c>
       <c r="D396" s="5">
-        <v>-2.7251002691032866</v>
+        <v>-4.5667420669952552</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>321.98082755000001</v>
+        <v>321.95353094000001</v>
       </c>
       <c r="C397" s="5">
-        <v>6.866265540000029</v>
+        <v>6.8290645299999824</v>
       </c>
       <c r="D397" s="5">
-        <v>29.520487139546582</v>
+        <v>29.339992034666217</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>319.17107687999999</v>
+        <v>319.18198324000002</v>
       </c>
       <c r="C398" s="5">
-        <v>-2.8097506700000281</v>
+        <v>-2.7715476999999851</v>
       </c>
       <c r="D398" s="5">
-        <v>-9.9834840298464904</v>
+        <v>-9.854901594908549</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>320.85309931</v>
+        <v>320.85048036000001</v>
       </c>
       <c r="C399" s="5">
-        <v>1.6820224300000177</v>
+        <v>1.6684971199999836</v>
       </c>
       <c r="D399" s="5">
-        <v>6.5105232050208128</v>
+        <v>6.4564302835108611</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>321.89395967000002</v>
+        <v>321.86147720000002</v>
       </c>
       <c r="C400" s="5">
-        <v>1.0408603600000106</v>
+        <v>1.0109968400000184</v>
       </c>
       <c r="D400" s="5">
-        <v>3.9630619105854192</v>
+        <v>3.8474115687034294</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>322.76264406000001</v>
+        <v>322.68421273000001</v>
       </c>
       <c r="C401" s="5">
-        <v>0.86868438999999853</v>
+        <v>0.82273552999998856</v>
       </c>
       <c r="D401" s="5">
-        <v>3.2869010941459553</v>
+        <v>3.110909035055176</v>
       </c>
       <c r="E401" s="5">
-        <v>3.2726429785119526</v>
+        <v>3.2598905406643119</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>323.65927098999998</v>
+        <v>323.52915582999998</v>
       </c>
       <c r="C402" s="5">
-        <v>0.89662692999996807</v>
+        <v>0.84494309999996631</v>
       </c>
       <c r="D402" s="5">
-        <v>3.3849791886169767</v>
+        <v>3.1878294079966452</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>324.95413860000002</v>
+        <v>324.80497882999998</v>
       </c>
       <c r="C403" s="5">
-        <v>1.2948676100000398</v>
+        <v>1.2758230000000026</v>
       </c>
       <c r="D403" s="5">
-        <v>4.907913823931187</v>
+        <v>4.8361439903996883</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>326.17096398000001</v>
+        <v>325.99801072999998</v>
       </c>
       <c r="C404" s="5">
-        <v>1.2168253799999889</v>
+        <v>1.193031899999994</v>
       </c>
       <c r="D404" s="5">
-        <v>4.5872384640642361</v>
+        <v>4.497828631282963</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>327.74456096</v>
+        <v>327.61480820999998</v>
       </c>
       <c r="C405" s="5">
-        <v>1.5735969799999907</v>
+        <v>1.6167974800000025</v>
       </c>
       <c r="D405" s="5">
-        <v>5.9454602283716795</v>
+        <v>6.1164919394949058</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>329.00335572</v>
+        <v>328.88782633</v>
       </c>
       <c r="C406" s="5">
-        <v>1.2587947600000007</v>
+        <v>1.2730181200000175</v>
       </c>
       <c r="D406" s="5">
-        <v>4.7075538260517247</v>
+        <v>4.763813361203395</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>328.42275770999998</v>
+        <v>329.43056776999998</v>
       </c>
       <c r="C407" s="5">
-        <v>-0.58059801000001698</v>
+        <v>0.54274143999998614</v>
       </c>
       <c r="D407" s="5">
-        <v>-2.0972276330222916</v>
+        <v>1.9983520242429442</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>330.80533758000001</v>
+        <v>330.81963265000002</v>
       </c>
       <c r="C408" s="5">
-        <v>2.3825798700000291</v>
+        <v>1.3890648800000349</v>
       </c>
       <c r="D408" s="5">
-        <v>9.0614276050910103</v>
+        <v>5.1788852343571445</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>336.95298989999998</v>
+        <v>336.90043415999997</v>
       </c>
       <c r="C409" s="5">
-        <v>6.1476523199999633</v>
+        <v>6.0808015099999579</v>
       </c>
       <c r="D409" s="5">
-        <v>24.72734346726515</v>
+        <v>24.42955475818831</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>333.56127577000001</v>
+        <v>333.56924276000001</v>
       </c>
       <c r="C410" s="5">
-        <v>-3.3917141299999685</v>
+        <v>-3.3311913999999661</v>
       </c>
       <c r="D410" s="5">
-        <v>-11.432223442223588</v>
+        <v>-11.240848722513697</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>333.95318135999997</v>
+        <v>333.92417096000003</v>
       </c>
       <c r="C411" s="5">
-        <v>0.39190558999996483</v>
+        <v>0.35492820000001757</v>
       </c>
       <c r="D411" s="5">
-        <v>1.419042555205996</v>
+        <v>1.284336708538425</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>334.78626671000001</v>
+        <v>334.70131208999999</v>
       </c>
       <c r="C412" s="5">
-        <v>0.83308535000003303</v>
+        <v>0.77714112999996132</v>
       </c>
       <c r="D412" s="5">
-        <v>3.0349566570772257</v>
+        <v>2.8287843371072485</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>335.59765564999998</v>
+        <v>335.45858780999998</v>
       </c>
       <c r="C413" s="5">
-        <v>0.81138893999997208</v>
+        <v>0.75727571999999554</v>
       </c>
       <c r="D413" s="5">
-        <v>2.9474057016772415</v>
+        <v>2.7490923391572553</v>
       </c>
       <c r="E413" s="5">
-        <v>3.9766100031123797</v>
+        <v>3.9587852693272918</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>337.52535481000001</v>
+        <v>337.32874916999998</v>
       </c>
       <c r="C414" s="5">
-        <v>1.9276991600000315</v>
+        <v>1.8701613599999973</v>
       </c>
       <c r="D414" s="5">
-        <v>7.1148809224297338</v>
+        <v>6.8989153391131541</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>338.34403053</v>
+        <v>338.12788683999997</v>
       </c>
       <c r="C415" s="5">
-        <v>0.81867571999998745</v>
+        <v>0.79913766999999325</v>
       </c>
       <c r="D415" s="5">
-        <v>2.9497728848362659</v>
+        <v>2.8801557297902791</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>339.57969811999999</v>
+        <v>339.33958618000003</v>
       </c>
       <c r="C416" s="5">
-        <v>1.2356675899999914</v>
+        <v>1.2116993400000524</v>
       </c>
       <c r="D416" s="5">
-        <v>4.4716352154877459</v>
+        <v>4.3860409668823319</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>340.33615099999997</v>
+        <v>340.17902611</v>
       </c>
       <c r="C417" s="5">
-        <v>0.75645287999998345</v>
+        <v>0.83943992999996908</v>
       </c>
       <c r="D417" s="5">
-        <v>2.7061335683221666</v>
+        <v>3.0092182110478261</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>341.25737149999998</v>
+        <v>341.03158447999999</v>
       </c>
       <c r="C418" s="5">
-        <v>0.92122050000000399</v>
+        <v>0.85255836999999701</v>
       </c>
       <c r="D418" s="5">
-        <v>3.2969505701960555</v>
+        <v>3.0492492735149535</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>339.64573872</v>
+        <v>341.12906115999999</v>
       </c>
       <c r="C419" s="5">
-        <v>-1.6116327799999794</v>
+        <v>9.747667999999976E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-5.522249076172681</v>
+        <v>0.34353439254510842</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>342.45005789999999</v>
+        <v>342.50270847000002</v>
       </c>
       <c r="C420" s="5">
-        <v>2.8043191799999931</v>
+        <v>1.3736473100000239</v>
       </c>
       <c r="D420" s="5">
-        <v>10.370468326830395</v>
+        <v>4.9405882151982272</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>344.36060271000002</v>
+        <v>344.29109174000001</v>
       </c>
       <c r="C421" s="5">
-        <v>1.9105448100000331</v>
+        <v>1.7883832699999971</v>
       </c>
       <c r="D421" s="5">
-        <v>6.9041545960870421</v>
+        <v>6.4489317719461869</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>340.92025050000001</v>
+        <v>340.92560369</v>
       </c>
       <c r="C422" s="5">
-        <v>-3.4403522100000146</v>
+        <v>-3.3654880500000104</v>
       </c>
       <c r="D422" s="5">
-        <v>-11.351360378314435</v>
+        <v>-11.119602453959555</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>341.66259305</v>
+        <v>341.66158961999997</v>
       </c>
       <c r="C423" s="5">
-        <v>0.74234254999998939</v>
+        <v>0.73598592999996981</v>
       </c>
       <c r="D423" s="5">
-        <v>2.6444814783660231</v>
+        <v>2.6215258078319703</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>342.21776713000003</v>
+        <v>342.13134631000003</v>
       </c>
       <c r="C424" s="5">
-        <v>0.55517408000002888</v>
+        <v>0.46975669000005382</v>
       </c>
       <c r="D424" s="5">
-        <v>1.9674240682769684</v>
+        <v>1.6624356683818897</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>343.33849636000002</v>
+        <v>343.17488178000002</v>
       </c>
       <c r="C425" s="5">
-        <v>1.1207292299999949</v>
+        <v>1.0435354699999948</v>
       </c>
       <c r="D425" s="5">
-        <v>4.0014441974199011</v>
+        <v>3.7221514500574315</v>
       </c>
       <c r="E425" s="5">
-        <v>2.30658366638683</v>
+        <v>2.3002225163990975</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>343.53824343999997</v>
+        <v>343.32241263999998</v>
       </c>
       <c r="C426" s="5">
-        <v>0.19974707999995189</v>
+        <v>0.14753085999996074</v>
       </c>
       <c r="D426" s="5">
-        <v>0.70037285308772734</v>
+        <v>0.51710144593255514</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>344.42749715000002</v>
+        <v>344.18797919000002</v>
       </c>
       <c r="C427" s="5">
-        <v>0.88925371000004816</v>
+        <v>0.86556655000003957</v>
       </c>
       <c r="D427" s="5">
-        <v>3.1508238381535492</v>
+        <v>3.0676827613526525</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>345.21554271000002</v>
+        <v>344.95532322999998</v>
       </c>
       <c r="C428" s="5">
-        <v>0.78804556000000048</v>
+        <v>0.76734403999995493</v>
       </c>
       <c r="D428" s="5">
-        <v>2.7803992296594915</v>
+        <v>2.7083690671248384</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>346.07853832000001</v>
+        <v>345.59472675000001</v>
       </c>
       <c r="C429" s="5">
-        <v>0.86299560999998448</v>
+        <v>0.63940352000003031</v>
       </c>
       <c r="D429" s="5">
-        <v>3.0414411756813031</v>
+        <v>2.2471170740841373</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>346.70736830999999</v>
+        <v>346.23351248</v>
       </c>
       <c r="C430" s="5">
-        <v>0.62882998999998563</v>
+        <v>0.63878572999999506</v>
       </c>
       <c r="D430" s="5">
-        <v>2.2023410402569832</v>
+        <v>2.2407279854955497</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>346.6045196</v>
+        <v>344.77083785000002</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.1028487099999893</v>
+        <v>-1.4626746299999809</v>
       </c>
       <c r="D431" s="5">
-        <v>-0.35539275987407359</v>
+        <v>-4.9532936332246642</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>347.07819581000001</v>
+        <v>345.05835221000001</v>
       </c>
       <c r="C432" s="5">
-        <v>0.47367621000000781</v>
+        <v>0.28751435999998876</v>
       </c>
       <c r="D432" s="5">
-        <v>1.6523252049272186</v>
+        <v>1.0053173301458385</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>347.06763530000001</v>
+        <v>345.04676712999998</v>
       </c>
       <c r="C433" s="5">
-        <v>-1.0560510000004797E-2</v>
+        <v>-1.1585080000031667E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>-3.6506158073612571E-2</v>
+        <v>-4.0281677167963714E-2</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>347.51177604999998</v>
+        <v>345.49071726</v>
       </c>
       <c r="C434" s="5">
-        <v>0.4441407499999741</v>
+        <v>0.44395013000001882</v>
       </c>
       <c r="D434" s="5">
-        <v>1.5464886384943366</v>
+        <v>1.5549379438191124</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>345.42595418000002</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-6.4763079999977435E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-0.22471116640760957</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>345.68395398000001</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.25799979999999323</v>
+      </c>
+      <c r="D436" s="5">
+        <v>0.89997510039323547</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">