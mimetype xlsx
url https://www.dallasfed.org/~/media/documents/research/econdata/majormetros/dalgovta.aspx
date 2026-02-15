--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{77D59EE6-884C-49AF-87CB-DA17B1CBAA8D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{166832D2-1CC2-41EB-81C6-912535583048}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{DB4FF511-F62C-46E8-B644-2611A9E36BBC}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{BD3D4296-F899-46E4-B6FC-DB7F5B6EC3FB}"/>
   </bookViews>
   <sheets>
     <sheet name="dalgovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Government Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{31EF9BE5-9660-466E-B379-C70D9D310D20}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01414EA1-598A-483E-9787-4615FBD2E77E}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>344.77083785000002</v>
       </c>
       <c r="C431" s="5">
         <v>-1.4626746299999809</v>
       </c>
       <c r="D431" s="5">
         <v>-4.9532936332246642</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>345.05835221000001</v>
       </c>
       <c r="C432" s="5">
         <v>0.28751435999998876</v>
       </c>
       <c r="D432" s="5">
         <v>1.0053173301458385</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>345.04676712999998</v>
       </c>
       <c r="C433" s="5">
         <v>-1.1585080000031667E-2</v>
       </c>
       <c r="D433" s="5">
         <v>-4.0281677167963714E-2</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>345.49071726</v>
       </c>
       <c r="C434" s="5">
         <v>0.44395013000001882</v>
       </c>
       <c r="D434" s="5">
         <v>1.5549379438191124</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>345.42595418000002</v>
       </c>
       <c r="C435" s="5">
         <v>-6.4763079999977435E-2</v>
       </c>
       <c r="D435" s="5">
         <v>-0.22471116640760957</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>345.68395398000001</v>
+        <v>345.69268634999997</v>
       </c>
       <c r="C436" s="5">
-        <v>0.25799979999999323</v>
+        <v>0.26673216999995475</v>
       </c>
       <c r="D436" s="5">
-        <v>0.89997510039323547</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.93056552839190232</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>346.36730756999998</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.67462122000000591</v>
+      </c>
+      <c r="D437" s="5">
+        <v>2.3671062384739594</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.93026207904298719</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>