--- v0 (2025-10-17)
+++ v1 (2026-01-05)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{39F1CEB0-723F-49E4-93AE-550EA0EF4ECD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{117457E8-A4DB-4A8E-9557-AF3AD49D5E96}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7D929A72-0F23-4CE3-910D-917EBD30E632}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{01534E45-6462-442D-8DE8-E0A2F98481F2}"/>
   </bookViews>
   <sheets>
     <sheet name="dalinfoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Information Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C9C459BE-DDE6-4EE0-BE74-AC62847A4B36}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5DBEB296-54F9-490A-B06D-9571241B56FE}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>0.6071892049999974</v>
       </c>
       <c r="D431" s="5">
         <v>10.290737439701303</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>74.625446772000004</v>
       </c>
       <c r="C432" s="5">
         <v>-6.6394051999992598E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-1.0614880279963268</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>75.213952977000005</v>
+        <v>74.702871817000002</v>
       </c>
       <c r="C433" s="5">
-        <v>0.58850620500000161</v>
+        <v>7.7425044999998249E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>9.8848046636191622</v>
+        <v>1.252147514155677</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>74.346263059999998</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.35660875700000361</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-5.5804003275005121</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>