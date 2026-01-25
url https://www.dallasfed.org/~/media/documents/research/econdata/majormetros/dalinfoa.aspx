--- v1 (2026-01-05)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{117457E8-A4DB-4A8E-9557-AF3AD49D5E96}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{8A4E1AA1-44D6-4A8D-82C4-AD0381256E59}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{01534E45-6462-442D-8DE8-E0A2F98481F2}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CA650305-895A-4039-9D35-56E96730E28D}"/>
   </bookViews>
   <sheets>
     <sheet name="dalinfoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Information Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5DBEB296-54F9-490A-B06D-9571241B56FE}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE49F9FA-66A6-4037-966C-8B674F36B14F}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>62.325250941999997</v>
+        <v>62.324867550999997</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>62.577202851000003</v>
+        <v>62.577187004999999</v>
       </c>
       <c r="C7" s="5">
-        <v>0.25195190900000597</v>
+        <v>0.252319454000002</v>
       </c>
       <c r="D7" s="5">
-        <v>4.9603644917521894</v>
+        <v>4.9677937456371613</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>63.209319882000003</v>
+        <v>63.209469679000001</v>
       </c>
       <c r="C8" s="5">
-        <v>0.63211703099999994</v>
+        <v>0.63228267400000249</v>
       </c>
       <c r="D8" s="5">
-        <v>12.81832554370952</v>
+        <v>12.821876772989494</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>62.991400081000002</v>
+        <v>62.991483787</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.21791980100000075</v>
+        <v>-0.21798589200000151</v>
       </c>
       <c r="D9" s="5">
-        <v>-4.0595554348850094</v>
+        <v>-4.0607539226090399</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>62.992548274999997</v>
+        <v>62.992652732000003</v>
       </c>
       <c r="C10" s="5">
-        <v>1.1481939999953283E-3</v>
+        <v>1.1689450000034185E-3</v>
       </c>
       <c r="D10" s="5">
-        <v>2.1875540760674106E-2</v>
+        <v>2.2270902254284408E-2</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>63.275457131000003</v>
+        <v>63.275438059000003</v>
       </c>
       <c r="C11" s="5">
-        <v>0.28290885600000593</v>
+        <v>0.28278532699999914</v>
       </c>
       <c r="D11" s="5">
-        <v>5.5245155112286781</v>
+        <v>5.5220340410368163</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>64.479509390000004</v>
+        <v>64.479499941</v>
       </c>
       <c r="C12" s="5">
-        <v>1.2040522590000009</v>
+        <v>1.2040618819999978</v>
       </c>
       <c r="D12" s="5">
-        <v>25.382578162676349</v>
+        <v>25.382811178348796</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>64.971386164999998</v>
+        <v>64.971378549999997</v>
       </c>
       <c r="C13" s="5">
-        <v>0.49187677499999438</v>
+        <v>0.49187860899999691</v>
       </c>
       <c r="D13" s="5">
-        <v>9.5481122542168784</v>
+        <v>9.5481508202958985</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>65.132168328000006</v>
+        <v>65.132167315000004</v>
       </c>
       <c r="C14" s="5">
-        <v>0.16078216300000747</v>
+        <v>0.16078876500000661</v>
       </c>
       <c r="D14" s="5">
-        <v>3.0103466607590779</v>
+        <v>3.0104723158943969</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>65.081313273999996</v>
+        <v>65.081326567000005</v>
       </c>
       <c r="C15" s="5">
-        <v>-5.0855054000010114E-2</v>
+        <v>-5.0840747999998825E-2</v>
       </c>
       <c r="D15" s="5">
-        <v>-0.93294416024221061</v>
+        <v>-0.93268285451070243</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>65.340946127999999</v>
+        <v>65.340979997999995</v>
       </c>
       <c r="C16" s="5">
-        <v>0.25963285400000302</v>
+        <v>0.25965343099998961</v>
       </c>
       <c r="D16" s="5">
-        <v>4.8936816402208372</v>
+        <v>4.8940770133741207</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>65.249014998999996</v>
+        <v>65.249047032999997</v>
       </c>
       <c r="C17" s="5">
-        <v>-9.1931129000002443E-2</v>
+        <v>-9.1932964999998035E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>-1.6753306242638155</v>
+        <v>-1.675362962864535</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>63.632754575</v>
+        <v>63.632409516000003</v>
       </c>
       <c r="C18" s="5">
-        <v>-1.6162604239999965</v>
+        <v>-1.6166375169999938</v>
       </c>
       <c r="D18" s="5">
-        <v>-25.991574538201391</v>
+        <v>-25.996826251225102</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>62.959155058999997</v>
+        <v>62.959142094000001</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.67359951600000301</v>
+        <v>-0.67326742200000211</v>
       </c>
       <c r="D19" s="5">
-        <v>-11.988786804143913</v>
+        <v>-11.983277040910888</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>62.979484984000003</v>
+        <v>62.979618930000001</v>
       </c>
       <c r="C20" s="5">
-        <v>2.0329925000005744E-2</v>
+        <v>2.0476836000000276E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>0.38817680199727533</v>
+        <v>0.39098700090243188</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>64.877016643999994</v>
+        <v>64.877096711999997</v>
       </c>
       <c r="C21" s="5">
-        <v>1.8975316599999914</v>
+        <v>1.8974777819999957</v>
       </c>
       <c r="D21" s="5">
-        <v>42.79111679366396</v>
+        <v>42.789587221830708</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>65.076414642000003</v>
+        <v>65.076515212000004</v>
       </c>
       <c r="C22" s="5">
-        <v>0.19939799800000912</v>
+        <v>0.19941850000000727</v>
       </c>
       <c r="D22" s="5">
-        <v>3.7511604916655061</v>
+        <v>3.7515480192480632</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>63.576486226999997</v>
+        <v>63.576474310999998</v>
       </c>
       <c r="C23" s="5">
-        <v>-1.4999284150000065</v>
+        <v>-1.5000409010000055</v>
       </c>
       <c r="D23" s="5">
-        <v>-24.408172351491132</v>
+        <v>-24.409744198180572</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>63.905322605000002</v>
+        <v>63.905304145999999</v>
       </c>
       <c r="C24" s="5">
-        <v>0.32883637800000542</v>
+        <v>0.32882983500000051</v>
       </c>
       <c r="D24" s="5">
-        <v>6.3864020351167117</v>
+        <v>6.3862725568777368</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>63.994621217999999</v>
+        <v>63.994613508999997</v>
       </c>
       <c r="C25" s="5">
-        <v>8.9298612999996863E-2</v>
+        <v>8.9309362999998143E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>1.6897770229722608</v>
+        <v>1.68998250075445</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>64.112753643999994</v>
+        <v>64.112748412000002</v>
       </c>
       <c r="C26" s="5">
-        <v>0.11813242599999541</v>
+        <v>0.11813490300000495</v>
       </c>
       <c r="D26" s="5">
-        <v>2.2377984221977787</v>
+        <v>2.2378460940892353</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>64.615967314000002</v>
+        <v>64.615979367999998</v>
       </c>
       <c r="C27" s="5">
-        <v>0.50321367000000805</v>
+        <v>0.5032309559999959</v>
       </c>
       <c r="D27" s="5">
-        <v>9.8360836937007257</v>
+        <v>9.8364371307922518</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>64.686195842999993</v>
+        <v>64.686220563999996</v>
       </c>
       <c r="C28" s="5">
-        <v>7.0228528999990658E-2</v>
+        <v>7.0241195999997785E-2</v>
       </c>
       <c r="D28" s="5">
-        <v>1.3120570137505005</v>
+        <v>1.3122948376620425</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>64.774788016000002</v>
+        <v>64.774809390000001</v>
       </c>
       <c r="C29" s="5">
-        <v>8.8592173000009211E-2</v>
+        <v>8.8588826000005838E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>1.6559185683739042</v>
+        <v>1.6558548984339838</v>
       </c>
       <c r="E29" s="5">
-        <v>-0.72679561983772789</v>
+        <v>-0.72681160042099568</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>61.824236806999998</v>
+        <v>61.823964349999997</v>
       </c>
       <c r="C30" s="5">
-        <v>-2.9505512090000039</v>
+        <v>-2.9508450400000044</v>
       </c>
       <c r="D30" s="5">
-        <v>-42.847772423039324</v>
+        <v>-42.851021054013394</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>62.090992122000003</v>
+        <v>62.090987953000003</v>
       </c>
       <c r="C31" s="5">
-        <v>0.2667553150000046</v>
+        <v>0.26702360300000549</v>
       </c>
       <c r="D31" s="5">
-        <v>5.3023406372188386</v>
+        <v>5.3078247076968177</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>61.934085060000001</v>
+        <v>61.934199233999998</v>
       </c>
       <c r="C32" s="5">
-        <v>-0.15690706200000193</v>
+        <v>-0.15678871900000502</v>
       </c>
       <c r="D32" s="5">
-        <v>-2.9906659221955678</v>
+        <v>-2.9884417236800909</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>62.137654799000003</v>
+        <v>62.137720983999998</v>
       </c>
       <c r="C33" s="5">
-        <v>0.20356973900000241</v>
+        <v>0.20352175000000017</v>
       </c>
       <c r="D33" s="5">
-        <v>4.0163433138434179</v>
+        <v>4.0153717977470249</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>62.231640200999998</v>
+        <v>62.231720127999999</v>
       </c>
       <c r="C34" s="5">
-        <v>9.3985401999994167E-2</v>
+        <v>9.3999144000001422E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>1.8302180939035351</v>
+        <v>1.8304859622318537</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>62.087439279000002</v>
+        <v>62.087435306000003</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.14420092199999601</v>
+        <v>-0.14428482199999593</v>
       </c>
       <c r="D35" s="5">
-        <v>-2.7454321527909609</v>
+        <v>-2.747005722370488</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>61.896692758999997</v>
+        <v>61.89666588</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.19074652000000469</v>
+        <v>-0.1907694260000028</v>
       </c>
       <c r="D36" s="5">
-        <v>-3.6250078363271432</v>
+        <v>-3.6254360474246461</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>61.922056855000001</v>
+        <v>61.922047525000004</v>
       </c>
       <c r="C37" s="5">
-        <v>2.536409600000411E-2</v>
+        <v>2.5381645000003061E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>0.49284713335138175</v>
+        <v>0.49318911024205381</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>61.97672713</v>
+        <v>61.976717469999997</v>
       </c>
       <c r="C38" s="5">
-        <v>5.4670274999999435E-2</v>
+        <v>5.4669944999993447E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>1.0646260792896323</v>
+        <v>1.0646197829595971</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>62.262324120000002</v>
+        <v>62.262335614000001</v>
       </c>
       <c r="C39" s="5">
-        <v>0.28559699000000194</v>
+        <v>0.28561814400000429</v>
       </c>
       <c r="D39" s="5">
-        <v>5.6720848940458257</v>
+        <v>5.6725166342623146</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>62.548841594000002</v>
+        <v>62.548842895</v>
       </c>
       <c r="C40" s="5">
-        <v>0.28651747400000005</v>
+        <v>0.28650728099999867</v>
       </c>
       <c r="D40" s="5">
-        <v>5.664065453700573</v>
+        <v>5.6638577526802791</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>62.716130634000002</v>
+        <v>62.716115440999999</v>
       </c>
       <c r="C41" s="5">
-        <v>0.16728904</v>
+        <v>0.16727254599999952</v>
       </c>
       <c r="D41" s="5">
-        <v>3.2570756251754762</v>
+        <v>3.2567496843409538</v>
       </c>
       <c r="E41" s="5">
-        <v>-3.1781769497902346</v>
+        <v>-3.1782323535757495</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>62.505421964</v>
+        <v>62.505264646999997</v>
       </c>
       <c r="C42" s="5">
-        <v>-0.21070867000000248</v>
+        <v>-0.2108507940000024</v>
       </c>
       <c r="D42" s="5">
-        <v>-3.9579936859114095</v>
+        <v>-3.9606151434202874</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>62.799619014000001</v>
+        <v>62.799624407000003</v>
       </c>
       <c r="C43" s="5">
-        <v>0.29419705000000107</v>
+        <v>0.29435976000000608</v>
       </c>
       <c r="D43" s="5">
-        <v>5.7966245383077153</v>
+        <v>5.7999289144797128</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>63.070318753000002</v>
+        <v>63.070402823000002</v>
       </c>
       <c r="C44" s="5">
-        <v>0.27069973900000122</v>
+        <v>0.27077841599999886</v>
       </c>
       <c r="D44" s="5">
-        <v>5.2970496065476214</v>
+        <v>5.2986253837605579</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>63.497243746999999</v>
+        <v>63.497300105999997</v>
       </c>
       <c r="C45" s="5">
-        <v>0.42692499399999662</v>
+        <v>0.4268972829999953</v>
       </c>
       <c r="D45" s="5">
-        <v>8.4321772799928816</v>
+        <v>8.4315977666683537</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>63.667118739000003</v>
+        <v>63.667180377000001</v>
       </c>
       <c r="C46" s="5">
-        <v>0.169874992000004</v>
+        <v>0.1698802710000038</v>
       </c>
       <c r="D46" s="5">
-        <v>3.2580373926537343</v>
+        <v>3.2581371986291074</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>64.385573489999999</v>
+        <v>64.385580380999997</v>
       </c>
       <c r="C47" s="5">
-        <v>0.71845475099999589</v>
+        <v>0.71840000399999582</v>
       </c>
       <c r="D47" s="5">
-        <v>14.414341404625608</v>
+        <v>14.413159142117337</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>63.99229382</v>
+        <v>63.992256625000003</v>
       </c>
       <c r="C48" s="5">
-        <v>-0.3932796699999983</v>
+        <v>-0.39332375599999381</v>
       </c>
       <c r="D48" s="5">
-        <v>-7.0885337492990974</v>
+        <v>-7.0893011232319392</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>63.960426574000003</v>
+        <v>63.960415382000001</v>
       </c>
       <c r="C49" s="5">
-        <v>-3.1867245999997351E-2</v>
+        <v>-3.1841243000002351E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>-0.59594879847008064</v>
+        <v>-0.59546419202181067</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>64.184293702000005</v>
+        <v>64.184280401999999</v>
       </c>
       <c r="C50" s="5">
-        <v>0.22386712800000197</v>
+        <v>0.22386501999999808</v>
       </c>
       <c r="D50" s="5">
-        <v>4.2819105836258808</v>
+        <v>4.2818702482937621</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>64.349596297000005</v>
+        <v>64.349606668999996</v>
       </c>
       <c r="C51" s="5">
-        <v>0.165302595</v>
+        <v>0.16532626699999753</v>
       </c>
       <c r="D51" s="5">
-        <v>3.1346791939793173</v>
+        <v>3.1351351301338592</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>64.192816570000005</v>
+        <v>64.192793907999999</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.15677972699999998</v>
+        <v>-0.15681276099999764</v>
       </c>
       <c r="D52" s="5">
-        <v>-2.8847889614756816</v>
+        <v>-2.8853882136089415</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>64.025334306000005</v>
+        <v>64.025274926999998</v>
       </c>
       <c r="C53" s="5">
-        <v>-0.16748226400000021</v>
+        <v>-0.16751898100000062</v>
       </c>
       <c r="D53" s="5">
-        <v>-3.086321229154132</v>
+        <v>-3.08698923341717</v>
       </c>
       <c r="E53" s="5">
-        <v>2.087507087515128</v>
+        <v>2.0874371392335167</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>64.680273044000003</v>
+        <v>64.680228653</v>
       </c>
       <c r="C54" s="5">
-        <v>0.65493873799999847</v>
+        <v>0.65495372600000223</v>
       </c>
       <c r="D54" s="5">
-        <v>12.98996586776644</v>
+        <v>12.990292791948344</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>64.800719481000002</v>
+        <v>64.800740278999996</v>
       </c>
       <c r="C55" s="5">
-        <v>0.12044643699999824</v>
+        <v>0.12051162599999543</v>
       </c>
       <c r="D55" s="5">
-        <v>2.2576479656173376</v>
+        <v>2.2588839830804952</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>65.315183645000005</v>
+        <v>65.315244276000001</v>
       </c>
       <c r="C56" s="5">
-        <v>0.51446416400000317</v>
+        <v>0.5145039970000056</v>
       </c>
       <c r="D56" s="5">
-        <v>9.9542177192552863</v>
+        <v>9.9550190638291411</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>65.474277461</v>
+        <v>65.474323643000005</v>
       </c>
       <c r="C57" s="5">
-        <v>0.15909381599999506</v>
+        <v>0.15907936700000391</v>
       </c>
       <c r="D57" s="5">
-        <v>2.9624211531465328</v>
+        <v>2.9621457032886989</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>65.918572882000007</v>
+        <v>65.918616223000001</v>
       </c>
       <c r="C58" s="5">
-        <v>0.44429542100000674</v>
+        <v>0.4442925799999955</v>
       </c>
       <c r="D58" s="5">
-        <v>8.4538524646503799</v>
+        <v>8.4537901869911956</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>66.567704454999998</v>
+        <v>66.567715804000002</v>
       </c>
       <c r="C59" s="5">
-        <v>0.64913157299999114</v>
+        <v>0.64909958100000154</v>
       </c>
       <c r="D59" s="5">
-        <v>12.4784732665423</v>
+        <v>12.477815937899317</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>67.901140912000002</v>
+        <v>67.901099774000002</v>
       </c>
       <c r="C60" s="5">
-        <v>1.3334364570000048</v>
+        <v>1.3333839699999999</v>
       </c>
       <c r="D60" s="5">
-        <v>26.870861544142201</v>
+        <v>26.869679611117903</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>68.191666009000002</v>
+        <v>68.191650674000002</v>
       </c>
       <c r="C61" s="5">
-        <v>0.29052509699999973</v>
+        <v>0.2905508999999995</v>
       </c>
       <c r="D61" s="5">
-        <v>5.2569429003018975</v>
+        <v>5.257424099119512</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>69.103950772000005</v>
+        <v>69.103934565000003</v>
       </c>
       <c r="C62" s="5">
-        <v>0.91228476300000239</v>
+        <v>0.91228389100000129</v>
       </c>
       <c r="D62" s="5">
-        <v>17.289441038685261</v>
+        <v>17.28942745673876</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>69.632668615</v>
+        <v>69.632676111999999</v>
       </c>
       <c r="C63" s="5">
-        <v>0.52871784299999547</v>
+        <v>0.52874154699999565</v>
       </c>
       <c r="D63" s="5">
-        <v>9.5776407905967087</v>
+        <v>9.5780907555341521</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>70.518470461999996</v>
+        <v>70.518426543000004</v>
       </c>
       <c r="C64" s="5">
-        <v>0.8858018469999962</v>
+        <v>0.88575043100000528</v>
       </c>
       <c r="D64" s="5">
-        <v>16.379941204462554</v>
+        <v>16.378921069098396</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>71.603910022999997</v>
+        <v>71.603799514000002</v>
       </c>
       <c r="C65" s="5">
-        <v>1.0854395610000012</v>
+        <v>1.0853729709999982</v>
       </c>
       <c r="D65" s="5">
-        <v>20.117490625836119</v>
+        <v>20.11616376183747</v>
       </c>
       <c r="E65" s="5">
-        <v>11.836838962494545</v>
+        <v>11.836770081254389</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>72.550371311999996</v>
+        <v>72.550435269000005</v>
       </c>
       <c r="C66" s="5">
-        <v>0.94646128899999837</v>
+        <v>0.94663575500000263</v>
       </c>
       <c r="D66" s="5">
-        <v>17.067088114243333</v>
+        <v>17.070494663430068</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>73.724146305000005</v>
+        <v>73.724181677999994</v>
       </c>
       <c r="C67" s="5">
-        <v>1.1737749930000092</v>
+        <v>1.1737464089999889</v>
       </c>
       <c r="D67" s="5">
-        <v>21.238723108860945</v>
+        <v>21.238138617418812</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>74.069592204000003</v>
+        <v>74.069632315999996</v>
       </c>
       <c r="C68" s="5">
-        <v>0.34544589899999778</v>
+        <v>0.34545063800000264</v>
       </c>
       <c r="D68" s="5">
-        <v>5.7699784207367433</v>
+        <v>5.7700567869754638</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>74.387654334999993</v>
+        <v>74.387694381000003</v>
       </c>
       <c r="C69" s="5">
-        <v>0.3180621309999907</v>
+        <v>0.31806206500000656</v>
       </c>
       <c r="D69" s="5">
-        <v>5.27637647498711</v>
+        <v>5.276372428905618</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>74.677664953999994</v>
+        <v>74.677696974</v>
       </c>
       <c r="C70" s="5">
-        <v>0.29001061900000025</v>
+        <v>0.29000259299999698</v>
       </c>
       <c r="D70" s="5">
-        <v>4.779998053715806</v>
+        <v>4.7798602901069076</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>74.924532257999999</v>
+        <v>74.924546289000006</v>
       </c>
       <c r="C71" s="5">
-        <v>0.24686730400000556</v>
+        <v>0.24684931500000573</v>
       </c>
       <c r="D71" s="5">
-        <v>4.0398522638423584</v>
+        <v>4.0395507472779091</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>75.073488592000004</v>
+        <v>75.073442106000002</v>
       </c>
       <c r="C72" s="5">
-        <v>0.14895633400000463</v>
+        <v>0.1488958169999961</v>
       </c>
       <c r="D72" s="5">
-        <v>2.4119619527163794</v>
+        <v>2.4109708450030576</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>76.103836262000002</v>
+        <v>76.103820971000005</v>
       </c>
       <c r="C73" s="5">
-        <v>1.0303476699999976</v>
+        <v>1.030378865000003</v>
       </c>
       <c r="D73" s="5">
-        <v>17.771287069861707</v>
+        <v>17.77187821337607</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>76.195166705000005</v>
+        <v>76.195150126000001</v>
       </c>
       <c r="C74" s="5">
-        <v>9.1330443000003925E-2</v>
+        <v>9.1329154999996831E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>1.4496354182128135</v>
+        <v>1.4496151325943618</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>76.306746450999995</v>
+        <v>76.306750469999997</v>
       </c>
       <c r="C75" s="5">
-        <v>0.11157974599998965</v>
+        <v>0.11160034399999574</v>
       </c>
       <c r="D75" s="5">
-        <v>1.7714955005666111</v>
+        <v>1.77182555216997</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>76.892284438000004</v>
+        <v>76.892235228000004</v>
       </c>
       <c r="C76" s="5">
-        <v>0.58553798700000925</v>
+        <v>0.58548475800000688</v>
       </c>
       <c r="D76" s="5">
-        <v>9.6069079742269192</v>
+        <v>9.6059969402249479</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>77.702615253999994</v>
+        <v>77.702494877000007</v>
       </c>
       <c r="C77" s="5">
-        <v>0.8103308159999898</v>
+        <v>0.81025964900000247</v>
       </c>
       <c r="D77" s="5">
-        <v>13.405591636164104</v>
+        <v>13.404354320497113</v>
       </c>
       <c r="E77" s="5">
-        <v>8.5172796136985021</v>
+        <v>8.5172789773642954</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>75.546797714999997</v>
+        <v>75.546882316999998</v>
       </c>
       <c r="C78" s="5">
-        <v>-2.1558175389999974</v>
+        <v>-2.1556125600000087</v>
       </c>
       <c r="D78" s="5">
-        <v>-28.654746159221233</v>
+        <v>-28.652461021933927</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>76.317291628000007</v>
+        <v>76.317335194999998</v>
       </c>
       <c r="C79" s="5">
-        <v>0.77049391300000991</v>
+        <v>0.7704528780000004</v>
       </c>
       <c r="D79" s="5">
-        <v>12.949073622311658</v>
+        <v>12.948329523041746</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>77.473326123999996</v>
+        <v>77.473365360000003</v>
       </c>
       <c r="C80" s="5">
-        <v>1.1560344959999895</v>
+        <v>1.1560301650000042</v>
       </c>
       <c r="D80" s="5">
-        <v>19.770820715935699</v>
+        <v>19.770728126347038</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>78.622939735000003</v>
+        <v>78.622971383000007</v>
       </c>
       <c r="C81" s="5">
-        <v>1.1496136110000066</v>
+        <v>1.149606023000004</v>
       </c>
       <c r="D81" s="5">
-        <v>19.3341977001235</v>
+        <v>19.334048890857037</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>79.679894716000007</v>
+        <v>79.679918259000004</v>
       </c>
       <c r="C82" s="5">
-        <v>1.0569549810000041</v>
+        <v>1.0569468759999978</v>
       </c>
       <c r="D82" s="5">
-        <v>17.379885234436522</v>
+        <v>17.379734435619952</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>80.173919260999995</v>
+        <v>80.173926453000007</v>
       </c>
       <c r="C83" s="5">
-        <v>0.49402454499998782</v>
+        <v>0.49400819400000273</v>
       </c>
       <c r="D83" s="5">
-        <v>7.6991693559729901</v>
+        <v>7.6989034279948632</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>80.844251631999995</v>
+        <v>80.844212451000004</v>
       </c>
       <c r="C84" s="5">
-        <v>0.67033237100000065</v>
+        <v>0.67028599799999711</v>
       </c>
       <c r="D84" s="5">
-        <v>10.50765659656545</v>
+        <v>10.506894954293845</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>81.474782826999999</v>
+        <v>81.474767159999999</v>
       </c>
       <c r="C85" s="5">
-        <v>0.63053119500000321</v>
+        <v>0.63055470899999477</v>
       </c>
       <c r="D85" s="5">
-        <v>9.7712971417124539</v>
+        <v>9.7716822491815911</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>82.031646054999996</v>
+        <v>82.031631558000001</v>
       </c>
       <c r="C86" s="5">
-        <v>0.55686322799999743</v>
+        <v>0.55686439800000187</v>
       </c>
       <c r="D86" s="5">
-        <v>8.5171993000569444</v>
+        <v>8.5172195730024214</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>84.030129883000001</v>
+        <v>84.030130485000001</v>
       </c>
       <c r="C87" s="5">
-        <v>1.9984838280000048</v>
+        <v>1.998498927</v>
       </c>
       <c r="D87" s="5">
-        <v>33.48833097387449</v>
+        <v>33.488625537975224</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>85.328939611999999</v>
+        <v>85.328892455000002</v>
       </c>
       <c r="C88" s="5">
-        <v>1.2988097289999985</v>
+        <v>1.298761970000001</v>
       </c>
       <c r="D88" s="5">
-        <v>20.20866280131537</v>
+        <v>20.207855270409869</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>85.912335240999994</v>
+        <v>85.912222693000004</v>
       </c>
       <c r="C89" s="5">
-        <v>0.58339562899999464</v>
+        <v>0.58333023800000205</v>
       </c>
       <c r="D89" s="5">
-        <v>8.5200798423066502</v>
+        <v>8.5190935500327747</v>
       </c>
       <c r="E89" s="5">
-        <v>10.565564569691087</v>
+        <v>10.565591013513377</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>88.083361155999995</v>
+        <v>88.083449998000006</v>
       </c>
       <c r="C90" s="5">
-        <v>2.1710259150000013</v>
+        <v>2.1712273050000022</v>
       </c>
       <c r="D90" s="5">
-        <v>34.915004663719863</v>
+        <v>34.918758557822201</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>88.768510950000007</v>
+        <v>88.768556287999999</v>
       </c>
       <c r="C91" s="5">
-        <v>0.68514979400001152</v>
+        <v>0.68510628999999312</v>
       </c>
       <c r="D91" s="5">
-        <v>9.7439725784968836</v>
+        <v>9.7433169240687345</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>87.894572126</v>
+        <v>87.894608261000002</v>
       </c>
       <c r="C92" s="5">
-        <v>-0.87393882400000678</v>
+        <v>-0.8739480269999973</v>
       </c>
       <c r="D92" s="5">
-        <v>-11.194992034595819</v>
+        <v>-11.195098202617238</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>88.558122556000001</v>
+        <v>88.558147520000006</v>
       </c>
       <c r="C93" s="5">
-        <v>0.6635504300000008</v>
+        <v>0.66353925900000377</v>
       </c>
       <c r="D93" s="5">
-        <v>9.4450526650085251</v>
+        <v>9.4448829506270204</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>89.288704924000001</v>
+        <v>89.288723078000004</v>
       </c>
       <c r="C94" s="5">
-        <v>0.73058236800000032</v>
+        <v>0.73057555799999818</v>
       </c>
       <c r="D94" s="5">
-        <v>10.361469780321553</v>
+        <v>10.361365719278904</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>90.488398398000001</v>
+        <v>90.488400618</v>
       </c>
       <c r="C95" s="5">
-        <v>1.199693474</v>
+        <v>1.1996775399999962</v>
       </c>
       <c r="D95" s="5">
-        <v>17.369845135212625</v>
+        <v>17.369593328661438</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>90.869935549000004</v>
+        <v>90.869907222999998</v>
       </c>
       <c r="C96" s="5">
-        <v>0.3815371510000034</v>
+        <v>0.38150660499999844</v>
       </c>
       <c r="D96" s="5">
-        <v>5.1787057919193469</v>
+        <v>5.1782813918498816</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>91.443945434</v>
+        <v>91.443931341999999</v>
       </c>
       <c r="C97" s="5">
-        <v>0.57400988499999528</v>
+        <v>0.57402411900000061</v>
       </c>
       <c r="D97" s="5">
-        <v>7.8491755999182455</v>
+        <v>7.8493795838339819</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>91.765186251000003</v>
+        <v>91.765178261000003</v>
       </c>
       <c r="C98" s="5">
-        <v>0.32124081700000318</v>
+        <v>0.32124691900000357</v>
       </c>
       <c r="D98" s="5">
-        <v>4.2979890470074888</v>
+        <v>4.298072946789655</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>92.422491242000007</v>
+        <v>92.422487390000001</v>
       </c>
       <c r="C99" s="5">
-        <v>0.65730499100000372</v>
+        <v>0.65730912899999794</v>
       </c>
       <c r="D99" s="5">
-        <v>8.9423260423581841</v>
+        <v>8.9423853835555391</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>92.725899155999997</v>
+        <v>92.725865228000004</v>
       </c>
       <c r="C100" s="5">
-        <v>0.30340791399999034</v>
+        <v>0.30337783800000295</v>
       </c>
       <c r="D100" s="5">
-        <v>4.0113160395986336</v>
+        <v>4.0109113729005941</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>92.649824801999998</v>
+        <v>92.649739478000001</v>
       </c>
       <c r="C101" s="5">
-        <v>-7.6074353999999289E-2</v>
+        <v>-7.6125750000002768E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>-0.98007594263328501</v>
+        <v>-0.980735454371362</v>
       </c>
       <c r="E101" s="5">
-        <v>7.8422842797836845</v>
+        <v>7.842326241605857</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>92.789662457999995</v>
+        <v>92.789725324000003</v>
       </c>
       <c r="C102" s="5">
-        <v>0.13983765599999742</v>
+        <v>0.13998584600000186</v>
       </c>
       <c r="D102" s="5">
-        <v>1.8262874036057308</v>
+        <v>1.8282405820620129</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>92.881762957000007</v>
+        <v>92.881792032000007</v>
       </c>
       <c r="C103" s="5">
-        <v>9.2100499000011382E-2</v>
+        <v>9.2066708000004382E-2</v>
       </c>
       <c r="D103" s="5">
-        <v>1.1976112978874687</v>
+        <v>1.1971686869175491</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>92.886008673000006</v>
+        <v>92.886032813</v>
       </c>
       <c r="C104" s="5">
-        <v>4.2457159999997884E-3</v>
+        <v>4.2407809999929214E-3</v>
       </c>
       <c r="D104" s="5">
-        <v>5.4866963474564656E-2</v>
+        <v>5.4803155787541691E-2</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>93.471446972999999</v>
+        <v>93.471462673999994</v>
       </c>
       <c r="C105" s="5">
-        <v>0.58543829999999275</v>
+        <v>0.58542986099999439</v>
       </c>
       <c r="D105" s="5">
-        <v>7.8310838535744276</v>
+        <v>7.8309649220045241</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>94.339664139999996</v>
+        <v>94.339678891000005</v>
       </c>
       <c r="C106" s="5">
-        <v>0.8682171669999974</v>
+        <v>0.86821621700001117</v>
       </c>
       <c r="D106" s="5">
-        <v>11.733735882360641</v>
+        <v>11.733720307710605</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>94.71722656</v>
+        <v>94.717228019000004</v>
       </c>
       <c r="C107" s="5">
-        <v>0.37756242000000384</v>
+        <v>0.37754912799999829</v>
       </c>
       <c r="D107" s="5">
-        <v>4.909729006049024</v>
+        <v>4.9095515533554401</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>95.807714231000006</v>
+        <v>95.807707484000005</v>
       </c>
       <c r="C108" s="5">
-        <v>1.0904876710000053</v>
+        <v>1.0904794650000014</v>
       </c>
       <c r="D108" s="5">
-        <v>14.725001708257945</v>
+        <v>14.724883551591716</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>96.312885191999996</v>
+        <v>96.312877030999999</v>
       </c>
       <c r="C109" s="5">
-        <v>0.50517096099999037</v>
+        <v>0.50516954699999417</v>
       </c>
       <c r="D109" s="5">
-        <v>6.5140672016703816</v>
+        <v>6.5140489085890874</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>96.866800830000003</v>
+        <v>96.866797921</v>
       </c>
       <c r="C110" s="5">
-        <v>0.55391563800000654</v>
+        <v>0.55392089000000055</v>
       </c>
       <c r="D110" s="5">
-        <v>7.12399617977717</v>
+        <v>7.124066500263404</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>96.832246306000002</v>
+        <v>96.832237073000002</v>
       </c>
       <c r="C111" s="5">
-        <v>-3.4554524000000697E-2</v>
+        <v>-3.4560847999998145E-2</v>
       </c>
       <c r="D111" s="5">
-        <v>-0.42722760659913428</v>
+        <v>-0.42730565514457197</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>97.140310033999995</v>
+        <v>97.140288378999998</v>
       </c>
       <c r="C112" s="5">
-        <v>0.30806372799999338</v>
+        <v>0.30805130599999586</v>
       </c>
       <c r="D112" s="5">
-        <v>3.8852148990677904</v>
+        <v>3.885055861918385</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>97.937663877999995</v>
+        <v>97.937602536</v>
       </c>
       <c r="C113" s="5">
-        <v>0.79735384399999987</v>
+        <v>0.79731415700000241</v>
       </c>
       <c r="D113" s="5">
-        <v>10.306997456759092</v>
+        <v>10.306463467542692</v>
       </c>
       <c r="E113" s="5">
-        <v>5.7073384513144365</v>
+        <v>5.7073695919626743</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>95.790869587000003</v>
+        <v>95.790906246000006</v>
       </c>
       <c r="C114" s="5">
-        <v>-2.146794290999992</v>
+        <v>-2.1466962899999942</v>
       </c>
       <c r="D114" s="5">
-        <v>-23.353469046103193</v>
+        <v>-23.352540971571877</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>96.506841381000001</v>
+        <v>96.506864984000003</v>
       </c>
       <c r="C115" s="5">
-        <v>0.71597179399999789</v>
+        <v>0.71595873799999765</v>
       </c>
       <c r="D115" s="5">
-        <v>9.347241091760484</v>
+        <v>9.3470598490010595</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>96.603749022000002</v>
+        <v>96.603744293999995</v>
       </c>
       <c r="C116" s="5">
-        <v>9.6907641000001377E-2</v>
+        <v>9.6879309999991392E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>1.2116609433990622</v>
+        <v>1.2113044577244825</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>98.281120181999995</v>
+        <v>98.281133526999994</v>
       </c>
       <c r="C117" s="5">
-        <v>1.6773711599999928</v>
+        <v>1.6773892329999995</v>
       </c>
       <c r="D117" s="5">
-        <v>22.945716513559589</v>
+        <v>22.945989049335402</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>99.177598869999997</v>
+        <v>99.177612252000003</v>
       </c>
       <c r="C118" s="5">
-        <v>0.89647868800000197</v>
+        <v>0.89647872500000858</v>
       </c>
       <c r="D118" s="5">
-        <v>11.512076220041333</v>
+        <v>11.512075076864047</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>98.489449782999998</v>
+        <v>98.489452370999999</v>
       </c>
       <c r="C119" s="5">
-        <v>-0.68814908699999933</v>
+        <v>-0.68815988100000425</v>
       </c>
       <c r="D119" s="5">
-        <v>-8.0157526168071698</v>
+        <v>-8.0158725488021165</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>97.429455560999997</v>
+        <v>97.429480604999995</v>
       </c>
       <c r="C120" s="5">
-        <v>-1.0599942220000003</v>
+        <v>-1.0599717660000039</v>
       </c>
       <c r="D120" s="5">
-        <v>-12.17730228439814</v>
+        <v>-12.177059081341834</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>98.319457607000004</v>
+        <v>98.319453202999995</v>
       </c>
       <c r="C121" s="5">
-        <v>0.89000204600000643</v>
+        <v>0.88997259799999995</v>
       </c>
       <c r="D121" s="5">
-        <v>11.5296604523484</v>
+        <v>11.529256483392913</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>98.775811501999996</v>
+        <v>98.775807063000002</v>
       </c>
       <c r="C122" s="5">
-        <v>0.45635389499999235</v>
+        <v>0.45635386000000722</v>
       </c>
       <c r="D122" s="5">
-        <v>5.7142633398151954</v>
+        <v>5.714263152839516</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>99.158276839999999</v>
+        <v>99.158262733000001</v>
       </c>
       <c r="C123" s="5">
-        <v>0.38246533800000293</v>
+        <v>0.3824556699999988</v>
       </c>
       <c r="D123" s="5">
-        <v>4.7467064406692128</v>
+        <v>4.7465841041013812</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>99.789838531000001</v>
+        <v>99.789825422000007</v>
       </c>
       <c r="C124" s="5">
-        <v>0.6315616910000017</v>
+        <v>0.63156268900000612</v>
       </c>
       <c r="D124" s="5">
-        <v>7.9165831384244489</v>
+        <v>7.9165972557523112</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>100.33032822</v>
+        <v>100.33027054</v>
       </c>
       <c r="C125" s="5">
-        <v>0.5404896889999975</v>
+        <v>0.54044511799999384</v>
       </c>
       <c r="D125" s="5">
-        <v>6.6966925684698086</v>
+        <v>6.6961246853506129</v>
       </c>
       <c r="E125" s="5">
-        <v>2.4430482076645443</v>
+        <v>2.4430534769528389</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>99.487358186999998</v>
+        <v>99.487375990999993</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.84297003300000029</v>
+        <v>-0.84289454900000749</v>
       </c>
       <c r="D126" s="5">
-        <v>-9.6292289252639112</v>
+        <v>-9.6284114002794023</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>101.16056982000001</v>
+        <v>101.16059771</v>
       </c>
       <c r="C127" s="5">
-        <v>1.6732116330000082</v>
+        <v>1.6732217190000114</v>
       </c>
       <c r="D127" s="5">
-        <v>22.157579847153098</v>
+        <v>22.157721661738261</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>101.64401252</v>
+        <v>101.64398771</v>
       </c>
       <c r="C128" s="5">
-        <v>0.48344269999999767</v>
+        <v>0.48338999999999999</v>
       </c>
       <c r="D128" s="5">
-        <v>5.887917805615217</v>
+        <v>5.8872573371158365</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>102.45503456</v>
+        <v>102.45504991</v>
       </c>
       <c r="C129" s="5">
-        <v>0.81102203999999745</v>
+        <v>0.81106219999999496</v>
       </c>
       <c r="D129" s="5">
-        <v>10.006421573574231</v>
+        <v>10.006941565060391</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>103.00476478</v>
+        <v>103.00477592999999</v>
       </c>
       <c r="C130" s="5">
-        <v>0.54973022000000071</v>
+        <v>0.54972601999999426</v>
       </c>
       <c r="D130" s="5">
-        <v>6.6321403610448249</v>
+        <v>6.6320871630544342</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>104.58711446</v>
+        <v>104.58713043</v>
       </c>
       <c r="C131" s="5">
-        <v>1.582349679999993</v>
+        <v>1.5823545000000081</v>
       </c>
       <c r="D131" s="5">
-        <v>20.074391990199381</v>
+        <v>20.07445603537461</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>105.78881928</v>
+        <v>105.78887865</v>
       </c>
       <c r="C132" s="5">
-        <v>1.2017048200000033</v>
+        <v>1.2017482199999989</v>
       </c>
       <c r="D132" s="5">
-        <v>14.693568888844744</v>
+        <v>14.69413114095337</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>106.84967725</v>
+        <v>106.8496703</v>
       </c>
       <c r="C133" s="5">
-        <v>1.0608579700000007</v>
+        <v>1.0607916499999988</v>
       </c>
       <c r="D133" s="5">
-        <v>12.72009253912929</v>
+        <v>12.719245441452841</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>107.51188602000001</v>
+        <v>107.51187074000001</v>
       </c>
       <c r="C134" s="5">
-        <v>0.66220877000000655</v>
+        <v>0.66220044000000655</v>
       </c>
       <c r="D134" s="5">
-        <v>7.6959049765910281</v>
+        <v>7.6958053632962597</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>107.6043995</v>
+        <v>107.60438013</v>
       </c>
       <c r="C135" s="5">
-        <v>9.251347999999382E-2</v>
+        <v>9.2509389999989367E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>1.0374954720838048</v>
+        <v>1.0374495355026658</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>108.07461673</v>
+        <v>108.07459299</v>
       </c>
       <c r="C136" s="5">
-        <v>0.47021723000000293</v>
+        <v>0.47021286000000373</v>
       </c>
       <c r="D136" s="5">
-        <v>5.3717299455018352</v>
+        <v>5.3716798073290217</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>107.90900617</v>
+        <v>107.90890365999999</v>
       </c>
       <c r="C137" s="5">
-        <v>-0.16561056000000463</v>
+        <v>-0.16568933000000641</v>
       </c>
       <c r="D137" s="5">
-        <v>-1.8234278813819893</v>
+        <v>-1.8242882630315482</v>
       </c>
       <c r="E137" s="5">
-        <v>7.5537258618169734</v>
+        <v>7.5536855220364574</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>104.81435021</v>
+        <v>104.81435161</v>
       </c>
       <c r="C138" s="5">
-        <v>-3.0946559599999972</v>
+        <v>-3.0945520499999901</v>
       </c>
       <c r="D138" s="5">
-        <v>-29.472799957555761</v>
+        <v>-29.471984665930464</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>104.71878341999999</v>
+        <v>104.71891324000001</v>
       </c>
       <c r="C139" s="5">
-        <v>-9.5566790000006563E-2</v>
+        <v>-9.5438369999996553E-2</v>
       </c>
       <c r="D139" s="5">
-        <v>-1.088656278628275</v>
+        <v>-1.0872006765544007</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>104.97286112</v>
+        <v>104.97279668</v>
       </c>
       <c r="C140" s="5">
-        <v>0.25407770000001051</v>
+        <v>0.25388343999999563</v>
       </c>
       <c r="D140" s="5">
-        <v>2.9507122400242336</v>
+        <v>2.9484223448768221</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>104.55541952</v>
+        <v>104.55542938000001</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.41744160000000363</v>
+        <v>-0.41736729999999511</v>
       </c>
       <c r="D141" s="5">
-        <v>-4.6689943827391334</v>
+        <v>-4.6681842443732631</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>103.90760936</v>
+        <v>103.90761551999999</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.64781016000000591</v>
+        <v>-0.64781386000001362</v>
       </c>
       <c r="D142" s="5">
-        <v>-7.1868209605278732</v>
+        <v>-7.1868599650173559</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>102.96881919</v>
+        <v>102.96884356</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.9387901699999901</v>
+        <v>-0.93877195999999685</v>
       </c>
       <c r="D143" s="5">
-        <v>-10.318977007530982</v>
+        <v>-10.318786104990185</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>101.82365403</v>
+        <v>101.82373199</v>
       </c>
       <c r="C144" s="5">
-        <v>-1.1451651600000048</v>
+        <v>-1.1451115699999974</v>
       </c>
       <c r="D144" s="5">
-        <v>-12.558953435622399</v>
+        <v>-12.558398396324833</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>101.21090857</v>
+        <v>101.21089375</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.6127454599999993</v>
+        <v>-0.61283824000000209</v>
       </c>
       <c r="D145" s="5">
-        <v>-6.986979843762942</v>
+        <v>-6.9879978441676593</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>100.33230703</v>
+        <v>100.33228561</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.87860154000000534</v>
+        <v>-0.87860813999999721</v>
       </c>
       <c r="D146" s="5">
-        <v>-9.9338291152462173</v>
+        <v>-9.9339015972258906</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>99.619456959999994</v>
+        <v>99.619434738999999</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.71285007000000178</v>
+        <v>-0.71285087100000055</v>
       </c>
       <c r="D147" s="5">
-        <v>-8.2004698811990906</v>
+        <v>-8.2004804215629719</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>98.104694846000001</v>
+        <v>98.104667794999997</v>
       </c>
       <c r="C148" s="5">
-        <v>-1.5147621139999927</v>
+        <v>-1.5147669440000016</v>
       </c>
       <c r="D148" s="5">
-        <v>-16.795377431753167</v>
+        <v>-16.795430027592783</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>96.686511945999996</v>
+        <v>96.686379164000002</v>
       </c>
       <c r="C149" s="5">
-        <v>-1.418182900000005</v>
+        <v>-1.4182886309999958</v>
       </c>
       <c r="D149" s="5">
-        <v>-16.032113799580472</v>
+        <v>-16.033219739866411</v>
       </c>
       <c r="E149" s="5">
-        <v>-10.399960691251353</v>
+        <v>-10.399998624172834</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>96.246368353999998</v>
+        <v>96.246351852000004</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.44014359199999831</v>
+        <v>-0.44002731199999801</v>
       </c>
       <c r="D150" s="5">
-        <v>-5.3280111656090696</v>
+        <v>-5.3266457546081831</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>94.908013272000005</v>
+        <v>94.908225118000004</v>
       </c>
       <c r="C151" s="5">
-        <v>-1.3383550819999925</v>
+        <v>-1.3381267339999994</v>
       </c>
       <c r="D151" s="5">
-        <v>-15.467761090989052</v>
+        <v>-15.465322903391044</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>94.321259355999999</v>
+        <v>94.321187938999998</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.58675391600000637</v>
+        <v>-0.5870371790000064</v>
       </c>
       <c r="D152" s="5">
-        <v>-7.1716778245045738</v>
+        <v>-7.1750076480606495</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>92.539585123999998</v>
+        <v>92.539583921000002</v>
       </c>
       <c r="C153" s="5">
-        <v>-1.7816742320000003</v>
+        <v>-1.7816040179999959</v>
       </c>
       <c r="D153" s="5">
-        <v>-20.454523302888315</v>
+        <v>-20.453812957310504</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>91.738753975999998</v>
+        <v>91.738751468999993</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.80083114800000033</v>
+        <v>-0.80083245200000874</v>
       </c>
       <c r="D154" s="5">
-        <v>-9.9044236503907364</v>
+        <v>-9.9044391408012906</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>90.510786367999998</v>
+        <v>90.510813575</v>
       </c>
       <c r="C155" s="5">
-        <v>-1.2279676080000002</v>
+        <v>-1.227937893999993</v>
       </c>
       <c r="D155" s="5">
-        <v>-14.931257712762413</v>
+        <v>-14.930922961604509</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>88.716275944000003</v>
+        <v>88.716337674000002</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.7945104239999949</v>
+        <v>-1.7944759009999984</v>
       </c>
       <c r="D156" s="5">
-        <v>-21.361435041236653</v>
+        <v>-21.361062086426962</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>87.940111129000002</v>
+        <v>87.940094565999999</v>
       </c>
       <c r="C157" s="5">
-        <v>-0.77616481500000134</v>
+        <v>-0.77624310800000274</v>
       </c>
       <c r="D157" s="5">
-        <v>-10.007879727494174</v>
+        <v>-10.00883452899175</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>87.334048086999999</v>
+        <v>87.334026578000007</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.60606304200000238</v>
+        <v>-0.6060679879999924</v>
       </c>
       <c r="D158" s="5">
-        <v>-7.9637383453275756</v>
+        <v>-7.9638023364635764</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>86.529107124999996</v>
+        <v>86.529089549000005</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.80494096200000342</v>
+        <v>-0.8049370290000013</v>
       </c>
       <c r="D159" s="5">
-        <v>-10.516373400323731</v>
+        <v>-10.516327052962527</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>86.254340577999997</v>
+        <v>86.254317614000001</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.2747665469999987</v>
+        <v>-0.27477193500000396</v>
       </c>
       <c r="D160" s="5">
-        <v>-3.744657554290165</v>
+        <v>-3.7447304543905768</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>85.764313049999998</v>
+        <v>85.764191776999994</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.49002752799999882</v>
+        <v>-0.49012583700000789</v>
       </c>
       <c r="D161" s="5">
-        <v>-6.6083928894768995</v>
+        <v>-6.6096792096810191</v>
       </c>
       <c r="E161" s="5">
-        <v>-11.2965073164498</v>
+        <v>-11.296510926811864</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>84.348691928999997</v>
+        <v>84.348643158000002</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.4156211210000009</v>
+        <v>-1.415548618999992</v>
       </c>
       <c r="D162" s="5">
-        <v>-18.104344527280592</v>
+        <v>-18.103523122596087</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>83.895198676000007</v>
+        <v>83.895460482000004</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.45349325299999066</v>
+        <v>-0.45318267599999729</v>
       </c>
       <c r="D163" s="5">
-        <v>-6.2642931927675889</v>
+        <v>-6.2601325468768625</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>83.048587092000005</v>
+        <v>83.048509246999998</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.84661158400000147</v>
+        <v>-0.84695123500000591</v>
       </c>
       <c r="D164" s="5">
-        <v>-11.459555907648223</v>
+        <v>-11.463867336192457</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>82.651254657999999</v>
+        <v>82.651243567999998</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.39733243400000617</v>
+        <v>-0.3972656790000002</v>
       </c>
       <c r="D165" s="5">
-        <v>-5.5925148163682215</v>
+        <v>-5.5916049144757896</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>81.973652966000003</v>
+        <v>81.973641190999999</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.67760169199999609</v>
+        <v>-0.67760237699999948</v>
       </c>
       <c r="D166" s="5">
-        <v>-9.406287175401518</v>
+        <v>-9.406297465550594</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>81.315247756999995</v>
+        <v>81.315262707000002</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.65840520900000854</v>
+        <v>-0.65837848399999643</v>
       </c>
       <c r="D167" s="5">
-        <v>-9.2237142858949124</v>
+        <v>-9.2233575386769022</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>81.364443823000002</v>
+        <v>81.364490794999995</v>
       </c>
       <c r="C168" s="5">
-        <v>4.9196066000007477E-2</v>
+        <v>4.9228087999992454E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>0.72842571087861074</v>
+        <v>0.72890129271427906</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>81.132475987000007</v>
+        <v>81.132459386999997</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.23196783599999549</v>
+        <v>-0.23203140799999744</v>
       </c>
       <c r="D169" s="5">
-        <v>-3.368029086705604</v>
+        <v>-3.3689357693312383</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>80.513139805999998</v>
+        <v>80.513123781000004</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.61933618100000842</v>
+        <v>-0.61933560599999282</v>
       </c>
       <c r="D170" s="5">
-        <v>-8.785390907474099</v>
+        <v>-8.78538481308928</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>80.51220533</v>
+        <v>80.512198471999994</v>
       </c>
       <c r="C171" s="5">
-        <v>-9.3447599999763042E-4</v>
+        <v>-9.2530900001008831E-4</v>
       </c>
       <c r="D171" s="5">
-        <v>-1.3926914561723791E-2</v>
+        <v>-1.3790306033401034E-2</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>79.902896354999996</v>
+        <v>79.902893951999999</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.60930897500000469</v>
+        <v>-0.60930451999999491</v>
       </c>
       <c r="D172" s="5">
-        <v>-8.7128616650193216</v>
+        <v>-8.7128012997747426</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>79.692346399000002</v>
+        <v>79.692271105000003</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.21054995599999415</v>
+        <v>-0.21062284699999623</v>
       </c>
       <c r="D173" s="5">
-        <v>-3.1166598030578641</v>
+        <v>-3.1177232680488998</v>
       </c>
       <c r="E173" s="5">
-        <v>-7.0798289347459464</v>
+        <v>-7.0797853348725237</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>79.730574411999996</v>
+        <v>79.730488727999997</v>
       </c>
       <c r="C174" s="5">
-        <v>3.8228012999994121E-2</v>
+        <v>3.8217622999994205E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>0.57715503158040082</v>
+        <v>0.5769982991006728</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>78.224118767999997</v>
+        <v>78.224350599000005</v>
       </c>
       <c r="C175" s="5">
-        <v>-1.506455643999999</v>
+        <v>-1.5061381289999929</v>
       </c>
       <c r="D175" s="5">
-        <v>-20.459294917348103</v>
+        <v>-20.455440272917425</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>79.084266757999998</v>
+        <v>79.084204818000003</v>
       </c>
       <c r="C176" s="5">
-        <v>0.86014799000000153</v>
+        <v>0.85985421899999892</v>
       </c>
       <c r="D176" s="5">
-        <v>14.023129473840413</v>
+        <v>14.018002806566754</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>78.440151245999999</v>
+        <v>78.440131428000001</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.64411551199999906</v>
+        <v>-0.64407339000000263</v>
       </c>
       <c r="D177" s="5">
-        <v>-9.3474634733906274</v>
+        <v>-9.3468863076061499</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>78.503874671000005</v>
+        <v>78.503854516999994</v>
       </c>
       <c r="C178" s="5">
-        <v>6.3723425000006273E-2</v>
+        <v>6.3723088999992683E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>0.97922687857352475</v>
+        <v>0.9792219407355196</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>77.981512236</v>
+        <v>77.981521658000005</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.52236243500000512</v>
+        <v>-0.52233285899998805</v>
       </c>
       <c r="D179" s="5">
-        <v>-7.6989323597046795</v>
+        <v>-7.6985141798534773</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>77.622020405000001</v>
+        <v>77.622043993000005</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.35949183099999971</v>
+        <v>-0.359477665</v>
       </c>
       <c r="D180" s="5">
-        <v>-5.3938263298115574</v>
+        <v>-5.3936185071140503</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>77.173017700000003</v>
+        <v>77.173008123000002</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.44900270499999806</v>
+        <v>-0.449035870000003</v>
       </c>
       <c r="D181" s="5">
-        <v>-6.7247371741320894</v>
+        <v>-6.7252162129140753</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>76.985011400000005</v>
+        <v>76.985005895</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.18800629999999785</v>
+        <v>-0.18800222800000199</v>
       </c>
       <c r="D182" s="5">
-        <v>-2.8845454517107738</v>
+        <v>-2.8844841636544327</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>76.893089880999995</v>
+        <v>76.893099043999996</v>
       </c>
       <c r="C183" s="5">
-        <v>-9.1921519000010221E-2</v>
+        <v>-9.1906851000004508E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>-1.4234499248437782</v>
+        <v>-1.4232243740941453</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>76.618112198000006</v>
+        <v>76.618129183999997</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.27497768299998882</v>
+        <v>-0.27496985999999879</v>
       </c>
       <c r="D184" s="5">
-        <v>-4.2079185980291589</v>
+        <v>-4.2078007375392694</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>76.716799937000005</v>
+        <v>76.716777257000004</v>
       </c>
       <c r="C185" s="5">
-        <v>9.8687738999998942E-2</v>
+        <v>9.8648073000006775E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>1.5566535289249561</v>
+        <v>1.5560230715867984</v>
       </c>
       <c r="E185" s="5">
-        <v>-3.7337920094636989</v>
+        <v>-3.7337295157262917</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>76.853696119999995</v>
+        <v>76.853576180999994</v>
       </c>
       <c r="C186" s="5">
-        <v>0.1368961829999904</v>
+        <v>0.13679892399999005</v>
       </c>
       <c r="D186" s="5">
-        <v>2.1624639219162134</v>
+        <v>2.1609131283229166</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>76.396031104000002</v>
+        <v>76.396228320000006</v>
       </c>
       <c r="C187" s="5">
-        <v>-0.45766501599999287</v>
+        <v>-0.45734786099998814</v>
       </c>
       <c r="D187" s="5">
-        <v>-6.9165532133751988</v>
+        <v>-6.9119263582841928</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>76.455311146</v>
+        <v>76.455251743999995</v>
       </c>
       <c r="C188" s="5">
-        <v>5.9280041999997479E-2</v>
+        <v>5.9023423999988722E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>0.93513272695677774</v>
+        <v>0.93106499032529211</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>76.753653705000005</v>
+        <v>76.753623461000004</v>
       </c>
       <c r="C189" s="5">
-        <v>0.29834255900000528</v>
+        <v>0.29837171700000908</v>
       </c>
       <c r="D189" s="5">
-        <v>4.7844358479310234</v>
+        <v>4.7849173263347478</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>76.420475030999995</v>
+        <v>76.420451854999996</v>
       </c>
       <c r="C190" s="5">
-        <v>-0.33317867400000978</v>
+        <v>-0.33317160600000761</v>
       </c>
       <c r="D190" s="5">
-        <v>-5.086476763606429</v>
+        <v>-5.086373379493681</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>76.604622595999999</v>
+        <v>76.604623439999997</v>
       </c>
       <c r="C191" s="5">
-        <v>0.18414756500000351</v>
+        <v>0.18417158500000141</v>
       </c>
       <c r="D191" s="5">
-        <v>2.9302274105248216</v>
+        <v>2.9306156070524114</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>76.993619746999997</v>
+        <v>76.993626777000003</v>
       </c>
       <c r="C192" s="5">
-        <v>0.3889971509999981</v>
+        <v>0.38900333700000544</v>
       </c>
       <c r="D192" s="5">
-        <v>6.2666834631984969</v>
+        <v>6.2667858473518967</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>76.783910617000004</v>
+        <v>76.783911778999993</v>
       </c>
       <c r="C193" s="5">
-        <v>-0.20970912999999314</v>
+        <v>-0.2097149980000097</v>
       </c>
       <c r="D193" s="5">
-        <v>-3.2199437613640192</v>
+        <v>-3.2200322255160452</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>77.650523265000004</v>
+        <v>77.650532538999997</v>
       </c>
       <c r="C194" s="5">
-        <v>0.86661264800000026</v>
+        <v>0.86662076000000354</v>
       </c>
       <c r="D194" s="5">
-        <v>14.416831158777676</v>
+        <v>14.416974361825696</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>76.691784569999996</v>
+        <v>76.6918091</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.95873869500000808</v>
+        <v>-0.95872343899999635</v>
       </c>
       <c r="D195" s="5">
-        <v>-13.85035665400649</v>
+        <v>-13.850149461311801</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>76.799840439999997</v>
+        <v>76.799877359999996</v>
       </c>
       <c r="C196" s="5">
-        <v>0.10805587000000116</v>
+        <v>0.10806825999999603</v>
       </c>
       <c r="D196" s="5">
-        <v>1.7039192288862637</v>
+        <v>1.704115572605347</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>76.581728149</v>
+        <v>76.581761095999994</v>
       </c>
       <c r="C197" s="5">
-        <v>-0.21811229099999707</v>
+        <v>-0.2181162640000025</v>
       </c>
       <c r="D197" s="5">
-        <v>-3.3552790423524659</v>
+        <v>-3.3553376206633012</v>
       </c>
       <c r="E197" s="5">
-        <v>-0.17606546168625892</v>
+        <v>-0.17599300417392438</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>76.115665100000001</v>
+        <v>76.115520852000003</v>
       </c>
       <c r="C198" s="5">
-        <v>-0.46606304899999884</v>
+        <v>-0.46624024399999087</v>
       </c>
       <c r="D198" s="5">
-        <v>-7.0634364310791948</v>
+        <v>-7.0660297015540667</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>76.642774449000001</v>
+        <v>76.642888106000001</v>
       </c>
       <c r="C199" s="5">
-        <v>0.52710934899999984</v>
+        <v>0.52736725399999784</v>
       </c>
       <c r="D199" s="5">
-        <v>8.6340706067098658</v>
+        <v>8.638474366500958</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>76.362872784999993</v>
+        <v>76.362831116999999</v>
       </c>
       <c r="C200" s="5">
-        <v>-0.2799016640000076</v>
+        <v>-0.28005698900000198</v>
       </c>
       <c r="D200" s="5">
-        <v>-4.295471780618576</v>
+        <v>-4.2978015086125865</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>75.862116557999997</v>
+        <v>75.862085809000007</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.50075622699999656</v>
+        <v>-0.50074530799999195</v>
       </c>
       <c r="D201" s="5">
-        <v>-7.5914053854465706</v>
+        <v>-7.5912497724607286</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>75.017220156999997</v>
+        <v>75.017198837999999</v>
       </c>
       <c r="C202" s="5">
-        <v>-0.84489640099999974</v>
+        <v>-0.8448869710000082</v>
       </c>
       <c r="D202" s="5">
-        <v>-12.575705188383225</v>
+        <v>-12.575578101938422</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>74.809610469000006</v>
+        <v>74.809608670000003</v>
       </c>
       <c r="C203" s="5">
-        <v>-0.20760968799999091</v>
+        <v>-0.20759016799999586</v>
       </c>
       <c r="D203" s="5">
-        <v>-3.2709063857992993</v>
+        <v>-3.2706044275742641</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>74.283971938999997</v>
+        <v>74.283969451000004</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.52563853000000904</v>
+        <v>-0.52563921899999855</v>
       </c>
       <c r="D204" s="5">
-        <v>-8.1132932592369311</v>
+        <v>-8.1133036740957287</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>73.603367693999999</v>
+        <v>73.603379433000001</v>
       </c>
       <c r="C205" s="5">
-        <v>-0.68060424499999783</v>
+        <v>-0.68059001800000374</v>
       </c>
       <c r="D205" s="5">
-        <v>-10.457168786255643</v>
+        <v>-10.456961423014333</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>73.692319909999995</v>
+        <v>73.692339294000007</v>
       </c>
       <c r="C206" s="5">
-        <v>8.8952215999995587E-2</v>
+        <v>8.8959861000006413E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>1.4599201186794808</v>
+        <v>1.4600461923866215</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>72.047491381</v>
+        <v>72.047523378999998</v>
       </c>
       <c r="C207" s="5">
-        <v>-1.6448285289999944</v>
+        <v>-1.6448159150000095</v>
       </c>
       <c r="D207" s="5">
-        <v>-23.728968575953168</v>
+        <v>-23.728802838179664</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>71.329343308000006</v>
+        <v>71.329387144999998</v>
       </c>
       <c r="C208" s="5">
-        <v>-0.71814807299999472</v>
+        <v>-0.71813623399999926</v>
       </c>
       <c r="D208" s="5">
-        <v>-11.326807662990458</v>
+        <v>-11.32662629284158</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>71.032049936999996</v>
+        <v>71.032110652</v>
       </c>
       <c r="C209" s="5">
-        <v>-0.29729337100000919</v>
+        <v>-0.29727649299999825</v>
       </c>
       <c r="D209" s="5">
-        <v>-4.8884036367497501</v>
+        <v>-4.8881295060160141</v>
       </c>
       <c r="E209" s="5">
-        <v>-7.2467393282146357</v>
+        <v>-7.2466999512366463</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>73.581317550999998</v>
+        <v>73.581176630000002</v>
       </c>
       <c r="C210" s="5">
-        <v>2.5492676140000015</v>
+        <v>2.5490659780000016</v>
       </c>
       <c r="D210" s="5">
-        <v>52.671699897048143</v>
+        <v>52.666625302117055</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>73.846702769999993</v>
+        <v>73.846740161</v>
       </c>
       <c r="C211" s="5">
-        <v>0.26538521899999523</v>
+        <v>0.26556353099999797</v>
       </c>
       <c r="D211" s="5">
-        <v>4.4149264723462478</v>
+        <v>4.4179606154411299</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>73.809022075000001</v>
+        <v>73.808987943000005</v>
       </c>
       <c r="C212" s="5">
-        <v>-3.7680694999991715E-2</v>
+        <v>-3.7752217999994286E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>-0.61059128036753396</v>
+        <v>-0.61174669862438247</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>73.579488587</v>
+        <v>73.579464426000001</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.22953348800000128</v>
+        <v>-0.22952351700000406</v>
       </c>
       <c r="D213" s="5">
-        <v>-3.6686238052594855</v>
+        <v>-3.6684688224656203</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>74.007861417000001</v>
+        <v>74.007846529000005</v>
       </c>
       <c r="C214" s="5">
-        <v>0.4283728300000007</v>
+        <v>0.42838210300000412</v>
       </c>
       <c r="D214" s="5">
-        <v>7.2143895488528065</v>
+        <v>7.2145531986850697</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>73.864660814000004</v>
+        <v>73.864655163999998</v>
       </c>
       <c r="C215" s="5">
-        <v>-0.14320060299999682</v>
+        <v>-0.14319136500000695</v>
       </c>
       <c r="D215" s="5">
-        <v>-2.2973736601161199</v>
+        <v>-2.2972274852451235</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>73.885373434000002</v>
+        <v>73.885377492999993</v>
       </c>
       <c r="C216" s="5">
-        <v>2.0712619999997628E-2</v>
+        <v>2.0722328999994488E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>0.33701519746429653</v>
+        <v>0.33717344234251989</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>74.546884957000003</v>
+        <v>74.546901777000002</v>
       </c>
       <c r="C217" s="5">
-        <v>0.66151152300000149</v>
+        <v>0.66152428400000929</v>
       </c>
       <c r="D217" s="5">
-        <v>11.289024263593239</v>
+        <v>11.289252219376134</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>74.657386881999997</v>
+        <v>74.657410666000004</v>
       </c>
       <c r="C218" s="5">
-        <v>0.11050192499999412</v>
+        <v>0.11050888900000189</v>
       </c>
       <c r="D218" s="5">
-        <v>1.7933511282326453</v>
+        <v>1.7934646630610951</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>74.927432194000005</v>
+        <v>74.927466516999999</v>
       </c>
       <c r="C219" s="5">
-        <v>0.2700453120000077</v>
+        <v>0.27005585099999507</v>
       </c>
       <c r="D219" s="5">
-        <v>4.42795492489787</v>
+        <v>4.4281297472976933</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>75.050985023999999</v>
+        <v>75.051037041000001</v>
       </c>
       <c r="C220" s="5">
-        <v>0.12355282999999417</v>
+        <v>0.12357052400000157</v>
       </c>
       <c r="D220" s="5">
-        <v>1.9968048769728908</v>
+        <v>1.9970925150694319</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>74.630173333000002</v>
+        <v>74.630250505999996</v>
       </c>
       <c r="C221" s="5">
-        <v>-0.42081169099999727</v>
+        <v>-0.42078653500000485</v>
       </c>
       <c r="D221" s="5">
-        <v>-6.5247481006997958</v>
+        <v>-6.5243656179923786</v>
       </c>
       <c r="E221" s="5">
-        <v>5.0654928292105605</v>
+        <v>5.0655116692617685</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>74.441628811000001</v>
+        <v>74.441491103999994</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.18854452200000082</v>
+        <v>-0.1887594020000023</v>
       </c>
       <c r="D222" s="5">
-        <v>-2.9898889959832586</v>
+        <v>-2.9932461928380061</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>74.256655688999999</v>
+        <v>74.256631659000007</v>
       </c>
       <c r="C223" s="5">
-        <v>-0.18497312200000238</v>
+        <v>-0.18485944499998652</v>
       </c>
       <c r="D223" s="5">
-        <v>-2.9413545400018948</v>
+        <v>-2.939576883227768</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>74.158757894000004</v>
+        <v>74.158738252999996</v>
       </c>
       <c r="C224" s="5">
-        <v>-9.7897794999994403E-2</v>
+        <v>-9.7893406000011396E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.5706235683935366</v>
+        <v>-1.5705541677938473</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>74.010557633999994</v>
+        <v>74.010542638000004</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.14820026000001008</v>
+        <v>-0.14819561499999168</v>
       </c>
       <c r="D225" s="5">
-        <v>-2.3719191470423562</v>
+        <v>-2.3718462411115526</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>73.792288045000006</v>
+        <v>73.792279961000006</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.21826958899998772</v>
+        <v>-0.21826267699999846</v>
       </c>
       <c r="D226" s="5">
-        <v>-3.4821584069497646</v>
+        <v>-3.4820506130477824</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>73.324250031000005</v>
+        <v>73.324250915999997</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.46803801400000111</v>
+        <v>-0.46802904500000864</v>
       </c>
       <c r="D227" s="5">
-        <v>-7.3511917017401007</v>
+        <v>-7.3510564857912186</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>72.973830504000006</v>
+        <v>72.973840741999993</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.35041952699999968</v>
+        <v>-0.35041017400000385</v>
       </c>
       <c r="D228" s="5">
-        <v>-5.5864848407110141</v>
+        <v>-5.5863395640499025</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>72.726797810999997</v>
+        <v>72.726814715000003</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.24703269300000841</v>
+        <v>-0.24702602699998977</v>
       </c>
       <c r="D229" s="5">
-        <v>-3.9874804044238377</v>
+        <v>-3.9873742514282329</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>72.130931652000001</v>
+        <v>72.130952633000007</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.59586615899999629</v>
+        <v>-0.59586208199999646</v>
       </c>
       <c r="D230" s="5">
-        <v>-9.4006859651817436</v>
+        <v>-9.4006224271806271</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>71.682880609999998</v>
+        <v>71.682908179999998</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.44805104200000301</v>
+        <v>-0.4480444530000085</v>
       </c>
       <c r="D231" s="5">
-        <v>-7.2045050691732282</v>
+        <v>-7.2044006888784544</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>71.382002228999994</v>
+        <v>71.382042667999997</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.30087838100000397</v>
+        <v>-0.30086551200000144</v>
       </c>
       <c r="D232" s="5">
-        <v>-4.9221583301330085</v>
+        <v>-4.9219507887405918</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>71.446070731999995</v>
+        <v>71.446124808999997</v>
       </c>
       <c r="C233" s="5">
-        <v>6.4068503000001442E-2</v>
+        <v>6.4082141000000092E-2</v>
       </c>
       <c r="D233" s="5">
-        <v>1.082385859675461</v>
+        <v>1.0826167851876622</v>
       </c>
       <c r="E233" s="5">
-        <v>-4.266508382330203</v>
+        <v>-4.2665349176926659</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>71.058675672000007</v>
+        <v>71.058564415000006</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.38739505999998869</v>
+        <v>-0.38756039399999054</v>
       </c>
       <c r="D234" s="5">
-        <v>-6.3160657957059048</v>
+        <v>-6.3186768425146482</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>70.148938078</v>
+        <v>70.148916971999995</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.90973759400000631</v>
+        <v>-0.90964744300001144</v>
       </c>
       <c r="D235" s="5">
-        <v>-14.326225402148406</v>
+        <v>-14.324925035934999</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>69.493516462000002</v>
+        <v>69.493499389999997</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.65542161599999815</v>
+        <v>-0.65541758199999833</v>
       </c>
       <c r="D236" s="5">
-        <v>-10.653355876639282</v>
+        <v>-10.653296681684331</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>69.128205098999999</v>
+        <v>69.1281946</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.36531136300000355</v>
+        <v>-0.36530478999999616</v>
       </c>
       <c r="D237" s="5">
-        <v>-6.1288992204965869</v>
+        <v>-6.1287935748981281</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>68.878522805000003</v>
+        <v>68.878522915000005</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.24968229399999586</v>
+        <v>-0.24967168499999559</v>
       </c>
       <c r="D238" s="5">
-        <v>-4.2491746510467943</v>
+        <v>-4.2489983074493036</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>68.491030133999999</v>
+        <v>68.491032564999998</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.38749267100000395</v>
+        <v>-0.38749035000000731</v>
       </c>
       <c r="D239" s="5">
-        <v>-6.5458730262866087</v>
+        <v>-6.5458350128590919</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>68.164501264999998</v>
+        <v>68.164512758000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.32652886900000055</v>
+        <v>-0.32651980699999683</v>
       </c>
       <c r="D240" s="5">
-        <v>-5.5733115933196959</v>
+        <v>-5.5731607600366768</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>67.545979791999997</v>
+        <v>67.545993824999996</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.61852147300000127</v>
+        <v>-0.61851893300000427</v>
       </c>
       <c r="D241" s="5">
-        <v>-10.361427619286834</v>
+        <v>-10.361385509283959</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>67.300965352000006</v>
+        <v>67.300980257000006</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.2450144399999914</v>
+        <v>-0.2450135679999903</v>
       </c>
       <c r="D242" s="5">
-        <v>-4.2670469950187524</v>
+        <v>-4.2670312415073912</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>67.361624016999997</v>
+        <v>67.361641085000002</v>
       </c>
       <c r="C243" s="5">
-        <v>6.0658664999991174E-2</v>
+        <v>6.0660827999996059E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>1.0869430865901863</v>
+        <v>1.0869817958206962</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>67.267544334999997</v>
+        <v>67.267571982999996</v>
       </c>
       <c r="C244" s="5">
-        <v>-9.4079682000000275E-2</v>
+        <v>-9.4069102000005955E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>-1.6631492639280099</v>
+        <v>-1.6629632457827559</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>67.281991560999998</v>
+        <v>67.282019740999999</v>
       </c>
       <c r="C245" s="5">
-        <v>1.4447226000001478E-2</v>
+        <v>1.4447758000002864E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>0.25803178890073664</v>
+        <v>0.25804119562318206</v>
       </c>
       <c r="E245" s="5">
-        <v>-5.8282829669105141</v>
+        <v>-5.8283148024222182</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>66.210757008000002</v>
+        <v>66.210672326999997</v>
       </c>
       <c r="C246" s="5">
-        <v>-1.0712345529999965</v>
+        <v>-1.0713474140000017</v>
       </c>
       <c r="D246" s="5">
-        <v>-17.518494044512288</v>
+        <v>-17.520174468947623</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>66.000103495999994</v>
+        <v>66.000098946999998</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.21065351200000748</v>
+        <v>-0.21057337999999959</v>
       </c>
       <c r="D247" s="5">
-        <v>-3.7517683992799311</v>
+        <v>-3.750370820870641</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>65.999455549000004</v>
+        <v>65.999449545000004</v>
       </c>
       <c r="C248" s="5">
-        <v>-6.4794699999026761E-4</v>
+        <v>-6.494019999934153E-4</v>
       </c>
       <c r="D248" s="5">
-        <v>-1.1780199980171435E-2</v>
+        <v>-1.1806652437973408E-2</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>66.348676252000004</v>
+        <v>66.348672110999999</v>
       </c>
       <c r="C249" s="5">
-        <v>0.3492207030000003</v>
+        <v>0.34922256599999457</v>
       </c>
       <c r="D249" s="5">
-        <v>6.5376014691147732</v>
+        <v>6.5376379788112837</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>66.069437596</v>
+        <v>66.069440512</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.27923865600000397</v>
+        <v>-0.27923159899999916</v>
       </c>
       <c r="D250" s="5">
-        <v>-4.9351057260810238</v>
+        <v>-4.9349841782145631</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>66.385529356000006</v>
+        <v>66.385527805999999</v>
       </c>
       <c r="C251" s="5">
-        <v>0.31609176000000616</v>
+        <v>0.31608729399999902</v>
       </c>
       <c r="D251" s="5">
-        <v>5.8945848789680344</v>
+        <v>5.8944991249171297</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>66.119036276000003</v>
+        <v>66.119044822000006</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.2664930800000036</v>
+        <v>-0.26648298399999248</v>
       </c>
       <c r="D252" s="5">
-        <v>-4.7122425195343709</v>
+        <v>-4.7120680282197069</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>66.263279335999997</v>
+        <v>66.263288724999995</v>
       </c>
       <c r="C253" s="5">
-        <v>0.14424305999999376</v>
+        <v>0.1442439029999889</v>
       </c>
       <c r="D253" s="5">
-        <v>2.6495200052027323</v>
+        <v>2.6495353294869073</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>66.305952520000005</v>
+        <v>66.305961335999996</v>
       </c>
       <c r="C254" s="5">
-        <v>4.2673184000008746E-2</v>
+        <v>4.2672611000000416E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>0.77553643237877612</v>
+        <v>0.77552587156999309</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>65.945817110999997</v>
+        <v>65.945824431999995</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.36013540900000862</v>
+        <v>-0.36013690400000087</v>
       </c>
       <c r="D255" s="5">
-        <v>-6.3264830377602221</v>
+        <v>-6.3265077046409708</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>65.848038379000002</v>
+        <v>65.848051678000004</v>
       </c>
       <c r="C256" s="5">
-        <v>-9.7778731999994761E-2</v>
+        <v>-9.7772753999990414E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>-1.7648175929202647</v>
+        <v>-1.7647103794325547</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>65.551306241000006</v>
+        <v>65.551304466999994</v>
       </c>
       <c r="C257" s="5">
-        <v>-0.29673213799999587</v>
+        <v>-0.29674721100001022</v>
       </c>
       <c r="D257" s="5">
-        <v>-5.275547901567057</v>
+        <v>-5.2758082355645497</v>
       </c>
       <c r="E257" s="5">
-        <v>-2.5722861048649182</v>
+        <v>-2.5723295475705621</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>66.281096868999995</v>
+        <v>66.281050108000002</v>
       </c>
       <c r="C258" s="5">
-        <v>0.72979062799998928</v>
+        <v>0.72974564100000805</v>
       </c>
       <c r="D258" s="5">
-        <v>14.208923609325508</v>
+        <v>14.207993816231745</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>66.233893155000004</v>
+        <v>66.233906851</v>
       </c>
       <c r="C259" s="5">
-        <v>-4.7203713999991237E-2</v>
+        <v>-4.7143257000001881E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>-0.85126998861576597</v>
+        <v>-0.85018456840214585</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>66.290140303000001</v>
+        <v>66.290151745000003</v>
       </c>
       <c r="C260" s="5">
-        <v>5.6247147999997082E-2</v>
+        <v>5.6244894000002432E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>1.0238372747342295</v>
+        <v>1.0237958418506166</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>65.963991023000005</v>
+        <v>65.963995780999994</v>
       </c>
       <c r="C261" s="5">
-        <v>-0.32614927999999566</v>
+        <v>-0.32615596400000868</v>
       </c>
       <c r="D261" s="5">
-        <v>-5.7468597701164859</v>
+        <v>-5.7469734105834664</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>65.982849978000004</v>
+        <v>65.982852308000005</v>
       </c>
       <c r="C262" s="5">
-        <v>1.88589549999989E-2</v>
+        <v>1.885652700001117E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>0.34361725263141185</v>
+        <v>0.34357291916005117</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>65.972574692999999</v>
+        <v>65.972559989000004</v>
       </c>
       <c r="C263" s="5">
-        <v>-1.0275285000005852E-2</v>
+        <v>-1.0292319000001271E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>-0.186711950026619</v>
+        <v>-0.18702120232403363</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>66.261239097000001</v>
+        <v>66.261236819000004</v>
       </c>
       <c r="C264" s="5">
-        <v>0.28866440400000215</v>
+        <v>0.28867683</v>
       </c>
       <c r="D264" s="5">
-        <v>5.378844972896224</v>
+        <v>5.3790833419395501</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>66.042703646000007</v>
+        <v>66.042704923000002</v>
       </c>
       <c r="C265" s="5">
-        <v>-0.21853545099999394</v>
+        <v>-0.21853189600000178</v>
       </c>
       <c r="D265" s="5">
-        <v>-3.8866992110035414</v>
+        <v>-3.8866372582172959</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>66.090870847000005</v>
+        <v>66.090872696000005</v>
       </c>
       <c r="C266" s="5">
-        <v>4.8167200999998272E-2</v>
+        <v>4.8167773000002967E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>0.87872029009423702</v>
+        <v>0.87873074999740286</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>66.076030513999996</v>
+        <v>66.076029977999994</v>
       </c>
       <c r="C267" s="5">
-        <v>-1.4840333000009309E-2</v>
+        <v>-1.4842718000011246E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>-0.26912072057689862</v>
+        <v>-0.26916391022107078</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>65.960791481000001</v>
+        <v>65.960791592000007</v>
       </c>
       <c r="C268" s="5">
-        <v>-0.11523903299999461</v>
+        <v>-0.11523838599998726</v>
       </c>
       <c r="D268" s="5">
-        <v>-2.0728854981509448</v>
+        <v>-2.0728739881669012</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>65.933882330000003</v>
+        <v>65.933860496999998</v>
       </c>
       <c r="C269" s="5">
-        <v>-2.6909150999998133E-2</v>
+        <v>-2.6931095000009009E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>-0.48845117878784095</v>
+        <v>-0.48884860836626576</v>
       </c>
       <c r="E269" s="5">
-        <v>0.58362847506570059</v>
+        <v>0.58359789040138832</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>65.651898622000004</v>
+        <v>65.651874903999996</v>
       </c>
       <c r="C270" s="5">
-        <v>-0.2819837079999985</v>
+        <v>-0.2819855930000017</v>
       </c>
       <c r="D270" s="5">
-        <v>-5.0131035474279217</v>
+        <v>-5.0131378958077066</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>65.732236417999999</v>
+        <v>65.732283292999995</v>
       </c>
       <c r="C271" s="5">
-        <v>8.033779599999491E-2</v>
+        <v>8.0408388999998692E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>1.4783555300929452</v>
+        <v>1.4796638656330297</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>65.745366798999996</v>
+        <v>65.745398023000007</v>
       </c>
       <c r="C272" s="5">
-        <v>1.3130380999996305E-2</v>
+        <v>1.3114730000012287E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>0.23997022636994547</v>
+        <v>0.23968370436404651</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>65.795800141000001</v>
+        <v>65.795833164000001</v>
       </c>
       <c r="C273" s="5">
-        <v>5.0433342000005155E-2</v>
+        <v>5.0435140999994132E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>0.92441497698991792</v>
+        <v>0.9244476500100296</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>65.694220276999999</v>
+        <v>65.694253601</v>
       </c>
       <c r="C274" s="5">
-        <v>-0.10157986400000141</v>
+        <v>-0.10157956300000137</v>
       </c>
       <c r="D274" s="5">
-        <v>-1.8369880055949861</v>
+        <v>-1.8369816942265138</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>65.699261242000006</v>
+        <v>65.699156392000006</v>
       </c>
       <c r="C275" s="5">
-        <v>5.0409650000062811E-3</v>
+        <v>4.9027910000063457E-3</v>
       </c>
       <c r="D275" s="5">
-        <v>9.211939175690631E-2</v>
+        <v>8.9593296238033027E-2</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>65.088235908000001</v>
+        <v>65.088248620000002</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.61102533400000425</v>
+        <v>-0.61090777200000446</v>
       </c>
       <c r="D276" s="5">
-        <v>-10.606862970479881</v>
+        <v>-10.604941483266295</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>65.079440578000003</v>
+        <v>65.079443765999997</v>
       </c>
       <c r="C277" s="5">
-        <v>-8.7953299999981027E-3</v>
+        <v>-8.804854000004525E-3</v>
       </c>
       <c r="D277" s="5">
-        <v>-0.16203474004560237</v>
+        <v>-0.16221003675835899</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>65.264474688000007</v>
+        <v>65.264464696000005</v>
       </c>
       <c r="C278" s="5">
-        <v>0.18503411000000369</v>
+        <v>0.18502093000000741</v>
       </c>
       <c r="D278" s="5">
-        <v>3.4657065349993577</v>
+        <v>3.4654556271182413</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>65.520466673000001</v>
+        <v>65.520438263000003</v>
       </c>
       <c r="C279" s="5">
-        <v>0.25599198499999432</v>
+        <v>0.25597356699999807</v>
       </c>
       <c r="D279" s="5">
-        <v>4.809735196197007</v>
+        <v>4.809382401039719</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>65.685912998000006</v>
+        <v>65.685881457999997</v>
       </c>
       <c r="C280" s="5">
-        <v>0.16544632500000489</v>
+        <v>0.1654431949999946</v>
       </c>
       <c r="D280" s="5">
-        <v>3.0725698831333803</v>
+        <v>3.0725122958186635</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>65.530581134000002</v>
+        <v>65.530532661999999</v>
       </c>
       <c r="C281" s="5">
-        <v>-0.15533186400000432</v>
+        <v>-0.1553487959999984</v>
       </c>
       <c r="D281" s="5">
-        <v>-2.8011015013053586</v>
+        <v>-2.8014042032883713</v>
       </c>
       <c r="E281" s="5">
-        <v>-0.61167518390843334</v>
+        <v>-0.61171578906463742</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>66.164064549000003</v>
+        <v>66.164054335000003</v>
       </c>
       <c r="C282" s="5">
-        <v>0.6334834150000006</v>
+        <v>0.63352167300000417</v>
       </c>
       <c r="D282" s="5">
-        <v>12.237474980606923</v>
+        <v>12.238263310151298</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>66.339897284000003</v>
+        <v>66.339967406</v>
       </c>
       <c r="C283" s="5">
-        <v>0.17583273500000018</v>
+        <v>0.17591307099999653</v>
       </c>
       <c r="D283" s="5">
-        <v>3.236058969070621</v>
+        <v>3.2375596824268937</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>66.392188950999994</v>
+        <v>66.392293226000007</v>
       </c>
       <c r="C284" s="5">
-        <v>5.2291666999991548E-2</v>
+        <v>5.2325820000007184E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>0.94999781234288427</v>
+        <v>0.95061996472920463</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>66.605767485000001</v>
+        <v>66.605916484999995</v>
       </c>
       <c r="C285" s="5">
-        <v>0.21357853400000693</v>
+        <v>0.2136232589999878</v>
       </c>
       <c r="D285" s="5">
-        <v>3.9293455596150828</v>
+        <v>3.9301767285565781</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>67.008480473000006</v>
+        <v>67.008530325999999</v>
       </c>
       <c r="C286" s="5">
-        <v>0.40271298800000466</v>
+        <v>0.40261384100000441</v>
       </c>
       <c r="D286" s="5">
-        <v>7.5016655782811359</v>
+        <v>7.4997395172251569</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>66.911062048999995</v>
+        <v>66.910849935000002</v>
       </c>
       <c r="C287" s="5">
-        <v>-9.7418424000011328E-2</v>
+        <v>-9.7680390999997257E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>-1.7307043997709437</v>
+        <v>-1.7353198907756995</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>67.297018347999995</v>
+        <v>67.297041612000001</v>
       </c>
       <c r="C288" s="5">
-        <v>0.38595629900000006</v>
+        <v>0.38619167699999934</v>
       </c>
       <c r="D288" s="5">
-        <v>7.1457119178071515</v>
+        <v>7.1502324286482066</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>67.669943665000005</v>
+        <v>67.669945276999997</v>
       </c>
       <c r="C289" s="5">
-        <v>0.37292531700001064</v>
+        <v>0.3729036649999955</v>
       </c>
       <c r="D289" s="5">
-        <v>6.8562440564842397</v>
+        <v>6.8558313316716468</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>67.737803028000002</v>
+        <v>67.737708057999996</v>
       </c>
       <c r="C290" s="5">
-        <v>6.785936299999662E-2</v>
+        <v>6.7762780999998995E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>1.2100182340393228</v>
+        <v>1.2082865299225087</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>68.410030567999996</v>
+        <v>68.409958176999993</v>
       </c>
       <c r="C291" s="5">
-        <v>0.67222753999999441</v>
+        <v>0.67225011899999743</v>
       </c>
       <c r="D291" s="5">
-        <v>12.580748423251498</v>
+        <v>12.581212929593089</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>68.533796699000007</v>
+        <v>68.533711405000005</v>
       </c>
       <c r="C292" s="5">
-        <v>0.12376613100001066</v>
+        <v>0.12375322800001243</v>
       </c>
       <c r="D292" s="5">
-        <v>2.1927507684215142</v>
+        <v>2.1925222314115311</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>68.626644994000003</v>
+        <v>68.626550743999999</v>
       </c>
       <c r="C293" s="5">
-        <v>9.2848294999996028E-2</v>
+        <v>9.283933899999397E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>1.6379060873758178</v>
+        <v>1.6377489720460048</v>
       </c>
       <c r="E293" s="5">
-        <v>4.7246091922624966</v>
+        <v>4.724542829476075</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>68.999553942000006</v>
+        <v>68.999546046000006</v>
       </c>
       <c r="C294" s="5">
-        <v>0.37290894800000274</v>
+        <v>0.37299530200000675</v>
       </c>
       <c r="D294" s="5">
-        <v>6.7191077925078613</v>
+        <v>6.7207200384468369</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>68.83995487</v>
+        <v>68.840099522000003</v>
       </c>
       <c r="C295" s="5">
-        <v>-0.159599072000006</v>
+        <v>-0.15944652400000336</v>
       </c>
       <c r="D295" s="5">
-        <v>-2.7406136522443392</v>
+        <v>-2.7380276311951723</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>68.814548127999998</v>
+        <v>68.814776171999995</v>
       </c>
       <c r="C296" s="5">
-        <v>-2.5406742000001259E-2</v>
+        <v>-2.5323350000007849E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>-0.44198575175827814</v>
+        <v>-0.4405370415356713</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>68.801334548</v>
+        <v>68.801664699</v>
       </c>
       <c r="C297" s="5">
-        <v>-1.3213579999998615E-2</v>
+        <v>-1.3111472999995044E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>-0.23017750449474406</v>
+        <v>-0.228399931624923</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>68.922877115999995</v>
+        <v>68.922973366999997</v>
       </c>
       <c r="C298" s="5">
-        <v>0.1215425679999953</v>
+        <v>0.12130866799999751</v>
       </c>
       <c r="D298" s="5">
-        <v>2.1406063074523418</v>
+        <v>2.1364364820809723</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>69.122279738000003</v>
+        <v>69.121956562999998</v>
       </c>
       <c r="C299" s="5">
-        <v>0.19940262200000802</v>
+        <v>0.19898319600000036</v>
       </c>
       <c r="D299" s="5">
-        <v>3.5275315852771882</v>
+        <v>3.5199885257864549</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>69.100440880999997</v>
+        <v>69.100464207000002</v>
       </c>
       <c r="C300" s="5">
-        <v>-2.1838857000005873E-2</v>
+        <v>-2.1492355999995993E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>-0.37847619022266521</v>
+        <v>-0.37248319253597728</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>68.965473005000007</v>
+        <v>68.965442112999995</v>
       </c>
       <c r="C301" s="5">
-        <v>-0.13496787599999038</v>
+        <v>-0.13502209400000709</v>
       </c>
       <c r="D301" s="5">
-        <v>-2.3188394875976237</v>
+        <v>-2.3197602269533046</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>68.931300238999995</v>
+        <v>68.931086429000004</v>
       </c>
       <c r="C302" s="5">
-        <v>-3.4172766000011734E-2</v>
+        <v>-3.4355683999990561E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>-0.59298871418788091</v>
+        <v>-0.5961544045460121</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>68.491060540000007</v>
+        <v>68.490909998000006</v>
       </c>
       <c r="C303" s="5">
-        <v>-0.4402396989999886</v>
+        <v>-0.44017643099999759</v>
       </c>
       <c r="D303" s="5">
-        <v>-7.4004139419733272</v>
+        <v>-7.3994096317222979</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>68.700416215999994</v>
+        <v>68.700210365000004</v>
       </c>
       <c r="C304" s="5">
-        <v>0.20935567599998706</v>
+        <v>0.20930036699999732</v>
       </c>
       <c r="D304" s="5">
-        <v>3.7303220109747848</v>
+        <v>3.7293282221670054</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>68.661197754</v>
+        <v>68.660978364000002</v>
       </c>
       <c r="C305" s="5">
-        <v>-3.9218461999993792E-2</v>
+        <v>-3.9232001000002015E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>-0.6828877436697689</v>
+        <v>-0.68312479073795451</v>
       </c>
       <c r="E305" s="5">
-        <v>5.0348898744823067E-2</v>
+        <v>5.016661864361005E-2</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>68.233546790000005</v>
+        <v>68.233385124999998</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.42765096399999436</v>
+        <v>-0.42759323900000368</v>
       </c>
       <c r="D306" s="5">
-        <v>-7.2233137158792644</v>
+        <v>-7.2223941448097513</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>67.911924442</v>
+        <v>67.912538006000005</v>
       </c>
       <c r="C307" s="5">
-        <v>-0.32162234800000533</v>
+        <v>-0.32084711899999263</v>
       </c>
       <c r="D307" s="5">
-        <v>-5.5119057088725558</v>
+        <v>-5.4989743705101013</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>68.374991085999994</v>
+        <v>68.375072363000001</v>
       </c>
       <c r="C308" s="5">
-        <v>0.4630666439999942</v>
+        <v>0.46253435699999557</v>
       </c>
       <c r="D308" s="5">
-        <v>8.4963040434055337</v>
+        <v>8.4860894231598039</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>68.571337116999999</v>
+        <v>68.572416943999997</v>
       </c>
       <c r="C309" s="5">
-        <v>0.19634603100000447</v>
+        <v>0.19734458099999586</v>
       </c>
       <c r="D309" s="5">
-        <v>3.5008758654468508</v>
+        <v>3.5189594785551614</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>68.531316536000006</v>
+        <v>68.531240393000004</v>
       </c>
       <c r="C310" s="5">
-        <v>-4.0020580999993172E-2</v>
+        <v>-4.1176550999992401E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>-0.69811731850111247</v>
+        <v>-0.71820418865838898</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>68.402809809000004</v>
+        <v>68.402350196</v>
       </c>
       <c r="C311" s="5">
-        <v>-0.12850672700000132</v>
+        <v>-0.12889019700000404</v>
       </c>
       <c r="D311" s="5">
-        <v>-2.2271215309593639</v>
+        <v>-2.2337012274254997</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>69.147682899000003</v>
+        <v>69.147584796999993</v>
       </c>
       <c r="C312" s="5">
-        <v>0.74487308999999868</v>
+        <v>0.74523460099999284</v>
       </c>
       <c r="D312" s="5">
-        <v>13.87916638426525</v>
+        <v>13.886410016022355</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>69.410240324</v>
+        <v>69.410111201999996</v>
       </c>
       <c r="C313" s="5">
-        <v>0.26255742499999712</v>
+        <v>0.26252640500000268</v>
       </c>
       <c r="D313" s="5">
-        <v>4.6528347140578186</v>
+        <v>4.6522802117845652</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>69.648300031999995</v>
+        <v>69.647925756000006</v>
       </c>
       <c r="C314" s="5">
-        <v>0.23805970799999443</v>
+        <v>0.2378145540000105</v>
       </c>
       <c r="D314" s="5">
-        <v>4.1942303493709421</v>
+        <v>4.1898373558881152</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>69.595445687999998</v>
+        <v>69.595200860000006</v>
       </c>
       <c r="C315" s="5">
-        <v>-5.2854343999996445E-2</v>
+        <v>-5.2724896000000854E-2</v>
       </c>
       <c r="D315" s="5">
-        <v>-0.9068585503888893</v>
+        <v>-0.90465160199056927</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>69.673555612000001</v>
+        <v>69.673222878999994</v>
       </c>
       <c r="C316" s="5">
-        <v>7.8109924000003161E-2</v>
+        <v>7.8022018999988063E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>1.355155845501077</v>
+        <v>1.353626126930596</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>70.097538475999997</v>
+        <v>70.097176723000004</v>
       </c>
       <c r="C317" s="5">
-        <v>0.42398286399999563</v>
+        <v>0.42395384400001035</v>
       </c>
       <c r="D317" s="5">
-        <v>7.5517599941234526</v>
+        <v>7.551262962355243</v>
       </c>
       <c r="E317" s="5">
-        <v>2.0919249430313425</v>
+        <v>2.0917242853518925</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>70.075558827999998</v>
+        <v>70.075258044999998</v>
       </c>
       <c r="C318" s="5">
-        <v>-2.1979647999998519E-2</v>
+        <v>-2.1918678000005798E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-0.37562144362409677</v>
+        <v>-0.3745832171853869</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>70.150200185000003</v>
+        <v>70.151429046000004</v>
       </c>
       <c r="C319" s="5">
-        <v>7.4641357000004405E-2</v>
+        <v>7.6171001000005845E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>1.2857011499893822</v>
+        <v>1.3122127385153393</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>70.284991066000003</v>
+        <v>70.285022882000007</v>
       </c>
       <c r="C320" s="5">
-        <v>0.1347908810000007</v>
+        <v>0.13359383600000285</v>
       </c>
       <c r="D320" s="5">
-        <v>2.3302773535878396</v>
+        <v>2.3093246182273264</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>71.225413364000005</v>
+        <v>71.227340075000001</v>
       </c>
       <c r="C321" s="5">
-        <v>0.94042229800000143</v>
+        <v>0.94231719299999384</v>
       </c>
       <c r="D321" s="5">
-        <v>17.292059797570026</v>
+        <v>17.329502379568297</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>71.040791361999993</v>
+        <v>71.040556090999999</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.18462200200001178</v>
+        <v>-0.18678398400000162</v>
       </c>
       <c r="D322" s="5">
-        <v>-3.0665328568114214</v>
+        <v>-3.1018439061456071</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>71.265676124999999</v>
+        <v>71.264965806000006</v>
       </c>
       <c r="C323" s="5">
-        <v>0.22488476300000571</v>
+        <v>0.22440971500000728</v>
       </c>
       <c r="D323" s="5">
-        <v>3.8655272600886637</v>
+        <v>3.8572323078079229</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>71.730035298999994</v>
+        <v>71.729699350000004</v>
       </c>
       <c r="C324" s="5">
-        <v>0.46435917399999482</v>
+        <v>0.46473354399999778</v>
       </c>
       <c r="D324" s="5">
-        <v>8.1054569666506815</v>
+        <v>8.1123115663521261</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>72.000369805000005</v>
+        <v>72.000055153000005</v>
       </c>
       <c r="C325" s="5">
-        <v>0.27033450600001174</v>
+        <v>0.27035580300000106</v>
       </c>
       <c r="D325" s="5">
-        <v>4.6174643847074481</v>
+        <v>4.6178578012196825</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>72.522314332999997</v>
+        <v>72.521785292000004</v>
       </c>
       <c r="C326" s="5">
-        <v>0.52194452799999169</v>
+        <v>0.52173013899999887</v>
       </c>
       <c r="D326" s="5">
-        <v>9.0543852110589249</v>
+        <v>9.0505578032261447</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>72.083549509999997</v>
+        <v>72.083195191000002</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.43876482299999964</v>
+        <v>-0.43859010100000262</v>
       </c>
       <c r="D327" s="5">
-        <v>-7.0233042375439929</v>
+        <v>-7.0206493506866252</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>72.047442875000002</v>
+        <v>72.047005490000004</v>
       </c>
       <c r="C328" s="5">
-        <v>-3.610663499999589E-2</v>
+        <v>-3.6189700999997854E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>-0.59942656891435186</v>
+        <v>-0.60080473373009813</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>72.029980065999993</v>
+        <v>72.029587363000005</v>
       </c>
       <c r="C329" s="5">
-        <v>-1.7462809000008406E-2</v>
+        <v>-1.7418126999999117E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>-0.29046774191384683</v>
+        <v>-0.28972726808640381</v>
       </c>
       <c r="E329" s="5">
-        <v>2.7567895136027198</v>
+        <v>2.7567595876738737</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>72.372113911</v>
+        <v>72.371204961000004</v>
       </c>
       <c r="C330" s="5">
-        <v>0.34213384500000643</v>
+        <v>0.34161759799999913</v>
       </c>
       <c r="D330" s="5">
-        <v>5.8511454291792164</v>
+        <v>5.8421177429456295</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>72.555313346000005</v>
+        <v>72.557606954999997</v>
       </c>
       <c r="C331" s="5">
-        <v>0.18319943500000591</v>
+        <v>0.18640199399999346</v>
       </c>
       <c r="D331" s="5">
-        <v>3.0802747715109602</v>
+        <v>3.1349269658629719</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>73.462700441999999</v>
+        <v>73.462616472999997</v>
       </c>
       <c r="C332" s="5">
-        <v>0.90738709599999368</v>
+        <v>0.90500951799999996</v>
       </c>
       <c r="D332" s="5">
-        <v>16.083902501935722</v>
+        <v>16.038284386222699</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>72.667193092000005</v>
+        <v>72.670501525999995</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.79550734999999406</v>
+        <v>-0.79211494700000173</v>
       </c>
       <c r="D333" s="5">
-        <v>-12.247811465532388</v>
+        <v>-12.198652377745823</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>72.431321573000005</v>
+        <v>72.430966376000001</v>
       </c>
       <c r="C334" s="5">
-        <v>-0.23587151899999981</v>
+        <v>-0.2395351499999947</v>
       </c>
       <c r="D334" s="5">
-        <v>-3.8263073363676181</v>
+        <v>-3.8844918951605911</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>72.426651422999996</v>
+        <v>72.425237979000002</v>
       </c>
       <c r="C335" s="5">
-        <v>-4.6701500000096985E-3</v>
+        <v>-5.7283969999986084E-3</v>
       </c>
       <c r="D335" s="5">
-        <v>-7.7344896286968279E-2</v>
+        <v>-9.4863943293987951E-2</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>72.295256569000003</v>
+        <v>72.294304518999994</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.13139485399999273</v>
+        <v>-0.13093346000000849</v>
       </c>
       <c r="D336" s="5">
-        <v>-2.1554224950779521</v>
+        <v>-2.1479703136426553</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>72.287214481000007</v>
+        <v>72.286714235000005</v>
       </c>
       <c r="C337" s="5">
-        <v>-8.0420879999962835E-3</v>
+        <v>-7.5902839999884009E-3</v>
       </c>
       <c r="D337" s="5">
-        <v>-0.13340575718001624</v>
+        <v>-0.12591701465630711</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>72.222390556999997</v>
+        <v>72.221878841000006</v>
       </c>
       <c r="C338" s="5">
-        <v>-6.482392400000947E-2</v>
+        <v>-6.4835393999999269E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>-1.0708143632359279</v>
+        <v>-1.0710102754929007</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>72.116859407000007</v>
+        <v>72.116459304000003</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.10553114999999025</v>
+        <v>-0.10541953700000306</v>
       </c>
       <c r="D339" s="5">
-        <v>-1.739413329085715</v>
+        <v>-1.7376006283599033</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>72.206552959999996</v>
+        <v>72.206087355999998</v>
       </c>
       <c r="C340" s="5">
-        <v>8.9693552999989379E-2</v>
+        <v>8.9628051999994796E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>1.5027218689384503</v>
+        <v>1.5016253439525729</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>72.171529434000007</v>
+        <v>72.171230571999999</v>
       </c>
       <c r="C341" s="5">
-        <v>-3.5023525999989147E-2</v>
+        <v>-3.4856783999998697E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>-0.58050536328838609</v>
+        <v>-0.57775270952281632</v>
       </c>
       <c r="E341" s="5">
-        <v>0.19651451780260398</v>
+        <v>0.19664587037846459</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>72.200644002999994</v>
+        <v>72.199328019999996</v>
       </c>
       <c r="C342" s="5">
-        <v>2.9114568999986545E-2</v>
+        <v>2.8097447999996916E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>0.48516506062294962</v>
+        <v>0.46818139552367022</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>72.527940083999994</v>
+        <v>72.530858069999994</v>
       </c>
       <c r="C343" s="5">
-        <v>0.32729608100000007</v>
+        <v>0.3315300499999978</v>
       </c>
       <c r="D343" s="5">
-        <v>5.5774721125176452</v>
+        <v>5.6515611366707352</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>72.319422490999997</v>
+        <v>72.319571901000003</v>
       </c>
       <c r="C344" s="5">
-        <v>-0.20851759299999628</v>
+        <v>-0.21128616899999031</v>
       </c>
       <c r="D344" s="5">
-        <v>-3.3959625466155607</v>
+        <v>-3.4401960580313973</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>71.992232767000004</v>
+        <v>71.996449346000006</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.32718972399999302</v>
+        <v>-0.32312255499999765</v>
       </c>
       <c r="D345" s="5">
-        <v>-5.2959999477507509</v>
+        <v>-5.2317663286720606</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>72.324374022000001</v>
+        <v>72.324550119999998</v>
       </c>
       <c r="C346" s="5">
-        <v>0.33214125499999625</v>
+        <v>0.32810077399999216</v>
       </c>
       <c r="D346" s="5">
-        <v>5.6789490485464666</v>
+        <v>5.607787635248429</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>72.827492535000005</v>
+        <v>72.824406994</v>
       </c>
       <c r="C347" s="5">
-        <v>0.50311851300000399</v>
+        <v>0.49985687400000245</v>
       </c>
       <c r="D347" s="5">
-        <v>8.67460915747602</v>
+        <v>8.6161967806111406</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>72.021704338000006</v>
+        <v>72.020469491</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.80578819699999826</v>
+        <v>-0.80393750300000022</v>
       </c>
       <c r="D348" s="5">
-        <v>-12.498309319905488</v>
+        <v>-12.471820574814563</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>71.624318654999996</v>
+        <v>71.623954127999994</v>
       </c>
       <c r="C349" s="5">
-        <v>-0.3973856830000102</v>
+        <v>-0.396515363000006</v>
       </c>
       <c r="D349" s="5">
-        <v>-6.4238202651931147</v>
+        <v>-6.4102812219870913</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>71.424416101000006</v>
+        <v>71.424466117999998</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.19990255399999057</v>
+        <v>-0.19948800999999605</v>
       </c>
       <c r="D350" s="5">
-        <v>-3.2982484803526169</v>
+        <v>-3.2915297317921199</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>71.489335068000003</v>
+        <v>71.487791346999998</v>
       </c>
       <c r="C351" s="5">
-        <v>6.4918966999996996E-2</v>
+        <v>6.3325229000000149E-2</v>
       </c>
       <c r="D351" s="5">
-        <v>1.096171125803358</v>
+        <v>1.069128400506103</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>71.533494755000007</v>
+        <v>71.533538198000002</v>
       </c>
       <c r="C352" s="5">
-        <v>4.4159687000004055E-2</v>
+        <v>4.5746851000004085E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>0.74377569201240501</v>
+        <v>0.7706189414742548</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>71.381983508999994</v>
+        <v>71.381736699000001</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.15151124600001253</v>
+        <v>-0.15180149900000117</v>
       </c>
       <c r="D353" s="5">
-        <v>-2.5122550848015401</v>
+        <v>-2.5170103167270086</v>
       </c>
       <c r="E353" s="5">
-        <v>-1.0939853030578206</v>
+        <v>-1.0939177103435616</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>70.881034721999995</v>
+        <v>70.879228846000004</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.50094878699999867</v>
+        <v>-0.50250785299999734</v>
       </c>
       <c r="D354" s="5">
-        <v>-8.1038651220319835</v>
+        <v>-8.1281448641222109</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>70.942480423000006</v>
+        <v>70.945726981000007</v>
       </c>
       <c r="C355" s="5">
-        <v>6.1445701000010899E-2</v>
+        <v>6.6498135000003344E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>1.0452361096015883</v>
+        <v>1.1316546958078266</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>70.829508976</v>
+        <v>70.829777887000006</v>
       </c>
       <c r="C356" s="5">
-        <v>-0.11297144700000672</v>
+        <v>-0.1159490940000012</v>
       </c>
       <c r="D356" s="5">
-        <v>-1.8942765466984812</v>
+        <v>-1.9436689049049716</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>70.947389242</v>
+        <v>70.952410286000003</v>
       </c>
       <c r="C357" s="5">
-        <v>0.11788026600000023</v>
+        <v>0.12263239899999689</v>
       </c>
       <c r="D357" s="5">
-        <v>2.0155209169169908</v>
+        <v>2.0975404130933795</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>70.900579735999997</v>
+        <v>70.902128012999995</v>
       </c>
       <c r="C358" s="5">
-        <v>-4.6809506000002443E-2</v>
+        <v>-5.0282273000007649E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>-0.78886653734112633</v>
+        <v>-0.84710439967227158</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>71.247825344999995</v>
+        <v>71.243138674999997</v>
       </c>
       <c r="C359" s="5">
-        <v>0.34724560899999801</v>
+        <v>0.34101066200000218</v>
       </c>
       <c r="D359" s="5">
-        <v>6.038096310016261</v>
+        <v>5.926663409692301</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>71.246918046000005</v>
+        <v>71.245379478000004</v>
       </c>
       <c r="C360" s="5">
-        <v>-9.0729899999075769E-4</v>
+        <v>2.2408030000065082E-3</v>
       </c>
       <c r="D360" s="5">
-        <v>-1.5280221425761908E-2</v>
+        <v>3.7750004633418932E-2</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>71.778353115000002</v>
+        <v>71.778006016000006</v>
       </c>
       <c r="C361" s="5">
-        <v>0.53143506899999693</v>
+        <v>0.53262653800000237</v>
       </c>
       <c r="D361" s="5">
-        <v>9.327365758156315</v>
+        <v>9.3493550843100071</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>71.793280025000001</v>
+        <v>71.793610291999997</v>
       </c>
       <c r="C362" s="5">
-        <v>1.4926909999999793E-2</v>
+        <v>1.5604275999990591E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>0.24983568153884583</v>
+        <v>0.26118776120569454</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>71.952521157000007</v>
+        <v>71.949226081999996</v>
       </c>
       <c r="C363" s="5">
-        <v>0.15924113200000534</v>
+        <v>0.15561578999999881</v>
       </c>
       <c r="D363" s="5">
-        <v>2.6943724030703997</v>
+        <v>2.6322860379277335</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>72.014546917999994</v>
+        <v>72.015515889</v>
       </c>
       <c r="C364" s="5">
-        <v>6.2025760999986801E-2</v>
+        <v>6.6289807000003975E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>1.0393634613395264</v>
+        <v>1.1112295700957064</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>71.958017800999997</v>
+        <v>71.957224159999996</v>
       </c>
       <c r="C365" s="5">
-        <v>-5.6529116999996631E-2</v>
+        <v>-5.8291729000004011E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-0.93790550397946371</v>
+        <v>-0.9670069458972308</v>
       </c>
       <c r="E365" s="5">
-        <v>0.8069743423806397</v>
+        <v>0.80621106688212318</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>72.391058817000001</v>
+        <v>72.389055763000002</v>
       </c>
       <c r="C366" s="5">
-        <v>0.43304101600000422</v>
+        <v>0.43183160300000623</v>
       </c>
       <c r="D366" s="5">
-        <v>7.4654465913866819</v>
+        <v>7.4439887333958232</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>72.206020268000003</v>
+        <v>72.20914913</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.18503854899999794</v>
+        <v>-0.17990663300000165</v>
       </c>
       <c r="D367" s="5">
-        <v>-3.0245594277615528</v>
+        <v>-2.9418990736165829</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>71.486455457000005</v>
+        <v>71.487921067000002</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.71956481099999792</v>
+        <v>-0.72122806299999809</v>
       </c>
       <c r="D368" s="5">
-        <v>-11.324374950399452</v>
+        <v>-11.348664953807274</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>68.224005578000003</v>
+        <v>68.231104357000007</v>
       </c>
       <c r="C369" s="5">
-        <v>-3.2624498790000018</v>
+        <v>-3.2568167099999954</v>
       </c>
       <c r="D369" s="5">
-        <v>-42.909821003943534</v>
+        <v>-42.852557859796967</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>67.794788976999996</v>
+        <v>67.797919441999994</v>
       </c>
       <c r="C370" s="5">
-        <v>-0.42921660100000736</v>
+        <v>-0.43318491500001244</v>
       </c>
       <c r="D370" s="5">
-        <v>-7.2937126864254349</v>
+        <v>-7.3580705126261918</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>67.483977752000001</v>
+        <v>67.477894958999997</v>
       </c>
       <c r="C371" s="5">
-        <v>-0.31081122499999481</v>
+        <v>-0.32002448299999742</v>
       </c>
       <c r="D371" s="5">
-        <v>-5.3648829053431824</v>
+        <v>-5.5195590972391244</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>67.764741111000006</v>
+        <v>67.762098774999998</v>
       </c>
       <c r="C372" s="5">
-        <v>0.28076335900000515</v>
+        <v>0.28420381600000155</v>
       </c>
       <c r="D372" s="5">
-        <v>5.1083742937100496</v>
+        <v>5.1729062913652202</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>68.195816115</v>
+        <v>68.194064936999993</v>
       </c>
       <c r="C373" s="5">
-        <v>0.4310750039999931</v>
+        <v>0.43196616199999482</v>
       </c>
       <c r="D373" s="5">
-        <v>7.9064415078883066</v>
+        <v>7.9236835856833832</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>69.078152005000007</v>
+        <v>69.077617660000001</v>
       </c>
       <c r="C374" s="5">
-        <v>0.88233589000000734</v>
+        <v>0.8835527230000082</v>
       </c>
       <c r="D374" s="5">
-        <v>16.679821437053931</v>
+        <v>16.704948018589661</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>68.962732537999997</v>
+        <v>68.957711962000005</v>
       </c>
       <c r="C375" s="5">
-        <v>-0.11541946700000949</v>
+        <v>-0.11990569799999662</v>
       </c>
       <c r="D375" s="5">
-        <v>-1.9867007910923329</v>
+        <v>-2.063201910897916</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>68.761919664999994</v>
+        <v>68.763734873000004</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.20081287300000383</v>
+        <v>-0.19397708900000055</v>
       </c>
       <c r="D376" s="5">
-        <v>-3.4388621040638001</v>
+        <v>-3.3238449134742387</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>69.122920077000003</v>
+        <v>69.121528398999999</v>
       </c>
       <c r="C377" s="5">
-        <v>0.36100041200000987</v>
+        <v>0.3577935259999947</v>
       </c>
       <c r="D377" s="5">
-        <v>6.4851400612363053</v>
+        <v>6.4256974657251442</v>
       </c>
       <c r="E377" s="5">
-        <v>-3.9399330479620187</v>
+        <v>-3.9408076035488904</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>70.525415307000003</v>
+        <v>70.523879379999997</v>
       </c>
       <c r="C378" s="5">
-        <v>1.4024952299999995</v>
+        <v>1.4023509809999979</v>
       </c>
       <c r="D378" s="5">
-        <v>27.257360027946788</v>
+        <v>27.254847989120655</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>70.358544688999999</v>
+        <v>70.362680771000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.16687061800000436</v>
+        <v>-0.16119860899999594</v>
       </c>
       <c r="D379" s="5">
-        <v>-2.8026674188112333</v>
+        <v>-2.7086563014201093</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>70.717893919999995</v>
+        <v>70.721793774999995</v>
       </c>
       <c r="C380" s="5">
-        <v>0.35934923099999594</v>
+        <v>0.35911300399999391</v>
       </c>
       <c r="D380" s="5">
-        <v>6.3040095299568222</v>
+        <v>6.299367646133347</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>71.126836084000004</v>
+        <v>71.136663904000002</v>
       </c>
       <c r="C381" s="5">
-        <v>0.40894216400000971</v>
+        <v>0.41487012900000764</v>
       </c>
       <c r="D381" s="5">
-        <v>7.1642840452948997</v>
+        <v>7.271096644075925</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>71.295993988000006</v>
+        <v>71.307401369999994</v>
       </c>
       <c r="C382" s="5">
-        <v>0.16915790400000219</v>
+        <v>0.1707374659999914</v>
       </c>
       <c r="D382" s="5">
-        <v>2.8915363703536645</v>
+        <v>2.9184858394831981</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>71.684901115000002</v>
+        <v>71.674348367999997</v>
       </c>
       <c r="C383" s="5">
-        <v>0.38890712699999597</v>
+        <v>0.36694699800000308</v>
       </c>
       <c r="D383" s="5">
-        <v>6.7457879960238776</v>
+        <v>6.3529938506742711</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>72.500071320000004</v>
+        <v>72.491543007999994</v>
       </c>
       <c r="C384" s="5">
-        <v>0.81517020500000115</v>
+        <v>0.81719463999999675</v>
       </c>
       <c r="D384" s="5">
-        <v>14.532547230079352</v>
+        <v>14.573212109857025</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>73.146525449999999</v>
+        <v>73.139420361999996</v>
       </c>
       <c r="C385" s="5">
-        <v>0.64645412999999508</v>
+        <v>0.64787735400000201</v>
       </c>
       <c r="D385" s="5">
-        <v>11.240571549325718</v>
+        <v>11.26793872320393</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>74.074840592000001</v>
+        <v>74.071938578000001</v>
       </c>
       <c r="C386" s="5">
-        <v>0.92831514200000242</v>
+        <v>0.9325182160000054</v>
       </c>
       <c r="D386" s="5">
-        <v>16.338722228543489</v>
+        <v>16.419669314462372</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>75.413499670999997</v>
+        <v>75.405861192000003</v>
       </c>
       <c r="C387" s="5">
-        <v>1.3386590789999957</v>
+        <v>1.3339226140000022</v>
       </c>
       <c r="D387" s="5">
-        <v>23.976804160310827</v>
+        <v>23.884427971100063</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>75.495787450999998</v>
+        <v>75.498412096999999</v>
       </c>
       <c r="C388" s="5">
-        <v>8.2287780000001476E-2</v>
+        <v>9.2550904999995964E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>1.3172721389201891</v>
+        <v>1.4828274866417024</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>76.254838898000003</v>
+        <v>76.255296291999997</v>
       </c>
       <c r="C389" s="5">
-        <v>0.75905144700000449</v>
+        <v>0.75688419499999782</v>
       </c>
       <c r="D389" s="5">
-        <v>12.75511768225015</v>
+        <v>12.716201358991231</v>
       </c>
       <c r="E389" s="5">
-        <v>10.317733702591481</v>
+        <v>10.320616540509263</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>76.531644236999995</v>
+        <v>76.529573640999999</v>
       </c>
       <c r="C390" s="5">
-        <v>0.27680533899999205</v>
+        <v>0.27427734900000189</v>
       </c>
       <c r="D390" s="5">
-        <v>4.4440329760016883</v>
+        <v>4.4026136740728194</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>76.734547489999997</v>
+        <v>76.740328692999995</v>
       </c>
       <c r="C391" s="5">
-        <v>0.20290325300000234</v>
+        <v>0.21075505199999611</v>
       </c>
       <c r="D391" s="5">
-        <v>3.2282842006293277</v>
+        <v>3.3552006989717498</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>77.276783461999997</v>
+        <v>77.287072049000002</v>
       </c>
       <c r="C392" s="5">
-        <v>0.54223597200000029</v>
+        <v>0.54674335600000745</v>
       </c>
       <c r="D392" s="5">
-        <v>8.8171145919329739</v>
+        <v>8.8926073304433917</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>78.154129402999999</v>
+        <v>78.179134633999993</v>
       </c>
       <c r="C393" s="5">
-        <v>0.87734594100000152</v>
+        <v>0.8920625849999908</v>
       </c>
       <c r="D393" s="5">
-        <v>14.507705653024171</v>
+        <v>14.764627095720684</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>78.927453700000001</v>
+        <v>78.951385741999999</v>
       </c>
       <c r="C394" s="5">
-        <v>0.77332429700000205</v>
+        <v>0.77225110800000607</v>
       </c>
       <c r="D394" s="5">
-        <v>12.541824126072454</v>
+        <v>12.519236865614447</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>79.167772111999994</v>
+        <v>79.143359142999998</v>
       </c>
       <c r="C395" s="5">
-        <v>0.24031841199999349</v>
+        <v>0.19197340099999849</v>
       </c>
       <c r="D395" s="5">
-        <v>3.7155741996587777</v>
+        <v>2.9571869625378833</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>81.087838091999998</v>
+        <v>81.065125533</v>
       </c>
       <c r="C396" s="5">
-        <v>1.9200659800000039</v>
+        <v>1.9217663900000019</v>
       </c>
       <c r="D396" s="5">
-        <v>33.317628234322051</v>
+        <v>33.362878809075205</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>81.137900174999999</v>
+        <v>81.120129759999998</v>
       </c>
       <c r="C397" s="5">
-        <v>5.0062083000000257E-2</v>
+        <v>5.5004226999997741E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>0.74337792284824289</v>
+        <v>0.81726823033387852</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>81.445991765000002</v>
+        <v>81.437892266000006</v>
       </c>
       <c r="C398" s="5">
-        <v>0.30809159000000363</v>
+        <v>0.31776250600000822</v>
       </c>
       <c r="D398" s="5">
-        <v>4.6529376081185125</v>
+        <v>4.8032279421639679</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>81.241636607999993</v>
+        <v>81.230937779000001</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.20435515700000906</v>
+        <v>-0.20695448700000441</v>
       </c>
       <c r="D399" s="5">
-        <v>-2.9697006579383123</v>
+        <v>-3.0072428630789294</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>81.805323129000001</v>
+        <v>81.808642712999998</v>
       </c>
       <c r="C400" s="5">
-        <v>0.56368652100000816</v>
+        <v>0.57770493399999623</v>
       </c>
       <c r="D400" s="5">
-        <v>8.6512705633359221</v>
+        <v>8.8761220717110678</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>81.284631611999998</v>
+        <v>81.288585870999995</v>
       </c>
       <c r="C401" s="5">
-        <v>-0.52069151700000305</v>
+        <v>-0.52005684200000246</v>
       </c>
       <c r="D401" s="5">
-        <v>-7.376214044647778</v>
+        <v>-7.3672465493065609</v>
       </c>
       <c r="E401" s="5">
-        <v>6.596030870549674</v>
+        <v>6.6005770402180586</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>81.590634672999997</v>
+        <v>81.587585763999996</v>
       </c>
       <c r="C402" s="5">
-        <v>0.30600306099999841</v>
+        <v>0.29899989300000129</v>
       </c>
       <c r="D402" s="5">
-        <v>4.6122240110683999</v>
+        <v>4.5043011325846871</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>81.456710556999994</v>
+        <v>81.464063646</v>
       </c>
       <c r="C403" s="5">
-        <v>-0.13392411600000287</v>
+        <v>-0.12352211799999679</v>
       </c>
       <c r="D403" s="5">
-        <v>-1.952013280923881</v>
+        <v>-1.8017260881475927</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>81.490957717000001</v>
+        <v>81.503728405999993</v>
       </c>
       <c r="C404" s="5">
-        <v>3.4247160000006716E-2</v>
+        <v>3.9664759999993748E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>0.50568892631523976</v>
+        <v>0.58584584367276094</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>80.808309515000005</v>
+        <v>80.860253365000005</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.68264820199999576</v>
+        <v>-0.64347504099998787</v>
       </c>
       <c r="D405" s="5">
-        <v>-9.6019220787601061</v>
+        <v>-9.07329350432361</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>80.748596485999997</v>
+        <v>80.795453015000007</v>
       </c>
       <c r="C406" s="5">
-        <v>-5.9713029000008078E-2</v>
+        <v>-6.480034999999873E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>-0.8831409550110858</v>
+        <v>-0.95743695663000894</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>80.359482181000004</v>
+        <v>80.323038002000004</v>
       </c>
       <c r="C407" s="5">
-        <v>-0.38911430499999256</v>
+        <v>-0.47241501300000266</v>
       </c>
       <c r="D407" s="5">
-        <v>-5.6317795656961493</v>
+        <v>-6.7951591339489692</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>79.543754789999994</v>
+        <v>79.503850593999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.81572739100001002</v>
+        <v>-0.81918740800000478</v>
       </c>
       <c r="D408" s="5">
-        <v>-11.523589232518571</v>
+        <v>-11.574719605462281</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>79.08497792</v>
+        <v>79.054600144000005</v>
       </c>
       <c r="C409" s="5">
-        <v>-0.45877686999999412</v>
+        <v>-0.44925044999999386</v>
       </c>
       <c r="D409" s="5">
-        <v>-6.7057406581590424</v>
+        <v>-6.5739909428525483</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>78.643020074999995</v>
+        <v>78.627529644000006</v>
       </c>
       <c r="C410" s="5">
-        <v>-0.44195784500000457</v>
+        <v>-0.42707049999999924</v>
       </c>
       <c r="D410" s="5">
-        <v>-6.5037431160925525</v>
+        <v>-6.2934786706427825</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>78.577071703000001</v>
+        <v>78.562947940000001</v>
       </c>
       <c r="C411" s="5">
-        <v>-6.5948371999994038E-2</v>
+        <v>-6.4581704000005402E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>-1.001666333169593</v>
+        <v>-0.9811945634125907</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>78.125261030999994</v>
+        <v>78.127124718999994</v>
       </c>
       <c r="C412" s="5">
-        <v>-0.45181067200000768</v>
+        <v>-0.43582322100000681</v>
       </c>
       <c r="D412" s="5">
-        <v>-6.6858089324659975</v>
+        <v>-6.4575280484653108</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>77.777084400000007</v>
+        <v>77.784112738999994</v>
       </c>
       <c r="C413" s="5">
-        <v>-0.34817663099998697</v>
+        <v>-0.34301197999999999</v>
       </c>
       <c r="D413" s="5">
-        <v>-5.2188159819923641</v>
+        <v>-5.1431433085004414</v>
       </c>
       <c r="E413" s="5">
-        <v>-4.3151419185151081</v>
+        <v>-4.3111503225820469</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>77.266372976</v>
+        <v>77.260982819999995</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.51071142400000724</v>
+        <v>-0.52312991899999872</v>
       </c>
       <c r="D414" s="5">
-        <v>-7.6011837870054055</v>
+        <v>-7.7785567731790906</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>76.946597233999995</v>
+        <v>76.953042435</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.31977574200000447</v>
+        <v>-0.30794038499999488</v>
       </c>
       <c r="D415" s="5">
-        <v>-4.8548369787706269</v>
+        <v>-4.6793933430591466</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>76.672728539000005</v>
+        <v>76.684866438</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.27386869499999023</v>
+        <v>-0.26817599700000017</v>
       </c>
       <c r="D416" s="5">
-        <v>-4.1884213483992845</v>
+        <v>-4.1026850555622936</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>76.662817743999994</v>
+        <v>76.746520034</v>
       </c>
       <c r="C417" s="5">
-        <v>-9.9107950000103529E-3</v>
+        <v>6.1653595999999311E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>-0.15500299446811194</v>
+        <v>0.9690614346317572</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>76.170868952999996</v>
+        <v>76.237127419000004</v>
       </c>
       <c r="C418" s="5">
-        <v>-0.49194879099999866</v>
+        <v>-0.50939261499999589</v>
       </c>
       <c r="D418" s="5">
-        <v>-7.4344069894727856</v>
+        <v>-7.6803856299932916</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>76.357882347</v>
+        <v>76.312292870999997</v>
       </c>
       <c r="C419" s="5">
-        <v>0.1870133940000045</v>
+        <v>7.5165451999993138E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>2.9863308315967174</v>
+        <v>1.1895683228114073</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>76.713912726999993</v>
+        <v>76.658330097999993</v>
       </c>
       <c r="C420" s="5">
-        <v>0.35603037999999287</v>
+        <v>0.34603722699999651</v>
       </c>
       <c r="D420" s="5">
-        <v>5.7409246279891413</v>
+        <v>5.5791651532672404</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>76.723983329000006</v>
+        <v>76.681883787000004</v>
       </c>
       <c r="C421" s="5">
-        <v>1.0070602000013196E-2</v>
+        <v>2.3553689000010536E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>0.1576435237792273</v>
+        <v>0.36933024644589807</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>76.773648704999999</v>
+        <v>76.749749933999993</v>
       </c>
       <c r="C422" s="5">
-        <v>4.9665375999992989E-2</v>
+        <v>6.7866146999989496E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>0.77956194193553596</v>
+        <v>1.0672269120074462</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>76.069684785999996</v>
+        <v>76.052769339999998</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.7039639190000031</v>
+        <v>-0.69698059399999579</v>
       </c>
       <c r="D423" s="5">
-        <v>-10.464920008757861</v>
+        <v>-10.369304954712078</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>75.839345710000003</v>
+        <v>75.839103906999995</v>
       </c>
       <c r="C424" s="5">
-        <v>-0.23033907599999282</v>
+        <v>-0.21366543300000274</v>
       </c>
       <c r="D424" s="5">
-        <v>-3.5736937472701791</v>
+        <v>-3.3197153179921335</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>75.624798579</v>
+        <v>75.632588257999998</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.21454713100000333</v>
+        <v>-0.20651564899999642</v>
       </c>
       <c r="D425" s="5">
-        <v>-3.3424370862173536</v>
+        <v>-3.2191928521127622</v>
       </c>
       <c r="E425" s="5">
-        <v>-2.7672492966321682</v>
+        <v>-2.7660204702974589</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>75.099721185999996</v>
+        <v>75.180770205000002</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.52507739300000367</v>
+        <v>-0.45181805299999667</v>
       </c>
       <c r="D426" s="5">
-        <v>-8.0209066383004632</v>
+        <v>-6.9377189507346282</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>75.036030370000006</v>
+        <v>75.122924553000004</v>
       </c>
       <c r="C427" s="5">
-        <v>-6.3690815999990491E-2</v>
+        <v>-5.7845651999997472E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-1.0129662817251694</v>
+        <v>-0.91940776620311748</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>74.872832328000001</v>
+        <v>74.961076822999999</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.16319804200000476</v>
+        <v>-0.16184773000000519</v>
       </c>
       <c r="D428" s="5">
-        <v>-2.5789200025556847</v>
+        <v>-2.5549106858459458</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>74.960083155999996</v>
+        <v>74.868752084999997</v>
       </c>
       <c r="C429" s="5">
-        <v>8.725082799999484E-2</v>
+        <v>-9.2324738000002071E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>1.4073818213922173</v>
+        <v>-1.4679921089131187</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>74.084651618999999</v>
+        <v>75.029108949000005</v>
       </c>
       <c r="C430" s="5">
-        <v>-0.87543153699999721</v>
+        <v>0.1603568640000077</v>
       </c>
       <c r="D430" s="5">
-        <v>-13.148324779040744</v>
+        <v>2.6007021748907011</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>74.691840823999996</v>
+        <v>75.187906005000002</v>
       </c>
       <c r="C431" s="5">
-        <v>0.6071892049999974</v>
+        <v>0.15879705599999738</v>
       </c>
       <c r="D431" s="5">
-        <v>10.290737439701303</v>
+        <v>2.5695411465108453</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>74.625446772000004</v>
+        <v>75.096971613999997</v>
       </c>
       <c r="C432" s="5">
-        <v>-6.6394051999992598E-2</v>
+        <v>-9.0934391000004666E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>-1.0614880279963268</v>
+        <v>-1.4416989945892023</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>74.702871817000002</v>
+        <v>75.174885873999997</v>
       </c>
       <c r="C433" s="5">
-        <v>7.7425044999998249E-2</v>
+        <v>7.7914260000000013E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>1.252147514155677</v>
+        <v>1.2521475262480708</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>74.346263059999998</v>
+        <v>74.816023865999995</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.35660875700000361</v>
+        <v>-0.35886200800000267</v>
       </c>
       <c r="D434" s="5">
-        <v>-5.5804003275005121</v>
+        <v>-5.5804003223251293</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>74.986333608999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.17030974300000423</v>
+      </c>
+      <c r="D435" s="5">
+        <v>2.7661181251662059</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>75.283243580000004</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.29690997100000516</v>
+      </c>
+      <c r="D436" s="5">
+        <v>4.8562767925051098</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">