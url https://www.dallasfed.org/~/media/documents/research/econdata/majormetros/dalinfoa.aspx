--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{8A4E1AA1-44D6-4A8D-82C4-AD0381256E59}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{62536D7B-A201-4E5E-B85A-E71D95E01DAD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CA650305-895A-4039-9D35-56E96730E28D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{08EB6C1E-C27E-4337-B16C-3EA750C02A0D}"/>
   </bookViews>
   <sheets>
     <sheet name="dalinfoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Information Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE49F9FA-66A6-4037-966C-8B674F36B14F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9DC6CB40-95B7-4285-ABB0-C6EC9AA9E6BD}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>75.187906005000002</v>
       </c>
       <c r="C431" s="5">
         <v>0.15879705599999738</v>
       </c>
       <c r="D431" s="5">
         <v>2.5695411465108453</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>75.096971613999997</v>
       </c>
       <c r="C432" s="5">
         <v>-9.0934391000004666E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-1.4416989945892023</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>75.174885873999997</v>
       </c>
       <c r="C433" s="5">
         <v>7.7914260000000013E-2</v>
       </c>
       <c r="D433" s="5">
         <v>1.2521475262480708</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>74.816023865999995</v>
       </c>
       <c r="C434" s="5">
         <v>-0.35886200800000267</v>
       </c>
       <c r="D434" s="5">
         <v>-5.5804003223251293</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>74.986333608999999</v>
       </c>
       <c r="C435" s="5">
         <v>0.17030974300000423</v>
       </c>
       <c r="D435" s="5">
         <v>2.7661181251662059</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>75.283243580000004</v>
+        <v>75.332015998000003</v>
       </c>
       <c r="C436" s="5">
-        <v>0.29690997100000516</v>
+        <v>0.34568238900000381</v>
       </c>
       <c r="D436" s="5">
-        <v>4.8562767925051098</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>5.674364186520453</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>76.626248244999999</v>
+      </c>
+      <c r="C437" s="5">
+        <v>1.2942322469999965</v>
+      </c>
+      <c r="D437" s="5">
+        <v>22.680536794495421</v>
+      </c>
+      <c r="E437" s="5">
+        <v>1.3137987339669088</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>