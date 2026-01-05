--- v0 (2025-10-17)
+++ v1 (2026-01-05)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9937DD5D-0D1A-44F2-A8AC-143D1F69DB04}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{25A0A2CD-BEBC-4945-8C96-9224610CC167}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{A6032C01-F39A-4599-BD73-27C00CD5F7A6}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7DDDACA2-67F6-4AE7-9A57-93BE6F94E63E}"/>
   </bookViews>
   <sheets>
     <sheet name="dalleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{35E4EF6B-159B-48DD-86F6-E58464BA3A01}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E7C8226E-DFAB-4D11-AF50-0AD79E748B58}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.16201931999995622</v>
       </c>
       <c r="D431" s="5">
         <v>-0.66174544482789921</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>292.56078438999998</v>
       </c>
       <c r="C432" s="5">
         <v>-0.18860671000004459</v>
       </c>
       <c r="D432" s="5">
         <v>-0.77037835459468074</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>293.72107661000001</v>
+        <v>293.17134577000002</v>
       </c>
       <c r="C433" s="5">
-        <v>1.1602922200000307</v>
+        <v>0.61056138000003557</v>
       </c>
       <c r="D433" s="5">
-        <v>4.8643806564523606</v>
+        <v>2.5332932164258803</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>293.66481242999998</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.49346665999996731</v>
+      </c>
+      <c r="D434" s="5">
+        <v>2.0386468958870418</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>