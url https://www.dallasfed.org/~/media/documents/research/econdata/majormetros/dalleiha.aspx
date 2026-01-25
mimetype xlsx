--- v1 (2026-01-05)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{25A0A2CD-BEBC-4945-8C96-9224610CC167}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C4B5C007-0EC0-47E5-85B9-C09087998B8F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7DDDACA2-67F6-4AE7-9A57-93BE6F94E63E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{53C3D1B7-1747-4132-A34A-21C601A4638E}"/>
   </bookViews>
   <sheets>
     <sheet name="dalleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E7C8226E-DFAB-4D11-AF50-0AD79E748B58}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DEC12FEB-EC83-4A20-82C9-1A90B854F8F3}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>111.46625659</v>
+        <v>111.46547185999999</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>110.74626375</v>
+        <v>110.74566115</v>
       </c>
       <c r="C7" s="5">
-        <v>-0.7199928400000033</v>
+        <v>-0.71981070999999019</v>
       </c>
       <c r="D7" s="5">
-        <v>-7.4816232694458806</v>
+        <v>-7.479848220018825</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>110.71491297999999</v>
+        <v>110.71452214</v>
       </c>
       <c r="C8" s="5">
-        <v>-3.1350770000003081E-2</v>
+        <v>-3.1139010000003964E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>-0.33917536450568386</v>
+        <v>-0.33688976328501985</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>111.56486604</v>
+        <v>111.56563559</v>
       </c>
       <c r="C9" s="5">
-        <v>0.84995306000000426</v>
+        <v>0.85111344999999972</v>
       </c>
       <c r="D9" s="5">
-        <v>9.6114450284021871</v>
+        <v>9.62516210743145</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>111.49721886</v>
+        <v>111.49806676999999</v>
       </c>
       <c r="C10" s="5">
-        <v>-6.7647179999994478E-2</v>
+        <v>-6.7568820000005303E-2</v>
       </c>
       <c r="D10" s="5">
-        <v>-0.72519645359253593</v>
+        <v>-0.72435422919027159</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>112.66075008999999</v>
+        <v>112.66181252</v>
       </c>
       <c r="C11" s="5">
-        <v>1.1635312299999896</v>
+        <v>1.1637457500000039</v>
       </c>
       <c r="D11" s="5">
-        <v>13.266960160005524</v>
+        <v>13.269441505735768</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>112.28546371</v>
+        <v>112.28527317</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.37528637999999148</v>
+        <v>-0.3765393500000016</v>
       </c>
       <c r="D12" s="5">
-        <v>-3.924914146665659</v>
+        <v>-3.9377418842055145</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>112.82262344</v>
+        <v>112.82245673</v>
       </c>
       <c r="C13" s="5">
-        <v>0.53715972999999906</v>
+        <v>0.53718356000000256</v>
       </c>
       <c r="D13" s="5">
-        <v>5.8941299554195359</v>
+        <v>5.8944086217965319</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>112.16480729</v>
+        <v>112.16508775</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.65781615000000215</v>
+        <v>-0.6573689800000011</v>
       </c>
       <c r="D14" s="5">
-        <v>-6.7765769828209805</v>
+        <v>-6.7721267018420406</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>113.24839824</v>
+        <v>113.24793841</v>
       </c>
       <c r="C15" s="5">
-        <v>1.0835909500000014</v>
+        <v>1.0828506600000054</v>
       </c>
       <c r="D15" s="5">
-        <v>12.229090577567314</v>
+        <v>12.220255174807493</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>114.10592044000001</v>
+        <v>114.10550726</v>
       </c>
       <c r="C16" s="5">
-        <v>0.85752220000000534</v>
+        <v>0.85756884999999272</v>
       </c>
       <c r="D16" s="5">
-        <v>9.4745893971547304</v>
+        <v>9.4751665661253259</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>114.85016829</v>
+        <v>114.85011152</v>
       </c>
       <c r="C17" s="5">
-        <v>0.7442478499999936</v>
+        <v>0.74460426000000268</v>
       </c>
       <c r="D17" s="5">
-        <v>8.1138885315696019</v>
+        <v>8.1179451253061927</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>111.76122499</v>
+        <v>111.76045017</v>
       </c>
       <c r="C18" s="5">
-        <v>-3.0889432999999968</v>
+        <v>-3.0896613500000001</v>
       </c>
       <c r="D18" s="5">
-        <v>-27.903495474542794</v>
+        <v>-27.909065617252171</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>111.87528914000001</v>
+        <v>111.87473101</v>
       </c>
       <c r="C19" s="5">
-        <v>0.11406415000000436</v>
+        <v>0.11428084000000638</v>
       </c>
       <c r="D19" s="5">
-        <v>1.2316251526977906</v>
+        <v>1.2339866738072081</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>112.21576401</v>
+        <v>112.21540492</v>
       </c>
       <c r="C20" s="5">
-        <v>0.34047486999999421</v>
+        <v>0.34067390999999247</v>
       </c>
       <c r="D20" s="5">
-        <v>3.7137646786118417</v>
+        <v>3.7159910676940466</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>115.19823563999999</v>
+        <v>115.19896403</v>
       </c>
       <c r="C21" s="5">
-        <v>2.982471629999992</v>
+        <v>2.9835591100000016</v>
       </c>
       <c r="D21" s="5">
-        <v>36.994610715831769</v>
+        <v>37.010266655028822</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>116.04440437</v>
+        <v>116.04518469</v>
       </c>
       <c r="C22" s="5">
-        <v>0.84616873000000226</v>
+        <v>0.84622066000000018</v>
       </c>
       <c r="D22" s="5">
-        <v>9.1793524793952521</v>
+        <v>9.1798783668403985</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>116.56691365</v>
+        <v>116.56801466</v>
       </c>
       <c r="C23" s="5">
-        <v>0.5225092800000084</v>
+        <v>0.52282997000000364</v>
       </c>
       <c r="D23" s="5">
-        <v>5.5390373499773382</v>
+        <v>5.542483416284516</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>114.13673310999999</v>
+        <v>114.136579</v>
       </c>
       <c r="C24" s="5">
-        <v>-2.4301805400000092</v>
+        <v>-2.4314356600000053</v>
       </c>
       <c r="D24" s="5">
-        <v>-22.33923223954347</v>
+        <v>-22.349292214346395</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>114.21056633000001</v>
+        <v>114.21035181000001</v>
       </c>
       <c r="C25" s="5">
-        <v>7.3833220000011579E-2</v>
+        <v>7.3772810000008349E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>0.77902852434033054</v>
+        <v>0.77838991391321333</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>114.45508977</v>
+        <v>114.45544683</v>
       </c>
       <c r="C26" s="5">
-        <v>0.24452343999999471</v>
+        <v>0.24509501999999372</v>
       </c>
       <c r="D26" s="5">
-        <v>2.5996556965088624</v>
+        <v>2.6058093161390739</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>114.42791077</v>
+        <v>114.42744303000001</v>
       </c>
       <c r="C27" s="5">
-        <v>-2.7179000000003839E-2</v>
+        <v>-2.8003799999993362E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>-0.28458530837454088</v>
+        <v>-0.29320907532638385</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>114.16833357</v>
+        <v>114.16790131</v>
       </c>
       <c r="C28" s="5">
-        <v>-0.2595771999999954</v>
+        <v>-0.25954172000000142</v>
       </c>
       <c r="D28" s="5">
-        <v>-2.6884655811379665</v>
+        <v>-2.6881135347298524</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>114.41507885999999</v>
+        <v>114.41504385</v>
       </c>
       <c r="C29" s="5">
-        <v>0.24674528999999268</v>
+        <v>0.24714253999999869</v>
       </c>
       <c r="D29" s="5">
-        <v>2.6245407998551906</v>
+        <v>2.6288267114504604</v>
       </c>
       <c r="E29" s="5">
-        <v>-0.37883220937159345</v>
+        <v>-0.37881345019350476</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>111.19683222</v>
+        <v>111.19611188</v>
       </c>
       <c r="C30" s="5">
-        <v>-3.2182466399999896</v>
+        <v>-3.2189319699999999</v>
       </c>
       <c r="D30" s="5">
-        <v>-28.991586186510375</v>
+        <v>-28.996845237339564</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>111.85843256</v>
+        <v>111.85796573</v>
       </c>
       <c r="C31" s="5">
-        <v>0.66160033999999257</v>
+        <v>0.66185384999999997</v>
       </c>
       <c r="D31" s="5">
-        <v>7.378113584397239</v>
+        <v>7.3810832844806606</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>112.25241762</v>
+        <v>112.25209682000001</v>
       </c>
       <c r="C32" s="5">
-        <v>0.39398506000000566</v>
+        <v>0.3941310900000019</v>
       </c>
       <c r="D32" s="5">
-        <v>4.3094576351353275</v>
+        <v>4.3111043521779857</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>112.36730937</v>
+        <v>112.36791649</v>
       </c>
       <c r="C33" s="5">
-        <v>0.11489174999999818</v>
+        <v>0.11581966999999338</v>
       </c>
       <c r="D33" s="5">
-        <v>1.2351526287448733</v>
+        <v>1.2451885619468861</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>112.69204526</v>
+        <v>112.69266116999999</v>
       </c>
       <c r="C34" s="5">
-        <v>0.32473588999999947</v>
+        <v>0.3247446799999949</v>
       </c>
       <c r="D34" s="5">
-        <v>3.5235962471285909</v>
+        <v>3.5236738034574833</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>112.16920608</v>
+        <v>112.17021604999999</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.5228391800000054</v>
+        <v>-0.52244512000000043</v>
       </c>
       <c r="D35" s="5">
-        <v>-5.4275544096151762</v>
+        <v>-5.4235385493935144</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>112.05029302</v>
+        <v>112.05018462</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.11891305999999702</v>
+        <v>-0.12003142999999739</v>
       </c>
       <c r="D36" s="5">
-        <v>-1.2647552606910639</v>
+        <v>-1.2765688605997583</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>112.50590809000001</v>
+        <v>112.50568179</v>
       </c>
       <c r="C37" s="5">
-        <v>0.45561507000000745</v>
+        <v>0.45549717000000101</v>
       </c>
       <c r="D37" s="5">
-        <v>4.9900140688239114</v>
+        <v>4.9886987259457172</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>112.57513942</v>
+        <v>112.57554537999999</v>
       </c>
       <c r="C38" s="5">
-        <v>6.9231329999993818E-2</v>
+        <v>6.9863589999997089E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>0.74093306009790361</v>
+        <v>0.74772432018803681</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>115.57864397</v>
+        <v>115.57818602</v>
       </c>
       <c r="C39" s="5">
-        <v>3.0035045500000024</v>
+        <v>3.0026406400000099</v>
       </c>
       <c r="D39" s="5">
-        <v>37.158022677822999</v>
+        <v>37.145566502518079</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>115.72924849</v>
+        <v>115.72880926000001</v>
       </c>
       <c r="C40" s="5">
-        <v>0.15060452000000168</v>
+        <v>0.1506232400000016</v>
       </c>
       <c r="D40" s="5">
-        <v>1.5749127736330637</v>
+        <v>1.5751162248625716</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>115.79043272</v>
+        <v>115.79042172</v>
       </c>
       <c r="C41" s="5">
-        <v>6.1184229999994955E-2</v>
+        <v>6.1612459999992097E-2</v>
       </c>
       <c r="D41" s="5">
-        <v>0.63626909145628741</v>
+        <v>0.64073784199432104</v>
       </c>
       <c r="E41" s="5">
-        <v>1.2020739518808554</v>
+        <v>1.2020953047076066</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>115.92080571</v>
+        <v>115.92015902999999</v>
       </c>
       <c r="C42" s="5">
-        <v>0.13037298999999791</v>
+        <v>0.12973730999999589</v>
       </c>
       <c r="D42" s="5">
-        <v>1.3595256299195002</v>
+        <v>1.3528560043518212</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>117.07262335</v>
+        <v>117.07224573000001</v>
       </c>
       <c r="C43" s="5">
-        <v>1.1518176400000044</v>
+        <v>1.1520867000000123</v>
       </c>
       <c r="D43" s="5">
-        <v>12.597178632333716</v>
+        <v>12.600358143142664</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>117.34332263</v>
+        <v>117.34308477</v>
       </c>
       <c r="C44" s="5">
-        <v>0.27069928000000232</v>
+        <v>0.27083903999999848</v>
       </c>
       <c r="D44" s="5">
-        <v>2.8102403882179772</v>
+        <v>2.8117189898942518</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>118.02099703</v>
+        <v>118.02145442</v>
       </c>
       <c r="C45" s="5">
-        <v>0.67767440000000079</v>
+        <v>0.67836964999999338</v>
       </c>
       <c r="D45" s="5">
-        <v>7.1545889685116437</v>
+        <v>7.1621790414817754</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>118.4852889</v>
+        <v>118.48572217</v>
       </c>
       <c r="C46" s="5">
-        <v>0.46429186999999672</v>
+        <v>0.46426775000000475</v>
       </c>
       <c r="D46" s="5">
-        <v>4.8242663208958092</v>
+        <v>4.8239911511126499</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>119.27199464</v>
+        <v>119.27292521</v>
       </c>
       <c r="C47" s="5">
-        <v>0.78670574000000215</v>
+        <v>0.7872030399999943</v>
       </c>
       <c r="D47" s="5">
-        <v>8.2651307884499268</v>
+        <v>8.2705164436022613</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>119.80277645</v>
+        <v>119.80277727000001</v>
       </c>
       <c r="C48" s="5">
-        <v>0.53078180999999347</v>
+        <v>0.52985206000001028</v>
       </c>
       <c r="D48" s="5">
-        <v>5.4728811555087908</v>
+        <v>5.4630154204275527</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>120.22775489</v>
+        <v>120.22752851</v>
       </c>
       <c r="C49" s="5">
-        <v>0.42497844000000384</v>
+        <v>0.42475123999999198</v>
       </c>
       <c r="D49" s="5">
-        <v>4.3408212806153035</v>
+        <v>4.3384551422908535</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>121.25852901</v>
+        <v>121.25902266</v>
       </c>
       <c r="C50" s="5">
-        <v>1.0307741200000038</v>
+        <v>1.0314941500000003</v>
       </c>
       <c r="D50" s="5">
-        <v>10.787483826668653</v>
+        <v>10.795399618509061</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>120.08807453</v>
+        <v>120.08760940000001</v>
       </c>
       <c r="C51" s="5">
-        <v>-1.1704544800000036</v>
+        <v>-1.1714132599999942</v>
       </c>
       <c r="D51" s="5">
-        <v>-10.987493219018829</v>
+        <v>-10.995978512414196</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>122.00691381</v>
+        <v>122.00648458000001</v>
       </c>
       <c r="C52" s="5">
-        <v>1.9188392800000003</v>
+        <v>1.9188751800000006</v>
       </c>
       <c r="D52" s="5">
-        <v>20.952464685808092</v>
+        <v>20.952980180331473</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>122.52113177</v>
+        <v>122.52111064</v>
       </c>
       <c r="C53" s="5">
-        <v>0.51421795999999631</v>
+        <v>0.51462605999999766</v>
       </c>
       <c r="D53" s="5">
-        <v>5.1764960541457627</v>
+        <v>5.1807187128463106</v>
       </c>
       <c r="E53" s="5">
-        <v>5.8128283070466802</v>
+        <v>5.8128201106961264</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>121.96197514000001</v>
+        <v>121.96143343</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.55915662999998972</v>
+        <v>-0.55967721000000381</v>
       </c>
       <c r="D54" s="5">
-        <v>-5.3411138642806772</v>
+        <v>-5.3459631300255221</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>121.77494477</v>
+        <v>121.77468379</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.18703037000000222</v>
+        <v>-0.18674964000000216</v>
       </c>
       <c r="D55" s="5">
-        <v>-1.8247746206586535</v>
+        <v>-1.8220667094951071</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>122.29673425</v>
+        <v>122.29658417</v>
       </c>
       <c r="C56" s="5">
-        <v>0.52178947999999536</v>
+        <v>0.52190038000000527</v>
       </c>
       <c r="D56" s="5">
-        <v>5.2647649046285716</v>
+        <v>5.2659219259711509</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>122.43290325</v>
+        <v>122.43319059</v>
       </c>
       <c r="C57" s="5">
-        <v>0.13616899999999532</v>
+        <v>0.13660641999999257</v>
       </c>
       <c r="D57" s="5">
-        <v>1.3443300998753349</v>
+        <v>1.3486767645607411</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>123.40275803999999</v>
+        <v>123.40301436</v>
       </c>
       <c r="C58" s="5">
-        <v>0.96985478999999941</v>
+        <v>0.96982377000000497</v>
       </c>
       <c r="D58" s="5">
-        <v>9.9311113599539702</v>
+        <v>9.9307554258418307</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>123.78081305000001</v>
+        <v>123.78159907</v>
       </c>
       <c r="C59" s="5">
-        <v>0.37805501000001129</v>
+        <v>0.37858470999999838</v>
       </c>
       <c r="D59" s="5">
-        <v>3.7388853325313942</v>
+        <v>3.7442047548149393</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>125.62097258999999</v>
+        <v>125.62103408999999</v>
       </c>
       <c r="C60" s="5">
-        <v>1.8401595399999877</v>
+        <v>1.8394350199999963</v>
       </c>
       <c r="D60" s="5">
-        <v>19.372927832738473</v>
+        <v>19.364533096439573</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>125.69545003</v>
+        <v>125.69527889</v>
       </c>
       <c r="C61" s="5">
-        <v>7.4477440000009665E-2</v>
+        <v>7.4244800000002442E-2</v>
       </c>
       <c r="D61" s="5">
-        <v>0.71377359087954062</v>
+        <v>0.71153642403536388</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>125.14810749</v>
+        <v>125.14856773</v>
       </c>
       <c r="C62" s="5">
-        <v>-0.54734254000000249</v>
+        <v>-0.54671116000000097</v>
       </c>
       <c r="D62" s="5">
-        <v>-5.1020673061920156</v>
+        <v>-5.0963287287092429</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>128.25538768999999</v>
+        <v>128.25498275999999</v>
       </c>
       <c r="C63" s="5">
-        <v>3.1072801999999911</v>
+        <v>3.1064150299999937</v>
       </c>
       <c r="D63" s="5">
-        <v>34.219610852223269</v>
+        <v>34.208602970142834</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>128.94640294000001</v>
+        <v>128.94600410000001</v>
       </c>
       <c r="C64" s="5">
-        <v>0.69101525000002084</v>
+        <v>0.69102134000002025</v>
       </c>
       <c r="D64" s="5">
-        <v>6.6604388781198454</v>
+        <v>6.6605209833591417</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>129.50581518999999</v>
+        <v>129.50580356</v>
       </c>
       <c r="C65" s="5">
-        <v>0.55941224999997985</v>
+        <v>0.55979945999999359</v>
       </c>
       <c r="D65" s="5">
-        <v>5.3320312811209414</v>
+        <v>5.3358274357787394</v>
       </c>
       <c r="E65" s="5">
-        <v>5.7007989716515439</v>
+        <v>5.7008077085775932</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>130.40410449000001</v>
+        <v>130.40369254999999</v>
       </c>
       <c r="C66" s="5">
-        <v>0.89828930000001606</v>
+        <v>0.89788898999998423</v>
       </c>
       <c r="D66" s="5">
-        <v>8.6485397726996602</v>
+        <v>8.6445383401579932</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>130.72305433</v>
+        <v>130.72286682999999</v>
       </c>
       <c r="C67" s="5">
-        <v>0.31894983999998772</v>
+        <v>0.31917427999999859</v>
       </c>
       <c r="D67" s="5">
-        <v>2.9748351589482969</v>
+        <v>2.976966294968908</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>130.20747410000001</v>
+        <v>130.20741125999999</v>
       </c>
       <c r="C68" s="5">
-        <v>-0.51558022999998343</v>
+        <v>-0.51545557000000031</v>
       </c>
       <c r="D68" s="5">
-        <v>-4.63154862961016</v>
+        <v>-4.630459458601333</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>129.09235414</v>
+        <v>129.09246970000001</v>
       </c>
       <c r="C69" s="5">
-        <v>-1.1151199600000155</v>
+        <v>-1.114941559999977</v>
       </c>
       <c r="D69" s="5">
-        <v>-9.8064918597292383</v>
+        <v>-9.8050006378921353</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>129.98598321</v>
+        <v>129.98606765</v>
       </c>
       <c r="C70" s="5">
-        <v>0.89362907000000291</v>
+        <v>0.89359794999998599</v>
       </c>
       <c r="D70" s="5">
-        <v>8.6305638340395738</v>
+        <v>8.6302437249398558</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>130.61803648</v>
+        <v>130.61870628</v>
       </c>
       <c r="C71" s="5">
-        <v>0.63205327000000011</v>
+        <v>0.63263863000000242</v>
       </c>
       <c r="D71" s="5">
-        <v>5.9935721804369679</v>
+        <v>5.9992683951117565</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>131.15280661</v>
+        <v>131.15292163999999</v>
       </c>
       <c r="C72" s="5">
-        <v>0.53477012999999829</v>
+        <v>0.53421535999999037</v>
       </c>
       <c r="D72" s="5">
-        <v>5.0251362480442374</v>
+        <v>5.0197790345391846</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>131.6743654</v>
+        <v>131.67423969000001</v>
       </c>
       <c r="C73" s="5">
-        <v>0.52155879000000027</v>
+        <v>0.52131805000001918</v>
       </c>
       <c r="D73" s="5">
-        <v>4.8778420656650834</v>
+        <v>4.8755367431189356</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>132.02340254999999</v>
+        <v>132.02381511999999</v>
       </c>
       <c r="C74" s="5">
-        <v>0.3490371499999867</v>
+        <v>0.34957542999998736</v>
       </c>
       <c r="D74" s="5">
-        <v>3.2276993930887565</v>
+        <v>3.2327531430038636</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>132.2126542</v>
+        <v>132.21234242</v>
       </c>
       <c r="C75" s="5">
-        <v>0.18925165000001698</v>
+        <v>0.18852730000000406</v>
       </c>
       <c r="D75" s="5">
-        <v>1.7337915137650928</v>
+        <v>1.7270978806464665</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>132.32059355000001</v>
+        <v>132.32026195</v>
       </c>
       <c r="C76" s="5">
-        <v>0.10793935000000943</v>
+        <v>0.10791953000000376</v>
       </c>
       <c r="D76" s="5">
-        <v>0.98409955269000982</v>
+        <v>0.98392036938179661</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>133.02520426999999</v>
+        <v>133.02514808999999</v>
       </c>
       <c r="C77" s="5">
-        <v>0.70461071999997671</v>
+        <v>0.70488613999998506</v>
       </c>
       <c r="D77" s="5">
-        <v>6.5805433489482645</v>
+        <v>6.5832083798675667</v>
       </c>
       <c r="E77" s="5">
-        <v>2.7175529336938675</v>
+        <v>2.7175187777352949</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>134.40306480000001</v>
+        <v>134.40281870999999</v>
       </c>
       <c r="C78" s="5">
-        <v>1.3778605300000208</v>
+        <v>1.3776706200000035</v>
       </c>
       <c r="D78" s="5">
-        <v>13.162582756334086</v>
+        <v>13.160669880389243</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>134.16594855</v>
+        <v>134.16580311000001</v>
       </c>
       <c r="C79" s="5">
-        <v>-0.23711625000001391</v>
+        <v>-0.23701559999997812</v>
       </c>
       <c r="D79" s="5">
-        <v>-2.0966391633916115</v>
+        <v>-2.0957616060421458</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>134.61352294</v>
+        <v>134.61347726</v>
       </c>
       <c r="C80" s="5">
-        <v>0.44757438999999977</v>
+        <v>0.44767414999998323</v>
       </c>
       <c r="D80" s="5">
-        <v>4.0774438265709145</v>
+        <v>4.0783738950832316</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>134.96655003000001</v>
+        <v>134.96658636000001</v>
       </c>
       <c r="C81" s="5">
-        <v>0.35302709000001187</v>
+        <v>0.35310910000001172</v>
       </c>
       <c r="D81" s="5">
-        <v>3.1928193719542586</v>
+        <v>3.1935729130233792</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>135.57064584</v>
+        <v>135.57067860000001</v>
       </c>
       <c r="C82" s="5">
-        <v>0.6040958099999898</v>
+        <v>0.60409223999999995</v>
       </c>
       <c r="D82" s="5">
-        <v>5.5052859450963831</v>
+        <v>5.5052510871228311</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>135.77452867</v>
+        <v>135.77508917</v>
       </c>
       <c r="C83" s="5">
-        <v>0.20388282999999774</v>
+        <v>0.20441056999999319</v>
       </c>
       <c r="D83" s="5">
-        <v>1.8196656282036594</v>
+        <v>1.8244144213706237</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>136.50963734000001</v>
+        <v>136.50970271</v>
       </c>
       <c r="C84" s="5">
-        <v>0.73510867000001667</v>
+        <v>0.73461353999999801</v>
       </c>
       <c r="D84" s="5">
-        <v>6.6940272969200798</v>
+        <v>6.6893551075167812</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>136.70118567</v>
+        <v>136.70114887</v>
       </c>
       <c r="C85" s="5">
-        <v>0.19154832999998916</v>
+        <v>0.19144615999999814</v>
       </c>
       <c r="D85" s="5">
-        <v>1.6968783858218872</v>
+        <v>1.6959654763531784</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>136.67974086999999</v>
+        <v>136.67998148000001</v>
       </c>
       <c r="C86" s="5">
-        <v>-2.144480000001181E-2</v>
+        <v>-2.1167389999988018E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>-0.18808592095195253</v>
+        <v>-0.18565496257563208</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>137.92606287000001</v>
+        <v>137.92588466000001</v>
       </c>
       <c r="C87" s="5">
-        <v>1.2463220000000206</v>
+        <v>1.2459031799999991</v>
       </c>
       <c r="D87" s="5">
-        <v>11.508073124642436</v>
+        <v>11.503988711015701</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>138.41657531999999</v>
+        <v>138.4163221</v>
       </c>
       <c r="C88" s="5">
-        <v>0.49051244999998289</v>
+        <v>0.49043743999999379</v>
       </c>
       <c r="D88" s="5">
-        <v>4.3520836614534764</v>
+        <v>4.3514107968613436</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>139.07597311999999</v>
+        <v>139.07587488999999</v>
       </c>
       <c r="C89" s="5">
-        <v>0.65939779999999359</v>
+        <v>0.65955278999999223</v>
       </c>
       <c r="D89" s="5">
-        <v>5.8688245643939263</v>
+        <v>5.8702513918742261</v>
       </c>
       <c r="E89" s="5">
-        <v>4.5485882793450338</v>
+        <v>4.5485585897685255</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>140.36037655999999</v>
+        <v>140.36025484999999</v>
       </c>
       <c r="C90" s="5">
-        <v>1.2844034400000055</v>
+        <v>1.2843799599999954</v>
       </c>
       <c r="D90" s="5">
-        <v>11.662926885120829</v>
+        <v>11.662711392963621</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>140.90966771000001</v>
+        <v>140.90953708000001</v>
       </c>
       <c r="C91" s="5">
-        <v>0.54929115000001616</v>
+        <v>0.54928223000001708</v>
       </c>
       <c r="D91" s="5">
-        <v>4.798530521990374</v>
+        <v>4.7984551641465423</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>142.60651127</v>
+        <v>142.60647843999999</v>
       </c>
       <c r="C92" s="5">
-        <v>1.6968435599999907</v>
+        <v>1.6969413599999825</v>
       </c>
       <c r="D92" s="5">
-        <v>15.447032974492437</v>
+        <v>15.447998347998059</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>142.87062284999999</v>
+        <v>142.87061098000001</v>
       </c>
       <c r="C93" s="5">
-        <v>0.26411157999999091</v>
+        <v>0.26413254000001984</v>
       </c>
       <c r="D93" s="5">
-        <v>2.2452148073911715</v>
+        <v>2.2453953297653317</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>143.60358644999999</v>
+        <v>143.60362036000001</v>
       </c>
       <c r="C94" s="5">
-        <v>0.73296360000000504</v>
+        <v>0.7330093799999986</v>
       </c>
       <c r="D94" s="5">
-        <v>6.3330277039656435</v>
+        <v>6.3334350261252448</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>145.68219400999999</v>
+        <v>145.68263689</v>
       </c>
       <c r="C95" s="5">
-        <v>2.0786075599999947</v>
+        <v>2.0790165299999899</v>
       </c>
       <c r="D95" s="5">
-        <v>18.821284862551323</v>
+        <v>18.825282887704642</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>143.03045193</v>
+        <v>143.03049318000001</v>
       </c>
       <c r="C96" s="5">
-        <v>-2.6517420799999911</v>
+        <v>-2.6521437099999901</v>
       </c>
       <c r="D96" s="5">
-        <v>-19.783363228576711</v>
+        <v>-19.786011909998681</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>143.25995216999999</v>
+        <v>143.26001558999999</v>
       </c>
       <c r="C97" s="5">
-        <v>0.22950023999999303</v>
+        <v>0.22952240999998708</v>
       </c>
       <c r="D97" s="5">
-        <v>1.9425496640456119</v>
+        <v>1.9427384107417511</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>144.57239504</v>
+        <v>144.57251312</v>
       </c>
       <c r="C98" s="5">
-        <v>1.3124428700000124</v>
+        <v>1.3124975300000017</v>
       </c>
       <c r="D98" s="5">
-        <v>11.564721917557264</v>
+        <v>11.565222703407962</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>144.57641957999999</v>
+        <v>144.57631130999999</v>
       </c>
       <c r="C99" s="5">
-        <v>4.0245399999889742E-3</v>
+        <v>3.7981899999977031E-3</v>
       </c>
       <c r="D99" s="5">
-        <v>3.3410164416514121E-2</v>
+        <v>3.1530797548562361E-2</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>145.34648365999999</v>
+        <v>145.34628628999999</v>
       </c>
       <c r="C100" s="5">
-        <v>0.77006407999999738</v>
+        <v>0.76997498000000064</v>
       </c>
       <c r="D100" s="5">
-        <v>6.5822219140438287</v>
+        <v>6.5814429488853632</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>145.50211945000001</v>
+        <v>145.50197005000001</v>
       </c>
       <c r="C101" s="5">
-        <v>0.15563579000001937</v>
+        <v>0.15568376000001649</v>
       </c>
       <c r="D101" s="5">
-        <v>1.2925444890051985</v>
+        <v>1.2929469925242465</v>
       </c>
       <c r="E101" s="5">
-        <v>4.6206013776767252</v>
+        <v>4.6205678483652424</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>145.20382115999999</v>
+        <v>145.20375666999999</v>
       </c>
       <c r="C102" s="5">
-        <v>-0.29829829000001951</v>
+        <v>-0.29821338000002129</v>
       </c>
       <c r="D102" s="5">
-        <v>-2.432604920020931</v>
+        <v>-2.4319227397437859</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>145.49571563000001</v>
+        <v>145.49559991000001</v>
       </c>
       <c r="C103" s="5">
-        <v>0.29189447000001678</v>
+        <v>0.29184324000001993</v>
       </c>
       <c r="D103" s="5">
-        <v>2.4391380539641627</v>
+        <v>2.4387063159719835</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>145.23900746999999</v>
+        <v>145.23899044999999</v>
       </c>
       <c r="C104" s="5">
-        <v>-0.25670816000001651</v>
+        <v>-0.25660946000002127</v>
       </c>
       <c r="D104" s="5">
-        <v>-2.0968176098866698</v>
+        <v>-2.0960208736319097</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>144.89982241000001</v>
+        <v>144.89981184999999</v>
       </c>
       <c r="C105" s="5">
-        <v>-0.33918505999997706</v>
+        <v>-0.33917859999999678</v>
       </c>
       <c r="D105" s="5">
-        <v>-2.7667124776290852</v>
+        <v>-2.766660778811858</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>145.66314130000001</v>
+        <v>145.66320171000001</v>
       </c>
       <c r="C106" s="5">
-        <v>0.76331888999999364</v>
+        <v>0.76338986000001796</v>
       </c>
       <c r="D106" s="5">
-        <v>6.5078994584202299</v>
+        <v>6.5085226616277803</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>147.04625834999999</v>
+        <v>147.04657635000001</v>
       </c>
       <c r="C107" s="5">
-        <v>1.3831170499999814</v>
+        <v>1.3833746399999995</v>
       </c>
       <c r="D107" s="5">
-        <v>12.008680275281769</v>
+        <v>12.011029603846923</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>147.61354152000001</v>
+        <v>147.61359812000001</v>
       </c>
       <c r="C108" s="5">
-        <v>0.56728317000002448</v>
+        <v>0.56702176999999665</v>
       </c>
       <c r="D108" s="5">
-        <v>4.7289285264918712</v>
+        <v>4.7266926101185547</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>148.01174909</v>
+        <v>148.01183241000001</v>
       </c>
       <c r="C109" s="5">
-        <v>0.39820756999998252</v>
+        <v>0.39823429000000488</v>
       </c>
       <c r="D109" s="5">
-        <v>3.2856272241565954</v>
+        <v>3.2858496948737548</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>149.12595808</v>
+        <v>149.12608573</v>
       </c>
       <c r="C110" s="5">
-        <v>1.1142089900000087</v>
+        <v>1.1142533199999889</v>
       </c>
       <c r="D110" s="5">
-        <v>9.4169671353436577</v>
+        <v>9.4173519239406858</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>149.05896052</v>
+        <v>149.05883786999999</v>
       </c>
       <c r="C111" s="5">
-        <v>-6.6997560000004341E-2</v>
+        <v>-6.7247860000009041E-2</v>
       </c>
       <c r="D111" s="5">
-        <v>-0.53779175031534177</v>
+        <v>-0.53979547572290398</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>150.79619529000001</v>
+        <v>150.79598529</v>
       </c>
       <c r="C112" s="5">
-        <v>1.7372347700000148</v>
+        <v>1.7371474200000137</v>
       </c>
       <c r="D112" s="5">
-        <v>14.917865097710802</v>
+        <v>14.917079365653318</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>151.14419950999999</v>
+        <v>151.14404522999999</v>
       </c>
       <c r="C113" s="5">
-        <v>0.34800421999997866</v>
+        <v>0.34805993999998464</v>
       </c>
       <c r="D113" s="5">
-        <v>2.8047565842689082</v>
+        <v>2.8052153348036679</v>
       </c>
       <c r="E113" s="5">
-        <v>3.877661769689067</v>
+        <v>3.8776623973277857</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>150.73812323999999</v>
+        <v>150.7380612</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.40607626999999979</v>
+        <v>-0.40598402999998484</v>
       </c>
       <c r="D114" s="5">
-        <v>-3.1768009607689662</v>
+        <v>-3.176093173470762</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>150.77689455999999</v>
+        <v>150.77678717000001</v>
       </c>
       <c r="C115" s="5">
-        <v>3.8771319999995058E-2</v>
+        <v>3.8725970000001553E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>0.30908874978361478</v>
+        <v>0.3087268313974656</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>151.81610273999999</v>
+        <v>151.81608757000001</v>
       </c>
       <c r="C116" s="5">
-        <v>1.0392081800000028</v>
+        <v>1.0393004000000019</v>
       </c>
       <c r="D116" s="5">
-        <v>8.5916747771811899</v>
+        <v>8.5924726958400033</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>153.70752429000001</v>
+        <v>153.70754481</v>
       </c>
       <c r="C117" s="5">
-        <v>1.8914215500000182</v>
+        <v>1.891457239999994</v>
       </c>
       <c r="D117" s="5">
-        <v>16.018559609684214</v>
+        <v>16.018884588078365</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>154.39071347000001</v>
+        <v>154.39079762</v>
       </c>
       <c r="C118" s="5">
-        <v>0.6831891799999994</v>
+        <v>0.68325280999999904</v>
       </c>
       <c r="D118" s="5">
-        <v>5.4660203955479103</v>
+        <v>5.466541245374068</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>155.35215689</v>
+        <v>155.35243811000001</v>
       </c>
       <c r="C119" s="5">
-        <v>0.96144341999999483</v>
+        <v>0.96164049000000773</v>
       </c>
       <c r="D119" s="5">
-        <v>7.7341421329883087</v>
+        <v>7.7357777598860089</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>156.05254400999999</v>
+        <v>156.05264787999999</v>
       </c>
       <c r="C120" s="5">
-        <v>0.70038711999998782</v>
+        <v>0.70020976999998652</v>
       </c>
       <c r="D120" s="5">
-        <v>5.5462453730042993</v>
+        <v>5.5447956851068847</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>156.66339155</v>
+        <v>156.6633894</v>
       </c>
       <c r="C121" s="5">
-        <v>0.61084754000000885</v>
+        <v>0.61074152000000481</v>
       </c>
       <c r="D121" s="5">
-        <v>4.7997034718807896</v>
+        <v>4.7988491490872365</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>157.20306944999999</v>
+        <v>157.20340207999999</v>
       </c>
       <c r="C122" s="5">
-        <v>0.53967789999998672</v>
+        <v>0.54001267999998959</v>
       </c>
       <c r="D122" s="5">
-        <v>4.2130168177109573</v>
+        <v>4.2156800950790441</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>158.26301712</v>
+        <v>158.26274115999999</v>
       </c>
       <c r="C123" s="5">
-        <v>1.0599476700000139</v>
+        <v>1.0593390800000009</v>
       </c>
       <c r="D123" s="5">
-        <v>8.3979406422939782</v>
+        <v>8.3929202803704648</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>158.71728472000001</v>
+        <v>158.71702433999999</v>
       </c>
       <c r="C124" s="5">
-        <v>0.45426760000000854</v>
+        <v>0.45428318000000445</v>
       </c>
       <c r="D124" s="5">
-        <v>3.4992996978458812</v>
+        <v>3.4994278127777445</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>158.91707997</v>
+        <v>158.9169005</v>
       </c>
       <c r="C125" s="5">
-        <v>0.19979524999999398</v>
+        <v>0.1998761600000023</v>
       </c>
       <c r="D125" s="5">
-        <v>1.5210770289000086</v>
+        <v>1.5216997976478241</v>
       </c>
       <c r="E125" s="5">
-        <v>5.1426918698826762</v>
+        <v>5.1426804530551262</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>159.25236806999999</v>
+        <v>159.25232851000001</v>
       </c>
       <c r="C126" s="5">
-        <v>0.33528809999998543</v>
+        <v>0.33542801000001532</v>
       </c>
       <c r="D126" s="5">
-        <v>2.5613833223986582</v>
+        <v>2.5624675097882799</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>159.79305162</v>
+        <v>159.79293190000001</v>
       </c>
       <c r="C127" s="5">
-        <v>0.54068355000001134</v>
+        <v>0.54060339000000113</v>
       </c>
       <c r="D127" s="5">
-        <v>4.1511094534728121</v>
+        <v>4.1504835381460881</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>160.09847306</v>
+        <v>160.09845426000001</v>
       </c>
       <c r="C128" s="5">
-        <v>0.30542144000000349</v>
+        <v>0.30552235999999766</v>
       </c>
       <c r="D128" s="5">
-        <v>2.3178933877921803</v>
+        <v>2.318669113766636</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>160.30677279</v>
+        <v>160.30685654000001</v>
       </c>
       <c r="C129" s="5">
-        <v>0.20829972999999313</v>
+        <v>0.20840228000000138</v>
       </c>
       <c r="D129" s="5">
-        <v>1.5725080791017643</v>
+        <v>1.573287992480954</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>160.30806630999999</v>
+        <v>160.30818316</v>
       </c>
       <c r="C130" s="5">
-        <v>1.293519999990167E-3</v>
+        <v>1.3266199999861783E-3</v>
       </c>
       <c r="D130" s="5">
-        <v>9.6832645432254338E-3</v>
+        <v>9.9310565631727243E-3</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>161.60156015000001</v>
+        <v>161.60179479000001</v>
       </c>
       <c r="C131" s="5">
-        <v>1.2934938400000249</v>
+        <v>1.2936116300000151</v>
       </c>
       <c r="D131" s="5">
-        <v>10.12402712670788</v>
+        <v>10.124982641369918</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>163.00217466999999</v>
+        <v>163.00234721999999</v>
       </c>
       <c r="C132" s="5">
-        <v>1.4006145199999764</v>
+        <v>1.4005524299999763</v>
       </c>
       <c r="D132" s="5">
-        <v>10.910890187423838</v>
+        <v>10.910366612704481</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>162.82622268</v>
+        <v>162.82611972000001</v>
       </c>
       <c r="C133" s="5">
-        <v>-0.17595198999998729</v>
+        <v>-0.17622749999998177</v>
       </c>
       <c r="D133" s="5">
-        <v>-1.287672056432565</v>
+        <v>-1.2896749942031382</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>163.06003195</v>
+        <v>163.06062471000001</v>
       </c>
       <c r="C134" s="5">
-        <v>0.23380926999999474</v>
+        <v>0.23450499000000491</v>
       </c>
       <c r="D134" s="5">
-        <v>1.7368064158051144</v>
+        <v>1.7420165518147623</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>164.14576738</v>
+        <v>164.14524111</v>
       </c>
       <c r="C135" s="5">
-        <v>1.0857354299999997</v>
+        <v>1.0846163999999874</v>
       </c>
       <c r="D135" s="5">
-        <v>8.2894096841795051</v>
+        <v>8.2805199158371821</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>163.52791983</v>
+        <v>163.52764053999999</v>
       </c>
       <c r="C136" s="5">
-        <v>-0.61784754999999336</v>
+        <v>-0.61760057000000756</v>
       </c>
       <c r="D136" s="5">
-        <v>-4.4244767387589201</v>
+        <v>-4.4227584130148268</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>163.87146010999999</v>
+        <v>163.87126831</v>
       </c>
       <c r="C137" s="5">
-        <v>0.34354027999998493</v>
+        <v>0.34362777000001188</v>
       </c>
       <c r="D137" s="5">
-        <v>2.5502993256182993</v>
+        <v>2.5509607467743445</v>
       </c>
       <c r="E137" s="5">
-        <v>3.1175882044492953</v>
+        <v>3.1175839664705718</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>167.29852213999999</v>
+        <v>167.29849483999999</v>
       </c>
       <c r="C138" s="5">
-        <v>3.4270620300000019</v>
+        <v>3.4272265299999845</v>
       </c>
       <c r="D138" s="5">
-        <v>28.193313973204791</v>
+        <v>28.194863453413287</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>168.43380841000001</v>
+        <v>168.43370239000001</v>
       </c>
       <c r="C139" s="5">
-        <v>1.135286270000023</v>
+        <v>1.1352075500000183</v>
       </c>
       <c r="D139" s="5">
-        <v>8.4540980376728534</v>
+        <v>8.4534912192948841</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>169.04723329000001</v>
+        <v>169.04722409999999</v>
       </c>
       <c r="C140" s="5">
-        <v>0.61342487999999662</v>
+        <v>0.61352170999998634</v>
       </c>
       <c r="D140" s="5">
-        <v>4.4589330812599748</v>
+        <v>4.4596539541378544</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>170.33990188999999</v>
+        <v>170.34003468</v>
       </c>
       <c r="C141" s="5">
-        <v>1.2926685999999847</v>
+        <v>1.2928105800000083</v>
       </c>
       <c r="D141" s="5">
-        <v>9.5720799839794211</v>
+        <v>9.5731764845208502</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>169.36936741</v>
+        <v>169.36952891000001</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.97053447999999776</v>
+        <v>-0.97050576999998839</v>
       </c>
       <c r="D142" s="5">
-        <v>-6.626922682053471</v>
+        <v>-6.6267277433857741</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>168.27223240000001</v>
+        <v>168.27240494</v>
       </c>
       <c r="C143" s="5">
-        <v>-1.0971350099999881</v>
+        <v>-1.0971239700000126</v>
       </c>
       <c r="D143" s="5">
-        <v>-7.5022665263230532</v>
+        <v>-7.50218680253173</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>168.80155012</v>
+        <v>168.80174443000001</v>
       </c>
       <c r="C144" s="5">
-        <v>0.52931771999999455</v>
+        <v>0.52933949000001235</v>
       </c>
       <c r="D144" s="5">
-        <v>3.8407196225195506</v>
+        <v>3.8408763215284081</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>169.43440426000001</v>
+        <v>169.4342594</v>
       </c>
       <c r="C145" s="5">
-        <v>0.63285414000000628</v>
+        <v>0.63251496999998835</v>
       </c>
       <c r="D145" s="5">
-        <v>4.5928589552280741</v>
+        <v>4.5903411297655072</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>168.01891085</v>
+        <v>168.0196631</v>
       </c>
       <c r="C146" s="5">
-        <v>-1.4154934100000105</v>
+        <v>-1.4145962999999995</v>
       </c>
       <c r="D146" s="5">
-        <v>-9.5770270215076891</v>
+        <v>-9.5712410750088068</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>165.40144466999999</v>
+        <v>165.40073967000001</v>
       </c>
       <c r="C147" s="5">
-        <v>-2.6174661800000081</v>
+        <v>-2.6189234299999953</v>
       </c>
       <c r="D147" s="5">
-        <v>-17.172681744110452</v>
+        <v>-17.181367751249621</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>165.43821706</v>
+        <v>165.43795807999999</v>
       </c>
       <c r="C148" s="5">
-        <v>3.6772390000010091E-2</v>
+        <v>3.721840999997994E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>0.26711293340604403</v>
+        <v>0.27035796650858313</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>165.58680278</v>
+        <v>165.58661774000001</v>
       </c>
       <c r="C149" s="5">
-        <v>0.14858571999999981</v>
+        <v>0.14865966000002118</v>
       </c>
       <c r="D149" s="5">
-        <v>1.083100862650288</v>
+        <v>1.0836442122195367</v>
       </c>
       <c r="E149" s="5">
-        <v>1.0467610826489171</v>
+        <v>1.0467664329997239</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>165.82894132000001</v>
+        <v>165.82893274</v>
       </c>
       <c r="C150" s="5">
-        <v>0.24213854000001334</v>
+        <v>0.24231499999999073</v>
       </c>
       <c r="D150" s="5">
-        <v>1.7689489957051885</v>
+        <v>1.7702505160267279</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>165.66145441</v>
+        <v>165.66137961000001</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.16748691000000804</v>
+        <v>-0.1675531299999875</v>
       </c>
       <c r="D151" s="5">
-        <v>-1.2052876599062734</v>
+        <v>-1.2057616164792173</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>166.33989707000001</v>
+        <v>166.33990696000001</v>
       </c>
       <c r="C152" s="5">
-        <v>0.67844266000000175</v>
+        <v>0.67852734999999598</v>
       </c>
       <c r="D152" s="5">
-        <v>5.0266473580439008</v>
+        <v>5.0272913581277834</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>166.71876465</v>
+        <v>166.71891668000001</v>
       </c>
       <c r="C153" s="5">
-        <v>0.37886757999999077</v>
+        <v>0.37900971999999911</v>
       </c>
       <c r="D153" s="5">
-        <v>2.7677060229394757</v>
+        <v>2.7687572654490733</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>166.98384286000001</v>
+        <v>166.98399254</v>
       </c>
       <c r="C154" s="5">
-        <v>0.26507821000001286</v>
+        <v>0.26507585999999606</v>
       </c>
       <c r="D154" s="5">
-        <v>1.9247403278262576</v>
+        <v>1.9247213443983169</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>166.86395261999999</v>
+        <v>166.86408401</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.11989024000001791</v>
+        <v>-0.11990853000000357</v>
       </c>
       <c r="D155" s="5">
-        <v>-0.85817601772368857</v>
+        <v>-0.85830565484242838</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>166.36939841</v>
+        <v>166.36957280999999</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.49455420999998978</v>
+        <v>-0.49451120000000515</v>
       </c>
       <c r="D156" s="5">
-        <v>-3.4991735041472016</v>
+        <v>-3.4988714234337248</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>166.37695941999999</v>
+        <v>166.37678818000001</v>
       </c>
       <c r="C157" s="5">
-        <v>7.56100999998921E-3</v>
+        <v>7.2153700000114895E-3</v>
       </c>
       <c r="D157" s="5">
-        <v>5.4550177873791128E-2</v>
+        <v>5.2055850549104221E-2</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>167.26088254999999</v>
+        <v>167.26167043999999</v>
       </c>
       <c r="C158" s="5">
-        <v>0.88392312999999945</v>
+        <v>0.88488225999998349</v>
       </c>
       <c r="D158" s="5">
-        <v>6.5649559380253963</v>
+        <v>6.5722960831796851</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>165.83355492999999</v>
+        <v>165.83276986999999</v>
       </c>
       <c r="C159" s="5">
-        <v>-1.4273276199999998</v>
+        <v>-1.4289005699999962</v>
       </c>
       <c r="D159" s="5">
-        <v>-9.773040987376902</v>
+        <v>-9.7832662652937117</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>166.57713267</v>
+        <v>166.57692987999999</v>
       </c>
       <c r="C160" s="5">
-        <v>0.74357774000000632</v>
+        <v>0.74416001000000165</v>
       </c>
       <c r="D160" s="5">
-        <v>5.5153534687000239</v>
+        <v>5.519806277184891</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>166.99396504000001</v>
+        <v>166.99379694000001</v>
       </c>
       <c r="C161" s="5">
-        <v>0.41683237000000872</v>
+        <v>0.4168670600000155</v>
       </c>
       <c r="D161" s="5">
-        <v>3.0444800537297478</v>
+        <v>3.044740679541369</v>
       </c>
       <c r="E161" s="5">
-        <v>0.84980338793640975</v>
+        <v>0.84981456787136533</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>167.58909195999999</v>
+        <v>167.5890704</v>
       </c>
       <c r="C162" s="5">
-        <v>0.59512691999998424</v>
+        <v>0.59527345999998715</v>
       </c>
       <c r="D162" s="5">
-        <v>4.3613421077914882</v>
+        <v>4.3624416342655126</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>166.7283497</v>
+        <v>166.72834101999999</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.86074225999999499</v>
+        <v>-0.86072938000000931</v>
       </c>
       <c r="D163" s="5">
-        <v>-5.9920800136174401</v>
+        <v>-5.9919936158634339</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>166.02879963999999</v>
+        <v>166.02885689999999</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.69955006000000708</v>
+        <v>-0.69948411999999394</v>
       </c>
       <c r="D164" s="5">
-        <v>-4.9203184157150854</v>
+        <v>-4.9198655228067212</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>165.38076272000001</v>
+        <v>165.38092588000001</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.64803691999998136</v>
+        <v>-0.64793101999998726</v>
       </c>
       <c r="D165" s="5">
-        <v>-4.5845396893756885</v>
+        <v>-4.5838049591062857</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>165.42124071999999</v>
+        <v>165.42142516000001</v>
       </c>
       <c r="C166" s="5">
-        <v>4.047799999997892E-2</v>
+        <v>4.0499280000005911E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>0.29410337951831789</v>
+        <v>0.2942579124713518</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>165.51252590000001</v>
+        <v>165.51244392000001</v>
       </c>
       <c r="C167" s="5">
-        <v>9.1285180000028276E-2</v>
+        <v>9.1018759999997201E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>0.66421517828783028</v>
+        <v>0.66227002484307018</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>165.59319300999999</v>
+        <v>165.59336805999999</v>
       </c>
       <c r="C168" s="5">
-        <v>8.0667109999978948E-2</v>
+        <v>8.0924139999979161E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>0.58642350351540973</v>
+        <v>0.58829734727727789</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>166.76194802000001</v>
+        <v>166.76187614</v>
       </c>
       <c r="C169" s="5">
-        <v>1.1687550100000124</v>
+        <v>1.1685080800000094</v>
       </c>
       <c r="D169" s="5">
-        <v>8.8062270967682821</v>
+        <v>8.8042840849981818</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>166.40310029</v>
+        <v>166.40363242999999</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.35884773000000791</v>
+        <v>-0.35824371000001065</v>
       </c>
       <c r="D170" s="5">
-        <v>-2.5518843791929591</v>
+        <v>-2.5476407031255976</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>168.62876954999999</v>
+        <v>168.62809675</v>
       </c>
       <c r="C171" s="5">
-        <v>2.2256692599999894</v>
+        <v>2.2244643200000098</v>
       </c>
       <c r="D171" s="5">
-        <v>17.285167190902804</v>
+        <v>17.275051458825196</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>168.61203968999999</v>
+        <v>168.61193283</v>
       </c>
       <c r="C172" s="5">
-        <v>-1.6729859999998098E-2</v>
+        <v>-1.6163919999996779E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>-0.11898848023701447</v>
+        <v>-0.11496590190375189</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>168.56809645000001</v>
+        <v>168.56795435000001</v>
       </c>
       <c r="C173" s="5">
-        <v>-4.3943239999975958E-2</v>
+        <v>-4.3978479999992715E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>-0.31229304885421749</v>
+        <v>-0.31254332889975034</v>
       </c>
       <c r="E173" s="5">
-        <v>0.94262772287785346</v>
+        <v>0.94264424119034906</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>169.39160638000001</v>
+        <v>169.39158938</v>
       </c>
       <c r="C174" s="5">
-        <v>0.82350993000000017</v>
+        <v>0.82363502999999127</v>
       </c>
       <c r="D174" s="5">
-        <v>6.0225017086558807</v>
+        <v>6.0234465310553542</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>169.20388940000001</v>
+        <v>169.20392992999999</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.1877169800000047</v>
+        <v>-0.18765945000001238</v>
       </c>
       <c r="D175" s="5">
-        <v>-1.321744776870748</v>
+        <v>-1.321342295896355</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>169.55420763000001</v>
+        <v>169.55430415999999</v>
       </c>
       <c r="C176" s="5">
-        <v>0.35031822999999918</v>
+        <v>0.3503742299999999</v>
       </c>
       <c r="D176" s="5">
-        <v>2.5129565288911637</v>
+        <v>2.5133622138344469</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>169.81382278999999</v>
+        <v>169.81399924999999</v>
       </c>
       <c r="C177" s="5">
-        <v>0.25961515999998142</v>
+        <v>0.25969509000000812</v>
       </c>
       <c r="D177" s="5">
-        <v>1.8529485056903994</v>
+        <v>1.8535227393936093</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>168.6512266</v>
+        <v>168.65144731000001</v>
       </c>
       <c r="C178" s="5">
-        <v>-1.1625961899999879</v>
+        <v>-1.162551939999986</v>
       </c>
       <c r="D178" s="5">
-        <v>-7.9131569520484941</v>
+        <v>-7.9128590998714614</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>170.14087327999999</v>
+        <v>170.14055454000001</v>
       </c>
       <c r="C179" s="5">
-        <v>1.4896466799999928</v>
+        <v>1.4891072300000019</v>
       </c>
       <c r="D179" s="5">
-        <v>11.129622980252796</v>
+        <v>11.125379598701901</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>170.29036987000001</v>
+        <v>170.29054486999999</v>
       </c>
       <c r="C180" s="5">
-        <v>0.14949659000001247</v>
+        <v>0.14999032999998008</v>
       </c>
       <c r="D180" s="5">
-        <v>1.0595067860619478</v>
+        <v>1.0630249871891984</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>170.81865893</v>
+        <v>170.81871408999999</v>
       </c>
       <c r="C181" s="5">
-        <v>0.52828905999999165</v>
+        <v>0.52816921999999522</v>
       </c>
       <c r="D181" s="5">
-        <v>3.7869215378986576</v>
+        <v>3.7860438275099551</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>172.15668468999999</v>
+        <v>172.15686034000001</v>
       </c>
       <c r="C182" s="5">
-        <v>1.3380257599999936</v>
+        <v>1.3381462500000225</v>
       </c>
       <c r="D182" s="5">
-        <v>9.8153353140387534</v>
+        <v>9.8162543081460321</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>173.23359927000001</v>
+        <v>173.23313635</v>
       </c>
       <c r="C183" s="5">
-        <v>1.0769145800000217</v>
+        <v>1.0762760099999866</v>
       </c>
       <c r="D183" s="5">
-        <v>7.7702419899106978</v>
+        <v>7.7654667647074627</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>173.23511284</v>
+        <v>173.23511737999999</v>
       </c>
       <c r="C184" s="5">
-        <v>1.5135699999859753E-3</v>
+        <v>1.9810299999960534E-3</v>
       </c>
       <c r="D184" s="5">
-        <v>1.0485098102241963E-2</v>
+        <v>1.3723618785310698E-2</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>174.04150490000001</v>
+        <v>174.04139860000001</v>
       </c>
       <c r="C185" s="5">
-        <v>0.8063920600000074</v>
+        <v>0.80628122000001667</v>
       </c>
       <c r="D185" s="5">
-        <v>5.7311313302245814</v>
+        <v>5.7303231484057582</v>
       </c>
       <c r="E185" s="5">
-        <v>3.2470013990004931</v>
+        <v>3.2470253738948518</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>174.33132168</v>
+        <v>174.33128332000001</v>
       </c>
       <c r="C186" s="5">
-        <v>0.28981677999999533</v>
+        <v>0.28988472000000343</v>
       </c>
       <c r="D186" s="5">
-        <v>2.016663171762767</v>
+        <v>2.0171415084907052</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>174.82161561000001</v>
+        <v>174.82171109999999</v>
       </c>
       <c r="C187" s="5">
-        <v>0.49029393000000709</v>
+        <v>0.49042777999997611</v>
       </c>
       <c r="D187" s="5">
-        <v>3.4276079141067672</v>
+        <v>3.428558941012172</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>174.92620787999999</v>
+        <v>174.92634088</v>
       </c>
       <c r="C188" s="5">
-        <v>0.1045922699999835</v>
+        <v>0.10462978000001044</v>
       </c>
       <c r="D188" s="5">
-        <v>0.72030307197341603</v>
+        <v>0.72056185081772473</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>175.47656286</v>
+        <v>175.47674837</v>
       </c>
       <c r="C189" s="5">
-        <v>0.55035498000000871</v>
+        <v>0.55040748999999778</v>
       </c>
       <c r="D189" s="5">
-        <v>3.8414758400630022</v>
+        <v>3.8418457539787676</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>175.00659524</v>
+        <v>175.00686085000001</v>
       </c>
       <c r="C190" s="5">
-        <v>-0.46996762000000558</v>
+        <v>-0.46988751999998613</v>
       </c>
       <c r="D190" s="5">
-        <v>-3.1669616607864159</v>
+        <v>-3.1664265187802521</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>175.10999183000001</v>
+        <v>175.10943829000001</v>
       </c>
       <c r="C191" s="5">
-        <v>0.10339659000001689</v>
+        <v>0.10257744000000457</v>
       </c>
       <c r="D191" s="5">
-        <v>0.71128682702674695</v>
+        <v>0.70563246963972759</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>176.14948225000001</v>
+        <v>176.14965093000001</v>
       </c>
       <c r="C192" s="5">
-        <v>1.0394904199999928</v>
+        <v>1.0402126399999929</v>
       </c>
       <c r="D192" s="5">
-        <v>7.3606961626105694</v>
+        <v>7.3660025306999666</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>175.73908578999999</v>
+        <v>175.73928678999999</v>
       </c>
       <c r="C193" s="5">
-        <v>-0.4103964600000154</v>
+        <v>-0.41036414000001287</v>
       </c>
       <c r="D193" s="5">
-        <v>-2.760234722248267</v>
+        <v>-2.7600175136030192</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>175.90856418000001</v>
+        <v>175.90830693999999</v>
       </c>
       <c r="C194" s="5">
-        <v>0.16947839000002318</v>
+        <v>0.16902014999999437</v>
       </c>
       <c r="D194" s="5">
-        <v>1.1634079638120909</v>
+        <v>1.1602443194293377</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>175.44176285</v>
+        <v>175.44159961</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.46680133000000978</v>
+        <v>-0.46670732999999132</v>
       </c>
       <c r="D195" s="5">
-        <v>-3.1383227894095977</v>
+        <v>-3.1377045386518088</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>176.17220298999999</v>
+        <v>176.17229399999999</v>
       </c>
       <c r="C196" s="5">
-        <v>0.73044013999998469</v>
+        <v>0.73069438999999647</v>
       </c>
       <c r="D196" s="5">
-        <v>5.1121286796722343</v>
+        <v>5.1139539234793752</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>175.88714863000001</v>
+        <v>175.88708747999999</v>
       </c>
       <c r="C197" s="5">
-        <v>-0.2850543599999753</v>
+        <v>-0.28520652000000268</v>
       </c>
       <c r="D197" s="5">
-        <v>-1.9244663115094762</v>
+        <v>-1.9254834627225104</v>
       </c>
       <c r="E197" s="5">
-        <v>1.0604618312513914</v>
+        <v>1.0604884210577703</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>178.04976005</v>
+        <v>178.04971488999999</v>
       </c>
       <c r="C198" s="5">
-        <v>2.1626114199999904</v>
+        <v>2.1626274099999989</v>
       </c>
       <c r="D198" s="5">
-        <v>15.794361219474906</v>
+        <v>15.794491876125139</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>177.99763361999999</v>
+        <v>177.99775246999999</v>
       </c>
       <c r="C199" s="5">
-        <v>-5.2126430000015489E-2</v>
+        <v>-5.1962419999995291E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>-0.35075078765434142</v>
+        <v>-0.34964904877105019</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>178.35581324</v>
+        <v>178.35594698</v>
       </c>
       <c r="C200" s="5">
-        <v>0.35817962000001557</v>
+        <v>0.35819451000000413</v>
       </c>
       <c r="D200" s="5">
-        <v>2.4416312130204787</v>
+        <v>2.4417321924558255</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>178.72880778999999</v>
+        <v>178.72897811000001</v>
       </c>
       <c r="C201" s="5">
-        <v>0.37299454999998716</v>
+        <v>0.37303113000001531</v>
       </c>
       <c r="D201" s="5">
-        <v>2.5386208813195976</v>
+        <v>2.5388707919076658</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>179.66437633999999</v>
+        <v>179.66462544000001</v>
       </c>
       <c r="C202" s="5">
-        <v>0.93556854999999928</v>
+        <v>0.93564732999999478</v>
       </c>
       <c r="D202" s="5">
-        <v>6.4655224049276594</v>
+        <v>6.4660762673908856</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>182.79723041</v>
+        <v>182.79661741000001</v>
       </c>
       <c r="C203" s="5">
-        <v>3.1328540700000076</v>
+        <v>3.1319919700000014</v>
       </c>
       <c r="D203" s="5">
-        <v>23.052841339053455</v>
+        <v>23.045842408801519</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>181.15892349999999</v>
+        <v>181.15906867999999</v>
       </c>
       <c r="C204" s="5">
-        <v>-1.6383069100000114</v>
+        <v>-1.6375487300000202</v>
       </c>
       <c r="D204" s="5">
-        <v>-10.240290335194246</v>
+        <v>-10.235814972974334</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>181.89235432000001</v>
+        <v>181.89257022000001</v>
       </c>
       <c r="C205" s="5">
-        <v>0.73343082000002369</v>
+        <v>0.73350154000002021</v>
       </c>
       <c r="D205" s="5">
-        <v>4.9679113078593851</v>
+        <v>4.9683969782071236</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>183.87341914999999</v>
+        <v>183.87295982000001</v>
       </c>
       <c r="C206" s="5">
-        <v>1.9810648299999798</v>
+        <v>1.9803895999999952</v>
       </c>
       <c r="D206" s="5">
-        <v>13.881739349261046</v>
+        <v>13.876703548026214</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>182.13760060999999</v>
+        <v>182.13762897999999</v>
       </c>
       <c r="C207" s="5">
-        <v>-1.7358185399999968</v>
+        <v>-1.7353308400000174</v>
       </c>
       <c r="D207" s="5">
-        <v>-10.758284477920254</v>
+        <v>-10.755442432047701</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>183.10423703000001</v>
+        <v>183.10435781999999</v>
       </c>
       <c r="C208" s="5">
-        <v>0.9666364200000146</v>
+        <v>0.96672884000000181</v>
       </c>
       <c r="D208" s="5">
-        <v>6.5578366135669475</v>
+        <v>6.558480971598124</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>183.81765303</v>
+        <v>183.81762291000001</v>
       </c>
       <c r="C209" s="5">
-        <v>0.71341599999999517</v>
+        <v>0.71326509000002147</v>
       </c>
       <c r="D209" s="5">
-        <v>4.7769792153791402</v>
+        <v>4.7759437682121098</v>
       </c>
       <c r="E209" s="5">
-        <v>4.5088594941536941</v>
+        <v>4.5088787037319111</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>183.95651548999999</v>
+        <v>183.95645909000001</v>
       </c>
       <c r="C210" s="5">
-        <v>0.13886245999998437</v>
+        <v>0.13883617999999842</v>
       </c>
       <c r="D210" s="5">
-        <v>0.91029912958935366</v>
+        <v>0.91012628711608645</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>185.27453012999999</v>
+        <v>185.27465975000001</v>
       </c>
       <c r="C211" s="5">
-        <v>1.3180146400000012</v>
+        <v>1.3182006600000022</v>
       </c>
       <c r="D211" s="5">
-        <v>8.9448114832112466</v>
+        <v>8.9461269402187682</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>186.85989570000001</v>
+        <v>186.86002181000001</v>
       </c>
       <c r="C212" s="5">
-        <v>1.5853655700000218</v>
+        <v>1.5853620599999942</v>
       </c>
       <c r="D212" s="5">
-        <v>10.765516960533116</v>
+        <v>10.765484103349809</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>189.43540412999999</v>
+        <v>189.43556620000001</v>
       </c>
       <c r="C213" s="5">
-        <v>2.5755084299999851</v>
+        <v>2.5755443900000046</v>
       </c>
       <c r="D213" s="5">
-        <v>17.852977822763982</v>
+        <v>17.853233306827711</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>190.20611445</v>
+        <v>190.20635486</v>
       </c>
       <c r="C214" s="5">
-        <v>0.77071032000000628</v>
+        <v>0.7707886599999938</v>
       </c>
       <c r="D214" s="5">
-        <v>4.9928925162213478</v>
+        <v>4.9934070690690557</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>190.37969426000001</v>
+        <v>190.37905635000001</v>
       </c>
       <c r="C215" s="5">
-        <v>0.17357981000000677</v>
+        <v>0.17270149000000856</v>
       </c>
       <c r="D215" s="5">
-        <v>1.1006188977906062</v>
+        <v>1.0950204954794707</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>191.21953047</v>
+        <v>191.21968072000001</v>
       </c>
       <c r="C216" s="5">
-        <v>0.8398362099999872</v>
+        <v>0.84062437000000045</v>
       </c>
       <c r="D216" s="5">
-        <v>5.4239949216999817</v>
+        <v>5.4292280579808061</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>193.02762422999999</v>
+        <v>193.02784736999999</v>
       </c>
       <c r="C217" s="5">
-        <v>1.8080937599999913</v>
+        <v>1.8081666499999756</v>
       </c>
       <c r="D217" s="5">
-        <v>11.955804654583035</v>
+        <v>11.95630208054903</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>191.41127800000001</v>
+        <v>191.41073717</v>
       </c>
       <c r="C218" s="5">
-        <v>-1.6163462299999765</v>
+        <v>-1.6171101999999848</v>
       </c>
       <c r="D218" s="5">
-        <v>-9.5982807593531163</v>
+        <v>-9.6025998589513115</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>193.25758629000001</v>
+        <v>193.25771212000001</v>
       </c>
       <c r="C219" s="5">
-        <v>1.8463082899999961</v>
+        <v>1.8469749500000034</v>
       </c>
       <c r="D219" s="5">
-        <v>12.209166828531369</v>
+        <v>12.213848189792543</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>194.72341173000001</v>
+        <v>194.72353555000001</v>
       </c>
       <c r="C220" s="5">
-        <v>1.4658254400000033</v>
+        <v>1.4658234300000004</v>
       </c>
       <c r="D220" s="5">
-        <v>9.4912538936645863</v>
+        <v>9.4912338914158845</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>194.65746103999999</v>
+        <v>194.65745969</v>
       </c>
       <c r="C221" s="5">
-        <v>-6.5950690000022405E-2</v>
+        <v>-6.6075860000012199E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>-0.40567064265769615</v>
+        <v>-0.4064388840712807</v>
       </c>
       <c r="E221" s="5">
-        <v>5.8970440712954098</v>
+        <v>5.8970606889565458</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>194.81745763000001</v>
+        <v>194.81743315</v>
       </c>
       <c r="C222" s="5">
-        <v>0.15999659000001998</v>
+        <v>0.15997346000000334</v>
       </c>
       <c r="D222" s="5">
-        <v>0.99079808517197332</v>
+        <v>0.99065420872754828</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>195.31817566000001</v>
+        <v>195.31827794</v>
       </c>
       <c r="C223" s="5">
-        <v>0.50071803000000159</v>
+        <v>0.50084479000000215</v>
       </c>
       <c r="D223" s="5">
-        <v>3.1282034200133424</v>
+        <v>3.1290069746044979</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>195.06914062000001</v>
+        <v>195.06922976000001</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.24903503999999543</v>
+        <v>-0.24904817999998841</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.5193427935439874</v>
+        <v>-1.5194216081775402</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>195.15461608000001</v>
+        <v>195.15472703</v>
       </c>
       <c r="C225" s="5">
-        <v>8.5475459999997838E-2</v>
+        <v>8.5497269999990522E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>0.52708545939705864</v>
+        <v>0.52722003389578109</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>195.41030452000001</v>
+        <v>195.4104748</v>
       </c>
       <c r="C226" s="5">
-        <v>0.25568844000000013</v>
+        <v>0.25574776999999926</v>
       </c>
       <c r="D226" s="5">
-        <v>1.5835997701822535</v>
+        <v>1.5839689745534624</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>195.21102933</v>
+        <v>195.21057407999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.19927519000000871</v>
+        <v>-0.19990072000001646</v>
       </c>
       <c r="D227" s="5">
-        <v>-1.2168935938126735</v>
+        <v>-1.2206909305340741</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>195.44376801000001</v>
+        <v>195.44384926999999</v>
       </c>
       <c r="C228" s="5">
-        <v>0.2327386800000113</v>
+        <v>0.23327519000000052</v>
       </c>
       <c r="D228" s="5">
-        <v>1.4401086213075898</v>
+        <v>1.4434536023470779</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>194.72266780000001</v>
+        <v>194.72283003999999</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.72110021000000302</v>
+        <v>-0.72101922999999601</v>
       </c>
       <c r="D229" s="5">
-        <v>-4.3387153548277606</v>
+        <v>-4.3382361905243361</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>194.43135781000001</v>
+        <v>194.43095499</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.29130999000000202</v>
+        <v>-0.29187504999998737</v>
       </c>
       <c r="D230" s="5">
-        <v>-1.7805320807383507</v>
+        <v>-1.7839559186159093</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>194.42601382000001</v>
+        <v>194.42610372999999</v>
       </c>
       <c r="C231" s="5">
-        <v>-5.3439900000000762E-3</v>
+        <v>-4.8512600000094608E-3</v>
       </c>
       <c r="D231" s="5">
-        <v>-3.2977286935054195E-2</v>
+        <v>-2.9937173201521894E-2</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>193.85372079999999</v>
+        <v>193.85381268</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.5722930200000178</v>
+        <v>-0.57229104999998981</v>
       </c>
       <c r="D232" s="5">
-        <v>-3.4755739885319215</v>
+        <v>-3.4755606363052083</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>194.35486539999999</v>
+        <v>194.35489025000001</v>
       </c>
       <c r="C233" s="5">
-        <v>0.50114460000000349</v>
+        <v>0.50107757000000674</v>
       </c>
       <c r="D233" s="5">
-        <v>3.1466933763410365</v>
+        <v>3.1462649801925924</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.15545031687114186</v>
+        <v>-0.15543685840853083</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>194.05838163000001</v>
+        <v>194.05838459</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.2964837699999805</v>
+        <v>-0.29650566000000822</v>
       </c>
       <c r="D234" s="5">
-        <v>-1.8152908523600297</v>
+        <v>-1.8154235262288543</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>192.97468379</v>
+        <v>192.97474661000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.0836978400000135</v>
+        <v>-1.0836379799999918</v>
       </c>
       <c r="D235" s="5">
-        <v>-6.4992287997191367</v>
+        <v>-6.498880660093354</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>191.95167326999999</v>
+        <v>191.95172588</v>
       </c>
       <c r="C236" s="5">
-        <v>-1.0230105200000139</v>
+        <v>-1.0230207300000131</v>
       </c>
       <c r="D236" s="5">
-        <v>-6.1792777833032613</v>
+        <v>-6.1793357144034999</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>191.66074473</v>
+        <v>191.66079501999999</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.29092853999998169</v>
+        <v>-0.29093086000000312</v>
       </c>
       <c r="D237" s="5">
-        <v>-1.8036763233207354</v>
+        <v>-1.8036900967495106</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>191.10570052</v>
+        <v>191.10578692000001</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.55504421000000548</v>
+        <v>-0.55500809999998069</v>
       </c>
       <c r="D238" s="5">
-        <v>-3.420345706956518</v>
+        <v>-3.4201258353509845</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>190.53815101999999</v>
+        <v>190.53791175999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.56754950000001259</v>
+        <v>-0.56787516000002825</v>
       </c>
       <c r="D239" s="5">
-        <v>-3.5061453454428015</v>
+        <v>-3.508122846734929</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>191.05235347999999</v>
+        <v>191.05237056000001</v>
       </c>
       <c r="C240" s="5">
-        <v>0.51420246000000702</v>
+        <v>0.5144588000000283</v>
       </c>
       <c r="D240" s="5">
-        <v>3.2869242396267095</v>
+        <v>3.2885914365250013</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>190.74693203999999</v>
+        <v>190.74701139999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.30542144000000349</v>
+        <v>-0.30535916000002317</v>
       </c>
       <c r="D241" s="5">
-        <v>-1.9015748771173513</v>
+        <v>-1.9011903513700634</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>190.10216541</v>
+        <v>190.10194870999999</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.64476662999999235</v>
+        <v>-0.64506269000000316</v>
       </c>
       <c r="D242" s="5">
-        <v>-3.9816966154194833</v>
+        <v>-3.9834894093090711</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>189.52690272000001</v>
+        <v>189.52696126999999</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.5752626899999882</v>
+        <v>-0.57498744000000102</v>
       </c>
       <c r="D243" s="5">
-        <v>-3.5714540383994464</v>
+        <v>-3.5697775081489969</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>188.85930031000001</v>
+        <v>188.8593458</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.66760241000000065</v>
+        <v>-0.667615469999987</v>
       </c>
       <c r="D244" s="5">
-        <v>-4.1460239575459408</v>
+        <v>-4.1461022433244459</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>189.51227843000001</v>
+        <v>189.51231702999999</v>
       </c>
       <c r="C245" s="5">
-        <v>0.65297812000000022</v>
+        <v>0.65297122999999146</v>
       </c>
       <c r="D245" s="5">
-        <v>4.2287956277842431</v>
+        <v>4.228749117070163</v>
       </c>
       <c r="E245" s="5">
-        <v>-2.4916211693664092</v>
+        <v>-2.4916137761035961</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>189.45074278999999</v>
+        <v>189.45077104999999</v>
       </c>
       <c r="C246" s="5">
-        <v>-6.1535640000016656E-2</v>
+        <v>-6.1545980000005329E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>-0.38895124360038835</v>
+        <v>-0.38901640434175766</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>189.78983278000001</v>
+        <v>189.78985890999999</v>
       </c>
       <c r="C247" s="5">
-        <v>0.33908999000001927</v>
+        <v>0.33908786000000646</v>
       </c>
       <c r="D247" s="5">
-        <v>2.169100365038279</v>
+        <v>2.1690862786360121</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>190.57649832000001</v>
+        <v>190.57651976</v>
       </c>
       <c r="C248" s="5">
-        <v>0.78666554000000133</v>
+        <v>0.78666085000000407</v>
       </c>
       <c r="D248" s="5">
-        <v>5.0888880925143543</v>
+        <v>5.0888563415725674</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>189.80542928</v>
+        <v>189.8054253</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.77106904000001464</v>
+        <v>-0.77109446000000048</v>
       </c>
       <c r="D249" s="5">
-        <v>-4.7485802818270422</v>
+        <v>-4.7487328397209811</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>190.22386867</v>
+        <v>190.22387454</v>
       </c>
       <c r="C250" s="5">
-        <v>0.41843939000000319</v>
+        <v>0.41844924000000105</v>
       </c>
       <c r="D250" s="5">
-        <v>2.6777979681121611</v>
+        <v>2.6778618261889875</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>190.57111470000001</v>
+        <v>190.57106358999999</v>
       </c>
       <c r="C251" s="5">
-        <v>0.34724603000000798</v>
+        <v>0.34718904999999722</v>
       </c>
       <c r="D251" s="5">
-        <v>2.2126793704625669</v>
+        <v>2.2123125679295752</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>190.17956631999999</v>
+        <v>190.17952066999999</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.39154838000001746</v>
+        <v>-0.39154292000000623</v>
       </c>
       <c r="D252" s="5">
-        <v>-2.437854774031234</v>
+        <v>-2.4378218086947401</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>190.89197519000001</v>
+        <v>190.89197035000001</v>
       </c>
       <c r="C253" s="5">
-        <v>0.71240887000001862</v>
+        <v>0.71244968000002018</v>
       </c>
       <c r="D253" s="5">
-        <v>4.588955970805908</v>
+        <v>4.5892254111429942</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>191.72062098000001</v>
+        <v>191.72057096</v>
       </c>
       <c r="C254" s="5">
-        <v>0.82864578999999594</v>
+        <v>0.82860060999999519</v>
       </c>
       <c r="D254" s="5">
-        <v>5.3352823243250302</v>
+        <v>5.33498458928372</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>193.23327266000001</v>
+        <v>193.23334260999999</v>
       </c>
       <c r="C255" s="5">
-        <v>1.5126516800000047</v>
+        <v>1.5127716499999906</v>
       </c>
       <c r="D255" s="5">
-        <v>9.8896999362085616</v>
+        <v>9.8905213403499346</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>193.47078123</v>
+        <v>193.47078948999999</v>
       </c>
       <c r="C256" s="5">
-        <v>0.23750856999998859</v>
+        <v>0.23744687999999314</v>
       </c>
       <c r="D256" s="5">
-        <v>1.4849664591776612</v>
+        <v>1.4845776054380755</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>193.34151806</v>
+        <v>193.34154895</v>
       </c>
       <c r="C257" s="5">
-        <v>-0.12926317000000154</v>
+        <v>-0.12924053999998364</v>
       </c>
       <c r="D257" s="5">
-        <v>-0.79881347577906991</v>
+        <v>-0.79867410757568091</v>
       </c>
       <c r="E257" s="5">
-        <v>2.0205760079099022</v>
+        <v>2.0205715280204428</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>193.84344962</v>
+        <v>193.84347348</v>
       </c>
       <c r="C258" s="5">
-        <v>0.50193156000000272</v>
+        <v>0.50192452999999659</v>
       </c>
       <c r="D258" s="5">
-        <v>3.1601744051106273</v>
+        <v>3.1601289980462077</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>193.86451223</v>
+        <v>193.86452374000001</v>
       </c>
       <c r="C259" s="5">
-        <v>2.1062610000001314E-2</v>
+        <v>2.1050260000009757E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>0.13046735599420156</v>
+        <v>0.13039079508472273</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>195.68179097000001</v>
+        <v>195.68179852</v>
       </c>
       <c r="C260" s="5">
-        <v>1.8172787400000061</v>
+        <v>1.8172747799999911</v>
       </c>
       <c r="D260" s="5">
-        <v>11.847214663112604</v>
+        <v>11.847186761738415</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>195.41777374</v>
+        <v>195.41775490000001</v>
       </c>
       <c r="C261" s="5">
-        <v>-0.26401723000000743</v>
+        <v>-0.26404361999999537</v>
       </c>
       <c r="D261" s="5">
-        <v>-1.6070999069556668</v>
+        <v>-1.6072592937464436</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>195.65321999</v>
+        <v>195.65320840999999</v>
       </c>
       <c r="C262" s="5">
-        <v>0.23544624999999542</v>
+        <v>0.23545350999998504</v>
       </c>
       <c r="D262" s="5">
-        <v>1.4554217990698115</v>
+        <v>1.4554671161588484</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>195.83865096</v>
+        <v>195.83858142</v>
       </c>
       <c r="C263" s="5">
-        <v>0.18543096999999875</v>
+        <v>0.18537301000000639</v>
       </c>
       <c r="D263" s="5">
-        <v>1.1432509960860981</v>
+        <v>1.1428918549118317</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>195.77026239</v>
+        <v>195.77023331000001</v>
       </c>
       <c r="C264" s="5">
-        <v>-6.8388569999996207E-2</v>
+        <v>-6.8348109999988083E-2</v>
       </c>
       <c r="D264" s="5">
-        <v>-0.41824658450148045</v>
+        <v>-0.41799976465503041</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>196.35196535</v>
+        <v>196.35194539</v>
       </c>
       <c r="C265" s="5">
-        <v>0.58170296000000121</v>
+        <v>0.58171207999998842</v>
       </c>
       <c r="D265" s="5">
-        <v>3.6244781732793108</v>
+        <v>3.6245364773258126</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>197.12792970000001</v>
+        <v>197.12791515000001</v>
       </c>
       <c r="C266" s="5">
-        <v>0.77596435000000952</v>
+        <v>0.7759697600000095</v>
       </c>
       <c r="D266" s="5">
-        <v>4.8467320528410962</v>
+        <v>4.8467670853975964</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>197.84675899999999</v>
+        <v>197.84688929000001</v>
       </c>
       <c r="C267" s="5">
-        <v>0.71882929999998169</v>
+        <v>0.71897414000000026</v>
       </c>
       <c r="D267" s="5">
-        <v>4.4646500769612851</v>
+        <v>4.4655681368557021</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>198.32829777000001</v>
+        <v>198.32830086000001</v>
       </c>
       <c r="C268" s="5">
-        <v>0.48153877000001444</v>
+        <v>0.4814115700000059</v>
       </c>
       <c r="D268" s="5">
-        <v>2.9600936336702244</v>
+        <v>2.9592992466511925</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>197.81329352</v>
+        <v>197.81332090000001</v>
       </c>
       <c r="C269" s="5">
-        <v>-0.51500425000000405</v>
+        <v>-0.51497996000000512</v>
       </c>
       <c r="D269" s="5">
-        <v>-3.0719504802604436</v>
+        <v>-3.0718076084701673</v>
       </c>
       <c r="E269" s="5">
-        <v>2.3128893912027104</v>
+        <v>2.3128872062344152</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>199.59095356</v>
+        <v>199.59098901999999</v>
       </c>
       <c r="C270" s="5">
-        <v>1.7776600400000007</v>
+        <v>1.7776681199999871</v>
       </c>
       <c r="D270" s="5">
-        <v>11.333163668440793</v>
+        <v>11.333216106386224</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>200.58695821000001</v>
+        <v>200.58698226999999</v>
       </c>
       <c r="C271" s="5">
-        <v>0.99600465000000327</v>
+        <v>0.99599324999999794</v>
       </c>
       <c r="D271" s="5">
-        <v>6.1553959387478985</v>
+        <v>6.1553224171895238</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>201.43837728</v>
+        <v>201.43832849</v>
       </c>
       <c r="C272" s="5">
-        <v>0.85141906999999151</v>
+        <v>0.85134622000001059</v>
       </c>
       <c r="D272" s="5">
-        <v>5.2141764003660329</v>
+        <v>5.2137191539320282</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>203.03022192</v>
+        <v>203.03019924</v>
       </c>
       <c r="C273" s="5">
-        <v>1.591844640000005</v>
+        <v>1.5918707499999982</v>
       </c>
       <c r="D273" s="5">
-        <v>9.9060756135198158</v>
+        <v>9.906247727337858</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>203.07869632000001</v>
+        <v>203.07867536000001</v>
       </c>
       <c r="C274" s="5">
-        <v>4.847440000000347E-2</v>
+        <v>4.8476120000003675E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>0.28688204781124327</v>
+        <v>0.28689227260674244</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>203.88597738999999</v>
+        <v>203.88585193</v>
       </c>
       <c r="C275" s="5">
-        <v>0.80728106999998772</v>
+        <v>0.80717656999999576</v>
       </c>
       <c r="D275" s="5">
-        <v>4.8759453055608803</v>
+        <v>4.875300782476133</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>203.05450393000001</v>
+        <v>203.05443996</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.83147345999998379</v>
+        <v>-0.83141197000000489</v>
       </c>
       <c r="D276" s="5">
-        <v>-4.7854686293160693</v>
+        <v>-4.7851255073180337</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>205.32058746999999</v>
+        <v>205.32058228</v>
       </c>
       <c r="C277" s="5">
-        <v>2.2660835399999826</v>
+        <v>2.2661423200000002</v>
       </c>
       <c r="D277" s="5">
-        <v>14.245329569102271</v>
+        <v>14.245726815985016</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>206.21388413</v>
+        <v>206.21389796</v>
       </c>
       <c r="C278" s="5">
-        <v>0.89329666000000429</v>
+        <v>0.89331568000000061</v>
       </c>
       <c r="D278" s="5">
-        <v>5.3476496876081692</v>
+        <v>5.3477664261388114</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>205.89825271999999</v>
+        <v>205.89846886999999</v>
       </c>
       <c r="C279" s="5">
-        <v>-0.31563141000000883</v>
+        <v>-0.31542909000000918</v>
       </c>
       <c r="D279" s="5">
-        <v>-1.8213390681046882</v>
+        <v>-1.8201812715293531</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>207.49148080000001</v>
+        <v>207.4915129</v>
       </c>
       <c r="C280" s="5">
-        <v>1.5932280800000171</v>
+        <v>1.5930440300000157</v>
       </c>
       <c r="D280" s="5">
-        <v>9.6910787663996079</v>
+        <v>9.6899005790907378</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>208.87741432999999</v>
+        <v>208.87746315999999</v>
       </c>
       <c r="C281" s="5">
-        <v>1.3859335299999884</v>
+        <v>1.3859502599999871</v>
       </c>
       <c r="D281" s="5">
-        <v>8.3164833915564618</v>
+        <v>8.3165861644306283</v>
       </c>
       <c r="E281" s="5">
-        <v>5.5932139913950518</v>
+        <v>5.5932240607765804</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>209.02222911000001</v>
+        <v>209.02228070000001</v>
       </c>
       <c r="C282" s="5">
-        <v>0.14481478000001857</v>
+        <v>0.14481754000001956</v>
       </c>
       <c r="D282" s="5">
-        <v>0.83514012849577046</v>
+        <v>0.83515591004885703</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>210.80210510000001</v>
+        <v>210.80215276000001</v>
       </c>
       <c r="C283" s="5">
-        <v>1.7798759899999936</v>
+        <v>1.7798720600000024</v>
       </c>
       <c r="D283" s="5">
-        <v>10.710706575056639</v>
+        <v>10.710679038616844</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>211.79031376</v>
+        <v>211.79022323999999</v>
       </c>
       <c r="C284" s="5">
-        <v>0.98820865999999796</v>
+        <v>0.98807047999997621</v>
       </c>
       <c r="D284" s="5">
-        <v>5.7727517815627127</v>
+        <v>5.7719223240839002</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>212.8780568</v>
+        <v>212.87804181999999</v>
       </c>
       <c r="C285" s="5">
-        <v>1.0877430399999923</v>
+        <v>1.087818580000004</v>
       </c>
       <c r="D285" s="5">
-        <v>6.3402413587423156</v>
+        <v>6.3406969660203316</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>213.66919748000001</v>
+        <v>213.66905095999999</v>
       </c>
       <c r="C286" s="5">
-        <v>0.79114068000001225</v>
+        <v>0.79100913999999989</v>
       </c>
       <c r="D286" s="5">
-        <v>4.5519794324331952</v>
+        <v>4.5512073847225665</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>215.15908773000001</v>
+        <v>215.15887398999999</v>
       </c>
       <c r="C287" s="5">
-        <v>1.489890250000002</v>
+        <v>1.4898230299999966</v>
       </c>
       <c r="D287" s="5">
-        <v>8.6959354276384015</v>
+        <v>8.6955341162594291</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>215.51406470000001</v>
+        <v>215.51389361</v>
       </c>
       <c r="C288" s="5">
-        <v>0.35497696999999562</v>
+        <v>0.35501962000000731</v>
       </c>
       <c r="D288" s="5">
-        <v>1.9978659378095953</v>
+        <v>1.9981101642593257</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>216.08012719000001</v>
+        <v>216.08010591999999</v>
       </c>
       <c r="C289" s="5">
-        <v>0.5660624900000073</v>
+        <v>0.56621230999999739</v>
       </c>
       <c r="D289" s="5">
-        <v>3.1978159112923121</v>
+        <v>3.1986771220072097</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>216.40544525999999</v>
+        <v>216.40554102999999</v>
       </c>
       <c r="C290" s="5">
-        <v>0.32531806999998025</v>
+        <v>0.3254351100000008</v>
       </c>
       <c r="D290" s="5">
-        <v>1.8216877156781219</v>
+        <v>1.8223487253444803</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>216.34687066000001</v>
+        <v>216.34725477999999</v>
       </c>
       <c r="C291" s="5">
-        <v>-5.8574599999985821E-2</v>
+        <v>-5.8286250000008977E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>-0.3243216688310735</v>
+        <v>-0.32272732562281803</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>218.25202718</v>
+        <v>218.25221993</v>
       </c>
       <c r="C292" s="5">
-        <v>1.9051565199999914</v>
+        <v>1.9049651500000095</v>
       </c>
       <c r="D292" s="5">
-        <v>11.094362674349</v>
+        <v>11.09317308989619</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>218.28005961</v>
+        <v>218.28020151000001</v>
       </c>
       <c r="C293" s="5">
-        <v>2.8032429999996111E-2</v>
+        <v>2.7981580000016493E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>0.15423769452780345</v>
+        <v>0.15395757852607606</v>
       </c>
       <c r="E293" s="5">
-        <v>4.5015136318879323</v>
+        <v>4.5015571367780893</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>219.51440717</v>
+        <v>219.51447851</v>
       </c>
       <c r="C294" s="5">
-        <v>1.2343475600000033</v>
+        <v>1.2342769999999916</v>
       </c>
       <c r="D294" s="5">
-        <v>7.0009380396821363</v>
+        <v>7.0005206186211533</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>219.72414778999999</v>
+        <v>219.72418349</v>
       </c>
       <c r="C295" s="5">
-        <v>0.20974061999999094</v>
+        <v>0.20970497999999793</v>
       </c>
       <c r="D295" s="5">
-        <v>1.1526150930950108</v>
+        <v>1.1524178292203979</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>220.85696605999999</v>
+        <v>220.85680221000001</v>
       </c>
       <c r="C296" s="5">
-        <v>1.1328182700000013</v>
+        <v>1.1326187200000106</v>
       </c>
       <c r="D296" s="5">
-        <v>6.3652483255508319</v>
+        <v>6.3640940226325826</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>222.03109766</v>
+        <v>222.03103773999999</v>
       </c>
       <c r="C297" s="5">
-        <v>1.1741316000000097</v>
+        <v>1.1742355299999758</v>
       </c>
       <c r="D297" s="5">
-        <v>6.5693823271872676</v>
+        <v>6.5699859519493531</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>223.03189957000001</v>
+        <v>223.03151152000001</v>
       </c>
       <c r="C298" s="5">
-        <v>1.000801910000007</v>
+        <v>1.0004737800000214</v>
       </c>
       <c r="D298" s="5">
-        <v>5.5451127155570212</v>
+        <v>5.5432508971747563</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>225.02062491000001</v>
+        <v>225.02026999</v>
       </c>
       <c r="C299" s="5">
-        <v>1.988725340000002</v>
+        <v>1.9887584699999934</v>
       </c>
       <c r="D299" s="5">
-        <v>11.240803635726193</v>
+        <v>11.241020700038318</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>224.99935070999999</v>
+        <v>224.99895308000001</v>
       </c>
       <c r="C300" s="5">
-        <v>-2.1274200000021892E-2</v>
+        <v>-2.1316909999995914E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>-0.1133930251496551</v>
+        <v>-0.11362073305911657</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>225.50435521</v>
+        <v>225.50413842</v>
       </c>
       <c r="C301" s="5">
-        <v>0.50500450000001251</v>
+        <v>0.50518533999999704</v>
       </c>
       <c r="D301" s="5">
-        <v>2.7268636054113893</v>
+        <v>2.727857054372862</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>226.88223353000001</v>
+        <v>226.88222875</v>
       </c>
       <c r="C302" s="5">
-        <v>1.3778783200000078</v>
+        <v>1.378090329999992</v>
       </c>
       <c r="D302" s="5">
-        <v>7.5837454945533622</v>
+        <v>7.5849594184011826</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>227.99282805999999</v>
+        <v>227.99440770000001</v>
       </c>
       <c r="C303" s="5">
-        <v>1.110594529999986</v>
+        <v>1.1121789500000148</v>
       </c>
       <c r="D303" s="5">
-        <v>6.0347852393633383</v>
+        <v>6.0436282828313592</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>228.59242205999999</v>
+        <v>228.59276105999999</v>
       </c>
       <c r="C304" s="5">
-        <v>0.59959399999999619</v>
+        <v>0.59835335999997596</v>
       </c>
       <c r="D304" s="5">
-        <v>3.2019071081857087</v>
+        <v>3.1951635563135961</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>229.24344837999999</v>
+        <v>229.24372579999999</v>
       </c>
       <c r="C305" s="5">
-        <v>0.65102631999999971</v>
+        <v>0.65096474000000626</v>
       </c>
       <c r="D305" s="5">
-        <v>3.4716182378669469</v>
+        <v>3.4712794716590833</v>
       </c>
       <c r="E305" s="5">
-        <v>5.0226249661046607</v>
+        <v>5.0226837863248441</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>230.61168106</v>
+        <v>230.61173359</v>
       </c>
       <c r="C306" s="5">
-        <v>1.3682326800000055</v>
+        <v>1.3680077900000072</v>
       </c>
       <c r="D306" s="5">
-        <v>7.4020144804257226</v>
+        <v>7.4007483878477887</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>232.29099651000001</v>
+        <v>232.29083076000001</v>
       </c>
       <c r="C307" s="5">
-        <v>1.6793154500000185</v>
+        <v>1.6790971700000057</v>
       </c>
       <c r="D307" s="5">
-        <v>9.0970244037676942</v>
+        <v>9.0957920545794444</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>230.39745568000001</v>
+        <v>230.39701493999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-1.8935408300000063</v>
+        <v>-1.8938158200000146</v>
       </c>
       <c r="D308" s="5">
-        <v>-9.3550485850865233</v>
+        <v>-9.3563532234815732</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>234.50865992000001</v>
+        <v>234.50840106000001</v>
       </c>
       <c r="C309" s="5">
-        <v>4.1112042400000064</v>
+        <v>4.1113861200000201</v>
       </c>
       <c r="D309" s="5">
-        <v>23.644406394440985</v>
+        <v>23.645606913081107</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>235.67446766</v>
+        <v>235.67368023</v>
       </c>
       <c r="C310" s="5">
-        <v>1.1658077399999911</v>
+        <v>1.1652791699999909</v>
       </c>
       <c r="D310" s="5">
-        <v>6.1313767376062422</v>
+        <v>6.1285273500376602</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>237.6934986</v>
+        <v>237.69280499000001</v>
       </c>
       <c r="C311" s="5">
-        <v>2.0190309399999933</v>
+        <v>2.0191247600000111</v>
       </c>
       <c r="D311" s="5">
-        <v>10.778943606712055</v>
+        <v>10.779506044557863</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>240.91477147000001</v>
+        <v>240.91425175000001</v>
       </c>
       <c r="C312" s="5">
-        <v>3.2212728700000071</v>
+        <v>3.2214467599999921</v>
       </c>
       <c r="D312" s="5">
-        <v>17.53129288695192</v>
+        <v>17.532365919927351</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>241.37514171000001</v>
+        <v>241.37455998999999</v>
       </c>
       <c r="C313" s="5">
-        <v>0.46037024000000315</v>
+        <v>0.46030823999998915</v>
       </c>
       <c r="D313" s="5">
-        <v>2.317365882092659</v>
+        <v>2.3170555569126616</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>242.56343147999999</v>
+        <v>242.5630658</v>
       </c>
       <c r="C314" s="5">
-        <v>1.188289769999983</v>
+        <v>1.1885058100000094</v>
       </c>
       <c r="D314" s="5">
-        <v>6.0702110573726209</v>
+        <v>6.0713597553831988</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>242.82830236999999</v>
+        <v>242.83084713</v>
       </c>
       <c r="C315" s="5">
-        <v>0.26487088999999742</v>
+        <v>0.26778132999999116</v>
       </c>
       <c r="D315" s="5">
-        <v>1.3182570369035806</v>
+        <v>1.3328323257996821</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>243.32298893000001</v>
+        <v>243.32613377999999</v>
       </c>
       <c r="C316" s="5">
-        <v>0.49468656000001943</v>
+        <v>0.49528664999999705</v>
       </c>
       <c r="D316" s="5">
-        <v>2.4722016106442535</v>
+        <v>2.475208058654732</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>244.36009379999999</v>
+        <v>244.360479</v>
       </c>
       <c r="C317" s="5">
-        <v>1.037104869999979</v>
+        <v>1.0343452200000058</v>
       </c>
       <c r="D317" s="5">
-        <v>5.2363282007776624</v>
+        <v>5.2219983297518313</v>
       </c>
       <c r="E317" s="5">
-        <v>6.5941450134453738</v>
+        <v>6.5941840489839088</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>246.20749412999999</v>
+        <v>246.20753482000001</v>
       </c>
       <c r="C318" s="5">
-        <v>1.8474003299999993</v>
+        <v>1.8470558200000085</v>
       </c>
       <c r="D318" s="5">
-        <v>9.4590860533437127</v>
+        <v>9.4572325845792662</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>247.72479340000001</v>
+        <v>247.72405845</v>
       </c>
       <c r="C319" s="5">
-        <v>1.5172992700000236</v>
+        <v>1.5165236299999947</v>
       </c>
       <c r="D319" s="5">
-        <v>7.6511027557863542</v>
+        <v>7.6470567799862277</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>248.10694791</v>
+        <v>248.10532873</v>
       </c>
       <c r="C320" s="5">
-        <v>0.38215450999999234</v>
+        <v>0.38127027999999541</v>
       </c>
       <c r="D320" s="5">
-        <v>1.8669766734587201</v>
+        <v>1.8626257990131956</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>249.63588981000001</v>
+        <v>249.63425355999999</v>
       </c>
       <c r="C321" s="5">
-        <v>1.5289419000000066</v>
+        <v>1.528924829999994</v>
       </c>
       <c r="D321" s="5">
-        <v>7.6507761980134203</v>
+        <v>7.6507394987204602</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>250.71432440999999</v>
+        <v>250.71238212</v>
       </c>
       <c r="C322" s="5">
-        <v>1.07843459999998</v>
+        <v>1.0781285600000103</v>
       </c>
       <c r="D322" s="5">
-        <v>5.3090009599664478</v>
+        <v>5.3074940157975092</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>249.55818479000001</v>
+        <v>249.55686881</v>
       </c>
       <c r="C323" s="5">
-        <v>-1.1561396199999763</v>
+        <v>-1.1555133100000035</v>
       </c>
       <c r="D323" s="5">
-        <v>-5.3954459801263237</v>
+        <v>-5.3926375439478091</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>249.88480683</v>
+        <v>249.88422915000001</v>
       </c>
       <c r="C324" s="5">
-        <v>0.32662203999998951</v>
+        <v>0.32736034000001268</v>
       </c>
       <c r="D324" s="5">
-        <v>1.5819163905448796</v>
+        <v>1.5855264304306171</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>250.50776902000001</v>
+        <v>250.50707843999999</v>
       </c>
       <c r="C325" s="5">
-        <v>0.62296219000000974</v>
+        <v>0.62284928999997646</v>
       </c>
       <c r="D325" s="5">
-        <v>3.0329589873383966</v>
+        <v>3.032408870933323</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>252.25929715999999</v>
+        <v>252.25914370000001</v>
       </c>
       <c r="C326" s="5">
-        <v>1.7515281399999765</v>
+        <v>1.7520652600000233</v>
       </c>
       <c r="D326" s="5">
-        <v>8.7205863046830636</v>
+        <v>8.72338922129412</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>252.49723613</v>
+        <v>252.50199597</v>
       </c>
       <c r="C327" s="5">
-        <v>0.23793897000001607</v>
+        <v>0.24285226999998599</v>
       </c>
       <c r="D327" s="5">
-        <v>1.1377684897288853</v>
+        <v>1.1613879955663098</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>253.74617043999999</v>
+        <v>253.75397813999999</v>
       </c>
       <c r="C328" s="5">
-        <v>1.2489343099999815</v>
+        <v>1.2519821699999909</v>
       </c>
       <c r="D328" s="5">
-        <v>6.0997633230190695</v>
+        <v>6.1149388454872389</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>253.66408457</v>
+        <v>253.66627917</v>
       </c>
       <c r="C329" s="5">
-        <v>-8.2085869999986016E-2</v>
+        <v>-8.769896999999105E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>-0.38750525103947719</v>
+        <v>-0.41394012248254786</v>
       </c>
       <c r="E329" s="5">
-        <v>3.8074918966167104</v>
+        <v>3.8082263580764941</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>253.27430561</v>
+        <v>253.27518093</v>
       </c>
       <c r="C330" s="5">
-        <v>-0.38977896000000101</v>
+        <v>-0.39109823999999094</v>
       </c>
       <c r="D330" s="5">
-        <v>-1.8284101043106182</v>
+        <v>-1.8345305807036416</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>253.60250324</v>
+        <v>253.60029220999999</v>
       </c>
       <c r="C331" s="5">
-        <v>0.32819763000000535</v>
+        <v>0.32511127999998735</v>
       </c>
       <c r="D331" s="5">
-        <v>1.5661130466350981</v>
+        <v>1.5512758889217881</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>254.47965237</v>
+        <v>254.47324871000001</v>
       </c>
       <c r="C332" s="5">
-        <v>0.87714912999999228</v>
+        <v>0.87295650000001501</v>
       </c>
       <c r="D332" s="5">
-        <v>4.2303801290833221</v>
+        <v>4.2098126689031456</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>255.00096192999999</v>
+        <v>254.99354234</v>
       </c>
       <c r="C333" s="5">
-        <v>0.52130955999999173</v>
+        <v>0.52029362999999762</v>
       </c>
       <c r="D333" s="5">
-        <v>2.4861244612399469</v>
+        <v>2.4812880244923896</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>255.68046147000001</v>
+        <v>255.67688999000001</v>
       </c>
       <c r="C334" s="5">
-        <v>0.67949954000002322</v>
+        <v>0.68334765000000175</v>
       </c>
       <c r="D334" s="5">
-        <v>3.2449155202805446</v>
+        <v>3.2636600369804647</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>255.75749225999999</v>
+        <v>255.75593846000001</v>
       </c>
       <c r="C335" s="5">
-        <v>7.7030789999980698E-2</v>
+        <v>7.904847000000359E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>0.36213276479315493</v>
+        <v>0.37163950258369827</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>255.93067316</v>
+        <v>255.93143015999999</v>
       </c>
       <c r="C336" s="5">
-        <v>0.17318090000000552</v>
+        <v>0.17549169999998071</v>
       </c>
       <c r="D336" s="5">
-        <v>0.81558816688489522</v>
+        <v>0.82651692620734352</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>256.87175002999999</v>
+        <v>256.87211331999998</v>
       </c>
       <c r="C337" s="5">
-        <v>0.94107686999998919</v>
+        <v>0.94068315999999186</v>
       </c>
       <c r="D337" s="5">
-        <v>4.502833575160925</v>
+        <v>4.5008979372453739</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>256.90932468</v>
+        <v>256.91020371000002</v>
       </c>
       <c r="C338" s="5">
-        <v>3.7574650000010479E-2</v>
+        <v>3.8090390000036223E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>0.17567472300294984</v>
+        <v>0.17808770398803908</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>256.59368948000002</v>
+        <v>256.60209263000002</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.31563519999997425</v>
+        <v>-0.30811108000000331</v>
       </c>
       <c r="D339" s="5">
-        <v>-1.464381691972283</v>
+        <v>-1.4296988136490385</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>258.65963796</v>
+        <v>258.67587669</v>
       </c>
       <c r="C340" s="5">
-        <v>2.0659484799999746</v>
+        <v>2.0737840599999799</v>
       </c>
       <c r="D340" s="5">
-        <v>10.101269833785654</v>
+        <v>10.140953090405702</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>259.71152373000001</v>
+        <v>259.71770563000001</v>
       </c>
       <c r="C341" s="5">
-        <v>1.0518857700000126</v>
+        <v>1.0418289400000162</v>
       </c>
       <c r="D341" s="5">
-        <v>4.9906582685661727</v>
+        <v>4.9415647807689034</v>
       </c>
       <c r="E341" s="5">
-        <v>2.3840344486494303</v>
+        <v>2.3855856914842599</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>260.85557224000001</v>
+        <v>260.85797212</v>
       </c>
       <c r="C342" s="5">
-        <v>1.1440485100000046</v>
+        <v>1.1402664899999877</v>
       </c>
       <c r="D342" s="5">
-        <v>5.4160591196914076</v>
+        <v>5.3975884619748893</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>261.37297323000001</v>
+        <v>261.37002309000002</v>
       </c>
       <c r="C343" s="5">
-        <v>0.51740098999999873</v>
+        <v>0.51205097000001842</v>
       </c>
       <c r="D343" s="5">
-        <v>2.4063102591135532</v>
+        <v>2.3811371999025832</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>261.73953413999999</v>
+        <v>261.72884290000002</v>
       </c>
       <c r="C344" s="5">
-        <v>0.36656090999997559</v>
+        <v>0.35881980999999996</v>
       </c>
       <c r="D344" s="5">
-        <v>1.6959746570535783</v>
+        <v>1.6599067886528207</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>261.23055994999999</v>
+        <v>261.19293740000001</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.50897419000000355</v>
+        <v>-0.53590550000001258</v>
       </c>
       <c r="D345" s="5">
-        <v>-2.3087031432539096</v>
+        <v>-2.4295894337776236</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>261.68018606999999</v>
+        <v>261.67926240000003</v>
       </c>
       <c r="C346" s="5">
-        <v>0.4496261200000049</v>
+        <v>0.4863250000000221</v>
       </c>
       <c r="D346" s="5">
-        <v>2.0850869603094679</v>
+        <v>2.257348912929058</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>263.23596196</v>
+        <v>263.24088599999999</v>
       </c>
       <c r="C347" s="5">
-        <v>1.5557758900000067</v>
+        <v>1.5616235999999617</v>
       </c>
       <c r="D347" s="5">
-        <v>7.3723756436929966</v>
+        <v>7.4010290799004341</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>262.67908299999999</v>
+        <v>262.68135985999999</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.55687896000000592</v>
+        <v>-0.55952614000000267</v>
       </c>
       <c r="D348" s="5">
-        <v>-2.509284672177059</v>
+        <v>-2.5210271035072673</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>264.58129178000002</v>
+        <v>264.5842912</v>
       </c>
       <c r="C349" s="5">
-        <v>1.9022087800000236</v>
+        <v>1.9029313400000092</v>
       </c>
       <c r="D349" s="5">
-        <v>9.0444815158708725</v>
+        <v>9.0479735411625573</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>264.39034414999998</v>
+        <v>264.39608192999998</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.19094763000003923</v>
+        <v>-0.18820927000001575</v>
       </c>
       <c r="D350" s="5">
-        <v>-0.86260754350242497</v>
+        <v>-0.85027573705195314</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>265.44624434000002</v>
+        <v>265.46259474999999</v>
       </c>
       <c r="C351" s="5">
-        <v>1.0559001900000453</v>
+        <v>1.066512820000014</v>
       </c>
       <c r="D351" s="5">
-        <v>4.8991428624732825</v>
+        <v>4.9493709609017333</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>264.98527278</v>
+        <v>265.00905852</v>
       </c>
       <c r="C352" s="5">
-        <v>-0.4609715600000186</v>
+        <v>-0.45353622999999743</v>
       </c>
       <c r="D352" s="5">
-        <v>-2.0641200337982557</v>
+        <v>-2.0310147409197454</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>266.80801542</v>
+        <v>266.82096751</v>
       </c>
       <c r="C353" s="5">
-        <v>1.8227426400000013</v>
+        <v>1.8119089900000063</v>
       </c>
       <c r="D353" s="5">
-        <v>8.5739450872696956</v>
+        <v>8.5202598080926784</v>
       </c>
       <c r="E353" s="5">
-        <v>2.7324516017154465</v>
+        <v>2.7349933123617998</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>267.67181059000001</v>
+        <v>267.68008987000002</v>
       </c>
       <c r="C354" s="5">
-        <v>0.86379517000000305</v>
+        <v>0.85912236000001485</v>
       </c>
       <c r="D354" s="5">
-        <v>3.9549489530251947</v>
+        <v>3.9329795319110961</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>268.79261222000002</v>
+        <v>268.79580033000002</v>
       </c>
       <c r="C355" s="5">
-        <v>1.1208016300000168</v>
+        <v>1.1157104600000025</v>
       </c>
       <c r="D355" s="5">
-        <v>5.1420150653984864</v>
+        <v>5.1179578121109071</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>269.11436262000001</v>
+        <v>269.07768335999998</v>
       </c>
       <c r="C356" s="5">
-        <v>0.32175039999998489</v>
+        <v>0.2818830299999604</v>
       </c>
       <c r="D356" s="5">
-        <v>1.445919899952508</v>
+        <v>1.2657098098646014</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>269.07900291999999</v>
+        <v>268.99505504000001</v>
       </c>
       <c r="C357" s="5">
-        <v>-3.5359700000014982E-2</v>
+        <v>-8.2628319999969335E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>-0.15755751323819345</v>
+        <v>-0.36787402449866002</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>270.01624501999999</v>
+        <v>270.01899952999997</v>
       </c>
       <c r="C358" s="5">
-        <v>0.93724209999999175</v>
+        <v>1.0239444899999626</v>
       </c>
       <c r="D358" s="5">
-        <v>4.2607884351123726</v>
+        <v>4.6647230656989169</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>270.36583635</v>
+        <v>270.39304685000002</v>
       </c>
       <c r="C359" s="5">
-        <v>0.34959133000000975</v>
+        <v>0.37404732000004515</v>
       </c>
       <c r="D359" s="5">
-        <v>1.564756971316017</v>
+        <v>1.6750393157521692</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>272.3675652</v>
+        <v>272.36995787000001</v>
       </c>
       <c r="C360" s="5">
-        <v>2.0017288500000063</v>
+        <v>1.9769110199999886</v>
       </c>
       <c r="D360" s="5">
-        <v>9.2553988862805081</v>
+        <v>9.1350393054063552</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>272.64470526999997</v>
+        <v>272.65228495999997</v>
       </c>
       <c r="C361" s="5">
-        <v>0.27714006999997309</v>
+        <v>0.28232708999996703</v>
       </c>
       <c r="D361" s="5">
-        <v>1.2278833045840765</v>
+        <v>1.2509847935948226</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>273.99986095999998</v>
+        <v>274.01342921000003</v>
       </c>
       <c r="C362" s="5">
-        <v>1.3551556900000037</v>
+        <v>1.3611442500000521</v>
       </c>
       <c r="D362" s="5">
-        <v>6.1302754576757046</v>
+        <v>6.1579379697951797</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>275.19341525999999</v>
+        <v>275.22036023999999</v>
       </c>
       <c r="C363" s="5">
-        <v>1.1935543000000166</v>
+        <v>1.2069310299999643</v>
       </c>
       <c r="D363" s="5">
-        <v>5.3543196924658698</v>
+        <v>5.4155147660148506</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>274.98502213</v>
+        <v>275.02241831999999</v>
       </c>
       <c r="C364" s="5">
-        <v>-0.20839312999999038</v>
+        <v>-0.19794192000000521</v>
       </c>
       <c r="D364" s="5">
-        <v>-0.90493752602373023</v>
+        <v>-0.85964919717518296</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>276.03315075</v>
+        <v>276.05882008999998</v>
       </c>
       <c r="C365" s="5">
-        <v>1.04812862</v>
+        <v>1.0364017699999977</v>
       </c>
       <c r="D365" s="5">
-        <v>4.6710160065029926</v>
+        <v>4.6170260415236974</v>
       </c>
       <c r="E365" s="5">
-        <v>3.4575930245116959</v>
+        <v>3.4621913960542816</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>277.08272799000002</v>
+        <v>277.09233637</v>
       </c>
       <c r="C366" s="5">
-        <v>1.0495772400000192</v>
+        <v>1.0335162800000148</v>
       </c>
       <c r="D366" s="5">
-        <v>4.6594734837796192</v>
+        <v>4.5862629729048532</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>277.55069651000002</v>
+        <v>277.55824783999998</v>
       </c>
       <c r="C367" s="5">
-        <v>0.46796851999999944</v>
+        <v>0.46591146999998045</v>
       </c>
       <c r="D367" s="5">
-        <v>2.0456275605927443</v>
+        <v>2.0364809981615606</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>269.33516493000002</v>
+        <v>269.27618014000001</v>
       </c>
       <c r="C368" s="5">
-        <v>-8.2155315800000039</v>
+        <v>-8.2820676999999705</v>
       </c>
       <c r="D368" s="5">
-        <v>-30.271735628950104</v>
+        <v>-30.477463571563877</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>160.76239541999999</v>
+        <v>160.66274261999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-108.57276951000003</v>
+        <v>-108.61343752000002</v>
       </c>
       <c r="D369" s="5">
-        <v>-99.795498305394986</v>
+        <v>-99.796480108904902</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>187.54953373999999</v>
+        <v>187.55845973999999</v>
       </c>
       <c r="C370" s="5">
-        <v>26.787138319999997</v>
+        <v>26.89571712</v>
       </c>
       <c r="D370" s="5">
-        <v>535.59173479573155</v>
+        <v>540.70450016601296</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>209.48304007999999</v>
+        <v>209.52932845999999</v>
       </c>
       <c r="C371" s="5">
-        <v>21.933506340000008</v>
+        <v>21.970868719999999</v>
       </c>
       <c r="D371" s="5">
-        <v>277.04618332469204</v>
+        <v>277.8313255783537</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>209.60160313</v>
+        <v>209.60652524</v>
       </c>
       <c r="C372" s="5">
-        <v>0.11856305000000589</v>
+        <v>7.7196780000008403E-2</v>
       </c>
       <c r="D372" s="5">
-        <v>0.68129326574322135</v>
+        <v>0.4430123542142006</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>214.4903999</v>
+        <v>214.50629556999999</v>
       </c>
       <c r="C373" s="5">
-        <v>4.888796769999999</v>
+        <v>4.8997703299999955</v>
       </c>
       <c r="D373" s="5">
-        <v>31.873978020289705</v>
+        <v>31.954113211766888</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>219.39090454999999</v>
+        <v>219.41368742</v>
       </c>
       <c r="C374" s="5">
-        <v>4.9005046499999878</v>
+        <v>4.9073918500000104</v>
       </c>
       <c r="D374" s="5">
-        <v>31.138169674848768</v>
+        <v>31.18496973763698</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>224.46653196</v>
+        <v>224.49288490999999</v>
       </c>
       <c r="C375" s="5">
-        <v>5.0756274100000098</v>
+        <v>5.0791974899999843</v>
       </c>
       <c r="D375" s="5">
-        <v>31.581773450360508</v>
+        <v>31.603178394401034</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>227.26339053999999</v>
+        <v>227.31136297</v>
       </c>
       <c r="C376" s="5">
-        <v>2.7968585799999914</v>
+        <v>2.8184780600000181</v>
       </c>
       <c r="D376" s="5">
-        <v>16.020469621154287</v>
+        <v>16.150953753632979</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>228.68724</v>
+        <v>228.72342103</v>
       </c>
       <c r="C377" s="5">
-        <v>1.4238494600000138</v>
+        <v>1.4120580599999926</v>
       </c>
       <c r="D377" s="5">
-        <v>7.7827890241847886</v>
+        <v>7.7144344821767241</v>
       </c>
       <c r="E377" s="5">
-        <v>-17.152255307508568</v>
+        <v>-17.146852632554111</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>230.05639597000001</v>
+        <v>230.06156354999999</v>
       </c>
       <c r="C378" s="5">
-        <v>1.3691559700000084</v>
+        <v>1.338142519999991</v>
       </c>
       <c r="D378" s="5">
-        <v>7.4257875235071324</v>
+        <v>7.2509496524509442</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>228.62812568000001</v>
+        <v>228.62556157</v>
       </c>
       <c r="C379" s="5">
-        <v>-1.4282702900000004</v>
+        <v>-1.4360019799999861</v>
       </c>
       <c r="D379" s="5">
-        <v>-7.2008221560010526</v>
+        <v>-7.2383172228028254</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>233.73507375</v>
+        <v>233.64923741999999</v>
       </c>
       <c r="C380" s="5">
-        <v>5.1069480699999872</v>
+        <v>5.0236758499999894</v>
       </c>
       <c r="D380" s="5">
-        <v>30.355922277695147</v>
+        <v>29.800089581684432</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>240.10238899000001</v>
+        <v>239.89018042999999</v>
       </c>
       <c r="C381" s="5">
-        <v>6.3673152400000106</v>
+        <v>6.2409430099999952</v>
       </c>
       <c r="D381" s="5">
-        <v>38.061038824746539</v>
+        <v>37.207306257180605</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>243.14846039</v>
+        <v>243.16125840000001</v>
       </c>
       <c r="C382" s="5">
-        <v>3.0460713999999882</v>
+        <v>3.2710779700000217</v>
       </c>
       <c r="D382" s="5">
-        <v>16.332353032286196</v>
+        <v>17.647562623658452</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>247.01727738</v>
+        <v>247.09914243</v>
       </c>
       <c r="C383" s="5">
-        <v>3.8688169899999991</v>
+        <v>3.9378840299999922</v>
       </c>
       <c r="D383" s="5">
-        <v>20.856407294170133</v>
+        <v>21.261314225798177</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>252.70794194999999</v>
+        <v>252.72546065</v>
       </c>
       <c r="C384" s="5">
-        <v>5.6906645699999956</v>
+        <v>5.6263182200000017</v>
       </c>
       <c r="D384" s="5">
-        <v>31.431275628683686</v>
+        <v>31.018645067465922</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>253.28978673</v>
+        <v>253.32760432000001</v>
       </c>
       <c r="C385" s="5">
-        <v>0.5818447800000115</v>
+        <v>0.60214367000000379</v>
       </c>
       <c r="D385" s="5">
-        <v>2.7981855836026526</v>
+        <v>2.8968858674065068</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>253.40826490000001</v>
+        <v>253.45187364</v>
       </c>
       <c r="C386" s="5">
-        <v>0.11847817000000305</v>
+        <v>0.12426931999999624</v>
       </c>
       <c r="D386" s="5">
-        <v>0.56275518409976133</v>
+        <v>0.5902482651047869</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>257.59998058000002</v>
+        <v>257.64048151999998</v>
       </c>
       <c r="C387" s="5">
-        <v>4.1917156800000157</v>
+        <v>4.188607879999978</v>
       </c>
       <c r="D387" s="5">
-        <v>21.758869762166455</v>
+        <v>21.737156358671438</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>258.62687591000002</v>
+        <v>258.71138415000001</v>
       </c>
       <c r="C388" s="5">
-        <v>1.0268953300000021</v>
+        <v>1.0709026300000346</v>
       </c>
       <c r="D388" s="5">
-        <v>4.8899634098379829</v>
+        <v>5.1035168850541934</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>261.17538136000002</v>
+        <v>261.25122675</v>
       </c>
       <c r="C389" s="5">
-        <v>2.5485054499999933</v>
+        <v>2.5398425999999859</v>
       </c>
       <c r="D389" s="5">
-        <v>12.487173685097597</v>
+        <v>12.438122963096344</v>
       </c>
       <c r="E389" s="5">
-        <v>14.206363835603607</v>
+        <v>14.221458202014903</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>262.50697888000002</v>
+        <v>262.48913601999999</v>
       </c>
       <c r="C390" s="5">
-        <v>1.3315975200000025</v>
+        <v>1.2379092699999887</v>
       </c>
       <c r="D390" s="5">
-        <v>6.2926894241508435</v>
+        <v>5.8366146196131563</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>264.79007818999997</v>
+        <v>264.75813932</v>
       </c>
       <c r="C391" s="5">
-        <v>2.2830993099999546</v>
+        <v>2.2690033000000085</v>
       </c>
       <c r="D391" s="5">
-        <v>10.950751515093881</v>
+        <v>10.880670233554234</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>265.62017427000001</v>
+        <v>265.47325183999999</v>
       </c>
       <c r="C392" s="5">
-        <v>0.83009608000003254</v>
+        <v>0.71511251999999104</v>
       </c>
       <c r="D392" s="5">
-        <v>3.8274513067872551</v>
+        <v>3.2897894682388795</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>269.66631473000001</v>
+        <v>269.33111779000001</v>
       </c>
       <c r="C393" s="5">
-        <v>4.0461404600000037</v>
+        <v>3.8578659500000185</v>
       </c>
       <c r="D393" s="5">
-        <v>19.891312234922932</v>
+        <v>18.90200192399838</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>270.42764316</v>
+        <v>270.47062083999998</v>
       </c>
       <c r="C394" s="5">
-        <v>0.76132842999999184</v>
+        <v>1.1395030499999734</v>
       </c>
       <c r="D394" s="5">
-        <v>3.4409730225853474</v>
+        <v>5.1968589811904442</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>271.38282945999998</v>
+        <v>271.50041246000001</v>
       </c>
       <c r="C395" s="5">
-        <v>0.95518629999997984</v>
+        <v>1.0297916200000259</v>
       </c>
       <c r="D395" s="5">
-        <v>4.3218777035471945</v>
+        <v>4.665788487565492</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>275.11210953</v>
+        <v>275.15233640999998</v>
       </c>
       <c r="C396" s="5">
-        <v>3.7292800700000157</v>
+        <v>3.6519239499999685</v>
       </c>
       <c r="D396" s="5">
-        <v>17.795334719802124</v>
+        <v>17.390387016713049</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>276.74321928000001</v>
+        <v>276.81300334999997</v>
       </c>
       <c r="C397" s="5">
-        <v>1.6311097500000074</v>
+        <v>1.6606669399999987</v>
       </c>
       <c r="D397" s="5">
-        <v>7.3513177135536623</v>
+        <v>7.4878532567214329</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>278.65002644999998</v>
+        <v>278.72570206</v>
       </c>
       <c r="C398" s="5">
-        <v>1.9068071699999791</v>
+        <v>1.9126987100000292</v>
       </c>
       <c r="D398" s="5">
-        <v>8.5888414057657023</v>
+        <v>8.6141401504531867</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>279.18893856</v>
+        <v>279.24819130999998</v>
       </c>
       <c r="C399" s="5">
-        <v>0.53891211000001249</v>
+        <v>0.52248924999997826</v>
       </c>
       <c r="D399" s="5">
-        <v>2.3456592048496372</v>
+        <v>2.2728150316832396</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>279.87661480999998</v>
+        <v>279.99857014999998</v>
       </c>
       <c r="C400" s="5">
-        <v>0.68767624999998134</v>
+        <v>0.75037883999999622</v>
       </c>
       <c r="D400" s="5">
-        <v>2.9961182559731236</v>
+        <v>3.2726535802019008</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>279.45631397</v>
+        <v>279.57502348999998</v>
       </c>
       <c r="C401" s="5">
-        <v>-0.42030083999998169</v>
+        <v>-0.42354665999999952</v>
       </c>
       <c r="D401" s="5">
-        <v>-1.7872732834746996</v>
+        <v>-1.8001831178379724</v>
       </c>
       <c r="E401" s="5">
-        <v>6.999485370637526</v>
+        <v>7.013860554053819</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>287.37266568000001</v>
+        <v>287.31712469000001</v>
       </c>
       <c r="C402" s="5">
-        <v>7.9163517100000149</v>
+        <v>7.742101200000036</v>
       </c>
       <c r="D402" s="5">
-        <v>39.822918048966983</v>
+        <v>38.789847491842934</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>287.44809771000001</v>
+        <v>287.36740266999999</v>
       </c>
       <c r="C403" s="5">
-        <v>7.543203000000176E-2</v>
+        <v>5.0277979999975742E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>0.31544138158505763</v>
+        <v>0.21019171102314438</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>288.57446268000001</v>
+        <v>288.33596243</v>
       </c>
       <c r="C404" s="5">
-        <v>1.1263649699999974</v>
+        <v>0.9685597600000051</v>
       </c>
       <c r="D404" s="5">
-        <v>4.8048743132766747</v>
+        <v>4.1203742759945428</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>287.61031186999998</v>
+        <v>287.19985786000001</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.96415081000003511</v>
+        <v>-1.1361045699999863</v>
       </c>
       <c r="D405" s="5">
-        <v>-3.9364375714069033</v>
+        <v>-4.62712056752218</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>289.01061933</v>
+        <v>289.07935627000001</v>
       </c>
       <c r="C406" s="5">
-        <v>1.4003074600000218</v>
+        <v>1.8794984099999965</v>
       </c>
       <c r="D406" s="5">
-        <v>6.0015392245732935</v>
+        <v>8.1419757375137394</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>291.22815446999999</v>
+        <v>291.36654447000001</v>
       </c>
       <c r="C407" s="5">
-        <v>2.2175351399999954</v>
+        <v>2.2871882000000028</v>
       </c>
       <c r="D407" s="5">
-        <v>9.6060909317506002</v>
+        <v>9.918616419856896</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>290.52379027000001</v>
+        <v>290.59210340999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.70436419999998634</v>
+        <v>-0.77444106000001511</v>
       </c>
       <c r="D408" s="5">
-        <v>-2.8640211751061129</v>
+        <v>-3.1433370507993996</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>291.54520228000001</v>
+        <v>291.64847001999999</v>
       </c>
       <c r="C409" s="5">
-        <v>1.0214120100000059</v>
+        <v>1.0563666099999978</v>
       </c>
       <c r="D409" s="5">
-        <v>4.3014557888194638</v>
+        <v>4.4505490392086289</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>292.78438628999999</v>
+        <v>292.89088283000001</v>
       </c>
       <c r="C410" s="5">
-        <v>1.239184009999974</v>
+        <v>1.2424128100000189</v>
       </c>
       <c r="D410" s="5">
-        <v>5.2214217449019662</v>
+        <v>5.2334496647000961</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>290.03525574000003</v>
+        <v>290.11829179</v>
       </c>
       <c r="C411" s="5">
-        <v>-2.7491305499999612</v>
+        <v>-2.7725910400000089</v>
       </c>
       <c r="D411" s="5">
-        <v>-10.70347534798457</v>
+        <v>-10.786392075821105</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>291.48360012000001</v>
+        <v>291.64118164000001</v>
       </c>
       <c r="C412" s="5">
-        <v>1.4483443799999804</v>
+        <v>1.5228898500000128</v>
       </c>
       <c r="D412" s="5">
-        <v>6.1597746704549428</v>
+        <v>6.4841209763865981</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>292.12674067</v>
+        <v>292.29229047000001</v>
       </c>
       <c r="C413" s="5">
-        <v>0.64314054999999826</v>
+        <v>0.65110882999999831</v>
       </c>
       <c r="D413" s="5">
-        <v>2.6800945749883009</v>
+        <v>2.7122246782862902</v>
       </c>
       <c r="E413" s="5">
-        <v>4.5339561379029059</v>
+        <v>4.5487850886132275</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>293.43629311000001</v>
+        <v>293.3328171</v>
       </c>
       <c r="C414" s="5">
-        <v>1.3095524400000045</v>
+        <v>1.040526629999988</v>
       </c>
       <c r="D414" s="5">
-        <v>5.5140211100195291</v>
+        <v>4.3565015259123596</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>293.15548230000002</v>
+        <v>293.02207921000002</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.28081080999999131</v>
+        <v>-0.31073788999998442</v>
       </c>
       <c r="D415" s="5">
-        <v>-1.1423433873048117</v>
+        <v>-1.2638223207917076</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>293.60771946</v>
+        <v>293.30739387</v>
       </c>
       <c r="C416" s="5">
-        <v>0.45223715999998149</v>
+        <v>0.28531465999998318</v>
       </c>
       <c r="D416" s="5">
-        <v>1.8669710825462094</v>
+        <v>1.1747138742953744</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>293.86101360999999</v>
+        <v>293.39608914000002</v>
       </c>
       <c r="C417" s="5">
-        <v>0.25329414999998789</v>
+        <v>8.8695270000016535E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>1.0401611381260611</v>
+        <v>0.3634805142432862</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>293.99826093000001</v>
+        <v>294.09982238999999</v>
       </c>
       <c r="C418" s="5">
-        <v>0.13724732000002859</v>
+        <v>0.70373324999997067</v>
       </c>
       <c r="D418" s="5">
-        <v>0.56190002495135616</v>
+        <v>2.9165691472136768</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>292.47233996</v>
+        <v>292.60197522999999</v>
       </c>
       <c r="C419" s="5">
-        <v>-1.5259209700000156</v>
+        <v>-1.4978471599999921</v>
       </c>
       <c r="D419" s="5">
-        <v>-6.0535314900049819</v>
+        <v>-5.9432657236482616</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>291.86726368000001</v>
+        <v>291.96185686000001</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.60507627999999158</v>
+        <v>-0.64011836999998195</v>
       </c>
       <c r="D420" s="5">
-        <v>-2.4545444432727992</v>
+        <v>-2.5938535030624155</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>292.12671362999998</v>
+        <v>292.25788862000002</v>
       </c>
       <c r="C421" s="5">
-        <v>0.25944994999997562</v>
+        <v>0.29603176000000531</v>
       </c>
       <c r="D421" s="5">
-        <v>1.0719483729832335</v>
+        <v>1.2235360882340451</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>291.84876700000001</v>
+        <v>291.98010608999999</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.27794662999997399</v>
+        <v>-0.27778253000002451</v>
       </c>
       <c r="D422" s="5">
-        <v>-1.1357950581273091</v>
+        <v>-1.1346211641199422</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>293.39909920999997</v>
+        <v>293.49902413000001</v>
       </c>
       <c r="C423" s="5">
-        <v>1.550332209999965</v>
+        <v>1.5189180400000168</v>
       </c>
       <c r="D423" s="5">
-        <v>6.5641093636744863</v>
+        <v>6.4242980994268395</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>293.59898649000002</v>
+        <v>293.78536859000002</v>
       </c>
       <c r="C424" s="5">
-        <v>0.1998872800000413</v>
+        <v>0.28634446000000935</v>
       </c>
       <c r="D424" s="5">
-        <v>0.82060771542908917</v>
+        <v>1.1770504750040267</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>294.24090004999999</v>
+        <v>294.43650996000002</v>
       </c>
       <c r="C425" s="5">
-        <v>0.64191355999997768</v>
+        <v>0.65114137000000483</v>
       </c>
       <c r="D425" s="5">
-        <v>2.6554141923005758</v>
+        <v>2.6923238423347318</v>
       </c>
       <c r="E425" s="5">
-        <v>0.72371306206036046</v>
+        <v>0.73358742598108595</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>292.93255672999999</v>
+        <v>293.67363257</v>
       </c>
       <c r="C426" s="5">
-        <v>-1.3083433200000059</v>
+        <v>-0.7628773900000283</v>
       </c>
       <c r="D426" s="5">
-        <v>-5.2072283866411162</v>
+        <v>-3.0652426622809203</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>293.30058898999999</v>
+        <v>294.18009737</v>
       </c>
       <c r="C427" s="5">
-        <v>0.36803226000000677</v>
+        <v>0.50646480000000338</v>
       </c>
       <c r="D427" s="5">
-        <v>1.5181080497864707</v>
+        <v>2.0892435365002626</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>292.85630356000001</v>
+        <v>293.97737575000002</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.44428542999997944</v>
+        <v>-0.20272161999997707</v>
       </c>
       <c r="D428" s="5">
-        <v>-1.8026663656791508</v>
+        <v>-0.8238016814599125</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>293.57272166000001</v>
+        <v>294.46292989</v>
       </c>
       <c r="C429" s="5">
-        <v>0.7164180999999985</v>
+        <v>0.48555413999997654</v>
       </c>
       <c r="D429" s="5">
-        <v>2.9753964607711847</v>
+        <v>2.0001105813902242</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>292.91141041999998</v>
+        <v>294.2721004</v>
       </c>
       <c r="C430" s="5">
-        <v>-0.66131124000003183</v>
+        <v>-0.19082948999999871</v>
       </c>
       <c r="D430" s="5">
-        <v>-2.6699176203706876</v>
+        <v>-0.77490546684229056</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>292.74939110000003</v>
+        <v>288.9993604</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.16201931999995622</v>
+        <v>-5.2727399999999989</v>
       </c>
       <c r="D431" s="5">
-        <v>-0.66174544482789921</v>
+        <v>-19.504146406407152</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>292.56078438999998</v>
+        <v>288.77065463999998</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.18860671000004459</v>
+        <v>-0.22870576000002529</v>
       </c>
       <c r="D432" s="5">
-        <v>-0.77037835459468074</v>
+        <v>-0.94552290897123026</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>293.17134577000002</v>
+        <v>289.37330617999999</v>
       </c>
       <c r="C433" s="5">
-        <v>0.61056138000003557</v>
+        <v>0.60265154000001075</v>
       </c>
       <c r="D433" s="5">
-        <v>2.5332932164258803</v>
+        <v>2.5332931852620977</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>293.66481242999998</v>
+        <v>289.86037997</v>
       </c>
       <c r="C434" s="5">
-        <v>0.49346665999996731</v>
+        <v>0.48707379000001083</v>
       </c>
       <c r="D434" s="5">
-        <v>2.0386468958870418</v>
+        <v>2.0386468902646726</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>290.19016252</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.32978255000000445</v>
+      </c>
+      <c r="D435" s="5">
+        <v>1.3738504597472057</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>289.53992198999998</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.65024053000001913</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-2.6559955200445851</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">