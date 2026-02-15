--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C4B5C007-0EC0-47E5-85B9-C09087998B8F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4502B44F-25EF-4CFC-9387-8AE441E5A6C3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{53C3D1B7-1747-4132-A34A-21C601A4638E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{DFDAB993-C9CB-4DE5-AA6A-D0C5F0A124DF}"/>
   </bookViews>
   <sheets>
     <sheet name="dalleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DEC12FEB-EC83-4A20-82C9-1A90B854F8F3}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{58C6DE11-6D5F-47F3-A18C-A38DA287655F}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>288.9993604</v>
       </c>
       <c r="C431" s="5">
         <v>-5.2727399999999989</v>
       </c>
       <c r="D431" s="5">
         <v>-19.504146406407152</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>288.77065463999998</v>
       </c>
       <c r="C432" s="5">
         <v>-0.22870576000002529</v>
       </c>
       <c r="D432" s="5">
         <v>-0.94552290897123026</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>289.37330617999999</v>
       </c>
       <c r="C433" s="5">
         <v>0.60265154000001075</v>
       </c>
       <c r="D433" s="5">
         <v>2.5332931852620977</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>289.86037997</v>
       </c>
       <c r="C434" s="5">
         <v>0.48707379000001083</v>
       </c>
       <c r="D434" s="5">
         <v>2.0386468902646726</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>290.19016252</v>
       </c>
       <c r="C435" s="5">
         <v>0.32978255000000445</v>
       </c>
       <c r="D435" s="5">
         <v>1.3738504597472057</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>289.53992198999998</v>
+        <v>289.73921969999998</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.65024053000001913</v>
+        <v>-0.45094282000002295</v>
       </c>
       <c r="D436" s="5">
-        <v>-2.6559955200445851</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.8488922313380729</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>289.04045828</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.69876141999998254</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-2.855948657493379</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.8326707108208495</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>