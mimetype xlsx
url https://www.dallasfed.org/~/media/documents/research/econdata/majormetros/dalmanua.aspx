--- v0 (2025-10-17)
+++ v1 (2026-01-05)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C6365A71-9758-4C72-B884-40861CEA18A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{DE55B971-168C-4590-9ABC-A7F73308279B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4F773830-A42F-46BC-BB47-96979DDA0119}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B9A05DA8-2436-42C1-B9A2-C5B3394DAF4F}"/>
   </bookViews>
   <sheets>
     <sheet name="dalmanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Manufacturing Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB32065D-B6C5-4815-8490-A96447D2F445}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{913922BA-1439-4210-B4E7-B06B28CA12CA}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.6513232300000027</v>
       </c>
       <c r="D431" s="5">
         <v>-3.8003550645441475</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>200.64228002999999</v>
       </c>
       <c r="C432" s="5">
         <v>-0.76086301000000844</v>
       </c>
       <c r="D432" s="5">
         <v>-4.4403550936893854</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>199.70035265000001</v>
+        <v>199.72271787</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.94192737999998144</v>
+        <v>-0.91956215999999813</v>
       </c>
       <c r="D433" s="5">
-        <v>-5.4902685196021705</v>
+        <v>-5.3631761004610539</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>199.94407795000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.22136008000001084</v>
+      </c>
+      <c r="D434" s="5">
+        <v>1.3381419520887228</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>