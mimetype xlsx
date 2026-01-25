--- v1 (2026-01-05)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{DE55B971-168C-4590-9ABC-A7F73308279B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{AC91B4CD-9037-42F9-BB94-5090DDB75287}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B9A05DA8-2436-42C1-B9A2-C5B3394DAF4F}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{57EB3F9F-BDE1-48C4-BCDF-7F73E3177F1C}"/>
   </bookViews>
   <sheets>
     <sheet name="dalmanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Manufacturing Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{913922BA-1439-4210-B4E7-B06B28CA12CA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2633B939-EFDA-41AD-84F0-C02A57C3FAFE}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>223.47192372999999</v>
+        <v>223.76979668000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>223.62157766000001</v>
+        <v>223.94595952</v>
       </c>
       <c r="C7" s="5">
-        <v>0.14965393000002791</v>
+        <v>0.17616283999998927</v>
       </c>
       <c r="D7" s="5">
-        <v>0.80657848220282435</v>
+        <v>0.94880155139784872</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>223.51080057999999</v>
+        <v>224.09836858</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.11077708000001962</v>
+        <v>0.15240905999999654</v>
       </c>
       <c r="D8" s="5">
-        <v>-0.5928359423952978</v>
+        <v>0.81973796140693</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>223.75461049</v>
+        <v>223.55224873</v>
       </c>
       <c r="C9" s="5">
-        <v>0.24380991000001018</v>
+        <v>-0.54611984999999663</v>
       </c>
       <c r="D9" s="5">
-        <v>1.3168651189916947</v>
+        <v>-2.8854784291175162</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>223.92092593999999</v>
+        <v>223.52942156</v>
       </c>
       <c r="C10" s="5">
-        <v>0.16631544999998482</v>
+        <v>-2.2827169999999342E-2</v>
       </c>
       <c r="D10" s="5">
-        <v>0.89560820594720703</v>
+        <v>-0.1224645486628706</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>224.08602228000001</v>
+        <v>223.77881307999999</v>
       </c>
       <c r="C11" s="5">
-        <v>0.16509634000001938</v>
+        <v>0.24939151999998899</v>
       </c>
       <c r="D11" s="5">
-        <v>0.8883536484191934</v>
+        <v>1.3470848321630813</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>224.23578461</v>
+        <v>224.01571702999999</v>
       </c>
       <c r="C12" s="5">
-        <v>0.14976232999998729</v>
+        <v>0.23690394999999853</v>
       </c>
       <c r="D12" s="5">
-        <v>0.8049447332376225</v>
+        <v>1.2778058118013913</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>223.92715311000001</v>
+        <v>223.80282399000001</v>
       </c>
       <c r="C13" s="5">
-        <v>-0.30863149999998996</v>
+        <v>-0.2128930399999831</v>
       </c>
       <c r="D13" s="5">
-        <v>-1.6391986733134356</v>
+        <v>-1.1344763802728419</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>222.99033215</v>
+        <v>222.94813085000001</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.9368209600000057</v>
+        <v>-0.85469313999999486</v>
       </c>
       <c r="D14" s="5">
-        <v>-4.9063958267730579</v>
+        <v>-4.4877048835733842</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>222.80853038999999</v>
+        <v>222.83217263</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.18180176000001325</v>
+        <v>-0.11595822000001021</v>
       </c>
       <c r="D15" s="5">
-        <v>-0.97397274626284114</v>
+        <v>-0.62235326973822946</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>222.11987078999999</v>
+        <v>222.19507492</v>
       </c>
       <c r="C16" s="5">
-        <v>-0.68865959999999404</v>
+        <v>-0.63709771000000615</v>
       </c>
       <c r="D16" s="5">
-        <v>-3.6465705809658799</v>
+        <v>-3.377470336761712</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>220.97039131</v>
+        <v>220.98857279999999</v>
       </c>
       <c r="C17" s="5">
-        <v>-1.1494794799999966</v>
+        <v>-1.2065021200000103</v>
       </c>
       <c r="D17" s="5">
-        <v>-6.0363083235094432</v>
+        <v>-6.3247920945864067</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>219.56505629</v>
+        <v>219.8300959</v>
       </c>
       <c r="C18" s="5">
-        <v>-1.4053350199999954</v>
+        <v>-1.1584768999999824</v>
       </c>
       <c r="D18" s="5">
-        <v>-7.3704265392703245</v>
+        <v>-6.1124542138298992</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>218.78750822000001</v>
+        <v>219.071934</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.7775480699999946</v>
+        <v>-0.75816190000000461</v>
       </c>
       <c r="D19" s="5">
-        <v>-4.1677722573157716</v>
+        <v>-4.0610159858808341</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>217.28863476999999</v>
+        <v>217.81056136000001</v>
       </c>
       <c r="C20" s="5">
-        <v>-1.4988734500000191</v>
+        <v>-1.2613726399999905</v>
       </c>
       <c r="D20" s="5">
-        <v>-7.9181852916309641</v>
+        <v>-6.6947019505340428</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>214.47774365999999</v>
+        <v>214.30265915999999</v>
       </c>
       <c r="C21" s="5">
-        <v>-2.81089111</v>
+        <v>-3.507902200000018</v>
       </c>
       <c r="D21" s="5">
-        <v>-14.46523808347081</v>
+        <v>-17.703093995745846</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>213.70425847999999</v>
+        <v>213.36785307</v>
       </c>
       <c r="C22" s="5">
-        <v>-0.77348517999999444</v>
+        <v>-0.93480608999999504</v>
       </c>
       <c r="D22" s="5">
-        <v>-4.2428236460929742</v>
+        <v>-5.1107251017102566</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>212.60315413999999</v>
+        <v>212.33849781000001</v>
       </c>
       <c r="C23" s="5">
-        <v>-1.1011043400000062</v>
+        <v>-1.0293552599999884</v>
       </c>
       <c r="D23" s="5">
-        <v>-6.0107199348789608</v>
+        <v>-5.6380212154884646</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>211.84675467</v>
+        <v>211.65615819000001</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.75639946999999097</v>
+        <v>-0.68233961999999337</v>
       </c>
       <c r="D24" s="5">
-        <v>-4.1868002890525062</v>
+        <v>-3.7887140378404349</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>211.68805909</v>
+        <v>211.58759603999999</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.15869557999999984</v>
+        <v>-6.8562150000019528E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>-0.89523224412731972</v>
+        <v>-0.38802629908991637</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>211.14628144</v>
+        <v>211.11560915000001</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.54177765000000022</v>
+        <v>-0.4719868899999824</v>
       </c>
       <c r="D26" s="5">
-        <v>-3.0283208233450321</v>
+        <v>-2.6442325951614332</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>209.10835309000001</v>
+        <v>209.13105016</v>
       </c>
       <c r="C27" s="5">
-        <v>-2.0379283499999872</v>
+        <v>-1.9845589900000107</v>
       </c>
       <c r="D27" s="5">
-        <v>-10.986612063915146</v>
+        <v>-10.715086349702652</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>209.88896478000001</v>
+        <v>209.95654601999999</v>
       </c>
       <c r="C28" s="5">
-        <v>0.78061169000000064</v>
+        <v>0.82549585999998953</v>
       </c>
       <c r="D28" s="5">
-        <v>4.5727880576730051</v>
+        <v>4.8409181926342804</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>209.58300568000001</v>
+        <v>209.59985764000001</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.30595909999999549</v>
+        <v>-0.35668837999998004</v>
       </c>
       <c r="D29" s="5">
-        <v>-1.7353059094919354</v>
+        <v>-2.0197000183240443</v>
       </c>
       <c r="E29" s="5">
-        <v>-5.153353606558353</v>
+        <v>-5.1535312508249165</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>209.12415315000001</v>
+        <v>209.31601703000001</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.45885253000000148</v>
+        <v>-0.28384060999999861</v>
       </c>
       <c r="D30" s="5">
-        <v>-2.5958253117771002</v>
+        <v>-1.6129937316222587</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>208.22525734000001</v>
+        <v>208.43923864000001</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.89889580999999907</v>
+        <v>-0.87677838999999835</v>
       </c>
       <c r="D31" s="5">
-        <v>-5.0378483389045714</v>
+        <v>-4.9123330288754481</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>207.87294054</v>
+        <v>208.31268122</v>
       </c>
       <c r="C32" s="5">
-        <v>-0.3523168000000112</v>
+        <v>-0.12655742000001169</v>
       </c>
       <c r="D32" s="5">
-        <v>-2.0116093629009346</v>
+        <v>-0.72617217473768259</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>209.49339620000001</v>
+        <v>209.34694494999999</v>
       </c>
       <c r="C33" s="5">
-        <v>1.6204556600000046</v>
+        <v>1.0342637299999922</v>
       </c>
       <c r="D33" s="5">
-        <v>9.7661757819918584</v>
+        <v>6.1233679396672347</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>210.60129878999999</v>
+        <v>210.32653615999999</v>
       </c>
       <c r="C34" s="5">
-        <v>1.1079025899999806</v>
+        <v>0.97959120999999527</v>
       </c>
       <c r="D34" s="5">
-        <v>6.5340637601860152</v>
+        <v>5.7619146695038426</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>209.89937893000001</v>
+        <v>209.69086727999999</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.70191985999997542</v>
+        <v>-0.63566887999999722</v>
       </c>
       <c r="D35" s="5">
-        <v>-3.9270114548149881</v>
+        <v>-3.567071297576363</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>209.33269866000001</v>
+        <v>209.18240352000001</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.5666802700000062</v>
+        <v>-0.50846375999998372</v>
       </c>
       <c r="D36" s="5">
-        <v>-3.1920497354683164</v>
+        <v>-2.8712960077940997</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>208.69475098999999</v>
+        <v>208.62224935</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.63794767000001684</v>
+        <v>-0.56015417000000411</v>
       </c>
       <c r="D37" s="5">
-        <v>-3.5963572847601766</v>
+        <v>-3.1664846538892677</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>209.00994109000001</v>
+        <v>208.99322262999999</v>
       </c>
       <c r="C38" s="5">
-        <v>0.31519010000002368</v>
+        <v>0.37097327999998697</v>
       </c>
       <c r="D38" s="5">
-        <v>1.8274814371769921</v>
+        <v>2.1548403798179017</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>209.02260007000001</v>
+        <v>209.04260640000001</v>
       </c>
       <c r="C39" s="5">
-        <v>1.2658979999997655E-2</v>
+        <v>4.9383770000019922E-2</v>
       </c>
       <c r="D39" s="5">
-        <v>7.2703897341042101E-2</v>
+        <v>0.28392117129416583</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>209.32995561999999</v>
+        <v>209.38837658</v>
       </c>
       <c r="C40" s="5">
-        <v>0.30735554999998271</v>
+        <v>0.34577017999998816</v>
       </c>
       <c r="D40" s="5">
-        <v>1.7788707457726316</v>
+        <v>2.0030357840064461</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>209.47869989</v>
+        <v>209.48757946000001</v>
       </c>
       <c r="C41" s="5">
-        <v>0.14874427000000878</v>
+        <v>9.9202880000007099E-2</v>
       </c>
       <c r="D41" s="5">
-        <v>0.85602825841544217</v>
+        <v>0.57001323100906998</v>
       </c>
       <c r="E41" s="5">
-        <v>-4.9768247984416369E-2</v>
+        <v>-5.3567870352688729E-2</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>211.00790119999999</v>
+        <v>211.12987905</v>
       </c>
       <c r="C42" s="5">
-        <v>1.5292013099999906</v>
+        <v>1.6422995899999933</v>
       </c>
       <c r="D42" s="5">
-        <v>9.1204568047710275</v>
+        <v>9.8239456275014625</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>211.58108190999999</v>
+        <v>211.72277291</v>
       </c>
       <c r="C43" s="5">
-        <v>0.57318071000000259</v>
+        <v>0.59289386000000377</v>
       </c>
       <c r="D43" s="5">
-        <v>3.3088171880855333</v>
+        <v>3.4223715567728963</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>211.96353561000001</v>
+        <v>212.30017638999999</v>
       </c>
       <c r="C44" s="5">
-        <v>0.38245370000001344</v>
+        <v>0.57740347999998676</v>
       </c>
       <c r="D44" s="5">
-        <v>2.1908138978896652</v>
+        <v>3.3221371863327631</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>211.63162556</v>
+        <v>211.53481500000001</v>
       </c>
       <c r="C45" s="5">
-        <v>-0.33191005000000473</v>
+        <v>-0.76536138999998116</v>
       </c>
       <c r="D45" s="5">
-        <v>-1.8629603798993033</v>
+        <v>-4.241353230023881</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>211.86500848</v>
+        <v>211.67588885999999</v>
       </c>
       <c r="C46" s="5">
-        <v>0.23338291999999683</v>
+        <v>0.14107385999997746</v>
       </c>
       <c r="D46" s="5">
-        <v>1.3313908234800387</v>
+        <v>0.80322930472433995</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>211.93755537999999</v>
+        <v>211.79348819000001</v>
       </c>
       <c r="C47" s="5">
-        <v>7.2546899999991865E-2</v>
+        <v>0.11759933000001865</v>
       </c>
       <c r="D47" s="5">
-        <v>0.41167921998810364</v>
+        <v>0.66871668643315729</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>213.00670539000001</v>
+        <v>212.89813899999999</v>
       </c>
       <c r="C48" s="5">
-        <v>1.0691500100000155</v>
+        <v>1.1046508099999812</v>
       </c>
       <c r="D48" s="5">
-        <v>6.2243920477724757</v>
+        <v>6.4415387755934361</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>212.7444739</v>
+        <v>212.69943373000001</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.2622314900000049</v>
+        <v>-0.19870526999997651</v>
       </c>
       <c r="D49" s="5">
-        <v>-1.4673520088508973</v>
+        <v>-1.1142704142886206</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>213.02764929</v>
+        <v>213.02081859</v>
       </c>
       <c r="C50" s="5">
-        <v>0.2831753899999967</v>
+        <v>0.32138485999999489</v>
       </c>
       <c r="D50" s="5">
-        <v>1.6090158522172437</v>
+        <v>1.8283218974521454</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>213.82265254999999</v>
+        <v>213.83485977000001</v>
       </c>
       <c r="C51" s="5">
-        <v>0.79500325999998722</v>
+        <v>0.81404118000000381</v>
       </c>
       <c r="D51" s="5">
-        <v>4.5713833568933993</v>
+        <v>4.683318875170972</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>214.14438737</v>
+        <v>214.19191092</v>
       </c>
       <c r="C52" s="5">
-        <v>0.32173482000001741</v>
+        <v>0.35705114999998955</v>
       </c>
       <c r="D52" s="5">
-        <v>1.8206348725368304</v>
+        <v>2.0222062791081408</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>214.58949658</v>
+        <v>214.58272966000001</v>
       </c>
       <c r="C53" s="5">
-        <v>0.44510920999999826</v>
+        <v>0.39081874000001449</v>
       </c>
       <c r="D53" s="5">
-        <v>2.5229694556162752</v>
+        <v>2.2116505657558294</v>
       </c>
       <c r="E53" s="5">
-        <v>2.4397691472611616</v>
+        <v>2.4321967980793335</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>214.43443515000001</v>
+        <v>214.49275255000001</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.15506142999998929</v>
+        <v>-8.9977110000006633E-2</v>
       </c>
       <c r="D54" s="5">
-        <v>-0.8636768760533875</v>
+        <v>-0.50201557185695078</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>214.75424935999999</v>
+        <v>214.83045949000001</v>
       </c>
       <c r="C55" s="5">
-        <v>0.31981420999997567</v>
+        <v>0.3377069400000039</v>
       </c>
       <c r="D55" s="5">
-        <v>1.804471510074479</v>
+        <v>1.9057801769363225</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>214.91054750999999</v>
+        <v>215.13394423</v>
       </c>
       <c r="C56" s="5">
-        <v>0.1562981499999978</v>
+        <v>0.3034847399999876</v>
       </c>
       <c r="D56" s="5">
-        <v>0.87686450908592839</v>
+        <v>1.7084385256412871</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>215.19982218999999</v>
+        <v>215.14847315</v>
       </c>
       <c r="C57" s="5">
-        <v>0.28927468000000545</v>
+        <v>1.4528920000003609E-2</v>
       </c>
       <c r="D57" s="5">
-        <v>1.6272399423601591</v>
+        <v>8.1071266755561311E-2</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>215.94896413000001</v>
+        <v>215.84233036000001</v>
       </c>
       <c r="C58" s="5">
-        <v>0.74914194000001544</v>
+        <v>0.69385721000000444</v>
       </c>
       <c r="D58" s="5">
-        <v>4.258291540942416</v>
+        <v>3.9394069870492654</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>216.3061357</v>
+        <v>216.22340761000001</v>
       </c>
       <c r="C59" s="5">
-        <v>0.35717156999999133</v>
+        <v>0.38107725000000414</v>
       </c>
       <c r="D59" s="5">
-        <v>2.0029102794684839</v>
+        <v>2.1393368551607006</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>215.74054749000001</v>
+        <v>215.67674410999999</v>
       </c>
       <c r="C60" s="5">
-        <v>-0.56558820999998716</v>
+        <v>-0.5466635000000224</v>
       </c>
       <c r="D60" s="5">
-        <v>-3.0929767181939849</v>
+        <v>-2.9920480288284979</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>216.65173566999999</v>
+        <v>216.63013874999999</v>
       </c>
       <c r="C61" s="5">
-        <v>0.91118817999998214</v>
+        <v>0.95339463999999907</v>
       </c>
       <c r="D61" s="5">
-        <v>5.1876502707113747</v>
+        <v>5.4354630725923059</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>217.03453562000001</v>
+        <v>217.03450570999999</v>
       </c>
       <c r="C62" s="5">
-        <v>0.38279995000002032</v>
+        <v>0.40436696000000438</v>
       </c>
       <c r="D62" s="5">
-        <v>2.1409953092842882</v>
+        <v>2.263088452205686</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>215.44799664000001</v>
+        <v>215.44974607</v>
       </c>
       <c r="C63" s="5">
-        <v>-1.5865389800000003</v>
+        <v>-1.5847596399999873</v>
       </c>
       <c r="D63" s="5">
-        <v>-8.4278599114009367</v>
+        <v>-8.4187853110566415</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>216.46959056</v>
+        <v>216.49822886000001</v>
       </c>
       <c r="C64" s="5">
-        <v>1.0215939199999866</v>
+        <v>1.0484827900000084</v>
       </c>
       <c r="D64" s="5">
-        <v>5.8408275764607165</v>
+        <v>5.9986501901394762</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>216.98462931</v>
+        <v>216.9728384</v>
       </c>
       <c r="C65" s="5">
-        <v>0.51503875000000221</v>
+        <v>0.47460953999998878</v>
       </c>
       <c r="D65" s="5">
-        <v>2.8927791650088963</v>
+        <v>2.6626028624149756</v>
       </c>
       <c r="E65" s="5">
-        <v>1.1161463017399287</v>
+        <v>1.1138402162126582</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>220.82314701999999</v>
+        <v>220.84264644999999</v>
       </c>
       <c r="C66" s="5">
-        <v>3.8385177099999908</v>
+        <v>3.869808049999989</v>
       </c>
       <c r="D66" s="5">
-        <v>23.420554145511161</v>
+        <v>23.631992726373063</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>221.21644198999999</v>
+        <v>221.24797416000001</v>
       </c>
       <c r="C67" s="5">
-        <v>0.39329496999999947</v>
+        <v>0.40532771000002299</v>
       </c>
       <c r="D67" s="5">
-        <v>2.1583092965771877</v>
+        <v>2.2248117979578597</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>220.87121557</v>
+        <v>220.97161227999999</v>
       </c>
       <c r="C68" s="5">
-        <v>-0.34522641999998882</v>
+        <v>-0.27636188000002448</v>
       </c>
       <c r="D68" s="5">
-        <v>-1.856708095135462</v>
+        <v>-1.488670639906331</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>222.18109196</v>
+        <v>222.1774356</v>
       </c>
       <c r="C69" s="5">
-        <v>1.3098763899999994</v>
+        <v>1.2058233200000075</v>
       </c>
       <c r="D69" s="5">
-        <v>7.353376016775881</v>
+        <v>6.7484515450058735</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>221.41849836</v>
+        <v>221.38552279000001</v>
       </c>
       <c r="C70" s="5">
-        <v>-0.76259360000000243</v>
+        <v>-0.79191280999998526</v>
       </c>
       <c r="D70" s="5">
-        <v>-4.0418977032212311</v>
+        <v>-4.194330302646998</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>221.73188794000001</v>
+        <v>221.69464386000001</v>
       </c>
       <c r="C71" s="5">
-        <v>0.31338958000000616</v>
+        <v>0.30912107000000333</v>
       </c>
       <c r="D71" s="5">
-        <v>1.7117308161009426</v>
+        <v>1.6884903504421178</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>219.14555053000001</v>
+        <v>219.11125426999999</v>
       </c>
       <c r="C72" s="5">
-        <v>-2.5863374099999987</v>
+        <v>-2.5833895900000243</v>
       </c>
       <c r="D72" s="5">
-        <v>-13.133158735554451</v>
+        <v>-13.121200590663772</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>220.02638214999999</v>
+        <v>220.02023539000001</v>
       </c>
       <c r="C73" s="5">
-        <v>0.88083161999998083</v>
+        <v>0.90898112000002129</v>
       </c>
       <c r="D73" s="5">
-        <v>4.9313369141270602</v>
+        <v>5.0933608180694145</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>220.95632802</v>
+        <v>220.95569401</v>
       </c>
       <c r="C74" s="5">
-        <v>0.92994587000001161</v>
+        <v>0.93545861999999147</v>
       </c>
       <c r="D74" s="5">
-        <v>5.191399622486581</v>
+        <v>5.2230469611747044</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>222.53039909</v>
+        <v>222.52017738000001</v>
       </c>
       <c r="C75" s="5">
-        <v>1.5740710700000022</v>
+        <v>1.5644833700000049</v>
       </c>
       <c r="D75" s="5">
-        <v>8.8917141325581373</v>
+        <v>8.8354547559466035</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>223.41801040999999</v>
+        <v>223.43119906999999</v>
       </c>
       <c r="C76" s="5">
-        <v>0.88761131999999066</v>
+        <v>0.91102168999998412</v>
       </c>
       <c r="D76" s="5">
-        <v>4.8928772357627714</v>
+        <v>5.0250809785691075</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>224.47029900000001</v>
+        <v>224.46099577999999</v>
       </c>
       <c r="C77" s="5">
-        <v>1.0522885900000176</v>
+        <v>1.0297967099999994</v>
       </c>
       <c r="D77" s="5">
-        <v>5.8006804095204201</v>
+        <v>5.6731925731265065</v>
       </c>
       <c r="E77" s="5">
-        <v>3.4498617315908753</v>
+        <v>3.4511957511452307</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>222.47208982000001</v>
+        <v>222.47056708</v>
       </c>
       <c r="C78" s="5">
-        <v>-1.9982091800000035</v>
+        <v>-1.9904286999999954</v>
       </c>
       <c r="D78" s="5">
-        <v>-10.174469146853326</v>
+        <v>-10.137164314285085</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>223.52196165000001</v>
+        <v>223.53804538</v>
       </c>
       <c r="C79" s="5">
-        <v>1.0498718300000007</v>
+        <v>1.0674783000000048</v>
       </c>
       <c r="D79" s="5">
-        <v>5.8122597084604877</v>
+        <v>5.9123605554136427</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>223.91829781000001</v>
+        <v>223.95490536</v>
       </c>
       <c r="C80" s="5">
-        <v>0.39633616000000416</v>
+        <v>0.41685997999999813</v>
       </c>
       <c r="D80" s="5">
-        <v>2.1486440522803019</v>
+        <v>2.2608887804562494</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>224.71709254000001</v>
+        <v>224.72644554999999</v>
       </c>
       <c r="C81" s="5">
-        <v>0.79879472999999734</v>
+        <v>0.77154018999999607</v>
       </c>
       <c r="D81" s="5">
-        <v>4.3658171586188566</v>
+        <v>4.2133219361411456</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>225.52505976</v>
+        <v>225.52052756</v>
       </c>
       <c r="C82" s="5">
-        <v>0.80796721999999477</v>
+        <v>0.794082010000011</v>
       </c>
       <c r="D82" s="5">
-        <v>4.4009360574741141</v>
+        <v>4.3236451604177439</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>225.78698716</v>
+        <v>225.77301469</v>
       </c>
       <c r="C83" s="5">
-        <v>0.26192739999999048</v>
+        <v>0.25248712999999157</v>
       </c>
       <c r="D83" s="5">
-        <v>1.402630952571382</v>
+        <v>1.3517936302655187</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>225.69065816</v>
+        <v>225.67729008000001</v>
       </c>
       <c r="C84" s="5">
-        <v>-9.6328999999997222E-2</v>
+        <v>-9.5724609999990662E-2</v>
       </c>
       <c r="D84" s="5">
-        <v>-0.51076434232197876</v>
+        <v>-0.50759849856439887</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>226.21277373999999</v>
+        <v>226.21384993000001</v>
       </c>
       <c r="C85" s="5">
-        <v>0.52211557999999059</v>
+        <v>0.53655985000000328</v>
       </c>
       <c r="D85" s="5">
-        <v>2.8116911450650095</v>
+        <v>2.8906697865478392</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>226.69922181999999</v>
+        <v>226.69897241999999</v>
       </c>
       <c r="C86" s="5">
-        <v>0.48644808000000239</v>
+        <v>0.48512248999998064</v>
       </c>
       <c r="D86" s="5">
-        <v>2.6112203949278046</v>
+        <v>2.6040080453326064</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>227.56782226999999</v>
+        <v>227.55324456</v>
       </c>
       <c r="C87" s="5">
-        <v>0.86860045000000241</v>
+        <v>0.85427214000000617</v>
       </c>
       <c r="D87" s="5">
-        <v>4.6959519250506121</v>
+        <v>4.6168810789854131</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>228.60647607000001</v>
+        <v>228.60947508000001</v>
       </c>
       <c r="C88" s="5">
-        <v>1.0386538000000201</v>
+        <v>1.0562305200000139</v>
       </c>
       <c r="D88" s="5">
-        <v>5.6165817105809257</v>
+        <v>5.7144440787101347</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>228.99940283999999</v>
+        <v>229.00264311999999</v>
       </c>
       <c r="C89" s="5">
-        <v>0.39292676999997411</v>
+        <v>0.39316803999997774</v>
       </c>
       <c r="D89" s="5">
-        <v>2.0821594313450431</v>
+        <v>2.0834224730533313</v>
       </c>
       <c r="E89" s="5">
-        <v>2.0176851281335839</v>
+        <v>2.0233570310145943</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>229.62278825999999</v>
+        <v>229.61032992</v>
       </c>
       <c r="C90" s="5">
-        <v>0.6233854200000053</v>
+        <v>0.60768680000001041</v>
       </c>
       <c r="D90" s="5">
-        <v>3.3160125099814586</v>
+        <v>3.2312371202343204</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>230.12153923</v>
+        <v>230.1297907</v>
       </c>
       <c r="C91" s="5">
-        <v>0.49875097000000324</v>
+        <v>0.51946078000000284</v>
       </c>
       <c r="D91" s="5">
-        <v>2.6378175727542752</v>
+        <v>2.7488662584246759</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>231.66498541000001</v>
+        <v>231.67525914999999</v>
       </c>
       <c r="C92" s="5">
-        <v>1.5434461800000179</v>
+        <v>1.5454684499999871</v>
       </c>
       <c r="D92" s="5">
-        <v>8.3521501541210732</v>
+        <v>8.3631897010799214</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>231.90924240999999</v>
+        <v>231.91961767000001</v>
       </c>
       <c r="C93" s="5">
-        <v>0.24425699999997619</v>
+        <v>0.24435852000002001</v>
       </c>
       <c r="D93" s="5">
-        <v>1.272588121643814</v>
+        <v>1.2730633319115059</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>233.20812873</v>
+        <v>233.21064919</v>
       </c>
       <c r="C94" s="5">
-        <v>1.2988863200000083</v>
+        <v>1.29103151999999</v>
       </c>
       <c r="D94" s="5">
-        <v>6.9319592101738881</v>
+        <v>6.8884299937506777</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>233.46734276000001</v>
+        <v>233.46214495000001</v>
       </c>
       <c r="C95" s="5">
-        <v>0.25921403000000964</v>
+        <v>0.25149576000001161</v>
       </c>
       <c r="D95" s="5">
-        <v>1.3420007805055256</v>
+        <v>1.3017903734585667</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>236.01366891999999</v>
+        <v>236.01036568999999</v>
       </c>
       <c r="C96" s="5">
-        <v>2.5463261599999782</v>
+        <v>2.5482207399999766</v>
       </c>
       <c r="D96" s="5">
-        <v>13.902220390098163</v>
+        <v>13.913521552569996</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>237.14160254000001</v>
+        <v>237.14362754000001</v>
       </c>
       <c r="C97" s="5">
-        <v>1.1279336200000216</v>
+        <v>1.1332618500000251</v>
       </c>
       <c r="D97" s="5">
-        <v>5.8880937835304126</v>
+        <v>5.9167321552577201</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>238.01660089999999</v>
+        <v>238.01620876999999</v>
       </c>
       <c r="C98" s="5">
-        <v>0.87499835999997799</v>
+        <v>0.87258122999998022</v>
       </c>
       <c r="D98" s="5">
-        <v>4.5186954860103379</v>
+        <v>4.5059199138717254</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>238.33724006</v>
+        <v>238.32654063999999</v>
       </c>
       <c r="C99" s="5">
-        <v>0.32063916000001313</v>
+        <v>0.31033186999999884</v>
       </c>
       <c r="D99" s="5">
-        <v>1.6285866234692081</v>
+        <v>1.5758606160568567</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>238.72137205999999</v>
+        <v>238.72243954999999</v>
       </c>
       <c r="C100" s="5">
-        <v>0.38413199999999392</v>
+        <v>0.39589890999999966</v>
       </c>
       <c r="D100" s="5">
-        <v>1.9512962798952316</v>
+        <v>2.0117076294603908</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>239.72677375000001</v>
+        <v>239.72918286999999</v>
       </c>
       <c r="C101" s="5">
-        <v>1.0054016900000136</v>
+        <v>1.0067433199999982</v>
       </c>
       <c r="D101" s="5">
-        <v>5.1726616772219902</v>
+        <v>5.1797013736436304</v>
       </c>
       <c r="E101" s="5">
-        <v>4.6844536609971676</v>
+        <v>4.6840244303989031</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>240.31219184</v>
+        <v>240.30285017</v>
       </c>
       <c r="C102" s="5">
-        <v>0.58541808999999034</v>
+        <v>0.57366730000001098</v>
       </c>
       <c r="D102" s="5">
-        <v>2.9701076407142812</v>
+        <v>2.909673850233685</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>240.30981856</v>
+        <v>240.31412986000001</v>
       </c>
       <c r="C103" s="5">
-        <v>-2.3732800000004772E-3</v>
+        <v>1.1279690000009168E-2</v>
       </c>
       <c r="D103" s="5">
-        <v>-1.1850340558683392E-2</v>
+        <v>5.634191600867311E-2</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>240.09705647000001</v>
+        <v>240.10294779</v>
       </c>
       <c r="C104" s="5">
-        <v>-0.21276208999998403</v>
+        <v>-0.21118207000000666</v>
       </c>
       <c r="D104" s="5">
-        <v>-1.0572806152513103</v>
+        <v>-1.049448181618684</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>242.31092666999999</v>
+        <v>242.31620638000001</v>
       </c>
       <c r="C105" s="5">
-        <v>2.2138701999999739</v>
+        <v>2.2132585900000095</v>
       </c>
       <c r="D105" s="5">
-        <v>11.643631023760314</v>
+        <v>11.639949267431081</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>242.85323152999999</v>
+        <v>242.85500701999999</v>
       </c>
       <c r="C106" s="5">
-        <v>0.54230486000000155</v>
+        <v>0.53880063999997674</v>
       </c>
       <c r="D106" s="5">
-        <v>2.7189709161377973</v>
+        <v>2.7011267062929889</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>243.49355252999999</v>
+        <v>243.48867035999999</v>
       </c>
       <c r="C107" s="5">
-        <v>0.64032100000000014</v>
+        <v>0.63366333999999824</v>
       </c>
       <c r="D107" s="5">
-        <v>3.2102786617525858</v>
+        <v>3.1763961902329774</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>244.10399583</v>
+        <v>244.10472121000001</v>
       </c>
       <c r="C108" s="5">
-        <v>0.61044330000001423</v>
+        <v>0.61605085000002191</v>
       </c>
       <c r="D108" s="5">
-        <v>3.0502550782798954</v>
+        <v>3.0787284693731376</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>244.32469341000001</v>
+        <v>244.32483772</v>
       </c>
       <c r="C109" s="5">
-        <v>0.22069758000000661</v>
+        <v>0.22011650999999688</v>
       </c>
       <c r="D109" s="5">
-        <v>1.0903467867501071</v>
+        <v>1.0874585357209421</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>244.49962604999999</v>
+        <v>244.49987811</v>
       </c>
       <c r="C110" s="5">
-        <v>0.17493263999998021</v>
+        <v>0.17504038999999239</v>
       </c>
       <c r="D110" s="5">
-        <v>0.86257260637536692</v>
+        <v>0.86310549261778835</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>243.92715175999999</v>
+        <v>243.92321973</v>
       </c>
       <c r="C111" s="5">
-        <v>-0.57247429000000238</v>
+        <v>-0.57665837999999781</v>
       </c>
       <c r="D111" s="5">
-        <v>-2.7737923980185819</v>
+        <v>-2.793800357020193</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>243.97214582999999</v>
+        <v>243.97210978999999</v>
       </c>
       <c r="C112" s="5">
-        <v>4.4994070000001329E-2</v>
+        <v>4.8890059999990854E-2</v>
       </c>
       <c r="D112" s="5">
-        <v>0.22157309595378649</v>
+        <v>0.24078392218229716</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>244.42447343000001</v>
+        <v>244.42576328000001</v>
       </c>
       <c r="C113" s="5">
-        <v>0.45232760000001804</v>
+        <v>0.45365349000002197</v>
       </c>
       <c r="D113" s="5">
-        <v>2.2476433459014844</v>
+        <v>2.2542996364043111</v>
       </c>
       <c r="E113" s="5">
-        <v>1.9596057655616672</v>
+        <v>1.959119183477509</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>243.18605554999999</v>
+        <v>243.18079544</v>
       </c>
       <c r="C114" s="5">
-        <v>-1.2384178800000143</v>
+        <v>-1.2449678400000153</v>
       </c>
       <c r="D114" s="5">
-        <v>-5.9134023259346469</v>
+        <v>-5.9437768088285718</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>243.11226611999999</v>
+        <v>243.11433084999999</v>
       </c>
       <c r="C115" s="5">
-        <v>-7.3789430000005041E-2</v>
+        <v>-6.6464590000009593E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>-0.36350642175423387</v>
+        <v>-0.32748360578690461</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>243.23618137</v>
+        <v>243.2397866</v>
       </c>
       <c r="C116" s="5">
-        <v>0.12391525000001025</v>
+        <v>0.12545575000001463</v>
       </c>
       <c r="D116" s="5">
-        <v>0.6133621636548181</v>
+        <v>0.62100377720939459</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>241.51749418</v>
+        <v>241.51940845999999</v>
       </c>
       <c r="C117" s="5">
-        <v>-1.7186871899999971</v>
+        <v>-1.7203781400000082</v>
       </c>
       <c r="D117" s="5">
-        <v>-8.1572225525537885</v>
+        <v>-8.1648221932983152</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>241.05103507000001</v>
+        <v>241.05264732000001</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.46645910999998819</v>
+        <v>-0.46676113999998847</v>
       </c>
       <c r="D118" s="5">
-        <v>-2.2931799639144268</v>
+        <v>-2.2946310452666929</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>240.43677872999999</v>
+        <v>240.43354160999999</v>
       </c>
       <c r="C119" s="5">
-        <v>-0.6142563400000256</v>
+        <v>-0.61910571000001369</v>
       </c>
       <c r="D119" s="5">
-        <v>-3.015394857962661</v>
+        <v>-3.0388452084358031</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>239.88843408</v>
+        <v>239.88835889000001</v>
       </c>
       <c r="C120" s="5">
-        <v>-0.54834464999999</v>
+        <v>-0.54518271999998547</v>
       </c>
       <c r="D120" s="5">
-        <v>-2.7026741834018986</v>
+        <v>-2.6873192777861155</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>239.41265788000001</v>
+        <v>239.41241732</v>
       </c>
       <c r="C121" s="5">
-        <v>-0.47577619999998433</v>
+        <v>-0.47594157000000337</v>
       </c>
       <c r="D121" s="5">
-        <v>-2.3541966690169502</v>
+        <v>-2.3550067611040615</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>239.64369103999999</v>
+        <v>239.64370685</v>
       </c>
       <c r="C122" s="5">
-        <v>0.23103315999998131</v>
+        <v>0.23128952999999797</v>
       </c>
       <c r="D122" s="5">
-        <v>1.1641656200219064</v>
+        <v>1.1654655058785934</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>240.03567422</v>
+        <v>240.03520748</v>
       </c>
       <c r="C123" s="5">
-        <v>0.39198318000001109</v>
+        <v>0.39150062999999591</v>
       </c>
       <c r="D123" s="5">
-        <v>1.9805848061141607</v>
+        <v>1.978124530764136</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>240.61645286999999</v>
+        <v>240.61590916</v>
       </c>
       <c r="C124" s="5">
-        <v>0.58077864999998496</v>
+        <v>0.58070168000000422</v>
       </c>
       <c r="D124" s="5">
-        <v>2.9424129074135719</v>
+        <v>2.9420235462011446</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>240.92665754000001</v>
+        <v>240.92655926</v>
       </c>
       <c r="C125" s="5">
-        <v>0.31020467000001872</v>
+        <v>0.3106501000000037</v>
       </c>
       <c r="D125" s="5">
-        <v>1.5580665261732074</v>
+        <v>1.5603232508476284</v>
       </c>
       <c r="E125" s="5">
-        <v>-1.4310415978053603</v>
+        <v>-1.4316019608749397</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>242.63641763000001</v>
+        <v>242.63566191000001</v>
       </c>
       <c r="C126" s="5">
-        <v>1.7097600900000032</v>
+        <v>1.7091026500000055</v>
       </c>
       <c r="D126" s="5">
-        <v>8.8562969979667514</v>
+        <v>8.85276136087192</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>242.55803585999999</v>
+        <v>242.55828312</v>
       </c>
       <c r="C127" s="5">
-        <v>-7.8381770000021334E-2</v>
+        <v>-7.7378790000011577E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>-0.38696247133243045</v>
+        <v>-0.38202073533201153</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>242.40504329000001</v>
+        <v>242.40703275999999</v>
       </c>
       <c r="C128" s="5">
-        <v>-0.15299256999998079</v>
+        <v>-0.15125036000000591</v>
       </c>
       <c r="D128" s="5">
-        <v>-0.75427525579049304</v>
+        <v>-0.7457145907161955</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>243.43962492</v>
+        <v>243.44071545</v>
       </c>
       <c r="C129" s="5">
-        <v>1.034581629999991</v>
+        <v>1.0336826900000062</v>
       </c>
       <c r="D129" s="5">
-        <v>5.243535313950809</v>
+        <v>5.2388278547621736</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>243.37983585000001</v>
+        <v>243.38102190000001</v>
       </c>
       <c r="C130" s="5">
-        <v>-5.9789069999993671E-2</v>
+        <v>-5.9693549999991546E-2</v>
       </c>
       <c r="D130" s="5">
-        <v>-0.29432368353340399</v>
+        <v>-0.29385278656969271</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>243.95697611</v>
+        <v>243.95461714999999</v>
       </c>
       <c r="C131" s="5">
-        <v>0.57714025999999308</v>
+        <v>0.57359524999998257</v>
       </c>
       <c r="D131" s="5">
-        <v>2.8830362440871893</v>
+        <v>2.8650832530875858</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>241.48657528000001</v>
+        <v>241.48583527</v>
       </c>
       <c r="C132" s="5">
-        <v>-2.4704008299999884</v>
+        <v>-2.4687818799999945</v>
       </c>
       <c r="D132" s="5">
-        <v>-11.497200012173248</v>
+        <v>-11.490184766486822</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>240.86980034000001</v>
+        <v>240.86946612</v>
       </c>
       <c r="C133" s="5">
-        <v>-0.61677493999999911</v>
+        <v>-0.61636914999999703</v>
       </c>
       <c r="D133" s="5">
-        <v>-3.0222012267604903</v>
+        <v>-3.020249808518749</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>241.1025635</v>
+        <v>241.10267406</v>
       </c>
       <c r="C134" s="5">
-        <v>0.23276315999999042</v>
+        <v>0.23320793999999978</v>
       </c>
       <c r="D134" s="5">
-        <v>1.1657962835419644</v>
+        <v>1.1680374732957688</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>242.23420350999999</v>
+        <v>242.23404650000001</v>
       </c>
       <c r="C135" s="5">
-        <v>1.1316400099999839</v>
+        <v>1.1313724400000069</v>
       </c>
       <c r="D135" s="5">
-        <v>5.7800215410589884</v>
+        <v>5.7786167055958293</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>241.88416479</v>
+        <v>241.88407007000001</v>
       </c>
       <c r="C136" s="5">
-        <v>-0.35003871999998637</v>
+        <v>-0.34997642999999812</v>
       </c>
       <c r="D136" s="5">
-        <v>-1.7203353979260982</v>
+        <v>-1.7200327958314499</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>241.02281447999999</v>
+        <v>241.02317812999999</v>
       </c>
       <c r="C137" s="5">
-        <v>-0.86135031000000595</v>
+        <v>-0.86089194000001612</v>
       </c>
       <c r="D137" s="5">
-        <v>-4.1904965721924814</v>
+        <v>-4.1883116655893833</v>
       </c>
       <c r="E137" s="5">
-        <v>3.9911291254268733E-2</v>
+        <v>4.0103038160976823E-2</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>242.33521787000001</v>
+        <v>242.33473283000001</v>
       </c>
       <c r="C138" s="5">
-        <v>1.3124033900000143</v>
+        <v>1.3115547000000163</v>
       </c>
       <c r="D138" s="5">
-        <v>6.7334529653101605</v>
+        <v>6.7289570573320745</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>241.07539123000001</v>
+        <v>241.07565600999999</v>
       </c>
       <c r="C139" s="5">
-        <v>-1.25982664</v>
+        <v>-1.2590768200000184</v>
       </c>
       <c r="D139" s="5">
-        <v>-6.0631136065696589</v>
+        <v>-6.059619252826165</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>239.81848122</v>
+        <v>239.81974188999999</v>
       </c>
       <c r="C140" s="5">
-        <v>-1.2569100100000128</v>
+        <v>-1.2559141199999999</v>
       </c>
       <c r="D140" s="5">
-        <v>-6.0801876451123675</v>
+        <v>-6.0755008254573806</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>237.62306242</v>
+        <v>237.62371032999999</v>
       </c>
       <c r="C141" s="5">
-        <v>-2.1954187999999988</v>
+        <v>-2.1960315599999944</v>
       </c>
       <c r="D141" s="5">
-        <v>-10.448825783384553</v>
+        <v>-10.451544653446343</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>235.63604902</v>
+        <v>235.63678725</v>
       </c>
       <c r="C142" s="5">
-        <v>-1.987013399999995</v>
+        <v>-1.9869230799999968</v>
       </c>
       <c r="D142" s="5">
-        <v>-9.5855754830846287</v>
+        <v>-9.5851346636960262</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>234.4270458</v>
+        <v>234.42581555999999</v>
       </c>
       <c r="C143" s="5">
-        <v>-1.2090032199999996</v>
+        <v>-1.210971690000008</v>
       </c>
       <c r="D143" s="5">
-        <v>-5.9861603385735984</v>
+        <v>-5.9956147886227935</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>230.35233391</v>
+        <v>230.35133920000001</v>
       </c>
       <c r="C144" s="5">
-        <v>-4.0747118900000032</v>
+        <v>-4.0744763599999771</v>
       </c>
       <c r="D144" s="5">
-        <v>-18.975039921403347</v>
+        <v>-18.97413601614889</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>229.31253391000001</v>
+        <v>229.31209199</v>
       </c>
       <c r="C145" s="5">
-        <v>-1.0397999999999854</v>
+        <v>-1.0392472100000134</v>
       </c>
       <c r="D145" s="5">
-        <v>-5.2842684989976689</v>
+        <v>-5.2815508000704003</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>227.44615601000001</v>
+        <v>227.44621529</v>
       </c>
       <c r="C146" s="5">
-        <v>-1.8663779000000034</v>
+        <v>-1.8658767000000012</v>
       </c>
       <c r="D146" s="5">
-        <v>-9.3412563066478818</v>
+        <v>-9.3388761717361213</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>224.5828271</v>
+        <v>224.58270680999999</v>
       </c>
       <c r="C147" s="5">
-        <v>-2.863328910000007</v>
+        <v>-2.8635084800000072</v>
       </c>
       <c r="D147" s="5">
-        <v>-14.103529693132987</v>
+        <v>-14.104350428471879</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>222.36886178</v>
+        <v>222.36886380999999</v>
       </c>
       <c r="C148" s="5">
-        <v>-2.2139653199999998</v>
+        <v>-2.2138429999999971</v>
       </c>
       <c r="D148" s="5">
-        <v>-11.208960030325944</v>
+        <v>-11.208379607338658</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>220.28241052000001</v>
+        <v>220.28287194999999</v>
       </c>
       <c r="C149" s="5">
-        <v>-2.0864512599999898</v>
+        <v>-2.0859918600000071</v>
       </c>
       <c r="D149" s="5">
-        <v>-10.696153338117931</v>
+        <v>-10.693918296747629</v>
       </c>
       <c r="E149" s="5">
-        <v>-8.6051621315379698</v>
+        <v>-8.6051085795629803</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>218.15012818</v>
+        <v>218.14988908000001</v>
       </c>
       <c r="C150" s="5">
-        <v>-2.1322823400000175</v>
+        <v>-2.132982869999978</v>
       </c>
       <c r="D150" s="5">
-        <v>-11.016839500711907</v>
+        <v>-11.020246514636224</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>215.96891364999999</v>
+        <v>215.96916411999999</v>
       </c>
       <c r="C151" s="5">
-        <v>-2.1812145300000054</v>
+        <v>-2.1807249600000205</v>
       </c>
       <c r="D151" s="5">
-        <v>-11.360100543738694</v>
+        <v>-11.357701081271031</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>214.93201916000001</v>
+        <v>214.93262498000001</v>
       </c>
       <c r="C152" s="5">
-        <v>-1.0368944899999804</v>
+        <v>-1.0365391399999737</v>
       </c>
       <c r="D152" s="5">
-        <v>-5.6116272431851471</v>
+        <v>-5.6097482482123322</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>213.23087766</v>
+        <v>213.23131577000001</v>
       </c>
       <c r="C153" s="5">
-        <v>-1.7011415000000056</v>
+        <v>-1.7013092100000051</v>
       </c>
       <c r="D153" s="5">
-        <v>-9.0950128207663798</v>
+        <v>-9.0958462659714971</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>212.33339323000001</v>
+        <v>212.33393538000001</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.89748442999999156</v>
+        <v>-0.89738038999999503</v>
       </c>
       <c r="D154" s="5">
-        <v>-4.9354782257325365</v>
+        <v>-4.9349093570365881</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>211.30130596000001</v>
+        <v>211.30077308</v>
       </c>
       <c r="C155" s="5">
-        <v>-1.0320872700000052</v>
+        <v>-1.033162300000015</v>
       </c>
       <c r="D155" s="5">
-        <v>-5.6793959495357154</v>
+        <v>-5.6851401170471387</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>210.15264339000001</v>
+        <v>210.15176543000001</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.1486625699999991</v>
+        <v>-1.1490076499999873</v>
       </c>
       <c r="D156" s="5">
-        <v>-6.3318138194379037</v>
+        <v>-6.3336749889918327</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>208.33250472</v>
+        <v>208.33215100000001</v>
       </c>
       <c r="C157" s="5">
-        <v>-1.8201386700000057</v>
+        <v>-1.8196144300000014</v>
       </c>
       <c r="D157" s="5">
-        <v>-9.9121675018071791</v>
+        <v>-9.9094865888185062</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>207.34212181000001</v>
+        <v>207.34212457000001</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.9903829099999939</v>
+        <v>-0.99002643000000035</v>
       </c>
       <c r="D158" s="5">
-        <v>-5.5578122663650698</v>
+        <v>-5.5558729605297064</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>205.63074703999999</v>
+        <v>205.63064155000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-1.7113747700000204</v>
+        <v>-1.7114830200000029</v>
       </c>
       <c r="D159" s="5">
-        <v>-9.4671531731386978</v>
+        <v>-9.4677249605730651</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>204.44088901000001</v>
+        <v>204.44089915999999</v>
       </c>
       <c r="C160" s="5">
-        <v>-1.1898580299999821</v>
+        <v>-1.1897423900000206</v>
       </c>
       <c r="D160" s="5">
-        <v>-6.7268829600475755</v>
+        <v>-6.7262531912615886</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>203.3257625</v>
+        <v>203.32607725</v>
       </c>
       <c r="C161" s="5">
-        <v>-1.1151265100000103</v>
+        <v>-1.1148219099999892</v>
       </c>
       <c r="D161" s="5">
-        <v>-6.3525867038536248</v>
+        <v>-6.3509028786416284</v>
       </c>
       <c r="E161" s="5">
-        <v>-7.6976858842120244</v>
+        <v>-7.697736346858985</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>202.26515169999999</v>
+        <v>202.26503034000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.0606108000000063</v>
+        <v>-1.0610469099999875</v>
       </c>
       <c r="D162" s="5">
-        <v>-6.0830762536001837</v>
+        <v>-6.0854970384761735</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>201.40239824</v>
+        <v>201.40259398000001</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.86275345999999331</v>
+        <v>-0.86243636000000379</v>
       </c>
       <c r="D163" s="5">
-        <v>-5.0001591134769097</v>
+        <v>-4.998367145716931</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>200.21857842</v>
+        <v>200.21884026000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-1.1838198199999965</v>
+        <v>-1.1837537199999986</v>
       </c>
       <c r="D164" s="5">
-        <v>-6.8298425111923073</v>
+        <v>-6.8294669766950094</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>199.51893299</v>
+        <v>199.51924921</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.6996454300000039</v>
+        <v>-0.69959105000000932</v>
       </c>
       <c r="D165" s="5">
-        <v>-4.1136293009078511</v>
+        <v>-4.1133104117306747</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>198.53378154999999</v>
+        <v>198.53414316999999</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.98515144000000987</v>
+        <v>-0.98510604000000512</v>
       </c>
       <c r="D166" s="5">
-        <v>-5.7668703132328076</v>
+        <v>-5.766602833327628</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>197.62634420000001</v>
+        <v>197.62619838000001</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.90743734999998082</v>
+        <v>-0.90794478999998773</v>
       </c>
       <c r="D167" s="5">
-        <v>-5.3490309379972789</v>
+        <v>-5.3519377862256912</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>195.81610792000001</v>
+        <v>195.81549846999999</v>
       </c>
       <c r="C168" s="5">
-        <v>-1.810236279999998</v>
+        <v>-1.810699910000011</v>
       </c>
       <c r="D168" s="5">
-        <v>-10.454672844234725</v>
+        <v>-10.457224319254021</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>195.50540706999999</v>
+        <v>195.50515734999999</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.31070085000001768</v>
+        <v>-0.31034112000000391</v>
       </c>
       <c r="D169" s="5">
-        <v>-1.8875078758574193</v>
+        <v>-1.8853473466244774</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>195.17468402</v>
+        <v>195.17463817000001</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.33072304999998892</v>
+        <v>-0.33051917999998182</v>
       </c>
       <c r="D170" s="5">
-        <v>-2.0111768888361192</v>
+        <v>-2.0099511728636887</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>195.51151841000001</v>
+        <v>195.51141462999999</v>
       </c>
       <c r="C171" s="5">
-        <v>0.33683439000000703</v>
+        <v>0.33677645999998163</v>
       </c>
       <c r="D171" s="5">
-        <v>2.0907429005460498</v>
+        <v>2.0903804034233531</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>195.41990527999999</v>
+        <v>195.41992038999999</v>
       </c>
       <c r="C172" s="5">
-        <v>-9.1613130000013143E-2</v>
+        <v>-9.1494240000002947E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>-0.56085121006308469</v>
+        <v>-0.56012554004399862</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>195.08867963</v>
+        <v>195.08887358000001</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.33122564999999327</v>
+        <v>-0.33104680999997527</v>
       </c>
       <c r="D173" s="5">
-        <v>-2.0150779254160867</v>
+        <v>-2.0139998790645763</v>
       </c>
       <c r="E173" s="5">
-        <v>-4.0511752021586522</v>
+        <v>-4.0512283428710933</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>195.33866307</v>
+        <v>195.33861214000001</v>
       </c>
       <c r="C174" s="5">
-        <v>0.24998343999999406</v>
+        <v>0.24973855999999728</v>
       </c>
       <c r="D174" s="5">
-        <v>1.5485436043259693</v>
+        <v>1.5470144294434052</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>195.73245956</v>
+        <v>195.73257939999999</v>
       </c>
       <c r="C175" s="5">
-        <v>0.39379648999999972</v>
+        <v>0.39396725999998239</v>
       </c>
       <c r="D175" s="5">
-        <v>2.4461658830184252</v>
+        <v>2.4472391034058516</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>195.80166066999999</v>
+        <v>195.80183946</v>
       </c>
       <c r="C176" s="5">
-        <v>6.9201109999994515E-2</v>
+        <v>6.9260060000004842E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>0.42508533509248991</v>
+        <v>0.42544789442813258</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>196.42864298000001</v>
+        <v>196.42878654</v>
       </c>
       <c r="C177" s="5">
-        <v>0.6269823100000167</v>
+        <v>0.62694708000000787</v>
       </c>
       <c r="D177" s="5">
-        <v>3.9109571771361429</v>
+        <v>3.9107299027972831</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>196.50063360999999</v>
+        <v>196.50076433000001</v>
       </c>
       <c r="C178" s="5">
-        <v>7.1990629999987732E-2</v>
+        <v>7.1977790000005371E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>0.44068474231648835</v>
+        <v>0.44060566216830299</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>196.07845362</v>
+        <v>196.07859346000001</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.4221799899999894</v>
+        <v>-0.4221708700000022</v>
       </c>
       <c r="D179" s="5">
-        <v>-2.5479415213607193</v>
+        <v>-2.5478854540948892</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>196.84664916</v>
+        <v>196.84621684000001</v>
       </c>
       <c r="C180" s="5">
-        <v>0.76819553999999357</v>
+        <v>0.76762338000000341</v>
       </c>
       <c r="D180" s="5">
-        <v>4.8039951421084304</v>
+        <v>4.8003361881397089</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>196.40767063999999</v>
+        <v>196.40750201</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.43897852000000626</v>
+        <v>-0.43871483000000921</v>
       </c>
       <c r="D181" s="5">
-        <v>-2.6434840217861466</v>
+        <v>-2.6419212524982361</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>196.32681305</v>
+        <v>196.32675096</v>
       </c>
       <c r="C182" s="5">
-        <v>-8.0857589999993706E-2</v>
+        <v>-8.0751050000003488E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>-0.49290188310900929</v>
+        <v>-0.49225431273701714</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>197.58641978</v>
+        <v>197.58635722</v>
       </c>
       <c r="C183" s="5">
-        <v>1.2596067300000016</v>
+        <v>1.2596062599999982</v>
       </c>
       <c r="D183" s="5">
-        <v>7.9766134743747719</v>
+        <v>7.9766130045862083</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>196.89797243999999</v>
+        <v>196.89799489999999</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.6884473400000104</v>
+        <v>-0.68836232000001019</v>
       </c>
       <c r="D184" s="5">
-        <v>-4.1019394066251769</v>
+        <v>-4.1014437770587104</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>197.03051293999999</v>
+        <v>197.03061119</v>
       </c>
       <c r="C185" s="5">
-        <v>0.13254050000000461</v>
+        <v>0.13261629000001562</v>
       </c>
       <c r="D185" s="5">
-        <v>0.81076897237122303</v>
+        <v>0.81123421641167148</v>
       </c>
       <c r="E185" s="5">
-        <v>0.99535929695295788</v>
+        <v>0.99530925283841665</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>196.83078927</v>
+        <v>196.83075883000001</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.19972366999999736</v>
+        <v>-0.19985235999999418</v>
       </c>
       <c r="D186" s="5">
-        <v>-1.20964367906925</v>
+        <v>-1.2104181579115747</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>196.32119642000001</v>
+        <v>196.32127098999999</v>
       </c>
       <c r="C187" s="5">
-        <v>-0.50959284999998999</v>
+        <v>-0.50948784000001979</v>
       </c>
       <c r="D187" s="5">
-        <v>-3.0629280653642565</v>
+        <v>-3.0623063238050086</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>196.49275351</v>
+        <v>196.49289562000001</v>
       </c>
       <c r="C188" s="5">
-        <v>0.1715570899999932</v>
+        <v>0.17162463000002504</v>
       </c>
       <c r="D188" s="5">
-        <v>1.053685746174482</v>
+        <v>1.0541021640469328</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>197.01876293999999</v>
+        <v>197.01882744</v>
       </c>
       <c r="C189" s="5">
-        <v>0.52600942999998779</v>
+        <v>0.52593181999998251</v>
       </c>
       <c r="D189" s="5">
-        <v>3.260111867802129</v>
+        <v>3.2596213595822876</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>196.98077198999999</v>
+        <v>196.98081629999999</v>
       </c>
       <c r="C190" s="5">
-        <v>-3.7990949999993973E-2</v>
+        <v>-3.8011140000008936E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-0.23114966496039502</v>
+        <v>-0.23127230172766966</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>197.57227238999999</v>
+        <v>197.57226734</v>
       </c>
       <c r="C191" s="5">
-        <v>0.59150040000000104</v>
+        <v>0.5914510400000097</v>
       </c>
       <c r="D191" s="5">
-        <v>3.6635118043612191</v>
+        <v>3.6632001847805018</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>199.81439612</v>
+        <v>199.81423334999999</v>
       </c>
       <c r="C192" s="5">
-        <v>2.242123730000003</v>
+        <v>2.2419660099999987</v>
       </c>
       <c r="D192" s="5">
-        <v>14.501020840040812</v>
+        <v>14.499936686255843</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>199.52480120000001</v>
+        <v>199.52475815</v>
       </c>
       <c r="C193" s="5">
-        <v>-0.28959491999998477</v>
+        <v>-0.28947519999999827</v>
       </c>
       <c r="D193" s="5">
-        <v>-1.7253867933857192</v>
+        <v>-1.7246805773375451</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>198.10894858</v>
+        <v>198.10894673999999</v>
       </c>
       <c r="C194" s="5">
-        <v>-1.4158526200000097</v>
+        <v>-1.4158114100000034</v>
       </c>
       <c r="D194" s="5">
-        <v>-8.1907423989822981</v>
+        <v>-8.1905149230623095</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>199.10103809</v>
+        <v>199.10094781000001</v>
       </c>
       <c r="C195" s="5">
-        <v>0.99208950999999956</v>
+        <v>0.99200107000001481</v>
       </c>
       <c r="D195" s="5">
-        <v>6.1776663845386492</v>
+        <v>6.1771004798084395</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>199.37021197999999</v>
+        <v>199.37016174999999</v>
       </c>
       <c r="C196" s="5">
-        <v>0.26917388999999048</v>
+        <v>0.269213939999986</v>
       </c>
       <c r="D196" s="5">
-        <v>1.6344531633026405</v>
+        <v>1.6346989094074615</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>199.53215692000001</v>
+        <v>199.53236115000001</v>
       </c>
       <c r="C197" s="5">
-        <v>0.16194494000001214</v>
+        <v>0.16219940000001998</v>
       </c>
       <c r="D197" s="5">
-        <v>0.97910554641740255</v>
+        <v>0.98065112886789318</v>
       </c>
       <c r="E197" s="5">
-        <v>1.2696733834123508</v>
+        <v>1.269726538881577</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>199.22333843000001</v>
+        <v>199.22309508999999</v>
       </c>
       <c r="C198" s="5">
-        <v>-0.30881848999999306</v>
+        <v>-0.30926606000002721</v>
       </c>
       <c r="D198" s="5">
-        <v>-1.8415270002470674</v>
+        <v>-1.8441713394646952</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>199.99567981000001</v>
+        <v>199.9958833</v>
       </c>
       <c r="C199" s="5">
-        <v>0.7723413800000003</v>
+        <v>0.77278821000001585</v>
       </c>
       <c r="D199" s="5">
-        <v>4.7526001987908018</v>
+        <v>4.7554146231745253</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>200.54964709999999</v>
+        <v>200.54970904000001</v>
       </c>
       <c r="C200" s="5">
-        <v>0.55396728999997435</v>
+        <v>0.55382574000000773</v>
       </c>
       <c r="D200" s="5">
-        <v>3.3749833473655899</v>
+        <v>3.3741043077574862</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>201.07072822999999</v>
+        <v>201.07072901999999</v>
       </c>
       <c r="C201" s="5">
-        <v>0.52108112999999889</v>
+        <v>0.52101997999997707</v>
       </c>
       <c r="D201" s="5">
-        <v>3.1628626457538722</v>
+        <v>3.1624851666913756</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>201.46494027</v>
+        <v>201.46494741999999</v>
       </c>
       <c r="C202" s="5">
-        <v>0.39421204000001353</v>
+        <v>0.39421839999999975</v>
       </c>
       <c r="D202" s="5">
-        <v>2.3782125339278926</v>
+        <v>2.3782513079384504</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>201.61997228999999</v>
+        <v>201.61994078000001</v>
       </c>
       <c r="C203" s="5">
-        <v>0.15503201999999305</v>
+        <v>0.15499336000002017</v>
       </c>
       <c r="D203" s="5">
-        <v>0.92734662513787036</v>
+        <v>0.92711436229822031</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>201.23201513000001</v>
+        <v>201.23194398999999</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.38795715999998492</v>
+        <v>-0.38799679000001674</v>
       </c>
       <c r="D204" s="5">
-        <v>-2.2847593142210298</v>
+        <v>-2.2849905920928393</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>201.55015989</v>
+        <v>201.55020152</v>
       </c>
       <c r="C205" s="5">
-        <v>0.31814475999999559</v>
+        <v>0.318257530000011</v>
       </c>
       <c r="D205" s="5">
-        <v>1.9137658096777921</v>
+        <v>1.9144507598017224</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>201.75030470999999</v>
+        <v>201.75035903</v>
       </c>
       <c r="C206" s="5">
-        <v>0.20014481999999134</v>
+        <v>0.20015750999999682</v>
       </c>
       <c r="D206" s="5">
-        <v>1.1981626860863015</v>
+        <v>1.1982388210705963</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>200.94628505</v>
+        <v>200.94621007000001</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.80401965999999447</v>
+        <v>-0.80414895999999203</v>
       </c>
       <c r="D207" s="5">
-        <v>-4.6788247540632817</v>
+        <v>-4.6795595382653987</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>201.22773946999999</v>
+        <v>201.22773187999999</v>
       </c>
       <c r="C208" s="5">
-        <v>0.28145441999998866</v>
+        <v>0.28152180999998677</v>
       </c>
       <c r="D208" s="5">
-        <v>1.6937826288967672</v>
+        <v>1.6941919465688127</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>200.03797205000001</v>
+        <v>200.03851098000001</v>
       </c>
       <c r="C209" s="5">
-        <v>-1.1897674199999813</v>
+        <v>-1.1892208999999809</v>
       </c>
       <c r="D209" s="5">
-        <v>-6.8688136505653752</v>
+        <v>-6.8657605516348923</v>
       </c>
       <c r="E209" s="5">
-        <v>0.25350055740780419</v>
+        <v>0.25366804015289901</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>201.30793062999999</v>
+        <v>201.30670954000001</v>
       </c>
       <c r="C210" s="5">
-        <v>1.2699585799999795</v>
+        <v>1.2681985600000019</v>
       </c>
       <c r="D210" s="5">
-        <v>7.8900257174782329</v>
+        <v>7.8786849980114537</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>201.26896955999999</v>
+        <v>201.26956353</v>
       </c>
       <c r="C211" s="5">
-        <v>-3.8961069999999154E-2</v>
+        <v>-3.714601000001494E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>-0.23200054048353458</v>
+        <v>-0.22120475380529303</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>201.37125433</v>
+        <v>201.37135622</v>
       </c>
       <c r="C212" s="5">
-        <v>0.10228477000001135</v>
+        <v>0.10179268999999636</v>
       </c>
       <c r="D212" s="5">
-        <v>0.61154673316841102</v>
+        <v>0.60859466409792784</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>199.72316538000001</v>
+        <v>199.72316531999999</v>
       </c>
       <c r="C213" s="5">
-        <v>-1.6480889499999876</v>
+        <v>-1.648190900000003</v>
       </c>
       <c r="D213" s="5">
-        <v>-9.3909488020733729</v>
+        <v>-9.3914992842521254</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>199.32889355</v>
+        <v>199.32888656</v>
       </c>
       <c r="C214" s="5">
-        <v>-0.39427183000000809</v>
+        <v>-0.39427875999999173</v>
       </c>
       <c r="D214" s="5">
-        <v>-2.3433580111171248</v>
+        <v>-2.343398754149506</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>199.31198774000001</v>
+        <v>199.31196163999999</v>
       </c>
       <c r="C215" s="5">
-        <v>-1.6905809999997246E-2</v>
+        <v>-1.6924920000008115E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>-0.10172891118560567</v>
+        <v>-0.10184385344877978</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>198.38148328</v>
+        <v>198.38150008</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.93050446000000875</v>
+        <v>-0.93046155999999769</v>
       </c>
       <c r="D216" s="5">
-        <v>-5.4606629048795323</v>
+        <v>-5.460418271769429</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>197.13659021999999</v>
+        <v>197.13667265000001</v>
       </c>
       <c r="C217" s="5">
-        <v>-1.2448930600000097</v>
+        <v>-1.2448274299999866</v>
       </c>
       <c r="D217" s="5">
-        <v>-7.2757586922017499</v>
+        <v>-7.2753876634855992</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>196.45875520000001</v>
+        <v>196.45883603999999</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.67783501999997497</v>
+        <v>-0.67783661000001416</v>
       </c>
       <c r="D218" s="5">
-        <v>-4.0489416428703411</v>
+        <v>-4.0489493004748915</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>195.15152535999999</v>
+        <v>195.15147690000001</v>
       </c>
       <c r="C219" s="5">
-        <v>-1.3072298400000193</v>
+        <v>-1.3073591399999884</v>
       </c>
       <c r="D219" s="5">
-        <v>-7.6989275723058803</v>
+        <v>-7.6996583786634432</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>194.56407841999999</v>
+        <v>194.56411958999999</v>
       </c>
       <c r="C220" s="5">
-        <v>-0.58744694000000663</v>
+        <v>-0.58735731000001579</v>
       </c>
       <c r="D220" s="5">
-        <v>-3.55304224447206</v>
+        <v>-3.552509947100857</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>194.29008587000001</v>
+        <v>194.2909186</v>
       </c>
       <c r="C221" s="5">
-        <v>-0.27399254999997424</v>
+        <v>-0.27320098999999232</v>
       </c>
       <c r="D221" s="5">
-        <v>-1.676858289123262</v>
+        <v>-1.6720508738217954</v>
       </c>
       <c r="E221" s="5">
-        <v>-2.8733975460235595</v>
+        <v>-2.8732429329943687</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>193.93087188000001</v>
+        <v>193.92860801</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.35921399000000065</v>
+        <v>-0.36231058999999277</v>
       </c>
       <c r="D222" s="5">
-        <v>-2.1962026618514208</v>
+        <v>-2.2149318589519629</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>193.72107413000001</v>
+        <v>193.72214513</v>
       </c>
       <c r="C223" s="5">
-        <v>-0.209797750000007</v>
+        <v>-0.20646288000000368</v>
       </c>
       <c r="D223" s="5">
-        <v>-1.2904842411260775</v>
+        <v>-1.2701058727070058</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>192.74300016000001</v>
+        <v>192.74310034999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.97807396999999696</v>
+        <v>-0.9790447800000095</v>
       </c>
       <c r="D224" s="5">
-        <v>-5.893210835231633</v>
+        <v>-5.8988669434460794</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>192.08162546</v>
+        <v>192.08168782999999</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.66137470000001031</v>
+        <v>-0.66141251999999895</v>
       </c>
       <c r="D225" s="5">
-        <v>-4.0408285364620262</v>
+        <v>-4.0410532022196577</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>192.20780339999999</v>
+        <v>192.20780414999999</v>
       </c>
       <c r="C226" s="5">
-        <v>0.12617793999999094</v>
+        <v>0.12611631999999418</v>
       </c>
       <c r="D226" s="5">
-        <v>0.79113124267489177</v>
+        <v>0.79074323349572762</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>191.39266491999999</v>
+        <v>191.39267382</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.81513848000000166</v>
+        <v>-0.81513032999998813</v>
       </c>
       <c r="D227" s="5">
-        <v>-4.9720658331944723</v>
+        <v>-4.9720172557781055</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>191.11030584</v>
+        <v>191.11035801</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.28235907999999199</v>
+        <v>-0.28231581000000006</v>
       </c>
       <c r="D228" s="5">
-        <v>-1.7560499050336187</v>
+        <v>-1.7557828983487567</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>190.94051540999999</v>
+        <v>190.94062453999999</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.16979043000000615</v>
+        <v>-0.16973347000001127</v>
       </c>
       <c r="D229" s="5">
-        <v>-1.0609362722002746</v>
+        <v>-1.0605818060394512</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>190.01882293</v>
+        <v>190.01891380000001</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.92169247999999016</v>
+        <v>-0.92171073999998043</v>
       </c>
       <c r="D230" s="5">
-        <v>-5.6412028584613028</v>
+        <v>-5.6413085290349274</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>189.75049479</v>
+        <v>189.75049580000001</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.26832813999999416</v>
+        <v>-0.26841799999999694</v>
       </c>
       <c r="D231" s="5">
-        <v>-1.6814370944790102</v>
+        <v>-1.6819950226863223</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>187.9973292</v>
+        <v>187.99745121999999</v>
       </c>
       <c r="C232" s="5">
-        <v>-1.7531655900000089</v>
+        <v>-1.7530445800000223</v>
       </c>
       <c r="D232" s="5">
-        <v>-10.540771338612732</v>
+        <v>-10.540080286177901</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>186.92593973999999</v>
+        <v>186.92694463000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-1.071389460000006</v>
+        <v>-1.0705065899999795</v>
       </c>
       <c r="D233" s="5">
-        <v>-6.6284177211459516</v>
+        <v>-6.6231213782427245</v>
       </c>
       <c r="E233" s="5">
-        <v>-3.7902840471887966</v>
+        <v>-3.7901791926573281</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>184.61706602000001</v>
+        <v>184.61400022999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-2.3088737199999798</v>
+        <v>-2.3129444000000206</v>
       </c>
       <c r="D234" s="5">
-        <v>-13.855557403473062</v>
+        <v>-13.878278146351075</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>181.74539387999999</v>
+        <v>181.74670442999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-2.8716721400000154</v>
+        <v>-2.8672957999999937</v>
       </c>
       <c r="D235" s="5">
-        <v>-17.148797012183447</v>
+        <v>-17.125114189214795</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>179.79379087999999</v>
+        <v>179.79393676000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-1.9516030000000057</v>
+        <v>-1.9527676699999859</v>
       </c>
       <c r="D236" s="5">
-        <v>-12.151304411331832</v>
+        <v>-12.15805041783039</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>177.83242851</v>
+        <v>177.83258633</v>
       </c>
       <c r="C237" s="5">
-        <v>-1.9613623699999891</v>
+        <v>-1.9613504300000102</v>
       </c>
       <c r="D237" s="5">
-        <v>-12.33318296753998</v>
+        <v>-12.333102919992022</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>175.31334294999999</v>
+        <v>175.31337131999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-2.5190855600000077</v>
+        <v>-2.5192150100000106</v>
       </c>
       <c r="D238" s="5">
-        <v>-15.734822154931061</v>
+        <v>-15.73555590570721</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>173.30029248</v>
+        <v>173.30034674000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-2.013050469999996</v>
+        <v>-2.0130245799999784</v>
       </c>
       <c r="D239" s="5">
-        <v>-12.94135679350804</v>
+        <v>-12.941198757298489</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>171.81455819999999</v>
+        <v>171.81462794000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-1.4857342800000026</v>
+        <v>-1.4857188000000008</v>
       </c>
       <c r="D240" s="5">
-        <v>-9.8163167803054776</v>
+        <v>-9.8162163467622747</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>170.46982391</v>
+        <v>170.46991387</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.344734289999991</v>
+        <v>-1.3447140700000091</v>
       </c>
       <c r="D241" s="5">
-        <v>-8.9980635442720285</v>
+        <v>-8.9979305191076886</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>169.92475181</v>
+        <v>169.92483579</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.54507209999999873</v>
+        <v>-0.54507807999999613</v>
       </c>
       <c r="D242" s="5">
-        <v>-3.7702005395210625</v>
+        <v>-3.7702392230331672</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>169.22364150000001</v>
+        <v>169.22365536999999</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.70111030999999002</v>
+        <v>-0.70118042000001424</v>
       </c>
       <c r="D243" s="5">
-        <v>-4.8403787488323751</v>
+        <v>-4.8408495092772004</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>168.17493008</v>
+        <v>168.17502540999999</v>
       </c>
       <c r="C244" s="5">
-        <v>-1.0487114200000178</v>
+        <v>-1.0486299599999995</v>
       </c>
       <c r="D244" s="5">
-        <v>-7.1883201084141142</v>
+        <v>-7.1877800681140585</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>167.42856624999999</v>
+        <v>167.42946760000001</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.74636383000000706</v>
+        <v>-0.74555780999997978</v>
       </c>
       <c r="D245" s="5">
-        <v>-5.1975351019572731</v>
+        <v>-5.1920554081239629</v>
       </c>
       <c r="E245" s="5">
-        <v>-10.430533887976912</v>
+        <v>-10.430533205682558</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>168.39595023000001</v>
+        <v>168.39298067999999</v>
       </c>
       <c r="C246" s="5">
-        <v>0.96738398000002235</v>
+        <v>0.96351307999998426</v>
       </c>
       <c r="D246" s="5">
-        <v>7.1581028064069852</v>
+        <v>7.1285081597140865</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>166.67268156</v>
+        <v>166.67396391</v>
       </c>
       <c r="C247" s="5">
-        <v>-1.7232686700000102</v>
+        <v>-1.7190167699999961</v>
       </c>
       <c r="D247" s="5">
-        <v>-11.611989598821914</v>
+        <v>-11.585120920844361</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>166.62019749000001</v>
+        <v>166.62028232</v>
       </c>
       <c r="C248" s="5">
-        <v>-5.2484069999991334E-2</v>
+        <v>-5.3681589999996504E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>-0.37721791289484496</v>
+        <v>-0.38580662550787848</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>166.52165837999999</v>
+        <v>166.52187079000001</v>
       </c>
       <c r="C249" s="5">
-        <v>-9.8539110000018582E-2</v>
+        <v>-9.8411529999992808E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>-0.70737563320901753</v>
+        <v>-0.70646239839262659</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>166.83210356000001</v>
+        <v>166.83215079999999</v>
       </c>
       <c r="C250" s="5">
-        <v>0.31044518000001631</v>
+        <v>0.3102800099999854</v>
       </c>
       <c r="D250" s="5">
-        <v>2.2602337643495174</v>
+        <v>2.259015962528399</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>166.71676643999999</v>
+        <v>166.71683453</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.11533712000002083</v>
+        <v>-0.11531626999999389</v>
       </c>
       <c r="D251" s="5">
-        <v>-0.82645659505553581</v>
+        <v>-0.82630752728150014</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>166.40517836999999</v>
+        <v>166.4052428</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.31158806999999911</v>
+        <v>-0.31159173000000351</v>
       </c>
       <c r="D252" s="5">
-        <v>-2.2198489164698909</v>
+        <v>-2.2198738266469564</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>166.30805319999999</v>
+        <v>166.30812520000001</v>
       </c>
       <c r="C253" s="5">
-        <v>-9.7125169999998207E-2</v>
+        <v>-9.7117599999990034E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>-0.69815606983808509</v>
+        <v>-0.69810156021071768</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>166.05085600000001</v>
+        <v>166.05092282999999</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.25719719999997892</v>
+        <v>-0.25720237000001589</v>
       </c>
       <c r="D254" s="5">
-        <v>-1.840108856615652</v>
+        <v>-1.8401447412624283</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>166.15158004</v>
+        <v>166.15162205999999</v>
       </c>
       <c r="C255" s="5">
-        <v>0.10072403999998869</v>
+        <v>0.10069923000000358</v>
       </c>
       <c r="D255" s="5">
-        <v>0.73033594929605705</v>
+        <v>0.73015516016468052</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>166.37030333000001</v>
+        <v>166.37044634</v>
       </c>
       <c r="C256" s="5">
-        <v>0.218723290000014</v>
+        <v>0.21882428000000687</v>
       </c>
       <c r="D256" s="5">
-        <v>1.5911774270378709</v>
+        <v>1.5919170377635794</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>166.25248488</v>
+        <v>166.25331317000001</v>
       </c>
       <c r="C257" s="5">
-        <v>-0.11781845000001567</v>
+        <v>-0.11713316999998824</v>
       </c>
       <c r="D257" s="5">
-        <v>-0.84650181436186633</v>
+        <v>-0.84159654510912452</v>
       </c>
       <c r="E257" s="5">
-        <v>-0.70243770005405937</v>
+        <v>-0.70247755479334595</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>165.50348142999999</v>
+        <v>165.50067965</v>
       </c>
       <c r="C258" s="5">
-        <v>-0.74900345000000357</v>
+        <v>-0.7526335200000176</v>
       </c>
       <c r="D258" s="5">
-        <v>-5.2742913261799025</v>
+        <v>-5.2991945631612136</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>165.82763914</v>
+        <v>165.82875971000001</v>
       </c>
       <c r="C259" s="5">
-        <v>0.32415771000000859</v>
+        <v>0.3280800600000191</v>
       </c>
       <c r="D259" s="5">
-        <v>2.3758235749894441</v>
+        <v>2.4049266710279626</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>166.59170915000001</v>
+        <v>166.59180659</v>
       </c>
       <c r="C260" s="5">
-        <v>0.76407001000001173</v>
+        <v>0.76304687999999032</v>
       </c>
       <c r="D260" s="5">
-        <v>5.6714319898051535</v>
+        <v>5.6636051810578403</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>167.15362937</v>
+        <v>167.15388521</v>
       </c>
       <c r="C261" s="5">
-        <v>0.56192021999999042</v>
+        <v>0.56207861999999409</v>
       </c>
       <c r="D261" s="5">
-        <v>4.1235874730943811</v>
+        <v>4.1247690708941187</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>167.00509362</v>
+        <v>167.00511781</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.14853575000000774</v>
+        <v>-0.148767399999997</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.061145555583487</v>
+        <v>-1.062790761661192</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>167.36435225</v>
+        <v>167.36444327999999</v>
       </c>
       <c r="C263" s="5">
-        <v>0.35925862999999936</v>
+        <v>0.35932546999998749</v>
       </c>
       <c r="D263" s="5">
-        <v>2.6121825735635484</v>
+        <v>2.6126739522302156</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>167.75700322</v>
+        <v>167.75706706</v>
       </c>
       <c r="C264" s="5">
-        <v>0.39265097000000537</v>
+        <v>0.39262378000000808</v>
       </c>
       <c r="D264" s="5">
-        <v>2.8519145579370075</v>
+        <v>2.851712944538054</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>167.89047732</v>
+        <v>167.89050752</v>
       </c>
       <c r="C265" s="5">
-        <v>0.13347410000000082</v>
+        <v>0.13344046000000276</v>
       </c>
       <c r="D265" s="5">
-        <v>0.95895659254134902</v>
+        <v>0.9587134781699147</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>168.07722684999999</v>
+        <v>168.07727023999999</v>
       </c>
       <c r="C266" s="5">
-        <v>0.18674952999998595</v>
+        <v>0.18676271999999017</v>
       </c>
       <c r="D266" s="5">
-        <v>1.3429917762652899</v>
+        <v>1.3430869689387226</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>168.05769359000001</v>
+        <v>168.05775216000001</v>
       </c>
       <c r="C267" s="5">
-        <v>-1.9533259999974462E-2</v>
+        <v>-1.9518079999983229E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>-0.13937007251551004</v>
+        <v>-0.1392617962504894</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>168.20208407000001</v>
+        <v>168.20220344000001</v>
       </c>
       <c r="C268" s="5">
-        <v>0.14439047999999843</v>
+        <v>0.14445127999999841</v>
       </c>
       <c r="D268" s="5">
-        <v>1.0358924550937676</v>
+        <v>1.0363303503589494</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>167.67649997000001</v>
+        <v>167.67712510000001</v>
       </c>
       <c r="C269" s="5">
-        <v>-0.52558410000000322</v>
+        <v>-0.5250783399999932</v>
       </c>
       <c r="D269" s="5">
-        <v>-3.6858867561863407</v>
+        <v>-3.6823980007147594</v>
       </c>
       <c r="E269" s="5">
-        <v>0.85653762770996344</v>
+        <v>0.85641116128862826</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>168.13660711</v>
+        <v>168.13454152</v>
       </c>
       <c r="C270" s="5">
-        <v>0.46010713999999098</v>
+        <v>0.45741641999998706</v>
       </c>
       <c r="D270" s="5">
-        <v>3.342973128760951</v>
+        <v>3.3231165082117542</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>168.25503427999999</v>
+        <v>168.25580757</v>
       </c>
       <c r="C271" s="5">
-        <v>0.1184271699999897</v>
+        <v>0.12126605000000268</v>
       </c>
       <c r="D271" s="5">
-        <v>0.84850310314721344</v>
+        <v>0.86893448986604671</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>168.34700276999999</v>
+        <v>168.34697836999999</v>
       </c>
       <c r="C272" s="5">
-        <v>9.1968489999999292E-2</v>
+        <v>9.117079999998623E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>0.65789755779850356</v>
+        <v>0.6521712511127653</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>168.19673387</v>
+        <v>168.19696948000001</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.15026889999998616</v>
+        <v>-0.15000888999998097</v>
       </c>
       <c r="D273" s="5">
-        <v>-1.0658938604084511</v>
+        <v>-1.0640587290842385</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>168.09891568</v>
+        <v>168.09887510999999</v>
       </c>
       <c r="C274" s="5">
-        <v>-9.781818999999814E-2</v>
+        <v>-9.8094370000012532E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>-0.69565615533109249</v>
+        <v>-0.69761300178967645</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>168.20280740999999</v>
+        <v>168.20296676000001</v>
       </c>
       <c r="C275" s="5">
-        <v>0.10389172999998664</v>
+        <v>0.10409165000001508</v>
       </c>
       <c r="D275" s="5">
-        <v>0.74417333546188402</v>
+        <v>0.74561041761622704</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>168.07374479000001</v>
+        <v>168.07376339000001</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.12906261999998492</v>
+        <v>-0.12920336999999904</v>
       </c>
       <c r="D276" s="5">
-        <v>-0.91688846210257191</v>
+        <v>-0.91788329368232002</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>168.18827458000001</v>
+        <v>168.18826848</v>
       </c>
       <c r="C277" s="5">
-        <v>0.11452979000000596</v>
+        <v>0.11450508999999442</v>
       </c>
       <c r="D277" s="5">
-        <v>0.82078261194655777</v>
+        <v>0.82060484339003814</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>167.80350697</v>
+        <v>167.80354338000001</v>
       </c>
       <c r="C278" s="5">
-        <v>-0.38476761000001147</v>
+        <v>-0.38472509999999716</v>
       </c>
       <c r="D278" s="5">
-        <v>-2.7109834003357869</v>
+        <v>-2.7106877399359908</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>167.70049771999999</v>
+        <v>167.70056185000001</v>
       </c>
       <c r="C279" s="5">
-        <v>-0.10300925000001371</v>
+        <v>-0.10298152999999388</v>
       </c>
       <c r="D279" s="5">
-        <v>-0.73415991058046748</v>
+        <v>-0.73396285430084029</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>167.57349425999999</v>
+        <v>167.57357691000001</v>
       </c>
       <c r="C280" s="5">
-        <v>-0.1270034599999974</v>
+        <v>-0.12698493999999982</v>
       </c>
       <c r="D280" s="5">
-        <v>-0.90501190117525665</v>
+        <v>-0.90488013434446568</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>167.72174138</v>
+        <v>167.72227916</v>
       </c>
       <c r="C281" s="5">
-        <v>0.14824712000000773</v>
+        <v>0.14870224999998527</v>
       </c>
       <c r="D281" s="5">
-        <v>1.06678380273586</v>
+        <v>1.0700743814353153</v>
       </c>
       <c r="E281" s="5">
-        <v>2.6981365908818056E-2</v>
+        <v>2.6929171151435227E-2</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>167.40713868</v>
+        <v>167.40608933999999</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.31460269999999468</v>
+        <v>-0.31618982000000528</v>
       </c>
       <c r="D282" s="5">
-        <v>-2.2278133852367432</v>
+        <v>-2.2389289677353763</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>167.41370094000001</v>
+        <v>167.4137222</v>
       </c>
       <c r="C283" s="5">
-        <v>6.5622600000097009E-3</v>
+        <v>7.6328600000010738E-3</v>
       </c>
       <c r="D283" s="5">
-        <v>4.7049427199286065E-2</v>
+        <v>5.4727574801582968E-2</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>167.77446628000001</v>
+        <v>167.77441834999999</v>
       </c>
       <c r="C284" s="5">
-        <v>0.36076534000000038</v>
+        <v>0.36069614999999544</v>
       </c>
       <c r="D284" s="5">
-        <v>2.6167897118989147</v>
+        <v>2.6162815482848822</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>166.78120874999999</v>
+        <v>166.78141769000001</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.99325753000002237</v>
+        <v>-0.99300065999997855</v>
       </c>
       <c r="D285" s="5">
-        <v>-6.8774170046167153</v>
+        <v>-6.8756978049713595</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>166.49410078</v>
+        <v>166.49399690999999</v>
       </c>
       <c r="C286" s="5">
-        <v>-0.28710796999999388</v>
+        <v>-0.28742078000001925</v>
       </c>
       <c r="D286" s="5">
-        <v>-2.0463107758529997</v>
+        <v>-2.0485166419025425</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>166.19471913000001</v>
+        <v>166.19492152999999</v>
       </c>
       <c r="C287" s="5">
-        <v>-0.29938164999998662</v>
+        <v>-0.299075380000005</v>
       </c>
       <c r="D287" s="5">
-        <v>-2.1365693236854</v>
+        <v>-2.1344064624223669</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>165.60048800999999</v>
+        <v>165.60045375999999</v>
       </c>
       <c r="C288" s="5">
-        <v>-0.59423112000001765</v>
+        <v>-0.59446776999999429</v>
       </c>
       <c r="D288" s="5">
-        <v>-4.2072350533175262</v>
+        <v>-4.2088727173007605</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>165.18437424999999</v>
+        <v>165.18429674999999</v>
       </c>
       <c r="C289" s="5">
-        <v>-0.41611376000000178</v>
+        <v>-0.41615701000000627</v>
       </c>
       <c r="D289" s="5">
-        <v>-2.9739832392264742</v>
+        <v>-2.9742886957414449</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>165.35723539</v>
+        <v>165.35722433000001</v>
       </c>
       <c r="C290" s="5">
-        <v>0.17286114000000907</v>
+        <v>0.17292758000002095</v>
       </c>
       <c r="D290" s="5">
-        <v>1.2630216887040246</v>
+        <v>1.2635105318430595</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>165.0114706</v>
+        <v>165.01152938000001</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.34576479000000404</v>
+        <v>-0.34569494999999506</v>
       </c>
       <c r="D291" s="5">
-        <v>-2.4805630696584147</v>
+        <v>-2.4800679390990177</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>164.9440372</v>
+        <v>164.94413287</v>
       </c>
       <c r="C292" s="5">
-        <v>-6.7433399999998755E-2</v>
+        <v>-6.7396510000008902E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>-0.48928992232274426</v>
+        <v>-0.48902267941683952</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>164.52898352</v>
+        <v>164.52960994</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.41505367999999976</v>
+        <v>-0.41452293000000395</v>
       </c>
       <c r="D293" s="5">
-        <v>-2.9781542635524572</v>
+        <v>-2.9743967308756503</v>
       </c>
       <c r="E293" s="5">
-        <v>-1.9036040490220674</v>
+        <v>-1.9035450960896649</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>164.94719144999999</v>
+        <v>164.94712117</v>
       </c>
       <c r="C294" s="5">
-        <v>0.41820792999999412</v>
+        <v>0.41751123000000234</v>
       </c>
       <c r="D294" s="5">
-        <v>3.0932254871859133</v>
+        <v>3.0879883745485337</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>164.87811081000001</v>
+        <v>164.87754570999999</v>
       </c>
       <c r="C295" s="5">
-        <v>-6.9080639999981486E-2</v>
+        <v>-6.9575460000010025E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>-0.50140949403540969</v>
+        <v>-0.50499294334644951</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>164.58313175999999</v>
+        <v>164.58294315000001</v>
       </c>
       <c r="C296" s="5">
-        <v>-0.29497905000002334</v>
+        <v>-0.29460255999998708</v>
       </c>
       <c r="D296" s="5">
-        <v>-2.1258884389718236</v>
+        <v>-2.1232089230553197</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>165.18801406</v>
+        <v>165.18803455</v>
       </c>
       <c r="C297" s="5">
-        <v>0.60488230000001408</v>
+        <v>0.60509139999999206</v>
       </c>
       <c r="D297" s="5">
-        <v>4.5005364082056243</v>
+        <v>4.5021290428000293</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>165.45566736000001</v>
+        <v>165.45541462</v>
       </c>
       <c r="C298" s="5">
-        <v>0.26765330000000631</v>
+        <v>0.26738007000000152</v>
       </c>
       <c r="D298" s="5">
-        <v>1.9617751777218029</v>
+        <v>1.9597544205117945</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>165.00067018999999</v>
+        <v>165.00081562</v>
       </c>
       <c r="C299" s="5">
-        <v>-0.45499717000001283</v>
+        <v>-0.45459900000000175</v>
       </c>
       <c r="D299" s="5">
-        <v>-3.2505005913048501</v>
+        <v>-3.2477037973545286</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>165.41343479</v>
+        <v>165.41331541</v>
       </c>
       <c r="C300" s="5">
-        <v>0.4127646000000027</v>
+        <v>0.41249978999999826</v>
       </c>
       <c r="D300" s="5">
-        <v>3.0435611260846152</v>
+        <v>3.0415788792327314</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>165.78931403999999</v>
+        <v>165.78919798999999</v>
       </c>
       <c r="C301" s="5">
-        <v>0.375879249999997</v>
+        <v>0.37588257999999541</v>
       </c>
       <c r="D301" s="5">
-        <v>2.7611741621991648</v>
+        <v>2.7612009483539257</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>166.06512956</v>
+        <v>166.06517425000001</v>
       </c>
       <c r="C302" s="5">
-        <v>0.27581552000000897</v>
+        <v>0.27597626000002151</v>
       </c>
       <c r="D302" s="5">
-        <v>2.0147496480657168</v>
+        <v>2.0159360003516369</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>166.45982844</v>
+        <v>166.46013196999999</v>
       </c>
       <c r="C303" s="5">
-        <v>0.39469887999999287</v>
+        <v>0.39495771999997942</v>
       </c>
       <c r="D303" s="5">
-        <v>2.8897065463499905</v>
+        <v>2.8916256589843536</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>166.78878835</v>
+        <v>166.78928218999999</v>
       </c>
       <c r="C304" s="5">
-        <v>0.3289599100000089</v>
+        <v>0.32915022000000249</v>
       </c>
       <c r="D304" s="5">
-        <v>2.3974006797370162</v>
+        <v>2.3987983214082798</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>167.33517932999999</v>
+        <v>167.3362261</v>
       </c>
       <c r="C305" s="5">
-        <v>0.54639097999998398</v>
+        <v>0.54694391000001019</v>
       </c>
       <c r="D305" s="5">
-        <v>4.0027437818426881</v>
+        <v>4.0068556859875759</v>
       </c>
       <c r="E305" s="5">
-        <v>1.7055935981388215</v>
+        <v>1.7058425902933383</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>167.41327502999999</v>
+        <v>167.41356138</v>
       </c>
       <c r="C306" s="5">
-        <v>7.8095700000005763E-2</v>
+        <v>7.7335279999999784E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>0.56148245738849578</v>
+        <v>0.55599789602187588</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>167.58544925000001</v>
+        <v>167.58430798000001</v>
       </c>
       <c r="C307" s="5">
-        <v>0.17217422000001648</v>
+        <v>0.17074660000000108</v>
       </c>
       <c r="D307" s="5">
-        <v>1.2411306407260181</v>
+        <v>1.2307796234966473</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>167.41720262000001</v>
+        <v>167.41669393000001</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.16824662999999873</v>
+        <v>-0.16761404999999741</v>
       </c>
       <c r="D308" s="5">
-        <v>-1.1981044321422551</v>
+        <v>-1.1936325893457722</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>168.34373463</v>
+        <v>168.34273497000001</v>
       </c>
       <c r="C309" s="5">
-        <v>0.9265320099999883</v>
+        <v>0.9260410400000012</v>
       </c>
       <c r="D309" s="5">
-        <v>6.8470457608380997</v>
+        <v>6.8433278519753893</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>168.85294604000001</v>
+        <v>168.8524802</v>
       </c>
       <c r="C310" s="5">
-        <v>0.50921141000000603</v>
+        <v>0.50974522999999294</v>
       </c>
       <c r="D310" s="5">
-        <v>3.6907980761206494</v>
+        <v>3.6947542096189334</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>168.86886978000001</v>
+        <v>168.86893495999999</v>
       </c>
       <c r="C311" s="5">
-        <v>1.5923740000005182E-2</v>
+        <v>1.64547599999878E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>0.11322516276193184</v>
+        <v>0.11700330772959067</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>169.81502441999999</v>
+        <v>169.81503509000001</v>
       </c>
       <c r="C312" s="5">
-        <v>0.94615463999997473</v>
+        <v>0.94610013000001913</v>
       </c>
       <c r="D312" s="5">
-        <v>6.9345835316584781</v>
+        <v>6.93416886562086</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>170.27368086000001</v>
+        <v>170.27401097000001</v>
       </c>
       <c r="C313" s="5">
-        <v>0.45865644000002703</v>
+        <v>0.45897587999999701</v>
       </c>
       <c r="D313" s="5">
-        <v>3.2896843191615233</v>
+        <v>3.2920094384556675</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>170.35371108000001</v>
+        <v>170.35435299</v>
       </c>
       <c r="C314" s="5">
-        <v>8.0030219999997598E-2</v>
+        <v>8.0342019999989134E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>0.56547149005266029</v>
+        <v>0.56767920001172811</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>170.57420676000001</v>
+        <v>170.57495198000001</v>
       </c>
       <c r="C315" s="5">
-        <v>0.22049567999999908</v>
+        <v>0.22059899000001337</v>
       </c>
       <c r="D315" s="5">
-        <v>1.5643133420458089</v>
+        <v>1.5650455666798235</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>170.79679440999999</v>
+        <v>170.79730445000001</v>
       </c>
       <c r="C316" s="5">
-        <v>0.22258764999997993</v>
+        <v>0.22235247000000413</v>
       </c>
       <c r="D316" s="5">
-        <v>1.5772055758622949</v>
+        <v>1.5755202454124539</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>170.41541634999999</v>
+        <v>170.41921791999999</v>
       </c>
       <c r="C317" s="5">
-        <v>-0.38137806000000296</v>
+        <v>-0.37808653000001868</v>
       </c>
       <c r="D317" s="5">
-        <v>-2.6468575680531292</v>
+        <v>-2.6242832179869002</v>
       </c>
       <c r="E317" s="5">
-        <v>1.8407587886379195</v>
+        <v>1.8423935401516767</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>171.71146207999999</v>
+        <v>171.71075668</v>
       </c>
       <c r="C318" s="5">
-        <v>1.296045730000003</v>
+        <v>1.2915387600000088</v>
       </c>
       <c r="D318" s="5">
-        <v>9.5178411908314331</v>
+        <v>9.4831310979350825</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>172.44040475</v>
+        <v>172.43794058</v>
       </c>
       <c r="C319" s="5">
-        <v>0.72894267000000923</v>
+        <v>0.72718389999999999</v>
       </c>
       <c r="D319" s="5">
-        <v>5.2148326871173101</v>
+        <v>5.2019778783441994</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>172.48757201999999</v>
+        <v>172.48566356000001</v>
       </c>
       <c r="C320" s="5">
-        <v>4.7167269999988548E-2</v>
+        <v>4.772298000000319E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>0.3287277834096658</v>
+        <v>0.33261140852438587</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>172.29271550999999</v>
+        <v>172.28981160999999</v>
       </c>
       <c r="C321" s="5">
-        <v>-0.19485650999999393</v>
+        <v>-0.19585195000001931</v>
       </c>
       <c r="D321" s="5">
-        <v>-1.3472300195691456</v>
+        <v>-1.3540844167982735</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>172.58581588999999</v>
+        <v>172.58457641999999</v>
       </c>
       <c r="C322" s="5">
-        <v>0.29310037999999849</v>
+        <v>0.29476481000000376</v>
       </c>
       <c r="D322" s="5">
-        <v>2.0606213707350385</v>
+        <v>2.0724686164483197</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>172.602148</v>
+        <v>172.60200588000001</v>
       </c>
       <c r="C323" s="5">
-        <v>1.633211000000756E-2</v>
+        <v>1.7429460000016661E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>0.11361730779231305</v>
+        <v>0.1212563357007701</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>173.13874016</v>
+        <v>173.13960109000001</v>
       </c>
       <c r="C324" s="5">
-        <v>0.53659215999999788</v>
+        <v>0.53759521000000632</v>
       </c>
       <c r="D324" s="5">
-        <v>3.7950597492709681</v>
+        <v>3.8022789932314671</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>173.18581678999999</v>
+        <v>173.18713170000001</v>
       </c>
       <c r="C325" s="5">
-        <v>4.7076629999992292E-2</v>
+        <v>4.7530609999995477E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>0.32676981378851888</v>
+        <v>0.32992411074943551</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>173.29171087</v>
+        <v>173.29498647</v>
       </c>
       <c r="C326" s="5">
-        <v>0.10589408000001299</v>
+        <v>0.10785476999998878</v>
       </c>
       <c r="D326" s="5">
-        <v>0.73620988115812303</v>
+        <v>0.74988224451468799</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>173.76443932999999</v>
+        <v>173.76626375999999</v>
       </c>
       <c r="C327" s="5">
-        <v>0.47272845999998481</v>
+        <v>0.47127728999998908</v>
       </c>
       <c r="D327" s="5">
-        <v>3.3230856615819926</v>
+        <v>3.3126679170342843</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>174.29279133</v>
+        <v>174.29438862000001</v>
       </c>
       <c r="C328" s="5">
-        <v>0.52835200000001237</v>
+        <v>0.52812486000001968</v>
       </c>
       <c r="D328" s="5">
-        <v>3.7103887955272308</v>
+        <v>3.708727338145601</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>174.71794234000001</v>
+        <v>174.72576512000001</v>
       </c>
       <c r="C329" s="5">
-        <v>0.42515101000000755</v>
+        <v>0.43137649999999894</v>
       </c>
       <c r="D329" s="5">
-        <v>2.9667424195880976</v>
+        <v>3.0107495895044245</v>
       </c>
       <c r="E329" s="5">
-        <v>2.5247281508636865</v>
+        <v>2.5270314302355379</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>174.88575850000001</v>
+        <v>174.88037796</v>
       </c>
       <c r="C330" s="5">
-        <v>0.16781616000000099</v>
+        <v>0.15461283999999864</v>
       </c>
       <c r="D330" s="5">
-        <v>1.1587054940818131</v>
+        <v>1.0670495938156721</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>175.50081412</v>
+        <v>175.49689991</v>
       </c>
       <c r="C331" s="5">
-        <v>0.61505561999999259</v>
+        <v>0.6165219499999921</v>
       </c>
       <c r="D331" s="5">
-        <v>4.302876517953802</v>
+        <v>4.3134698444687869</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>175.88339088000001</v>
+        <v>175.87919206999999</v>
       </c>
       <c r="C332" s="5">
-        <v>0.38257676000000629</v>
+        <v>0.38229215999999155</v>
       </c>
       <c r="D332" s="5">
-        <v>2.6474897334280989</v>
+        <v>2.6455563154891282</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>176.04583890999999</v>
+        <v>176.03902400999999</v>
       </c>
       <c r="C333" s="5">
-        <v>0.16244802999997887</v>
+        <v>0.15983194000000367</v>
       </c>
       <c r="D333" s="5">
-        <v>1.1139820949837009</v>
+        <v>1.0959788816178984</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>176.09554800000001</v>
+        <v>176.09128749000001</v>
       </c>
       <c r="C334" s="5">
-        <v>4.9709090000021661E-2</v>
+        <v>5.22634800000219E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>0.33936407558028403</v>
+        <v>0.35684522357588566</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>176.62454879000001</v>
+        <v>176.62608968000001</v>
       </c>
       <c r="C335" s="5">
-        <v>0.52900078999999778</v>
+        <v>0.53480218999999352</v>
       </c>
       <c r="D335" s="5">
-        <v>3.6650277023710709</v>
+        <v>3.7059859594011924</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>177.00068974999999</v>
+        <v>177.00438423</v>
       </c>
       <c r="C336" s="5">
-        <v>0.37614095999998653</v>
+        <v>0.37829454999999257</v>
       </c>
       <c r="D336" s="5">
-        <v>2.5856749823818692</v>
+        <v>2.60063110477744</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>177.21005994999999</v>
+        <v>177.21357049</v>
       </c>
       <c r="C337" s="5">
-        <v>0.20937019999999507</v>
+        <v>0.20918625999999563</v>
       </c>
       <c r="D337" s="5">
-        <v>1.4287246809717935</v>
+        <v>1.4274313314926346</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>177.31695461999999</v>
+        <v>177.32415344</v>
       </c>
       <c r="C338" s="5">
-        <v>0.10689467000000263</v>
+        <v>0.1105829500000084</v>
       </c>
       <c r="D338" s="5">
-        <v>0.72625689315117814</v>
+        <v>0.75138670263377172</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>177.64532983000001</v>
+        <v>177.64935044999999</v>
       </c>
       <c r="C339" s="5">
-        <v>0.32837521000001857</v>
+        <v>0.32519700999998236</v>
       </c>
       <c r="D339" s="5">
-        <v>2.2450686421171984</v>
+        <v>2.2230288027517364</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>177.58032958000001</v>
+        <v>177.58331057999999</v>
       </c>
       <c r="C340" s="5">
-        <v>-6.5000249999997095E-2</v>
+        <v>-6.6039869999997336E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>-0.43819626494441266</v>
+        <v>-0.44518043784891326</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>177.79553755000001</v>
+        <v>177.80713417999999</v>
       </c>
       <c r="C341" s="5">
-        <v>0.21520796999999448</v>
+        <v>0.2238236000000029</v>
       </c>
       <c r="D341" s="5">
-        <v>1.4640015236646597</v>
+        <v>1.522992513322885</v>
       </c>
       <c r="E341" s="5">
-        <v>1.7614648895137641</v>
+        <v>1.7635458959837536</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>177.85132197999999</v>
+        <v>177.84091426000001</v>
       </c>
       <c r="C342" s="5">
-        <v>5.5784429999988561E-2</v>
+        <v>3.3780080000013868E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>0.37715769287107737</v>
+        <v>0.22821625878413077</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>177.96877426</v>
+        <v>177.96079967</v>
       </c>
       <c r="C343" s="5">
-        <v>0.11745228000000907</v>
+        <v>0.11988540999999486</v>
       </c>
       <c r="D343" s="5">
-        <v>0.79535980970792952</v>
+        <v>0.81194523227505755</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>178.51616508000001</v>
+        <v>178.50612480999999</v>
       </c>
       <c r="C344" s="5">
-        <v>0.54739082000000394</v>
+        <v>0.54532513999998855</v>
       </c>
       <c r="D344" s="5">
-        <v>3.7540056163452684</v>
+        <v>3.7397700068613426</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>178.25675806999999</v>
+        <v>178.24710124999999</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.25940701000001809</v>
+        <v>-0.25902356000000282</v>
       </c>
       <c r="D345" s="5">
-        <v>-1.7298855883610242</v>
+        <v>-1.7274452622738412</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>179.07907882999999</v>
+        <v>179.07281201999999</v>
       </c>
       <c r="C346" s="5">
-        <v>0.82232075999999665</v>
+        <v>0.82571077000000059</v>
       </c>
       <c r="D346" s="5">
-        <v>5.6783868197634257</v>
+        <v>5.7027123761126619</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>179.96439981</v>
+        <v>179.96847094</v>
       </c>
       <c r="C347" s="5">
-        <v>0.88532098000001724</v>
+        <v>0.89565892000001668</v>
       </c>
       <c r="D347" s="5">
-        <v>6.0964878120616905</v>
+        <v>6.169868549057278</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>180.30631231000001</v>
+        <v>180.31338181000001</v>
       </c>
       <c r="C348" s="5">
-        <v>0.3419125000000065</v>
+        <v>0.34491087000000675</v>
       </c>
       <c r="D348" s="5">
-        <v>2.3038423272520925</v>
+        <v>2.3242059718782349</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>180.95556869999999</v>
+        <v>180.96144111999999</v>
       </c>
       <c r="C349" s="5">
-        <v>0.64925638999997659</v>
+        <v>0.6480593099999794</v>
       </c>
       <c r="D349" s="5">
-        <v>4.4076347324232268</v>
+        <v>4.3991708402317364</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>181.61005926999999</v>
+        <v>181.62528315</v>
       </c>
       <c r="C350" s="5">
-        <v>0.65449057000000721</v>
+        <v>0.66384203000001207</v>
       </c>
       <c r="D350" s="5">
-        <v>4.4276178258205068</v>
+        <v>4.4920135803553807</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>182.12871706000001</v>
+        <v>182.13262356000001</v>
       </c>
       <c r="C351" s="5">
-        <v>0.51865779000002021</v>
+        <v>0.50734041000001184</v>
       </c>
       <c r="D351" s="5">
-        <v>3.4814102305912753</v>
+        <v>3.4039835052812384</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>182.88380144000001</v>
+        <v>182.88646826999999</v>
       </c>
       <c r="C352" s="5">
-        <v>0.75508437999999956</v>
+        <v>0.75384470999998143</v>
       </c>
       <c r="D352" s="5">
-        <v>5.0900853374537647</v>
+        <v>5.0814259873522394</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>182.85968278000001</v>
+        <v>182.88336735999999</v>
       </c>
       <c r="C353" s="5">
-        <v>-2.4118659999999181E-2</v>
+        <v>-3.1009100000005674E-3</v>
       </c>
       <c r="D353" s="5">
-        <v>-0.15814089586914104</v>
+        <v>-2.0344561551499662E-2</v>
       </c>
       <c r="E353" s="5">
-        <v>2.8482971506390342</v>
+        <v>2.854909733183808</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>184.02344527</v>
+        <v>183.99659697000001</v>
       </c>
       <c r="C354" s="5">
-        <v>1.1637624899999821</v>
+        <v>1.113229610000019</v>
       </c>
       <c r="D354" s="5">
-        <v>7.9101615717398488</v>
+        <v>7.5541008399019338</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>184.63174871999999</v>
+        <v>184.62003419000001</v>
       </c>
       <c r="C355" s="5">
-        <v>0.60830344999999397</v>
+        <v>0.62343721999999957</v>
       </c>
       <c r="D355" s="5">
-        <v>4.0396086349691496</v>
+        <v>4.1426046547117679</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>185.38738194000001</v>
+        <v>185.37170875000001</v>
       </c>
       <c r="C356" s="5">
-        <v>0.75563322000002131</v>
+        <v>0.75167455999999788</v>
       </c>
       <c r="D356" s="5">
-        <v>5.0232513117955291</v>
+        <v>4.9966673296889974</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>186.36894588000001</v>
+        <v>186.35670372000001</v>
       </c>
       <c r="C357" s="5">
-        <v>0.98156394000000091</v>
+        <v>0.98499497000000247</v>
       </c>
       <c r="D357" s="5">
-        <v>6.5419226186398616</v>
+        <v>6.5660335234730693</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>186.81781809</v>
+        <v>186.80925371000001</v>
       </c>
       <c r="C358" s="5">
-        <v>0.44887220999999045</v>
+        <v>0.4525499899999943</v>
       </c>
       <c r="D358" s="5">
-        <v>2.9288120151219399</v>
+        <v>2.9533268810919333</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>187.43393986000001</v>
+        <v>187.44083678999999</v>
       </c>
       <c r="C359" s="5">
-        <v>0.61612177000000656</v>
+        <v>0.63158307999998442</v>
       </c>
       <c r="D359" s="5">
-        <v>4.0301593655159174</v>
+        <v>4.1333757270695326</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>186.73419411</v>
+        <v>186.74378307000001</v>
       </c>
       <c r="C360" s="5">
-        <v>-0.69974575000000527</v>
+        <v>-0.69705371999998533</v>
       </c>
       <c r="D360" s="5">
-        <v>-4.389099011663955</v>
+        <v>-4.3723997369774947</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>187.47180503000001</v>
+        <v>187.47932183</v>
       </c>
       <c r="C361" s="5">
-        <v>0.73761092000000872</v>
+        <v>0.73553875999999718</v>
       </c>
       <c r="D361" s="5">
-        <v>4.8444173207453201</v>
+        <v>4.8302583569178825</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>187.88447844999999</v>
+        <v>187.90825709999999</v>
       </c>
       <c r="C362" s="5">
-        <v>0.41267341999997598</v>
+        <v>0.42893526999998244</v>
       </c>
       <c r="D362" s="5">
-        <v>2.6737234057707893</v>
+        <v>2.7803011700969105</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>187.65063889999999</v>
+        <v>187.65918914</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.23383954999999901</v>
+        <v>-0.24906795999999076</v>
       </c>
       <c r="D363" s="5">
-        <v>-1.4833294304381517</v>
+        <v>-1.5790272995384047</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>187.59173527999999</v>
+        <v>187.60005157000001</v>
       </c>
       <c r="C364" s="5">
-        <v>-5.8903619999995271E-2</v>
+        <v>-5.9137569999990092E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>-0.37603089896409703</v>
+        <v>-0.377504637990278</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>187.27359734999999</v>
+        <v>187.31304021</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.31813793000000601</v>
+        <v>-0.28701136000000815</v>
       </c>
       <c r="D365" s="5">
-        <v>-2.0162117354984743</v>
+        <v>-1.8205234263073078</v>
       </c>
       <c r="E365" s="5">
-        <v>2.4138260019352709</v>
+        <v>2.4221299694686449</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>187.70082740000001</v>
+        <v>187.65961733</v>
       </c>
       <c r="C366" s="5">
-        <v>0.4272300500000199</v>
+        <v>0.34657712000000629</v>
       </c>
       <c r="D366" s="5">
-        <v>2.7721894664998636</v>
+        <v>2.2430421716252313</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>187.28931581000001</v>
+        <v>187.26816736999999</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.41151159000000348</v>
+        <v>-0.39144996000001697</v>
       </c>
       <c r="D367" s="5">
-        <v>-2.5993639044668337</v>
+        <v>-2.4746295407886643</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>186.76952259000001</v>
+        <v>186.73957634999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.51979321999999684</v>
+        <v>-0.52859101999999325</v>
       </c>
       <c r="D368" s="5">
-        <v>-3.2800492960053274</v>
+        <v>-3.3350779534915498</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>176.79859114000001</v>
+        <v>176.77692318000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-9.9709314499999948</v>
+        <v>-9.9626531699999816</v>
       </c>
       <c r="D369" s="5">
-        <v>-48.230556682420612</v>
+        <v>-48.207077455773288</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>177.38463698000001</v>
+        <v>177.36653380000001</v>
       </c>
       <c r="C370" s="5">
-        <v>0.58604583999999704</v>
+        <v>0.58961062000000197</v>
       </c>
       <c r="D370" s="5">
-        <v>4.0510442924205581</v>
+        <v>4.0766484167602757</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>178.21127745000001</v>
+        <v>178.23246626</v>
       </c>
       <c r="C371" s="5">
-        <v>0.82664047000000096</v>
+        <v>0.86593245999998203</v>
       </c>
       <c r="D371" s="5">
-        <v>5.7377725580889161</v>
+        <v>6.0184993981466262</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>178.23445735999999</v>
+        <v>178.23913608000001</v>
       </c>
       <c r="C372" s="5">
-        <v>2.3179909999981874E-2</v>
+        <v>6.6698200000132601E-3</v>
       </c>
       <c r="D372" s="5">
-        <v>0.15619550049665865</v>
+        <v>4.4915675137446875E-2</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>179.10444841</v>
+        <v>179.11299885</v>
       </c>
       <c r="C373" s="5">
-        <v>0.86999105000001009</v>
+        <v>0.87386276999998813</v>
       </c>
       <c r="D373" s="5">
-        <v>6.0172296670783387</v>
+        <v>6.0445713912651966</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>179.33237965999999</v>
+        <v>179.37031440000001</v>
       </c>
       <c r="C374" s="5">
-        <v>0.22793124999998327</v>
+        <v>0.25731555000001549</v>
       </c>
       <c r="D374" s="5">
-        <v>1.5378741433326404</v>
+        <v>1.7376190071156872</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>180.40082125000001</v>
+        <v>180.42185126000001</v>
       </c>
       <c r="C375" s="5">
-        <v>1.0684415900000204</v>
+        <v>1.0515368599999988</v>
       </c>
       <c r="D375" s="5">
-        <v>7.3884530535827775</v>
+        <v>7.2661723731106909</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>180.91868649</v>
+        <v>180.94804109</v>
       </c>
       <c r="C376" s="5">
-        <v>0.5178652399999919</v>
+        <v>0.52618982999999275</v>
       </c>
       <c r="D376" s="5">
-        <v>3.4996756540902174</v>
+        <v>3.5564166794940455</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>181.62787377000001</v>
+        <v>181.68864092999999</v>
       </c>
       <c r="C377" s="5">
-        <v>0.70918728000000897</v>
+        <v>0.74059983999998735</v>
       </c>
       <c r="D377" s="5">
-        <v>4.8066584578952298</v>
+        <v>5.0235478320548976</v>
       </c>
       <c r="E377" s="5">
-        <v>-3.0146927596251372</v>
+        <v>-3.0026736385755037</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>182.34655556000001</v>
+        <v>182.29253360000001</v>
       </c>
       <c r="C378" s="5">
-        <v>0.71868179000000509</v>
+        <v>0.60389267000002178</v>
       </c>
       <c r="D378" s="5">
-        <v>4.852981115005961</v>
+        <v>4.0622607451222814</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>182.33635848</v>
+        <v>182.29629299999999</v>
       </c>
       <c r="C379" s="5">
-        <v>-1.0197080000011738E-2</v>
+        <v>3.759399999978541E-3</v>
       </c>
       <c r="D379" s="5">
-        <v>-6.7085079347950494E-2</v>
+        <v>2.4750282648322575E-2</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>184.09962623000001</v>
+        <v>184.03985007</v>
       </c>
       <c r="C380" s="5">
-        <v>1.7632677500000113</v>
+        <v>1.7435570700000085</v>
       </c>
       <c r="D380" s="5">
-        <v>12.242041327809838</v>
+        <v>12.100719803118331</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>183.93331979999999</v>
+        <v>183.88034196999999</v>
       </c>
       <c r="C381" s="5">
-        <v>-0.1663064300000201</v>
+        <v>-0.1595081000000107</v>
       </c>
       <c r="D381" s="5">
-        <v>-1.0786505234573029</v>
+        <v>-1.0351015012380671</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>184.09796958999999</v>
+        <v>184.05735897</v>
       </c>
       <c r="C382" s="5">
-        <v>0.16464978999999857</v>
+        <v>0.17701700000000642</v>
       </c>
       <c r="D382" s="5">
-        <v>1.0794967277882206</v>
+        <v>1.1613461206382958</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>184.42638331000001</v>
+        <v>184.46511204999999</v>
       </c>
       <c r="C383" s="5">
-        <v>0.32841372000001456</v>
+        <v>0.407753079999992</v>
       </c>
       <c r="D383" s="5">
-        <v>2.1618175568886011</v>
+        <v>2.6910624633879721</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>185.22001144999999</v>
+        <v>185.23472828999999</v>
       </c>
       <c r="C384" s="5">
-        <v>0.79362813999998139</v>
+        <v>0.76961624000000484</v>
       </c>
       <c r="D384" s="5">
-        <v>5.287856735190255</v>
+        <v>5.1230787765778274</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>185.87782935999999</v>
+        <v>185.87202099000001</v>
       </c>
       <c r="C385" s="5">
-        <v>0.65781791000000567</v>
+        <v>0.63729270000001748</v>
       </c>
       <c r="D385" s="5">
-        <v>4.34610112108893</v>
+        <v>4.2075777286469496</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>185.40038215999999</v>
+        <v>185.47172942</v>
       </c>
       <c r="C386" s="5">
-        <v>-0.47744720000000029</v>
+        <v>-0.40029157000000737</v>
       </c>
       <c r="D386" s="5">
-        <v>-3.0391546590407659</v>
+        <v>-2.5539127075113854</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>187.34428055000001</v>
+        <v>187.39679211000001</v>
       </c>
       <c r="C387" s="5">
-        <v>1.9438983900000153</v>
+        <v>1.9250626900000043</v>
       </c>
       <c r="D387" s="5">
-        <v>13.333360944678496</v>
+        <v>13.191331587201738</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>187.99726226000001</v>
+        <v>188.08193527</v>
       </c>
       <c r="C388" s="5">
-        <v>0.65298171000000593</v>
+        <v>0.68514315999999553</v>
       </c>
       <c r="D388" s="5">
-        <v>4.2636752880882423</v>
+        <v>4.4766383637790508</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>189.32062009000001</v>
+        <v>189.43473162000001</v>
       </c>
       <c r="C389" s="5">
-        <v>1.323357829999992</v>
+        <v>1.3527963500000055</v>
       </c>
       <c r="D389" s="5">
-        <v>8.7819203436820814</v>
+        <v>8.9808689738944292</v>
       </c>
       <c r="E389" s="5">
-        <v>4.2354436906206994</v>
+        <v>4.2633874359731649</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>189.28604852999999</v>
+        <v>189.21860824999999</v>
       </c>
       <c r="C390" s="5">
-        <v>-3.4571560000017598E-2</v>
+        <v>-0.21612337000001958</v>
       </c>
       <c r="D390" s="5">
-        <v>-0.2189102862884984</v>
+        <v>-1.3605046931305598</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>190.75315051000001</v>
+        <v>190.65383328999999</v>
       </c>
       <c r="C391" s="5">
-        <v>1.4671019800000238</v>
+        <v>1.4352250400000059</v>
       </c>
       <c r="D391" s="5">
-        <v>9.7077663853309062</v>
+        <v>9.4914920056340826</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>191.55363714000001</v>
+        <v>191.42737545</v>
       </c>
       <c r="C392" s="5">
-        <v>0.80048662999999465</v>
+        <v>0.7735421600000052</v>
       </c>
       <c r="D392" s="5">
-        <v>5.153612297065191</v>
+        <v>4.9789055359259038</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>192.39439317</v>
+        <v>192.27077892</v>
       </c>
       <c r="C393" s="5">
-        <v>0.84075602999999433</v>
+        <v>0.84340346999999838</v>
       </c>
       <c r="D393" s="5">
-        <v>5.395994701702711</v>
+        <v>5.4170571531593215</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>192.95067183</v>
+        <v>192.85466889</v>
       </c>
       <c r="C394" s="5">
-        <v>0.55627866000000381</v>
+        <v>0.58388997000000131</v>
       </c>
       <c r="D394" s="5">
-        <v>3.5253250253474144</v>
+        <v>3.7056599250991695</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>193.01383831999999</v>
+        <v>193.09376431999999</v>
       </c>
       <c r="C395" s="5">
-        <v>6.3166489999986197E-2</v>
+        <v>0.23909542999999189</v>
       </c>
       <c r="D395" s="5">
-        <v>0.39355352840946267</v>
+        <v>1.497910417299475</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>193.46169376</v>
+        <v>193.51528087</v>
       </c>
       <c r="C396" s="5">
-        <v>0.44785544000001209</v>
+        <v>0.42151655000000687</v>
       </c>
       <c r="D396" s="5">
-        <v>2.8202039291747916</v>
+        <v>2.6512367892642663</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>194.12610008999999</v>
+        <v>194.12227333999999</v>
       </c>
       <c r="C397" s="5">
-        <v>0.66440632999999139</v>
+        <v>0.60699246999999446</v>
       </c>
       <c r="D397" s="5">
-        <v>4.1999065742503783</v>
+        <v>3.8296160645497013</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>194.56981841000001</v>
+        <v>194.68978186000001</v>
       </c>
       <c r="C398" s="5">
-        <v>0.44371832000001632</v>
+        <v>0.56750852000001828</v>
       </c>
       <c r="D398" s="5">
-        <v>2.7776124823933657</v>
+        <v>3.5651118424785855</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>194.35602188999999</v>
+        <v>194.45170415000001</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.2137965200000167</v>
+        <v>-0.23807770999999889</v>
       </c>
       <c r="D399" s="5">
-        <v>-1.3106400488615999</v>
+        <v>-1.4575986967682253</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>194.75550473000001</v>
+        <v>194.90836279000001</v>
       </c>
       <c r="C400" s="5">
-        <v>0.39948284000001877</v>
+        <v>0.45665864000000056</v>
       </c>
       <c r="D400" s="5">
-        <v>2.4945766677799019</v>
+        <v>2.854817620218375</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>195.23565352</v>
+        <v>195.41740494000001</v>
       </c>
       <c r="C401" s="5">
-        <v>0.480148789999987</v>
+        <v>0.50904214999999908</v>
       </c>
       <c r="D401" s="5">
-        <v>2.9989185497791393</v>
+        <v>3.1794525420682174</v>
       </c>
       <c r="E401" s="5">
-        <v>3.1243471668263467</v>
+        <v>3.1581712966981534</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>195.25534709999999</v>
+        <v>195.15822610999999</v>
       </c>
       <c r="C402" s="5">
-        <v>1.9693579999994881E-2</v>
+        <v>-0.25917883000002462</v>
       </c>
       <c r="D402" s="5">
-        <v>0.12111215821841714</v>
+        <v>-1.5799814869261297</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>195.71168012000001</v>
+        <v>195.53794841000001</v>
       </c>
       <c r="C403" s="5">
-        <v>0.45633302000001663</v>
+        <v>0.37972230000002583</v>
       </c>
       <c r="D403" s="5">
-        <v>2.840862783904452</v>
+        <v>2.3600071670857981</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>195.56989107000001</v>
+        <v>195.36108587999999</v>
       </c>
       <c r="C404" s="5">
-        <v>-0.14178904999999986</v>
+        <v>-0.17686253000002239</v>
       </c>
       <c r="D404" s="5">
-        <v>-0.86591930135385686</v>
+        <v>-1.0800072694460705</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>196.05588315</v>
+        <v>195.85159167</v>
       </c>
       <c r="C405" s="5">
-        <v>0.48599207999998839</v>
+        <v>0.49050579000001449</v>
       </c>
       <c r="D405" s="5">
-        <v>3.0231016592034754</v>
+        <v>3.0548742780074356</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>196.67396220000001</v>
+        <v>196.51739082</v>
       </c>
       <c r="C406" s="5">
-        <v>0.61807905000000574</v>
+        <v>0.66579914999999801</v>
       </c>
       <c r="D406" s="5">
-        <v>3.8493682744810576</v>
+        <v>4.1565550993270195</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>198.10377826999999</v>
+        <v>198.22221551000001</v>
       </c>
       <c r="C407" s="5">
-        <v>1.4298160699999869</v>
+        <v>1.7048246900000095</v>
       </c>
       <c r="D407" s="5">
-        <v>9.0813983100444862</v>
+        <v>10.92157784965293</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>198.61531070999999</v>
+        <v>198.72728125</v>
       </c>
       <c r="C408" s="5">
-        <v>0.51153243999999631</v>
+        <v>0.50506573999999205</v>
       </c>
       <c r="D408" s="5">
-        <v>3.1429587915471568</v>
+        <v>3.1007874356088649</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>199.29824364999999</v>
+        <v>199.29775914000001</v>
       </c>
       <c r="C409" s="5">
-        <v>0.6829329400000006</v>
+        <v>0.57047789000000648</v>
       </c>
       <c r="D409" s="5">
-        <v>4.2050985885711656</v>
+        <v>3.4997008253772277</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>199.54695735999999</v>
+        <v>199.71583319999999</v>
       </c>
       <c r="C410" s="5">
-        <v>0.24871371000000408</v>
+        <v>0.41807405999998082</v>
       </c>
       <c r="D410" s="5">
-        <v>1.5078583261390222</v>
+        <v>2.5465303729692579</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>199.23674495</v>
+        <v>199.38159214999999</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.31021240999999122</v>
+        <v>-0.33424105000000282</v>
       </c>
       <c r="D411" s="5">
-        <v>-1.8496321641735758</v>
+        <v>-1.9899166870976925</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>199.77540327</v>
+        <v>200.00183569999999</v>
       </c>
       <c r="C412" s="5">
-        <v>0.53865831999999614</v>
+        <v>0.62024354999999787</v>
       </c>
       <c r="D412" s="5">
-        <v>3.2930113239504122</v>
+        <v>3.7975410605204596</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>200.46572793000001</v>
+        <v>200.71620299</v>
       </c>
       <c r="C413" s="5">
-        <v>0.69032466000001591</v>
+        <v>0.71436729000001264</v>
       </c>
       <c r="D413" s="5">
-        <v>4.2263266977897063</v>
+        <v>4.3713763621721302</v>
       </c>
       <c r="E413" s="5">
-        <v>2.678852102935303</v>
+        <v>2.7115282037579513</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>201.93082236999999</v>
+        <v>201.80686041999999</v>
       </c>
       <c r="C414" s="5">
-        <v>1.465094439999973</v>
+        <v>1.0906574299999932</v>
       </c>
       <c r="D414" s="5">
-        <v>9.1314042098030299</v>
+        <v>6.7190423390361298</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>202.80611569000001</v>
+        <v>202.54530926000001</v>
       </c>
       <c r="C415" s="5">
-        <v>0.87529332000002569</v>
+        <v>0.73844884000001798</v>
       </c>
       <c r="D415" s="5">
-        <v>5.3273598995225546</v>
+        <v>4.4804816694728133</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>203.82606483999999</v>
+        <v>203.52272665999999</v>
       </c>
       <c r="C416" s="5">
-        <v>1.0199491499999738</v>
+        <v>0.9774173999999789</v>
       </c>
       <c r="D416" s="5">
-        <v>6.2047821592895014</v>
+        <v>5.9470017272277742</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>203.94136194999999</v>
+        <v>203.65058673999999</v>
       </c>
       <c r="C417" s="5">
-        <v>0.1152971100000002</v>
+        <v>0.12786008000000493</v>
       </c>
       <c r="D417" s="5">
-        <v>0.68091288096492342</v>
+        <v>0.75649222563927143</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>204.12482777</v>
+        <v>203.89877045</v>
       </c>
       <c r="C418" s="5">
-        <v>0.18346582000000922</v>
+        <v>0.24818371000000639</v>
       </c>
       <c r="D418" s="5">
-        <v>1.0848783130714246</v>
+        <v>1.4722510337883188</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>203.9466802</v>
+        <v>204.11461797999999</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.17814756999999304</v>
+        <v>0.21584752999999068</v>
       </c>
       <c r="D419" s="5">
-        <v>-1.0422736058018023</v>
+        <v>1.2777440813183993</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>204.06102178</v>
+        <v>204.23050361</v>
       </c>
       <c r="C420" s="5">
-        <v>0.11434158000000139</v>
+        <v>0.11588563000000818</v>
       </c>
       <c r="D420" s="5">
-        <v>0.67485178176562854</v>
+        <v>0.68342884698393558</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>203.56905685000001</v>
+        <v>203.59167359</v>
       </c>
       <c r="C421" s="5">
-        <v>-0.49196492999999464</v>
+        <v>-0.63883002000000033</v>
       </c>
       <c r="D421" s="5">
-        <v>-2.8549913868999521</v>
+        <v>-3.6896746692581917</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>204.01611685</v>
+        <v>204.22426877999999</v>
       </c>
       <c r="C422" s="5">
-        <v>0.44705999999999335</v>
+        <v>0.63259518999998932</v>
       </c>
       <c r="D422" s="5">
-        <v>2.6673970550495696</v>
+        <v>3.7929959536020075</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>205.17628003999999</v>
+        <v>205.36410416999999</v>
       </c>
       <c r="C423" s="5">
-        <v>1.1601631899999916</v>
+        <v>1.1398353900000018</v>
       </c>
       <c r="D423" s="5">
-        <v>7.0414769633830199</v>
+        <v>6.9070199424293932</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>205.18784977000001</v>
+        <v>205.47143864</v>
       </c>
       <c r="C424" s="5">
-        <v>1.1569730000019263E-2</v>
+        <v>0.10733447000001206</v>
       </c>
       <c r="D424" s="5">
-        <v>6.7688051951075856E-2</v>
+        <v>0.62899143297656668</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>204.80548741000001</v>
+        <v>205.09956400999999</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.3823623600000019</v>
+        <v>-0.37187463000000776</v>
       </c>
       <c r="D425" s="5">
-        <v>-2.2133926171398643</v>
+        <v>-2.1503435062689813</v>
       </c>
       <c r="E425" s="5">
-        <v>2.1648386109746287</v>
+        <v>2.1838600744247705</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>202.51036794000001</v>
+        <v>205.14076471000001</v>
       </c>
       <c r="C426" s="5">
-        <v>-2.295119470000003</v>
+        <v>4.1200700000018742E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>-12.648958163594715</v>
+        <v>0.24132426339973367</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>202.23412884999999</v>
+        <v>204.80707566000001</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.27623909000001845</v>
+        <v>-0.33368905000000382</v>
       </c>
       <c r="D427" s="5">
-        <v>-1.6246636421533345</v>
+        <v>-1.9345925665728902</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>202.01735145999999</v>
+        <v>204.79439187</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.21677739000000429</v>
+        <v>-1.2683790000011186E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>-1.2787392368454276</v>
+        <v>-7.4291206191046122E-2</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>202.24391850000001</v>
+        <v>204.95805992000001</v>
       </c>
       <c r="C429" s="5">
-        <v>0.22656704000002037</v>
+        <v>0.1636680500000125</v>
       </c>
       <c r="D429" s="5">
-        <v>1.3541598871938509</v>
+        <v>0.96324536076139999</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>202.05446627000001</v>
+        <v>205.0684091</v>
       </c>
       <c r="C430" s="5">
-        <v>-0.18945223000000055</v>
+        <v>0.11034917999998584</v>
       </c>
       <c r="D430" s="5">
-        <v>-1.1183279477718244</v>
+        <v>0.64799519942997374</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>201.40314304</v>
+        <v>204.46457484999999</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.6513232300000027</v>
+        <v>-0.60383425000000557</v>
       </c>
       <c r="D431" s="5">
-        <v>-3.8003550645441475</v>
+        <v>-3.4767938647915497</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>200.64228002999999</v>
+        <v>203.70198060999999</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.76086301000000844</v>
+        <v>-0.76259423999999854</v>
       </c>
       <c r="D432" s="5">
-        <v>-4.4403550936893854</v>
+        <v>-4.3849768193147902</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>199.72271787</v>
+        <v>202.76839555999999</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.91956215999999813</v>
+        <v>-0.93358505000000491</v>
       </c>
       <c r="D433" s="5">
-        <v>-5.3631761004610539</v>
+        <v>-5.3631760934243484</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>199.94407795000001</v>
+        <v>202.99313128</v>
       </c>
       <c r="C434" s="5">
-        <v>0.22136008000001084</v>
+        <v>0.22473572000001241</v>
       </c>
       <c r="D434" s="5">
-        <v>1.3381419520887228</v>
+        <v>1.338141968232831</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>201.93754679</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-1.0555844900000011</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-6.064706281074395</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>201.55918592</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.37836086999999452</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-2.225357781771764</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">