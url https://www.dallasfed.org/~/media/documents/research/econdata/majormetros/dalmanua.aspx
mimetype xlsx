--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{AC91B4CD-9037-42F9-BB94-5090DDB75287}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6BE608E6-A3BF-450E-B15B-E87CF59C0AFD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{57EB3F9F-BDE1-48C4-BCDF-7F73E3177F1C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{33957959-5CFB-4910-B0A2-FB6F4F826E06}"/>
   </bookViews>
   <sheets>
     <sheet name="dalmanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Manufacturing Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2633B939-EFDA-41AD-84F0-C02A57C3FAFE}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1480A477-3325-4647-A1E3-AC70A0EEBD31}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>204.46457484999999</v>
       </c>
       <c r="C431" s="5">
         <v>-0.60383425000000557</v>
       </c>
       <c r="D431" s="5">
         <v>-3.4767938647915497</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>203.70198060999999</v>
       </c>
       <c r="C432" s="5">
         <v>-0.76259423999999854</v>
       </c>
       <c r="D432" s="5">
         <v>-4.3849768193147902</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>202.76839555999999</v>
       </c>
       <c r="C433" s="5">
         <v>-0.93358505000000491</v>
       </c>
       <c r="D433" s="5">
         <v>-5.3631760934243484</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>202.99313128</v>
       </c>
       <c r="C434" s="5">
         <v>0.22473572000001241</v>
       </c>
       <c r="D434" s="5">
         <v>1.338141968232831</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>201.93754679</v>
       </c>
       <c r="C435" s="5">
         <v>-1.0555844900000011</v>
       </c>
       <c r="D435" s="5">
         <v>-6.064706281074395</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>201.55918592</v>
+        <v>201.56748836</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.37836086999999452</v>
+        <v>-0.37005843000000027</v>
       </c>
       <c r="D436" s="5">
-        <v>-2.225357781771764</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-2.1770175171154538</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>201.79419816999999</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.22670980999998847</v>
+      </c>
+      <c r="D437" s="5">
+        <v>1.3580613720800994</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.6115908661019085</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>