--- v0 (2025-10-17)
+++ v1 (2026-01-05)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4AB7153C-BA01-4567-8B41-9344877B7766}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{05A6A39F-59E0-411A-8F62-275B81E4A1EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{9A12EB19-B3A4-43A6-9606-29971A34D48F}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6C674B2F-6AD0-42E0-B6F8-79547C73600D}"/>
   </bookViews>
   <sheets>
     <sheet name="dalnrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D4394306-9560-4E70-ACD0-EB064C1BB960}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0831B968-93DD-409A-B8B8-D23A7D72EAD9}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-1.5386543200000062</v>
       </c>
       <c r="D431" s="5">
         <v>-9.9162447808657017</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>176.59793281</v>
       </c>
       <c r="C432" s="5">
         <v>0.56069899999999961</v>
       </c>
       <c r="D432" s="5">
         <v>3.889811895465467</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>176.60384386999999</v>
+        <v>176.55111882</v>
       </c>
       <c r="C433" s="5">
-        <v>5.9110599999883107E-3</v>
+        <v>-4.6813990000003969E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>4.0173618513250631E-2</v>
+        <v>-0.31764219764315316</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>177.26555661</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.71443779000000518</v>
+      </c>
+      <c r="D434" s="5">
+        <v>4.9655088220570409</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>