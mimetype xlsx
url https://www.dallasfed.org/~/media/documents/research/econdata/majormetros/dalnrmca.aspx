--- v1 (2026-01-05)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{05A6A39F-59E0-411A-8F62-275B81E4A1EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{84E45CFF-9A69-4C57-869F-2F1283E5E41C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6C674B2F-6AD0-42E0-B6F8-79547C73600D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B2FF9D49-60B3-4836-80F3-09F16661BF37}"/>
   </bookViews>
   <sheets>
     <sheet name="dalnrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0831B968-93DD-409A-B8B8-D23A7D72EAD9}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA6F2BB7-0896-44FB-B580-8EE0EC553CA3}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -2958,158 +2958,158 @@
         <v>-1.901572299999998</v>
       </c>
       <c r="D144" s="5">
         <v>-17.345825877949029</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
         <v>118.47871444</v>
       </c>
       <c r="C145" s="5">
         <v>-0.35404151999999556</v>
       </c>
       <c r="D145" s="5">
         <v>-3.5171849970058733</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>117.21569375999999</v>
+        <v>117.21569377</v>
       </c>
       <c r="C146" s="5">
-        <v>-1.263020680000011</v>
+        <v>-1.2630206700000031</v>
       </c>
       <c r="D146" s="5">
-        <v>-12.068364766385265</v>
+        <v>-12.068364676364784</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>115.41887742999999</v>
+        <v>115.41887742</v>
       </c>
       <c r="C147" s="5">
-        <v>-1.7968163299999986</v>
+        <v>-1.7968163500000003</v>
       </c>
       <c r="D147" s="5">
-        <v>-16.920666419107523</v>
+        <v>-16.920666590537202</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>114.66388211</v>
+        <v>114.6638821</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.75499531999999192</v>
+        <v>-0.75499532000000613</v>
       </c>
       <c r="D148" s="5">
-        <v>-7.573279431634905</v>
+        <v>-7.5732794322677872</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
         <v>114.01934817</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.6445339400000023</v>
+        <v>-0.64453392999999437</v>
       </c>
       <c r="D149" s="5">
-        <v>-6.5406082095334384</v>
+        <v>-6.5406081117247439</v>
       </c>
       <c r="E149" s="5">
         <v>-5.1547895149096412</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
         <v>113.20696692</v>
       </c>
       <c r="C150" s="5">
         <v>-0.81238125000000139</v>
       </c>
       <c r="D150" s="5">
         <v>-8.2227139968694463</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
         <v>112.4109625</v>
       </c>
       <c r="C151" s="5">
         <v>-0.79600442000000271</v>
       </c>
       <c r="D151" s="5">
         <v>-8.1189098356493901</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>112.06797518</v>
+        <v>112.06797519</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.34298731999999177</v>
+        <v>-0.34298730999999805</v>
       </c>
       <c r="D152" s="5">
-        <v>-3.6006054309915103</v>
+        <v>-3.6006053277691019</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
         <v>111.66732648</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.40064870000000496</v>
+        <v>-0.40064870999999869</v>
       </c>
       <c r="D153" s="5">
-        <v>-4.2067035923052938</v>
+        <v>-4.2067036948787102</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
         <v>111.48783121</v>
       </c>
       <c r="C154" s="5">
         <v>-0.17949527000000387</v>
       </c>
       <c r="D154" s="5">
         <v>-1.9119311577530107</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
         <v>111.15730236</v>
       </c>
       <c r="C155" s="5">
         <v>-0.33052884999999321</v>
@@ -3143,3986 +3143,4004 @@
         <v>-0.12549162999999908</v>
       </c>
       <c r="D157" s="5">
         <v>-1.3577086411786565</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
         <v>108.83743200000001</v>
       </c>
       <c r="C158" s="5">
         <v>-1.2599493999999964</v>
       </c>
       <c r="D158" s="5">
         <v>-12.900520924968539</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>107.94675723</v>
+        <v>107.94675721999999</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.89067477000000395</v>
+        <v>-0.89067478000001188</v>
       </c>
       <c r="D159" s="5">
-        <v>-9.3900747743520423</v>
+        <v>-9.3900748750795344</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
         <v>108.33068947</v>
       </c>
       <c r="C160" s="5">
-        <v>0.38393223999999293</v>
+        <v>0.38393225000000086</v>
       </c>
       <c r="D160" s="5">
-        <v>4.3525055436850701</v>
+        <v>4.3525056596896317</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
         <v>107.45402908</v>
       </c>
       <c r="C161" s="5">
         <v>-0.87666038999999785</v>
       </c>
       <c r="D161" s="5">
         <v>-9.2901673249927157</v>
       </c>
       <c r="E161" s="5">
         <v>-5.7580745683717405</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>106.27910103000001</v>
+        <v>106.27910104</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.1749280499999912</v>
+        <v>-1.1749280399999975</v>
       </c>
       <c r="D162" s="5">
-        <v>-12.360071533467842</v>
+        <v>-12.360071434513442</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
         <v>105.74100559999999</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.5380954300000127</v>
+        <v>-0.53809544000000642</v>
       </c>
       <c r="D163" s="5">
-        <v>-5.9092851631623589</v>
+        <v>-5.9092852694003772</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>104.39647948</v>
+        <v>104.39647949</v>
       </c>
       <c r="C164" s="5">
-        <v>-1.3445261199999976</v>
+        <v>-1.3445261099999897</v>
       </c>
       <c r="D164" s="5">
-        <v>-14.235214528906049</v>
+        <v>-14.235214430322408</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>104.74909606999999</v>
+        <v>104.7490961</v>
       </c>
       <c r="C165" s="5">
-        <v>0.35261658999999668</v>
+        <v>0.35261660999999833</v>
       </c>
       <c r="D165" s="5">
-        <v>4.1293521778516196</v>
+        <v>4.1293524160285866</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
         <v>105.24506211000001</v>
       </c>
       <c r="C166" s="5">
-        <v>0.49596604000001321</v>
+        <v>0.49596601000000362</v>
       </c>
       <c r="D166" s="5">
-        <v>5.8320815115339597</v>
+        <v>5.8320811478119516</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
         <v>104.61681041</v>
       </c>
       <c r="C167" s="5">
         <v>-0.62825170000000696</v>
       </c>
       <c r="D167" s="5">
         <v>-6.9327342429871148</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
         <v>105.44658844999999</v>
       </c>
       <c r="C168" s="5">
         <v>0.82977803999999367</v>
       </c>
       <c r="D168" s="5">
         <v>9.9442956199238264</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>105.44585487000001</v>
+        <v>105.44585486</v>
       </c>
       <c r="C169" s="5">
-        <v>-7.3357999998791001E-4</v>
+        <v>-7.3358999999584285E-4</v>
       </c>
       <c r="D169" s="5">
-        <v>-8.3479449742851486E-3</v>
+        <v>-8.3480587673490092E-3</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>105.36426901</v>
+        <v>105.36426896</v>
       </c>
       <c r="C170" s="5">
-        <v>-8.1585860000004118E-2</v>
+        <v>-8.1585899999993217E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-0.92452643892957376</v>
+        <v>-0.92452689036744973</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>105.91043589</v>
+        <v>105.91043584000001</v>
       </c>
       <c r="C171" s="5">
         <v>0.54616688000000124</v>
       </c>
       <c r="D171" s="5">
-        <v>6.4007682138410571</v>
+        <v>6.40076821696558</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>105.73407494</v>
+        <v>105.73407492</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.17636095000000296</v>
+        <v>-0.17636092000000758</v>
       </c>
       <c r="D172" s="5">
-        <v>-1.9800277985257297</v>
+        <v>-1.9800274657167161</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
         <v>105.78455698</v>
       </c>
       <c r="C173" s="5">
-        <v>5.0482040000005668E-2</v>
+        <v>5.0482060000007323E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>0.57443900440194984</v>
+        <v>0.57443923269047126</v>
       </c>
       <c r="E173" s="5">
         <v>-1.5536617047249734</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>106.52025131000001</v>
+        <v>106.52025136</v>
       </c>
       <c r="C174" s="5">
-        <v>0.73569433000000117</v>
+        <v>0.7356943799999982</v>
       </c>
       <c r="D174" s="5">
-        <v>8.6723176899823571</v>
+        <v>8.6723183021043972</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>105.90818048</v>
+        <v>105.90818053</v>
       </c>
       <c r="C175" s="5">
         <v>-0.6120708300000075</v>
       </c>
       <c r="D175" s="5">
-        <v>-6.6814690061159592</v>
+        <v>-6.6814690030781438</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>106.18548441</v>
+        <v>106.18548448</v>
       </c>
       <c r="C176" s="5">
-        <v>0.2773039300000022</v>
+        <v>0.27730395000000385</v>
       </c>
       <c r="D176" s="5">
-        <v>3.1876564509149885</v>
+        <v>3.1876566826125385</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>106.64424946</v>
+        <v>106.64424955</v>
       </c>
       <c r="C177" s="5">
-        <v>0.45876504999999668</v>
+        <v>0.45876506999999833</v>
       </c>
       <c r="D177" s="5">
-        <v>5.3094813893476589</v>
+        <v>5.3094816227601704</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>106.24963409</v>
+        <v>106.24963411</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.3946153699999968</v>
+        <v>-0.39461543999999549</v>
       </c>
       <c r="D178" s="5">
-        <v>-4.3510930183524588</v>
+        <v>-4.3510937709464015</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>105.48967841</v>
+        <v>105.48967838</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.75995568000000446</v>
+        <v>-0.75995573000000149</v>
       </c>
       <c r="D179" s="5">
-        <v>-8.253331416871724</v>
+        <v>-8.2533319372118505</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>107.60473794000001</v>
+        <v>107.60473783</v>
       </c>
       <c r="C180" s="5">
-        <v>2.1150595300000106</v>
+        <v>2.1150594500000039</v>
       </c>
       <c r="D180" s="5">
-        <v>26.898681429366576</v>
+        <v>26.898680305746957</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>107.72069998000001</v>
+        <v>107.72069988</v>
       </c>
       <c r="C181" s="5">
-        <v>0.11596203999999943</v>
+        <v>0.11596204999999316</v>
       </c>
       <c r="D181" s="5">
-        <v>1.3008926216649286</v>
+        <v>1.3008927358510114</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>107.87468437</v>
+        <v>107.87468423999999</v>
       </c>
       <c r="C182" s="5">
-        <v>0.15398438999999087</v>
+        <v>0.15398435999999549</v>
       </c>
       <c r="D182" s="5">
-        <v>1.7289247754750603</v>
+        <v>1.7289244376023971</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>108.31805656</v>
+        <v>108.31805647</v>
       </c>
       <c r="C183" s="5">
-        <v>0.44337219000000516</v>
+        <v>0.44337223000000847</v>
       </c>
       <c r="D183" s="5">
-        <v>5.0451136841642041</v>
+        <v>5.0451141558784496</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>108.29528421000001</v>
+        <v>108.29528418</v>
       </c>
       <c r="C184" s="5">
-        <v>-2.2772349999996777E-2</v>
+        <v>-2.2772290000006024E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>-0.251991635183757</v>
+        <v>-0.25199097221946243</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>108.66152774</v>
+        <v>108.66152771</v>
       </c>
       <c r="C185" s="5">
-        <v>0.36624352999999132</v>
+        <v>0.36624353000000553</v>
       </c>
       <c r="D185" s="5">
-        <v>4.1346199421135044</v>
+        <v>4.1346199432802155</v>
       </c>
       <c r="E185" s="5">
-        <v>2.719650998343659</v>
+        <v>2.7196509699841442</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>109.8534958</v>
+        <v>109.85349631</v>
       </c>
       <c r="C186" s="5">
-        <v>1.1919680600000078</v>
+        <v>1.1919685999999956</v>
       </c>
       <c r="D186" s="5">
-        <v>13.987413738402331</v>
+        <v>13.987420466350375</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>110.30313318</v>
+        <v>110.30313319</v>
       </c>
       <c r="C187" s="5">
-        <v>0.44963737999999864</v>
+        <v>0.44963687999999991</v>
       </c>
       <c r="D187" s="5">
-        <v>5.0237702034489962</v>
+        <v>5.023764466772529</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>110.50241124</v>
+        <v>110.50241133999999</v>
       </c>
       <c r="C188" s="5">
-        <v>0.19927805999999748</v>
+        <v>0.19927814999999782</v>
       </c>
       <c r="D188" s="5">
-        <v>2.1896403983172608</v>
+        <v>2.1896413968714779</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>112.18593697999999</v>
+        <v>112.18593717</v>
       </c>
       <c r="C189" s="5">
-        <v>1.6835257399999932</v>
+        <v>1.6835258300000078</v>
       </c>
       <c r="D189" s="5">
-        <v>19.894697861832</v>
+        <v>19.894698996505088</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>112.50424375999999</v>
+        <v>112.50424382999999</v>
       </c>
       <c r="C190" s="5">
-        <v>0.31830678000000034</v>
+        <v>0.31830665999999042</v>
       </c>
       <c r="D190" s="5">
-        <v>3.4584154038763693</v>
+        <v>3.4584140737094593</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>113.0311512</v>
+        <v>113.03115106</v>
       </c>
       <c r="C191" s="5">
-        <v>0.52690744000000223</v>
+        <v>0.52690723000000617</v>
       </c>
       <c r="D191" s="5">
-        <v>5.7671868101013102</v>
+        <v>5.76718444836819</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>114.01925984</v>
+        <v>114.01925946</v>
       </c>
       <c r="C192" s="5">
-        <v>0.9881086400000072</v>
+        <v>0.98810840000000155</v>
       </c>
       <c r="D192" s="5">
-        <v>11.009666862825696</v>
+        <v>11.009664073143345</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>114.20139047000001</v>
+        <v>114.20139014</v>
       </c>
       <c r="C193" s="5">
-        <v>0.18213063000000318</v>
+        <v>0.18213068000000021</v>
       </c>
       <c r="D193" s="5">
-        <v>1.9337711165980043</v>
+        <v>1.93377165864701</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>114.92465257000001</v>
+        <v>114.92465229</v>
       </c>
       <c r="C194" s="5">
-        <v>0.72326209999999946</v>
+        <v>0.7232621499999965</v>
       </c>
       <c r="D194" s="5">
-        <v>7.8702519764174417</v>
+        <v>7.8702525631276776</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>115.74472209</v>
+        <v>115.74472172999999</v>
       </c>
       <c r="C195" s="5">
-        <v>0.82006951999998989</v>
+        <v>0.82006943999999748</v>
       </c>
       <c r="D195" s="5">
-        <v>8.9070423775910115</v>
+        <v>8.9070414968632541</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>115.78327265</v>
+        <v>115.78327274999999</v>
       </c>
       <c r="C196" s="5">
-        <v>3.8550560000004452E-2</v>
+        <v>3.855101999999988E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>0.40041142587692313</v>
+        <v>0.40041621374247161</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>116.11742769999999</v>
+        <v>116.11742783</v>
       </c>
       <c r="C197" s="5">
-        <v>0.33415504999999257</v>
+        <v>0.33415508000000216</v>
       </c>
       <c r="D197" s="5">
-        <v>3.5187520579300413</v>
+        <v>3.5187523757826522</v>
       </c>
       <c r="E197" s="5">
-        <v>6.8615821211718275</v>
+        <v>6.8615822703124385</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>116.63036880999999</v>
+        <v>116.63036995</v>
       </c>
       <c r="C198" s="5">
-        <v>0.51294110999999987</v>
+        <v>0.51294212000000527</v>
       </c>
       <c r="D198" s="5">
-        <v>5.4316271685156403</v>
+        <v>5.4316381185354867</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>117.04669373999999</v>
+        <v>117.04669389999999</v>
       </c>
       <c r="C199" s="5">
-        <v>0.41632493000000181</v>
+        <v>0.41632394999999178</v>
       </c>
       <c r="D199" s="5">
-        <v>4.3686386934158383</v>
+        <v>4.3686281636720281</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>117.742356</v>
+        <v>117.74235634999999</v>
       </c>
       <c r="C200" s="5">
-        <v>0.69566226000000597</v>
+        <v>0.69566245000000038</v>
       </c>
       <c r="D200" s="5">
-        <v>7.3699755115087529</v>
+        <v>7.3699775802484435</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>116.87472335</v>
+        <v>116.87472357999999</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.86763265000000445</v>
+        <v>-0.86763277000000016</v>
       </c>
       <c r="D201" s="5">
-        <v>-8.4929636383208056</v>
+        <v>-8.4929647415365235</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
         <v>118.31597857</v>
       </c>
       <c r="C202" s="5">
-        <v>1.4412552200000022</v>
+        <v>1.4412549900000045</v>
       </c>
       <c r="D202" s="5">
-        <v>15.844028028643486</v>
+        <v>15.844025292983254</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>119.15686741</v>
+        <v>119.15686734000001</v>
       </c>
       <c r="C203" s="5">
-        <v>0.84088884000000519</v>
+        <v>0.8408887700000065</v>
       </c>
       <c r="D203" s="5">
-        <v>8.8699758156388206</v>
+        <v>8.8699750481565651</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>118.05019267</v>
+        <v>118.05019234</v>
       </c>
       <c r="C204" s="5">
-        <v>-1.1066747400000025</v>
+        <v>-1.1066750000000098</v>
       </c>
       <c r="D204" s="5">
-        <v>-10.593009656223074</v>
+        <v>-10.593012025107951</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>119.35851002</v>
+        <v>119.35850748999999</v>
       </c>
       <c r="C205" s="5">
-        <v>1.3083173499999958</v>
+        <v>1.3083151499999985</v>
       </c>
       <c r="D205" s="5">
-        <v>14.140629240752078</v>
+        <v>14.140604036826886</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>120.74929691</v>
+        <v>120.74929643999999</v>
       </c>
       <c r="C206" s="5">
-        <v>1.3907868900000011</v>
+        <v>1.390788950000001</v>
       </c>
       <c r="D206" s="5">
-        <v>14.914455261474258</v>
+        <v>14.914479123624158</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>121.33058292</v>
+        <v>121.33058394</v>
       </c>
       <c r="C207" s="5">
-        <v>0.58128600999999946</v>
+        <v>0.58128750000000196</v>
       </c>
       <c r="D207" s="5">
-        <v>5.9322219186531244</v>
+        <v>5.9322375531647209</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>122.61923942999999</v>
+        <v>122.61923896</v>
       </c>
       <c r="C208" s="5">
-        <v>1.2886565099999956</v>
+        <v>1.2886550200000073</v>
       </c>
       <c r="D208" s="5">
-        <v>13.516765109471152</v>
+        <v>13.516748436419256</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>123.71073419</v>
+        <v>123.71073397000001</v>
       </c>
       <c r="C209" s="5">
-        <v>1.0914947600000033</v>
+        <v>1.0914950100000027</v>
       </c>
       <c r="D209" s="5">
-        <v>11.220590339033931</v>
+        <v>11.220593081282049</v>
       </c>
       <c r="E209" s="5">
-        <v>6.5393340520925047</v>
+        <v>6.5393337433523602</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>123.73131091</v>
+        <v>123.73131454</v>
       </c>
       <c r="C210" s="5">
-        <v>2.0576720000008208E-2</v>
+        <v>2.0580569999992804E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>0.19977785489673217</v>
+        <v>0.19981526882582035</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>124.30867130999999</v>
+        <v>124.30867099</v>
       </c>
       <c r="C211" s="5">
-        <v>0.57736039999998923</v>
+        <v>0.57735644999999636</v>
       </c>
       <c r="D211" s="5">
-        <v>5.7454580971617597</v>
+        <v>5.7454176025800496</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>126.1156316</v>
+        <v>126.11563221</v>
       </c>
       <c r="C212" s="5">
-        <v>1.8069602900000064</v>
+        <v>1.8069612200000051</v>
       </c>
       <c r="D212" s="5">
-        <v>18.907688591214811</v>
+        <v>18.907699166011092</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>125.578761</v>
+        <v>125.5787613</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.53687060000000031</v>
+        <v>-0.53687091000000464</v>
       </c>
       <c r="D213" s="5">
-        <v>-4.9904424520171631</v>
+        <v>-4.9904452428948147</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>125.5776223</v>
+        <v>125.57762207</v>
       </c>
       <c r="C214" s="5">
-        <v>-1.1386999999984937E-3</v>
+        <v>-1.1392299999926081E-3</v>
       </c>
       <c r="D214" s="5">
-        <v>-1.0880596720563851E-2</v>
+        <v>-1.0885660739978764E-2</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>126.39137359999999</v>
+        <v>126.3913731</v>
       </c>
       <c r="C215" s="5">
-        <v>0.81375129999999274</v>
+        <v>0.81375102999999172</v>
       </c>
       <c r="D215" s="5">
-        <v>8.0592962119657496</v>
+        <v>8.0592934571930499</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>124.84969624</v>
+        <v>124.84969537000001</v>
       </c>
       <c r="C216" s="5">
-        <v>-1.5416773599999942</v>
+        <v>-1.5416777299999893</v>
       </c>
       <c r="D216" s="5">
-        <v>-13.694062183422783</v>
+        <v>-13.694065303292003</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>126.53431995</v>
+        <v>126.53431472</v>
       </c>
       <c r="C217" s="5">
-        <v>1.6846237099999968</v>
+        <v>1.6846193499999913</v>
       </c>
       <c r="D217" s="5">
-        <v>17.44922178957502</v>
+        <v>17.449173356887428</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>127.58560986000001</v>
+        <v>127.58560919999999</v>
       </c>
       <c r="C218" s="5">
-        <v>1.0512899100000084</v>
+        <v>1.0512944799999957</v>
       </c>
       <c r="D218" s="5">
-        <v>10.438449979973473</v>
+        <v>10.43849790098994</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>128.16040254999999</v>
+        <v>128.16040599999999</v>
       </c>
       <c r="C219" s="5">
-        <v>0.57479268999998112</v>
+        <v>0.57479680000000144</v>
       </c>
       <c r="D219" s="5">
-        <v>5.5421720174939848</v>
+        <v>5.5422126627059809</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>129.18914473000001</v>
+        <v>129.18914531999999</v>
       </c>
       <c r="C220" s="5">
-        <v>1.0287421800000232</v>
+        <v>1.0287393199999997</v>
       </c>
       <c r="D220" s="5">
-        <v>10.069228592126112</v>
+        <v>10.069199068335411</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>129.34716508</v>
+        <v>129.34716531000001</v>
       </c>
       <c r="C221" s="5">
-        <v>0.15802034999998682</v>
+        <v>0.15801999000001388</v>
       </c>
       <c r="D221" s="5">
-        <v>1.4777195289160883</v>
+        <v>1.4777161329198929</v>
       </c>
       <c r="E221" s="5">
-        <v>4.5561372882512607</v>
+        <v>4.5561376601054304</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>128.72031089999999</v>
+        <v>128.7203155</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.62685418000000936</v>
+        <v>-0.62684981000001017</v>
       </c>
       <c r="D222" s="5">
-        <v>-5.663016627258699</v>
+        <v>-5.6629781850415339</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>130.26076918999999</v>
+        <v>130.26077079000001</v>
       </c>
       <c r="C223" s="5">
-        <v>1.5404582900000037</v>
+        <v>1.5404552900000112</v>
       </c>
       <c r="D223" s="5">
-        <v>15.344980422776967</v>
+        <v>15.344947960078592</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>130.46328267999999</v>
+        <v>130.46328009999999</v>
       </c>
       <c r="C224" s="5">
-        <v>0.20251349000000118</v>
+        <v>0.20250930999998218</v>
       </c>
       <c r="D224" s="5">
-        <v>1.8816483333137679</v>
+        <v>1.8816091389627143</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>129.83652538999999</v>
+        <v>129.83652318</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.62675729000000047</v>
+        <v>-0.62675691999999117</v>
       </c>
       <c r="D225" s="5">
-        <v>-5.6149972929645848</v>
+        <v>-5.6149941734178093</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>130.00992009000001</v>
+        <v>130.00991873000001</v>
       </c>
       <c r="C226" s="5">
-        <v>0.17339470000001711</v>
+        <v>0.17339555000000928</v>
       </c>
       <c r="D226" s="5">
-        <v>1.6144054908679761</v>
+        <v>1.6144134907642105</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>129.38316674999999</v>
+        <v>129.38316646999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.62675334000002181</v>
+        <v>-0.62675226000001771</v>
       </c>
       <c r="D227" s="5">
-        <v>-5.6340267962694757</v>
+        <v>-5.6340174012390998</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>128.11879250999999</v>
+        <v>128.11879228000001</v>
       </c>
       <c r="C228" s="5">
-        <v>-1.2643742399999951</v>
+        <v>-1.2643741899999839</v>
       </c>
       <c r="D228" s="5">
-        <v>-11.116586864701905</v>
+        <v>-11.116586471226686</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>128.15648307999999</v>
+        <v>128.15647737</v>
       </c>
       <c r="C229" s="5">
-        <v>3.7690569999995205E-2</v>
+        <v>3.7685089999996535E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>0.35359322089836276</v>
+        <v>0.35354172783996773</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>127.66604006999999</v>
+        <v>127.66604215</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.4904430099999928</v>
+        <v>-0.49043522000000905</v>
       </c>
       <c r="D230" s="5">
-        <v>-4.4968530325415923</v>
+        <v>-4.4967832990814083</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>127.20277432</v>
+        <v>127.20278241</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.46326574999999082</v>
+        <v>-0.46325973999999803</v>
       </c>
       <c r="D231" s="5">
-        <v>-4.2686134214648401</v>
+        <v>-4.2685590765811687</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>124.80449034</v>
+        <v>124.80449254</v>
       </c>
       <c r="C232" s="5">
-        <v>-2.3982839800000022</v>
+        <v>-2.3982898699999993</v>
       </c>
       <c r="D232" s="5">
-        <v>-20.420073883030689</v>
+        <v>-20.420117784082905</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>123.5228032</v>
+        <v>123.52280227</v>
       </c>
       <c r="C233" s="5">
-        <v>-1.2816871400000025</v>
+        <v>-1.2816902699999986</v>
       </c>
       <c r="D233" s="5">
-        <v>-11.650695829677272</v>
+        <v>-11.650722500432209</v>
       </c>
       <c r="E233" s="5">
-        <v>-4.5028910192176923</v>
+        <v>-4.502891908022133</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>121.53214254</v>
+        <v>121.53214466</v>
       </c>
       <c r="C234" s="5">
-        <v>-1.9906606600000032</v>
+        <v>-1.9906576099999995</v>
       </c>
       <c r="D234" s="5">
-        <v>-17.713576746222415</v>
+        <v>-17.713552087032468</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>119.77099939</v>
+        <v>119.77099926</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.7611431499999952</v>
+        <v>-1.7611454000000037</v>
       </c>
       <c r="D235" s="5">
-        <v>-16.0682595653434</v>
+        <v>-16.0682782277479</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>117.55762888</v>
+        <v>117.55762015000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-2.2133705100000043</v>
+        <v>-2.2133791099999911</v>
       </c>
       <c r="D236" s="5">
-        <v>-20.055289675310938</v>
+        <v>-20.055359875735846</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>115.35213113</v>
+        <v>115.35212455999999</v>
       </c>
       <c r="C237" s="5">
-        <v>-2.2054977499999922</v>
+        <v>-2.2054955900000124</v>
       </c>
       <c r="D237" s="5">
-        <v>-20.329479180121467</v>
+        <v>-20.329462635341365</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>113.87861691000001</v>
+        <v>113.87861262</v>
       </c>
       <c r="C238" s="5">
-        <v>-1.4735142199999984</v>
+        <v>-1.4735119399999945</v>
       </c>
       <c r="D238" s="5">
-        <v>-14.296464873778403</v>
+        <v>-14.296445040937167</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>112.31110862</v>
+        <v>112.31111636999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-1.5675082900000064</v>
+        <v>-1.5674962500000049</v>
       </c>
       <c r="D239" s="5">
-        <v>-15.322824412773473</v>
+        <v>-15.322716015989402</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>110.65097498999999</v>
+        <v>110.65097670999999</v>
       </c>
       <c r="C240" s="5">
-        <v>-1.6601336300000042</v>
+        <v>-1.6601396599999987</v>
       </c>
       <c r="D240" s="5">
-        <v>-16.364555354499856</v>
+        <v>-16.364609008669639</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>109.43078889</v>
+        <v>109.43078744</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.2201860999999923</v>
+        <v>-1.2201892699999917</v>
       </c>
       <c r="D241" s="5">
-        <v>-12.45901667092072</v>
+        <v>-12.459046919571538</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>107.09173851</v>
+        <v>107.09174595</v>
       </c>
       <c r="C242" s="5">
-        <v>-2.3390503800000033</v>
+        <v>-2.3390414899999996</v>
       </c>
       <c r="D242" s="5">
-        <v>-22.839103341963241</v>
+        <v>-22.839026745666004</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>104.89865715000001</v>
+        <v>104.89866714999999</v>
       </c>
       <c r="C243" s="5">
-        <v>-2.1930813599999937</v>
+        <v>-2.1930788000000092</v>
       </c>
       <c r="D243" s="5">
-        <v>-21.986903350131847</v>
+        <v>-21.986879143953143</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>104.23381295999999</v>
+        <v>104.23383425</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.66484419000001083</v>
+        <v>-0.66483289999999329</v>
       </c>
       <c r="D244" s="5">
-        <v>-7.345961172639881</v>
+        <v>-7.3458400675610491</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>103.6780476</v>
+        <v>103.67803956</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.55576535999999521</v>
+        <v>-0.55579468999999904</v>
       </c>
       <c r="D245" s="5">
-        <v>-6.2139545446821209</v>
+        <v>-6.2142716911236517</v>
       </c>
       <c r="E245" s="5">
-        <v>-16.065661631616855</v>
+        <v>-16.06566750859707</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>104.46889846000001</v>
+        <v>104.46889545000001</v>
       </c>
       <c r="C246" s="5">
-        <v>0.79085086000000615</v>
+        <v>0.79085589000000311</v>
       </c>
       <c r="D246" s="5">
-        <v>9.5474978648563145</v>
+        <v>9.5475619309109518</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>102.41358459</v>
+        <v>102.41358514</v>
       </c>
       <c r="C247" s="5">
-        <v>-2.0553138700000062</v>
+        <v>-2.0553103100000101</v>
       </c>
       <c r="D247" s="5">
-        <v>-21.214440953567639</v>
+        <v>-21.214408636243466</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>102.89744389000001</v>
+        <v>102.89737868</v>
       </c>
       <c r="C248" s="5">
-        <v>0.48385930000000599</v>
+        <v>0.48379354000000774</v>
       </c>
       <c r="D248" s="5">
-        <v>5.8191407916902582</v>
+        <v>5.8183292360004968</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>103.73477178</v>
+        <v>103.73474568</v>
       </c>
       <c r="C249" s="5">
-        <v>0.83732788999999741</v>
+        <v>0.83736700000000042</v>
       </c>
       <c r="D249" s="5">
-        <v>10.214118768145553</v>
+        <v>10.21462416907668</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>103.42658154999999</v>
+        <v>103.4265546</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.30819023000000811</v>
+        <v>-0.30819108000000028</v>
       </c>
       <c r="D250" s="5">
-        <v>-3.5074512751296472</v>
+        <v>-3.5074616594088059</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>103.55518014</v>
+        <v>103.55519756</v>
       </c>
       <c r="C251" s="5">
-        <v>0.12859859000000995</v>
+        <v>0.12864295999999342</v>
       </c>
       <c r="D251" s="5">
-        <v>1.5023025206581719</v>
+        <v>1.5028248010745759</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>104.32563537</v>
+        <v>104.32567809</v>
       </c>
       <c r="C252" s="5">
-        <v>0.77045522999999605</v>
+        <v>0.77048053000000039</v>
       </c>
       <c r="D252" s="5">
-        <v>9.3026064893775526</v>
+        <v>9.3029229438590821</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>104.8222239</v>
+        <v>104.82230575</v>
       </c>
       <c r="C253" s="5">
-        <v>0.49658852999999681</v>
+        <v>0.49662766000000147</v>
       </c>
       <c r="D253" s="5">
-        <v>5.8639203596020373</v>
+        <v>5.8643921223309192</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>104.94898860000001</v>
+        <v>104.94907831</v>
       </c>
       <c r="C254" s="5">
-        <v>0.12676470000000961</v>
+        <v>0.12677256000000625</v>
       </c>
       <c r="D254" s="5">
-        <v>1.4608878411466186</v>
+        <v>1.4609778779525184</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>105.52588900000001</v>
+        <v>105.52593286</v>
       </c>
       <c r="C255" s="5">
-        <v>0.57690039999999954</v>
+        <v>0.57685454999999308</v>
       </c>
       <c r="D255" s="5">
-        <v>6.799481229191473</v>
+        <v>6.7989184016601145</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>105.13634578</v>
+        <v>105.13636253</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.3895432200000073</v>
+        <v>-0.38957032999999797</v>
       </c>
       <c r="D256" s="5">
-        <v>-4.3408970944552427</v>
+        <v>-4.3411913210451347</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>105.13199609</v>
+        <v>105.13181399</v>
       </c>
       <c r="C257" s="5">
-        <v>-4.3496899999979632E-3</v>
+        <v>-4.5485400000018217E-3</v>
       </c>
       <c r="D257" s="5">
-        <v>-4.963498039196601E-2</v>
+        <v>-5.1903540104114576E-2</v>
       </c>
       <c r="E257" s="5">
-        <v>1.4023687016266662</v>
+        <v>1.4022009252583123</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>104.74338267</v>
+        <v>104.74331198</v>
       </c>
       <c r="C258" s="5">
-        <v>-0.38861341999999865</v>
+        <v>-0.38850200999999629</v>
       </c>
       <c r="D258" s="5">
-        <v>-4.3466421291300295</v>
+        <v>-4.345428599373891</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>104.32281447</v>
+        <v>104.3228</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.42056820000000528</v>
+        <v>-0.42051198000000056</v>
       </c>
       <c r="D259" s="5">
-        <v>-4.713275411648965</v>
+        <v>-4.712662315480987</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>104.92520107</v>
+        <v>104.92508539000001</v>
       </c>
       <c r="C260" s="5">
-        <v>0.60238660000000266</v>
+        <v>0.6022853900000058</v>
       </c>
       <c r="D260" s="5">
-        <v>7.153455255341723</v>
+        <v>7.1522159734020985</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>104.78453088000001</v>
+        <v>104.78449082</v>
       </c>
       <c r="C261" s="5">
-        <v>-0.14067018999999448</v>
+        <v>-0.14059457000000464</v>
       </c>
       <c r="D261" s="5">
-        <v>-1.596995400214285</v>
+        <v>-1.5961449680133688</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>104.31725098</v>
+        <v>104.31719782</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.4672799000000083</v>
+        <v>-0.46729299999999796</v>
       </c>
       <c r="D262" s="5">
-        <v>-5.2220033272151518</v>
+        <v>-5.2221480997767911</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>104.57724889000001</v>
+        <v>104.57730072</v>
       </c>
       <c r="C263" s="5">
-        <v>0.25999791000000982</v>
+        <v>0.26010289999999259</v>
       </c>
       <c r="D263" s="5">
-        <v>3.0321936740748567</v>
+        <v>3.0334365141861053</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>104.95505769</v>
+        <v>104.95521589000001</v>
       </c>
       <c r="C264" s="5">
-        <v>0.37780879999999684</v>
+        <v>0.37791517000000852</v>
       </c>
       <c r="D264" s="5">
-        <v>4.4224571014810587</v>
+        <v>4.4237248349696001</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>104.95974051</v>
+        <v>104.96005459</v>
       </c>
       <c r="C265" s="5">
-        <v>4.6828199999993103E-3</v>
+        <v>4.8386999999934233E-3</v>
       </c>
       <c r="D265" s="5">
-        <v>5.3554000168909432E-2</v>
+        <v>5.5337054765458582E-2</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>104.56423356000001</v>
+        <v>104.56453878000001</v>
       </c>
       <c r="C266" s="5">
-        <v>-0.39550694999999791</v>
+        <v>-0.39551580999999203</v>
       </c>
       <c r="D266" s="5">
-        <v>-4.4292659129161134</v>
+        <v>-4.429350107521401</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>104.31930532</v>
+        <v>104.3193978</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.24492824000000724</v>
+        <v>-0.24514098000000217</v>
       </c>
       <c r="D267" s="5">
-        <v>-2.7749143550241384</v>
+        <v>-2.7772855975195854</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>104.59329251</v>
+        <v>104.59316878999999</v>
       </c>
       <c r="C268" s="5">
-        <v>0.27398718999999971</v>
+        <v>0.2737709899999885</v>
       </c>
       <c r="D268" s="5">
-        <v>3.1976427068832747</v>
+        <v>3.195080081113888</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>105.24873577</v>
+        <v>105.24816221</v>
       </c>
       <c r="C269" s="5">
-        <v>0.65544325999999842</v>
+        <v>0.65499342000001093</v>
       </c>
       <c r="D269" s="5">
-        <v>7.7845818201890404</v>
+        <v>7.7790633304862133</v>
       </c>
       <c r="E269" s="5">
-        <v>0.11104105728199087</v>
+        <v>0.11066889800939173</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>106.20125688</v>
+        <v>106.20094285</v>
       </c>
       <c r="C270" s="5">
-        <v>0.95252111000000639</v>
+        <v>0.95278064000000029</v>
       </c>
       <c r="D270" s="5">
-        <v>11.417452627130853</v>
+        <v>11.420785365690978</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>106.57497746999999</v>
+        <v>106.57489760999999</v>
       </c>
       <c r="C271" s="5">
-        <v>0.37372058999999069</v>
+        <v>0.37395475999998951</v>
       </c>
       <c r="D271" s="5">
-        <v>4.3054773330180707</v>
+        <v>4.3082405537206103</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>107.23735678</v>
+        <v>107.23730399</v>
       </c>
       <c r="C272" s="5">
-        <v>0.66237931000000572</v>
+        <v>0.66240638000000729</v>
       </c>
       <c r="D272" s="5">
-        <v>7.7184797938899097</v>
+        <v>7.7188120748345579</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>107.5917996</v>
+        <v>107.59177862</v>
       </c>
       <c r="C273" s="5">
-        <v>0.35444282000000271</v>
+        <v>0.35447462999999857</v>
       </c>
       <c r="D273" s="5">
-        <v>4.0391631308460685</v>
+        <v>4.0395342720533023</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>108.67307735999999</v>
+        <v>108.67302678</v>
       </c>
       <c r="C274" s="5">
-        <v>1.0812777599999919</v>
+        <v>1.0812481600000012</v>
       </c>
       <c r="D274" s="5">
-        <v>12.749214507608064</v>
+        <v>12.74884861019283</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>109.4543237</v>
+        <v>109.45448824</v>
       </c>
       <c r="C275" s="5">
-        <v>0.78124634000000981</v>
+        <v>0.78146146000000272</v>
       </c>
       <c r="D275" s="5">
-        <v>8.9761542580127482</v>
+        <v>8.9787287939855567</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>108.69622369</v>
+        <v>108.69655538000001</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.75810001000000682</v>
+        <v>-0.75793285999999682</v>
       </c>
       <c r="D276" s="5">
-        <v>-8.0019946842056164</v>
+        <v>-8.0002854341207463</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>109.12442774</v>
+        <v>109.1247936</v>
       </c>
       <c r="C277" s="5">
-        <v>0.42820405000000505</v>
+        <v>0.42823821999999723</v>
       </c>
       <c r="D277" s="5">
-        <v>4.8311323803277073</v>
+        <v>4.8315112243118685</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>109.90793015</v>
+        <v>109.90922818</v>
       </c>
       <c r="C278" s="5">
-        <v>0.78350240999999698</v>
+        <v>0.78443457999999566</v>
       </c>
       <c r="D278" s="5">
-        <v>8.9643914919079073</v>
+        <v>8.9754507277836524</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>111.0121267</v>
+        <v>111.01235939999999</v>
       </c>
       <c r="C279" s="5">
-        <v>1.1041965499999975</v>
+        <v>1.1031312199999945</v>
       </c>
       <c r="D279" s="5">
-        <v>12.744852653237505</v>
+        <v>12.731711081544518</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>111.94315985999999</v>
+        <v>111.94334569</v>
       </c>
       <c r="C280" s="5">
-        <v>0.93103315999999836</v>
+        <v>0.93098629000000699</v>
       </c>
       <c r="D280" s="5">
-        <v>10.54158023817755</v>
+        <v>10.541001716787534</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>112.10548221000001</v>
+        <v>112.10226406</v>
       </c>
       <c r="C281" s="5">
-        <v>0.16232235000001083</v>
+        <v>0.15891836999999498</v>
       </c>
       <c r="D281" s="5">
-        <v>1.7539957241174076</v>
+        <v>1.7169230433768945</v>
       </c>
       <c r="E281" s="5">
-        <v>6.5148017121878343</v>
+        <v>6.5123244967680405</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>111.82690269</v>
+        <v>111.82690593</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.27857952000000807</v>
+        <v>-0.27535813000000076</v>
       </c>
       <c r="D282" s="5">
-        <v>-2.9415521205866213</v>
+        <v>-2.9080776868105618</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>112.10605579</v>
+        <v>112.1061095</v>
       </c>
       <c r="C283" s="5">
-        <v>0.27915310000000204</v>
+        <v>0.27920357000000706</v>
       </c>
       <c r="D283" s="5">
-        <v>3.0370277655853206</v>
+        <v>3.0375843233677591</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>113.23058473</v>
+        <v>113.23058428</v>
       </c>
       <c r="C284" s="5">
-        <v>1.1245289400000047</v>
+        <v>1.1244747799999999</v>
       </c>
       <c r="D284" s="5">
-        <v>12.723930385798333</v>
+        <v>12.723276939726325</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>112.08873094</v>
+        <v>112.08854801</v>
       </c>
       <c r="C285" s="5">
-        <v>-1.141853789999999</v>
+        <v>-1.1420362700000055</v>
       </c>
       <c r="D285" s="5">
-        <v>-11.452067529323418</v>
+        <v>-11.453797424964375</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>112.79774016</v>
+        <v>112.79780371</v>
       </c>
       <c r="C286" s="5">
-        <v>0.70900921999999866</v>
+        <v>0.70925569999999993</v>
       </c>
       <c r="D286" s="5">
-        <v>7.8602346864177219</v>
+        <v>7.8630762925995468</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>113.39869921</v>
+        <v>113.39920762</v>
       </c>
       <c r="C287" s="5">
-        <v>0.60095905000000016</v>
+        <v>0.60140391000000193</v>
       </c>
       <c r="D287" s="5">
-        <v>6.5840177441498504</v>
+        <v>6.5890315449242287</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>114.53420494</v>
+        <v>114.53507967</v>
       </c>
       <c r="C288" s="5">
-        <v>1.1355057299999913</v>
+        <v>1.1358720500000032</v>
       </c>
       <c r="D288" s="5">
-        <v>12.700434767918555</v>
+        <v>12.70470016960752</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>115.61902802</v>
+        <v>115.62009089999999</v>
       </c>
       <c r="C289" s="5">
-        <v>1.0848230800000067</v>
+        <v>1.0850112299999921</v>
       </c>
       <c r="D289" s="5">
-        <v>11.977122551425246</v>
+        <v>11.979212944971707</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>116.1650941</v>
+        <v>116.16783905</v>
       </c>
       <c r="C290" s="5">
-        <v>0.54606608000000278</v>
+        <v>0.54774815000000387</v>
       </c>
       <c r="D290" s="5">
-        <v>5.8171387280814058</v>
+        <v>5.8354719216906714</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>115.74232644</v>
+        <v>115.74257935999999</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.42276766000000521</v>
+        <v>-0.4252596900000043</v>
       </c>
       <c r="D291" s="5">
-        <v>-4.2808777736502712</v>
+        <v>-4.3055061090208069</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>116.52083643</v>
+        <v>116.52072789</v>
       </c>
       <c r="C292" s="5">
-        <v>0.77850999000000343</v>
+        <v>0.77814853000000994</v>
       </c>
       <c r="D292" s="5">
-        <v>8.3768769192678949</v>
+        <v>8.3728236511536593</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>116.40447841</v>
+        <v>116.39780781</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.11635802000000695</v>
+        <v>-0.1229200800000001</v>
       </c>
       <c r="D293" s="5">
-        <v>-1.1917635112359659</v>
+        <v>-1.258585258677325</v>
       </c>
       <c r="E293" s="5">
-        <v>3.834777849621096</v>
+        <v>3.8318082030001754</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>118.37043584</v>
+        <v>118.36986381</v>
       </c>
       <c r="C294" s="5">
-        <v>1.9659574300000031</v>
+        <v>1.9720559999999949</v>
       </c>
       <c r="D294" s="5">
-        <v>22.259521062653853</v>
+        <v>22.336531312047558</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>117.97807748</v>
+        <v>117.97768600000001</v>
       </c>
       <c r="C295" s="5">
-        <v>-0.3923583600000029</v>
+        <v>-0.39217780999999263</v>
       </c>
       <c r="D295" s="5">
-        <v>-3.9058792191407399</v>
+        <v>-3.9041330150741627</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>119.0845801</v>
+        <v>119.08591977</v>
       </c>
       <c r="C296" s="5">
-        <v>1.1065026200000005</v>
+        <v>1.1082337699999982</v>
       </c>
       <c r="D296" s="5">
-        <v>11.853757533146858</v>
+        <v>11.873312962943693</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>120.10904939</v>
+        <v>120.10830654</v>
       </c>
       <c r="C297" s="5">
-        <v>1.024469289999999</v>
+        <v>1.0223867699999971</v>
       </c>
       <c r="D297" s="5">
-        <v>10.826189425007726</v>
+        <v>10.803005476688888</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>121.10000115</v>
+        <v>121.0997163</v>
       </c>
       <c r="C298" s="5">
-        <v>0.99095176000000151</v>
+        <v>0.99140975999999625</v>
       </c>
       <c r="D298" s="5">
-        <v>10.362368000344514</v>
+        <v>10.367443847082768</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>121.28617527</v>
+        <v>121.28868778</v>
       </c>
       <c r="C299" s="5">
-        <v>0.186174120000004</v>
+        <v>0.18897148000000641</v>
       </c>
       <c r="D299" s="5">
-        <v>1.8605093630054359</v>
+        <v>1.8887093075081962</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>121.56057749999999</v>
+        <v>121.5622254</v>
       </c>
       <c r="C300" s="5">
-        <v>0.27440222999999264</v>
+        <v>0.27353761999999904</v>
       </c>
       <c r="D300" s="5">
-        <v>2.7489623541105734</v>
+        <v>2.7401354984524229</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>122.12989799</v>
+        <v>122.1323501</v>
       </c>
       <c r="C301" s="5">
-        <v>0.56932049000000973</v>
+        <v>0.57012469999999382</v>
       </c>
       <c r="D301" s="5">
-        <v>5.7671681960950849</v>
+        <v>5.7754457369390888</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>122.60634275</v>
+        <v>122.61121984</v>
       </c>
       <c r="C302" s="5">
-        <v>0.47644475999999258</v>
+        <v>0.47886974000000748</v>
       </c>
       <c r="D302" s="5">
-        <v>4.7831194193638016</v>
+        <v>4.8078930436715295</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>123.67944301999999</v>
+        <v>123.67964906</v>
       </c>
       <c r="C303" s="5">
-        <v>1.0731002699999976</v>
+        <v>1.0684292199999987</v>
       </c>
       <c r="D303" s="5">
-        <v>11.023520293457079</v>
+        <v>10.972756310128196</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>124.54059776</v>
+        <v>124.53909824</v>
       </c>
       <c r="C304" s="5">
-        <v>0.86115474000000347</v>
+        <v>0.85944917999999859</v>
       </c>
       <c r="D304" s="5">
-        <v>8.682870748680017</v>
+        <v>8.6649964055778739</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>125.50806238</v>
+        <v>125.4965898</v>
       </c>
       <c r="C305" s="5">
-        <v>0.96746462000000122</v>
+        <v>0.95749155999999402</v>
       </c>
       <c r="D305" s="5">
-        <v>9.7306996227916276</v>
+        <v>9.6262337837504717</v>
       </c>
       <c r="E305" s="5">
-        <v>7.82064753379621</v>
+        <v>7.8169702343984238</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>125.73496550999999</v>
+        <v>125.73295441</v>
       </c>
       <c r="C306" s="5">
-        <v>0.22690312999999662</v>
+        <v>0.23636461000000963</v>
       </c>
       <c r="D306" s="5">
-        <v>2.1911544025316587</v>
+        <v>2.2836813892217256</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>126.27635956</v>
+        <v>126.27521829</v>
       </c>
       <c r="C307" s="5">
-        <v>0.54139405000000806</v>
+        <v>0.54226387999999304</v>
       </c>
       <c r="D307" s="5">
-        <v>5.2911411846189083</v>
+        <v>5.29993163542406</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>125.89813942000001</v>
+        <v>125.90102672</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.37822013999999626</v>
+        <v>-0.37419156999999359</v>
       </c>
       <c r="D308" s="5">
-        <v>-3.5355912600175454</v>
+        <v>-3.4985750809173877</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>127.03044543</v>
+        <v>127.02975189999999</v>
       </c>
       <c r="C309" s="5">
-        <v>1.1323060099999935</v>
+        <v>1.1287251799999893</v>
       </c>
       <c r="D309" s="5">
-        <v>11.342792115410184</v>
+        <v>11.304862402076555</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>126.80930168</v>
+        <v>126.80881673</v>
       </c>
       <c r="C310" s="5">
-        <v>-0.22114374999999598</v>
+        <v>-0.22093516999998997</v>
       </c>
       <c r="D310" s="5">
-        <v>-2.0691598651710219</v>
+        <v>-2.0672380687669079</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>127.71780639000001</v>
+        <v>127.72177655</v>
       </c>
       <c r="C311" s="5">
-        <v>0.90850471000000255</v>
+        <v>0.91295981999999753</v>
       </c>
       <c r="D311" s="5">
-        <v>8.9441907530885878</v>
+        <v>8.9898381386159585</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>128.59428242999999</v>
+        <v>128.59708355999999</v>
       </c>
       <c r="C312" s="5">
-        <v>0.8764760399999858</v>
+        <v>0.87530700999998601</v>
       </c>
       <c r="D312" s="5">
-        <v>8.5531683531834943</v>
+        <v>8.5410512830794048</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>128.7223961</v>
+        <v>128.73003711000001</v>
       </c>
       <c r="C313" s="5">
-        <v>0.12811367000000473</v>
+        <v>0.13295355000002473</v>
       </c>
       <c r="D313" s="5">
-        <v>1.2020876423677329</v>
+        <v>1.2477313599612794</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>128.55422467</v>
+        <v>128.5600379</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.16817143000000101</v>
+        <v>-0.1699992100000145</v>
       </c>
       <c r="D314" s="5">
-        <v>-1.5565428461656095</v>
+        <v>-1.5732448141265842</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>129.89824160000001</v>
+        <v>129.89989322</v>
       </c>
       <c r="C315" s="5">
-        <v>1.3440169300000093</v>
+        <v>1.3398553199999981</v>
       </c>
       <c r="D315" s="5">
-        <v>13.292986476915637</v>
+        <v>13.24880484937947</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>130.01369349999999</v>
+        <v>130.01554091</v>
       </c>
       <c r="C316" s="5">
-        <v>0.11545189999998229</v>
+        <v>0.11564769000000297</v>
       </c>
       <c r="D316" s="5">
-        <v>1.0717737905661551</v>
+        <v>1.0735865584322379</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>130.13157283999999</v>
+        <v>130.09932404</v>
       </c>
       <c r="C317" s="5">
-        <v>0.11787934000000178</v>
+        <v>8.3783130000000483E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>1.0934443280289807</v>
+        <v>0.77603692278407355</v>
       </c>
       <c r="E317" s="5">
-        <v>3.6838354224618897</v>
+        <v>3.6676169825293536</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>131.44050709000001</v>
+        <v>131.44179887999999</v>
       </c>
       <c r="C318" s="5">
-        <v>1.3089342500000214</v>
+        <v>1.3424748399999942</v>
       </c>
       <c r="D318" s="5">
-        <v>12.760907847835901</v>
+        <v>13.110116123451586</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>132.06513710999999</v>
+        <v>132.06599675000001</v>
       </c>
       <c r="C319" s="5">
-        <v>0.62463001999998369</v>
+        <v>0.62419787000001747</v>
       </c>
       <c r="D319" s="5">
-        <v>5.854061985912673</v>
+        <v>5.8498464888221191</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>132.07344673</v>
+        <v>132.07863662</v>
       </c>
       <c r="C320" s="5">
-        <v>8.3096200000056797E-3</v>
+        <v>1.2639869999986786E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>7.5530876115603718E-2</v>
+        <v>0.11491096304070414</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>133.85482726000001</v>
+        <v>133.85412478999999</v>
       </c>
       <c r="C321" s="5">
-        <v>1.781380530000007</v>
+        <v>1.7754881699999885</v>
       </c>
       <c r="D321" s="5">
-        <v>17.441695811731783</v>
+        <v>17.378938508114782</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>133.18815211</v>
+        <v>133.18777671000001</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.66667515000000321</v>
+        <v>-0.66634807999997747</v>
       </c>
       <c r="D322" s="5">
-        <v>-5.8156671199349201</v>
+        <v>-5.8129212979341478</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>133.12396011000001</v>
+        <v>133.1291038</v>
       </c>
       <c r="C323" s="5">
-        <v>-6.4191999999991367E-2</v>
+        <v>-5.8672910000012735E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>-0.57682709609817584</v>
+        <v>-0.52735433756647687</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>133.77701786</v>
+        <v>133.78035252999999</v>
       </c>
       <c r="C324" s="5">
-        <v>0.65305774999998789</v>
+        <v>0.65124872999999184</v>
       </c>
       <c r="D324" s="5">
-        <v>6.0482206186819543</v>
+        <v>6.0307739366031621</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>134.53669271000001</v>
+        <v>134.54944681000001</v>
       </c>
       <c r="C325" s="5">
-        <v>0.75967485000001034</v>
+        <v>0.76909428000001867</v>
       </c>
       <c r="D325" s="5">
-        <v>7.0313101888175078</v>
+        <v>7.1210857384073734</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>135.58773619999999</v>
+        <v>135.59462869999999</v>
       </c>
       <c r="C326" s="5">
-        <v>1.0510434899999836</v>
+        <v>1.0451818899999807</v>
       </c>
       <c r="D326" s="5">
-        <v>9.788271878363064</v>
+        <v>9.7303680668983095</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>135.94444317</v>
+        <v>135.94756907999999</v>
       </c>
       <c r="C327" s="5">
-        <v>0.35670697000000473</v>
+        <v>0.35294038000000683</v>
       </c>
       <c r="D327" s="5">
-        <v>3.2030673603228088</v>
+        <v>3.1685960405747116</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>136.38956186999999</v>
+        <v>136.3946512</v>
       </c>
       <c r="C328" s="5">
-        <v>0.44511869999999476</v>
+        <v>0.44708212000000458</v>
       </c>
       <c r="D328" s="5">
-        <v>4.0006585302587938</v>
+        <v>4.0185317907764695</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>137.18102053000001</v>
+        <v>137.1283368</v>
       </c>
       <c r="C329" s="5">
-        <v>0.79145866000001774</v>
+        <v>0.73368560000000116</v>
       </c>
       <c r="D329" s="5">
-        <v>7.1901160640783779</v>
+        <v>6.649402965783846</v>
       </c>
       <c r="E329" s="5">
-        <v>5.4171693587900416</v>
+        <v>5.4028049813993562</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>137.84480894999999</v>
+        <v>137.85033347999999</v>
       </c>
       <c r="C330" s="5">
-        <v>0.66378841999997462</v>
+        <v>0.72199667999998951</v>
       </c>
       <c r="D330" s="5">
-        <v>5.963583538853201</v>
+        <v>6.5043508952853824</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>138.61272117999999</v>
+        <v>138.61727356</v>
       </c>
       <c r="C331" s="5">
-        <v>0.76791223000000741</v>
+        <v>0.7669400800000119</v>
       </c>
       <c r="D331" s="5">
-        <v>6.8936936263950699</v>
+        <v>6.8844132716750828</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>139.71093049000001</v>
+        <v>139.71836916000001</v>
       </c>
       <c r="C332" s="5">
-        <v>1.0982093100000156</v>
+        <v>1.1010956000000078</v>
       </c>
       <c r="D332" s="5">
-        <v>9.9328653105358313</v>
+        <v>9.9597801368508385</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>139.13206514999999</v>
+        <v>139.13153897999999</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.57886534000002143</v>
+        <v>-0.58683018000002107</v>
       </c>
       <c r="D333" s="5">
-        <v>-4.8602170967805396</v>
+        <v>-4.9252974799596778</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>139.31636741</v>
+        <v>139.31409872</v>
       </c>
       <c r="C334" s="5">
-        <v>0.18430226000000971</v>
+        <v>0.18255974000001629</v>
       </c>
       <c r="D334" s="5">
-        <v>1.6012207809493306</v>
+        <v>1.5859783642248049</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>140.04904317</v>
+        <v>140.05274865000001</v>
       </c>
       <c r="C335" s="5">
-        <v>0.73267576000000645</v>
+        <v>0.73864993000000823</v>
       </c>
       <c r="D335" s="5">
-        <v>6.4966750154017427</v>
+        <v>6.5513124598340466</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>139.50888451</v>
+        <v>139.51194018999999</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.54015866000000301</v>
+        <v>-0.54080846000002225</v>
       </c>
       <c r="D336" s="5">
-        <v>-4.5313806551795395</v>
+        <v>-4.5365990728669647</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>139.40356512</v>
+        <v>139.42116066</v>
       </c>
       <c r="C337" s="5">
-        <v>-0.10531939000000534</v>
+        <v>-9.0779529999991837E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>-0.90216353686592976</v>
+        <v>-0.77804394697550405</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>139.97401237</v>
+        <v>139.98142064000001</v>
       </c>
       <c r="C338" s="5">
-        <v>0.57044725000000085</v>
+        <v>0.56025998000001209</v>
       </c>
       <c r="D338" s="5">
-        <v>5.0225056180372096</v>
+        <v>4.9301841087176612</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>141.01139594</v>
+        <v>141.01687813000001</v>
       </c>
       <c r="C339" s="5">
-        <v>1.0373835700000029</v>
+        <v>1.0354574899999989</v>
       </c>
       <c r="D339" s="5">
-        <v>9.2651333957561199</v>
+        <v>9.2467157890222538</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>141.56037099</v>
+        <v>141.56928406</v>
       </c>
       <c r="C340" s="5">
-        <v>0.54897504999999569</v>
+        <v>0.55240592999999194</v>
       </c>
       <c r="D340" s="5">
-        <v>4.7730924833460753</v>
+        <v>4.8033773306628724</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>141.87195623</v>
+        <v>141.8025064</v>
       </c>
       <c r="C341" s="5">
-        <v>0.31158523999999943</v>
+        <v>0.23322233999999753</v>
       </c>
       <c r="D341" s="5">
-        <v>2.6735031311838631</v>
+        <v>1.994900149316492</v>
       </c>
       <c r="E341" s="5">
-        <v>3.4195223813589637</v>
+        <v>3.4086095617255285</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>141.59265841999999</v>
+        <v>141.60358145999999</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.27929781000000276</v>
+        <v>-0.19892494000001193</v>
       </c>
       <c r="D342" s="5">
-        <v>-2.3369813703324249</v>
+        <v>-1.6704692751202344</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>142.10602410000001</v>
+        <v>142.11635952</v>
       </c>
       <c r="C343" s="5">
-        <v>0.51336568000002103</v>
+        <v>0.51277806000001647</v>
       </c>
       <c r="D343" s="5">
-        <v>4.4385986377446507</v>
+        <v>4.4330675847271905</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>142.79818528999999</v>
+        <v>142.80930347</v>
       </c>
       <c r="C344" s="5">
-        <v>0.69216118999997889</v>
+        <v>0.69294395000000009</v>
       </c>
       <c r="D344" s="5">
-        <v>6.0040346552648005</v>
+        <v>6.0105587633648483</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>142.98692997000001</v>
+        <v>142.98481190999999</v>
       </c>
       <c r="C345" s="5">
-        <v>0.18874468000001343</v>
+        <v>0.17550843999998733</v>
       </c>
       <c r="D345" s="5">
-        <v>1.5976913536459358</v>
+        <v>1.4847741425956018</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>143.84653058999999</v>
+        <v>143.84678941999999</v>
       </c>
       <c r="C346" s="5">
-        <v>0.85960061999998061</v>
+        <v>0.86197751000000267</v>
       </c>
       <c r="D346" s="5">
-        <v>7.4574672976587264</v>
+        <v>7.4788909741256848</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>145.05189899000001</v>
+        <v>145.03718560999999</v>
       </c>
       <c r="C347" s="5">
-        <v>1.205368400000026</v>
+        <v>1.1903961900000013</v>
       </c>
       <c r="D347" s="5">
-        <v>10.532075835104804</v>
+        <v>10.395224948176862</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>145.369066</v>
+        <v>145.37482904999999</v>
       </c>
       <c r="C348" s="5">
-        <v>0.31716700999999148</v>
+        <v>0.33764343999999369</v>
       </c>
       <c r="D348" s="5">
-        <v>2.6556777613650162</v>
+        <v>2.829621731537002</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>145.96473036</v>
+        <v>145.98504265</v>
       </c>
       <c r="C349" s="5">
-        <v>0.59566436000000067</v>
+        <v>0.61021360000000868</v>
       </c>
       <c r="D349" s="5">
-        <v>5.0294644465597171</v>
+        <v>5.1549517524365873</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>145.62711178000001</v>
+        <v>145.63787554999999</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.33761857999999734</v>
+        <v>-0.34716710000000717</v>
       </c>
       <c r="D350" s="5">
-        <v>-2.7405783320464172</v>
+        <v>-2.8166894887733607</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>144.41199839999999</v>
+        <v>144.41879492999999</v>
       </c>
       <c r="C351" s="5">
-        <v>-1.2151133800000196</v>
+        <v>-1.2190806199999997</v>
       </c>
       <c r="D351" s="5">
-        <v>-9.5658419538122708</v>
+        <v>-9.5949731203589632</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>145.76379501</v>
+        <v>145.77259179999999</v>
       </c>
       <c r="C352" s="5">
-        <v>1.3517966100000081</v>
+        <v>1.3537968699999965</v>
       </c>
       <c r="D352" s="5">
-        <v>11.829573056590537</v>
+        <v>11.847402935143458</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>147.14006902</v>
+        <v>147.07396510999999</v>
       </c>
       <c r="C353" s="5">
-        <v>1.376274010000003</v>
+        <v>1.3013733100000024</v>
       </c>
       <c r="D353" s="5">
-        <v>11.937464051294189</v>
+        <v>11.25488976822886</v>
       </c>
       <c r="E353" s="5">
-        <v>3.713286917295644</v>
+        <v>3.717465116681451</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>147.19325724000001</v>
+        <v>147.20616244999999</v>
       </c>
       <c r="C354" s="5">
-        <v>5.3188220000009778E-2</v>
+        <v>0.13219734000000471</v>
       </c>
       <c r="D354" s="5">
-        <v>0.43463967544647986</v>
+        <v>1.0839675849050767</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>147.09498919000001</v>
+        <v>147.10883515</v>
       </c>
       <c r="C355" s="5">
-        <v>-9.8268050000001494E-2</v>
+        <v>-9.7327299999989236E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>-0.79819980553065273</v>
+        <v>-0.79051710707263023</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>147.62400982</v>
+        <v>147.63706375000001</v>
       </c>
       <c r="C356" s="5">
-        <v>0.52902062999999089</v>
+        <v>0.5282286000000056</v>
       </c>
       <c r="D356" s="5">
-        <v>4.4021463804605254</v>
+        <v>4.3950030340607293</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>148.73862346000001</v>
+        <v>148.73750917999999</v>
       </c>
       <c r="C357" s="5">
-        <v>1.1146136400000159</v>
+        <v>1.1004454299999793</v>
       </c>
       <c r="D357" s="5">
-        <v>9.4463098024377921</v>
+        <v>9.3204123782115502</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>149.25515971999999</v>
+        <v>149.26218363999999</v>
       </c>
       <c r="C358" s="5">
-        <v>0.51653625999998098</v>
+        <v>0.52467445999999995</v>
       </c>
       <c r="D358" s="5">
-        <v>4.2478598271502133</v>
+        <v>4.3161231484050377</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>149.82276438</v>
+        <v>149.76652164999999</v>
       </c>
       <c r="C359" s="5">
-        <v>0.56760466000000065</v>
+        <v>0.50433800999999789</v>
       </c>
       <c r="D359" s="5">
-        <v>4.6601684374720564</v>
+        <v>4.1308539206734496</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>150.48151204999999</v>
+        <v>150.49529941</v>
       </c>
       <c r="C360" s="5">
-        <v>0.65874766999999679</v>
+        <v>0.72877776000001404</v>
       </c>
       <c r="D360" s="5">
-        <v>5.4056971340866289</v>
+        <v>5.9981544430484979</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>150.92253427</v>
+        <v>150.94787213000001</v>
       </c>
       <c r="C361" s="5">
-        <v>0.44102222000000779</v>
+        <v>0.45257272000000626</v>
       </c>
       <c r="D361" s="5">
-        <v>3.5741347097947296</v>
+        <v>3.6689546478308577</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>150.63266077</v>
+        <v>150.64738929000001</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.28987349999999878</v>
+        <v>-0.30048284000000081</v>
       </c>
       <c r="D362" s="5">
-        <v>-2.2806206701570408</v>
+        <v>-2.3627870412227359</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>150.75418870999999</v>
+        <v>150.76451646000001</v>
       </c>
       <c r="C363" s="5">
-        <v>0.1215279399999929</v>
+        <v>0.11712717000000339</v>
       </c>
       <c r="D363" s="5">
-        <v>0.97244766907544911</v>
+        <v>0.93699065808670046</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>151.20014789999999</v>
+        <v>151.21419664000001</v>
       </c>
       <c r="C364" s="5">
-        <v>0.4459591899999964</v>
+        <v>0.44968018000000143</v>
       </c>
       <c r="D364" s="5">
-        <v>3.6081543547368256</v>
+        <v>3.638502314175085</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>150.75233532999999</v>
+        <v>150.69375635</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.44781256999999641</v>
+        <v>-0.52044029000001046</v>
       </c>
       <c r="D365" s="5">
-        <v>-3.4967384985319816</v>
+        <v>-4.0527998332681054</v>
       </c>
       <c r="E365" s="5">
-        <v>2.4549847869848485</v>
+        <v>2.4612046308078339</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>151.51830684000001</v>
+        <v>151.53153807999999</v>
       </c>
       <c r="C366" s="5">
-        <v>0.76597151000001418</v>
+        <v>0.83778172999998901</v>
       </c>
       <c r="D366" s="5">
-        <v>6.270499083712533</v>
+        <v>6.8792193440975868</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>151.24993552000001</v>
+        <v>151.26638555</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.26837131999999997</v>
+        <v>-0.26515252999999461</v>
       </c>
       <c r="D367" s="5">
-        <v>-2.1048728423812446</v>
+        <v>-2.0796900667110041</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>150.9190126</v>
+        <v>150.93113481</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.33092292000000612</v>
+        <v>-0.33525073999999222</v>
       </c>
       <c r="D368" s="5">
-        <v>-2.5941403755978754</v>
+        <v>-2.6273718489546294</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>144.73831138</v>
+        <v>144.73471458</v>
       </c>
       <c r="C369" s="5">
-        <v>-6.1807012200000031</v>
+        <v>-6.1964202300000011</v>
       </c>
       <c r="D369" s="5">
-        <v>-39.455519540534077</v>
+        <v>-39.531880948639255</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>145.57668803000001</v>
+        <v>145.58834855000001</v>
       </c>
       <c r="C370" s="5">
-        <v>0.83837665000001493</v>
+        <v>0.85363397000000418</v>
       </c>
       <c r="D370" s="5">
-        <v>7.1766053943495889</v>
+        <v>7.3116638529875377</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>144.31252196</v>
+        <v>144.21136659000001</v>
       </c>
       <c r="C371" s="5">
-        <v>-1.2641660700000159</v>
+        <v>-1.3769819599999948</v>
       </c>
       <c r="D371" s="5">
-        <v>-9.9370474774114435</v>
+        <v>-10.777482808255833</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>143.52296319999999</v>
+        <v>143.55406069</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.78955876000000558</v>
+        <v>-0.65730590000001143</v>
       </c>
       <c r="D372" s="5">
-        <v>-6.3714038787141654</v>
+        <v>-5.3344694111177375</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>143.73518759000001</v>
+        <v>143.76061813999999</v>
       </c>
       <c r="C373" s="5">
-        <v>0.21222439000001714</v>
+        <v>0.20655744999999115</v>
       </c>
       <c r="D373" s="5">
-        <v>1.7889169958309026</v>
+        <v>1.7403894844065348</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>144.01546067000001</v>
+        <v>144.03615719999999</v>
       </c>
       <c r="C374" s="5">
-        <v>0.28027308000000062</v>
+        <v>0.27553905999999984</v>
       </c>
       <c r="D374" s="5">
-        <v>2.3651704799033002</v>
+        <v>2.324383293924126</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>144.62568913999999</v>
+        <v>144.64040636999999</v>
       </c>
       <c r="C375" s="5">
-        <v>0.61022846999998137</v>
+        <v>0.60424917000000278</v>
       </c>
       <c r="D375" s="5">
-        <v>5.2048789683517338</v>
+        <v>5.1519391048516994</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>144.42378579999999</v>
+        <v>144.44136671999999</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.20190334000000121</v>
+        <v>-0.19903965000000312</v>
       </c>
       <c r="D376" s="5">
-        <v>-1.6624455062182686</v>
+        <v>-1.6388789457632891</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>144.56288312999999</v>
+        <v>144.52924811</v>
       </c>
       <c r="C377" s="5">
-        <v>0.13909732999999846</v>
+        <v>8.7881390000006832E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>1.1618849631447103</v>
+        <v>0.73255524114537174</v>
       </c>
       <c r="E377" s="5">
-        <v>-4.1057090004285257</v>
+        <v>-4.0907522576332678</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>144.66033021000001</v>
+        <v>144.66797388000001</v>
       </c>
       <c r="C378" s="5">
-        <v>9.7447080000023334E-2</v>
+        <v>0.13872577000000774</v>
       </c>
       <c r="D378" s="5">
-        <v>0.81190278371339186</v>
+        <v>1.1579148803125161</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>143.7425695</v>
+        <v>143.75419731</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.91776071000001025</v>
+        <v>-0.91377657000001022</v>
       </c>
       <c r="D379" s="5">
-        <v>-7.3529870655812291</v>
+        <v>-7.3217938561955576</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>146.29254324999999</v>
+        <v>146.29615367</v>
       </c>
       <c r="C380" s="5">
-        <v>2.5499737499999924</v>
+        <v>2.5419563600000004</v>
       </c>
       <c r="D380" s="5">
-        <v>23.492741991210188</v>
+        <v>23.409470459550153</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>146.19907298999999</v>
+        <v>146.18898300999999</v>
       </c>
       <c r="C381" s="5">
-        <v>-9.3470260000003691E-2</v>
+        <v>-0.10717066000000841</v>
       </c>
       <c r="D381" s="5">
-        <v>-0.76402386143819001</v>
+        <v>-0.87553837353701036</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>145.77501287999999</v>
+        <v>145.78312609</v>
       </c>
       <c r="C382" s="5">
-        <v>-0.42406010999999921</v>
+        <v>-0.40585691999999085</v>
       </c>
       <c r="D382" s="5">
-        <v>-3.4256853108018959</v>
+        <v>-3.2810959651153548</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>145.17417</v>
+        <v>145.04570059</v>
       </c>
       <c r="C383" s="5">
-        <v>-0.60084287999998764</v>
+        <v>-0.73742550000000051</v>
       </c>
       <c r="D383" s="5">
-        <v>-4.8354585673312407</v>
+        <v>-5.9039883441401653</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>145.67084636999999</v>
+        <v>145.71930309999999</v>
       </c>
       <c r="C384" s="5">
-        <v>0.49667636999998876</v>
+        <v>0.67360250999999494</v>
       </c>
       <c r="D384" s="5">
-        <v>4.1836339868203343</v>
+        <v>5.7174565487523088</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>145.95200070000001</v>
+        <v>145.97983159</v>
       </c>
       <c r="C385" s="5">
-        <v>0.28115433000002099</v>
+        <v>0.26052849000001288</v>
       </c>
       <c r="D385" s="5">
-        <v>2.340823936429115</v>
+        <v>2.1666780793557994</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>146.17368837000001</v>
+        <v>146.2006738</v>
       </c>
       <c r="C386" s="5">
-        <v>0.22168766999999434</v>
+        <v>0.2208422100000007</v>
       </c>
       <c r="D386" s="5">
-        <v>1.8379937667102775</v>
+        <v>1.8305737186734561</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>148.41008038999999</v>
+        <v>148.43097474999999</v>
       </c>
       <c r="C387" s="5">
-        <v>2.2363920199999825</v>
+        <v>2.230300949999986</v>
       </c>
       <c r="D387" s="5">
-        <v>19.985934194262867</v>
+        <v>19.922861766249046</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>149.68809117000001</v>
+        <v>149.71247167000001</v>
       </c>
       <c r="C388" s="5">
-        <v>1.2780107800000167</v>
+        <v>1.2814969200000235</v>
       </c>
       <c r="D388" s="5">
-        <v>10.83736675048279</v>
+        <v>10.866743411176238</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>150.57648684</v>
+        <v>150.57323839</v>
       </c>
       <c r="C389" s="5">
-        <v>0.8883956699999942</v>
+        <v>0.86076671999998666</v>
       </c>
       <c r="D389" s="5">
-        <v>7.3591141559800954</v>
+        <v>7.1217666134459234</v>
       </c>
       <c r="E389" s="5">
-        <v>4.1598531931548388</v>
+        <v>4.1818457917943253</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>150.9239987</v>
+        <v>150.92236019000001</v>
       </c>
       <c r="C390" s="5">
-        <v>0.34751185999999734</v>
+        <v>0.34912180000000603</v>
       </c>
       <c r="D390" s="5">
-        <v>2.8048765663412079</v>
+        <v>2.8180986227734461</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>152.04863865999999</v>
+        <v>152.04731318</v>
       </c>
       <c r="C391" s="5">
-        <v>1.1246399599999961</v>
+        <v>1.124952989999997</v>
       </c>
       <c r="D391" s="5">
-        <v>9.3177777859606348</v>
+        <v>9.3205838840948019</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>152.86306633000001</v>
+        <v>152.85331934999999</v>
       </c>
       <c r="C392" s="5">
-        <v>0.81442767000001481</v>
+        <v>0.8060061699999892</v>
       </c>
       <c r="D392" s="5">
-        <v>6.6204154519888148</v>
+        <v>6.55000866553892</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>153.25813883000001</v>
+        <v>153.22871058000001</v>
       </c>
       <c r="C393" s="5">
-        <v>0.39507249999999772</v>
+        <v>0.3753912300000195</v>
       </c>
       <c r="D393" s="5">
-        <v>3.145850721879051</v>
+        <v>2.9872052445284902</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>153.65658121000001</v>
+        <v>153.64116754</v>
       </c>
       <c r="C394" s="5">
-        <v>0.39844238000000587</v>
+        <v>0.41245695999998588</v>
       </c>
       <c r="D394" s="5">
-        <v>3.1647730613829861</v>
+        <v>3.278380961964289</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>153.97747516999999</v>
+        <v>153.85825806</v>
       </c>
       <c r="C395" s="5">
-        <v>0.32089395999997805</v>
+        <v>0.21709051999999929</v>
       </c>
       <c r="D395" s="5">
-        <v>2.5350471337731273</v>
+        <v>1.7088043202678094</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>155.38473870999999</v>
+        <v>155.45736431</v>
       </c>
       <c r="C396" s="5">
-        <v>1.4072635400000024</v>
+        <v>1.5991062500000055</v>
       </c>
       <c r="D396" s="5">
-        <v>11.535729810143348</v>
+        <v>13.210281061973861</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>156.38053309</v>
+        <v>156.41318917000001</v>
       </c>
       <c r="C397" s="5">
-        <v>0.99579438000000664</v>
+        <v>0.95582486000000699</v>
       </c>
       <c r="D397" s="5">
-        <v>7.9672225564366483</v>
+        <v>7.6328526515292205</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>157.07181495</v>
+        <v>157.10544558999999</v>
       </c>
       <c r="C398" s="5">
-        <v>0.69128186000000369</v>
+        <v>0.69225641999997833</v>
       </c>
       <c r="D398" s="5">
-        <v>5.4355026157806074</v>
+        <v>5.4421887690239812</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>157.29529524</v>
+        <v>157.32111211</v>
       </c>
       <c r="C399" s="5">
-        <v>0.22348028999999769</v>
+        <v>0.21566652000001341</v>
       </c>
       <c r="D399" s="5">
-        <v>1.7207727943106654</v>
+        <v>1.6597945599108987</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>157.8163624</v>
+        <v>157.84469523000001</v>
       </c>
       <c r="C400" s="5">
-        <v>0.52106716000000119</v>
+        <v>0.52358312000001206</v>
       </c>
       <c r="D400" s="5">
-        <v>4.0484347690896483</v>
+        <v>4.0676619091516431</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>157.90204872999999</v>
+        <v>157.92733572</v>
       </c>
       <c r="C401" s="5">
-        <v>8.5686329999987265E-2</v>
+        <v>8.2640489999988631E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>0.65348868134624816</v>
+        <v>0.63007913150423533</v>
       </c>
       <c r="E401" s="5">
-        <v>4.8650104964820917</v>
+        <v>4.8840666566207114</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>160.89796959</v>
+        <v>160.88662307999999</v>
       </c>
       <c r="C402" s="5">
-        <v>2.9959208600000125</v>
+        <v>2.9592873599999905</v>
       </c>
       <c r="D402" s="5">
-        <v>25.300725455198325</v>
+        <v>24.95439297276998</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>160.58468696</v>
+        <v>160.56758614</v>
       </c>
       <c r="C403" s="5">
-        <v>-0.31328263000000334</v>
+        <v>-0.3190369399999895</v>
       </c>
       <c r="D403" s="5">
-        <v>-2.3116465937592867</v>
+        <v>-2.3538086775950373</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>161.47834402999999</v>
+        <v>161.46144419999999</v>
       </c>
       <c r="C404" s="5">
-        <v>0.89365706999998906</v>
+        <v>0.89385805999998524</v>
       </c>
       <c r="D404" s="5">
-        <v>6.8862624572237907</v>
+        <v>6.8886151251084771</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>161.78016115</v>
+        <v>161.72269967</v>
       </c>
       <c r="C405" s="5">
-        <v>0.30181712000000971</v>
+        <v>0.26125547000000893</v>
       </c>
       <c r="D405" s="5">
-        <v>2.2661060187022519</v>
+        <v>1.959053936347388</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>162.34586113</v>
+        <v>162.29077269999999</v>
       </c>
       <c r="C406" s="5">
-        <v>0.5656999800000051</v>
+        <v>0.56807302999999365</v>
       </c>
       <c r="D406" s="5">
-        <v>4.277711000656903</v>
+        <v>4.2975595282913392</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>163.32912768</v>
+        <v>163.23586814000001</v>
       </c>
       <c r="C407" s="5">
-        <v>0.98326654999999619</v>
+        <v>0.94509544000001711</v>
       </c>
       <c r="D407" s="5">
-        <v>7.5149994720499658</v>
+        <v>7.2163906978176984</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>162.72460237000001</v>
+        <v>162.81794751999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.60452530999998544</v>
+        <v>-0.41792062000001806</v>
       </c>
       <c r="D408" s="5">
-        <v>-4.3522150143847194</v>
+        <v>-3.0293762111259781</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>163.42560169999999</v>
+        <v>163.47031376000001</v>
       </c>
       <c r="C409" s="5">
-        <v>0.7009993299999735</v>
+        <v>0.65236624000002053</v>
       </c>
       <c r="D409" s="5">
-        <v>5.2937234506417186</v>
+        <v>4.9154494748461675</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>164.38079863999999</v>
+        <v>164.42041846999999</v>
       </c>
       <c r="C410" s="5">
-        <v>0.95519694000000754</v>
+        <v>0.95010470999997665</v>
       </c>
       <c r="D410" s="5">
-        <v>7.2437328177507476</v>
+        <v>7.2018391306152063</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>164.37397222999999</v>
+        <v>164.40666415999999</v>
       </c>
       <c r="C411" s="5">
-        <v>-6.8264100000021699E-3</v>
+        <v>-1.375430999999594E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>-4.9822249985154166E-2</v>
+        <v>-0.10033778258432546</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>164.77122201</v>
+        <v>164.80885104000001</v>
       </c>
       <c r="C412" s="5">
-        <v>0.39724978000000988</v>
+        <v>0.40218688000001634</v>
       </c>
       <c r="D412" s="5">
-        <v>2.9389530998946034</v>
+        <v>2.9753722166998342</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>165.58034642000001</v>
+        <v>165.61708290999999</v>
       </c>
       <c r="C413" s="5">
-        <v>0.80912441000000968</v>
+        <v>0.80823186999998597</v>
       </c>
       <c r="D413" s="5">
-        <v>6.0544976118135585</v>
+        <v>6.0462194881624187</v>
       </c>
       <c r="E413" s="5">
-        <v>4.8626966855441545</v>
+        <v>4.8691679340640892</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>165.63099151</v>
+        <v>165.61393691999999</v>
       </c>
       <c r="C414" s="5">
-        <v>5.0645089999989068E-2</v>
+        <v>-3.1459900000072594E-3</v>
       </c>
       <c r="D414" s="5">
-        <v>0.36765504502704882</v>
+        <v>-2.2792296202833739E-2</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>166.07535293000001</v>
+        <v>166.04641290000001</v>
       </c>
       <c r="C415" s="5">
-        <v>0.444361420000007</v>
+        <v>0.43247598000002085</v>
       </c>
       <c r="D415" s="5">
-        <v>3.2673395401567662</v>
+        <v>3.1790206442785296</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>166.37316405999999</v>
+        <v>166.3543396</v>
       </c>
       <c r="C416" s="5">
-        <v>0.29781112999998527</v>
+        <v>0.30792669999999589</v>
       </c>
       <c r="D416" s="5">
-        <v>2.1732255317215454</v>
+        <v>2.2481924223286764</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>166.79195214999999</v>
+        <v>166.70464244999999</v>
       </c>
       <c r="C417" s="5">
-        <v>0.41878808999999251</v>
+        <v>0.35030284999999139</v>
       </c>
       <c r="D417" s="5">
-        <v>3.0627647001880698</v>
+        <v>2.5563882416562711</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>167.93053757999999</v>
+        <v>167.82269792</v>
       </c>
       <c r="C418" s="5">
-        <v>1.1385854300000062</v>
+        <v>1.1180554700000016</v>
       </c>
       <c r="D418" s="5">
-        <v>8.5063208834206705</v>
+        <v>8.3517798838383506</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>168.75387083000001</v>
+        <v>168.70058241000001</v>
       </c>
       <c r="C419" s="5">
-        <v>0.82333325000001878</v>
+        <v>0.87788449000001378</v>
       </c>
       <c r="D419" s="5">
-        <v>6.0446544167406913</v>
+        <v>6.4610145551650566</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>169.52858007</v>
+        <v>169.64244941999999</v>
       </c>
       <c r="C420" s="5">
-        <v>0.77470923999999286</v>
+        <v>0.94186700999998152</v>
       </c>
       <c r="D420" s="5">
-        <v>5.6501635566653219</v>
+        <v>6.9092864309101998</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>170.1320503</v>
+        <v>170.18584903000001</v>
       </c>
       <c r="C421" s="5">
-        <v>0.60347022999999922</v>
+        <v>0.5433996100000229</v>
       </c>
       <c r="D421" s="5">
-        <v>4.356267169847472</v>
+        <v>3.9122942461282006</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>170.59771667999999</v>
+        <v>170.64231512999999</v>
       </c>
       <c r="C422" s="5">
-        <v>0.46566637999998761</v>
+        <v>0.45646609999997168</v>
       </c>
       <c r="D422" s="5">
-        <v>3.334404305283778</v>
+        <v>3.2665024278389687</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>171.67035318999999</v>
+        <v>171.70916468999999</v>
       </c>
       <c r="C423" s="5">
-        <v>1.0726365099999953</v>
+        <v>1.0668495600000085</v>
       </c>
       <c r="D423" s="5">
-        <v>7.8114873996234513</v>
+        <v>7.7657835176543344</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>172.54851742</v>
+        <v>172.5916167</v>
       </c>
       <c r="C424" s="5">
-        <v>0.87816423000001009</v>
+        <v>0.88245201000000861</v>
       </c>
       <c r="D424" s="5">
-        <v>6.3141759132595343</v>
+        <v>6.3444076125902971</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>173.17426062000001</v>
+        <v>173.21631262</v>
       </c>
       <c r="C425" s="5">
-        <v>0.62574320000001649</v>
+        <v>0.62469591999999352</v>
       </c>
       <c r="D425" s="5">
-        <v>4.4396288557570829</v>
+        <v>4.4309209725055254</v>
       </c>
       <c r="E425" s="5">
-        <v>4.5862412805549813</v>
+        <v>4.5884334976058039</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>173.25141398</v>
+        <v>173.46670408</v>
       </c>
       <c r="C426" s="5">
-        <v>7.715335999998274E-2</v>
+        <v>0.25039146000000301</v>
       </c>
       <c r="D426" s="5">
-        <v>0.5359412846589251</v>
+        <v>1.7485084100727466</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>174.93694929</v>
+        <v>175.18495453</v>
       </c>
       <c r="C427" s="5">
-        <v>1.6855353100000059</v>
+        <v>1.7182504499999993</v>
       </c>
       <c r="D427" s="5">
-        <v>12.32000921552212</v>
+        <v>12.555866367244505</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>175.84538753999999</v>
+        <v>176.11251734000001</v>
       </c>
       <c r="C428" s="5">
-        <v>0.90843824999998901</v>
+        <v>0.92756281000001195</v>
       </c>
       <c r="D428" s="5">
-        <v>6.4126333071456987</v>
+        <v>6.5420481911402595</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>176.14256427000001</v>
+        <v>176.92919706999999</v>
       </c>
       <c r="C429" s="5">
-        <v>0.2971767300000181</v>
+        <v>0.81667972999997573</v>
       </c>
       <c r="D429" s="5">
-        <v>2.0469431246504799</v>
+        <v>5.7088579199440437</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>177.57588813000001</v>
+        <v>177.41096856999999</v>
       </c>
       <c r="C430" s="5">
-        <v>1.4333238600000016</v>
+        <v>0.48177150000000779</v>
       </c>
       <c r="D430" s="5">
-        <v>10.213849492044957</v>
+        <v>3.3169372844602307</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>176.03723381</v>
+        <v>177.40550784000001</v>
       </c>
       <c r="C431" s="5">
-        <v>-1.5386543200000062</v>
+        <v>-5.460729999981595E-3</v>
       </c>
       <c r="D431" s="5">
-        <v>-9.9162447808657017</v>
+        <v>-3.6929885598813161E-2</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>176.59793281</v>
+        <v>178.00864630000001</v>
       </c>
       <c r="C432" s="5">
-        <v>0.56069899999999961</v>
+        <v>0.60313845999999671</v>
       </c>
       <c r="D432" s="5">
-        <v>3.889811895465467</v>
+        <v>4.1568846074667931</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>176.55111882</v>
+        <v>177.96145834999999</v>
       </c>
       <c r="C433" s="5">
-        <v>-4.6813990000003969E-2</v>
+        <v>-4.7187950000022738E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.31764219764315316</v>
+        <v>-0.31764217616657708</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>177.26555661</v>
+        <v>178.68160326</v>
       </c>
       <c r="C434" s="5">
-        <v>0.71443779000000518</v>
+        <v>0.72014491000001613</v>
       </c>
       <c r="D434" s="5">
-        <v>4.9655088220570409</v>
+        <v>4.9655087647316742</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>178.60074431999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-8.0858940000013035E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-0.54168749585190579</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>177.96517291000001</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.63557140999998296</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-4.1877416460584405</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">