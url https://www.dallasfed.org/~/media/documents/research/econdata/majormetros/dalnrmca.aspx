--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{84E45CFF-9A69-4C57-869F-2F1283E5E41C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A61D5A20-23DA-4B80-A0E7-6FF649071312}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B2FF9D49-60B3-4836-80F3-09F16661BF37}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{2DCB3094-DDF6-4A84-8C9D-073161DD11C2}"/>
   </bookViews>
   <sheets>
     <sheet name="dalnrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA6F2BB7-0896-44FB-B580-8EE0EC553CA3}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C0201614-9A1E-4E5D-8E17-587AEAFA2DA0}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>177.40550784000001</v>
       </c>
       <c r="C431" s="5">
         <v>-5.460729999981595E-3</v>
       </c>
       <c r="D431" s="5">
         <v>-3.6929885598813161E-2</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>178.00864630000001</v>
       </c>
       <c r="C432" s="5">
         <v>0.60313845999999671</v>
       </c>
       <c r="D432" s="5">
         <v>4.1568846074667931</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>177.96145834999999</v>
       </c>
       <c r="C433" s="5">
         <v>-4.7187950000022738E-2</v>
       </c>
       <c r="D433" s="5">
         <v>-0.31764217616657708</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>178.68160326</v>
       </c>
       <c r="C434" s="5">
         <v>0.72014491000001613</v>
       </c>
       <c r="D434" s="5">
         <v>4.9655087647316742</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>178.60074431999999</v>
       </c>
       <c r="C435" s="5">
         <v>-8.0858940000013035E-2</v>
       </c>
       <c r="D435" s="5">
         <v>-0.54168749585190579</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>177.96517291000001</v>
+        <v>177.94753699</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.63557140999998296</v>
+        <v>-0.65320732999998654</v>
       </c>
       <c r="D436" s="5">
-        <v>-4.1877416460584405</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-4.3016167350508727</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>176.86336772999999</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-1.0841692600000101</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-7.0710758094325481</v>
+      </c>
+      <c r="E437" s="5">
+        <v>2.1054917142826257</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>