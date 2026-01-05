--- v0 (2025-10-17)
+++ v1 (2026-01-05)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E43AE4FF-FD7B-437B-9F66-C369B3772979}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{277FBEA7-DCAF-4907-AE73-2127FE5F582E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{40EE2922-004C-4924-8918-8CA2BC562FF9}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{DBBFF5CC-BA6A-47D7-A270-13045DF9BD64}"/>
   </bookViews>
   <sheets>
     <sheet name="dalpbsva" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Professional and Business Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{399BF282-6C97-4359-B9FA-E7F8FF0D3C65}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7503764C-5A47-46C0-9ABC-61910B52FA89}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-7.7364593999999443</v>
       </c>
       <c r="D431" s="5">
         <v>-14.04180181973217</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>609.90545281000004</v>
       </c>
       <c r="C432" s="5">
         <v>0.20346237000001111</v>
       </c>
       <c r="D432" s="5">
         <v>0.40118527884149824</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>612.97507713000005</v>
+        <v>612.26173681</v>
       </c>
       <c r="C433" s="5">
-        <v>3.0696243200000026</v>
+        <v>2.3562839999999596</v>
       </c>
       <c r="D433" s="5">
-        <v>6.2095600063300616</v>
+        <v>4.7358196322064838</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>610.84403832999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-1.4176984800000128</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-2.7434978210236549</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>