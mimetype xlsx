--- v1 (2026-01-05)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{277FBEA7-DCAF-4907-AE73-2127FE5F582E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6A592969-F2BD-4A76-AC93-45B0C4C7F1C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{DBBFF5CC-BA6A-47D7-A270-13045DF9BD64}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0743568A-E83D-411F-83D0-3D74700D4B84}"/>
   </bookViews>
   <sheets>
     <sheet name="dalpbsva" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Professional and Business Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7503764C-5A47-46C0-9ABC-61910B52FA89}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{394B3BE2-B85F-471A-BC91-FEBEE7FD5052}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>153.57759614</v>
+        <v>153.57629741</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>154.20113191999999</v>
+        <v>154.20019561000001</v>
       </c>
       <c r="C7" s="5">
-        <v>0.62353577999999743</v>
+        <v>0.6238982000000135</v>
       </c>
       <c r="D7" s="5">
-        <v>4.9823653531900769</v>
+        <v>4.9853693861342085</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>154.86572555000001</v>
+        <v>154.86506206999999</v>
       </c>
       <c r="C8" s="5">
-        <v>0.66459363000001304</v>
+        <v>0.66486645999998473</v>
       </c>
       <c r="D8" s="5">
-        <v>5.2962727495524886</v>
+        <v>5.2985317408091648</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>154.09310883000001</v>
+        <v>154.09390961</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.77261672000000203</v>
+        <v>-0.77115245999999615</v>
       </c>
       <c r="D9" s="5">
-        <v>-5.8251651757814216</v>
+        <v>-5.8144501619372679</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>155.34583795</v>
+        <v>155.34583097999999</v>
       </c>
       <c r="C10" s="5">
-        <v>1.2527291199999979</v>
+        <v>1.2519213699999909</v>
       </c>
       <c r="D10" s="5">
-        <v>10.203873342458824</v>
+        <v>10.196941848384466</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>157.55296873</v>
+        <v>157.55309213999999</v>
       </c>
       <c r="C11" s="5">
-        <v>2.20713078</v>
+        <v>2.2072611600000016</v>
       </c>
       <c r="D11" s="5">
-        <v>18.446880111184647</v>
+        <v>18.448057231876703</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>158.88960248000001</v>
+        <v>158.88942021</v>
       </c>
       <c r="C12" s="5">
-        <v>1.3366337500000043</v>
+        <v>1.3363280700000075</v>
       </c>
       <c r="D12" s="5">
-        <v>10.669169615048556</v>
+        <v>10.666605960884358</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>161.37547662</v>
+        <v>161.37554127000001</v>
       </c>
       <c r="C13" s="5">
-        <v>2.4858741399999928</v>
+        <v>2.4861210600000163</v>
       </c>
       <c r="D13" s="5">
-        <v>20.477157828476635</v>
+        <v>20.479395497190534</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>162.75436625</v>
+        <v>162.75446928</v>
       </c>
       <c r="C14" s="5">
-        <v>1.3788896300000033</v>
+        <v>1.3789280099999814</v>
       </c>
       <c r="D14" s="5">
-        <v>10.749385275211587</v>
+        <v>10.749694161756572</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>161.64248444</v>
+        <v>161.64246441</v>
       </c>
       <c r="C15" s="5">
-        <v>-1.1118818099999999</v>
+        <v>-1.1120048699999927</v>
       </c>
       <c r="D15" s="5">
-        <v>-7.8968628301320791</v>
+        <v>-7.8976994416078528</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>164.19554117999999</v>
+        <v>164.19623838999999</v>
       </c>
       <c r="C16" s="5">
-        <v>2.5530567399999882</v>
+        <v>2.5537739799999883</v>
       </c>
       <c r="D16" s="5">
-        <v>20.689672912294576</v>
+        <v>20.696002224365294</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>165.93487304999999</v>
+        <v>165.93598248000001</v>
       </c>
       <c r="C17" s="5">
-        <v>1.7393318700000009</v>
+        <v>1.7397440900000163</v>
       </c>
       <c r="D17" s="5">
-        <v>13.479051106029472</v>
+        <v>13.48237342010481</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>159.98034876</v>
+        <v>159.9791214</v>
       </c>
       <c r="C18" s="5">
-        <v>-5.9545242899999948</v>
+        <v>-5.9568610800000101</v>
       </c>
       <c r="D18" s="5">
-        <v>-35.501790026242418</v>
+        <v>-35.512901764089953</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>159.94783179000001</v>
+        <v>159.94697736000001</v>
       </c>
       <c r="C19" s="5">
-        <v>-3.2516969999988987E-2</v>
+        <v>-3.2144039999991492E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>-0.2436347505180847</v>
+        <v>-0.24084548980820575</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>160.11797528</v>
+        <v>160.11737119</v>
       </c>
       <c r="C20" s="5">
-        <v>0.17014348999998674</v>
+        <v>0.17039382999999475</v>
       </c>
       <c r="D20" s="5">
-        <v>1.2839871550707205</v>
+        <v>1.2858943372211273</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>157.99649378999999</v>
+        <v>157.99731546000001</v>
       </c>
       <c r="C21" s="5">
-        <v>-2.1214814900000079</v>
+        <v>-2.12005572999999</v>
       </c>
       <c r="D21" s="5">
-        <v>-14.7904414932988</v>
+        <v>-14.781265634671126</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>159.36312376000001</v>
+        <v>159.36334359</v>
       </c>
       <c r="C22" s="5">
-        <v>1.3666299700000195</v>
+        <v>1.3660281299999895</v>
       </c>
       <c r="D22" s="5">
-        <v>10.888016717498839</v>
+        <v>10.882932240253606</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>159.15397999999999</v>
+        <v>159.15451748999999</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.20914376000001766</v>
+        <v>-0.20882610000001023</v>
       </c>
       <c r="D23" s="5">
-        <v>-1.5635291013800012</v>
+        <v>-1.5611692713184966</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>158.72741585</v>
+        <v>158.72680077000001</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.42656414999999015</v>
+        <v>-0.42771671999997807</v>
       </c>
       <c r="D24" s="5">
-        <v>-3.1692475686026511</v>
+        <v>-3.177674083077664</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>159.48319676</v>
+        <v>159.48306454999999</v>
       </c>
       <c r="C25" s="5">
-        <v>0.75578090999999858</v>
+        <v>0.7562637799999834</v>
       </c>
       <c r="D25" s="5">
-        <v>5.8658375536327689</v>
+        <v>5.8697073442106618</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>158.84875102999999</v>
+        <v>158.84860848</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.63444573000001014</v>
+        <v>-0.63445606999999882</v>
       </c>
       <c r="D26" s="5">
-        <v>-4.6706863446563496</v>
+        <v>-4.6707645959951138</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>159.43296065999999</v>
+        <v>159.43284360999999</v>
       </c>
       <c r="C27" s="5">
-        <v>0.5842096300000037</v>
+        <v>0.58423512999999616</v>
       </c>
       <c r="D27" s="5">
-        <v>4.5037026684890957</v>
+        <v>4.5039073667208607</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>159.93005389000001</v>
+        <v>159.93060439000001</v>
       </c>
       <c r="C28" s="5">
-        <v>0.49709323000001859</v>
+        <v>0.49776078000002144</v>
       </c>
       <c r="D28" s="5">
-        <v>3.8062903113909918</v>
+        <v>3.8114927419403033</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>159.83095123999999</v>
+        <v>159.83184238999999</v>
       </c>
       <c r="C29" s="5">
-        <v>-9.9102650000020276E-2</v>
+        <v>-9.8762000000021999E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>-0.74106589641067533</v>
+        <v>-0.7385247092941527</v>
       </c>
       <c r="E29" s="5">
-        <v>-3.6785045227718638</v>
+        <v>-3.6786114733950104</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>161.08522521</v>
+        <v>161.08426836000001</v>
       </c>
       <c r="C30" s="5">
-        <v>1.2542739700000141</v>
+        <v>1.2524259700000187</v>
       </c>
       <c r="D30" s="5">
-        <v>9.834276386778118</v>
+        <v>9.8190997392090473</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>161.17370392000001</v>
+        <v>161.17317130000001</v>
       </c>
       <c r="C31" s="5">
-        <v>8.8478710000003957E-2</v>
+        <v>8.8902939999996988E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>0.66111456962176796</v>
+        <v>0.6642980101959628</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>162.14392491000001</v>
+        <v>162.14347892999999</v>
       </c>
       <c r="C32" s="5">
-        <v>0.97022099000000139</v>
+        <v>0.97030762999997933</v>
       </c>
       <c r="D32" s="5">
-        <v>7.4676963782328354</v>
+        <v>7.4684109750798866</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>163.23360077999999</v>
+        <v>163.23431076</v>
       </c>
       <c r="C33" s="5">
-        <v>1.0896758699999793</v>
+        <v>1.0908318300000133</v>
       </c>
       <c r="D33" s="5">
-        <v>8.3693709639395486</v>
+        <v>8.3786044092211789</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>164.06291662000001</v>
+        <v>164.06368178</v>
       </c>
       <c r="C34" s="5">
-        <v>0.8293158400000209</v>
+        <v>0.82937101999999641</v>
       </c>
       <c r="D34" s="5">
-        <v>6.2699325320788146</v>
+        <v>6.2703334004155842</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>164.05169128</v>
+        <v>164.05287007000001</v>
       </c>
       <c r="C35" s="5">
-        <v>-1.1225340000009965E-2</v>
+        <v>-1.0811709999984487E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>-8.2074245137275792E-2</v>
+        <v>-7.9050710581363148E-2</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>164.51417305999999</v>
+        <v>164.51282946000001</v>
       </c>
       <c r="C36" s="5">
-        <v>0.46248177999999029</v>
+        <v>0.45995938999999453</v>
       </c>
       <c r="D36" s="5">
-        <v>3.4358959712602166</v>
+        <v>3.4168416517905476</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>164.01599741000001</v>
+        <v>164.01558822999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.49817564999997899</v>
+        <v>-0.49724123000001441</v>
       </c>
       <c r="D37" s="5">
-        <v>-3.5738812772974304</v>
+        <v>-3.567317500320466</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>164.70393727000001</v>
+        <v>164.70341801999999</v>
       </c>
       <c r="C38" s="5">
-        <v>0.68793986000000018</v>
+        <v>0.687829789999995</v>
       </c>
       <c r="D38" s="5">
-        <v>5.1509648716571377</v>
+        <v>5.1501347647732398</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>166.39602135999999</v>
+        <v>166.39570854999999</v>
       </c>
       <c r="C39" s="5">
-        <v>1.6920840899999803</v>
+        <v>1.6922905300000082</v>
       </c>
       <c r="D39" s="5">
-        <v>13.049196450566436</v>
+        <v>13.050923019336347</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>166.65877889999999</v>
+        <v>166.65910700000001</v>
       </c>
       <c r="C40" s="5">
-        <v>0.26275753999999552</v>
+        <v>0.26339845000001105</v>
       </c>
       <c r="D40" s="5">
-        <v>1.9114760237627593</v>
+        <v>1.9161827375445473</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>166.77006777</v>
+        <v>166.77060664000001</v>
       </c>
       <c r="C41" s="5">
-        <v>0.11128887000000987</v>
+        <v>0.11149964000000523</v>
       </c>
       <c r="D41" s="5">
-        <v>0.80426735335212829</v>
+        <v>0.80579457240781416</v>
       </c>
       <c r="E41" s="5">
-        <v>4.3415349005714976</v>
+        <v>4.3412902874941484</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>167.1459074</v>
+        <v>167.14539945000001</v>
       </c>
       <c r="C42" s="5">
-        <v>0.37583963000000153</v>
+        <v>0.37479281000000242</v>
       </c>
       <c r="D42" s="5">
-        <v>2.7381413055183934</v>
+        <v>2.7304113611463121</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>168.61153565999999</v>
+        <v>168.61146962000001</v>
       </c>
       <c r="C43" s="5">
-        <v>1.4656282599999884</v>
+        <v>1.4660701699999947</v>
       </c>
       <c r="D43" s="5">
-        <v>11.044854298780038</v>
+        <v>11.048381978863553</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>168.72309909000001</v>
+        <v>168.72278795</v>
       </c>
       <c r="C44" s="5">
-        <v>0.11156343000001812</v>
+        <v>0.11131832999998892</v>
       </c>
       <c r="D44" s="5">
-        <v>0.79688725827575801</v>
+        <v>0.79513048222288329</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>171.26526533000001</v>
+        <v>171.26593481</v>
       </c>
       <c r="C45" s="5">
-        <v>2.5421662400000002</v>
+        <v>2.5431468600000073</v>
       </c>
       <c r="D45" s="5">
-        <v>19.656686956935655</v>
+        <v>19.664948011087603</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>172.77589750999999</v>
+        <v>172.77729176</v>
       </c>
       <c r="C46" s="5">
-        <v>1.5106321799999876</v>
+        <v>1.5113569499999926</v>
       </c>
       <c r="D46" s="5">
-        <v>11.113388314380535</v>
+        <v>11.118936104219856</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>174.41060576000001</v>
+        <v>174.41284481</v>
       </c>
       <c r="C47" s="5">
-        <v>1.634708250000017</v>
+        <v>1.6355530499999986</v>
       </c>
       <c r="D47" s="5">
-        <v>11.963584491493705</v>
+        <v>11.969990859712908</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>177.04261187</v>
+        <v>177.04034521</v>
       </c>
       <c r="C48" s="5">
-        <v>2.6320061099999918</v>
+        <v>2.6275004000000024</v>
       </c>
       <c r="D48" s="5">
-        <v>19.690315143688796</v>
+        <v>19.653493466016549</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>177.45323923999999</v>
+        <v>177.45233794000001</v>
       </c>
       <c r="C49" s="5">
-        <v>0.41062736999998606</v>
+        <v>0.41199273000000858</v>
       </c>
       <c r="D49" s="5">
-        <v>2.8190248101807924</v>
+        <v>2.8285552071366515</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>179.74121187</v>
+        <v>179.74010607</v>
       </c>
       <c r="C50" s="5">
-        <v>2.2879726300000129</v>
+        <v>2.2877681299999892</v>
       </c>
       <c r="D50" s="5">
-        <v>16.617790677866907</v>
+        <v>16.616288977059092</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>180.19951313000001</v>
+        <v>180.1988532</v>
       </c>
       <c r="C51" s="5">
-        <v>0.45830126000001314</v>
+        <v>0.45874713000000611</v>
       </c>
       <c r="D51" s="5">
-        <v>3.1030167858021818</v>
+        <v>3.1060975154005188</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>180.82301817000001</v>
+        <v>180.82313114999999</v>
       </c>
       <c r="C52" s="5">
-        <v>0.62350503999999773</v>
+        <v>0.62427794999999264</v>
       </c>
       <c r="D52" s="5">
-        <v>4.2320328243034888</v>
+        <v>4.2373951185773917</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>182.05978238</v>
+        <v>182.05999648</v>
       </c>
       <c r="C53" s="5">
-        <v>1.2367642099999898</v>
+        <v>1.2368653300000005</v>
       </c>
       <c r="D53" s="5">
-        <v>8.5234681779536423</v>
+        <v>8.5241859680209799</v>
       </c>
       <c r="E53" s="5">
-        <v>9.1681407907603152</v>
+        <v>9.1679164260669133</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>183.56281529</v>
+        <v>183.56274884999999</v>
       </c>
       <c r="C54" s="5">
-        <v>1.5030329100000017</v>
+        <v>1.5027523699999961</v>
       </c>
       <c r="D54" s="5">
-        <v>10.369299596034587</v>
+        <v>10.367262726896431</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>183.51813867000001</v>
+        <v>183.51861643000001</v>
       </c>
       <c r="C55" s="5">
-        <v>-4.4676619999989953E-2</v>
+        <v>-4.4132419999982631E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>-0.29167255865046871</v>
+        <v>-0.28812453460751453</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>184.53981013000001</v>
+        <v>184.53963521</v>
       </c>
       <c r="C56" s="5">
-        <v>1.0216714599999932</v>
+        <v>1.0210187799999915</v>
       </c>
       <c r="D56" s="5">
-        <v>6.8889680398997344</v>
+        <v>6.8844131176951651</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>186.66552249</v>
+        <v>186.66623881000001</v>
       </c>
       <c r="C57" s="5">
-        <v>2.1257123599999943</v>
+        <v>2.1266036000000099</v>
       </c>
       <c r="D57" s="5">
-        <v>14.733037088236877</v>
+        <v>14.739625684200464</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>186.73857642999999</v>
+        <v>186.74075855000001</v>
       </c>
       <c r="C58" s="5">
-        <v>7.30539399999941E-2</v>
+        <v>7.4519739999999501E-2</v>
       </c>
       <c r="D58" s="5">
-        <v>0.47064755788437385</v>
+        <v>0.48010982342621134</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>188.15572778999999</v>
+        <v>188.15936245</v>
       </c>
       <c r="C59" s="5">
-        <v>1.4171513599999912</v>
+        <v>1.4186038999999937</v>
       </c>
       <c r="D59" s="5">
-        <v>9.4966413300179298</v>
+        <v>9.5066696028409901</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>196.78613934000001</v>
+        <v>196.78256838999999</v>
       </c>
       <c r="C60" s="5">
-        <v>8.6304115500000194</v>
+        <v>8.6232059399999912</v>
       </c>
       <c r="D60" s="5">
-        <v>71.287134664215429</v>
+        <v>71.210147529401752</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>197.61346276</v>
+        <v>197.61192278999999</v>
       </c>
       <c r="C61" s="5">
-        <v>0.82732341999999903</v>
+        <v>0.82935439999999971</v>
       </c>
       <c r="D61" s="5">
-        <v>5.1633162835045265</v>
+        <v>5.1763829776324322</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>198.84135816</v>
+        <v>198.83952183</v>
       </c>
       <c r="C62" s="5">
-        <v>1.2278953999999942</v>
+        <v>1.2275990400000012</v>
       </c>
       <c r="D62" s="5">
-        <v>7.7165190894010083</v>
+        <v>7.714654760171813</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>196.72618642</v>
+        <v>196.72516451000001</v>
       </c>
       <c r="C63" s="5">
-        <v>-2.1151717399999939</v>
+        <v>-2.1143573199999821</v>
       </c>
       <c r="D63" s="5">
-        <v>-12.044008776755399</v>
+        <v>-12.03974393375521</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>199.28232138999999</v>
+        <v>199.28217104999999</v>
       </c>
       <c r="C64" s="5">
-        <v>2.556134969999988</v>
+        <v>2.5570065399999748</v>
       </c>
       <c r="D64" s="5">
-        <v>16.755999190186309</v>
+        <v>16.762220376914328</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>200.16788589000001</v>
+        <v>200.1677837</v>
       </c>
       <c r="C65" s="5">
-        <v>0.88556450000001519</v>
+        <v>0.88561265000001299</v>
       </c>
       <c r="D65" s="5">
-        <v>5.4648028749397337</v>
+        <v>5.4651115318181676</v>
       </c>
       <c r="E65" s="5">
-        <v>9.9462403356081595</v>
+        <v>9.9460549105246265</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>200.86115275</v>
+        <v>200.86164456</v>
       </c>
       <c r="C66" s="5">
-        <v>0.69326685999999427</v>
+        <v>0.69386086000000091</v>
       </c>
       <c r="D66" s="5">
-        <v>4.2362027029043237</v>
+        <v>4.2399040200900684</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>202.95613306999999</v>
+        <v>202.95702499999999</v>
       </c>
       <c r="C67" s="5">
-        <v>2.0949803199999906</v>
+        <v>2.0953804399999854</v>
       </c>
       <c r="D67" s="5">
-        <v>13.259527743298838</v>
+        <v>13.26217285469442</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>204.50546864</v>
+        <v>204.50543802000001</v>
       </c>
       <c r="C68" s="5">
-        <v>1.5493355700000109</v>
+        <v>1.5484130200000266</v>
       </c>
       <c r="D68" s="5">
-        <v>9.5551895472203654</v>
+        <v>9.5492153445364547</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>202.6902791</v>
+        <v>202.69124973000001</v>
       </c>
       <c r="C69" s="5">
-        <v>-1.8151895400000058</v>
+        <v>-1.8141882900000041</v>
       </c>
       <c r="D69" s="5">
-        <v>-10.146305668820643</v>
+        <v>-10.140980654857213</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>204.11743838999999</v>
+        <v>204.12020505999999</v>
       </c>
       <c r="C70" s="5">
-        <v>1.4271592899999916</v>
+        <v>1.4289553299999795</v>
       </c>
       <c r="D70" s="5">
-        <v>8.7843108517503978</v>
+        <v>8.79575402664039</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>204.13991145</v>
+        <v>204.14490663000001</v>
       </c>
       <c r="C71" s="5">
-        <v>2.2473060000010037E-2</v>
+        <v>2.4701570000019046E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>0.13219844558596261</v>
+        <v>0.1453144780147575</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>203.71303882000001</v>
+        <v>203.70869001</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.4268726299999912</v>
+        <v>-0.43621662000001038</v>
       </c>
       <c r="D72" s="5">
-        <v>-2.4806354799533081</v>
+        <v>-2.5342373364272142</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>206.50424694</v>
+        <v>206.50208737</v>
       </c>
       <c r="C73" s="5">
-        <v>2.7912081199999932</v>
+        <v>2.7933973600000002</v>
       </c>
       <c r="D73" s="5">
-        <v>17.739429079999102</v>
+        <v>17.75481648238657</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>207.40615604999999</v>
+        <v>207.40366928</v>
       </c>
       <c r="C74" s="5">
-        <v>0.90190910999999119</v>
+        <v>0.90158191000000443</v>
       </c>
       <c r="D74" s="5">
-        <v>5.3687573790073051</v>
+        <v>5.3668201427653495</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>210.03989038</v>
+        <v>210.03854988000001</v>
       </c>
       <c r="C75" s="5">
-        <v>2.63373433000001</v>
+        <v>2.6348806000000025</v>
       </c>
       <c r="D75" s="5">
-        <v>16.348739962237559</v>
+        <v>16.356569732759585</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>214.02381093</v>
+        <v>214.02350799000001</v>
       </c>
       <c r="C76" s="5">
-        <v>3.9839205499999935</v>
+        <v>3.984958110000008</v>
       </c>
       <c r="D76" s="5">
-        <v>25.29210885227533</v>
+        <v>25.299576520184086</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>213.84675396</v>
+        <v>213.84660482000001</v>
       </c>
       <c r="C77" s="5">
-        <v>-0.17705696999999532</v>
+        <v>-0.17690317000000277</v>
       </c>
       <c r="D77" s="5">
-        <v>-0.98822784236786143</v>
+        <v>-0.9873747111620923</v>
       </c>
       <c r="E77" s="5">
-        <v>6.8336976279586903</v>
+        <v>6.8336776613868278</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>215.22510553000001</v>
+        <v>215.22592994999999</v>
       </c>
       <c r="C78" s="5">
-        <v>1.3783515700000066</v>
+        <v>1.3793251299999838</v>
       </c>
       <c r="D78" s="5">
-        <v>8.0147848290572199</v>
+        <v>8.0206539622897246</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>217.74340850999999</v>
+        <v>217.74471871</v>
       </c>
       <c r="C79" s="5">
-        <v>2.5183029799999872</v>
+        <v>2.5187887600000067</v>
       </c>
       <c r="D79" s="5">
-        <v>14.980727111264279</v>
+        <v>14.983744239045249</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>218.61518914999999</v>
+        <v>218.61532997</v>
       </c>
       <c r="C80" s="5">
-        <v>0.87178063999999722</v>
+        <v>0.87061126000000399</v>
       </c>
       <c r="D80" s="5">
-        <v>4.9116679670290431</v>
+        <v>4.9049038869570571</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>222.86642569</v>
+        <v>222.86764087</v>
       </c>
       <c r="C81" s="5">
-        <v>4.2512365400000078</v>
+        <v>4.2523108999999977</v>
       </c>
       <c r="D81" s="5">
-        <v>26.00035817641637</v>
+        <v>26.007628622131129</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>225.95303192</v>
+        <v>225.95619013999999</v>
       </c>
       <c r="C82" s="5">
-        <v>3.086606230000001</v>
+        <v>3.0885492699999872</v>
       </c>
       <c r="D82" s="5">
-        <v>17.945751891777874</v>
+        <v>17.957817995780889</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>226.23060487000001</v>
+        <v>226.23630531000001</v>
       </c>
       <c r="C83" s="5">
-        <v>0.27757295000000681</v>
+        <v>0.28011517000001618</v>
       </c>
       <c r="D83" s="5">
-        <v>1.4841459902997567</v>
+        <v>1.4978106449768935</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>231.03479523999999</v>
+        <v>231.02973641</v>
       </c>
       <c r="C84" s="5">
-        <v>4.8041903699999864</v>
+        <v>4.7934310999999923</v>
       </c>
       <c r="D84" s="5">
-        <v>28.680407119119078</v>
+        <v>28.607707077313261</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>232.83853324</v>
+        <v>232.83575544999999</v>
       </c>
       <c r="C85" s="5">
-        <v>1.8037380000000098</v>
+        <v>1.8060190399999954</v>
       </c>
       <c r="D85" s="5">
-        <v>9.7815987594607634</v>
+        <v>9.7947291441493611</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>234.07633558000001</v>
+        <v>234.07320525</v>
       </c>
       <c r="C86" s="5">
-        <v>1.2378023400000018</v>
+        <v>1.2374498000000074</v>
       </c>
       <c r="D86" s="5">
-        <v>6.5692386015046678</v>
+        <v>6.5673932372329213</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>236.49774428000001</v>
+        <v>236.49614851000001</v>
       </c>
       <c r="C87" s="5">
-        <v>2.4214087000000006</v>
+        <v>2.4229432600000109</v>
       </c>
       <c r="D87" s="5">
-        <v>13.14462124481981</v>
+        <v>13.153617518333549</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>240.22141762999999</v>
+        <v>240.22103561</v>
       </c>
       <c r="C88" s="5">
-        <v>3.7236733499999843</v>
+        <v>3.7248870999999895</v>
       </c>
       <c r="D88" s="5">
-        <v>20.61926378078287</v>
+        <v>20.626728768726153</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>240.42260604000001</v>
+        <v>240.42256413999999</v>
       </c>
       <c r="C89" s="5">
-        <v>0.20118841000001453</v>
+        <v>0.20152852999999027</v>
       </c>
       <c r="D89" s="5">
-        <v>1.0096572164004725</v>
+        <v>1.0113735963379833</v>
       </c>
       <c r="E89" s="5">
-        <v>12.427521852854962</v>
+        <v>12.42758066810068</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>240.18905645000001</v>
+        <v>240.19031174</v>
       </c>
       <c r="C90" s="5">
-        <v>-0.23354958999999553</v>
+        <v>-0.23225239999999303</v>
       </c>
       <c r="D90" s="5">
-        <v>-1.1594874058383664</v>
+        <v>-1.1530817152184181</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>242.17911491999999</v>
+        <v>242.18077310000001</v>
       </c>
       <c r="C91" s="5">
-        <v>1.9900584699999797</v>
+        <v>1.9904613600000118</v>
       </c>
       <c r="D91" s="5">
-        <v>10.408283726275425</v>
+        <v>10.410430942579341</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>244.89518686</v>
+        <v>244.89556121000001</v>
       </c>
       <c r="C92" s="5">
-        <v>2.7160719400000062</v>
+        <v>2.7147881100000006</v>
       </c>
       <c r="D92" s="5">
-        <v>14.320138951673101</v>
+        <v>14.31284334588474</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>246.68838056999999</v>
+        <v>246.68993603000001</v>
       </c>
       <c r="C93" s="5">
-        <v>1.7931937099999971</v>
+        <v>1.7943748200000016</v>
       </c>
       <c r="D93" s="5">
-        <v>9.1493948336897937</v>
+        <v>9.1556515419110021</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>248.80023564000001</v>
+        <v>248.80307008</v>
       </c>
       <c r="C94" s="5">
-        <v>2.1118550700000185</v>
+        <v>2.1131340499999851</v>
       </c>
       <c r="D94" s="5">
-        <v>10.770756139027737</v>
+        <v>10.777518267444153</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>251.41661926</v>
+        <v>251.42211438000001</v>
       </c>
       <c r="C95" s="5">
-        <v>2.6163836199999935</v>
+        <v>2.619044300000013</v>
       </c>
       <c r="D95" s="5">
-        <v>13.375271154667811</v>
+        <v>13.389508385873627</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>248.07794636</v>
+        <v>248.07334158</v>
       </c>
       <c r="C96" s="5">
-        <v>-3.3386729000000059</v>
+        <v>-3.3487728000000061</v>
       </c>
       <c r="D96" s="5">
-        <v>-14.821476054336536</v>
+        <v>-14.862779383301582</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>251.55490607999999</v>
+        <v>251.55187180999999</v>
       </c>
       <c r="C97" s="5">
-        <v>3.4769597199999964</v>
+        <v>3.4785302299999898</v>
       </c>
       <c r="D97" s="5">
-        <v>18.177719427053351</v>
+        <v>18.186937461904741</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>255.43535328999999</v>
+        <v>255.43109238</v>
       </c>
       <c r="C98" s="5">
-        <v>3.8804472099999998</v>
+        <v>3.8792205700000011</v>
       </c>
       <c r="D98" s="5">
-        <v>20.165157746447537</v>
+        <v>20.158497445582913</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>256.15107764999999</v>
+        <v>256.14966862</v>
       </c>
       <c r="C99" s="5">
-        <v>0.71572435999999584</v>
+        <v>0.71857624000000442</v>
       </c>
       <c r="D99" s="5">
-        <v>3.4146783455125007</v>
+        <v>3.4285537853060211</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>258.56328786</v>
+        <v>258.56322002000002</v>
       </c>
       <c r="C100" s="5">
-        <v>2.412210210000012</v>
+        <v>2.4135514000000171</v>
       </c>
       <c r="D100" s="5">
-        <v>11.904639070261759</v>
+        <v>11.911673732500748</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>260.25895185000002</v>
+        <v>260.25929660000003</v>
       </c>
       <c r="C101" s="5">
-        <v>1.6956639900000141</v>
+        <v>1.6960765800000104</v>
       </c>
       <c r="D101" s="5">
-        <v>8.1597757216546043</v>
+        <v>8.161835554590402</v>
       </c>
       <c r="E101" s="5">
-        <v>8.2506159203264531</v>
+        <v>8.2507781792265256</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>263.32797102000001</v>
+        <v>263.32958695999997</v>
       </c>
       <c r="C102" s="5">
-        <v>3.06901916999999</v>
+        <v>3.0702903599999445</v>
       </c>
       <c r="D102" s="5">
-        <v>15.105426223375185</v>
+        <v>15.112072988124069</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>264.24063409000001</v>
+        <v>264.24268984000003</v>
       </c>
       <c r="C103" s="5">
-        <v>0.91266307000000779</v>
+        <v>0.91310288000005357</v>
       </c>
       <c r="D103" s="5">
-        <v>4.2392600838195182</v>
+        <v>4.2413155644594358</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>265.46111352000003</v>
+        <v>265.46188599999999</v>
       </c>
       <c r="C104" s="5">
-        <v>1.2204794300000117</v>
+        <v>1.2191961599999672</v>
       </c>
       <c r="D104" s="5">
-        <v>5.6855731992913938</v>
+        <v>5.6793972935127224</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>266.75144526999998</v>
+        <v>266.75317281999997</v>
       </c>
       <c r="C105" s="5">
-        <v>1.2903317499999503</v>
+        <v>1.2912868199999821</v>
       </c>
       <c r="D105" s="5">
-        <v>5.9913520536418075</v>
+        <v>5.9958880905976786</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>267.97323569999998</v>
+        <v>267.97543968000002</v>
       </c>
       <c r="C106" s="5">
-        <v>1.2217904299999987</v>
+        <v>1.2222668600000475</v>
       </c>
       <c r="D106" s="5">
-        <v>5.6369052702114342</v>
+        <v>5.6391215906972825</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>270.68492085999998</v>
+        <v>270.68931497</v>
       </c>
       <c r="C107" s="5">
-        <v>2.7116851600000018</v>
+        <v>2.7138752899999758</v>
       </c>
       <c r="D107" s="5">
-        <v>12.842243835152424</v>
+        <v>12.853088825138027</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>271.91984394000002</v>
+        <v>271.91558910999998</v>
       </c>
       <c r="C108" s="5">
-        <v>1.2349230800000441</v>
+        <v>1.2262741399999868</v>
       </c>
       <c r="D108" s="5">
-        <v>5.6141410504267908</v>
+        <v>5.5737441947695032</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>272.21644729000002</v>
+        <v>272.21296818000002</v>
       </c>
       <c r="C109" s="5">
-        <v>0.29660334999999804</v>
+        <v>0.29737907000003361</v>
       </c>
       <c r="D109" s="5">
-        <v>1.3168111569288543</v>
+        <v>1.3202965970890546</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>273.52087535999999</v>
+        <v>273.51462084999997</v>
       </c>
       <c r="C110" s="5">
-        <v>1.3044280699999717</v>
+        <v>1.3016526699999531</v>
       </c>
       <c r="D110" s="5">
-        <v>5.9042507221714446</v>
+        <v>5.891433480144137</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>276.50595163000003</v>
+        <v>276.50603944</v>
       </c>
       <c r="C111" s="5">
-        <v>2.9850762700000359</v>
+        <v>2.9914185900000234</v>
       </c>
       <c r="D111" s="5">
-        <v>13.91163146621115</v>
+        <v>13.943327679769158</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>277.56261413999999</v>
+        <v>277.56342911000002</v>
       </c>
       <c r="C112" s="5">
-        <v>1.0566625099999669</v>
+        <v>1.0573896700000205</v>
       </c>
       <c r="D112" s="5">
-        <v>4.6834013457734747</v>
+        <v>4.6866908749202851</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>280.09907982999999</v>
+        <v>280.10013383</v>
       </c>
       <c r="C113" s="5">
-        <v>2.53646569</v>
+        <v>2.5367047199999888</v>
       </c>
       <c r="D113" s="5">
-        <v>11.534328232317304</v>
+        <v>11.535434816823841</v>
       </c>
       <c r="E113" s="5">
-        <v>7.623225959749047</v>
+        <v>7.6234883783974583</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>282.99771104000001</v>
+        <v>282.99982183999998</v>
       </c>
       <c r="C114" s="5">
-        <v>2.8986312100000191</v>
+        <v>2.8996880099999771</v>
       </c>
       <c r="D114" s="5">
-        <v>13.150086164918617</v>
+        <v>13.155104359407765</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>286.43622157999999</v>
+        <v>286.43845827000001</v>
       </c>
       <c r="C115" s="5">
-        <v>3.4385105399999816</v>
+        <v>3.4386364300000309</v>
       </c>
       <c r="D115" s="5">
-        <v>15.59529585076238</v>
+        <v>15.595781302038535</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>288.90113077000001</v>
+        <v>288.90228612999999</v>
       </c>
       <c r="C116" s="5">
-        <v>2.4649091900000144</v>
+        <v>2.4638278599999808</v>
       </c>
       <c r="D116" s="5">
-        <v>10.829574344137249</v>
+        <v>10.824507985996522</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>287.55755238</v>
+        <v>287.55924040000002</v>
       </c>
       <c r="C117" s="5">
-        <v>-1.3435783900000047</v>
+        <v>-1.3430457299999716</v>
       </c>
       <c r="D117" s="5">
-        <v>-5.4402228913290713</v>
+        <v>-5.4380997705732126</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>286.72621413000002</v>
+        <v>286.72742613999998</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.83133824999998751</v>
+        <v>-0.83181426000004421</v>
       </c>
       <c r="D118" s="5">
-        <v>-3.4146039816936979</v>
+        <v>-3.4165083874457824</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>289.19108519999997</v>
+        <v>289.19374785999997</v>
       </c>
       <c r="C119" s="5">
-        <v>2.4648710699999583</v>
+        <v>2.4663217199999963</v>
       </c>
       <c r="D119" s="5">
-        <v>10.817923135533114</v>
+        <v>10.824546040387052</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>292.30905674000002</v>
+        <v>292.30555232</v>
       </c>
       <c r="C120" s="5">
-        <v>3.1179715400000418</v>
+        <v>3.1118044600000303</v>
       </c>
       <c r="D120" s="5">
-        <v>13.733511039522185</v>
+        <v>13.704586307543586</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>293.32245567000001</v>
+        <v>293.31884887000001</v>
       </c>
       <c r="C121" s="5">
-        <v>1.0133989299999939</v>
+        <v>1.0132965500000068</v>
       </c>
       <c r="D121" s="5">
-        <v>4.240500646175116</v>
+        <v>4.2401158499452141</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>294.47905579000002</v>
+        <v>294.46980930000001</v>
       </c>
       <c r="C122" s="5">
-        <v>1.1566001200000073</v>
+        <v>1.1509604299999978</v>
       </c>
       <c r="D122" s="5">
-        <v>4.8356993286077232</v>
+        <v>4.8116692937279604</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>295.49684725999998</v>
+        <v>295.49906549999997</v>
       </c>
       <c r="C123" s="5">
-        <v>1.0177914699999633</v>
+        <v>1.0292561999999634</v>
       </c>
       <c r="D123" s="5">
-        <v>4.2272493268139311</v>
+        <v>4.2759224254545369</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>296.85440919000001</v>
+        <v>296.85659522999998</v>
       </c>
       <c r="C124" s="5">
-        <v>1.3575619300000312</v>
+        <v>1.3575297300000102</v>
       </c>
       <c r="D124" s="5">
-        <v>5.6544581958181794</v>
+        <v>5.6542771471741471</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>298.8603708</v>
+        <v>298.86238383</v>
       </c>
       <c r="C125" s="5">
-        <v>2.0059616099999857</v>
+        <v>2.0057886000000167</v>
       </c>
       <c r="D125" s="5">
-        <v>8.4171345075724666</v>
+        <v>8.4163170599458326</v>
       </c>
       <c r="E125" s="5">
-        <v>6.6980908974734188</v>
+        <v>6.698408081228302</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>301.94297669000002</v>
+        <v>301.94544707</v>
       </c>
       <c r="C126" s="5">
-        <v>3.0826058900000248</v>
+        <v>3.0830632400000013</v>
       </c>
       <c r="D126" s="5">
-        <v>13.104325728880317</v>
+        <v>13.10628821408104</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>303.51573192000001</v>
+        <v>303.51828258</v>
       </c>
       <c r="C127" s="5">
-        <v>1.5727552299999843</v>
+        <v>1.5728355100000044</v>
       </c>
       <c r="D127" s="5">
-        <v>6.432751894091937</v>
+        <v>6.4330355629342861</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>305.40782410000003</v>
+        <v>305.40916240000001</v>
       </c>
       <c r="C128" s="5">
-        <v>1.8920921800000201</v>
+        <v>1.8908798200000092</v>
       </c>
       <c r="D128" s="5">
-        <v>7.7425942695475092</v>
+        <v>7.7373947192649783</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>307.71741480999998</v>
+        <v>307.71863043000002</v>
       </c>
       <c r="C129" s="5">
-        <v>2.3095907099999522</v>
+        <v>2.309468030000005</v>
       </c>
       <c r="D129" s="5">
-        <v>9.461903511617308</v>
+        <v>9.4613366338443416</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>309.50549247999999</v>
+        <v>309.50585809</v>
       </c>
       <c r="C130" s="5">
-        <v>1.7880776700000069</v>
+        <v>1.787227659999985</v>
       </c>
       <c r="D130" s="5">
-        <v>7.2001572876986053</v>
+        <v>7.1965950889572028</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>315.67433219999998</v>
+        <v>315.67510828000002</v>
       </c>
       <c r="C131" s="5">
-        <v>6.168839719999994</v>
+        <v>6.1692501900000138</v>
       </c>
       <c r="D131" s="5">
-        <v>26.721679428464128</v>
+        <v>26.72362164463371</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>314.24849203000002</v>
+        <v>314.24542455</v>
       </c>
       <c r="C132" s="5">
-        <v>-1.4258401699999581</v>
+        <v>-1.429683730000022</v>
       </c>
       <c r="D132" s="5">
-        <v>-5.2875255355309347</v>
+        <v>-5.301412981107811</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>315.8219062</v>
+        <v>315.81811657999998</v>
       </c>
       <c r="C133" s="5">
-        <v>1.5734141699999782</v>
+        <v>1.5726920299999847</v>
       </c>
       <c r="D133" s="5">
-        <v>6.1765421717046243</v>
+        <v>6.1736908148117831</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>318.62828718999998</v>
+        <v>318.61670301999999</v>
       </c>
       <c r="C134" s="5">
-        <v>2.8063809899999796</v>
+        <v>2.7985864400000082</v>
       </c>
       <c r="D134" s="5">
-        <v>11.20003965741072</v>
+        <v>11.167541434596462</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>316.92891566999998</v>
+        <v>316.93326672000001</v>
       </c>
       <c r="C135" s="5">
-        <v>-1.6993715199999997</v>
+        <v>-1.6834362999999826</v>
       </c>
       <c r="D135" s="5">
-        <v>-6.2156377837501058</v>
+        <v>-6.1592537405119501</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>317.52098380000001</v>
+        <v>317.52455302999999</v>
       </c>
       <c r="C136" s="5">
-        <v>0.59206813000002967</v>
+        <v>0.59128630999998677</v>
       </c>
       <c r="D136" s="5">
-        <v>2.2649477971232734</v>
+        <v>2.2618948279261808</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>317.68142236</v>
+        <v>317.68438162000001</v>
       </c>
       <c r="C137" s="5">
-        <v>0.16043855999998868</v>
+        <v>0.15982859000001781</v>
       </c>
       <c r="D137" s="5">
-        <v>0.60802979155503145</v>
+        <v>0.60570489713365205</v>
       </c>
       <c r="E137" s="5">
-        <v>6.2976069759999032</v>
+        <v>6.2978811681788649</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>315.49985197000001</v>
+        <v>315.50258667000003</v>
       </c>
       <c r="C138" s="5">
-        <v>-2.1815703899999903</v>
+        <v>-2.1817949499999827</v>
       </c>
       <c r="D138" s="5">
-        <v>-7.9363698840661527</v>
+        <v>-7.9370850416145995</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>314.99117988</v>
+        <v>314.99365211999998</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.50867209000000457</v>
+        <v>-0.50893455000004906</v>
       </c>
       <c r="D139" s="5">
-        <v>-1.9176640048080396</v>
+        <v>-1.9186282185935655</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>314.54457652000002</v>
+        <v>314.54575555999998</v>
       </c>
       <c r="C140" s="5">
-        <v>-0.44660335999998324</v>
+        <v>-0.44789656000000377</v>
       </c>
       <c r="D140" s="5">
-        <v>-1.68818871530384</v>
+        <v>-1.6930257420063932</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>311.32634424999998</v>
+        <v>311.32696943000002</v>
       </c>
       <c r="C141" s="5">
-        <v>-3.2182322700000441</v>
+        <v>-3.2187861299999554</v>
       </c>
       <c r="D141" s="5">
-        <v>-11.609814023580666</v>
+        <v>-11.61165988905174</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>309.67815110999999</v>
+        <v>309.67764218000002</v>
       </c>
       <c r="C142" s="5">
-        <v>-1.6481931399999894</v>
+        <v>-1.6493272499999989</v>
       </c>
       <c r="D142" s="5">
-        <v>-6.1711655847595415</v>
+        <v>-6.1752769238491378</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>307.34117180999999</v>
+        <v>307.34054013000002</v>
       </c>
       <c r="C143" s="5">
-        <v>-2.3369792999999959</v>
+        <v>-2.3371020499999986</v>
       </c>
       <c r="D143" s="5">
-        <v>-8.6892040794350862</v>
+        <v>-8.6896553987488403</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>302.90971760999997</v>
+        <v>302.90741551000002</v>
       </c>
       <c r="C144" s="5">
-        <v>-4.4314542000000188</v>
+        <v>-4.433124620000001</v>
       </c>
       <c r="D144" s="5">
-        <v>-15.994144336493598</v>
+        <v>-15.999733573100217</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>300.50226008999999</v>
+        <v>300.49931213999997</v>
       </c>
       <c r="C145" s="5">
-        <v>-2.4074575199999799</v>
+        <v>-2.4081033700000489</v>
       </c>
       <c r="D145" s="5">
-        <v>-9.1312740156357712</v>
+        <v>-9.1336839759786788</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>298.01342879999999</v>
+        <v>298.00214905000001</v>
       </c>
       <c r="C146" s="5">
-        <v>-2.4888312900000074</v>
+        <v>-2.4971630899999582</v>
       </c>
       <c r="D146" s="5">
-        <v>-9.4982245835828483</v>
+        <v>-9.528671928949084</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>289.85897282000002</v>
+        <v>289.86376842999999</v>
       </c>
       <c r="C147" s="5">
-        <v>-8.1544559799999661</v>
+        <v>-8.1383806200000208</v>
       </c>
       <c r="D147" s="5">
-        <v>-28.317857931521708</v>
+        <v>-28.271052842422829</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>288.55490108999999</v>
+        <v>288.55868156999998</v>
       </c>
       <c r="C148" s="5">
-        <v>-1.3040717300000324</v>
+        <v>-1.3050868600000172</v>
       </c>
       <c r="D148" s="5">
-        <v>-5.2671777462925835</v>
+        <v>-5.2710918254223476</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>286.55696061999998</v>
+        <v>286.55992450999997</v>
       </c>
       <c r="C149" s="5">
-        <v>-1.9979404700000032</v>
+        <v>-1.9987570600000026</v>
       </c>
       <c r="D149" s="5">
-        <v>-7.9995219849380739</v>
+        <v>-8.0025670935525142</v>
       </c>
       <c r="E149" s="5">
-        <v>-9.7973817633973717</v>
+        <v>-9.7972890424401609</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>285.67924577999997</v>
+        <v>285.68156830999999</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.8777148400000101</v>
+        <v>-0.87835619999998471</v>
       </c>
       <c r="D150" s="5">
-        <v>-3.6142699160500058</v>
+        <v>-3.6168297755544199</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>283.98528233000002</v>
+        <v>283.98724434000002</v>
       </c>
       <c r="C151" s="5">
-        <v>-1.6939634499999556</v>
+        <v>-1.6943239699999708</v>
       </c>
       <c r="D151" s="5">
-        <v>-6.8879882271342785</v>
+        <v>-6.8893524931194055</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>283.56429208999998</v>
+        <v>283.56515598999999</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.42099024000003737</v>
+        <v>-0.42208835000002409</v>
       </c>
       <c r="D152" s="5">
-        <v>-1.7644913376064775</v>
+        <v>-1.7690441524120359</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>283.40076671999998</v>
+        <v>283.40087684000002</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.16352537000000211</v>
+        <v>-0.16427914999997029</v>
       </c>
       <c r="D153" s="5">
-        <v>-0.68982327536615262</v>
+        <v>-0.6929908276115393</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>284.34934334000002</v>
+        <v>284.34869825999999</v>
       </c>
       <c r="C154" s="5">
-        <v>0.94857662000003984</v>
+        <v>0.94782141999996838</v>
       </c>
       <c r="D154" s="5">
-        <v>4.0913174935977903</v>
+        <v>4.0879984657317792</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>283.36217228999999</v>
+        <v>283.36143719</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.98717105000002903</v>
+        <v>-0.98726106999998819</v>
       </c>
       <c r="D155" s="5">
-        <v>-4.0873870340389136</v>
+        <v>-4.0877617709432652</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>284.09502140000001</v>
+        <v>284.09248939000003</v>
       </c>
       <c r="C156" s="5">
-        <v>0.73284911000001784</v>
+        <v>0.73105220000002191</v>
       </c>
       <c r="D156" s="5">
-        <v>3.148044226590252</v>
+        <v>3.1402237855415072</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>284.78320644000001</v>
+        <v>284.78070399000001</v>
       </c>
       <c r="C157" s="5">
-        <v>0.68818504000000758</v>
+        <v>0.68821459999998069</v>
       </c>
       <c r="D157" s="5">
-        <v>2.9458941415099194</v>
+        <v>2.9460489764512765</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>284.89938111999999</v>
+        <v>284.88990381999997</v>
       </c>
       <c r="C158" s="5">
-        <v>0.11617467999997189</v>
+        <v>0.10919982999996591</v>
       </c>
       <c r="D158" s="5">
-        <v>0.49062876014258627</v>
+        <v>0.4611144963478031</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>282.47844400999998</v>
+        <v>282.48330206000003</v>
       </c>
       <c r="C159" s="5">
-        <v>-2.4209371100000112</v>
+        <v>-2.4066017599999441</v>
       </c>
       <c r="D159" s="5">
-        <v>-9.7336923880403816</v>
+        <v>-9.6790136811993328</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>282.05414929</v>
+        <v>282.05767734</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.42429471999997759</v>
+        <v>-0.42562472000003027</v>
       </c>
       <c r="D160" s="5">
-        <v>-1.7876352167607967</v>
+        <v>-1.7931618238519187</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>280.29195752999999</v>
+        <v>280.29464352999997</v>
       </c>
       <c r="C161" s="5">
-        <v>-1.7621917600000074</v>
+        <v>-1.7630338100000245</v>
       </c>
       <c r="D161" s="5">
-        <v>-7.244915856489353</v>
+        <v>-7.248172077572157</v>
       </c>
       <c r="E161" s="5">
-        <v>-2.1863028824862352</v>
+        <v>-2.1863772440313345</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>279.72245126000001</v>
+        <v>279.72450112000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.56950626999997667</v>
+        <v>-0.57014240999995991</v>
       </c>
       <c r="D162" s="5">
-        <v>-2.4111354690805054</v>
+        <v>-2.4137757821021677</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>278.00282419000001</v>
+        <v>278.00422936000001</v>
       </c>
       <c r="C163" s="5">
-        <v>-1.7196270700000014</v>
+        <v>-1.7202717600000028</v>
       </c>
       <c r="D163" s="5">
-        <v>-7.1327490390802994</v>
+        <v>-7.1352827888719776</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>277.19268820999997</v>
+        <v>277.19327809999999</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.81013598000004095</v>
+        <v>-0.81095126000002438</v>
       </c>
       <c r="D164" s="5">
-        <v>-3.4414470414617648</v>
+        <v>-3.4448378325495521</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>277.71497667</v>
+        <v>277.71480475999999</v>
       </c>
       <c r="C165" s="5">
-        <v>0.52228846000002704</v>
+        <v>0.52152666000000636</v>
       </c>
       <c r="D165" s="5">
-        <v>2.2846279996938668</v>
+        <v>2.2812562216666166</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>277.76192662</v>
+        <v>277.76138385000002</v>
       </c>
       <c r="C166" s="5">
-        <v>4.6949949999998353E-2</v>
+        <v>4.6579090000022916E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>0.20305838802003873</v>
+        <v>0.20145306458370094</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>278.04760001</v>
+        <v>278.04694868000001</v>
       </c>
       <c r="C167" s="5">
-        <v>0.28567338999999947</v>
+        <v>0.28556482999999844</v>
       </c>
       <c r="D167" s="5">
-        <v>1.2411847902354944</v>
+        <v>1.2407128900920217</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>278.68163139000001</v>
+        <v>278.67901882000001</v>
       </c>
       <c r="C168" s="5">
-        <v>0.63403138000001036</v>
+        <v>0.63207013999999617</v>
       </c>
       <c r="D168" s="5">
-        <v>2.7709381789750243</v>
+        <v>2.7622659811936012</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>279.42678233999999</v>
+        <v>279.42509878999999</v>
       </c>
       <c r="C169" s="5">
-        <v>0.74515094999998155</v>
+        <v>0.7460799699999825</v>
       </c>
       <c r="D169" s="5">
-        <v>3.2562210752369092</v>
+        <v>3.2603717620379946</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>280.43330478000001</v>
+        <v>280.42627587999999</v>
       </c>
       <c r="C170" s="5">
-        <v>1.0065224400000261</v>
+        <v>1.0011770899999988</v>
       </c>
       <c r="D170" s="5">
-        <v>4.4091889800627282</v>
+        <v>4.3853366573468833</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>281.43499795999998</v>
+        <v>281.43902441</v>
       </c>
       <c r="C171" s="5">
-        <v>1.0016931799999611</v>
+        <v>1.0127485300000103</v>
       </c>
       <c r="D171" s="5">
-        <v>4.3715564812055741</v>
+        <v>4.4208793016754733</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>283.00753035999998</v>
+        <v>283.01021402999999</v>
       </c>
       <c r="C172" s="5">
-        <v>1.5725324000000001</v>
+        <v>1.5711896199999842</v>
       </c>
       <c r="D172" s="5">
-        <v>6.9150044996340476</v>
+        <v>6.9088154314508987</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>286.00513407</v>
+        <v>286.00725971000003</v>
       </c>
       <c r="C173" s="5">
-        <v>2.9976037100000212</v>
+        <v>2.997045680000042</v>
       </c>
       <c r="D173" s="5">
-        <v>13.477576485125375</v>
+        <v>13.474784305318565</v>
       </c>
       <c r="E173" s="5">
-        <v>2.0382948516774801</v>
+        <v>2.038075400962347</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>288.22688582000001</v>
+        <v>288.22856833999998</v>
       </c>
       <c r="C174" s="5">
-        <v>2.2217517500000099</v>
+        <v>2.2213086299999532</v>
       </c>
       <c r="D174" s="5">
-        <v>9.7306424953237389</v>
+        <v>9.7285426934416783</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>289.66612620000001</v>
+        <v>289.66721984999998</v>
       </c>
       <c r="C175" s="5">
-        <v>1.4392403800000011</v>
+        <v>1.4386515099999997</v>
       </c>
       <c r="D175" s="5">
-        <v>6.1594511087806669</v>
+        <v>6.1568244324396781</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>290.71119494999999</v>
+        <v>290.71157572999999</v>
       </c>
       <c r="C176" s="5">
-        <v>1.0450687499999844</v>
+        <v>1.0443558800000119</v>
       </c>
       <c r="D176" s="5">
-        <v>4.416357314567998</v>
+        <v>4.4132678158775862</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>292.18355647999999</v>
+        <v>292.18328938000002</v>
       </c>
       <c r="C177" s="5">
-        <v>1.4723615300000006</v>
+        <v>1.4717136500000265</v>
       </c>
       <c r="D177" s="5">
-        <v>6.2498137119648689</v>
+        <v>6.2469781889247677</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>292.21300045999999</v>
+        <v>292.21269310999998</v>
       </c>
       <c r="C178" s="5">
-        <v>2.9443979999996372E-2</v>
+        <v>2.9403729999955885E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>0.12099368662028542</v>
+        <v>0.12082830688397994</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>292.96703528</v>
+        <v>292.96657025000002</v>
       </c>
       <c r="C179" s="5">
-        <v>0.75403482000001532</v>
+        <v>0.7538771400000428</v>
       </c>
       <c r="D179" s="5">
-        <v>3.1408415204235318</v>
+        <v>3.1401787257126612</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>296.21250906</v>
+        <v>296.20958776999998</v>
       </c>
       <c r="C180" s="5">
-        <v>3.2454737799999975</v>
+        <v>3.2430175199999667</v>
       </c>
       <c r="D180" s="5">
-        <v>14.13416445487008</v>
+        <v>14.122831661740843</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>294.90220712000001</v>
+        <v>294.90100255999999</v>
       </c>
       <c r="C181" s="5">
-        <v>-1.310301939999988</v>
+        <v>-1.3085852099999897</v>
       </c>
       <c r="D181" s="5">
-        <v>-5.1809636799305618</v>
+        <v>-5.1743895633858834</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>293.45753538000002</v>
+        <v>293.45356726</v>
       </c>
       <c r="C182" s="5">
-        <v>-1.4446717399999898</v>
+        <v>-1.4474352999999951</v>
       </c>
       <c r="D182" s="5">
-        <v>-5.7227482324313073</v>
+        <v>-5.7334244488050139</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>297.60899610000001</v>
+        <v>297.61184943000001</v>
       </c>
       <c r="C183" s="5">
-        <v>4.1514607199999887</v>
+        <v>4.1582821700000068</v>
       </c>
       <c r="D183" s="5">
-        <v>18.36122992823892</v>
+        <v>18.394057726499867</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>296.09339091999999</v>
+        <v>296.09505469999999</v>
       </c>
       <c r="C184" s="5">
-        <v>-1.5156051800000228</v>
+        <v>-1.5167947300000151</v>
       </c>
       <c r="D184" s="5">
-        <v>-5.942830543305389</v>
+        <v>-5.9473094882784956</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>296.42004064000002</v>
+        <v>296.42149555999998</v>
       </c>
       <c r="C185" s="5">
-        <v>0.32664972000003445</v>
+        <v>0.32644085999999106</v>
       </c>
       <c r="D185" s="5">
-        <v>1.3319000558575267</v>
+        <v>1.3310357430492692</v>
       </c>
       <c r="E185" s="5">
-        <v>3.6415103539543248</v>
+        <v>3.6412487782861103</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>296.24252975000002</v>
+        <v>296.24376673</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.17751089000000775</v>
+        <v>-0.17772882999997819</v>
       </c>
       <c r="D186" s="5">
-        <v>-0.71625680683132797</v>
+        <v>-0.71712978895200896</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>298.43125665000002</v>
+        <v>298.43194149999999</v>
       </c>
       <c r="C187" s="5">
-        <v>2.188726900000006</v>
+        <v>2.1881747699999892</v>
       </c>
       <c r="D187" s="5">
-        <v>9.235248182743149</v>
+        <v>9.2327829120021363</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>299.09027312000001</v>
+        <v>299.09047043999999</v>
       </c>
       <c r="C188" s="5">
-        <v>0.6590164699999832</v>
+        <v>0.65852893999999651</v>
       </c>
       <c r="D188" s="5">
-        <v>2.6823453782198747</v>
+        <v>2.6803306508380365</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>304.23392826000003</v>
+        <v>304.23368891000001</v>
       </c>
       <c r="C189" s="5">
-        <v>5.1436551400000212</v>
+        <v>5.1432184700000221</v>
       </c>
       <c r="D189" s="5">
-        <v>22.705567650324344</v>
+        <v>22.703437798347316</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>303.81858616</v>
+        <v>303.81844465</v>
       </c>
       <c r="C190" s="5">
-        <v>-0.41534210000003213</v>
+        <v>-0.41524426000000858</v>
       </c>
       <c r="D190" s="5">
-        <v>-1.6260024591137623</v>
+        <v>-1.6256235701870514</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>304.99221294</v>
+        <v>304.99197751000003</v>
       </c>
       <c r="C191" s="5">
-        <v>1.1736267800000064</v>
+        <v>1.173532860000023</v>
       </c>
       <c r="D191" s="5">
-        <v>4.7352689693636041</v>
+        <v>4.7348841934329533</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>309.85408486</v>
+        <v>309.85135774999998</v>
       </c>
       <c r="C192" s="5">
-        <v>4.8618719199999987</v>
+        <v>4.8593802399999504</v>
       </c>
       <c r="D192" s="5">
-        <v>20.898718604216391</v>
+        <v>20.887070251559869</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>309.19933837999997</v>
+        <v>309.19883634000001</v>
       </c>
       <c r="C193" s="5">
-        <v>-0.65474648000002844</v>
+        <v>-0.652521409999963</v>
       </c>
       <c r="D193" s="5">
-        <v>-2.5064329217090009</v>
+        <v>-2.4980352850756171</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>312.18136994999998</v>
+        <v>312.17962883000001</v>
       </c>
       <c r="C194" s="5">
-        <v>2.9820315700000037</v>
+        <v>2.9807924899999989</v>
       </c>
       <c r="D194" s="5">
-        <v>12.207300416073231</v>
+        <v>12.201977058941971</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>315.98650951000002</v>
+        <v>315.98831947000002</v>
       </c>
       <c r="C195" s="5">
-        <v>3.8051395600000433</v>
+        <v>3.8086906400000089</v>
       </c>
       <c r="D195" s="5">
-        <v>15.648156331395624</v>
+        <v>15.663846551895189</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>317.17944983000001</v>
+        <v>317.18019593000002</v>
       </c>
       <c r="C196" s="5">
-        <v>1.1929403199999911</v>
+        <v>1.1918764600000031</v>
       </c>
       <c r="D196" s="5">
-        <v>4.6256089382826993</v>
+        <v>4.6213708630177042</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>318.71823303999997</v>
+        <v>318.71906647999998</v>
       </c>
       <c r="C197" s="5">
-        <v>1.5387832099999628</v>
+        <v>1.538870549999956</v>
       </c>
       <c r="D197" s="5">
-        <v>5.9796329244391488</v>
+        <v>5.9799669865842064</v>
       </c>
       <c r="E197" s="5">
-        <v>7.5224982601904911</v>
+        <v>7.5222516767467829</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>321.64102627</v>
+        <v>321.64189313999998</v>
       </c>
       <c r="C198" s="5">
-        <v>2.9227932300000248</v>
+        <v>2.9228266599999984</v>
       </c>
       <c r="D198" s="5">
-        <v>11.57691810270396</v>
+        <v>11.577025448131861</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>323.38782799000001</v>
+        <v>323.38823001999998</v>
       </c>
       <c r="C199" s="5">
-        <v>1.7468017200000077</v>
+        <v>1.7463368800000012</v>
       </c>
       <c r="D199" s="5">
-        <v>6.7153181327409994</v>
+        <v>6.7134587893987296</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>325.83754248999998</v>
+        <v>325.83768021999998</v>
       </c>
       <c r="C200" s="5">
-        <v>2.4497144999999705</v>
+        <v>2.4494502000000011</v>
       </c>
       <c r="D200" s="5">
-        <v>9.4786480405383742</v>
+        <v>9.4775701371582866</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>326.73712838</v>
+        <v>326.73698689999998</v>
       </c>
       <c r="C201" s="5">
-        <v>0.89958589000002576</v>
+        <v>0.89930667999999514</v>
       </c>
       <c r="D201" s="5">
-        <v>3.3637827800547138</v>
+        <v>3.3627213999343208</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>328.42296003000001</v>
+        <v>328.42300383999998</v>
       </c>
       <c r="C202" s="5">
-        <v>1.6858316500000115</v>
+        <v>1.6860169400000018</v>
       </c>
       <c r="D202" s="5">
-        <v>6.3702741136548946</v>
+        <v>6.3709970984219044</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>329.87686054</v>
+        <v>329.87685408999999</v>
       </c>
       <c r="C203" s="5">
-        <v>1.4539005099999827</v>
+        <v>1.4538502500000163</v>
       </c>
       <c r="D203" s="5">
-        <v>5.4435697312054332</v>
+        <v>5.4433762030384303</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>330.73269051</v>
+        <v>330.73012103000002</v>
       </c>
       <c r="C204" s="5">
-        <v>0.85582997000000205</v>
+        <v>0.8532669400000259</v>
       </c>
       <c r="D204" s="5">
-        <v>3.1580808752798228</v>
+        <v>3.1484882003357528</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>333.05612475999999</v>
+        <v>333.05579032000003</v>
       </c>
       <c r="C205" s="5">
-        <v>2.3234342499999912</v>
+        <v>2.3256692900000075</v>
       </c>
       <c r="D205" s="5">
-        <v>8.7636085690181886</v>
+        <v>8.772438263432436</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>335.19887317000001</v>
+        <v>335.19850091000001</v>
       </c>
       <c r="C206" s="5">
-        <v>2.1427484100000243</v>
+        <v>2.1427105899999788</v>
       </c>
       <c r="D206" s="5">
-        <v>7.9994404423060494</v>
+        <v>7.9993025362361303</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>334.72294116</v>
+        <v>334.72433573000001</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.47593201000000818</v>
+        <v>-0.47416517999999996</v>
       </c>
       <c r="D207" s="5">
-        <v>-1.690576955170775</v>
+        <v>-1.6843515327422676</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>338.09854809000001</v>
+        <v>338.09883868999998</v>
       </c>
       <c r="C208" s="5">
-        <v>3.3756069300000036</v>
+        <v>3.3745029599999725</v>
       </c>
       <c r="D208" s="5">
-        <v>12.796057893163626</v>
+        <v>12.791582026526571</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>340.04521985000002</v>
+        <v>340.04561160999998</v>
       </c>
       <c r="C209" s="5">
-        <v>1.9466717600000152</v>
+        <v>1.9467729200000008</v>
       </c>
       <c r="D209" s="5">
-        <v>7.1322980721152618</v>
+        <v>7.1326741959261808</v>
       </c>
       <c r="E209" s="5">
-        <v>6.6914862719270385</v>
+        <v>6.6913301941847525</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>339.79054669999999</v>
+        <v>339.79106416000002</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.25467315000003055</v>
+        <v>-0.25454744999996137</v>
       </c>
       <c r="D210" s="5">
-        <v>-0.89503410364857316</v>
+        <v>-0.8945931290569531</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>343.91257953000002</v>
+        <v>343.91272930999997</v>
       </c>
       <c r="C211" s="5">
-        <v>4.1220328300000233</v>
+        <v>4.1216651499999557</v>
       </c>
       <c r="D211" s="5">
-        <v>15.568967351611573</v>
+        <v>15.567459379734894</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>346.28200665000003</v>
+        <v>346.28206173000001</v>
       </c>
       <c r="C212" s="5">
-        <v>2.3694271200000117</v>
+        <v>2.3693324200000347</v>
       </c>
       <c r="D212" s="5">
-        <v>8.5881332026251691</v>
+        <v>8.5877729645276837</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>347.52653895999998</v>
+        <v>347.52648384999998</v>
       </c>
       <c r="C213" s="5">
-        <v>1.2445323099999541</v>
+        <v>1.2444221199999674</v>
       </c>
       <c r="D213" s="5">
-        <v>4.3990619082063587</v>
+        <v>4.3986639744936218</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>349.11683541000002</v>
+        <v>349.11689474999997</v>
       </c>
       <c r="C214" s="5">
-        <v>1.5902964500000394</v>
+        <v>1.5904108999999949</v>
       </c>
       <c r="D214" s="5">
-        <v>5.6315869252224982</v>
+        <v>5.6320033885889131</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>352.05359102</v>
+        <v>352.05357594999998</v>
       </c>
       <c r="C215" s="5">
-        <v>2.9367556099999774</v>
+        <v>2.9366812000000095</v>
       </c>
       <c r="D215" s="5">
-        <v>10.574716863553689</v>
+        <v>10.574434529879429</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>351.5379666</v>
+        <v>351.53611711999997</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.51562441999999464</v>
+        <v>-0.51745883000000958</v>
       </c>
       <c r="D216" s="5">
-        <v>-1.7434541128968917</v>
+        <v>-1.749606727208497</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>353.69106356999998</v>
+        <v>353.69089491</v>
       </c>
       <c r="C217" s="5">
-        <v>2.1530969699999787</v>
+        <v>2.1547777900000256</v>
       </c>
       <c r="D217" s="5">
-        <v>7.6024619317725639</v>
+        <v>7.6086396961889458</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>354.96452589</v>
+        <v>354.96438768000002</v>
       </c>
       <c r="C218" s="5">
-        <v>1.2734623200000215</v>
+        <v>1.2734927700000185</v>
       </c>
       <c r="D218" s="5">
-        <v>4.4071866781766778</v>
+        <v>4.4072962982856234</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>357.10234122999998</v>
+        <v>357.10356046999999</v>
       </c>
       <c r="C219" s="5">
-        <v>2.1378153399999746</v>
+        <v>2.1391727899999751</v>
       </c>
       <c r="D219" s="5">
-        <v>7.4714065666256158</v>
+        <v>7.4763120386665882</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>359.21426586000001</v>
+        <v>359.21438828999999</v>
       </c>
       <c r="C220" s="5">
-        <v>2.1119246300000327</v>
+        <v>2.1108278199999972</v>
       </c>
       <c r="D220" s="5">
-        <v>7.3323259953254505</v>
+        <v>7.3283675323508879</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>361.98325003999997</v>
+        <v>361.98340533999999</v>
       </c>
       <c r="C221" s="5">
-        <v>2.7689841799999613</v>
+        <v>2.7690170500000022</v>
       </c>
       <c r="D221" s="5">
-        <v>9.652563369665156</v>
+        <v>9.6526794235276761</v>
       </c>
       <c r="E221" s="5">
-        <v>6.4515037734325986</v>
+        <v>6.4514268030491762</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>363.68484914999999</v>
+        <v>363.68517609000003</v>
       </c>
       <c r="C222" s="5">
-        <v>1.7015991100000178</v>
+        <v>1.701770750000037</v>
       </c>
       <c r="D222" s="5">
-        <v>5.7890722419495999</v>
+        <v>5.789668817130611</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>364.67271490000002</v>
+        <v>364.67273901999999</v>
       </c>
       <c r="C223" s="5">
-        <v>0.98786575000002586</v>
+        <v>0.98756292999996731</v>
       </c>
       <c r="D223" s="5">
-        <v>3.3086615342506009</v>
+        <v>3.3076290851644652</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>364.56180681000001</v>
+        <v>364.56179662</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.11090809000000945</v>
+        <v>-0.110942399999999</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.36434673228045167</v>
+        <v>-0.36445923226194887</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>362.24434745999997</v>
+        <v>362.24432826999998</v>
       </c>
       <c r="C225" s="5">
-        <v>-2.3174593500000356</v>
+        <v>-2.3174683500000128</v>
       </c>
       <c r="D225" s="5">
-        <v>-7.3670718284711834</v>
+        <v>-7.3670996449437425</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>364.36246840000001</v>
+        <v>364.36250267999998</v>
       </c>
       <c r="C226" s="5">
-        <v>2.1181209400000398</v>
+        <v>2.1181744099999946</v>
       </c>
       <c r="D226" s="5">
-        <v>7.2467693139343536</v>
+        <v>7.2469585713081264</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>363.88317152000002</v>
+        <v>363.88307222999998</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.4792968799999926</v>
+        <v>-0.47943044999999529</v>
       </c>
       <c r="D227" s="5">
-        <v>-1.5671571276929641</v>
+        <v>-1.5675905593906747</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>361.97541667000002</v>
+        <v>361.97429742999998</v>
       </c>
       <c r="C228" s="5">
-        <v>-1.9077548500000034</v>
+        <v>-1.9087748000000033</v>
       </c>
       <c r="D228" s="5">
-        <v>-6.1130425628596274</v>
+        <v>-6.1162187149966574</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>360.74858466000001</v>
+        <v>360.74847561000001</v>
       </c>
       <c r="C229" s="5">
-        <v>-1.2268320100000096</v>
+        <v>-1.2258218199999646</v>
       </c>
       <c r="D229" s="5">
-        <v>-3.9921575224525663</v>
+        <v>-3.9889434143066782</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>358.85270586000001</v>
+        <v>358.85276406000003</v>
       </c>
       <c r="C230" s="5">
-        <v>-1.8958787999999913</v>
+        <v>-1.8957115499999873</v>
       </c>
       <c r="D230" s="5">
-        <v>-6.1273511058196455</v>
+        <v>-6.1268278901468136</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>356.02043146</v>
+        <v>356.02113809000002</v>
       </c>
       <c r="C231" s="5">
-        <v>-2.8322744000000171</v>
+        <v>-2.8316259700000046</v>
       </c>
       <c r="D231" s="5">
-        <v>-9.0705922198051958</v>
+        <v>-9.0686034449761532</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>353.11032657999999</v>
+        <v>353.11043824000001</v>
       </c>
       <c r="C232" s="5">
-        <v>-2.9101048800000058</v>
+        <v>-2.9106998500000145</v>
       </c>
       <c r="D232" s="5">
-        <v>-9.3796038753025215</v>
+        <v>-9.3814183472802686</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>350.69417103000001</v>
+        <v>350.69427329000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-2.4161555499999849</v>
+        <v>-2.4161649499999953</v>
       </c>
       <c r="D233" s="5">
-        <v>-7.9089241081742863</v>
+        <v>-7.9089513214628209</v>
       </c>
       <c r="E233" s="5">
-        <v>-3.118674416220224</v>
+        <v>-3.1186877308357341</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>344.62849095000001</v>
+        <v>344.62866113000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-6.0656800799999928</v>
+        <v>-6.0656121600000006</v>
       </c>
       <c r="D234" s="5">
-        <v>-18.890528568373721</v>
+        <v>-18.890331750550928</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>340.07947537000001</v>
+        <v>340.07943346000002</v>
       </c>
       <c r="C235" s="5">
-        <v>-4.5490155800000025</v>
+        <v>-4.5492276699999934</v>
       </c>
       <c r="D235" s="5">
-        <v>-14.738901566203166</v>
+        <v>-14.739532880928452</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>337.07415902000002</v>
+        <v>337.07411618999998</v>
       </c>
       <c r="C236" s="5">
-        <v>-3.0053163499999869</v>
+        <v>-3.0053172700000346</v>
       </c>
       <c r="D236" s="5">
-        <v>-10.10398257999643</v>
+        <v>-10.10398670959799</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>333.10946896000002</v>
+        <v>333.10946683999998</v>
       </c>
       <c r="C237" s="5">
-        <v>-3.9646900600000095</v>
+        <v>-3.964649350000002</v>
       </c>
       <c r="D237" s="5">
-        <v>-13.236268551787699</v>
+        <v>-13.236142883357193</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>333.61186149999997</v>
+        <v>333.61183291999998</v>
       </c>
       <c r="C238" s="5">
-        <v>0.50239253999995981</v>
+        <v>0.5023660800000016</v>
       </c>
       <c r="D238" s="5">
-        <v>1.8249169569824142</v>
+        <v>1.8248200553714788</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>333.15993967000003</v>
+        <v>333.15978522</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.45192182999994657</v>
+        <v>-0.45204769999998007</v>
       </c>
       <c r="D239" s="5">
-        <v>-1.6135036041225903</v>
+        <v>-1.61394979315862</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>333.53474709</v>
+        <v>333.53439276</v>
       </c>
       <c r="C240" s="5">
-        <v>0.37480741999996781</v>
+        <v>0.37460753999999952</v>
       </c>
       <c r="D240" s="5">
-        <v>1.3583936011672737</v>
+        <v>1.3576653347361578</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>332.79659214999998</v>
+        <v>332.79652656000002</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.73815494000001536</v>
+        <v>-0.73786619999998493</v>
       </c>
       <c r="D241" s="5">
-        <v>-2.6236639979824838</v>
+        <v>-2.6226529210608307</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>332.15910543000001</v>
+        <v>332.15909404000001</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.63748671999996986</v>
+        <v>-0.63743252000000439</v>
       </c>
       <c r="D242" s="5">
-        <v>-2.2745900519447804</v>
+        <v>-2.2743991394105656</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>334.03806394999998</v>
+        <v>334.03840408000002</v>
       </c>
       <c r="C243" s="5">
-        <v>1.8789585199999692</v>
+        <v>1.8793100400000071</v>
       </c>
       <c r="D243" s="5">
-        <v>7.0033928382481569</v>
+        <v>7.0047443349828153</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>335.25619967</v>
+        <v>335.25630346000003</v>
       </c>
       <c r="C244" s="5">
-        <v>1.2181357200000207</v>
+        <v>1.2178993800000057</v>
       </c>
       <c r="D244" s="5">
-        <v>4.4648819612213231</v>
+        <v>4.4639936132165436</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>336.27609637</v>
+        <v>336.27614032999998</v>
       </c>
       <c r="C245" s="5">
-        <v>1.0198967000000039</v>
+        <v>1.0198368699999492</v>
       </c>
       <c r="D245" s="5">
-        <v>3.7122736067518813</v>
+        <v>3.7120510095283166</v>
       </c>
       <c r="E245" s="5">
-        <v>-4.1112957816360822</v>
+        <v>-4.1113112069774864</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>337.34443305999997</v>
+        <v>337.34451268999999</v>
       </c>
       <c r="C246" s="5">
-        <v>1.0683366899999669</v>
+        <v>1.0683723600000121</v>
       </c>
       <c r="D246" s="5">
-        <v>3.8796804306735266</v>
+        <v>3.8798117225544493</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>338.31774572</v>
+        <v>338.31771122999999</v>
       </c>
       <c r="C247" s="5">
-        <v>0.97331266000003325</v>
+        <v>0.9731985399999985</v>
       </c>
       <c r="D247" s="5">
-        <v>3.5177366052749015</v>
+        <v>3.517316744266008</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>339.58246291</v>
+        <v>339.58242172000001</v>
       </c>
       <c r="C248" s="5">
-        <v>1.2647171899999989</v>
+        <v>1.2647104900000272</v>
       </c>
       <c r="D248" s="5">
-        <v>4.5792940371538693</v>
+        <v>4.5792697532987425</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>341.53404986999999</v>
+        <v>341.53404413999999</v>
       </c>
       <c r="C249" s="5">
-        <v>1.951586959999986</v>
+        <v>1.9516224199999783</v>
       </c>
       <c r="D249" s="5">
-        <v>7.1186398553232166</v>
+        <v>7.1187742063218096</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>342.87515335000001</v>
+        <v>342.87514616999999</v>
       </c>
       <c r="C250" s="5">
-        <v>1.3411034800000152</v>
+        <v>1.3411020300000018</v>
       </c>
       <c r="D250" s="5">
-        <v>4.8151554016218068</v>
+        <v>4.8151501650698592</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>343.71183305</v>
+        <v>343.71174924000002</v>
       </c>
       <c r="C251" s="5">
-        <v>0.83667969999999059</v>
+        <v>0.83660307000002376</v>
       </c>
       <c r="D251" s="5">
-        <v>2.9678463561759738</v>
+        <v>2.967570941305353</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>346.46458983999997</v>
+        <v>346.46440412999999</v>
       </c>
       <c r="C252" s="5">
-        <v>2.7527567899999781</v>
+        <v>2.7526548899999739</v>
       </c>
       <c r="D252" s="5">
-        <v>10.045540066818216</v>
+        <v>10.04515423483976</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>347.80897642000002</v>
+        <v>347.80896525999998</v>
       </c>
       <c r="C253" s="5">
-        <v>1.3443865800000481</v>
+        <v>1.3445611299999882</v>
       </c>
       <c r="D253" s="5">
-        <v>4.7570311547822763</v>
+        <v>4.7576646366338071</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>349.82493473</v>
+        <v>349.82495341999999</v>
       </c>
       <c r="C254" s="5">
-        <v>2.0159583099999736</v>
+        <v>2.0159881600000062</v>
       </c>
       <c r="D254" s="5">
-        <v>7.1814691810596187</v>
+        <v>7.1815791664106676</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>350.65500059999999</v>
+        <v>350.65505438000002</v>
       </c>
       <c r="C255" s="5">
-        <v>0.83006586999999854</v>
+        <v>0.83010096000003841</v>
       </c>
       <c r="D255" s="5">
-        <v>2.8848191198882489</v>
+        <v>2.8849425118506522</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>351.83361196999999</v>
+        <v>351.83378599999998</v>
       </c>
       <c r="C256" s="5">
-        <v>1.1786113699999987</v>
+        <v>1.1787316199999509</v>
       </c>
       <c r="D256" s="5">
-        <v>4.1088100831737639</v>
+        <v>4.1092364308480622</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>354.60537065</v>
+        <v>354.60539599999998</v>
       </c>
       <c r="C257" s="5">
-        <v>2.7717586800000049</v>
+        <v>2.7716100000000097</v>
       </c>
       <c r="D257" s="5">
-        <v>9.8742147543311454</v>
+        <v>9.8736568375382703</v>
       </c>
       <c r="E257" s="5">
-        <v>5.4506622617126244</v>
+        <v>5.4506560150276551</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>354.80235457999999</v>
+        <v>354.80237233999998</v>
       </c>
       <c r="C258" s="5">
-        <v>0.19698392999998759</v>
+        <v>0.19697633999999198</v>
       </c>
       <c r="D258" s="5">
-        <v>0.66864260707044654</v>
+        <v>0.66861671685458646</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>356.55691489999998</v>
+        <v>356.55689367000002</v>
       </c>
       <c r="C259" s="5">
-        <v>1.754560319999996</v>
+        <v>1.7545213300000455</v>
       </c>
       <c r="D259" s="5">
-        <v>6.0983038466470685</v>
+        <v>6.0981643091468474</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>358.53457524999999</v>
+        <v>358.53456193</v>
       </c>
       <c r="C260" s="5">
-        <v>1.9776603500000078</v>
+        <v>1.9776682599999731</v>
       </c>
       <c r="D260" s="5">
-        <v>6.8627036211996728</v>
+        <v>6.8627323336627688</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>360.82832280999997</v>
+        <v>360.82831914000002</v>
       </c>
       <c r="C261" s="5">
-        <v>2.2937475599999857</v>
+        <v>2.2937572100000239</v>
       </c>
       <c r="D261" s="5">
-        <v>7.9530502173217332</v>
+        <v>7.9530851684498582</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>360.52361131999999</v>
+        <v>360.52359845000001</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.30471148999998832</v>
+        <v>-0.30472069000001056</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.0086797817620119</v>
+        <v>-1.0087101052181802</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>361.22658373000002</v>
+        <v>361.22651538999997</v>
       </c>
       <c r="C263" s="5">
-        <v>0.70297241000002941</v>
+        <v>0.70291693999996596</v>
       </c>
       <c r="D263" s="5">
-        <v>2.3650949676610411</v>
+        <v>2.3649064227864169</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>362.67498933000002</v>
+        <v>362.67489554000002</v>
       </c>
       <c r="C264" s="5">
-        <v>1.448405600000001</v>
+        <v>1.4483801500000482</v>
       </c>
       <c r="D264" s="5">
-        <v>4.91916784414137</v>
+        <v>4.919080445488011</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>364.14593644000001</v>
+        <v>364.14588429999998</v>
       </c>
       <c r="C265" s="5">
-        <v>1.4709471099999973</v>
+        <v>1.4709887599999547</v>
       </c>
       <c r="D265" s="5">
-        <v>4.9770422294511008</v>
+        <v>4.9771876293083217</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>367.47867815000001</v>
+        <v>367.47866048999998</v>
       </c>
       <c r="C266" s="5">
-        <v>3.3327417099999934</v>
+        <v>3.3327761900000041</v>
       </c>
       <c r="D266" s="5">
-        <v>11.55271138817351</v>
+        <v>11.552838728546021</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>367.24392935999998</v>
+        <v>367.24395541000001</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.23474879000002602</v>
+        <v>-0.23470507999996926</v>
       </c>
       <c r="D267" s="5">
-        <v>-0.76388355328325108</v>
+        <v>-0.76374185473893075</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>367.70962818999999</v>
+        <v>367.70988273</v>
       </c>
       <c r="C268" s="5">
-        <v>0.465698830000008</v>
+        <v>0.4659273199999916</v>
       </c>
       <c r="D268" s="5">
-        <v>1.5323677104428501</v>
+        <v>1.5331246942978494</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>368.05132522000002</v>
+        <v>368.05135960000001</v>
       </c>
       <c r="C269" s="5">
-        <v>0.34169703000003437</v>
+        <v>0.34147687000000815</v>
       </c>
       <c r="D269" s="5">
-        <v>1.1208262494741383</v>
+        <v>1.1200996141646158</v>
       </c>
       <c r="E269" s="5">
-        <v>3.7918079315474751</v>
+        <v>3.7918102069715909</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>371.71361568999998</v>
+        <v>371.71367649000001</v>
       </c>
       <c r="C270" s="5">
-        <v>3.6622904699999594</v>
+        <v>3.6623168899999996</v>
       </c>
       <c r="D270" s="5">
-        <v>12.61623475336382</v>
+        <v>12.616329561707396</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>374.60283154000001</v>
+        <v>374.60281190000001</v>
       </c>
       <c r="C271" s="5">
-        <v>2.8892158500000278</v>
+        <v>2.8891354099999944</v>
       </c>
       <c r="D271" s="5">
-        <v>9.736482920200773</v>
+        <v>9.7361984893576281</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>376.78565910999998</v>
+        <v>376.78559218999999</v>
       </c>
       <c r="C272" s="5">
-        <v>2.1828275699999722</v>
+        <v>2.1827802899999824</v>
       </c>
       <c r="D272" s="5">
-        <v>7.2209638340278826</v>
+        <v>7.2208027726990753</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>378.48160975000002</v>
+        <v>378.48152024000001</v>
       </c>
       <c r="C273" s="5">
-        <v>1.695950640000035</v>
+        <v>1.6959280500000204</v>
       </c>
       <c r="D273" s="5">
-        <v>5.5370644085486642</v>
+        <v>5.5369898276126372</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>381.40614083999998</v>
+        <v>381.40607641000003</v>
       </c>
       <c r="C274" s="5">
-        <v>2.9245310899999595</v>
+        <v>2.9245561700000167</v>
       </c>
       <c r="D274" s="5">
-        <v>9.676804243717374</v>
+        <v>9.6768931742210249</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>381.72080532000001</v>
+        <v>381.72073802</v>
       </c>
       <c r="C275" s="5">
-        <v>0.31466448000003311</v>
+        <v>0.31466160999997328</v>
       </c>
       <c r="D275" s="5">
-        <v>0.99451851480218956</v>
+        <v>0.99450957153592867</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>379.09927420999998</v>
+        <v>379.09904426000003</v>
       </c>
       <c r="C276" s="5">
-        <v>-2.6215311100000349</v>
+        <v>-2.621693759999971</v>
       </c>
       <c r="D276" s="5">
-        <v>-7.9369287701972047</v>
+        <v>-7.9374041045802146</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>382.41981131</v>
+        <v>382.41982021000001</v>
       </c>
       <c r="C277" s="5">
-        <v>3.3205371000000241</v>
+        <v>3.3207759499999838</v>
       </c>
       <c r="D277" s="5">
-        <v>11.032254667426745</v>
+        <v>11.033093864439959</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>383.40360453</v>
+        <v>383.40363178000001</v>
       </c>
       <c r="C278" s="5">
-        <v>0.98379321999999547</v>
+        <v>0.9838115700000003</v>
       </c>
       <c r="D278" s="5">
-        <v>3.1311128258377341</v>
+        <v>3.1311719831881746</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>384.59054579000002</v>
+        <v>384.59064534999999</v>
       </c>
       <c r="C279" s="5">
-        <v>1.186941260000026</v>
+        <v>1.1870135699999764</v>
       </c>
       <c r="D279" s="5">
-        <v>3.7788727974781944</v>
+        <v>3.7791066722646205</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>387.43774364000001</v>
+        <v>387.43819366000002</v>
       </c>
       <c r="C280" s="5">
-        <v>2.8471978499999864</v>
+        <v>2.8475483100000361</v>
       </c>
       <c r="D280" s="5">
-        <v>9.2546358680239962</v>
+        <v>9.2558193056017313</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>386.87091366999999</v>
+        <v>386.87115570999998</v>
       </c>
       <c r="C281" s="5">
-        <v>-0.56682997000001478</v>
+        <v>-0.5670379500000422</v>
       </c>
       <c r="D281" s="5">
-        <v>-1.7415682900976504</v>
+        <v>-1.7422001601684833</v>
       </c>
       <c r="E281" s="5">
-        <v>5.1133054442205061</v>
+        <v>5.1133613880555817</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>385.76347332</v>
+        <v>385.76352747999999</v>
       </c>
       <c r="C282" s="5">
-        <v>-1.1074403499999903</v>
+        <v>-1.1076282299999889</v>
       </c>
       <c r="D282" s="5">
-        <v>-3.3815001241626175</v>
+        <v>-3.3820627180719209</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>388.02417444999998</v>
+        <v>388.02416255999998</v>
       </c>
       <c r="C283" s="5">
-        <v>2.2607011299999726</v>
+        <v>2.2606350799999859</v>
       </c>
       <c r="D283" s="5">
-        <v>7.2635492145737723</v>
+        <v>7.2633290593827171</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>389.7419506</v>
+        <v>389.74169017000003</v>
       </c>
       <c r="C284" s="5">
-        <v>1.7177761500000202</v>
+        <v>1.7175276100000474</v>
       </c>
       <c r="D284" s="5">
-        <v>5.4436545742329479</v>
+        <v>5.4428478458456331</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>389.37138204000001</v>
+        <v>389.37098615999997</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.37056855999998106</v>
+        <v>-0.37070401000005404</v>
       </c>
       <c r="D285" s="5">
-        <v>-1.1350181631915035</v>
+        <v>-1.1354316211833804</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>391.49359414999998</v>
+        <v>391.49331393</v>
       </c>
       <c r="C286" s="5">
-        <v>2.122212109999964</v>
+        <v>2.1223277700000267</v>
       </c>
       <c r="D286" s="5">
-        <v>6.740093643449252</v>
+        <v>6.7404791180934565</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>394.24996028999999</v>
+        <v>394.24985923999998</v>
       </c>
       <c r="C287" s="5">
-        <v>2.7563661400000115</v>
+        <v>2.7565453099999786</v>
       </c>
       <c r="D287" s="5">
-        <v>8.7837375018921406</v>
+        <v>8.7843372879367934</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>394.66708381000001</v>
+        <v>394.66675792000001</v>
       </c>
       <c r="C288" s="5">
-        <v>0.41712352000001829</v>
+        <v>0.41689868000003116</v>
       </c>
       <c r="D288" s="5">
-        <v>1.2770356653657222</v>
+        <v>1.2763436319112254</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>398.53812119000003</v>
+        <v>398.53823549999998</v>
       </c>
       <c r="C289" s="5">
-        <v>3.8710373800000184</v>
+        <v>3.8714775799999757</v>
       </c>
       <c r="D289" s="5">
-        <v>12.426204410115904</v>
+        <v>12.427705387506505</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>401.19599664999998</v>
+        <v>401.19622612000001</v>
       </c>
       <c r="C290" s="5">
-        <v>2.657875459999957</v>
+        <v>2.657990620000021</v>
       </c>
       <c r="D290" s="5">
-        <v>8.3030431454331541</v>
+        <v>8.303413726315334</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>403.13756721999999</v>
+        <v>403.13782235000002</v>
       </c>
       <c r="C291" s="5">
-        <v>1.9415705700000103</v>
+        <v>1.941596230000016</v>
       </c>
       <c r="D291" s="5">
-        <v>5.9644429074255934</v>
+        <v>5.9645203412133529</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>406.36783637000002</v>
+        <v>406.36862422000002</v>
       </c>
       <c r="C292" s="5">
-        <v>3.2302691500000265</v>
+        <v>3.2308018699999934</v>
       </c>
       <c r="D292" s="5">
-        <v>10.050665073667563</v>
+        <v>10.052389666702343</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>406.44741372999999</v>
+        <v>406.44795527999997</v>
       </c>
       <c r="C293" s="5">
-        <v>7.9577359999973396E-2</v>
+        <v>7.9331059999958597E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>0.2352443782688951</v>
+        <v>0.23451503595233181</v>
       </c>
       <c r="E293" s="5">
-        <v>5.0602150144321012</v>
+        <v>5.060289267126139</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>408.23319284000002</v>
+        <v>408.23335258999998</v>
       </c>
       <c r="C294" s="5">
-        <v>1.7857791100000213</v>
+        <v>1.7853973100000076</v>
       </c>
       <c r="D294" s="5">
-        <v>5.401645430421631</v>
+        <v>5.4004551438438853</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>410.59706190999998</v>
+        <v>410.59740225000002</v>
       </c>
       <c r="C295" s="5">
-        <v>2.3638690699999643</v>
+        <v>2.3640496600000347</v>
       </c>
       <c r="D295" s="5">
-        <v>7.1742084600640466</v>
+        <v>7.1747712158607868</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>413.81225068999998</v>
+        <v>413.81239348999998</v>
       </c>
       <c r="C296" s="5">
-        <v>3.2151887800000054</v>
+        <v>3.2149912399999607</v>
       </c>
       <c r="D296" s="5">
-        <v>9.8120689995424559</v>
+        <v>9.811431468308939</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>417.00222452999998</v>
+        <v>416.99887360999998</v>
       </c>
       <c r="C297" s="5">
-        <v>3.1899738399999933</v>
+        <v>3.1864801199999988</v>
       </c>
       <c r="D297" s="5">
-        <v>9.6529545835484889</v>
+        <v>9.6419273148495641</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>419.73889177000001</v>
+        <v>419.73891164000003</v>
       </c>
       <c r="C298" s="5">
-        <v>2.7366672400000311</v>
+        <v>2.7400380300000506</v>
       </c>
       <c r="D298" s="5">
-        <v>8.1658275245053638</v>
+        <v>8.1763198258224321</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>421.8638077</v>
+        <v>421.86401138999997</v>
       </c>
       <c r="C299" s="5">
-        <v>2.124915929999986</v>
+        <v>2.1250997499999471</v>
       </c>
       <c r="D299" s="5">
-        <v>6.2470010792032848</v>
+        <v>6.2475563204451579</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>424.06259716</v>
+        <v>424.06186022000003</v>
       </c>
       <c r="C300" s="5">
-        <v>2.1987894600000004</v>
+        <v>2.1978488300000549</v>
       </c>
       <c r="D300" s="5">
-        <v>6.4369466092769834</v>
+        <v>6.434110343728161</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>426.32414596000001</v>
+        <v>426.32493044</v>
       </c>
       <c r="C301" s="5">
-        <v>2.2615488000000141</v>
+        <v>2.2630702199999746</v>
       </c>
       <c r="D301" s="5">
-        <v>6.5907560209965466</v>
+        <v>6.5953325867392776</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>428.34879651</v>
+        <v>428.34928535</v>
       </c>
       <c r="C302" s="5">
-        <v>2.0246505499999898</v>
+        <v>2.0243549099999996</v>
       </c>
       <c r="D302" s="5">
-        <v>5.8501417229164687</v>
+        <v>5.8492540059665643</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>429.67816994999998</v>
+        <v>429.67876794</v>
       </c>
       <c r="C303" s="5">
-        <v>1.3293734399999835</v>
+        <v>1.3294825899999978</v>
       </c>
       <c r="D303" s="5">
-        <v>3.7884111052895353</v>
+        <v>3.7887230890126578</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>431.70211408</v>
+        <v>431.70341403999998</v>
       </c>
       <c r="C304" s="5">
-        <v>2.023944130000018</v>
+        <v>2.024646099999984</v>
       </c>
       <c r="D304" s="5">
-        <v>5.8012087243759503</v>
+        <v>5.8032649148427318</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>434.40143049</v>
+        <v>434.40352582000003</v>
       </c>
       <c r="C305" s="5">
-        <v>2.6993164099999944</v>
+        <v>2.7001117800000429</v>
       </c>
       <c r="D305" s="5">
-        <v>7.7667672936079013</v>
+        <v>7.7691109069806918</v>
       </c>
       <c r="E305" s="5">
-        <v>6.8776466070884279</v>
+        <v>6.8780197259798337</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>438.29851352999998</v>
+        <v>438.29879013999999</v>
       </c>
       <c r="C306" s="5">
-        <v>3.8970830399999841</v>
+        <v>3.895264319999967</v>
       </c>
       <c r="D306" s="5">
-        <v>11.312775717594592</v>
+        <v>11.307175877269749</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>439.77144599000002</v>
+        <v>439.77182815999998</v>
       </c>
       <c r="C307" s="5">
-        <v>1.4729324600000382</v>
+        <v>1.47303801999999</v>
       </c>
       <c r="D307" s="5">
-        <v>4.1080608751530523</v>
+        <v>4.1083581080624931</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>441.35426249</v>
+        <v>441.35410840999998</v>
       </c>
       <c r="C308" s="5">
-        <v>1.5828164999999785</v>
+        <v>1.5822802499999966</v>
       </c>
       <c r="D308" s="5">
-        <v>4.4055468594290881</v>
+        <v>4.4040207205210846</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>442.48484020000001</v>
+        <v>442.47721891999998</v>
       </c>
       <c r="C309" s="5">
-        <v>1.1305777100000114</v>
+        <v>1.1231105100000036</v>
       </c>
       <c r="D309" s="5">
-        <v>3.1176127266230758</v>
+        <v>3.0967336940281642</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>443.10666613000001</v>
+        <v>443.10621089</v>
       </c>
       <c r="C310" s="5">
-        <v>0.62182592999999997</v>
+        <v>0.6289919700000155</v>
       </c>
       <c r="D310" s="5">
-        <v>1.6994608435590752</v>
+        <v>1.7192289746594813</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>443.92755460000001</v>
+        <v>443.92777948999998</v>
       </c>
       <c r="C311" s="5">
-        <v>0.82088846999999987</v>
+        <v>0.82156859999997778</v>
       </c>
       <c r="D311" s="5">
-        <v>2.2458822696572955</v>
+        <v>2.24776439787997</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>446.86161693999998</v>
+        <v>446.86084595</v>
       </c>
       <c r="C312" s="5">
-        <v>2.9340623399999686</v>
+        <v>2.9330664600000205</v>
       </c>
       <c r="D312" s="5">
-        <v>8.2259486757557454</v>
+        <v>8.2230500725752655</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>446.88101232999998</v>
+        <v>446.88302186999999</v>
       </c>
       <c r="C313" s="5">
-        <v>1.9395389999999679E-2</v>
+        <v>2.2175919999995131E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>5.2096720761030113E-2</v>
+        <v>5.956746660309431E-2</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>447.51477248999998</v>
+        <v>447.51616688000001</v>
       </c>
       <c r="C314" s="5">
-        <v>0.63376016000000845</v>
+        <v>0.6331450100000211</v>
       </c>
       <c r="D314" s="5">
-        <v>1.7151597701084542</v>
+        <v>1.713474215957933</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>450.68059142999999</v>
+        <v>450.68244076000002</v>
       </c>
       <c r="C315" s="5">
-        <v>3.1658189400000083</v>
+        <v>3.1662738800000056</v>
       </c>
       <c r="D315" s="5">
-        <v>8.8272751094875535</v>
+        <v>8.8285647988222351</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>450.76548050000002</v>
+        <v>450.76821047999999</v>
       </c>
       <c r="C316" s="5">
-        <v>8.4889070000031097E-2</v>
+        <v>8.5769719999973404E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>0.22626330682946616</v>
+        <v>0.22861210954552291</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>453.23958542999998</v>
+        <v>453.24404745999999</v>
       </c>
       <c r="C317" s="5">
-        <v>2.4741049299999531</v>
+        <v>2.4758369799999969</v>
       </c>
       <c r="D317" s="5">
-        <v>6.7889208280296431</v>
+        <v>6.7937756468294141</v>
       </c>
       <c r="E317" s="5">
-        <v>4.3365775565588516</v>
+        <v>4.3371014552507914</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>457.00240364000001</v>
+        <v>457.00321070000001</v>
       </c>
       <c r="C318" s="5">
-        <v>3.7628182100000345</v>
+        <v>3.7591632400000208</v>
       </c>
       <c r="D318" s="5">
-        <v>10.43018704596761</v>
+        <v>10.419481955629784</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>457.84877957999998</v>
+        <v>457.84849529000002</v>
       </c>
       <c r="C319" s="5">
-        <v>0.84637593999997307</v>
+        <v>0.84528459000000566</v>
       </c>
       <c r="D319" s="5">
-        <v>2.245197766024698</v>
+        <v>2.2422692063239769</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>457.85720949</v>
+        <v>457.85518546999998</v>
       </c>
       <c r="C320" s="5">
-        <v>8.429910000018026E-3</v>
+        <v>6.6901799999641298E-3</v>
       </c>
       <c r="D320" s="5">
-        <v>2.2096633014712097E-2</v>
+        <v>1.7536065574108584E-2</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>461.39488963999997</v>
+        <v>461.38085770999999</v>
       </c>
       <c r="C321" s="5">
-        <v>3.5376801499999715</v>
+        <v>3.5256722400000058</v>
       </c>
       <c r="D321" s="5">
-        <v>9.6762709065350236</v>
+        <v>9.6420680467304685</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>462.133467</v>
+        <v>462.13111792000001</v>
       </c>
       <c r="C322" s="5">
-        <v>0.73857736000002205</v>
+        <v>0.75026021000002174</v>
       </c>
       <c r="D322" s="5">
-        <v>1.9379010594634982</v>
+        <v>1.9688899625168954</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>463.7784082</v>
+        <v>463.77812834999997</v>
       </c>
       <c r="C323" s="5">
-        <v>1.6449412000000052</v>
+        <v>1.6470104299999662</v>
       </c>
       <c r="D323" s="5">
-        <v>4.355960667422476</v>
+        <v>4.3615706438292046</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>466.91533106000003</v>
+        <v>466.91492132000002</v>
       </c>
       <c r="C324" s="5">
-        <v>3.136922860000027</v>
+        <v>3.1367929700000445</v>
       </c>
       <c r="D324" s="5">
-        <v>8.425467131378328</v>
+        <v>8.4251104550520761</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>468.76407259000001</v>
+        <v>468.76877868999998</v>
       </c>
       <c r="C325" s="5">
-        <v>1.8487415299999839</v>
+        <v>1.8538573699999574</v>
       </c>
       <c r="D325" s="5">
-        <v>4.8562242334272643</v>
+        <v>4.8699615610825253</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>472.08394593999998</v>
+        <v>472.08776825000001</v>
       </c>
       <c r="C326" s="5">
-        <v>3.3198733499999662</v>
+        <v>3.3189895600000341</v>
       </c>
       <c r="D326" s="5">
-        <v>8.8375998690305213</v>
+        <v>8.8350626504617438</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>470.44264921000001</v>
+        <v>470.44693352000002</v>
       </c>
       <c r="C327" s="5">
-        <v>-1.641296729999965</v>
+        <v>-1.6408347299999946</v>
       </c>
       <c r="D327" s="5">
-        <v>-4.0931862769729381</v>
+        <v>-4.0920235420326971</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>471.2637029</v>
+        <v>471.26952168000003</v>
       </c>
       <c r="C328" s="5">
-        <v>0.82105368999998518</v>
+        <v>0.82258816000000934</v>
       </c>
       <c r="D328" s="5">
-        <v>2.1145558425799571</v>
+        <v>2.1185263466731774</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>472.98278398999997</v>
+        <v>472.99183345</v>
       </c>
       <c r="C329" s="5">
-        <v>1.7190810899999747</v>
+        <v>1.7223117699999761</v>
       </c>
       <c r="D329" s="5">
-        <v>4.4662734070961552</v>
+        <v>4.4747799685143308</v>
       </c>
       <c r="E329" s="5">
-        <v>4.356018140222484</v>
+        <v>4.3569873891709188</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>474.21858759000003</v>
+        <v>474.22224500999999</v>
       </c>
       <c r="C330" s="5">
-        <v>1.2358036000000538</v>
+        <v>1.2304115599999932</v>
       </c>
       <c r="D330" s="5">
-        <v>3.1807959142960751</v>
+        <v>3.1666568945451612</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>475.59593482999998</v>
+        <v>475.5875231</v>
       </c>
       <c r="C331" s="5">
-        <v>1.3773472399999491</v>
+        <v>1.3652780900000039</v>
       </c>
       <c r="D331" s="5">
-        <v>3.5415670503426089</v>
+        <v>3.5100131830149595</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>475.49869285</v>
+        <v>475.49832339</v>
       </c>
       <c r="C332" s="5">
-        <v>-9.7241979999978412E-2</v>
+        <v>-8.9199710000002597E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>-0.24508039876427468</v>
+        <v>-0.22483622400611969</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>474.22136226999999</v>
+        <v>474.19781332000002</v>
       </c>
       <c r="C333" s="5">
-        <v>-1.2773305800000117</v>
+        <v>-1.300510069999973</v>
       </c>
       <c r="D333" s="5">
-        <v>-3.1763531117030008</v>
+        <v>-3.2331320963639221</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>476.62918463</v>
+        <v>476.61388804000001</v>
       </c>
       <c r="C334" s="5">
-        <v>2.4078223600000115</v>
+        <v>2.4160747199999832</v>
       </c>
       <c r="D334" s="5">
-        <v>6.2659697385255786</v>
+        <v>6.2883715858510048</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>477.52943496</v>
+        <v>477.53463650999998</v>
       </c>
       <c r="C335" s="5">
-        <v>0.90025033000000576</v>
+        <v>0.92074846999997817</v>
       </c>
       <c r="D335" s="5">
-        <v>2.2902371396701371</v>
+        <v>2.3430157638153037</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>476.26745689000001</v>
+        <v>476.27063706000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-1.2619780699999978</v>
+        <v>-1.2639994499999716</v>
       </c>
       <c r="D336" s="5">
-        <v>-3.1255770636786195</v>
+        <v>-3.1304772111943713</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>476.72026925</v>
+        <v>476.72855288</v>
       </c>
       <c r="C337" s="5">
-        <v>0.45281235999999581</v>
+        <v>0.45791581999998243</v>
       </c>
       <c r="D337" s="5">
-        <v>1.1468875941239798</v>
+        <v>1.1598743341969531</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>480.19892049999999</v>
+        <v>480.20695834999998</v>
       </c>
       <c r="C338" s="5">
-        <v>3.4786512499999844</v>
+        <v>3.4784054699999842</v>
       </c>
       <c r="D338" s="5">
-        <v>9.1165787294282161</v>
+        <v>9.1157437344224554</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>481.46595518999999</v>
+        <v>481.47428858000001</v>
       </c>
       <c r="C339" s="5">
-        <v>1.2670346900000027</v>
+        <v>1.2673302300000273</v>
       </c>
       <c r="D339" s="5">
-        <v>3.2126303744815621</v>
+        <v>3.2133360718367143</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>483.65312741999998</v>
+        <v>483.66236407999997</v>
       </c>
       <c r="C340" s="5">
-        <v>2.1871722299999874</v>
+        <v>2.1880754999999681</v>
       </c>
       <c r="D340" s="5">
-        <v>5.589566114351352</v>
+        <v>5.5918333086089067</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>481.91600301</v>
+        <v>481.93213052999999</v>
       </c>
       <c r="C341" s="5">
-        <v>-1.7371244099999785</v>
+        <v>-1.7302335499999799</v>
       </c>
       <c r="D341" s="5">
-        <v>-4.2258792430413861</v>
+        <v>-4.2093655824081306</v>
       </c>
       <c r="E341" s="5">
-        <v>1.8886985578292936</v>
+        <v>1.8901588669701708</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>485.14459356999998</v>
+        <v>485.14766728000001</v>
       </c>
       <c r="C342" s="5">
-        <v>3.2285905599999865</v>
+        <v>3.2155367500000125</v>
       </c>
       <c r="D342" s="5">
-        <v>8.3423306011006346</v>
+        <v>8.3070654271905973</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>486.99492234000002</v>
+        <v>486.97577137000002</v>
       </c>
       <c r="C343" s="5">
-        <v>1.8503287700000328</v>
+        <v>1.8281040900000107</v>
       </c>
       <c r="D343" s="5">
-        <v>4.674005865832731</v>
+        <v>4.6166670945949839</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>490.41440273000001</v>
+        <v>490.41538035000002</v>
       </c>
       <c r="C344" s="5">
-        <v>3.4194803899999897</v>
+        <v>3.4396089800000027</v>
       </c>
       <c r="D344" s="5">
-        <v>8.7590482749023035</v>
+        <v>8.8129874430425517</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>490.19905151</v>
+        <v>490.16445528999998</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.21535122000000229</v>
+        <v>-0.25092506000004278</v>
       </c>
       <c r="D345" s="5">
-        <v>-0.52567429656537046</v>
+        <v>-0.61226496481787684</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>493.02064089999999</v>
+        <v>492.99031418999999</v>
       </c>
       <c r="C346" s="5">
-        <v>2.8215893899999855</v>
+        <v>2.8258589000000143</v>
       </c>
       <c r="D346" s="5">
-        <v>7.1301280063104988</v>
+        <v>7.1417814969837012</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>495.30991201000001</v>
+        <v>495.32048663</v>
       </c>
       <c r="C347" s="5">
-        <v>2.2892711100000156</v>
+        <v>2.3301724400000126</v>
       </c>
       <c r="D347" s="5">
-        <v>5.7165558229685054</v>
+        <v>5.8217282688247218</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>496.32669798000001</v>
+        <v>496.33308556999998</v>
       </c>
       <c r="C348" s="5">
-        <v>1.0167859700000008</v>
+        <v>1.0125989399999753</v>
       </c>
       <c r="D348" s="5">
-        <v>2.4913976653969661</v>
+        <v>2.4809691286333591</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>498.39035547999998</v>
+        <v>498.40913613999999</v>
       </c>
       <c r="C349" s="5">
-        <v>2.0636574999999766</v>
+        <v>2.0760505700000067</v>
       </c>
       <c r="D349" s="5">
-        <v>5.1051291934295362</v>
+        <v>5.1364286216981636</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>498.3546948</v>
+        <v>498.36494513000002</v>
       </c>
       <c r="C350" s="5">
-        <v>-3.5660679999978129E-2</v>
+        <v>-4.4191009999963171E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>-8.5828265136334014E-2</v>
+        <v>-0.10634508069806703</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>499.07580653000002</v>
+        <v>499.09740526000002</v>
       </c>
       <c r="C351" s="5">
-        <v>0.72111173000001827</v>
+        <v>0.73246012999999266</v>
       </c>
       <c r="D351" s="5">
-        <v>1.7502676295394481</v>
+        <v>1.7779984201296672</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>500.60248744</v>
+        <v>500.61166208999998</v>
       </c>
       <c r="C352" s="5">
-        <v>1.5266809099999818</v>
+        <v>1.5142568299999652</v>
       </c>
       <c r="D352" s="5">
-        <v>3.7332134071152767</v>
+        <v>3.7021609929197563</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>501.89436781000001</v>
+        <v>501.91440312999998</v>
       </c>
       <c r="C353" s="5">
-        <v>1.2918803700000012</v>
+        <v>1.3027410400000008</v>
       </c>
       <c r="D353" s="5">
-        <v>3.1411160695441476</v>
+        <v>3.1678432518729815</v>
       </c>
       <c r="E353" s="5">
-        <v>4.1456114084647666</v>
+        <v>4.1462835395566389</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>501.89012092000002</v>
+        <v>501.88908629999997</v>
       </c>
       <c r="C354" s="5">
-        <v>-4.2468899999903442E-3</v>
+        <v>-2.5316830000008395E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>-1.0153592381068055E-2</v>
+        <v>-6.0511850356370633E-2</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>503.10875921000002</v>
+        <v>503.07600495000003</v>
       </c>
       <c r="C355" s="5">
-        <v>1.2186382900000012</v>
+        <v>1.1869186500000524</v>
       </c>
       <c r="D355" s="5">
-        <v>2.9529453506361047</v>
+        <v>2.8750875175512114</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>505.03798497000002</v>
+        <v>505.03943984</v>
       </c>
       <c r="C356" s="5">
-        <v>1.9292257600000084</v>
+        <v>1.9634348899999736</v>
       </c>
       <c r="D356" s="5">
-        <v>4.699830885624845</v>
+        <v>4.7852839217891407</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>507.97142577</v>
+        <v>507.92875657000002</v>
       </c>
       <c r="C357" s="5">
-        <v>2.9334407999999712</v>
+        <v>2.8893167300000187</v>
       </c>
       <c r="D357" s="5">
-        <v>7.1970602936167083</v>
+        <v>7.0853547294856378</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>509.40375329</v>
+        <v>509.35718373999998</v>
       </c>
       <c r="C358" s="5">
-        <v>1.4323275200000012</v>
+        <v>1.4284271699999636</v>
       </c>
       <c r="D358" s="5">
-        <v>3.4366122218959294</v>
+        <v>3.4274011951989536</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>511.56268001000001</v>
+        <v>511.57745115</v>
       </c>
       <c r="C359" s="5">
-        <v>2.1589267200000108</v>
+        <v>2.2202674100000195</v>
       </c>
       <c r="D359" s="5">
-        <v>5.2060125745881036</v>
+        <v>5.3579951612103605</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>513.77702295999995</v>
+        <v>513.78526852000005</v>
       </c>
       <c r="C360" s="5">
-        <v>2.2143429499999456</v>
+        <v>2.2078173700000434</v>
       </c>
       <c r="D360" s="5">
-        <v>5.319766646390911</v>
+        <v>5.3035587392334049</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>516.31356635999998</v>
+        <v>516.34233959999995</v>
       </c>
       <c r="C361" s="5">
-        <v>2.5365434000000278</v>
+        <v>2.5570710799999006</v>
       </c>
       <c r="D361" s="5">
-        <v>6.0880098840010222</v>
+        <v>6.1385340995905979</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>516.54991315999996</v>
+        <v>516.56665570999996</v>
       </c>
       <c r="C362" s="5">
-        <v>0.23634679999997843</v>
+        <v>0.22431611000001794</v>
       </c>
       <c r="D362" s="5">
-        <v>0.55069500631512724</v>
+        <v>0.52256693979515489</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>518.28815044999999</v>
+        <v>518.33259567000005</v>
       </c>
       <c r="C363" s="5">
-        <v>1.7382372900000291</v>
+        <v>1.7659399600000825</v>
       </c>
       <c r="D363" s="5">
-        <v>4.113690816091764</v>
+        <v>4.1803513257425262</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>520.57223111999997</v>
+        <v>520.58996894999996</v>
       </c>
       <c r="C364" s="5">
-        <v>2.2840806699999803</v>
+        <v>2.2573732799999107</v>
       </c>
       <c r="D364" s="5">
-        <v>5.4184477348569349</v>
+        <v>5.3530954037273037</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>521.32697169999994</v>
+        <v>521.35557871000003</v>
       </c>
       <c r="C365" s="5">
-        <v>0.75474057999997513</v>
+        <v>0.76560976000007486</v>
       </c>
       <c r="D365" s="5">
-        <v>1.7537349709791705</v>
+        <v>1.7791344204874271</v>
       </c>
       <c r="E365" s="5">
-        <v>3.8718513568489543</v>
+        <v>3.873404600219188</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>524.54554311000004</v>
+        <v>524.53863784999999</v>
       </c>
       <c r="C366" s="5">
-        <v>3.2185714100000951</v>
+        <v>3.1830591399999548</v>
       </c>
       <c r="D366" s="5">
-        <v>7.6653812496292328</v>
+        <v>7.5775152680563451</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>526.42030265999995</v>
+        <v>526.37138111000002</v>
       </c>
       <c r="C367" s="5">
-        <v>1.8747595499999079</v>
+        <v>1.8327432600000293</v>
       </c>
       <c r="D367" s="5">
-        <v>4.3741977861430525</v>
+        <v>4.2743313661613103</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>524.98276254999996</v>
+        <v>524.96233457000005</v>
       </c>
       <c r="C368" s="5">
-        <v>-1.4375401099999863</v>
+        <v>-1.409046539999963</v>
       </c>
       <c r="D368" s="5">
-        <v>-3.2281686040915969</v>
+        <v>-3.1654118559757971</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>481.61787090000001</v>
+        <v>481.55760565999998</v>
       </c>
       <c r="C369" s="5">
-        <v>-43.364891649999947</v>
+        <v>-43.404728910000074</v>
       </c>
       <c r="D369" s="5">
-        <v>-64.462195402635246</v>
+        <v>-64.498947854244022</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>484.94678830999999</v>
+        <v>484.88308111999999</v>
       </c>
       <c r="C370" s="5">
-        <v>3.3289174099999741</v>
+        <v>3.3254754600000069</v>
       </c>
       <c r="D370" s="5">
-        <v>8.6170310893998181</v>
+        <v>8.6088989033153762</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>489.07581192999999</v>
+        <v>489.08058887999999</v>
       </c>
       <c r="C371" s="5">
-        <v>4.1290236199999981</v>
+        <v>4.1975077600000077</v>
       </c>
       <c r="D371" s="5">
-        <v>10.709570440747228</v>
+        <v>10.897242991117672</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>494.20544395000002</v>
+        <v>494.21723973000002</v>
       </c>
       <c r="C372" s="5">
-        <v>5.1296320200000309</v>
+        <v>5.1366508500000236</v>
       </c>
       <c r="D372" s="5">
-        <v>13.33814128418096</v>
+        <v>13.357320582737309</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>498.69028532999999</v>
+        <v>498.73956453</v>
       </c>
       <c r="C373" s="5">
-        <v>4.4848413799999776</v>
+        <v>4.5223247999999785</v>
       </c>
       <c r="D373" s="5">
-        <v>11.450134246029297</v>
+        <v>11.550410193804828</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>499.93311309000001</v>
+        <v>499.97180716000003</v>
       </c>
       <c r="C374" s="5">
-        <v>1.2428277600000115</v>
+        <v>1.2322426300000302</v>
       </c>
       <c r="D374" s="5">
-        <v>3.0319552583007336</v>
+        <v>3.0054792042875977</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>504.50295249999999</v>
+        <v>504.59219259999998</v>
       </c>
       <c r="C375" s="5">
-        <v>4.5698394099999859</v>
+        <v>4.62038543999995</v>
       </c>
       <c r="D375" s="5">
-        <v>11.537705919008957</v>
+        <v>11.670929355870552</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>507.94669721000002</v>
+        <v>508.00682079000001</v>
       </c>
       <c r="C376" s="5">
-        <v>3.4437447100000327</v>
+        <v>3.4146281900000304</v>
       </c>
       <c r="D376" s="5">
-        <v>8.5058473957759553</v>
+        <v>8.4296866140932458</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>516.69897190999995</v>
+        <v>516.74839264000002</v>
       </c>
       <c r="C377" s="5">
-        <v>8.7522746999999299</v>
+        <v>8.7415718500000139</v>
       </c>
       <c r="D377" s="5">
-        <v>22.753385770660927</v>
+        <v>22.719928080943895</v>
       </c>
       <c r="E377" s="5">
-        <v>-0.88773457757393981</v>
+        <v>-0.88369363600168116</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>522.16930441</v>
+        <v>522.12428124999997</v>
       </c>
       <c r="C378" s="5">
-        <v>5.4703325000000405</v>
+        <v>5.3758886099999472</v>
       </c>
       <c r="D378" s="5">
-        <v>13.4710023223791</v>
+        <v>13.223629401230696</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>521.59425511999996</v>
+        <v>521.52832073000002</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.57504929000003813</v>
+        <v>-0.5959605199999487</v>
       </c>
       <c r="D379" s="5">
-        <v>-1.3135486330728474</v>
+        <v>-1.3611320415580552</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>530.60868184000003</v>
+        <v>530.53166391000002</v>
       </c>
       <c r="C380" s="5">
-        <v>9.0144267200000741</v>
+        <v>9.0033431800000017</v>
       </c>
       <c r="D380" s="5">
-        <v>22.828352592915646</v>
+        <v>22.800729126561414</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>536.04120736000004</v>
+        <v>535.90596076999998</v>
       </c>
       <c r="C381" s="5">
-        <v>5.4325255200000129</v>
+        <v>5.3742968599999585</v>
       </c>
       <c r="D381" s="5">
-        <v>13.001940337528751</v>
+        <v>12.856698599959504</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>542.20386819999999</v>
+        <v>542.07432978999998</v>
       </c>
       <c r="C382" s="5">
-        <v>6.1626608399999441</v>
+        <v>6.1683690200000001</v>
       </c>
       <c r="D382" s="5">
-        <v>14.702588499794157</v>
+        <v>14.721032409183522</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>547.59826342999997</v>
+        <v>547.58990517999996</v>
       </c>
       <c r="C383" s="5">
-        <v>5.3943952299999864</v>
+        <v>5.5155753899999809</v>
       </c>
       <c r="D383" s="5">
-        <v>12.614265145084991</v>
+        <v>12.916940266485778</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>554.63824065999995</v>
+        <v>554.69012506000001</v>
       </c>
       <c r="C384" s="5">
-        <v>7.0399772299999768</v>
+        <v>7.1002198800000542</v>
       </c>
       <c r="D384" s="5">
-        <v>16.56628847948738</v>
+        <v>16.718584651027534</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>557.44041678999997</v>
+        <v>557.56553209000003</v>
       </c>
       <c r="C385" s="5">
-        <v>2.8021761300000207</v>
+        <v>2.8754070300000194</v>
       </c>
       <c r="D385" s="5">
-        <v>6.2340477626101398</v>
+        <v>6.401024344405859</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>565.92063193000001</v>
+        <v>565.96907783999995</v>
       </c>
       <c r="C386" s="5">
-        <v>8.4802151400000412</v>
+        <v>8.4035457499999211</v>
       </c>
       <c r="D386" s="5">
-        <v>19.862928601995876</v>
+        <v>19.663423730366492</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>575.70684046999997</v>
+        <v>575.90718592999997</v>
       </c>
       <c r="C387" s="5">
-        <v>9.7862085399999614</v>
+        <v>9.9381080900000143</v>
       </c>
       <c r="D387" s="5">
-        <v>22.842981193706315</v>
+        <v>23.230305252777185</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>578.85310569000001</v>
+        <v>579.04825128000004</v>
       </c>
       <c r="C388" s="5">
-        <v>3.1462652200000321</v>
+        <v>3.1410653500000763</v>
       </c>
       <c r="D388" s="5">
-        <v>6.7588129446537248</v>
+        <v>6.7448871742270544</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>585.07308055999999</v>
+        <v>585.15557768999997</v>
       </c>
       <c r="C389" s="5">
-        <v>6.2199748699999873</v>
+        <v>6.1073264099999278</v>
       </c>
       <c r="D389" s="5">
-        <v>13.684429150436683</v>
+        <v>13.417256107691443</v>
       </c>
       <c r="E389" s="5">
-        <v>13.232871046221018</v>
+        <v>13.238006353636944</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>587.58357913999998</v>
+        <v>587.47062921999998</v>
       </c>
       <c r="C390" s="5">
-        <v>2.5104985799999895</v>
+        <v>2.3150515300000052</v>
       </c>
       <c r="D390" s="5">
-        <v>5.2723712705013748</v>
+        <v>4.8522409128453514</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>594.05831068999998</v>
+        <v>593.98265430000004</v>
       </c>
       <c r="C391" s="5">
-        <v>6.4747315500000013</v>
+        <v>6.5120250800000576</v>
       </c>
       <c r="D391" s="5">
-        <v>14.054679150032158</v>
+        <v>14.143516309631243</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>600.06080666000003</v>
+        <v>599.91432237000004</v>
       </c>
       <c r="C392" s="5">
-        <v>6.0024959700000409</v>
+        <v>5.9316680700000006</v>
       </c>
       <c r="D392" s="5">
-        <v>12.822112413696196</v>
+        <v>12.6641156695662</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>606.57149362999996</v>
+        <v>606.10802644</v>
       </c>
       <c r="C393" s="5">
-        <v>6.5106869699999379</v>
+        <v>6.193704069999967</v>
       </c>
       <c r="D393" s="5">
-        <v>13.825828212263303</v>
+        <v>13.117463405118702</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>610.90694801999996</v>
+        <v>610.56965903000003</v>
       </c>
       <c r="C394" s="5">
-        <v>4.3354543899999953</v>
+        <v>4.461632590000022</v>
       </c>
       <c r="D394" s="5">
-        <v>8.9223035408534823</v>
+        <v>9.1998915451126262</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>614.31966877000002</v>
+        <v>614.40002317999995</v>
       </c>
       <c r="C395" s="5">
-        <v>3.4127207500000623</v>
+        <v>3.830364149999923</v>
       </c>
       <c r="D395" s="5">
-        <v>6.9134319689534651</v>
+        <v>7.7933703406827703</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>620.97159293000004</v>
+        <v>621.18053738000003</v>
       </c>
       <c r="C396" s="5">
-        <v>6.6519241600000214</v>
+        <v>6.7805142000000842</v>
       </c>
       <c r="D396" s="5">
-        <v>13.796198684410221</v>
+        <v>14.07734376940919</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>623.17064727000002</v>
+        <v>623.44378720999998</v>
       </c>
       <c r="C397" s="5">
-        <v>2.1990543399999751</v>
+        <v>2.2632498299999497</v>
       </c>
       <c r="D397" s="5">
-        <v>4.3333295286845486</v>
+        <v>4.4608453302563245</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>626.31466866999995</v>
+        <v>626.41320185999996</v>
       </c>
       <c r="C398" s="5">
-        <v>3.1440213999999287</v>
+        <v>2.9694146499999761</v>
       </c>
       <c r="D398" s="5">
-        <v>6.2250960029368141</v>
+        <v>5.8676340117701065</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>627.56506033999995</v>
+        <v>627.90441310000006</v>
       </c>
       <c r="C399" s="5">
-        <v>1.2503916699999991</v>
+        <v>1.4912112400000979</v>
       </c>
       <c r="D399" s="5">
-        <v>2.4221943078491792</v>
+        <v>2.8943671843284946</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>628.13793308000004</v>
+        <v>628.48253715999999</v>
       </c>
       <c r="C400" s="5">
-        <v>0.57287274000009347</v>
+        <v>0.57812405999993643</v>
       </c>
       <c r="D400" s="5">
-        <v>1.1009364681206613</v>
+        <v>1.1104760179906581</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>627.16600217999996</v>
+        <v>627.28384802000005</v>
       </c>
       <c r="C401" s="5">
-        <v>-0.97193090000007487</v>
+        <v>-1.1986891399999422</v>
       </c>
       <c r="D401" s="5">
-        <v>-1.8410644675975751</v>
+        <v>-2.264873382325916</v>
       </c>
       <c r="E401" s="5">
-        <v>7.1944724545711214</v>
+        <v>7.1994990625071864</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>630.59152201999996</v>
+        <v>630.36987346000001</v>
       </c>
       <c r="C402" s="5">
-        <v>3.4255198399999927</v>
+        <v>3.0860254399999576</v>
       </c>
       <c r="D402" s="5">
-        <v>6.7548064343972092</v>
+        <v>6.065985353704173</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>629.63646214000005</v>
+        <v>629.54208889999995</v>
       </c>
       <c r="C403" s="5">
-        <v>-0.95505987999990793</v>
+        <v>-0.82778456000005463</v>
       </c>
       <c r="D403" s="5">
-        <v>-1.8023919877515726</v>
+        <v>-1.5644758187702168</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>631.10936058000004</v>
+        <v>630.88289149000002</v>
       </c>
       <c r="C404" s="5">
-        <v>1.4728984399999945</v>
+        <v>1.3408025900000666</v>
       </c>
       <c r="D404" s="5">
-        <v>2.8435406399993646</v>
+        <v>2.585918988901259</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>629.72531905000005</v>
+        <v>628.89844688000005</v>
       </c>
       <c r="C405" s="5">
-        <v>-1.3840415299999904</v>
+        <v>-1.9844446099999686</v>
       </c>
       <c r="D405" s="5">
-        <v>-2.6001245549737595</v>
+        <v>-3.709982888344654</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>627.11147085000005</v>
+        <v>626.49768720999998</v>
       </c>
       <c r="C406" s="5">
-        <v>-2.6138482000000067</v>
+        <v>-2.4007596700000704</v>
       </c>
       <c r="D406" s="5">
-        <v>-4.8687779022896667</v>
+        <v>-4.4859196236210703</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>626.33573068999999</v>
+        <v>626.55352803000005</v>
       </c>
       <c r="C407" s="5">
-        <v>-0.77574016000005486</v>
+        <v>5.584082000007129E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>-1.4743485846451909</v>
+        <v>0.10701051987196397</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>624.96081275999995</v>
+        <v>625.36165560999996</v>
       </c>
       <c r="C408" s="5">
-        <v>-1.3749179300000378</v>
+        <v>-1.1918724200000952</v>
       </c>
       <c r="D408" s="5">
-        <v>-2.6026401409861455</v>
+        <v>-2.2589889022726628</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>623.06687642999998</v>
+        <v>623.48581448000004</v>
       </c>
       <c r="C409" s="5">
-        <v>-1.8939363299999741</v>
+        <v>-1.8758411299999125</v>
       </c>
       <c r="D409" s="5">
-        <v>-3.5765804406657442</v>
+        <v>-3.5407373237688722</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>622.89077338000004</v>
+        <v>623.02889199000003</v>
       </c>
       <c r="C410" s="5">
-        <v>-0.17610304999993787</v>
+        <v>-0.45692249000001084</v>
       </c>
       <c r="D410" s="5">
-        <v>-0.33864015483922039</v>
+        <v>-0.87588572754925265</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>619.41853203000005</v>
+        <v>619.86379015</v>
       </c>
       <c r="C411" s="5">
-        <v>-3.4722413499999902</v>
+        <v>-3.1651018400000339</v>
       </c>
       <c r="D411" s="5">
-        <v>-6.4879536913058473</v>
+        <v>-5.9287387398376463</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>619.72760757000003</v>
+        <v>620.19551099</v>
       </c>
       <c r="C412" s="5">
-        <v>0.30907553999998072</v>
+        <v>0.33172084000000268</v>
       </c>
       <c r="D412" s="5">
-        <v>0.60041827278651816</v>
+        <v>0.64407494702989343</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>617.10160814000005</v>
+        <v>617.23961929999996</v>
       </c>
       <c r="C413" s="5">
-        <v>-2.6259994299999789</v>
+        <v>-2.955891690000044</v>
       </c>
       <c r="D413" s="5">
-        <v>-4.9679678796894722</v>
+        <v>-5.5717121725715302</v>
       </c>
       <c r="E413" s="5">
-        <v>-1.6047416481468346</v>
+        <v>-1.6012254662230441</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>624.51749969000002</v>
+        <v>624.22018309999999</v>
       </c>
       <c r="C414" s="5">
-        <v>7.4158915499999694</v>
+        <v>6.9805638000000272</v>
       </c>
       <c r="D414" s="5">
-        <v>15.413127451002339</v>
+        <v>14.447983229487281</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>624.19970073000002</v>
+        <v>624.09251932999996</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.31779896000000463</v>
+        <v>-0.12766377000002649</v>
       </c>
       <c r="D415" s="5">
-        <v>-0.60893924821284751</v>
+        <v>-0.24514477947737978</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>621.98867394000001</v>
+        <v>621.71608086000003</v>
       </c>
       <c r="C416" s="5">
-        <v>-2.2110267900000053</v>
+        <v>-2.3764384699999255</v>
       </c>
       <c r="D416" s="5">
-        <v>-4.1687738830989529</v>
+        <v>-4.4749036254676744</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>622.64486736000003</v>
+        <v>621.46767367999996</v>
       </c>
       <c r="C417" s="5">
-        <v>0.65619342000002234</v>
+        <v>-0.248407180000072</v>
       </c>
       <c r="D417" s="5">
-        <v>1.2733628209208092</v>
+        <v>-0.47840877572066232</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>623.78084706000004</v>
+        <v>622.87946603</v>
       </c>
       <c r="C418" s="5">
-        <v>1.1359797000000071</v>
+        <v>1.4117923500000416</v>
       </c>
       <c r="D418" s="5">
-        <v>2.2114337341294643</v>
+        <v>2.7603677208619448</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>622.96402583999998</v>
+        <v>623.34734673000003</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.8168212200000653</v>
+        <v>0.46788070000002335</v>
       </c>
       <c r="D419" s="5">
-        <v>-1.5600940967475219</v>
+        <v>0.90512253639620788</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>621.76909649000004</v>
+        <v>622.36307865000003</v>
       </c>
       <c r="C420" s="5">
-        <v>-1.1949293499999385</v>
+        <v>-0.98426807999999255</v>
       </c>
       <c r="D420" s="5">
-        <v>-2.277634064090317</v>
+        <v>-1.8784358685771774</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>624.68272595999997</v>
+        <v>625.22470983999995</v>
       </c>
       <c r="C421" s="5">
-        <v>2.9136294699999326</v>
+        <v>2.8616311899999118</v>
       </c>
       <c r="D421" s="5">
-        <v>5.7704541247657781</v>
+        <v>5.65930714447751</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>622.64440462000005</v>
+        <v>622.85663604000001</v>
       </c>
       <c r="C422" s="5">
-        <v>-2.0383213399999249</v>
+        <v>-2.3680737999999337</v>
       </c>
       <c r="D422" s="5">
-        <v>-3.8460533318781631</v>
+        <v>-4.4515719728882015</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>626.61600023999995</v>
+        <v>627.13771233</v>
       </c>
       <c r="C423" s="5">
-        <v>3.9715956199999027</v>
+        <v>4.2810762899999872</v>
       </c>
       <c r="D423" s="5">
-        <v>7.9286352196407339</v>
+        <v>8.5670054132634288</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>626.22191263000002</v>
+        <v>626.76621668999996</v>
       </c>
       <c r="C424" s="5">
-        <v>-0.39408760999992865</v>
+        <v>-0.37149564000003465</v>
       </c>
       <c r="D424" s="5">
-        <v>-0.7520918145221267</v>
+        <v>-0.70852894967258218</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>627.06906806999996</v>
+        <v>627.23373158000004</v>
       </c>
       <c r="C425" s="5">
-        <v>0.8471554399999377</v>
+        <v>0.46751489000007496</v>
       </c>
       <c r="D425" s="5">
-        <v>1.6354978187177238</v>
+        <v>0.89878040983144558</v>
       </c>
       <c r="E425" s="5">
-        <v>1.6152056320259289</v>
+        <v>1.61916247232059</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>618.95072192999999</v>
+        <v>621.39237415000002</v>
       </c>
       <c r="C426" s="5">
-        <v>-8.1183461399999715</v>
+        <v>-5.8413574300000164</v>
       </c>
       <c r="D426" s="5">
-        <v>-14.475933272697484</v>
+        <v>-10.620450936621262</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>617.61354616999995</v>
+        <v>620.30221174999997</v>
       </c>
       <c r="C427" s="5">
-        <v>-1.3371757600000365</v>
+        <v>-1.0901624000000538</v>
       </c>
       <c r="D427" s="5">
-        <v>-2.5618862073706783</v>
+        <v>-2.085068186711736</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>617.72994090999998</v>
+        <v>621.11360131000004</v>
       </c>
       <c r="C428" s="5">
-        <v>0.11639474000003247</v>
+        <v>0.81138956000006601</v>
       </c>
       <c r="D428" s="5">
-        <v>0.22638518040751787</v>
+        <v>1.5810083304657718</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>620.04449474</v>
+        <v>624.55443793999996</v>
       </c>
       <c r="C429" s="5">
-        <v>2.3145538300000226</v>
+        <v>3.4408366299999216</v>
       </c>
       <c r="D429" s="5">
-        <v>4.5900687919494976</v>
+        <v>6.8540798106453416</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>617.43844983999998</v>
+        <v>626.85543413000005</v>
       </c>
       <c r="C430" s="5">
-        <v>-2.606044900000029</v>
+        <v>2.3009961900000917</v>
       </c>
       <c r="D430" s="5">
-        <v>-4.9286238069625954</v>
+        <v>4.5117587684202043</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>609.70199044000003</v>
+        <v>622.94940245999999</v>
       </c>
       <c r="C431" s="5">
-        <v>-7.7364593999999443</v>
+        <v>-3.9060316700000612</v>
       </c>
       <c r="D431" s="5">
-        <v>-14.04180181973217</v>
+        <v>-7.2263715955576124</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>609.90545281000004</v>
+        <v>622.91979702000003</v>
       </c>
       <c r="C432" s="5">
-        <v>0.20346237000001111</v>
+        <v>-2.9605439999954797E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>0.40118527884149824</v>
+        <v>-5.7014651932385529E-2</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>612.26173681</v>
+        <v>625.32636012</v>
       </c>
       <c r="C433" s="5">
-        <v>2.3562839999999596</v>
+        <v>2.4065630999999712</v>
       </c>
       <c r="D433" s="5">
-        <v>4.7358196322064838</v>
+        <v>4.7358196527033103</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>610.84403832999999</v>
+        <v>623.87841035999998</v>
       </c>
       <c r="C434" s="5">
-        <v>-1.4176984800000128</v>
+        <v>-1.4479497600000286</v>
       </c>
       <c r="D434" s="5">
-        <v>-2.7434978210236549</v>
+        <v>-2.7434978351551953</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>622.95306797000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.92534238999996887</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-1.7654035459354955</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>621.1441221</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-1.8089458700000023</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-3.4294711284008295</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">