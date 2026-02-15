--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6A592969-F2BD-4A76-AC93-45B0C4C7F1C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{EF664236-79F3-46FA-8BCA-D7804D3EBC9E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0743568A-E83D-411F-83D0-3D74700D4B84}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{8A0E27C0-2A48-44C7-A8C8-8656A7C523A9}"/>
   </bookViews>
   <sheets>
     <sheet name="dalpbsva" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Professional and Business Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{394B3BE2-B85F-471A-BC91-FEBEE7FD5052}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2BE23762-4B51-4A58-83A6-1D461B6813A4}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>622.94940245999999</v>
       </c>
       <c r="C431" s="5">
         <v>-3.9060316700000612</v>
       </c>
       <c r="D431" s="5">
         <v>-7.2263715955576124</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>622.91979702000003</v>
       </c>
       <c r="C432" s="5">
         <v>-2.9605439999954797E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-5.7014651932385529E-2</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>625.32636012</v>
       </c>
       <c r="C433" s="5">
         <v>2.4065630999999712</v>
       </c>
       <c r="D433" s="5">
         <v>4.7358196527033103</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>623.87841035999998</v>
       </c>
       <c r="C434" s="5">
         <v>-1.4479497600000286</v>
       </c>
       <c r="D434" s="5">
         <v>-2.7434978351551953</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>622.95306797000001</v>
       </c>
       <c r="C435" s="5">
         <v>-0.92534238999996887</v>
       </c>
       <c r="D435" s="5">
         <v>-1.7654035459354955</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>621.1441221</v>
+        <v>620.01093238999999</v>
       </c>
       <c r="C436" s="5">
-        <v>-1.8089458700000023</v>
+        <v>-2.9421355800000129</v>
       </c>
       <c r="D436" s="5">
-        <v>-3.4294711284008295</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-5.5225377282828614</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>619.10532315</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.90560923999998977</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-1.7387487156042214</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.2959137911037755</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>