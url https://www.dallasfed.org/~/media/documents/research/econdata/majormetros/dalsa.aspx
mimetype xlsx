--- v0 (2025-10-17)
+++ v1 (2026-01-05)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{ECA38164-B896-4E19-9CAA-3AD5791ECFE8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B1C7A208-2EBF-43FA-BF68-C596D7D85657}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F1DEBD3E-DDB1-46BB-8863-75A224C19A9D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0FC98120-88DC-489F-B9A8-78F2D402DC28}"/>
   </bookViews>
   <sheets>
     <sheet name="dalnaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Total Nonfarm Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B01DDE2F-DB31-495C-BD88-C7FE7E68F0DE}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{082F565A-CCE3-4A57-85CA-C51A0EB3E769}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-4.1127871000003324</v>
       </c>
       <c r="D431" s="5">
         <v>-1.5835520190849661</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>3088.9530123999998</v>
       </c>
       <c r="C432" s="5">
         <v>-0.87791470000001937</v>
       </c>
       <c r="D432" s="5">
         <v>-0.34042408938821378</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>3095.0867840000001</v>
+        <v>3091.7717597000001</v>
       </c>
       <c r="C433" s="5">
-        <v>6.1337716000002729</v>
+        <v>2.8187473000002683</v>
       </c>
       <c r="D433" s="5">
-        <v>2.4090517838377679</v>
+        <v>1.100542761205614</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>3091.7127157999998</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-5.9043900000233407E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-2.2914123044337487E-2</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>