--- v1 (2026-01-05)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B1C7A208-2EBF-43FA-BF68-C596D7D85657}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0E163237-6FE7-47CD-AF57-306D7CFB44D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0FC98120-88DC-489F-B9A8-78F2D402DC28}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{5C2581D7-ED7D-43A7-8BA7-06EE090E65B1}"/>
   </bookViews>
   <sheets>
     <sheet name="dalnaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Total Nonfarm Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{082F565A-CCE3-4A57-85CA-C51A0EB3E769}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{756E7239-9661-4E8B-8DB6-F7D0D28AC2CA}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>1398.1811800999999</v>
+        <v>1398.4760421000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>1400.4482442000001</v>
+        <v>1400.7720995</v>
       </c>
       <c r="C7" s="5">
-        <v>2.2670641000001979</v>
+        <v>2.2960573999998815</v>
       </c>
       <c r="D7" s="5">
-        <v>1.963171533018615</v>
+        <v>1.9880825226472609</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>1401.9890193000001</v>
+        <v>1402.5754753000001</v>
       </c>
       <c r="C8" s="5">
-        <v>1.5407751000000189</v>
+        <v>1.8033758000001399</v>
       </c>
       <c r="D8" s="5">
-        <v>1.3282599589475863</v>
+        <v>1.5558848510617951</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>1405.0412592</v>
+        <v>1404.8391262</v>
       </c>
       <c r="C9" s="5">
-        <v>3.0522398999999041</v>
+        <v>2.2636508999999023</v>
       </c>
       <c r="D9" s="5">
-        <v>2.6440039329273635</v>
+        <v>1.9539935672996611</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>1410.3224425999999</v>
+        <v>1409.9307968999999</v>
       </c>
       <c r="C10" s="5">
-        <v>5.281183399999918</v>
+        <v>5.0916706999998951</v>
       </c>
       <c r="D10" s="5">
-        <v>4.6049106306296883</v>
+        <v>4.4370103615948731</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>1416.6937691999999</v>
+        <v>1416.3869884000001</v>
       </c>
       <c r="C11" s="5">
-        <v>6.3713265999999749</v>
+        <v>6.4561915000001591</v>
       </c>
       <c r="D11" s="5">
-        <v>5.5579148391333044</v>
+        <v>5.6354238577519089</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>1418.7741862</v>
+        <v>1418.5536815</v>
       </c>
       <c r="C12" s="5">
-        <v>2.080417000000125</v>
+        <v>2.1666930999999749</v>
       </c>
       <c r="D12" s="5">
-        <v>1.7765046431419407</v>
+        <v>1.8512024694574691</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>1423.02262</v>
+        <v>1422.8974484</v>
       </c>
       <c r="C13" s="5">
-        <v>4.2484337999999298</v>
+        <v>4.3437668999999914</v>
       </c>
       <c r="D13" s="5">
-        <v>3.6531024034849091</v>
+        <v>3.7370526029412821</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>1425.1582455</v>
+        <v>1425.1168966</v>
       </c>
       <c r="C14" s="5">
-        <v>2.1356255000000601</v>
+        <v>2.219448199999988</v>
       </c>
       <c r="D14" s="5">
-        <v>1.8158603018693542</v>
+        <v>1.8879123718516189</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>1424.1838708</v>
+        <v>1424.2077442</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.97437469999999848</v>
+        <v>-0.90915240000003905</v>
       </c>
       <c r="D15" s="5">
-        <v>-0.81735687078507979</v>
+        <v>-0.76285886164501049</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>1429.8305909999999</v>
+        <v>1429.9071822000001</v>
       </c>
       <c r="C16" s="5">
-        <v>5.6467201999998906</v>
+        <v>5.6994380000001001</v>
       </c>
       <c r="D16" s="5">
-        <v>4.8629951612046751</v>
+        <v>4.9093159929049834</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>1432.0189272</v>
+        <v>1432.0397043</v>
       </c>
       <c r="C17" s="5">
-        <v>2.1883362000000943</v>
+        <v>2.1325220999999601</v>
       </c>
       <c r="D17" s="5">
-        <v>1.8521225240111239</v>
+        <v>1.8043980550427552</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>1417.4407180999999</v>
+        <v>1417.7028442999999</v>
       </c>
       <c r="C18" s="5">
-        <v>-14.578209100000095</v>
+        <v>-14.336860000000115</v>
       </c>
       <c r="D18" s="5">
-        <v>-11.55490461675932</v>
+        <v>-11.373863581319664</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>1417.0795177</v>
+        <v>1417.363353</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.36120039999991604</v>
+        <v>-0.3394912999999633</v>
       </c>
       <c r="D19" s="5">
-        <v>-0.30536269016522288</v>
+        <v>-0.28698075375928056</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>1416.1019143999999</v>
+        <v>1416.6232646999999</v>
       </c>
       <c r="C20" s="5">
-        <v>-0.97760330000005524</v>
+        <v>-0.7400883000000249</v>
       </c>
       <c r="D20" s="5">
-        <v>-0.82471236554992888</v>
+        <v>-0.62479382286647622</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>1417.7898012999999</v>
+        <v>1417.6147229000001</v>
       </c>
       <c r="C21" s="5">
-        <v>1.6878868999999668</v>
+        <v>0.99145820000012463</v>
       </c>
       <c r="D21" s="5">
-        <v>1.4397235547783716</v>
+        <v>0.84308953902090256</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>1420.8779635000001</v>
+        <v>1420.5414255000001</v>
       </c>
       <c r="C22" s="5">
-        <v>3.0881622000001698</v>
+        <v>2.9267025999999987</v>
       </c>
       <c r="D22" s="5">
-        <v>2.6453239895287917</v>
+        <v>2.5057567857364127</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>1418.1610341000001</v>
+        <v>1417.8972209000001</v>
       </c>
       <c r="C23" s="5">
-        <v>-2.7169294000000264</v>
+        <v>-2.6442045999999664</v>
       </c>
       <c r="D23" s="5">
-        <v>-2.2705994724168233</v>
+        <v>-2.2109608237099065</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>1418.8161952999999</v>
+        <v>1418.6248092999999</v>
       </c>
       <c r="C24" s="5">
-        <v>0.65516119999983857</v>
+        <v>0.72758839999983138</v>
       </c>
       <c r="D24" s="5">
-        <v>0.55578607010309256</v>
+        <v>0.61751617619791865</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>1418.4946990000001</v>
+        <v>1418.3932595000001</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.32149629999980789</v>
+        <v>-0.23154979999981151</v>
       </c>
       <c r="D25" s="5">
-        <v>-0.27157507673402081</v>
+        <v>-0.19568983592798128</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>1419.3166415999999</v>
+        <v>1419.2866767999999</v>
       </c>
       <c r="C26" s="5">
-        <v>0.82194259999982933</v>
+        <v>0.8934172999997827</v>
       </c>
       <c r="D26" s="5">
-        <v>0.6975567810000971</v>
+        <v>0.75847983804604446</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>1419.9144434</v>
+        <v>1419.9372604</v>
       </c>
       <c r="C27" s="5">
-        <v>0.59780180000007022</v>
+        <v>0.65058360000011817</v>
       </c>
       <c r="D27" s="5">
-        <v>0.50660034236609253</v>
+        <v>0.55145418629578558</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>1421.2927764000001</v>
+        <v>1421.3615519</v>
       </c>
       <c r="C28" s="5">
-        <v>1.3783330000001115</v>
+        <v>1.4242914999999812</v>
       </c>
       <c r="D28" s="5">
-        <v>1.1710979070539418</v>
+        <v>1.2103425947646906</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>1421.9243957000001</v>
+        <v>1421.9435676999999</v>
       </c>
       <c r="C29" s="5">
-        <v>0.63161930000001121</v>
+        <v>0.58201579999990827</v>
       </c>
       <c r="D29" s="5">
-        <v>0.534582652397253</v>
+        <v>0.49248133682464612</v>
       </c>
       <c r="E29" s="5">
-        <v>-0.70491606697807851</v>
+        <v>-0.70501792441119981</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>1416.4627722</v>
+        <v>1416.6521101000001</v>
       </c>
       <c r="C30" s="5">
-        <v>-5.461623500000087</v>
+        <v>-5.2914575999998306</v>
       </c>
       <c r="D30" s="5">
-        <v>-4.5130739422599593</v>
+        <v>-4.3752699908580883</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>1419.0212346000001</v>
+        <v>1419.2348429000001</v>
       </c>
       <c r="C31" s="5">
-        <v>2.5584624000000531</v>
+        <v>2.5827328000000307</v>
       </c>
       <c r="D31" s="5">
-        <v>2.1891426387782742</v>
+        <v>2.2098199089430892</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>1419.0238463999999</v>
+        <v>1419.4637064999999</v>
       </c>
       <c r="C32" s="5">
-        <v>2.6117999998405139E-3</v>
+        <v>0.22886359999984052</v>
       </c>
       <c r="D32" s="5">
-        <v>2.2086996662507019E-3</v>
+        <v>0.19368185131045657</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>1426.0447635999999</v>
+        <v>1425.8978537</v>
       </c>
       <c r="C33" s="5">
-        <v>7.0209171999999853</v>
+        <v>6.4341472000000977</v>
       </c>
       <c r="D33" s="5">
-        <v>6.1015122879120476</v>
+        <v>5.5770372525996592</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>1427.8070789999999</v>
+        <v>1427.5323559999999</v>
       </c>
       <c r="C34" s="5">
-        <v>1.7623154000000341</v>
+        <v>1.6345022999998946</v>
       </c>
       <c r="D34" s="5">
-        <v>1.4930890842505429</v>
+        <v>1.3842618891577674</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>1425.6657379999999</v>
+        <v>1425.4585764000001</v>
       </c>
       <c r="C35" s="5">
-        <v>-2.1413410000000113</v>
+        <v>-2.0737795999998525</v>
       </c>
       <c r="D35" s="5">
-        <v>-1.7849184412065178</v>
+        <v>-1.7293817674895462</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>1427.5895573</v>
+        <v>1427.4377658999999</v>
       </c>
       <c r="C36" s="5">
-        <v>1.9238193000001047</v>
+        <v>1.9791894999998476</v>
       </c>
       <c r="D36" s="5">
-        <v>1.6313742024909095</v>
+        <v>1.6789323708436221</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>1425.7748022000001</v>
+        <v>1425.7014185</v>
       </c>
       <c r="C37" s="5">
-        <v>-1.8147550999999567</v>
+        <v>-1.736347399999886</v>
       </c>
       <c r="D37" s="5">
-        <v>-1.5148224948528299</v>
+        <v>-1.4499639748422832</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>1429.5768767</v>
+        <v>1429.5605209</v>
       </c>
       <c r="C38" s="5">
-        <v>3.8020744999998897</v>
+        <v>3.8591023999999834</v>
       </c>
       <c r="D38" s="5">
-        <v>3.2473602783791744</v>
+        <v>3.2969675982114532</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>1437.7710546000001</v>
+        <v>1437.7909990000001</v>
       </c>
       <c r="C39" s="5">
-        <v>8.1941779000001134</v>
+        <v>8.2304781000000276</v>
       </c>
       <c r="D39" s="5">
-        <v>7.0993054961878466</v>
+        <v>7.1318421425781819</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>1437.0632576</v>
+        <v>1437.1225356</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.70779700000002777</v>
+        <v>-0.66846340000006421</v>
       </c>
       <c r="D40" s="5">
-        <v>-0.58914836576473562</v>
+        <v>-0.5564842717778351</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>1439.177899</v>
+        <v>1439.1885546999999</v>
       </c>
       <c r="C41" s="5">
-        <v>2.1146413999999822</v>
+        <v>2.0660190999999486</v>
       </c>
       <c r="D41" s="5">
-        <v>1.7801637813157356</v>
+        <v>1.7388357159198176</v>
       </c>
       <c r="E41" s="5">
-        <v>1.213391046118617</v>
+        <v>1.2127757663332517</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>1446.3546067</v>
+        <v>1446.4748906</v>
       </c>
       <c r="C42" s="5">
-        <v>7.1767076999999517</v>
+        <v>7.2863359000000401</v>
       </c>
       <c r="D42" s="5">
-        <v>6.1508864659260754</v>
+        <v>6.2474291949280669</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>1452.1963611000001</v>
+        <v>1452.3380006</v>
       </c>
       <c r="C43" s="5">
-        <v>5.8417544000001271</v>
+        <v>5.863110000000006</v>
       </c>
       <c r="D43" s="5">
-        <v>4.955869764304266</v>
+        <v>4.9739697694805685</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>1454.4981474000001</v>
+        <v>1454.8354650000001</v>
       </c>
       <c r="C44" s="5">
-        <v>2.3017863000000034</v>
+        <v>2.4974644000001263</v>
       </c>
       <c r="D44" s="5">
-        <v>1.9187149034883388</v>
+        <v>2.0831688479348909</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>1461.4123849</v>
+        <v>1461.3144953000001</v>
       </c>
       <c r="C45" s="5">
-        <v>6.9142374999998992</v>
+        <v>6.4790302999999767</v>
       </c>
       <c r="D45" s="5">
-        <v>5.8559643559036534</v>
+        <v>5.4769962148202955</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>1464.4656743999999</v>
+        <v>1464.2770359000001</v>
       </c>
       <c r="C46" s="5">
-        <v>3.0532894999998916</v>
+        <v>2.9625406000000112</v>
       </c>
       <c r="D46" s="5">
-        <v>2.5361386414515685</v>
+        <v>2.4600846659745823</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>1469.3668435</v>
+        <v>1469.2250896999999</v>
       </c>
       <c r="C47" s="5">
-        <v>4.901169100000061</v>
+        <v>4.9480537999997978</v>
       </c>
       <c r="D47" s="5">
-        <v>4.0908291023810328</v>
+        <v>4.1312342549355341</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>1479.8769999000001</v>
+        <v>1479.7659100999999</v>
       </c>
       <c r="C48" s="5">
-        <v>10.510156400000142</v>
+        <v>10.54082040000003</v>
       </c>
       <c r="D48" s="5">
-        <v>8.9292760631264798</v>
+        <v>8.9572626704928826</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>1481.9648734</v>
+        <v>1481.9193169</v>
       </c>
       <c r="C49" s="5">
-        <v>2.0878734999998869</v>
+        <v>2.1534068000000843</v>
       </c>
       <c r="D49" s="5">
-        <v>1.7062102334985951</v>
+        <v>1.7603266164818887</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>1488.0916099999999</v>
+        <v>1488.0845859999999</v>
       </c>
       <c r="C50" s="5">
-        <v>6.1267365999999583</v>
+        <v>6.1652690999999322</v>
       </c>
       <c r="D50" s="5">
-        <v>5.0754115169658665</v>
+        <v>5.1082265578584085</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>1490.8014352</v>
+        <v>1490.8131734999999</v>
       </c>
       <c r="C51" s="5">
-        <v>2.7098252000000684</v>
+        <v>2.7285875000000033</v>
       </c>
       <c r="D51" s="5">
-        <v>2.2072278018992808</v>
+        <v>2.2226752672666494</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>1494.7042838</v>
+        <v>1494.7522656000001</v>
       </c>
       <c r="C52" s="5">
-        <v>3.9028485999999702</v>
+        <v>3.9390921000001526</v>
       </c>
       <c r="D52" s="5">
-        <v>3.1871753692366056</v>
+        <v>3.2171785904740124</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>1501.659144</v>
+        <v>1501.6535552</v>
       </c>
       <c r="C53" s="5">
-        <v>6.9548601999999846</v>
+        <v>6.9012895999999273</v>
       </c>
       <c r="D53" s="5">
-        <v>5.72873332788566</v>
+        <v>5.6832935594589573</v>
       </c>
       <c r="E53" s="5">
-        <v>4.3414538983272744</v>
+        <v>4.3402930280404428</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>1502.6864330000001</v>
+        <v>1502.7437868</v>
       </c>
       <c r="C54" s="5">
-        <v>1.0272890000001098</v>
+        <v>1.0902315999999246</v>
       </c>
       <c r="D54" s="5">
-        <v>0.82401901095190411</v>
+        <v>0.87471220087067536</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>1504.171644</v>
+        <v>1504.2483669000001</v>
       </c>
       <c r="C55" s="5">
-        <v>1.4852109999999357</v>
+        <v>1.504580100000112</v>
       </c>
       <c r="D55" s="5">
-        <v>1.1925133194029103</v>
+        <v>1.2081046387694805</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>1509.0742345000001</v>
+        <v>1509.2985715</v>
       </c>
       <c r="C56" s="5">
-        <v>4.9025905000000876</v>
+        <v>5.0502045999999154</v>
       </c>
       <c r="D56" s="5">
-        <v>3.9820756431015569</v>
+        <v>4.1039835098292787</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>1516.6108105999999</v>
+        <v>1516.5580302999999</v>
       </c>
       <c r="C57" s="5">
-        <v>7.5365760999998201</v>
+        <v>7.2594587999999476</v>
       </c>
       <c r="D57" s="5">
-        <v>6.1603932543866424</v>
+        <v>5.9269491579615696</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>1522.8595634999999</v>
+        <v>1522.7540489</v>
       </c>
       <c r="C58" s="5">
-        <v>6.2487528999999995</v>
+        <v>6.1960186000001158</v>
       </c>
       <c r="D58" s="5">
-        <v>5.0578458540657456</v>
+        <v>5.0143767028179242</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>1529.3670772999999</v>
+        <v>1529.2879195</v>
       </c>
       <c r="C59" s="5">
-        <v>6.5075137999999697</v>
+        <v>6.5338706000000002</v>
       </c>
       <c r="D59" s="5">
-        <v>5.2501158768665457</v>
+        <v>5.2722582110964478</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>1541.2059012</v>
+        <v>1541.1380601999999</v>
       </c>
       <c r="C60" s="5">
-        <v>11.838823900000079</v>
+        <v>11.850140699999884</v>
       </c>
       <c r="D60" s="5">
-        <v>9.6950716442021125</v>
+        <v>9.7052616187786498</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>1547.1907719999999</v>
+        <v>1547.1692720999999</v>
       </c>
       <c r="C61" s="5">
-        <v>5.9848707999999533</v>
+        <v>6.0312119000000166</v>
       </c>
       <c r="D61" s="5">
-        <v>4.7607113377272192</v>
+        <v>4.7985865557958141</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>1552.1412805</v>
+        <v>1552.1401905</v>
       </c>
       <c r="C62" s="5">
-        <v>4.950508500000069</v>
+        <v>4.9709184000000732</v>
       </c>
       <c r="D62" s="5">
-        <v>3.9079068602492217</v>
+        <v>3.9243596054864938</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>1556.5178802999999</v>
+        <v>1556.5187619999999</v>
       </c>
       <c r="C63" s="5">
-        <v>4.3765997999998945</v>
+        <v>4.3785714999999072</v>
       </c>
       <c r="D63" s="5">
-        <v>3.4366325821638233</v>
+        <v>3.4382073702842408</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>1565.5841962</v>
+        <v>1565.6127646</v>
       </c>
       <c r="C64" s="5">
-        <v>9.0663159000000633</v>
+        <v>9.0940026000000671</v>
       </c>
       <c r="D64" s="5">
-        <v>7.2180185141100361</v>
+        <v>7.2407697614318867</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>1573.7459005999999</v>
+        <v>1573.7345247000001</v>
       </c>
       <c r="C65" s="5">
-        <v>8.1617043999999623</v>
+        <v>8.1217601000000741</v>
       </c>
       <c r="D65" s="5">
-        <v>6.4383657640756375</v>
+        <v>6.4058310397094864</v>
       </c>
       <c r="E65" s="5">
-        <v>4.8004739882568037</v>
+        <v>4.8001064726543863</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>1578.3086846000001</v>
+        <v>1578.3281583999999</v>
       </c>
       <c r="C66" s="5">
-        <v>4.5627840000001925</v>
+        <v>4.5936336999998275</v>
       </c>
       <c r="D66" s="5">
-        <v>3.5351966105887866</v>
+        <v>3.5595098151705029</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>1585.4390696</v>
+        <v>1585.4714078</v>
       </c>
       <c r="C67" s="5">
-        <v>7.1303849999999329</v>
+        <v>7.1432494000000588</v>
       </c>
       <c r="D67" s="5">
-        <v>5.5580405380876607</v>
+        <v>5.5682486674292209</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>1589.4150271999999</v>
+        <v>1589.5163603000001</v>
       </c>
       <c r="C68" s="5">
-        <v>3.9759575999999015</v>
+        <v>4.0449525000001358</v>
       </c>
       <c r="D68" s="5">
-        <v>3.051211688584976</v>
+        <v>3.1048404732569868</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>1589.7752356999999</v>
+        <v>1589.7703464000001</v>
       </c>
       <c r="C69" s="5">
-        <v>0.36020849999999882</v>
+        <v>0.25398610000002009</v>
       </c>
       <c r="D69" s="5">
-        <v>0.2722947648176044</v>
+        <v>0.19191455008966685</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>1594.1498689</v>
+        <v>1594.1187497999999</v>
       </c>
       <c r="C70" s="5">
-        <v>4.3746332000000621</v>
+        <v>4.3484033999998246</v>
       </c>
       <c r="D70" s="5">
-        <v>3.3525133354012082</v>
+        <v>3.3321191034505482</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>1598.0085518000001</v>
+        <v>1597.9761114999999</v>
       </c>
       <c r="C71" s="5">
-        <v>3.8586829000000762</v>
+        <v>3.8573616999999558</v>
       </c>
       <c r="D71" s="5">
-        <v>2.9436152581208574</v>
+        <v>2.9426521328437705</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>1598.9314277999999</v>
+        <v>1598.8922652000001</v>
       </c>
       <c r="C72" s="5">
-        <v>0.92287599999986014</v>
+        <v>0.91615370000022267</v>
       </c>
       <c r="D72" s="5">
-        <v>0.69522507899966168</v>
+        <v>0.69015908205303234</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>1608.4114540999999</v>
+        <v>1608.4058938999999</v>
       </c>
       <c r="C73" s="5">
-        <v>9.4800262999999632</v>
+        <v>9.5136286999997992</v>
       </c>
       <c r="D73" s="5">
-        <v>7.3514265725915129</v>
+        <v>7.3785293479957659</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>1613.1741589000001</v>
+        <v>1613.1716011999999</v>
       </c>
       <c r="C74" s="5">
-        <v>4.7627048000001651</v>
+        <v>4.765707300000031</v>
       </c>
       <c r="D74" s="5">
-        <v>3.6117935758011699</v>
+        <v>3.6141204513177927</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>1615.2254476000001</v>
+        <v>1615.2139173999999</v>
       </c>
       <c r="C75" s="5">
-        <v>2.0512886999999864</v>
+        <v>2.0423161999999593</v>
       </c>
       <c r="D75" s="5">
-        <v>1.5366195711978392</v>
+        <v>1.5298538477892087</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>1625.9666559</v>
+        <v>1625.9793244</v>
       </c>
       <c r="C76" s="5">
-        <v>10.741208299999926</v>
+        <v>10.765407000000096</v>
       </c>
       <c r="D76" s="5">
-        <v>8.2784033882580275</v>
+        <v>8.2978040334744421</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>1631.2590763999999</v>
+        <v>1631.2496688000001</v>
       </c>
       <c r="C77" s="5">
-        <v>5.2924204999999347</v>
+        <v>5.2703444000001127</v>
       </c>
       <c r="D77" s="5">
-        <v>3.9766142341696842</v>
+        <v>3.9596984939547886</v>
       </c>
       <c r="E77" s="5">
-        <v>3.6545401502283692</v>
+        <v>3.6546916393642714</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>1632.9987282</v>
+        <v>1632.9976423000001</v>
       </c>
       <c r="C78" s="5">
-        <v>1.7396518000000469</v>
+        <v>1.7479734999999437</v>
       </c>
       <c r="D78" s="5">
-        <v>1.2872697244808995</v>
+        <v>1.2934712749824717</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>1639.1456438</v>
+        <v>1639.1627715</v>
       </c>
       <c r="C79" s="5">
-        <v>6.1469156000000567</v>
+        <v>6.1651291999999103</v>
       </c>
       <c r="D79" s="5">
-        <v>4.6117261662645292</v>
+        <v>4.6256790557940075</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>1645.3581334999999</v>
+        <v>1645.3953687999999</v>
       </c>
       <c r="C80" s="5">
-        <v>6.2124896999998782</v>
+        <v>6.2325972999999522</v>
       </c>
       <c r="D80" s="5">
-        <v>4.6441084816762013</v>
+        <v>4.6594058258733417</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>1651.9195784999999</v>
+        <v>1651.9285367</v>
       </c>
       <c r="C81" s="5">
-        <v>6.5614450000000488</v>
+        <v>6.5331679000000804</v>
       </c>
       <c r="D81" s="5">
-        <v>4.8917899799933773</v>
+        <v>4.8701332748602555</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>1660.5103746</v>
+        <v>1660.5085601999999</v>
       </c>
       <c r="C82" s="5">
-        <v>8.5907961000000341</v>
+        <v>8.5800234999999248</v>
       </c>
       <c r="D82" s="5">
-        <v>6.4222201259528156</v>
+        <v>6.4138996402500537</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>1665.1983204000001</v>
+        <v>1665.1898242</v>
       </c>
       <c r="C83" s="5">
-        <v>4.6879458000000795</v>
+        <v>4.6812640000000556</v>
       </c>
       <c r="D83" s="5">
-        <v>3.4409379468419043</v>
+        <v>3.4359610454698819</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>1671.3973943000001</v>
+        <v>1671.3790048999999</v>
       </c>
       <c r="C84" s="5">
-        <v>6.1990739000000303</v>
+        <v>6.1891806999999517</v>
       </c>
       <c r="D84" s="5">
-        <v>4.5598807476747272</v>
+        <v>4.5524778655785525</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>1679.9873004000001</v>
+        <v>1679.9886859000001</v>
       </c>
       <c r="C85" s="5">
-        <v>8.5899061000000074</v>
+        <v>8.6096810000001369</v>
       </c>
       <c r="D85" s="5">
-        <v>6.3445739970227066</v>
+        <v>6.3596681440743819</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>1682.7980391000001</v>
+        <v>1682.7947902999999</v>
       </c>
       <c r="C86" s="5">
-        <v>2.8107387000000017</v>
+        <v>2.8061043999998674</v>
       </c>
       <c r="D86" s="5">
-        <v>2.0262636042710724</v>
+        <v>2.0228902992544873</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>1694.6609839</v>
+        <v>1694.6445933</v>
       </c>
       <c r="C87" s="5">
-        <v>11.862944799999923</v>
+        <v>11.849803000000065</v>
       </c>
       <c r="D87" s="5">
-        <v>8.7952670678163258</v>
+        <v>8.7851608628249256</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>1706.2461837000001</v>
+        <v>1706.2482448000001</v>
       </c>
       <c r="C88" s="5">
-        <v>11.585199800000055</v>
+        <v>11.603651500000069</v>
       </c>
       <c r="D88" s="5">
-        <v>8.5191407113303086</v>
+        <v>8.5333097968447458</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>1710.4872278</v>
+        <v>1710.4901004999999</v>
       </c>
       <c r="C89" s="5">
-        <v>4.2410440999999537</v>
+        <v>4.24185569999986</v>
       </c>
       <c r="D89" s="5">
-        <v>3.0238348875453402</v>
+        <v>3.0244177843480768</v>
       </c>
       <c r="E89" s="5">
-        <v>4.8568711461117298</v>
+        <v>4.857651971711463</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>1720.5542061000001</v>
+        <v>1720.5426554000001</v>
       </c>
       <c r="C90" s="5">
-        <v>10.066978300000073</v>
+        <v>10.052554900000132</v>
       </c>
       <c r="D90" s="5">
-        <v>7.2956926385890242</v>
+        <v>7.2848869903039404</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>1728.3514961000001</v>
+        <v>1728.3609177000001</v>
       </c>
       <c r="C91" s="5">
-        <v>7.7972899999999754</v>
+        <v>7.8182623000000149</v>
       </c>
       <c r="D91" s="5">
-        <v>5.5758346123855329</v>
+        <v>5.5912471576290645</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>1737.4960464999999</v>
+        <v>1737.5067968000001</v>
       </c>
       <c r="C92" s="5">
-        <v>9.1445503999998436</v>
+        <v>9.1458791000000019</v>
       </c>
       <c r="D92" s="5">
-        <v>6.5371468656448606</v>
+        <v>6.5380878401994691</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>1746.0918921</v>
+        <v>1746.1028885000001</v>
       </c>
       <c r="C93" s="5">
-        <v>8.5958456000000751</v>
+        <v>8.5960916999999881</v>
       </c>
       <c r="D93" s="5">
-        <v>6.1009439632102147</v>
+        <v>6.1010846320868062</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>1757.7272321</v>
+        <v>1757.7326978999999</v>
       </c>
       <c r="C94" s="5">
-        <v>11.635340000000042</v>
+        <v>11.629809399999885</v>
       </c>
       <c r="D94" s="5">
-        <v>8.2960523782696693</v>
+        <v>8.2919093245229281</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>1765.2911356</v>
+        <v>1765.2910202999999</v>
       </c>
       <c r="C95" s="5">
-        <v>7.563903499999924</v>
+        <v>7.5583223999999518</v>
       </c>
       <c r="D95" s="5">
-        <v>5.2878628372358571</v>
+        <v>5.2838515801252317</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>1764.8777130999999</v>
+        <v>1764.8714442</v>
       </c>
       <c r="C96" s="5">
-        <v>-0.41342250000002423</v>
+        <v>-0.41957609999985834</v>
       </c>
       <c r="D96" s="5">
-        <v>-0.2806723868907568</v>
+        <v>-0.28484462261060273</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>1776.4676916999999</v>
+        <v>1776.4690221000001</v>
       </c>
       <c r="C97" s="5">
-        <v>11.589978599999995</v>
+        <v>11.597577900000033</v>
       </c>
       <c r="D97" s="5">
-        <v>8.1713712534593483</v>
+        <v>8.1769542587915023</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>1785.8445849</v>
+        <v>1785.8396038999999</v>
       </c>
       <c r="C98" s="5">
-        <v>9.3768932000000405</v>
+        <v>9.3705817999998544</v>
       </c>
       <c r="D98" s="5">
-        <v>6.5212301833941888</v>
+        <v>6.5167077348308622</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>1790.073813</v>
+        <v>1790.0611234999999</v>
       </c>
       <c r="C99" s="5">
-        <v>4.2292281000000003</v>
+        <v>4.2215195999999651</v>
       </c>
       <c r="D99" s="5">
-        <v>2.879142772774812</v>
+        <v>2.8738347427513578</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>1797.5907560999999</v>
+        <v>1797.5909985999999</v>
       </c>
       <c r="C100" s="5">
-        <v>7.5169430999999349</v>
+        <v>7.5298751000000266</v>
       </c>
       <c r="D100" s="5">
-        <v>5.1571098826369122</v>
+        <v>5.1662258113734927</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>1801.8339722000001</v>
+        <v>1801.8363199999999</v>
       </c>
       <c r="C101" s="5">
-        <v>4.2432161000001543</v>
+        <v>4.2453213999999662</v>
       </c>
       <c r="D101" s="5">
-        <v>2.8696679754177223</v>
+        <v>2.8711099328386558</v>
       </c>
       <c r="E101" s="5">
-        <v>5.3403932467527726</v>
+        <v>5.34035359066376</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>1810.1887971000001</v>
+        <v>1810.1804853000001</v>
       </c>
       <c r="C102" s="5">
-        <v>8.3548249000000396</v>
+        <v>8.3441653000002134</v>
       </c>
       <c r="D102" s="5">
-        <v>5.7083325411909858</v>
+        <v>5.7008553899456249</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>1816.5791334</v>
+        <v>1816.5849596</v>
       </c>
       <c r="C103" s="5">
-        <v>6.3903362999999445</v>
+        <v>6.4044742999999471</v>
       </c>
       <c r="D103" s="5">
-        <v>4.3194722498065774</v>
+        <v>4.3292356550972189</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>1820.559563</v>
+        <v>1820.5662421</v>
       </c>
       <c r="C104" s="5">
-        <v>3.9804295999999795</v>
+        <v>3.9812824999999066</v>
       </c>
       <c r="D104" s="5">
-        <v>2.6613219089130169</v>
+        <v>2.6618904101083141</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>1832.325063</v>
+        <v>1832.3316321</v>
       </c>
       <c r="C105" s="5">
-        <v>11.765499999999975</v>
+        <v>11.765390000000025</v>
       </c>
       <c r="D105" s="5">
-        <v>8.0367614889353067</v>
+        <v>8.036653119781235</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>1838.7251312000001</v>
+        <v>1838.7295623</v>
       </c>
       <c r="C106" s="5">
-        <v>6.4000682000000779</v>
+        <v>6.3979302000000189</v>
       </c>
       <c r="D106" s="5">
-        <v>4.2729064040601283</v>
+        <v>4.2714358694140087</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>1843.6740284</v>
+        <v>1843.6732340999999</v>
       </c>
       <c r="C107" s="5">
-        <v>4.9488971999999194</v>
+        <v>4.9436717999999473</v>
       </c>
       <c r="D107" s="5">
-        <v>3.2780219265883481</v>
+        <v>3.2745014066015488</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>1854.5308878000001</v>
+        <v>1854.5308583000001</v>
       </c>
       <c r="C108" s="5">
-        <v>10.856859400000076</v>
+        <v>10.857624200000146</v>
       </c>
       <c r="D108" s="5">
-        <v>7.2998705247808271</v>
+        <v>7.3004047734151589</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>1863.9620464</v>
+        <v>1863.9588811000001</v>
       </c>
       <c r="C109" s="5">
-        <v>9.4311585999998897</v>
+        <v>9.4280228000000079</v>
       </c>
       <c r="D109" s="5">
-        <v>6.2761782876731287</v>
+        <v>6.2740329103970316</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>1867.7301973000001</v>
+        <v>1867.7238252</v>
       </c>
       <c r="C110" s="5">
-        <v>3.768150900000137</v>
+        <v>3.764944099999866</v>
       </c>
       <c r="D110" s="5">
-        <v>2.4530530235656656</v>
+        <v>2.4509463702840462</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>1875.3501664999999</v>
+        <v>1875.345474</v>
       </c>
       <c r="C111" s="5">
-        <v>7.6199691999997867</v>
+        <v>7.6216488000000027</v>
       </c>
       <c r="D111" s="5">
-        <v>5.0071256133509268</v>
+        <v>5.0082716478697442</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>1883.6361956999999</v>
+        <v>1883.6361520999999</v>
       </c>
       <c r="C112" s="5">
-        <v>8.28602920000003</v>
+        <v>8.2906780999999228</v>
       </c>
       <c r="D112" s="5">
-        <v>5.4328314893325125</v>
+        <v>5.4359680224264961</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>1892.2942392</v>
+        <v>1892.2963878</v>
       </c>
       <c r="C113" s="5">
-        <v>8.6580435000000762</v>
+        <v>8.6602357000001575</v>
       </c>
       <c r="D113" s="5">
-        <v>5.657341842300867</v>
+        <v>5.6588108190114061</v>
       </c>
       <c r="E113" s="5">
-        <v>5.0204551804265307</v>
+        <v>5.0204375833649673</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>1890.1903445999999</v>
+        <v>1890.1864608999999</v>
       </c>
       <c r="C114" s="5">
-        <v>-2.1038946000001033</v>
+        <v>-2.1099269000001186</v>
       </c>
       <c r="D114" s="5">
-        <v>-1.32605812975648</v>
+        <v>-1.3298354254425937</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>1897.4292149</v>
+        <v>1897.4329651</v>
       </c>
       <c r="C115" s="5">
-        <v>7.2388703000001442</v>
+        <v>7.2465042000001176</v>
       </c>
       <c r="D115" s="5">
-        <v>4.693691518607146</v>
+        <v>4.6987560409752493</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>1904.3110319</v>
+        <v>1904.3158871999999</v>
       </c>
       <c r="C116" s="5">
-        <v>6.8818169999999554</v>
+        <v>6.8829220999998597</v>
       </c>
       <c r="D116" s="5">
-        <v>4.4401776818287164</v>
+        <v>4.440896029278707</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>1907.5010107000001</v>
+        <v>1907.5045907000001</v>
       </c>
       <c r="C117" s="5">
-        <v>3.1899788000000626</v>
+        <v>3.1887035000002015</v>
       </c>
       <c r="D117" s="5">
-        <v>2.028786387769399</v>
+        <v>2.0279626105573989</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>1908.6292020000001</v>
+        <v>1908.6325529000001</v>
       </c>
       <c r="C118" s="5">
-        <v>1.1281913000000259</v>
+        <v>1.1279621999999563</v>
       </c>
       <c r="D118" s="5">
-        <v>0.71205321486917939</v>
+        <v>0.71190680831374475</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>1914.2129503000001</v>
+        <v>1914.2123147</v>
       </c>
       <c r="C119" s="5">
-        <v>5.5837483000000248</v>
+        <v>5.5797617999999147</v>
       </c>
       <c r="D119" s="5">
-        <v>3.5676756916332542</v>
+        <v>3.5650811066382904</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>1919.700973</v>
+        <v>1919.702115</v>
       </c>
       <c r="C120" s="5">
-        <v>5.488022699999874</v>
+        <v>5.4898003000000699</v>
       </c>
       <c r="D120" s="5">
-        <v>3.4951550462003045</v>
+        <v>3.4963062416311974</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>1925.3985441</v>
+        <v>1925.3922714</v>
       </c>
       <c r="C121" s="5">
-        <v>5.6975711000000047</v>
+        <v>5.690156399999978</v>
       </c>
       <c r="D121" s="5">
-        <v>3.620253134491791</v>
+        <v>3.6154625571340304</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>1931.0454182999999</v>
+        <v>1931.0360459000001</v>
       </c>
       <c r="C122" s="5">
-        <v>5.6468741999999565</v>
+        <v>5.6437745000000632</v>
       </c>
       <c r="D122" s="5">
-        <v>3.5767293971337377</v>
+        <v>3.5747461218891052</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>1938.8051425000001</v>
+        <v>1938.8060370000001</v>
       </c>
       <c r="C123" s="5">
-        <v>7.7597242000001643</v>
+        <v>7.7699910999999702</v>
       </c>
       <c r="D123" s="5">
-        <v>4.9301015975967477</v>
+        <v>4.9367941459991904</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>1944.4042368</v>
+        <v>1944.4052945000001</v>
       </c>
       <c r="C124" s="5">
-        <v>5.5990942999999334</v>
+        <v>5.5992575000000215</v>
       </c>
       <c r="D124" s="5">
-        <v>3.521069200458582</v>
+        <v>3.5211718162754924</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>1953.3676843000001</v>
+        <v>1953.3698588</v>
       </c>
       <c r="C125" s="5">
-        <v>8.9634475000000293</v>
+        <v>8.9645642999998927</v>
       </c>
       <c r="D125" s="5">
-        <v>5.6742755592588123</v>
+        <v>5.6749974023594829</v>
       </c>
       <c r="E125" s="5">
-        <v>3.2274814262405638</v>
+        <v>3.2274791303176675</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>1959.4950979</v>
+        <v>1959.4962293999999</v>
       </c>
       <c r="C126" s="5">
-        <v>6.1274135999999544</v>
+        <v>6.1263705999999729</v>
       </c>
       <c r="D126" s="5">
-        <v>3.8298417618281677</v>
+        <v>3.8291742287684505</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>1965.3931828</v>
+        <v>1965.3952841</v>
       </c>
       <c r="C127" s="5">
-        <v>5.898084899999958</v>
+        <v>5.8990547000000788</v>
       </c>
       <c r="D127" s="5">
-        <v>3.6724036494460988</v>
+        <v>3.6730153659520148</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>1972.5894510000001</v>
+        <v>1972.5928578</v>
       </c>
       <c r="C128" s="5">
-        <v>7.1962682000000768</v>
+        <v>7.1975737000000208</v>
       </c>
       <c r="D128" s="5">
-        <v>4.4833602948378015</v>
+        <v>4.4841851972869495</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>1980.7018774999999</v>
+        <v>1980.7044784</v>
       </c>
       <c r="C129" s="5">
-        <v>8.1124264999998559</v>
+        <v>8.1116205999999238</v>
       </c>
       <c r="D129" s="5">
-        <v>5.0482649373200017</v>
+        <v>5.0477431231761738</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>1989.0865116</v>
+        <v>1989.088782</v>
       </c>
       <c r="C130" s="5">
-        <v>8.3846341000000848</v>
+        <v>8.3843036000000666</v>
       </c>
       <c r="D130" s="5">
-        <v>5.199750395763636</v>
+        <v>5.199533652918098</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>2001.7985679000001</v>
+        <v>2001.7975776000001</v>
       </c>
       <c r="C131" s="5">
-        <v>12.712056300000086</v>
+        <v>12.70879560000003</v>
       </c>
       <c r="D131" s="5">
-        <v>7.9444759513346064</v>
+        <v>7.9423566338127971</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>2001.8760195</v>
+        <v>2001.8766298</v>
       </c>
       <c r="C132" s="5">
-        <v>7.745159999990392E-2</v>
+        <v>7.9052199999978257E-2</v>
       </c>
       <c r="D132" s="5">
-        <v>4.6439088393634975E-2</v>
+        <v>4.7399021650029738E-2</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>2004.5552831</v>
+        <v>2004.5461149</v>
       </c>
       <c r="C133" s="5">
-        <v>2.679263600000013</v>
+        <v>2.6694850999999744</v>
       </c>
       <c r="D133" s="5">
-        <v>1.6179268281324211</v>
+        <v>1.6119780157952235</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>2012.8829639</v>
+        <v>2012.8719708000001</v>
       </c>
       <c r="C134" s="5">
-        <v>8.3276808000000528</v>
+        <v>8.3258559000000787</v>
       </c>
       <c r="D134" s="5">
-        <v>5.1007545629494055</v>
+        <v>5.0996350032912252</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>2015.5268157999999</v>
+        <v>2015.5302259</v>
       </c>
       <c r="C135" s="5">
-        <v>2.643851899999845</v>
+        <v>2.6582550999999057</v>
       </c>
       <c r="D135" s="5">
-        <v>1.587594604636533</v>
+        <v>1.5963152163497973</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>2018.2916004000001</v>
+        <v>2018.2948908999999</v>
       </c>
       <c r="C136" s="5">
-        <v>2.7647846000002119</v>
+        <v>2.7646649999999227</v>
       </c>
       <c r="D136" s="5">
-        <v>1.6585675206493011</v>
+        <v>1.6584924043944627</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>2021.9946847000001</v>
+        <v>2021.9986831000001</v>
       </c>
       <c r="C137" s="5">
-        <v>3.7030843000000004</v>
+        <v>3.7037922000001799</v>
       </c>
       <c r="D137" s="5">
-        <v>2.224068502234644</v>
+        <v>2.2244943032494691</v>
       </c>
       <c r="E137" s="5">
-        <v>3.5132658818707085</v>
+        <v>3.5133553428617237</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>2029.4180291</v>
+        <v>2029.4205300000001</v>
       </c>
       <c r="C138" s="5">
-        <v>7.4233443999999054</v>
+        <v>7.4218468999999914</v>
       </c>
       <c r="D138" s="5">
-        <v>4.4956125136467406</v>
+        <v>4.4946781661149737</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>2030.6097279000001</v>
+        <v>2030.6114613</v>
       </c>
       <c r="C139" s="5">
-        <v>1.1916988000000401</v>
+        <v>1.1909312999998747</v>
       </c>
       <c r="D139" s="5">
-        <v>0.70693476613568063</v>
+        <v>0.70647712895202108</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>2031.7750288</v>
+        <v>2031.7774337999999</v>
       </c>
       <c r="C140" s="5">
-        <v>1.1653008999999201</v>
+        <v>1.1659724999999526</v>
       </c>
       <c r="D140" s="5">
-        <v>0.69081868423881421</v>
+        <v>0.69121749132974308</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>2026.3467959</v>
+        <v>2026.3484645000001</v>
       </c>
       <c r="C141" s="5">
-        <v>-5.4282329000000118</v>
+        <v>-5.4289692999998351</v>
       </c>
       <c r="D141" s="5">
-        <v>-3.1593117025300543</v>
+        <v>-3.159730333865729</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>2020.8172451999999</v>
+        <v>2020.8183881</v>
       </c>
       <c r="C142" s="5">
-        <v>-5.5295507000000725</v>
+        <v>-5.5300764000000981</v>
       </c>
       <c r="D142" s="5">
-        <v>-3.2258903223398638</v>
+        <v>-3.2261898054893878</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>2019.0720037999999</v>
+        <v>2019.0710349000001</v>
       </c>
       <c r="C143" s="5">
-        <v>-1.7452413999999408</v>
+        <v>-1.7473531999999068</v>
       </c>
       <c r="D143" s="5">
-        <v>-1.0314492550413945</v>
+        <v>-1.032690832039429</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>2002.2823628000001</v>
+        <v>2002.2827542</v>
       </c>
       <c r="C144" s="5">
-        <v>-16.789640999999847</v>
+        <v>-16.788280700000087</v>
       </c>
       <c r="D144" s="5">
-        <v>-9.5346684847910979</v>
+        <v>-9.5339353316572293</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>2000.0982715</v>
+        <v>2000.0888226</v>
       </c>
       <c r="C145" s="5">
-        <v>-2.184091300000091</v>
+        <v>-2.1939316000000417</v>
       </c>
       <c r="D145" s="5">
-        <v>-1.3011365147193921</v>
+        <v>-1.3069631753413691</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>1994.1459038</v>
+        <v>1994.1345504999999</v>
       </c>
       <c r="C146" s="5">
-        <v>-5.952367699999968</v>
+        <v>-5.9542721000000256</v>
       </c>
       <c r="D146" s="5">
-        <v>-3.5133662799775922</v>
+        <v>-3.5144883378768532</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>1975.6833320000001</v>
+        <v>1975.6871908999999</v>
       </c>
       <c r="C147" s="5">
-        <v>-18.462571799999978</v>
+        <v>-18.447359600000027</v>
       </c>
       <c r="D147" s="5">
-        <v>-10.561426911264714</v>
+        <v>-10.553219801667401</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>1967.5796227999999</v>
+        <v>1967.5841177</v>
       </c>
       <c r="C148" s="5">
-        <v>-8.1037092000001394</v>
+        <v>-8.1030731999999261</v>
       </c>
       <c r="D148" s="5">
-        <v>-4.8125345814804321</v>
+        <v>-4.8121561722294759</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>1958.5881804999999</v>
+        <v>1958.5927839000001</v>
       </c>
       <c r="C149" s="5">
-        <v>-8.991442300000017</v>
+        <v>-8.991333799999893</v>
       </c>
       <c r="D149" s="5">
-        <v>-5.3480080119177149</v>
+        <v>-5.3479331787648077</v>
       </c>
       <c r="E149" s="5">
-        <v>-3.1358393115364591</v>
+        <v>-3.1358031896830951</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>1959.1403823999999</v>
+        <v>1959.1435953</v>
       </c>
       <c r="C150" s="5">
-        <v>0.55220190000000002</v>
+        <v>0.55081139999992956</v>
       </c>
       <c r="D150" s="5">
-        <v>0.33885162171198857</v>
+        <v>0.33799624333461509</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>1954.7785171999999</v>
+        <v>1954.7794555999999</v>
       </c>
       <c r="C151" s="5">
-        <v>-4.3618652000000111</v>
+        <v>-4.3641397000001234</v>
       </c>
       <c r="D151" s="5">
-        <v>-2.6392272731737942</v>
+        <v>-2.6405824069158368</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>1954.1480641999999</v>
+        <v>1954.1494620000001</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.63045299999998861</v>
+        <v>-0.62999359999980697</v>
       </c>
       <c r="D152" s="5">
-        <v>-0.38633688534221999</v>
+        <v>-0.38605568227559894</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>1949.1839256999999</v>
+        <v>1949.1846301</v>
       </c>
       <c r="C153" s="5">
-        <v>-4.96413849999999</v>
+        <v>-4.9648319000000356</v>
       </c>
       <c r="D153" s="5">
-        <v>-3.0061376283822772</v>
+        <v>-3.0065495605055337</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>1950.7970275</v>
+        <v>1950.797765</v>
       </c>
       <c r="C154" s="5">
-        <v>1.613101800000095</v>
+        <v>1.6131348999999773</v>
       </c>
       <c r="D154" s="5">
-        <v>0.99762637651459318</v>
+        <v>0.99764657837655424</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>1945.9870977</v>
+        <v>1945.9866268999999</v>
       </c>
       <c r="C155" s="5">
-        <v>-4.8099297999999635</v>
+        <v>-4.8111381000001074</v>
       </c>
       <c r="D155" s="5">
-        <v>-2.9189520513281164</v>
+        <v>-2.9196743133915182</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>1937.4922895</v>
+        <v>1937.4923561999999</v>
       </c>
       <c r="C156" s="5">
-        <v>-8.4948082000000795</v>
+        <v>-8.4942707000000155</v>
       </c>
       <c r="D156" s="5">
-        <v>-5.1143981854301801</v>
+        <v>-5.1140835141799563</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>1937.3930303</v>
+        <v>1937.3838992000001</v>
       </c>
       <c r="C157" s="5">
-        <v>-9.9259200000005876E-2</v>
+        <v>-0.10845699999981662</v>
       </c>
       <c r="D157" s="5">
-        <v>-6.1459591120283097E-2</v>
+        <v>-6.7152955251903457E-2</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>1938.5836973</v>
+        <v>1938.5731913</v>
       </c>
       <c r="C158" s="5">
-        <v>1.1906670000000759</v>
+        <v>1.1892920999998751</v>
       </c>
       <c r="D158" s="5">
-        <v>0.73998400781372098</v>
+        <v>0.73913013375530578</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>1930.2471826999999</v>
+        <v>1930.2510302000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-8.3365146000001005</v>
+        <v>-8.3221610999999029</v>
       </c>
       <c r="D159" s="5">
-        <v>-5.0400553323402324</v>
+        <v>-5.0316080403950192</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>1930.3770087</v>
+        <v>1930.3821918000001</v>
       </c>
       <c r="C160" s="5">
-        <v>0.1298260000000937</v>
+        <v>0.13116160000004129</v>
       </c>
       <c r="D160" s="5">
-        <v>8.0740355474429037E-2</v>
+        <v>8.1571129025492795E-2</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>1926.4456477000001</v>
+        <v>1926.4501696</v>
       </c>
       <c r="C161" s="5">
-        <v>-3.9313609999999244</v>
+        <v>-3.9320222000001195</v>
       </c>
       <c r="D161" s="5">
-        <v>-2.4167026688121651</v>
+        <v>-2.4170981643399925</v>
       </c>
       <c r="E161" s="5">
-        <v>-1.6411072587905751</v>
+        <v>-1.6411075627470129</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>1923.9021418</v>
+        <v>1923.9054993</v>
       </c>
       <c r="C162" s="5">
-        <v>-2.5435059000001274</v>
+        <v>-2.544670300000007</v>
       </c>
       <c r="D162" s="5">
-        <v>-1.5729175171282694</v>
+        <v>-1.5736286980569725</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>1921.1144099999999</v>
+        <v>1921.1149241000001</v>
       </c>
       <c r="C163" s="5">
-        <v>-2.7877318000000741</v>
+        <v>-2.7905751999999211</v>
       </c>
       <c r="D163" s="5">
-        <v>-1.725007871374995</v>
+        <v>-1.7267503240780302</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>1915.0200646999999</v>
+        <v>1915.0214202</v>
       </c>
       <c r="C164" s="5">
-        <v>-6.0943452999999863</v>
+        <v>-6.093503900000087</v>
       </c>
       <c r="D164" s="5">
-        <v>-3.7410347483789019</v>
+        <v>-3.7405262453743982</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>1911.3765905</v>
+        <v>1911.3749859</v>
       </c>
       <c r="C165" s="5">
-        <v>-3.6434741999999005</v>
+        <v>-3.6464343000000099</v>
       </c>
       <c r="D165" s="5">
-        <v>-2.2593532480256306</v>
+        <v>-2.2611680700189041</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>1909.0713183</v>
+        <v>1909.0720624</v>
       </c>
       <c r="C166" s="5">
-        <v>-2.3052721999999903</v>
+        <v>-2.3029234999999062</v>
       </c>
       <c r="D166" s="5">
-        <v>-1.4377333969360584</v>
+        <v>-1.4362794698484338</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>1905.3097832999999</v>
+        <v>1905.3100176</v>
       </c>
       <c r="C167" s="5">
-        <v>-3.7615350000000944</v>
+        <v>-3.7620448000000124</v>
       </c>
       <c r="D167" s="5">
-        <v>-2.3389622433310997</v>
+        <v>-2.3392749126150969</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>1900.7593480999999</v>
+        <v>1900.7594918</v>
       </c>
       <c r="C168" s="5">
-        <v>-4.5504352000000381</v>
+        <v>-4.5505258000000595</v>
       </c>
       <c r="D168" s="5">
-        <v>-2.8286019390700523</v>
+        <v>-2.828657176049687</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>1899.7540641000001</v>
+        <v>1899.7474563999999</v>
       </c>
       <c r="C169" s="5">
-        <v>-1.0052839999998469</v>
+        <v>-1.0120354000000589</v>
       </c>
       <c r="D169" s="5">
-        <v>-0.63281966311971027</v>
+        <v>-0.63705713919490758</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>1904.9723053</v>
+        <v>1904.9628138</v>
       </c>
       <c r="C170" s="5">
-        <v>5.2182411999999658</v>
+        <v>5.2153574000001299</v>
       </c>
       <c r="D170" s="5">
-        <v>3.3464130493132238</v>
+        <v>3.3445474900573702</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>1908.9472291</v>
+        <v>1908.9502976000001</v>
       </c>
       <c r="C171" s="5">
-        <v>3.9749237999999423</v>
+        <v>3.9874838000000636</v>
       </c>
       <c r="D171" s="5">
-        <v>2.5328620803723112</v>
+        <v>2.5409706120491204</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>1908.4183949000001</v>
+        <v>1908.4233073</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.52883419999989201</v>
+        <v>-0.52699030000007951</v>
       </c>
       <c r="D172" s="5">
-        <v>-0.33192903707561783</v>
+        <v>-0.33077291724743496</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>1908.8536125000001</v>
+        <v>1908.8577794</v>
       </c>
       <c r="C173" s="5">
-        <v>0.43521759999998721</v>
+        <v>0.43447209999999359</v>
       </c>
       <c r="D173" s="5">
-        <v>0.27400526156728944</v>
+        <v>0.27353461519621369</v>
       </c>
       <c r="E173" s="5">
-        <v>-0.91318616857959389</v>
+        <v>-0.91320245276070855</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>1916.885974</v>
+        <v>1916.888436</v>
       </c>
       <c r="C174" s="5">
-        <v>8.0323614999999791</v>
+        <v>8.0306565999999293</v>
       </c>
       <c r="D174" s="5">
-        <v>5.1680606189386635</v>
+        <v>5.1669266312112549</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>1917.6830010000001</v>
+        <v>1917.6833273</v>
       </c>
       <c r="C175" s="5">
-        <v>0.79702700000007098</v>
+        <v>0.79489130000001751</v>
       </c>
       <c r="D175" s="5">
-        <v>0.50009373202304364</v>
+        <v>0.49874998956900285</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>1922.9280073</v>
+        <v>1922.9295494</v>
       </c>
       <c r="C176" s="5">
-        <v>5.2450062999998863</v>
+        <v>5.2462221000000682</v>
       </c>
       <c r="D176" s="5">
-        <v>3.331914752710019</v>
+        <v>3.332698177595228</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>1926.8678110999999</v>
+        <v>1926.8644458000001</v>
       </c>
       <c r="C177" s="5">
-        <v>3.939803799999936</v>
+        <v>3.9348964000000706</v>
       </c>
       <c r="D177" s="5">
-        <v>2.4865236180313666</v>
+        <v>2.4833894618679464</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>1927.2178100000001</v>
+        <v>1927.2192264</v>
       </c>
       <c r="C178" s="5">
-        <v>0.34999890000017331</v>
+        <v>0.35478059999991274</v>
       </c>
       <c r="D178" s="5">
-        <v>0.21818752794930951</v>
+        <v>0.22117182133358781</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>1925.0839707</v>
+        <v>1925.0835062000001</v>
       </c>
       <c r="C179" s="5">
-        <v>-2.1338393000000906</v>
+        <v>-2.1357201999999234</v>
       </c>
       <c r="D179" s="5">
-        <v>-1.32059350372562</v>
+        <v>-1.3217495065510287</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>1935.3848521</v>
+        <v>1935.3853544999999</v>
       </c>
       <c r="C180" s="5">
-        <v>10.30088139999998</v>
+        <v>10.301848299999847</v>
       </c>
       <c r="D180" s="5">
-        <v>6.6134302329937</v>
+        <v>6.6140710346666909</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>1936.0821781</v>
+        <v>1936.0781646</v>
       </c>
       <c r="C181" s="5">
-        <v>0.69732599999997547</v>
+        <v>0.69281010000008791</v>
       </c>
       <c r="D181" s="5">
-        <v>0.43322207250779954</v>
+        <v>0.43041087800690381</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>1938.3102435999999</v>
+        <v>1938.3032876</v>
       </c>
       <c r="C182" s="5">
-        <v>2.228065499999957</v>
+        <v>2.2251229999999396</v>
       </c>
       <c r="D182" s="5">
-        <v>1.3897481549737689</v>
+        <v>1.3879040590317748</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>1944.5525032999999</v>
+        <v>1944.5545328000001</v>
       </c>
       <c r="C183" s="5">
-        <v>6.2422596999999769</v>
+        <v>6.2512452000000849</v>
       </c>
       <c r="D183" s="5">
-        <v>3.933748989575081</v>
+        <v>3.9395266820213104</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>1943.1076326</v>
+        <v>1943.1113312</v>
       </c>
       <c r="C184" s="5">
-        <v>-1.4448706999999104</v>
+        <v>-1.4432016000000658</v>
       </c>
       <c r="D184" s="5">
-        <v>-0.88800722332935678</v>
+        <v>-0.886984668154156</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>1947.8488695999999</v>
+        <v>1947.8520317</v>
       </c>
       <c r="C185" s="5">
-        <v>4.7412369999999555</v>
+        <v>4.7407005000000026</v>
       </c>
       <c r="D185" s="5">
-        <v>2.9676496041905365</v>
+        <v>2.9673035535148884</v>
       </c>
       <c r="E185" s="5">
-        <v>2.0428626294149543</v>
+        <v>2.0428055311829896</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>1950.3481551</v>
+        <v>1950.3491832</v>
       </c>
       <c r="C186" s="5">
-        <v>2.4992855000000418</v>
+        <v>2.4971514999999727</v>
       </c>
       <c r="D186" s="5">
-        <v>1.5506328733639885</v>
+        <v>1.54929699243056</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>1953.6919714000001</v>
+        <v>1953.6921189</v>
       </c>
       <c r="C187" s="5">
-        <v>3.3438163000000714</v>
+        <v>3.3429356999999982</v>
       </c>
       <c r="D187" s="5">
-        <v>2.0768772044550188</v>
+        <v>2.0763239838627268</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>1956.4358473</v>
+        <v>1956.4375359000001</v>
       </c>
       <c r="C188" s="5">
-        <v>2.7438758999999209</v>
+        <v>2.7454170000000886</v>
       </c>
       <c r="D188" s="5">
-        <v>1.6984277457842367</v>
+        <v>1.6993889245316751</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>1969.1507759000001</v>
+        <v>1969.1443584000001</v>
       </c>
       <c r="C189" s="5">
-        <v>12.714928600000121</v>
+        <v>12.706822500000044</v>
       </c>
       <c r="D189" s="5">
-        <v>8.0837266691257561</v>
+        <v>8.078380386868055</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>1970.0684315000001</v>
+        <v>1970.0722432</v>
       </c>
       <c r="C190" s="5">
-        <v>0.91765559999998914</v>
+        <v>0.92788479999990159</v>
       </c>
       <c r="D190" s="5">
-        <v>0.56065465397570069</v>
+        <v>0.5669223867418749</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>1972.2674641000001</v>
+        <v>1972.2679022</v>
       </c>
       <c r="C191" s="5">
-        <v>2.1990326000000096</v>
+        <v>2.1956589999999778</v>
       </c>
       <c r="D191" s="5">
-        <v>1.3477196603609132</v>
+        <v>1.3456367746030873</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>1989.1109185</v>
+        <v>1989.1117108000001</v>
       </c>
       <c r="C192" s="5">
-        <v>16.843454399999928</v>
+        <v>16.843808600000102</v>
       </c>
       <c r="D192" s="5">
-        <v>10.743511793986183</v>
+        <v>10.743745935021764</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>1991.5361309</v>
+        <v>1991.5344557999999</v>
       </c>
       <c r="C193" s="5">
-        <v>2.425212399999964</v>
+        <v>2.4227449999998498</v>
       </c>
       <c r="D193" s="5">
-        <v>1.4729445712371225</v>
+        <v>1.4714353609989184</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>1999.6762484999999</v>
+        <v>1999.6711545000001</v>
       </c>
       <c r="C194" s="5">
-        <v>8.1401175999999396</v>
+        <v>8.1366987000001245</v>
       </c>
       <c r="D194" s="5">
-        <v>5.0166064267884058</v>
+        <v>5.0144561635491192</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>2002.3240516999999</v>
+        <v>2002.3252766999999</v>
       </c>
       <c r="C195" s="5">
-        <v>2.6478031999999985</v>
+        <v>2.654122199999847</v>
       </c>
       <c r="D195" s="5">
-        <v>1.6005620252880437</v>
+        <v>1.6044138217408133</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>2009.1290163000001</v>
+        <v>2009.1311593</v>
       </c>
       <c r="C196" s="5">
-        <v>6.8049646000001758</v>
+        <v>6.8058826000001318</v>
       </c>
       <c r="D196" s="5">
-        <v>4.1553401292917513</v>
+        <v>4.1559086213786012</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>2010.6168680999999</v>
+        <v>2010.6188075</v>
       </c>
       <c r="C197" s="5">
-        <v>1.4878517999998166</v>
+        <v>1.4876481999999669</v>
       </c>
       <c r="D197" s="5">
-        <v>0.89228324955710203</v>
+        <v>0.89215969493778857</v>
       </c>
       <c r="E197" s="5">
-        <v>3.2224265177662303</v>
+        <v>3.2223585148416056</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>2020.5000746000001</v>
+        <v>2020.4997195000001</v>
       </c>
       <c r="C198" s="5">
-        <v>9.8832065000001421</v>
+        <v>9.8809120000000803</v>
       </c>
       <c r="D198" s="5">
-        <v>6.060724318474664</v>
+        <v>6.0592730006052697</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>2026.0576828000001</v>
+        <v>2026.0573979999999</v>
       </c>
       <c r="C199" s="5">
-        <v>5.5576082000000042</v>
+        <v>5.5576784999998381</v>
       </c>
       <c r="D199" s="5">
-        <v>3.3511276270619561</v>
+        <v>3.351171257809793</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>2031.9825942</v>
+        <v>2031.9821922000001</v>
       </c>
       <c r="C200" s="5">
-        <v>5.9249113999999281</v>
+        <v>5.9247942000001785</v>
       </c>
       <c r="D200" s="5">
-        <v>3.5662217367967042</v>
+        <v>3.5661505647109459</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>2037.1769518999999</v>
+        <v>2037.1701720000001</v>
       </c>
       <c r="C201" s="5">
-        <v>5.194357699999955</v>
+        <v>5.1879797999999937</v>
       </c>
       <c r="D201" s="5">
-        <v>3.1110588040970999</v>
+        <v>3.1071857097876965</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>2042.073271</v>
+        <v>2042.0821415</v>
       </c>
       <c r="C202" s="5">
-        <v>4.8963191000000279</v>
+        <v>4.911969499999941</v>
       </c>
       <c r="D202" s="5">
-        <v>2.9226124854534685</v>
+        <v>2.9320883293240785</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>2050.7336488000001</v>
+        <v>2050.7334823000001</v>
       </c>
       <c r="C203" s="5">
-        <v>8.6603778000001057</v>
+        <v>8.6513408000000709</v>
       </c>
       <c r="D203" s="5">
-        <v>5.2095685696140093</v>
+        <v>5.2039820259360159</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>2047.9198681</v>
+        <v>2047.9204516</v>
       </c>
       <c r="C204" s="5">
-        <v>-2.8137807000000521</v>
+        <v>-2.8130307000001267</v>
       </c>
       <c r="D204" s="5">
-        <v>-1.6341332766593997</v>
+        <v>-1.6337011186411843</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>2056.0179766000001</v>
+        <v>2056.0172400000001</v>
       </c>
       <c r="C205" s="5">
-        <v>8.0981085000000803</v>
+        <v>8.0967884000001504</v>
       </c>
       <c r="D205" s="5">
-        <v>4.8497448998969794</v>
+        <v>4.8489356450534649</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>2064.8926762000001</v>
+        <v>2064.8890488000002</v>
       </c>
       <c r="C206" s="5">
-        <v>8.8746995999999854</v>
+        <v>8.8718088000000535</v>
       </c>
       <c r="D206" s="5">
-        <v>5.3044965888343176</v>
+        <v>5.3027294624533816</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>2061.2352998000001</v>
+        <v>2061.2363986999999</v>
       </c>
       <c r="C207" s="5">
-        <v>-3.6573763999999755</v>
+        <v>-3.6526501000003009</v>
       </c>
       <c r="D207" s="5">
-        <v>-2.1048785086851707</v>
+        <v>-2.1021885137558871</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>2070.6049229</v>
+        <v>2070.6061279</v>
       </c>
       <c r="C208" s="5">
-        <v>9.3696230999998988</v>
+        <v>9.3697292000001653</v>
       </c>
       <c r="D208" s="5">
-        <v>5.5932239783912818</v>
+        <v>5.5932858500447269</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>2076.4773580999999</v>
+        <v>2076.4785609</v>
       </c>
       <c r="C209" s="5">
-        <v>5.8724351999999271</v>
+        <v>5.8724330000000009</v>
       </c>
       <c r="D209" s="5">
-        <v>3.4569075023721973</v>
+        <v>3.4569041437893633</v>
       </c>
       <c r="E209" s="5">
-        <v>3.275636002309934</v>
+        <v>3.2755962072139377</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>2077.7175566999999</v>
+        <v>2077.7153901000001</v>
       </c>
       <c r="C210" s="5">
-        <v>1.2401985999999852</v>
+        <v>1.236829200000102</v>
       </c>
       <c r="D210" s="5">
-        <v>0.71907205041148448</v>
+        <v>0.71711163781960074</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>2088.8698321000002</v>
+        <v>2088.8696930999999</v>
       </c>
       <c r="C211" s="5">
-        <v>11.152275400000235</v>
+        <v>11.1543029999998</v>
       </c>
       <c r="D211" s="5">
-        <v>6.6346672876567148</v>
+        <v>6.6359165025287714</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>2099.1036651999998</v>
+        <v>2099.0997750000001</v>
       </c>
       <c r="C212" s="5">
-        <v>10.233833099999629</v>
+        <v>10.230081900000187</v>
       </c>
       <c r="D212" s="5">
-        <v>6.0400954844055166</v>
+        <v>6.0378219339264572</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>2101.1969727000001</v>
+        <v>2101.1904846000002</v>
       </c>
       <c r="C213" s="5">
-        <v>2.0933075000002646</v>
+        <v>2.090709600000082</v>
       </c>
       <c r="D213" s="5">
-        <v>1.2032719603280562</v>
+        <v>1.2017726887769919</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>2107.2608509000002</v>
+        <v>2107.2745285000001</v>
       </c>
       <c r="C214" s="5">
-        <v>6.0638782000000901</v>
+        <v>6.0840438999998696</v>
       </c>
       <c r="D214" s="5">
-        <v>3.5185997414269865</v>
+        <v>3.5304990552833981</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>2114.1115819000001</v>
+        <v>2114.1120879</v>
       </c>
       <c r="C215" s="5">
-        <v>6.8507309999999961</v>
+        <v>6.8375593999999182</v>
       </c>
       <c r="D215" s="5">
-        <v>3.9717322095089047</v>
+        <v>3.9639329554135072</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>2107.8849203</v>
+        <v>2107.8851037999998</v>
       </c>
       <c r="C216" s="5">
-        <v>-6.2266616000001704</v>
+        <v>-6.2269841000002089</v>
       </c>
       <c r="D216" s="5">
-        <v>-3.4776475944024443</v>
+        <v>-3.4778239868212601</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>2114.1173632</v>
+        <v>2114.1163550000001</v>
       </c>
       <c r="C217" s="5">
-        <v>6.2324429000000237</v>
+        <v>6.2312512000003153</v>
       </c>
       <c r="D217" s="5">
-        <v>3.6063451683998826</v>
+        <v>3.6056440332460138</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>2120.1252755</v>
+        <v>2120.1218668000001</v>
       </c>
       <c r="C218" s="5">
-        <v>6.0079123000000436</v>
+        <v>6.005511800000022</v>
       </c>
       <c r="D218" s="5">
-        <v>3.4639765513254872</v>
+        <v>3.4625724791133017</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>2125.1420598</v>
+        <v>2125.1438481</v>
       </c>
       <c r="C219" s="5">
-        <v>5.0167842999999266</v>
+        <v>5.0219812999998794</v>
       </c>
       <c r="D219" s="5">
-        <v>2.8767693500453273</v>
+        <v>2.8797930826140572</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>2132.0608244</v>
+        <v>2132.0618275000002</v>
       </c>
       <c r="C220" s="5">
-        <v>6.9187646000000314</v>
+        <v>6.9179794000001493</v>
       </c>
       <c r="D220" s="5">
-        <v>3.9775266843831147</v>
+        <v>3.9770637616449278</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>2134.5348883000001</v>
+        <v>2134.5358722999999</v>
       </c>
       <c r="C221" s="5">
-        <v>2.4740639000001465</v>
+        <v>2.4740447999997741</v>
       </c>
       <c r="D221" s="5">
-        <v>1.4014132483291419</v>
+        <v>1.4014016965973042</v>
       </c>
       <c r="E221" s="5">
-        <v>2.7959625937421073</v>
+        <v>2.7959504371110055</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>2141.4720376999999</v>
+        <v>2141.4689582999999</v>
       </c>
       <c r="C222" s="5">
-        <v>6.9371493999997256</v>
+        <v>6.933086000000003</v>
       </c>
       <c r="D222" s="5">
-        <v>3.9704214253154513</v>
+        <v>3.9680522066550816</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>2147.8244137000002</v>
+        <v>2147.8250419999999</v>
       </c>
       <c r="C223" s="5">
-        <v>6.3523760000002767</v>
+        <v>6.3560836999999992</v>
       </c>
       <c r="D223" s="5">
-        <v>3.6182848415698299</v>
+        <v>3.6204366166073143</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>2143.5117501999998</v>
+        <v>2143.5010056000001</v>
       </c>
       <c r="C224" s="5">
-        <v>-4.3126635000003262</v>
+        <v>-4.3240363999998408</v>
       </c>
       <c r="D224" s="5">
-        <v>-2.3830739282107993</v>
+        <v>-2.3892882072218846</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>2138.9705027999998</v>
+        <v>2138.9664971000002</v>
       </c>
       <c r="C225" s="5">
-        <v>-4.5412473999999747</v>
+        <v>-4.5345084999999017</v>
       </c>
       <c r="D225" s="5">
-        <v>-2.5129061974233813</v>
+        <v>-2.5092329281681591</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>2145.4541473999998</v>
+        <v>2145.4756017999998</v>
       </c>
       <c r="C226" s="5">
-        <v>6.4836445999999341</v>
+        <v>6.5091046999996252</v>
       </c>
       <c r="D226" s="5">
-        <v>3.6986972530498985</v>
+        <v>3.7134723947769954</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>2141.9603398999998</v>
+        <v>2141.9562571000001</v>
       </c>
       <c r="C227" s="5">
-        <v>-3.4938075000000026</v>
+        <v>-3.5193446999996922</v>
       </c>
       <c r="D227" s="5">
-        <v>-1.9367559068647511</v>
+        <v>-1.9507653864123897</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>2140.2461050000002</v>
+        <v>2140.2452013000002</v>
       </c>
       <c r="C228" s="5">
-        <v>-1.7142348999996102</v>
+        <v>-1.7110557999999401</v>
       </c>
       <c r="D228" s="5">
-        <v>-0.95615743773651563</v>
+        <v>-0.95439380979300825</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>2137.4606594000002</v>
+        <v>2137.4597085999999</v>
       </c>
       <c r="C229" s="5">
-        <v>-2.7854456000000027</v>
+        <v>-2.7854927000003045</v>
       </c>
       <c r="D229" s="5">
-        <v>-1.5506217873965888</v>
+        <v>-1.5506484700289147</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>2133.2092702</v>
+        <v>2133.2060372999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-4.2513892000001761</v>
+        <v>-4.2536712999999509</v>
       </c>
       <c r="D230" s="5">
-        <v>-2.3608509277287748</v>
+        <v>-2.3621054079508763</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>2126.0002823</v>
+        <v>2126.0044916000002</v>
       </c>
       <c r="C231" s="5">
-        <v>-7.208987900000011</v>
+        <v>-7.2015456999997696</v>
       </c>
       <c r="D231" s="5">
-        <v>-3.9807594782806821</v>
+        <v>-3.9767318580092192</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>2114.8844316999998</v>
+        <v>2114.8857315999999</v>
       </c>
       <c r="C232" s="5">
-        <v>-11.115850600000158</v>
+        <v>-11.118760000000293</v>
       </c>
       <c r="D232" s="5">
-        <v>-6.0969132009521143</v>
+        <v>-6.0984516249157794</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>2111.0443421</v>
+        <v>2111.0460996000002</v>
       </c>
       <c r="C233" s="5">
-        <v>-3.8400895999998284</v>
+        <v>-3.8396319999997104</v>
       </c>
       <c r="D233" s="5">
-        <v>-2.1572647411296164</v>
+        <v>-2.157008921971848</v>
       </c>
       <c r="E233" s="5">
-        <v>-1.1004995200012191</v>
+        <v>-1.1004627752959295</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>2094.6310732000002</v>
+        <v>2094.6272730000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-16.413268899999821</v>
+        <v>-16.418826600000102</v>
       </c>
       <c r="D234" s="5">
-        <v>-8.941134682055818</v>
+        <v>-8.9440267950647634</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>2081.3268377999998</v>
+        <v>2081.3280485999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-13.30423540000038</v>
+        <v>-13.299224400000185</v>
       </c>
       <c r="D235" s="5">
-        <v>-7.3612024748260563</v>
+        <v>-7.3585388822697499</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>2069.3022970000002</v>
+        <v>2069.2863474999999</v>
       </c>
       <c r="C236" s="5">
-        <v>-12.024540799999613</v>
+        <v>-12.041701099999955</v>
       </c>
       <c r="D236" s="5">
-        <v>-6.7167075016734028</v>
+        <v>-6.7259862399399184</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>2059.9905709999998</v>
+        <v>2059.9879857999999</v>
       </c>
       <c r="C237" s="5">
-        <v>-9.3117260000003625</v>
+        <v>-9.2983616999999867</v>
       </c>
       <c r="D237" s="5">
-        <v>-5.2682604653427116</v>
+        <v>-5.2609248275456544</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>2054.4534921999998</v>
+        <v>2054.4784251000001</v>
       </c>
       <c r="C238" s="5">
-        <v>-5.5370788000000175</v>
+        <v>-5.5095606999998381</v>
       </c>
       <c r="D238" s="5">
-        <v>-3.1782379827808849</v>
+        <v>-3.1626783548149962</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>2047.0647529</v>
+        <v>2047.0565649</v>
       </c>
       <c r="C239" s="5">
-        <v>-7.3887392999997701</v>
+        <v>-7.4218602000000828</v>
       </c>
       <c r="D239" s="5">
-        <v>-4.2313877987103288</v>
+        <v>-4.2499296799141657</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>2045.5528790000001</v>
+        <v>2045.551874</v>
       </c>
       <c r="C240" s="5">
-        <v>-1.511873899999955</v>
+        <v>-1.5046909000000142</v>
       </c>
       <c r="D240" s="5">
-        <v>-0.88267710992759874</v>
+        <v>-0.87850389934273077</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>2039.5456971999999</v>
+        <v>2039.5443176000001</v>
       </c>
       <c r="C241" s="5">
-        <v>-6.0071818000001258</v>
+        <v>-6.0075563999998849</v>
       </c>
       <c r="D241" s="5">
-        <v>-3.4676775404663296</v>
+        <v>-3.4678919758263871</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>2035.6119653999999</v>
+        <v>2035.6094244999999</v>
       </c>
       <c r="C242" s="5">
-        <v>-3.9337318000000323</v>
+        <v>-3.9348931000001812</v>
       </c>
       <c r="D242" s="5">
-        <v>-2.2900804928230434</v>
+        <v>-2.2907509363729761</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>2036.9234296</v>
+        <v>2036.9304362</v>
       </c>
       <c r="C243" s="5">
-        <v>1.3114642000000458</v>
+        <v>1.3210117000000992</v>
       </c>
       <c r="D243" s="5">
-        <v>0.77585785572715782</v>
+        <v>0.78152727936884325</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>2034.1563524999999</v>
+        <v>2034.1585912</v>
       </c>
       <c r="C244" s="5">
-        <v>-2.7670771000000514</v>
+        <v>-2.7718449999999848</v>
       </c>
       <c r="D244" s="5">
-        <v>-1.6180261504860183</v>
+        <v>-1.6207877751490463</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>2034.3296848</v>
+        <v>2034.3317930999999</v>
       </c>
       <c r="C245" s="5">
-        <v>0.17333230000008371</v>
+        <v>0.17320189999986724</v>
       </c>
       <c r="D245" s="5">
-        <v>0.10230101935382319</v>
+        <v>0.10222390844973894</v>
       </c>
       <c r="E245" s="5">
-        <v>-3.6339671209220881</v>
+        <v>-3.6339474781974745</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>2037.8063067000001</v>
+        <v>2037.8028657</v>
       </c>
       <c r="C246" s="5">
-        <v>3.4766219000000547</v>
+        <v>3.4710726000000705</v>
       </c>
       <c r="D246" s="5">
-        <v>2.0701581606399122</v>
+        <v>2.0668205915643778</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>2036.5329661999999</v>
+        <v>2036.5338810000001</v>
       </c>
       <c r="C247" s="5">
-        <v>-1.2733405000001312</v>
+        <v>-1.268984699999919</v>
       </c>
       <c r="D247" s="5">
-        <v>-0.74725854829036376</v>
+        <v>-0.74471235335016317</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>2041.4134249000001</v>
+        <v>2041.3954027</v>
       </c>
       <c r="C248" s="5">
-        <v>4.8804587000001902</v>
+        <v>4.861521699999912</v>
       </c>
       <c r="D248" s="5">
-        <v>2.9139536483345552</v>
+        <v>2.902496840196811</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>2046.2271450999999</v>
+        <v>2046.2245449</v>
       </c>
       <c r="C249" s="5">
-        <v>4.8137201999998069</v>
+        <v>4.8291421999999784</v>
       </c>
       <c r="D249" s="5">
-        <v>2.8666276833109849</v>
+        <v>2.8759572095464092</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>2055.9871131</v>
+        <v>2056.0133089999999</v>
       </c>
       <c r="C250" s="5">
-        <v>9.7599680000000717</v>
+        <v>9.7887640999999803</v>
       </c>
       <c r="D250" s="5">
-        <v>5.8762517455847929</v>
+        <v>5.8940556034148495</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>2059.3668309</v>
+        <v>2059.3546849999998</v>
       </c>
       <c r="C251" s="5">
-        <v>3.3797177999999803</v>
+        <v>3.3413759999998547</v>
       </c>
       <c r="D251" s="5">
-        <v>1.9905430159862014</v>
+        <v>1.9677334319705198</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>2060.1206142999999</v>
+        <v>2060.1189727000001</v>
       </c>
       <c r="C252" s="5">
-        <v>0.75378339999997479</v>
+        <v>0.76428770000029544</v>
       </c>
       <c r="D252" s="5">
-        <v>0.440117448900601</v>
+        <v>0.44626583935729602</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>2060.7539188999999</v>
+        <v>2060.7517320000002</v>
       </c>
       <c r="C253" s="5">
-        <v>0.63330459999997402</v>
+        <v>0.63275930000008884</v>
       </c>
       <c r="D253" s="5">
-        <v>0.36951805332336995</v>
+        <v>0.36919964085917467</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>2061.1251901000001</v>
+        <v>2061.1244182</v>
       </c>
       <c r="C254" s="5">
-        <v>0.37127120000013747</v>
+        <v>0.37268619999986186</v>
       </c>
       <c r="D254" s="5">
-        <v>0.21640971794458785</v>
+        <v>0.21723555652108928</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>2070.9457554999999</v>
+        <v>2070.9553762</v>
       </c>
       <c r="C255" s="5">
-        <v>9.8205653999998503</v>
+        <v>9.8309580000000096</v>
       </c>
       <c r="D255" s="5">
-        <v>5.8698333402418479</v>
+        <v>5.876211197325687</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>2072.7062415999999</v>
+        <v>2072.7094179000001</v>
       </c>
       <c r="C256" s="5">
-        <v>1.7604860999999801</v>
+        <v>1.7540417000000161</v>
       </c>
       <c r="D256" s="5">
-        <v>1.0248886075371777</v>
+        <v>1.0211146612884692</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>2077.2635083999999</v>
+        <v>2077.2662481000002</v>
       </c>
       <c r="C257" s="5">
-        <v>4.5572667999999794</v>
+        <v>4.5568302000001495</v>
       </c>
       <c r="D257" s="5">
-        <v>2.6705857607255856</v>
+        <v>2.6703226672131652</v>
       </c>
       <c r="E257" s="5">
-        <v>2.1104653744567825</v>
+        <v>2.110494224473336</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>2081.6551370000002</v>
+        <v>2081.6516747999999</v>
       </c>
       <c r="C258" s="5">
-        <v>4.3916286000003311</v>
+        <v>4.385426699999698</v>
       </c>
       <c r="D258" s="5">
-        <v>2.5666777699724808</v>
+        <v>2.5630074728350216</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>2081.8425524999998</v>
+        <v>2081.8425164</v>
       </c>
       <c r="C259" s="5">
-        <v>0.18741549999958806</v>
+        <v>0.19084160000011252</v>
       </c>
       <c r="D259" s="5">
-        <v>0.10809187063325343</v>
+        <v>0.11006905308630355</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>2090.4230223999998</v>
+        <v>2090.4071290000002</v>
       </c>
       <c r="C260" s="5">
-        <v>8.5804699000000255</v>
+        <v>8.5646126000001459</v>
       </c>
       <c r="D260" s="5">
-        <v>5.0595612228973019</v>
+        <v>5.0499983209017829</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>2098.1307990999999</v>
+        <v>2098.1282541</v>
       </c>
       <c r="C261" s="5">
-        <v>7.7077767000000676</v>
+        <v>7.7211250999998811</v>
       </c>
       <c r="D261" s="5">
-        <v>4.5154634021653539</v>
+        <v>4.5234779582815188</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>2097.1573011</v>
+        <v>2097.1785515000001</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.97349799999983588</v>
+        <v>-0.94970259999990958</v>
       </c>
       <c r="D262" s="5">
-        <v>-0.55536150191598521</v>
+        <v>-0.54182112673042404</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>2102.0852887000001</v>
+        <v>2102.0722439000001</v>
       </c>
       <c r="C263" s="5">
-        <v>4.9279876000000513</v>
+        <v>4.8936923999999635</v>
       </c>
       <c r="D263" s="5">
-        <v>2.8565405546347566</v>
+        <v>2.8363761859881542</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>2106.9646695000001</v>
+        <v>2106.9631156</v>
       </c>
       <c r="C264" s="5">
-        <v>4.8793808000000354</v>
+        <v>4.8908716999999342</v>
       </c>
       <c r="D264" s="5">
-        <v>2.8212891475777546</v>
+        <v>2.8280362879423482</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>2109.0626820000002</v>
+        <v>2109.0600553999998</v>
       </c>
       <c r="C265" s="5">
-        <v>2.0980125000000953</v>
+        <v>2.0969397999997454</v>
       </c>
       <c r="D265" s="5">
-        <v>1.2014671880597128</v>
+        <v>1.2008504097921646</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>2118.3782799999999</v>
+        <v>2118.3811639999999</v>
       </c>
       <c r="C266" s="5">
-        <v>9.3155979999996816</v>
+        <v>9.321108600000116</v>
       </c>
       <c r="D266" s="5">
-        <v>5.4310013412694147</v>
+        <v>5.434299450855451</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>2115.5886366999998</v>
+        <v>2115.5972273000002</v>
       </c>
       <c r="C267" s="5">
-        <v>-2.7896433000000798</v>
+        <v>-2.7839366999996855</v>
       </c>
       <c r="D267" s="5">
-        <v>-1.5688568166289163</v>
+        <v>-1.5656685489656263</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>2116.7097497</v>
+        <v>2116.7136237</v>
       </c>
       <c r="C268" s="5">
-        <v>1.1211130000001504</v>
+        <v>1.1163963999997577</v>
       </c>
       <c r="D268" s="5">
-        <v>0.63777222258287747</v>
+        <v>0.63507869219081581</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>2119.7657438000001</v>
+        <v>2119.7677967999998</v>
       </c>
       <c r="C269" s="5">
-        <v>3.0559941000001345</v>
+        <v>3.0541730999998435</v>
       </c>
       <c r="D269" s="5">
-        <v>1.7463203284052931</v>
+        <v>1.7452682428868327</v>
       </c>
       <c r="E269" s="5">
-        <v>2.0460685525996336</v>
+        <v>2.0460327961749902</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>2129.1346459000001</v>
+        <v>2129.1324672000001</v>
       </c>
       <c r="C270" s="5">
-        <v>9.3689021000000139</v>
+        <v>9.3646704000002501</v>
       </c>
       <c r="D270" s="5">
-        <v>5.4345841580163423</v>
+        <v>5.4320641545415382</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>2136.2558167000002</v>
+        <v>2136.2557228000001</v>
       </c>
       <c r="C271" s="5">
-        <v>7.1211708000000726</v>
+        <v>7.1232555999999931</v>
       </c>
       <c r="D271" s="5">
-        <v>4.0882184484802853</v>
+        <v>4.0894416896148034</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>2142.8492249999999</v>
+        <v>2142.8346732</v>
       </c>
       <c r="C272" s="5">
-        <v>6.5934082999997372</v>
+        <v>6.5789503999999397</v>
       </c>
       <c r="D272" s="5">
-        <v>3.7672417531246616</v>
+        <v>3.7588407660066325</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>2146.5089380999998</v>
+        <v>2146.5063885999998</v>
       </c>
       <c r="C273" s="5">
-        <v>3.6597130999998626</v>
+        <v>3.6717153999998118</v>
       </c>
       <c r="D273" s="5">
-        <v>2.068807991778443</v>
+        <v>2.075671098350651</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>2152.6538765</v>
+        <v>2152.6711829000001</v>
       </c>
       <c r="C274" s="5">
-        <v>6.1449384000002283</v>
+        <v>6.164794300000267</v>
       </c>
       <c r="D274" s="5">
-        <v>3.4899202162824938</v>
+        <v>3.5013800108948612</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>2156.8835081000002</v>
+        <v>2156.8702536000001</v>
       </c>
       <c r="C275" s="5">
-        <v>4.2296316000001752</v>
+        <v>4.1990706999999929</v>
       </c>
       <c r="D275" s="5">
-        <v>2.3834619105644883</v>
+        <v>2.3660359753911564</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>2151.6700096</v>
+        <v>2151.6683194000002</v>
       </c>
       <c r="C276" s="5">
-        <v>-5.2134985000002416</v>
+        <v>-5.2019341999998687</v>
       </c>
       <c r="D276" s="5">
-        <v>-2.8623210016095135</v>
+        <v>-2.8560732569498315</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>2159.8077208</v>
+        <v>2159.8054562000002</v>
       </c>
       <c r="C277" s="5">
-        <v>8.1377112000000125</v>
+        <v>8.1371368000000075</v>
       </c>
       <c r="D277" s="5">
-        <v>4.634058916087036</v>
+        <v>4.6337287039129205</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>2166.7813786000002</v>
+        <v>2166.7881232999998</v>
       </c>
       <c r="C278" s="5">
-        <v>6.9736578000001828</v>
+        <v>6.9826670999996168</v>
       </c>
       <c r="D278" s="5">
-        <v>3.9441525894379881</v>
+        <v>3.9493432184751986</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>2169.7088306999999</v>
+        <v>2169.7155581000002</v>
       </c>
       <c r="C279" s="5">
-        <v>2.9274520999997549</v>
+        <v>2.9274348000003556</v>
       </c>
       <c r="D279" s="5">
-        <v>1.6333740710564149</v>
+        <v>1.6333592245530326</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>2178.2947899000001</v>
+        <v>2178.2998981000001</v>
       </c>
       <c r="C280" s="5">
-        <v>8.5859592000001612</v>
+        <v>8.5843399999998837</v>
       </c>
       <c r="D280" s="5">
-        <v>4.8533604813780995</v>
+        <v>4.8524098184440589</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>2181.6483272</v>
+        <v>2181.6473129999999</v>
       </c>
       <c r="C281" s="5">
-        <v>3.3535372999999709</v>
+        <v>3.3474148999998761</v>
       </c>
       <c r="D281" s="5">
-        <v>1.8631523469516464</v>
+        <v>1.8597176764969303</v>
       </c>
       <c r="E281" s="5">
-        <v>2.9193123618021177</v>
+        <v>2.9191648393476655</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>2179.4161349999999</v>
+        <v>2179.4160243000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-2.2321922000000995</v>
+        <v>-2.2312886999998227</v>
       </c>
       <c r="D282" s="5">
-        <v>-1.22091544822992</v>
+        <v>-1.2204246123043383</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>2188.8197842999998</v>
+        <v>2188.8189511999999</v>
       </c>
       <c r="C283" s="5">
-        <v>9.40364929999987</v>
+        <v>9.4029268999997839</v>
       </c>
       <c r="D283" s="5">
-        <v>5.3023649491247715</v>
+        <v>5.3019481765904208</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>2195.8013329</v>
+        <v>2195.7884647000001</v>
       </c>
       <c r="C284" s="5">
-        <v>6.9815486000002238</v>
+        <v>6.9695135000001756</v>
       </c>
       <c r="D284" s="5">
-        <v>3.8954349995098836</v>
+        <v>3.88860335048693</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>2198.7709832999999</v>
+        <v>2198.7690240000002</v>
       </c>
       <c r="C285" s="5">
-        <v>2.969650399999864</v>
+        <v>2.9805593000000954</v>
       </c>
       <c r="D285" s="5">
-        <v>1.6350328899134681</v>
+        <v>1.6410937233008127</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>2205.7642205000002</v>
+        <v>2205.7749432999999</v>
       </c>
       <c r="C286" s="5">
-        <v>6.9932372000002943</v>
+        <v>7.0059192999997322</v>
       </c>
       <c r="D286" s="5">
-        <v>3.8841017647356368</v>
+        <v>3.8912729326939566</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>2216.6311135999999</v>
+        <v>2216.6186819999998</v>
       </c>
       <c r="C287" s="5">
-        <v>10.866893099999743</v>
+        <v>10.843738699999903</v>
       </c>
       <c r="D287" s="5">
-        <v>6.074756904945966</v>
+        <v>6.061431021987751</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>2224.0703622999999</v>
+        <v>2224.0707037000002</v>
       </c>
       <c r="C288" s="5">
-        <v>7.4392487000000074</v>
+        <v>7.4520217000003868</v>
       </c>
       <c r="D288" s="5">
-        <v>4.1025037388430885</v>
+        <v>4.1097018620802173</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>2234.1709301999999</v>
+        <v>2234.1710883000001</v>
       </c>
       <c r="C289" s="5">
-        <v>10.100567899999987</v>
+        <v>10.10038459999987</v>
       </c>
       <c r="D289" s="5">
-        <v>5.5879813820330249</v>
+        <v>5.5878765486479853</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>2240.6575849999999</v>
+        <v>2240.6680697000002</v>
       </c>
       <c r="C290" s="5">
-        <v>6.4866547999999966</v>
+        <v>6.4969814000000952</v>
       </c>
       <c r="D290" s="5">
-        <v>3.5402376488004927</v>
+        <v>3.5459638148476635</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>2244.3511348000002</v>
+        <v>2244.3561017000002</v>
       </c>
       <c r="C291" s="5">
-        <v>3.6935498000002553</v>
+        <v>3.6880320000000211</v>
       </c>
       <c r="D291" s="5">
-        <v>1.9961397533390324</v>
+        <v>1.9931212587042779</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>2256.4672206999999</v>
+        <v>2256.4731584000001</v>
       </c>
       <c r="C292" s="5">
-        <v>12.116085899999689</v>
+        <v>12.117056699999921</v>
       </c>
       <c r="D292" s="5">
-        <v>6.6740280340465752</v>
+        <v>6.6745635552059479</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>2257.2958978000001</v>
+        <v>2257.2915966</v>
       </c>
       <c r="C293" s="5">
-        <v>0.82867710000027728</v>
+        <v>0.81843819999994594</v>
       </c>
       <c r="D293" s="5">
-        <v>0.44158565001450878</v>
+        <v>0.43611750380803116</v>
       </c>
       <c r="E293" s="5">
-        <v>3.4674502602850099</v>
+        <v>3.4673012062605535</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>2265.2974118000002</v>
+        <v>2265.2980631999999</v>
       </c>
       <c r="C294" s="5">
-        <v>8.0015140000000429</v>
+        <v>8.0064665999998397</v>
       </c>
       <c r="D294" s="5">
-        <v>4.3375987265985572</v>
+        <v>4.340344540493879</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>2270.3066539000001</v>
+        <v>2270.3040719999999</v>
       </c>
       <c r="C295" s="5">
-        <v>5.0092420999999376</v>
+        <v>5.0060088000000178</v>
       </c>
       <c r="D295" s="5">
-        <v>2.6860666029573155</v>
+        <v>2.6843109278478661</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>2279.5106970000002</v>
+        <v>2279.4991197999998</v>
       </c>
       <c r="C296" s="5">
-        <v>9.2040431000000353</v>
+        <v>9.1950477999998839</v>
       </c>
       <c r="D296" s="5">
-        <v>4.9748712347752688</v>
+        <v>4.969906157212578</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>2288.2533572000002</v>
+        <v>2288.2465664000001</v>
       </c>
       <c r="C297" s="5">
-        <v>8.7426602000000457</v>
+        <v>8.7474466000003304</v>
       </c>
       <c r="D297" s="5">
-        <v>4.7007237922327638</v>
+        <v>4.7033762796658385</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>2296.1708945</v>
+        <v>2296.1746659999999</v>
       </c>
       <c r="C298" s="5">
-        <v>7.9175372999998217</v>
+        <v>7.9280995999997685</v>
       </c>
       <c r="D298" s="5">
-        <v>4.2320293952323729</v>
+        <v>4.237795918943732</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>2304.6045396999998</v>
+        <v>2304.5975100999999</v>
       </c>
       <c r="C299" s="5">
-        <v>8.4336451999997735</v>
+        <v>8.4228441000000203</v>
       </c>
       <c r="D299" s="5">
-        <v>4.4976356901894166</v>
+        <v>4.4917512657910663</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>2311.1078573</v>
+        <v>2311.1137567000001</v>
       </c>
       <c r="C300" s="5">
-        <v>6.5033176000001731</v>
+        <v>6.5162466000001587</v>
       </c>
       <c r="D300" s="5">
-        <v>3.4393094277267</v>
+        <v>3.446264347199568</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>2319.9202995999999</v>
+        <v>2319.9227107000002</v>
       </c>
       <c r="C301" s="5">
-        <v>8.8124422999999297</v>
+        <v>8.8089540000000852</v>
       </c>
       <c r="D301" s="5">
-        <v>4.6728891493957869</v>
+        <v>4.6709883200548363</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>2326.3981131</v>
+        <v>2326.411818</v>
       </c>
       <c r="C302" s="5">
-        <v>6.4778135000001384</v>
+        <v>6.4891072999998869</v>
       </c>
       <c r="D302" s="5">
-        <v>3.4026484809261959</v>
+        <v>3.4086688225368311</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>2337.3448711000001</v>
+        <v>2337.3523925</v>
       </c>
       <c r="C303" s="5">
-        <v>10.946758000000045</v>
+        <v>10.940574499999911</v>
       </c>
       <c r="D303" s="5">
-        <v>5.7949931699209811</v>
+        <v>5.7915996157071659</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>2345.8038068999999</v>
+        <v>2345.8110093999999</v>
       </c>
       <c r="C304" s="5">
-        <v>8.4589357999998356</v>
+        <v>8.4586168999999245</v>
       </c>
       <c r="D304" s="5">
-        <v>4.43033782690887</v>
+        <v>4.4301529249711979</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>2356.2208854</v>
+        <v>2356.2142439999998</v>
       </c>
       <c r="C305" s="5">
-        <v>10.417078500000116</v>
+        <v>10.403234599999905</v>
       </c>
       <c r="D305" s="5">
-        <v>5.4609729838321019</v>
+        <v>5.4535204785917335</v>
       </c>
       <c r="E305" s="5">
-        <v>4.3824554723381093</v>
+        <v>4.382360150057707</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>2365.2254727999998</v>
+        <v>2365.2254397000002</v>
       </c>
       <c r="C306" s="5">
-        <v>9.0045873999997639</v>
+        <v>9.0111957000003713</v>
       </c>
       <c r="D306" s="5">
-        <v>4.6835775470044139</v>
+        <v>4.6871008480819043</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>2373.1662098000002</v>
+        <v>2373.1625012</v>
       </c>
       <c r="C307" s="5">
-        <v>7.9407370000003539</v>
+        <v>7.9370614999997997</v>
       </c>
       <c r="D307" s="5">
-        <v>4.1039723470675415</v>
+        <v>4.1020376187220764</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>2374.4391126</v>
+        <v>2374.4131781000001</v>
       </c>
       <c r="C308" s="5">
-        <v>1.2729027999998834</v>
+        <v>1.2506769000001441</v>
       </c>
       <c r="D308" s="5">
-        <v>0.64555005731599113</v>
+        <v>0.63424654026373872</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>2386.1137577</v>
+        <v>2386.1027866999998</v>
       </c>
       <c r="C309" s="5">
-        <v>11.674645099999907</v>
+        <v>11.689608599999701</v>
       </c>
       <c r="D309" s="5">
-        <v>6.0623601679508976</v>
+        <v>6.0704100530873717</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>2393.5424806000001</v>
+        <v>2393.5403974999999</v>
       </c>
       <c r="C310" s="5">
-        <v>7.4287229000001389</v>
+        <v>7.4376108000001295</v>
       </c>
       <c r="D310" s="5">
-        <v>3.8006181329401478</v>
+        <v>3.8052613170016292</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>2403.8151778000001</v>
+        <v>2403.8131569000002</v>
       </c>
       <c r="C311" s="5">
-        <v>10.272697200000039</v>
+        <v>10.272759400000268</v>
       </c>
       <c r="D311" s="5">
-        <v>5.2735332174758121</v>
+        <v>5.2735706040514696</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>2416.1265825999999</v>
+        <v>2416.1442311000001</v>
       </c>
       <c r="C312" s="5">
-        <v>12.311404799999764</v>
+        <v>12.331074199999875</v>
       </c>
       <c r="D312" s="5">
-        <v>6.3220462836975244</v>
+        <v>6.3324388856295766</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>2419.9941838999998</v>
+        <v>2420.0038098</v>
       </c>
       <c r="C313" s="5">
-        <v>3.867601299999933</v>
+        <v>3.8595786999999291</v>
       </c>
       <c r="D313" s="5">
-        <v>1.9378956717780449</v>
+        <v>1.9338262449467125</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>2423.8809505999998</v>
+        <v>2423.8981226999999</v>
       </c>
       <c r="C314" s="5">
-        <v>3.8867666999999528</v>
+        <v>3.8943128999999317</v>
       </c>
       <c r="D314" s="5">
-        <v>1.9444436410193999</v>
+        <v>1.9482444571072843</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>2432.4675736999998</v>
+        <v>2432.4812296</v>
       </c>
       <c r="C315" s="5">
-        <v>8.5866230999999971</v>
+        <v>8.5831069000000753</v>
       </c>
       <c r="D315" s="5">
-        <v>4.3348240728731113</v>
+        <v>4.3329829628093508</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>2434.1316597999999</v>
+        <v>2434.1492087000001</v>
       </c>
       <c r="C316" s="5">
-        <v>1.6640861000000768</v>
+        <v>1.6679791000001387</v>
       </c>
       <c r="D316" s="5">
-        <v>0.82403321989912293</v>
+        <v>0.82596360330902119</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>2441.9801194000001</v>
+        <v>2441.9600368000001</v>
       </c>
       <c r="C317" s="5">
-        <v>7.8484596000002966</v>
+        <v>7.8108280999999806</v>
       </c>
       <c r="D317" s="5">
-        <v>3.9385625517766032</v>
+        <v>3.9193148053946469</v>
       </c>
       <c r="E317" s="5">
-        <v>3.6396941615871148</v>
+        <v>3.6391339632356523</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>2458.8509490000001</v>
+        <v>2458.8549607999998</v>
       </c>
       <c r="C318" s="5">
-        <v>16.870829599999979</v>
+        <v>16.894923999999719</v>
       </c>
       <c r="D318" s="5">
-        <v>8.6127859073923609</v>
+        <v>8.6256318764699191</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>2466.5355276</v>
+        <v>2466.5314247000001</v>
       </c>
       <c r="C319" s="5">
-        <v>7.6845785999998952</v>
+        <v>7.6764639000002717</v>
       </c>
       <c r="D319" s="5">
-        <v>3.8154673449528387</v>
+        <v>3.8113625607417712</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>2469.0276322</v>
+        <v>2468.9707343</v>
       </c>
       <c r="C320" s="5">
-        <v>2.4921045999999478</v>
+        <v>2.4393095999998877</v>
       </c>
       <c r="D320" s="5">
-        <v>1.2191999581247392</v>
+        <v>1.1932326734157561</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>2480.6449244</v>
+        <v>2480.6229801999998</v>
       </c>
       <c r="C321" s="5">
-        <v>11.617292200000065</v>
+        <v>11.652245899999798</v>
       </c>
       <c r="D321" s="5">
-        <v>5.7946848951755836</v>
+        <v>5.8127122179006063</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>2485.6540639</v>
+        <v>2485.6478013999999</v>
       </c>
       <c r="C322" s="5">
-        <v>5.0091394999999466</v>
+        <v>5.0248212000001331</v>
       </c>
       <c r="D322" s="5">
-        <v>2.4502406954363121</v>
+        <v>2.4580191100901594</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>2486.6596896000001</v>
+        <v>2486.6627441000001</v>
       </c>
       <c r="C323" s="5">
-        <v>1.0056257000001096</v>
+        <v>1.0149427000001197</v>
       </c>
       <c r="D323" s="5">
-        <v>0.48656797337718327</v>
+        <v>0.49108733539791061</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>2497.4179337999999</v>
+        <v>2497.4496766000002</v>
       </c>
       <c r="C324" s="5">
-        <v>10.758244199999808</v>
+        <v>10.786932500000148</v>
       </c>
       <c r="D324" s="5">
-        <v>5.3169957122651823</v>
+        <v>5.3315074723324418</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>2504.5095138000001</v>
+        <v>2504.5288789000001</v>
       </c>
       <c r="C325" s="5">
-        <v>7.0915800000002491</v>
+        <v>7.0792022999999062</v>
       </c>
       <c r="D325" s="5">
-        <v>3.4612013187757196</v>
+        <v>3.4550210161939043</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>2515.7620870999999</v>
+        <v>2515.7899354000001</v>
       </c>
       <c r="C326" s="5">
-        <v>11.252573299999767</v>
+        <v>11.261056499999995</v>
       </c>
       <c r="D326" s="5">
-        <v>5.5267556469894119</v>
+        <v>5.5309819569555607</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>2517.1021019999998</v>
+        <v>2517.1261309000001</v>
       </c>
       <c r="C327" s="5">
-        <v>1.3400148999999146</v>
+        <v>1.3361955000000307</v>
       </c>
       <c r="D327" s="5">
-        <v>0.64105308325765886</v>
+        <v>0.63921347360902381</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>2523.8862307999998</v>
+        <v>2523.9219235999999</v>
       </c>
       <c r="C328" s="5">
-        <v>6.7841287999999622</v>
+        <v>6.7957926999997653</v>
       </c>
       <c r="D328" s="5">
-        <v>3.2826337166624864</v>
+        <v>3.2883297337594986</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>2530.1649280000001</v>
+        <v>2530.1399895999998</v>
       </c>
       <c r="C329" s="5">
-        <v>6.2786972000003516</v>
+        <v>6.2180659999999079</v>
       </c>
       <c r="D329" s="5">
-        <v>3.0264381258543027</v>
+        <v>2.9967727843640546</v>
       </c>
       <c r="E329" s="5">
-        <v>3.611200922539326</v>
+        <v>3.6110317724753926</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>2536.3607517</v>
+        <v>2536.3708864</v>
       </c>
       <c r="C330" s="5">
-        <v>6.1958236999998917</v>
+        <v>6.2308968000002096</v>
       </c>
       <c r="D330" s="5">
-        <v>2.9784410252214233</v>
+        <v>2.9955602299635897</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>2542.1277156000001</v>
+        <v>2542.1235445000002</v>
       </c>
       <c r="C331" s="5">
-        <v>5.7669639000000643</v>
+        <v>5.7526581000001897</v>
       </c>
       <c r="D331" s="5">
-        <v>2.7628396472095806</v>
+        <v>2.7558891493253412</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>2548.5727135000002</v>
+        <v>2548.4521159999999</v>
       </c>
       <c r="C332" s="5">
-        <v>6.4449979000000894</v>
+        <v>6.3285714999997253</v>
       </c>
       <c r="D332" s="5">
-        <v>3.0851153021338895</v>
+        <v>3.0286237113299252</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>2551.4412898</v>
+        <v>2551.4019490999999</v>
       </c>
       <c r="C333" s="5">
-        <v>2.8685762999998587</v>
+        <v>2.949833099999978</v>
       </c>
       <c r="D333" s="5">
-        <v>1.3590671802848675</v>
+        <v>1.3978768214822246</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>2555.5861528999999</v>
+        <v>2555.5591288999999</v>
       </c>
       <c r="C334" s="5">
-        <v>4.1448630999998386</v>
+        <v>4.1571797999999944</v>
       </c>
       <c r="D334" s="5">
-        <v>1.9669344340961015</v>
+        <v>1.9728624639632431</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>2561.7746189999998</v>
+        <v>2561.7941417000002</v>
       </c>
       <c r="C335" s="5">
-        <v>6.1884660999999141</v>
+        <v>6.2350128000002769</v>
       </c>
       <c r="D335" s="5">
-        <v>2.9448693385938363</v>
+        <v>2.9673491223755732</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>2557.5731059999998</v>
+        <v>2557.6267616</v>
       </c>
       <c r="C336" s="5">
-        <v>-4.2015129999999772</v>
+        <v>-4.1673801000001731</v>
       </c>
       <c r="D336" s="5">
-        <v>-1.950438539894972</v>
+        <v>-1.9347201580086848</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>2563.8192711000002</v>
+        <v>2563.8600280000001</v>
       </c>
       <c r="C337" s="5">
-        <v>6.2461651000003258</v>
+        <v>6.2332664000000477</v>
       </c>
       <c r="D337" s="5">
-        <v>2.9703558182545553</v>
+        <v>2.9640763840090401</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>2571.9024978000002</v>
+        <v>2571.9397058999998</v>
       </c>
       <c r="C338" s="5">
-        <v>8.0832267000000684</v>
+        <v>8.0796778999997514</v>
       </c>
       <c r="D338" s="5">
-        <v>3.8496677395798651</v>
+        <v>3.8478859745207927</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>2576.9068345999999</v>
+        <v>2576.9503983999998</v>
       </c>
       <c r="C339" s="5">
-        <v>5.0043367999996917</v>
+        <v>5.0106925000000047</v>
       </c>
       <c r="D339" s="5">
-        <v>2.360077414230366</v>
+        <v>2.3630724400835579</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>2586.6651434999999</v>
+        <v>2586.7246782000002</v>
       </c>
       <c r="C340" s="5">
-        <v>9.7583088999999745</v>
+        <v>9.7742798000003859</v>
       </c>
       <c r="D340" s="5">
-        <v>4.6400458387463761</v>
+        <v>4.6477188582059625</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>2586.0005667</v>
+        <v>2585.980474</v>
       </c>
       <c r="C341" s="5">
-        <v>-0.66457679999984975</v>
+        <v>-0.74420420000024023</v>
       </c>
       <c r="D341" s="5">
-        <v>-0.30787371298722777</v>
+        <v>-0.34469585624590238</v>
       </c>
       <c r="E341" s="5">
-        <v>2.2067983822752657</v>
+        <v>2.207011652696278</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>2588.0403775999998</v>
+        <v>2588.0500416999998</v>
       </c>
       <c r="C342" s="5">
-        <v>2.039810899999793</v>
+        <v>2.0695676999998796</v>
       </c>
       <c r="D342" s="5">
-        <v>0.95066504010528075</v>
+        <v>0.96460198914791739</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>2595.2282466000001</v>
+        <v>2595.2258873000001</v>
       </c>
       <c r="C343" s="5">
-        <v>7.1878690000003189</v>
+        <v>7.1758456000002298</v>
       </c>
       <c r="D343" s="5">
-        <v>3.3841925954005037</v>
+        <v>3.3784323255538151</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>2603.1805340000001</v>
+        <v>2603.0065101</v>
       </c>
       <c r="C344" s="5">
-        <v>7.9522873999999319</v>
+        <v>7.7806227999999464</v>
       </c>
       <c r="D344" s="5">
-        <v>3.7396416077797756</v>
+        <v>3.6575824511712929</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>2601.0539226999999</v>
+        <v>2600.9433942999999</v>
       </c>
       <c r="C345" s="5">
-        <v>-2.1266113000001496</v>
+        <v>-2.0631158000001051</v>
       </c>
       <c r="D345" s="5">
-        <v>-0.97592102761870914</v>
+        <v>-0.94697230524958265</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>2610.4081123999999</v>
+        <v>2610.3575563999998</v>
       </c>
       <c r="C346" s="5">
-        <v>9.3541897000000063</v>
+        <v>9.414162099999885</v>
       </c>
       <c r="D346" s="5">
-        <v>4.4019612126441121</v>
+        <v>4.4309396929045342</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>2620.0283158000002</v>
+        <v>2620.0646913999999</v>
       </c>
       <c r="C347" s="5">
-        <v>9.6202034000002641</v>
+        <v>9.7071350000001075</v>
       </c>
       <c r="D347" s="5">
-        <v>4.5131395759204551</v>
+        <v>4.5548496986027809</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>2621.8588470999998</v>
+        <v>2621.9431865000001</v>
       </c>
       <c r="C348" s="5">
-        <v>1.8305312999996204</v>
+        <v>1.8784951000002366</v>
       </c>
       <c r="D348" s="5">
-        <v>0.84163144499747045</v>
+        <v>0.86375897050698924</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>2629.5992159000002</v>
+        <v>2629.6713955999999</v>
       </c>
       <c r="C349" s="5">
-        <v>7.7403688000003967</v>
+        <v>7.7282090999997308</v>
       </c>
       <c r="D349" s="5">
-        <v>3.6007874020147268</v>
+        <v>3.5949212210887316</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>2632.6201040999999</v>
+        <v>2632.6769075000002</v>
       </c>
       <c r="C350" s="5">
-        <v>3.0208881999997175</v>
+        <v>3.0055119000003288</v>
       </c>
       <c r="D350" s="5">
-        <v>1.3873058699545915</v>
+        <v>1.3801619221799344</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>2634.9367698999999</v>
+        <v>2635.0158848000001</v>
       </c>
       <c r="C351" s="5">
-        <v>2.3166658000000098</v>
+        <v>2.3389772999998968</v>
       </c>
       <c r="D351" s="5">
-        <v>1.0611077019415882</v>
+        <v>1.0713538495100483</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>2645.3919357999998</v>
+        <v>2645.4701024999999</v>
       </c>
       <c r="C352" s="5">
-        <v>10.455165899999884</v>
+        <v>10.454217699999845</v>
       </c>
       <c r="D352" s="5">
-        <v>4.8667787810571239</v>
+        <v>4.8661784156988519</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>2648.3347116999998</v>
+        <v>2648.3477532000002</v>
       </c>
       <c r="C353" s="5">
-        <v>2.9427759000000151</v>
+        <v>2.8776507000002312</v>
       </c>
       <c r="D353" s="5">
-        <v>1.3430966675992195</v>
+        <v>1.3131561405141934</v>
       </c>
       <c r="E353" s="5">
-        <v>2.4104459141532475</v>
+        <v>2.4117459442193789</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>2650.7971146999998</v>
+        <v>2650.7777446999999</v>
       </c>
       <c r="C354" s="5">
-        <v>2.4624029999999948</v>
+        <v>2.4299914999996872</v>
       </c>
       <c r="D354" s="5">
-        <v>1.1214750851787025</v>
+        <v>1.106633565310422</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>2657.4221622</v>
+        <v>2657.4325334</v>
       </c>
       <c r="C355" s="5">
-        <v>6.6250475000001643</v>
+        <v>6.6547887000001538</v>
       </c>
       <c r="D355" s="5">
-        <v>3.0406905532817996</v>
+        <v>3.0545525002567464</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>2665.0527849999999</v>
+        <v>2664.8065338000001</v>
       </c>
       <c r="C356" s="5">
-        <v>7.6306227999998555</v>
+        <v>7.3740004000001136</v>
       </c>
       <c r="D356" s="5">
-        <v>3.5006677882702952</v>
+        <v>3.3811226747856082</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>2672.3513766999999</v>
+        <v>2672.1155139000002</v>
       </c>
       <c r="C357" s="5">
-        <v>7.2985917000000882</v>
+        <v>7.3089801000000989</v>
       </c>
       <c r="D357" s="5">
-        <v>3.3363104593156168</v>
+        <v>3.3414444532858134</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>2680.8351201</v>
+        <v>2680.7696400999998</v>
       </c>
       <c r="C358" s="5">
-        <v>8.483743400000094</v>
+        <v>8.6541261999996095</v>
       </c>
       <c r="D358" s="5">
-        <v>3.8767892530148007</v>
+        <v>3.9563961407749426</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>2688.8785794999999</v>
+        <v>2688.9583126000002</v>
       </c>
       <c r="C359" s="5">
-        <v>8.0434593999998469</v>
+        <v>8.1886725000003935</v>
       </c>
       <c r="D359" s="5">
-        <v>3.6604393844724026</v>
+        <v>3.7277302101654364</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>2696.8822061999999</v>
+        <v>2696.9902020999998</v>
       </c>
       <c r="C360" s="5">
-        <v>8.0036267000000407</v>
+        <v>8.0318894999995791</v>
       </c>
       <c r="D360" s="5">
-        <v>3.6309399186786218</v>
+        <v>3.643863222057675</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>2705.0618109000002</v>
+        <v>2705.1672392</v>
       </c>
       <c r="C361" s="5">
-        <v>8.1796047000002545</v>
+        <v>8.1770371000002342</v>
       </c>
       <c r="D361" s="5">
-        <v>3.7009140594242984</v>
+        <v>3.6995822632591047</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>2708.7847643</v>
+        <v>2708.865753</v>
       </c>
       <c r="C362" s="5">
-        <v>3.7229533999998239</v>
+        <v>3.6985138000000006</v>
       </c>
       <c r="D362" s="5">
-        <v>1.6641088275807236</v>
+        <v>1.6530374741166476</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>2715.9770828000001</v>
+        <v>2716.1471038</v>
       </c>
       <c r="C363" s="5">
-        <v>7.1923185000000558</v>
+        <v>7.2813507999999274</v>
       </c>
       <c r="D363" s="5">
-        <v>3.2331635228884048</v>
+        <v>3.2736804854398338</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>2727.3759930000001</v>
+        <v>2727.5095784999999</v>
       </c>
       <c r="C364" s="5">
-        <v>11.398910200000046</v>
+        <v>11.362474699999893</v>
       </c>
       <c r="D364" s="5">
-        <v>5.1542785427564963</v>
+        <v>5.1370934662605894</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>2728.0919709999998</v>
+        <v>2728.1452457</v>
       </c>
       <c r="C365" s="5">
-        <v>0.71597799999972267</v>
+        <v>0.63566720000017085</v>
       </c>
       <c r="D365" s="5">
-        <v>0.31547362470916163</v>
+        <v>0.28002804362057265</v>
       </c>
       <c r="E365" s="5">
-        <v>3.0116004199787438</v>
+        <v>3.0131047708360947</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>2736.7929991000001</v>
+        <v>2736.7195904999999</v>
       </c>
       <c r="C366" s="5">
-        <v>8.7010281000002578</v>
+        <v>8.5743447999998352</v>
       </c>
       <c r="D366" s="5">
-        <v>3.8951593932123663</v>
+        <v>3.8373874602702918</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>2741.7985308000002</v>
+        <v>2741.7759341999999</v>
       </c>
       <c r="C367" s="5">
-        <v>5.0055317000001196</v>
+        <v>5.0563437000000704</v>
       </c>
       <c r="D367" s="5">
-        <v>2.2169857038206064</v>
+        <v>2.2397805749512889</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>2728.1087791999998</v>
+        <v>2727.7694353000002</v>
       </c>
       <c r="C368" s="5">
-        <v>-13.689751600000363</v>
+        <v>-14.006498899999769</v>
       </c>
       <c r="D368" s="5">
-        <v>-5.8297495475191923</v>
+        <v>-5.9609172896567202</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>2436.7399003</v>
+        <v>2436.375055</v>
       </c>
       <c r="C369" s="5">
-        <v>-291.3688788999998</v>
+        <v>-291.39438030000019</v>
       </c>
       <c r="D369" s="5">
-        <v>-74.214835976293585</v>
+        <v>-74.22267625504621</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>2491.5343011</v>
+        <v>2491.4243384000001</v>
       </c>
       <c r="C370" s="5">
-        <v>54.794400799999949</v>
+        <v>55.049283400000149</v>
       </c>
       <c r="D370" s="5">
-        <v>30.584716260337007</v>
+        <v>30.750302053422129</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>2541.9219932999999</v>
+        <v>2542.0777512</v>
       </c>
       <c r="C371" s="5">
-        <v>50.387692199999947</v>
+        <v>50.653412799999842</v>
       </c>
       <c r="D371" s="5">
-        <v>27.158143623855736</v>
+        <v>27.319089158029787</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>2557.2034199</v>
+        <v>2557.3367205</v>
       </c>
       <c r="C372" s="5">
-        <v>15.281426600000032</v>
+        <v>15.25896929999999</v>
       </c>
       <c r="D372" s="5">
-        <v>7.4574904098127837</v>
+        <v>7.4456952797895104</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>2585.1772688999999</v>
+        <v>2585.3289979000001</v>
       </c>
       <c r="C373" s="5">
-        <v>27.973848999999973</v>
+        <v>27.992277400000148</v>
       </c>
       <c r="D373" s="5">
-        <v>13.946404031674685</v>
+        <v>13.95537979463548</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>2604.6750787000001</v>
+        <v>2604.8362585999998</v>
       </c>
       <c r="C374" s="5">
-        <v>19.497809800000141</v>
+        <v>19.507260699999733</v>
       </c>
       <c r="D374" s="5">
-        <v>9.4356229040211339</v>
+        <v>9.4398107287576138</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>2627.8867725999999</v>
+        <v>2628.1911214000002</v>
       </c>
       <c r="C375" s="5">
-        <v>23.211693899999773</v>
+        <v>23.354862800000319</v>
       </c>
       <c r="D375" s="5">
-        <v>11.233891104764826</v>
+        <v>11.305899517595975</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>2637.9575648</v>
+        <v>2638.2121434000001</v>
       </c>
       <c r="C376" s="5">
-        <v>10.070792200000142</v>
+        <v>10.021021999999903</v>
       </c>
       <c r="D376" s="5">
-        <v>4.6969122699254795</v>
+        <v>4.6726584347085209</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>2651.5010624000001</v>
+        <v>2651.6265570999999</v>
       </c>
       <c r="C377" s="5">
-        <v>13.543497600000137</v>
+        <v>13.414413699999841</v>
       </c>
       <c r="D377" s="5">
-        <v>6.3378818047760577</v>
+        <v>6.2751532237390828</v>
       </c>
       <c r="E377" s="5">
-        <v>-2.8074899751977522</v>
+        <v>-2.80478793130996</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>2665.9149090999999</v>
+        <v>2665.7172429000002</v>
       </c>
       <c r="C378" s="5">
-        <v>14.413846699999795</v>
+        <v>14.090685800000301</v>
       </c>
       <c r="D378" s="5">
-        <v>6.7219460248747476</v>
+        <v>6.5664881697197197</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>2661.5413870000002</v>
+        <v>2661.3908296999998</v>
       </c>
       <c r="C379" s="5">
-        <v>-4.3735220999997182</v>
+        <v>-4.3264132000003883</v>
       </c>
       <c r="D379" s="5">
-        <v>-1.9509737942597138</v>
+        <v>-1.930288170318184</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>2691.3853906999998</v>
+        <v>2690.8475490999999</v>
       </c>
       <c r="C380" s="5">
-        <v>29.844003699999575</v>
+        <v>29.456719400000111</v>
       </c>
       <c r="D380" s="5">
-        <v>14.317311366383079</v>
+        <v>14.120915501127751</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>2701.3196407999999</v>
+        <v>2700.6031822</v>
       </c>
       <c r="C381" s="5">
-        <v>9.9342501000000993</v>
+        <v>9.7556331000000682</v>
       </c>
       <c r="D381" s="5">
-        <v>4.5203914098889575</v>
+        <v>4.4383929540526612</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>2712.3547598</v>
+        <v>2712.0324062999998</v>
       </c>
       <c r="C382" s="5">
-        <v>11.035119000000122</v>
+        <v>11.429224099999828</v>
       </c>
       <c r="D382" s="5">
-        <v>5.0137552937533414</v>
+        <v>5.1984146453488034</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>2727.0729627999999</v>
+        <v>2727.5123297</v>
       </c>
       <c r="C383" s="5">
-        <v>14.718202999999903</v>
+        <v>15.479923400000189</v>
       </c>
       <c r="D383" s="5">
-        <v>6.7095251359018615</v>
+        <v>7.0686123568234338</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>2754.5495387000001</v>
+        <v>2754.8028582000002</v>
       </c>
       <c r="C384" s="5">
-        <v>27.476575900000171</v>
+        <v>27.290528500000164</v>
       </c>
       <c r="D384" s="5">
-        <v>12.783600678818141</v>
+        <v>12.690064904289411</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>2762.4512153000001</v>
+        <v>2762.7333411</v>
       </c>
       <c r="C385" s="5">
-        <v>7.9016765999999734</v>
+        <v>7.9304828999997881</v>
       </c>
       <c r="D385" s="5">
-        <v>3.4971423167180715</v>
+        <v>3.509766134203729</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>2775.0264523000001</v>
+        <v>2775.3289205000001</v>
       </c>
       <c r="C386" s="5">
-        <v>12.575237000000016</v>
+        <v>12.595579400000133</v>
       </c>
       <c r="D386" s="5">
-        <v>5.6015084074552801</v>
+        <v>5.6102107472239426</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>2810.2684230999998</v>
+        <v>2810.8494221999999</v>
       </c>
       <c r="C387" s="5">
-        <v>35.241970799999763</v>
+        <v>35.520501699999841</v>
       </c>
       <c r="D387" s="5">
-        <v>16.350462876178206</v>
+        <v>16.486993470393973</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>2822.6288728999998</v>
+        <v>2823.1953021999998</v>
       </c>
       <c r="C388" s="5">
-        <v>12.360449799999969</v>
+        <v>12.345879999999852</v>
       </c>
       <c r="D388" s="5">
-        <v>5.4075485161620751</v>
+        <v>5.3998761200090728</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>2839.7036929000001</v>
+        <v>2840.0114281000001</v>
       </c>
       <c r="C389" s="5">
-        <v>17.074820000000273</v>
+        <v>16.816125900000316</v>
       </c>
       <c r="D389" s="5">
-        <v>7.5055681898714477</v>
+        <v>7.3865720900721632</v>
       </c>
       <c r="E389" s="5">
-        <v>7.0979654946714987</v>
+        <v>7.1045023476469682</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>2847.7192924999999</v>
+        <v>2847.2587450000001</v>
       </c>
       <c r="C390" s="5">
-        <v>8.0155995999998595</v>
+        <v>7.2473168999999871</v>
       </c>
       <c r="D390" s="5">
-        <v>3.4403103804789836</v>
+        <v>3.1055811464205663</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>2871.9915178000001</v>
+        <v>2871.5285147999998</v>
       </c>
       <c r="C391" s="5">
-        <v>24.272225300000173</v>
+        <v>24.269769799999722</v>
       </c>
       <c r="D391" s="5">
-        <v>10.721434870343094</v>
+        <v>10.722115008081001</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>2885.1324163999998</v>
+        <v>2884.1968929999998</v>
       </c>
       <c r="C392" s="5">
-        <v>13.140898599999673</v>
+        <v>12.668378200000006</v>
       </c>
       <c r="D392" s="5">
-        <v>5.6309460887097984</v>
+        <v>5.4244288592911971</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>2907.2909564000001</v>
+        <v>2905.8380044999999</v>
       </c>
       <c r="C393" s="5">
-        <v>22.158540000000357</v>
+        <v>21.641111500000079</v>
       </c>
       <c r="D393" s="5">
-        <v>9.6157509844304379</v>
+        <v>9.3850419053302723</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>2915.7888066</v>
+        <v>2914.9424119999999</v>
       </c>
       <c r="C394" s="5">
-        <v>8.4978501999999025</v>
+        <v>9.1044074999999793</v>
       </c>
       <c r="D394" s="5">
-        <v>3.564474252723393</v>
+        <v>3.8252431441706314</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>2920.8456129000001</v>
+        <v>2922.0046698000001</v>
       </c>
       <c r="C395" s="5">
-        <v>5.056806300000062</v>
+        <v>7.062257800000225</v>
       </c>
       <c r="D395" s="5">
-        <v>2.101107276110481</v>
+        <v>2.9463889819712819</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>2949.0658451999998</v>
+        <v>2949.7079881999998</v>
       </c>
       <c r="C396" s="5">
-        <v>28.22023229999968</v>
+        <v>27.703318399999716</v>
       </c>
       <c r="D396" s="5">
-        <v>12.230373265636874</v>
+        <v>11.989530478360798</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>2965.7235055000001</v>
+        <v>2966.2785110999998</v>
       </c>
       <c r="C397" s="5">
-        <v>16.657660300000316</v>
+        <v>16.570522900000014</v>
       </c>
       <c r="D397" s="5">
-        <v>6.9927325023509734</v>
+        <v>6.9534541451471643</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>2974.8685899000002</v>
+        <v>2975.4545225000002</v>
       </c>
       <c r="C398" s="5">
-        <v>9.145084400000087</v>
+        <v>9.1760114000003341</v>
       </c>
       <c r="D398" s="5">
-        <v>3.763717616807094</v>
+        <v>3.7759445013367809</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>2982.5925062000001</v>
+        <v>2983.5011743999999</v>
       </c>
       <c r="C399" s="5">
-        <v>7.723916299999928</v>
+        <v>8.0466518999996879</v>
       </c>
       <c r="D399" s="5">
-        <v>3.1605463685137503</v>
+        <v>3.2939192385646576</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>2986.2648592</v>
+        <v>2987.166119</v>
       </c>
       <c r="C400" s="5">
-        <v>3.67235299999993</v>
+        <v>3.6649446000001262</v>
       </c>
       <c r="D400" s="5">
-        <v>1.4875612952518047</v>
+        <v>1.4840848649957161</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>2984.5827091000001</v>
+        <v>2985.0909904999999</v>
       </c>
       <c r="C401" s="5">
-        <v>-1.6821500999999444</v>
+        <v>-2.0751285000001189</v>
       </c>
       <c r="D401" s="5">
-        <v>-0.67386455202238515</v>
+        <v>-0.83043990464352069</v>
       </c>
       <c r="E401" s="5">
-        <v>5.1019061095083806</v>
+        <v>5.1084147396216473</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>3008.2592258999998</v>
+        <v>3007.4066733</v>
       </c>
       <c r="C402" s="5">
-        <v>23.676516799999717</v>
+        <v>22.315682800000104</v>
       </c>
       <c r="D402" s="5">
-        <v>9.9460583464744623</v>
+        <v>9.3490526080610472</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>3012.5090719</v>
+        <v>3011.5797437000001</v>
       </c>
       <c r="C403" s="5">
-        <v>4.2498460000001614</v>
+        <v>4.1730704000001424</v>
       </c>
       <c r="D403" s="5">
-        <v>1.7085056628299844</v>
+        <v>1.6778839483401642</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>3022.1480187000002</v>
+        <v>3020.6077577999999</v>
       </c>
       <c r="C404" s="5">
-        <v>9.6389468000002125</v>
+        <v>9.0280140999998366</v>
       </c>
       <c r="D404" s="5">
-        <v>3.9078635998392564</v>
+        <v>3.657228584870964</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>3024.1378997000002</v>
+        <v>3021.9447332999998</v>
       </c>
       <c r="C405" s="5">
-        <v>1.9898809999999685</v>
+        <v>1.3369754999998804</v>
       </c>
       <c r="D405" s="5">
-        <v>0.79298681927071346</v>
+        <v>0.53243657425650071</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>3027.9654571999999</v>
+        <v>3026.4646693</v>
       </c>
       <c r="C406" s="5">
-        <v>3.8275574999997843</v>
+        <v>4.5199360000001434</v>
       </c>
       <c r="D406" s="5">
-        <v>1.5294201543863961</v>
+        <v>1.8096841973753497</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>3033.6889187000002</v>
+        <v>3035.7962318999998</v>
       </c>
       <c r="C407" s="5">
-        <v>5.7234615000002123</v>
+        <v>9.3315625999998701</v>
       </c>
       <c r="D407" s="5">
-        <v>2.2919705413721569</v>
+        <v>3.7633801244819409</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>3030.3597853000001</v>
+        <v>3031.5274184999998</v>
       </c>
       <c r="C408" s="5">
-        <v>-3.3291334000000461</v>
+        <v>-4.2688133999999991</v>
       </c>
       <c r="D408" s="5">
-        <v>-1.308946321220128</v>
+        <v>-1.6744021759910188</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>3037.8512952000001</v>
+        <v>3038.7169027</v>
       </c>
       <c r="C409" s="5">
-        <v>7.4915098999999827</v>
+        <v>7.1894842000001518</v>
       </c>
       <c r="D409" s="5">
-        <v>3.007252738463162</v>
+        <v>2.8833016092586483</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>3038.2586826000002</v>
+        <v>3039.1223149000002</v>
       </c>
       <c r="C410" s="5">
-        <v>0.40738740000006146</v>
+        <v>0.40541220000022804</v>
       </c>
       <c r="D410" s="5">
-        <v>0.16104330534849609</v>
+        <v>0.16021623508166716</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>3032.3860442999999</v>
+        <v>3033.5762884000001</v>
       </c>
       <c r="C411" s="5">
-        <v>-5.8726383000002897</v>
+        <v>-5.5460265000001527</v>
       </c>
       <c r="D411" s="5">
-        <v>-2.2949753045276911</v>
+        <v>-2.1680071959669811</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>3037.1396017000002</v>
+        <v>3038.3183463</v>
       </c>
       <c r="C412" s="5">
-        <v>4.753557400000318</v>
+        <v>4.7420578999999634</v>
       </c>
       <c r="D412" s="5">
-        <v>1.8974192741015639</v>
+        <v>1.8920405635383108</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>3039.0607165000001</v>
+        <v>3039.7245813999998</v>
       </c>
       <c r="C413" s="5">
-        <v>1.9211147999999412</v>
+        <v>1.4062350999997761</v>
       </c>
       <c r="D413" s="5">
-        <v>0.76169528215936921</v>
+        <v>0.5568160370045705</v>
       </c>
       <c r="E413" s="5">
-        <v>1.8253140458763806</v>
+        <v>1.8302152622439394</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>3051.8246798999999</v>
+        <v>3050.5877460000002</v>
       </c>
       <c r="C414" s="5">
-        <v>12.763963399999739</v>
+        <v>10.863164600000346</v>
       </c>
       <c r="D414" s="5">
-        <v>5.1580315634540685</v>
+        <v>4.3737844209668308</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>3055.1465570999999</v>
+        <v>3053.7171198000001</v>
       </c>
       <c r="C415" s="5">
-        <v>3.3218772000000172</v>
+        <v>3.1293737999999394</v>
       </c>
       <c r="D415" s="5">
-        <v>1.3140348199375262</v>
+        <v>1.2379609356327759</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>3056.6541616999998</v>
+        <v>3054.5579456</v>
       </c>
       <c r="C416" s="5">
-        <v>1.5076045999999224</v>
+        <v>0.84082579999994778</v>
       </c>
       <c r="D416" s="5">
-        <v>0.59376649580651364</v>
+        <v>0.33091486118652647</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>3060.8044172</v>
+        <v>3057.9668901</v>
       </c>
       <c r="C417" s="5">
-        <v>4.1502555000001848</v>
+        <v>3.4089444999999614</v>
       </c>
       <c r="D417" s="5">
-        <v>1.6415554347615657</v>
+        <v>1.3474736653293684</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>3066.6868325999999</v>
+        <v>3064.5142953999998</v>
       </c>
       <c r="C418" s="5">
-        <v>5.8824153999998998</v>
+        <v>6.5474052999998094</v>
       </c>
       <c r="D418" s="5">
-        <v>2.3307573663077674</v>
+        <v>2.5997903681193923</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>3062.6179584000001</v>
+        <v>3065.6633895</v>
       </c>
       <c r="C419" s="5">
-        <v>-4.0688741999997546</v>
+        <v>1.149094100000184</v>
       </c>
       <c r="D419" s="5">
-        <v>-1.5805903327040904</v>
+        <v>0.45089045365496183</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>3067.838342</v>
+        <v>3069.5673605000002</v>
       </c>
       <c r="C420" s="5">
-        <v>5.2203835999998773</v>
+        <v>3.9039710000001833</v>
       </c>
       <c r="D420" s="5">
-        <v>2.0647448788620126</v>
+        <v>1.5388893941707282</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>3074.7595483999999</v>
+        <v>3075.9406491999998</v>
       </c>
       <c r="C421" s="5">
-        <v>6.9212063999998463</v>
+        <v>6.3732886999996481</v>
       </c>
       <c r="D421" s="5">
-        <v>2.7411102270464172</v>
+        <v>2.5201889857139115</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>3072.1440468999999</v>
+        <v>3073.2958950000002</v>
       </c>
       <c r="C422" s="5">
-        <v>-2.6155014999999366</v>
+        <v>-2.6447541999996247</v>
       </c>
       <c r="D422" s="5">
-        <v>-1.0160012068439417</v>
+        <v>-1.026918219733497</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>3082.9868843999998</v>
+        <v>3084.4210715999998</v>
       </c>
       <c r="C423" s="5">
-        <v>10.84283749999986</v>
+        <v>11.125176599999577</v>
       </c>
       <c r="D423" s="5">
-        <v>4.3184739239636061</v>
+        <v>4.4314784358116421</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>3085.8092145999999</v>
+        <v>3087.2057880000002</v>
       </c>
       <c r="C424" s="5">
-        <v>2.822330200000124</v>
+        <v>2.7847164000004341</v>
       </c>
       <c r="D424" s="5">
-        <v>1.1040919098238344</v>
+        <v>1.0887952452957039</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>3090.7150707999999</v>
+        <v>3091.5021126000001</v>
       </c>
       <c r="C425" s="5">
-        <v>4.9058562000000165</v>
+        <v>4.2963245999999344</v>
       </c>
       <c r="D425" s="5">
-        <v>1.9245445068166722</v>
+        <v>1.6828274207416172</v>
       </c>
       <c r="E425" s="5">
-        <v>1.6996815502748008</v>
+        <v>1.7033625847823863</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>3081.1579886999998</v>
+        <v>3088.6713567000002</v>
       </c>
       <c r="C426" s="5">
-        <v>-9.557082100000116</v>
+        <v>-2.8307558999999856</v>
       </c>
       <c r="D426" s="5">
-        <v>-3.6481685907462369</v>
+        <v>-1.0932717663545422</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>3084.4860337</v>
+        <v>3092.1865612000001</v>
       </c>
       <c r="C427" s="5">
-        <v>3.328045000000202</v>
+        <v>3.5152044999999816</v>
       </c>
       <c r="D427" s="5">
-        <v>1.3038814495746509</v>
+        <v>1.3742964402180258</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>3086.3874479000001</v>
+        <v>3095.0944232000002</v>
       </c>
       <c r="C428" s="5">
-        <v>1.9014142000000902</v>
+        <v>2.9078620000000228</v>
       </c>
       <c r="D428" s="5">
-        <v>0.74224648766909596</v>
+        <v>1.1343232010158744</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>3091.669218</v>
+        <v>3101.2888828</v>
       </c>
       <c r="C429" s="5">
-        <v>5.2817700999999033</v>
+        <v>6.1944595999998455</v>
       </c>
       <c r="D429" s="5">
-        <v>2.0730130658511703</v>
+        <v>2.4282694169448726</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>3093.9437142000002</v>
+        <v>3105.7037037</v>
       </c>
       <c r="C430" s="5">
-        <v>2.2744962000001578</v>
+        <v>4.4148208999999952</v>
       </c>
       <c r="D430" s="5">
-        <v>0.88640350757676067</v>
+        <v>1.7216911099390275</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>3089.8309270999998</v>
+        <v>3090.9409329999999</v>
       </c>
       <c r="C431" s="5">
-        <v>-4.1127871000003324</v>
+        <v>-14.762770700000146</v>
       </c>
       <c r="D431" s="5">
-        <v>-1.5835520190849661</v>
+        <v>-5.557335539239217</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>3088.9530123999998</v>
+        <v>3089.6271806</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.87791470000001937</v>
+        <v>-1.3137523999998848</v>
       </c>
       <c r="D432" s="5">
-        <v>-0.34042408938821378</v>
+        <v>-0.50884917163233068</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>3091.7717597000001</v>
+        <v>3092.4366808</v>
       </c>
       <c r="C433" s="5">
-        <v>2.8187473000002683</v>
+        <v>2.8095002000000022</v>
       </c>
       <c r="D433" s="5">
-        <v>1.100542761205614</v>
+        <v>1.0966737238523816</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>3091.7127157999998</v>
+        <v>3092.3344253</v>
       </c>
       <c r="C434" s="5">
-        <v>-5.9043900000233407E-2</v>
+        <v>-0.10225549999995565</v>
       </c>
       <c r="D434" s="5">
-        <v>-2.2914123044337487E-2</v>
+        <v>-3.9672368140897252E-2</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>3085.8278310000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-6.5065942999999606</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-2.4959093021744816</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>3083.5655261000002</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-2.26230489999989</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-0.87621418103690507</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">