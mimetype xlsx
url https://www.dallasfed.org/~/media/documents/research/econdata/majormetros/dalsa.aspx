--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0E163237-6FE7-47CD-AF57-306D7CFB44D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4D05EAC7-A4F9-4A1F-858E-3E14A2EABC4C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{5C2581D7-ED7D-43A7-8BA7-06EE090E65B1}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1C35BBF1-B960-4E9D-ACAC-C9A595E79AF6}"/>
   </bookViews>
   <sheets>
     <sheet name="dalnaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Total Nonfarm Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{756E7239-9661-4E8B-8DB6-F7D0D28AC2CA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{784D9AD4-D096-4416-B107-D6C29A024930}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>3090.9409329999999</v>
       </c>
       <c r="C431" s="5">
         <v>-14.762770700000146</v>
       </c>
       <c r="D431" s="5">
         <v>-5.557335539239217</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>3089.6271806</v>
       </c>
       <c r="C432" s="5">
         <v>-1.3137523999998848</v>
       </c>
       <c r="D432" s="5">
         <v>-0.50884917163233068</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>3092.4366808</v>
       </c>
       <c r="C433" s="5">
         <v>2.8095002000000022</v>
       </c>
       <c r="D433" s="5">
         <v>1.0966737238523816</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>3092.3344253</v>
       </c>
       <c r="C434" s="5">
         <v>-0.10225549999995565</v>
       </c>
       <c r="D434" s="5">
         <v>-3.9672368140897252E-2</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>3085.8278310000001</v>
       </c>
       <c r="C435" s="5">
         <v>-6.5065942999999606</v>
       </c>
       <c r="D435" s="5">
         <v>-2.4959093021744816</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>3083.5655261000002</v>
+        <v>3082.6187702000002</v>
       </c>
       <c r="C436" s="5">
-        <v>-2.26230489999989</v>
+        <v>-3.209060799999861</v>
       </c>
       <c r="D436" s="5">
-        <v>-0.87621418103690507</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.2408091839327007</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>3086.7879461000002</v>
+      </c>
+      <c r="C437" s="5">
+        <v>4.1691759000000275</v>
+      </c>
+      <c r="D437" s="5">
+        <v>1.6351016147489572</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.15248789514930028</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>