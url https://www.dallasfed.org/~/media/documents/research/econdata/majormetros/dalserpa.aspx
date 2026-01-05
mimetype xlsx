--- v0 (2025-10-17)
+++ v1 (2026-01-05)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{119204E2-81C2-4151-822D-C4DDC4BDB5C1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{FDE34B63-D9FE-4393-823B-AB02FBDF44CF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{44E0F010-8A73-4182-8173-BA8380B1860E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0C65B6E7-117F-4CA9-866C-BF1C6AE7FA91}"/>
   </bookViews>
   <sheets>
     <sheet name="dalserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Services Providing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1432732D-03E0-41F6-84C9-4535FCCBE2B1}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ECF71E84-B0D8-4A64-8A7D-219D25CEDCDD}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-1.9228096000001642</v>
       </c>
       <c r="D431" s="5">
         <v>-0.84677134708468493</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>2711.7127995999999</v>
       </c>
       <c r="C432" s="5">
         <v>-0.67775059999985388</v>
       </c>
       <c r="D432" s="5">
         <v>-0.29943473081301963</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>2718.7825874999999</v>
+        <v>2715.4979229999999</v>
       </c>
       <c r="C433" s="5">
-        <v>7.0697878999999375</v>
+        <v>3.7851233999999749</v>
       </c>
       <c r="D433" s="5">
-        <v>3.173809245027015</v>
+        <v>1.6879300458907176</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>2714.5030812</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.99484179999990374</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-0.43874370178527133</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>