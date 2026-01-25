--- v1 (2026-01-05)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{FDE34B63-D9FE-4393-823B-AB02FBDF44CF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A10AFB41-D481-4DF5-8179-B884B4B9D95A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0C65B6E7-117F-4CA9-866C-BF1C6AE7FA91}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{56F58546-2AA8-4819-8D4E-A7F5F6766709}"/>
   </bookViews>
   <sheets>
     <sheet name="dalserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Services Providing Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ECF71E84-B0D8-4A64-8A7D-219D25CEDCDD}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF6309CF-9CC8-4FEC-8600-57ACA660B609}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>1109.1238417</v>
+        <v>1109.1208308</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>1111.7499915000001</v>
+        <v>1111.7494647999999</v>
       </c>
       <c r="C7" s="5">
-        <v>2.6261498000001211</v>
+        <v>2.62863399999992</v>
       </c>
       <c r="D7" s="5">
-        <v>2.8786190122176647</v>
+        <v>2.8813855517005882</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>1114.2561355</v>
+        <v>1114.2550235000001</v>
       </c>
       <c r="C8" s="5">
-        <v>2.5061439999999493</v>
+        <v>2.5055587000001651</v>
       </c>
       <c r="D8" s="5">
-        <v>2.7388717646076088</v>
+        <v>2.738225475847611</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>1117.5772056999999</v>
+        <v>1117.5774343999999</v>
       </c>
       <c r="C9" s="5">
-        <v>3.3210701999998946</v>
+        <v>3.3224108999997952</v>
       </c>
       <c r="D9" s="5">
-        <v>3.6358498747153467</v>
+        <v>3.6373454935797023</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>1122.5688285000001</v>
+        <v>1122.5686872000001</v>
       </c>
       <c r="C10" s="5">
-        <v>4.9916228000001865</v>
+        <v>4.9912528000002112</v>
       </c>
       <c r="D10" s="5">
-        <v>5.4934072989270888</v>
+        <v>5.4929888988425546</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>1128.5522048</v>
+        <v>1128.5526331999999</v>
       </c>
       <c r="C11" s="5">
-        <v>5.983376299999918</v>
+        <v>5.9839459999998326</v>
       </c>
       <c r="D11" s="5">
-        <v>6.5869659647778134</v>
+        <v>6.5876124891916854</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>1131.2166447</v>
+        <v>1131.2162076</v>
       </c>
       <c r="C12" s="5">
-        <v>2.6644398999999339</v>
+        <v>2.6635744000000159</v>
       </c>
       <c r="D12" s="5">
-        <v>2.87020319140181</v>
+        <v>2.8692576134094372</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>1134.3340438</v>
+        <v>1134.3332012999999</v>
       </c>
       <c r="C13" s="5">
-        <v>3.1173991000000569</v>
+        <v>3.1169936999999663</v>
       </c>
       <c r="D13" s="5">
-        <v>3.357538110409064</v>
+        <v>3.3570961603814897</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>1136.713778</v>
+        <v>1136.7146304</v>
       </c>
       <c r="C14" s="5">
-        <v>2.3797342000000299</v>
+        <v>2.3814291000001049</v>
       </c>
       <c r="D14" s="5">
-        <v>2.546747942739036</v>
+        <v>2.5485847037025389</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>1136.2376403999999</v>
+        <v>1136.2378716000001</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.47613760000012917</v>
+        <v>-0.47675879999997051</v>
       </c>
       <c r="D15" s="5">
-        <v>-0.50149004827256816</v>
+        <v>-0.50214244049701096</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>1141.9711970000001</v>
+        <v>1141.9725840999999</v>
       </c>
       <c r="C16" s="5">
-        <v>5.7335566000001563</v>
+        <v>5.7347124999998869</v>
       </c>
       <c r="D16" s="5">
-        <v>6.2262221794802786</v>
+        <v>6.2275111466799205</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>1145.0669535</v>
+        <v>1145.0695490999999</v>
       </c>
       <c r="C17" s="5">
-        <v>3.0957564999998795</v>
+        <v>3.0969649999999547</v>
       </c>
       <c r="D17" s="5">
-        <v>3.3020099273175285</v>
+        <v>3.3033141578220793</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>1133.693929</v>
+        <v>1133.6910155999999</v>
       </c>
       <c r="C18" s="5">
-        <v>-11.373024499999929</v>
+        <v>-11.378533500000003</v>
       </c>
       <c r="D18" s="5">
-        <v>-11.288631747272614</v>
+        <v>-11.293780331679349</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>1132.9829972</v>
+        <v>1132.9824067</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.71093180000002576</v>
+        <v>-0.7086088999999447</v>
       </c>
       <c r="D19" s="5">
-        <v>-0.74992188338598442</v>
+        <v>-0.74748191878829529</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>1133.8648613</v>
+        <v>1133.8642850000001</v>
       </c>
       <c r="C20" s="5">
-        <v>0.88186410000002979</v>
+        <v>0.8818783000001531</v>
       </c>
       <c r="D20" s="5">
-        <v>0.93803610896614487</v>
+        <v>0.9380517691821133</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>1138.9447531999999</v>
+        <v>1138.9447593</v>
       </c>
       <c r="C21" s="5">
-        <v>5.0798918999998932</v>
+        <v>5.080474299999878</v>
       </c>
       <c r="D21" s="5">
-        <v>5.5106599841887594</v>
+        <v>5.5113102917656365</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>1142.7173150000001</v>
+        <v>1142.7171824</v>
       </c>
       <c r="C22" s="5">
-        <v>3.7725618000001759</v>
+        <v>3.7724230999999691</v>
       </c>
       <c r="D22" s="5">
-        <v>4.0480146090272173</v>
+        <v>4.0478630381840963</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>1141.3166801</v>
+        <v>1141.3175232000001</v>
       </c>
       <c r="C23" s="5">
-        <v>-1.4006349000001137</v>
+        <v>-1.39965919999986</v>
       </c>
       <c r="D23" s="5">
-        <v>-1.4609714661652284</v>
+        <v>-1.4599607495480948</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>1142.1185618</v>
+        <v>1142.1177723000001</v>
       </c>
       <c r="C24" s="5">
-        <v>0.80188169999996717</v>
+        <v>0.80024909999997362</v>
       </c>
       <c r="D24" s="5">
-        <v>0.84637787085282135</v>
+        <v>0.84464740129892579</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>1142.4340586000001</v>
+        <v>1142.4330821000001</v>
       </c>
       <c r="C25" s="5">
-        <v>0.31549680000011904</v>
+        <v>0.31530980000002273</v>
       </c>
       <c r="D25" s="5">
-        <v>0.33198995942362863</v>
+        <v>0.33179311448523485</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>1143.9158566000001</v>
+        <v>1143.9165641</v>
       </c>
       <c r="C26" s="5">
-        <v>1.4817980000000261</v>
+        <v>1.4834819999998672</v>
       </c>
       <c r="D26" s="5">
-        <v>1.5676157414471259</v>
+        <v>1.5694113634583617</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>1147.0002158</v>
+        <v>1147.0003357000001</v>
       </c>
       <c r="C27" s="5">
-        <v>3.0843591999998807</v>
+        <v>3.083771600000091</v>
       </c>
       <c r="D27" s="5">
-        <v>3.2839964947144251</v>
+        <v>3.2833594957515588</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>1147.6231164999999</v>
+        <v>1147.6243108000001</v>
       </c>
       <c r="C28" s="5">
-        <v>0.62290069999994557</v>
+        <v>0.62397510000005241</v>
       </c>
       <c r="D28" s="5">
-        <v>0.65363328879812777</v>
+        <v>0.65476400413735369</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>1148.7860562999999</v>
+        <v>1148.7883763</v>
       </c>
       <c r="C29" s="5">
-        <v>1.1629398000000037</v>
+        <v>1.1640654999998787</v>
       </c>
       <c r="D29" s="5">
-        <v>1.2228160220616902</v>
+        <v>1.2240050112263035</v>
       </c>
       <c r="E29" s="5">
-        <v>0.32479347942337977</v>
+        <v>0.32476867478687943</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>1143.2274580999999</v>
+        <v>1143.2249320999999</v>
       </c>
       <c r="C30" s="5">
-        <v>-5.5585982000000058</v>
+        <v>-5.563444200000049</v>
       </c>
       <c r="D30" s="5">
-        <v>-5.6543469344101478</v>
+        <v>-5.6591347313073026</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>1146.3216671</v>
+        <v>1146.3212940999999</v>
       </c>
       <c r="C31" s="5">
-        <v>3.0942090000000917</v>
+        <v>3.0963619999999992</v>
       </c>
       <c r="D31" s="5">
-        <v>3.2966538481966401</v>
+        <v>3.2989893886110844</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>1146.0899754</v>
+        <v>1146.0900948000001</v>
       </c>
       <c r="C32" s="5">
-        <v>-0.23169170000005579</v>
+        <v>-0.23119929999984379</v>
       </c>
       <c r="D32" s="5">
-        <v>-0.24227159357891326</v>
+        <v>-0.24175735838434242</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>1150.6410069999999</v>
+        <v>1150.6405483999999</v>
       </c>
       <c r="C33" s="5">
-        <v>4.5510315999999875</v>
+        <v>4.5504535999998552</v>
       </c>
       <c r="D33" s="5">
-        <v>4.8705640519573823</v>
+        <v>4.8699313812946565</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>1151.7139984</v>
+        <v>1151.7140380000001</v>
       </c>
       <c r="C34" s="5">
-        <v>1.0729914000000917</v>
+        <v>1.0734896000001299</v>
       </c>
       <c r="D34" s="5">
-        <v>1.1247766097132406</v>
+        <v>1.1253019875430592</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>1151.2466681000001</v>
+        <v>1151.2480181999999</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.46733029999995779</v>
+        <v>-0.46601980000014009</v>
       </c>
       <c r="D35" s="5">
-        <v>-0.48583806831568044</v>
+        <v>-0.48447868228097546</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>1152.5499213999999</v>
+        <v>1152.5484251</v>
       </c>
       <c r="C36" s="5">
-        <v>1.3032532999998239</v>
+        <v>1.3004069000000982</v>
       </c>
       <c r="D36" s="5">
-        <v>1.3669337949602012</v>
+        <v>1.363928130752301</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>1151.3918960000001</v>
+        <v>1151.391014</v>
       </c>
       <c r="C37" s="5">
-        <v>-1.1580253999998149</v>
+        <v>-1.1574110999999903</v>
       </c>
       <c r="D37" s="5">
-        <v>-1.1990603079375162</v>
+        <v>-1.1984292963581944</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>1155.2176861</v>
+        <v>1155.2180487000001</v>
       </c>
       <c r="C38" s="5">
-        <v>3.8257900999999492</v>
+        <v>3.8270347000000129</v>
       </c>
       <c r="D38" s="5">
-        <v>4.0609844446167331</v>
+        <v>4.0623329711306555</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>1162.9978099</v>
+        <v>1162.997748</v>
       </c>
       <c r="C39" s="5">
-        <v>7.7801237999999557</v>
+        <v>7.7796992999999475</v>
       </c>
       <c r="D39" s="5">
-        <v>8.3879025076327274</v>
+        <v>8.3874250321728017</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>1162.3242829000001</v>
+        <v>1162.3251399999999</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.67352699999992183</v>
+        <v>-0.67260800000008203</v>
       </c>
       <c r="D40" s="5">
-        <v>-0.6927467636702711</v>
+        <v>-0.69180458040424275</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>1163.6464212999999</v>
+        <v>1163.6481973</v>
       </c>
       <c r="C41" s="5">
-        <v>1.3221383999998579</v>
+        <v>1.3230573000000732</v>
       </c>
       <c r="D41" s="5">
-        <v>1.3735665240266481</v>
+        <v>1.3745261317200441</v>
       </c>
       <c r="E41" s="5">
-        <v>1.2935711500418279</v>
+        <v>1.2935211834106619</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>1168.3760855</v>
+        <v>1168.3743915</v>
       </c>
       <c r="C42" s="5">
-        <v>4.7296642000001157</v>
+        <v>4.726194200000009</v>
       </c>
       <c r="D42" s="5">
-        <v>4.9879490179959074</v>
+        <v>4.9841996138140221</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>1173.3859665</v>
+        <v>1173.3859150000001</v>
       </c>
       <c r="C43" s="5">
-        <v>5.0098809999999503</v>
+        <v>5.0115235000000666</v>
       </c>
       <c r="D43" s="5">
-        <v>5.2685807220233194</v>
+        <v>5.2703568115633148</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>1174.9692270999999</v>
+        <v>1174.9699039</v>
       </c>
       <c r="C44" s="5">
-        <v>1.5832605999999032</v>
+        <v>1.5839888999998948</v>
       </c>
       <c r="D44" s="5">
-        <v>1.6312415675419301</v>
+        <v>1.6319975909284246</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>1181.8283217000001</v>
+        <v>1181.8272426999999</v>
       </c>
       <c r="C45" s="5">
-        <v>6.8590946000001622</v>
+        <v>6.8573387999999795</v>
       </c>
       <c r="D45" s="5">
-        <v>7.2345691097265519</v>
+        <v>7.2326530499085218</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>1184.2032624999999</v>
+        <v>1184.2037436000001</v>
       </c>
       <c r="C46" s="5">
-        <v>2.3749407999998766</v>
+        <v>2.3765009000001101</v>
       </c>
       <c r="D46" s="5">
-        <v>2.4382896735023252</v>
+        <v>2.4399113957724872</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>1188.4731618000001</v>
+        <v>1188.4754751999999</v>
       </c>
       <c r="C47" s="5">
-        <v>4.2698993000001337</v>
+        <v>4.2717315999998391</v>
       </c>
       <c r="D47" s="5">
-        <v>4.4137053603169552</v>
+        <v>4.4156352749590955</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>1197.4707117</v>
+        <v>1197.4681883000001</v>
       </c>
       <c r="C48" s="5">
-        <v>8.9975498999999672</v>
+        <v>8.9927131000001737</v>
       </c>
       <c r="D48" s="5">
-        <v>9.472806911820463</v>
+        <v>9.4674816626005409</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>1199.4988198000001</v>
+        <v>1199.4983035</v>
       </c>
       <c r="C49" s="5">
-        <v>2.028108100000054</v>
+        <v>2.0301151999999547</v>
       </c>
       <c r="D49" s="5">
-        <v>2.0514311366793159</v>
+        <v>2.0534846533164952</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>1205.0368433000001</v>
+        <v>1205.03665</v>
       </c>
       <c r="C50" s="5">
-        <v>5.5380235000000084</v>
+        <v>5.5383464999999887</v>
       </c>
       <c r="D50" s="5">
-        <v>5.6832121990560758</v>
+        <v>5.683554638348598</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>1205.561606</v>
+        <v>1205.5611371</v>
       </c>
       <c r="C51" s="5">
-        <v>0.5247626999998829</v>
+        <v>0.52448709999998755</v>
       </c>
       <c r="D51" s="5">
-        <v>0.52382271277415793</v>
+        <v>0.52354703173178585</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>1208.6061021999999</v>
+        <v>1208.6065604</v>
       </c>
       <c r="C52" s="5">
-        <v>3.0444961999999123</v>
+        <v>3.0454233000000386</v>
       </c>
       <c r="D52" s="5">
-        <v>3.0728990539497847</v>
+        <v>3.0738490545789698</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>1214.5038010999999</v>
+        <v>1214.5049792</v>
       </c>
       <c r="C53" s="5">
-        <v>5.8976989000000231</v>
+        <v>5.8984187999999449</v>
       </c>
       <c r="D53" s="5">
-        <v>6.0154469730621107</v>
+        <v>6.0161987240081594</v>
       </c>
       <c r="E53" s="5">
-        <v>4.3705183008411863</v>
+        <v>4.3704602488967348</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>1216.0846796999999</v>
+        <v>1216.0837162</v>
       </c>
       <c r="C54" s="5">
-        <v>1.5808786000000055</v>
+        <v>1.5787370000000465</v>
       </c>
       <c r="D54" s="5">
-        <v>1.5732307652576383</v>
+        <v>1.5710827305819075</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>1217.8602341999999</v>
+        <v>1217.8607469999999</v>
       </c>
       <c r="C55" s="5">
-        <v>1.7755544999999984</v>
+        <v>1.7770307999999204</v>
       </c>
       <c r="D55" s="5">
-        <v>1.7662083140693952</v>
+        <v>1.7676900775731363</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>1222.2390138000001</v>
+        <v>1222.2399541</v>
       </c>
       <c r="C56" s="5">
-        <v>4.3787796000001435</v>
+        <v>4.3792071000000306</v>
       </c>
       <c r="D56" s="5">
-        <v>4.4009154073803458</v>
+        <v>4.4013517112522216</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>1228.3941652000001</v>
+        <v>1228.392734</v>
       </c>
       <c r="C57" s="5">
-        <v>6.1551514000000225</v>
+        <v>6.1527799000000414</v>
       </c>
       <c r="D57" s="5">
-        <v>6.2133805411040521</v>
+        <v>6.2109150285147852</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>1233.9440704000001</v>
+        <v>1233.9451896</v>
       </c>
       <c r="C58" s="5">
-        <v>5.549905200000012</v>
+        <v>5.5524556000000302</v>
       </c>
       <c r="D58" s="5">
-        <v>5.5583919186051212</v>
+        <v>5.5610166930638361</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>1239.3825629999999</v>
+        <v>1239.3861333</v>
       </c>
       <c r="C59" s="5">
-        <v>5.4384925999997904</v>
+        <v>5.4409436999999343</v>
       </c>
       <c r="D59" s="5">
-        <v>5.4189961427431044</v>
+        <v>5.4214929510769228</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>1252.0705227000001</v>
+        <v>1252.0664850999999</v>
       </c>
       <c r="C60" s="5">
-        <v>12.687959700000192</v>
+        <v>12.680351799999926</v>
       </c>
       <c r="D60" s="5">
-        <v>13.00064255201665</v>
+        <v>12.992363820553333</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>1255.8033086</v>
+        <v>1255.8034055999999</v>
       </c>
       <c r="C61" s="5">
-        <v>3.7327858999999535</v>
+        <v>3.7369204999999965</v>
       </c>
       <c r="D61" s="5">
-        <v>3.6367968448238752</v>
+        <v>3.6409034120612471</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>1259.6991204999999</v>
+        <v>1259.6980604</v>
       </c>
       <c r="C62" s="5">
-        <v>3.8958118999998987</v>
+        <v>3.8946548000001258</v>
       </c>
       <c r="D62" s="5">
-        <v>3.7868756712813978</v>
+        <v>3.7857313750896182</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>1265.4731853000001</v>
+        <v>1265.4723176</v>
       </c>
       <c r="C63" s="5">
-        <v>5.7740648000001329</v>
+        <v>5.7742571999999655</v>
       </c>
       <c r="D63" s="5">
-        <v>5.6412306478986762</v>
+        <v>5.6414282536946025</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>1272.8840623000001</v>
+        <v>1272.8839923999999</v>
       </c>
       <c r="C64" s="5">
-        <v>7.4108770000000277</v>
+        <v>7.4116747999999006</v>
       </c>
       <c r="D64" s="5">
-        <v>7.2582778176201179</v>
+        <v>7.2590896688186524</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>1279.5681218</v>
+        <v>1279.5685367000001</v>
       </c>
       <c r="C65" s="5">
-        <v>6.6840594999998757</v>
+        <v>6.6845443000001978</v>
       </c>
       <c r="D65" s="5">
-        <v>6.4865501387249891</v>
+        <v>6.4870346510424781</v>
       </c>
       <c r="E65" s="5">
-        <v>5.3572760036707967</v>
+        <v>5.3572079665624495</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>1281.0574944</v>
+        <v>1281.0574687999999</v>
       </c>
       <c r="C66" s="5">
-        <v>1.4893726000000242</v>
+        <v>1.488932099999829</v>
       </c>
       <c r="D66" s="5">
-        <v>1.4057346464588782</v>
+        <v>1.4053157603531652</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>1287.4669067</v>
+        <v>1287.4677127</v>
       </c>
       <c r="C67" s="5">
-        <v>6.4094122999999854</v>
+        <v>6.4102439000000686</v>
       </c>
       <c r="D67" s="5">
-        <v>6.1718629965914706</v>
+        <v>6.1726860680204831</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>1291.1646039</v>
+        <v>1291.1655403</v>
       </c>
       <c r="C68" s="5">
-        <v>3.6976971999999932</v>
+        <v>3.6978275999999823</v>
       </c>
       <c r="D68" s="5">
-        <v>3.5014526163246407</v>
+        <v>3.5015758259654861</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>1290.0020505</v>
+        <v>1290.0008175999999</v>
       </c>
       <c r="C69" s="5">
-        <v>-1.1625533999999789</v>
+        <v>-1.1647227000000839</v>
       </c>
       <c r="D69" s="5">
-        <v>-1.0751349586702208</v>
+        <v>-1.0771304174961305</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>1294.6532674</v>
+        <v>1294.6551239</v>
       </c>
       <c r="C70" s="5">
-        <v>4.6512169000000085</v>
+        <v>4.6543063000001439</v>
       </c>
       <c r="D70" s="5">
-        <v>4.4135479362977126</v>
+        <v>4.416542195197648</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>1297.5888181</v>
+        <v>1297.5936219</v>
       </c>
       <c r="C71" s="5">
-        <v>2.9355507000000216</v>
+        <v>2.9384979999999814</v>
       </c>
       <c r="D71" s="5">
-        <v>2.7551202459370261</v>
+        <v>2.757917011313249</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>1300.8145248000001</v>
+        <v>1300.8096585000001</v>
       </c>
       <c r="C72" s="5">
-        <v>3.2257067000000461</v>
+        <v>3.2160366000000522</v>
       </c>
       <c r="D72" s="5">
-        <v>3.0242350129302098</v>
+        <v>3.0150336356668417</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>1308.1743334</v>
+        <v>1308.1749199000001</v>
       </c>
       <c r="C73" s="5">
-        <v>7.3598085999999512</v>
+        <v>7.3652614000000085</v>
       </c>
       <c r="D73" s="5">
-        <v>7.0047253048631575</v>
+        <v>7.0101047457620469</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>1310.9585661000001</v>
+        <v>1310.9566424</v>
       </c>
       <c r="C74" s="5">
-        <v>2.7842327000000751</v>
+        <v>2.7817224999998871</v>
       </c>
       <c r="D74" s="5">
-        <v>2.5841113771149837</v>
+        <v>2.5817531162320551</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>1311.3701788000001</v>
+        <v>1311.3688703</v>
       </c>
       <c r="C75" s="5">
-        <v>0.41161269999997785</v>
+        <v>0.41222790000006171</v>
       </c>
       <c r="D75" s="5">
-        <v>0.37742543027134978</v>
+        <v>0.37799106525187032</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>1320.4741816999999</v>
+        <v>1320.4736614999999</v>
       </c>
       <c r="C76" s="5">
-        <v>9.1040028999998412</v>
+        <v>9.1047911999999087</v>
       </c>
       <c r="D76" s="5">
-        <v>8.6564044229904056</v>
+        <v>8.6571917879734617</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>1324.1460125000001</v>
+        <v>1324.1459081999999</v>
       </c>
       <c r="C77" s="5">
-        <v>3.6718308000001798</v>
+        <v>3.6722466999999597</v>
       </c>
       <c r="D77" s="5">
-        <v>3.3883381134691026</v>
+        <v>3.3887291475757086</v>
       </c>
       <c r="E77" s="5">
-        <v>3.4838231697497557</v>
+        <v>3.483781463942881</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>1326.9930577</v>
+        <v>1326.9934945</v>
       </c>
       <c r="C78" s="5">
-        <v>2.8470451999999113</v>
+        <v>2.8475863000001027</v>
       </c>
       <c r="D78" s="5">
-        <v>2.6108500151753589</v>
+        <v>2.611352316561244</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>1331.377888</v>
+        <v>1331.3789320000001</v>
       </c>
       <c r="C79" s="5">
-        <v>4.384830299999976</v>
+        <v>4.38543750000008</v>
       </c>
       <c r="D79" s="5">
-        <v>4.0380652744151924</v>
+        <v>4.038633304476158</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>1336.9661086999999</v>
+        <v>1336.9667363999999</v>
       </c>
       <c r="C80" s="5">
-        <v>5.5882206999999653</v>
+        <v>5.5878043999998681</v>
       </c>
       <c r="D80" s="5">
-        <v>5.1547033230404882</v>
+        <v>5.1543062756085556</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>1342.5113481999999</v>
+        <v>1342.5109533</v>
       </c>
       <c r="C81" s="5">
-        <v>5.5452394999999797</v>
+        <v>5.5442169000000376</v>
       </c>
       <c r="D81" s="5">
-        <v>5.0922780107559573</v>
+        <v>5.0913149756372844</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>1349.5022936</v>
+        <v>1349.5050114000001</v>
       </c>
       <c r="C82" s="5">
-        <v>6.9909454000001006</v>
+        <v>6.9940581000000748</v>
       </c>
       <c r="D82" s="5">
-        <v>6.4309499911528345</v>
+        <v>6.4338978404934855</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>1353.6162615000001</v>
+        <v>1353.6217377999999</v>
       </c>
       <c r="C83" s="5">
-        <v>4.1139679000000342</v>
+        <v>4.116726399999834</v>
       </c>
       <c r="D83" s="5">
-        <v>3.7201730383523701</v>
+        <v>3.7227018675870305</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>1359.9216512</v>
+        <v>1359.9166299000001</v>
       </c>
       <c r="C84" s="5">
-        <v>6.3053896999999779</v>
+        <v>6.2948921000001974</v>
       </c>
       <c r="D84" s="5">
-        <v>5.7352755889831242</v>
+        <v>5.7254578583358473</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>1368.1425133</v>
+        <v>1368.1428226</v>
       </c>
       <c r="C85" s="5">
-        <v>8.2208620999999766</v>
+        <v>8.2261926999999559</v>
       </c>
       <c r="D85" s="5">
-        <v>7.5002317980952915</v>
+        <v>7.5052866958262854</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>1370.6939053000001</v>
+        <v>1370.6909059</v>
       </c>
       <c r="C86" s="5">
-        <v>2.551392000000078</v>
+        <v>2.5480832999999166</v>
       </c>
       <c r="D86" s="5">
-        <v>2.2609261065375863</v>
+        <v>2.2579634744956945</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>1379.7131816000001</v>
+        <v>1379.7113686</v>
       </c>
       <c r="C87" s="5">
-        <v>9.0192763000000014</v>
+        <v>9.0204627000000528</v>
       </c>
       <c r="D87" s="5">
-        <v>8.1882214881187299</v>
+        <v>8.1893564253376461</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>1389.0558758</v>
+        <v>1389.0549378999999</v>
       </c>
       <c r="C88" s="5">
-        <v>9.3426941999998689</v>
+        <v>9.3435692999998992</v>
       </c>
       <c r="D88" s="5">
-        <v>8.4353358185253136</v>
+        <v>8.4361670892186158</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>1392.0442433999999</v>
+        <v>1392.0438758</v>
       </c>
       <c r="C89" s="5">
-        <v>2.9883675999999468</v>
+        <v>2.9889379000001099</v>
       </c>
       <c r="D89" s="5">
-        <v>2.6124066194729734</v>
+        <v>2.6129128712771621</v>
       </c>
       <c r="E89" s="5">
-        <v>5.1276996841010947</v>
+        <v>5.1276802034828872</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>1400.5759614999999</v>
+        <v>1400.5768693</v>
       </c>
       <c r="C90" s="5">
-        <v>8.5317181000000346</v>
+        <v>8.532993499999975</v>
       </c>
       <c r="D90" s="5">
-        <v>7.6077506898451608</v>
+        <v>7.6089286574310577</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>1407.1092418000001</v>
+        <v>1407.1104118000001</v>
       </c>
       <c r="C91" s="5">
-        <v>6.5332803000001149</v>
+        <v>6.5335425000000669</v>
       </c>
       <c r="D91" s="5">
-        <v>5.7435211268215491</v>
+        <v>5.743753758457415</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>1413.879027</v>
+        <v>1413.8795035000001</v>
       </c>
       <c r="C92" s="5">
-        <v>6.7697851999998875</v>
+        <v>6.7690916999999899</v>
       </c>
       <c r="D92" s="5">
-        <v>5.9286024713374408</v>
+        <v>5.9279739239510576</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>1421.5932098000001</v>
+        <v>1421.5938309000001</v>
       </c>
       <c r="C93" s="5">
-        <v>7.7141828000001169</v>
+        <v>7.7143274000000019</v>
       </c>
       <c r="D93" s="5">
-        <v>6.7473387405834639</v>
+        <v>6.7474666940330774</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>1430.910654</v>
+        <v>1430.9135994000001</v>
       </c>
       <c r="C94" s="5">
-        <v>9.3174441999999544</v>
+        <v>9.3197685000000092</v>
       </c>
       <c r="D94" s="5">
-        <v>8.1548806613563904</v>
+        <v>8.1569851637160582</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>1438.7559835</v>
+        <v>1438.761066</v>
       </c>
       <c r="C95" s="5">
-        <v>7.8453294999999343</v>
+        <v>7.8474665999999615</v>
       </c>
       <c r="D95" s="5">
-        <v>6.7813743191196263</v>
+        <v>6.7832632796878345</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>1435.2499494000001</v>
+        <v>1435.2469837000001</v>
       </c>
       <c r="C96" s="5">
-        <v>-3.5060340999998516</v>
+        <v>-3.5140822999999273</v>
       </c>
       <c r="D96" s="5">
-        <v>-2.8853455283011864</v>
+        <v>-2.891870122134832</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>1445.0863136</v>
+        <v>1445.0856189000001</v>
       </c>
       <c r="C97" s="5">
-        <v>9.8363641999999345</v>
+        <v>9.8386351999999988</v>
       </c>
       <c r="D97" s="5">
-        <v>8.5412881750477112</v>
+        <v>8.5433534308033021</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>1453.5743726000001</v>
+        <v>1453.5697837</v>
       </c>
       <c r="C98" s="5">
-        <v>8.4880590000000211</v>
+        <v>8.4841647999999168</v>
       </c>
       <c r="D98" s="5">
-        <v>7.2807091525050938</v>
+        <v>7.2772638894695874</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>1456.8580211000001</v>
+        <v>1456.8560309</v>
       </c>
       <c r="C99" s="5">
-        <v>3.2836485000000266</v>
+        <v>3.2862471999999343</v>
       </c>
       <c r="D99" s="5">
-        <v>2.7447555458899542</v>
+        <v>2.7469636241439721</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>1463.9996455999999</v>
+        <v>1463.9988205</v>
       </c>
       <c r="C100" s="5">
-        <v>7.1416244999998071</v>
+        <v>7.1427896000000146</v>
       </c>
       <c r="D100" s="5">
-        <v>6.0437081968975237</v>
+        <v>6.0447294005725904</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>1466.8216566999999</v>
+        <v>1466.8215954</v>
       </c>
       <c r="C101" s="5">
-        <v>2.8220111000000543</v>
+        <v>2.8227749000000131</v>
       </c>
       <c r="D101" s="5">
-        <v>2.3378059979666688</v>
+        <v>2.3384468010219539</v>
       </c>
       <c r="E101" s="5">
-        <v>5.3717698740206599</v>
+        <v>5.3717932961721893</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>1474.4842695</v>
+        <v>1474.4852993</v>
       </c>
       <c r="C102" s="5">
-        <v>7.6626128000000335</v>
+        <v>7.6637038999999731</v>
       </c>
       <c r="D102" s="5">
-        <v>6.4520336988490801</v>
+        <v>6.4529792583227774</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>1479.8652866</v>
+        <v>1479.8668015999999</v>
       </c>
       <c r="C103" s="5">
-        <v>5.3810171000000082</v>
+        <v>5.3815022999999655</v>
       </c>
       <c r="D103" s="5">
-        <v>4.468286672298194</v>
+        <v>4.468694510426019</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>1483.3400611</v>
+        <v>1483.3408489000001</v>
       </c>
       <c r="C104" s="5">
-        <v>3.4747744999999668</v>
+        <v>3.4740473000001657</v>
       </c>
       <c r="D104" s="5">
-        <v>2.8543150568204556</v>
+        <v>2.8537070134456721</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>1490.9158109</v>
+        <v>1490.9171002</v>
       </c>
       <c r="C105" s="5">
-        <v>7.5757498000000396</v>
+        <v>7.5762512999999672</v>
       </c>
       <c r="D105" s="5">
-        <v>6.3037860224899767</v>
+        <v>6.3042116699238981</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>1496.1106981</v>
+        <v>1496.1133536</v>
       </c>
       <c r="C106" s="5">
-        <v>5.1948872000000392</v>
+        <v>5.1962533999999323</v>
       </c>
       <c r="D106" s="5">
-        <v>4.2622988652687432</v>
+        <v>4.263437620745103</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>1500.9745307999999</v>
+        <v>1500.9786185999999</v>
       </c>
       <c r="C107" s="5">
-        <v>4.8638326999998753</v>
+        <v>4.8652649999999085</v>
       </c>
       <c r="D107" s="5">
-        <v>3.9716976132987414</v>
+        <v>3.972881017139529</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>1509.7744118999999</v>
+        <v>1509.7736571</v>
       </c>
       <c r="C108" s="5">
-        <v>8.7998810999999932</v>
+        <v>8.7950385000001461</v>
       </c>
       <c r="D108" s="5">
-        <v>7.2666828366064307</v>
+        <v>7.262533795290893</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>1518.0450834000001</v>
+        <v>1518.0417738000001</v>
       </c>
       <c r="C109" s="5">
-        <v>8.2706715000001623</v>
+        <v>8.2681167000000642</v>
       </c>
       <c r="D109" s="5">
-        <v>6.7754248887432311</v>
+        <v>6.7732720200839092</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>1521.0242401999999</v>
+        <v>1521.0176160999999</v>
       </c>
       <c r="C110" s="5">
-        <v>2.9791567999998279</v>
+        <v>2.9758422999998402</v>
       </c>
       <c r="D110" s="5">
-        <v>2.380580909774066</v>
+        <v>2.3779089827071553</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>1528.1942968000001</v>
+        <v>1528.1935364000001</v>
       </c>
       <c r="C111" s="5">
-        <v>7.17005660000018</v>
+        <v>7.1759203000001435</v>
       </c>
       <c r="D111" s="5">
-        <v>5.8057501329457972</v>
+        <v>5.8106479368050801</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>1536.2021010000001</v>
+        <v>1536.2020934</v>
       </c>
       <c r="C112" s="5">
-        <v>8.0078042000000096</v>
+        <v>8.0085569999998825</v>
       </c>
       <c r="D112" s="5">
-        <v>6.4724780691002071</v>
+        <v>6.4731074939589739</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>1543.6674863999999</v>
+        <v>1543.6683452</v>
       </c>
       <c r="C113" s="5">
-        <v>7.4653853999998319</v>
+        <v>7.4662518000000091</v>
       </c>
       <c r="D113" s="5">
-        <v>5.9899838227303492</v>
+        <v>5.9906977116057636</v>
       </c>
       <c r="E113" s="5">
-        <v>5.2389347640861006</v>
+        <v>5.2389977104914331</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>1543.4401396000001</v>
+        <v>1543.4415160999999</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.22734679999985019</v>
+        <v>-0.22682910000003176</v>
       </c>
       <c r="D114" s="5">
-        <v>-0.17658937774581718</v>
+        <v>-0.17618748638035253</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>1549.2944090000001</v>
+        <v>1549.2960943999999</v>
       </c>
       <c r="C115" s="5">
-        <v>5.8542694000000211</v>
+        <v>5.8545782999999574</v>
       </c>
       <c r="D115" s="5">
-        <v>4.647764806857424</v>
+        <v>4.6480109524121405</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>1555.3235565</v>
+        <v>1555.3248066000001</v>
       </c>
       <c r="C116" s="5">
-        <v>6.0291474999999082</v>
+        <v>6.0287122000002</v>
       </c>
       <c r="D116" s="5">
-        <v>4.7711120402387008</v>
+        <v>4.7707548624737139</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>1558.5757281000001</v>
+        <v>1558.5773938</v>
       </c>
       <c r="C117" s="5">
-        <v>3.2521716000001106</v>
+        <v>3.2525871999998799</v>
       </c>
       <c r="D117" s="5">
-        <v>2.5382512771926047</v>
+        <v>2.5385773202135864</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>1560.9548004999999</v>
+        <v>1560.9565391000001</v>
       </c>
       <c r="C118" s="5">
-        <v>2.3790723999998136</v>
+        <v>2.3791453000001184</v>
       </c>
       <c r="D118" s="5">
-        <v>1.8471846925943725</v>
+        <v>1.8472397796334361</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>1566.343451</v>
+        <v>1566.3460525999999</v>
       </c>
       <c r="C119" s="5">
-        <v>5.3886505000000398</v>
+        <v>5.3895134999997936</v>
       </c>
       <c r="D119" s="5">
-        <v>4.2221469081713758</v>
+        <v>4.222831189899301</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>1571.7119686000001</v>
+        <v>1571.7131856999999</v>
       </c>
       <c r="C120" s="5">
-        <v>5.368517600000132</v>
+        <v>5.3671331000000464</v>
       </c>
       <c r="D120" s="5">
-        <v>4.1913287978986524</v>
+        <v>4.190220342919071</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>1577.3656159</v>
+        <v>1577.3595839</v>
       </c>
       <c r="C121" s="5">
-        <v>5.653647299999875</v>
+        <v>5.6463982000000215</v>
       </c>
       <c r="D121" s="5">
-        <v>4.4029840362228567</v>
+        <v>4.3972230508858789</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>1581.8425941999999</v>
+        <v>1581.8332058999999</v>
       </c>
       <c r="C122" s="5">
-        <v>4.4769782999999279</v>
+        <v>4.4736219999999776</v>
       </c>
       <c r="D122" s="5">
-        <v>3.4595895752230099</v>
+        <v>3.4569688280351674</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>1588.11599</v>
+        <v>1588.1173513000001</v>
       </c>
       <c r="C123" s="5">
-        <v>6.2733958000001167</v>
+        <v>6.2841454000001704</v>
       </c>
       <c r="D123" s="5">
-        <v>4.8642450765898682</v>
+        <v>4.8727925786358872</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>1592.3957771</v>
+        <v>1592.3973785000001</v>
       </c>
       <c r="C124" s="5">
-        <v>4.2797871000000214</v>
+        <v>4.2800271999999495</v>
       </c>
       <c r="D124" s="5">
-        <v>3.2822248399950738</v>
+        <v>3.2824088583108146</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>1600.5624928</v>
+        <v>1600.5647656000001</v>
       </c>
       <c r="C125" s="5">
-        <v>8.1667156999999406</v>
+        <v>8.1673871000000418</v>
       </c>
       <c r="D125" s="5">
-        <v>6.3308828735882949</v>
+        <v>6.3314115679231397</v>
       </c>
       <c r="E125" s="5">
-        <v>3.6857034886888407</v>
+        <v>3.6857930381819504</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>1604.5102002000001</v>
+        <v>1604.5120873999999</v>
       </c>
       <c r="C126" s="5">
-        <v>3.9477074000001267</v>
+        <v>3.9473217999998269</v>
       </c>
       <c r="D126" s="5">
-        <v>3.0002222441451343</v>
+        <v>2.9999208873743077</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>1609.2577262</v>
+        <v>1609.2595802000001</v>
       </c>
       <c r="C127" s="5">
-        <v>4.7475259999998798</v>
+        <v>4.7474928000001455</v>
       </c>
       <c r="D127" s="5">
-        <v>3.6089915586036136</v>
+        <v>3.6089615942619613</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>1615.2732579999999</v>
+        <v>1615.2746754</v>
       </c>
       <c r="C128" s="5">
-        <v>6.0155317999999625</v>
+        <v>6.0150951999999052</v>
       </c>
       <c r="D128" s="5">
-        <v>4.5790764455403199</v>
+        <v>4.5787318558508483</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>1622.4123319</v>
+        <v>1622.4138422000001</v>
       </c>
       <c r="C129" s="5">
-        <v>7.1390739000000849</v>
+        <v>7.1391668000001118</v>
       </c>
       <c r="D129" s="5">
-        <v>5.43452061527534</v>
+        <v>5.434588176627253</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>1630.6236334</v>
+        <v>1630.6247178000001</v>
       </c>
       <c r="C130" s="5">
-        <v>8.2113014999999905</v>
+        <v>8.2108756000000085</v>
       </c>
       <c r="D130" s="5">
-        <v>6.2453483891445671</v>
+        <v>6.2450094127458833</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>1641.3398554</v>
+        <v>1641.3412241000001</v>
       </c>
       <c r="C131" s="5">
-        <v>10.716222000000016</v>
+        <v>10.716506299999992</v>
       </c>
       <c r="D131" s="5">
-        <v>8.177612826033176</v>
+        <v>8.1778320418640646</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>1642.512698</v>
+        <v>1642.5140483</v>
       </c>
       <c r="C132" s="5">
-        <v>1.1728425999999672</v>
+        <v>1.1728241999999227</v>
       </c>
       <c r="D132" s="5">
-        <v>0.86085497876200456</v>
+        <v>0.86084069954961429</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>1645.4267507</v>
+        <v>1645.4179167</v>
       </c>
       <c r="C133" s="5">
-        <v>2.9140526999999565</v>
+        <v>2.9038683999999648</v>
       </c>
       <c r="D133" s="5">
-        <v>2.1498692152732701</v>
+        <v>2.1422806671520522</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>1652.3565498999999</v>
+        <v>1652.3454462</v>
       </c>
       <c r="C134" s="5">
-        <v>6.929799199999934</v>
+        <v>6.9275294999999915</v>
       </c>
       <c r="D134" s="5">
-        <v>5.1725859669130347</v>
+        <v>5.1708807891449382</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>1653.7262493000001</v>
+        <v>1653.7298165</v>
       </c>
       <c r="C135" s="5">
-        <v>1.3696994000001723</v>
+        <v>1.3843703000000005</v>
       </c>
       <c r="D135" s="5">
-        <v>0.9992719960165708</v>
+        <v>1.0100314227398544</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>1656.9534552</v>
+        <v>1656.9568403999999</v>
       </c>
       <c r="C136" s="5">
-        <v>3.2272058999999444</v>
+        <v>3.2270238999999492</v>
       </c>
       <c r="D136" s="5">
-        <v>2.3670690453944321</v>
+        <v>2.3669289567701757</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>1660.7556278</v>
+        <v>1660.7592626000001</v>
       </c>
       <c r="C137" s="5">
-        <v>3.8021725999999489</v>
+        <v>3.8024222000001373</v>
       </c>
       <c r="D137" s="5">
-        <v>2.7886318930464116</v>
+        <v>2.7888115044618855</v>
       </c>
       <c r="E137" s="5">
-        <v>3.7607488161676805</v>
+        <v>3.7608285708722988</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>1665.0213211</v>
+        <v>1665.0243069999999</v>
       </c>
       <c r="C138" s="5">
-        <v>4.2656933000000663</v>
+        <v>4.2650443999998515</v>
       </c>
       <c r="D138" s="5">
-        <v>3.1261479851386609</v>
+        <v>3.1256587585752005</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>1667.1836507999999</v>
+        <v>1667.1851194000001</v>
       </c>
       <c r="C139" s="5">
-        <v>2.1623296999998729</v>
+        <v>2.1608124000001681</v>
       </c>
       <c r="D139" s="5">
-        <v>1.5695955499307024</v>
+        <v>1.5684834635393941</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>1669.6374020999999</v>
+        <v>1669.6385464</v>
       </c>
       <c r="C140" s="5">
-        <v>2.4537513000000217</v>
+        <v>2.4534269999999196</v>
       </c>
       <c r="D140" s="5">
-        <v>1.7805202414023391</v>
+        <v>1.7802814301208336</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>1667.0458311</v>
+        <v>1667.0468518</v>
       </c>
       <c r="C141" s="5">
-        <v>-2.5915709999999308</v>
+        <v>-2.5916945999999825</v>
       </c>
       <c r="D141" s="5">
-        <v>-1.846792058299962</v>
+        <v>-1.8468781319133765</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>1663.7019261</v>
+        <v>1663.7023308</v>
       </c>
       <c r="C142" s="5">
-        <v>-3.3439049999999497</v>
+        <v>-3.3445209999999861</v>
       </c>
       <c r="D142" s="5">
-        <v>-2.3806851194000944</v>
+        <v>-2.381117409382405</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>1663.9106297000001</v>
+        <v>1663.9108911000001</v>
       </c>
       <c r="C143" s="5">
-        <v>0.20870360000003529</v>
+        <v>0.20856030000004466</v>
       </c>
       <c r="D143" s="5">
-        <v>0.15063827371897265</v>
+        <v>0.15053473454811339</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>1653.0972729</v>
+        <v>1653.098659</v>
       </c>
       <c r="C144" s="5">
-        <v>-10.813356800000065</v>
+        <v>-10.812232100000074</v>
       </c>
       <c r="D144" s="5">
-        <v>-7.525719934567821</v>
+        <v>-7.5249638027302996</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>1652.3070230999999</v>
+        <v>1652.2980161999999</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.79024980000008327</v>
+        <v>-0.80064280000010513</v>
       </c>
       <c r="D145" s="5">
-        <v>-0.5721444500045636</v>
+        <v>-0.57964851211504964</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>1649.4840541000001</v>
+        <v>1649.4726413999999</v>
       </c>
       <c r="C146" s="5">
-        <v>-2.82296899999983</v>
+        <v>-2.8253747999999632</v>
       </c>
       <c r="D146" s="5">
-        <v>-2.0310458248620766</v>
+        <v>-2.0327714601959812</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>1635.6816275000001</v>
+        <v>1635.6856067000001</v>
       </c>
       <c r="C147" s="5">
-        <v>-13.80242659999999</v>
+        <v>-13.787034699999822</v>
       </c>
       <c r="D147" s="5">
-        <v>-9.5917945124133652</v>
+        <v>-9.5816482768301015</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>1630.5468788999999</v>
+        <v>1630.5513718</v>
       </c>
       <c r="C148" s="5">
-        <v>-5.1347486000001936</v>
+        <v>-5.1342349000001377</v>
       </c>
       <c r="D148" s="5">
-        <v>-3.7026875227912592</v>
+        <v>-3.7023146113539074</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>1624.2864218</v>
+        <v>1624.2905638</v>
       </c>
       <c r="C149" s="5">
-        <v>-6.2604570999999396</v>
+        <v>-6.2608079999999973</v>
       </c>
       <c r="D149" s="5">
-        <v>-4.5113194126582323</v>
+        <v>-4.5115547871680484</v>
       </c>
       <c r="E149" s="5">
-        <v>-2.1959405339068816</v>
+        <v>-2.1959051875409363</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>1627.7832873</v>
+        <v>1627.7867392999999</v>
       </c>
       <c r="C150" s="5">
-        <v>3.4968655000000126</v>
+        <v>3.4961754999999357</v>
       </c>
       <c r="D150" s="5">
-        <v>2.6142455086131555</v>
+        <v>2.6137168006086453</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>1626.3986411000001</v>
+        <v>1626.3993290000001</v>
       </c>
       <c r="C151" s="5">
-        <v>-1.3846461999999065</v>
+        <v>-1.3874102999998286</v>
       </c>
       <c r="D151" s="5">
-        <v>-1.0159975240286889</v>
+        <v>-1.0180140620723366</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>1627.1480698</v>
+        <v>1627.1488618000001</v>
       </c>
       <c r="C152" s="5">
-        <v>0.7494286999999531</v>
+        <v>0.74953279999999722</v>
       </c>
       <c r="D152" s="5">
-        <v>0.55435186434045214</v>
+        <v>0.5544288272229192</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>1624.2857214999999</v>
+        <v>1624.2859877999999</v>
       </c>
       <c r="C153" s="5">
-        <v>-2.8623483000001215</v>
+        <v>-2.8628740000001471</v>
       </c>
       <c r="D153" s="5">
-        <v>-2.0906392672124019</v>
+        <v>-2.0910185189013553</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>1626.9758030999999</v>
+        <v>1626.9759984</v>
       </c>
       <c r="C154" s="5">
-        <v>2.690081599999985</v>
+        <v>2.6900106000000505</v>
       </c>
       <c r="D154" s="5">
-        <v>2.0055986567394379</v>
+        <v>2.0055449075735199</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>1623.5284893999999</v>
+        <v>1623.5285515</v>
       </c>
       <c r="C155" s="5">
-        <v>-3.4473136999999952</v>
+        <v>-3.4474468999999317</v>
       </c>
       <c r="D155" s="5">
-        <v>-2.5131945483114482</v>
+        <v>-2.5132902280171177</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>1617.116773</v>
+        <v>1617.1177178</v>
       </c>
       <c r="C156" s="5">
-        <v>-6.411716399999932</v>
+        <v>-6.410833700000012</v>
       </c>
       <c r="D156" s="5">
-        <v>-4.6375032536620004</v>
+        <v>-4.6368784370917515</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>1618.9631442</v>
+        <v>1618.9543667999999</v>
       </c>
       <c r="C157" s="5">
-        <v>1.8463712000000214</v>
+        <v>1.8366489999998521</v>
       </c>
       <c r="D157" s="5">
-        <v>1.3787576764555665</v>
+        <v>1.3714515129766403</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>1622.4041434000001</v>
+        <v>1622.3936348</v>
       </c>
       <c r="C158" s="5">
-        <v>3.4409992000000784</v>
+        <v>3.4392680000000837</v>
       </c>
       <c r="D158" s="5">
-        <v>2.5805482638556088</v>
+        <v>2.5792489058044987</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>1616.6696784000001</v>
+        <v>1616.6736314</v>
       </c>
       <c r="C159" s="5">
-        <v>-5.7344650000000001</v>
+        <v>-5.720003399999996</v>
       </c>
       <c r="D159" s="5">
-        <v>-4.1599671534947706</v>
+        <v>-4.1497051891539405</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>1617.6054302</v>
+        <v>1617.6106032</v>
       </c>
       <c r="C160" s="5">
-        <v>0.93575179999993452</v>
+        <v>0.93697180000003755</v>
       </c>
       <c r="D160" s="5">
-        <v>0.69679280632370943</v>
+        <v>0.6977024464114745</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>1615.6658560999999</v>
+        <v>1615.6700633</v>
       </c>
       <c r="C161" s="5">
-        <v>-1.9395741000000726</v>
+        <v>-1.9405398999999761</v>
       </c>
       <c r="D161" s="5">
-        <v>-1.4293973780871161</v>
+        <v>-1.430099905620219</v>
       </c>
       <c r="E161" s="5">
-        <v>-0.53072940734473217</v>
+        <v>-0.53072403990529482</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>1615.3578891</v>
+        <v>1615.3613679</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.30796699999996235</v>
+        <v>-0.30869540000003326</v>
       </c>
       <c r="D162" s="5">
-        <v>-0.22849601479916215</v>
+        <v>-0.22903528736760714</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>1613.9710061000001</v>
+        <v>1613.9713245</v>
       </c>
       <c r="C163" s="5">
-        <v>-1.3868829999998979</v>
+        <v>-1.3900433999999677</v>
       </c>
       <c r="D163" s="5">
-        <v>-1.0254218486587363</v>
+        <v>-1.0277453075568821</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>1610.4050067999999</v>
+        <v>1610.4061005000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-3.5659993000001577</v>
+        <v>-3.5652239999999438</v>
       </c>
       <c r="D164" s="5">
-        <v>-2.6193651207850777</v>
+        <v>-2.6188020234447551</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>1607.1085614000001</v>
+        <v>1607.1066406</v>
       </c>
       <c r="C165" s="5">
-        <v>-3.2964453999998113</v>
+        <v>-3.2994599000001017</v>
       </c>
       <c r="D165" s="5">
-        <v>-2.4288933704739391</v>
+        <v>-2.4310879186671852</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>1605.2924746000001</v>
+        <v>1605.2928572000001</v>
       </c>
       <c r="C166" s="5">
-        <v>-1.8160867999999937</v>
+        <v>-1.8137833999999202</v>
       </c>
       <c r="D166" s="5">
-        <v>-1.3476440382955701</v>
+        <v>-1.3459469735932705</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>1603.0666286999999</v>
+        <v>1603.0670087999999</v>
       </c>
       <c r="C167" s="5">
-        <v>-2.2258459000001949</v>
+        <v>-2.2258484000001317</v>
       </c>
       <c r="D167" s="5">
-        <v>-1.651250157751516</v>
+        <v>-1.6512516077055506</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>1599.4966517</v>
+        <v>1599.4974049</v>
       </c>
       <c r="C168" s="5">
-        <v>-3.5699769999998807</v>
+        <v>-3.5696038999999473</v>
       </c>
       <c r="D168" s="5">
-        <v>-2.639870621041851</v>
+        <v>-2.6395974787516208</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>1598.8028021</v>
+        <v>1598.7964442</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.69384960000002138</v>
+        <v>-0.700960699999996</v>
       </c>
       <c r="D169" s="5">
-        <v>-0.51931079464415664</v>
+        <v>-0.5246200196812989</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>1604.4333521999999</v>
+        <v>1604.4239067000001</v>
       </c>
       <c r="C170" s="5">
-        <v>5.6305500999999367</v>
+        <v>5.6274625000000924</v>
       </c>
       <c r="D170" s="5">
-        <v>4.308900307642749</v>
+        <v>4.3065089847829974</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>1607.5252748</v>
+        <v>1607.5284472000001</v>
       </c>
       <c r="C171" s="5">
-        <v>3.091922600000089</v>
+        <v>3.1045404999999846</v>
       </c>
       <c r="D171" s="5">
-        <v>2.3372032285093658</v>
+        <v>2.3468568764013931</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>1607.2644147000001</v>
+        <v>1607.2693119999999</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.26086009999994531</v>
+        <v>-0.25913520000017343</v>
       </c>
       <c r="D172" s="5">
-        <v>-0.19455550219334983</v>
+        <v>-0.19326979114572262</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>1607.9803758999999</v>
+        <v>1607.9843489</v>
       </c>
       <c r="C173" s="5">
-        <v>0.71596119999981056</v>
+        <v>0.71503690000008646</v>
       </c>
       <c r="D173" s="5">
-        <v>0.53585550744987831</v>
+        <v>0.53516039424261752</v>
       </c>
       <c r="E173" s="5">
-        <v>-0.47568500448178508</v>
+        <v>-0.47569826133325721</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>1615.0270596</v>
+        <v>1615.0295725000001</v>
       </c>
       <c r="C174" s="5">
-        <v>7.0466837000001306</v>
+        <v>7.0452236000000994</v>
       </c>
       <c r="D174" s="5">
-        <v>5.3874044676962107</v>
+        <v>5.3862475096713158</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>1616.042361</v>
+        <v>1616.0425673</v>
       </c>
       <c r="C175" s="5">
-        <v>1.0153013999999985</v>
+        <v>1.0129947999998876</v>
       </c>
       <c r="D175" s="5">
-        <v>0.75700475144755419</v>
+        <v>0.75527784307718449</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>1620.9408622000001</v>
+        <v>1620.9422254999999</v>
       </c>
       <c r="C176" s="5">
-        <v>4.8985012000000552</v>
+        <v>4.8996581999999762</v>
       </c>
       <c r="D176" s="5">
-        <v>3.6986632456555535</v>
+        <v>3.6995509890551004</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>1623.7949186999999</v>
+        <v>1623.7914097</v>
       </c>
       <c r="C177" s="5">
-        <v>2.8540564999998423</v>
+        <v>2.8491842000000815</v>
       </c>
       <c r="D177" s="5">
-        <v>2.133470742723298</v>
+        <v>2.1297914990380917</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>1624.4675423000001</v>
+        <v>1624.468828</v>
       </c>
       <c r="C178" s="5">
-        <v>0.67262360000017907</v>
+        <v>0.67741829999999936</v>
       </c>
       <c r="D178" s="5">
-        <v>0.49820931649113831</v>
+        <v>0.50176996905682003</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>1623.5158386000001</v>
+        <v>1623.5152344000001</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.95170370000005278</v>
+        <v>-0.9535935999999765</v>
       </c>
       <c r="D179" s="5">
-        <v>-0.70076605647699797</v>
+        <v>-0.70215259898996907</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>1630.9334650000001</v>
+        <v>1630.9343997999999</v>
       </c>
       <c r="C180" s="5">
-        <v>7.4176264000000174</v>
+        <v>7.4191653999998834</v>
       </c>
       <c r="D180" s="5">
-        <v>5.6225311398713229</v>
+        <v>5.6237293166806923</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>1631.9538075</v>
+        <v>1631.9499627</v>
       </c>
       <c r="C181" s="5">
-        <v>1.0203424999999697</v>
+        <v>1.0155629000000772</v>
       </c>
       <c r="D181" s="5">
-        <v>0.75333108559623163</v>
+        <v>0.74978972425989721</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>1634.1087462</v>
+        <v>1634.1018524000001</v>
       </c>
       <c r="C182" s="5">
-        <v>2.1549387000000024</v>
+        <v>2.1518897000000834</v>
       </c>
       <c r="D182" s="5">
-        <v>1.596117355662785</v>
+        <v>1.5938464052608792</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>1638.648027</v>
+        <v>1638.6501191</v>
       </c>
       <c r="C183" s="5">
-        <v>4.539280799999915</v>
+        <v>4.5482666999998855</v>
       </c>
       <c r="D183" s="5">
-        <v>3.3848017722813983</v>
+        <v>3.3916197149468585</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>1637.9143759000001</v>
+        <v>1637.9180521000001</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.73365109999986089</v>
+        <v>-0.73206699999991542</v>
       </c>
       <c r="D184" s="5">
-        <v>-0.53593977889945243</v>
+        <v>-0.53478473815103955</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>1642.156829</v>
+        <v>1642.1598928000001</v>
       </c>
       <c r="C185" s="5">
-        <v>4.2424530999999206</v>
+        <v>4.2418407000000116</v>
       </c>
       <c r="D185" s="5">
-        <v>3.1528500387044467</v>
+        <v>3.1523812449266941</v>
       </c>
       <c r="E185" s="5">
-        <v>2.1254272509931171</v>
+        <v>2.1253654566587787</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>1643.6638700999999</v>
+        <v>1643.6649279999999</v>
       </c>
       <c r="C186" s="5">
-        <v>1.507041099999924</v>
+        <v>1.5050351999998384</v>
       </c>
       <c r="D186" s="5">
-        <v>1.1068403153331907</v>
+        <v>1.1053575833412266</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>1647.0676418</v>
+        <v>1647.0677146999999</v>
       </c>
       <c r="C187" s="5">
-        <v>3.4037717000001066</v>
+        <v>3.4027866999999787</v>
       </c>
       <c r="D187" s="5">
-        <v>2.5135126693335286</v>
+        <v>2.5127753590514779</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>1649.4406825000001</v>
+        <v>1649.4422288999999</v>
       </c>
       <c r="C188" s="5">
-        <v>2.3730407000000469</v>
+        <v>2.3745142000000214</v>
       </c>
       <c r="D188" s="5">
-        <v>1.7426867497245313</v>
+        <v>1.7437773586380434</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>1659.9460759000001</v>
+        <v>1659.9395936999999</v>
       </c>
       <c r="C189" s="5">
-        <v>10.505393400000003</v>
+        <v>10.497364800000014</v>
       </c>
       <c r="D189" s="5">
-        <v>7.9163719735723559</v>
+        <v>7.9101010010842021</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>1660.5834158</v>
+        <v>1660.5871830000001</v>
       </c>
       <c r="C190" s="5">
-        <v>0.63733989999991536</v>
+        <v>0.64758930000016335</v>
       </c>
       <c r="D190" s="5">
-        <v>0.46171681900013528</v>
+        <v>0.46915970688643505</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>1661.6640405999999</v>
+        <v>1661.6644838</v>
       </c>
       <c r="C191" s="5">
-        <v>1.0806247999998959</v>
+        <v>1.0773007999998754</v>
       </c>
       <c r="D191" s="5">
-        <v>0.78370111376022678</v>
+        <v>0.78128006376920744</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>1675.2772625</v>
+        <v>1675.2782179999999</v>
       </c>
       <c r="C192" s="5">
-        <v>13.613221900000099</v>
+        <v>13.613734199999953</v>
       </c>
       <c r="D192" s="5">
-        <v>10.286326352139064</v>
+        <v>10.286728191214323</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>1677.8099391999999</v>
+        <v>1677.8083075</v>
       </c>
       <c r="C193" s="5">
-        <v>2.5326766999999109</v>
+        <v>2.530089500000031</v>
       </c>
       <c r="D193" s="5">
-        <v>1.8293153972060328</v>
+        <v>1.8274301001458992</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>1686.6426474</v>
+        <v>1686.6375555</v>
       </c>
       <c r="C194" s="5">
-        <v>8.8327082000000701</v>
+        <v>8.8292480000000069</v>
       </c>
       <c r="D194" s="5">
-        <v>6.5034743856491772</v>
+        <v>6.5008589791333504</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>1687.4782915000001</v>
+        <v>1687.4796071000001</v>
       </c>
       <c r="C195" s="5">
-        <v>0.83564410000008138</v>
+        <v>0.84205160000010437</v>
       </c>
       <c r="D195" s="5">
-        <v>0.59616063939598174</v>
+        <v>0.60074622087014085</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>1693.9755316999999</v>
+        <v>1693.9777248</v>
       </c>
       <c r="C196" s="5">
-        <v>6.497240199999851</v>
+        <v>6.4981176999999661</v>
       </c>
       <c r="D196" s="5">
-        <v>4.7194278224973019</v>
+        <v>4.7200750174795747</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>1694.9672834999999</v>
+        <v>1694.9690186</v>
       </c>
       <c r="C197" s="5">
-        <v>0.99175179999997454</v>
+        <v>0.99129379999999401</v>
       </c>
       <c r="D197" s="5">
-        <v>0.70481643842585928</v>
+        <v>0.70448898446722197</v>
       </c>
       <c r="E197" s="5">
-        <v>3.2159202804131093</v>
+        <v>3.2158333686957086</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>1704.6463673999999</v>
+        <v>1704.6462544999999</v>
       </c>
       <c r="C198" s="5">
-        <v>9.6790839000000233</v>
+        <v>9.6772358999999142</v>
       </c>
       <c r="D198" s="5">
-        <v>7.071954493670729</v>
+        <v>7.0705541201284028</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>1709.0153092</v>
+        <v>1709.0148208000001</v>
       </c>
       <c r="C199" s="5">
-        <v>4.3689418000001297</v>
+        <v>4.3685663000001114</v>
       </c>
       <c r="D199" s="5">
-        <v>3.1192793420715903</v>
+        <v>3.1190076669849187</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>1713.6905910999999</v>
+        <v>1713.6901267999999</v>
       </c>
       <c r="C200" s="5">
-        <v>4.6752818999998453</v>
+        <v>4.6753059999998641</v>
       </c>
       <c r="D200" s="5">
-        <v>3.3326363974030437</v>
+        <v>3.3326548024508629</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>1719.2315003000001</v>
+        <v>1719.2247193999999</v>
       </c>
       <c r="C201" s="5">
-        <v>5.5409092000002147</v>
+        <v>5.5345925999999963</v>
       </c>
       <c r="D201" s="5">
-        <v>3.9497312272372298</v>
+        <v>3.9451493679429017</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>1722.2923522000001</v>
+        <v>1722.3012154999999</v>
       </c>
       <c r="C202" s="5">
-        <v>3.0608518999999887</v>
+        <v>3.0764960999999857</v>
       </c>
       <c r="D202" s="5">
-        <v>2.1574771929563585</v>
+        <v>2.1686215836533851</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>1729.9568091000001</v>
+        <v>1729.9566742</v>
       </c>
       <c r="C203" s="5">
-        <v>7.6644569000000047</v>
+        <v>7.6554587000000538</v>
       </c>
       <c r="D203" s="5">
-        <v>5.4728419603524703</v>
+        <v>5.4662300477786419</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>1728.6376603000001</v>
+        <v>1728.6383152999999</v>
       </c>
       <c r="C204" s="5">
-        <v>-1.3191487999999936</v>
+        <v>-1.3183589000000211</v>
       </c>
       <c r="D204" s="5">
-        <v>-0.91121147969444038</v>
+        <v>-0.91066820625470557</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>1735.1093066999999</v>
+        <v>1735.1085310000001</v>
       </c>
       <c r="C205" s="5">
-        <v>6.4716463999998268</v>
+        <v>6.4702157000001534</v>
       </c>
       <c r="D205" s="5">
-        <v>4.5862103210670302</v>
+        <v>4.5851737024503736</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>1742.3930746000001</v>
+        <v>1742.3893934</v>
       </c>
       <c r="C206" s="5">
-        <v>7.2837679000001572</v>
+        <v>7.2808623999999327</v>
       </c>
       <c r="D206" s="5">
-        <v>5.1553962031275935</v>
+        <v>5.1532943770889572</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>1738.9584318</v>
+        <v>1738.9596047</v>
       </c>
       <c r="C207" s="5">
-        <v>-3.4346428000001197</v>
+        <v>-3.4297887000000173</v>
       </c>
       <c r="D207" s="5">
-        <v>-2.3399879265653567</v>
+        <v>-2.3367214812295201</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>1746.757944</v>
+        <v>1746.759157</v>
       </c>
       <c r="C208" s="5">
-        <v>7.799512199999981</v>
+        <v>7.7995522999999594</v>
       </c>
       <c r="D208" s="5">
-        <v>5.5169710297470198</v>
+        <v>5.516996284356801</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>1752.7286518000001</v>
+        <v>1752.7293159999999</v>
       </c>
       <c r="C209" s="5">
-        <v>5.9707078000001275</v>
+        <v>5.9701589999999669</v>
       </c>
       <c r="D209" s="5">
-        <v>4.1797975038060375</v>
+        <v>4.1794031083350669</v>
       </c>
       <c r="E209" s="5">
-        <v>3.4078161190655321</v>
+        <v>3.4077494494683114</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>1752.6783151</v>
+        <v>1752.6773659999999</v>
       </c>
       <c r="C210" s="5">
-        <v>-5.0336700000116252E-2</v>
+        <v>-5.1950000000033469E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>-3.4457415724498119E-2</v>
+        <v>-3.5561588400268018E-2</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>1763.2921913</v>
+        <v>1763.2914585999999</v>
       </c>
       <c r="C211" s="5">
-        <v>10.61387620000005</v>
+        <v>10.614092600000049</v>
       </c>
       <c r="D211" s="5">
-        <v>7.5139579681209989</v>
+        <v>7.5141205094859886</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>1771.6167792000001</v>
+        <v>1771.6127865999999</v>
       </c>
       <c r="C212" s="5">
-        <v>8.3245879000000969</v>
+        <v>8.3213279999999941</v>
       </c>
       <c r="D212" s="5">
-        <v>5.8147006416116032</v>
+        <v>5.8123666652253325</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>1775.8950463000001</v>
+        <v>1775.8885579</v>
       </c>
       <c r="C213" s="5">
-        <v>4.2782670999999937</v>
+        <v>4.2757713000000876</v>
       </c>
       <c r="D213" s="5">
-        <v>2.9366738783683788</v>
+        <v>2.9349446175840121</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>1782.354335</v>
+        <v>1782.3680198</v>
       </c>
       <c r="C214" s="5">
-        <v>6.4592886999998882</v>
+        <v>6.4794618999999329</v>
       </c>
       <c r="D214" s="5">
-        <v>4.4530224492429937</v>
+        <v>4.4672267356626216</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>1788.4082206</v>
+        <v>1788.4087532000001</v>
       </c>
       <c r="C215" s="5">
-        <v>6.0538856000000578</v>
+        <v>6.0407334000001356</v>
       </c>
       <c r="D215" s="5">
-        <v>4.1528908790451791</v>
+        <v>4.1436673844339467</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>1784.6537407000001</v>
+        <v>1784.6539084000001</v>
       </c>
       <c r="C216" s="5">
-        <v>-3.7544798999999784</v>
+        <v>-3.7548448000000008</v>
       </c>
       <c r="D216" s="5">
-        <v>-2.4903248419288593</v>
+        <v>-2.4905633567926411</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>1790.446453</v>
+        <v>1790.4453676000001</v>
       </c>
       <c r="C217" s="5">
-        <v>5.7927122999999483</v>
+        <v>5.7914591999999629</v>
       </c>
       <c r="D217" s="5">
-        <v>3.9653082194324174</v>
+        <v>3.9644346830832511</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>1796.0809105000001</v>
+        <v>1796.0774216</v>
       </c>
       <c r="C218" s="5">
-        <v>5.6344575000000532</v>
+        <v>5.6320539999999255</v>
       </c>
       <c r="D218" s="5">
-        <v>3.8424006050542969</v>
+        <v>3.8407354540075156</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>1801.8301317999999</v>
+        <v>1801.8319652</v>
       </c>
       <c r="C219" s="5">
-        <v>5.7492212999998173</v>
+        <v>5.7545436000000336</v>
       </c>
       <c r="D219" s="5">
-        <v>3.9095297248103122</v>
+        <v>3.9132206936600245</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>1808.3076013</v>
+        <v>1808.3085626</v>
       </c>
       <c r="C220" s="5">
-        <v>6.4774695000000975</v>
+        <v>6.476597399999946</v>
       </c>
       <c r="D220" s="5">
-        <v>4.4002529554749925</v>
+        <v>4.3996441969647471</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>1810.8976373</v>
+        <v>1810.8977884000001</v>
       </c>
       <c r="C221" s="5">
-        <v>2.5900360000000546</v>
+        <v>2.589225800000122</v>
       </c>
       <c r="D221" s="5">
-        <v>1.732362634857898</v>
+        <v>1.7318155246301759</v>
       </c>
       <c r="E221" s="5">
-        <v>3.3187673083487468</v>
+        <v>3.3187367763523046</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>1818.8208549000001</v>
+        <v>1818.8200348</v>
       </c>
       <c r="C222" s="5">
-        <v>7.9232176000000436</v>
+        <v>7.9222463999999491</v>
       </c>
       <c r="D222" s="5">
-        <v>5.378564413076492</v>
+        <v>5.3778887246366258</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>1823.8425703</v>
+        <v>1823.8421261000001</v>
       </c>
       <c r="C223" s="5">
-        <v>5.0217153999999482</v>
+        <v>5.0220913000000564</v>
       </c>
       <c r="D223" s="5">
-        <v>3.3639452206980947</v>
+        <v>3.3642024048266883</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>1820.3054674</v>
+        <v>1820.2946251000001</v>
       </c>
       <c r="C224" s="5">
-        <v>-3.5371029000000362</v>
+        <v>-3.5475010000000111</v>
       </c>
       <c r="D224" s="5">
-        <v>-2.3025784295976348</v>
+        <v>-2.3092756794860447</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>1817.0523519000001</v>
+        <v>1817.0482861</v>
       </c>
       <c r="C225" s="5">
-        <v>-3.2531154999999217</v>
+        <v>-3.2463390000000345</v>
       </c>
       <c r="D225" s="5">
-        <v>-2.1235972348837673</v>
+        <v>-2.1192294109099175</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>1823.2364239000001</v>
+        <v>1823.2578788999999</v>
       </c>
       <c r="C226" s="5">
-        <v>6.1840720000000147</v>
+        <v>6.2095927999998821</v>
       </c>
       <c r="D226" s="5">
-        <v>4.1613450611675207</v>
+        <v>4.178851949290352</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>1821.1845082</v>
+        <v>1821.1804168000001</v>
       </c>
       <c r="C227" s="5">
-        <v>-2.0519157000001087</v>
+        <v>-2.0774620999998206</v>
       </c>
       <c r="D227" s="5">
-        <v>-1.3421817439750683</v>
+        <v>-1.3587714713148902</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>1821.0170066000001</v>
+        <v>1821.0160510000001</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.1675015999999232</v>
+        <v>-0.16436580000004142</v>
       </c>
       <c r="D228" s="5">
-        <v>-0.11031297051325994</v>
+        <v>-0.10824906780192434</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>1818.3636609</v>
+        <v>1818.3626067</v>
       </c>
       <c r="C229" s="5">
-        <v>-2.6533457000000453</v>
+        <v>-2.6534443000000465</v>
       </c>
       <c r="D229" s="5">
-        <v>-1.7345373813106191</v>
+        <v>-1.7346022250994242</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>1815.5244072</v>
+        <v>1815.5210813000001</v>
       </c>
       <c r="C230" s="5">
-        <v>-2.839253699999972</v>
+        <v>-2.8415253999999095</v>
       </c>
       <c r="D230" s="5">
-        <v>-1.8577122132660717</v>
+        <v>-1.8591868944688228</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>1809.0470132</v>
+        <v>1809.0512134000001</v>
       </c>
       <c r="C231" s="5">
-        <v>-6.4773940000000039</v>
+        <v>-6.4698679000000539</v>
       </c>
       <c r="D231" s="5">
-        <v>-4.1983168671268833</v>
+        <v>-4.1935415748349358</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>1802.0826121</v>
+        <v>1802.0837879000001</v>
       </c>
       <c r="C232" s="5">
-        <v>-6.9644011000000319</v>
+        <v>-6.9674254999999903</v>
       </c>
       <c r="D232" s="5">
-        <v>-4.5231428363692094</v>
+        <v>-4.5250553773063533</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>1800.5955991999999</v>
+        <v>1800.5963526999999</v>
       </c>
       <c r="C233" s="5">
-        <v>-1.4870129000000816</v>
+        <v>-1.4874352000001636</v>
       </c>
       <c r="D233" s="5">
-        <v>-0.98571470104370507</v>
+        <v>-0.98599272628449031</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.56889124419866599</v>
+        <v>-0.5688579314629294</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>1788.4818646000001</v>
+        <v>1788.4811281</v>
       </c>
       <c r="C234" s="5">
-        <v>-12.113734599999816</v>
+        <v>-12.11522459999992</v>
       </c>
       <c r="D234" s="5">
-        <v>-7.7810280860615695</v>
+        <v>-7.781946886116609</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>1779.8104444999999</v>
+        <v>1779.8103449</v>
       </c>
       <c r="C235" s="5">
-        <v>-8.6714201000002049</v>
+        <v>-8.6707831999999598</v>
       </c>
       <c r="D235" s="5">
-        <v>-5.6655061287350206</v>
+        <v>-5.6651033110893927</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>1771.9508771999999</v>
+        <v>1771.9347906</v>
       </c>
       <c r="C236" s="5">
-        <v>-7.8595672999999806</v>
+        <v>-7.8755542999999761</v>
       </c>
       <c r="D236" s="5">
-        <v>-5.1723203405065643</v>
+        <v>-5.182586832859581</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>1766.8060112999999</v>
+        <v>1766.8032748999999</v>
       </c>
       <c r="C237" s="5">
-        <v>-5.1448659000000134</v>
+        <v>-5.1315157000001363</v>
       </c>
       <c r="D237" s="5">
-        <v>-3.4290992222784755</v>
+        <v>-3.4203730002726807</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>1765.2615324000001</v>
+        <v>1765.2864411</v>
       </c>
       <c r="C238" s="5">
-        <v>-1.5444788999998309</v>
+        <v>-1.5168337999998585</v>
       </c>
       <c r="D238" s="5">
-        <v>-1.0439684575135999</v>
+        <v>-1.0253718758649333</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>1761.4533518000001</v>
+        <v>1761.4451016999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-3.8081806000000142</v>
+        <v>-3.8413394000001517</v>
       </c>
       <c r="D239" s="5">
-        <v>-2.5582517669599403</v>
+        <v>-2.5802252341215248</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>1763.0873458999999</v>
+        <v>1763.0862694</v>
       </c>
       <c r="C240" s="5">
-        <v>1.6339940999998817</v>
+        <v>1.6411677000000964</v>
       </c>
       <c r="D240" s="5">
-        <v>1.1188646682324555</v>
+        <v>1.1238072242538921</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>1759.6450844000001</v>
+        <v>1759.6436162</v>
       </c>
       <c r="C241" s="5">
-        <v>-3.4422614999998586</v>
+        <v>-3.4426531999999952</v>
       </c>
       <c r="D241" s="5">
-        <v>-2.3178912048008593</v>
+        <v>-2.3181535351761817</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>1758.5954750999999</v>
+        <v>1758.5928428</v>
       </c>
       <c r="C242" s="5">
-        <v>-1.0496093000001565</v>
+        <v>-1.0507734000000255</v>
       </c>
       <c r="D242" s="5">
-        <v>-0.71344343466732685</v>
+        <v>-0.71423269706862857</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>1762.8011309000001</v>
+        <v>1762.8081136000001</v>
       </c>
       <c r="C243" s="5">
-        <v>4.2056558000001587</v>
+        <v>4.2152708000000985</v>
       </c>
       <c r="D243" s="5">
-        <v>2.9078320218080655</v>
+        <v>2.9145722341291203</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>1761.7476094000001</v>
+        <v>1761.7497315999999</v>
       </c>
       <c r="C244" s="5">
-        <v>-1.053521499999988</v>
+        <v>-1.0583820000001651</v>
       </c>
       <c r="D244" s="5">
-        <v>-0.71481604227934259</v>
+        <v>-0.71810018184251811</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>1763.2230709999999</v>
+        <v>1763.2242859999999</v>
       </c>
       <c r="C245" s="5">
-        <v>1.4754615999997895</v>
+        <v>1.4745543999999882</v>
       </c>
       <c r="D245" s="5">
-        <v>1.0096408384354216</v>
+        <v>1.0090159706789947</v>
       </c>
       <c r="E245" s="5">
-        <v>-2.0755647862631954</v>
+        <v>-2.0755382872991168</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>1764.9414581000001</v>
+        <v>1764.9409894999999</v>
       </c>
       <c r="C246" s="5">
-        <v>1.7183871000002</v>
+        <v>1.7167034999999942</v>
       </c>
       <c r="D246" s="5">
-        <v>1.1757749212003565</v>
+        <v>1.174615959303793</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>1767.4467</v>
+        <v>1767.4463318999999</v>
       </c>
       <c r="C247" s="5">
-        <v>2.5052418999998736</v>
+        <v>2.5053424000000177</v>
       </c>
       <c r="D247" s="5">
-        <v>1.7166981164528083</v>
+        <v>1.7167679812445602</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>1771.8957835000001</v>
+        <v>1771.8777416999999</v>
       </c>
       <c r="C248" s="5">
-        <v>4.4490835000001425</v>
+        <v>4.4314097999999831</v>
       </c>
       <c r="D248" s="5">
-        <v>3.0628589741550138</v>
+        <v>3.0505243411379501</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>1775.9707149000001</v>
+        <v>1775.9679283999999</v>
       </c>
       <c r="C249" s="5">
-        <v>4.0749313999999686</v>
+        <v>4.0901867000000038</v>
       </c>
       <c r="D249" s="5">
-        <v>2.7948851607936254</v>
+        <v>2.8055104877447334</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>1785.7284279999999</v>
+        <v>1785.7546036000001</v>
       </c>
       <c r="C250" s="5">
-        <v>9.757713099999819</v>
+        <v>9.786675200000218</v>
       </c>
       <c r="D250" s="5">
-        <v>6.7960887747301246</v>
+        <v>6.8168867083315599</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>1789.0948843000001</v>
+        <v>1789.0826529000001</v>
       </c>
       <c r="C251" s="5">
-        <v>3.366456300000209</v>
+        <v>3.3280492999999751</v>
       </c>
       <c r="D251" s="5">
-        <v>2.2858450203203873</v>
+        <v>2.2594650853018372</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>1789.3898005999999</v>
+        <v>1789.3880518000001</v>
       </c>
       <c r="C252" s="5">
-        <v>0.2949162999998407</v>
+        <v>0.30539890000000014</v>
       </c>
       <c r="D252" s="5">
-        <v>0.19798871147576058</v>
+        <v>0.20503409754384361</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>1789.6236417</v>
+        <v>1789.6213009999999</v>
       </c>
       <c r="C253" s="5">
-        <v>0.23384110000006331</v>
+        <v>0.2332491999998183</v>
       </c>
       <c r="D253" s="5">
-        <v>0.15693120418553974</v>
+        <v>0.15653384724310104</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>1790.1253455000001</v>
+        <v>1790.1244171000001</v>
       </c>
       <c r="C254" s="5">
-        <v>0.50170380000008663</v>
+        <v>0.50311610000017026</v>
       </c>
       <c r="D254" s="5">
-        <v>0.33692765880923847</v>
+        <v>0.33787802232139175</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>1799.2682864999999</v>
+        <v>1799.2778212999999</v>
       </c>
       <c r="C255" s="5">
-        <v>9.142940999999837</v>
+        <v>9.1534041999998408</v>
       </c>
       <c r="D255" s="5">
-        <v>6.3040483921333879</v>
+        <v>6.3114702142950563</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>1801.1995925000001</v>
+        <v>1801.2026089999999</v>
       </c>
       <c r="C256" s="5">
-        <v>1.9313060000001769</v>
+        <v>1.9247877000000244</v>
       </c>
       <c r="D256" s="5">
-        <v>1.2956924259049041</v>
+        <v>1.2912867238050518</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>1805.8790274</v>
+        <v>1805.8811209999999</v>
       </c>
       <c r="C257" s="5">
-        <v>4.6794348999999329</v>
+        <v>4.6785119999999552</v>
       </c>
       <c r="D257" s="5">
-        <v>3.162479465222634</v>
+        <v>3.1618414379281257</v>
       </c>
       <c r="E257" s="5">
-        <v>2.4192036221377222</v>
+        <v>2.4192517842849259</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>1811.4082728999999</v>
+        <v>1811.4076832000001</v>
       </c>
       <c r="C258" s="5">
-        <v>5.5292454999998881</v>
+        <v>5.5265622000001713</v>
       </c>
       <c r="D258" s="5">
-        <v>3.7366718298521562</v>
+        <v>3.7348234184125806</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>1811.6920989</v>
+        <v>1811.6909567</v>
       </c>
       <c r="C259" s="5">
-        <v>0.28382600000009006</v>
+        <v>0.28327349999995022</v>
       </c>
       <c r="D259" s="5">
-        <v>0.18818776228677336</v>
+        <v>0.18782117919020624</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>1818.9061122000001</v>
+        <v>1818.8902370999999</v>
       </c>
       <c r="C260" s="5">
-        <v>7.2140133000000333</v>
+        <v>7.1992803999999069</v>
       </c>
       <c r="D260" s="5">
-        <v>4.8843532571228865</v>
+        <v>4.8741622583036603</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>1826.1926387999999</v>
+        <v>1826.1898779999999</v>
       </c>
       <c r="C261" s="5">
-        <v>7.2865265999998883</v>
+        <v>7.2996408999999858</v>
       </c>
       <c r="D261" s="5">
-        <v>4.9145364332175756</v>
+        <v>4.9236216943045585</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>1825.8349565000001</v>
+        <v>1825.8562359</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.35768229999985124</v>
+        <v>-0.33364209999990635</v>
       </c>
       <c r="D262" s="5">
-        <v>-0.23478174200352031</v>
+        <v>-0.21901800068536703</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>1830.1436874999999</v>
+        <v>1830.1304998999999</v>
       </c>
       <c r="C263" s="5">
-        <v>4.3087309999998524</v>
+        <v>4.2742639999999028</v>
       </c>
       <c r="D263" s="5">
-        <v>2.8688885345735882</v>
+        <v>2.84560945728487</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>1834.2526086</v>
+        <v>1834.2508327</v>
       </c>
       <c r="C264" s="5">
-        <v>4.1089211000000887</v>
+        <v>4.120332800000142</v>
       </c>
       <c r="D264" s="5">
-        <v>2.7276813756235141</v>
+        <v>2.7353709675050686</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>1836.2124642000001</v>
+        <v>1836.2094932</v>
       </c>
       <c r="C265" s="5">
-        <v>1.9598556000000826</v>
+        <v>1.9586604999999508</v>
       </c>
       <c r="D265" s="5">
-        <v>1.2897334007634598</v>
+        <v>1.2889435650565551</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>1845.7368196</v>
+        <v>1845.7393549999999</v>
       </c>
       <c r="C266" s="5">
-        <v>9.5243553999998767</v>
+        <v>9.5298617999999351</v>
       </c>
       <c r="D266" s="5">
-        <v>6.4050247496846513</v>
+        <v>6.4088447460549425</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>1843.2116378000001</v>
+        <v>1843.2200774</v>
       </c>
       <c r="C267" s="5">
-        <v>-2.5251817999999275</v>
+        <v>-2.5192775999998958</v>
       </c>
       <c r="D267" s="5">
-        <v>-1.6294416945794032</v>
+        <v>-1.6256581890636168</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>1843.9143730999999</v>
+        <v>1843.9182515</v>
       </c>
       <c r="C268" s="5">
-        <v>0.7027352999998584</v>
+        <v>0.69817409999996016</v>
       </c>
       <c r="D268" s="5">
-        <v>0.4584676424901124</v>
+        <v>0.45548360331539861</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>1846.8405081000001</v>
+        <v>1846.8425095</v>
       </c>
       <c r="C269" s="5">
-        <v>2.9261350000001585</v>
+        <v>2.9242580000000089</v>
       </c>
       <c r="D269" s="5">
-        <v>1.9210067588211421</v>
+        <v>1.9197596676445938</v>
       </c>
       <c r="E269" s="5">
-        <v>2.2682294925908675</v>
+        <v>2.2682217574387042</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>1854.7967819</v>
+        <v>1854.7969829000001</v>
       </c>
       <c r="C270" s="5">
-        <v>7.9562737999999626</v>
+        <v>7.9544734000000972</v>
       </c>
       <c r="D270" s="5">
-        <v>5.2939224343753422</v>
+        <v>5.2926900979244351</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>1861.4258049</v>
+        <v>1861.4250176999999</v>
       </c>
       <c r="C271" s="5">
-        <v>6.629022999999961</v>
+        <v>6.6280347999997957</v>
       </c>
       <c r="D271" s="5">
-        <v>4.3741034900372844</v>
+        <v>4.3734380829793862</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>1867.2648654</v>
+        <v>1867.2503908000001</v>
       </c>
       <c r="C272" s="5">
-        <v>5.8390604999999596</v>
+        <v>5.8253731000002063</v>
       </c>
       <c r="D272" s="5">
-        <v>3.8298780718562631</v>
+        <v>3.8207469751298184</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>1870.7204047</v>
+        <v>1870.7176405</v>
       </c>
       <c r="C273" s="5">
-        <v>3.4555393000000549</v>
+        <v>3.4672496999999112</v>
       </c>
       <c r="D273" s="5">
-        <v>2.2434493557465407</v>
+        <v>2.2511475739233733</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>1875.8818835</v>
+        <v>1875.8992811000001</v>
       </c>
       <c r="C274" s="5">
-        <v>5.1614787999999407</v>
+        <v>5.181640600000037</v>
       </c>
       <c r="D274" s="5">
-        <v>3.3616112418068944</v>
+        <v>3.3749481421182947</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>1879.226377</v>
+        <v>1879.2127986</v>
       </c>
       <c r="C275" s="5">
-        <v>3.3444934999999987</v>
+        <v>3.313517499999989</v>
       </c>
       <c r="D275" s="5">
-        <v>2.1605741774581411</v>
+        <v>2.1403485485652407</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>1874.9000411</v>
+        <v>1874.8980007</v>
       </c>
       <c r="C276" s="5">
-        <v>-4.3263359000000037</v>
+        <v>-4.3147979000000305</v>
       </c>
       <c r="D276" s="5">
-        <v>-2.7279143640231984</v>
+        <v>-2.7207502671288353</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>1882.4950185</v>
+        <v>1882.4923941</v>
       </c>
       <c r="C277" s="5">
-        <v>7.5949774000000616</v>
+        <v>7.5943933999999444</v>
       </c>
       <c r="D277" s="5">
-        <v>4.9708235521250366</v>
+        <v>4.9704383061677015</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>1889.0699414000001</v>
+        <v>1889.0753517999999</v>
       </c>
       <c r="C278" s="5">
-        <v>6.5749229000000469</v>
+        <v>6.5829576999999517</v>
       </c>
       <c r="D278" s="5">
-        <v>4.2726531817046443</v>
+        <v>4.2779814323157694</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>1890.9962063</v>
+        <v>1891.0026367999999</v>
       </c>
       <c r="C279" s="5">
-        <v>1.9262648999999783</v>
+        <v>1.9272849999999835</v>
       </c>
       <c r="D279" s="5">
-        <v>1.2305133134389745</v>
+        <v>1.2311650764010418</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>1898.7781358</v>
+        <v>1898.7829755</v>
       </c>
       <c r="C280" s="5">
-        <v>7.7819294999999329</v>
+        <v>7.7803387000001294</v>
       </c>
       <c r="D280" s="5">
-        <v>5.0516252876302126</v>
+        <v>5.0505515776825938</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>1901.8211036</v>
+        <v>1901.8227698000001</v>
       </c>
       <c r="C281" s="5">
-        <v>3.0429678000000422</v>
+        <v>3.0397943000000396</v>
       </c>
       <c r="D281" s="5">
-        <v>1.9401528049500349</v>
+        <v>1.9381065940698772</v>
       </c>
       <c r="E281" s="5">
-        <v>2.9770083154913696</v>
+        <v>2.9769869394486115</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>1900.1820937</v>
+        <v>1900.1830291000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-1.6390099000000191</v>
+        <v>-1.6397406999999475</v>
       </c>
       <c r="D282" s="5">
-        <v>-1.0292850349786886</v>
+        <v>-1.0297408994950796</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>1909.3000276</v>
+        <v>1909.2991195</v>
       </c>
       <c r="C283" s="5">
-        <v>9.1179339000000255</v>
+        <v>9.1160903999998482</v>
       </c>
       <c r="D283" s="5">
-        <v>5.912566337478764</v>
+        <v>5.9113362066835817</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>1914.7962818999999</v>
+        <v>1914.7834621</v>
       </c>
       <c r="C284" s="5">
-        <v>5.4962542999999187</v>
+        <v>5.4843425999999909</v>
       </c>
       <c r="D284" s="5">
-        <v>3.5096309313860541</v>
+        <v>3.5019058474283105</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>1919.9010436000001</v>
+        <v>1919.8990583</v>
       </c>
       <c r="C285" s="5">
-        <v>5.1047617000001537</v>
+        <v>5.1155962000000272</v>
       </c>
       <c r="D285" s="5">
-        <v>3.2464742797259527</v>
+        <v>3.2534883602007625</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>1926.4723795</v>
+        <v>1926.4831426999999</v>
       </c>
       <c r="C286" s="5">
-        <v>6.5713358999998945</v>
+        <v>6.5840843999999379</v>
       </c>
       <c r="D286" s="5">
-        <v>4.1855059262108307</v>
+        <v>4.1937840619248989</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>1937.0376951999999</v>
+        <v>1937.0245528</v>
       </c>
       <c r="C287" s="5">
-        <v>10.565315699999928</v>
+        <v>10.541410100000121</v>
       </c>
       <c r="D287" s="5">
-        <v>6.7833216523702999</v>
+        <v>6.7674696064510709</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>1943.9356693</v>
+        <v>1943.9351703</v>
       </c>
       <c r="C288" s="5">
-        <v>6.8979741000000558</v>
+        <v>6.9106174999999439</v>
       </c>
       <c r="D288" s="5">
-        <v>4.358012001134548</v>
+        <v>4.3661874612975771</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>1953.367528</v>
+        <v>1953.3667006999999</v>
       </c>
       <c r="C289" s="5">
-        <v>9.4318587000000207</v>
+        <v>9.4315303999999287</v>
       </c>
       <c r="D289" s="5">
-        <v>5.9802408882712932</v>
+        <v>5.9800287211348113</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>1959.1352555000001</v>
+        <v>1959.1430063</v>
       </c>
       <c r="C290" s="5">
-        <v>5.7677275000000918</v>
+        <v>5.7763056000001143</v>
       </c>
       <c r="D290" s="5">
-        <v>3.6013639948262899</v>
+        <v>3.6068091179658479</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>1963.5973378000001</v>
+        <v>1963.601993</v>
       </c>
       <c r="C291" s="5">
-        <v>4.46208230000002</v>
+        <v>4.4589866999999686</v>
       </c>
       <c r="D291" s="5">
-        <v>2.767590780900453</v>
+        <v>2.7656355686781042</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>1975.0023471</v>
+        <v>1975.0082977</v>
       </c>
       <c r="C292" s="5">
-        <v>11.405009299999847</v>
+        <v>11.406304699999964</v>
       </c>
       <c r="D292" s="5">
-        <v>7.1968879575505351</v>
+        <v>7.1977140704146736</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>1976.3624359</v>
+        <v>1976.3641788</v>
       </c>
       <c r="C293" s="5">
-        <v>1.360088800000085</v>
+        <v>1.3558811000000333</v>
       </c>
       <c r="D293" s="5">
-        <v>0.82951927437020512</v>
+        <v>0.82694079609992865</v>
       </c>
       <c r="E293" s="5">
-        <v>3.9194712982677071</v>
+        <v>3.9194718973650122</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>1981.9797845000001</v>
+        <v>1981.9810782</v>
       </c>
       <c r="C294" s="5">
-        <v>5.6173486000000139</v>
+        <v>5.6168993999999657</v>
       </c>
       <c r="D294" s="5">
-        <v>3.4645460619915358</v>
+        <v>3.4642615663673437</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>1987.4504655999999</v>
+        <v>1987.4488401999999</v>
       </c>
       <c r="C295" s="5">
-        <v>5.4706810999998652</v>
+        <v>5.4677619999999933</v>
       </c>
       <c r="D295" s="5">
-        <v>3.3630017670286616</v>
+        <v>3.3611777614472205</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>1995.8429851999999</v>
+        <v>1995.8302569</v>
       </c>
       <c r="C296" s="5">
-        <v>8.3925196000000142</v>
+        <v>8.3814167000000452</v>
       </c>
       <c r="D296" s="5">
-        <v>5.1866694025421767</v>
+        <v>5.1796520947869462</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>2002.9562937000001</v>
+        <v>2002.9502253000001</v>
       </c>
       <c r="C297" s="5">
-        <v>7.1133085000001302</v>
+        <v>7.1199684000000616</v>
       </c>
       <c r="D297" s="5">
-        <v>4.3617154052460139</v>
+        <v>4.365907949537795</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>2009.6152259999999</v>
+        <v>2009.6195350999999</v>
       </c>
       <c r="C298" s="5">
-        <v>6.658932299999833</v>
+        <v>6.6693097999998372</v>
       </c>
       <c r="D298" s="5">
-        <v>4.0632243025890302</v>
+        <v>4.0696855372254426</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>2018.3176943000001</v>
+        <v>2018.3080067000001</v>
       </c>
       <c r="C299" s="5">
-        <v>8.7024683000001914</v>
+        <v>8.6884716000001845</v>
       </c>
       <c r="D299" s="5">
-        <v>5.3220687615093354</v>
+        <v>5.3132927366432492</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>2024.1338450000001</v>
+        <v>2024.1382159</v>
       </c>
       <c r="C300" s="5">
-        <v>5.8161506999999801</v>
+        <v>5.8302091999998993</v>
       </c>
       <c r="D300" s="5">
-        <v>3.5133558560437983</v>
+        <v>3.5220007096535833</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>2032.0010875999999</v>
+        <v>2032.0011626</v>
       </c>
       <c r="C301" s="5">
-        <v>7.8672425999998268</v>
+        <v>7.8629467000000659</v>
       </c>
       <c r="D301" s="5">
-        <v>4.7650712903422487</v>
+        <v>4.7624029818251756</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>2037.7266407</v>
+        <v>2037.7354238999999</v>
       </c>
       <c r="C302" s="5">
-        <v>5.7255531000000701</v>
+        <v>5.7342612999998437</v>
       </c>
       <c r="D302" s="5">
-        <v>3.4341255868674425</v>
+        <v>3.4394298763408715</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>2047.2055995999999</v>
+        <v>2047.2126115000001</v>
       </c>
       <c r="C303" s="5">
-        <v>9.4789588999999523</v>
+        <v>9.4771876000002067</v>
       </c>
       <c r="D303" s="5">
-        <v>5.7271314554496966</v>
+        <v>5.7260084080360985</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>2054.4744208000002</v>
+        <v>2054.4826288999998</v>
       </c>
       <c r="C304" s="5">
-        <v>7.268821200000275</v>
+        <v>7.2700173999996878</v>
       </c>
       <c r="D304" s="5">
-        <v>4.344925206621153</v>
+        <v>4.345639079949315</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>2063.3776437000001</v>
+        <v>2063.3814281</v>
       </c>
       <c r="C305" s="5">
-        <v>8.9032228999999461</v>
+        <v>8.8987992000002123</v>
       </c>
       <c r="D305" s="5">
-        <v>5.3260475804282503</v>
+        <v>5.3233161180297195</v>
       </c>
       <c r="E305" s="5">
-        <v>4.4027960772475838</v>
+        <v>4.4028954902853412</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>2072.0772323000001</v>
+        <v>2072.0789239000001</v>
       </c>
       <c r="C306" s="5">
-        <v>8.69958859999997</v>
+        <v>8.6974958000000697</v>
       </c>
       <c r="D306" s="5">
-        <v>5.1784137239033523</v>
+        <v>5.177129250918</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>2079.3044009999999</v>
+        <v>2079.3029749000002</v>
       </c>
       <c r="C307" s="5">
-        <v>7.2271686999997655</v>
+        <v>7.224051000000145</v>
       </c>
       <c r="D307" s="5">
-        <v>4.266695075779503</v>
+        <v>4.2648154981497211</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>2081.1237704999999</v>
+        <v>2081.0954575000001</v>
       </c>
       <c r="C308" s="5">
-        <v>1.8193694999999934</v>
+        <v>1.7924825999998575</v>
       </c>
       <c r="D308" s="5">
-        <v>1.0550551599388669</v>
+        <v>1.0393901240019154</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>2090.7395777000002</v>
+        <v>2090.7302998</v>
       </c>
       <c r="C309" s="5">
-        <v>9.6158072000002903</v>
+        <v>9.6348422999999457</v>
       </c>
       <c r="D309" s="5">
-        <v>5.6876811364716673</v>
+        <v>5.6993080153550313</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>2097.8802329</v>
+        <v>2097.8791004999998</v>
       </c>
       <c r="C310" s="5">
-        <v>7.1406551999998555</v>
+        <v>7.1488006999998106</v>
       </c>
       <c r="D310" s="5">
-        <v>4.1763181613960754</v>
+        <v>4.1811910305817213</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>2107.2285016000001</v>
+        <v>2107.2224454000002</v>
       </c>
       <c r="C311" s="5">
-        <v>9.3482687000000624</v>
+        <v>9.3433449000003748</v>
       </c>
       <c r="D311" s="5">
-        <v>5.4802840570838063</v>
+        <v>5.4773295117133136</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>2117.7172758000002</v>
+        <v>2117.7321124999999</v>
       </c>
       <c r="C312" s="5">
-        <v>10.48877420000008</v>
+        <v>10.50966709999966</v>
       </c>
       <c r="D312" s="5">
-        <v>6.139288674459209</v>
+        <v>6.1518732674288312</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>2120.9981069999999</v>
+        <v>2120.9997616999999</v>
       </c>
       <c r="C313" s="5">
-        <v>3.2808311999997386</v>
+        <v>3.2676492000000508</v>
       </c>
       <c r="D313" s="5">
-        <v>1.8749988761403102</v>
+        <v>1.8673881061716191</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>2124.9730147999999</v>
+        <v>2124.9837318</v>
       </c>
       <c r="C314" s="5">
-        <v>3.9749077999999827</v>
+        <v>3.9839701000000787</v>
       </c>
       <c r="D314" s="5">
-        <v>2.2722146566983348</v>
+        <v>2.2774468662575931</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>2131.9951253999998</v>
+        <v>2132.0063844000001</v>
       </c>
       <c r="C315" s="5">
-        <v>7.0221105999999054</v>
+        <v>7.0226526000001286</v>
       </c>
       <c r="D315" s="5">
-        <v>4.0383503245898567</v>
+        <v>4.0386469710589346</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>2133.3211719000001</v>
+        <v>2133.3363634000002</v>
       </c>
       <c r="C316" s="5">
-        <v>1.3260465000003023</v>
+        <v>1.3299790000000939</v>
       </c>
       <c r="D316" s="5">
-        <v>0.74892786804929834</v>
+        <v>0.75115252068393978</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>2141.4331302000001</v>
+        <v>2141.4414947999999</v>
       </c>
       <c r="C317" s="5">
-        <v>8.1119582999999693</v>
+        <v>8.1051313999996637</v>
       </c>
       <c r="D317" s="5">
-        <v>4.6596520861651669</v>
+        <v>4.655614441451883</v>
       </c>
       <c r="E317" s="5">
-        <v>3.7828987213427645</v>
+        <v>3.7831137586558095</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>2155.6989798999998</v>
+        <v>2155.7024052000002</v>
       </c>
       <c r="C318" s="5">
-        <v>14.265849699999762</v>
+        <v>14.260910400000284</v>
       </c>
       <c r="D318" s="5">
-        <v>8.2936984431066776</v>
+        <v>8.2906873331179298</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>2162.0299857</v>
+        <v>2162.0274874000002</v>
       </c>
       <c r="C319" s="5">
-        <v>6.3310058000001845</v>
+        <v>6.3250821999999971</v>
       </c>
       <c r="D319" s="5">
-        <v>3.5817302687268349</v>
+        <v>3.5783189831239737</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>2164.4666133999999</v>
+        <v>2164.4064340999998</v>
       </c>
       <c r="C320" s="5">
-        <v>2.4366276999999172</v>
+        <v>2.3789466999996876</v>
       </c>
       <c r="D320" s="5">
-        <v>1.3608256092914051</v>
+        <v>1.3284178558094384</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>2174.4973816000002</v>
+        <v>2174.4790437000001</v>
       </c>
       <c r="C321" s="5">
-        <v>10.030768200000239</v>
+        <v>10.072609600000305</v>
       </c>
       <c r="D321" s="5">
-        <v>5.7051077828586649</v>
+        <v>5.7296813390855572</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>2179.8800959</v>
+        <v>2179.8754481999999</v>
       </c>
       <c r="C322" s="5">
-        <v>5.3827142999998614</v>
+        <v>5.3964044999997896</v>
       </c>
       <c r="D322" s="5">
-        <v>3.0112370537311861</v>
+        <v>3.0190263707644993</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>2180.9335814999999</v>
+        <v>2180.9316343999999</v>
       </c>
       <c r="C323" s="5">
-        <v>1.0534855999999309</v>
+        <v>1.0561861999999564</v>
       </c>
       <c r="D323" s="5">
-        <v>0.58147618656618771</v>
+        <v>0.58297201581043456</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>2190.5021757</v>
+        <v>2190.5297230000001</v>
       </c>
       <c r="C324" s="5">
-        <v>9.5685942000000068</v>
+        <v>9.5980886000002101</v>
       </c>
       <c r="D324" s="5">
-        <v>5.3937821925659213</v>
+        <v>5.4108175182915108</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>2196.7870042999998</v>
+        <v>2196.7923003999999</v>
       </c>
       <c r="C325" s="5">
-        <v>6.2848285999998552</v>
+        <v>6.2625773999998273</v>
       </c>
       <c r="D325" s="5">
-        <v>3.4978056556017156</v>
+        <v>3.4851819161409781</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>2206.8826399999998</v>
+        <v>2206.9003203000002</v>
       </c>
       <c r="C326" s="5">
-        <v>10.095635700000003</v>
+        <v>10.108019900000272</v>
       </c>
       <c r="D326" s="5">
-        <v>5.6563131871009587</v>
+        <v>5.6634142503160012</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>2207.3932195000002</v>
+        <v>2207.4122981</v>
       </c>
       <c r="C327" s="5">
-        <v>0.51057950000040364</v>
+        <v>0.5119777999998405</v>
       </c>
       <c r="D327" s="5">
-        <v>0.27798290024720895</v>
+        <v>0.27874293457130772</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>2213.2038775999999</v>
+        <v>2213.2328837</v>
       </c>
       <c r="C328" s="5">
-        <v>5.8106580999997277</v>
+        <v>5.8205855999999585</v>
       </c>
       <c r="D328" s="5">
-        <v>3.2049716930510286</v>
+        <v>3.2104988861325845</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>2218.2659652000002</v>
+        <v>2218.2858876999999</v>
       </c>
       <c r="C329" s="5">
-        <v>5.0620876000002681</v>
+        <v>5.0530039999998735</v>
       </c>
       <c r="D329" s="5">
-        <v>2.7794575790077936</v>
+        <v>2.7743704024139726</v>
       </c>
       <c r="E329" s="5">
-        <v>3.5879166113781169</v>
+        <v>3.588442321987273</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>2223.6301841999998</v>
+        <v>2223.640175</v>
       </c>
       <c r="C330" s="5">
-        <v>5.3642189999995935</v>
+        <v>5.3542873000001237</v>
       </c>
       <c r="D330" s="5">
-        <v>2.9407521401334069</v>
+        <v>2.9352082249687106</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>2228.0141803000001</v>
+        <v>2228.0093710000001</v>
       </c>
       <c r="C331" s="5">
-        <v>4.3839961000003314</v>
+        <v>4.3691960000001018</v>
       </c>
       <c r="D331" s="5">
-        <v>2.391682510590698</v>
+        <v>2.3835100581714563</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>2232.9783922000001</v>
+        <v>2232.8545548000002</v>
       </c>
       <c r="C332" s="5">
-        <v>4.9642119000000093</v>
+        <v>4.8451838000000862</v>
       </c>
       <c r="D332" s="5">
-        <v>2.7067151832997904</v>
+        <v>2.6410432812185913</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>2236.2633857999999</v>
+        <v>2236.2313860999998</v>
       </c>
       <c r="C333" s="5">
-        <v>3.2849935999997797</v>
+        <v>3.3768312999995942</v>
       </c>
       <c r="D333" s="5">
-        <v>1.7797058363187013</v>
+        <v>1.8299775317218714</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>2240.1742374999999</v>
+        <v>2240.1537426999998</v>
       </c>
       <c r="C334" s="5">
-        <v>3.9108516999999665</v>
+        <v>3.9223566000000574</v>
       </c>
       <c r="D334" s="5">
-        <v>2.1189035564832315</v>
+        <v>2.1252278840326655</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>2245.1010270000002</v>
+        <v>2245.1153033999999</v>
       </c>
       <c r="C335" s="5">
-        <v>4.9267895000002682</v>
+        <v>4.9615607000000637</v>
       </c>
       <c r="D335" s="5">
-        <v>2.6713047660599232</v>
+        <v>2.6904128766344737</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>2241.0635318</v>
+        <v>2241.1104371000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-4.037495200000194</v>
+        <v>-4.0048662999997759</v>
       </c>
       <c r="D336" s="5">
-        <v>-2.1368119320838042</v>
+        <v>-2.1196990757767487</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>2247.2056459999999</v>
+        <v>2247.2252969000001</v>
       </c>
       <c r="C337" s="5">
-        <v>6.1421141999999236</v>
+        <v>6.1148597999999765</v>
       </c>
       <c r="D337" s="5">
-        <v>3.3388885064765672</v>
+        <v>3.3237792074337413</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>2254.6115307999999</v>
+        <v>2254.6341318</v>
       </c>
       <c r="C338" s="5">
-        <v>7.4058847999999671</v>
+        <v>7.4088348999998743</v>
       </c>
       <c r="D338" s="5">
-        <v>4.0271923971508361</v>
+        <v>4.0287899397095206</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>2258.2501087999999</v>
+        <v>2258.2841698000002</v>
       </c>
       <c r="C339" s="5">
-        <v>3.6385780000000523</v>
+        <v>3.6500380000002224</v>
       </c>
       <c r="D339" s="5">
-        <v>1.9538880574353712</v>
+        <v>1.9600770632267395</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>2267.5244428999999</v>
+        <v>2267.5720836</v>
       </c>
       <c r="C340" s="5">
-        <v>9.2743341000000328</v>
+        <v>9.287913799999842</v>
       </c>
       <c r="D340" s="5">
-        <v>5.0410971162301088</v>
+        <v>5.0485683004896309</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>2266.3330728999999</v>
+        <v>2266.3708333999998</v>
       </c>
       <c r="C341" s="5">
-        <v>-1.1913700000000063</v>
+        <v>-1.2012502000002314</v>
       </c>
       <c r="D341" s="5">
-        <v>-0.62866794891395239</v>
+        <v>-0.63385312130196381</v>
       </c>
       <c r="E341" s="5">
-        <v>2.1668775725757428</v>
+        <v>2.1676622461794581</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>2268.5963972</v>
+        <v>2268.6055459999998</v>
       </c>
       <c r="C342" s="5">
-        <v>2.263324300000022</v>
+        <v>2.2347125999999662</v>
       </c>
       <c r="D342" s="5">
-        <v>1.2050113349523217</v>
+        <v>1.1896756098973116</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>2275.1534483</v>
+        <v>2275.1487281</v>
       </c>
       <c r="C343" s="5">
-        <v>6.5570511000000806</v>
+        <v>6.5431821000001946</v>
       </c>
       <c r="D343" s="5">
-        <v>3.5240992759460799</v>
+        <v>3.5165123109591079</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>2281.8661836000001</v>
+        <v>2281.6910818000001</v>
       </c>
       <c r="C344" s="5">
-        <v>6.7127353000000767</v>
+        <v>6.5423537000001488</v>
       </c>
       <c r="D344" s="5">
-        <v>3.5985676428918811</v>
+        <v>3.5057875961019169</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>2279.8102346999999</v>
+        <v>2279.7114811000001</v>
       </c>
       <c r="C345" s="5">
-        <v>-2.0559489000002031</v>
+        <v>-1.9796006999999918</v>
       </c>
       <c r="D345" s="5">
-        <v>-1.0758516472735957</v>
+        <v>-1.0361691972645248</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>2287.4825030000002</v>
+        <v>2287.4379549999999</v>
       </c>
       <c r="C346" s="5">
-        <v>7.6722683000002689</v>
+        <v>7.7264738999997462</v>
       </c>
       <c r="D346" s="5">
-        <v>4.1139639936078165</v>
+        <v>4.1437564912753189</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>2295.012017</v>
+        <v>2295.0590348999999</v>
       </c>
       <c r="C347" s="5">
-        <v>7.5295139999998355</v>
+        <v>7.6210799000000407</v>
       </c>
       <c r="D347" s="5">
-        <v>4.0222388982774637</v>
+        <v>4.0721336759383719</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>2296.1834687999999</v>
+        <v>2296.2549757000002</v>
       </c>
       <c r="C348" s="5">
-        <v>1.1714517999998861</v>
+        <v>1.1959408000002441</v>
       </c>
       <c r="D348" s="5">
-        <v>0.61424312073570242</v>
+        <v>0.62710770942411287</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>2302.6789168</v>
+        <v>2302.7249118</v>
       </c>
       <c r="C349" s="5">
-        <v>6.495448000000124</v>
+        <v>6.4699360999998135</v>
       </c>
       <c r="D349" s="5">
-        <v>3.4478773725317158</v>
+        <v>3.4340161381146261</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>2305.3829331000002</v>
+        <v>2305.4137488000001</v>
       </c>
       <c r="C350" s="5">
-        <v>2.7040163000001485</v>
+        <v>2.6888370000001487</v>
       </c>
       <c r="D350" s="5">
-        <v>1.4182866693827512</v>
+        <v>1.4102454056140301</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>2308.3960545</v>
+        <v>2308.4644662999999</v>
       </c>
       <c r="C351" s="5">
-        <v>3.0131213999998181</v>
+        <v>3.0507174999997915</v>
       </c>
       <c r="D351" s="5">
-        <v>1.5797162649861862</v>
+        <v>1.5995492584969462</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>2316.7443392999999</v>
+        <v>2316.8110424000001</v>
       </c>
       <c r="C352" s="5">
-        <v>8.3482847999998739</v>
+        <v>8.3465761000002203</v>
       </c>
       <c r="D352" s="5">
-        <v>4.4271550304970653</v>
+        <v>4.4260970076243744</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>2318.3349598999998</v>
+        <v>2318.3904207</v>
       </c>
       <c r="C353" s="5">
-        <v>1.5906205999999656</v>
+        <v>1.5793782999999166</v>
       </c>
       <c r="D353" s="5">
-        <v>0.82700924188268132</v>
+        <v>0.82111838413441163</v>
       </c>
       <c r="E353" s="5">
-        <v>2.294538592840567</v>
+        <v>2.2952813605512601</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>2319.5804122</v>
+        <v>2319.5749853000002</v>
       </c>
       <c r="C354" s="5">
-        <v>1.2454523000001245</v>
+        <v>1.184564600000158</v>
       </c>
       <c r="D354" s="5">
-        <v>0.64657033209998271</v>
+        <v>0.61485715817399811</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>2325.6954242000002</v>
+        <v>2325.7036641</v>
       </c>
       <c r="C355" s="5">
-        <v>6.1150120000002062</v>
+        <v>6.1286787999997614</v>
       </c>
       <c r="D355" s="5">
-        <v>3.2097839049392674</v>
+        <v>3.2170698446637003</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>2332.0413933</v>
+        <v>2331.7977612999998</v>
       </c>
       <c r="C356" s="5">
-        <v>6.3459690999998202</v>
+        <v>6.094097199999851</v>
       </c>
       <c r="D356" s="5">
-        <v>3.3239490992559517</v>
+        <v>3.1901032384108019</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>2337.2438074000002</v>
+        <v>2337.0213010000002</v>
       </c>
       <c r="C357" s="5">
-        <v>5.2024141000001691</v>
+        <v>5.2235397000004014</v>
       </c>
       <c r="D357" s="5">
-        <v>2.7101008653004799</v>
+        <v>2.7215296188021654</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>2344.7621423000001</v>
+        <v>2344.6982028000002</v>
       </c>
       <c r="C358" s="5">
-        <v>7.5183348999998998</v>
+        <v>7.676901799999996</v>
       </c>
       <c r="D358" s="5">
-        <v>3.9291341036063798</v>
+        <v>4.0138942814574419</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>2351.6218752</v>
+        <v>2351.7509541999998</v>
       </c>
       <c r="C359" s="5">
-        <v>6.8597328999999263</v>
+        <v>7.052751399999579</v>
       </c>
       <c r="D359" s="5">
-        <v>3.5677102772823543</v>
+        <v>3.6698667406667163</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>2359.6664999999998</v>
+        <v>2359.7511196</v>
       </c>
       <c r="C360" s="5">
-        <v>8.0446247999998377</v>
+        <v>8.0001654000002418</v>
       </c>
       <c r="D360" s="5">
-        <v>4.1831840396071129</v>
+        <v>4.1593984113866167</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>2366.6674716000002</v>
+        <v>2366.7400452000002</v>
       </c>
       <c r="C361" s="5">
-        <v>7.0009716000004119</v>
+        <v>6.9889256000001296</v>
       </c>
       <c r="D361" s="5">
-        <v>3.6189953667813413</v>
+        <v>3.6125350068884732</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>2370.2676250999998</v>
+        <v>2370.3101065999999</v>
       </c>
       <c r="C362" s="5">
-        <v>3.6001534999995783</v>
+        <v>3.5700613999997586</v>
       </c>
       <c r="D362" s="5">
-        <v>1.8407795777003466</v>
+        <v>1.8252090011958488</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>2377.5722552000002</v>
+        <v>2377.7233981999998</v>
       </c>
       <c r="C363" s="5">
-        <v>7.304630100000395</v>
+        <v>7.4132915999998659</v>
       </c>
       <c r="D363" s="5">
-        <v>3.7614600839983137</v>
+        <v>3.81831093613616</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>2388.5841098000001</v>
+        <v>2388.6953303</v>
       </c>
       <c r="C364" s="5">
-        <v>11.011854599999879</v>
+        <v>10.971932100000231</v>
       </c>
       <c r="D364" s="5">
-        <v>5.701652204983243</v>
+        <v>5.6800836429749646</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>2390.0660382999999</v>
+        <v>2390.1384490999999</v>
       </c>
       <c r="C365" s="5">
-        <v>1.4819284999998672</v>
+        <v>1.4431187999998656</v>
       </c>
       <c r="D365" s="5">
-        <v>0.74705133130481549</v>
+        <v>0.72738803202736513</v>
       </c>
       <c r="E365" s="5">
-        <v>3.0940774150726824</v>
+        <v>3.0947345088812472</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>2397.5738648000001</v>
+        <v>2397.5284350000002</v>
       </c>
       <c r="C366" s="5">
-        <v>7.507826500000192</v>
+        <v>7.3899859000002834</v>
       </c>
       <c r="D366" s="5">
-        <v>3.8353283395143434</v>
+        <v>3.7739866059211646</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>2403.2592794000002</v>
+        <v>2403.2413812999998</v>
       </c>
       <c r="C367" s="5">
-        <v>5.6854146000000583</v>
+        <v>5.7129462999996576</v>
       </c>
       <c r="D367" s="5">
-        <v>2.8829916402381528</v>
+        <v>2.8971916604854542</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>2390.4202439999999</v>
+        <v>2390.0987242000001</v>
       </c>
       <c r="C368" s="5">
-        <v>-12.839035400000284</v>
+        <v>-13.142657099999724</v>
       </c>
       <c r="D368" s="5">
-        <v>-6.225757901447837</v>
+        <v>-6.3686340954126504</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>2115.2029978</v>
+        <v>2114.8634173</v>
       </c>
       <c r="C369" s="5">
-        <v>-275.21724619999986</v>
+        <v>-275.23530690000007</v>
       </c>
       <c r="D369" s="5">
-        <v>-76.957290615833585</v>
+        <v>-76.964490741021891</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>2168.5729760999998</v>
+        <v>2168.4694561000001</v>
       </c>
       <c r="C370" s="5">
-        <v>53.36997829999973</v>
+        <v>53.606038800000078</v>
       </c>
       <c r="D370" s="5">
-        <v>34.854007729781131</v>
+        <v>35.036698936618272</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>2219.3981939</v>
+        <v>2219.6339183999999</v>
       </c>
       <c r="C371" s="5">
-        <v>50.825217800000246</v>
+        <v>51.164462299999741</v>
       </c>
       <c r="D371" s="5">
-        <v>32.048733985766908</v>
+        <v>32.292895113414531</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>2235.4459993999999</v>
+        <v>2235.5435237000002</v>
       </c>
       <c r="C372" s="5">
-        <v>16.047805499999868</v>
+        <v>15.909605300000294</v>
       </c>
       <c r="D372" s="5">
-        <v>9.0303635225752021</v>
+        <v>8.948516838552667</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>2262.3376328999998</v>
+        <v>2262.4553808999999</v>
       </c>
       <c r="C373" s="5">
-        <v>26.891633499999898</v>
+        <v>26.911857199999758</v>
       </c>
       <c r="D373" s="5">
-        <v>15.430038028510928</v>
+        <v>15.441702111286947</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>2281.3272384000002</v>
+        <v>2281.4297870999999</v>
       </c>
       <c r="C374" s="5">
-        <v>18.98960550000038</v>
+        <v>18.974406199999976</v>
       </c>
       <c r="D374" s="5">
-        <v>10.550826088387932</v>
+        <v>10.541413696821177</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>2302.8602621999999</v>
+        <v>2303.1288638000001</v>
       </c>
       <c r="C375" s="5">
-        <v>21.533023799999683</v>
+        <v>21.699076700000205</v>
       </c>
       <c r="D375" s="5">
-        <v>11.933478003767316</v>
+        <v>12.029801643141202</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>2312.6150925000002</v>
+        <v>2312.8227356000002</v>
       </c>
       <c r="C376" s="5">
-        <v>9.7548303000003216</v>
+        <v>9.6938718000001245</v>
       </c>
       <c r="D376" s="5">
-        <v>5.2032698273167366</v>
+        <v>5.1693808880066694</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>2325.3103055000001</v>
+        <v>2325.408668</v>
       </c>
       <c r="C377" s="5">
-        <v>12.695212999999967</v>
+        <v>12.58593239999982</v>
       </c>
       <c r="D377" s="5">
-        <v>6.7900350735532466</v>
+        <v>6.729203614641377</v>
       </c>
       <c r="E377" s="5">
-        <v>-2.7093700241880847</v>
+        <v>-2.7082021597691797</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>2338.9080233</v>
+        <v>2338.7567355000001</v>
       </c>
       <c r="C378" s="5">
-        <v>13.597717799999828</v>
+        <v>13.34806750000007</v>
       </c>
       <c r="D378" s="5">
-        <v>7.247388999043558</v>
+        <v>7.109790879560296</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>2335.4624589999999</v>
+        <v>2335.3403394000002</v>
       </c>
       <c r="C379" s="5">
-        <v>-3.4455643000001146</v>
+        <v>-3.416396099999929</v>
       </c>
       <c r="D379" s="5">
-        <v>-1.7535279551428751</v>
+        <v>-1.7389142100657451</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>2360.9932211999999</v>
+        <v>2360.5115452999999</v>
       </c>
       <c r="C380" s="5">
-        <v>25.530762200000026</v>
+        <v>25.171205899999677</v>
       </c>
       <c r="D380" s="5">
-        <v>13.936321411943586</v>
+        <v>13.729039964116318</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>2371.1872480000002</v>
+        <v>2370.5338572000001</v>
       </c>
       <c r="C381" s="5">
-        <v>10.194026800000302</v>
+        <v>10.022311900000204</v>
       </c>
       <c r="D381" s="5">
-        <v>5.3060509626398744</v>
+        <v>5.215664719810964</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>2382.4817773</v>
+        <v>2382.1919213000001</v>
       </c>
       <c r="C382" s="5">
-        <v>11.294529299999795</v>
+        <v>11.658064100000047</v>
       </c>
       <c r="D382" s="5">
-        <v>5.8680325554134383</v>
+        <v>6.063760176196098</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>2397.4724095000001</v>
+        <v>2398.0015170000001</v>
       </c>
       <c r="C383" s="5">
-        <v>14.990632200000164</v>
+        <v>15.809595700000045</v>
       </c>
       <c r="D383" s="5">
-        <v>7.8172782985811207</v>
+        <v>8.2611091319285244</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>2423.6586809</v>
+        <v>2423.8488268000001</v>
       </c>
       <c r="C384" s="5">
-        <v>26.186271399999896</v>
+        <v>25.847309799999948</v>
       </c>
       <c r="D384" s="5">
-        <v>13.923702820279038</v>
+        <v>13.729443881368608</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>2430.6213852999999</v>
+        <v>2430.8814885000002</v>
       </c>
       <c r="C385" s="5">
-        <v>6.9627043999998932</v>
+        <v>7.0326617000000624</v>
       </c>
       <c r="D385" s="5">
-        <v>3.5023637213233538</v>
+        <v>3.5378350073523412</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>2443.4523817999998</v>
+        <v>2443.6565172999999</v>
       </c>
       <c r="C386" s="5">
-        <v>12.830996499999856</v>
+        <v>12.775028799999745</v>
       </c>
       <c r="D386" s="5">
-        <v>6.521870266346208</v>
+        <v>6.4918802255148345</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>2474.5140621999999</v>
+        <v>2475.0216553</v>
       </c>
       <c r="C387" s="5">
-        <v>31.061680400000114</v>
+        <v>31.365138000000115</v>
       </c>
       <c r="D387" s="5">
-        <v>16.367728095616641</v>
+        <v>16.537609637713313</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>2484.9435195000001</v>
+        <v>2485.4008952999998</v>
       </c>
       <c r="C388" s="5">
-        <v>10.429457300000195</v>
+        <v>10.379239999999754</v>
       </c>
       <c r="D388" s="5">
-        <v>5.1766056426016505</v>
+        <v>5.1500218730649694</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>2499.8065860000002</v>
+        <v>2500.0034581</v>
       </c>
       <c r="C389" s="5">
-        <v>14.863066500000059</v>
+        <v>14.602562800000214</v>
       </c>
       <c r="D389" s="5">
-        <v>7.4183878806430181</v>
+        <v>7.2827525195863441</v>
       </c>
       <c r="E389" s="5">
-        <v>7.5042148175780365</v>
+        <v>7.5081336241067165</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>2507.5092453000002</v>
+        <v>2507.1177766000001</v>
       </c>
       <c r="C390" s="5">
-        <v>7.7026593000000503</v>
+        <v>7.1143185000000813</v>
       </c>
       <c r="D390" s="5">
-        <v>3.760873816057253</v>
+        <v>3.4688261464638437</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>2529.1897287000002</v>
+        <v>2528.8273683000002</v>
       </c>
       <c r="C391" s="5">
-        <v>21.680483399999957</v>
+        <v>21.709591700000146</v>
       </c>
       <c r="D391" s="5">
-        <v>10.883365144361257</v>
+        <v>10.900463521236325</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>2540.7157129000002</v>
+        <v>2539.9161982000001</v>
       </c>
       <c r="C392" s="5">
-        <v>11.525984200000039</v>
+        <v>11.088829899999837</v>
       </c>
       <c r="D392" s="5">
-        <v>5.6077933857859863</v>
+        <v>5.3907407693366549</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>2561.6384244000001</v>
+        <v>2560.3385149999999</v>
       </c>
       <c r="C393" s="5">
-        <v>20.922711499999878</v>
+        <v>20.422316799999862</v>
       </c>
       <c r="D393" s="5">
-        <v>10.342054653420284</v>
+        <v>10.086995370530794</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>2569.1815535999999</v>
+        <v>2568.4465756</v>
       </c>
       <c r="C394" s="5">
-        <v>7.5431291999998393</v>
+        <v>8.1080606000000444</v>
       </c>
       <c r="D394" s="5">
-        <v>3.5913741210430894</v>
+        <v>3.8670431817172446</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>2573.8542993999999</v>
+        <v>2575.0526473999998</v>
       </c>
       <c r="C395" s="5">
-        <v>4.6727458000000297</v>
+        <v>6.6060717999998815</v>
       </c>
       <c r="D395" s="5">
-        <v>2.2044870428812313</v>
+        <v>3.1304497789640839</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>2600.2194128000001</v>
+        <v>2600.7353429999998</v>
       </c>
       <c r="C396" s="5">
-        <v>26.365113400000155</v>
+        <v>25.682695599999988</v>
       </c>
       <c r="D396" s="5">
-        <v>13.008848851443378</v>
+        <v>12.647241953341259</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>2615.2168723999998</v>
+        <v>2615.7430485999998</v>
       </c>
       <c r="C397" s="5">
-        <v>14.997459599999729</v>
+        <v>15.007705600000008</v>
       </c>
       <c r="D397" s="5">
-        <v>7.1451600254812009</v>
+        <v>7.1487337001168161</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>2623.2269565000001</v>
+        <v>2623.6592949999999</v>
       </c>
       <c r="C398" s="5">
-        <v>8.0100841000003129</v>
+        <v>7.9162464000000909</v>
       </c>
       <c r="D398" s="5">
-        <v>3.738003272441337</v>
+        <v>3.6927258386932671</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>2630.9411891</v>
+        <v>2631.7283581000002</v>
       </c>
       <c r="C399" s="5">
-        <v>7.714232599999832</v>
+        <v>8.0690631000002213</v>
       </c>
       <c r="D399" s="5">
-        <v>3.5865296567240135</v>
+        <v>3.7536713549416234</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>2633.6929921000001</v>
+        <v>2634.4130608999999</v>
       </c>
       <c r="C400" s="5">
-        <v>2.751803000000109</v>
+        <v>2.6847027999997408</v>
       </c>
       <c r="D400" s="5">
-        <v>1.262371896401171</v>
+        <v>1.2310467621410526</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>2631.4450068000001</v>
+        <v>2631.7462498999998</v>
       </c>
       <c r="C401" s="5">
-        <v>-2.2479852999999821</v>
+        <v>-2.6668110000000524</v>
       </c>
       <c r="D401" s="5">
-        <v>-1.0194637266840112</v>
+        <v>-1.2080170052463091</v>
       </c>
       <c r="E401" s="5">
-        <v>5.2659442349352936</v>
+        <v>5.2697043827341083</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>2652.1059092</v>
+        <v>2651.3618240999999</v>
       </c>
       <c r="C402" s="5">
-        <v>20.660902399999941</v>
+        <v>19.615574200000083</v>
       </c>
       <c r="D402" s="5">
-        <v>9.8395583768190242</v>
+        <v>9.3200525961842029</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>2656.2127048000002</v>
+        <v>2655.4742092000001</v>
       </c>
       <c r="C403" s="5">
-        <v>4.1067956000001686</v>
+        <v>4.1123851000002105</v>
       </c>
       <c r="D403" s="5">
-        <v>1.8741122158990153</v>
+        <v>1.877215923322284</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>2665.0997834999998</v>
+        <v>2663.7852277000002</v>
       </c>
       <c r="C404" s="5">
-        <v>8.8870786999996199</v>
+        <v>8.3110185000000456</v>
       </c>
       <c r="D404" s="5">
-        <v>4.0896366719956889</v>
+        <v>3.8210509310885321</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>2666.3018554</v>
+        <v>2664.3704419999999</v>
       </c>
       <c r="C405" s="5">
-        <v>1.2020719000001918</v>
+        <v>0.58521429999973407</v>
       </c>
       <c r="D405" s="5">
-        <v>0.54259510086613894</v>
+        <v>0.26395008081958604</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>2668.9456338</v>
+        <v>2667.6565058000001</v>
       </c>
       <c r="C406" s="5">
-        <v>2.6437783999999738</v>
+        <v>3.2860638000001927</v>
       </c>
       <c r="D406" s="5">
-        <v>1.1963735179962187</v>
+        <v>1.4900838808352024</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>2672.2560127000002</v>
+        <v>2674.3381482999998</v>
       </c>
       <c r="C407" s="5">
-        <v>3.3103789000001598</v>
+        <v>6.6816424999997253</v>
       </c>
       <c r="D407" s="5">
-        <v>1.4985941938784331</v>
+        <v>3.0473759015841706</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>2669.0198722999999</v>
+        <v>2669.9821898</v>
       </c>
       <c r="C408" s="5">
-        <v>-3.2361404000002949</v>
+        <v>-4.3559584999998151</v>
       </c>
       <c r="D408" s="5">
-        <v>-1.4435769278308253</v>
+        <v>-1.9371434563932866</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>2675.1274497999998</v>
+        <v>2675.9488299</v>
       </c>
       <c r="C409" s="5">
-        <v>6.1075774999999339</v>
+        <v>5.9666400999999496</v>
       </c>
       <c r="D409" s="5">
-        <v>2.7808120159025451</v>
+        <v>2.7148606233821315</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>2674.3309266000001</v>
+        <v>2674.9860632</v>
       </c>
       <c r="C410" s="5">
-        <v>-0.79652319999968313</v>
+        <v>-0.96276669999997466</v>
       </c>
       <c r="D410" s="5">
-        <v>-0.35671724618703271</v>
+        <v>-0.43088888624518429</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>2668.7753271000001</v>
+        <v>2669.7880320999998</v>
       </c>
       <c r="C411" s="5">
-        <v>-5.5555994999999712</v>
+        <v>-5.1980311000002075</v>
       </c>
       <c r="D411" s="5">
-        <v>-2.464569047145948</v>
+        <v>-2.307078151552322</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>2672.5929764000002</v>
+        <v>2673.5076595999999</v>
       </c>
       <c r="C412" s="5">
-        <v>3.8176493000000846</v>
+        <v>3.7196275000001151</v>
       </c>
       <c r="D412" s="5">
-        <v>1.7301549461433252</v>
+        <v>1.6847462920936973</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>2673.0146420999999</v>
+        <v>2673.3912955000001</v>
       </c>
       <c r="C413" s="5">
-        <v>0.42166569999972126</v>
+        <v>-0.11636409999982789</v>
       </c>
       <c r="D413" s="5">
-        <v>0.18949318490524281</v>
+        <v>-5.2217354645178737E-2</v>
       </c>
       <c r="E413" s="5">
-        <v>1.5797265453991516</v>
+        <v>1.582411131072492</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>2684.262866</v>
+        <v>2683.1669486000001</v>
       </c>
       <c r="C414" s="5">
-        <v>11.248223900000085</v>
+        <v>9.7756530999999995</v>
       </c>
       <c r="D414" s="5">
-        <v>5.1682066576394847</v>
+        <v>4.4773122592321135</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>2686.2650884999998</v>
+        <v>2685.1253977000001</v>
       </c>
       <c r="C415" s="5">
-        <v>2.0022224999997889</v>
+        <v>1.9584491000000526</v>
       </c>
       <c r="D415" s="5">
-        <v>0.89877506142903574</v>
+        <v>0.87940724492516775</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>2686.4549327999998</v>
+        <v>2684.6808793</v>
       </c>
       <c r="C416" s="5">
-        <v>0.1898443000000043</v>
+        <v>-0.44451840000010634</v>
       </c>
       <c r="D416" s="5">
-        <v>8.4839628140453982E-2</v>
+        <v>-0.19847738162428463</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>2690.0711031000001</v>
+        <v>2687.6116609000001</v>
       </c>
       <c r="C417" s="5">
-        <v>3.616170300000249</v>
+        <v>2.9307816000000457</v>
       </c>
       <c r="D417" s="5">
-        <v>1.6273026944833235</v>
+        <v>1.3178964001545168</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>2694.6314671999999</v>
+        <v>2692.7928270000002</v>
       </c>
       <c r="C418" s="5">
-        <v>4.5603640999997879</v>
+        <v>5.181166100000155</v>
       </c>
       <c r="D418" s="5">
-        <v>2.0533847237149905</v>
+        <v>2.3380413120270394</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>2689.9174073999998</v>
+        <v>2692.8481891000001</v>
       </c>
       <c r="C419" s="5">
-        <v>-4.7140598000000864</v>
+        <v>5.5362099999911152E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-2.079229918928871</v>
+        <v>2.4674023203874462E-2</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>2694.2487400999998</v>
+        <v>2695.6944075000001</v>
       </c>
       <c r="C420" s="5">
-        <v>4.3313327000000754</v>
+        <v>2.8462183999999979</v>
       </c>
       <c r="D420" s="5">
-        <v>1.9494568643158017</v>
+        <v>1.2757448228599699</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>2701.0584413000001</v>
+        <v>2702.1631265999999</v>
       </c>
       <c r="C421" s="5">
-        <v>6.8097012000002906</v>
+        <v>6.4687190999998165</v>
       </c>
       <c r="D421" s="5">
-        <v>3.0755140186479846</v>
+        <v>2.9178887341130721</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>2697.5302133</v>
+        <v>2698.4293111000002</v>
       </c>
       <c r="C422" s="5">
-        <v>-3.5282280000001265</v>
+        <v>-3.7338154999997641</v>
       </c>
       <c r="D422" s="5">
-        <v>-1.5562744250190663</v>
+        <v>-1.6456013578281636</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>2706.1402512</v>
+        <v>2707.3478027000001</v>
       </c>
       <c r="C423" s="5">
-        <v>8.6100378999999521</v>
+        <v>8.9184915999999248</v>
       </c>
       <c r="D423" s="5">
-        <v>3.8981466958596833</v>
+        <v>4.0389763781697674</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>2708.0728473999998</v>
+        <v>2709.1427325999998</v>
       </c>
       <c r="C424" s="5">
-        <v>1.9325961999998071</v>
+        <v>1.7949298999997154</v>
       </c>
       <c r="D424" s="5">
-        <v>0.86035683726808365</v>
+        <v>0.79848896129188773</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>2712.7353228000002</v>
+        <v>2713.186236</v>
       </c>
       <c r="C425" s="5">
-        <v>4.6624754000004032</v>
+        <v>4.0435034000001906</v>
       </c>
       <c r="D425" s="5">
-        <v>2.0857106189416275</v>
+        <v>1.8058238307386398</v>
       </c>
       <c r="E425" s="5">
-        <v>1.485988145160122</v>
+        <v>1.4885565224583841</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>2705.3962068000001</v>
+        <v>2710.0638880000001</v>
       </c>
       <c r="C426" s="5">
-        <v>-7.3391160000001037</v>
+        <v>-3.1223479999998744</v>
       </c>
       <c r="D426" s="5">
-        <v>-3.1986414878561464</v>
+        <v>-1.3722585936868148</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>2707.3149555999998</v>
+        <v>2712.1945310000001</v>
       </c>
       <c r="C427" s="5">
-        <v>1.9187487999997757</v>
+        <v>2.1306429999999636</v>
       </c>
       <c r="D427" s="5">
-        <v>0.8544039982512075</v>
+        <v>0.94752611701278688</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>2708.5247089</v>
+        <v>2714.1875140000002</v>
       </c>
       <c r="C428" s="5">
-        <v>1.2097533000001022</v>
+        <v>1.9929830000000948</v>
       </c>
       <c r="D428" s="5">
-        <v>0.53753519235073544</v>
+        <v>0.88536014638744831</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>2713.2827351999999</v>
+        <v>2719.4016258000001</v>
       </c>
       <c r="C429" s="5">
-        <v>4.7580262999999832</v>
+        <v>5.2141117999999551</v>
       </c>
       <c r="D429" s="5">
-        <v>2.1285096637208012</v>
+        <v>2.329783382156303</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>2714.3133597999999</v>
+        <v>2723.224326</v>
       </c>
       <c r="C430" s="5">
-        <v>1.0306246000000101</v>
+        <v>3.822700199999872</v>
       </c>
       <c r="D430" s="5">
-        <v>0.45676645657792836</v>
+        <v>1.6999595838235404</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>2712.3905501999998</v>
+        <v>2709.0708503000001</v>
       </c>
       <c r="C431" s="5">
-        <v>-1.9228096000001642</v>
+        <v>-14.153475699999944</v>
       </c>
       <c r="D431" s="5">
-        <v>-0.84677134708468493</v>
+        <v>-6.0615597823387102</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>2711.7127995999999</v>
+        <v>2707.9165536999999</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.67775059999985388</v>
+        <v>-1.1542966000001798</v>
       </c>
       <c r="D432" s="5">
-        <v>-0.29943473081301963</v>
+        <v>-0.51010642703036568</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>2715.4979229999999</v>
+        <v>2711.7068267999998</v>
       </c>
       <c r="C433" s="5">
-        <v>3.7851233999999749</v>
+        <v>3.7902730999999221</v>
       </c>
       <c r="D433" s="5">
-        <v>1.6879300458907176</v>
+        <v>1.69263201115748</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>2714.5030812</v>
+        <v>2710.6596906999998</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.99484179999990374</v>
+        <v>-1.0471360999999888</v>
       </c>
       <c r="D434" s="5">
-        <v>-0.43874370178527133</v>
+        <v>-0.46240175833386354</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>2705.2895398999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-5.3701507999999194</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-2.3516141387843192</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>2704.0411672999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-1.2483726000000388</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-0.55234416983522827</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">