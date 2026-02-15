--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A10AFB41-D481-4DF5-8179-B884B4B9D95A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{FE5770D3-2F3D-4418-8058-6B378744F607}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{56F58546-2AA8-4819-8D4E-A7F5F6766709}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{3D2B1340-0491-4275-B4A4-3210F34BFDB6}"/>
   </bookViews>
   <sheets>
     <sheet name="dalserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Services Providing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF6309CF-9CC8-4FEC-8600-57ACA660B609}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A807677-5BED-4C6C-9E84-7E9E18F04A8B}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>2709.0708503000001</v>
       </c>
       <c r="C431" s="5">
         <v>-14.153475699999944</v>
       </c>
       <c r="D431" s="5">
         <v>-6.0615597823387102</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>2707.9165536999999</v>
       </c>
       <c r="C432" s="5">
         <v>-1.1542966000001798</v>
       </c>
       <c r="D432" s="5">
         <v>-0.51010642703036568</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>2711.7068267999998</v>
       </c>
       <c r="C433" s="5">
         <v>3.7902730999999221</v>
       </c>
       <c r="D433" s="5">
         <v>1.69263201115748</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>2710.6596906999998</v>
       </c>
       <c r="C434" s="5">
         <v>-1.0471360999999888</v>
       </c>
       <c r="D434" s="5">
         <v>-0.46240175833386354</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>2705.2895398999999</v>
       </c>
       <c r="C435" s="5">
         <v>-5.3701507999999194</v>
       </c>
       <c r="D435" s="5">
         <v>-2.3516141387843192</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>2704.0411672999999</v>
+        <v>2703.1037449</v>
       </c>
       <c r="C436" s="5">
-        <v>-1.2483726000000388</v>
+        <v>-2.1857949999998709</v>
       </c>
       <c r="D436" s="5">
-        <v>-0.55234416983522827</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.96526797233251749</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>2708.1303802000002</v>
+      </c>
+      <c r="C437" s="5">
+        <v>5.02663530000018</v>
+      </c>
+      <c r="D437" s="5">
+        <v>2.254460043769857</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.18634385406044451</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>