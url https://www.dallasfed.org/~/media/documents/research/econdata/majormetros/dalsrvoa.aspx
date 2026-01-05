--- v0 (2025-10-17)
+++ v1 (2026-01-05)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4AE7C4F1-0D47-42B2-BEEA-35C6C4B068EB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{1DF63F4A-8FC1-4A28-A5A8-C3837D81BB00}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{70998469-DFAD-47AC-8736-2540B797EA08}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1439C50F-D905-41A7-B77C-8F88042D9F04}"/>
   </bookViews>
   <sheets>
     <sheet name="dalsrvoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Other Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47EDCA94-AB45-477D-A44A-6D5E0260330B}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{383C5BB9-11BA-4440-B83F-F39771271E1B}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-7.1400960000005398E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-0.83269645969401562</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>102.10098585999999</v>
       </c>
       <c r="C432" s="5">
         <v>-0.33033552000000554</v>
       </c>
       <c r="D432" s="5">
         <v>-3.802026384805246</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>102.03186122</v>
+        <v>102.18885586</v>
       </c>
       <c r="C433" s="5">
-        <v>-6.9124639999998294E-2</v>
+        <v>8.7870000000009441E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.8094083560328702</v>
+        <v>1.0376446664167593</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>102.85738747000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.66853161000000227</v>
+      </c>
+      <c r="D434" s="5">
+        <v>8.1392693356286738</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>