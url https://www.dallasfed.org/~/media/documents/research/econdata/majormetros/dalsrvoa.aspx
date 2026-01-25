--- v1 (2026-01-05)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{1DF63F4A-8FC1-4A28-A5A8-C3837D81BB00}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0F419261-A2D9-4E19-9E9B-4C43CFB69667}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1439C50F-D905-41A7-B77C-8F88042D9F04}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B1A5775A-5FFF-4EDD-A91F-3994F8676318}"/>
   </bookViews>
   <sheets>
     <sheet name="dalsrvoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Other Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{383C5BB9-11BA-4440-B83F-F39771271E1B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7FBFF339-0187-4316-98F1-65B019A6BDCB}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>51.974391709999999</v>
+        <v>51.974373550000003</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>52.159025497999998</v>
+        <v>52.159070120999999</v>
       </c>
       <c r="C7" s="5">
-        <v>0.1846337879999993</v>
+        <v>0.18469657099999637</v>
       </c>
       <c r="D7" s="5">
-        <v>4.3471621959342954</v>
+        <v>4.348670967658208</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>52.286233046</v>
+        <v>52.285883198999997</v>
       </c>
       <c r="C8" s="5">
-        <v>0.12720754800000122</v>
+        <v>0.12681307799999786</v>
       </c>
       <c r="D8" s="5">
-        <v>2.9661860142754737</v>
+        <v>2.9568619791747741</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>53.245950610999998</v>
+        <v>53.246649974999997</v>
       </c>
       <c r="C9" s="5">
-        <v>0.95971756499999827</v>
+        <v>0.96076677599999982</v>
       </c>
       <c r="D9" s="5">
-        <v>24.391518248429868</v>
+        <v>24.421115298759478</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>53.252935882999999</v>
+        <v>53.252896335000003</v>
       </c>
       <c r="C10" s="5">
-        <v>6.9852720000014301E-3</v>
+        <v>6.2463600000057795E-3</v>
       </c>
       <c r="D10" s="5">
-        <v>0.15754019074567527</v>
+        <v>0.14086276058500324</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>53.195115758999997</v>
+        <v>53.195088843999997</v>
       </c>
       <c r="C11" s="5">
-        <v>-5.7820124000002693E-2</v>
+        <v>-5.7807491000005484E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>-1.2951643342400954</v>
+        <v>-1.2948839996990369</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>53.420086300000001</v>
+        <v>53.420108439000003</v>
       </c>
       <c r="C12" s="5">
-        <v>0.22497054100000469</v>
+        <v>0.22501959500000623</v>
       </c>
       <c r="D12" s="5">
-        <v>5.1947155948179002</v>
+        <v>5.1958774554177412</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>53.940849927000002</v>
+        <v>53.940772246000002</v>
       </c>
       <c r="C13" s="5">
-        <v>0.52076362700000089</v>
+        <v>0.52066380699999826</v>
       </c>
       <c r="D13" s="5">
-        <v>12.346202971309484</v>
+        <v>12.343702782589094</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>53.816935503000003</v>
+        <v>53.816869787000002</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.12391442399999875</v>
+        <v>-0.12390245899999996</v>
       </c>
       <c r="D14" s="5">
-        <v>-2.722108893648667</v>
+        <v>-2.72185323278894</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>53.654419848000003</v>
+        <v>53.654369709000001</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.16251565499999998</v>
+        <v>-0.16250007800000077</v>
       </c>
       <c r="D15" s="5">
-        <v>-3.5641593984794273</v>
+        <v>-3.5638277096349369</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>53.695893255999998</v>
+        <v>53.695834910000002</v>
       </c>
       <c r="C16" s="5">
-        <v>4.1473407999994549E-2</v>
+        <v>4.1465201000001173E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>0.93152097141204759</v>
+        <v>0.93133672640295373</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>53.621624138999998</v>
+        <v>53.621567056000004</v>
       </c>
       <c r="C17" s="5">
-        <v>-7.4269117000000051E-2</v>
+        <v>-7.4267853999998579E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>-1.6472036733803375</v>
+        <v>-1.6471776504688451</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>53.819808168000002</v>
+        <v>53.819775565</v>
       </c>
       <c r="C18" s="5">
-        <v>0.19818402900000365</v>
+        <v>0.19820850899999698</v>
       </c>
       <c r="D18" s="5">
-        <v>4.5264439785270616</v>
+        <v>4.5270194252384988</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>53.835893945999999</v>
+        <v>53.835898481999998</v>
       </c>
       <c r="C19" s="5">
-        <v>1.6085777999997219E-2</v>
+        <v>1.6122916999997017E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>0.35924870509664864</v>
+        <v>0.36007972757294837</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>53.872304540000002</v>
+        <v>53.872013443</v>
       </c>
       <c r="C20" s="5">
-        <v>3.6410594000003016E-2</v>
+        <v>3.6114961000002666E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>0.81461650032441657</v>
+        <v>0.80797779385233248</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>54.060485804999999</v>
+        <v>54.061178532</v>
       </c>
       <c r="C21" s="5">
-        <v>0.18818126499999721</v>
+        <v>0.1891650889999994</v>
       </c>
       <c r="D21" s="5">
-        <v>4.2731947299135875</v>
+        <v>4.2959921598233697</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>54.207334727000003</v>
+        <v>54.207275654999997</v>
       </c>
       <c r="C22" s="5">
-        <v>0.14684892200000377</v>
+        <v>0.146097122999997</v>
       </c>
       <c r="D22" s="5">
-        <v>3.3088014929079312</v>
+        <v>3.2915665781181991</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>54.439219987000001</v>
+        <v>54.439171113</v>
       </c>
       <c r="C23" s="5">
-        <v>0.23188525999999854</v>
+        <v>0.23189545800000388</v>
       </c>
       <c r="D23" s="5">
-        <v>5.2558093342045531</v>
+        <v>5.25605180617148</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>54.483570597000003</v>
+        <v>54.483613650999999</v>
       </c>
       <c r="C24" s="5">
-        <v>4.4350610000002177E-2</v>
+        <v>4.4442537999998422E-2</v>
       </c>
       <c r="D24" s="5">
-        <v>0.98200983420948518</v>
+        <v>0.9840553366088578</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>54.641606009999997</v>
+        <v>54.641532177000002</v>
       </c>
       <c r="C25" s="5">
-        <v>0.15803541299999324</v>
+        <v>0.15791852600000311</v>
       </c>
       <c r="D25" s="5">
-        <v>3.5367977521981064</v>
+        <v>3.534137167872764</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>54.791374069</v>
+        <v>54.791309925</v>
       </c>
       <c r="C26" s="5">
-        <v>0.14976805900000301</v>
+        <v>0.14977774799999821</v>
       </c>
       <c r="D26" s="5">
-        <v>3.3391384680176994</v>
+        <v>3.3393623356772206</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>54.921523381999997</v>
+        <v>54.921473734000003</v>
       </c>
       <c r="C27" s="5">
-        <v>0.13014931299999688</v>
+        <v>0.13016380900000257</v>
       </c>
       <c r="D27" s="5">
-        <v>2.8879695295292329</v>
+        <v>2.8882988309252289</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>55.100112129000003</v>
+        <v>55.100061340000003</v>
       </c>
       <c r="C28" s="5">
-        <v>0.17858874700000626</v>
+        <v>0.17858760600000068</v>
       </c>
       <c r="D28" s="5">
-        <v>3.9725971401944005</v>
+        <v>3.9725749593181758</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>55.202203476000001</v>
+        <v>55.202158519000001</v>
       </c>
       <c r="C29" s="5">
-        <v>0.10209134699999822</v>
+        <v>0.1020971789999976</v>
       </c>
       <c r="D29" s="5">
-        <v>2.2461987666418493</v>
+        <v>2.2463304836623621</v>
       </c>
       <c r="E29" s="5">
-        <v>2.9476528590457463</v>
+        <v>2.9476786110135489</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>55.051629167000002</v>
+        <v>55.051589771000003</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.15057430899999957</v>
+        <v>-0.15056874799999775</v>
       </c>
       <c r="D30" s="5">
-        <v>-3.2245618301592782</v>
+        <v>-3.2244471084340476</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>55.211530406000001</v>
+        <v>55.211492929000002</v>
       </c>
       <c r="C31" s="5">
-        <v>0.15990123899999986</v>
+        <v>0.15990315799999877</v>
       </c>
       <c r="D31" s="5">
-        <v>3.5417061059265897</v>
+        <v>3.5417518669845327</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>55.348171022999999</v>
+        <v>55.347934457000001</v>
       </c>
       <c r="C32" s="5">
-        <v>0.13664061699999763</v>
+        <v>0.13644152799999887</v>
       </c>
       <c r="D32" s="5">
-        <v>3.0105876305013046</v>
+        <v>3.0061434014361677</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>56.187746523000001</v>
+        <v>56.188434784000002</v>
       </c>
       <c r="C33" s="5">
-        <v>0.83957550000000225</v>
+        <v>0.84050032700000088</v>
       </c>
       <c r="D33" s="5">
-        <v>19.800900889965867</v>
+        <v>19.82465744191235</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>55.386242996999997</v>
+        <v>55.386152469000002</v>
       </c>
       <c r="C34" s="5">
-        <v>-0.80150352600000474</v>
+        <v>-0.80228231499999936</v>
       </c>
       <c r="D34" s="5">
-        <v>-15.83655450240391</v>
+        <v>-15.850575354316575</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>55.522446360000004</v>
+        <v>55.522371997</v>
       </c>
       <c r="C35" s="5">
-        <v>0.13620336300000702</v>
+        <v>0.13621952799999804</v>
       </c>
       <c r="D35" s="5">
-        <v>2.9912282654913414</v>
+        <v>2.9915930448480399</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>55.745926699000002</v>
+        <v>55.745995229999998</v>
       </c>
       <c r="C36" s="5">
-        <v>0.2234803389999982</v>
+        <v>0.22362323299999787</v>
       </c>
       <c r="D36" s="5">
-        <v>4.9384280677528869</v>
+        <v>4.941662753685705</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>55.259232719000003</v>
+        <v>55.259165752999998</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.48669397999999831</v>
+        <v>-0.48682947700000057</v>
       </c>
       <c r="D37" s="5">
-        <v>-9.9879750505722615</v>
+        <v>-9.9906118571820421</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>55.286085941000003</v>
+        <v>55.286020653999998</v>
       </c>
       <c r="C38" s="5">
-        <v>2.6853221999999732E-2</v>
+        <v>2.6854901000000098E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>0.58470105353076729</v>
+        <v>0.58473842029775902</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>55.237588209000002</v>
+        <v>55.237547026999998</v>
       </c>
       <c r="C39" s="5">
-        <v>-4.8497732000001292E-2</v>
+        <v>-4.8473626999999908E-2</v>
       </c>
       <c r="D39" s="5">
-        <v>-1.0475929653662841</v>
+        <v>-1.0470760153793557</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>55.268168082999999</v>
+        <v>55.268136040999998</v>
       </c>
       <c r="C40" s="5">
-        <v>3.0579873999997176E-2</v>
+        <v>3.0589014000000248E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>0.66635400310990356</v>
+        <v>0.66655427471438156</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>55.418403492000003</v>
+        <v>55.418372060000003</v>
       </c>
       <c r="C41" s="5">
-        <v>0.15023540900000398</v>
+        <v>0.15023601900000472</v>
       </c>
       <c r="D41" s="5">
-        <v>3.3111718574465154</v>
+        <v>3.311187451884634</v>
       </c>
       <c r="E41" s="5">
-        <v>0.39165106170806485</v>
+        <v>0.39167588152477784</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>56.151195201999997</v>
+        <v>56.151158690999999</v>
       </c>
       <c r="C42" s="5">
-        <v>0.73279170999999366</v>
+        <v>0.73278663099999619</v>
       </c>
       <c r="D42" s="5">
-        <v>17.073858982048428</v>
+        <v>17.073742305696982</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>56.209851264999998</v>
+        <v>56.209823522000001</v>
       </c>
       <c r="C43" s="5">
-        <v>5.8656063000000813E-2</v>
+        <v>5.8664831000001527E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>1.2607583226532437</v>
+        <v>1.2609486916469459</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>56.458402665000001</v>
+        <v>56.458276087999998</v>
       </c>
       <c r="C44" s="5">
-        <v>0.24855140000000375</v>
+        <v>0.24845256599999743</v>
       </c>
       <c r="D44" s="5">
-        <v>5.4371864322401375</v>
+        <v>5.4349743081472113</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>56.111757605000001</v>
+        <v>56.112175894000003</v>
       </c>
       <c r="C45" s="5">
-        <v>-0.34664506000000017</v>
+        <v>-0.34610019399999459</v>
       </c>
       <c r="D45" s="5">
-        <v>-7.1240161007928071</v>
+        <v>-7.1132086130107686</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>56.25388968</v>
+        <v>56.253853556000003</v>
       </c>
       <c r="C46" s="5">
-        <v>0.14213207499999925</v>
+        <v>0.14167766199999932</v>
       </c>
       <c r="D46" s="5">
-        <v>3.082327611537572</v>
+        <v>3.0723125753998159</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>56.345922729000002</v>
+        <v>56.345878655</v>
       </c>
       <c r="C47" s="5">
-        <v>9.2033049000001199E-2</v>
+        <v>9.2025098999997113E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>1.9809981684312916</v>
+        <v>1.9808267867114315</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>56.548584544000001</v>
+        <v>56.548626857000002</v>
       </c>
       <c r="C48" s="5">
-        <v>0.20266181499999902</v>
+        <v>0.20274820200000221</v>
       </c>
       <c r="D48" s="5">
-        <v>4.4025051403568494</v>
+        <v>4.404422568195776</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>56.804003977000001</v>
+        <v>56.803955848999998</v>
       </c>
       <c r="C49" s="5">
-        <v>0.25541943300000014</v>
+        <v>0.25532899199999548</v>
       </c>
       <c r="D49" s="5">
-        <v>5.5568753570568008</v>
+        <v>5.5548543546748208</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>56.780751215999999</v>
+        <v>56.780703025000001</v>
       </c>
       <c r="C50" s="5">
-        <v>-2.3252761000001954E-2</v>
+        <v>-2.3252823999996508E-2</v>
       </c>
       <c r="D50" s="5">
-        <v>-0.49011644537036991</v>
+        <v>-0.49011818460682477</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>57.065761582999997</v>
+        <v>57.065732627999999</v>
       </c>
       <c r="C51" s="5">
-        <v>0.28501036699999815</v>
+        <v>0.28502960299999813</v>
       </c>
       <c r="D51" s="5">
-        <v>6.1924897821986846</v>
+        <v>6.1929247354866268</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>57.120419941999998</v>
+        <v>57.120399008</v>
       </c>
       <c r="C52" s="5">
-        <v>5.4658359000001155E-2</v>
+        <v>5.4666380000000458E-2</v>
       </c>
       <c r="D52" s="5">
-        <v>1.1554505035222373</v>
+        <v>1.1556215472870779</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>57.226334010999999</v>
+        <v>57.226318081000002</v>
       </c>
       <c r="C53" s="5">
-        <v>0.10591406900000067</v>
+        <v>0.10591907300000258</v>
       </c>
       <c r="D53" s="5">
-        <v>2.2479017381124677</v>
+        <v>2.2480098599068743</v>
       </c>
       <c r="E53" s="5">
-        <v>3.2623287664015566</v>
+        <v>3.2623585893908791</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>57.386612325000002</v>
+        <v>57.386594033999998</v>
       </c>
       <c r="C54" s="5">
-        <v>0.16027831400000281</v>
+        <v>0.16027595299999575</v>
       </c>
       <c r="D54" s="5">
-        <v>3.4131939908866205</v>
+        <v>3.4131439001851005</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>57.380675072999999</v>
+        <v>57.380665284999999</v>
       </c>
       <c r="C55" s="5">
-        <v>-5.937252000002502E-3</v>
+        <v>-5.9287489999988452E-3</v>
       </c>
       <c r="D55" s="5">
-        <v>-0.12408206927271292</v>
+        <v>-0.1239045063102906</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>57.628678327000003</v>
+        <v>57.628604803999998</v>
       </c>
       <c r="C56" s="5">
-        <v>0.24800325400000389</v>
+        <v>0.24793951899999911</v>
       </c>
       <c r="D56" s="5">
-        <v>5.3115666425546104</v>
+        <v>5.3101699342237296</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>57.827418397000002</v>
+        <v>57.827644116999998</v>
       </c>
       <c r="C57" s="5">
-        <v>0.19874006999999949</v>
+        <v>0.19903931300000011</v>
       </c>
       <c r="D57" s="5">
-        <v>4.2177612399188158</v>
+        <v>4.2242385387797121</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>57.867710733000003</v>
+        <v>57.867700206999999</v>
       </c>
       <c r="C58" s="5">
-        <v>4.0292336000000262E-2</v>
+        <v>4.0056090000000211E-2</v>
       </c>
       <c r="D58" s="5">
-        <v>0.83933412332797275</v>
+        <v>0.83439082355074579</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>58.016925059999998</v>
+        <v>58.016905291999997</v>
       </c>
       <c r="C59" s="5">
-        <v>0.14921432699999571</v>
+        <v>0.14920508499999841</v>
       </c>
       <c r="D59" s="5">
-        <v>3.1385124693345867</v>
+        <v>3.1383158909501274</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>58.314770854000002</v>
+        <v>58.314789650000002</v>
       </c>
       <c r="C60" s="5">
-        <v>0.2978457940000041</v>
+        <v>0.29788435800000457</v>
       </c>
       <c r="D60" s="5">
-        <v>6.3374876222518584</v>
+        <v>6.3383337077582258</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>58.449070343000002</v>
+        <v>58.449040508000003</v>
       </c>
       <c r="C61" s="5">
-        <v>0.13429948899999999</v>
+        <v>0.13425085800000147</v>
       </c>
       <c r="D61" s="5">
-        <v>2.7988873261900027</v>
+        <v>2.7978600445535573</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>58.926102143999998</v>
+        <v>58.926068291</v>
       </c>
       <c r="C62" s="5">
-        <v>0.47703180099999543</v>
+        <v>0.47702778299999693</v>
       </c>
       <c r="D62" s="5">
-        <v>10.245602670580546</v>
+        <v>10.24551792939954</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>59.544457835000003</v>
+        <v>59.544445226999997</v>
       </c>
       <c r="C63" s="5">
-        <v>0.61835569100000498</v>
+        <v>0.6183769359999971</v>
       </c>
       <c r="D63" s="5">
-        <v>13.345314620780545</v>
+        <v>13.345808025459194</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>60.185227406000003</v>
+        <v>60.185218761999998</v>
       </c>
       <c r="C64" s="5">
-        <v>0.64076957099999987</v>
+        <v>0.640773535000001</v>
       </c>
       <c r="D64" s="5">
-        <v>13.705828405522059</v>
+        <v>13.705921350082928</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>60.067869154</v>
+        <v>60.067863684999999</v>
       </c>
       <c r="C65" s="5">
-        <v>-0.11735825200000249</v>
+        <v>-0.11735507699999914</v>
       </c>
       <c r="D65" s="5">
-        <v>-2.315008511761607</v>
+        <v>-2.3149468807827867</v>
       </c>
       <c r="E65" s="5">
-        <v>4.9654327716568414</v>
+        <v>4.9654524339272976</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>60.071670677999997</v>
+        <v>60.071666569000001</v>
       </c>
       <c r="C66" s="5">
-        <v>3.8015239999964479E-3</v>
+        <v>3.8028840000023933E-3</v>
       </c>
       <c r="D66" s="5">
-        <v>7.5971015410880582E-2</v>
+        <v>7.5998210523975374E-2</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>59.96722123</v>
+        <v>59.967231458000001</v>
       </c>
       <c r="C67" s="5">
-        <v>-0.10444944799999689</v>
+        <v>-0.1044351110000008</v>
       </c>
       <c r="D67" s="5">
-        <v>-2.0666584158153811</v>
+        <v>-2.0663775878809965</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>60.154391687999997</v>
+        <v>60.154379273000004</v>
       </c>
       <c r="C68" s="5">
-        <v>0.1871704579999971</v>
+        <v>0.18714781500000299</v>
       </c>
       <c r="D68" s="5">
-        <v>3.8104260177489468</v>
+        <v>3.8099564483994985</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>60.145410628999997</v>
+        <v>60.145444732999998</v>
       </c>
       <c r="C69" s="5">
-        <v>-8.9810589999999024E-3</v>
+        <v>-8.9345400000055974E-3</v>
       </c>
       <c r="D69" s="5">
-        <v>-0.1790131216767854</v>
+        <v>-0.1780866852703733</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>60.436034442</v>
+        <v>60.436059536000002</v>
       </c>
       <c r="C70" s="5">
-        <v>0.29062381300000339</v>
+        <v>0.29061480300000397</v>
       </c>
       <c r="D70" s="5">
-        <v>5.9550324931822551</v>
+        <v>5.9548394731181009</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>60.786669502999999</v>
+        <v>60.786678391000002</v>
       </c>
       <c r="C71" s="5">
-        <v>0.35063506099999842</v>
+        <v>0.35061885500000045</v>
       </c>
       <c r="D71" s="5">
-        <v>7.1886172687503525</v>
+        <v>7.1882712650752856</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>61.054534832000002</v>
+        <v>61.054515236</v>
       </c>
       <c r="C72" s="5">
-        <v>0.26786532900000282</v>
+        <v>0.26783684499999794</v>
       </c>
       <c r="D72" s="5">
-        <v>5.4180387377445793</v>
+        <v>5.4174477549933542</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>61.435540420999999</v>
+        <v>61.435528603999998</v>
       </c>
       <c r="C73" s="5">
-        <v>0.38100558899999726</v>
+        <v>0.38101336799999785</v>
       </c>
       <c r="D73" s="5">
-        <v>7.750941620111429</v>
+        <v>7.7511079157768004</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>61.745738754999998</v>
+        <v>61.745721793000001</v>
       </c>
       <c r="C74" s="5">
-        <v>0.31019833399999897</v>
+        <v>0.31019318900000314</v>
       </c>
       <c r="D74" s="5">
-        <v>6.2301263699838128</v>
+        <v>6.2300213815830174</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>61.111570594</v>
+        <v>61.111564964999999</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.63416816099999807</v>
+        <v>-0.63415682800000184</v>
       </c>
       <c r="D75" s="5">
-        <v>-11.65185162264315</v>
+        <v>-11.651658037113965</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>61.225012784999997</v>
+        <v>61.225014213999998</v>
       </c>
       <c r="C76" s="5">
-        <v>0.11344219099999719</v>
+        <v>0.11344924899999853</v>
       </c>
       <c r="D76" s="5">
-        <v>2.2504596032830504</v>
+        <v>2.2506012616029025</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>61.258457112999999</v>
+        <v>61.258472130000001</v>
       </c>
       <c r="C77" s="5">
-        <v>3.3444328000001633E-2</v>
+        <v>3.3457916000003252E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>0.65747620696170461</v>
+        <v>0.65774411906709407</v>
       </c>
       <c r="E77" s="5">
-        <v>1.9820712400295148</v>
+        <v>1.9821055252499553</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>61.387356427</v>
+        <v>61.387357848999997</v>
       </c>
       <c r="C78" s="5">
-        <v>0.12889931400000165</v>
+        <v>0.1288857189999959</v>
       </c>
       <c r="D78" s="5">
-        <v>2.554453817228719</v>
+        <v>2.5541806405208423</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>61.813866609000002</v>
+        <v>61.813866808999997</v>
       </c>
       <c r="C79" s="5">
-        <v>0.42651018200000124</v>
+        <v>0.4265089599999996</v>
       </c>
       <c r="D79" s="5">
-        <v>8.6635153238386664</v>
+        <v>8.6634893373635169</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>61.940099537000002</v>
+        <v>61.940102957000001</v>
       </c>
       <c r="C80" s="5">
-        <v>0.1262329280000003</v>
+        <v>0.12623614800000382</v>
       </c>
       <c r="D80" s="5">
-        <v>2.4782875572807006</v>
+        <v>2.4783514780674976</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>62.389140758000003</v>
+        <v>62.389151032999997</v>
       </c>
       <c r="C81" s="5">
-        <v>0.44904122100000166</v>
+        <v>0.44904807599999685</v>
       </c>
       <c r="D81" s="5">
-        <v>9.0549206575844199</v>
+        <v>9.0550639263669019</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>62.673607320000002</v>
+        <v>62.673611125000001</v>
       </c>
       <c r="C82" s="5">
-        <v>0.28446656199999865</v>
+        <v>0.28446009200000333</v>
       </c>
       <c r="D82" s="5">
-        <v>5.6107807618093863</v>
+        <v>5.6106489840337836</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>62.793572079</v>
+        <v>62.793580546000001</v>
       </c>
       <c r="C83" s="5">
-        <v>0.11996475899999837</v>
+        <v>0.11996942100000041</v>
       </c>
       <c r="D83" s="5">
-        <v>2.3212794950498994</v>
+        <v>2.3213705126607254</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>62.798959435</v>
+        <v>62.798925183000001</v>
       </c>
       <c r="C84" s="5">
-        <v>5.3873559999999543E-3</v>
+        <v>5.3446370000003185E-3</v>
       </c>
       <c r="D84" s="5">
-        <v>0.10300224086821075</v>
+        <v>0.10218508918315994</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>62.921290697000003</v>
+        <v>62.921281067999999</v>
       </c>
       <c r="C85" s="5">
-        <v>0.12233126200000299</v>
+        <v>0.1223558849999975</v>
       </c>
       <c r="D85" s="5">
-        <v>2.3627866986382529</v>
+        <v>2.3632686942707259</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>63.134361812999998</v>
+        <v>63.134348842000001</v>
       </c>
       <c r="C86" s="5">
-        <v>0.21307111599999473</v>
+        <v>0.21306777400000243</v>
       </c>
       <c r="D86" s="5">
-        <v>4.140118036452245</v>
+        <v>4.1400525303395774</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>63.508160533999998</v>
+        <v>63.508152789</v>
       </c>
       <c r="C87" s="5">
-        <v>0.373798721</v>
+        <v>0.37380394699999897</v>
       </c>
       <c r="D87" s="5">
-        <v>7.340810261517583</v>
+        <v>7.3409178143591047</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>63.724937240000003</v>
+        <v>63.724938450000003</v>
       </c>
       <c r="C88" s="5">
-        <v>0.21677670600000454</v>
+        <v>0.21678566100000296</v>
       </c>
       <c r="D88" s="5">
-        <v>4.1738200874047005</v>
+        <v>4.1739962755220628</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>64.125095338999998</v>
+        <v>64.125171909000002</v>
       </c>
       <c r="C89" s="5">
-        <v>0.4001580989999951</v>
+        <v>0.40023345899999896</v>
       </c>
       <c r="D89" s="5">
-        <v>7.8011239015857159</v>
+        <v>7.8026440164632449</v>
       </c>
       <c r="E89" s="5">
-        <v>4.6795795406862295</v>
+        <v>4.6796788743219464</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>64.293540418999996</v>
+        <v>64.293529004000007</v>
       </c>
       <c r="C90" s="5">
-        <v>0.16844507999999792</v>
+        <v>0.16835709500000462</v>
       </c>
       <c r="D90" s="5">
-        <v>3.1981262818904233</v>
+        <v>3.1964277166450339</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>64.339908797999996</v>
+        <v>64.339897424</v>
       </c>
       <c r="C91" s="5">
-        <v>4.6368379000000459E-2</v>
+        <v>4.6368419999993193E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>0.86887881851889226</v>
+        <v>0.86887974472955598</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>64.337882630999999</v>
+        <v>64.337879373000007</v>
       </c>
       <c r="C92" s="5">
-        <v>-2.0261669999968035E-3</v>
+        <v>-2.0180509999931928E-3</v>
       </c>
       <c r="D92" s="5">
-        <v>-3.7783381446454545E-2</v>
+        <v>-3.7632069363735532E-2</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>64.127581294999999</v>
+        <v>64.127595855999999</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.21030133600000056</v>
+        <v>-0.21028351700000769</v>
       </c>
       <c r="D93" s="5">
-        <v>-3.8526874528610588</v>
+        <v>-3.8523670488699424</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>64.650369832999999</v>
+        <v>64.650364887999999</v>
       </c>
       <c r="C94" s="5">
-        <v>0.52278853800000036</v>
+        <v>0.52276903199999936</v>
       </c>
       <c r="D94" s="5">
-        <v>10.233562845677181</v>
+        <v>10.233161307899907</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>64.731143443999997</v>
+        <v>64.731156338999995</v>
       </c>
       <c r="C95" s="5">
-        <v>8.0773610999997913E-2</v>
+        <v>8.0791450999996073E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>1.509615071895265</v>
+        <v>1.5099509031147651</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>64.129491482000006</v>
+        <v>64.129439133000005</v>
       </c>
       <c r="C96" s="5">
-        <v>-0.60165196199999116</v>
+        <v>-0.60171720599998935</v>
       </c>
       <c r="D96" s="5">
-        <v>-10.600681151850555</v>
+        <v>-10.601770576474291</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>64.478950767000001</v>
+        <v>64.478937058</v>
       </c>
       <c r="C97" s="5">
-        <v>0.34945928499999468</v>
+        <v>0.34949792499999432</v>
       </c>
       <c r="D97" s="5">
-        <v>6.7387192854930777</v>
+        <v>6.739492533192637</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>64.641772144000001</v>
+        <v>64.641757694999995</v>
       </c>
       <c r="C98" s="5">
-        <v>0.16282137700000021</v>
+        <v>0.16282063699999583</v>
       </c>
       <c r="D98" s="5">
-        <v>3.0726654255063934</v>
+        <v>3.0726519285428688</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>64.696312581000001</v>
+        <v>64.696298420999995</v>
       </c>
       <c r="C99" s="5">
-        <v>5.4540436999999997E-2</v>
+        <v>5.454072599999904E-2</v>
       </c>
       <c r="D99" s="5">
-        <v>1.0171920446115923</v>
+        <v>1.0171976879910671</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>65.056973201999995</v>
+        <v>65.056972160000001</v>
       </c>
       <c r="C100" s="5">
-        <v>0.36066062099999385</v>
+        <v>0.36067373900000632</v>
       </c>
       <c r="D100" s="5">
-        <v>6.8985719928486677</v>
+        <v>6.8988322082697007</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>65.360771619999994</v>
+        <v>65.360907018999995</v>
       </c>
       <c r="C101" s="5">
-        <v>0.30379841799999951</v>
+        <v>0.30393485899999462</v>
       </c>
       <c r="D101" s="5">
-        <v>5.7498604875766413</v>
+        <v>5.7525096540703702</v>
       </c>
       <c r="E101" s="5">
-        <v>1.9269776901968516</v>
+        <v>1.9270671301335751</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>64.836553777999995</v>
+        <v>64.836521124000001</v>
       </c>
       <c r="C102" s="5">
-        <v>-0.52421784199999877</v>
+        <v>-0.52438589499999466</v>
       </c>
       <c r="D102" s="5">
-        <v>-9.2110427695882393</v>
+        <v>-9.2138483199732502</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>65.049374603999993</v>
+        <v>65.049346491999998</v>
       </c>
       <c r="C103" s="5">
-        <v>0.21282082599999796</v>
+        <v>0.21282536799999718</v>
       </c>
       <c r="D103" s="5">
-        <v>4.0107985597498175</v>
+        <v>4.0108877656725328</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>64.796372539000004</v>
+        <v>64.796369377000005</v>
       </c>
       <c r="C104" s="5">
-        <v>-0.25300206499998978</v>
+        <v>-0.25297711499999309</v>
       </c>
       <c r="D104" s="5">
-        <v>-4.5687049061064133</v>
+        <v>-4.5682658847652657</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>65.407846054000004</v>
+        <v>65.407874101999994</v>
       </c>
       <c r="C105" s="5">
-        <v>0.61147351500000013</v>
+        <v>0.61150472499998898</v>
       </c>
       <c r="D105" s="5">
-        <v>11.930861726798536</v>
+        <v>11.931503248273412</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>65.534069951999996</v>
+        <v>65.534071632000007</v>
       </c>
       <c r="C106" s="5">
-        <v>0.12622389799999212</v>
+        <v>0.1261975300000131</v>
       </c>
       <c r="D106" s="5">
-        <v>2.3404949833335742</v>
+        <v>2.3399998430691848</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>65.581590735000006</v>
+        <v>65.581610538999996</v>
       </c>
       <c r="C107" s="5">
-        <v>4.7520783000010169E-2</v>
+        <v>4.7538906999989194E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>0.87363593131284389</v>
+        <v>0.87397043621295634</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>66.198539198999995</v>
+        <v>66.198481190999999</v>
       </c>
       <c r="C108" s="5">
-        <v>0.61694846399998937</v>
+        <v>0.61687065200000291</v>
       </c>
       <c r="D108" s="5">
-        <v>11.891607252930747</v>
+        <v>11.890025230777423</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>66.460270097000006</v>
+        <v>66.460235589000007</v>
       </c>
       <c r="C109" s="5">
-        <v>0.26173089800001037</v>
+        <v>0.26175439800000788</v>
       </c>
       <c r="D109" s="5">
-        <v>4.8490141705078038</v>
+        <v>4.849463402347487</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>66.870211699999999</v>
+        <v>66.870183323999996</v>
       </c>
       <c r="C110" s="5">
-        <v>0.40994160299999294</v>
+        <v>0.40994773499998871</v>
       </c>
       <c r="D110" s="5">
-        <v>7.658209850305342</v>
+        <v>7.6583324297686106</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>66.956450011000001</v>
+        <v>66.956427645000005</v>
       </c>
       <c r="C111" s="5">
-        <v>8.6238311000002454E-2</v>
+        <v>8.624432100000945E-2</v>
       </c>
       <c r="D111" s="5">
-        <v>1.5585888188769381</v>
+        <v>1.5586988756427722</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>67.169810042999998</v>
+        <v>67.169806222999995</v>
       </c>
       <c r="C112" s="5">
-        <v>0.21336003199999709</v>
+        <v>0.21337857799998972</v>
       </c>
       <c r="D112" s="5">
-        <v>3.8915932272932219</v>
+        <v>3.8919387720798282</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>67.844819598000001</v>
+        <v>67.845028471000006</v>
       </c>
       <c r="C113" s="5">
-        <v>0.67500955500000259</v>
+        <v>0.6752222480000114</v>
       </c>
       <c r="D113" s="5">
-        <v>12.748523334653306</v>
+        <v>12.752765762897633</v>
       </c>
       <c r="E113" s="5">
-        <v>3.8005181340911687</v>
+        <v>3.8006226738528825</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>67.606078377000003</v>
+        <v>67.605983961000007</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.23874122099999795</v>
+        <v>-0.23904450999999938</v>
       </c>
       <c r="D114" s="5">
-        <v>-4.1419410094698739</v>
+        <v>-4.1470887303535093</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>67.693204319000003</v>
+        <v>67.693151370999999</v>
       </c>
       <c r="C115" s="5">
-        <v>8.7125942000000123E-2</v>
+        <v>8.7167409999992174E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>1.5574839606296687</v>
+        <v>1.5582327087148906</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>67.682331962999996</v>
+        <v>67.682331094999995</v>
       </c>
       <c r="C116" s="5">
-        <v>-1.0872356000007244E-2</v>
+        <v>-1.0820276000004014E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>-0.19256450273914538</v>
+        <v>-0.19164305425340977</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>67.600263478000002</v>
+        <v>67.600326159000005</v>
       </c>
       <c r="C117" s="5">
-        <v>-8.206848499999353E-2</v>
+        <v>-8.2004935999989925E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>-1.4454000656621169</v>
+        <v>-1.4442882992844464</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>67.947541834999996</v>
+        <v>67.947593814000001</v>
       </c>
       <c r="C118" s="5">
-        <v>0.34727835699999332</v>
+        <v>0.34726765499999601</v>
       </c>
       <c r="D118" s="5">
-        <v>6.3418797316385334</v>
+        <v>6.3416726934224732</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>68.378582236</v>
+        <v>68.378677397999994</v>
       </c>
       <c r="C119" s="5">
-        <v>0.43104040100000418</v>
+        <v>0.43108358399999247</v>
       </c>
       <c r="D119" s="5">
-        <v>7.8837678941330092</v>
+        <v>7.8845792330102249</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>68.599072972000002</v>
+        <v>68.598942906999994</v>
       </c>
       <c r="C120" s="5">
-        <v>0.22049073600000213</v>
+        <v>0.22026550900000075</v>
       </c>
       <c r="D120" s="5">
-        <v>3.9388384856258174</v>
+        <v>3.9347379164274665</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>68.896328624999995</v>
+        <v>68.896238982</v>
       </c>
       <c r="C121" s="5">
-        <v>0.29725565299999346</v>
+        <v>0.29729607500000554</v>
       </c>
       <c r="D121" s="5">
-        <v>5.3256127049312818</v>
+        <v>5.3263645921815872</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>68.810992205999995</v>
+        <v>68.810937202000005</v>
       </c>
       <c r="C122" s="5">
-        <v>-8.5336419000000774E-2</v>
+        <v>-8.5301779999994665E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>-1.4762609370846391</v>
+        <v>-1.475667688003135</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>69.377612001000003</v>
+        <v>69.377590656999999</v>
       </c>
       <c r="C123" s="5">
-        <v>0.56661979500000825</v>
+        <v>0.56665345499999376</v>
       </c>
       <c r="D123" s="5">
-        <v>10.341358145389346</v>
+        <v>10.342009204964086</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>69.411587948000005</v>
+        <v>69.411606616</v>
       </c>
       <c r="C124" s="5">
-        <v>3.3975947000001838E-2</v>
+        <v>3.4015959000001317E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>0.58925539836431895</v>
+        <v>0.58995139328494872</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>69.732869359999995</v>
+        <v>69.733060410999997</v>
       </c>
       <c r="C125" s="5">
-        <v>0.3212814119999905</v>
+        <v>0.32145379499999649</v>
       </c>
       <c r="D125" s="5">
-        <v>5.697975865449334</v>
+        <v>5.7011098211574796</v>
       </c>
       <c r="E125" s="5">
-        <v>2.782894513077383</v>
+        <v>2.7828596767514258</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>70.329308143999995</v>
+        <v>70.329186156000006</v>
       </c>
       <c r="C126" s="5">
-        <v>0.59643878400000006</v>
+        <v>0.59612574500000903</v>
       </c>
       <c r="D126" s="5">
-        <v>10.760704879802541</v>
+        <v>10.754758148055377</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>70.448978691999997</v>
+        <v>70.448927733000005</v>
       </c>
       <c r="C127" s="5">
-        <v>0.11967054800000199</v>
+        <v>0.11974157699999921</v>
       </c>
       <c r="D127" s="5">
-        <v>2.061107388453709</v>
+        <v>2.0623458228332892</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>70.813987687999997</v>
+        <v>70.814004585999996</v>
       </c>
       <c r="C128" s="5">
-        <v>0.36500899600000025</v>
+        <v>0.36507685299999082</v>
       </c>
       <c r="D128" s="5">
-        <v>6.3976892353845072</v>
+        <v>6.3989174611254862</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>71.107061153000004</v>
+        <v>71.107145286999994</v>
       </c>
       <c r="C129" s="5">
-        <v>0.29307346500000619</v>
+        <v>0.29314070099999867</v>
       </c>
       <c r="D129" s="5">
-        <v>5.0809867771245854</v>
+        <v>5.0821778675090856</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>71.301914068000002</v>
+        <v>71.302077585000006</v>
       </c>
       <c r="C130" s="5">
-        <v>0.19485291499999846</v>
+        <v>0.19493229800001188</v>
       </c>
       <c r="D130" s="5">
-        <v>3.3383458305954239</v>
+        <v>3.3397224315335095</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>71.033114828999999</v>
+        <v>71.033284465999998</v>
       </c>
       <c r="C131" s="5">
-        <v>-0.26879923900000335</v>
+        <v>-0.26879311900000857</v>
       </c>
       <c r="D131" s="5">
-        <v>-4.431218805042092</v>
+        <v>-4.431110045839759</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>71.335609176999995</v>
+        <v>71.335372043000007</v>
       </c>
       <c r="C132" s="5">
-        <v>0.30249434799999619</v>
+        <v>0.30208757700000888</v>
       </c>
       <c r="D132" s="5">
-        <v>5.2316021786962263</v>
+        <v>5.2243889956961942</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>71.320501634999999</v>
+        <v>71.320306727000002</v>
       </c>
       <c r="C133" s="5">
-        <v>-1.5107541999995533E-2</v>
+        <v>-1.5065316000004714E-2</v>
       </c>
       <c r="D133" s="5">
-        <v>-0.25384164866694148</v>
+        <v>-0.25313381859595196</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>71.777187193000003</v>
+        <v>71.777106864000004</v>
       </c>
       <c r="C134" s="5">
-        <v>0.45668555800000377</v>
+        <v>0.45680013700000188</v>
       </c>
       <c r="D134" s="5">
-        <v>7.9604167952946669</v>
+        <v>7.962507411951969</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>72.378994366000001</v>
+        <v>72.378979384999994</v>
       </c>
       <c r="C135" s="5">
-        <v>0.60180717299999742</v>
+        <v>0.60187252099999</v>
       </c>
       <c r="D135" s="5">
-        <v>10.538435749774466</v>
+        <v>10.539645707302148</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>72.160913880999999</v>
+        <v>72.160973104999997</v>
       </c>
       <c r="C136" s="5">
-        <v>-0.21808048500000154</v>
+        <v>-0.21800627999999733</v>
       </c>
       <c r="D136" s="5">
-        <v>-3.5563230779812383</v>
+        <v>-3.55513368755912</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>72.074725016000002</v>
+        <v>72.074936092000002</v>
       </c>
       <c r="C137" s="5">
-        <v>-8.6188864999996895E-2</v>
+        <v>-8.6037012999995E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>-1.4238997402764353</v>
+        <v>-1.4214063093628604</v>
       </c>
       <c r="E137" s="5">
-        <v>3.3583239546763011</v>
+        <v>3.3583434703671644</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>73.691351909000005</v>
+        <v>73.691215557999996</v>
       </c>
       <c r="C138" s="5">
-        <v>1.616626893000003</v>
+        <v>1.6162794659999946</v>
       </c>
       <c r="D138" s="5">
-        <v>30.497550024119068</v>
+        <v>30.490066672446204</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>73.870488116999994</v>
+        <v>73.870423896999995</v>
       </c>
       <c r="C139" s="5">
-        <v>0.17913620799998853</v>
+        <v>0.17920833899999877</v>
       </c>
       <c r="D139" s="5">
-        <v>2.9563973141268463</v>
+        <v>2.9576092504660645</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>73.923360107999997</v>
+        <v>73.923426911999996</v>
       </c>
       <c r="C140" s="5">
-        <v>5.2871991000003504E-2</v>
+        <v>5.3003015000001596E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>0.86227597074746143</v>
+        <v>0.86442200231582333</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>73.602845162999998</v>
+        <v>73.602890404999997</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.32051494499999933</v>
+        <v>-0.32053650699999992</v>
       </c>
       <c r="D141" s="5">
-        <v>-5.0806310391344205</v>
+        <v>-5.0809602361838735</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>73.447276666999997</v>
+        <v>73.447505480000004</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.15556849600000078</v>
+        <v>-0.15538492499999279</v>
       </c>
       <c r="D142" s="5">
-        <v>-2.5070667796159074</v>
+        <v>-2.5041411817121384</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>73.700271518999998</v>
+        <v>73.700509335999996</v>
       </c>
       <c r="C143" s="5">
-        <v>0.25299485200000049</v>
+        <v>0.25300385599999231</v>
       </c>
       <c r="D143" s="5">
-        <v>4.2127091679178719</v>
+        <v>4.2128485745741795</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>72.182949706000002</v>
+        <v>72.182620623999995</v>
       </c>
       <c r="C144" s="5">
-        <v>-1.5173218129999952</v>
+        <v>-1.5178887120000013</v>
       </c>
       <c r="D144" s="5">
-        <v>-22.091211935831367</v>
+        <v>-22.098490598907862</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>72.454626615999999</v>
+        <v>72.454350575000007</v>
       </c>
       <c r="C145" s="5">
-        <v>0.2716769099999965</v>
+        <v>0.27172995100001174</v>
       </c>
       <c r="D145" s="5">
-        <v>4.6111484495559907</v>
+        <v>4.6120888943345095</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>72.351847688000007</v>
+        <v>72.351739363999997</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.10277892799999222</v>
+        <v>-0.10261121100000992</v>
       </c>
       <c r="D146" s="5">
-        <v>-1.689015719673459</v>
+        <v>-1.6862873526783506</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>71.833620656999997</v>
+        <v>71.833586928000003</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.51822703100000922</v>
+        <v>-0.51815243599999405</v>
       </c>
       <c r="D147" s="5">
-        <v>-8.2644718190069018</v>
+        <v>-8.2633405574795695</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>71.994585486000005</v>
+        <v>71.994839510999995</v>
       </c>
       <c r="C148" s="5">
-        <v>0.16096482900000808</v>
+        <v>0.16125258299999246</v>
       </c>
       <c r="D148" s="5">
-        <v>2.7223494909181856</v>
+        <v>2.727277727316979</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>72.041659089999996</v>
+        <v>72.041822241000006</v>
       </c>
       <c r="C149" s="5">
-        <v>4.707360399999061E-2</v>
+        <v>4.698273000001052E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>0.78744685419080973</v>
+        <v>0.78591847142932547</v>
       </c>
       <c r="E149" s="5">
-        <v>-4.5877283600692653E-2</v>
+        <v>-4.5943642541323992E-2</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>71.798673629000007</v>
+        <v>71.798614305000001</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.2429854609999893</v>
+        <v>-0.24320793600000457</v>
       </c>
       <c r="D150" s="5">
-        <v>-3.9731713998703677</v>
+        <v>-3.9767330784000743</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>71.878698917999998</v>
+        <v>71.878590911000003</v>
       </c>
       <c r="C151" s="5">
-        <v>8.0025288999991062E-2</v>
+        <v>7.9976606000002448E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>1.3457243460586632</v>
+        <v>1.3449017771578475</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>72.182951197999998</v>
+        <v>72.183110059000001</v>
       </c>
       <c r="C152" s="5">
-        <v>0.30425228000000004</v>
+        <v>0.30451914799999713</v>
       </c>
       <c r="D152" s="5">
-        <v>5.1993660625788474</v>
+        <v>5.2040413584327316</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>72.666412921000003</v>
+        <v>72.666262386</v>
       </c>
       <c r="C153" s="5">
-        <v>0.48346172300000489</v>
+        <v>0.4831523269999991</v>
       </c>
       <c r="D153" s="5">
-        <v>8.3400565429994078</v>
+        <v>8.3345022206013919</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>73.034883379999997</v>
+        <v>73.035021111000006</v>
       </c>
       <c r="C154" s="5">
-        <v>0.36847045899999387</v>
+        <v>0.36875872500000639</v>
       </c>
       <c r="D154" s="5">
-        <v>6.2574558403440506</v>
+        <v>6.262502018418159</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>72.917707456000002</v>
+        <v>72.917843391000005</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.11717592399999432</v>
+        <v>-0.11717772000000082</v>
       </c>
       <c r="D155" s="5">
-        <v>-1.9083614106837343</v>
+        <v>-1.9083868360541989</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>72.141598735000002</v>
+        <v>72.141379153000003</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.77610872099999995</v>
+        <v>-0.77646423800000264</v>
       </c>
       <c r="D156" s="5">
-        <v>-12.050559844616892</v>
+        <v>-12.055739553549216</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>72.504824356</v>
+        <v>72.504579742999994</v>
       </c>
       <c r="C157" s="5">
-        <v>0.363225620999998</v>
+        <v>0.36320058999999105</v>
       </c>
       <c r="D157" s="5">
-        <v>6.2120294826214506</v>
+        <v>6.2116089029489396</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>73.087252942999996</v>
+        <v>73.087136560000005</v>
       </c>
       <c r="C158" s="5">
-        <v>0.58242858699999545</v>
+        <v>0.58255681700001105</v>
       </c>
       <c r="D158" s="5">
-        <v>10.077056545221952</v>
+        <v>10.079409623269321</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>73.671756932999998</v>
+        <v>73.671760079999999</v>
       </c>
       <c r="C159" s="5">
-        <v>0.58450399000000175</v>
+        <v>0.58462351999999385</v>
       </c>
       <c r="D159" s="5">
-        <v>10.030391800775051</v>
+        <v>10.032550753121594</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>73.888789192999994</v>
+        <v>73.889364213999997</v>
       </c>
       <c r="C160" s="5">
-        <v>0.21703225999999631</v>
+        <v>0.21760413399999834</v>
       </c>
       <c r="D160" s="5">
-        <v>3.5929674117517241</v>
+        <v>3.6025889552918633</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>73.917941057999997</v>
+        <v>73.918115825000001</v>
       </c>
       <c r="C161" s="5">
-        <v>2.9151865000002886E-2</v>
+        <v>2.8751611000004118E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>0.47447316625457425</v>
+        <v>0.46794107002643415</v>
       </c>
       <c r="E161" s="5">
-        <v>2.6044402526266053</v>
+        <v>2.6044504783947264</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>75.381423655999996</v>
+        <v>75.381366337000003</v>
       </c>
       <c r="C162" s="5">
-        <v>1.4634825979999988</v>
+        <v>1.4632505120000019</v>
       </c>
       <c r="D162" s="5">
-        <v>26.52422541230921</v>
+        <v>26.519481265172672</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>75.217674011</v>
+        <v>75.217526520999996</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.16374964499999578</v>
+        <v>-0.16383981600000652</v>
       </c>
       <c r="D163" s="5">
-        <v>-2.5758176681940581</v>
+        <v>-2.5772211014022606</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>75.913176977999996</v>
+        <v>75.913959203000005</v>
       </c>
       <c r="C164" s="5">
-        <v>0.69550296699999592</v>
+        <v>0.69643268200000819</v>
       </c>
       <c r="D164" s="5">
-        <v>11.677893137753426</v>
+        <v>11.694331095678102</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>74.707956502000002</v>
+        <v>74.705955849000006</v>
       </c>
       <c r="C165" s="5">
-        <v>-1.2052204759999938</v>
+        <v>-1.2080033539999988</v>
       </c>
       <c r="D165" s="5">
-        <v>-17.47295747246519</v>
+        <v>-17.509674656959561</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>74.656015628000006</v>
+        <v>74.656317117</v>
       </c>
       <c r="C166" s="5">
-        <v>-5.1940873999996029E-2</v>
+        <v>-4.9638732000005348E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>-0.83111978881860171</v>
+        <v>-0.79443831972172418</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>74.410188931999997</v>
+        <v>74.410847388999997</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.24582669600000884</v>
+        <v>-0.24546972800000333</v>
       </c>
       <c r="D167" s="5">
-        <v>-3.8805691508402185</v>
+        <v>-3.875020272997276</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>74.923954428000002</v>
+        <v>74.923939050000001</v>
       </c>
       <c r="C168" s="5">
-        <v>0.51376549600000487</v>
+        <v>0.51309166100000425</v>
       </c>
       <c r="D168" s="5">
-        <v>8.6073971167443872</v>
+        <v>8.5955974872482077</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>75.177019908000005</v>
+        <v>75.176893464000003</v>
       </c>
       <c r="C169" s="5">
-        <v>0.25306548000000362</v>
+        <v>0.25295441400000129</v>
       </c>
       <c r="D169" s="5">
-        <v>4.1293069401911575</v>
+        <v>4.1274617392770052</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>75.015559729000003</v>
+        <v>75.015533774000005</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.16146017900000231</v>
+        <v>-0.16135968999999761</v>
       </c>
       <c r="D170" s="5">
-        <v>-2.5470525021602297</v>
+        <v>-2.5454901747124836</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>74.781354604000001</v>
+        <v>74.781450307</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.23420512500000257</v>
+        <v>-0.23408346700000493</v>
       </c>
       <c r="D171" s="5">
-        <v>-3.6828365387276629</v>
+        <v>-3.6809574515113241</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>74.569672725999993</v>
+        <v>74.570512588</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.21168187800000737</v>
+        <v>-0.21093771900000036</v>
       </c>
       <c r="D172" s="5">
-        <v>-3.3444244673689449</v>
+        <v>-3.3328448816804968</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>74.748686536999998</v>
+        <v>74.748799496000004</v>
       </c>
       <c r="C173" s="5">
-        <v>0.17901381100000435</v>
+        <v>0.17828690800000402</v>
       </c>
       <c r="D173" s="5">
-        <v>2.9190916601605332</v>
+        <v>2.9070489335547345</v>
       </c>
       <c r="E173" s="5">
-        <v>1.123875296185739</v>
+        <v>1.1237890221209579</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>75.127135523999996</v>
+        <v>75.127017093000006</v>
       </c>
       <c r="C174" s="5">
-        <v>0.37844898699999874</v>
+        <v>0.37821759700000257</v>
       </c>
       <c r="D174" s="5">
-        <v>6.2476109375683153</v>
+        <v>6.2436744197062355</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>75.254106648000004</v>
+        <v>75.253766804999998</v>
       </c>
       <c r="C175" s="5">
-        <v>0.12697112400000776</v>
+        <v>0.12674971199999163</v>
       </c>
       <c r="D175" s="5">
-        <v>2.0470588006212376</v>
+        <v>2.0434592062145596</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>75.914347857999999</v>
+        <v>75.915380734999999</v>
       </c>
       <c r="C176" s="5">
-        <v>0.66024120999999525</v>
+        <v>0.66161393000000146</v>
       </c>
       <c r="D176" s="5">
-        <v>11.051372998435017</v>
+        <v>11.075524870866516</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>74.632677156</v>
+        <v>74.628862531999999</v>
       </c>
       <c r="C177" s="5">
-        <v>-1.2816707019999996</v>
+        <v>-1.286518203</v>
       </c>
       <c r="D177" s="5">
-        <v>-18.480433914114769</v>
+        <v>-18.543719729031693</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>74.204656912999994</v>
+        <v>74.205256457999994</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.42802024300000596</v>
+        <v>-0.42360607400000561</v>
       </c>
       <c r="D178" s="5">
-        <v>-6.6690489790531382</v>
+        <v>-6.6027311073281965</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>73.918670233</v>
+        <v>73.920045450000003</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.2859866799999935</v>
+        <v>-0.28521100799999033</v>
       </c>
       <c r="D179" s="5">
-        <v>-4.5280465916645474</v>
+        <v>-4.5159880591569284</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>73.444256547999998</v>
+        <v>73.444627092999994</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.47441368500000181</v>
+        <v>-0.47541835700000945</v>
       </c>
       <c r="D180" s="5">
-        <v>-7.4355294032146464</v>
+        <v>-7.4505892083846064</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>72.865972619999994</v>
+        <v>72.866066103999998</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.57828392800000472</v>
+        <v>-0.57856098899999608</v>
       </c>
       <c r="D181" s="5">
-        <v>-9.049911162444424</v>
+        <v>-9.054017231418376</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>72.619763707999994</v>
+        <v>72.619822377999995</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.24620891200000017</v>
+        <v>-0.24624372600000299</v>
       </c>
       <c r="D182" s="5">
-        <v>-3.9802032584190794</v>
+        <v>-3.9807506284138761</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>72.591231203999996</v>
+        <v>72.591475619999997</v>
       </c>
       <c r="C183" s="5">
-        <v>-2.8532503999997516E-2</v>
+        <v>-2.8346757999997862E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>-0.47046575999211138</v>
+        <v>-0.46740923338168816</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>72.263479559000004</v>
+        <v>72.264340723999993</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.32775164499999221</v>
+        <v>-0.32713489600000401</v>
       </c>
       <c r="D184" s="5">
-        <v>-5.2854971271666829</v>
+        <v>-5.2757789981225489</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>72.554095129000004</v>
+        <v>72.554251245000003</v>
       </c>
       <c r="C185" s="5">
-        <v>0.29061556999999993</v>
+        <v>0.28991052100001014</v>
       </c>
       <c r="D185" s="5">
-        <v>4.934120724591895</v>
+        <v>4.9218249775764278</v>
       </c>
       <c r="E185" s="5">
-        <v>-2.9359598270849774</v>
+        <v>-2.9358976542726123</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>72.338621949</v>
+        <v>72.338091547999994</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.21547318000000359</v>
+        <v>-0.21615969700000903</v>
       </c>
       <c r="D186" s="5">
-        <v>-3.5061547763030054</v>
+        <v>-3.5171358533159558</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>72.502762407999995</v>
+        <v>72.502349136999996</v>
       </c>
       <c r="C187" s="5">
-        <v>0.16414045899999508</v>
+        <v>0.16425758900000176</v>
       </c>
       <c r="D187" s="5">
-        <v>2.7571076644616443</v>
+        <v>2.7591202455796049</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>73.267838065999996</v>
+        <v>73.269206277999999</v>
       </c>
       <c r="C188" s="5">
-        <v>0.76507565800000066</v>
+        <v>0.76685714100000268</v>
       </c>
       <c r="D188" s="5">
-        <v>13.424239680295958</v>
+        <v>13.457419800802262</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>73.626489077000002</v>
+        <v>73.619530898999997</v>
       </c>
       <c r="C189" s="5">
-        <v>0.35865101100000629</v>
+        <v>0.35032462099999861</v>
       </c>
       <c r="D189" s="5">
-        <v>6.0348372078709245</v>
+        <v>5.8909165161165067</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>74.508138341000006</v>
+        <v>74.509145149000005</v>
       </c>
       <c r="C190" s="5">
-        <v>0.88164926400000354</v>
+        <v>0.88961425000000816</v>
       </c>
       <c r="D190" s="5">
-        <v>15.35474156584009</v>
+        <v>15.504370868009044</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>73.782249755999999</v>
+        <v>73.786830877</v>
       </c>
       <c r="C191" s="5">
-        <v>-0.72588858500000697</v>
+        <v>-0.72231427200000553</v>
       </c>
       <c r="D191" s="5">
-        <v>-11.084356641332526</v>
+        <v>-11.032512409395789</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>73.050635944999996</v>
+        <v>73.050772641999998</v>
       </c>
       <c r="C192" s="5">
-        <v>-0.73161381100000256</v>
+        <v>-0.73605823500000156</v>
       </c>
       <c r="D192" s="5">
-        <v>-11.271060600481375</v>
+        <v>-11.335152853513231</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>73.086901273999999</v>
+        <v>73.086807180999998</v>
       </c>
       <c r="C193" s="5">
-        <v>3.6265329000002566E-2</v>
+        <v>3.6034538999999199E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>0.59735845984527636</v>
+        <v>0.59354547933330171</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>73.032542113000005</v>
+        <v>73.032668235000003</v>
       </c>
       <c r="C194" s="5">
-        <v>-5.4359160999993605E-2</v>
+        <v>-5.4138945999994803E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>-0.88887082581167176</v>
+        <v>-0.88528570436682275</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>72.922616093000002</v>
+        <v>72.922924007000006</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.10992602000000318</v>
+        <v>-0.10974422799999672</v>
       </c>
       <c r="D195" s="5">
-        <v>-1.7913202221260693</v>
+        <v>-1.7883791740230026</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>72.988271894999997</v>
+        <v>72.988816967000005</v>
       </c>
       <c r="C196" s="5">
-        <v>6.5655801999994878E-2</v>
+        <v>6.5892959999999334E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>1.08578499500116</v>
+        <v>1.0897218913177298</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>73.114442750999999</v>
+        <v>73.114567128000004</v>
       </c>
       <c r="C197" s="5">
-        <v>0.12617085600000166</v>
+        <v>0.12575016099999914</v>
       </c>
       <c r="D197" s="5">
-        <v>2.0942110444098772</v>
+        <v>2.0871462239532512</v>
       </c>
       <c r="E197" s="5">
-        <v>0.77231701533002628</v>
+        <v>0.77227160832786801</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>73.277839341000004</v>
+        <v>73.276936320000004</v>
       </c>
       <c r="C198" s="5">
-        <v>0.16339659000000495</v>
+        <v>0.16236919199999988</v>
       </c>
       <c r="D198" s="5">
-        <v>2.7149766623225657</v>
+        <v>2.6976918637882985</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>73.177449815000003</v>
+        <v>73.176527934000006</v>
       </c>
       <c r="C199" s="5">
-        <v>-0.10038952600000073</v>
+        <v>-0.10040838599999802</v>
       </c>
       <c r="D199" s="5">
-        <v>-1.6316508875775404</v>
+        <v>-1.6319750763641228</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>73.584125881999995</v>
+        <v>73.584540367000002</v>
       </c>
       <c r="C200" s="5">
-        <v>0.40667606699999226</v>
+        <v>0.40801243299999612</v>
       </c>
       <c r="D200" s="5">
-        <v>6.876537573694641</v>
+        <v>6.8999214068875103</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>74.857367685</v>
+        <v>74.849951994999998</v>
       </c>
       <c r="C201" s="5">
-        <v>1.2732418030000048</v>
+        <v>1.2654116279999954</v>
       </c>
       <c r="D201" s="5">
-        <v>22.858439225795067</v>
+        <v>22.704173925540339</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>74.919149017999999</v>
+        <v>74.921365151000003</v>
       </c>
       <c r="C202" s="5">
-        <v>6.1781332999998995E-2</v>
+        <v>7.1413156000005529E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>0.99489281491673687</v>
+        <v>1.1509280043903836</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>75.107444645000001</v>
+        <v>75.113815806000005</v>
       </c>
       <c r="C203" s="5">
-        <v>0.18829562700000224</v>
+        <v>0.1924506550000018</v>
       </c>
       <c r="D203" s="5">
-        <v>3.0580232116339978</v>
+        <v>3.126365666503883</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>75.916419758000004</v>
+        <v>75.916216836000004</v>
       </c>
       <c r="C204" s="5">
-        <v>0.80897511300000247</v>
+        <v>0.80240102999999863</v>
       </c>
       <c r="D204" s="5">
-        <v>13.71893524730412</v>
+        <v>13.5995975812903</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>76.002005439000001</v>
+        <v>76.001836163999997</v>
       </c>
       <c r="C205" s="5">
-        <v>8.5585680999997749E-2</v>
+        <v>8.5619327999992834E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>1.3612605481496898</v>
+        <v>1.361802698280945</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>76.457818684000003</v>
+        <v>76.457411754999995</v>
       </c>
       <c r="C206" s="5">
-        <v>0.45581324500000164</v>
+        <v>0.45557559099999878</v>
       </c>
       <c r="D206" s="5">
-        <v>7.4390646708779151</v>
+        <v>7.4350744119607404</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>76.787408749999997</v>
+        <v>76.787825607000002</v>
       </c>
       <c r="C207" s="5">
-        <v>0.32959006599999441</v>
+        <v>0.33041385200000661</v>
       </c>
       <c r="D207" s="5">
-        <v>5.2973166186150777</v>
+        <v>5.3109020908151505</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>77.183524938999994</v>
+        <v>77.183879325999996</v>
       </c>
       <c r="C208" s="5">
-        <v>0.39611618899999712</v>
+        <v>0.39605371899999398</v>
       </c>
       <c r="D208" s="5">
-        <v>6.3690199909306244</v>
+        <v>6.3679513369839125</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>77.094006477999997</v>
+        <v>77.094191805999998</v>
       </c>
       <c r="C209" s="5">
-        <v>-8.9518460999997274E-2</v>
+        <v>-8.9687519999998244E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>-1.3829318195536566</v>
+        <v>-1.3855205488270683</v>
       </c>
       <c r="E209" s="5">
-        <v>5.4429242394049115</v>
+        <v>5.4429983440002605</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>73.714845480999998</v>
+        <v>73.713841105</v>
       </c>
       <c r="C210" s="5">
-        <v>-3.3791609969999996</v>
+        <v>-3.3803507009999976</v>
       </c>
       <c r="D210" s="5">
-        <v>-41.600097466211359</v>
+        <v>-41.611329605704825</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>74.139249515000003</v>
+        <v>74.138579637999996</v>
       </c>
       <c r="C211" s="5">
-        <v>0.42440403400000548</v>
+        <v>0.42473853299999575</v>
       </c>
       <c r="D211" s="5">
-        <v>7.1318764761185927</v>
+        <v>7.1377772242914528</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>73.859160226</v>
+        <v>73.857455622000003</v>
       </c>
       <c r="C212" s="5">
-        <v>-0.28008928900000285</v>
+        <v>-0.28112401599999259</v>
       </c>
       <c r="D212" s="5">
-        <v>-4.4404360813344983</v>
+        <v>-4.4565391295312562</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>73.458248463000004</v>
+        <v>73.451225067999999</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.40091176299999631</v>
+        <v>-0.40623055400000396</v>
       </c>
       <c r="D213" s="5">
-        <v>-6.3226836664057151</v>
+        <v>-6.4041878067793157</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>74.030177426999998</v>
+        <v>74.033730090999995</v>
       </c>
       <c r="C214" s="5">
-        <v>0.57192896399999427</v>
+        <v>0.58250502299999596</v>
       </c>
       <c r="D214" s="5">
-        <v>9.7535703785892167</v>
+        <v>9.942865431805803</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>74.548566523999995</v>
+        <v>74.556323144999993</v>
       </c>
       <c r="C215" s="5">
-        <v>0.51838909699999647</v>
+        <v>0.52259305399999789</v>
       </c>
       <c r="D215" s="5">
-        <v>8.7341791149668104</v>
+        <v>8.8073438416294216</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>73.972255156000003</v>
+        <v>73.971332244999999</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.57631136799999183</v>
+        <v>-0.58499089999999399</v>
       </c>
       <c r="D216" s="5">
-        <v>-8.8923708822090894</v>
+        <v>-9.0196711050234413</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>73.985448923999996</v>
+        <v>73.985076054000004</v>
       </c>
       <c r="C217" s="5">
-        <v>1.3193767999993611E-2</v>
+        <v>1.3743809000004603E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>0.21424333057706857</v>
+        <v>0.2231869349960558</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>73.819491799999994</v>
+        <v>73.818693679000006</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.16595712400000195</v>
+        <v>-0.16638237499999775</v>
       </c>
       <c r="D218" s="5">
-        <v>-2.6587649146655234</v>
+        <v>-2.6655069981656343</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>73.060246462999999</v>
+        <v>73.060769008999998</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.75924533699999586</v>
+        <v>-0.7579246700000084</v>
       </c>
       <c r="D219" s="5">
-        <v>-11.66740627668521</v>
+        <v>-11.648362451708294</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>72.838881649000001</v>
+        <v>72.839026465000003</v>
       </c>
       <c r="C220" s="5">
-        <v>-0.22136481399999752</v>
+        <v>-0.22174254399999427</v>
       </c>
       <c r="D220" s="5">
-        <v>-3.5758910668272748</v>
+        <v>-3.5818661708888588</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>72.593302796000003</v>
+        <v>72.593425717000002</v>
       </c>
       <c r="C221" s="5">
-        <v>-0.24557885299999782</v>
+        <v>-0.24560074800000109</v>
       </c>
       <c r="D221" s="5">
-        <v>-3.9716551761926011</v>
+        <v>-3.9719949839251312</v>
       </c>
       <c r="E221" s="5">
-        <v>-5.8379423869796447</v>
+        <v>-5.8380093020830026</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>72.773744417000003</v>
+        <v>72.773232567999997</v>
       </c>
       <c r="C222" s="5">
-        <v>0.18044162099999994</v>
+        <v>0.17980685099999505</v>
       </c>
       <c r="D222" s="5">
-        <v>3.0238988942008049</v>
+        <v>3.0131107110301203</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>72.508582211999993</v>
+        <v>72.508035422000006</v>
       </c>
       <c r="C223" s="5">
-        <v>-0.26516220500000998</v>
+        <v>-0.26519714599999133</v>
       </c>
       <c r="D223" s="5">
-        <v>-4.2858151201585866</v>
+        <v>-4.2863981470649843</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>71.343664219999994</v>
+        <v>71.339536506000002</v>
       </c>
       <c r="C224" s="5">
-        <v>-1.1649179919999995</v>
+        <v>-1.1684989160000043</v>
       </c>
       <c r="D224" s="5">
-        <v>-17.66358138999724</v>
+        <v>-17.713281815473291</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>72.314870589999998</v>
+        <v>72.310893297999996</v>
       </c>
       <c r="C225" s="5">
-        <v>0.97120637000000443</v>
+        <v>0.97135679199999458</v>
       </c>
       <c r="D225" s="5">
-        <v>17.616006196467659</v>
+        <v>17.620039021417554</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>72.891267902999999</v>
+        <v>72.896418409000006</v>
       </c>
       <c r="C226" s="5">
-        <v>0.57639731300000108</v>
+        <v>0.5855251110000097</v>
       </c>
       <c r="D226" s="5">
-        <v>9.9954434708261264</v>
+        <v>10.161431307673151</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>72.577217516999994</v>
+        <v>72.581474013999994</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.31405038600000523</v>
+        <v>-0.31494439500001192</v>
       </c>
       <c r="D227" s="5">
-        <v>-5.0493998958994641</v>
+        <v>-5.0630849078400209</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>72.460322598999994</v>
+        <v>72.459622030000006</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.11689491799999985</v>
+        <v>-0.12185198399998853</v>
       </c>
       <c r="D228" s="5">
-        <v>-1.9157242921321371</v>
+        <v>-1.9960982569758423</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>72.619530647000005</v>
+        <v>72.619272443</v>
       </c>
       <c r="C229" s="5">
-        <v>0.15920804800001065</v>
+        <v>0.15965041299999427</v>
       </c>
       <c r="D229" s="5">
-        <v>2.6687071835554299</v>
+        <v>2.6762385543078082</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>73.107115398999994</v>
+        <v>73.105342508999996</v>
       </c>
       <c r="C230" s="5">
-        <v>0.48758475199998941</v>
+        <v>0.48607006599999636</v>
       </c>
       <c r="D230" s="5">
-        <v>8.3613798227629701</v>
+        <v>8.3344723141030705</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>72.403983367999999</v>
+        <v>72.406801462999994</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.70313203099999555</v>
+        <v>-0.69854104600000255</v>
       </c>
       <c r="D231" s="5">
-        <v>-10.950037512208011</v>
+        <v>-10.882506412430326</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>71.977416665999996</v>
+        <v>71.977144749999994</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.42656670200000235</v>
+        <v>-0.42965671299999997</v>
       </c>
       <c r="D232" s="5">
-        <v>-6.8451340480338407</v>
+        <v>-6.8928531100342809</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>71.911833521999995</v>
+        <v>71.911757539999996</v>
       </c>
       <c r="C233" s="5">
-        <v>-6.5583144000001425E-2</v>
+        <v>-6.5387209999997253E-2</v>
       </c>
       <c r="D233" s="5">
-        <v>-1.087932523295021</v>
+        <v>-1.0847025525150711</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.93874950960015635</v>
+        <v>-0.93902191592036832</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>71.494325716999995</v>
+        <v>71.494262746000004</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.41750780499999962</v>
+        <v>-0.41749479399999245</v>
       </c>
       <c r="D234" s="5">
-        <v>-6.7487739481862601</v>
+        <v>-6.7485772068604177</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>71.320627239999993</v>
+        <v>71.320865354999995</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.17369847700000207</v>
+        <v>-0.17339739100000884</v>
       </c>
       <c r="D235" s="5">
-        <v>-2.8768066908704149</v>
+        <v>-2.8718889081753241</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>70.765552068000005</v>
+        <v>70.759876305999995</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.55507517199998802</v>
+        <v>-0.5609890489999998</v>
       </c>
       <c r="D236" s="5">
-        <v>-8.9497921694873241</v>
+        <v>-9.041030108803394</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>71.141496502999999</v>
+        <v>71.139496242999996</v>
       </c>
       <c r="C237" s="5">
-        <v>0.37594443499999386</v>
+        <v>0.37961993700000107</v>
       </c>
       <c r="D237" s="5">
-        <v>6.5646516718307568</v>
+        <v>6.6312856332296111</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>71.119219759000003</v>
+        <v>71.123384966000003</v>
       </c>
       <c r="C238" s="5">
-        <v>-2.2276743999995574E-2</v>
+        <v>-1.6111276999993152E-2</v>
       </c>
       <c r="D238" s="5">
-        <v>-0.37511302534755098</v>
+        <v>-0.27143105533706802</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>71.048069651000006</v>
+        <v>71.050178041999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-7.1150107999997658E-2</v>
+        <v>-7.3206924000004392E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>-1.1939374245874323</v>
+        <v>-1.2281852346363142</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>70.792756850000004</v>
+        <v>70.792253025999997</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.25531280100000231</v>
+        <v>-0.25792501600000151</v>
       </c>
       <c r="D240" s="5">
-        <v>-4.2280106457251998</v>
+        <v>-4.2702850611184289</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>70.724273925000006</v>
+        <v>70.723817374999996</v>
       </c>
       <c r="C241" s="5">
-        <v>-6.8482924999997863E-2</v>
+        <v>-6.8435651000001485E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>-1.154689839168177</v>
+        <v>-1.1539051546005985</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>70.492437240000001</v>
+        <v>70.491066966000005</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.23183668500000465</v>
+        <v>-0.23275040899999055</v>
       </c>
       <c r="D242" s="5">
-        <v>-3.8634915072759402</v>
+        <v>-3.8784685006332587</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>70.665259129999995</v>
+        <v>70.670096404999995</v>
       </c>
       <c r="C243" s="5">
-        <v>0.17282188999999448</v>
+        <v>0.17902943899999002</v>
       </c>
       <c r="D243" s="5">
-        <v>2.9819602332274986</v>
+        <v>3.0906303083190201</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>71.039186959000006</v>
+        <v>71.038444252999994</v>
       </c>
       <c r="C244" s="5">
-        <v>0.37392782900001009</v>
+        <v>0.36834784799999909</v>
       </c>
       <c r="D244" s="5">
-        <v>6.5379454925923008</v>
+        <v>6.4371154934174779</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>70.979936655000003</v>
+        <v>70.979555728999998</v>
       </c>
       <c r="C245" s="5">
-        <v>-5.9250304000002529E-2</v>
+        <v>-5.8888523999996778E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>-0.9962826939771241</v>
+        <v>-0.99023744580207795</v>
       </c>
       <c r="E245" s="5">
-        <v>-1.2958880637008008</v>
+        <v>-1.296313485985201</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>70.915232372999995</v>
+        <v>70.915148697999996</v>
       </c>
       <c r="C246" s="5">
-        <v>-6.4704282000008106E-2</v>
+        <v>-6.440703100000178E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>-1.0884347255928684</v>
+        <v>-1.0834651785102345</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>70.867427485999997</v>
+        <v>70.867361478000007</v>
       </c>
       <c r="C247" s="5">
-        <v>-4.7804886999998075E-2</v>
+        <v>-4.7787219999989361E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>-0.80594321905235189</v>
+        <v>-0.80564742098566677</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>70.733001510999998</v>
+        <v>70.728784774999994</v>
       </c>
       <c r="C248" s="5">
-        <v>-0.1344259749999992</v>
+        <v>-0.13857670300001246</v>
       </c>
       <c r="D248" s="5">
-        <v>-2.2526406076591066</v>
+        <v>-2.3214522311674313</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>70.010985794999996</v>
+        <v>70.009823038999997</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.72201571600000136</v>
+        <v>-0.71896173599999713</v>
       </c>
       <c r="D249" s="5">
-        <v>-11.584325610004065</v>
+        <v>-11.538682562446523</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>70.159233228000005</v>
+        <v>70.161848642999999</v>
       </c>
       <c r="C250" s="5">
-        <v>0.14824743300000875</v>
+        <v>0.15202560400000209</v>
       </c>
       <c r="D250" s="5">
-        <v>2.5707884468418429</v>
+        <v>2.6371353374523787</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>70.292749951999994</v>
+        <v>70.292699944999995</v>
       </c>
       <c r="C251" s="5">
-        <v>0.13351672399998904</v>
+        <v>0.13085130199999639</v>
       </c>
       <c r="D251" s="5">
-        <v>2.3077182418245856</v>
+        <v>2.2610900703360803</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>70.416607991000006</v>
+        <v>70.416436804</v>
       </c>
       <c r="C252" s="5">
-        <v>0.12385803900001235</v>
+        <v>0.12373685900000453</v>
       </c>
       <c r="D252" s="5">
-        <v>2.1350500053365584</v>
+        <v>2.1329423858951202</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>70.418034843000001</v>
+        <v>70.417389185000005</v>
       </c>
       <c r="C253" s="5">
-        <v>1.4268519999944829E-3</v>
+        <v>9.5238100000472059E-4</v>
       </c>
       <c r="D253" s="5">
-        <v>2.4318314712501454E-2</v>
+        <v>1.6231185074011556E-2</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>70.576076577999999</v>
+        <v>70.575046478999994</v>
       </c>
       <c r="C254" s="5">
-        <v>0.15804173499999763</v>
+        <v>0.15765729399998918</v>
       </c>
       <c r="D254" s="5">
-        <v>2.7266977334111209</v>
+        <v>2.7200083251737173</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>70.756872657000002</v>
+        <v>70.763800982000006</v>
       </c>
       <c r="C255" s="5">
-        <v>0.18079607900000383</v>
+        <v>0.18875450300001262</v>
       </c>
       <c r="D255" s="5">
-        <v>3.1177466981731294</v>
+        <v>3.257059874111401</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>70.656229417999995</v>
+        <v>70.654982700999994</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.10064323900000716</v>
+        <v>-0.10881828100001201</v>
       </c>
       <c r="D256" s="5">
-        <v>-1.6935675294838082</v>
+        <v>-1.8297936420551442</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>70.810596829999994</v>
+        <v>70.809857722999993</v>
       </c>
       <c r="C257" s="5">
-        <v>0.15436741199999915</v>
+        <v>0.15487502199999881</v>
       </c>
       <c r="D257" s="5">
-        <v>2.6534543574854963</v>
+        <v>2.6623327789882856</v>
       </c>
       <c r="E257" s="5">
-        <v>-0.23857421263009382</v>
+        <v>-0.23908011857373124</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>71.016613683000003</v>
+        <v>71.016407569999998</v>
       </c>
       <c r="C258" s="5">
-        <v>0.20601685300000838</v>
+        <v>0.20654984700000512</v>
       </c>
       <c r="D258" s="5">
-        <v>3.5477005645448534</v>
+        <v>3.5570644314768307</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>71.249571110000005</v>
+        <v>71.249256574</v>
       </c>
       <c r="C259" s="5">
-        <v>0.23295742700000233</v>
+        <v>0.23284900400000197</v>
       </c>
       <c r="D259" s="5">
-        <v>4.0081892681659959</v>
+        <v>4.0063018467001665</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>71.415559074000001</v>
+        <v>71.412956770999998</v>
       </c>
       <c r="C260" s="5">
-        <v>0.16598796399999571</v>
+        <v>0.16370019699999716</v>
       </c>
       <c r="D260" s="5">
-        <v>2.8317038016051566</v>
+        <v>2.7921932104731262</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>71.864451666999997</v>
+        <v>71.863364012000005</v>
       </c>
       <c r="C261" s="5">
-        <v>0.44889259299999651</v>
+        <v>0.45040724100000773</v>
       </c>
       <c r="D261" s="5">
-        <v>7.8090725068391986</v>
+        <v>7.8366380024106341</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>72.044378391999999</v>
+        <v>72.044970343000003</v>
       </c>
       <c r="C262" s="5">
-        <v>0.1799267250000014</v>
+        <v>0.18160633099999757</v>
       </c>
       <c r="D262" s="5">
-        <v>3.0461542273209741</v>
+        <v>3.075033500544877</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>72.272195439000001</v>
+        <v>72.272207992000006</v>
       </c>
       <c r="C263" s="5">
-        <v>0.22781704700000205</v>
+        <v>0.22723764900000276</v>
       </c>
       <c r="D263" s="5">
-        <v>3.8613083016539651</v>
+        <v>3.8512848152001178</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>72.753226372</v>
+        <v>72.752998208999998</v>
       </c>
       <c r="C264" s="5">
-        <v>0.48103093299999955</v>
+        <v>0.48079021699999203</v>
       </c>
       <c r="D264" s="5">
-        <v>8.2859522777468655</v>
+        <v>8.2816514821818075</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>72.814723603000004</v>
+        <v>72.814144936000005</v>
       </c>
       <c r="C265" s="5">
-        <v>6.1497231000004149E-2</v>
+        <v>6.1146727000007672E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>1.0190713906220727</v>
+        <v>1.0132395019110341</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>74.141408384000002</v>
+        <v>74.141919107000007</v>
       </c>
       <c r="C266" s="5">
-        <v>1.3266847809999973</v>
+        <v>1.3277741710000015</v>
       </c>
       <c r="D266" s="5">
-        <v>24.193685553561895</v>
+        <v>24.215797408439911</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>73.379883081000003</v>
+        <v>73.385266526999999</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.7615253029999991</v>
+        <v>-0.7566525800000079</v>
       </c>
       <c r="D267" s="5">
-        <v>-11.652511890284034</v>
+        <v>-11.582011219323164</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>73.426547299000006</v>
+        <v>73.425688168999997</v>
       </c>
       <c r="C268" s="5">
-        <v>4.6664218000003643E-2</v>
+        <v>4.0421641999998315E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>0.76578661765445144</v>
+        <v>0.66298305637542132</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>73.647549605999998</v>
+        <v>73.646788336</v>
       </c>
       <c r="C269" s="5">
-        <v>0.22100230699999202</v>
+        <v>0.22110016700000301</v>
       </c>
       <c r="D269" s="5">
-        <v>3.6722047471696717</v>
+        <v>3.6739015274077857</v>
       </c>
       <c r="E269" s="5">
-        <v>4.0063957980906117</v>
+        <v>4.0064063171793896</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>73.981896758999994</v>
+        <v>73.981586321999998</v>
       </c>
       <c r="C270" s="5">
-        <v>0.33434715299999596</v>
+        <v>0.3347979859999981</v>
       </c>
       <c r="D270" s="5">
-        <v>5.5858985459740662</v>
+        <v>5.5936791464471725</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>74.089261910000005</v>
+        <v>74.088421147999995</v>
       </c>
       <c r="C271" s="5">
-        <v>0.10736515100001043</v>
+        <v>0.1068348259999965</v>
       </c>
       <c r="D271" s="5">
-        <v>1.7554501541213519</v>
+        <v>1.7467175976522364</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>74.186468594000004</v>
+        <v>74.185569271999995</v>
       </c>
       <c r="C272" s="5">
-        <v>9.7206683999999655E-2</v>
+        <v>9.714812400000028E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>1.5858365394565421</v>
+        <v>1.5848924025031463</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>74.226485799000002</v>
+        <v>74.225346643999998</v>
       </c>
       <c r="C273" s="5">
-        <v>4.0017204999998057E-2</v>
+        <v>3.9777372000003197E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>0.64922040205961373</v>
+        <v>0.64532582830010288</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>74.458803259999996</v>
+        <v>74.458742513000004</v>
       </c>
       <c r="C274" s="5">
-        <v>0.23231746099999384</v>
+        <v>0.23339586900000597</v>
       </c>
       <c r="D274" s="5">
-        <v>3.8211475212656332</v>
+        <v>3.8392529565415057</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>74.575113005000006</v>
+        <v>74.574913656999996</v>
       </c>
       <c r="C275" s="5">
-        <v>0.11630974500000946</v>
+        <v>0.11617114399999195</v>
       </c>
       <c r="D275" s="5">
-        <v>1.8906706317346922</v>
+        <v>1.8883997914303396</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>74.558091189999999</v>
+        <v>74.557998570999999</v>
       </c>
       <c r="C276" s="5">
-        <v>-1.7021815000006768E-2</v>
+        <v>-1.6915085999997359E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>-0.27355714387883312</v>
+        <v>-0.27184476988906248</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>74.665037783000002</v>
+        <v>74.664710522999997</v>
       </c>
       <c r="C277" s="5">
-        <v>0.10694659300000353</v>
+        <v>0.10671195199999772</v>
       </c>
       <c r="D277" s="5">
-        <v>1.7349322961173863</v>
+        <v>1.7310980054799918</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>74.549942770000001</v>
+        <v>74.550900919</v>
       </c>
       <c r="C278" s="5">
-        <v>-0.11509501300000125</v>
+        <v>-0.11380960399999651</v>
       </c>
       <c r="D278" s="5">
-        <v>-1.8341791822906517</v>
+        <v>-1.8138739403469106</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>74.852486487999997</v>
+        <v>74.856132306999996</v>
       </c>
       <c r="C279" s="5">
-        <v>0.30254371799999547</v>
+        <v>0.30523138799999572</v>
       </c>
       <c r="D279" s="5">
-        <v>4.9801056968753921</v>
+        <v>5.0252818501478336</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>75.002682942000007</v>
+        <v>75.002159152999994</v>
       </c>
       <c r="C280" s="5">
-        <v>0.15019645400001025</v>
+        <v>0.14602684599999805</v>
       </c>
       <c r="D280" s="5">
-        <v>2.4346313645039697</v>
+        <v>2.36620024885692</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>75.173979908000007</v>
+        <v>75.173235478999999</v>
       </c>
       <c r="C281" s="5">
-        <v>0.17129696599999988</v>
+        <v>0.171076326000005</v>
       </c>
       <c r="D281" s="5">
-        <v>2.7753430989186922</v>
+        <v>2.7717429383215864</v>
       </c>
       <c r="E281" s="5">
-        <v>2.0726151924485015</v>
+        <v>2.0726594838540224</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>74.792643885999993</v>
+        <v>74.792519287999994</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.38133602200001349</v>
+        <v>-0.38071619100000476</v>
       </c>
       <c r="D282" s="5">
-        <v>-5.920260816548506</v>
+        <v>-5.9109612708267978</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>75.221725776</v>
+        <v>75.220946678999994</v>
       </c>
       <c r="C283" s="5">
-        <v>0.42908189000000618</v>
+        <v>0.4284273909999996</v>
       </c>
       <c r="D283" s="5">
-        <v>7.1057751971286054</v>
+        <v>7.0946048873530287</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>75.518875975</v>
+        <v>75.518119326000004</v>
       </c>
       <c r="C284" s="5">
-        <v>0.29715019900000073</v>
+        <v>0.29717264700001067</v>
       </c>
       <c r="D284" s="5">
-        <v>4.8447506880077373</v>
+        <v>4.8451759486032975</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>75.718270512999993</v>
+        <v>75.717719899000002</v>
       </c>
       <c r="C285" s="5">
-        <v>0.19939453799999285</v>
+        <v>0.19960057299999789</v>
       </c>
       <c r="D285" s="5">
-        <v>3.2148106925740993</v>
+        <v>3.2182137189182836</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>76.026504383000002</v>
+        <v>76.026187729</v>
       </c>
       <c r="C286" s="5">
-        <v>0.30823387000000935</v>
+        <v>0.30846782999999789</v>
       </c>
       <c r="D286" s="5">
-        <v>4.9958280143793665</v>
+        <v>4.9997425602334555</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>76.270028205000003</v>
+        <v>76.269769858999993</v>
       </c>
       <c r="C287" s="5">
-        <v>0.24352382200000022</v>
+        <v>0.24358212999999296</v>
       </c>
       <c r="D287" s="5">
-        <v>3.9122176119712027</v>
+        <v>3.9131874864110738</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>76.607934174999997</v>
+        <v>76.608284186999995</v>
       </c>
       <c r="C288" s="5">
-        <v>0.33790596999999423</v>
+        <v>0.33851432800000225</v>
       </c>
       <c r="D288" s="5">
-        <v>5.4479474971758979</v>
+        <v>5.4580154609609632</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>76.930596498</v>
+        <v>76.930456559000007</v>
       </c>
       <c r="C289" s="5">
-        <v>0.32266232300000297</v>
+        <v>0.32217237200001136</v>
       </c>
       <c r="D289" s="5">
-        <v>5.1729809566826601</v>
+        <v>5.1649192588964832</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>77.557709768999999</v>
+        <v>77.559083247000004</v>
       </c>
       <c r="C290" s="5">
-        <v>0.62711327099999892</v>
+        <v>0.6286266879999971</v>
       </c>
       <c r="D290" s="5">
-        <v>10.232717929171088</v>
+        <v>10.258552428860357</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>77.189054616000007</v>
+        <v>77.190693581999994</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.36865515299999174</v>
+        <v>-0.36838966500000936</v>
       </c>
       <c r="D291" s="5">
-        <v>-5.5571794774988863</v>
+        <v>-5.5531856386707545</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>77.582666407000005</v>
+        <v>77.582459102000001</v>
       </c>
       <c r="C292" s="5">
-        <v>0.39361179099999788</v>
+        <v>0.39176552000000697</v>
       </c>
       <c r="D292" s="5">
-        <v>6.2937567856580889</v>
+        <v>6.263269768336821</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>77.738717562999994</v>
+        <v>77.738056892000003</v>
       </c>
       <c r="C293" s="5">
-        <v>0.15605115599998953</v>
+        <v>0.15559779000000162</v>
       </c>
       <c r="D293" s="5">
-        <v>2.4405834918458824</v>
+        <v>2.433421192174956</v>
       </c>
       <c r="E293" s="5">
-        <v>3.4117358933753117</v>
+        <v>3.4118810992464166</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>78.465859842</v>
+        <v>78.465592283999996</v>
       </c>
       <c r="C294" s="5">
-        <v>0.72714227900000594</v>
+        <v>0.72753539199999295</v>
       </c>
       <c r="D294" s="5">
-        <v>11.820233637661492</v>
+        <v>11.827062181749849</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>78.444756088999995</v>
+        <v>78.444139579999998</v>
       </c>
       <c r="C295" s="5">
-        <v>-2.1103753000005554E-2</v>
+        <v>-2.145270399999788E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>-0.32226851190246819</v>
+        <v>-0.32759033368038315</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>78.627817981000007</v>
+        <v>78.627320252999993</v>
       </c>
       <c r="C296" s="5">
-        <v>0.18306189200001199</v>
+        <v>0.18318067299999541</v>
       </c>
       <c r="D296" s="5">
-        <v>2.8365929651329003</v>
+        <v>2.8384798067458528</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>78.866259210999999</v>
+        <v>78.865893792999998</v>
       </c>
       <c r="C297" s="5">
-        <v>0.23844122999999229</v>
+        <v>0.23857354000000441</v>
       </c>
       <c r="D297" s="5">
-        <v>3.7003491191667015</v>
+        <v>3.7024606431696139</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>79.072798001999999</v>
+        <v>79.072524322999996</v>
       </c>
       <c r="C298" s="5">
-        <v>0.20653879099999983</v>
+        <v>0.2066305299999982</v>
       </c>
       <c r="D298" s="5">
-        <v>3.1882810056295119</v>
+        <v>3.1897326164725737</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>79.416619366000006</v>
+        <v>79.416379063999997</v>
       </c>
       <c r="C299" s="5">
-        <v>0.34382136400000718</v>
+        <v>0.34385474100000124</v>
       </c>
       <c r="D299" s="5">
-        <v>5.3444042444747319</v>
+        <v>5.3449544761186019</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>79.712314508999995</v>
+        <v>79.713182142999997</v>
       </c>
       <c r="C300" s="5">
-        <v>0.295695142999989</v>
+        <v>0.29680307900000003</v>
       </c>
       <c r="D300" s="5">
-        <v>4.5606517409532144</v>
+        <v>4.578106903658008</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>79.803434695999997</v>
+        <v>79.803357904999999</v>
       </c>
       <c r="C301" s="5">
-        <v>9.1120187000001351E-2</v>
+        <v>9.0175762000001214E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>1.3803928761235262</v>
+        <v>1.3659815506905204</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>79.435484422000002</v>
+        <v>79.436672900000005</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.36795027399999469</v>
+        <v>-0.36668500499999368</v>
       </c>
       <c r="D302" s="5">
-        <v>-5.3946759596741112</v>
+        <v>-5.3765966413581339</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>79.981661156000001</v>
+        <v>79.982797235000007</v>
       </c>
       <c r="C303" s="5">
-        <v>0.54617673399999944</v>
+        <v>0.54612433500000179</v>
       </c>
       <c r="D303" s="5">
-        <v>8.570155028699622</v>
+        <v>8.5691683966548702</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>80.131107184000001</v>
+        <v>80.130929437999995</v>
       </c>
       <c r="C304" s="5">
-        <v>0.14944602799999984</v>
+        <v>0.14813220299998875</v>
       </c>
       <c r="D304" s="5">
-        <v>2.2653911550856165</v>
+        <v>2.245239902657592</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>80.348794843999997</v>
+        <v>80.347830630999994</v>
       </c>
       <c r="C305" s="5">
-        <v>0.21768765999999573</v>
+        <v>0.21690119299999822</v>
       </c>
       <c r="D305" s="5">
-        <v>3.3091251252206577</v>
+        <v>3.296998723928346</v>
       </c>
       <c r="E305" s="5">
-        <v>3.3574997926673733</v>
+        <v>3.3571378592929024</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>80.461236455999995</v>
+        <v>80.460522271000002</v>
       </c>
       <c r="C306" s="5">
-        <v>0.1124416119999978</v>
+        <v>0.11269164000000842</v>
       </c>
       <c r="D306" s="5">
-        <v>1.6922882734963673</v>
+        <v>1.6961008745248529</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>80.763407653000002</v>
+        <v>80.762870027000005</v>
       </c>
       <c r="C307" s="5">
-        <v>0.30217119700000694</v>
+        <v>0.30234775600000319</v>
       </c>
       <c r="D307" s="5">
-        <v>4.6008449471264701</v>
+        <v>4.6036307385191932</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>80.891843409000003</v>
+        <v>80.891550738999996</v>
       </c>
       <c r="C308" s="5">
-        <v>0.12843575600000179</v>
+        <v>0.12868071199999065</v>
       </c>
       <c r="D308" s="5">
-        <v>1.9251059141356386</v>
+        <v>1.9288227133231084</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>78.713772323000001</v>
+        <v>78.713597022000002</v>
       </c>
       <c r="C309" s="5">
-        <v>-2.1780710860000028</v>
+        <v>-2.1779537169999941</v>
       </c>
       <c r="D309" s="5">
-        <v>-27.930430892989854</v>
+        <v>-27.929227918442056</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>78.962652270000007</v>
+        <v>78.962522813000007</v>
       </c>
       <c r="C310" s="5">
-        <v>0.24887994700000604</v>
+        <v>0.24892579100000489</v>
       </c>
       <c r="D310" s="5">
-        <v>3.860883694935513</v>
+        <v>3.8616160399288502</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>79.451661799999997</v>
+        <v>79.451546411999999</v>
       </c>
       <c r="C311" s="5">
-        <v>0.48900952999998992</v>
+        <v>0.48902359899999226</v>
       </c>
       <c r="D311" s="5">
-        <v>7.6899300154760653</v>
+        <v>7.6901718879383907</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>79.915423797000003</v>
+        <v>79.916663698999997</v>
       </c>
       <c r="C312" s="5">
-        <v>0.46376199700000598</v>
+        <v>0.46511728699999821</v>
       </c>
       <c r="D312" s="5">
-        <v>7.2337415169219765</v>
+        <v>7.255577425401083</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>79.950427008000005</v>
+        <v>79.950530115000007</v>
       </c>
       <c r="C313" s="5">
-        <v>3.5003211000002921E-2</v>
+        <v>3.3866416000009281E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>0.52687187405602298</v>
+        <v>0.50971289314403201</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>79.264407199999994</v>
+        <v>79.265646508000003</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.68601980800001172</v>
+        <v>-0.68488360700000328</v>
       </c>
       <c r="D314" s="5">
-        <v>-9.8243792843920588</v>
+        <v>-9.8088547322395812</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>79.878183307</v>
+        <v>79.879003320999999</v>
       </c>
       <c r="C315" s="5">
-        <v>0.61377610700000673</v>
+        <v>0.61335681299999578</v>
       </c>
       <c r="D315" s="5">
-        <v>9.6982138984472055</v>
+        <v>9.6911461775085037</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>80.025518544999997</v>
+        <v>80.025551769000003</v>
       </c>
       <c r="C316" s="5">
-        <v>0.14733523799999659</v>
+        <v>0.14654844800000433</v>
       </c>
       <c r="D316" s="5">
-        <v>2.2359919312221255</v>
+        <v>2.2239076314852557</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>80.290501008000007</v>
+        <v>80.288772620000003</v>
       </c>
       <c r="C317" s="5">
-        <v>0.26498246300000972</v>
+        <v>0.26322085099999981</v>
       </c>
       <c r="D317" s="5">
-        <v>4.046637945437026</v>
+        <v>4.0192455558369033</v>
       </c>
       <c r="E317" s="5">
-        <v>-7.2550977414376217E-2</v>
+        <v>-7.3502931611457711E-2</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>80.602575357000006</v>
+        <v>80.601278242000006</v>
       </c>
       <c r="C318" s="5">
-        <v>0.31207434899999953</v>
+        <v>0.31250562200000331</v>
       </c>
       <c r="D318" s="5">
-        <v>4.7651899734041159</v>
+        <v>4.7720217990416369</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>80.865046938999996</v>
+        <v>80.864418131999997</v>
       </c>
       <c r="C319" s="5">
-        <v>0.26247158199998921</v>
+        <v>0.26313988999999083</v>
       </c>
       <c r="D319" s="5">
-        <v>3.9783918119991935</v>
+        <v>3.9887695626575459</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>80.936192218000002</v>
+        <v>80.935994085000004</v>
       </c>
       <c r="C320" s="5">
-        <v>7.1145279000006667E-2</v>
+        <v>7.1575953000007075E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>1.0608868860577436</v>
+        <v>1.0673485424391282</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>81.156225155000001</v>
+        <v>81.156217377999994</v>
       </c>
       <c r="C321" s="5">
-        <v>0.22003293699999915</v>
+        <v>0.22022329299998944</v>
       </c>
       <c r="D321" s="5">
-        <v>3.3115409586906841</v>
+        <v>3.3144571007175383</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>82.007562123</v>
+        <v>82.007665743999993</v>
       </c>
       <c r="C322" s="5">
-        <v>0.85133696799999825</v>
+        <v>0.85144836599999962</v>
       </c>
       <c r="D322" s="5">
-        <v>13.340404719428856</v>
+        <v>13.34225360793222</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>81.459439200999995</v>
+        <v>81.459576314000003</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.54812292200000456</v>
+        <v>-0.54808942999999033</v>
       </c>
       <c r="D323" s="5">
-        <v>-7.7321987414689879</v>
+        <v>-7.7317340970315946</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>81.541305511999994</v>
+        <v>81.542597053999998</v>
       </c>
       <c r="C324" s="5">
-        <v>8.1866310999998859E-2</v>
+        <v>8.302073999999493E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>1.2126822109719715</v>
+        <v>1.2298766094642311</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>81.453257871999995</v>
+        <v>81.454064994999996</v>
       </c>
       <c r="C325" s="5">
-        <v>-8.8047639999999205E-2</v>
+        <v>-8.853205900000205E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>-1.2880826193016226</v>
+        <v>-1.2951067147421669</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>81.815621394000004</v>
+        <v>81.817150046999998</v>
       </c>
       <c r="C326" s="5">
-        <v>0.36236352200000965</v>
+        <v>0.36308505200000241</v>
       </c>
       <c r="D326" s="5">
-        <v>5.4710539812517611</v>
+        <v>5.4821606213676599</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>81.920578398000004</v>
+        <v>81.921592398000001</v>
       </c>
       <c r="C327" s="5">
-        <v>0.10495700399999919</v>
+        <v>0.10444235100000299</v>
       </c>
       <c r="D327" s="5">
-        <v>1.5503257598479259</v>
+        <v>1.5426413136269357</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>82.290066444000004</v>
+        <v>82.290817536999995</v>
       </c>
       <c r="C328" s="5">
-        <v>0.36948804600000074</v>
+        <v>0.36922513899999387</v>
       </c>
       <c r="D328" s="5">
-        <v>5.5486872703436996</v>
+        <v>5.5445704150789421</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>82.812623239000004</v>
+        <v>82.810524810000004</v>
       </c>
       <c r="C329" s="5">
-        <v>0.52255679499999985</v>
+        <v>0.51970727300000874</v>
       </c>
       <c r="D329" s="5">
-        <v>7.8920753870198812</v>
+        <v>7.8474598322750611</v>
       </c>
       <c r="E329" s="5">
-        <v>3.1412460992723101</v>
+        <v>3.1408528337271369</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>81.995876052</v>
+        <v>81.991218883000002</v>
       </c>
       <c r="C330" s="5">
-        <v>-0.81674718700000426</v>
+        <v>-0.81930592700000204</v>
       </c>
       <c r="D330" s="5">
-        <v>-11.21376904028426</v>
+        <v>-11.247280663735204</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>82.306159287</v>
+        <v>82.305574445999994</v>
       </c>
       <c r="C331" s="5">
-        <v>0.31028323499999999</v>
+        <v>0.31435556299999234</v>
       </c>
       <c r="D331" s="5">
-        <v>4.6366707116960892</v>
+        <v>4.6990864823167167</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>82.682911927999996</v>
+        <v>82.682798161999997</v>
       </c>
       <c r="C332" s="5">
-        <v>0.37675264099999595</v>
+        <v>0.37722371600000315</v>
       </c>
       <c r="D332" s="5">
-        <v>5.633366851693089</v>
+        <v>5.6406301605093745</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>82.819604943000002</v>
+        <v>82.819680570000003</v>
       </c>
       <c r="C333" s="5">
-        <v>0.13669301500000586</v>
+        <v>0.13688240800000528</v>
       </c>
       <c r="D333" s="5">
-        <v>2.002002053701557</v>
+        <v>2.0048039873472367</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>82.689396106000004</v>
+        <v>82.690013585000003</v>
       </c>
       <c r="C334" s="5">
-        <v>-0.13020883699999786</v>
+        <v>-0.12966698500000007</v>
       </c>
       <c r="D334" s="5">
-        <v>-1.8704091520327704</v>
+        <v>-1.862690834488212</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>82.740973881000002</v>
+        <v>82.741680557999999</v>
       </c>
       <c r="C335" s="5">
-        <v>5.1577774999998383E-2</v>
+        <v>5.1666972999996119E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>0.75107702943202348</v>
+        <v>0.75237476264804481</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>82.687653299000004</v>
+        <v>82.689362130999996</v>
       </c>
       <c r="C336" s="5">
-        <v>-5.3320581999997785E-2</v>
+        <v>-5.2318427000002998E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>-0.77057831825891876</v>
+        <v>-0.7561392722846505</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>82.908358755999998</v>
+        <v>82.910267825000005</v>
       </c>
       <c r="C337" s="5">
-        <v>0.220705456999994</v>
+        <v>0.22090569400000959</v>
       </c>
       <c r="D337" s="5">
-        <v>3.2504172866339331</v>
+        <v>3.2533414975579378</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>83.311848326000003</v>
+        <v>83.314370593000007</v>
       </c>
       <c r="C338" s="5">
-        <v>0.40348957000000496</v>
+        <v>0.40410276800000133</v>
       </c>
       <c r="D338" s="5">
-        <v>5.9989150888318798</v>
+        <v>6.0081355656351532</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>83.593845435000006</v>
+        <v>83.595888853000005</v>
       </c>
       <c r="C339" s="5">
-        <v>0.28199710900000241</v>
+        <v>0.28151825999999858</v>
       </c>
       <c r="D339" s="5">
-        <v>4.1382823352777764</v>
+        <v>4.1309967617991328</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>83.581043473999998</v>
+        <v>83.581964800999998</v>
       </c>
       <c r="C340" s="5">
-        <v>-1.2801961000008077E-2</v>
+        <v>-1.3924052000007237E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>-0.18361902207384428</v>
+        <v>-0.19969359877912707</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>84.126737939999998</v>
+        <v>84.123634093999996</v>
       </c>
       <c r="C341" s="5">
-        <v>0.54569446600000049</v>
+        <v>0.54166929299999822</v>
       </c>
       <c r="D341" s="5">
-        <v>8.1222625135245927</v>
+        <v>8.0601075002892699</v>
       </c>
       <c r="E341" s="5">
-        <v>1.5868531264942698</v>
+        <v>1.5856792201387249</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>83.440430796000001</v>
+        <v>83.431164019999997</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.68630714399999704</v>
+        <v>-0.69247007399999916</v>
       </c>
       <c r="D342" s="5">
-        <v>-9.3620945311424837</v>
+        <v>-9.4427291210056445</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>83.475720000999999</v>
+        <v>83.473762836000006</v>
       </c>
       <c r="C343" s="5">
-        <v>3.5289204999997992E-2</v>
+        <v>4.259881600000881E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>0.508694501889706</v>
+        <v>0.61442719731268358</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>83.541360323000006</v>
+        <v>83.540624051999998</v>
       </c>
       <c r="C344" s="5">
-        <v>6.5640322000007245E-2</v>
+        <v>6.6861215999992396E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>0.94770005053370632</v>
+        <v>0.96542750310004699</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>83.924167206000007</v>
+        <v>83.925077478999995</v>
       </c>
       <c r="C345" s="5">
-        <v>0.38280688300000065</v>
+        <v>0.38445342699999685</v>
       </c>
       <c r="D345" s="5">
-        <v>5.6394111979536365</v>
+        <v>5.664336088873112</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>84.029227947999999</v>
+        <v>84.031348109999996</v>
       </c>
       <c r="C346" s="5">
-        <v>0.10506074199999205</v>
+        <v>0.106270631000001</v>
       </c>
       <c r="D346" s="5">
-        <v>1.512610290932237</v>
+        <v>1.5301344349960333</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>84.520680475000006</v>
+        <v>84.522673936000004</v>
       </c>
       <c r="C347" s="5">
-        <v>0.49145252700000697</v>
+        <v>0.49132582600000774</v>
       </c>
       <c r="D347" s="5">
-        <v>7.248527724241205</v>
+        <v>7.2464097297052055</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>84.735436084</v>
+        <v>84.738550775999997</v>
       </c>
       <c r="C348" s="5">
-        <v>0.2147556089999938</v>
+        <v>0.21587683999999285</v>
       </c>
       <c r="D348" s="5">
-        <v>3.0920100870826417</v>
+        <v>3.1083064673326</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>85.011427346000005</v>
+        <v>85.015148898999996</v>
       </c>
       <c r="C349" s="5">
-        <v>0.27599126200000512</v>
+        <v>0.27659812299999942</v>
       </c>
       <c r="D349" s="5">
-        <v>3.9792954688611104</v>
+        <v>3.9880537605962774</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>85.299467109999995</v>
+        <v>85.302995842000001</v>
       </c>
       <c r="C350" s="5">
-        <v>0.28803976399998987</v>
+        <v>0.28784694300000524</v>
       </c>
       <c r="D350" s="5">
-        <v>4.1425288856758558</v>
+        <v>4.1395193236567929</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>85.553954235999996</v>
+        <v>85.556962229999996</v>
       </c>
       <c r="C351" s="5">
-        <v>0.25448712600000079</v>
+        <v>0.25396638799999494</v>
       </c>
       <c r="D351" s="5">
-        <v>3.6394808548833923</v>
+        <v>3.6317585763833149</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>85.545498577999993</v>
+        <v>85.547339722000004</v>
       </c>
       <c r="C352" s="5">
-        <v>-8.455658000002586E-3</v>
+        <v>-9.6225079999925356E-3</v>
       </c>
       <c r="D352" s="5">
-        <v>-0.11853661040345242</v>
+        <v>-0.1348793742951937</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>85.582651569999996</v>
+        <v>85.581186743000004</v>
       </c>
       <c r="C353" s="5">
-        <v>3.7152992000002882E-2</v>
+        <v>3.38470209999997E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>0.52241487545832133</v>
+        <v>0.47581756432750755</v>
       </c>
       <c r="E353" s="5">
-        <v>1.7306193793444891</v>
+        <v>1.7326315781500012</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>85.514862446999999</v>
+        <v>85.489272588000006</v>
       </c>
       <c r="C354" s="5">
-        <v>-6.7789122999997176E-2</v>
+        <v>-9.1914154999997777E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>-0.94637748156942703</v>
+        <v>-1.281213698773187</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>85.892741611999995</v>
+        <v>85.892251444999999</v>
       </c>
       <c r="C355" s="5">
-        <v>0.37787916499999596</v>
+        <v>0.4029788569999937</v>
       </c>
       <c r="D355" s="5">
-        <v>5.4334371335119869</v>
+        <v>5.8055332801841164</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>86.062699238999997</v>
+        <v>86.061112422999997</v>
       </c>
       <c r="C356" s="5">
-        <v>0.16995762700000228</v>
+        <v>0.16886097799999789</v>
       </c>
       <c r="D356" s="5">
-        <v>2.4004755617403006</v>
+        <v>2.3848324300432377</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>86.052130637000005</v>
+        <v>86.056628602000004</v>
       </c>
       <c r="C357" s="5">
-        <v>-1.0568601999992211E-2</v>
+        <v>-4.4838209999937817E-3</v>
       </c>
       <c r="D357" s="5">
-        <v>-0.14726194151133409</v>
+        <v>-6.2502604217529178E-2</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>86.53185714</v>
+        <v>86.537412056999997</v>
       </c>
       <c r="C358" s="5">
-        <v>0.47972650299999486</v>
+        <v>0.48078345499999386</v>
       </c>
       <c r="D358" s="5">
-        <v>6.8987830105157855</v>
+        <v>6.9140801956222298</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>86.428522271999995</v>
+        <v>86.433582337000004</v>
       </c>
       <c r="C359" s="5">
-        <v>-0.10333486800000458</v>
+        <v>-0.10382971999999313</v>
       </c>
       <c r="D359" s="5">
-        <v>-1.4236448182250783</v>
+        <v>-1.430326252468872</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>86.549200479999996</v>
+        <v>86.554288184000001</v>
       </c>
       <c r="C360" s="5">
-        <v>0.12067820800000106</v>
+        <v>0.12070584699999642</v>
       </c>
       <c r="D360" s="5">
-        <v>1.6884604745583065</v>
+        <v>1.6887505282158211</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>86.801680529999999</v>
+        <v>86.80624487</v>
       </c>
       <c r="C361" s="5">
-        <v>0.25248005000000262</v>
+        <v>0.25195668599999976</v>
       </c>
       <c r="D361" s="5">
-        <v>3.5573378407258049</v>
+        <v>3.5496333842646832</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>86.879287097000002</v>
+        <v>86.883007324999994</v>
       </c>
       <c r="C362" s="5">
-        <v>7.7606567000003679E-2</v>
+        <v>7.6762454999993679E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>1.0781725854783319</v>
+        <v>1.0663320642555041</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>86.890414094999997</v>
+        <v>86.893249376</v>
       </c>
       <c r="C363" s="5">
-        <v>1.1126997999994614E-2</v>
+        <v>1.0242051000005858E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>0.15379738488172645</v>
+        <v>0.14155164891049843</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>87.481438401999995</v>
+        <v>87.482992569999993</v>
       </c>
       <c r="C364" s="5">
-        <v>0.59102430699999786</v>
+        <v>0.58974319399999331</v>
       </c>
       <c r="D364" s="5">
-        <v>8.4747304516279662</v>
+        <v>8.4553831378721522</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>87.751748144000004</v>
+        <v>87.751239460999997</v>
       </c>
       <c r="C365" s="5">
-        <v>0.27030974200000912</v>
+        <v>0.26824689100000398</v>
       </c>
       <c r="D365" s="5">
-        <v>3.7715589305958863</v>
+        <v>3.7422218076761604</v>
       </c>
       <c r="E365" s="5">
-        <v>2.5345049892802729</v>
+        <v>2.5356656066439553</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>87.760323344</v>
+        <v>87.717360786</v>
       </c>
       <c r="C366" s="5">
-        <v>8.5751999999956752E-3</v>
+        <v>-3.3878674999996861E-2</v>
       </c>
       <c r="D366" s="5">
-        <v>0.11732840286415858</v>
+        <v>-0.46230907816220412</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>87.919477103999995</v>
+        <v>87.918872039999997</v>
       </c>
       <c r="C367" s="5">
-        <v>0.15915375999999526</v>
+        <v>0.20151125399999614</v>
       </c>
       <c r="D367" s="5">
-        <v>2.1980434818153594</v>
+        <v>2.7918343920959376</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>85.533653063000003</v>
+        <v>85.527527168999995</v>
       </c>
       <c r="C368" s="5">
-        <v>-2.3858240409999922</v>
+        <v>-2.3913448710000011</v>
       </c>
       <c r="D368" s="5">
-        <v>-28.11751355952574</v>
+        <v>-28.173336120046589</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>62.957790428000003</v>
+        <v>62.971682446000003</v>
       </c>
       <c r="C369" s="5">
-        <v>-22.575862635</v>
+        <v>-22.555844722999993</v>
       </c>
       <c r="D369" s="5">
-        <v>-97.470996198796186</v>
+        <v>-97.462111290966575</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>66.728046586000005</v>
+        <v>66.734718193000006</v>
       </c>
       <c r="C370" s="5">
-        <v>3.7702561580000022</v>
+        <v>3.7630357470000035</v>
       </c>
       <c r="D370" s="5">
-        <v>100.95888187700579</v>
+        <v>100.66813288896168</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>71.519616564000003</v>
+        <v>71.529070497999996</v>
       </c>
       <c r="C371" s="5">
-        <v>4.7915699779999983</v>
+        <v>4.7943523049999897</v>
       </c>
       <c r="D371" s="5">
-        <v>129.82707636525777</v>
+        <v>129.91590090615381</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>72.701986873999999</v>
+        <v>72.704580766999996</v>
       </c>
       <c r="C372" s="5">
-        <v>1.182370309999996</v>
+        <v>1.1755102690000001</v>
       </c>
       <c r="D372" s="5">
-        <v>21.745587360826836</v>
+        <v>21.604687488737142</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>73.848367155999995</v>
+        <v>73.851017806000002</v>
       </c>
       <c r="C373" s="5">
-        <v>1.1463802819999955</v>
+        <v>1.1464370390000056</v>
       </c>
       <c r="D373" s="5">
-        <v>20.652245099638613</v>
+        <v>20.652555951141551</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>74.630899056999993</v>
+        <v>74.632961971</v>
       </c>
       <c r="C374" s="5">
-        <v>0.7825319009999987</v>
+        <v>0.78194416499999875</v>
       </c>
       <c r="D374" s="5">
-        <v>13.483655218557388</v>
+        <v>13.472419085599551</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>76.384387451999999</v>
+        <v>76.386842113</v>
       </c>
       <c r="C375" s="5">
-        <v>1.7534883950000051</v>
+        <v>1.7538801419999999</v>
       </c>
       <c r="D375" s="5">
-        <v>32.139032084488164</v>
+        <v>32.146158190628739</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>76.617383967999999</v>
+        <v>76.619161242000004</v>
       </c>
       <c r="C376" s="5">
-        <v>0.23299651600000004</v>
+        <v>0.23231912900000395</v>
       </c>
       <c r="D376" s="5">
-        <v>3.7224170690197012</v>
+        <v>3.7112920121534554</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>76.746936184000006</v>
+        <v>76.747757648999993</v>
       </c>
       <c r="C377" s="5">
-        <v>0.12955221600000755</v>
+        <v>0.1285964069999892</v>
       </c>
       <c r="D377" s="5">
-        <v>2.048055216219602</v>
+        <v>2.0327577511705552</v>
       </c>
       <c r="E377" s="5">
-        <v>-12.540846413613526</v>
+        <v>-12.539403294571549</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>77.801890520000001</v>
+        <v>77.747685154999999</v>
       </c>
       <c r="C378" s="5">
-        <v>1.0549543359999944</v>
+        <v>0.99992750600000591</v>
       </c>
       <c r="D378" s="5">
-        <v>17.801070504068029</v>
+        <v>16.804953708086657</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>76.709429943000004</v>
+        <v>76.706851956999998</v>
       </c>
       <c r="C379" s="5">
-        <v>-1.0924605769999971</v>
+        <v>-1.0408331980000014</v>
       </c>
       <c r="D379" s="5">
-        <v>-15.607614543899217</v>
+        <v>-14.933158296995263</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>77.960618730999997</v>
+        <v>77.949653310000002</v>
       </c>
       <c r="C380" s="5">
-        <v>1.2511887879999932</v>
+        <v>1.2428013530000044</v>
       </c>
       <c r="D380" s="5">
-        <v>21.427837961454532</v>
+        <v>21.271943898535064</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>79.083678942000006</v>
+        <v>79.113987882999993</v>
       </c>
       <c r="C381" s="5">
-        <v>1.1230602110000092</v>
+        <v>1.1643345729999908</v>
       </c>
       <c r="D381" s="5">
-        <v>18.724143518865844</v>
+        <v>19.472805501337053</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>79.616784332999998</v>
+        <v>79.629988337</v>
       </c>
       <c r="C382" s="5">
-        <v>0.53310539099999232</v>
+        <v>0.51600045400000738</v>
       </c>
       <c r="D382" s="5">
-        <v>8.3959912215214807</v>
+        <v>8.1136445669470092</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>79.984828544999999</v>
+        <v>80.005883315999995</v>
       </c>
       <c r="C383" s="5">
-        <v>0.36804421200000093</v>
+        <v>0.37589497899999458</v>
       </c>
       <c r="D383" s="5">
-        <v>5.6904690593695406</v>
+        <v>5.8140331791598499</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>82.765927683000001</v>
+        <v>82.771419413999993</v>
       </c>
       <c r="C384" s="5">
-        <v>2.7810991380000019</v>
+        <v>2.7655360979999983</v>
       </c>
       <c r="D384" s="5">
-        <v>50.70498852266936</v>
+        <v>50.34941412522118</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>83.114769936000002</v>
+        <v>83.108080177999994</v>
       </c>
       <c r="C385" s="5">
-        <v>0.34884225300000082</v>
+        <v>0.33666076400000122</v>
       </c>
       <c r="D385" s="5">
-        <v>5.1766753052456149</v>
+        <v>4.9915065170093698</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>83.620553854999997</v>
+        <v>83.626570334999997</v>
       </c>
       <c r="C386" s="5">
-        <v>0.50578391899999531</v>
+        <v>0.51849015700000223</v>
       </c>
       <c r="D386" s="5">
-        <v>7.5518764728990551</v>
+        <v>7.7487972473237132</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>84.400633991000007</v>
+        <v>84.406208414000005</v>
       </c>
       <c r="C387" s="5">
-        <v>0.78008013600000936</v>
+        <v>0.77963807900000859</v>
       </c>
       <c r="D387" s="5">
-        <v>11.787187612492467</v>
+        <v>11.779270412039144</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>84.787892440999997</v>
+        <v>84.788438573999997</v>
       </c>
       <c r="C388" s="5">
-        <v>0.38725844999999026</v>
+        <v>0.38223015999999177</v>
       </c>
       <c r="D388" s="5">
-        <v>5.647098845406906</v>
+        <v>5.5715621862064468</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>85.261769287999996</v>
+        <v>85.254834207000002</v>
       </c>
       <c r="C389" s="5">
-        <v>0.47387684699999966</v>
+        <v>0.46639563300000475</v>
       </c>
       <c r="D389" s="5">
-        <v>6.9168128559865538</v>
+        <v>6.8042462207380305</v>
       </c>
       <c r="E389" s="5">
-        <v>11.094687980228635</v>
+        <v>11.084462684768548</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>85.103185750999998</v>
+        <v>85.043049327000006</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.15858353699999839</v>
+        <v>-0.21178487999999618</v>
       </c>
       <c r="D390" s="5">
-        <v>-2.2092613695115615</v>
+        <v>-2.9405742170626636</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>85.998176920000006</v>
+        <v>85.975303034999996</v>
       </c>
       <c r="C391" s="5">
-        <v>0.89499116900000786</v>
+        <v>0.93225370799999041</v>
       </c>
       <c r="D391" s="5">
-        <v>13.375998103042551</v>
+        <v>13.977386713830464</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>86.122409681999997</v>
+        <v>86.097249560999998</v>
       </c>
       <c r="C392" s="5">
-        <v>0.12423276199999123</v>
+        <v>0.12194652600000211</v>
       </c>
       <c r="D392" s="5">
-        <v>1.7473569782330944</v>
+        <v>1.7154092841997537</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>86.785600768999998</v>
+        <v>86.827866897999996</v>
       </c>
       <c r="C393" s="5">
-        <v>0.66319108700000129</v>
+        <v>0.7306173369999982</v>
       </c>
       <c r="D393" s="5">
-        <v>9.6422696673565298</v>
+        <v>10.672124809138728</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>86.993723218</v>
+        <v>87.018408540999999</v>
       </c>
       <c r="C394" s="5">
-        <v>0.2081224490000011</v>
+        <v>0.19054164300000309</v>
       </c>
       <c r="D394" s="5">
-        <v>2.9160078516260457</v>
+        <v>2.6653882494732661</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>86.833108246999998</v>
+        <v>86.876545910000004</v>
       </c>
       <c r="C395" s="5">
-        <v>-0.16061497100000111</v>
+        <v>-0.14186263099999508</v>
       </c>
       <c r="D395" s="5">
-        <v>-2.1931788339498159</v>
+        <v>-1.9388658426428562</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>89.565758586000001</v>
+        <v>89.587079317000004</v>
       </c>
       <c r="C396" s="5">
-        <v>2.7326503390000028</v>
+        <v>2.7105334069999998</v>
       </c>
       <c r="D396" s="5">
-        <v>45.0373769570608</v>
+        <v>44.58192065688835</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>89.996987806999996</v>
+        <v>89.974088627</v>
       </c>
       <c r="C397" s="5">
-        <v>0.43122922099999528</v>
+        <v>0.38700930999999628</v>
       </c>
       <c r="D397" s="5">
-        <v>5.9330761748722427</v>
+        <v>5.3088663464244235</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>90.469446982999997</v>
+        <v>90.490503907999994</v>
       </c>
       <c r="C398" s="5">
-        <v>0.47245917600000098</v>
+        <v>0.51641528099999334</v>
       </c>
       <c r="D398" s="5">
-        <v>6.4847806422718035</v>
+        <v>7.1091578503623909</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>90.568483393999998</v>
+        <v>90.580885597999995</v>
       </c>
       <c r="C399" s="5">
-        <v>9.9036411000000157E-2</v>
+        <v>9.0381690000000958E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>1.321571548187972</v>
+        <v>1.2051631189897272</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>91.644703036999999</v>
+        <v>91.643147775000003</v>
       </c>
       <c r="C400" s="5">
-        <v>1.0762196430000017</v>
+        <v>1.062262177000008</v>
       </c>
       <c r="D400" s="5">
-        <v>15.229393221347109</v>
+        <v>15.016785846682268</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>91.138693666999998</v>
+        <v>91.121543893999998</v>
       </c>
       <c r="C401" s="5">
-        <v>-0.50600937000000101</v>
+        <v>-0.52160388100000432</v>
       </c>
       <c r="D401" s="5">
-        <v>-6.4281592969422929</v>
+        <v>-6.620217531103167</v>
       </c>
       <c r="E401" s="5">
-        <v>6.8928013435291646</v>
+        <v>6.8813806766142349</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>91.354427129000001</v>
+        <v>91.289202082000003</v>
       </c>
       <c r="C402" s="5">
-        <v>0.21573346200000287</v>
+        <v>0.16765818800000432</v>
       </c>
       <c r="D402" s="5">
-        <v>2.8777815234241944</v>
+        <v>2.2304093026342509</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>91.442069769</v>
+        <v>91.372200449999994</v>
       </c>
       <c r="C403" s="5">
-        <v>8.7642639999998551E-2</v>
+        <v>8.2998367999991274E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>1.1573372937374149</v>
+        <v>1.0964888627209124</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>91.920329678000002</v>
+        <v>91.842360791999994</v>
       </c>
       <c r="C404" s="5">
-        <v>0.47825990900000193</v>
+        <v>0.47016034199999979</v>
       </c>
       <c r="D404" s="5">
-        <v>6.4599622666195788</v>
+        <v>6.3524399352235195</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>92.002317930000004</v>
+        <v>92.053611614999994</v>
       </c>
       <c r="C405" s="5">
-        <v>8.1988252000002149E-2</v>
+        <v>0.21125082300000031</v>
       </c>
       <c r="D405" s="5">
-        <v>1.0756053020384515</v>
+        <v>2.7953625365473744</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>92.378855315999999</v>
+        <v>92.449636376000001</v>
       </c>
       <c r="C406" s="5">
-        <v>0.37653738599999542</v>
+        <v>0.39602476100000672</v>
       </c>
       <c r="D406" s="5">
-        <v>5.0233066032774554</v>
+        <v>5.2864545685545217</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>92.858492506999994</v>
+        <v>92.937146648999999</v>
       </c>
       <c r="C407" s="5">
-        <v>0.4796371909999948</v>
+        <v>0.48751027299999805</v>
       </c>
       <c r="D407" s="5">
-        <v>6.4115155982672922</v>
+        <v>6.5146949793770448</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>93.459606954999998</v>
+        <v>93.516586430999993</v>
       </c>
       <c r="C408" s="5">
-        <v>0.60111444800000413</v>
+        <v>0.57943978199999435</v>
       </c>
       <c r="D408" s="5">
-        <v>8.0507675137029278</v>
+        <v>7.7436620444762516</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>94.261829640000002</v>
+        <v>94.233779745999996</v>
       </c>
       <c r="C409" s="5">
-        <v>0.80222268500000382</v>
+        <v>0.71719331500000294</v>
       </c>
       <c r="D409" s="5">
-        <v>10.800821348603652</v>
+        <v>9.6012697129175493</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>94.420664079999995</v>
+        <v>94.460150300999999</v>
       </c>
       <c r="C410" s="5">
-        <v>0.15883443999999258</v>
+        <v>0.22637055500000258</v>
       </c>
       <c r="D410" s="5">
-        <v>2.0408867741794845</v>
+        <v>2.9210607109394937</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>94.512124236000005</v>
+        <v>94.523373546000002</v>
       </c>
       <c r="C411" s="5">
-        <v>9.1460156000010784E-2</v>
+        <v>6.3223245000003203E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>1.1685873070435004</v>
+        <v>0.80613680586631986</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>94.871725326000004</v>
+        <v>94.857790602999998</v>
       </c>
       <c r="C412" s="5">
-        <v>0.35960108999999818</v>
+        <v>0.33441705699999602</v>
       </c>
       <c r="D412" s="5">
-        <v>4.662545121894146</v>
+        <v>4.3291096207490609</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>95.201724995000006</v>
+        <v>95.165284322000005</v>
       </c>
       <c r="C413" s="5">
-        <v>0.32999966900000288</v>
+        <v>0.3074937190000071</v>
       </c>
       <c r="D413" s="5">
-        <v>4.2548402132275287</v>
+        <v>3.9600629374046292</v>
       </c>
       <c r="E413" s="5">
-        <v>4.458075011306839</v>
+        <v>4.4377435403245791</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>96.107699335000007</v>
+        <v>96.028939688999998</v>
       </c>
       <c r="C414" s="5">
-        <v>0.90597434000000021</v>
+        <v>0.86365536699999268</v>
       </c>
       <c r="D414" s="5">
-        <v>12.036713719828729</v>
+        <v>11.450753632114719</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>96.592601552999994</v>
+        <v>96.458232296000006</v>
       </c>
       <c r="C415" s="5">
-        <v>0.48490221799998778</v>
+        <v>0.42929260700000782</v>
       </c>
       <c r="D415" s="5">
-        <v>6.2253536309280655</v>
+        <v>5.498426361204567</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>96.969212134000003</v>
+        <v>96.818725834000006</v>
       </c>
       <c r="C416" s="5">
-        <v>0.37661058100000844</v>
+        <v>0.36049353800000006</v>
       </c>
       <c r="D416" s="5">
-        <v>4.7803985430775242</v>
+        <v>4.578105454918302</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>97.026348486000003</v>
+        <v>97.098662692000005</v>
       </c>
       <c r="C417" s="5">
-        <v>5.7136352000000556E-2</v>
+        <v>0.27993685799999923</v>
       </c>
       <c r="D417" s="5">
-        <v>0.70936179931926358</v>
+        <v>3.5253310669452809</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>97.374342472999999</v>
+        <v>97.516246820999996</v>
       </c>
       <c r="C418" s="5">
-        <v>0.34799398699999529</v>
+        <v>0.41758412899999087</v>
       </c>
       <c r="D418" s="5">
-        <v>4.389834476615917</v>
+        <v>5.2845759858566099</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>97.835350261000002</v>
+        <v>97.960773652</v>
       </c>
       <c r="C419" s="5">
-        <v>0.46100778800000342</v>
+        <v>0.44452683100000456</v>
       </c>
       <c r="D419" s="5">
-        <v>5.8315588100164462</v>
+        <v>5.6094402940614074</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>98.298288763000002</v>
+        <v>98.391427729</v>
       </c>
       <c r="C420" s="5">
-        <v>0.46293850200000008</v>
+        <v>0.4306540769999998</v>
       </c>
       <c r="D420" s="5">
-        <v>5.828304727801048</v>
+        <v>5.4048693737552611</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>98.432496248999996</v>
+        <v>98.412530985999993</v>
       </c>
       <c r="C421" s="5">
-        <v>0.13420748599999399</v>
+        <v>2.1103256999992936E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>1.6507291676978841</v>
+        <v>0.25768305046212081</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>98.987801542</v>
+        <v>99.039911098999994</v>
       </c>
       <c r="C422" s="5">
-        <v>0.55530529300000353</v>
+        <v>0.62738011300000096</v>
       </c>
       <c r="D422" s="5">
-        <v>6.9838345279627179</v>
+        <v>7.924013550963549</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>99.886883697000002</v>
+        <v>99.887901033999995</v>
       </c>
       <c r="C423" s="5">
-        <v>0.8990821550000021</v>
+        <v>0.84798993500000108</v>
       </c>
       <c r="D423" s="5">
-        <v>11.460611563410229</v>
+        <v>10.772445977716449</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>100.14620801</v>
+        <v>100.11542161</v>
       </c>
       <c r="C424" s="5">
-        <v>0.25932431299999337</v>
+        <v>0.22752057600000342</v>
       </c>
       <c r="D424" s="5">
-        <v>3.1602880155825686</v>
+        <v>2.7678142773684744</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>100.80727845</v>
+        <v>100.75805308</v>
       </c>
       <c r="C425" s="5">
-        <v>0.66107044000000315</v>
+        <v>0.64263146999999776</v>
       </c>
       <c r="D425" s="5">
-        <v>8.2152744394631263</v>
+        <v>7.9805259346563018</v>
       </c>
       <c r="E425" s="5">
-        <v>5.8880797121001693</v>
+        <v>5.8769001719958913</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>101.49784150000001</v>
+        <v>101.64506837</v>
       </c>
       <c r="C426" s="5">
-        <v>0.69056305000000862</v>
+        <v>0.88701529000000789</v>
       </c>
       <c r="D426" s="5">
-        <v>8.5372958458324035</v>
+        <v>11.090914532059637</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>101.17293909999999</v>
+        <v>101.22829852</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.32490240000001336</v>
+        <v>-0.41676985000000855</v>
       </c>
       <c r="D427" s="5">
-        <v>-3.7743792848703217</v>
+        <v>-4.8108392549213068</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>101.38198875</v>
+        <v>101.39242316000001</v>
       </c>
       <c r="C428" s="5">
-        <v>0.20904965000001141</v>
+        <v>0.16412464000001137</v>
       </c>
       <c r="D428" s="5">
-        <v>2.5078858657138881</v>
+        <v>1.9630415636286536</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>101.28427404999999</v>
+        <v>101.32804372</v>
       </c>
       <c r="C429" s="5">
-        <v>-9.771470000001159E-2</v>
+        <v>-6.4379440000010391E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>-1.150480925434616</v>
+        <v>-0.75928852941445912</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>102.50272234000001</v>
+        <v>101.44077287</v>
       </c>
       <c r="C430" s="5">
-        <v>1.218448290000012</v>
+        <v>0.11272915000000694</v>
       </c>
       <c r="D430" s="5">
-        <v>15.430496113685809</v>
+        <v>1.3432192955479483</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>102.43132138</v>
+        <v>99.479729969000005</v>
       </c>
       <c r="C431" s="5">
-        <v>-7.1400960000005398E-2</v>
+        <v>-1.961042900999999</v>
       </c>
       <c r="D431" s="5">
-        <v>-0.83269645969401562</v>
+        <v>-20.883952974287535</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>102.10098585999999</v>
+        <v>99.165480759000005</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.33033552000000554</v>
+        <v>-0.31424920999999983</v>
       </c>
       <c r="D432" s="5">
-        <v>-3.802026384805246</v>
+        <v>-3.7255408359490705</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>102.18885586</v>
+        <v>99.250824410000007</v>
       </c>
       <c r="C433" s="5">
-        <v>8.7870000000009441E-2</v>
+        <v>8.5343651000002296E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>1.0376446664167593</v>
+        <v>1.0376446795417049</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>102.85738747000001</v>
+        <v>99.900135066999994</v>
       </c>
       <c r="C434" s="5">
-        <v>0.66853161000000227</v>
+        <v>0.64931065699998669</v>
       </c>
       <c r="D434" s="5">
-        <v>8.1392693356286738</v>
+        <v>8.1392692974803005</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>100.23098727999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.33085221300000001</v>
+      </c>
+      <c r="D435" s="5">
+        <v>4.0473907330149439</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>100.32446667000001</v>
+      </c>
+      <c r="C436" s="5">
+        <v>9.3479390000013041E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>1.1249262197707388</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">