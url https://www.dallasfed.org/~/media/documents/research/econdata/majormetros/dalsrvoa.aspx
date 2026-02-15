--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0F419261-A2D9-4E19-9E9B-4C43CFB69667}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{5F443553-48F0-49F6-AF6B-1EE638AF4AEC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B1A5775A-5FFF-4EDD-A91F-3994F8676318}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{5AECB42B-337B-4833-A969-3BD7A3F57331}"/>
   </bookViews>
   <sheets>
     <sheet name="dalsrvoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Other Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7FBFF339-0187-4316-98F1-65B019A6BDCB}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A5D6083-A4C5-4221-9982-A4A34C4F0E5A}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>99.479729969000005</v>
       </c>
       <c r="C431" s="5">
         <v>-1.961042900999999</v>
       </c>
       <c r="D431" s="5">
         <v>-20.883952974287535</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>99.165480759000005</v>
       </c>
       <c r="C432" s="5">
         <v>-0.31424920999999983</v>
       </c>
       <c r="D432" s="5">
         <v>-3.7255408359490705</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>99.250824410000007</v>
       </c>
       <c r="C433" s="5">
         <v>8.5343651000002296E-2</v>
       </c>
       <c r="D433" s="5">
         <v>1.0376446795417049</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>99.900135066999994</v>
       </c>
       <c r="C434" s="5">
         <v>0.64931065699998669</v>
       </c>
       <c r="D434" s="5">
         <v>8.1392692974803005</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>100.23098727999999</v>
       </c>
       <c r="C435" s="5">
         <v>0.33085221300000001</v>
       </c>
       <c r="D435" s="5">
         <v>4.0473907330149439</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>100.32446667000001</v>
+        <v>100.38485549000001</v>
       </c>
       <c r="C436" s="5">
-        <v>9.3479390000013041E-2</v>
+        <v>0.15386821000001305</v>
       </c>
       <c r="D436" s="5">
-        <v>1.1249262197707388</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1.8577970668513633</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>100.82916164</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.44430614999998852</v>
+      </c>
+      <c r="D437" s="5">
+        <v>5.4424520201062032</v>
+      </c>
+      <c r="E437" s="5">
+        <v>7.0573574842236475E-2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>