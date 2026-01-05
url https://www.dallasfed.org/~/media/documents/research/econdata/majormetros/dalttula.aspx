--- v0 (2025-10-17)
+++ v1 (2026-01-05)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{93BCC516-C0E3-48F3-BC76-EDCF7561FC0E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{493171F9-5C61-4BB2-9143-14E5BB08576C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{11E9F4D0-8C79-4366-8D83-3E9DE34F3287}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{836FA398-1BA1-4D62-A2C5-413FD48FBA92}"/>
   </bookViews>
   <sheets>
     <sheet name="dalttula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6779C0FF-5EB2-4B8F-A2E2-105985681D9D}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6E74CB7-AA78-440B-87AF-82C58C9E4D29}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>0.90454755000007481</v>
       </c>
       <c r="D431" s="5">
         <v>1.8015375746669227</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>608.16244788999995</v>
       </c>
       <c r="C432" s="5">
         <v>-0.21809776000009151</v>
       </c>
       <c r="D432" s="5">
         <v>-0.42933967015087449</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>608.09904457000005</v>
+        <v>607.76949318000004</v>
       </c>
       <c r="C433" s="5">
-        <v>-6.3403319999906671E-2</v>
+        <v>-0.39295470999991267</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.12503299591353212</v>
+        <v>-0.77261183617258755</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>606.50776067000004</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-1.2617325100000016</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-2.4629572689012558</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>