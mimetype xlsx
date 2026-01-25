--- v1 (2026-01-05)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{493171F9-5C61-4BB2-9143-14E5BB08576C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9A2EF260-625A-472D-96F3-F1AAFA93CF52}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{836FA398-1BA1-4D62-A2C5-413FD48FBA92}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CE3E7262-E124-4D29-AE93-E7015ABA357B}"/>
   </bookViews>
   <sheets>
     <sheet name="dalttula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6E74CB7-AA78-440B-87AF-82C58C9E4D29}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B9CCE58-C38A-4565-8876-FAAE85692F10}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>322.95015188000002</v>
+        <v>322.95070980000003</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>323.66909686999998</v>
+        <v>323.66959795999998</v>
       </c>
       <c r="C7" s="5">
-        <v>0.71894498999995449</v>
+        <v>0.71888815999994904</v>
       </c>
       <c r="D7" s="5">
-        <v>2.7043680477246035</v>
+        <v>2.7041469242988114</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>323.99390506999998</v>
+        <v>323.99444332000002</v>
       </c>
       <c r="C8" s="5">
-        <v>0.32480820000000676</v>
+        <v>0.32484536000004027</v>
       </c>
       <c r="D8" s="5">
-        <v>1.2108920341479035</v>
+        <v>1.211029447809242</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>323.36781108999998</v>
+        <v>323.36630948999999</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.62609398000000738</v>
+        <v>-0.62813383000002432</v>
       </c>
       <c r="D9" s="5">
-        <v>-2.2944221202046644</v>
+        <v>-2.3018141679484461</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>323.52914139000001</v>
+        <v>323.52873720999997</v>
       </c>
       <c r="C10" s="5">
-        <v>0.16133030000003146</v>
+        <v>0.1624277199999824</v>
       </c>
       <c r="D10" s="5">
-        <v>0.60033331524746991</v>
+        <v>0.60443107627292658</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>324.86783294999998</v>
+        <v>324.86739991000002</v>
       </c>
       <c r="C11" s="5">
-        <v>1.3386915599999725</v>
+        <v>1.3386627000000431</v>
       </c>
       <c r="D11" s="5">
-        <v>5.0799059437648175</v>
+        <v>5.0798004163464805</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>324.20429209000002</v>
+        <v>324.20420674000002</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.66354085999995505</v>
+        <v>-0.66319316999999955</v>
       </c>
       <c r="D12" s="5">
-        <v>-2.423646580800487</v>
+        <v>-2.4223940275373113</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>324.67657151999998</v>
+        <v>324.67658613999998</v>
       </c>
       <c r="C13" s="5">
-        <v>0.47227942999995776</v>
+        <v>0.4723793999999657</v>
       </c>
       <c r="D13" s="5">
-        <v>1.7621547755557465</v>
+        <v>1.762531242567289</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>324.26789105</v>
+        <v>324.26794202000002</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.40868046999997887</v>
+        <v>-0.40864411999996264</v>
       </c>
       <c r="D14" s="5">
-        <v>-1.5000639030415486</v>
+        <v>-1.4999313353411203</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>323.66868341000003</v>
+        <v>323.66883489000003</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.59920763999997462</v>
+        <v>-0.59910712999999305</v>
       </c>
       <c r="D15" s="5">
-        <v>-2.1950556315168734</v>
+        <v>-2.1946908287678979</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>323.92759482000002</v>
+        <v>323.92784286</v>
       </c>
       <c r="C16" s="5">
-        <v>0.25891140999999607</v>
+        <v>0.25900796999997056</v>
       </c>
       <c r="D16" s="5">
-        <v>0.96414725104947419</v>
+        <v>0.96450795666926936</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>324.27099945999998</v>
+        <v>324.27133223999999</v>
       </c>
       <c r="C17" s="5">
-        <v>0.34340463999996018</v>
+        <v>0.34348937999999407</v>
       </c>
       <c r="D17" s="5">
-        <v>1.2795971510524806</v>
+        <v>1.2799137679651684</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>324.95464834000001</v>
+        <v>324.95519494000001</v>
       </c>
       <c r="C18" s="5">
-        <v>0.68364888000002111</v>
+        <v>0.68386270000002014</v>
       </c>
       <c r="D18" s="5">
-        <v>2.5594594880353982</v>
+        <v>2.5602666418578002</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>323.54570520999999</v>
+        <v>323.54622196000003</v>
       </c>
       <c r="C19" s="5">
-        <v>-1.4089431300000115</v>
+        <v>-1.4089729799999873</v>
       </c>
       <c r="D19" s="5">
-        <v>-5.0806781447001903</v>
+        <v>-5.0807748870693725</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>323.32484090000003</v>
+        <v>323.32543199000003</v>
       </c>
       <c r="C20" s="5">
-        <v>-0.22086430999996765</v>
+        <v>-0.22078996999999845</v>
       </c>
       <c r="D20" s="5">
-        <v>-0.81609598078760115</v>
+        <v>-0.81582102574081494</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>322.69322539000001</v>
+        <v>322.69169520000003</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.63161551000001737</v>
+        <v>-0.63373679000000038</v>
       </c>
       <c r="D21" s="5">
-        <v>-2.3191781916810705</v>
+        <v>-2.3268791672419353</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>323.30571122999999</v>
+        <v>323.30526101999999</v>
       </c>
       <c r="C22" s="5">
-        <v>0.61248583999997663</v>
+        <v>0.61356581999996251</v>
       </c>
       <c r="D22" s="5">
-        <v>2.3015804647885663</v>
+        <v>2.3056923630150994</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>323.34520266999999</v>
+        <v>323.34479355000002</v>
       </c>
       <c r="C23" s="5">
-        <v>3.9491440000006151E-2</v>
+        <v>3.9532530000030874E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>0.14667720562637765</v>
+        <v>0.14683012737888301</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>323.94676178999998</v>
+        <v>323.94672292000001</v>
       </c>
       <c r="C24" s="5">
-        <v>0.60155911999999034</v>
+        <v>0.60192936999999347</v>
       </c>
       <c r="D24" s="5">
-        <v>2.2554946200781023</v>
+        <v>2.2568999700454784</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>324.02999492999999</v>
+        <v>324.02998719999999</v>
       </c>
       <c r="C25" s="5">
-        <v>8.3233140000004369E-2</v>
+        <v>8.3264279999980317E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>0.30875762591191513</v>
+        <v>0.30887334181119996</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>323.70647263000001</v>
+        <v>323.70651985000001</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.32352229999997917</v>
+        <v>-0.32346734999998716</v>
       </c>
       <c r="D26" s="5">
-        <v>-1.1915623358590866</v>
+        <v>-1.191361088122167</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>323.87396933000002</v>
+        <v>323.87412210000002</v>
       </c>
       <c r="C27" s="5">
-        <v>0.16749670000001515</v>
+        <v>0.16760225000001583</v>
       </c>
       <c r="D27" s="5">
-        <v>0.62269079145780282</v>
+        <v>0.62308421426897631</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>323.22191576</v>
+        <v>323.22216042999997</v>
       </c>
       <c r="C28" s="5">
-        <v>-0.65205357000002095</v>
+        <v>-0.65196167000004834</v>
       </c>
       <c r="D28" s="5">
-        <v>-2.3893795783849758</v>
+        <v>-2.3890454259909655</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>323.03482959000002</v>
+        <v>323.03513643999997</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.1870861699999864</v>
+        <v>-0.18702399000000014</v>
       </c>
       <c r="D29" s="5">
-        <v>-0.69237284279636269</v>
+        <v>-0.69214293517947389</v>
       </c>
       <c r="E29" s="5">
-        <v>-0.3812150553267224</v>
+        <v>-0.38122266049873677</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>322.61716829</v>
+        <v>322.61766463999999</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.41766130000002022</v>
+        <v>-0.41747179999998707</v>
       </c>
       <c r="D30" s="5">
-        <v>-1.5405299553419516</v>
+        <v>-1.5398344991834789</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>322.98805317</v>
+        <v>322.98857951000002</v>
       </c>
       <c r="C31" s="5">
-        <v>0.37088488000000552</v>
+        <v>0.37091487000003553</v>
       </c>
       <c r="D31" s="5">
-        <v>1.388291698163413</v>
+        <v>1.3884025175650017</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>321.54530294</v>
+        <v>321.54595316000001</v>
       </c>
       <c r="C32" s="5">
-        <v>-1.4427502300000015</v>
+        <v>-1.4426263500000118</v>
       </c>
       <c r="D32" s="5">
-        <v>-5.2305121239061609</v>
+        <v>-5.2300656724888706</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>324.30414383999999</v>
+        <v>324.30259002000003</v>
       </c>
       <c r="C33" s="5">
-        <v>2.7588408999999956</v>
+        <v>2.7566368600000146</v>
       </c>
       <c r="D33" s="5">
-        <v>10.795963078882775</v>
+        <v>10.786904649590756</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>323.93412287000001</v>
+        <v>323.93363829999998</v>
       </c>
       <c r="C34" s="5">
-        <v>-0.37002096999998457</v>
+        <v>-0.36895172000004095</v>
       </c>
       <c r="D34" s="5">
-        <v>-1.3606034285605251</v>
+        <v>-1.356702720123204</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>323.16118478999999</v>
+        <v>323.16084547000003</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.77293808000001718</v>
+        <v>-0.77279282999995758</v>
       </c>
       <c r="D35" s="5">
-        <v>-2.8260362731104882</v>
+        <v>-2.8255163263352312</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>323.18931778000001</v>
+        <v>323.18931902000003</v>
       </c>
       <c r="C36" s="5">
-        <v>2.8132990000017344E-2</v>
+        <v>2.8473550000001069E-2</v>
       </c>
       <c r="D36" s="5">
-        <v>0.10451675067224553</v>
+        <v>0.10578268798457913</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>322.59137217</v>
+        <v>322.59133376</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.59794561000001067</v>
+        <v>-0.59798526000002994</v>
       </c>
       <c r="D37" s="5">
-        <v>-2.1977152871236139</v>
+        <v>-2.1978595302961423</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>323.18124439000002</v>
+        <v>323.18128580000001</v>
       </c>
       <c r="C38" s="5">
-        <v>0.58987222000001793</v>
+        <v>0.58995204000001422</v>
       </c>
       <c r="D38" s="5">
-        <v>2.2164543118655233</v>
+        <v>2.2167575265615191</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>325.82196415999999</v>
+        <v>325.82214648000001</v>
       </c>
       <c r="C39" s="5">
-        <v>2.6407197699999756</v>
+        <v>2.640860680000003</v>
       </c>
       <c r="D39" s="5">
-        <v>10.258099649647455</v>
+        <v>10.258670483962739</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>324.47068521</v>
+        <v>324.47091091999999</v>
       </c>
       <c r="C40" s="5">
-        <v>-1.351278949999994</v>
+        <v>-1.3512355600000205</v>
       </c>
       <c r="D40" s="5">
-        <v>-4.8647854249750822</v>
+        <v>-4.8646301005179975</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>324.95732587999998</v>
+        <v>324.95758158000001</v>
       </c>
       <c r="C41" s="5">
-        <v>0.48664066999998568</v>
+        <v>0.48667066000001569</v>
       </c>
       <c r="D41" s="5">
-        <v>1.8146787682913113</v>
+        <v>1.8147902520514458</v>
       </c>
       <c r="E41" s="5">
-        <v>0.59513591535624855</v>
+        <v>0.59511951584780842</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>325.41279885</v>
+        <v>325.41322996999997</v>
       </c>
       <c r="C42" s="5">
-        <v>0.45547297000001663</v>
+        <v>0.45564838999996482</v>
       </c>
       <c r="D42" s="5">
-        <v>1.6949942858794476</v>
+        <v>1.6956507908681973</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>325.65045505000001</v>
+        <v>325.65095099000001</v>
       </c>
       <c r="C43" s="5">
-        <v>0.23765620000000354</v>
+        <v>0.2377210200000377</v>
       </c>
       <c r="D43" s="5">
-        <v>0.87991550205963609</v>
+        <v>0.88015529064742193</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>325.81901846</v>
+        <v>325.81965726999999</v>
       </c>
       <c r="C44" s="5">
-        <v>0.1685634099999902</v>
+        <v>0.16870627999998078</v>
       </c>
       <c r="D44" s="5">
-        <v>0.62291621642989181</v>
+        <v>0.62344473725131078</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>330.81688355</v>
+        <v>330.81536775000001</v>
       </c>
       <c r="C45" s="5">
-        <v>4.9978650900000048</v>
+        <v>4.9957104800000138</v>
       </c>
       <c r="D45" s="5">
-        <v>20.042441729855675</v>
+        <v>20.033017383389364</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>330.04486364000002</v>
+        <v>330.04441919999999</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.77201990999998316</v>
+        <v>-0.77094855000001417</v>
       </c>
       <c r="D46" s="5">
-        <v>-2.7647471806081181</v>
+        <v>-2.760971972939652</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>329.23283084000002</v>
+        <v>329.23257813999999</v>
       </c>
       <c r="C47" s="5">
-        <v>-0.81203279999999722</v>
+        <v>-0.81184106000000611</v>
       </c>
       <c r="D47" s="5">
-        <v>-2.9128184063884732</v>
+        <v>-2.9121437683302664</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>331.56660113999999</v>
+        <v>331.56665466999999</v>
       </c>
       <c r="C48" s="5">
-        <v>2.3337702999999692</v>
+        <v>2.3340765300000044</v>
       </c>
       <c r="D48" s="5">
-        <v>8.8458046490190725</v>
+        <v>8.8470180530058062</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>332.47645323</v>
+        <v>332.47638621999999</v>
       </c>
       <c r="C49" s="5">
-        <v>0.90985209000001532</v>
+        <v>0.90973155000000361</v>
       </c>
       <c r="D49" s="5">
-        <v>3.3430766422795077</v>
+        <v>3.3426264884955925</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>333.19620866000002</v>
+        <v>333.19624188</v>
       </c>
       <c r="C50" s="5">
-        <v>0.71975543000002062</v>
+        <v>0.71985566000000745</v>
       </c>
       <c r="D50" s="5">
-        <v>2.6289527062645757</v>
+        <v>2.629323709537057</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>333.34607425000002</v>
+        <v>333.34627405999998</v>
       </c>
       <c r="C51" s="5">
-        <v>0.14986558999999033</v>
+        <v>0.15003217999998242</v>
       </c>
       <c r="D51" s="5">
-        <v>0.5410753663158685</v>
+        <v>0.54167825974602568</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>333.39258246000003</v>
+        <v>333.39277005000002</v>
       </c>
       <c r="C52" s="5">
-        <v>4.650821000001315E-2</v>
+        <v>4.6495990000039455E-2</v>
       </c>
       <c r="D52" s="5">
-        <v>0.16755168958004774</v>
+        <v>0.16750753122842799</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>336.01358550999998</v>
+        <v>336.01377989999997</v>
       </c>
       <c r="C53" s="5">
-        <v>2.6210030499999561</v>
+        <v>2.6210098499999503</v>
       </c>
       <c r="D53" s="5">
-        <v>9.8527277089886631</v>
+        <v>9.8527486007113474</v>
       </c>
       <c r="E53" s="5">
-        <v>3.4023727885066579</v>
+        <v>3.4023512441970993</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>334.33191062999998</v>
+        <v>334.33225005999998</v>
       </c>
       <c r="C54" s="5">
-        <v>-1.6816748800000028</v>
+        <v>-1.6815298399999961</v>
       </c>
       <c r="D54" s="5">
-        <v>-5.8431501840100815</v>
+        <v>-5.8426567293055172</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>335.07016721999997</v>
+        <v>335.07060367000003</v>
       </c>
       <c r="C55" s="5">
-        <v>0.73825658999999177</v>
+        <v>0.73835361000004696</v>
       </c>
       <c r="D55" s="5">
-        <v>2.6822049804562598</v>
+        <v>2.6825590055770565</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>335.83458050000002</v>
+        <v>335.83518279999998</v>
       </c>
       <c r="C56" s="5">
-        <v>0.76441328000004205</v>
+        <v>0.7645791299999587</v>
       </c>
       <c r="D56" s="5">
-        <v>2.7722361459271871</v>
+        <v>2.7728415321521371</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>336.46625466</v>
+        <v>336.46493028999998</v>
       </c>
       <c r="C57" s="5">
-        <v>0.63167415999998866</v>
+        <v>0.62974748999999974</v>
       </c>
       <c r="D57" s="5">
-        <v>2.2805869636642884</v>
+        <v>2.2735549273946276</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>339.43814942</v>
+        <v>339.43772762999998</v>
       </c>
       <c r="C58" s="5">
-        <v>2.9718947599999979</v>
+        <v>2.9727973399999996</v>
       </c>
       <c r="D58" s="5">
-        <v>11.129573068924415</v>
+        <v>11.133165070521134</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>341.27298117999999</v>
+        <v>341.27281381</v>
       </c>
       <c r="C59" s="5">
-        <v>1.8348317599999859</v>
+        <v>1.8350861800000189</v>
       </c>
       <c r="D59" s="5">
-        <v>6.6829613341960137</v>
+        <v>6.6839242816314703</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>340.87061189000002</v>
+        <v>340.87069086000002</v>
       </c>
       <c r="C60" s="5">
-        <v>-0.40236928999996735</v>
+        <v>-0.40212294999997766</v>
       </c>
       <c r="D60" s="5">
-        <v>-1.4056910013253821</v>
+        <v>-1.4048366581147054</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>342.64501409000002</v>
+        <v>342.64495004000003</v>
       </c>
       <c r="C61" s="5">
-        <v>1.7744021999999973</v>
+        <v>1.7742591800000014</v>
       </c>
       <c r="D61" s="5">
-        <v>6.4285824285434723</v>
+        <v>6.4280478183070588</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>344.33724688000001</v>
+        <v>344.33728093000002</v>
       </c>
       <c r="C62" s="5">
-        <v>1.6922327899999914</v>
+        <v>1.6923308899999938</v>
       </c>
       <c r="D62" s="5">
-        <v>6.0901426174646556</v>
+        <v>6.0905064823854271</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>346.69567434999999</v>
+        <v>346.69589241</v>
       </c>
       <c r="C63" s="5">
-        <v>2.358427469999981</v>
+        <v>2.3586114799999791</v>
       </c>
       <c r="D63" s="5">
-        <v>8.5358079962159614</v>
+        <v>8.5364983913801105</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>348.23048764999999</v>
+        <v>348.2306299</v>
       </c>
       <c r="C64" s="5">
-        <v>1.5348132999999962</v>
+        <v>1.5347374899999977</v>
       </c>
       <c r="D64" s="5">
-        <v>5.4436461740734909</v>
+        <v>5.4433672051318549</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>351.08988048999998</v>
+        <v>351.09000400999997</v>
       </c>
       <c r="C65" s="5">
-        <v>2.8593928399999982</v>
+        <v>2.8593741099999761</v>
       </c>
       <c r="D65" s="5">
-        <v>10.31085502240845</v>
+        <v>10.310779999954601</v>
       </c>
       <c r="E65" s="5">
-        <v>4.486811138042901</v>
+        <v>4.4867874509452621</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>349.34797875999999</v>
+        <v>349.34824178000002</v>
       </c>
       <c r="C66" s="5">
-        <v>-1.741901729999995</v>
+        <v>-1.7417622299999493</v>
       </c>
       <c r="D66" s="5">
-        <v>-5.7938890385282775</v>
+        <v>-5.7934356392666526</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>350.82844453000001</v>
+        <v>350.82876054000002</v>
       </c>
       <c r="C67" s="5">
-        <v>1.4804657700000234</v>
+        <v>1.4805187599999954</v>
       </c>
       <c r="D67" s="5">
-        <v>5.2055755394032621</v>
+        <v>5.2057622145394111</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>351.57176734000001</v>
+        <v>351.57218468999997</v>
       </c>
       <c r="C68" s="5">
-        <v>0.74332280999999512</v>
+        <v>0.74342414999995299</v>
       </c>
       <c r="D68" s="5">
-        <v>2.5723559757711456</v>
+        <v>2.572708427693926</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>350.85800886999999</v>
+        <v>350.85700993</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.71375847000001613</v>
+        <v>-0.71517475999996805</v>
       </c>
       <c r="D69" s="5">
-        <v>-2.4092115046686069</v>
+        <v>-2.4139358411243594</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>351.59401220000001</v>
+        <v>351.59368165000001</v>
       </c>
       <c r="C70" s="5">
-        <v>0.73600333000001683</v>
+        <v>0.73667172000000392</v>
       </c>
       <c r="D70" s="5">
-        <v>2.546516010173927</v>
+        <v>2.5488627009585096</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>352.00924839999999</v>
+        <v>352.00914355999998</v>
       </c>
       <c r="C71" s="5">
-        <v>0.41523619999998118</v>
+        <v>0.41546190999997634</v>
       </c>
       <c r="D71" s="5">
-        <v>1.4264544527599288</v>
+        <v>1.4272362275415507</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>353.62933794000003</v>
+        <v>353.62945581000002</v>
       </c>
       <c r="C72" s="5">
-        <v>1.6200895400000377</v>
+        <v>1.6203122500000404</v>
       </c>
       <c r="D72" s="5">
-        <v>5.664856684934394</v>
+        <v>5.6656569701463377</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>355.15889034999998</v>
+        <v>355.15884118000002</v>
       </c>
       <c r="C73" s="5">
-        <v>1.5295524099999511</v>
+        <v>1.52938537</v>
       </c>
       <c r="D73" s="5">
-        <v>5.3156298967148796</v>
+        <v>5.3150336938111886</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>355.54134095000001</v>
+        <v>355.54137283</v>
       </c>
       <c r="C74" s="5">
-        <v>0.38245060000002695</v>
+        <v>0.3825316499999758</v>
       </c>
       <c r="D74" s="5">
-        <v>1.2998932412030761</v>
+        <v>1.3001705332253755</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>355.31189690000002</v>
+        <v>355.31208702999999</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.22944404999998369</v>
+        <v>-0.22928580000001375</v>
       </c>
       <c r="D75" s="5">
-        <v>-0.77166189583905975</v>
+        <v>-0.77113148985488156</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>357.68725492999999</v>
+        <v>357.68734418999998</v>
       </c>
       <c r="C76" s="5">
-        <v>2.3753580299999726</v>
+        <v>2.3752571599999897</v>
       </c>
       <c r="D76" s="5">
-        <v>8.3239773957310526</v>
+        <v>8.3236062009400591</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>358.54301664000002</v>
+        <v>358.54308159999999</v>
       </c>
       <c r="C77" s="5">
-        <v>0.85576171000002432</v>
+        <v>0.85573741000001746</v>
       </c>
       <c r="D77" s="5">
-        <v>2.9090643004999972</v>
+        <v>2.9089798699526659</v>
       </c>
       <c r="E77" s="5">
-        <v>2.1228570130241486</v>
+        <v>2.1228395866798033</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>361.03815574999999</v>
+        <v>361.03833515999997</v>
       </c>
       <c r="C78" s="5">
-        <v>2.4951391099999682</v>
+        <v>2.4952535599999806</v>
       </c>
       <c r="D78" s="5">
-        <v>8.6780924603071519</v>
+        <v>8.6785042427411696</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>361.23551992</v>
+        <v>361.23569122999999</v>
       </c>
       <c r="C79" s="5">
-        <v>0.19736417000001438</v>
+        <v>0.1973560700000121</v>
       </c>
       <c r="D79" s="5">
-        <v>0.65796475296646673</v>
+        <v>0.65793734034296225</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>362.54909001999999</v>
+        <v>362.54927758999997</v>
       </c>
       <c r="C80" s="5">
-        <v>1.3135700999999926</v>
+        <v>1.313586359999988</v>
       </c>
       <c r="D80" s="5">
-        <v>4.4519285988219304</v>
+        <v>4.4519826600512014</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>363.55143618</v>
+        <v>363.55085588999998</v>
       </c>
       <c r="C81" s="5">
-        <v>1.0023461600000019</v>
+        <v>1.0015783000000056</v>
       </c>
       <c r="D81" s="5">
-        <v>3.3685781775122603</v>
+        <v>3.3659565324126284</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>364.30006763</v>
+        <v>364.29982885999999</v>
       </c>
       <c r="C82" s="5">
-        <v>0.74863145000000486</v>
+        <v>0.74897297000001117</v>
       </c>
       <c r="D82" s="5">
-        <v>2.4992403804554808</v>
+        <v>2.5003975010480017</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>365.74551451999997</v>
+        <v>365.74545647999997</v>
       </c>
       <c r="C83" s="5">
-        <v>1.4454468899999711</v>
+        <v>1.445627619999982</v>
       </c>
       <c r="D83" s="5">
-        <v>4.8665744462398131</v>
+        <v>4.8671995349286901</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>366.51154253999999</v>
+        <v>366.51164483999997</v>
       </c>
       <c r="C84" s="5">
-        <v>0.76602802000002157</v>
+        <v>0.76618836000000101</v>
       </c>
       <c r="D84" s="5">
-        <v>2.5424696833108218</v>
+        <v>2.5430084112375573</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>367.17885976000002</v>
+        <v>367.17884773999998</v>
       </c>
       <c r="C85" s="5">
-        <v>0.66731722000002947</v>
+        <v>0.66720290000000659</v>
       </c>
       <c r="D85" s="5">
-        <v>2.2068842359429963</v>
+        <v>2.2065017529831588</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>367.99628541999999</v>
+        <v>367.99631097000002</v>
       </c>
       <c r="C86" s="5">
-        <v>0.81742565999996941</v>
+        <v>0.81746323000004395</v>
       </c>
       <c r="D86" s="5">
-        <v>2.7044337891025449</v>
+        <v>2.7045597041619462</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>367.94091822000001</v>
+        <v>367.94107631999998</v>
       </c>
       <c r="C87" s="5">
-        <v>-5.5367199999977856E-2</v>
+        <v>-5.5234650000045349E-2</v>
       </c>
       <c r="D87" s="5">
-        <v>-0.1803977107435184</v>
+        <v>-0.17996617959363803</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>369.06024782999998</v>
+        <v>369.06029151000001</v>
       </c>
       <c r="C88" s="5">
-        <v>1.1193296099999657</v>
+        <v>1.119215190000034</v>
       </c>
       <c r="D88" s="5">
-        <v>3.7122782632692308</v>
+        <v>3.7118907943333612</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>369.71598919000002</v>
+        <v>369.71601457000003</v>
       </c>
       <c r="C89" s="5">
-        <v>0.65574136000003591</v>
+        <v>0.6557230600000139</v>
       </c>
       <c r="D89" s="5">
-        <v>2.1531040138374147</v>
+        <v>2.1530430807136458</v>
       </c>
       <c r="E89" s="5">
-        <v>3.116215358119323</v>
+        <v>3.1162037544109733</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>370.32540662000002</v>
+        <v>370.32552019000002</v>
       </c>
       <c r="C90" s="5">
-        <v>0.6094174300000077</v>
+        <v>0.60950561999999309</v>
       </c>
       <c r="D90" s="5">
-        <v>1.9960385194602859</v>
+        <v>1.9963298559326104</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>371.69052992000002</v>
+        <v>371.69058681000001</v>
       </c>
       <c r="C91" s="5">
-        <v>1.3651232999999934</v>
+        <v>1.3650666199999932</v>
       </c>
       <c r="D91" s="5">
-        <v>4.5143329074805338</v>
+        <v>4.5141402433132694</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>372.87237014999999</v>
+        <v>372.87238858000001</v>
       </c>
       <c r="C92" s="5">
-        <v>1.1818402299999775</v>
+        <v>1.1818017699999928</v>
       </c>
       <c r="D92" s="5">
-        <v>3.8830008647541492</v>
+        <v>3.8828716796827534</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>377.07803197999999</v>
+        <v>377.07772151</v>
       </c>
       <c r="C93" s="5">
-        <v>4.2056618299999968</v>
+        <v>4.2053329299999973</v>
       </c>
       <c r="D93" s="5">
-        <v>14.406932510807625</v>
+        <v>14.405734285405947</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>378.84271794</v>
+        <v>378.84261428000002</v>
       </c>
       <c r="C94" s="5">
-        <v>1.7646859600000084</v>
+        <v>1.7648927700000172</v>
       </c>
       <c r="D94" s="5">
-        <v>5.7627034132918142</v>
+        <v>5.7634011130431206</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>380.08245311000002</v>
+        <v>380.08244036000002</v>
       </c>
       <c r="C95" s="5">
-        <v>1.2397351700000172</v>
+        <v>1.2398260800000003</v>
       </c>
       <c r="D95" s="5">
-        <v>3.9983671075883853</v>
+        <v>3.9986667199983561</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>380.64337053000003</v>
+        <v>380.64343928</v>
       </c>
       <c r="C96" s="5">
-        <v>0.56091742000000977</v>
+        <v>0.56099891999997453</v>
       </c>
       <c r="D96" s="5">
-        <v>1.7853791357173687</v>
+        <v>1.7856407170601774</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>380.90507019</v>
+        <v>380.90508367000001</v>
       </c>
       <c r="C97" s="5">
-        <v>0.26169965999997657</v>
+        <v>0.26164439000001494</v>
       </c>
       <c r="D97" s="5">
-        <v>0.82815001538520949</v>
+        <v>0.82797430129790683</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>383.16475013000002</v>
+        <v>383.16476798999997</v>
       </c>
       <c r="C98" s="5">
-        <v>2.2596799400000123</v>
+        <v>2.2596843199999626</v>
       </c>
       <c r="D98" s="5">
-        <v>7.3558069555679007</v>
+        <v>7.3558214130564625</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>385.11227362</v>
+        <v>385.11237012999999</v>
       </c>
       <c r="C99" s="5">
-        <v>1.9475234899999805</v>
+        <v>1.947602140000015</v>
       </c>
       <c r="D99" s="5">
-        <v>6.2727051548687962</v>
+        <v>6.2729652985401563</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>384.85339820000002</v>
+        <v>384.85341254000002</v>
       </c>
       <c r="C100" s="5">
-        <v>-0.2588754199999812</v>
+        <v>-0.25895758999996588</v>
       </c>
       <c r="D100" s="5">
-        <v>-0.80367356671207091</v>
+        <v>-0.80392751843222365</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>385.43040624000002</v>
+        <v>385.43041509</v>
       </c>
       <c r="C101" s="5">
-        <v>0.57700804000000971</v>
+        <v>0.57700254999997469</v>
       </c>
       <c r="D101" s="5">
-        <v>1.8140621084241859</v>
+        <v>1.8140446376242458</v>
       </c>
       <c r="E101" s="5">
-        <v>4.2504023384079881</v>
+        <v>4.2503975756302159</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>390.27933795000001</v>
+        <v>390.27940321</v>
       </c>
       <c r="C102" s="5">
-        <v>4.848931709999988</v>
+        <v>4.8489881200000013</v>
       </c>
       <c r="D102" s="5">
-        <v>16.186332258940929</v>
+        <v>16.1865333807363</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>391.53169991999999</v>
+        <v>391.53171464000002</v>
       </c>
       <c r="C103" s="5">
-        <v>1.2523619699999813</v>
+        <v>1.2523114300000202</v>
       </c>
       <c r="D103" s="5">
-        <v>3.919355470747532</v>
+        <v>3.9191938335203513</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>392.99983986000001</v>
+        <v>392.99984611999997</v>
       </c>
       <c r="C104" s="5">
-        <v>1.4681399400000146</v>
+        <v>1.4681314799999541</v>
       </c>
       <c r="D104" s="5">
-        <v>4.5936505672671935</v>
+        <v>4.5936233722847719</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>395.27168069999999</v>
+        <v>395.27147571</v>
       </c>
       <c r="C105" s="5">
-        <v>2.2718408399999817</v>
+        <v>2.2716295900000318</v>
       </c>
       <c r="D105" s="5">
-        <v>7.1617811475381377</v>
+        <v>7.1610937700700594</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>395.93330366999999</v>
+        <v>395.93325781999999</v>
       </c>
       <c r="C106" s="5">
-        <v>0.66162296999999626</v>
+        <v>0.6617821099999901</v>
       </c>
       <c r="D106" s="5">
-        <v>2.0272074394479311</v>
+        <v>2.0277006031748979</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>396.12545623</v>
+        <v>396.12546767999999</v>
       </c>
       <c r="C107" s="5">
-        <v>0.19215256000001091</v>
+        <v>0.19220985999999129</v>
       </c>
       <c r="D107" s="5">
-        <v>0.58393559484199997</v>
+        <v>0.58411025777778125</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>398.12058876999998</v>
+        <v>398.12061136</v>
       </c>
       <c r="C108" s="5">
-        <v>1.995132539999986</v>
+        <v>1.9951436800000124</v>
       </c>
       <c r="D108" s="5">
-        <v>6.2142100110434084</v>
+        <v>6.2142454907804234</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>399.62645798</v>
+        <v>399.62649137</v>
       </c>
       <c r="C109" s="5">
-        <v>1.5058692100000144</v>
+        <v>1.5058800099999985</v>
       </c>
       <c r="D109" s="5">
-        <v>4.6345601352658194</v>
+        <v>4.6345938000879494</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>401.56004179000001</v>
+        <v>401.56006141</v>
       </c>
       <c r="C110" s="5">
-        <v>1.933583810000016</v>
+        <v>1.9335700400000064</v>
       </c>
       <c r="D110" s="5">
-        <v>5.9632046358662594</v>
+        <v>5.9631605209593319</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>402.80220181999999</v>
+        <v>402.80225231999998</v>
       </c>
       <c r="C111" s="5">
-        <v>1.2421600299999795</v>
+        <v>1.2421909099999766</v>
       </c>
       <c r="D111" s="5">
-        <v>3.7758122215821643</v>
+        <v>3.7759075030867395</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>405.30798831999999</v>
+        <v>405.30799327</v>
       </c>
       <c r="C112" s="5">
-        <v>2.5057864999999993</v>
+        <v>2.5057409500000176</v>
       </c>
       <c r="D112" s="5">
-        <v>7.7258504003498985</v>
+        <v>7.7257041189582765</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>406.20391315000001</v>
+        <v>406.20391623</v>
       </c>
       <c r="C113" s="5">
-        <v>0.89592483000001266</v>
+        <v>0.89592296000000715</v>
       </c>
       <c r="D113" s="5">
-        <v>2.6850627412672523</v>
+        <v>2.6850570354247649</v>
       </c>
       <c r="E113" s="5">
-        <v>5.3896907388943038</v>
+        <v>5.3896891181120843</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>406.13107695999997</v>
+        <v>406.13112539999997</v>
       </c>
       <c r="C114" s="5">
-        <v>-7.2836190000032275E-2</v>
+        <v>-7.2790830000030837E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>-0.21495923414674989</v>
+        <v>-0.21482549484241886</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>408.35054223999998</v>
+        <v>408.35054036000002</v>
       </c>
       <c r="C115" s="5">
-        <v>2.2194652800000085</v>
+        <v>2.2194149600000515</v>
       </c>
       <c r="D115" s="5">
-        <v>6.7586236410707157</v>
+        <v>6.7584649435741717</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>409.77001560000002</v>
+        <v>409.77001819999998</v>
       </c>
       <c r="C116" s="5">
-        <v>1.4194733600000404</v>
+        <v>1.4194778399999564</v>
       </c>
       <c r="D116" s="5">
-        <v>4.2520193565444675</v>
+        <v>4.252033053897164</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>411.07302872999998</v>
+        <v>411.07288805000002</v>
       </c>
       <c r="C117" s="5">
-        <v>1.3030131299999539</v>
+        <v>1.302869850000036</v>
       </c>
       <c r="D117" s="5">
-        <v>3.8832860251544865</v>
+        <v>3.8828514971828376</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>412.14655603</v>
+        <v>412.14653443999998</v>
       </c>
       <c r="C118" s="5">
-        <v>1.0735273000000234</v>
+        <v>1.0736463899999649</v>
       </c>
       <c r="D118" s="5">
-        <v>3.1792359886691157</v>
+        <v>3.1795948574987021</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>413.52503359000002</v>
+        <v>413.52504649999997</v>
       </c>
       <c r="C119" s="5">
-        <v>1.3784775600000216</v>
+        <v>1.3785120599999914</v>
       </c>
       <c r="D119" s="5">
-        <v>4.0882160530332001</v>
+        <v>4.0883204789692762</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>414.54390728999999</v>
+        <v>414.54392490999999</v>
       </c>
       <c r="C120" s="5">
-        <v>1.0188736999999719</v>
+        <v>1.0188784100000134</v>
       </c>
       <c r="D120" s="5">
-        <v>2.9970465112679756</v>
+        <v>2.9970604593173578</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>415.30892939</v>
+        <v>415.30895377000002</v>
       </c>
       <c r="C121" s="5">
-        <v>0.76502210000001014</v>
+        <v>0.76502886000002945</v>
       </c>
       <c r="D121" s="5">
-        <v>2.2371624168303628</v>
+        <v>2.2371822901949612</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>417.17760100999999</v>
+        <v>417.17761888000001</v>
       </c>
       <c r="C122" s="5">
-        <v>1.8686716199999864</v>
+        <v>1.8686651099999949</v>
       </c>
       <c r="D122" s="5">
-        <v>5.5350117067535898</v>
+        <v>5.5349916114355135</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>420.19236207</v>
+        <v>420.19237356999997</v>
       </c>
       <c r="C123" s="5">
-        <v>3.0147610600000121</v>
+        <v>3.0147546899999611</v>
       </c>
       <c r="D123" s="5">
-        <v>9.0249906818008476</v>
+        <v>9.0249704462559635</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>421.46643141999999</v>
+        <v>421.46643884000002</v>
       </c>
       <c r="C124" s="5">
-        <v>1.2740693499999907</v>
+        <v>1.274065270000051</v>
       </c>
       <c r="D124" s="5">
-        <v>3.6998275099584088</v>
+        <v>3.6998153606295991</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>423.66692654000002</v>
+        <v>423.66693108999999</v>
       </c>
       <c r="C125" s="5">
-        <v>2.2004951200000278</v>
+        <v>2.200492249999968</v>
       </c>
       <c r="D125" s="5">
-        <v>6.4483333743819538</v>
+        <v>6.4483246043643083</v>
       </c>
       <c r="E125" s="5">
-        <v>4.2990756181000567</v>
+        <v>4.2990759473899631</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>425.0102364</v>
+        <v>425.01027104999997</v>
       </c>
       <c r="C126" s="5">
-        <v>1.3433098599999767</v>
+        <v>1.3433399599999802</v>
       </c>
       <c r="D126" s="5">
-        <v>3.8718664754109788</v>
+        <v>3.8719547098746476</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>426.45999774000001</v>
+        <v>426.45999569999998</v>
       </c>
       <c r="C127" s="5">
-        <v>1.4497613400000091</v>
+        <v>1.4497246500000074</v>
       </c>
       <c r="D127" s="5">
-        <v>4.1710210583468799</v>
+        <v>4.1709131651278541</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>427.06945590999999</v>
+        <v>427.06945596000003</v>
       </c>
       <c r="C128" s="5">
-        <v>0.60945816999998215</v>
+        <v>0.60946026000004849</v>
       </c>
       <c r="D128" s="5">
-        <v>1.7284757438911003</v>
+        <v>1.7284817263121255</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>428.61236105</v>
+        <v>428.61228161999998</v>
       </c>
       <c r="C129" s="5">
-        <v>1.5429051400000162</v>
+        <v>1.5428256599999486</v>
       </c>
       <c r="D129" s="5">
-        <v>4.4225179386905289</v>
+        <v>4.4222855745439382</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>430.53453874000002</v>
+        <v>430.53452362000002</v>
       </c>
       <c r="C130" s="5">
-        <v>1.9221776900000123</v>
+        <v>1.9222420000000398</v>
       </c>
       <c r="D130" s="5">
-        <v>5.5163279571075696</v>
+        <v>5.5165181397187846</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>434.23846280999999</v>
+        <v>434.23846606000001</v>
       </c>
       <c r="C131" s="5">
-        <v>3.7039240699999709</v>
+        <v>3.7039424399999916</v>
       </c>
       <c r="D131" s="5">
-        <v>10.826467936938311</v>
+        <v>10.826524596099807</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>434.33576214999999</v>
+        <v>434.33577142000001</v>
       </c>
       <c r="C132" s="5">
-        <v>9.7299340000006396E-2</v>
+        <v>9.7305360000007113E-2</v>
       </c>
       <c r="D132" s="5">
-        <v>0.26921430765904919</v>
+        <v>0.26923098271312007</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>436.51540929999999</v>
+        <v>436.51542376999998</v>
       </c>
       <c r="C133" s="5">
-        <v>2.1796471499999939</v>
+        <v>2.1796523499999694</v>
       </c>
       <c r="D133" s="5">
-        <v>6.1910403319629603</v>
+        <v>6.1910553761993059</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>437.44204416000002</v>
+        <v>437.44205575000001</v>
       </c>
       <c r="C134" s="5">
-        <v>0.92663486000003559</v>
+        <v>0.92663198000002467</v>
       </c>
       <c r="D134" s="5">
-        <v>2.5773127628981207</v>
+        <v>2.5773045723683552</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>438.98253338000001</v>
+        <v>438.9825404</v>
       </c>
       <c r="C135" s="5">
-        <v>1.5404892199999836</v>
+        <v>1.5404846499999962</v>
       </c>
       <c r="D135" s="5">
-        <v>4.3087204221953224</v>
+        <v>4.3087072750246813</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>441.50814643000001</v>
+        <v>441.50814995000002</v>
       </c>
       <c r="C136" s="5">
-        <v>2.525613050000004</v>
+        <v>2.5256095500000129</v>
       </c>
       <c r="D136" s="5">
-        <v>7.1267106011264181</v>
+        <v>7.1267002927283274</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>442.44148983999997</v>
+        <v>442.44149327000002</v>
       </c>
       <c r="C137" s="5">
-        <v>0.93334340999996357</v>
+        <v>0.93334332000000586</v>
       </c>
       <c r="D137" s="5">
-        <v>2.5664908246953111</v>
+        <v>2.566490553630274</v>
       </c>
       <c r="E137" s="5">
-        <v>4.4314441661349235</v>
+        <v>4.4314438541845247</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>443.93718195000002</v>
+        <v>443.93720058999997</v>
       </c>
       <c r="C138" s="5">
-        <v>1.49569211000005</v>
+        <v>1.4957073199999513</v>
       </c>
       <c r="D138" s="5">
-        <v>4.1329322507724475</v>
+        <v>4.1329750312774083</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>443.71280432999998</v>
+        <v>443.71279948</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.22437762000004113</v>
+        <v>-0.22440110999997387</v>
       </c>
       <c r="D139" s="5">
-        <v>-0.6048286385382462</v>
+        <v>-0.60489175653750671</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>444.55763495000002</v>
+        <v>444.55762525</v>
       </c>
       <c r="C140" s="5">
-        <v>0.84483062000003883</v>
+        <v>0.84482576999999992</v>
       </c>
       <c r="D140" s="5">
-        <v>2.3088829094636942</v>
+        <v>2.3088695410291571</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>442.89542829999999</v>
+        <v>442.89540982</v>
       </c>
       <c r="C141" s="5">
-        <v>-1.6622066500000301</v>
+        <v>-1.6622154300000034</v>
       </c>
       <c r="D141" s="5">
-        <v>-4.395686204367566</v>
+        <v>-4.3957090415384537</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>441.54125403</v>
+        <v>441.54124438999997</v>
       </c>
       <c r="C142" s="5">
-        <v>-1.3541742699999872</v>
+        <v>-1.3541654300000232</v>
       </c>
       <c r="D142" s="5">
-        <v>-3.6079820059963796</v>
+        <v>-3.6079589958951774</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>441.44441525000002</v>
+        <v>441.44440987000002</v>
       </c>
       <c r="C143" s="5">
-        <v>-9.6838779999984581E-2</v>
+        <v>-9.6834519999958957E-2</v>
       </c>
       <c r="D143" s="5">
-        <v>-0.26286663395682641</v>
+        <v>-0.2628550899615445</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>440.52362211000002</v>
+        <v>440.52362667</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.92079314000000068</v>
+        <v>-0.92078320000001668</v>
       </c>
       <c r="D144" s="5">
-        <v>-2.4745203877167388</v>
+        <v>-2.4744940106801616</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>440.06711338000002</v>
+        <v>440.06712077999998</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.45650872999999592</v>
+        <v>-0.45650589000001673</v>
       </c>
       <c r="D145" s="5">
-        <v>-1.2364806816459795</v>
+        <v>-1.236473020402562</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>440.78063369</v>
+        <v>440.78063886000001</v>
       </c>
       <c r="C146" s="5">
-        <v>0.71352030999997851</v>
+        <v>0.71351808000002848</v>
       </c>
       <c r="D146" s="5">
-        <v>1.9631125971698804</v>
+        <v>1.9631063736358145</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>436.83412118000001</v>
+        <v>436.83412396</v>
       </c>
       <c r="C147" s="5">
-        <v>-3.9465125099999909</v>
+        <v>-3.946514900000011</v>
       </c>
       <c r="D147" s="5">
-        <v>-10.230545362766296</v>
+        <v>-10.230551142359268</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>432.10739783999998</v>
+        <v>432.10739960000001</v>
       </c>
       <c r="C148" s="5">
-        <v>-4.726723340000035</v>
+        <v>-4.7267243599999915</v>
       </c>
       <c r="D148" s="5">
-        <v>-12.238957413525819</v>
+        <v>-12.238959826157814</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>429.28912663</v>
+        <v>429.28912888000002</v>
       </c>
       <c r="C149" s="5">
-        <v>-2.8182712099999776</v>
+        <v>-2.8182707199999868</v>
       </c>
       <c r="D149" s="5">
-        <v>-7.5518464011064097</v>
+        <v>-7.5518451051740598</v>
       </c>
       <c r="E149" s="5">
-        <v>-2.9726785376200326</v>
+        <v>-2.972678781276461</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>431.15335744999999</v>
+        <v>431.15335916999999</v>
       </c>
       <c r="C150" s="5">
-        <v>1.8642308199999889</v>
+        <v>1.8642302899999663</v>
       </c>
       <c r="D150" s="5">
-        <v>5.3374029230163877</v>
+        <v>5.3374013405243614</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>430.42581397999999</v>
+        <v>430.42581393</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.72754347000000053</v>
+        <v>-0.72754523999998355</v>
       </c>
       <c r="D151" s="5">
-        <v>-2.0062347814302495</v>
+        <v>-2.0062396091483747</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>429.38312741999999</v>
+        <v>429.38312474999998</v>
       </c>
       <c r="C152" s="5">
-        <v>-1.0426865599999928</v>
+        <v>-1.0426891800000249</v>
       </c>
       <c r="D152" s="5">
-        <v>-2.8685247014264448</v>
+        <v>-2.8685318138500837</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>428.63235988000002</v>
+        <v>428.63235567999999</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.75076753999996981</v>
+        <v>-0.75076906999998982</v>
       </c>
       <c r="D153" s="5">
-        <v>-2.0781149927697418</v>
+        <v>-2.0781191999451942</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>428.4442621</v>
+        <v>428.44425873</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.18809778000002098</v>
+        <v>-0.18809694999998783</v>
       </c>
       <c r="D154" s="5">
-        <v>-0.52532978540881237</v>
+        <v>-0.52532747806628421</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>427.55454035000002</v>
+        <v>427.55453796</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.88972174999997833</v>
+        <v>-0.88972076999999672</v>
       </c>
       <c r="D155" s="5">
-        <v>-2.4636945308525893</v>
+        <v>-2.4636918672486408</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>427.52862931999999</v>
+        <v>427.52863105</v>
       </c>
       <c r="C156" s="5">
-        <v>-2.5911030000031587E-2</v>
+        <v>-2.5906910000003336E-2</v>
       </c>
       <c r="D156" s="5">
-        <v>-7.2699202778803151E-2</v>
+        <v>-7.2687647453473225E-2</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>425.69285222000002</v>
+        <v>425.69285439999999</v>
       </c>
       <c r="C157" s="5">
-        <v>-1.835777099999973</v>
+        <v>-1.8357766500000139</v>
       </c>
       <c r="D157" s="5">
-        <v>-5.0327489054452617</v>
+        <v>-5.0327476808800782</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>425.43017175</v>
+        <v>425.43017318</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.2626804700000207</v>
+        <v>-0.26268121999999039</v>
       </c>
       <c r="D158" s="5">
-        <v>-0.73797095348404618</v>
+        <v>-0.73797304961152888</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>422.67567099000001</v>
+        <v>422.67567148000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-2.7545007599999849</v>
+        <v>-2.7545016999999916</v>
       </c>
       <c r="D159" s="5">
-        <v>-7.4987579258048438</v>
+        <v>-7.4987603700824357</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>421.24894233999999</v>
+        <v>421.24894259000001</v>
       </c>
       <c r="C160" s="5">
-        <v>-1.4267286500000296</v>
+        <v>-1.4267288899999926</v>
       </c>
       <c r="D160" s="5">
-        <v>-3.9762035644985372</v>
+        <v>-3.9762042164708133</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>421.25187507999999</v>
+        <v>421.25187549999998</v>
       </c>
       <c r="C161" s="5">
-        <v>2.9327400000056514E-3</v>
+        <v>2.9329099999699793E-3</v>
       </c>
       <c r="D161" s="5">
-        <v>8.3547337611289407E-3</v>
+        <v>8.3552180673684973E-3</v>
       </c>
       <c r="E161" s="5">
-        <v>-1.872223415741725</v>
+        <v>-1.8722238322151141</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>419.42077855000002</v>
+        <v>419.42077861000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.831096529999968</v>
+        <v>-1.8310968899999693</v>
       </c>
       <c r="D162" s="5">
-        <v>-5.0932414737009264</v>
+        <v>-5.0932424462754256</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>417.53382667</v>
+        <v>417.5338266</v>
       </c>
       <c r="C163" s="5">
-        <v>-1.8869518800000264</v>
+        <v>-1.8869520100000159</v>
       </c>
       <c r="D163" s="5">
-        <v>-5.2671322224227879</v>
+        <v>-5.2671325756309839</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>415.45023657000002</v>
+        <v>415.45023619</v>
       </c>
       <c r="C164" s="5">
-        <v>-2.0835900999999808</v>
+        <v>-2.0835904099999993</v>
       </c>
       <c r="D164" s="5">
-        <v>-5.826624388508062</v>
+        <v>-5.8266252326999224</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>413.10973651</v>
+        <v>413.10973605999999</v>
       </c>
       <c r="C165" s="5">
-        <v>-2.3405000600000108</v>
+        <v>-2.3405001300000094</v>
       </c>
       <c r="D165" s="5">
-        <v>-6.5547901595683022</v>
+        <v>-6.5547903553868636</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>410.98449592999998</v>
+        <v>410.98449567</v>
       </c>
       <c r="C166" s="5">
-        <v>-2.1252405800000247</v>
+        <v>-2.1252403899999877</v>
       </c>
       <c r="D166" s="5">
-        <v>-6.0016794337498958</v>
+        <v>-6.0016789186332904</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>408.75345025000001</v>
+        <v>408.75345026999997</v>
       </c>
       <c r="C167" s="5">
-        <v>-2.2310456799999656</v>
+        <v>-2.2310454000000277</v>
       </c>
       <c r="D167" s="5">
-        <v>-6.3232288399035053</v>
+        <v>-6.3232280737514523</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>406.35451831</v>
+        <v>406.35451860000001</v>
       </c>
       <c r="C168" s="5">
-        <v>-2.3989319400000113</v>
+        <v>-2.3989316699999677</v>
       </c>
       <c r="D168" s="5">
-        <v>-6.8197355103763453</v>
+        <v>-6.8197347670960307</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>406.98445254000001</v>
+        <v>406.98445264999998</v>
       </c>
       <c r="C169" s="5">
-        <v>0.62993423000000348</v>
+        <v>0.62993404999997438</v>
       </c>
       <c r="D169" s="5">
-        <v>1.8761932162045358</v>
+        <v>1.876192674163546</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>406.89046281999998</v>
+        <v>406.89046303999999</v>
       </c>
       <c r="C170" s="5">
-        <v>-9.398972000002459E-2</v>
+        <v>-9.3989609999994173E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-0.27677841967163053</v>
+        <v>-0.27677809608310788</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>407.78134067000002</v>
+        <v>407.78133838999997</v>
       </c>
       <c r="C171" s="5">
-        <v>0.89087785000003805</v>
+        <v>0.89087534999998752</v>
       </c>
       <c r="D171" s="5">
-        <v>2.6592452267987232</v>
+        <v>2.6592376728222566</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>406.65834021000001</v>
+        <v>406.65834090999999</v>
       </c>
       <c r="C172" s="5">
-        <v>-1.1230004600000143</v>
+        <v>-1.1229974799999809</v>
       </c>
       <c r="D172" s="5">
-        <v>-3.2551150946886542</v>
+        <v>-3.2551066052333821</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>404.69927271</v>
+        <v>404.69927365000001</v>
       </c>
       <c r="C173" s="5">
-        <v>-1.9590675000000033</v>
+        <v>-1.9590672599999834</v>
       </c>
       <c r="D173" s="5">
-        <v>-5.6302331185221437</v>
+        <v>-5.6302324375132713</v>
       </c>
       <c r="E173" s="5">
-        <v>-3.9293836654985759</v>
+        <v>-3.929383538139275</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>406.45799769000001</v>
+        <v>406.45799817</v>
       </c>
       <c r="C174" s="5">
-        <v>1.7587249800000109</v>
+        <v>1.758724519999987</v>
       </c>
       <c r="D174" s="5">
-        <v>5.3413776327954743</v>
+        <v>5.3413761894771428</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>407.07570200999999</v>
+        <v>407.07570226000001</v>
       </c>
       <c r="C175" s="5">
-        <v>0.61770431999997299</v>
+        <v>0.61770409000001791</v>
       </c>
       <c r="D175" s="5">
-        <v>1.8389904236860488</v>
+        <v>1.8389897310211012</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>407.65407089000001</v>
+        <v>407.65407084999998</v>
       </c>
       <c r="C176" s="5">
-        <v>0.57836888000002773</v>
+        <v>0.57836858999996821</v>
       </c>
       <c r="D176" s="5">
-        <v>1.7183337327877135</v>
+        <v>1.7183328633903594</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>407.94308738000001</v>
+        <v>407.94308718000002</v>
       </c>
       <c r="C177" s="5">
-        <v>0.28901648999999452</v>
+        <v>0.28901633000003812</v>
       </c>
       <c r="D177" s="5">
-        <v>0.85409515024374993</v>
+        <v>0.85409467565413788</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>408.43174475000001</v>
+        <v>408.43174436999999</v>
       </c>
       <c r="C178" s="5">
-        <v>0.48865736999999854</v>
+        <v>0.48865718999996943</v>
       </c>
       <c r="D178" s="5">
-        <v>1.4469360637223927</v>
+        <v>1.4469355279320473</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>407.60491067999999</v>
+        <v>407.60491182999999</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.82683407000001807</v>
+        <v>-0.82683253999999806</v>
       </c>
       <c r="D179" s="5">
-        <v>-2.4024275262572892</v>
+        <v>-2.4024231323196643</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>408.86145815999998</v>
+        <v>408.86145736999998</v>
       </c>
       <c r="C180" s="5">
-        <v>1.2565474799999947</v>
+        <v>1.2565455399999905</v>
       </c>
       <c r="D180" s="5">
-        <v>3.762681589447836</v>
+        <v>3.7626756705493314</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>408.90564375999998</v>
+        <v>408.90564248999999</v>
       </c>
       <c r="C181" s="5">
-        <v>4.4185599999991609E-2</v>
+        <v>4.4185120000008737E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>0.12976094020411555</v>
+        <v>0.12975952998910412</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>407.43534850999998</v>
+        <v>407.43534879999999</v>
       </c>
       <c r="C182" s="5">
-        <v>-1.4702952499999924</v>
+        <v>-1.4702936900000054</v>
       </c>
       <c r="D182" s="5">
-        <v>-4.2305036402267788</v>
+        <v>-4.230499252887709</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>407.70573137000002</v>
+        <v>407.70572770000001</v>
       </c>
       <c r="C183" s="5">
-        <v>0.27038286000004064</v>
+        <v>0.27037890000002562</v>
       </c>
       <c r="D183" s="5">
-        <v>0.79925884479168374</v>
+        <v>0.79924709559862084</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>407.82651061000001</v>
+        <v>407.82651305000002</v>
       </c>
       <c r="C184" s="5">
-        <v>0.1207792399999903</v>
+        <v>0.12078535000000556</v>
       </c>
       <c r="D184" s="5">
-        <v>0.35606923517925715</v>
+        <v>0.35608728063900585</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>407.03913154000003</v>
+        <v>407.03913370999999</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.78737906999998586</v>
+        <v>-0.78737934000002952</v>
       </c>
       <c r="D185" s="5">
-        <v>-2.2923621298483909</v>
+        <v>-2.2923628940241025</v>
       </c>
       <c r="E185" s="5">
-        <v>0.57817223498612957</v>
+        <v>0.57817253757257436</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>408.31747991999998</v>
+        <v>408.31748282000001</v>
       </c>
       <c r="C186" s="5">
-        <v>1.2783483799999544</v>
+        <v>1.2783491100000219</v>
       </c>
       <c r="D186" s="5">
-        <v>3.8345084794654039</v>
+        <v>3.8345106863232781</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>408.50539393000003</v>
+        <v>408.50539386000003</v>
       </c>
       <c r="C187" s="5">
-        <v>0.18791401000004271</v>
+        <v>0.18791104000001724</v>
       </c>
       <c r="D187" s="5">
-        <v>0.55365854697830841</v>
+        <v>0.55364977024563444</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>409.04891350999998</v>
+        <v>409.04891358999998</v>
       </c>
       <c r="C188" s="5">
-        <v>0.54351957999995193</v>
+        <v>0.54351972999995724</v>
       </c>
       <c r="D188" s="5">
-        <v>1.6083448911472287</v>
+        <v>1.6083453385475899</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>410.78287861000001</v>
+        <v>410.78287569999998</v>
       </c>
       <c r="C189" s="5">
-        <v>1.7339651000000345</v>
+        <v>1.7339621099999931</v>
       </c>
       <c r="D189" s="5">
-        <v>5.2071088173599511</v>
+        <v>5.2070996269595771</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>411.11274136999998</v>
+        <v>411.11274063000002</v>
       </c>
       <c r="C190" s="5">
-        <v>0.32986275999996906</v>
+        <v>0.32986493000004202</v>
       </c>
       <c r="D190" s="5">
-        <v>0.9678792595344099</v>
+        <v>0.96788566175625146</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>412.09565373999999</v>
+        <v>412.09565461</v>
       </c>
       <c r="C191" s="5">
-        <v>0.9829123700000082</v>
+        <v>0.98291397999997798</v>
       </c>
       <c r="D191" s="5">
-        <v>2.9070593720136317</v>
+        <v>2.9070642018369508</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>414.62130632999998</v>
+        <v>414.62130392</v>
       </c>
       <c r="C192" s="5">
-        <v>2.5256525899999929</v>
+        <v>2.5256493100000057</v>
       </c>
       <c r="D192" s="5">
-        <v>7.60760795332176</v>
+        <v>7.6075977215258384</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>415.15907184000002</v>
+        <v>415.15906876999998</v>
       </c>
       <c r="C193" s="5">
-        <v>0.53776551000004247</v>
+        <v>0.53776484999997365</v>
       </c>
       <c r="D193" s="5">
-        <v>1.5675556393560441</v>
+        <v>1.5675537109255178</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>416.67658970000002</v>
+        <v>416.67658928999998</v>
       </c>
       <c r="C194" s="5">
-        <v>1.5175178599999981</v>
+        <v>1.517520520000005</v>
       </c>
       <c r="D194" s="5">
-        <v>4.4755879904076146</v>
+        <v>4.475596027647244</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>415.26087566000001</v>
+        <v>415.26086900000001</v>
       </c>
       <c r="C195" s="5">
-        <v>-1.4157140400000117</v>
+        <v>-1.4157202899999675</v>
       </c>
       <c r="D195" s="5">
-        <v>-4.0018258627599002</v>
+        <v>-4.0018432047913111</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>418.20296932999997</v>
+        <v>418.20298322999997</v>
       </c>
       <c r="C196" s="5">
-        <v>2.9420936699999629</v>
+        <v>2.9421142299999588</v>
       </c>
       <c r="D196" s="5">
-        <v>8.8411595298868662</v>
+        <v>8.8412238884149286</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>419.10019792999998</v>
+        <v>419.10019991000001</v>
       </c>
       <c r="C197" s="5">
-        <v>0.89722860000000537</v>
+        <v>0.89721668000004229</v>
       </c>
       <c r="D197" s="5">
-        <v>2.6051232456167028</v>
+        <v>2.6050881386132652</v>
       </c>
       <c r="E197" s="5">
-        <v>2.9631220822351478</v>
+        <v>2.9631220197596786</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>417.99218922</v>
+        <v>417.99219438</v>
       </c>
       <c r="C198" s="5">
-        <v>-1.1080087099999787</v>
+        <v>-1.108005530000014</v>
       </c>
       <c r="D198" s="5">
-        <v>-3.1268089164295909</v>
+        <v>-3.1268000579715349</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>418.37481846999998</v>
+        <v>418.37481901000001</v>
       </c>
       <c r="C199" s="5">
-        <v>0.38262924999997949</v>
+        <v>0.38262463000000935</v>
       </c>
       <c r="D199" s="5">
-        <v>1.1040251075552288</v>
+        <v>1.1040116962857116</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>418.88519323999998</v>
+        <v>418.88519452999998</v>
       </c>
       <c r="C200" s="5">
-        <v>0.51037476999999853</v>
+        <v>0.51037551999996822</v>
       </c>
       <c r="D200" s="5">
-        <v>1.4737399276130159</v>
+        <v>1.4737421059221045</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>419.70156405</v>
+        <v>419.7015581</v>
       </c>
       <c r="C201" s="5">
-        <v>0.81637081000002354</v>
+        <v>0.81636357000002135</v>
       </c>
       <c r="D201" s="5">
-        <v>2.363927732706772</v>
+        <v>2.3639065355844702</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>420.0287725</v>
+        <v>420.02876896999999</v>
       </c>
       <c r="C202" s="5">
-        <v>0.32720845000000054</v>
+        <v>0.32721086999998761</v>
       </c>
       <c r="D202" s="5">
-        <v>0.93956803830117508</v>
+        <v>0.93957503045092317</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>420.34959343999998</v>
+        <v>420.34958904000001</v>
       </c>
       <c r="C203" s="5">
-        <v>0.32082093999997596</v>
+        <v>0.32082007000002477</v>
       </c>
       <c r="D203" s="5">
-        <v>0.92042873498694444</v>
+        <v>0.92042623624790654</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>418.86435084999999</v>
+        <v>418.86434143000002</v>
       </c>
       <c r="C204" s="5">
-        <v>-1.4852425899999844</v>
+        <v>-1.4852476099999876</v>
       </c>
       <c r="D204" s="5">
-        <v>-4.158585660748515</v>
+        <v>-4.1585994871024106</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>418.99247806</v>
+        <v>418.99246862000001</v>
       </c>
       <c r="C205" s="5">
-        <v>0.12812721000000238</v>
+        <v>0.12812718999998651</v>
       </c>
       <c r="D205" s="5">
-        <v>0.36768846505805808</v>
+        <v>0.36768841585015366</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>419.34693033000002</v>
+        <v>419.34692724000001</v>
       </c>
       <c r="C206" s="5">
-        <v>0.35445227000002433</v>
+        <v>0.35445862000000261</v>
       </c>
       <c r="D206" s="5">
-        <v>1.0198926509311645</v>
+        <v>1.0199110304560666</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>418.45545556000002</v>
+        <v>418.45544913999998</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.89147477000000208</v>
+        <v>-0.89147810000002892</v>
       </c>
       <c r="D207" s="5">
-        <v>-2.5214204257782979</v>
+        <v>-2.5214297527635599</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>420.37723531</v>
+        <v>420.37728356000002</v>
       </c>
       <c r="C208" s="5">
-        <v>1.9217797499999847</v>
+        <v>1.9218344200000388</v>
       </c>
       <c r="D208" s="5">
-        <v>5.6524236665557837</v>
+        <v>5.6525886365919265</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>421.3977691</v>
+        <v>421.39777185000003</v>
       </c>
       <c r="C209" s="5">
-        <v>1.0205337900000018</v>
+        <v>1.020488290000003</v>
       </c>
       <c r="D209" s="5">
-        <v>2.9524081279888037</v>
+        <v>2.9522743904833115</v>
       </c>
       <c r="E209" s="5">
-        <v>0.54821524335899596</v>
+        <v>0.54821542449596805</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>421.55116505000001</v>
+        <v>421.55117228</v>
       </c>
       <c r="C210" s="5">
-        <v>0.15339595000000372</v>
+        <v>0.1534004299999765</v>
       </c>
       <c r="D210" s="5">
-        <v>0.43769601242784617</v>
+        <v>0.43770881828577579</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
         <v>423.04061453000003</v>
       </c>
       <c r="C211" s="5">
-        <v>1.4894494800000189</v>
+        <v>1.4894422500000246</v>
       </c>
       <c r="D211" s="5">
-        <v>4.3232829160473996</v>
+        <v>4.3232614451377938</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>424.38396992000003</v>
+        <v>424.38397021999998</v>
       </c>
       <c r="C212" s="5">
-        <v>1.3433553899999993</v>
+        <v>1.343355689999953</v>
       </c>
       <c r="D212" s="5">
-        <v>3.8778329929943567</v>
+        <v>3.8778338741780827</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>424.85772394000003</v>
+        <v>424.85771069999998</v>
       </c>
       <c r="C213" s="5">
-        <v>0.47375402000000122</v>
+        <v>0.47374048000000357</v>
       </c>
       <c r="D213" s="5">
-        <v>1.3478557416953141</v>
+        <v>1.347816981886707</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>425.05363877000002</v>
+        <v>425.05362753000003</v>
       </c>
       <c r="C214" s="5">
-        <v>0.19591482999999243</v>
+        <v>0.19591683000004423</v>
       </c>
       <c r="D214" s="5">
-        <v>0.55476212225764598</v>
+        <v>0.55476781726027102</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>426.13337163</v>
+        <v>426.13335339999998</v>
       </c>
       <c r="C215" s="5">
-        <v>1.0797328599999787</v>
+        <v>1.0797258699999475</v>
       </c>
       <c r="D215" s="5">
-        <v>3.0912236311643415</v>
+        <v>3.0912034216005413</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>425.92034222000001</v>
+        <v>425.92031402999999</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.21302940999999009</v>
+        <v>-0.21303936999998996</v>
       </c>
       <c r="D216" s="5">
-        <v>-0.59824835331703241</v>
+        <v>-0.59827627254477322</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>424.65007847999999</v>
+        <v>424.65005457000001</v>
       </c>
       <c r="C217" s="5">
-        <v>-1.2702637400000185</v>
+        <v>-1.270259459999977</v>
       </c>
       <c r="D217" s="5">
-        <v>-3.5207516567630215</v>
+        <v>-3.5207402171363644</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>426.36664328000001</v>
+        <v>426.36664108999997</v>
       </c>
       <c r="C218" s="5">
-        <v>1.7165648000000147</v>
+        <v>1.7165865199999644</v>
       </c>
       <c r="D218" s="5">
-        <v>4.9600769758110896</v>
+        <v>4.9601414239537345</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>427.42547628</v>
+        <v>427.42548715999999</v>
       </c>
       <c r="C219" s="5">
-        <v>1.0588329999999928</v>
+        <v>1.0588460700000155</v>
       </c>
       <c r="D219" s="5">
-        <v>3.0211057286907428</v>
+        <v>3.0211435471116044</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>428.62987498000001</v>
+        <v>428.62998331</v>
       </c>
       <c r="C220" s="5">
-        <v>1.2043987000000129</v>
+        <v>1.2044961500000113</v>
       </c>
       <c r="D220" s="5">
-        <v>3.4342569899630471</v>
+        <v>3.4345390937608355</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>429.13337510000002</v>
+        <v>429.13337968000002</v>
       </c>
       <c r="C221" s="5">
-        <v>0.50350012000001243</v>
+        <v>0.50339637000001858</v>
       </c>
       <c r="D221" s="5">
-        <v>1.4187509149988786</v>
+        <v>1.4184563189099997</v>
       </c>
       <c r="E221" s="5">
-        <v>1.8357016973586049</v>
+        <v>1.8357021196480305</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>431.11388747000001</v>
+        <v>431.11390144000001</v>
       </c>
       <c r="C222" s="5">
-        <v>1.9805123699999854</v>
+        <v>1.9805217599999878</v>
       </c>
       <c r="D222" s="5">
-        <v>5.6809352352530595</v>
+        <v>5.6809627948462893</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>432.51765067000002</v>
+        <v>432.51764587999998</v>
       </c>
       <c r="C223" s="5">
-        <v>1.4037632000000144</v>
+        <v>1.4037444399999686</v>
       </c>
       <c r="D223" s="5">
-        <v>3.9780977925133687</v>
+        <v>3.978043542010079</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>430.76881595999998</v>
+        <v>430.76880997000001</v>
       </c>
       <c r="C224" s="5">
-        <v>-1.7488347100000396</v>
+        <v>-1.7488359099999684</v>
       </c>
       <c r="D224" s="5">
-        <v>-4.7455982363881493</v>
+        <v>-4.7456014720024804</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>429.18269542000002</v>
+        <v>429.18267987000002</v>
       </c>
       <c r="C225" s="5">
-        <v>-1.5861205399999676</v>
+        <v>-1.5861300999999912</v>
       </c>
       <c r="D225" s="5">
-        <v>-4.3300917236919307</v>
+        <v>-4.3301173551339218</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>429.35625227000003</v>
+        <v>429.35620884000002</v>
       </c>
       <c r="C226" s="5">
-        <v>0.17355685000001131</v>
+        <v>0.17352897000000667</v>
       </c>
       <c r="D226" s="5">
-        <v>0.48634780714382764</v>
+        <v>0.4862695245546611</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>429.08656590999999</v>
+        <v>429.08651953999998</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.26968636000003698</v>
+        <v>-0.26968930000003866</v>
       </c>
       <c r="D227" s="5">
-        <v>-0.75114304696460854</v>
+        <v>-0.75115128303921974</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>428.45686794</v>
+        <v>428.45681490999999</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.62969796999999517</v>
+        <v>-0.62970462999999199</v>
       </c>
       <c r="D228" s="5">
-        <v>-1.7468927967217107</v>
+        <v>-1.7469113111204471</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>428.33084773000002</v>
+        <v>428.33080059999998</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.12602020999997876</v>
+        <v>-0.12601431000001639</v>
       </c>
       <c r="D229" s="5">
-        <v>-0.35238052824637656</v>
+        <v>-0.352364100753777</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>426.73451719000002</v>
+        <v>426.73449338</v>
       </c>
       <c r="C230" s="5">
-        <v>-1.5963305399999967</v>
+        <v>-1.5963072199999715</v>
       </c>
       <c r="D230" s="5">
-        <v>-4.3816945783219818</v>
+        <v>-4.3816323468981793</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>424.58417034000001</v>
+        <v>424.58415960000002</v>
       </c>
       <c r="C231" s="5">
-        <v>-2.1503468500000054</v>
+        <v>-2.1503337799999827</v>
       </c>
       <c r="D231" s="5">
-        <v>-5.8820832614968621</v>
+        <v>-5.8820488137930287</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>420.57219272999998</v>
+        <v>420.57256731000001</v>
       </c>
       <c r="C232" s="5">
-        <v>-4.0119776100000308</v>
+        <v>-4.0115922900000101</v>
       </c>
       <c r="D232" s="5">
-        <v>-10.767907862954518</v>
+        <v>-10.766927084042921</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>419.85195734000001</v>
+        <v>419.85191055000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.72023538999997072</v>
+        <v>-0.72065675999999712</v>
       </c>
       <c r="D233" s="5">
-        <v>-2.0357699596824985</v>
+        <v>-2.0369479772650689</v>
       </c>
       <c r="E233" s="5">
-        <v>-2.1628282251030195</v>
+        <v>-2.1628401726570656</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>416.98425538999999</v>
+        <v>416.98423907</v>
       </c>
       <c r="C234" s="5">
-        <v>-2.8677019500000256</v>
+        <v>-2.8676714800000127</v>
       </c>
       <c r="D234" s="5">
-        <v>-7.8953199068919506</v>
+        <v>-7.8952399903367665</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>414.41274163000003</v>
+        <v>414.41271466000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-2.5715137599999593</v>
+        <v>-2.571524409999995</v>
       </c>
       <c r="D235" s="5">
-        <v>-7.1544029122075692</v>
+        <v>-7.1544318152733766</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>411.31547417000002</v>
+        <v>411.31545283000003</v>
       </c>
       <c r="C236" s="5">
-        <v>-3.0972674600000119</v>
+        <v>-3.0972618299999795</v>
       </c>
       <c r="D236" s="5">
-        <v>-8.6090096651534331</v>
+        <v>-8.6089951913102869</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>407.95181215000002</v>
+        <v>407.95178336999999</v>
       </c>
       <c r="C237" s="5">
-        <v>-3.3636620199999925</v>
+        <v>-3.3636694600000396</v>
       </c>
       <c r="D237" s="5">
-        <v>-9.3838058872842254</v>
+        <v>-9.3838261837490222</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>405.89512882000002</v>
+        <v>405.89505029999998</v>
       </c>
       <c r="C238" s="5">
-        <v>-2.0566833299999985</v>
+        <v>-2.056733070000007</v>
       </c>
       <c r="D238" s="5">
-        <v>-5.8848210109321286</v>
+        <v>-5.8849598135352288</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>403.74312362000001</v>
+        <v>403.74304883000002</v>
       </c>
       <c r="C239" s="5">
-        <v>-2.1520052000000192</v>
+        <v>-2.1520014699999592</v>
       </c>
       <c r="D239" s="5">
-        <v>-6.1799646890375204</v>
+        <v>-6.1799554487692143</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>403.20567133999998</v>
+        <v>403.20559521000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.53745228000002498</v>
+        <v>-0.53745362000000796</v>
       </c>
       <c r="D240" s="5">
-        <v>-1.5857649786187533</v>
+        <v>-1.5857691950198705</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>401.62869057</v>
+        <v>401.62862429</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.5769807699999774</v>
+        <v>-1.5769709200000079</v>
       </c>
       <c r="D241" s="5">
-        <v>-4.593675189025392</v>
+        <v>-4.5936479595432456</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>401.50084170000002</v>
+        <v>401.50079675000001</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.1278488699999798</v>
+        <v>-0.12782753999999841</v>
       </c>
       <c r="D242" s="5">
-        <v>-0.38132316760201013</v>
+        <v>-0.38125972268822084</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>400.77398932</v>
+        <v>400.77395511999998</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.72685238000002528</v>
+        <v>-0.726841630000024</v>
       </c>
       <c r="D243" s="5">
-        <v>-2.1509056982531138</v>
+        <v>-2.1508744412667702</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>397.98149577999999</v>
+        <v>397.98220762</v>
       </c>
       <c r="C244" s="5">
-        <v>-2.7924935400000095</v>
+        <v>-2.7917474999999854</v>
       </c>
       <c r="D244" s="5">
-        <v>-8.0482014314687937</v>
+        <v>-8.0461336412416369</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>399.25067515000001</v>
+        <v>399.25057772000002</v>
       </c>
       <c r="C245" s="5">
-        <v>1.2691793700000176</v>
+        <v>1.2683701000000269</v>
       </c>
       <c r="D245" s="5">
-        <v>3.8946899410804647</v>
+        <v>3.8921557854465716</v>
       </c>
       <c r="E245" s="5">
-        <v>-4.9067967481968626</v>
+        <v>-4.9068093564258231</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>399.82971683</v>
+        <v>399.82960294999998</v>
       </c>
       <c r="C246" s="5">
-        <v>0.5790416799999889</v>
+        <v>0.57902522999995654</v>
       </c>
       <c r="D246" s="5">
-        <v>1.75433530538045</v>
+        <v>1.7542854997634416</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>400.01133097000002</v>
+        <v>400.01127803999998</v>
       </c>
       <c r="C247" s="5">
-        <v>0.18161414000002196</v>
+        <v>0.18167508999999882</v>
       </c>
       <c r="D247" s="5">
-        <v>0.54643826303790721</v>
+        <v>0.54662226322541585</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>400.91825432000002</v>
+        <v>400.91821105000002</v>
       </c>
       <c r="C248" s="5">
-        <v>0.90692334999999957</v>
+        <v>0.90693301000004567</v>
       </c>
       <c r="D248" s="5">
-        <v>2.75487730605537</v>
+        <v>2.7549073853094574</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>402.91701760000001</v>
+        <v>402.91697183000002</v>
       </c>
       <c r="C249" s="5">
-        <v>1.9987632799999915</v>
+        <v>1.9987607799999978</v>
       </c>
       <c r="D249" s="5">
-        <v>6.149354957526576</v>
+        <v>6.1493477359472637</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>403.58113803999998</v>
+        <v>403.58101554000001</v>
       </c>
       <c r="C250" s="5">
-        <v>0.6641204399999765</v>
+        <v>0.66404370999998719</v>
       </c>
       <c r="D250" s="5">
-        <v>1.9959670893408887</v>
+        <v>1.9957346171727952</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>403.77268120000002</v>
+        <v>403.77257198000001</v>
       </c>
       <c r="C251" s="5">
-        <v>0.19154316000003746</v>
+        <v>0.19155643999999938</v>
       </c>
       <c r="D251" s="5">
-        <v>0.57101958877283643</v>
+        <v>0.57105945568809435</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>403.30873419</v>
+        <v>403.30863892000002</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.46394701000002669</v>
+        <v>-0.46393305999998802</v>
       </c>
       <c r="D252" s="5">
-        <v>-1.3701557596511704</v>
+        <v>-1.370115189961052</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>403.18901876000001</v>
+        <v>403.18894347000003</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.11971542999998519</v>
+        <v>-0.11969544999999471</v>
       </c>
       <c r="D253" s="5">
-        <v>-0.3556189126002085</v>
+        <v>-0.35555974200448537</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>403.04472182000001</v>
+        <v>403.04464727999999</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.14429694000000381</v>
+        <v>-0.14429619000003413</v>
       </c>
       <c r="D254" s="5">
-        <v>-0.42862252462977368</v>
+        <v>-0.42862038107961409</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>404.15637979000002</v>
+        <v>404.15629224999998</v>
       </c>
       <c r="C255" s="5">
-        <v>1.1116579700000102</v>
+        <v>1.1116449699999862</v>
       </c>
       <c r="D255" s="5">
-        <v>3.360453795230689</v>
+        <v>3.3604145301585397</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>404.31378991000003</v>
+        <v>404.31501969999999</v>
       </c>
       <c r="C256" s="5">
-        <v>0.15741012000000865</v>
+        <v>0.15872745000001487</v>
       </c>
       <c r="D256" s="5">
-        <v>0.46837637816530275</v>
+        <v>0.47230468837071715</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>405.09750973000001</v>
+        <v>405.09735787</v>
       </c>
       <c r="C257" s="5">
-        <v>0.78371981999998752</v>
+        <v>0.78233817000000272</v>
       </c>
       <c r="D257" s="5">
-        <v>2.3510335826098627</v>
+        <v>2.3468374314388418</v>
       </c>
       <c r="E257" s="5">
-        <v>1.464452020726914</v>
+        <v>1.4644387450581053</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>406.44738588000001</v>
+        <v>406.44699673999997</v>
       </c>
       <c r="C258" s="5">
-        <v>1.3498761500000001</v>
+        <v>1.3496388699999784</v>
       </c>
       <c r="D258" s="5">
-        <v>4.0727750219659686</v>
+        <v>4.07204749889436</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>407.72532260000003</v>
+        <v>407.72527126</v>
       </c>
       <c r="C259" s="5">
-        <v>1.2779367200000138</v>
+        <v>1.2782745200000249</v>
       </c>
       <c r="D259" s="5">
-        <v>3.838929955458581</v>
+        <v>3.8399660657685297</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>409.10371581999999</v>
+        <v>409.10366928000002</v>
       </c>
       <c r="C260" s="5">
-        <v>1.378393219999964</v>
+        <v>1.3783980200000201</v>
       </c>
       <c r="D260" s="5">
-        <v>4.1331172816309047</v>
+        <v>4.133132473267076</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>413.20007098999997</v>
+        <v>413.19999439999998</v>
       </c>
       <c r="C261" s="5">
-        <v>4.0963551699999812</v>
+        <v>4.0963251199999604</v>
       </c>
       <c r="D261" s="5">
-        <v>12.699907570174162</v>
+        <v>12.699810742139416</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>412.85721604999998</v>
+        <v>412.85704727000001</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.34285493999999517</v>
+        <v>-0.34294712999997046</v>
       </c>
       <c r="D262" s="5">
-        <v>-0.99117481978688859</v>
+        <v>-0.99144030351758783</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>413.27916980999998</v>
+        <v>413.27902642999999</v>
       </c>
       <c r="C263" s="5">
-        <v>0.42195376000000806</v>
+        <v>0.42197915999997804</v>
       </c>
       <c r="D263" s="5">
-        <v>1.2333573591772673</v>
+        <v>1.2334325275001667</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>414.94581850999998</v>
+        <v>414.94569301000001</v>
       </c>
       <c r="C264" s="5">
-        <v>1.6666486999999961</v>
+        <v>1.666666580000026</v>
       </c>
       <c r="D264" s="5">
-        <v>4.9480836070592282</v>
+        <v>4.9481396285054879</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>416.16740816999999</v>
+        <v>416.16734158999998</v>
       </c>
       <c r="C265" s="5">
-        <v>1.2215896600000065</v>
+        <v>1.2216485799999646</v>
       </c>
       <c r="D265" s="5">
-        <v>3.5905358384899833</v>
+        <v>3.590712935524798</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>417.75499576999999</v>
+        <v>417.75496161000001</v>
       </c>
       <c r="C266" s="5">
-        <v>1.5875876000000062</v>
+        <v>1.5876200200000312</v>
       </c>
       <c r="D266" s="5">
-        <v>4.6750161659012912</v>
+        <v>4.6751144096746966</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>418.36501340000001</v>
+        <v>418.36497176</v>
       </c>
       <c r="C267" s="5">
-        <v>0.61001763000001574</v>
+        <v>0.6100101499999937</v>
       </c>
       <c r="D267" s="5">
-        <v>1.7664155359909506</v>
+        <v>1.7663938476613517</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>418.12712800999998</v>
+        <v>418.12872371999998</v>
       </c>
       <c r="C268" s="5">
-        <v>-0.23788539000003084</v>
+        <v>-0.23624804000002086</v>
       </c>
       <c r="D268" s="5">
-        <v>-0.68019889470507522</v>
+        <v>-0.67553172725878241</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>419.74612981000001</v>
+        <v>419.74596960999997</v>
       </c>
       <c r="C269" s="5">
-        <v>1.619001800000035</v>
+        <v>1.6172458899999924</v>
       </c>
       <c r="D269" s="5">
-        <v>4.7466786485007573</v>
+        <v>4.741402088591129</v>
       </c>
       <c r="E269" s="5">
-        <v>3.6160726067566706</v>
+        <v>3.6160719035597477</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>420.89509342000002</v>
+        <v>420.89439929999998</v>
       </c>
       <c r="C270" s="5">
-        <v>1.1489636100000098</v>
+        <v>1.1484296900000004</v>
       </c>
       <c r="D270" s="5">
-        <v>3.3346445563643856</v>
+        <v>3.3330728557440237</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>422.60988264999997</v>
+        <v>422.60979407999997</v>
       </c>
       <c r="C271" s="5">
-        <v>1.7147892299999512</v>
+        <v>1.7153947799999969</v>
       </c>
       <c r="D271" s="5">
-        <v>5.0000313635418125</v>
+        <v>5.0018452439283712</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>424.0974334</v>
+        <v>424.09733005999999</v>
       </c>
       <c r="C272" s="5">
-        <v>1.4875507500000253</v>
+        <v>1.4875359800000183</v>
       </c>
       <c r="D272" s="5">
-        <v>4.3066374355811066</v>
+        <v>4.306594763578997</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>423.91556058999998</v>
+        <v>423.91542109</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.18187281000001576</v>
+        <v>-0.18190896999999495</v>
       </c>
       <c r="D273" s="5">
-        <v>-0.51340404178776833</v>
+        <v>-0.5135060010582837</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>425.12644989</v>
+        <v>425.12620272999999</v>
       </c>
       <c r="C274" s="5">
-        <v>1.2108893000000194</v>
+        <v>1.2107816399999933</v>
       </c>
       <c r="D274" s="5">
-        <v>3.4820949113361532</v>
+        <v>3.4817816030750626</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>426.18359860999999</v>
+        <v>426.18345303000001</v>
       </c>
       <c r="C275" s="5">
-        <v>1.0571487199999865</v>
+        <v>1.0572503000000211</v>
       </c>
       <c r="D275" s="5">
-        <v>3.0251541026873774</v>
+        <v>3.0254505561872591</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>426.83260008000002</v>
+        <v>426.83256962000002</v>
       </c>
       <c r="C276" s="5">
-        <v>0.64900147000003017</v>
+        <v>0.64911659000000554</v>
       </c>
       <c r="D276" s="5">
-        <v>1.8427688405671327</v>
+        <v>1.8430990891594723</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>427.93699397</v>
+        <v>427.93702071000001</v>
       </c>
       <c r="C277" s="5">
-        <v>1.104393889999983</v>
+        <v>1.1044510899999977</v>
       </c>
       <c r="D277" s="5">
-        <v>3.1494688063206322</v>
+        <v>3.1496344835292289</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>428.73377497000001</v>
+        <v>428.73379294</v>
       </c>
       <c r="C278" s="5">
-        <v>0.79678100000000995</v>
+        <v>0.79677222999998776</v>
       </c>
       <c r="D278" s="5">
-        <v>2.2573172584826828</v>
+        <v>2.2572920151906484</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>428.85337798</v>
+        <v>428.85335712</v>
       </c>
       <c r="C279" s="5">
-        <v>0.11960300999999163</v>
+        <v>0.11956417999999758</v>
       </c>
       <c r="D279" s="5">
-        <v>0.33527572826774765</v>
+        <v>0.33516669744713123</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>431.01825388999998</v>
+        <v>431.02077381999999</v>
       </c>
       <c r="C280" s="5">
-        <v>2.1648759099999779</v>
+        <v>2.1674166999999898</v>
       </c>
       <c r="D280" s="5">
-        <v>6.2287167248546327</v>
+        <v>6.2362317145704615</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>431.13803124999998</v>
+        <v>431.13707395</v>
       </c>
       <c r="C281" s="5">
-        <v>0.1197773600000005</v>
+        <v>0.11630013000001327</v>
       </c>
       <c r="D281" s="5">
-        <v>0.33398288350661165</v>
+        <v>0.3242708085046786</v>
       </c>
       <c r="E281" s="5">
-        <v>2.7139979694766003</v>
+        <v>2.7138091047268054</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>430.71761120999997</v>
+        <v>430.71674495000002</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.42042004000001043</v>
+        <v>-0.42032899999998108</v>
       </c>
       <c r="D282" s="5">
-        <v>-1.1639127040052544</v>
+        <v>-1.1636645840252813</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>432.93439331000002</v>
+        <v>432.93418888000002</v>
       </c>
       <c r="C283" s="5">
-        <v>2.2167821000000458</v>
+        <v>2.2174439300000017</v>
       </c>
       <c r="D283" s="5">
-        <v>6.3539213895304592</v>
+        <v>6.3558855612973364</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>433.56000233999998</v>
+        <v>433.55967297000001</v>
       </c>
       <c r="C284" s="5">
-        <v>0.62560902999996415</v>
+        <v>0.62548408999998628</v>
       </c>
       <c r="D284" s="5">
-        <v>1.7479005926221758</v>
+        <v>1.7475495737682589</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>435.51012369</v>
+        <v>435.50980785000002</v>
       </c>
       <c r="C285" s="5">
-        <v>1.9501213500000176</v>
+        <v>1.9501348800000073</v>
       </c>
       <c r="D285" s="5">
-        <v>5.5330619981561746</v>
+        <v>5.5331056492891495</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>436.87052416</v>
+        <v>436.87043585999999</v>
       </c>
       <c r="C286" s="5">
-        <v>1.3604004700000019</v>
+        <v>1.3606280099999708</v>
       </c>
       <c r="D286" s="5">
-        <v>3.8135076582997529</v>
+        <v>3.8141593177036137</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>439.12858385999999</v>
+        <v>439.12814051999999</v>
       </c>
       <c r="C287" s="5">
-        <v>2.2580596999999898</v>
+        <v>2.2577046600000017</v>
       </c>
       <c r="D287" s="5">
-        <v>6.3818559220085502</v>
+        <v>6.3808251231988411</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>440.98718696999998</v>
+        <v>440.98775218999998</v>
       </c>
       <c r="C288" s="5">
-        <v>1.85860310999999</v>
+        <v>1.8596116699999925</v>
       </c>
       <c r="D288" s="5">
-        <v>5.1988921525774501</v>
+        <v>5.2017847057264088</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>443.15721989999997</v>
+        <v>443.15769993999999</v>
       </c>
       <c r="C289" s="5">
-        <v>2.1700329299999908</v>
+        <v>2.1699477500000057</v>
       </c>
       <c r="D289" s="5">
-        <v>6.0674914089078547</v>
+        <v>6.0672387720912102</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>444.4255063</v>
+        <v>444.42572138999998</v>
       </c>
       <c r="C290" s="5">
-        <v>1.2682864000000222</v>
+        <v>1.268021449999992</v>
       </c>
       <c r="D290" s="5">
-        <v>3.4888973581866045</v>
+        <v>3.4881531675933664</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>445.66849608000001</v>
+        <v>445.66849939000002</v>
       </c>
       <c r="C291" s="5">
-        <v>1.2429897800000163</v>
+        <v>1.2427780000000439</v>
       </c>
       <c r="D291" s="5">
-        <v>3.4083272739879877</v>
+        <v>3.4077359298313237</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>448.05911080999999</v>
+        <v>448.06215835</v>
       </c>
       <c r="C292" s="5">
-        <v>2.3906147299999816</v>
+        <v>2.393658959999982</v>
       </c>
       <c r="D292" s="5">
-        <v>6.6302748878488194</v>
+        <v>6.6389688474206565</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>448.49218868000003</v>
+        <v>448.49041326000003</v>
       </c>
       <c r="C293" s="5">
-        <v>0.43307787000003373</v>
+        <v>0.42825491000002103</v>
       </c>
       <c r="D293" s="5">
-        <v>1.1660629050408877</v>
+        <v>1.1530008538369607</v>
       </c>
       <c r="E293" s="5">
-        <v>4.025197540491865</v>
+        <v>4.0250167193955022</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>447.66057902</v>
+        <v>447.65956546000001</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.83160966000002645</v>
+        <v>-0.83084780000001501</v>
       </c>
       <c r="D294" s="5">
-        <v>-2.2025289695727035</v>
+        <v>-2.2005403107668853</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>448.91923236999997</v>
+        <v>448.91860350000002</v>
       </c>
       <c r="C295" s="5">
-        <v>1.2586533499999746</v>
+        <v>1.2590380400000072</v>
       </c>
       <c r="D295" s="5">
-        <v>3.4266157436602329</v>
+        <v>3.4276871757480398</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>450.96917223999998</v>
+        <v>450.96839371999999</v>
       </c>
       <c r="C296" s="5">
-        <v>2.0499398700000029</v>
+        <v>2.0497902199999771</v>
       </c>
       <c r="D296" s="5">
-        <v>5.6194059426867726</v>
+        <v>5.6189934275405973</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>452.05106232999998</v>
+        <v>452.05032785999998</v>
       </c>
       <c r="C297" s="5">
-        <v>1.0818900900000017</v>
+        <v>1.0819341399999871</v>
       </c>
       <c r="D297" s="5">
-        <v>2.9171308256416451</v>
+        <v>2.9172562732823204</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>453.51202146999998</v>
+        <v>453.51163072000003</v>
       </c>
       <c r="C298" s="5">
-        <v>1.4609591399999999</v>
+        <v>1.4613028600000462</v>
       </c>
       <c r="D298" s="5">
-        <v>3.9478983669582357</v>
+        <v>3.9488502955463911</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>455.77160929000001</v>
+        <v>455.77013641000002</v>
       </c>
       <c r="C299" s="5">
-        <v>2.2595878200000357</v>
+        <v>2.2585056899999927</v>
       </c>
       <c r="D299" s="5">
-        <v>6.1454988726844739</v>
+        <v>6.1424801191348744</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>457.05017895999998</v>
+        <v>457.05467605000001</v>
       </c>
       <c r="C300" s="5">
-        <v>1.2785696699999676</v>
+        <v>1.2845396399999913</v>
       </c>
       <c r="D300" s="5">
-        <v>3.4187713972445133</v>
+        <v>3.4349940541999802</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>459.00977934000002</v>
+        <v>459.01022297999998</v>
       </c>
       <c r="C301" s="5">
-        <v>1.9596003800000403</v>
+        <v>1.9555469299999686</v>
       </c>
       <c r="D301" s="5">
-        <v>5.2680700918334988</v>
+        <v>5.2568623980940865</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>460.92152306000003</v>
+        <v>460.92171352000003</v>
       </c>
       <c r="C302" s="5">
-        <v>1.911743720000004</v>
+        <v>1.9114905400000453</v>
       </c>
       <c r="D302" s="5">
-        <v>5.1140086049095146</v>
+        <v>5.1133106931442018</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>463.44311907000002</v>
+        <v>463.44308701</v>
       </c>
       <c r="C303" s="5">
-        <v>2.5215960099999961</v>
+        <v>2.5213734899999736</v>
       </c>
       <c r="D303" s="5">
-        <v>6.7661054947474986</v>
+        <v>6.7654874572981916</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>465.33030368999999</v>
+        <v>465.33384483999998</v>
       </c>
       <c r="C304" s="5">
-        <v>1.8871846199999709</v>
+        <v>1.8907578299999841</v>
       </c>
       <c r="D304" s="5">
-        <v>4.9974547073543985</v>
+        <v>5.0071306093731005</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>468.90669500000001</v>
+        <v>468.90367864000001</v>
       </c>
       <c r="C305" s="5">
-        <v>3.5763913100000195</v>
+        <v>3.5698338000000263</v>
       </c>
       <c r="D305" s="5">
-        <v>9.6228707888951668</v>
+        <v>9.6043995145013596</v>
       </c>
       <c r="E305" s="5">
-        <v>4.5518086680804482</v>
+        <v>4.5515499944847049</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>472.08300258999998</v>
+        <v>472.08137807999998</v>
       </c>
       <c r="C306" s="5">
-        <v>3.1763075899999649</v>
+        <v>3.1776994399999694</v>
       </c>
       <c r="D306" s="5">
-        <v>8.4384156060184559</v>
+        <v>8.4423085444106363</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>474.88085216000002</v>
+        <v>474.87918388000003</v>
       </c>
       <c r="C307" s="5">
-        <v>2.7978495700000394</v>
+        <v>2.7978058000000487</v>
       </c>
       <c r="D307" s="5">
-        <v>7.3483902947810931</v>
+        <v>7.3482976790894661</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>475.9305908</v>
+        <v>475.92900414000002</v>
       </c>
       <c r="C308" s="5">
-        <v>1.0497386399999868</v>
+        <v>1.04982025999999</v>
       </c>
       <c r="D308" s="5">
-        <v>2.6851260436883129</v>
+        <v>2.6853469132045449</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>478.98205639000003</v>
+        <v>478.98070269999999</v>
       </c>
       <c r="C309" s="5">
-        <v>3.0514655900000207</v>
+        <v>3.0516985599999771</v>
       </c>
       <c r="D309" s="5">
-        <v>7.9710902382743365</v>
+        <v>7.9717479474590291</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>481.48762850000003</v>
+        <v>481.48661532</v>
       </c>
       <c r="C310" s="5">
-        <v>2.5055721100000028</v>
+        <v>2.5059126200000037</v>
       </c>
       <c r="D310" s="5">
-        <v>6.4610296228756914</v>
+        <v>6.4619518937646392</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>483.47659468000001</v>
+        <v>483.47331690999999</v>
       </c>
       <c r="C311" s="5">
-        <v>1.9889661799999772</v>
+        <v>1.9867015899999956</v>
       </c>
       <c r="D311" s="5">
-        <v>5.0712410675777697</v>
+        <v>5.0653463147793509</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>485.07543622999998</v>
+        <v>485.08866826000002</v>
       </c>
       <c r="C312" s="5">
-        <v>1.5988415499999746</v>
+        <v>1.6153513500000258</v>
       </c>
       <c r="D312" s="5">
-        <v>4.0413408316851696</v>
+        <v>4.083870212066909</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>486.23085351999998</v>
+        <v>486.23041009000002</v>
       </c>
       <c r="C313" s="5">
-        <v>1.1554172900000026</v>
+        <v>1.1417418300000008</v>
       </c>
       <c r="D313" s="5">
-        <v>2.8960645588641976</v>
+        <v>2.8612628934240991</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>488.17360375999999</v>
+        <v>488.17334428999999</v>
       </c>
       <c r="C314" s="5">
-        <v>1.9427502400000094</v>
+        <v>1.9429341999999679</v>
       </c>
       <c r="D314" s="5">
-        <v>4.9014168137370584</v>
+        <v>4.9018957478094816</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>489.05542050999998</v>
+        <v>489.05531404999999</v>
       </c>
       <c r="C315" s="5">
-        <v>0.88181674999998449</v>
+        <v>0.88196976000000404</v>
       </c>
       <c r="D315" s="5">
-        <v>2.1892962718521369</v>
+        <v>2.1896811095949653</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>487.64244098</v>
+        <v>487.64585685999998</v>
       </c>
       <c r="C316" s="5">
-        <v>-1.4129795299999728</v>
+        <v>-1.4094571900000119</v>
       </c>
       <c r="D316" s="5">
-        <v>-3.4124752541848768</v>
+        <v>-3.404103596123309</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>488.93515334</v>
+        <v>488.93154621000002</v>
       </c>
       <c r="C317" s="5">
-        <v>1.2927123599999959</v>
+        <v>1.285689350000041</v>
       </c>
       <c r="D317" s="5">
-        <v>3.2279255089240344</v>
+        <v>3.2101110481165263</v>
       </c>
       <c r="E317" s="5">
-        <v>4.2713099543183031</v>
+        <v>4.2712114411404212</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>492.70367548000002</v>
+        <v>492.70129342000001</v>
       </c>
       <c r="C318" s="5">
-        <v>3.768522140000016</v>
+        <v>3.7697472099999914</v>
       </c>
       <c r="D318" s="5">
-        <v>9.651472037397868</v>
+        <v>9.6548180380033202</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>496.38327475</v>
+        <v>496.37992133</v>
       </c>
       <c r="C319" s="5">
-        <v>3.6795992699999829</v>
+        <v>3.6786279099999888</v>
       </c>
       <c r="D319" s="5">
-        <v>9.3392407278648726</v>
+        <v>9.3367202063466372</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>497.01539076</v>
+        <v>497.01178952999999</v>
       </c>
       <c r="C320" s="5">
-        <v>0.63211601000000428</v>
+        <v>0.63186819999998534</v>
       </c>
       <c r="D320" s="5">
-        <v>1.5388805978395315</v>
+        <v>1.5382835417274032</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>498.92702250000002</v>
+        <v>498.92387772000001</v>
       </c>
       <c r="C321" s="5">
-        <v>1.9116317400000185</v>
+        <v>1.9120881900000199</v>
       </c>
       <c r="D321" s="5">
-        <v>4.7143661976609685</v>
+        <v>4.7155506890560694</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>499.29259977999999</v>
+        <v>499.29039739000001</v>
       </c>
       <c r="C322" s="5">
-        <v>0.36557727999996814</v>
+        <v>0.36651967000000241</v>
       </c>
       <c r="D322" s="5">
-        <v>0.88282448588372642</v>
+        <v>0.88511504700827803</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>499.22080837999999</v>
+        <v>499.21675305999997</v>
       </c>
       <c r="C323" s="5">
-        <v>-7.1791399999995065E-2</v>
+        <v>-7.3644330000036007E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>-0.17240708839681984</v>
+        <v>-0.17685407113710028</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>501.71410845999998</v>
+        <v>501.73717056999999</v>
       </c>
       <c r="C324" s="5">
-        <v>2.4933000799999832</v>
+        <v>2.5204175100000157</v>
       </c>
       <c r="D324" s="5">
-        <v>6.1606612846286879</v>
+        <v>6.2295890277826116</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>502.87779920999998</v>
+        <v>502.87658902999999</v>
       </c>
       <c r="C325" s="5">
-        <v>1.1636907500000007</v>
+        <v>1.1394184600000017</v>
       </c>
       <c r="D325" s="5">
-        <v>2.8190983284224869</v>
+        <v>2.7594327484343983</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>503.59193621999998</v>
+        <v>503.59354037000003</v>
       </c>
       <c r="C326" s="5">
-        <v>0.71413701000000174</v>
+        <v>0.71695134000003691</v>
       </c>
       <c r="D326" s="5">
-        <v>1.7174939213956408</v>
+        <v>1.7243197074968464</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>505.25291155000002</v>
+        <v>505.25163266999999</v>
       </c>
       <c r="C327" s="5">
-        <v>1.660975330000042</v>
+        <v>1.6580922999999643</v>
       </c>
       <c r="D327" s="5">
-        <v>4.030501007597187</v>
+        <v>4.0233648650652487</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>507.1493696</v>
+        <v>507.15401614000001</v>
       </c>
       <c r="C328" s="5">
-        <v>1.8964580499999784</v>
+        <v>1.902383470000018</v>
       </c>
       <c r="D328" s="5">
-        <v>4.59833745858238</v>
+        <v>4.6130155636380898</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>507.76855015000001</v>
+        <v>507.76496343000002</v>
       </c>
       <c r="C329" s="5">
-        <v>0.61918055000001004</v>
+        <v>0.6109472900000128</v>
       </c>
       <c r="D329" s="5">
-        <v>1.474962605941732</v>
+        <v>1.4552064437836076</v>
       </c>
       <c r="E329" s="5">
-        <v>3.8519211967774858</v>
+        <v>3.8519537890301825</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>509.35340656</v>
+        <v>509.35073461000002</v>
       </c>
       <c r="C330" s="5">
-        <v>1.5848564099999862</v>
+        <v>1.5857711799999947</v>
       </c>
       <c r="D330" s="5">
-        <v>3.8104326600926219</v>
+        <v>3.8126973303859613</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>509.14986362000002</v>
+        <v>509.14362706999998</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.20354293999997708</v>
+        <v>-0.20710754000003817</v>
       </c>
       <c r="D331" s="5">
-        <v>-0.47847998905845568</v>
+        <v>-0.48684331526875901</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>509.22909285999998</v>
+        <v>509.21895827999998</v>
       </c>
       <c r="C332" s="5">
-        <v>7.922923999996101E-2</v>
+        <v>7.5331210000001647E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>0.18689291297504518</v>
+        <v>0.17769259100728352</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>509.89996323999998</v>
+        <v>509.89505348</v>
       </c>
       <c r="C333" s="5">
-        <v>0.67087037999999666</v>
+        <v>0.67609520000002021</v>
       </c>
       <c r="D333" s="5">
-        <v>1.592413658664138</v>
+        <v>1.6049384483546758</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>510.59718378999997</v>
+        <v>510.59184004999997</v>
       </c>
       <c r="C334" s="5">
-        <v>0.69722054999999727</v>
+        <v>0.69678656999997202</v>
       </c>
       <c r="D334" s="5">
-        <v>1.6532371871163631</v>
+        <v>1.6522164236311365</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>513.04702944999997</v>
+        <v>513.04444015000001</v>
       </c>
       <c r="C335" s="5">
-        <v>2.449845659999994</v>
+        <v>2.4526001000000406</v>
       </c>
       <c r="D335" s="5">
-        <v>5.9119946477664387</v>
+        <v>5.9188818666213505</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>512.90161808000005</v>
+        <v>512.93227606000005</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.14541136999991977</v>
+        <v>-0.11216408999996474</v>
       </c>
       <c r="D336" s="5">
-        <v>-0.33958269258387297</v>
+        <v>-0.26203418526172806</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>516.70929421999995</v>
+        <v>516.70985223000002</v>
       </c>
       <c r="C337" s="5">
-        <v>3.8076761399998986</v>
+        <v>3.7775761699999748</v>
       </c>
       <c r="D337" s="5">
-        <v>9.2814505577914588</v>
+        <v>9.2045104351407012</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>517.01370580000003</v>
+        <v>517.01904440999999</v>
       </c>
       <c r="C338" s="5">
-        <v>0.30441158000007817</v>
+        <v>0.30919217999996818</v>
       </c>
       <c r="D338" s="5">
-        <v>0.70925734953766195</v>
+        <v>0.7204317116467962</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>517.88636921</v>
+        <v>517.88488290999999</v>
       </c>
       <c r="C339" s="5">
-        <v>0.87266340999997283</v>
+        <v>0.86583849999999529</v>
       </c>
       <c r="D339" s="5">
-        <v>2.0443801248914539</v>
+        <v>2.0282227869828917</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>522.22077966999996</v>
+        <v>522.22614270999998</v>
       </c>
       <c r="C340" s="5">
-        <v>4.3344104599999582</v>
+        <v>4.3412597999999889</v>
       </c>
       <c r="D340" s="5">
-        <v>10.518764104664413</v>
+        <v>10.536191500903257</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>520.07397959000002</v>
+        <v>520.07366851999996</v>
       </c>
       <c r="C341" s="5">
-        <v>-2.1468000799999345</v>
+        <v>-2.1524741900000208</v>
       </c>
       <c r="D341" s="5">
-        <v>-4.8230635294125745</v>
+        <v>-4.8354750336944257</v>
       </c>
       <c r="E341" s="5">
-        <v>2.4234327699824698</v>
+        <v>2.4240949999490891</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>519.27102687000001</v>
+        <v>519.26953809999998</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.8029527200000075</v>
+        <v>-0.80413041999997859</v>
       </c>
       <c r="D342" s="5">
-        <v>-1.8370525673041982</v>
+        <v>-1.8397252126302499</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>519.78083226000001</v>
+        <v>519.77576910000005</v>
       </c>
       <c r="C343" s="5">
-        <v>0.50980538999999681</v>
+        <v>0.50623100000007071</v>
       </c>
       <c r="D343" s="5">
-        <v>1.1845079964327487</v>
+        <v>1.1761618856410028</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>521.18651272</v>
+        <v>521.17170723000004</v>
       </c>
       <c r="C344" s="5">
-        <v>1.405680459999985</v>
+        <v>1.3959381299999905</v>
       </c>
       <c r="D344" s="5">
-        <v>3.2939534968719819</v>
+        <v>3.270818223513472</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>521.95644282000001</v>
+        <v>521.93328406000001</v>
       </c>
       <c r="C345" s="5">
-        <v>0.7699301000000105</v>
+        <v>0.76157682999996723</v>
       </c>
       <c r="D345" s="5">
-        <v>1.7871912641220566</v>
+        <v>1.7676958607609761</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>523.24636341999997</v>
+        <v>523.22915771999999</v>
       </c>
       <c r="C346" s="5">
-        <v>1.2899205999999594</v>
+        <v>1.2958736599999838</v>
       </c>
       <c r="D346" s="5">
-        <v>3.0062250161390081</v>
+        <v>3.0204247703596643</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>522.64551869000002</v>
+        <v>522.65214279999998</v>
       </c>
       <c r="C347" s="5">
-        <v>-0.60084472999994887</v>
+        <v>-0.57701492000001053</v>
       </c>
       <c r="D347" s="5">
-        <v>-1.369292620159368</v>
+        <v>-1.3153577516553216</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>521.89172509000002</v>
+        <v>521.92869296000003</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.75379359999999451</v>
+        <v>-0.72344983999994383</v>
       </c>
       <c r="D348" s="5">
-        <v>-1.7170555312386981</v>
+        <v>-1.6484406168019383</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>523.33663033000005</v>
+        <v>523.34020090000001</v>
       </c>
       <c r="C349" s="5">
-        <v>1.4449052400000255</v>
+        <v>1.4115079399999786</v>
       </c>
       <c r="D349" s="5">
-        <v>3.3733698306332771</v>
+        <v>3.293998182699287</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>524.65893987000004</v>
+        <v>524.67084410999996</v>
       </c>
       <c r="C350" s="5">
-        <v>1.322309539999992</v>
+        <v>1.3306432099999483</v>
       </c>
       <c r="D350" s="5">
-        <v>3.0745206329857</v>
+        <v>3.094147741442832</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>524.59449161999999</v>
+        <v>524.59638373999996</v>
       </c>
       <c r="C351" s="5">
-        <v>-6.4448250000054941E-2</v>
+        <v>-7.4460369999997056E-2</v>
       </c>
       <c r="D351" s="5">
-        <v>-0.14730649794757467</v>
+        <v>-0.17016903816825524</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>529.24017077999997</v>
+        <v>529.24999677000005</v>
       </c>
       <c r="C352" s="5">
-        <v>4.645679159999986</v>
+        <v>4.6536130300000877</v>
       </c>
       <c r="D352" s="5">
-        <v>11.160092126285592</v>
+        <v>11.180048351645322</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>525.72689229000002</v>
+        <v>525.73178026999994</v>
       </c>
       <c r="C353" s="5">
-        <v>-3.5132784899999479</v>
+        <v>-3.5182165000001078</v>
       </c>
       <c r="D353" s="5">
-        <v>-7.681507619079186</v>
+        <v>-7.6917749251796614</v>
       </c>
       <c r="E353" s="5">
-        <v>1.0869439583300222</v>
+        <v>1.0879442841437381</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>526.16083362999996</v>
+        <v>526.16096213000003</v>
       </c>
       <c r="C354" s="5">
-        <v>0.43394133999993301</v>
+        <v>0.42918186000008518</v>
       </c>
       <c r="D354" s="5">
-        <v>0.99500353292725219</v>
+        <v>0.98403207212796051</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>526.21802345000003</v>
+        <v>526.21843495999997</v>
       </c>
       <c r="C355" s="5">
-        <v>5.7189820000075997E-2</v>
+        <v>5.7472829999937858E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>0.13050919192121313</v>
+        <v>0.13115538674934868</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>526.79903460000003</v>
+        <v>526.78281699000001</v>
       </c>
       <c r="C356" s="5">
-        <v>0.58101114999999481</v>
+        <v>0.56438203000004705</v>
       </c>
       <c r="D356" s="5">
-        <v>1.3330272514163299</v>
+        <v>1.2946483370218864</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>526.63662570999998</v>
+        <v>526.57429594999996</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.16240889000005154</v>
+        <v>-0.20852104000005056</v>
       </c>
       <c r="D357" s="5">
-        <v>-0.3693259380486924</v>
+        <v>-0.47397369365218545</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>527.74516876999996</v>
+        <v>527.71012303999998</v>
       </c>
       <c r="C358" s="5">
-        <v>1.1085430599999881</v>
+        <v>1.1358270900000207</v>
       </c>
       <c r="D358" s="5">
-        <v>2.5553878922503381</v>
+        <v>2.6193441252317928</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>528.77246428000001</v>
+        <v>528.79516423999996</v>
       </c>
       <c r="C359" s="5">
-        <v>1.0272955100000445</v>
+        <v>1.0850411999999778</v>
       </c>
       <c r="D359" s="5">
-        <v>2.3610613027205352</v>
+        <v>2.4954521115437611</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>530.29965214000003</v>
+        <v>530.33533667999995</v>
       </c>
       <c r="C360" s="5">
-        <v>1.5271878600000264</v>
+        <v>1.5401724399999921</v>
       </c>
       <c r="D360" s="5">
-        <v>3.5213987926949075</v>
+        <v>3.5516650766270752</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>530.79502258000002</v>
+        <v>530.80006352999999</v>
       </c>
       <c r="C361" s="5">
-        <v>0.49537043999998787</v>
+        <v>0.46472685000003366</v>
       </c>
       <c r="D361" s="5">
-        <v>1.1267368401511213</v>
+        <v>1.0566292640573405</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>531.58110397999997</v>
+        <v>531.59434307000004</v>
       </c>
       <c r="C362" s="5">
-        <v>0.78608139999994364</v>
+        <v>0.79427954000004775</v>
       </c>
       <c r="D362" s="5">
-        <v>1.7916880755963538</v>
+        <v>1.8105105354792261</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>534.83508449999999</v>
+        <v>534.87791202000005</v>
       </c>
       <c r="C363" s="5">
-        <v>3.2539805200000274</v>
+        <v>3.2835689500000171</v>
       </c>
       <c r="D363" s="5">
-        <v>7.5980119750889363</v>
+        <v>7.6692673053846416</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>540.60090290000005</v>
+        <v>540.62633081000001</v>
       </c>
       <c r="C364" s="5">
-        <v>5.7658184000000574</v>
+        <v>5.7484187899999597</v>
       </c>
       <c r="D364" s="5">
-        <v>13.731963314786476</v>
+        <v>13.686883020387164</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>538.43147038999996</v>
+        <v>538.43870104999996</v>
       </c>
       <c r="C365" s="5">
-        <v>-2.1694325100000924</v>
+        <v>-2.1876297600000498</v>
       </c>
       <c r="D365" s="5">
-        <v>-4.7107238095199673</v>
+        <v>-4.7491438408902686</v>
       </c>
       <c r="E365" s="5">
-        <v>2.4165737546086641</v>
+        <v>2.4169968902154171</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>537.25859330000003</v>
+        <v>537.25294112999995</v>
       </c>
       <c r="C366" s="5">
-        <v>-1.172877089999929</v>
+        <v>-1.1857599200000095</v>
       </c>
       <c r="D366" s="5">
-        <v>-2.5828950563625552</v>
+        <v>-2.6108880944407886</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>538.09400746999995</v>
+        <v>538.08962587999997</v>
       </c>
       <c r="C367" s="5">
-        <v>0.8354141699999218</v>
+        <v>0.83668475000001763</v>
       </c>
       <c r="D367" s="5">
-        <v>1.8819898487558273</v>
+        <v>1.8848967249871729</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>538.03709419999996</v>
+        <v>538.00559250000003</v>
       </c>
       <c r="C368" s="5">
-        <v>-5.6913269999995464E-2</v>
+        <v>-8.4033379999937097E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>-0.12684811125611706</v>
+        <v>-0.18724294476761827</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>496.23639838999998</v>
+        <v>496.12494348000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-41.800695809999979</v>
+        <v>-41.880649020000021</v>
       </c>
       <c r="D369" s="5">
-        <v>-62.110683465364524</v>
+        <v>-62.18611772780055</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>510.08004120999999</v>
+        <v>510.02330658</v>
       </c>
       <c r="C370" s="5">
-        <v>13.843642820000014</v>
+        <v>13.898363099999983</v>
       </c>
       <c r="D370" s="5">
-        <v>39.122243369825327</v>
+        <v>39.311677346256445</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>523.13882093999996</v>
+        <v>523.17759695999996</v>
       </c>
       <c r="C371" s="5">
-        <v>13.058779729999969</v>
+        <v>13.154290379999964</v>
       </c>
       <c r="D371" s="5">
-        <v>35.438902256132579</v>
+        <v>35.740484324772524</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>526.12953114000004</v>
+        <v>526.16810078000003</v>
       </c>
       <c r="C372" s="5">
-        <v>2.9907102000000805</v>
+        <v>2.9905038200000718</v>
       </c>
       <c r="D372" s="5">
-        <v>7.0800973587271443</v>
+        <v>7.07905200136143</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>532.08439206000003</v>
+        <v>532.10774385000002</v>
       </c>
       <c r="C373" s="5">
-        <v>5.9548609199999873</v>
+        <v>5.9396430699999883</v>
       </c>
       <c r="D373" s="5">
-        <v>14.460091378062657</v>
+        <v>14.419690679706942</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>538.39467592999995</v>
+        <v>538.42965966999998</v>
       </c>
       <c r="C374" s="5">
-        <v>6.3102838699999211</v>
+        <v>6.3219158199999583</v>
       </c>
       <c r="D374" s="5">
-        <v>15.197443902668105</v>
+        <v>15.226600853147998</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>548.20816222999997</v>
+        <v>548.31262144000004</v>
       </c>
       <c r="C375" s="5">
-        <v>9.8134863000000223</v>
+        <v>9.8829617700000654</v>
       </c>
       <c r="D375" s="5">
-        <v>24.204373931960955</v>
+        <v>24.391645310420863</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>549.67951464999999</v>
+        <v>549.73692374999996</v>
       </c>
       <c r="C376" s="5">
-        <v>1.4713524200000165</v>
+        <v>1.4243023099999164</v>
       </c>
       <c r="D376" s="5">
-        <v>3.2686870857167483</v>
+        <v>3.1620537958028549</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>548.94364758999996</v>
+        <v>548.95278532999998</v>
       </c>
       <c r="C377" s="5">
-        <v>-0.73586706000003232</v>
+        <v>-0.78413841999997658</v>
       </c>
       <c r="D377" s="5">
-        <v>-1.5946885093527707</v>
+        <v>-1.6983015734870155</v>
       </c>
       <c r="E377" s="5">
-        <v>1.9523705017438386</v>
+        <v>1.9526984705030781</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>549.58559685</v>
+        <v>549.55281703000003</v>
       </c>
       <c r="C378" s="5">
-        <v>0.64194926000004671</v>
+        <v>0.60003170000004502</v>
       </c>
       <c r="D378" s="5">
-        <v>1.4123729869511603</v>
+        <v>1.3195716794708767</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>551.03398571000002</v>
+        <v>550.98864908999997</v>
       </c>
       <c r="C379" s="5">
-        <v>1.4483888600000228</v>
+        <v>1.4358320599999388</v>
       </c>
       <c r="D379" s="5">
-        <v>3.2087489531097413</v>
+        <v>3.1807222507887367</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>556.07884084</v>
+        <v>556.00450394999996</v>
       </c>
       <c r="C380" s="5">
-        <v>5.0448551299999735</v>
+        <v>5.0158548599999904</v>
       </c>
       <c r="D380" s="5">
-        <v>11.556741023484518</v>
+        <v>11.487940000302576</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>551.68849560000001</v>
+        <v>551.5221646</v>
       </c>
       <c r="C381" s="5">
-        <v>-4.3903452399999878</v>
+        <v>-4.4823393499999611</v>
       </c>
       <c r="D381" s="5">
-        <v>-9.0734549019064197</v>
+        <v>-9.2564153188720901</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>554.37259284000004</v>
+        <v>554.21915773000001</v>
       </c>
       <c r="C382" s="5">
-        <v>2.6840972400000283</v>
+        <v>2.6969931300000098</v>
       </c>
       <c r="D382" s="5">
-        <v>5.9970759312366173</v>
+        <v>6.0285350516789515</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>558.86506000999998</v>
+        <v>558.95153820999997</v>
       </c>
       <c r="C383" s="5">
-        <v>4.4924671699999408</v>
+        <v>4.7323804799999607</v>
       </c>
       <c r="D383" s="5">
-        <v>10.169780934482286</v>
+        <v>10.741769816780788</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>561.69520477000003</v>
+        <v>561.77208425000003</v>
       </c>
       <c r="C384" s="5">
-        <v>2.8301447600000529</v>
+        <v>2.8205460400000675</v>
       </c>
       <c r="D384" s="5">
-        <v>6.2490590611342878</v>
+        <v>6.2262826816796846</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>562.30224396999995</v>
+        <v>562.37830058999998</v>
       </c>
       <c r="C385" s="5">
-        <v>0.6070391999999174</v>
+        <v>0.60621633999994629</v>
       </c>
       <c r="D385" s="5">
-        <v>1.3046089020600338</v>
+        <v>1.3026506006720728</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>562.89514383000005</v>
+        <v>562.97893608000004</v>
       </c>
       <c r="C386" s="5">
-        <v>0.59289986000010231</v>
+        <v>0.60063549000005878</v>
       </c>
       <c r="D386" s="5">
-        <v>1.2726615414174747</v>
+        <v>1.28918837184262</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>571.62906797000005</v>
+        <v>571.82753807999995</v>
       </c>
       <c r="C387" s="5">
-        <v>8.7339241399999992</v>
+        <v>8.8486019999999144</v>
       </c>
       <c r="D387" s="5">
-        <v>20.293354804231669</v>
+        <v>20.579934521266985</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>575.47627264000005</v>
+        <v>575.59016698999994</v>
       </c>
       <c r="C388" s="5">
-        <v>3.8472046699999964</v>
+        <v>3.7626289099999894</v>
       </c>
       <c r="D388" s="5">
-        <v>8.3820606132862796</v>
+        <v>8.1881259696563227</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>578.39060067000003</v>
+        <v>578.43129982000005</v>
       </c>
       <c r="C389" s="5">
-        <v>2.9143280299999788</v>
+        <v>2.841132830000106</v>
       </c>
       <c r="D389" s="5">
-        <v>6.2491969244534262</v>
+        <v>6.0867218979890891</v>
       </c>
       <c r="E389" s="5">
-        <v>5.3642943513928287</v>
+        <v>5.3699544437650015</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>581.44778726000004</v>
+        <v>581.33521664</v>
       </c>
       <c r="C390" s="5">
-        <v>3.0571865900000148</v>
+        <v>2.9039168199999494</v>
       </c>
       <c r="D390" s="5">
-        <v>6.5304950228473713</v>
+        <v>6.1935576679322368</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>592.06980480000004</v>
+        <v>591.90833588999999</v>
       </c>
       <c r="C391" s="5">
-        <v>10.622017540000002</v>
+        <v>10.573119249999991</v>
       </c>
       <c r="D391" s="5">
-        <v>24.264274690460063</v>
+        <v>24.146328609953869</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>594.86980662999997</v>
+        <v>594.64180779000003</v>
       </c>
       <c r="C392" s="5">
-        <v>2.8000018299999283</v>
+        <v>2.7334719000000405</v>
       </c>
       <c r="D392" s="5">
-        <v>5.8249717256508404</v>
+        <v>5.6846240202526266</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>597.61339883999995</v>
+        <v>597.40839762999997</v>
       </c>
       <c r="C393" s="5">
-        <v>2.7435922099999743</v>
+        <v>2.7665898399999378</v>
       </c>
       <c r="D393" s="5">
-        <v>5.6770780940051502</v>
+        <v>5.7281408972499115</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>597.41546697000001</v>
+        <v>597.11477100000002</v>
       </c>
       <c r="C394" s="5">
-        <v>-0.19793186999993395</v>
+        <v>-0.29362662999994882</v>
       </c>
       <c r="D394" s="5">
-        <v>-0.39672144816003119</v>
+        <v>-0.58820903664558166</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>595.86432123999998</v>
+        <v>596.05747855000004</v>
       </c>
       <c r="C395" s="5">
-        <v>-1.5511457300000302</v>
+        <v>-1.0572924499999772</v>
       </c>
       <c r="D395" s="5">
-        <v>-3.0716019396374916</v>
+        <v>-2.1042313507211974</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>600.66301983999995</v>
+        <v>600.85616216000005</v>
       </c>
       <c r="C396" s="5">
-        <v>4.7986985999999661</v>
+        <v>4.7986836100000119</v>
       </c>
       <c r="D396" s="5">
-        <v>10.103762597356859</v>
+        <v>10.100309111005433</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>602.23897252999996</v>
+        <v>602.41979294999999</v>
       </c>
       <c r="C397" s="5">
-        <v>1.5759526900000083</v>
+        <v>1.5636307899999338</v>
       </c>
       <c r="D397" s="5">
-        <v>3.194258652568216</v>
+        <v>3.1678918034759196</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>604.01497978999998</v>
+        <v>604.18765638000002</v>
       </c>
       <c r="C398" s="5">
-        <v>1.7760072600000285</v>
+        <v>1.767863430000034</v>
       </c>
       <c r="D398" s="5">
-        <v>3.596774869629793</v>
+        <v>3.5789228139607721</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>606.06995180000001</v>
+        <v>606.35741938000001</v>
       </c>
       <c r="C399" s="5">
-        <v>2.0549720100000286</v>
+        <v>2.169762999999989</v>
       </c>
       <c r="D399" s="5">
-        <v>4.1598918119505557</v>
+        <v>4.3955943988705393</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>602.83361121999997</v>
+        <v>603.01339716999996</v>
       </c>
       <c r="C400" s="5">
-        <v>-3.2363405800000464</v>
+        <v>-3.3440222100000483</v>
       </c>
       <c r="D400" s="5">
-        <v>-6.2229709430382307</v>
+        <v>-6.420831855442688</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>601.90882529999999</v>
+        <v>601.98981248999996</v>
       </c>
       <c r="C401" s="5">
-        <v>-0.92478591999997661</v>
+        <v>-1.023584679999999</v>
       </c>
       <c r="D401" s="5">
-        <v>-1.8254249585554327</v>
+        <v>-2.0180295667849291</v>
       </c>
       <c r="E401" s="5">
-        <v>4.066149173716993</v>
+        <v>4.0728281262322863</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>607.27082142999996</v>
+        <v>607.03917680999996</v>
       </c>
       <c r="C402" s="5">
-        <v>5.3619961299999659</v>
+        <v>5.0493643199999951</v>
       </c>
       <c r="D402" s="5">
-        <v>11.22961631991004</v>
+        <v>10.542922602176596</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>608.27432423000005</v>
+        <v>607.94728301999999</v>
       </c>
       <c r="C403" s="5">
-        <v>1.0035028000000921</v>
+        <v>0.90810621000002811</v>
       </c>
       <c r="D403" s="5">
-        <v>2.0010980230536379</v>
+        <v>1.8099957808944023</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>608.97100952999995</v>
+        <v>608.54283127999997</v>
       </c>
       <c r="C404" s="5">
-        <v>0.69668529999989914</v>
+        <v>0.59554825999998684</v>
       </c>
       <c r="D404" s="5">
-        <v>1.3831078052965795</v>
+        <v>1.181880381500755</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>608.86793454999997</v>
+        <v>608.65535481999996</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.10307497999997395</v>
+        <v>0.11252353999998377</v>
       </c>
       <c r="D405" s="5">
-        <v>-0.20292409932081146</v>
+        <v>0.22211362544881652</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>608.13008877000004</v>
+        <v>607.65485712999998</v>
       </c>
       <c r="C406" s="5">
-        <v>-0.73784577999992962</v>
+        <v>-1.0004976899999747</v>
       </c>
       <c r="D406" s="5">
-        <v>-1.4445453611590886</v>
+        <v>-1.9548043110643509</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>606.84422067000003</v>
+        <v>607.18017987999997</v>
       </c>
       <c r="C407" s="5">
-        <v>-1.2858681000000161</v>
+        <v>-0.47467725000001337</v>
       </c>
       <c r="D407" s="5">
-        <v>-2.5080533898510837</v>
+        <v>-0.9333781731611035</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>604.32208312</v>
+        <v>604.65375062999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-2.5221375500000249</v>
+        <v>-2.5264292499999783</v>
       </c>
       <c r="D408" s="5">
-        <v>-4.8749427654242616</v>
+        <v>-4.8804087044999171</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>603.92089246</v>
+        <v>604.21045053</v>
       </c>
       <c r="C409" s="5">
-        <v>-0.40119065999999748</v>
+        <v>-0.44330009999998765</v>
       </c>
       <c r="D409" s="5">
-        <v>-0.79374038873494257</v>
+        <v>-0.87623755824687288</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>604.11310562999995</v>
+        <v>604.36538286999996</v>
       </c>
       <c r="C410" s="5">
-        <v>0.19221316999994542</v>
+        <v>0.15493233999995937</v>
       </c>
       <c r="D410" s="5">
-        <v>0.38259977746046836</v>
+        <v>0.30813971591223677</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>604.20221702000003</v>
+        <v>604.57111811000004</v>
       </c>
       <c r="C411" s="5">
-        <v>8.9111390000084612E-2</v>
+        <v>0.20573524000008092</v>
       </c>
       <c r="D411" s="5">
-        <v>0.17715302679923717</v>
+        <v>0.40926408717365526</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>604.93616208000003</v>
+        <v>605.17635908</v>
       </c>
       <c r="C412" s="5">
-        <v>0.73394505999999637</v>
+        <v>0.60524096999995436</v>
       </c>
       <c r="D412" s="5">
-        <v>1.4674593302266281</v>
+        <v>1.2079663308049327</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>604.19510122999998</v>
+        <v>604.32157289999998</v>
       </c>
       <c r="C413" s="5">
-        <v>-0.74106085000005351</v>
+        <v>-0.85478618000001916</v>
       </c>
       <c r="D413" s="5">
-        <v>-1.4601637058759165</v>
+        <v>-1.6818441300846088</v>
       </c>
       <c r="E413" s="5">
-        <v>0.37983758235484721</v>
+        <v>0.38734217118312486</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>604.48753171999999</v>
+        <v>604.13729087000002</v>
       </c>
       <c r="C414" s="5">
-        <v>0.2924304900000152</v>
+        <v>-0.18428202999996302</v>
       </c>
       <c r="D414" s="5">
-        <v>0.58234870848516973</v>
+        <v>-0.36531531466669209</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>603.56011861000002</v>
+        <v>603.06711192</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.92741310999997495</v>
+        <v>-1.0701789500000132</v>
       </c>
       <c r="D415" s="5">
-        <v>-1.8256005688069399</v>
+        <v>-2.1051117136397068</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>603.19033447000004</v>
+        <v>602.54674121000005</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.36978413999997883</v>
+        <v>-0.52037070999995194</v>
       </c>
       <c r="D416" s="5">
-        <v>-0.73273354664216139</v>
+        <v>-1.0305484305716095</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>603.31067312000005</v>
+        <v>603.11101838000002</v>
       </c>
       <c r="C417" s="5">
-        <v>0.12033865000000787</v>
+        <v>0.56427716999996846</v>
       </c>
       <c r="D417" s="5">
-        <v>0.23966719943555592</v>
+        <v>1.1295907187056198</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>605.21625987000004</v>
+        <v>604.60696765</v>
       </c>
       <c r="C418" s="5">
-        <v>1.9055867499999977</v>
+        <v>1.4959492699999828</v>
       </c>
       <c r="D418" s="5">
-        <v>3.8568023232701254</v>
+        <v>3.017408418883738</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>603.56382048</v>
+        <v>604.02905162000002</v>
       </c>
       <c r="C419" s="5">
-        <v>-1.6524393900000405</v>
+        <v>-0.57791602999998304</v>
       </c>
       <c r="D419" s="5">
-        <v>-3.227638625201501</v>
+        <v>-1.1410139180929146</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>603.67836377000003</v>
+        <v>604.14610123</v>
       </c>
       <c r="C420" s="5">
-        <v>0.11454329000002872</v>
+        <v>0.11704960999998093</v>
       </c>
       <c r="D420" s="5">
-        <v>0.22797176334847791</v>
+        <v>0.23278570762108597</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>604.02563664000002</v>
+        <v>604.41992278999999</v>
       </c>
       <c r="C421" s="5">
-        <v>0.34727286999998341</v>
+        <v>0.27382155999998758</v>
       </c>
       <c r="D421" s="5">
-        <v>0.69250200163550879</v>
+        <v>0.54524263364890135</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>605.14373579999994</v>
+        <v>605.47439501999997</v>
       </c>
       <c r="C422" s="5">
-        <v>1.1180991599999288</v>
+        <v>1.0544722299999876</v>
       </c>
       <c r="D422" s="5">
-        <v>2.2440497561766914</v>
+        <v>2.1137277251811692</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>604.40422137999997</v>
+        <v>604.81388795999999</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.73951441999997769</v>
+        <v>-0.66050705999998627</v>
       </c>
       <c r="D423" s="5">
-        <v>-1.4566406590604375</v>
+        <v>-1.3012443685960662</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>603.71644034999997</v>
+        <v>603.99552096000002</v>
       </c>
       <c r="C424" s="5">
-        <v>-0.68778102999999646</v>
+        <v>-0.81836699999996654</v>
       </c>
       <c r="D424" s="5">
-        <v>-1.3570243184301001</v>
+        <v>-1.6116774892995567</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>604.25368003000006</v>
+        <v>604.40404451999996</v>
       </c>
       <c r="C425" s="5">
-        <v>0.53723968000008426</v>
+        <v>0.40852355999993506</v>
       </c>
       <c r="D425" s="5">
-        <v>1.0731070050885805</v>
+        <v>0.81466837932129277</v>
       </c>
       <c r="E425" s="5">
-        <v>9.6953450765768778E-3</v>
+        <v>1.3646975997261279E-2</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>603.71949369000004</v>
+        <v>604.6408232</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.5341863400000193</v>
+        <v>0.2367786800000431</v>
       </c>
       <c r="D426" s="5">
-        <v>-1.055708862840532</v>
+        <v>0.47112098378676581</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>605.13956621</v>
+        <v>605.99259343999995</v>
       </c>
       <c r="C427" s="5">
-        <v>1.4200725199999624</v>
+        <v>1.3517702399999507</v>
       </c>
       <c r="D427" s="5">
-        <v>2.8594518068066233</v>
+        <v>2.7160248713649304</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>605.74738921000005</v>
+        <v>606.41022821000001</v>
       </c>
       <c r="C428" s="5">
-        <v>0.60782300000005307</v>
+        <v>0.41763477000006333</v>
       </c>
       <c r="D428" s="5">
-        <v>1.2120022941066733</v>
+        <v>0.83015161253627845</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>607.05596000000003</v>
+        <v>604.97379000000001</v>
       </c>
       <c r="C429" s="5">
-        <v>1.3085707899999761</v>
+        <v>-1.4364382100000057</v>
       </c>
       <c r="D429" s="5">
-        <v>2.6233330842111657</v>
+        <v>-2.8057660809528318</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>607.47599809999997</v>
+        <v>604.82171427000003</v>
       </c>
       <c r="C430" s="5">
-        <v>0.42003809999994246</v>
+        <v>-0.15207572999997865</v>
       </c>
       <c r="D430" s="5">
-        <v>0.83347891895122483</v>
+        <v>-0.30123417663208141</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>608.38054565000004</v>
+        <v>603.49549439999998</v>
       </c>
       <c r="C431" s="5">
-        <v>0.90454755000007481</v>
+        <v>-1.3262198700000454</v>
       </c>
       <c r="D431" s="5">
-        <v>1.8015375746669227</v>
+        <v>-2.5997912987781868</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>608.16244788999995</v>
+        <v>603.16135678000001</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.21809776000009151</v>
+        <v>-0.3341376199999786</v>
       </c>
       <c r="D432" s="5">
-        <v>-0.42933967015087449</v>
+        <v>-0.66238502912095987</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>607.76949318000004</v>
+        <v>602.77163344999997</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.39295470999991267</v>
+        <v>-0.389723330000038</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.77261183617258755</v>
+        <v>-0.77261183076764439</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>606.50776067000004</v>
+        <v>601.52027652000004</v>
       </c>
       <c r="C434" s="5">
-        <v>-1.2617325100000016</v>
+        <v>-1.251356929999929</v>
       </c>
       <c r="D434" s="5">
-        <v>-2.4629572689012558</v>
+        <v>-2.4629572724346627</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>599.29215678000003</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-2.228119740000011</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-4.355529006995507</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>599.28932068999995</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-2.8360900000734546E-3</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-5.6787317854967156E-3</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">