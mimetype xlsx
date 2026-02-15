--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9A2EF260-625A-472D-96F3-F1AAFA93CF52}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{ABA27B6F-DC9D-4232-AA45-160C09D12933}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CE3E7262-E124-4D29-AE93-E7015ABA357B}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4D42D76E-2DD8-4D5C-822D-01BE24787E62}"/>
   </bookViews>
   <sheets>
     <sheet name="dalttula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Dallas—Plano—Irving Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B9CCE58-C38A-4565-8876-FAAE85692F10}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D7E9118B-8D3A-4552-9F07-47D641E27EFB}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>603.49549439999998</v>
       </c>
       <c r="C431" s="5">
         <v>-1.3262198700000454</v>
       </c>
       <c r="D431" s="5">
         <v>-2.5997912987781868</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>603.16135678000001</v>
       </c>
       <c r="C432" s="5">
         <v>-0.3341376199999786</v>
       </c>
       <c r="D432" s="5">
         <v>-0.66238502912095987</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>602.77163344999997</v>
       </c>
       <c r="C433" s="5">
         <v>-0.389723330000038</v>
       </c>
       <c r="D433" s="5">
         <v>-0.77261183076764439</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>601.52027652000004</v>
       </c>
       <c r="C434" s="5">
         <v>-1.251356929999929</v>
       </c>
       <c r="D434" s="5">
         <v>-2.4629572724346627</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>599.29215678000003</v>
       </c>
       <c r="C435" s="5">
         <v>-2.228119740000011</v>
       </c>
       <c r="D435" s="5">
         <v>-4.355529006995507</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>599.28932068999995</v>
+        <v>599.11414293999997</v>
       </c>
       <c r="C436" s="5">
-        <v>-2.8360900000734546E-3</v>
+        <v>-0.17801384000006237</v>
       </c>
       <c r="D436" s="5">
-        <v>-5.6787317854967156E-3</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.35586643507131699</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>601.11708382999996</v>
+      </c>
+      <c r="C437" s="5">
+        <v>2.0029408899999908</v>
+      </c>
+      <c r="D437" s="5">
+        <v>4.0864000091017649</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.54383499246938305</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>