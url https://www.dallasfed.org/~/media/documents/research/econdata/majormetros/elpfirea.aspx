--- v0 (2025-10-07)
+++ v1 (2025-12-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A5AEE2CD-0503-4DF5-B5FF-85B8DF4C0133}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6C7DCA9C-8DD7-4D50-A7E0-F0D7613791AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{064DDB19-14AB-4BBF-91F1-7474E9BDCAC8}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{45363388-54B1-4F16-A074-638783864E08}"/>
   </bookViews>
   <sheets>
     <sheet name="elpfirea" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Financial Activities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F126A0CC-D777-4D12-9D56-E300E0F6D617}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A8703929-97A5-4DD4-879F-F757FC5CE929}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-5.1946196999999472E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-4.1471881314297354</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>14.633493957000001</v>
       </c>
       <c r="C432" s="5">
         <v>-5.7442168999999765E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-4.5924497519641676</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>14.4262216</v>
+        <v>14.442200559</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.2072723570000008</v>
+        <v>-0.19129339800000089</v>
       </c>
       <c r="D433" s="5">
-        <v>-15.73353061573599</v>
+        <v>-14.606646263278765</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>14.377876272</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-6.4324286999999813E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-5.2156921819954576</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>