--- v1 (2025-12-13)
+++ v2 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6C7DCA9C-8DD7-4D50-A7E0-F0D7613791AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D24BF7B6-CA65-47C7-BC7B-E2CEBF653791}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{45363388-54B1-4F16-A074-638783864E08}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{70E3213F-B76A-4799-9949-27C9E7735F0B}"/>
   </bookViews>
   <sheets>
     <sheet name="elpfirea" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Financial Activities Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A8703929-97A5-4DD4-879F-F757FC5CE929}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AA945C98-1B98-43DD-A758-BA6000FDDCC4}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>9.3932180968000001</v>
+        <v>9.3932179156999993</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>9.3435873174000008</v>
+        <v>9.3435870897999997</v>
       </c>
       <c r="C7" s="5">
-        <v>-4.963077939999927E-2</v>
+        <v>-4.9630825899999564E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>-6.1593713728000825</v>
+        <v>-6.1593770922945268</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>9.2949793102000005</v>
+        <v>9.2949790676999999</v>
       </c>
       <c r="C8" s="5">
-        <v>-4.8608007200000358E-2</v>
+        <v>-4.8608022099999815E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>-6.0671829928123033</v>
+        <v>-6.067184943309389</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>9.2912067977999993</v>
+        <v>9.2912065754000004</v>
       </c>
       <c r="C9" s="5">
-        <v>-3.7725124000012045E-3</v>
+        <v>-3.7724922999995414E-3</v>
       </c>
       <c r="D9" s="5">
-        <v>-0.48595299788797286</v>
+        <v>-0.48595042715010583</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>9.3602969592999994</v>
+        <v>9.3602967774000003</v>
       </c>
       <c r="C10" s="5">
-        <v>6.9090161500000136E-2</v>
+        <v>6.9090201999999934E-2</v>
       </c>
       <c r="D10" s="5">
-        <v>9.2974446400920119</v>
+        <v>9.2974505467009685</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>9.4088372315999997</v>
+        <v>9.4088370979999993</v>
       </c>
       <c r="C11" s="5">
-        <v>4.8540272300000353E-2</v>
+        <v>4.8540320599999021E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>6.4035065766814281</v>
+        <v>6.4035132593251776</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>9.2800156605000002</v>
+        <v>9.2800156121999997</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.12882157109999959</v>
+        <v>-0.12882148579999964</v>
       </c>
       <c r="D12" s="5">
-        <v>-15.247397446520505</v>
+        <v>-15.247388298645381</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>9.2505042619999998</v>
+        <v>9.2505043390000008</v>
       </c>
       <c r="C13" s="5">
-        <v>-2.9511398500000396E-2</v>
+        <v>-2.9511273199998911E-2</v>
       </c>
       <c r="D13" s="5">
-        <v>-3.7500790400229911</v>
+        <v>-3.7500634144978173</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>9.2171575962999999</v>
+        <v>9.2171584309999997</v>
       </c>
       <c r="C14" s="5">
-        <v>-3.3346665699999889E-2</v>
+        <v>-3.3345908000001145E-2</v>
       </c>
       <c r="D14" s="5">
-        <v>-4.2410738290549528</v>
+        <v>-4.2409793316138149</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>9.0675192040999999</v>
+        <v>9.0675199907999993</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.14963839219999997</v>
+        <v>-0.14963844020000039</v>
       </c>
       <c r="D15" s="5">
-        <v>-17.83295844997026</v>
+        <v>-17.832962195946255</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>9.0146727209000002</v>
+        <v>9.0146726443999992</v>
       </c>
       <c r="C16" s="5">
-        <v>-5.2846483199999739E-2</v>
+        <v>-5.2847346400000106E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>-6.7738472755729422</v>
+        <v>-6.7739538289610994</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>8.9705364701000008</v>
+        <v>8.9705362016999999</v>
       </c>
       <c r="C17" s="5">
-        <v>-4.4136250799999388E-2</v>
+        <v>-4.4136442699999279E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>-5.7195984453682129</v>
+        <v>-5.7196226950477547</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>9.0036965925000008</v>
+        <v>9.0036963398999994</v>
       </c>
       <c r="C18" s="5">
-        <v>3.3160122399999992E-2</v>
+        <v>3.3160138199999523E-2</v>
       </c>
       <c r="D18" s="5">
-        <v>4.5271780842892184</v>
+        <v>4.527180423643995</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>8.9448818885999994</v>
+        <v>8.9448815892999995</v>
       </c>
       <c r="C19" s="5">
-        <v>-5.8814703900001319E-2</v>
+        <v>-5.8814750599999854E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>-7.5631570691792387</v>
+        <v>-7.5631630650007553</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>8.8916154239999994</v>
+        <v>8.8916151409000008</v>
       </c>
       <c r="C20" s="5">
-        <v>-5.3266464600000063E-2</v>
+        <v>-5.3266448399998723E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>-6.9164962824439291</v>
+        <v>-6.9164944712343583</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>8.8895802477999997</v>
+        <v>8.8895798690000003</v>
       </c>
       <c r="C21" s="5">
-        <v>-2.0351761999997109E-3</v>
+        <v>-2.0352719000005237E-3</v>
       </c>
       <c r="D21" s="5">
-        <v>-0.27431903193493312</v>
+        <v>-0.27433192371507653</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>8.8595651799000006</v>
+        <v>8.8595650279000004</v>
       </c>
       <c r="C22" s="5">
-        <v>-3.0015067899999082E-2</v>
+        <v>-3.0014841099999856E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>-3.9773175073455236</v>
+        <v>-3.9772881761508394</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>8.8113154791999992</v>
+        <v>8.8113153885000006</v>
       </c>
       <c r="C23" s="5">
-        <v>-4.8249700700001341E-2</v>
+        <v>-4.8249639399999822E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>-6.3430263713078912</v>
+        <v>-6.3430186580755388</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>8.7827889079000006</v>
+        <v>8.7827889410999997</v>
       </c>
       <c r="C24" s="5">
-        <v>-2.8526571299998693E-2</v>
+        <v>-2.8526447400000876E-2</v>
       </c>
       <c r="D24" s="5">
-        <v>-3.8165556249939003</v>
+        <v>-3.8165393811064763</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>8.6467083823999999</v>
+        <v>8.6467085907999994</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.1360805255000006</v>
+        <v>-0.13608035030000032</v>
       </c>
       <c r="D25" s="5">
-        <v>-17.087423575214167</v>
+        <v>-17.087403356280507</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>8.7193287312999992</v>
+        <v>8.7193296364999995</v>
       </c>
       <c r="C26" s="5">
-        <v>7.2620348899999243E-2</v>
+        <v>7.2621045700000053E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>10.557159180240184</v>
+        <v>10.557264935292254</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>8.7643811636999995</v>
+        <v>8.7643820600000009</v>
       </c>
       <c r="C27" s="5">
-        <v>4.5052432400000342E-2</v>
+        <v>4.5052423500001382E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>6.3796271003750071</v>
+        <v>6.3796251228297463</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>8.9079567873999999</v>
+        <v>8.9079569770999996</v>
       </c>
       <c r="C28" s="5">
-        <v>0.14357562370000032</v>
+        <v>0.1435749170999987</v>
       </c>
       <c r="D28" s="5">
-        <v>21.529619327181358</v>
+        <v>21.529501243277458</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>8.7675517192000001</v>
+        <v>8.7675519048999995</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.14040506819999976</v>
+        <v>-0.14040507220000009</v>
       </c>
       <c r="D29" s="5">
-        <v>-17.357619584821627</v>
+        <v>-17.357619699063378</v>
       </c>
       <c r="E29" s="5">
-        <v>-2.2627938872616604</v>
+        <v>-2.2627888928371198</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>8.7201756708999998</v>
+        <v>8.7201743091000008</v>
       </c>
       <c r="C30" s="5">
-        <v>-4.7376048300000306E-2</v>
+        <v>-4.7377595799998673E-2</v>
       </c>
       <c r="D30" s="5">
-        <v>-6.2949986746294044</v>
+        <v>-6.2951980939845225</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>8.7442104549999993</v>
+        <v>8.7442096578000008</v>
       </c>
       <c r="C31" s="5">
-        <v>2.4034784099999484E-2</v>
+        <v>2.4035348700000014E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>3.358074778529696</v>
+        <v>3.3581553949972198</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>8.7842811114000003</v>
+        <v>8.7842810878000002</v>
       </c>
       <c r="C32" s="5">
-        <v>4.007065640000107E-2</v>
+        <v>4.0071429999999353E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>5.6397794791627431</v>
+        <v>5.6398916462065518</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>8.7860412515000004</v>
+        <v>8.7860407005999992</v>
       </c>
       <c r="C33" s="5">
-        <v>1.7601401000000294E-3</v>
+        <v>1.759612799999033E-3</v>
       </c>
       <c r="D33" s="5">
-        <v>0.2407137677354898</v>
+        <v>0.24064157626413341</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>8.7631482028000001</v>
+        <v>8.7631481767999997</v>
       </c>
       <c r="C34" s="5">
-        <v>-2.2893048700000307E-2</v>
+        <v>-2.2892523799999509E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>-3.0823170339992045</v>
+        <v>-3.0822475617160006</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>8.8217605071000005</v>
+        <v>8.8217605270000004</v>
       </c>
       <c r="C35" s="5">
-        <v>5.8612304300000417E-2</v>
+        <v>5.8612350200000662E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>8.3281388840020565</v>
+        <v>8.3281456732593462</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>8.883627486</v>
+        <v>8.8836276798</v>
       </c>
       <c r="C36" s="5">
-        <v>6.1866978899999481E-2</v>
+        <v>6.1867152799999658E-2</v>
       </c>
       <c r="D36" s="5">
-        <v>8.7479074799618584</v>
+        <v>8.7479330047870221</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>8.8437946252999993</v>
+        <v>8.8437950806999996</v>
       </c>
       <c r="C37" s="5">
-        <v>-3.9832860700000694E-2</v>
+        <v>-3.9832599100000365E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>-5.2498919426887447</v>
+        <v>-5.2498581983952075</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>8.8200078289999997</v>
+        <v>8.8200089388999992</v>
       </c>
       <c r="C38" s="5">
-        <v>-2.378679629999958E-2</v>
+        <v>-2.3786141800000493E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>-3.1802707292820087</v>
+        <v>-3.1801843523151074</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>9.0562546103999999</v>
+        <v>9.0562557958000003</v>
       </c>
       <c r="C39" s="5">
-        <v>0.23624678140000022</v>
+        <v>0.23624685690000113</v>
       </c>
       <c r="D39" s="5">
-        <v>37.326970476609908</v>
+        <v>37.326978805334733</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>8.9928347628999994</v>
+        <v>8.9928353176000009</v>
       </c>
       <c r="C40" s="5">
-        <v>-6.3419847500000515E-2</v>
+        <v>-6.3420478199999408E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>-8.0872253700398957</v>
+        <v>-8.087301705974026</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>9.0595904957000002</v>
+        <v>9.0595911058999992</v>
       </c>
       <c r="C41" s="5">
-        <v>6.67557328000008E-2</v>
+        <v>6.6755788299998287E-2</v>
       </c>
       <c r="D41" s="5">
-        <v>9.2806945012607009</v>
+        <v>9.2807019388123848</v>
       </c>
       <c r="E41" s="5">
-        <v>3.3309045199068077</v>
+        <v>3.330909291073425</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>9.1469462896000007</v>
+        <v>9.1469436936000008</v>
       </c>
       <c r="C42" s="5">
-        <v>8.7355793900000478E-2</v>
+        <v>8.7352587700001649E-2</v>
       </c>
       <c r="D42" s="5">
-        <v>12.204619505159409</v>
+        <v>12.20414667861629</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>9.1512398667999992</v>
+        <v>9.1512383581000005</v>
       </c>
       <c r="C43" s="5">
-        <v>4.2935771999985661E-3</v>
+        <v>4.2946644999997119E-3</v>
       </c>
       <c r="D43" s="5">
-        <v>0.56473657841018543</v>
+        <v>0.56488012182556169</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>9.1766323662999998</v>
+        <v>9.1766323679999999</v>
       </c>
       <c r="C44" s="5">
-        <v>2.5392499500000554E-2</v>
+        <v>2.5394009899999404E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>3.3810009812987429</v>
+        <v>3.381205735645354</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>9.1853626519000002</v>
+        <v>9.1853617330000006</v>
       </c>
       <c r="C45" s="5">
-        <v>8.7302856000004425E-3</v>
+        <v>8.7293650000006551E-3</v>
       </c>
       <c r="D45" s="5">
-        <v>1.1476251626739709</v>
+        <v>1.1475035126713884</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>9.1648121670999991</v>
+        <v>9.1648121370000002</v>
       </c>
       <c r="C46" s="5">
-        <v>-2.0550484800001101E-2</v>
+        <v>-2.0549596000000392E-2</v>
       </c>
       <c r="D46" s="5">
-        <v>-2.6519780609799981</v>
+        <v>-2.6518650336653016</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>9.1238482923999999</v>
+        <v>9.1238483514999995</v>
       </c>
       <c r="C47" s="5">
-        <v>-4.0963874699999181E-2</v>
+        <v>-4.0963785500000682E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>-5.2337179210265479</v>
+        <v>-5.2337068199172387</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>9.1837722811999996</v>
+        <v>9.1837726861999993</v>
       </c>
       <c r="C48" s="5">
-        <v>5.9923988799999606E-2</v>
+        <v>5.9924334699999804E-2</v>
       </c>
       <c r="D48" s="5">
-        <v>8.1724368748922629</v>
+        <v>8.1724857108575133</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>9.2491093302999996</v>
+        <v>9.2491102253000008</v>
       </c>
       <c r="C49" s="5">
-        <v>6.5337049100000044E-2</v>
+        <v>6.5337539100001507E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>8.8793900187261965</v>
+        <v>8.8794588303637845</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>9.2219641102000001</v>
+        <v>9.2219657856000001</v>
       </c>
       <c r="C50" s="5">
-        <v>-2.7145220099999534E-2</v>
+        <v>-2.7144439700000689E-2</v>
       </c>
       <c r="D50" s="5">
-        <v>-3.4655836437584853</v>
+        <v>-3.4654852841605521</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>9.1421784502999994</v>
+        <v>9.1421803989000008</v>
       </c>
       <c r="C51" s="5">
-        <v>-7.9785659900000638E-2</v>
+        <v>-7.978538669999935E-2</v>
       </c>
       <c r="D51" s="5">
-        <v>-9.9019901281170668</v>
+        <v>-9.9019561046044036</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>9.1732041688999999</v>
+        <v>9.1732055705000004</v>
       </c>
       <c r="C52" s="5">
-        <v>3.1025718600000474E-2</v>
+        <v>3.1025171599999624E-2</v>
       </c>
       <c r="D52" s="5">
-        <v>4.1493074201257585</v>
+        <v>4.1492319938660982</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>9.155476857</v>
+        <v>9.1554783459000006</v>
       </c>
       <c r="C53" s="5">
-        <v>-1.7727311899999876E-2</v>
+        <v>-1.7727224599999758E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>-2.2945221609980582</v>
+        <v>-2.2945106343460142</v>
       </c>
       <c r="E53" s="5">
-        <v>1.0583961973282374</v>
+        <v>1.0584058251542405</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>9.0698921114999997</v>
+        <v>9.0698865525999999</v>
       </c>
       <c r="C54" s="5">
-        <v>-8.5584745500000281E-2</v>
+        <v>-8.5591793300000774E-2</v>
       </c>
       <c r="D54" s="5">
-        <v>-10.658380099219922</v>
+        <v>-10.659211529993474</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>9.1603386474999997</v>
+        <v>9.1603365801999992</v>
       </c>
       <c r="C55" s="5">
-        <v>9.0446535999999966E-2</v>
+        <v>9.0450027599999316E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>12.6452542234893</v>
+        <v>12.645777642144228</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>9.0757973504000002</v>
+        <v>9.0757973591999992</v>
       </c>
       <c r="C56" s="5">
-        <v>-8.4541297099999468E-2</v>
+        <v>-8.4539220999999998E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>-10.529651378127348</v>
+        <v>-10.529408037344313</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>9.3850161031999999</v>
+        <v>9.3850148541999996</v>
       </c>
       <c r="C57" s="5">
-        <v>0.30921875279999966</v>
+        <v>0.3092174950000004</v>
       </c>
       <c r="D57" s="5">
-        <v>49.486778894819892</v>
+        <v>49.486538423222612</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>9.3629403765999992</v>
+        <v>9.3629399858000006</v>
       </c>
       <c r="C58" s="5">
-        <v>-2.2075726600000678E-2</v>
+        <v>-2.2074868399998948E-2</v>
       </c>
       <c r="D58" s="5">
-        <v>-2.7864443770126646</v>
+        <v>-2.7863378167453545</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>9.4269812411</v>
+        <v>9.4269811943999997</v>
       </c>
       <c r="C59" s="5">
-        <v>6.4040864500000794E-2</v>
+        <v>6.4041208599999067E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>8.52370718517097</v>
+        <v>8.5237550899242454</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>9.3834560806000002</v>
+        <v>9.3834565692999998</v>
       </c>
       <c r="C60" s="5">
-        <v>-4.3525160499999771E-2</v>
+        <v>-4.3524625099999881E-2</v>
       </c>
       <c r="D60" s="5">
-        <v>-5.4019480891012384</v>
+        <v>-5.4018833444072545</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>9.4513555729000007</v>
+        <v>9.4513568800000005</v>
       </c>
       <c r="C61" s="5">
-        <v>6.7899492300000475E-2</v>
+        <v>6.7900310700000688E-2</v>
       </c>
       <c r="D61" s="5">
-        <v>9.0373578488259998</v>
+        <v>9.0374706588341791</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>9.4244139082</v>
+        <v>9.4244161835</v>
       </c>
       <c r="C62" s="5">
-        <v>-2.69416647000007E-2</v>
+        <v>-2.6940696500000527E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>-3.3675498112726632</v>
+        <v>-3.3674302244689258</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>9.5339252272999992</v>
+        <v>9.5339283346000006</v>
       </c>
       <c r="C63" s="5">
-        <v>0.10951131909999923</v>
+        <v>0.10951215110000057</v>
       </c>
       <c r="D63" s="5">
-        <v>14.870544579548239</v>
+        <v>14.870661050271018</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>9.5456230697999995</v>
+        <v>9.5456264489000002</v>
       </c>
       <c r="C64" s="5">
-        <v>1.1697842500000277E-2</v>
+        <v>1.1698114299999673E-2</v>
       </c>
       <c r="D64" s="5">
-        <v>1.4823410440031104</v>
+        <v>1.4823752326410311</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>9.4514340532999999</v>
+        <v>9.4514382918000006</v>
       </c>
       <c r="C65" s="5">
-        <v>-9.4189016499999667E-2</v>
+        <v>-9.4188157099999614E-2</v>
       </c>
       <c r="D65" s="5">
-        <v>-11.218776519783136</v>
+        <v>-11.218675888988194</v>
       </c>
       <c r="E65" s="5">
-        <v>3.2325699788506412</v>
+        <v>3.23259948544945</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>9.6902097360999999</v>
+        <v>9.6901999268000001</v>
       </c>
       <c r="C66" s="5">
-        <v>0.23877568280000006</v>
+        <v>0.23876163499999947</v>
       </c>
       <c r="D66" s="5">
-        <v>34.904247518836563</v>
+        <v>34.901882818178542</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>9.6724673788000004</v>
+        <v>9.6724638340000002</v>
       </c>
       <c r="C67" s="5">
-        <v>-1.7742357299999512E-2</v>
+        <v>-1.7736092799999881E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>-2.1751570145274512</v>
+        <v>-2.1743989003627506</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>9.5779393835000004</v>
+        <v>9.5779384694999994</v>
       </c>
       <c r="C68" s="5">
-        <v>-9.4527995300000001E-2</v>
+        <v>-9.4525364500000819E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>-11.117200358996371</v>
+        <v>-11.116911251965011</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>9.3915909423000006</v>
+        <v>9.3915891514999998</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.18634844119999983</v>
+        <v>-0.18634931799999954</v>
       </c>
       <c r="D69" s="5">
-        <v>-21.004016660484737</v>
+        <v>-21.004106956261825</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>9.4617788692999998</v>
+        <v>9.4617779877999997</v>
       </c>
       <c r="C70" s="5">
-        <v>7.0187926999999206E-2</v>
+        <v>7.0188836299999835E-2</v>
       </c>
       <c r="D70" s="5">
-        <v>9.346152894604387</v>
+        <v>9.3462808518960614</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>9.4203434955999992</v>
+        <v>9.4203432145000008</v>
       </c>
       <c r="C71" s="5">
-        <v>-4.1435373700000611E-2</v>
+        <v>-4.1434773299998895E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>-5.1303412263114971</v>
+        <v>-5.1302691352547285</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>9.4802748198</v>
+        <v>9.4802755656999995</v>
       </c>
       <c r="C72" s="5">
-        <v>5.9931324200000802E-2</v>
+        <v>5.9932351199998735E-2</v>
       </c>
       <c r="D72" s="5">
-        <v>7.9071591818691722</v>
+        <v>7.9072997014608903</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>9.4579654140000002</v>
+        <v>9.4579673796999995</v>
       </c>
       <c r="C73" s="5">
-        <v>-2.2309405799999737E-2</v>
+        <v>-2.2308186000000063E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>-2.7876295219817271</v>
+        <v>-2.7874788548714058</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>9.5302332706000001</v>
+        <v>9.5302365189000007</v>
       </c>
       <c r="C74" s="5">
-        <v>7.2267856599999902E-2</v>
+        <v>7.226913920000122E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>9.564462581975409</v>
+        <v>9.5646374551103364</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>9.4226538347000002</v>
+        <v>9.4226584799000008</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.10757943589999996</v>
+        <v>-0.10757803899999985</v>
       </c>
       <c r="D75" s="5">
-        <v>-12.735728697410508</v>
+        <v>-12.735569380141687</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>9.4219036852000002</v>
+        <v>9.4219093935</v>
       </c>
       <c r="C76" s="5">
-        <v>-7.5014949999996361E-4</v>
+        <v>-7.4908640000082016E-4</v>
       </c>
       <c r="D76" s="5">
-        <v>-9.549171241904908E-2</v>
+        <v>-9.5356395253121118E-2</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>9.4573860057000001</v>
+        <v>9.4573931917999996</v>
       </c>
       <c r="C77" s="5">
-        <v>3.5482320499999886E-2</v>
+        <v>3.5483798299999592E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>4.6139157772228323</v>
+        <v>4.6141090859243894</v>
       </c>
       <c r="E77" s="5">
-        <v>6.2974066860488342E-2</v>
+        <v>6.3005225407497534E-2</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>9.3924730293999996</v>
+        <v>9.3924589276999999</v>
       </c>
       <c r="C78" s="5">
-        <v>-6.491297630000048E-2</v>
+        <v>-6.4934264099999695E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>-7.9325537443635241</v>
+        <v>-7.9350519317770374</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>9.3774714267999997</v>
+        <v>9.3774661164000008</v>
       </c>
       <c r="C79" s="5">
-        <v>-1.5001602599999941E-2</v>
+        <v>-1.4992811299999076E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>-1.899885457758832</v>
+        <v>-1.8987846615764137</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>9.4824438112999996</v>
+        <v>9.4824418473000005</v>
       </c>
       <c r="C80" s="5">
-        <v>0.1049723844999999</v>
+        <v>0.10497573089999968</v>
       </c>
       <c r="D80" s="5">
-        <v>14.291607496531157</v>
+        <v>14.292100104364259</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>9.4988185373</v>
+        <v>9.4988158540000001</v>
       </c>
       <c r="C81" s="5">
-        <v>1.637472600000045E-2</v>
+        <v>1.6374006699999555E-2</v>
       </c>
       <c r="D81" s="5">
-        <v>2.0920108626601763</v>
+        <v>2.0919185288354569</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>9.5670655069000006</v>
+        <v>9.5670637260000007</v>
       </c>
       <c r="C82" s="5">
-        <v>6.824696960000054E-2</v>
+        <v>6.8247872000000598E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>8.9707345264189655</v>
+        <v>8.9708605037463798</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>9.6264311965000005</v>
+        <v>9.6264304714000009</v>
       </c>
       <c r="C83" s="5">
-        <v>5.9365689599999882E-2</v>
+        <v>5.9366745400000198E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>7.7057183760050663</v>
+        <v>7.7058616141725267</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>9.5767722182000004</v>
+        <v>9.5767731924999993</v>
       </c>
       <c r="C84" s="5">
-        <v>-4.9658978300000101E-2</v>
+        <v>-4.96572789000016E-2</v>
       </c>
       <c r="D84" s="5">
-        <v>-6.0176799786587072</v>
+        <v>-6.017480292781352</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>9.5573466172000003</v>
+        <v>9.5573493758999994</v>
       </c>
       <c r="C85" s="5">
-        <v>-1.9425601000000015E-2</v>
+        <v>-1.942381659999981E-2</v>
       </c>
       <c r="D85" s="5">
-        <v>-2.4071170272374043</v>
+        <v>-2.4068981324589345</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>9.6323400184000008</v>
+        <v>9.6323445127999996</v>
       </c>
       <c r="C86" s="5">
-        <v>7.499340120000042E-2</v>
+        <v>7.4995136900000148E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>9.8331939059955076</v>
+        <v>9.8334284410135595</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>9.7171087599000003</v>
+        <v>9.7171151539</v>
       </c>
       <c r="C87" s="5">
-        <v>8.4768741499999578E-2</v>
+        <v>8.4770641100000432E-2</v>
       </c>
       <c r="D87" s="5">
-        <v>11.086966682552912</v>
+        <v>11.08722185368698</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>9.6960243908999999</v>
+        <v>9.6960323537999997</v>
       </c>
       <c r="C88" s="5">
-        <v>-2.1084369000000436E-2</v>
+        <v>-2.1082800100000298E-2</v>
       </c>
       <c r="D88" s="5">
-        <v>-2.5729331131088218</v>
+        <v>-2.5727422657570553</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>9.6565745836999994</v>
+        <v>9.6565840704999992</v>
       </c>
       <c r="C89" s="5">
-        <v>-3.9449807200000464E-2</v>
+        <v>-3.9448283300000497E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>-4.7746016226221544</v>
+        <v>-4.774417459011449</v>
       </c>
       <c r="E89" s="5">
-        <v>2.1061694836178591</v>
+        <v>2.1061922102668662</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>9.5899339308999991</v>
+        <v>9.5899180636000008</v>
       </c>
       <c r="C90" s="5">
-        <v>-6.6640652800000311E-2</v>
+        <v>-6.6666006899998465E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>-7.9740749470092016</v>
+        <v>-7.9769869674297667</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>9.6864528687</v>
+        <v>9.6864454218000002</v>
       </c>
       <c r="C91" s="5">
-        <v>9.651893780000087E-2</v>
+        <v>9.6527358199999469E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>12.769032454290041</v>
+        <v>12.770231129219667</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>9.6795296795999999</v>
+        <v>9.6795262177999994</v>
       </c>
       <c r="C92" s="5">
-        <v>-6.9231891000001156E-3</v>
+        <v>-6.9192040000007893E-3</v>
       </c>
       <c r="D92" s="5">
-        <v>-0.8543113320072071</v>
+        <v>-0.85382216075022832</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>9.8129162578999996</v>
+        <v>9.8129119095000004</v>
       </c>
       <c r="C93" s="5">
-        <v>0.13338657829999967</v>
+        <v>0.13338569170000092</v>
       </c>
       <c r="D93" s="5">
-        <v>17.849038097995873</v>
+        <v>17.848917200590076</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>9.8857916678999995</v>
+        <v>9.8857884111000001</v>
       </c>
       <c r="C94" s="5">
-        <v>7.2875409999999974E-2</v>
+        <v>7.2876501599999699E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>9.2849443759779771</v>
+        <v>9.2850934684353135</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>9.8313356954</v>
+        <v>9.8313344215999994</v>
       </c>
       <c r="C95" s="5">
-        <v>-5.4455972499999561E-2</v>
+        <v>-5.4453989500000688E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>-6.4135746701353247</v>
+        <v>-6.4133502002987512</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>9.7703598038999999</v>
+        <v>9.7703604022999997</v>
       </c>
       <c r="C96" s="5">
-        <v>-6.0975891500000046E-2</v>
+        <v>-6.0974019299999682E-2</v>
       </c>
       <c r="D96" s="5">
-        <v>-7.1939300572075755</v>
+        <v>-7.1937175550722765</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>9.7600250157000001</v>
+        <v>9.7600282240999992</v>
       </c>
       <c r="C97" s="5">
-        <v>-1.0334788199999778E-2</v>
+        <v>-1.0332178200000541E-2</v>
       </c>
       <c r="D97" s="5">
-        <v>-1.2619647426309721</v>
+        <v>-1.2616478141806886</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>9.6305696079000001</v>
+        <v>9.6305754664999998</v>
       </c>
       <c r="C98" s="5">
-        <v>-0.12945540780000009</v>
+        <v>-0.1294527575999993</v>
       </c>
       <c r="D98" s="5">
-        <v>-14.805310300311458</v>
+        <v>-14.80502444960068</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>9.6048930173000002</v>
+        <v>9.6049017985000003</v>
       </c>
       <c r="C99" s="5">
-        <v>-2.5676590599999827E-2</v>
+        <v>-2.5673667999999594E-2</v>
       </c>
       <c r="D99" s="5">
-        <v>-3.1528850438754308</v>
+        <v>-3.152529527041692</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>9.6785178744000007</v>
+        <v>9.6785295600999994</v>
       </c>
       <c r="C100" s="5">
-        <v>7.362485710000044E-2</v>
+        <v>7.3627761599999175E-2</v>
       </c>
       <c r="D100" s="5">
-        <v>9.5963005512331492</v>
+        <v>9.5966860800630993</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>9.6558100996</v>
+        <v>9.6558246489999995</v>
       </c>
       <c r="C101" s="5">
-        <v>-2.2707774800000635E-2</v>
+        <v>-2.2704911099999947E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>-2.7793962861908383</v>
+        <v>-2.7790469716156507</v>
       </c>
       <c r="E101" s="5">
-        <v>-7.9167213319131235E-3</v>
+        <v>-7.8642871480738563E-3</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>10.078571857</v>
+        <v>10.078551324999999</v>
       </c>
       <c r="C102" s="5">
-        <v>0.42276175739999999</v>
+        <v>0.42272667599999991</v>
       </c>
       <c r="D102" s="5">
-        <v>67.233533982083515</v>
+        <v>67.226422031685189</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>10.091309669999999</v>
+        <v>10.091298375999999</v>
       </c>
       <c r="C103" s="5">
-        <v>1.2737812999999321E-2</v>
+        <v>1.2747050999999843E-2</v>
       </c>
       <c r="D103" s="5">
-        <v>1.5272080327905613</v>
+        <v>1.5283264797861795</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>10.071192957999999</v>
+        <v>10.071189433000001</v>
       </c>
       <c r="C104" s="5">
-        <v>-2.0116712000000092E-2</v>
+        <v>-2.0108942999998547E-2</v>
       </c>
       <c r="D104" s="5">
-        <v>-2.3661083231755309</v>
+        <v>-2.365207150572346</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>10.031460233000001</v>
+        <v>10.031453938</v>
       </c>
       <c r="C105" s="5">
-        <v>-3.9732724999998581E-2</v>
+        <v>-3.9735495000000398E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>-4.6328360298689697</v>
+        <v>-4.6331536222943059</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>10.013091451999999</v>
+        <v>10.013086707999999</v>
       </c>
       <c r="C106" s="5">
-        <v>-1.8368781000001277E-2</v>
+        <v>-1.8367230000000845E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>-2.1753456142506344</v>
+        <v>-2.1751651321510246</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>9.9502514573000003</v>
+        <v>9.9502500125999997</v>
       </c>
       <c r="C107" s="5">
-        <v>-6.2839994699999124E-2</v>
+        <v>-6.2836695399999698E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>-7.2763580604068405</v>
+        <v>-7.2759924456800906</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>10.160618391</v>
+        <v>10.160618725000001</v>
       </c>
       <c r="C108" s="5">
-        <v>0.21036693369999959</v>
+        <v>0.2103687124000011</v>
       </c>
       <c r="D108" s="5">
-        <v>28.538436628111086</v>
+        <v>28.538711285740305</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>10.148486343</v>
+        <v>10.148489071</v>
       </c>
       <c r="C109" s="5">
-        <v>-1.2132047999999784E-2</v>
+        <v>-1.2129654000000656E-2</v>
       </c>
       <c r="D109" s="5">
-        <v>-1.4234595802592787</v>
+        <v>-1.4231804862060327</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>10.221390562</v>
+        <v>10.221397395</v>
       </c>
       <c r="C110" s="5">
-        <v>7.290421899999977E-2</v>
+        <v>7.2908324000000135E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>8.969394550337606</v>
+        <v>8.9699172010091921</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>10.304469228</v>
+        <v>10.304479873</v>
       </c>
       <c r="C111" s="5">
-        <v>8.3078666000000467E-2</v>
+        <v>8.3082477999999682E-2</v>
       </c>
       <c r="D111" s="5">
-        <v>10.201554965697701</v>
+        <v>10.202037049913049</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>10.27012818</v>
+        <v>10.270144216</v>
       </c>
       <c r="C112" s="5">
-        <v>-3.434104799999993E-2</v>
+        <v>-3.4335656999999742E-2</v>
       </c>
       <c r="D112" s="5">
-        <v>-3.9266691005060528</v>
+        <v>-3.9260599467544344</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>10.252237893</v>
+        <v>10.252256933</v>
       </c>
       <c r="C113" s="5">
-        <v>-1.7890287000000171E-2</v>
+        <v>-1.7887283000000309E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>-2.0704560502099567</v>
+        <v>-2.0701085171575984</v>
       </c>
       <c r="E113" s="5">
-        <v>6.1768799018189879</v>
+        <v>6.1769171011382129</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>10.367637045</v>
+        <v>10.367613509</v>
       </c>
       <c r="C114" s="5">
-        <v>0.11539915200000017</v>
+        <v>0.11535657599999993</v>
       </c>
       <c r="D114" s="5">
-        <v>14.375582194933401</v>
+        <v>14.369917590485471</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>10.386635427</v>
+        <v>10.386620142</v>
       </c>
       <c r="C115" s="5">
-        <v>1.8998381999999481E-2</v>
+        <v>1.9006633000000051E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>2.2212621595921744</v>
+        <v>2.2222416975651527</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>10.152348806999999</v>
+        <v>10.152345046000001</v>
       </c>
       <c r="C116" s="5">
-        <v>-0.23428662000000067</v>
+        <v>-0.23427509599999929</v>
       </c>
       <c r="D116" s="5">
-        <v>-23.949914014360296</v>
+        <v>-23.948909099377691</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>10.454609461</v>
+        <v>10.454601453</v>
       </c>
       <c r="C117" s="5">
-        <v>0.30226065400000124</v>
+        <v>0.30225640699999978</v>
       </c>
       <c r="D117" s="5">
-        <v>42.198626947638076</v>
+        <v>42.197952037017281</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>10.444089305</v>
+        <v>10.444083831</v>
       </c>
       <c r="C118" s="5">
-        <v>-1.0520156000000114E-2</v>
+        <v>-1.051762200000006E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>-1.2008629038414265</v>
+        <v>-1.200576163980871</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>10.368385935999999</v>
+        <v>10.368385016</v>
       </c>
       <c r="C119" s="5">
-        <v>-7.5703369000001075E-2</v>
+        <v>-7.5698815000000863E-2</v>
       </c>
       <c r="D119" s="5">
-        <v>-8.3596095322530317</v>
+        <v>-8.3591307359075824</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>10.35247339</v>
+        <v>10.352474191000001</v>
       </c>
       <c r="C120" s="5">
-        <v>-1.5912545999999139E-2</v>
+        <v>-1.5910824999998852E-2</v>
       </c>
       <c r="D120" s="5">
-        <v>-1.8261951927345366</v>
+        <v>-1.8259995077049784</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>10.443167376</v>
+        <v>10.443167743</v>
       </c>
       <c r="C121" s="5">
-        <v>9.0693985999999782E-2</v>
+        <v>9.06935519999994E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>11.034358879212425</v>
+        <v>11.034302611165959</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>10.411990589</v>
+        <v>10.411996714000001</v>
       </c>
       <c r="C122" s="5">
-        <v>-3.1176786999999706E-2</v>
+        <v>-3.1171028999999351E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>-3.5242109808929056</v>
+        <v>-3.5235706249941323</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>10.402751015</v>
+        <v>10.402762966999999</v>
       </c>
       <c r="C123" s="5">
-        <v>-9.2395740000004167E-3</v>
+        <v>-9.2337470000014576E-3</v>
       </c>
       <c r="D123" s="5">
-        <v>-1.0596949646892617</v>
+        <v>-1.0590292972698978</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>10.470198656999999</v>
+        <v>10.470219398999999</v>
       </c>
       <c r="C124" s="5">
-        <v>6.7447641999999419E-2</v>
+        <v>6.7456432000000177E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>8.063894446217823</v>
+        <v>8.0649735211341333</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>10.453442248</v>
+        <v>10.453463802</v>
       </c>
       <c r="C125" s="5">
-        <v>-1.6756408999999195E-2</v>
+        <v>-1.6755596999999511E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>-1.9036544913411557</v>
+        <v>-1.9035593145280472</v>
       </c>
       <c r="E125" s="5">
-        <v>1.9625408335225858</v>
+        <v>1.9625617102157822</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>10.351177270999999</v>
+        <v>10.3511522</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.10226497700000081</v>
+        <v>-0.10231160200000033</v>
       </c>
       <c r="D126" s="5">
-        <v>-11.127977444586746</v>
+        <v>-11.13275928700298</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>10.271153713</v>
+        <v>10.271135775999999</v>
       </c>
       <c r="C127" s="5">
-        <v>-8.0023557999998829E-2</v>
+        <v>-8.0016424000000086E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>-8.892571354872036</v>
+        <v>-8.8918326190239547</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>10.132786113</v>
+        <v>10.13278287</v>
       </c>
       <c r="C128" s="5">
-        <v>-0.13836760000000048</v>
+        <v>-0.13835290599999972</v>
       </c>
       <c r="D128" s="5">
-        <v>-15.020188906238163</v>
+        <v>-15.018734414922708</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>10.274435137999999</v>
+        <v>10.27442621</v>
       </c>
       <c r="C129" s="5">
-        <v>0.14164902499999954</v>
+        <v>0.1416433399999999</v>
       </c>
       <c r="D129" s="5">
-        <v>18.126939442888723</v>
+        <v>18.126161362634676</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>10.268719037</v>
+        <v>10.268713622</v>
       </c>
       <c r="C130" s="5">
-        <v>-5.7161009999990853E-3</v>
+        <v>-5.7125879999997409E-3</v>
       </c>
       <c r="D130" s="5">
-        <v>-0.66557151526500657</v>
+        <v>-0.66516429476487504</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>10.394829283</v>
+        <v>10.394829124999999</v>
       </c>
       <c r="C131" s="5">
-        <v>0.12611024599999965</v>
+        <v>0.12611550299999941</v>
       </c>
       <c r="D131" s="5">
-        <v>15.774544010777358</v>
+        <v>15.775255512262664</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>10.344802543</v>
+        <v>10.344804183000001</v>
       </c>
       <c r="C132" s="5">
-        <v>-5.0026739999999847E-2</v>
+        <v>-5.0024941999998518E-2</v>
       </c>
       <c r="D132" s="5">
-        <v>-5.6247464988841811</v>
+        <v>-5.6245497448830006</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>10.336867642</v>
+        <v>10.336865490999999</v>
       </c>
       <c r="C133" s="5">
-        <v>-7.9349010000004938E-3</v>
+        <v>-7.9386920000015238E-3</v>
       </c>
       <c r="D133" s="5">
-        <v>-0.91657752004258297</v>
+        <v>-0.91701343522585521</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>10.400619166</v>
+        <v>10.400623768999999</v>
       </c>
       <c r="C134" s="5">
-        <v>6.3751524000000614E-2</v>
+        <v>6.3758277999999891E-2</v>
       </c>
       <c r="D134" s="5">
-        <v>7.6571471722150175</v>
+        <v>7.657987753690465</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>10.410460665</v>
+        <v>10.410472144</v>
       </c>
       <c r="C135" s="5">
-        <v>9.8414990000001978E-3</v>
+        <v>9.8483750000006864E-3</v>
       </c>
       <c r="D135" s="5">
-        <v>1.1414181177895166</v>
+        <v>1.1422192466954195</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>10.371852670999999</v>
+        <v>10.371874767</v>
       </c>
       <c r="C136" s="5">
-        <v>-3.8607994000001256E-2</v>
+        <v>-3.8597377000000321E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>-4.3606317307158911</v>
+        <v>-4.359452216177151</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>10.453942531999999</v>
+        <v>10.453962377</v>
       </c>
       <c r="C137" s="5">
-        <v>8.2089861000000042E-2</v>
+        <v>8.2087610000000311E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>9.9221541363373014</v>
+        <v>9.921848042429616</v>
       </c>
       <c r="E137" s="5">
-        <v>4.7858302378411821E-3</v>
+        <v>4.7694717219437521E-3</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>11.042634889</v>
+        <v>11.04261365</v>
       </c>
       <c r="C138" s="5">
-        <v>0.58869235700000111</v>
+        <v>0.58865127299999997</v>
       </c>
       <c r="D138" s="5">
-        <v>92.979535121598516</v>
+        <v>92.970685228234657</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>11.049492259999999</v>
+        <v>11.049475169000001</v>
       </c>
       <c r="C139" s="5">
-        <v>6.8573709999988353E-3</v>
+        <v>6.8615190000009818E-3</v>
       </c>
       <c r="D139" s="5">
-        <v>0.74773898897853019</v>
+        <v>0.74819428455599191</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>11.214805215</v>
+        <v>11.214801945</v>
       </c>
       <c r="C140" s="5">
-        <v>0.16531295500000098</v>
+        <v>0.16532677599999879</v>
       </c>
       <c r="D140" s="5">
-        <v>19.506892761548645</v>
+        <v>19.508692821686591</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>11.188259349000001</v>
+        <v>11.188250592999999</v>
       </c>
       <c r="C141" s="5">
-        <v>-2.6545865999999307E-2</v>
+        <v>-2.655135200000025E-2</v>
       </c>
       <c r="D141" s="5">
-        <v>-2.8037564576447238</v>
+        <v>-2.8043291683144345</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>11.287717969999999</v>
+        <v>11.287713070000001</v>
       </c>
       <c r="C142" s="5">
-        <v>9.9458620999998359E-2</v>
+        <v>9.9462477000001215E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>11.204790925317166</v>
+        <v>11.205255992954211</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>11.408583716000001</v>
+        <v>11.408584176</v>
       </c>
       <c r="C143" s="5">
-        <v>0.12086574600000155</v>
+        <v>0.12087110599999917</v>
       </c>
       <c r="D143" s="5">
-        <v>13.633662790566149</v>
+        <v>13.634309714424875</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>11.644168332</v>
+        <v>11.644170283999999</v>
       </c>
       <c r="C144" s="5">
-        <v>0.2355846159999988</v>
+        <v>0.23558610799999968</v>
       </c>
       <c r="D144" s="5">
-        <v>27.797070417056659</v>
+        <v>27.797265666130411</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>11.743801016000001</v>
+        <v>11.743796401999999</v>
       </c>
       <c r="C145" s="5">
-        <v>9.9632684000001248E-2</v>
+        <v>9.9626117999999764E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>10.764988634922723</v>
+        <v>10.764243597882594</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>11.790345899</v>
+        <v>11.790348122999999</v>
       </c>
       <c r="C146" s="5">
-        <v>4.654488299999926E-2</v>
+        <v>4.6551721000000157E-2</v>
       </c>
       <c r="D146" s="5">
-        <v>4.8610852126709903</v>
+        <v>4.8618169573809711</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>11.808121733</v>
+        <v>11.808131964999999</v>
       </c>
       <c r="C147" s="5">
-        <v>1.7775834000000046E-2</v>
+        <v>1.778384200000005E-2</v>
       </c>
       <c r="D147" s="5">
-        <v>1.8242698189823825</v>
+        <v>1.8250981338348682</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>11.775675077000001</v>
+        <v>11.775696996000001</v>
       </c>
       <c r="C148" s="5">
-        <v>-3.2446655999999408E-2</v>
+        <v>-3.2434968999998759E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>-3.248010442551863</v>
+        <v>-3.2468553842110226</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>11.853142405</v>
+        <v>11.853161045</v>
       </c>
       <c r="C149" s="5">
-        <v>7.7467327999999114E-2</v>
+        <v>7.7464048999999591E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>8.1862979115843615</v>
+        <v>8.1859229815052217</v>
       </c>
       <c r="E149" s="5">
-        <v>13.384422850202071</v>
+        <v>13.384385915510943</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>11.942845369</v>
+        <v>11.942827232000001</v>
       </c>
       <c r="C150" s="5">
-        <v>8.9702964000000662E-2</v>
+        <v>8.9666187000000619E-2</v>
       </c>
       <c r="D150" s="5">
-        <v>9.4691349386677892</v>
+        <v>9.4650742846647198</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>12.031252157999999</v>
+        <v>12.031236602</v>
       </c>
       <c r="C151" s="5">
-        <v>8.8406788999998653E-2</v>
+        <v>8.8409369999999043E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>9.2537211223911129</v>
+        <v>9.2540170047742176</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>12.009904896</v>
+        <v>12.009901849</v>
       </c>
       <c r="C152" s="5">
-        <v>-2.1347261999999034E-2</v>
+        <v>-2.1334752999999651E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>-2.1085253370027313</v>
+        <v>-2.1073045135903357</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>11.992744049000001</v>
+        <v>11.992736507</v>
       </c>
       <c r="C153" s="5">
-        <v>-1.7160846999999535E-2</v>
+        <v>-1.7165342000000194E-2</v>
       </c>
       <c r="D153" s="5">
-        <v>-1.7012579575535924</v>
+        <v>-1.7017005051668588</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>11.990975788</v>
+        <v>11.990972243</v>
       </c>
       <c r="C154" s="5">
-        <v>-1.7682610000004928E-3</v>
+        <v>-1.7642640000001819E-3</v>
       </c>
       <c r="D154" s="5">
-        <v>-0.17678967261113288</v>
+        <v>-0.17639048907034383</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>11.921989847000001</v>
+        <v>11.921990801</v>
       </c>
       <c r="C155" s="5">
-        <v>-6.8985940999999329E-2</v>
+        <v>-6.8981442000000115E-2</v>
       </c>
       <c r="D155" s="5">
-        <v>-6.6894694085419149</v>
+        <v>-6.6890487720468794</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>11.843966481000001</v>
+        <v>11.843968655999999</v>
       </c>
       <c r="C156" s="5">
-        <v>-7.8023366000000038E-2</v>
+        <v>-7.8022145000000265E-2</v>
       </c>
       <c r="D156" s="5">
-        <v>-7.5767866170448954</v>
+        <v>-7.576671696923909</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>11.748084822999999</v>
+        <v>11.748079479999999</v>
       </c>
       <c r="C157" s="5">
-        <v>-9.588165800000148E-2</v>
+        <v>-9.588917600000002E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>-9.2934087053160539</v>
+        <v>-9.2941036262671908</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>11.784297667000001</v>
+        <v>11.784298234</v>
       </c>
       <c r="C158" s="5">
-        <v>3.6212844000001354E-2</v>
+        <v>3.6218754000000075E-2</v>
       </c>
       <c r="D158" s="5">
-        <v>3.7622944782713885</v>
+        <v>3.7629206804323578</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>11.904637071</v>
+        <v>11.904644627</v>
       </c>
       <c r="C159" s="5">
-        <v>0.12033940399999921</v>
+        <v>0.12034639300000016</v>
       </c>
       <c r="D159" s="5">
-        <v>12.966446981041923</v>
+        <v>12.967242171263971</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>12.082437015</v>
+        <v>12.082455052</v>
       </c>
       <c r="C160" s="5">
-        <v>0.17779994400000021</v>
+        <v>0.17781042500000055</v>
       </c>
       <c r="D160" s="5">
-        <v>19.470466570946332</v>
+        <v>19.471696812092286</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>12.049315007000001</v>
+        <v>12.049329557</v>
       </c>
       <c r="C161" s="5">
-        <v>-3.3122007999999425E-2</v>
+        <v>-3.3125495000000171E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>-3.2404540312996888</v>
+        <v>-3.2407852851821906</v>
       </c>
       <c r="E161" s="5">
-        <v>1.655026112883351</v>
+        <v>1.6549890046651194</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>12.152478406</v>
+        <v>12.152466492</v>
       </c>
       <c r="C162" s="5">
-        <v>0.1031633989999996</v>
+        <v>0.10313693500000021</v>
       </c>
       <c r="D162" s="5">
-        <v>10.77199980700787</v>
+        <v>10.769091530640051</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>12.107384628</v>
+        <v>12.107372760000001</v>
       </c>
       <c r="C163" s="5">
-        <v>-4.5093778000000029E-2</v>
+        <v>-4.5093731999999775E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>-4.3630372343307799</v>
+        <v>-4.3630370645511451</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>12.110106035999999</v>
+        <v>12.110102313000001</v>
       </c>
       <c r="C164" s="5">
-        <v>2.7214079999993146E-3</v>
+        <v>2.7295529999999957E-3</v>
       </c>
       <c r="D164" s="5">
-        <v>0.2700607879274397</v>
+        <v>0.27087033091293122</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>12.094722038</v>
+        <v>12.094716453</v>
       </c>
       <c r="C165" s="5">
-        <v>-1.5383997999999011E-2</v>
+        <v>-1.5385860000000307E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>-1.5138066163981612</v>
+        <v>-1.5139890235488451</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>12.09136041</v>
+        <v>12.091358491999999</v>
       </c>
       <c r="C166" s="5">
-        <v>-3.361628000000394E-3</v>
+        <v>-3.357961000000742E-3</v>
       </c>
       <c r="D166" s="5">
-        <v>-0.3330206907349309</v>
+        <v>-0.33265812619466262</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>12.027314198999999</v>
+        <v>12.027315400000001</v>
       </c>
       <c r="C167" s="5">
-        <v>-6.4046211000000852E-2</v>
+        <v>-6.404309199999858E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>-6.1742854243884038</v>
+        <v>-6.1739943971651279</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>12.055874579999999</v>
+        <v>12.055876898999999</v>
       </c>
       <c r="C168" s="5">
-        <v>2.8560381000000135E-2</v>
+        <v>2.8561498999998491E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>2.8870645829504493</v>
+        <v>2.8871787855570208</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>11.959579105</v>
+        <v>11.959573857000001</v>
       </c>
       <c r="C169" s="5">
-        <v>-9.6295474999999797E-2</v>
+        <v>-9.630304199999884E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>-9.1748562939873324</v>
+        <v>-9.175544200145513</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>11.876930156</v>
+        <v>11.876929221999999</v>
       </c>
       <c r="C170" s="5">
-        <v>-8.2648948999999305E-2</v>
+        <v>-8.2644635000001188E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-7.9847772709403682</v>
+        <v>-7.9843795747606583</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>11.792617462000001</v>
+        <v>11.792622494</v>
       </c>
       <c r="C171" s="5">
-        <v>-8.4312693999999411E-2</v>
+        <v>-8.4306727999999609E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>-8.1937815555580116</v>
+        <v>-8.1932248254595876</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>11.781732268000001</v>
+        <v>11.781745344000001</v>
       </c>
       <c r="C172" s="5">
-        <v>-1.0885194000000098E-2</v>
+        <v>-1.0877149999998892E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>-1.1020557842463918</v>
+        <v>-1.1012450405725516</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>11.636389917000001</v>
+        <v>11.636399443</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.14534235100000004</v>
+        <v>-0.14534590100000067</v>
       </c>
       <c r="D173" s="5">
-        <v>-13.8392658993029</v>
+        <v>-13.839566994060615</v>
       </c>
       <c r="E173" s="5">
-        <v>-3.4269590409090722</v>
+        <v>-3.4269965979983552</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>11.662056048</v>
+        <v>11.662050486</v>
       </c>
       <c r="C174" s="5">
-        <v>2.5666130999999481E-2</v>
+        <v>2.5651042999999873E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>2.6791601381181529</v>
+        <v>2.6775638141848246</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>11.702377936</v>
+        <v>11.702369837000001</v>
       </c>
       <c r="C175" s="5">
-        <v>4.0321887999999362E-2</v>
+        <v>4.0319351000000836E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>4.2288500249446193</v>
+        <v>4.2285809268103547</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>11.626988150000001</v>
+        <v>11.626984052999999</v>
       </c>
       <c r="C176" s="5">
-        <v>-7.5389785999998793E-2</v>
+        <v>-7.5385784000001621E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>-7.4625942267133265</v>
+        <v>-7.4622169932545557</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>11.589319847000001</v>
+        <v>11.589316061</v>
       </c>
       <c r="C177" s="5">
-        <v>-3.7668303000000236E-2</v>
+        <v>-3.7667991999999373E-2</v>
       </c>
       <c r="D177" s="5">
-        <v>-3.8191461116529268</v>
+        <v>-3.8191164612834894</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>11.478158419</v>
+        <v>11.478157847</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.11116142800000084</v>
+        <v>-0.11115821399999959</v>
       </c>
       <c r="D178" s="5">
-        <v>-10.921850315413749</v>
+        <v>-10.921554383384491</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>11.532115147000001</v>
+        <v>11.532116156000001</v>
       </c>
       <c r="C179" s="5">
-        <v>5.3956728000001064E-2</v>
+        <v>5.3958309000000426E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>5.7891353781993837</v>
+        <v>5.7893097127863058</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>11.471852519</v>
+        <v>11.471854499000001</v>
       </c>
       <c r="C180" s="5">
-        <v>-6.0262628000000262E-2</v>
+        <v>-6.0261656999999857E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>-6.0936371630513904</v>
+        <v>-6.0935412640674258</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>11.464601099999999</v>
+        <v>11.464597968</v>
       </c>
       <c r="C181" s="5">
-        <v>-7.2514190000010359E-3</v>
+        <v>-7.2565310000012317E-3</v>
       </c>
       <c r="D181" s="5">
-        <v>-0.75589485459837125</v>
+        <v>-0.75642575173383575</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>11.471289106</v>
+        <v>11.471288226</v>
       </c>
       <c r="C182" s="5">
-        <v>6.6880060000009678E-3</v>
+        <v>6.6902580000007816E-3</v>
       </c>
       <c r="D182" s="5">
-        <v>0.70228412925059658</v>
+        <v>0.70252155593302223</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>11.486325961</v>
+        <v>11.486328434000001</v>
       </c>
       <c r="C183" s="5">
-        <v>1.503685499999996E-2</v>
+        <v>1.5040208000000277E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>1.5843804891678692</v>
+        <v>1.5847364569675726</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>11.380335581000001</v>
+        <v>11.38034203</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.10599037999999972</v>
+        <v>-0.10598640400000114</v>
       </c>
       <c r="D184" s="5">
-        <v>-10.52799197623594</v>
+        <v>-10.527614711747347</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>11.412783559999999</v>
+        <v>11.412787856</v>
       </c>
       <c r="C185" s="5">
-        <v>3.2447978999998739E-2</v>
+        <v>3.2445826000000011E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>3.4756467055901297</v>
+        <v>3.4754104595889457</v>
       </c>
       <c r="E185" s="5">
-        <v>-1.9216127905212876</v>
+        <v>-1.9216561625900241</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>11.373319051999999</v>
+        <v>11.373319261000001</v>
       </c>
       <c r="C186" s="5">
-        <v>-3.9464508000000009E-2</v>
+        <v>-3.9468594999998885E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>-4.0714905726737305</v>
+        <v>-4.0719027308412699</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>11.305441285000001</v>
+        <v>11.305437210999999</v>
       </c>
       <c r="C187" s="5">
-        <v>-6.7877766999998812E-2</v>
+        <v>-6.788205000000147E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>-6.9313195223369872</v>
+        <v>-6.9317425005002491</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>11.34241763</v>
+        <v>11.342413886999999</v>
       </c>
       <c r="C188" s="5">
-        <v>3.6976344999999355E-2</v>
+        <v>3.6976676000000097E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>3.9961789853247609</v>
+        <v>3.9962168698113532</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>11.583520451</v>
+        <v>11.583518087</v>
       </c>
       <c r="C189" s="5">
-        <v>0.24110282100000013</v>
+        <v>0.24110420000000055</v>
       </c>
       <c r="D189" s="5">
-        <v>28.712056267483632</v>
+        <v>28.71225075235877</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>11.5694198</v>
+        <v>11.569419657999999</v>
       </c>
       <c r="C190" s="5">
-        <v>-1.4100650999999687E-2</v>
+        <v>-1.4098429000000579E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-1.4510227936628151</v>
+        <v>-1.4507959620549848</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>11.532463356999999</v>
+        <v>11.532463903</v>
       </c>
       <c r="C191" s="5">
-        <v>-3.6956443000001116E-2</v>
+        <v>-3.6955754999999257E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>-3.7665530431787775</v>
+        <v>-3.7664841958062967</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>11.593380396000001</v>
+        <v>11.593381356</v>
       </c>
       <c r="C192" s="5">
-        <v>6.0917039000001338E-2</v>
+        <v>6.0917453000000066E-2</v>
       </c>
       <c r="D192" s="5">
-        <v>6.5261008558402001</v>
+        <v>6.5261461864473347</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>11.568247639999999</v>
+        <v>11.568246453</v>
       </c>
       <c r="C193" s="5">
-        <v>-2.5132756000001422E-2</v>
+        <v>-2.5134902999999653E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>-2.5706305401742013</v>
+        <v>-2.5708473175475199</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>11.561523729999999</v>
+        <v>11.56152324</v>
       </c>
       <c r="C194" s="5">
-        <v>-6.7239099999998331E-3</v>
+        <v>-6.7232130000007828E-3</v>
       </c>
       <c r="D194" s="5">
-        <v>-0.69526068892427073</v>
+        <v>-0.6951889195746408</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>11.575034811</v>
+        <v>11.575036046999999</v>
       </c>
       <c r="C195" s="5">
-        <v>1.3511081000000758E-2</v>
+        <v>1.3512806999999682E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>1.4113982300070216</v>
+        <v>1.411579752704295</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>11.480188237</v>
+        <v>11.480191015999999</v>
       </c>
       <c r="C196" s="5">
-        <v>-9.4846573999999961E-2</v>
+        <v>-9.4845031000000191E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>-9.4016184035399917</v>
+        <v>-9.4014713213241059</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>11.490821526</v>
+        <v>11.490824664</v>
       </c>
       <c r="C197" s="5">
-        <v>1.063328899999938E-2</v>
+        <v>1.0633648000000662E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>1.117155064024411</v>
+        <v>1.1171927018361227</v>
       </c>
       <c r="E197" s="5">
-        <v>0.68377679809430436</v>
+        <v>0.68376639419416296</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>11.378761921000001</v>
+        <v>11.378762659</v>
       </c>
       <c r="C198" s="5">
-        <v>-0.1120596049999989</v>
+        <v>-0.1120620050000003</v>
       </c>
       <c r="D198" s="5">
-        <v>-11.094797143430824</v>
+        <v>-11.095019295723496</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>11.424383503</v>
+        <v>11.424380362999999</v>
       </c>
       <c r="C199" s="5">
-        <v>4.5621581999998995E-2</v>
+        <v>4.5617703999999648E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>4.9187607744514139</v>
+        <v>4.9183330738803654</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>11.362676098</v>
+        <v>11.362673490000001</v>
       </c>
       <c r="C200" s="5">
-        <v>-6.1707404999999937E-2</v>
+        <v>-6.1706872999998552E-2</v>
       </c>
       <c r="D200" s="5">
-        <v>-6.2925235904485843</v>
+        <v>-6.2924726203145482</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>11.169835883999999</v>
+        <v>11.169834418000001</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.19284021400000029</v>
+        <v>-0.19283907199999994</v>
       </c>
       <c r="D201" s="5">
-        <v>-18.568209768911558</v>
+        <v>-18.568113734311964</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>11.153844448999999</v>
+        <v>11.153844694</v>
       </c>
       <c r="C202" s="5">
-        <v>-1.5991435000000109E-2</v>
+        <v>-1.5989724000000649E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>-1.7045315925369287</v>
+        <v>-1.7043508719899791</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>11.239293905</v>
+        <v>11.239294307</v>
       </c>
       <c r="C203" s="5">
-        <v>8.5449456000000978E-2</v>
+        <v>8.5449612999999758E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>9.5906074604840796</v>
+        <v>9.5906256111234924</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>11.206141500999999</v>
+        <v>11.206141911</v>
       </c>
       <c r="C204" s="5">
-        <v>-3.3152404000000857E-2</v>
+        <v>-3.3152396000000195E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>-3.4827614747651725</v>
+        <v>-3.4827605253726968</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>11.267164750999999</v>
+        <v>11.267165179999999</v>
       </c>
       <c r="C205" s="5">
-        <v>6.1023249999999862E-2</v>
+        <v>6.1023268999999658E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>6.7339327965929119</v>
+        <v>6.733934702638078</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>11.355507862</v>
+        <v>11.355508177999999</v>
       </c>
       <c r="C206" s="5">
-        <v>8.8343111000000363E-2</v>
+        <v>8.8342997999999895E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>9.825454988153659</v>
+        <v>9.8254414831369097</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>11.367406258999999</v>
+        <v>11.367406620000001</v>
       </c>
       <c r="C207" s="5">
-        <v>1.1898396999999505E-2</v>
+        <v>1.1898442000001452E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>1.2646416553793172</v>
+        <v>1.2646464304838512</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>11.480568103</v>
+        <v>11.480568562</v>
       </c>
       <c r="C208" s="5">
-        <v>0.1131618440000004</v>
+        <v>0.11316194199999963</v>
       </c>
       <c r="D208" s="5">
-        <v>12.62219101059765</v>
+        <v>12.622202123888204</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>11.475516880000001</v>
+        <v>11.475518572</v>
       </c>
       <c r="C209" s="5">
-        <v>-5.0512229999988278E-3</v>
+        <v>-5.0499899999998377E-3</v>
       </c>
       <c r="D209" s="5">
-        <v>-0.52670050333649687</v>
+        <v>-0.52657222599353792</v>
       </c>
       <c r="E209" s="5">
-        <v>-0.13319018109687608</v>
+        <v>-0.13320272867753946</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>11.487586544999999</v>
+        <v>11.487587132</v>
       </c>
       <c r="C210" s="5">
-        <v>1.2069664999998508E-2</v>
+        <v>1.2068559999999451E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>1.2694571221629314</v>
+        <v>1.2693400397177701</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>11.441006513</v>
+        <v>11.441004487000001</v>
       </c>
       <c r="C211" s="5">
-        <v>-4.6580031999999605E-2</v>
+        <v>-4.658264499999909E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>-4.7587167009727978</v>
+        <v>-4.7589774875989477</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>11.473840182</v>
+        <v>11.473838684</v>
       </c>
       <c r="C212" s="5">
-        <v>3.2833669000000398E-2</v>
+        <v>3.2834196999999676E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>3.4986683702552979</v>
+        <v>3.4987261529208835</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>11.65760822</v>
+        <v>11.657607449</v>
       </c>
       <c r="C213" s="5">
-        <v>0.18376803800000019</v>
+        <v>0.18376876499999995</v>
       </c>
       <c r="D213" s="5">
-        <v>21.006280948135192</v>
+        <v>21.006374492026715</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>11.739651724</v>
+        <v>11.739652013000001</v>
       </c>
       <c r="C214" s="5">
-        <v>8.2043503999999601E-2</v>
+        <v>8.2044564000000264E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>8.7800081584932688</v>
+        <v>8.7801266258516151</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>11.742656728</v>
+        <v>11.742657111</v>
       </c>
       <c r="C215" s="5">
-        <v>3.0050040000002554E-3</v>
+        <v>3.0050979999991512E-3</v>
       </c>
       <c r="D215" s="5">
-        <v>0.30759735363414809</v>
+        <v>0.3076069816025484</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>11.713327457</v>
+        <v>11.713327828000001</v>
       </c>
       <c r="C216" s="5">
-        <v>-2.9329270999999935E-2</v>
+        <v>-2.9329282999999151E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>-2.9563706883011354</v>
+        <v>-2.9563717862205019</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>11.768678648</v>
+        <v>11.768679029999999</v>
       </c>
       <c r="C217" s="5">
-        <v>5.5351190999999744E-2</v>
+        <v>5.5351201999998878E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>5.8203117885128552</v>
+        <v>5.8203127862497928</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>11.756285200000001</v>
+        <v>11.756285347</v>
       </c>
       <c r="C218" s="5">
-        <v>-1.2393447999999196E-2</v>
+        <v>-1.2393682999999101E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>-1.2564112387619786</v>
+        <v>-1.256434884004165</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>11.762863521</v>
+        <v>11.762863646</v>
       </c>
       <c r="C219" s="5">
-        <v>6.5783209999992209E-3</v>
+        <v>6.578298999999177E-3</v>
       </c>
       <c r="D219" s="5">
-        <v>0.67353970331989199</v>
+        <v>0.67353743540397026</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>11.870627462</v>
+        <v>11.870627677</v>
       </c>
       <c r="C220" s="5">
-        <v>0.10776394099999997</v>
+        <v>0.10776403100000032</v>
       </c>
       <c r="D220" s="5">
-        <v>11.564856280126957</v>
+        <v>11.564866301241583</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>12.072986058</v>
+        <v>12.072986533</v>
       </c>
       <c r="C221" s="5">
-        <v>0.20235859599999984</v>
+        <v>0.20235885600000003</v>
       </c>
       <c r="D221" s="5">
-        <v>22.487644030358787</v>
+        <v>22.487675238406514</v>
       </c>
       <c r="E221" s="5">
-        <v>5.2064685560377022</v>
+        <v>5.2064571831882844</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>12.289444368</v>
+        <v>12.289444926</v>
       </c>
       <c r="C222" s="5">
-        <v>0.21645831000000015</v>
+        <v>0.21645839299999992</v>
       </c>
       <c r="D222" s="5">
-        <v>23.768630682802705</v>
+        <v>23.768639684420378</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>12.366553863</v>
+        <v>12.366552987</v>
       </c>
       <c r="C223" s="5">
-        <v>7.7109495000000194E-2</v>
+        <v>7.7108061000000561E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>7.7946844781910718</v>
+        <v>7.7945341162930282</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>12.295629491</v>
+        <v>12.295628883999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-7.0924372000000346E-2</v>
+        <v>-7.0924103000001182E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-6.6692202943860028</v>
+        <v>-6.6691962496577268</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>12.039855585</v>
+        <v>12.039855166000001</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.25577390599999994</v>
+        <v>-0.2557737179999986</v>
       </c>
       <c r="D225" s="5">
-        <v>-22.295509470610099</v>
+        <v>-22.2954958884355</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>12.117001924</v>
+        <v>12.117001919</v>
       </c>
       <c r="C226" s="5">
-        <v>7.7146339000000452E-2</v>
+        <v>7.714675299999918E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>7.9659448476299133</v>
+        <v>7.9659894010028154</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>12.234136266</v>
+        <v>12.234136292000001</v>
       </c>
       <c r="C227" s="5">
-        <v>0.11713434199999995</v>
+        <v>0.11713437300000074</v>
       </c>
       <c r="D227" s="5">
-        <v>12.237410711035125</v>
+        <v>12.237414129128265</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>12.304356129</v>
+        <v>12.304356151</v>
       </c>
       <c r="C228" s="5">
-        <v>7.021986300000016E-2</v>
+        <v>7.0219858999999829E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>7.1092429043511762</v>
+        <v>7.1092424709233715</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>12.473145573</v>
+        <v>12.473145675</v>
       </c>
       <c r="C229" s="5">
-        <v>0.16878944399999973</v>
+        <v>0.16878952399999925</v>
       </c>
       <c r="D229" s="5">
-        <v>17.762002219616836</v>
+        <v>17.762011249018972</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>12.368996631</v>
+        <v>12.368996592</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.10414894200000013</v>
+        <v>-0.10414908299999937</v>
       </c>
       <c r="D230" s="5">
-        <v>-9.5722420975383198</v>
+        <v>-9.5722543927605592</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>12.364912007999999</v>
+        <v>12.364912066</v>
       </c>
       <c r="C231" s="5">
-        <v>-4.0846230000006756E-3</v>
+        <v>-4.0845259999997552E-3</v>
       </c>
       <c r="D231" s="5">
-        <v>-0.39555794288068657</v>
+        <v>-0.39554856762733515</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>12.267312338</v>
+        <v>12.267311705999999</v>
       </c>
       <c r="C232" s="5">
-        <v>-9.759966999999925E-2</v>
+        <v>-9.7600360000001274E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>-9.07135612777431</v>
+        <v>-9.0714174606384308</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>12.1766886</v>
+        <v>12.176689226000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-9.0623737999999676E-2</v>
+        <v>-9.0622479999998617E-2</v>
       </c>
       <c r="D233" s="5">
-        <v>-8.5134350557780394</v>
+        <v>-8.5133220565514751</v>
       </c>
       <c r="E233" s="5">
-        <v>0.85896348676128831</v>
+        <v>0.85896470369235534</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>12.297450469999999</v>
+        <v>12.297451240999999</v>
       </c>
       <c r="C234" s="5">
-        <v>0.12076186999999905</v>
+        <v>0.12076201499999861</v>
       </c>
       <c r="D234" s="5">
-        <v>12.572053209657241</v>
+        <v>12.572068455805919</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>12.278907772</v>
+        <v>12.278909442</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.8542697999999191E-2</v>
+        <v>-1.8541798999999415E-2</v>
       </c>
       <c r="D235" s="5">
-        <v>-1.7944881118282408</v>
+        <v>-1.7944017188469386</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>12.206857898000001</v>
+        <v>12.206857952</v>
       </c>
       <c r="C236" s="5">
-        <v>-7.2049873999999292E-2</v>
+        <v>-7.2051489999999774E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>-6.8184739460485977</v>
+        <v>-6.8186210778812928</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>12.229437859000001</v>
+        <v>12.229437301000001</v>
       </c>
       <c r="C237" s="5">
-        <v>2.2579960999999926E-2</v>
+        <v>2.2579349000000803E-2</v>
       </c>
       <c r="D237" s="5">
-        <v>2.2424548818197554</v>
+        <v>2.2423934733610151</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>12.106531174000001</v>
+        <v>12.106530177</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.12290668500000024</v>
+        <v>-0.12290712400000103</v>
       </c>
       <c r="D238" s="5">
-        <v>-11.415291478822198</v>
+        <v>-11.415330517709133</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>12.016548185</v>
+        <v>12.016547104000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-8.9982989000001012E-2</v>
+        <v>-8.9983072999999081E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>-8.5633952682262926</v>
+        <v>-8.5634036149636721</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>11.986089530999999</v>
+        <v>11.986088566999999</v>
       </c>
       <c r="C240" s="5">
-        <v>-3.0458654000000251E-2</v>
+        <v>-3.0458537000001229E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>-2.9996232199524742</v>
+        <v>-2.999612123828943</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>11.974145472</v>
+        <v>11.974144937</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.1944058999999285E-2</v>
+        <v>-1.1943629999999317E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>-1.1892599957698979</v>
+        <v>-1.1892176095471885</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>11.981474113999999</v>
+        <v>11.981473863</v>
       </c>
       <c r="C242" s="5">
-        <v>7.3286419999991637E-3</v>
+        <v>7.3289259999995693E-3</v>
       </c>
       <c r="D242" s="5">
-        <v>0.73692395238726949</v>
+        <v>0.73695263895103835</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>11.961492214</v>
+        <v>11.961492364</v>
       </c>
       <c r="C243" s="5">
-        <v>-1.9981899999999442E-2</v>
+        <v>-1.9981499000000014E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>-1.983024488154661</v>
+        <v>-1.9829850979671049</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>11.972290424000001</v>
+        <v>11.972289304</v>
       </c>
       <c r="C244" s="5">
-        <v>1.0798210000000807E-2</v>
+        <v>1.0796940000000532E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>1.0886921928424442</v>
+        <v>1.0885634994213911</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>11.895788379000001</v>
+        <v>11.895789914</v>
       </c>
       <c r="C245" s="5">
-        <v>-7.6502044999999796E-2</v>
+        <v>-7.6499390000000389E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>-7.4040834168755287</v>
+        <v>-7.4038360892086601</v>
       </c>
       <c r="E245" s="5">
-        <v>-2.3068687245561992</v>
+        <v>-2.3068611408774142</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>11.705523705999999</v>
+        <v>11.705525786000001</v>
       </c>
       <c r="C246" s="5">
-        <v>-0.19026467300000149</v>
+        <v>-0.19026412799999903</v>
       </c>
       <c r="D246" s="5">
-        <v>-17.591609903495375</v>
+        <v>-17.591561786922583</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>11.687429850999999</v>
+        <v>11.687434459</v>
       </c>
       <c r="C247" s="5">
-        <v>-1.8093855000000048E-2</v>
+        <v>-1.809132700000049E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>-1.8392155130329657</v>
+        <v>-1.8389604016989081</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>11.723997367999999</v>
+        <v>11.723999331</v>
       </c>
       <c r="C248" s="5">
-        <v>3.6567516999999938E-2</v>
+        <v>3.6564871999999582E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>3.8198365138971235</v>
+        <v>3.8195539142091617</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>11.712210837000001</v>
+        <v>11.712212564</v>
       </c>
       <c r="C249" s="5">
-        <v>-1.178653099999849E-2</v>
+        <v>-1.1786767000000253E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>-1.1997522872006727</v>
+        <v>-1.1997759772177097</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>11.794268735999999</v>
+        <v>11.794263896</v>
       </c>
       <c r="C250" s="5">
-        <v>8.2057898999998713E-2</v>
+        <v>8.2051332000000698E-2</v>
       </c>
       <c r="D250" s="5">
-        <v>8.739078516683275</v>
+        <v>8.7383506347413089</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>11.788801278999999</v>
+        <v>11.788792129999999</v>
       </c>
       <c r="C251" s="5">
-        <v>-5.4674569999999534E-3</v>
+        <v>-5.4717660000012103E-3</v>
       </c>
       <c r="D251" s="5">
-        <v>-0.55486663748746112</v>
+        <v>-0.55530304981378231</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>11.866559635</v>
+        <v>11.866559262000001</v>
       </c>
       <c r="C252" s="5">
-        <v>7.7758356000000362E-2</v>
+        <v>7.7767132000001737E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>8.2086925742894437</v>
+        <v>8.2096595006850404</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>11.881042527</v>
+        <v>11.881042848</v>
       </c>
       <c r="C253" s="5">
-        <v>1.4482892000000192E-2</v>
+        <v>1.4483585999998994E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>1.4744465902875703</v>
+        <v>1.4745177653402219</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>11.895765787</v>
+        <v>11.895766041</v>
       </c>
       <c r="C254" s="5">
-        <v>1.4723260000000238E-2</v>
+        <v>1.4723193000000023E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>1.497244910821971</v>
+        <v>1.4972380101921701</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>11.960588976</v>
+        <v>11.960589605999999</v>
       </c>
       <c r="C255" s="5">
-        <v>6.482318900000017E-2</v>
+        <v>6.4823564999999306E-2</v>
       </c>
       <c r="D255" s="5">
-        <v>6.7387064945888753</v>
+        <v>6.7387466123670192</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>12.079638039000001</v>
+        <v>12.079636814000001</v>
       </c>
       <c r="C256" s="5">
-        <v>0.11904906300000029</v>
+        <v>0.11904720800000135</v>
       </c>
       <c r="D256" s="5">
-        <v>12.620190711807822</v>
+        <v>12.619982477287618</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>12.111064688000001</v>
+        <v>12.111067460999999</v>
       </c>
       <c r="C257" s="5">
-        <v>3.142664900000014E-2</v>
+        <v>3.1430646999998757E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>3.1670074434184903</v>
+        <v>3.1674164491898305</v>
       </c>
       <c r="E257" s="5">
-        <v>1.8096850930875208</v>
+        <v>1.8096952666139643</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>12.221434298</v>
+        <v>12.221438101</v>
       </c>
       <c r="C258" s="5">
-        <v>0.11036960999999934</v>
+        <v>0.11037064000000107</v>
       </c>
       <c r="D258" s="5">
-        <v>11.500866568255997</v>
+        <v>11.500976566684962</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>12.184036623000001</v>
+        <v>12.184044651000001</v>
       </c>
       <c r="C259" s="5">
-        <v>-3.7397674999999353E-2</v>
+        <v>-3.7393449999999717E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>-3.6108344475398013</v>
+        <v>-3.6104322492290897</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>12.23151562</v>
+        <v>12.231519965</v>
       </c>
       <c r="C260" s="5">
-        <v>4.7478996999998913E-2</v>
+        <v>4.7475313999999713E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>4.7777196134078048</v>
+        <v>4.7773378063331151</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>12.303209716</v>
+        <v>12.303214041</v>
       </c>
       <c r="C261" s="5">
-        <v>7.1694095999999874E-2</v>
+        <v>7.1694075999999995E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>7.2649492553110262</v>
+        <v>7.264944498397452</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>12.390849183</v>
+        <v>12.390840489</v>
       </c>
       <c r="C262" s="5">
-        <v>8.7639467000000693E-2</v>
+        <v>8.7626447999999968E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>8.8909353832850933</v>
+        <v>8.8895592092279596</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>12.459986752000001</v>
+        <v>12.459968909000001</v>
       </c>
       <c r="C263" s="5">
-        <v>6.9137569000000454E-2</v>
+        <v>6.912842000000019E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>6.9050240519637818</v>
+        <v>6.9040870832048462</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>12.451519988999999</v>
+        <v>12.451519530000001</v>
       </c>
       <c r="C264" s="5">
-        <v>-8.466763000001265E-3</v>
+        <v>-8.4493789999999791E-3</v>
       </c>
       <c r="D264" s="5">
-        <v>-0.81237884761231616</v>
+        <v>-0.81071824005324311</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>12.386563879000001</v>
+        <v>12.386563941</v>
       </c>
       <c r="C265" s="5">
-        <v>-6.4956109999998901E-2</v>
+        <v>-6.4955589000000202E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>-6.0835389635120478</v>
+        <v>-6.0834917779239657</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>12.402368916</v>
+        <v>12.402368295</v>
       </c>
       <c r="C266" s="5">
-        <v>1.58050369999998E-2</v>
+        <v>1.5804354000000131E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>1.5419703311893906</v>
+        <v>1.5419032202901972</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>12.465864498</v>
+        <v>12.465864098000001</v>
       </c>
       <c r="C267" s="5">
-        <v>6.3495581999999828E-2</v>
+        <v>6.349580300000035E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>6.3195367725325191</v>
+        <v>6.3195597164452666</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>12.389476069000001</v>
+        <v>12.389474153</v>
       </c>
       <c r="C268" s="5">
-        <v>-7.6388428999999647E-2</v>
+        <v>-7.6389945000000736E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>-7.110532898768696</v>
+        <v>-7.1106695128024588</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>12.53007148</v>
+        <v>12.530080457</v>
       </c>
       <c r="C269" s="5">
-        <v>0.14059541099999961</v>
+        <v>0.14060630400000029</v>
       </c>
       <c r="D269" s="5">
-        <v>14.500474999707901</v>
+        <v>14.501671879781108</v>
       </c>
       <c r="E269" s="5">
-        <v>3.4597023696452123</v>
+        <v>3.4597528033701863</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>12.526717360999999</v>
+        <v>12.526724733</v>
       </c>
       <c r="C270" s="5">
-        <v>-3.3541190000008214E-3</v>
+        <v>-3.3557240000003929E-3</v>
       </c>
       <c r="D270" s="5">
-        <v>-0.32075014785222233</v>
+        <v>-0.32090317639172916</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>12.67208963</v>
+        <v>12.672098988</v>
       </c>
       <c r="C271" s="5">
-        <v>0.145372269000001</v>
+        <v>0.14537425500000012</v>
       </c>
       <c r="D271" s="5">
-        <v>14.850129510023713</v>
+        <v>14.850336200572102</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>12.639399092</v>
+        <v>12.639405548999999</v>
       </c>
       <c r="C272" s="5">
-        <v>-3.2690538000000657E-2</v>
+        <v>-3.2693439000000879E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>-3.052125544756068</v>
+        <v>-3.052390340383726</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>12.594235796</v>
+        <v>12.594242716</v>
       </c>
       <c r="C273" s="5">
-        <v>-4.516329600000013E-2</v>
+        <v>-4.5162832999999125E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>-4.2045862645974763</v>
+        <v>-4.2045418981307092</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>12.586120994</v>
+        <v>12.586108296999999</v>
       </c>
       <c r="C274" s="5">
-        <v>-8.114801999999699E-3</v>
+        <v>-8.134419000001003E-3</v>
       </c>
       <c r="D274" s="5">
-        <v>-0.77045784404209394</v>
+        <v>-0.77231334097446203</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>12.634201673</v>
+        <v>12.634175421</v>
       </c>
       <c r="C275" s="5">
-        <v>4.8080678999999904E-2</v>
+        <v>4.8067124000001016E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>4.6817154983197495</v>
+        <v>4.6803725947046626</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>12.649319437000001</v>
+        <v>12.649320450999999</v>
       </c>
       <c r="C276" s="5">
-        <v>1.5117764000001088E-2</v>
+        <v>1.5145029999999338E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>1.4453770538937594</v>
+        <v>1.4480041374490105</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>12.694301142</v>
+        <v>12.69430403</v>
       </c>
       <c r="C277" s="5">
-        <v>4.498170499999965E-2</v>
+        <v>4.4983579000000162E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>4.3517266373256591</v>
+        <v>4.3519111412226419</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>12.607939377999999</v>
+        <v>12.607921943999999</v>
       </c>
       <c r="C278" s="5">
-        <v>-8.6361764000001173E-2</v>
+        <v>-8.6382086000000413E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>-7.8651818287528652</v>
+        <v>-7.8669621703268522</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>12.576114627000001</v>
+        <v>12.576119447</v>
       </c>
       <c r="C279" s="5">
-        <v>-3.1824750999998486E-2</v>
+        <v>-3.1802496999999263E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>-2.9873199624377733</v>
+        <v>-2.9852639936867376</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>12.503912625</v>
+        <v>12.503916644</v>
       </c>
       <c r="C280" s="5">
-        <v>-7.2202002000000931E-2</v>
+        <v>-7.2202802999999705E-2</v>
       </c>
       <c r="D280" s="5">
-        <v>-6.6760059909068197</v>
+        <v>-6.6760752523796763</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>12.440451832000001</v>
+        <v>12.440471658</v>
       </c>
       <c r="C281" s="5">
-        <v>-6.3460792999999072E-2</v>
+        <v>-6.344498600000037E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>-5.9231677624384087</v>
+        <v>-5.921731478886116</v>
       </c>
       <c r="E281" s="5">
-        <v>-0.71523652632825563</v>
+        <v>-0.71514943026514954</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>12.426761352</v>
+        <v>12.4267728</v>
       </c>
       <c r="C282" s="5">
-        <v>-1.369048000000106E-2</v>
+        <v>-1.3698857999999703E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>-1.3126133791597661</v>
+        <v>-1.3134097044736004</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>12.341419738999999</v>
+        <v>12.341426070000001</v>
       </c>
       <c r="C283" s="5">
-        <v>-8.5341613000000649E-2</v>
+        <v>-8.5346729999999482E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>-7.9368180267549544</v>
+        <v>-7.9372690424512893</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>12.334002348</v>
+        <v>12.33400402</v>
       </c>
       <c r="C284" s="5">
-        <v>-7.4173909999988297E-3</v>
+        <v>-7.422050000000624E-3</v>
       </c>
       <c r="D284" s="5">
-        <v>-0.71883994267587514</v>
+        <v>-0.71928959911079504</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>12.393912275</v>
+        <v>12.393916326999999</v>
       </c>
       <c r="C285" s="5">
-        <v>5.9909926999999641E-2</v>
+        <v>5.9912306999999387E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>5.9870228483624777</v>
+        <v>5.9872662471305516</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>12.391158730000001</v>
+        <v>12.391148246</v>
       </c>
       <c r="C286" s="5">
-        <v>-2.7535449999991357E-3</v>
+        <v>-2.7680809999992562E-3</v>
       </c>
       <c r="D286" s="5">
-        <v>-0.26627745518330581</v>
+        <v>-0.26768132367973596</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>12.328516326000001</v>
+        <v>12.328478431000001</v>
       </c>
       <c r="C287" s="5">
-        <v>-6.2642403999999985E-2</v>
+        <v>-6.2669814999999574E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>-5.9006265356738252</v>
+        <v>-5.9031419875595237</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>12.059466447</v>
+        <v>12.05947967</v>
       </c>
       <c r="C288" s="5">
-        <v>-0.26904987900000066</v>
+        <v>-0.26899876100000064</v>
       </c>
       <c r="D288" s="5">
-        <v>-23.262552925594271</v>
+        <v>-23.258712652643322</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>12.097439254999999</v>
+        <v>12.097454311</v>
       </c>
       <c r="C289" s="5">
-        <v>3.7972807999999247E-2</v>
+        <v>3.797464099999992E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>3.8446862329411857</v>
+        <v>3.8448707581323571</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>12.106348313</v>
+        <v>12.106297290000001</v>
       </c>
       <c r="C290" s="5">
-        <v>8.9090580000004138E-3</v>
+        <v>8.8429790000006392E-3</v>
       </c>
       <c r="D290" s="5">
-        <v>0.88731825455068414</v>
+        <v>0.88070938152253753</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>12.081532043999999</v>
+        <v>12.081543906</v>
       </c>
       <c r="C291" s="5">
-        <v>-2.4816269000000446E-2</v>
+        <v>-2.4753384000000267E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>-2.4322830507907067</v>
+        <v>-2.4261988467469187</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>12.114435480999999</v>
+        <v>12.114447011999999</v>
       </c>
       <c r="C292" s="5">
-        <v>3.2903436999999869E-2</v>
+        <v>3.2903105999999127E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>3.3175393581674761</v>
+        <v>3.3175021769457969</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>12.054313675</v>
+        <v>12.054345753</v>
       </c>
       <c r="C293" s="5">
-        <v>-6.0121805999999722E-2</v>
+        <v>-6.0101258999999629E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>-5.7954921353265965</v>
+        <v>-5.7935598537026012</v>
       </c>
       <c r="E293" s="5">
-        <v>-3.1038917413494294</v>
+        <v>-3.103788309759925</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>12.015220477</v>
+        <v>12.015238106</v>
       </c>
       <c r="C294" s="5">
-        <v>-3.9093197999999774E-2</v>
+        <v>-3.9107646999999801E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>-3.8230340777783756</v>
+        <v>-3.824411972883035</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>12.007652948</v>
+        <v>12.00765674</v>
       </c>
       <c r="C295" s="5">
-        <v>-7.5675289999992401E-3</v>
+        <v>-7.5813660000001448E-3</v>
       </c>
       <c r="D295" s="5">
-        <v>-0.75318164516176012</v>
+        <v>-0.75455293618762465</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>12.024719061000001</v>
+        <v>12.024716459</v>
       </c>
       <c r="C296" s="5">
-        <v>1.7066113000000271E-2</v>
+        <v>1.7059719000000584E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>1.7189190230316953</v>
+        <v>1.718269424287433</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>12.092920311</v>
+        <v>12.092921208</v>
       </c>
       <c r="C297" s="5">
-        <v>6.8201249999999547E-2</v>
+        <v>6.8204748999999509E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>7.0224846717962475</v>
+        <v>7.0228578340508774</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>12.098130074</v>
+        <v>12.098124395999999</v>
       </c>
       <c r="C298" s="5">
-        <v>5.2097629999998674E-3</v>
+        <v>5.2031879999994146E-3</v>
       </c>
       <c r="D298" s="5">
-        <v>0.5181998991700798</v>
+        <v>0.51754431622006436</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>12.136197844</v>
+        <v>12.136134011999999</v>
       </c>
       <c r="C299" s="5">
-        <v>3.8067769999999612E-2</v>
+        <v>3.8009616000000079E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>3.8419363257202077</v>
+        <v>3.835967261056128</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>11.583440549000001</v>
+        <v>11.58346079</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.55275729499999926</v>
+        <v>-0.55267322199999924</v>
       </c>
       <c r="D300" s="5">
-        <v>-42.844356854112498</v>
+        <v>-42.839550737186229</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>11.603340129999999</v>
+        <v>11.603358546999999</v>
       </c>
       <c r="C301" s="5">
-        <v>1.9899580999998889E-2</v>
+        <v>1.9897756999998961E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>2.0811107715438038</v>
+        <v>2.0809145400308982</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>11.703952738</v>
+        <v>11.703860545</v>
       </c>
       <c r="C302" s="5">
-        <v>0.10061260800000049</v>
+        <v>0.10050199800000037</v>
       </c>
       <c r="D302" s="5">
-        <v>10.916060812872818</v>
+        <v>10.903464577025691</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>11.682591263000001</v>
+        <v>11.682625169</v>
       </c>
       <c r="C303" s="5">
-        <v>-2.1361474999999075E-2</v>
+        <v>-2.1235375999999917E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>-2.1683280400302318</v>
+        <v>-2.1556724486822998</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>11.715847153</v>
+        <v>11.715824511999999</v>
       </c>
       <c r="C304" s="5">
-        <v>3.3255889999999511E-2</v>
+        <v>3.3199342999999715E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>3.4699353142912726</v>
+        <v>3.463932441610762</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>11.658035121999999</v>
+        <v>11.658157579999999</v>
       </c>
       <c r="C305" s="5">
-        <v>-5.7812031000000985E-2</v>
+        <v>-5.766693200000006E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>-5.763326674228086</v>
+        <v>-5.7492617863425295</v>
       </c>
       <c r="E305" s="5">
-        <v>-3.2874418542953698</v>
+        <v>-3.2866833349408431</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>11.997255544</v>
+        <v>11.997273782000001</v>
       </c>
       <c r="C306" s="5">
-        <v>0.33922042200000035</v>
+        <v>0.33911620200000137</v>
       </c>
       <c r="D306" s="5">
-        <v>41.084272027159471</v>
+        <v>41.069062941378334</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>11.977824386</v>
+        <v>11.977950292999999</v>
       </c>
       <c r="C307" s="5">
-        <v>-1.9431157999999726E-2</v>
+        <v>-1.9323489000001359E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>-1.9263402262781115</v>
+        <v>-1.9157577740854803</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>12.009119157000001</v>
+        <v>12.009176309000001</v>
       </c>
       <c r="C308" s="5">
-        <v>3.1294771000000665E-2</v>
+        <v>3.1226016000001522E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>3.180719492693318</v>
+        <v>3.1735970729343865</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>12.001591615000001</v>
+        <v>12.00132238</v>
       </c>
       <c r="C309" s="5">
-        <v>-7.5275420000000537E-3</v>
+        <v>-7.8539290000012585E-3</v>
       </c>
       <c r="D309" s="5">
-        <v>-0.74959485238966783</v>
+        <v>-0.7819760460555325</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>12.110230187000001</v>
+        <v>12.11011343</v>
       </c>
       <c r="C310" s="5">
-        <v>0.10863857200000027</v>
+        <v>0.10879105000000067</v>
       </c>
       <c r="D310" s="5">
-        <v>11.419868436768233</v>
+        <v>11.436973535805016</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>12.153881658</v>
+        <v>12.153873511</v>
       </c>
       <c r="C311" s="5">
-        <v>4.3651470999998665E-2</v>
+        <v>4.3760081000000284E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>4.4122037448910634</v>
+        <v>4.4234444233830272</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>12.206257618</v>
+        <v>12.206346044</v>
       </c>
       <c r="C312" s="5">
-        <v>5.2375960000000887E-2</v>
+        <v>5.2472532999999544E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>5.2956282843076963</v>
+        <v>5.3056292475468503</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>12.304053758</v>
+        <v>12.304159765</v>
       </c>
       <c r="C313" s="5">
-        <v>9.7796139999999809E-2</v>
+        <v>9.7813720999999632E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>10.0495470185759</v>
+        <v>10.051357948813845</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>12.207270479</v>
+        <v>12.207146069</v>
       </c>
       <c r="C314" s="5">
-        <v>-9.6783279000000277E-2</v>
+        <v>-9.7013695999999427E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>-9.0413156918636943</v>
+        <v>-9.0618414023811766</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>12.386742849999999</v>
+        <v>12.386697928</v>
       </c>
       <c r="C315" s="5">
-        <v>0.17947237099999924</v>
+        <v>0.17955185900000004</v>
       </c>
       <c r="D315" s="5">
-        <v>19.141386844697305</v>
+        <v>19.150773020720614</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>12.410984284</v>
+        <v>12.410792953</v>
       </c>
       <c r="C316" s="5">
-        <v>2.4241434000000339E-2</v>
+        <v>2.4095024999999382E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>2.3738998587002902</v>
+        <v>2.3594173233665527</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>12.455490292</v>
+        <v>12.455878478000001</v>
       </c>
       <c r="C317" s="5">
-        <v>4.4506008000000818E-2</v>
+        <v>4.508552500000107E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>4.3891167103359052</v>
+        <v>4.447484556188086</v>
       </c>
       <c r="E317" s="5">
-        <v>6.8403908690849224</v>
+        <v>6.8425983482031549</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>12.467400703999999</v>
+        <v>12.467538404000001</v>
       </c>
       <c r="C318" s="5">
-        <v>1.1910411999998871E-2</v>
+        <v>1.1659926000000098E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>1.1535397494423449</v>
+        <v>1.1291194274531069</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>12.556226917</v>
+        <v>12.556518448</v>
       </c>
       <c r="C319" s="5">
-        <v>8.882621300000082E-2</v>
+        <v>8.8980043999999481E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>8.892721624875044</v>
+        <v>8.9086294377173516</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>12.494517643</v>
+        <v>12.494609973999999</v>
       </c>
       <c r="C320" s="5">
-        <v>-6.1709274000000036E-2</v>
+        <v>-6.1908474000000879E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>-5.7407310372316722</v>
+        <v>-5.7586326542887871</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>12.516966145</v>
+        <v>12.516361037999999</v>
       </c>
       <c r="C321" s="5">
-        <v>2.2448501999999593E-2</v>
+        <v>2.1751064000000042E-2</v>
       </c>
       <c r="D321" s="5">
-        <v>2.1774348085418227</v>
+        <v>2.1091208065183498</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>12.52053327</v>
+        <v>12.520234797000001</v>
       </c>
       <c r="C322" s="5">
-        <v>3.5671250000000043E-3</v>
+        <v>3.8737590000010869E-3</v>
       </c>
       <c r="D322" s="5">
-        <v>0.34251636494198046</v>
+        <v>0.37202760215342412</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>12.369791115</v>
+        <v>12.369792535</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.15074215499999966</v>
+        <v>-0.15044226200000033</v>
       </c>
       <c r="D323" s="5">
-        <v>-13.528205508532976</v>
+        <v>-13.503346039406017</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>12.526674732</v>
+        <v>12.526776386</v>
       </c>
       <c r="C324" s="5">
-        <v>0.15688361700000009</v>
+        <v>0.15698385099999967</v>
       </c>
       <c r="D324" s="5">
-        <v>16.327184625184387</v>
+        <v>16.338352813936474</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>12.503469396</v>
+        <v>12.503626231</v>
       </c>
       <c r="C325" s="5">
-        <v>-2.3205336000000187E-2</v>
+        <v>-2.3150154999999728E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>-2.2004588138443526</v>
+        <v>-2.1952616823720184</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>12.719248425</v>
+        <v>12.719050264</v>
       </c>
       <c r="C326" s="5">
-        <v>0.21577902900000012</v>
+        <v>0.21542403299999968</v>
       </c>
       <c r="D326" s="5">
-        <v>22.792254206600781</v>
+        <v>22.750821793638011</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>12.591573783999999</v>
+        <v>12.59133527</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.12767464100000048</v>
+        <v>-0.12771499399999975</v>
       </c>
       <c r="D327" s="5">
-        <v>-11.402232449506034</v>
+        <v>-11.405807608506645</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>12.605743256</v>
+        <v>12.605223196000001</v>
       </c>
       <c r="C328" s="5">
-        <v>1.4169472000000738E-2</v>
+        <v>1.3887926000000661E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>1.3587658003507475</v>
+        <v>1.33162865422356</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>12.551425762999999</v>
+        <v>12.552965865999999</v>
       </c>
       <c r="C329" s="5">
-        <v>-5.4317493000000994E-2</v>
+        <v>-5.2257330000001545E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>-5.0499384055092023</v>
+        <v>-4.8629468599964865</v>
       </c>
       <c r="E329" s="5">
-        <v>0.77022637207317945</v>
+        <v>0.77945034685009684</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>12.532597444</v>
+        <v>12.532883065</v>
       </c>
       <c r="C330" s="5">
-        <v>-1.8828318999998928E-2</v>
+        <v>-2.0082800999999151E-2</v>
       </c>
       <c r="D330" s="5">
-        <v>-1.7853350016857283</v>
+        <v>-1.9030111601744282</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>12.53859634</v>
+        <v>12.538983934999999</v>
       </c>
       <c r="C331" s="5">
-        <v>5.9988959999994762E-3</v>
+        <v>6.1008699999991478E-3</v>
       </c>
       <c r="D331" s="5">
-        <v>0.57591070700122593</v>
+        <v>0.58571333693586691</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>12.577769497</v>
+        <v>12.577926056000001</v>
       </c>
       <c r="C332" s="5">
-        <v>3.9173157000000458E-2</v>
+        <v>3.8942121000001606E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>3.8141431004783843</v>
+        <v>3.7911431667223994</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>12.631836826000001</v>
+        <v>12.630532239000001</v>
       </c>
       <c r="C333" s="5">
-        <v>5.4067329000000441E-2</v>
+        <v>5.2606182999999973E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>5.2820919253221854</v>
+        <v>5.1359815562274758</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>12.632651296000001</v>
+        <v>12.631761622000001</v>
       </c>
       <c r="C334" s="5">
-        <v>8.1446999999990055E-4</v>
+        <v>1.2293830000000838E-3</v>
       </c>
       <c r="D334" s="5">
-        <v>7.7400514843284363E-2</v>
+        <v>0.11686361201530548</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>12.486467465</v>
+        <v>12.486496186</v>
       </c>
       <c r="C335" s="5">
-        <v>-0.1461838310000001</v>
+        <v>-0.14526543600000075</v>
       </c>
       <c r="D335" s="5">
-        <v>-13.035705291310295</v>
+        <v>-12.959774045117511</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>12.639134727</v>
+        <v>12.639285535000001</v>
       </c>
       <c r="C336" s="5">
-        <v>0.15266726199999958</v>
+        <v>0.15278934900000074</v>
       </c>
       <c r="D336" s="5">
-        <v>15.699915046100021</v>
+        <v>15.713288309690654</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>12.702471855000001</v>
+        <v>12.702741633</v>
       </c>
       <c r="C337" s="5">
-        <v>6.3337128000000575E-2</v>
+        <v>6.3456097999999628E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>6.1819695901103033</v>
+        <v>6.1938281169748421</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>12.737094602000001</v>
+        <v>12.736933682</v>
       </c>
       <c r="C338" s="5">
-        <v>3.4622747000000231E-2</v>
+        <v>3.4192048999999614E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>3.3202855190523017</v>
+        <v>3.2782980177698207</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>12.694426541</v>
+        <v>12.694075436</v>
       </c>
       <c r="C339" s="5">
-        <v>-4.2668061000000534E-2</v>
+        <v>-4.2858245999999767E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>-3.9466429013993887</v>
+        <v>-3.9639592294817394</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>12.599454879</v>
+        <v>12.598794570000001</v>
       </c>
       <c r="C340" s="5">
-        <v>-9.4971662000000734E-2</v>
+        <v>-9.528086599999952E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>-8.6172916345974464</v>
+        <v>-8.6444288537873231</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>12.646235602000001</v>
+        <v>12.649062544</v>
       </c>
       <c r="C341" s="5">
-        <v>4.6780723000001245E-2</v>
+        <v>5.0267973999998716E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>4.5476211933893396</v>
+        <v>4.8943617127881867</v>
       </c>
       <c r="E341" s="5">
-        <v>0.75537106931300446</v>
+        <v>0.76552966865208738</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>12.702246419</v>
+        <v>12.702944591</v>
       </c>
       <c r="C342" s="5">
-        <v>5.601081699999888E-2</v>
+        <v>5.38820470000001E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>5.4462601078280493</v>
+        <v>5.2331971691060408</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>12.633079514</v>
+        <v>12.632942416000001</v>
       </c>
       <c r="C343" s="5">
-        <v>-6.9166904999999446E-2</v>
+        <v>-7.0002174999999056E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>-6.3421137444342968</v>
+        <v>-6.4160540067801808</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>12.66719033</v>
+        <v>12.667691817</v>
       </c>
       <c r="C344" s="5">
-        <v>3.4110816000000099E-2</v>
+        <v>3.4749400999999125E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>3.2886965689404413</v>
+        <v>3.3512353406121687</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>12.535273927</v>
+        <v>12.532742495000001</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.13191640299999996</v>
+        <v>-0.13494932199999887</v>
       </c>
       <c r="D345" s="5">
-        <v>-11.805319133679271</v>
+        <v>-12.060594041118232</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>12.538640157</v>
+        <v>12.537425247</v>
       </c>
       <c r="C346" s="5">
-        <v>3.3662299999992484E-3</v>
+        <v>4.682751999999013E-3</v>
       </c>
       <c r="D346" s="5">
-        <v>0.32272510082931305</v>
+        <v>0.44929229338810384</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>12.600027111999999</v>
+        <v>12.60008026</v>
       </c>
       <c r="C347" s="5">
-        <v>6.1386954999999688E-2</v>
+        <v>6.2655013000000537E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>6.0357930792452219</v>
+        <v>6.1645342219645682</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>12.648213460999999</v>
+        <v>12.648378378</v>
       </c>
       <c r="C348" s="5">
-        <v>4.8186348999999851E-2</v>
+        <v>4.8298117999999945E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>4.6869344168308347</v>
+        <v>4.6980158173599351</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>12.700928417</v>
+        <v>12.701245165</v>
       </c>
       <c r="C349" s="5">
-        <v>5.2714956000000868E-2</v>
+        <v>5.2866786999999249E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>5.1175868222812282</v>
+        <v>5.1325986600989415</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>12.652518273</v>
+        <v>12.652465953</v>
       </c>
       <c r="C350" s="5">
-        <v>-4.8410143999999988E-2</v>
+        <v>-4.8779211999999461E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>-4.479176391497008</v>
+        <v>-4.5124964266370142</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>12.698293323</v>
+        <v>12.697973543</v>
       </c>
       <c r="C351" s="5">
-        <v>4.5775049999999595E-2</v>
+        <v>4.5507589999999709E-2</v>
       </c>
       <c r="D351" s="5">
-        <v>4.4288701373564665</v>
+        <v>4.4024971476840591</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>12.89801402</v>
+        <v>12.897345178</v>
       </c>
       <c r="C352" s="5">
-        <v>0.19972069700000006</v>
+        <v>0.19937163500000032</v>
       </c>
       <c r="D352" s="5">
-        <v>20.595160130575252</v>
+        <v>20.556564786785202</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>12.941156080000001</v>
+        <v>12.945097619</v>
       </c>
       <c r="C353" s="5">
-        <v>4.3142060000000981E-2</v>
+        <v>4.775244100000009E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>4.0885037616887443</v>
+        <v>4.5346041095852163</v>
       </c>
       <c r="E353" s="5">
-        <v>2.3320811606052816</v>
+        <v>2.3403716597197421</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>12.978250563</v>
+        <v>12.979261253000001</v>
       </c>
       <c r="C354" s="5">
-        <v>3.7094482999998846E-2</v>
+        <v>3.4163634000000442E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>3.4944242460529962</v>
+        <v>3.213316443694425</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>13.035589723999999</v>
+        <v>13.034921367999999</v>
       </c>
       <c r="C355" s="5">
-        <v>5.7339160999999805E-2</v>
+        <v>5.5660114999998456E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>5.4324610347027624</v>
+        <v>5.2691939292989209</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>13.059905435999999</v>
+        <v>13.060892119</v>
       </c>
       <c r="C356" s="5">
-        <v>2.4315711999999934E-2</v>
+        <v>2.5970751000000902E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>2.2615071262246156</v>
+        <v>2.41725204700729</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>13.131273180000001</v>
+        <v>13.127796563</v>
       </c>
       <c r="C357" s="5">
-        <v>7.1367744000001565E-2</v>
+        <v>6.6904444000000396E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>6.7582998369245528</v>
+        <v>6.32317786664085</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>13.240309123999999</v>
+        <v>13.239123463</v>
       </c>
       <c r="C358" s="5">
-        <v>0.10903594399999861</v>
+        <v>0.1113268999999999</v>
       </c>
       <c r="D358" s="5">
-        <v>10.432132998504716</v>
+        <v>10.664603213188094</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>13.312967107</v>
+        <v>13.311780538000001</v>
       </c>
       <c r="C359" s="5">
-        <v>7.2657983000000925E-2</v>
+        <v>7.2657075000000404E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>6.7875961420180486</v>
+        <v>6.7881350775495397</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>13.346619162</v>
+        <v>13.347084138</v>
       </c>
       <c r="C360" s="5">
-        <v>3.3652054999999237E-2</v>
+        <v>3.530359999999888E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>3.0758469430672397</v>
+        <v>3.2293016364185467</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>13.39996198</v>
+        <v>13.400518541</v>
       </c>
       <c r="C361" s="5">
-        <v>5.3342818000000847E-2</v>
+        <v>5.3434403000000685E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>4.9029192477864081</v>
+        <v>4.9113484682230535</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>13.467300009000001</v>
+        <v>13.467502444000001</v>
       </c>
       <c r="C362" s="5">
-        <v>6.7338029000000077E-2</v>
+        <v>6.6983903000000566E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>6.1997821075622017</v>
+        <v>6.1660131734540213</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>13.500424927999999</v>
+        <v>13.500266372</v>
       </c>
       <c r="C363" s="5">
-        <v>3.3124918999998698E-2</v>
+        <v>3.2763927999999609E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>2.9918452104719995</v>
+        <v>2.958757923852251</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>13.602028338</v>
+        <v>13.60160518</v>
       </c>
       <c r="C364" s="5">
-        <v>0.10160341000000095</v>
+        <v>0.1013388079999995</v>
       </c>
       <c r="D364" s="5">
-        <v>9.4144912402719818</v>
+        <v>9.3890673852859319</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>13.533589342999999</v>
+        <v>13.537727699</v>
       </c>
       <c r="C365" s="5">
-        <v>-6.8438995000001057E-2</v>
+        <v>-6.3877481000000458E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-5.8735177845636759</v>
+        <v>-5.4922722731587044</v>
       </c>
       <c r="E365" s="5">
-        <v>4.5779006090157504</v>
+        <v>4.5780271222533919</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>13.670211120999999</v>
+        <v>13.671506352</v>
       </c>
       <c r="C366" s="5">
-        <v>0.1366217780000003</v>
+        <v>0.13377865300000025</v>
       </c>
       <c r="D366" s="5">
-        <v>12.809774192013435</v>
+        <v>12.524510081772998</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>13.637520327000001</v>
+        <v>13.636188496999999</v>
       </c>
       <c r="C367" s="5">
-        <v>-3.2690793999998746E-2</v>
+        <v>-3.531785500000062E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-2.832222488638747</v>
+        <v>-3.0563139300059161</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>13.657663559</v>
+        <v>13.659466294</v>
       </c>
       <c r="C368" s="5">
-        <v>2.014323199999879E-2</v>
+        <v>2.3277797000000433E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>1.7869241685215087</v>
+        <v>2.0678150691877839</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>13.126362471</v>
+        <v>13.123184986</v>
       </c>
       <c r="C369" s="5">
-        <v>-0.53130108799999931</v>
+        <v>-0.53628130799999951</v>
       </c>
       <c r="D369" s="5">
-        <v>-37.882239460368673</v>
+        <v>-38.160461610595689</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>13.134842482</v>
+        <v>13.133878093</v>
       </c>
       <c r="C370" s="5">
-        <v>8.4800109999996209E-3</v>
+        <v>1.0693106999999813E-2</v>
       </c>
       <c r="D370" s="5">
-        <v>0.7779952897203124</v>
+        <v>0.98218464537174199</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>13.317894652</v>
+        <v>13.315003504</v>
       </c>
       <c r="C371" s="5">
-        <v>0.18305216999999985</v>
+        <v>0.18112541100000001</v>
       </c>
       <c r="D371" s="5">
-        <v>18.066985548539961</v>
+        <v>17.863585880825461</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>13.342710039</v>
+        <v>13.343000322</v>
       </c>
       <c r="C372" s="5">
-        <v>2.48153870000003E-2</v>
+        <v>2.799681800000009E-2</v>
       </c>
       <c r="D372" s="5">
-        <v>2.2590315270775596</v>
+        <v>2.5525673765809387</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>13.398031391</v>
+        <v>13.398357234000001</v>
       </c>
       <c r="C373" s="5">
-        <v>5.532135199999999E-2</v>
+        <v>5.5356912000000591E-2</v>
       </c>
       <c r="D373" s="5">
-        <v>5.0904651501614051</v>
+        <v>5.0936989140812461</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>13.378332148</v>
+        <v>13.378466842</v>
       </c>
       <c r="C374" s="5">
-        <v>-1.9699242999999811E-2</v>
+        <v>-1.9890392000000645E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>-1.7501722839186717</v>
+        <v>-1.7669738060198892</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>13.40391052</v>
+        <v>13.403931708</v>
       </c>
       <c r="C375" s="5">
-        <v>2.5578372000000016E-2</v>
+        <v>2.5464866000000086E-2</v>
       </c>
       <c r="D375" s="5">
-        <v>2.3185908327574278</v>
+        <v>2.3081704740083309</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>13.313093092000001</v>
+        <v>13.313234366</v>
       </c>
       <c r="C376" s="5">
-        <v>-9.0817427999999367E-2</v>
+        <v>-9.0697342000000347E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>-7.8342871834477634</v>
+        <v>-7.8242986023654542</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>13.329286397000001</v>
+        <v>13.333849136</v>
       </c>
       <c r="C377" s="5">
-        <v>1.6193304999999825E-2</v>
+        <v>2.0614769999999893E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>1.4694175253217034</v>
+        <v>1.874036888633146</v>
       </c>
       <c r="E377" s="5">
-        <v>-1.5095991227609629</v>
+        <v>-1.5060028354319743</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>13.168833245</v>
+        <v>13.169210904</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.16045315200000054</v>
+        <v>-0.16463823199999972</v>
       </c>
       <c r="D378" s="5">
-        <v>-13.526151766980366</v>
+        <v>-13.85093061419116</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>13.338224268999999</v>
+        <v>13.337421396</v>
       </c>
       <c r="C379" s="5">
-        <v>0.16939102399999939</v>
+        <v>0.16821049200000004</v>
       </c>
       <c r="D379" s="5">
-        <v>16.575853814290497</v>
+        <v>16.451594681876003</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>13.252857113999999</v>
+        <v>13.255698725</v>
       </c>
       <c r="C380" s="5">
-        <v>-8.5367155000000139E-2</v>
+        <v>-8.1722670999999636E-2</v>
       </c>
       <c r="D380" s="5">
-        <v>-7.4155601947242022</v>
+        <v>-7.109987011757946</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>13.322747144999999</v>
+        <v>13.321003573</v>
       </c>
       <c r="C381" s="5">
-        <v>6.9890030999999908E-2</v>
+        <v>6.5304848000000248E-2</v>
       </c>
       <c r="D381" s="5">
-        <v>6.5151141915121169</v>
+        <v>6.0747064852268773</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>13.225146961</v>
+        <v>13.224361792</v>
       </c>
       <c r="C382" s="5">
-        <v>-9.7600183999999146E-2</v>
+        <v>-9.6641781000000648E-2</v>
       </c>
       <c r="D382" s="5">
-        <v>-8.4452975195088982</v>
+        <v>-8.3666997453609397</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>13.219021578</v>
+        <v>13.214255844</v>
       </c>
       <c r="C383" s="5">
-        <v>-6.1253830000005394E-3</v>
+        <v>-1.0105947999999643E-2</v>
       </c>
       <c r="D383" s="5">
-        <v>-0.55438053072714988</v>
+        <v>-0.91318555744877017</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>13.234448509</v>
+        <v>13.234306048000001</v>
       </c>
       <c r="C384" s="5">
-        <v>1.5426931000000366E-2</v>
+        <v>2.0050204000000349E-2</v>
       </c>
       <c r="D384" s="5">
-        <v>1.4094541273227623</v>
+        <v>1.8360513512788224</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>13.301230088000001</v>
+        <v>13.301041949</v>
       </c>
       <c r="C385" s="5">
-        <v>6.678157900000059E-2</v>
+        <v>6.6735900999999487E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>6.2261618020671872</v>
+        <v>6.2218532089231671</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>13.285347741000001</v>
+        <v>13.283121537</v>
       </c>
       <c r="C386" s="5">
-        <v>-1.5882346999999797E-2</v>
+        <v>-1.7920412000000496E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>-1.4234885437382716</v>
+        <v>-1.604825934438403</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>13.606769870999999</v>
+        <v>13.606462301000001</v>
       </c>
       <c r="C387" s="5">
-        <v>0.32142212999999842</v>
+        <v>0.323340764000001</v>
       </c>
       <c r="D387" s="5">
-        <v>33.22488650440436</v>
+        <v>33.456864305590805</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>13.624792473999999</v>
+        <v>13.625083825000001</v>
       </c>
       <c r="C388" s="5">
-        <v>1.8022603000000359E-2</v>
+        <v>1.8621524000000278E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>1.6010686956356768</v>
+        <v>1.6547137101185827</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>13.626217873</v>
+        <v>13.633819219999999</v>
       </c>
       <c r="C389" s="5">
-        <v>1.4253990000003824E-3</v>
+        <v>8.7353949999986469E-3</v>
       </c>
       <c r="D389" s="5">
-        <v>0.12561390235323877</v>
+        <v>0.77206984317650384</v>
       </c>
       <c r="E389" s="5">
-        <v>2.2276622105353638</v>
+        <v>2.2496886003465555</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>13.17758107</v>
+        <v>13.176810308</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.44863680299999942</v>
+        <v>-0.45700891199999916</v>
       </c>
       <c r="D390" s="5">
-        <v>-33.08485609439871</v>
+        <v>-33.577815607716644</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>13.138836809000001</v>
+        <v>13.139313699000001</v>
       </c>
       <c r="C391" s="5">
-        <v>-3.8744260999999725E-2</v>
+        <v>-3.7496608999999737E-2</v>
       </c>
       <c r="D391" s="5">
-        <v>-3.4716991717853585</v>
+        <v>-3.3618403978970313</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>13.147704664000001</v>
+        <v>13.153578803</v>
       </c>
       <c r="C392" s="5">
-        <v>8.8678550000000911E-3</v>
+        <v>1.4265103999999695E-2</v>
       </c>
       <c r="D392" s="5">
-        <v>0.81293478456929691</v>
+        <v>1.3106249341494625</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>13.218224994</v>
+        <v>13.218021981</v>
       </c>
       <c r="C393" s="5">
-        <v>7.0520329999999021E-2</v>
+        <v>6.4443177999999435E-2</v>
       </c>
       <c r="D393" s="5">
-        <v>6.6297520638956442</v>
+        <v>6.0401821395212441</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>13.215077868</v>
+        <v>13.211840355</v>
       </c>
       <c r="C394" s="5">
-        <v>-3.1471260000000001E-3</v>
+        <v>-6.1816260000000511E-3</v>
       </c>
       <c r="D394" s="5">
-        <v>-0.28533405592472416</v>
+        <v>-0.5597585420486495</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>13.114656932999999</v>
+        <v>13.108642511999999</v>
       </c>
       <c r="C395" s="5">
-        <v>-0.10042093500000071</v>
+        <v>-0.10319784300000023</v>
       </c>
       <c r="D395" s="5">
-        <v>-8.7471380248164579</v>
+        <v>-8.9808382029369795</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>13.229413523</v>
+        <v>13.228136611</v>
       </c>
       <c r="C396" s="5">
-        <v>0.11475659000000071</v>
+        <v>0.11949409900000063</v>
       </c>
       <c r="D396" s="5">
-        <v>11.020681579305048</v>
+        <v>11.504249099994567</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>13.202571523</v>
+        <v>13.20126409</v>
       </c>
       <c r="C397" s="5">
-        <v>-2.6842000000000255E-2</v>
+        <v>-2.6872520999999594E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>-2.4077691999377815</v>
+        <v>-2.4107065573128139</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>13.184082533</v>
+        <v>13.178964985</v>
       </c>
       <c r="C398" s="5">
-        <v>-1.8488989999999816E-2</v>
+        <v>-2.2299105000000097E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>-1.6676065779701821</v>
+        <v>-2.0082712564535421</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>13.215763635</v>
+        <v>13.214881279</v>
       </c>
       <c r="C399" s="5">
-        <v>3.1681102000000294E-2</v>
+        <v>3.5916293999999738E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>2.9219948190913447</v>
+        <v>3.319796141326492</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>13.137033918</v>
+        <v>13.137436857000001</v>
       </c>
       <c r="C400" s="5">
-        <v>-7.8729716999999866E-2</v>
+        <v>-7.7444421999999236E-2</v>
       </c>
       <c r="D400" s="5">
-        <v>-6.9190724080317239</v>
+        <v>-6.8101720136856558</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>13.126936469</v>
+        <v>13.137939099</v>
       </c>
       <c r="C401" s="5">
-        <v>-1.009744899999987E-2</v>
+        <v>5.0224199999959751E-4</v>
       </c>
       <c r="D401" s="5">
-        <v>-0.91846046108606805</v>
+        <v>4.5885445300331007E-2</v>
       </c>
       <c r="E401" s="5">
-        <v>-3.6641231532728691</v>
+        <v>-3.6371328752296539</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>13.084428090999999</v>
+        <v>13.083226804000001</v>
       </c>
       <c r="C402" s="5">
-        <v>-4.2508378000000846E-2</v>
+        <v>-5.4712294999999855E-2</v>
       </c>
       <c r="D402" s="5">
-        <v>-3.8174390080965237</v>
+        <v>-4.8844530525026464</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>13.141028798000001</v>
+        <v>13.145141659</v>
       </c>
       <c r="C403" s="5">
-        <v>5.6600707000001194E-2</v>
+        <v>6.1914854999999491E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>5.3162695423880635</v>
+        <v>5.8290276613228054</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>13.237087649999999</v>
+        <v>13.248111804000001</v>
       </c>
       <c r="C404" s="5">
-        <v>9.6058851999998751E-2</v>
+        <v>0.10297014500000046</v>
       </c>
       <c r="D404" s="5">
-        <v>9.1332102175134988</v>
+        <v>9.8157335689949896</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>13.117143588999999</v>
+        <v>13.116608502</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.11994406099999999</v>
+        <v>-0.13150330200000049</v>
       </c>
       <c r="D405" s="5">
-        <v>-10.347596536903414</v>
+        <v>-11.282180601215197</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>13.206502088000001</v>
+        <v>13.199459848</v>
       </c>
       <c r="C406" s="5">
-        <v>8.9358499000001146E-2</v>
+        <v>8.2851345999999992E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>8.488169278083312</v>
+        <v>7.848780182953341</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>13.310445793</v>
+        <v>13.301287681</v>
       </c>
       <c r="C407" s="5">
-        <v>0.10394370499999894</v>
+        <v>0.10182783299999976</v>
       </c>
       <c r="D407" s="5">
-        <v>9.8645448297355323</v>
+        <v>9.660526606295484</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>13.722730715999999</v>
+        <v>13.720552561</v>
       </c>
       <c r="C408" s="5">
-        <v>0.41228492299999964</v>
+        <v>0.41926488000000006</v>
       </c>
       <c r="D408" s="5">
-        <v>44.203327192720153</v>
+        <v>45.12257779373472</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>13.804929548</v>
+        <v>13.802823634999999</v>
       </c>
       <c r="C409" s="5">
-        <v>8.2198832000001332E-2</v>
+        <v>8.2271073999999444E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>7.4295709313489722</v>
+        <v>7.4375370745161984</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>13.883439889</v>
+        <v>13.875191114</v>
       </c>
       <c r="C410" s="5">
-        <v>7.8510340999999428E-2</v>
+        <v>7.2367479000000401E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>7.0421135812208657</v>
+        <v>6.4761694036731932</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>14.025571433</v>
+        <v>14.024051191</v>
       </c>
       <c r="C411" s="5">
-        <v>0.14213154399999972</v>
+        <v>0.14886007700000015</v>
       </c>
       <c r="D411" s="5">
-        <v>13.000863428607046</v>
+        <v>13.661707429283299</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>14.143465033</v>
+        <v>14.143645429999999</v>
       </c>
       <c r="C412" s="5">
-        <v>0.11789360000000038</v>
+        <v>0.11959423899999955</v>
       </c>
       <c r="D412" s="5">
-        <v>10.566377266511529</v>
+        <v>10.727237324342308</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>14.328925057999999</v>
+        <v>14.344116135</v>
       </c>
       <c r="C413" s="5">
-        <v>0.18546002499999936</v>
+        <v>0.20047070500000075</v>
       </c>
       <c r="D413" s="5">
-        <v>16.92125874856314</v>
+        <v>18.399314675470357</v>
       </c>
       <c r="E413" s="5">
-        <v>9.1566573193872181</v>
+        <v>9.1808694416296142</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>14.492946393</v>
+        <v>14.492237755</v>
       </c>
       <c r="C414" s="5">
-        <v>0.16402133500000105</v>
+        <v>0.14812161999999951</v>
       </c>
       <c r="D414" s="5">
-        <v>14.634910084794829</v>
+        <v>13.120128703041424</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>14.540084952000001</v>
+        <v>14.547860553</v>
       </c>
       <c r="C415" s="5">
-        <v>4.7138559000000413E-2</v>
+        <v>5.5622797999999918E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>3.9736038486323011</v>
+        <v>4.704211459498131</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>14.627669255000001</v>
+        <v>14.644633759</v>
       </c>
       <c r="C416" s="5">
-        <v>8.7584302999999863E-2</v>
+        <v>9.6773205999999945E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>7.4727239589557737</v>
+        <v>8.2810919548010897</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>14.618071677</v>
+        <v>14.616884520999999</v>
       </c>
       <c r="C417" s="5">
-        <v>-9.5975780000010502E-3</v>
+        <v>-2.7749238000000176E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>-0.7845147835431443</v>
+        <v>-2.2502602862954468</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>14.70047372</v>
+        <v>14.688095491</v>
       </c>
       <c r="C418" s="5">
-        <v>8.2402043000000091E-2</v>
+        <v>7.1210970000000984E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>6.9781087879158932</v>
+        <v>6.0054166355777649</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>14.702874821</v>
+        <v>14.690464398</v>
       </c>
       <c r="C419" s="5">
-        <v>2.4011010000002386E-3</v>
+        <v>2.368906999999254E-3</v>
       </c>
       <c r="D419" s="5">
-        <v>0.19617810126781876</v>
+        <v>0.19370866344332605</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>14.719844135000001</v>
+        <v>14.716556841999999</v>
       </c>
       <c r="C420" s="5">
-        <v>1.6969314000000679E-2</v>
+        <v>2.6092443999999659E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>1.3938047796198116</v>
+        <v>2.152322815995289</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>14.708426749999999</v>
+        <v>14.705453523999999</v>
       </c>
       <c r="C421" s="5">
-        <v>-1.1417385000001445E-2</v>
+        <v>-1.1103317999999973E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>-0.92681445146717278</v>
+        <v>-0.90162603775737482</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>14.783188908</v>
+        <v>14.773343122</v>
       </c>
       <c r="C422" s="5">
-        <v>7.4762158000000412E-2</v>
+        <v>6.7889598000000717E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>6.272979146866664</v>
+        <v>5.6828075270088263</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>14.653016216999999</v>
+        <v>14.6512777</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.13017269100000028</v>
+        <v>-0.12206542200000037</v>
       </c>
       <c r="D423" s="5">
-        <v>-10.069533988795321</v>
+        <v>-9.4766571236638004</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>14.691606311999999</v>
+        <v>14.692160716</v>
       </c>
       <c r="C424" s="5">
-        <v>3.8590094999999991E-2</v>
+        <v>4.0883016000000438E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>3.2064933908187987</v>
+        <v>3.4003584607525283</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>14.587464963</v>
+        <v>14.605520896</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.10414134899999894</v>
+        <v>-8.6639820000000256E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>-8.1822754507391622</v>
+        <v>-6.8513510780074505</v>
       </c>
       <c r="E425" s="5">
-        <v>1.8043217055954575</v>
+        <v>1.8223831886174269</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>14.655035647</v>
+        <v>14.660924623</v>
       </c>
       <c r="C426" s="5">
-        <v>6.7570683999999659E-2</v>
+        <v>5.5403726999999847E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>5.7023489834317376</v>
+        <v>4.6481911310607638</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>14.655321993999999</v>
+        <v>14.673880226</v>
       </c>
       <c r="C427" s="5">
-        <v>2.8634699999940949E-4</v>
+        <v>1.2955602999999982E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>2.3449504835060253E-2</v>
+        <v>1.0655881564458847</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>14.675873277999999</v>
+        <v>14.701276352000001</v>
       </c>
       <c r="C428" s="5">
-        <v>2.0551283999999725E-2</v>
+        <v>2.7396126000001075E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>1.6958098714329628</v>
+        <v>2.2635486221494583</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>14.634762586000001</v>
+        <v>14.891013435</v>
       </c>
       <c r="C429" s="5">
-        <v>-4.1110691999998394E-2</v>
+        <v>0.18973708299999892</v>
       </c>
       <c r="D429" s="5">
-        <v>-3.3101825751570613</v>
+        <v>16.63544967167234</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>14.742882323</v>
+        <v>14.917761643</v>
       </c>
       <c r="C430" s="5">
-        <v>0.10811973699999911</v>
+        <v>2.6748208000000773E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>9.2346976969919226</v>
+        <v>2.1769415162667061</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>14.690936126</v>
+        <v>14.843430968</v>
       </c>
       <c r="C431" s="5">
-        <v>-5.1946196999999472E-2</v>
+        <v>-7.4330675000000568E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>-4.1471881314297354</v>
+        <v>-5.8180668494559935</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>14.633493957000001</v>
+        <v>14.787488134</v>
       </c>
       <c r="C432" s="5">
-        <v>-5.7442168999999765E-2</v>
+        <v>-5.5942833999999664E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>-4.5924497519641676</v>
+        <v>-4.4300530141667789</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>14.442200559</v>
+        <v>14.594181678</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.19129339800000089</v>
+        <v>-0.19330645600000018</v>
       </c>
       <c r="D433" s="5">
-        <v>-14.606646263278765</v>
+        <v>-14.606646276174084</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>14.377876272</v>
+        <v>14.529180480000001</v>
       </c>
       <c r="C434" s="5">
-        <v>-6.4324286999999813E-2</v>
+        <v>-6.500119799999915E-2</v>
       </c>
       <c r="D434" s="5">
-        <v>-5.2156921819954576</v>
+        <v>-5.2156922215949582</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>14.398355896</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.13082458400000085</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-10.285750718854558</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>14.559259865</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.16090396899999959</v>
+      </c>
+      <c r="D436" s="5">
+        <v>14.265920528324738</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">