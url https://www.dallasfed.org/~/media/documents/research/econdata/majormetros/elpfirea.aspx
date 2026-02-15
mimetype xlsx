--- v2 (2026-01-13)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D24BF7B6-CA65-47C7-BC7B-E2CEBF653791}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{BF5B75A1-9FB1-49F0-B17F-AC5EC0A77934}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{70E3213F-B76A-4799-9949-27C9E7735F0B}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{473518E2-261A-48AD-A43E-98AE9C7A23C4}"/>
   </bookViews>
   <sheets>
     <sheet name="elpfirea" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Financial Activities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AA945C98-1B98-43DD-A758-BA6000FDDCC4}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B538718B-F630-41CF-B5E7-2824582776DF}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>14.843430968</v>
       </c>
       <c r="C431" s="5">
         <v>-7.4330675000000568E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-5.8180668494559935</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>14.787488134</v>
       </c>
       <c r="C432" s="5">
         <v>-5.5942833999999664E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-4.4300530141667789</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>14.594181678</v>
       </c>
       <c r="C433" s="5">
         <v>-0.19330645600000018</v>
       </c>
       <c r="D433" s="5">
         <v>-14.606646276174084</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>14.529180480000001</v>
       </c>
       <c r="C434" s="5">
         <v>-6.500119799999915E-2</v>
       </c>
       <c r="D434" s="5">
         <v>-5.2156922215949582</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>14.398355896</v>
       </c>
       <c r="C435" s="5">
         <v>-0.13082458400000085</v>
       </c>
       <c r="D435" s="5">
         <v>-10.285750718854558</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>14.559259865</v>
+        <v>14.546860685</v>
       </c>
       <c r="C436" s="5">
-        <v>0.16090396899999959</v>
+        <v>0.14850478900000041</v>
       </c>
       <c r="D436" s="5">
-        <v>14.265920528324738</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>13.103620055329879</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>14.408555176</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.13830550900000027</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-10.831009138384262</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.348570320788367</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>