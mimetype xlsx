--- v0 (2025-10-07)
+++ v1 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{AA634D94-6985-44FA-B896-588542840F35}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6181C187-FE13-49A2-9DF8-42B22DF0E362}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{BAC9D33E-4E48-439A-AA88-A7052EF6D333}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{54D44D5F-8632-4A7F-8530-4F58D7348B19}"/>
   </bookViews>
   <sheets>
     <sheet name="elpgooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Goods Producing Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5CD2409A-0D83-4FAA-999F-32783FE14002}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EF69F217-2282-421B-B777-2232A06CCDDB}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6151 +974,6190 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>50.614854770999997</v>
+        <v>50.614798594</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>50.679379216999997</v>
+        <v>50.679261339999996</v>
       </c>
       <c r="C7" s="5">
-        <v>6.4524446000000069E-2</v>
+        <v>6.4462745999996685E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>1.5405465939769991</v>
+        <v>1.5390648682555463</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>50.507385358000001</v>
+        <v>50.507301980999998</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.17199385899999697</v>
+        <v>-0.17195935899999881</v>
       </c>
       <c r="D8" s="5">
-        <v>-3.9973539660084323</v>
+        <v>-3.9965761695358926</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>50.440847116</v>
+        <v>50.440838661999997</v>
       </c>
       <c r="C9" s="5">
-        <v>-6.6538242000000025E-2</v>
+        <v>-6.6463319000000354E-2</v>
       </c>
       <c r="D9" s="5">
-        <v>-1.5694711799133731</v>
+        <v>-1.5677192733147383</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>50.277778050999999</v>
+        <v>50.277838043999999</v>
       </c>
       <c r="C10" s="5">
-        <v>-0.16306906500000196</v>
+        <v>-0.1630006179999981</v>
       </c>
       <c r="D10" s="5">
-        <v>-3.811210748066729</v>
+        <v>-3.8096399732799657</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>50.543303244999997</v>
+        <v>50.543331958000003</v>
       </c>
       <c r="C11" s="5">
-        <v>0.26552519399999852</v>
+        <v>0.26549391400000388</v>
       </c>
       <c r="D11" s="5">
-        <v>6.5247547698775055</v>
+        <v>6.523955654093383</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>50.569230640999997</v>
+        <v>50.569110987999998</v>
       </c>
       <c r="C12" s="5">
-        <v>2.5927396000000158E-2</v>
+        <v>2.5779029999995373E-2</v>
       </c>
       <c r="D12" s="5">
-        <v>0.61730840646478935</v>
+        <v>0.61376567821627148</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>50.979265959999999</v>
+        <v>50.978676198999999</v>
       </c>
       <c r="C13" s="5">
-        <v>0.41003531900000212</v>
+        <v>0.40956521100000032</v>
       </c>
       <c r="D13" s="5">
-        <v>10.175943492669948</v>
+        <v>10.163777321415379</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>49.536101184000003</v>
+        <v>49.537116824000002</v>
       </c>
       <c r="C14" s="5">
-        <v>-1.4431647759999962</v>
+        <v>-1.4415593749999971</v>
       </c>
       <c r="D14" s="5">
-        <v>-29.150151336721407</v>
+        <v>-29.122878934415375</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>49.626982413999997</v>
+        <v>49.62691693</v>
       </c>
       <c r="C15" s="5">
-        <v>9.0881229999993707E-2</v>
+        <v>8.9800105999998436E-2</v>
       </c>
       <c r="D15" s="5">
-        <v>2.2239272269257704</v>
+        <v>2.1971615463526328</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>49.736932420999999</v>
+        <v>49.736905800999999</v>
       </c>
       <c r="C16" s="5">
-        <v>0.1099500070000019</v>
+        <v>0.10998887099999877</v>
       </c>
       <c r="D16" s="5">
-        <v>2.6912715119288277</v>
+        <v>2.6922380165932847</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>49.276307684000002</v>
+        <v>49.276218229000001</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.46062473699999629</v>
+        <v>-0.46068757199999766</v>
       </c>
       <c r="D17" s="5">
-        <v>-10.564498691432988</v>
+        <v>-10.565872582981184</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>49.990207761000001</v>
+        <v>49.990135410999997</v>
       </c>
       <c r="C18" s="5">
-        <v>0.71390007699999813</v>
+        <v>0.71391718199999588</v>
       </c>
       <c r="D18" s="5">
-        <v>18.839659988985645</v>
+        <v>18.840184918171055</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>49.664949061999998</v>
+        <v>49.664823104</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.32525869900000259</v>
+        <v>-0.32531230699999725</v>
       </c>
       <c r="D19" s="5">
-        <v>-7.534306301357363</v>
+        <v>-7.5355144948381252</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>49.488084657000002</v>
+        <v>49.487998648999998</v>
       </c>
       <c r="C20" s="5">
-        <v>-0.17686440499999634</v>
+        <v>-0.17682445500000199</v>
       </c>
       <c r="D20" s="5">
-        <v>-4.1906674977877927</v>
+        <v>-4.1897497900361564</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>49.314997943000002</v>
+        <v>49.314986067</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.17308671400000009</v>
+        <v>-0.17301258199999836</v>
       </c>
       <c r="D21" s="5">
-        <v>-4.1172492040453363</v>
+        <v>-4.1155265944116444</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>49.668954962000001</v>
+        <v>49.669014050000001</v>
       </c>
       <c r="C22" s="5">
-        <v>0.35395701899999921</v>
+        <v>0.35402798300000171</v>
       </c>
       <c r="D22" s="5">
-        <v>8.961240251867796</v>
+        <v>8.9631106377578984</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>49.363651255999997</v>
+        <v>49.363667517000003</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.30530370600000367</v>
+        <v>-0.30534653299999803</v>
       </c>
       <c r="D23" s="5">
-        <v>-7.1317984331268462</v>
+        <v>-7.1327570769667332</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>49.894384162000001</v>
+        <v>49.894312081000002</v>
       </c>
       <c r="C24" s="5">
-        <v>0.53073290600000433</v>
+        <v>0.53064456399999926</v>
       </c>
       <c r="D24" s="5">
-        <v>13.692729609551302</v>
+        <v>13.69030922849721</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>49.703243419000003</v>
+        <v>49.702758246999998</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.19114074299999828</v>
+        <v>-0.19155383400000403</v>
       </c>
       <c r="D25" s="5">
-        <v>-4.5014540251086199</v>
+        <v>-4.5109843999636912</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>50.265027129000003</v>
+        <v>50.266006441999998</v>
       </c>
       <c r="C26" s="5">
-        <v>0.56178371000000027</v>
+        <v>0.5632481949999999</v>
       </c>
       <c r="D26" s="5">
-        <v>14.439064087445974</v>
+        <v>14.4792313123979</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>50.206642105</v>
+        <v>50.206556354999996</v>
       </c>
       <c r="C27" s="5">
-        <v>-5.8385024000003227E-2</v>
+        <v>-5.9450087000001872E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>-1.3849821766660386</v>
+        <v>-1.4100556940822573</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>50.518209806000002</v>
+        <v>50.518210367000002</v>
       </c>
       <c r="C28" s="5">
-        <v>0.31156770100000131</v>
+        <v>0.31165401200000531</v>
       </c>
       <c r="D28" s="5">
-        <v>7.7063512914255172</v>
+        <v>7.7085731426248083</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>50.633318834000001</v>
+        <v>50.633192911999998</v>
       </c>
       <c r="C29" s="5">
-        <v>0.11510902799999911</v>
+        <v>0.11498254499999661</v>
       </c>
       <c r="D29" s="5">
-        <v>2.7688059444404223</v>
+        <v>2.7657253343249755</v>
       </c>
       <c r="E29" s="5">
-        <v>2.7538815584606358</v>
+        <v>2.7538125525253809</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>51.206818380000001</v>
+        <v>51.206706728999997</v>
       </c>
       <c r="C30" s="5">
-        <v>0.57349954600000075</v>
+        <v>0.57351381699999848</v>
       </c>
       <c r="D30" s="5">
-        <v>14.471342412188214</v>
+        <v>14.471763503088075</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>50.801344032999999</v>
+        <v>50.801188809000003</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.40547434700000196</v>
+        <v>-0.40551791999999409</v>
       </c>
       <c r="D31" s="5">
-        <v>-9.0989466657285796</v>
+        <v>-9.099901251336318</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>51.839280225000003</v>
+        <v>51.839173256999999</v>
       </c>
       <c r="C32" s="5">
-        <v>1.0379361920000036</v>
+        <v>1.037984447999996</v>
       </c>
       <c r="D32" s="5">
-        <v>27.469160365251689</v>
+        <v>27.470677855388125</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>52.256703883999997</v>
+        <v>52.256678356999998</v>
       </c>
       <c r="C33" s="5">
-        <v>0.41742365899999356</v>
+        <v>0.41750509999999963</v>
       </c>
       <c r="D33" s="5">
-        <v>10.102353175628886</v>
+        <v>10.104434082517333</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>52.788183988</v>
+        <v>52.788232616000002</v>
       </c>
       <c r="C34" s="5">
-        <v>0.53148010400000345</v>
+        <v>0.53155425900000353</v>
       </c>
       <c r="D34" s="5">
-        <v>12.911065442077385</v>
+        <v>12.912975484005162</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>53.087547622999999</v>
+        <v>53.087552760000001</v>
       </c>
       <c r="C35" s="5">
-        <v>0.29936363499999885</v>
+        <v>0.29932014399999929</v>
       </c>
       <c r="D35" s="5">
-        <v>7.0215662303705795</v>
+        <v>7.0205074594052785</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>52.850182607000001</v>
+        <v>52.850217428000001</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.23736501599999826</v>
+        <v>-0.23733533200000068</v>
       </c>
       <c r="D36" s="5">
-        <v>-5.2354415281844036</v>
+        <v>-5.2348023229329073</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>52.877225064000001</v>
+        <v>52.876975549000001</v>
       </c>
       <c r="C37" s="5">
-        <v>2.7042457000000297E-2</v>
+        <v>2.6758121000000301E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>0.61574866444733534</v>
+        <v>0.60925597717877977</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>52.589535568999999</v>
+        <v>52.590383580999998</v>
       </c>
       <c r="C38" s="5">
-        <v>-0.28768949500000218</v>
+        <v>-0.28659196800000331</v>
       </c>
       <c r="D38" s="5">
-        <v>-6.3369801509796986</v>
+        <v>-6.313549756323134</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>54.052514549000001</v>
+        <v>54.052353490000002</v>
       </c>
       <c r="C39" s="5">
-        <v>1.4629789800000026</v>
+        <v>1.461969909000004</v>
       </c>
       <c r="D39" s="5">
-        <v>38.994879874041331</v>
+        <v>38.963018127497321</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>53.998801401000001</v>
+        <v>53.998881376</v>
       </c>
       <c r="C40" s="5">
-        <v>-5.3713147999999933E-2</v>
+        <v>-5.3472114000001625E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>-1.1859700035649956</v>
+        <v>-1.1806804681961713</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>54.167074165000002</v>
+        <v>54.166836109999998</v>
       </c>
       <c r="C41" s="5">
-        <v>0.16827276400000102</v>
+        <v>0.1679547339999985</v>
       </c>
       <c r="D41" s="5">
-        <v>3.8042401306836782</v>
+        <v>3.7969210831207745</v>
       </c>
       <c r="E41" s="5">
-        <v>6.9791106180207674</v>
+        <v>6.9789065132460415</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>54.212515768000003</v>
+        <v>54.212329803000003</v>
       </c>
       <c r="C42" s="5">
-        <v>4.5441603000000441E-2</v>
+        <v>4.5493693000004498E-2</v>
       </c>
       <c r="D42" s="5">
-        <v>1.0113566658352946</v>
+        <v>1.0125258214464639</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>54.553382616</v>
+        <v>54.553199370999998</v>
       </c>
       <c r="C43" s="5">
-        <v>0.34086684799999745</v>
+        <v>0.34086956799999513</v>
       </c>
       <c r="D43" s="5">
-        <v>7.8115961414541024</v>
+        <v>7.8116883763527323</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>54.377421552999998</v>
+        <v>54.377306482000002</v>
       </c>
       <c r="C44" s="5">
-        <v>-0.17596106300000258</v>
+        <v>-0.17589288899999644</v>
       </c>
       <c r="D44" s="5">
-        <v>-3.80264900077526</v>
+        <v>-3.8012142802998583</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>54.700565470000001</v>
+        <v>54.700526422000003</v>
       </c>
       <c r="C45" s="5">
-        <v>0.323143917000003</v>
+        <v>0.32321994000000132</v>
       </c>
       <c r="D45" s="5">
-        <v>7.368890256513283</v>
+        <v>7.3706970401759442</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>54.474012991000002</v>
+        <v>54.474052749999998</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.22655247899999864</v>
+        <v>-0.22647367200000446</v>
       </c>
       <c r="D46" s="5">
-        <v>-4.8583563708481048</v>
+        <v>-4.8567080607377466</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>54.698151824</v>
+        <v>54.698142240999999</v>
       </c>
       <c r="C47" s="5">
-        <v>0.22413883299999782</v>
+        <v>0.22408949100000086</v>
       </c>
       <c r="D47" s="5">
-        <v>5.0508057215415958</v>
+        <v>5.0496647895324154</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>55.058587717000002</v>
+        <v>55.058714616000003</v>
       </c>
       <c r="C48" s="5">
-        <v>0.36043589300000178</v>
+        <v>0.36057237500000383</v>
       </c>
       <c r="D48" s="5">
-        <v>8.2004281665321699</v>
+        <v>8.2036482522244381</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>55.259819999999998</v>
+        <v>55.259838838999997</v>
       </c>
       <c r="C49" s="5">
-        <v>0.20123228299999596</v>
+        <v>0.20112422299999366</v>
       </c>
       <c r="D49" s="5">
-        <v>4.4750971254570615</v>
+        <v>4.4726350357968014</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>55.217562927000003</v>
+        <v>55.218309693999998</v>
       </c>
       <c r="C50" s="5">
-        <v>-4.2257072999994705E-2</v>
+        <v>-4.152914499999838E-2</v>
       </c>
       <c r="D50" s="5">
-        <v>-0.91378796679810748</v>
+        <v>-0.89811159341813829</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>55.556871381000001</v>
+        <v>55.556636746000002</v>
       </c>
       <c r="C51" s="5">
-        <v>0.33930845399999754</v>
+        <v>0.3383270520000039</v>
       </c>
       <c r="D51" s="5">
-        <v>7.6283182867065813</v>
+        <v>7.6053993410990284</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>55.291524809999999</v>
+        <v>55.291680909999997</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.26534657100000203</v>
+        <v>-0.26495583600000572</v>
       </c>
       <c r="D52" s="5">
-        <v>-5.5831664726626151</v>
+        <v>-5.575182377131183</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>55.294572633999998</v>
+        <v>55.294233163000001</v>
       </c>
       <c r="C53" s="5">
-        <v>3.0478239999993662E-3</v>
+        <v>2.5522530000046117E-3</v>
       </c>
       <c r="D53" s="5">
-        <v>6.6167425238705668E-2</v>
+        <v>5.5405826429488769E-2</v>
       </c>
       <c r="E53" s="5">
-        <v>2.0815199757060698</v>
+        <v>2.0813418947167817</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>54.940618344000001</v>
+        <v>54.940378281999998</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.35395428999999723</v>
+        <v>-0.35385488100000373</v>
       </c>
       <c r="D54" s="5">
-        <v>-7.4167447882275805</v>
+        <v>-7.4147784693089474</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>54.691967597999998</v>
+        <v>54.691775073999999</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.2486507460000027</v>
+        <v>-0.24860320799999869</v>
       </c>
       <c r="D55" s="5">
-        <v>-5.2978021943319797</v>
+        <v>-5.2968369846685848</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>54.736063154</v>
+        <v>54.735948106000002</v>
       </c>
       <c r="C56" s="5">
-        <v>4.4095556000002034E-2</v>
+        <v>4.4173032000003332E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>0.97180528699245539</v>
+        <v>0.97352378547916896</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>55.206781911</v>
+        <v>55.206731402000003</v>
       </c>
       <c r="C57" s="5">
-        <v>0.47071875700000021</v>
+        <v>0.47078329600000046</v>
       </c>
       <c r="D57" s="5">
-        <v>10.822129486007803</v>
+        <v>10.823708000389875</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>55.031959538999999</v>
+        <v>55.031980590000003</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.17482237200000128</v>
+        <v>-0.1747508119999992</v>
       </c>
       <c r="D58" s="5">
-        <v>-3.7345291231228983</v>
+        <v>-3.7330303398237064</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>55.019867024</v>
+        <v>55.019861048000003</v>
       </c>
       <c r="C59" s="5">
-        <v>-1.2092514999999082E-2</v>
+        <v>-1.2119542000000649E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>-0.26336502789713334</v>
+        <v>-0.26395284008642328</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>55.880436719000002</v>
+        <v>55.880630318999998</v>
       </c>
       <c r="C60" s="5">
-        <v>0.86056969500000235</v>
+        <v>0.86076927099999523</v>
       </c>
       <c r="D60" s="5">
-        <v>20.471151589408308</v>
+        <v>20.476317236895134</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>56.726947676000002</v>
+        <v>56.727173548000003</v>
       </c>
       <c r="C61" s="5">
-        <v>0.84651095699999956</v>
+        <v>0.84654322900000523</v>
       </c>
       <c r="D61" s="5">
-        <v>19.772052747454016</v>
+        <v>19.772796101571878</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>56.863104862999997</v>
+        <v>56.863661231999998</v>
       </c>
       <c r="C62" s="5">
-        <v>0.13615718699999491</v>
+        <v>0.13648768399999511</v>
       </c>
       <c r="D62" s="5">
-        <v>2.9185935398963636</v>
+        <v>2.9257601070752148</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>56.677988896999999</v>
+        <v>56.677778801999999</v>
       </c>
       <c r="C63" s="5">
-        <v>-0.18511596599999791</v>
+        <v>-0.18588242999999949</v>
       </c>
       <c r="D63" s="5">
-        <v>-3.8373667675200229</v>
+        <v>-3.852933624928423</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>57.406152972000001</v>
+        <v>57.406368796999999</v>
       </c>
       <c r="C64" s="5">
-        <v>0.72816407500000224</v>
+        <v>0.7285899950000001</v>
       </c>
       <c r="D64" s="5">
-        <v>16.554258490660033</v>
+        <v>16.564701892406532</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>57.408912385999997</v>
+        <v>57.408458480999997</v>
       </c>
       <c r="C65" s="5">
-        <v>2.7594139999962408E-3</v>
+        <v>2.0896839999977601E-3</v>
       </c>
       <c r="D65" s="5">
-        <v>5.7697166494441454E-2</v>
+        <v>4.3690673374863209E-2</v>
       </c>
       <c r="E65" s="5">
-        <v>3.8237744705886589</v>
+        <v>3.8235909914285937</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>57.171740735999997</v>
+        <v>57.171515038000003</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.23717165000000051</v>
+        <v>-0.23694344299999415</v>
       </c>
       <c r="D66" s="5">
-        <v>-4.8464147622463649</v>
+        <v>-4.84189429374553</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>57.627995945000002</v>
+        <v>57.627853232</v>
       </c>
       <c r="C67" s="5">
-        <v>0.45625520900000538</v>
+        <v>0.45633819399999709</v>
       </c>
       <c r="D67" s="5">
-        <v>10.008239908444594</v>
+        <v>10.010182149720404</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>57.893952779999999</v>
+        <v>57.893818461999999</v>
       </c>
       <c r="C68" s="5">
-        <v>0.26595683499999723</v>
+        <v>0.26596522999999905</v>
       </c>
       <c r="D68" s="5">
-        <v>5.6808329110518141</v>
+        <v>5.6810312319306444</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>57.321920820999999</v>
+        <v>57.321855102999997</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.57203195900000026</v>
+        <v>-0.5719633590000015</v>
       </c>
       <c r="D69" s="5">
-        <v>-11.233235974933676</v>
+        <v>-11.231985846850412</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>56.989653775999997</v>
+        <v>56.989668766999998</v>
       </c>
       <c r="C70" s="5">
-        <v>-0.33226704500000181</v>
+        <v>-0.33218633599999947</v>
       </c>
       <c r="D70" s="5">
-        <v>-6.7382836370210697</v>
+        <v>-6.7367061717687804</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>57.143080501999997</v>
+        <v>57.143058789999998</v>
       </c>
       <c r="C71" s="5">
-        <v>0.15342672599999929</v>
+        <v>0.15339002300000004</v>
       </c>
       <c r="D71" s="5">
-        <v>3.2788905227898679</v>
+        <v>3.2780936181386222</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>56.702229529999997</v>
+        <v>56.702414392999998</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.44085097199999979</v>
+        <v>-0.4406443969999998</v>
       </c>
       <c r="D72" s="5">
-        <v>-8.8749369936378049</v>
+        <v>-8.8709563502249562</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>56.743042678000002</v>
+        <v>56.743280650999999</v>
       </c>
       <c r="C73" s="5">
-        <v>4.0813148000005128E-2</v>
+        <v>4.086625800000121E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>0.86716393418804216</v>
+        <v>0.86829400618588792</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>56.773744108999999</v>
+        <v>56.774179547000003</v>
       </c>
       <c r="C74" s="5">
-        <v>3.0701430999997115E-2</v>
+        <v>3.0898896000003617E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>0.65120846994843884</v>
+        <v>0.65540669811958718</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>55.053382200000001</v>
+        <v>55.053274776000002</v>
       </c>
       <c r="C75" s="5">
-        <v>-1.7203619089999975</v>
+        <v>-1.7209047710000007</v>
       </c>
       <c r="D75" s="5">
-        <v>-30.874604688045892</v>
+        <v>-30.882584850676174</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>54.756870341000003</v>
+        <v>54.757082963999999</v>
       </c>
       <c r="C76" s="5">
-        <v>-0.29651185899999888</v>
+        <v>-0.29619181200000355</v>
       </c>
       <c r="D76" s="5">
-        <v>-6.2750204568198349</v>
+        <v>-6.2684583891123751</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>56.035843948999997</v>
+        <v>56.035393137</v>
       </c>
       <c r="C77" s="5">
-        <v>1.278973607999994</v>
+        <v>1.2783101730000013</v>
       </c>
       <c r="D77" s="5">
-        <v>31.925148625149479</v>
+        <v>31.90626653655444</v>
       </c>
       <c r="E77" s="5">
-        <v>-2.3917339310800867</v>
+        <v>-2.3917474538258654</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>56.151646358999997</v>
+        <v>56.151499080000001</v>
       </c>
       <c r="C78" s="5">
-        <v>0.11580241000000058</v>
+        <v>0.11610594300000088</v>
       </c>
       <c r="D78" s="5">
-        <v>2.5082748806385391</v>
+        <v>2.5149449596879814</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>56.106850182000002</v>
+        <v>56.106775945000003</v>
       </c>
       <c r="C79" s="5">
-        <v>-4.4796176999994941E-2</v>
+        <v>-4.4723134999998138E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>-0.95313632014946137</v>
+        <v>-0.95159147903355334</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>55.658192088</v>
+        <v>55.658041193999999</v>
       </c>
       <c r="C80" s="5">
-        <v>-0.44865809400000245</v>
+        <v>-0.44873475100000348</v>
       </c>
       <c r="D80" s="5">
-        <v>-9.1848123802455444</v>
+        <v>-9.1863249310006658</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>55.603616623000001</v>
+        <v>55.603532913000002</v>
       </c>
       <c r="C81" s="5">
-        <v>-5.4575464999999213E-2</v>
+        <v>-5.4508280999996828E-2</v>
       </c>
       <c r="D81" s="5">
-        <v>-1.1703312007166122</v>
+        <v>-1.1689013919249813</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>55.624132674999998</v>
+        <v>55.624120015999999</v>
       </c>
       <c r="C82" s="5">
-        <v>2.0516051999997842E-2</v>
+        <v>2.0587102999996887E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>0.44366330990024405</v>
+        <v>0.44520360235775769</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>55.878801842000001</v>
+        <v>55.878766521999999</v>
       </c>
       <c r="C83" s="5">
-        <v>0.25466916700000297</v>
+        <v>0.25464650600000027</v>
       </c>
       <c r="D83" s="5">
-        <v>5.6345525923666262</v>
+        <v>5.63403984175741</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>55.774502716999997</v>
+        <v>55.774654028</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.10429912500000427</v>
+        <v>-0.10411249399999889</v>
       </c>
       <c r="D84" s="5">
-        <v>-2.2169774502219131</v>
+        <v>-2.213052378410918</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>56.012254609999999</v>
+        <v>56.012426214000001</v>
       </c>
       <c r="C85" s="5">
-        <v>0.23775189300000221</v>
+        <v>0.23777218600000083</v>
       </c>
       <c r="D85" s="5">
-        <v>5.2369298130791941</v>
+        <v>5.2373727933671343</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>55.649883641000002</v>
+        <v>55.650177059999997</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.36237096899999699</v>
+        <v>-0.36224915400000413</v>
       </c>
       <c r="D86" s="5">
-        <v>-7.493025808997178</v>
+        <v>-7.4905737196017235</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>55.581453295000003</v>
+        <v>55.581477597999999</v>
       </c>
       <c r="C87" s="5">
-        <v>-6.8430345999999531E-2</v>
+        <v>-6.869946199999788E-2</v>
       </c>
       <c r="D87" s="5">
-        <v>-1.465651258789058</v>
+        <v>-1.4713684409045302</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>55.901193818000003</v>
+        <v>55.901420702999999</v>
       </c>
       <c r="C88" s="5">
-        <v>0.31974052300000011</v>
+        <v>0.31994310500000012</v>
       </c>
       <c r="D88" s="5">
-        <v>7.1258337265611704</v>
+        <v>7.1304892002092224</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>55.806326745</v>
+        <v>55.805878763999999</v>
       </c>
       <c r="C89" s="5">
-        <v>-9.4867073000003188E-2</v>
+        <v>-9.5541939000000298E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>-2.017558244741835</v>
+        <v>-2.0317679520604148</v>
       </c>
       <c r="E89" s="5">
-        <v>-0.4095899835271255</v>
+        <v>-0.40958822656755878</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>55.709430159</v>
+        <v>55.709420643999998</v>
       </c>
       <c r="C90" s="5">
-        <v>-9.6896585999999729E-2</v>
+        <v>-9.6458120000001202E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>-2.0637787255216034</v>
+        <v>-2.0545448729801241</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>55.771174911000003</v>
+        <v>55.771127008999997</v>
       </c>
       <c r="C91" s="5">
-        <v>6.1744752000002734E-2</v>
+        <v>6.1706364999999153E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>1.3381403982122952</v>
+        <v>1.3373036252116055</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>55.926872789999997</v>
+        <v>55.926724374999999</v>
       </c>
       <c r="C92" s="5">
-        <v>0.15569787899999454</v>
+        <v>0.15559736600000207</v>
       </c>
       <c r="D92" s="5">
-        <v>3.4019924267090662</v>
+        <v>3.3997653778810255</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>56.022096308000002</v>
+        <v>56.022000069000001</v>
       </c>
       <c r="C93" s="5">
-        <v>9.5223518000004503E-2</v>
+        <v>9.5275694000001465E-2</v>
       </c>
       <c r="D93" s="5">
-        <v>2.0624143900868308</v>
+        <v>2.0635605895139353</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>56.196795690000002</v>
+        <v>56.196762036999999</v>
       </c>
       <c r="C94" s="5">
-        <v>0.17469938200000001</v>
+        <v>0.17476196799999855</v>
       </c>
       <c r="D94" s="5">
-        <v>3.8069347126645114</v>
+        <v>3.8083286852176768</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>56.093418495999998</v>
+        <v>56.093366889999999</v>
       </c>
       <c r="C95" s="5">
-        <v>-0.10337719400000367</v>
+        <v>-0.10339514700000052</v>
       </c>
       <c r="D95" s="5">
-        <v>-2.1852702716798511</v>
+        <v>-2.1856472402176919</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>55.937269661999999</v>
+        <v>55.937370583000003</v>
       </c>
       <c r="C96" s="5">
-        <v>-0.15614883399999968</v>
+        <v>-0.15599630699999523</v>
       </c>
       <c r="D96" s="5">
-        <v>-3.2898011764308732</v>
+        <v>-3.2866396511338714</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>55.717993677000003</v>
+        <v>55.718122485999999</v>
       </c>
       <c r="C97" s="5">
-        <v>-0.2192759849999959</v>
+        <v>-0.2192480970000048</v>
       </c>
       <c r="D97" s="5">
-        <v>-4.6039341313882876</v>
+        <v>-4.6033530304625314</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>55.457976170000002</v>
+        <v>55.458190174000002</v>
       </c>
       <c r="C98" s="5">
-        <v>-0.26001750700000059</v>
+        <v>-0.25993231199999656</v>
       </c>
       <c r="D98" s="5">
-        <v>-5.4584833727243538</v>
+        <v>-5.4567282395360568</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>55.819845403999999</v>
+        <v>55.819917095999998</v>
       </c>
       <c r="C99" s="5">
-        <v>0.36186923399999671</v>
+        <v>0.36172692199999545</v>
       </c>
       <c r="D99" s="5">
-        <v>8.1173395779117641</v>
+        <v>8.1139994561956641</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>55.739629129999997</v>
+        <v>55.739816681000001</v>
       </c>
       <c r="C100" s="5">
-        <v>-8.021627400000142E-2</v>
+        <v>-8.0100414999996872E-2</v>
       </c>
       <c r="D100" s="5">
-        <v>-1.7109030612444287</v>
+        <v>-1.7084492411414298</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>56.064119849999997</v>
+        <v>56.063753718999997</v>
       </c>
       <c r="C101" s="5">
-        <v>0.32449072000000001</v>
+        <v>0.32393703799999685</v>
       </c>
       <c r="D101" s="5">
-        <v>7.2139275116003931</v>
+        <v>7.2011972210176189</v>
       </c>
       <c r="E101" s="5">
-        <v>0.46194243562733828</v>
+        <v>0.46209281300011451</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>56.438041800999997</v>
+        <v>56.438130970000003</v>
       </c>
       <c r="C102" s="5">
-        <v>0.37392195099999981</v>
+        <v>0.37437725100000563</v>
       </c>
       <c r="D102" s="5">
-        <v>8.303661598498536</v>
+        <v>8.3142029270767424</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>55.280863248999999</v>
+        <v>55.280800839999998</v>
       </c>
       <c r="C103" s="5">
-        <v>-1.1571785519999978</v>
+        <v>-1.1573301300000054</v>
       </c>
       <c r="D103" s="5">
-        <v>-22.010784407465934</v>
+        <v>-22.01331953521526</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>56.006163436999998</v>
+        <v>56.006068395</v>
       </c>
       <c r="C104" s="5">
-        <v>0.72530018799999851</v>
+        <v>0.72526755500000206</v>
       </c>
       <c r="D104" s="5">
-        <v>16.93165225450166</v>
+        <v>16.930855182909088</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>56.132417099000001</v>
+        <v>56.132293842000003</v>
       </c>
       <c r="C105" s="5">
-        <v>0.12625366200000343</v>
+        <v>0.12622544700000304</v>
       </c>
       <c r="D105" s="5">
-        <v>2.7389309766784553</v>
+        <v>2.7383159814698521</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>56.193646045999998</v>
+        <v>56.193587379999997</v>
       </c>
       <c r="C106" s="5">
-        <v>6.1228946999996481E-2</v>
+        <v>6.129353799999393E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>1.3168352465450894</v>
+        <v>1.3182356540215823</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>55.920958349999999</v>
+        <v>55.920905931999997</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.27268769599999843</v>
+        <v>-0.27268144800000016</v>
       </c>
       <c r="D107" s="5">
-        <v>-5.6702404243402889</v>
+        <v>-5.6701197141828423</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>54.858250976000001</v>
+        <v>54.858302770000002</v>
       </c>
       <c r="C108" s="5">
-        <v>-1.0627073739999986</v>
+        <v>-1.0626031619999949</v>
       </c>
       <c r="D108" s="5">
-        <v>-20.565673454544843</v>
+        <v>-20.563879964989606</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>54.794862618000003</v>
+        <v>54.794960832999998</v>
       </c>
       <c r="C109" s="5">
-        <v>-6.3388357999997424E-2</v>
+        <v>-6.3341937000004123E-2</v>
       </c>
       <c r="D109" s="5">
-        <v>-1.3778140828850427</v>
+        <v>-1.3768101800439303</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>54.752548738000002</v>
+        <v>54.752704614000002</v>
       </c>
       <c r="C110" s="5">
-        <v>-4.2313880000001802E-2</v>
+        <v>-4.2256218999995099E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>-0.92274252824684488</v>
+        <v>-0.92148879349853718</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>55.269835876999998</v>
+        <v>55.269931368000002</v>
       </c>
       <c r="C111" s="5">
-        <v>0.5172871389999969</v>
+        <v>0.51722675399999929</v>
       </c>
       <c r="D111" s="5">
-        <v>11.945338548672947</v>
+        <v>11.943835099466149</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>54.580113922000002</v>
+        <v>54.580261950999997</v>
       </c>
       <c r="C112" s="5">
-        <v>-0.689721954999996</v>
+        <v>-0.68966941700000461</v>
       </c>
       <c r="D112" s="5">
-        <v>-13.988770790140116</v>
+        <v>-13.987754734323921</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>54.668732202000001</v>
+        <v>54.668484333999999</v>
       </c>
       <c r="C113" s="5">
-        <v>8.8618279999998606E-2</v>
+        <v>8.8222383000001514E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>1.965857532644355</v>
+        <v>1.9569916021878742</v>
       </c>
       <c r="E113" s="5">
-        <v>-2.4889138574428094</v>
+        <v>-2.4887191678125919</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>54.129661669000001</v>
+        <v>54.129886665000001</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.5390705330000003</v>
+        <v>-0.53859766899999784</v>
       </c>
       <c r="D114" s="5">
-        <v>-11.211703969203535</v>
+        <v>-11.202443989688327</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>53.590762910999999</v>
+        <v>53.590477602999997</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.53889875800000198</v>
+        <v>-0.53940906200000427</v>
       </c>
       <c r="D115" s="5">
-        <v>-11.313906625461435</v>
+        <v>-11.323995455597569</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>53.706592815999997</v>
+        <v>53.706624576999999</v>
       </c>
       <c r="C116" s="5">
-        <v>0.11582990499999823</v>
+        <v>0.11614697400000296</v>
       </c>
       <c r="D116" s="5">
-        <v>2.624709287292859</v>
+        <v>2.631994120885417</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>53.754700020000001</v>
+        <v>53.754590348999997</v>
       </c>
       <c r="C117" s="5">
-        <v>4.8107204000004344E-2</v>
+        <v>4.7965771999997742E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>1.0802007205424236</v>
+        <v>1.0770087462085298</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>53.394933975000001</v>
+        <v>53.394867302999998</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.35976604500000064</v>
+        <v>-0.35972304599999916</v>
       </c>
       <c r="D118" s="5">
-        <v>-7.7421489084050226</v>
+        <v>-7.7412725773827411</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>53.046127667999997</v>
+        <v>53.046058307000003</v>
       </c>
       <c r="C119" s="5">
-        <v>-0.34880630700000381</v>
+        <v>-0.34880899599999537</v>
       </c>
       <c r="D119" s="5">
-        <v>-7.563479721946365</v>
+        <v>-7.5635450587068664</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>53.368754779</v>
+        <v>53.368770679000001</v>
       </c>
       <c r="C120" s="5">
-        <v>0.32262711100000274</v>
+        <v>0.32271237199999803</v>
       </c>
       <c r="D120" s="5">
-        <v>7.5475702835867908</v>
+        <v>7.5496422996021995</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>52.649710915999997</v>
+        <v>52.649804584000002</v>
       </c>
       <c r="C121" s="5">
-        <v>-0.71904386300000311</v>
+        <v>-0.71896609499999897</v>
       </c>
       <c r="D121" s="5">
-        <v>-15.02189270935993</v>
+        <v>-15.020382311620551</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>52.651251928000001</v>
+        <v>52.651370552000003</v>
       </c>
       <c r="C122" s="5">
-        <v>1.5410120000041161E-3</v>
+        <v>1.5659680000013054E-3</v>
       </c>
       <c r="D122" s="5">
-        <v>3.5128628134062367E-2</v>
+        <v>3.5697550100333153E-2</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>52.759567175999997</v>
+        <v>52.759654097999999</v>
       </c>
       <c r="C123" s="5">
-        <v>0.1083152479999967</v>
+        <v>0.10828354599999557</v>
       </c>
       <c r="D123" s="5">
-        <v>2.4967895702092457</v>
+        <v>2.4960448299473414</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>52.710182007</v>
+        <v>52.710312664999996</v>
       </c>
       <c r="C124" s="5">
-        <v>-4.938516899999712E-2</v>
+        <v>-4.9341433000002155E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>-1.1174856124858579</v>
+        <v>-1.1164992109600314</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>52.280819170999997</v>
+        <v>52.2807186</v>
       </c>
       <c r="C125" s="5">
-        <v>-0.4293628360000028</v>
+        <v>-0.42959406499999631</v>
       </c>
       <c r="D125" s="5">
-        <v>-9.3486209125304356</v>
+        <v>-9.3534098635374878</v>
       </c>
       <c r="E125" s="5">
-        <v>-4.3679685531698542</v>
+        <v>-4.3677189208535916</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>52.791417940999999</v>
+        <v>52.791666687999999</v>
       </c>
       <c r="C126" s="5">
-        <v>0.51059877000000142</v>
+        <v>0.51094808799999925</v>
       </c>
       <c r="D126" s="5">
-        <v>12.370242665749021</v>
+        <v>12.379190673199547</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>52.764067437999998</v>
+        <v>52.763562077000003</v>
       </c>
       <c r="C127" s="5">
-        <v>-2.735050300000097E-2</v>
+        <v>-2.8104610999996282E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>-0.61993492016109153</v>
+        <v>-0.63697475579310714</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>52.448669180000003</v>
+        <v>52.448814986000002</v>
       </c>
       <c r="C128" s="5">
-        <v>-0.31539825799999477</v>
+        <v>-0.31474709100000098</v>
       </c>
       <c r="D128" s="5">
-        <v>-6.9418370510672016</v>
+        <v>-6.9280361354171704</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>51.556949299000003</v>
+        <v>51.556851518000002</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.89171988100000021</v>
+        <v>-0.89196346800000015</v>
       </c>
       <c r="D129" s="5">
-        <v>-18.598414618700097</v>
+        <v>-18.602982619950971</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>51.411062313999999</v>
+        <v>51.410996028</v>
       </c>
       <c r="C130" s="5">
-        <v>-0.14588698500000419</v>
+        <v>-0.14585549000000242</v>
       </c>
       <c r="D130" s="5">
-        <v>-3.3432039813701353</v>
+        <v>-3.3424996633309778</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>51.278182434000001</v>
+        <v>51.278094662000001</v>
       </c>
       <c r="C131" s="5">
-        <v>-0.13287987999999729</v>
+        <v>-0.13290136599999869</v>
       </c>
       <c r="D131" s="5">
-        <v>-3.0578732227069194</v>
+        <v>-3.0583645439711593</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>50.265043681000002</v>
+        <v>50.26504482</v>
       </c>
       <c r="C132" s="5">
-        <v>-1.0131387529999998</v>
+        <v>-1.0130498420000009</v>
       </c>
       <c r="D132" s="5">
-        <v>-21.295186508432952</v>
+        <v>-21.293548476280456</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>50.552388440999998</v>
+        <v>50.552491080000003</v>
       </c>
       <c r="C133" s="5">
-        <v>0.28734475999999631</v>
+        <v>0.28744626000000295</v>
       </c>
       <c r="D133" s="5">
-        <v>7.0797582185513352</v>
+        <v>7.0823380415836468</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>50.390931885999997</v>
+        <v>50.391050272999998</v>
       </c>
       <c r="C134" s="5">
-        <v>-0.16145655500000089</v>
+        <v>-0.16144080700000529</v>
       </c>
       <c r="D134" s="5">
-        <v>-3.7660027764265247</v>
+        <v>-3.7656343674426718</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>49.929226260999997</v>
+        <v>49.929311792</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.46170562500000045</v>
+        <v>-0.46173848099999759</v>
       </c>
       <c r="D135" s="5">
-        <v>-10.457471688271113</v>
+        <v>-10.45815542351084</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>50.22116887</v>
+        <v>50.221321981999999</v>
       </c>
       <c r="C136" s="5">
-        <v>0.29194260900000302</v>
+        <v>0.29201018999999917</v>
       </c>
       <c r="D136" s="5">
-        <v>7.246657558095948</v>
+        <v>7.2483765722515914</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>49.558844526999998</v>
+        <v>49.558808884000001</v>
       </c>
       <c r="C137" s="5">
-        <v>-0.66232434300000165</v>
+        <v>-0.66251309799999802</v>
       </c>
       <c r="D137" s="5">
-        <v>-14.72685738653221</v>
+        <v>-14.730712964195746</v>
       </c>
       <c r="E137" s="5">
-        <v>-5.2064498742779293</v>
+        <v>-5.2063356986833735</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>49.148190180999997</v>
+        <v>49.148430089000001</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.41065434600000117</v>
+        <v>-0.41037879499999974</v>
       </c>
       <c r="D138" s="5">
-        <v>-9.5025597003428821</v>
+        <v>-9.4964775107810766</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>48.998183939</v>
+        <v>48.997502011000002</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.15000624199999635</v>
+        <v>-0.15092807799999974</v>
       </c>
       <c r="D139" s="5">
-        <v>-3.6016849451256161</v>
+        <v>-3.6234285848578018</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>48.821663858999997</v>
+        <v>48.821881220000002</v>
       </c>
       <c r="C140" s="5">
-        <v>-0.17652008000000308</v>
+        <v>-0.17562079100000005</v>
       </c>
       <c r="D140" s="5">
-        <v>-4.2384624712360814</v>
+        <v>-4.2173508812231475</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>47.325129236999999</v>
+        <v>47.32507039</v>
       </c>
       <c r="C141" s="5">
-        <v>-1.4965346219999986</v>
+        <v>-1.4968108300000011</v>
       </c>
       <c r="D141" s="5">
-        <v>-31.17427599242102</v>
+        <v>-31.178979873289471</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>47.090518926999998</v>
+        <v>47.090470557000003</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.23461031000000077</v>
+        <v>-0.2345998329999972</v>
       </c>
       <c r="D142" s="5">
-        <v>-5.78934741805881</v>
+        <v>-5.789102894094988</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>46.877861742</v>
+        <v>46.877774670000001</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.21265718499999764</v>
+        <v>-0.21269588700000241</v>
       </c>
       <c r="D143" s="5">
-        <v>-5.2865164345923592</v>
+        <v>-5.2874600638839979</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>46.656640967000001</v>
+        <v>46.656629604000003</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.22122077499999904</v>
+        <v>-0.22114506599999828</v>
       </c>
       <c r="D144" s="5">
-        <v>-5.5182131497977132</v>
+        <v>-5.5163833458838578</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>46.275094537999998</v>
+        <v>46.275206056000002</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.38154642900000368</v>
+        <v>-0.38142354800000078</v>
       </c>
       <c r="D145" s="5">
-        <v>-9.3837361406198241</v>
+        <v>-9.3808507625783193</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>45.793030668</v>
+        <v>45.793134971000001</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.48206386999999751</v>
+        <v>-0.48207108500000118</v>
       </c>
       <c r="D146" s="5">
-        <v>-11.808878241154508</v>
+        <v>-11.809018134152804</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>45.212488563000001</v>
+        <v>45.212563576000001</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.58054210499999925</v>
+        <v>-0.58057139499999977</v>
       </c>
       <c r="D147" s="5">
-        <v>-14.195848667669953</v>
+        <v>-14.19648558837352</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>44.824792848999998</v>
+        <v>44.824931137</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.38769571400000302</v>
+        <v>-0.38763243900000077</v>
       </c>
       <c r="D148" s="5">
-        <v>-9.8182722224159349</v>
+        <v>-9.8167290695112754</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>44.470353492000001</v>
+        <v>44.470372587</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.35443935699999685</v>
+        <v>-0.35455855000000014</v>
       </c>
       <c r="D149" s="5">
-        <v>-9.0866868246091919</v>
+        <v>-9.0895840255917353</v>
       </c>
       <c r="E149" s="5">
-        <v>-10.26757399928433</v>
+        <v>-10.267470933190237</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>44.016316404999998</v>
+        <v>44.016464870999997</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.45403708700000323</v>
+        <v>-0.45390771600000335</v>
       </c>
       <c r="D150" s="5">
-        <v>-11.586749151564879</v>
+        <v>-11.583626074761177</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>42.543247557000001</v>
+        <v>42.542660095999999</v>
       </c>
       <c r="C151" s="5">
-        <v>-1.4730688479999969</v>
+        <v>-1.4738047749999978</v>
       </c>
       <c r="D151" s="5">
-        <v>-33.533420822739558</v>
+        <v>-33.54712345730686</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>43.182263337000002</v>
+        <v>43.182471151000001</v>
       </c>
       <c r="C152" s="5">
-        <v>0.63901578000000114</v>
+        <v>0.63981105500000268</v>
       </c>
       <c r="D152" s="5">
-        <v>19.590629418736725</v>
+        <v>19.61735535536986</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>42.873586725000003</v>
+        <v>42.873534820000003</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.3086766119999993</v>
+        <v>-0.30893633099999818</v>
       </c>
       <c r="D153" s="5">
-        <v>-8.2485388053003881</v>
+        <v>-8.2551701334600551</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>42.307524905999998</v>
+        <v>42.307493164</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.56606181900000507</v>
+        <v>-0.566041656000003</v>
       </c>
       <c r="D154" s="5">
-        <v>-14.742298970605216</v>
+        <v>-14.741827953743314</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>42.346162061000001</v>
+        <v>42.346087132000001</v>
       </c>
       <c r="C155" s="5">
-        <v>3.8637155000003531E-2</v>
+        <v>3.85939680000007E-2</v>
       </c>
       <c r="D155" s="5">
-        <v>1.1014158557725473</v>
+        <v>1.100179385302047</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>42.210619438000002</v>
+        <v>42.210606829</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.1355426229999992</v>
+        <v>-0.13548030300000136</v>
       </c>
       <c r="D156" s="5">
-        <v>-3.7740865789959499</v>
+        <v>-3.7723883012841797</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>42.837732795999997</v>
+        <v>42.837832360999997</v>
       </c>
       <c r="C157" s="5">
-        <v>0.62711335799999546</v>
+        <v>0.62722553199999709</v>
       </c>
       <c r="D157" s="5">
-        <v>19.359509492972116</v>
+        <v>19.363266439865679</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>42.495576825999997</v>
+        <v>42.495668768000002</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.34215597000000031</v>
+        <v>-0.3421635929999951</v>
       </c>
       <c r="D158" s="5">
-        <v>-9.1746640501848109</v>
+        <v>-9.1748391641049416</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>41.581350450999999</v>
+        <v>41.581416830000002</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.91422637499999837</v>
+        <v>-0.9142519379999996</v>
       </c>
       <c r="D159" s="5">
-        <v>-22.970277074982437</v>
+        <v>-22.970801368843709</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>41.226147937</v>
+        <v>41.226248298999998</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.35520251399999836</v>
+        <v>-0.3551685310000039</v>
       </c>
       <c r="D160" s="5">
-        <v>-9.7826618884137346</v>
+        <v>-9.7817545939318897</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>40.989413560999999</v>
+        <v>40.989454064999997</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.23673437600000113</v>
+        <v>-0.23679423400000132</v>
       </c>
       <c r="D161" s="5">
-        <v>-6.6772839074177863</v>
+        <v>-6.6789035267753043</v>
       </c>
       <c r="E161" s="5">
-        <v>-7.827551745515593</v>
+        <v>-7.8275002423019435</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>40.673288286000002</v>
+        <v>40.673403735999997</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.31612527499999743</v>
+        <v>-0.31605032899999941</v>
       </c>
       <c r="D162" s="5">
-        <v>-8.872184245756765</v>
+        <v>-8.8701608455635679</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>40.432172454000003</v>
+        <v>40.431638997999997</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.24111583199999842</v>
+        <v>-0.24176473800000053</v>
       </c>
       <c r="D163" s="5">
-        <v>-6.886317150613797</v>
+        <v>-6.9042294625643486</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>40.076312221000002</v>
+        <v>40.076476765999999</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.35586023300000136</v>
+        <v>-0.35516223199999786</v>
       </c>
       <c r="D164" s="5">
-        <v>-10.065133749458111</v>
+        <v>-10.046461635230697</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>39.660294671999999</v>
+        <v>39.660274680000001</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.41601754900000287</v>
+        <v>-0.41620208599999842</v>
       </c>
       <c r="D165" s="5">
-        <v>-11.769605089888369</v>
+        <v>-11.774485717004202</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>38.715559313</v>
+        <v>38.715544585000004</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.94473535899999916</v>
+        <v>-0.94473009499999705</v>
       </c>
       <c r="D166" s="5">
-        <v>-25.121831422644426</v>
+        <v>-25.121720304408068</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>37.990480099999999</v>
+        <v>37.990420919000002</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.72507921300000078</v>
+        <v>-0.72512366600000178</v>
       </c>
       <c r="D167" s="5">
-        <v>-20.297686111397983</v>
+        <v>-20.298812173386459</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>37.745398459</v>
+        <v>37.745381303999999</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.24508164099999874</v>
+        <v>-0.24503961500000315</v>
       </c>
       <c r="D168" s="5">
-        <v>-7.4725083127910041</v>
+        <v>-7.4712832847839366</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>37.458341947000001</v>
+        <v>37.458418813999998</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.28705651199999949</v>
+        <v>-0.28696249000000051</v>
       </c>
       <c r="D169" s="5">
-        <v>-8.7538757818814936</v>
+        <v>-8.7511311775382961</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>37.192118532000002</v>
+        <v>37.192183092</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.26622341499999891</v>
+        <v>-0.26623572199999757</v>
       </c>
       <c r="D170" s="5">
-        <v>-8.203016829772892</v>
+        <v>-8.2033651590383556</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>36.841496042000003</v>
+        <v>36.841546549999997</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.35062248999999923</v>
+        <v>-0.35063654200000371</v>
       </c>
       <c r="D171" s="5">
-        <v>-10.744274855060343</v>
+        <v>-10.744665683934929</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>36.638648215000003</v>
+        <v>36.638708327000003</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.20284782699999937</v>
+        <v>-0.20283822299999343</v>
       </c>
       <c r="D172" s="5">
-        <v>-6.4106968564348721</v>
+        <v>-6.4103939440055102</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>36.284218355999997</v>
+        <v>36.284261913000002</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.35442985900000679</v>
+        <v>-0.35444641400000165</v>
       </c>
       <c r="D173" s="5">
-        <v>-11.010255809616776</v>
+        <v>-11.010725921977183</v>
       </c>
       <c r="E173" s="5">
-        <v>-11.479049823432542</v>
+        <v>-11.479031032076259</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>36.218120829</v>
+        <v>36.218173116999999</v>
       </c>
       <c r="C174" s="5">
-        <v>-6.6097526999996603E-2</v>
+        <v>-6.6088796000002503E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>-2.1642232868536393</v>
+        <v>-2.1639376948410005</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>36.314538591999998</v>
+        <v>36.314208131000001</v>
       </c>
       <c r="C175" s="5">
-        <v>9.6417762999998047E-2</v>
+        <v>9.6035014000001695E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>3.2417615610639272</v>
+        <v>3.2286997833036457</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>36.038389054</v>
+        <v>36.038468516000002</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.27614953799999853</v>
+        <v>-0.27573961499999911</v>
       </c>
       <c r="D176" s="5">
-        <v>-8.7531107287280427</v>
+        <v>-8.7407314130737994</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>35.965647912999998</v>
+        <v>35.965638161999998</v>
       </c>
       <c r="C177" s="5">
-        <v>-7.2741141000001619E-2</v>
+        <v>-7.2830354000004149E-2</v>
       </c>
       <c r="D177" s="5">
-        <v>-2.3954130092239567</v>
+        <v>-2.3983130451087131</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>35.942688723000003</v>
+        <v>35.942686772999998</v>
       </c>
       <c r="C178" s="5">
-        <v>-2.2959189999994578E-2</v>
+        <v>-2.2951388999999267E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-0.7633534595743674</v>
+        <v>-0.76309520560796651</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>35.839115331999999</v>
+        <v>35.839068386999998</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.10357339100000473</v>
+        <v>-0.10361838600000084</v>
       </c>
       <c r="D179" s="5">
-        <v>-3.4036695057853228</v>
+        <v>-3.4051249652266247</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>35.978438562999997</v>
+        <v>35.978426605999999</v>
       </c>
       <c r="C180" s="5">
-        <v>0.13932323099999877</v>
+        <v>0.13935821900000178</v>
       </c>
       <c r="D180" s="5">
-        <v>4.7660009482649812</v>
+        <v>4.7672299166476861</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>35.831689071</v>
+        <v>35.831742452999997</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.14674949199999787</v>
+        <v>-0.14668415300000248</v>
       </c>
       <c r="D181" s="5">
-        <v>-4.7862579343861622</v>
+        <v>-4.7841760035792991</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>35.630938364000002</v>
+        <v>35.630986655999997</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.20075070699999742</v>
+        <v>-0.20075579699999935</v>
       </c>
       <c r="D182" s="5">
-        <v>-6.5197750639497398</v>
+        <v>-6.5199258953824284</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>36.359382938000003</v>
+        <v>36.359433091</v>
       </c>
       <c r="C183" s="5">
-        <v>0.72844457400000096</v>
+        <v>0.72844643500000217</v>
       </c>
       <c r="D183" s="5">
-        <v>27.488476197059832</v>
+        <v>27.488512959368848</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>36.231408268000003</v>
+        <v>36.231455631999999</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.1279746700000004</v>
+        <v>-0.12797745900000024</v>
       </c>
       <c r="D184" s="5">
-        <v>-4.1428464692714551</v>
+        <v>-4.1429294108034309</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>35.553526024999996</v>
+        <v>35.553558049999999</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.67788224300000621</v>
+        <v>-0.67789758199999994</v>
       </c>
       <c r="D185" s="5">
-        <v>-20.279582777397721</v>
+        <v>-20.279971660849704</v>
       </c>
       <c r="E185" s="5">
-        <v>-2.0138020442685756</v>
+        <v>-2.0138314091989407</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>35.070453100000002</v>
+        <v>35.070475776999999</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.48307292499999477</v>
+        <v>-0.48308227300000084</v>
       </c>
       <c r="D186" s="5">
-        <v>-15.139735393072396</v>
+        <v>-15.139994191014406</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>35.193461436</v>
+        <v>35.193254140999997</v>
       </c>
       <c r="C187" s="5">
-        <v>0.12300833599999805</v>
+        <v>0.12277836399999842</v>
       </c>
       <c r="D187" s="5">
-        <v>4.2911082771699638</v>
+        <v>4.282927853573093</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>35.329788039999997</v>
+        <v>35.329797706000001</v>
       </c>
       <c r="C188" s="5">
-        <v>0.13632660399999708</v>
+        <v>0.13654356500000375</v>
       </c>
       <c r="D188" s="5">
-        <v>4.7486845504795427</v>
+        <v>4.7564325953727726</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>35.330834992</v>
+        <v>35.330836955000002</v>
       </c>
       <c r="C189" s="5">
-        <v>1.046952000002932E-3</v>
+        <v>1.0392490000015187E-3</v>
       </c>
       <c r="D189" s="5">
-        <v>3.5566224856609097E-2</v>
+        <v>3.5304492637977525E-2</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>35.591997423000002</v>
+        <v>35.592002256000001</v>
       </c>
       <c r="C190" s="5">
-        <v>0.26116243100000247</v>
+        <v>0.26116530099999835</v>
       </c>
       <c r="D190" s="5">
-        <v>9.2399563624512524</v>
+        <v>9.2400615322791637</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>35.503646951</v>
+        <v>35.503620271000003</v>
       </c>
       <c r="C191" s="5">
-        <v>-8.8350472000001901E-2</v>
+        <v>-8.8381984999998053E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>-2.9384416463943408</v>
+        <v>-2.9394750684899718</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>35.119741533000003</v>
+        <v>35.119723501999999</v>
       </c>
       <c r="C192" s="5">
-        <v>-0.38390541799999767</v>
+        <v>-0.38389676900000325</v>
       </c>
       <c r="D192" s="5">
-        <v>-12.23120479563854</v>
+        <v>-12.230954067244726</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>34.983675237</v>
+        <v>34.983707606000003</v>
       </c>
       <c r="C193" s="5">
-        <v>-0.13606629600000275</v>
+        <v>-0.13601589599999642</v>
       </c>
       <c r="D193" s="5">
-        <v>-4.5514225786630007</v>
+        <v>-4.5497747309086396</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>35.363591106000001</v>
+        <v>35.363627501000003</v>
       </c>
       <c r="C194" s="5">
-        <v>0.37991586900000129</v>
+        <v>0.37991989500000045</v>
       </c>
       <c r="D194" s="5">
-        <v>13.839015757203278</v>
+        <v>13.839157699436178</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>34.968861648000001</v>
+        <v>34.968910835000003</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.39472945800000048</v>
+        <v>-0.39471666600000077</v>
       </c>
       <c r="D195" s="5">
-        <v>-12.601976052281106</v>
+        <v>-12.601580213893438</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>35.126826715999997</v>
+        <v>35.126873781999997</v>
       </c>
       <c r="C196" s="5">
-        <v>0.15796506799999577</v>
+        <v>0.15796294699999436</v>
       </c>
       <c r="D196" s="5">
-        <v>5.5574965854243707</v>
+        <v>5.5574120889369194</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>35.092870054999999</v>
+        <v>35.092907263000001</v>
       </c>
       <c r="C197" s="5">
-        <v>-3.3956660999997723E-2</v>
+        <v>-3.3966518999996254E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>-1.15387711989825</v>
+        <v>-1.1542087855526462</v>
       </c>
       <c r="E197" s="5">
-        <v>-1.295668873112843</v>
+        <v>-1.295653128027785</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>35.232120025</v>
+        <v>35.232151528000003</v>
       </c>
       <c r="C198" s="5">
-        <v>0.13924997000000161</v>
+        <v>0.13924426500000209</v>
       </c>
       <c r="D198" s="5">
-        <v>4.8669561910943404</v>
+        <v>4.8667471496963932</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>35.088878244999997</v>
+        <v>35.088706127000002</v>
       </c>
       <c r="C199" s="5">
-        <v>-0.14324178000000387</v>
+        <v>-0.14344540100000103</v>
       </c>
       <c r="D199" s="5">
-        <v>-4.7711604034679889</v>
+        <v>-4.7777873782180791</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>35.114533465000001</v>
+        <v>35.114506564999999</v>
       </c>
       <c r="C200" s="5">
-        <v>2.5655220000004419E-2</v>
+        <v>2.5800437999997428E-2</v>
       </c>
       <c r="D200" s="5">
-        <v>0.88091638366549763</v>
+        <v>0.88592724080671648</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>35.014821218999998</v>
+        <v>35.01481227</v>
       </c>
       <c r="C201" s="5">
-        <v>-9.9712246000002835E-2</v>
+        <v>-9.9694294999999045E-2</v>
       </c>
       <c r="D201" s="5">
-        <v>-3.3548362331531689</v>
+        <v>-3.354244197743228</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>35.058924439999998</v>
+        <v>35.058923890999999</v>
       </c>
       <c r="C202" s="5">
-        <v>4.4103221000000303E-2</v>
+        <v>4.4111620999998991E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>1.5219852895608454</v>
+        <v>1.5222775736062566</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>35.708247131</v>
+        <v>35.708237146000002</v>
       </c>
       <c r="C203" s="5">
-        <v>0.64932269100000184</v>
+        <v>0.6493132550000027</v>
       </c>
       <c r="D203" s="5">
-        <v>24.63479988972923</v>
+        <v>24.634405095216572</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>35.182445967</v>
+        <v>35.182433042</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.52580116400000065</v>
+        <v>-0.52580410400000233</v>
       </c>
       <c r="D204" s="5">
-        <v>-16.306839057888713</v>
+        <v>-16.306927180167108</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>34.783471208000002</v>
+        <v>34.783486101000001</v>
       </c>
       <c r="C205" s="5">
-        <v>-0.3989747589999979</v>
+        <v>-0.39894694099999839</v>
       </c>
       <c r="D205" s="5">
-        <v>-12.790722310380065</v>
+        <v>-12.789889771254481</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>34.576179027999999</v>
+        <v>34.576212624999997</v>
       </c>
       <c r="C206" s="5">
-        <v>-0.20729218000000316</v>
+        <v>-0.20727347600000456</v>
       </c>
       <c r="D206" s="5">
-        <v>-6.9215940403717031</v>
+        <v>-6.9209869620203364</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>34.467962454000002</v>
+        <v>34.468014152000002</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.10821657399999651</v>
+        <v>-0.10819847299999452</v>
       </c>
       <c r="D207" s="5">
-        <v>-3.6917801209666812</v>
+        <v>-3.6911696739257094</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>34.425738885999998</v>
+        <v>34.425792131999998</v>
       </c>
       <c r="C208" s="5">
-        <v>-4.2223568000004263E-2</v>
+        <v>-4.2222020000004079E-2</v>
       </c>
       <c r="D208" s="5">
-        <v>-1.46014699086493</v>
+        <v>-1.4600916438784028</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>34.807914392000001</v>
+        <v>34.807974049000002</v>
       </c>
       <c r="C209" s="5">
-        <v>0.38217550600000294</v>
+        <v>0.38218191700000403</v>
       </c>
       <c r="D209" s="5">
-        <v>14.16599906339593</v>
+        <v>14.166228126270486</v>
       </c>
       <c r="E209" s="5">
-        <v>-0.81200444008538986</v>
+        <v>-0.81193960894888617</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>34.571119430000003</v>
+        <v>34.571185255000003</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.23679496199999761</v>
+        <v>-0.23678879399999886</v>
       </c>
       <c r="D210" s="5">
-        <v>-7.8648635590371052</v>
+        <v>-7.8646533206630505</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>34.759546012000001</v>
+        <v>34.759317832000001</v>
       </c>
       <c r="C211" s="5">
-        <v>0.18842658199999818</v>
+        <v>0.18813257699999753</v>
       </c>
       <c r="D211" s="5">
-        <v>6.7401570834621616</v>
+        <v>6.7293103668480292</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>34.903905063000003</v>
+        <v>34.903876754999999</v>
       </c>
       <c r="C212" s="5">
-        <v>0.14435905100000213</v>
+        <v>0.14455892299999817</v>
       </c>
       <c r="D212" s="5">
-        <v>5.0991195340153839</v>
+        <v>5.1063760658137003</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>35.012088003999999</v>
+        <v>35.012076866999998</v>
       </c>
       <c r="C213" s="5">
-        <v>0.10818294099999548</v>
+        <v>0.10820011199999868</v>
       </c>
       <c r="D213" s="5">
-        <v>3.7834042944912438</v>
+        <v>3.7840182003021416</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>34.859005357999997</v>
+        <v>34.858993927</v>
       </c>
       <c r="C214" s="5">
-        <v>-0.15308264600000143</v>
+        <v>-0.15308293999999734</v>
       </c>
       <c r="D214" s="5">
-        <v>-5.1223855928303141</v>
+        <v>-5.1223967855782204</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>35.064340354000002</v>
+        <v>35.064352618999997</v>
       </c>
       <c r="C215" s="5">
-        <v>0.20533499600000482</v>
+        <v>0.20535869199999723</v>
       </c>
       <c r="D215" s="5">
-        <v>7.3020909162168524</v>
+        <v>7.3029635517329217</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>35.052753197000001</v>
+        <v>35.052743028000002</v>
       </c>
       <c r="C216" s="5">
-        <v>-1.1587157000001014E-2</v>
+        <v>-1.1609590999995589E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>-0.39582506091733194</v>
+        <v>-0.39658988793302985</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>35.344206053999997</v>
+        <v>35.344214790000002</v>
       </c>
       <c r="C217" s="5">
-        <v>0.2914528569999959</v>
+        <v>0.29147176200000047</v>
       </c>
       <c r="D217" s="5">
-        <v>10.446801868355449</v>
+        <v>10.447513954099463</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>35.436910949999998</v>
+        <v>35.436945270999999</v>
       </c>
       <c r="C218" s="5">
-        <v>9.2704896000000758E-2</v>
+        <v>9.2730480999996701E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>3.1933049168350935</v>
+        <v>3.1941981705295719</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>35.866105517000001</v>
+        <v>35.866155227999997</v>
       </c>
       <c r="C219" s="5">
-        <v>0.42919456700000325</v>
+        <v>0.42920995699999764</v>
       </c>
       <c r="D219" s="5">
-        <v>15.54213151410111</v>
+        <v>15.542710389520797</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>36.238226629000003</v>
+        <v>36.238283353</v>
       </c>
       <c r="C220" s="5">
-        <v>0.37212111200000209</v>
+        <v>0.37212812500000325</v>
       </c>
       <c r="D220" s="5">
-        <v>13.185965089333562</v>
+        <v>13.186208609668038</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>36.315663438000001</v>
+        <v>36.315740943999998</v>
       </c>
       <c r="C221" s="5">
-        <v>7.7436808999998163E-2</v>
+        <v>7.745759099999816E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>2.5946112729352766</v>
+        <v>2.5953116942666332</v>
       </c>
       <c r="E221" s="5">
-        <v>4.3316270806116774</v>
+        <v>4.3316709351641114</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>36.248022005000003</v>
+        <v>36.248118697999999</v>
       </c>
       <c r="C222" s="5">
-        <v>-6.7641432999998585E-2</v>
+        <v>-6.7622245999999109E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>-2.2123603870978892</v>
+        <v>-2.2117345753575046</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>36.259999593000003</v>
+        <v>36.259710431999999</v>
       </c>
       <c r="C223" s="5">
-        <v>1.1977588000000594E-2</v>
+        <v>1.1591733999999576E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>0.39724252832347151</v>
+        <v>0.38442194975132349</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>35.997762158999997</v>
+        <v>35.997727881000003</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.26223743400000643</v>
+        <v>-0.26198255099999557</v>
       </c>
       <c r="D224" s="5">
-        <v>-8.3415518852540842</v>
+        <v>-8.3338275454420732</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>36.313418947000002</v>
+        <v>36.313407077000001</v>
       </c>
       <c r="C225" s="5">
-        <v>0.31565678800000541</v>
+        <v>0.31567919599999783</v>
       </c>
       <c r="D225" s="5">
-        <v>11.045162259059849</v>
+        <v>11.045995567092625</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>36.073269136999997</v>
+        <v>36.073253428999998</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.24014981000000546</v>
+        <v>-0.24015364800000327</v>
       </c>
       <c r="D226" s="5">
-        <v>-7.6535207265042597</v>
+        <v>-7.6536410399106742</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>35.835353736999998</v>
+        <v>35.835376078000003</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.23791539999999856</v>
+        <v>-0.23787735099999452</v>
       </c>
       <c r="D227" s="5">
-        <v>-7.633534365101136</v>
+        <v>-7.6323606958283445</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>35.749816848999998</v>
+        <v>35.749819279</v>
       </c>
       <c r="C228" s="5">
-        <v>-8.5536888000000033E-2</v>
+        <v>-8.555679900000257E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>-2.827023794588035</v>
+        <v>-2.8276715032338084</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>35.559978366000003</v>
+        <v>35.559986387000002</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.18983848299999551</v>
+        <v>-0.18983289199999831</v>
       </c>
       <c r="D229" s="5">
-        <v>-6.1893807797181459</v>
+        <v>-6.1892033759760263</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>35.456120742000003</v>
+        <v>35.456155473999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.10385762399999976</v>
+        <v>-0.10383091300000302</v>
       </c>
       <c r="D230" s="5">
-        <v>-3.4490047377176092</v>
+        <v>-3.4481311241769452</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>35.260295053999997</v>
+        <v>35.260339553000001</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.19582568800000644</v>
+        <v>-0.19581592099999767</v>
       </c>
       <c r="D231" s="5">
-        <v>-6.4299862386349211</v>
+        <v>-6.429669106386882</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>35.251670449000002</v>
+        <v>35.251724834000001</v>
       </c>
       <c r="C232" s="5">
-        <v>-8.6246049999942898E-3</v>
+        <v>-8.614719000000548E-3</v>
       </c>
       <c r="D232" s="5">
-        <v>-0.29312330524939867</v>
+        <v>-0.29278739343739923</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>34.725065669999999</v>
+        <v>34.725137355000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.52660477900000302</v>
+        <v>-0.5265874789999998</v>
       </c>
       <c r="D233" s="5">
-        <v>-16.524218967243741</v>
+        <v>-16.523696479773498</v>
       </c>
       <c r="E233" s="5">
-        <v>-4.3799220981204261</v>
+        <v>-4.3799287792386181</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>34.526175111000001</v>
+        <v>34.526258939000002</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.19889055899999875</v>
+        <v>-0.19887841599999945</v>
       </c>
       <c r="D234" s="5">
-        <v>-6.6606616894787862</v>
+        <v>-6.660254435708679</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>34.129502271</v>
+        <v>34.129248640999997</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.3966728400000008</v>
+        <v>-0.39701029800000498</v>
       </c>
       <c r="D235" s="5">
-        <v>-12.948184928058781</v>
+        <v>-12.958483642087904</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>33.370032055000003</v>
+        <v>33.369995777</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.75947021599999687</v>
+        <v>-0.75925286399999692</v>
       </c>
       <c r="D236" s="5">
-        <v>-23.665647032009552</v>
+        <v>-23.659835368634287</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>33.300957111999999</v>
+        <v>33.300942396000003</v>
       </c>
       <c r="C237" s="5">
-        <v>-6.9074943000003941E-2</v>
+        <v>-6.905338099999625E-2</v>
       </c>
       <c r="D237" s="5">
-        <v>-2.4558779176036882</v>
+        <v>-2.4551226488377043</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>33.087085248000001</v>
+        <v>33.087071176999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.21387186399999791</v>
+        <v>-0.21387121900000494</v>
       </c>
       <c r="D238" s="5">
-        <v>-7.4403861016562605</v>
+        <v>-7.4403676220636257</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>32.603802358000003</v>
+        <v>32.603835994999997</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.48328288999999813</v>
+        <v>-0.48323518200000137</v>
       </c>
       <c r="D239" s="5">
-        <v>-16.185936450369443</v>
+        <v>-16.184471071987815</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>32.751342972000003</v>
+        <v>32.751347782000003</v>
       </c>
       <c r="C240" s="5">
-        <v>0.1475406140000004</v>
+        <v>0.14751178700000622</v>
       </c>
       <c r="D240" s="5">
-        <v>5.5675236082046053</v>
+        <v>5.5664027090568613</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>32.815078567999997</v>
+        <v>32.815085703999998</v>
       </c>
       <c r="C241" s="5">
-        <v>6.3735595999993677E-2</v>
+        <v>6.3737921999994285E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>2.3604119785081812</v>
+        <v>2.3604986943390971</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>32.474730071000003</v>
+        <v>32.474758215000001</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.3403484969999937</v>
+        <v>-0.34032748899999632</v>
       </c>
       <c r="D242" s="5">
-        <v>-11.760057164859393</v>
+        <v>-11.7593697570884</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>32.761304379000002</v>
+        <v>32.761335449000001</v>
       </c>
       <c r="C243" s="5">
-        <v>0.28657430799999872</v>
+        <v>0.28657723399999924</v>
       </c>
       <c r="D243" s="5">
-        <v>11.118819123624068</v>
+        <v>11.118928106952652</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>32.667100189000003</v>
+        <v>32.667137195999999</v>
       </c>
       <c r="C244" s="5">
-        <v>-9.4204189999999244E-2</v>
+        <v>-9.4198253000001841E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>-3.3965142195899745</v>
+        <v>-3.3963003656862445</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>32.750214423000003</v>
+        <v>32.750272686999999</v>
       </c>
       <c r="C245" s="5">
-        <v>8.3114233999999954E-2</v>
+        <v>8.3135491000000172E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>3.096224012508153</v>
+        <v>3.0970234507814443</v>
       </c>
       <c r="E245" s="5">
-        <v>-5.6871058668900627</v>
+        <v>-5.6871327759216106</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>32.720879836999998</v>
+        <v>32.720954630999998</v>
       </c>
       <c r="C246" s="5">
-        <v>-2.9334586000004492E-2</v>
+        <v>-2.9318056000001036E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>-1.0695686829065743</v>
+        <v>-1.0689670543613028</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>32.804770005999998</v>
+        <v>32.804552516000001</v>
       </c>
       <c r="C247" s="5">
-        <v>8.3890169000000014E-2</v>
+        <v>8.3597885000003203E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>3.1203293885222472</v>
+        <v>3.1092973409358349</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>32.752439113000001</v>
+        <v>32.752410662999999</v>
       </c>
       <c r="C248" s="5">
-        <v>-5.2330892999997047E-2</v>
+        <v>-5.2141853000001959E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>-1.8975602264850733</v>
+        <v>-1.8907777239721368</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>32.697007872999997</v>
+        <v>32.696999552999998</v>
       </c>
       <c r="C249" s="5">
-        <v>-5.5431240000004323E-2</v>
+        <v>-5.5411110000001429E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>-2.0121187959653786</v>
+        <v>-2.0113966064622568</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>32.586789848999999</v>
+        <v>32.586780707000003</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.11021802399999814</v>
+        <v>-0.1102188459999951</v>
       </c>
       <c r="D250" s="5">
-        <v>-3.9709094271466738</v>
+        <v>-3.9709394868616799</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>32.533247940000003</v>
+        <v>32.533283617999999</v>
       </c>
       <c r="C251" s="5">
-        <v>-5.3541908999996224E-2</v>
+        <v>-5.3497089000003939E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-1.9539464276606466</v>
+        <v>-1.9523260597572589</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>32.768860728</v>
+        <v>32.768869229000003</v>
       </c>
       <c r="C252" s="5">
-        <v>0.23561278799999741</v>
+        <v>0.23558561100000475</v>
       </c>
       <c r="D252" s="5">
-        <v>9.0453208503946669</v>
+        <v>9.0442252919151542</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>32.951794089000003</v>
+        <v>32.951799807999997</v>
       </c>
       <c r="C253" s="5">
-        <v>0.18293336100000346</v>
+        <v>0.18293057899999354</v>
       </c>
       <c r="D253" s="5">
-        <v>6.9086069358190727</v>
+        <v>6.9084967774098338</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>32.649448239999998</v>
+        <v>32.649469721999999</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.30234584900000527</v>
+        <v>-0.30233008599999778</v>
       </c>
       <c r="D254" s="5">
-        <v>-10.4714863725466</v>
+        <v>-10.470965957228417</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>32.056542892000003</v>
+        <v>32.056562755000002</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.59290534799999506</v>
+        <v>-0.59290696699999756</v>
       </c>
       <c r="D255" s="5">
-        <v>-19.741681257638689</v>
+        <v>-19.741718178188318</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>32.180599211000001</v>
+        <v>32.180622229000001</v>
       </c>
       <c r="C256" s="5">
-        <v>0.12405631899999747</v>
+        <v>0.12405947399999917</v>
       </c>
       <c r="D256" s="5">
-        <v>4.7440361212590876</v>
+        <v>4.7441563486955607</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>31.982741286</v>
+        <v>31.982781697</v>
       </c>
       <c r="C257" s="5">
-        <v>-0.19785792500000099</v>
+        <v>-0.19784053200000074</v>
       </c>
       <c r="D257" s="5">
-        <v>-7.1335804221957622</v>
+        <v>-7.1329694531368837</v>
       </c>
       <c r="E257" s="5">
-        <v>-2.3434140829960981</v>
+        <v>-2.3434644264951343</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>31.954274787999999</v>
+        <v>31.954326005999999</v>
       </c>
       <c r="C258" s="5">
-        <v>-2.8466498000000229E-2</v>
+        <v>-2.8455691000001337E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>-1.0628566609151902</v>
+        <v>-1.0624537954032731</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>31.686848354999999</v>
+        <v>31.686697380999998</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.26742643300000069</v>
+        <v>-0.2676286250000004</v>
       </c>
       <c r="D259" s="5">
-        <v>-9.5932288946774751</v>
+        <v>-9.6001365322693424</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>31.747972096000002</v>
+        <v>31.747948571999999</v>
       </c>
       <c r="C260" s="5">
-        <v>6.1123741000002951E-2</v>
+        <v>6.1251191000000205E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>2.3395101423064224</v>
+        <v>2.3444515576192204</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>31.695927075</v>
+        <v>31.695919279999998</v>
       </c>
       <c r="C261" s="5">
-        <v>-5.2045021000001412E-2</v>
+        <v>-5.2029292000000282E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>-1.9495415224772827</v>
+        <v>-1.9489590653675726</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>31.690745162999999</v>
+        <v>31.690739523000001</v>
       </c>
       <c r="C262" s="5">
-        <v>-5.1819120000011765E-3</v>
+        <v>-5.1797569999969539E-3</v>
       </c>
       <c r="D262" s="5">
-        <v>-0.19600960184932292</v>
+        <v>-0.19592820879550388</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>31.527239274999999</v>
+        <v>31.527281231</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.16350588799999954</v>
+        <v>-0.16345829200000139</v>
       </c>
       <c r="D263" s="5">
-        <v>-6.0186021175543285</v>
+        <v>-6.0169005635339889</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>31.379537640999999</v>
+        <v>31.379531756999999</v>
       </c>
       <c r="C264" s="5">
-        <v>-0.14770163400000058</v>
+        <v>-0.14774947400000116</v>
       </c>
       <c r="D264" s="5">
-        <v>-5.4792478909794333</v>
+        <v>-5.4809700005817081</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>31.527957143999998</v>
+        <v>31.527969589000001</v>
       </c>
       <c r="C265" s="5">
-        <v>0.14841950299999951</v>
+        <v>0.1484378320000026</v>
       </c>
       <c r="D265" s="5">
-        <v>5.8257842355144307</v>
+        <v>5.8265236297734946</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>31.333277290000002</v>
+        <v>31.333285120999999</v>
       </c>
       <c r="C266" s="5">
-        <v>-0.19467985399999677</v>
+        <v>-0.19468446800000194</v>
       </c>
       <c r="D266" s="5">
-        <v>-7.1632588797134522</v>
+        <v>-7.1634201960439681</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>30.871723521</v>
+        <v>30.871732069</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.46155376900000178</v>
+        <v>-0.4615530519999993</v>
       </c>
       <c r="D267" s="5">
-        <v>-16.312489521263053</v>
+        <v>-16.312462444970834</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>31.104719588999998</v>
+        <v>31.104729546000002</v>
       </c>
       <c r="C268" s="5">
-        <v>0.2329960679999985</v>
+        <v>0.2329974770000014</v>
       </c>
       <c r="D268" s="5">
-        <v>9.442239709955814</v>
+        <v>9.442296476999946</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>31.119753228</v>
+        <v>31.119775599</v>
       </c>
       <c r="C269" s="5">
-        <v>1.5033639000002097E-2</v>
+        <v>1.5046052999998949E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>0.58153234325304393</v>
+        <v>0.58201363399863482</v>
       </c>
       <c r="E269" s="5">
-        <v>-2.6982929645801179</v>
+        <v>-2.6983459605733784</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>31.089667738999999</v>
+        <v>31.089689063000002</v>
       </c>
       <c r="C270" s="5">
-        <v>-3.0085489000001076E-2</v>
+        <v>-3.0086535999998887E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>-1.1539692766775134</v>
+        <v>-1.1540083972925608</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>31.053071761999998</v>
+        <v>31.053012594999998</v>
       </c>
       <c r="C271" s="5">
-        <v>-3.6595977000001056E-2</v>
+        <v>-3.6676468000003126E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>-1.4034236001663869</v>
+        <v>-1.4064894007051687</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>31.132986505000002</v>
+        <v>31.132962291999998</v>
       </c>
       <c r="C272" s="5">
-        <v>7.9914743000003341E-2</v>
+        <v>7.9949696999999986E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>3.132274900444787</v>
+        <v>3.1336704434223428</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>31.164206029999999</v>
+        <v>31.164195236000001</v>
       </c>
       <c r="C273" s="5">
-        <v>3.1219524999997361E-2</v>
+        <v>3.123294400000276E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>1.209994544357107</v>
+        <v>1.2105184525658341</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>31.173677827999999</v>
+        <v>31.173678992999999</v>
       </c>
       <c r="C274" s="5">
-        <v>9.4717979999998647E-3</v>
+        <v>9.4837569999981497E-3</v>
       </c>
       <c r="D274" s="5">
-        <v>0.36532863416496308</v>
+        <v>0.3657907937538285</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>31.389973465000001</v>
+        <v>31.390005672000001</v>
       </c>
       <c r="C275" s="5">
-        <v>0.21629563700000176</v>
+        <v>0.21632667900000158</v>
       </c>
       <c r="D275" s="5">
-        <v>8.6512856658166992</v>
+        <v>8.6525746990174124</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>31.397738452999999</v>
+        <v>31.397715917999999</v>
       </c>
       <c r="C276" s="5">
-        <v>7.7649879999981408E-3</v>
+        <v>7.7102459999984774E-3</v>
       </c>
       <c r="D276" s="5">
-        <v>0.29725012661621086</v>
+        <v>0.29515142277973805</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>31.442930907000001</v>
+        <v>31.442944967999999</v>
       </c>
       <c r="C277" s="5">
-        <v>4.5192454000002158E-2</v>
+        <v>4.522904999999966E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>1.7409638500168745</v>
+        <v>1.7423860986979456</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>31.544796841</v>
+        <v>31.544795997000001</v>
       </c>
       <c r="C278" s="5">
-        <v>0.10186593399999921</v>
+        <v>0.10185102900000231</v>
       </c>
       <c r="D278" s="5">
-        <v>3.957675579413511</v>
+        <v>3.9570843364051811</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>31.686947691</v>
+        <v>31.686954320000002</v>
       </c>
       <c r="C279" s="5">
-        <v>0.14215085000000016</v>
+        <v>0.14215832300000031</v>
       </c>
       <c r="D279" s="5">
-        <v>5.5436394874417649</v>
+        <v>5.5439383348113491</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>31.836544557</v>
+        <v>31.836553460000001</v>
       </c>
       <c r="C280" s="5">
-        <v>0.14959686599999955</v>
+        <v>0.14959913999999941</v>
       </c>
       <c r="D280" s="5">
-        <v>5.8147505016544088</v>
+        <v>5.8148399502551129</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>31.649054383999999</v>
+        <v>31.649064512999999</v>
       </c>
       <c r="C281" s="5">
-        <v>-0.18749017300000048</v>
+        <v>-0.18748894700000207</v>
       </c>
       <c r="D281" s="5">
-        <v>-6.8425122211392075</v>
+        <v>-6.8424670651275559</v>
       </c>
       <c r="E281" s="5">
-        <v>1.7008526774684007</v>
+        <v>1.7008121164505008</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>31.428103363000002</v>
+        <v>31.428099547999999</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.22095102099999764</v>
+        <v>-0.22096496500000029</v>
       </c>
       <c r="D282" s="5">
-        <v>-8.0632366387378909</v>
+        <v>-8.0637236404048185</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>31.699983859</v>
+        <v>31.700022744999998</v>
       </c>
       <c r="C283" s="5">
-        <v>0.27188049599999786</v>
+        <v>0.27192319699999956</v>
       </c>
       <c r="D283" s="5">
-        <v>10.889498464980951</v>
+        <v>10.891292328813961</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>31.521874936</v>
+        <v>31.521819974</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.17810892299999992</v>
+        <v>-0.17820277099999871</v>
       </c>
       <c r="D284" s="5">
-        <v>-6.5377985195662518</v>
+        <v>-6.5411297936108559</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>31.416036196</v>
+        <v>31.416012369000001</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.10583873999999938</v>
+        <v>-0.10580760499999897</v>
       </c>
       <c r="D285" s="5">
-        <v>-3.9555742799339266</v>
+        <v>-3.9544388189587387</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>31.332640711</v>
+        <v>31.332650011999998</v>
       </c>
       <c r="C286" s="5">
-        <v>-8.3395485000000491E-2</v>
+        <v>-8.3362357000002163E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>-3.1393629918076482</v>
+        <v>-3.1381364011242696</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>31.321248050000001</v>
+        <v>31.32127607</v>
       </c>
       <c r="C287" s="5">
-        <v>-1.1392660999998583E-2</v>
+        <v>-1.1373941999998749E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>-0.43545280821104537</v>
+        <v>-0.43473862554012088</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>31.294217865</v>
+        <v>31.294171767999998</v>
       </c>
       <c r="C288" s="5">
-        <v>-2.7030185000000984E-2</v>
+        <v>-2.7104302000001468E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>-1.0306966613903179</v>
+        <v>-1.0335084827850283</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>31.525330405999998</v>
+        <v>31.525333996000001</v>
       </c>
       <c r="C289" s="5">
-        <v>0.23111254099999812</v>
+        <v>0.2311622280000023</v>
       </c>
       <c r="D289" s="5">
-        <v>9.2311592664655393</v>
+        <v>9.2332393500854195</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>31.591460695999999</v>
+        <v>31.591461288000001</v>
       </c>
       <c r="C290" s="5">
-        <v>6.6130290000000258E-2</v>
+        <v>6.6127292000000892E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>2.5464709046891132</v>
+        <v>2.5463538326589097</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>31.624578164999999</v>
+        <v>31.624588914</v>
       </c>
       <c r="C291" s="5">
-        <v>3.3117469000000455E-2</v>
+        <v>3.3127625999998855E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>1.2652437696509145</v>
+        <v>1.2656340319443515</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>31.680210809999998</v>
+        <v>31.680267387000001</v>
       </c>
       <c r="C292" s="5">
-        <v>5.5632644999999314E-2</v>
+        <v>5.5678473000000395E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>2.1315350385763265</v>
+        <v>2.1333072193522762</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>31.582512405999999</v>
+        <v>31.582509308999999</v>
       </c>
       <c r="C293" s="5">
-        <v>-9.7698403999999073E-2</v>
+        <v>-9.7758078000001802E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>-3.6385446356848039</v>
+        <v>-3.6407230783110922</v>
       </c>
       <c r="E293" s="5">
-        <v>-0.21024949811341287</v>
+        <v>-0.21029122036976267</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>31.741742014</v>
+        <v>31.741731357999999</v>
       </c>
       <c r="C294" s="5">
-        <v>0.15922960800000041</v>
+        <v>0.15922204900000025</v>
       </c>
       <c r="D294" s="5">
-        <v>6.2206575159440503</v>
+        <v>6.2203545978110508</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>31.734858853999999</v>
+        <v>31.734923663</v>
       </c>
       <c r="C295" s="5">
-        <v>-6.8831600000009985E-3</v>
+        <v>-6.8076949999991143E-3</v>
       </c>
       <c r="D295" s="5">
-        <v>-0.25990848009552758</v>
+        <v>-0.2570623644599368</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>31.684519014999999</v>
+        <v>31.684433292000001</v>
       </c>
       <c r="C296" s="5">
-        <v>-5.0339838999999387E-2</v>
+        <v>-5.0490370999998646E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>-1.8869962231054194</v>
+        <v>-1.8925858215058988</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>31.558573796000001</v>
+        <v>31.55854137</v>
       </c>
       <c r="C297" s="5">
-        <v>-0.12594521899999833</v>
+        <v>-0.12589192200000099</v>
       </c>
       <c r="D297" s="5">
-        <v>-4.6670583867397415</v>
+        <v>-4.665138704690075</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>31.462837726</v>
+        <v>31.462845098999999</v>
       </c>
       <c r="C298" s="5">
-        <v>-9.573607000000095E-2</v>
+        <v>-9.5696271000001332E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>-3.5801912838287042</v>
+        <v>-3.5787312917232028</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>31.34179816</v>
+        <v>31.341845786</v>
       </c>
       <c r="C299" s="5">
-        <v>-0.12103956600000032</v>
+        <v>-0.12099931299999866</v>
       </c>
       <c r="D299" s="5">
-        <v>-4.5200398424127037</v>
+        <v>-4.5185672698430324</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>30.489034713999999</v>
+        <v>30.488963323</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.85276344600000087</v>
+        <v>-0.85288246300000026</v>
       </c>
       <c r="D300" s="5">
-        <v>-28.181358818020641</v>
+        <v>-28.184686328518037</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>30.838519411</v>
+        <v>30.838474755</v>
       </c>
       <c r="C301" s="5">
-        <v>0.34948469700000118</v>
+        <v>0.3495114319999999</v>
       </c>
       <c r="D301" s="5">
-        <v>14.656354738927524</v>
+        <v>14.657584053660578</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>30.566903141000001</v>
+        <v>30.566883838999999</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.2716162699999991</v>
+        <v>-0.27159091600000096</v>
       </c>
       <c r="D302" s="5">
-        <v>-10.071973658305833</v>
+        <v>-10.071092439165707</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>30.468845832</v>
+        <v>30.468858836999999</v>
       </c>
       <c r="C303" s="5">
-        <v>-9.8057309000001425E-2</v>
+        <v>-9.8025001999999972E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>-3.7823488780466819</v>
+        <v>-3.7811269482520227</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>30.525381496000001</v>
+        <v>30.525543292999998</v>
       </c>
       <c r="C304" s="5">
-        <v>5.6535664000001873E-2</v>
+        <v>5.6684455999999273E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>2.2494931034277688</v>
+        <v>2.2554731133837436</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>30.710969376000001</v>
+        <v>30.711010714</v>
       </c>
       <c r="C305" s="5">
-        <v>0.18558787999999993</v>
+        <v>0.18546742100000202</v>
       </c>
       <c r="D305" s="5">
-        <v>7.5447205700003517</v>
+        <v>7.5396174420970796</v>
       </c>
       <c r="E305" s="5">
-        <v>-2.7595747253927216</v>
+        <v>-2.7594343010346245</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>30.73808867</v>
+        <v>30.738130985000002</v>
       </c>
       <c r="C306" s="5">
-        <v>2.7119293999998462E-2</v>
+        <v>2.7120271000001139E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>1.0648206238359492</v>
+        <v>1.064857731282931</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>30.984706342999999</v>
+        <v>30.984792274</v>
       </c>
       <c r="C307" s="5">
-        <v>0.24661767299999937</v>
+        <v>0.24666128899999862</v>
       </c>
       <c r="D307" s="5">
-        <v>10.064256704736696</v>
+        <v>10.0661014441209</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>30.938823408000001</v>
+        <v>30.938667796000001</v>
       </c>
       <c r="C308" s="5">
-        <v>-4.5882934999998071E-2</v>
+        <v>-4.6124477999999414E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>-1.7625887150723107</v>
+        <v>-1.7717868573203011</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>31.208784904000002</v>
+        <v>31.208675646</v>
       </c>
       <c r="C309" s="5">
-        <v>0.26996149600000052</v>
+        <v>0.27000784999999894</v>
       </c>
       <c r="D309" s="5">
-        <v>10.988197025288216</v>
+        <v>10.990233190302323</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>31.501666201999999</v>
+        <v>31.501612422000001</v>
       </c>
       <c r="C310" s="5">
-        <v>0.29288129799999751</v>
+        <v>0.29293677600000123</v>
       </c>
       <c r="D310" s="5">
-        <v>11.861331363618554</v>
+        <v>11.863739092776825</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>31.475024770000001</v>
+        <v>31.475075644</v>
       </c>
       <c r="C311" s="5">
-        <v>-2.6641431999998133E-2</v>
+        <v>-2.6536778000000538E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-1.0101507525634879</v>
+        <v>-1.0062027124590256</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>31.571519443</v>
+        <v>31.571406784000001</v>
       </c>
       <c r="C312" s="5">
-        <v>9.6494672999998699E-2</v>
+        <v>9.6331140000000204E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>3.7415751107495065</v>
+        <v>3.735120873549147</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>31.542291858999999</v>
+        <v>31.542182615000002</v>
       </c>
       <c r="C313" s="5">
-        <v>-2.9227584000000917E-2</v>
+        <v>-2.9224168999999023E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>-1.1052705330804602</v>
+        <v>-1.1051459716929557</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>31.943114496</v>
+        <v>31.943048968999999</v>
       </c>
       <c r="C314" s="5">
-        <v>0.40082263700000098</v>
+        <v>0.40086635399999793</v>
       </c>
       <c r="D314" s="5">
-        <v>16.361188058835864</v>
+        <v>16.363159772129233</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>32.326985456999999</v>
+        <v>32.327011779999999</v>
       </c>
       <c r="C315" s="5">
-        <v>0.38387096099999951</v>
+        <v>0.38396281099999996</v>
       </c>
       <c r="D315" s="5">
-        <v>15.413177053622107</v>
+        <v>15.417145913874686</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>32.358218024999999</v>
+        <v>32.358570800000003</v>
       </c>
       <c r="C316" s="5">
-        <v>3.1232568000000072E-2</v>
+        <v>3.1559020000003102E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>1.1655550362749789</v>
+        <v>1.1778022856112402</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>32.429882546000002</v>
+        <v>32.430138878999998</v>
       </c>
       <c r="C317" s="5">
-        <v>7.1664521000002424E-2</v>
+        <v>7.1568078999995066E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>2.6902819617804052</v>
+        <v>2.6865877339504518</v>
       </c>
       <c r="E317" s="5">
-        <v>5.5970658202124213</v>
+        <v>5.5977583447499812</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>32.323400909</v>
+        <v>32.323675923000003</v>
       </c>
       <c r="C318" s="5">
-        <v>-0.10648163700000168</v>
+        <v>-0.10646295599999434</v>
       </c>
       <c r="D318" s="5">
-        <v>-3.8697488562292492</v>
+        <v>-3.8690521316158355</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>32.441832196999997</v>
+        <v>32.441929586000001</v>
       </c>
       <c r="C319" s="5">
-        <v>0.11843128799999647</v>
+        <v>0.11825366299999729</v>
       </c>
       <c r="D319" s="5">
-        <v>4.4864315576533809</v>
+        <v>4.4795278922818094</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>32.282102981000001</v>
+        <v>32.281827354999997</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.15972921599999523</v>
+        <v>-0.16010223100000331</v>
       </c>
       <c r="D320" s="5">
-        <v>-5.7508722076155872</v>
+        <v>-5.7639229603989932</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>32.773605789999998</v>
+        <v>32.773238886000001</v>
       </c>
       <c r="C321" s="5">
-        <v>0.49150280899999643</v>
+        <v>0.49141153100000423</v>
       </c>
       <c r="D321" s="5">
-        <v>19.880593394933754</v>
+        <v>19.876771055026143</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>32.655958304000002</v>
+        <v>32.655634339000002</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.11764748599999564</v>
+        <v>-0.11760454699999912</v>
       </c>
       <c r="D322" s="5">
-        <v>-4.2236048100534163</v>
+        <v>-4.2221399121496912</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>32.829520365</v>
+        <v>32.829415974</v>
       </c>
       <c r="C323" s="5">
-        <v>0.17356206099999838</v>
+        <v>0.17378163499999744</v>
       </c>
       <c r="D323" s="5">
-        <v>6.5676181730379923</v>
+        <v>6.5762387356216756</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>32.771811356999997</v>
+        <v>32.771723270999999</v>
       </c>
       <c r="C324" s="5">
-        <v>-5.7709008000003337E-2</v>
+        <v>-5.7692703000000733E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>-2.0891317235640749</v>
+        <v>-2.0885537344799143</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>32.419284468999997</v>
+        <v>32.419127906</v>
       </c>
       <c r="C325" s="5">
-        <v>-0.35252688799999987</v>
+        <v>-0.35259536499999911</v>
       </c>
       <c r="D325" s="5">
-        <v>-12.171443002238702</v>
+        <v>-12.173699955922713</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>32.525741963000002</v>
+        <v>32.525524396999998</v>
       </c>
       <c r="C326" s="5">
-        <v>0.10645749400000426</v>
+        <v>0.10639649099999815</v>
       </c>
       <c r="D326" s="5">
-        <v>4.0124783285468979</v>
+        <v>4.0101571278167603</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>31.973827924999998</v>
+        <v>31.973856681000001</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.55191403800000316</v>
+        <v>-0.5516677159999972</v>
       </c>
       <c r="D327" s="5">
-        <v>-18.565383961229585</v>
+        <v>-18.557968099951839</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>32.155722763</v>
+        <v>32.156364074000003</v>
       </c>
       <c r="C328" s="5">
-        <v>0.18189483800000161</v>
+        <v>0.18250739300000163</v>
       </c>
       <c r="D328" s="5">
-        <v>7.044339650017073</v>
+        <v>7.0688055315647036</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>32.325889375999999</v>
+        <v>32.326823828000002</v>
       </c>
       <c r="C329" s="5">
-        <v>0.17016661299999924</v>
+        <v>0.17045975399999946</v>
       </c>
       <c r="D329" s="5">
-        <v>6.538476169696783</v>
+        <v>6.5499357643922229</v>
       </c>
       <c r="E329" s="5">
-        <v>-0.32067081912028339</v>
+        <v>-0.31857726969802824</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>32.593824431999998</v>
+        <v>32.594776004000003</v>
       </c>
       <c r="C330" s="5">
-        <v>0.26793505599999889</v>
+        <v>0.26795217600000143</v>
       </c>
       <c r="D330" s="5">
-        <v>10.412456905642431</v>
+        <v>10.412837981397271</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>32.703464177000001</v>
+        <v>32.703707635000001</v>
       </c>
       <c r="C331" s="5">
-        <v>0.10963974500000262</v>
+        <v>0.10893163099999725</v>
       </c>
       <c r="D331" s="5">
-        <v>4.112108114001134</v>
+        <v>4.0849383407722817</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>33.022748811</v>
+        <v>33.022671891000002</v>
       </c>
       <c r="C332" s="5">
-        <v>0.31928463399999885</v>
+        <v>0.318964256000001</v>
       </c>
       <c r="D332" s="5">
-        <v>12.365645238777102</v>
+        <v>12.352467289798685</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>33.065417486999998</v>
+        <v>33.063353782999997</v>
       </c>
       <c r="C333" s="5">
-        <v>4.2668675999998129E-2</v>
+        <v>4.0681891999994946E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>1.5615857905208808</v>
+        <v>1.4883837585508264</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>33.153656253999998</v>
+        <v>33.152696169999999</v>
       </c>
       <c r="C334" s="5">
-        <v>8.8238766999999996E-2</v>
+        <v>8.9342387000002077E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>3.2497567460461063</v>
+        <v>3.2912165496825629</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>33.222227793000002</v>
+        <v>33.222153964999997</v>
       </c>
       <c r="C335" s="5">
-        <v>6.8571539000004122E-2</v>
+        <v>6.9457794999998157E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>2.5103832420262817</v>
+        <v>2.5432780965535473</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>32.673028379000002</v>
+        <v>32.673037162999996</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.54919941400000027</v>
+        <v>-0.54911680200000035</v>
       </c>
       <c r="D336" s="5">
-        <v>-18.129459180352836</v>
+        <v>-18.127011776082302</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>32.388432536000003</v>
+        <v>32.388126102000001</v>
       </c>
       <c r="C337" s="5">
-        <v>-0.28459584299999818</v>
+        <v>-0.28491106099999541</v>
       </c>
       <c r="D337" s="5">
-        <v>-9.9660122575589973</v>
+        <v>-9.9765241286028488</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>32.598373449999997</v>
+        <v>32.598015218</v>
       </c>
       <c r="C338" s="5">
-        <v>0.20994091399999348</v>
+        <v>0.20988911599999938</v>
       </c>
       <c r="D338" s="5">
-        <v>8.0617517052772314</v>
+        <v>8.0597702276602909</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>32.603608618999999</v>
+        <v>32.604137450000003</v>
       </c>
       <c r="C339" s="5">
-        <v>5.2351690000023154E-3</v>
+        <v>6.1222320000027253E-3</v>
       </c>
       <c r="D339" s="5">
-        <v>0.19288553502072592</v>
+        <v>0.22560489926490845</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>32.723560589999998</v>
+        <v>32.724679027999997</v>
       </c>
       <c r="C340" s="5">
-        <v>0.11995197099999899</v>
+        <v>0.12054157799999388</v>
       </c>
       <c r="D340" s="5">
-        <v>4.5053621615850137</v>
+        <v>4.5278849557687684</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>32.682732422999997</v>
+        <v>32.684532470999997</v>
       </c>
       <c r="C341" s="5">
-        <v>-4.0828167000000803E-2</v>
+        <v>-4.0146556999999916E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>-1.4869711496276028</v>
+        <v>-1.4622643896722187</v>
       </c>
       <c r="E341" s="5">
-        <v>1.1038924338611755</v>
+        <v>1.1065381644149275</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>32.851625853000002</v>
+        <v>32.853513425000003</v>
       </c>
       <c r="C342" s="5">
-        <v>0.16889343000000423</v>
+        <v>0.16898095400000557</v>
       </c>
       <c r="D342" s="5">
-        <v>6.380521730380595</v>
+        <v>6.3835611938135584</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>32.769140290000003</v>
+        <v>32.769745931000003</v>
       </c>
       <c r="C343" s="5">
-        <v>-8.2485562999998763E-2</v>
+        <v>-8.3767493999999942E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>-2.9717595275056019</v>
+        <v>-3.0171278122913758</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>32.875380122000003</v>
+        <v>32.875812998999997</v>
       </c>
       <c r="C344" s="5">
-        <v>0.10623983199999998</v>
+        <v>0.10606706799999444</v>
       </c>
       <c r="D344" s="5">
-        <v>3.9606113630717754</v>
+        <v>3.9539812657311435</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>32.874040282999999</v>
+        <v>32.869122218000001</v>
       </c>
       <c r="C345" s="5">
-        <v>-1.339839000003451E-3</v>
+        <v>-6.6907809999960932E-3</v>
       </c>
       <c r="D345" s="5">
-        <v>-4.8895144278393587E-2</v>
+        <v>-0.24394700637188071</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>32.89924319</v>
+        <v>32.896574055999999</v>
       </c>
       <c r="C346" s="5">
-        <v>2.5202907000000607E-2</v>
+        <v>2.7451837999997508E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>0.92386997910962609</v>
+        <v>1.0068400446687109</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>33.058936701</v>
+        <v>33.059154941999999</v>
       </c>
       <c r="C347" s="5">
-        <v>0.1596935110000004</v>
+        <v>0.16258088600000065</v>
       </c>
       <c r="D347" s="5">
-        <v>5.9828709334145636</v>
+        <v>6.0945110896100108</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>33.388563757</v>
+        <v>33.388941762000002</v>
       </c>
       <c r="C348" s="5">
-        <v>0.32962705599999964</v>
+        <v>0.32978682000000248</v>
       </c>
       <c r="D348" s="5">
-        <v>12.64353806611458</v>
+        <v>12.649918073537547</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>33.631669754000001</v>
+        <v>33.631370433999997</v>
       </c>
       <c r="C349" s="5">
-        <v>0.24310599700000068</v>
+        <v>0.24242867199999552</v>
       </c>
       <c r="D349" s="5">
-        <v>9.0958684342415275</v>
+        <v>9.069398907222471</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>33.650596786000001</v>
+        <v>33.650114363</v>
       </c>
       <c r="C350" s="5">
-        <v>1.8927032000000565E-2</v>
+        <v>1.8743929000002879E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>0.67742313884544547</v>
+        <v>0.67085553144070609</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>33.798525986999998</v>
+        <v>33.799254251000001</v>
       </c>
       <c r="C351" s="5">
-        <v>0.14792920099999662</v>
+        <v>0.14913988800000055</v>
       </c>
       <c r="D351" s="5">
-        <v>5.404675410729487</v>
+        <v>5.4500724223241148</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>33.962449354</v>
+        <v>33.96566206</v>
       </c>
       <c r="C352" s="5">
-        <v>0.16392336700000243</v>
+        <v>0.16640780899999896</v>
       </c>
       <c r="D352" s="5">
-        <v>5.9778052736235932</v>
+        <v>6.0707389865311212</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>33.910482383999998</v>
+        <v>33.912644436000001</v>
       </c>
       <c r="C353" s="5">
-        <v>-5.1966970000002277E-2</v>
+        <v>-5.3017623999998875E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>-1.8207822345638003</v>
+        <v>-1.8571046784384926</v>
       </c>
       <c r="E353" s="5">
-        <v>3.7565707331618015</v>
+        <v>3.7574714158437716</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>33.915393926</v>
+        <v>33.918736381000002</v>
       </c>
       <c r="C354" s="5">
-        <v>4.9115420000021004E-3</v>
+        <v>6.0919450000014308E-3</v>
       </c>
       <c r="D354" s="5">
-        <v>0.17394467320941409</v>
+        <v>0.215776771740539</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>34.144841913</v>
+        <v>34.145675419</v>
       </c>
       <c r="C355" s="5">
-        <v>0.22944798700000035</v>
+        <v>0.22693903799999759</v>
       </c>
       <c r="D355" s="5">
-        <v>8.4273608171804071</v>
+        <v>8.3309415830144182</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>34.054989190999997</v>
+        <v>34.055845245</v>
       </c>
       <c r="C356" s="5">
-        <v>-8.9852722000003382E-2</v>
+        <v>-8.9830173999999374E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>-3.1125143817341772</v>
+        <v>-3.1116697190164189</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>34.100854591000001</v>
+        <v>34.092879947999997</v>
       </c>
       <c r="C357" s="5">
-        <v>4.5865400000003831E-2</v>
+        <v>3.7034702999996227E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>1.628190477762903</v>
+        <v>1.3127972120228426</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>34.374838799000003</v>
+        <v>34.368419138999997</v>
       </c>
       <c r="C358" s="5">
-        <v>0.27398420800000167</v>
+        <v>0.27553919100000002</v>
       </c>
       <c r="D358" s="5">
-        <v>10.079104631329393</v>
+        <v>10.141352043580198</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>34.621276809000001</v>
+        <v>34.622356232000001</v>
       </c>
       <c r="C359" s="5">
-        <v>0.24643800999999854</v>
+        <v>0.25393709300000467</v>
       </c>
       <c r="D359" s="5">
-        <v>8.9504231211109175</v>
+        <v>9.2357444862696703</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>34.603648702999998</v>
+        <v>34.604296071999997</v>
       </c>
       <c r="C360" s="5">
-        <v>-1.762810600000364E-2</v>
+        <v>-1.8060160000004544E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>-0.60929549590569287</v>
+        <v>-0.6241667301554843</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>34.852489708999997</v>
+        <v>34.852330143000003</v>
       </c>
       <c r="C361" s="5">
-        <v>0.24884100599999925</v>
+        <v>0.24803407100000641</v>
       </c>
       <c r="D361" s="5">
-        <v>8.979035218033161</v>
+        <v>8.9485868847887886</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>34.969272662999998</v>
+        <v>34.969238765</v>
       </c>
       <c r="C362" s="5">
-        <v>0.11678295400000138</v>
+        <v>0.11690862199999685</v>
       </c>
       <c r="D362" s="5">
-        <v>4.0958703924774298</v>
+        <v>4.1003786353039473</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>34.680513566999998</v>
+        <v>34.682410777000001</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.28875909599999972</v>
+        <v>-0.28682798799999887</v>
       </c>
       <c r="D363" s="5">
-        <v>-9.4711405543364435</v>
+        <v>-9.4106399387411717</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>34.989235610000001</v>
+        <v>34.995349674000003</v>
       </c>
       <c r="C364" s="5">
-        <v>0.30872204300000305</v>
+        <v>0.31293889700000221</v>
       </c>
       <c r="D364" s="5">
-        <v>11.221107753587379</v>
+        <v>11.381411130634845</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>34.815199167999999</v>
+        <v>34.817905021000001</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.17403644200000201</v>
+        <v>-0.17744465300000201</v>
       </c>
       <c r="D365" s="5">
-        <v>-5.8081882848404653</v>
+        <v>-5.917773464439624</v>
       </c>
       <c r="E365" s="5">
-        <v>2.6679561020543696</v>
+        <v>2.669389544977574</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>35.193631084000003</v>
+        <v>35.198270577000002</v>
       </c>
       <c r="C366" s="5">
-        <v>0.37843191600000381</v>
+        <v>0.38036555600000099</v>
       </c>
       <c r="D366" s="5">
-        <v>13.852433836877619</v>
+        <v>13.926372899565775</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>35.133365986999998</v>
+        <v>35.135166538</v>
       </c>
       <c r="C367" s="5">
-        <v>-6.0265097000005596E-2</v>
+        <v>-6.3104039000002388E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-2.0356208170462242</v>
+        <v>-2.130292361282371</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>35.264526062999998</v>
+        <v>35.263226228999997</v>
       </c>
       <c r="C368" s="5">
-        <v>0.13116007600000046</v>
+        <v>0.12805969099999714</v>
       </c>
       <c r="D368" s="5">
-        <v>4.5729839754274471</v>
+        <v>4.4624778918112673</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>32.639468942000001</v>
+        <v>32.627776498999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-2.6250571209999976</v>
+        <v>-2.6354497299999977</v>
       </c>
       <c r="D369" s="5">
-        <v>-60.476045606826233</v>
+        <v>-60.62820414936423</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>32.871166844000001</v>
+        <v>32.861462115999998</v>
       </c>
       <c r="C370" s="5">
-        <v>0.23169790200000051</v>
+        <v>0.23368561699999901</v>
       </c>
       <c r="D370" s="5">
-        <v>8.8590251539144571</v>
+        <v>8.9413739547252504</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>33.681958682000001</v>
+        <v>33.683682382000001</v>
       </c>
       <c r="C371" s="5">
-        <v>0.8107918380000001</v>
+        <v>0.8222202660000022</v>
       </c>
       <c r="D371" s="5">
-        <v>33.963540391387269</v>
+        <v>34.521645093283901</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>34.113428386000002</v>
+        <v>34.114505891</v>
       </c>
       <c r="C372" s="5">
-        <v>0.43146970400000129</v>
+        <v>0.43082350899999966</v>
       </c>
       <c r="D372" s="5">
-        <v>16.502796743386128</v>
+        <v>16.475413874685341</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>34.359470143999999</v>
+        <v>34.360180372000002</v>
       </c>
       <c r="C373" s="5">
-        <v>0.24604175799999695</v>
+        <v>0.24567448100000178</v>
       </c>
       <c r="D373" s="5">
-        <v>9.0066716646305842</v>
+        <v>8.9923947136789639</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>34.252596080000004</v>
+        <v>34.254217419</v>
       </c>
       <c r="C374" s="5">
-        <v>-0.10687406399999588</v>
+        <v>-0.10596295300000236</v>
       </c>
       <c r="D374" s="5">
-        <v>-3.6693650467105488</v>
+        <v>-3.6385381416606966</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>34.756226613999999</v>
+        <v>34.760730915000003</v>
       </c>
       <c r="C375" s="5">
-        <v>0.50363053399999558</v>
+        <v>0.50651349600000373</v>
       </c>
       <c r="D375" s="5">
-        <v>19.143272277202939</v>
+        <v>19.260931747537423</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>34.219186532000002</v>
+        <v>34.230302764999998</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.5370400819999972</v>
+        <v>-0.53042815000000587</v>
       </c>
       <c r="D376" s="5">
-        <v>-17.044586686632456</v>
+        <v>-16.850031695938807</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>34.629257496000001</v>
+        <v>34.632159819999998</v>
       </c>
       <c r="C377" s="5">
-        <v>0.41007096399999909</v>
+        <v>0.40185705500000068</v>
       </c>
       <c r="D377" s="5">
-        <v>15.367101813018568</v>
+        <v>15.033951469187713</v>
       </c>
       <c r="E377" s="5">
-        <v>-0.53408188504894261</v>
+        <v>-0.53347609768013005</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>34.477514808000002</v>
+        <v>34.483749093999997</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.15174268799999879</v>
+        <v>-0.1484107260000016</v>
       </c>
       <c r="D378" s="5">
-        <v>-5.13341056388259</v>
+        <v>-5.0229242616152581</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>34.344025324999997</v>
+        <v>34.345335425000002</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.13348948300000529</v>
+        <v>-0.13841366899999485</v>
       </c>
       <c r="D379" s="5">
-        <v>-4.5484677076380713</v>
+        <v>-4.7117330773536636</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>34.293866582</v>
+        <v>34.287405323999998</v>
       </c>
       <c r="C380" s="5">
-        <v>-5.015874299999723E-2</v>
+        <v>-5.7930101000003731E-2</v>
       </c>
       <c r="D380" s="5">
-        <v>-1.7385658408275995</v>
+        <v>-2.0053624087813304</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>34.485320475999998</v>
+        <v>34.467844481</v>
       </c>
       <c r="C381" s="5">
-        <v>0.19145389399999857</v>
+        <v>0.18043915700000213</v>
       </c>
       <c r="D381" s="5">
-        <v>6.9088722627712373</v>
+        <v>6.501086861101113</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>34.227924457</v>
+        <v>34.212324264000003</v>
       </c>
       <c r="C382" s="5">
-        <v>-0.25739601899999798</v>
+        <v>-0.25552021699999727</v>
       </c>
       <c r="D382" s="5">
-        <v>-8.598024545350647</v>
+        <v>-8.5420508620104094</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>34.205757181000003</v>
+        <v>34.207110944999997</v>
       </c>
       <c r="C383" s="5">
-        <v>-2.2167275999997571E-2</v>
+        <v>-5.2133190000063223E-3</v>
       </c>
       <c r="D383" s="5">
-        <v>-0.77440230310028557</v>
+        <v>-0.18270440476738647</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>34.714576506999997</v>
+        <v>34.715856180000003</v>
       </c>
       <c r="C384" s="5">
-        <v>0.50881932599999402</v>
+        <v>0.50874523500000635</v>
       </c>
       <c r="D384" s="5">
-        <v>19.385602976839532</v>
+        <v>19.381714492784408</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>34.671455713999997</v>
+        <v>34.673579680000003</v>
       </c>
       <c r="C385" s="5">
-        <v>-4.3120792999999935E-2</v>
+        <v>-4.2276499999999828E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>-1.480441453930248</v>
+        <v>-1.4515955629901489</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>34.714308858000003</v>
+        <v>34.719857214000001</v>
       </c>
       <c r="C386" s="5">
-        <v>4.2853144000005727E-2</v>
+        <v>4.62775339999979E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>1.4932972510899312</v>
+        <v>1.6134044619980914</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>34.945129985000001</v>
+        <v>34.95484854</v>
       </c>
       <c r="C387" s="5">
-        <v>0.23082112699999868</v>
+        <v>0.23499132599999939</v>
       </c>
       <c r="D387" s="5">
-        <v>8.2773568113800664</v>
+        <v>8.4311166785637539</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>34.988831580999999</v>
+        <v>35.007324461000003</v>
       </c>
       <c r="C388" s="5">
-        <v>4.3701595999998233E-2</v>
+        <v>5.2475921000002757E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>1.5110582748145918</v>
+        <v>1.8164478646368609</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>34.874587656000003</v>
+        <v>34.882511371</v>
       </c>
       <c r="C389" s="5">
-        <v>-0.11424392499999669</v>
+        <v>-0.12481309000000351</v>
       </c>
       <c r="D389" s="5">
-        <v>-3.8485809662883952</v>
+        <v>-4.1955027295993874</v>
       </c>
       <c r="E389" s="5">
-        <v>0.70844764727726606</v>
+        <v>0.72288749041700129</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>34.55127195</v>
+        <v>34.558833841000002</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.32331570600000248</v>
+        <v>-0.32367752999999766</v>
       </c>
       <c r="D390" s="5">
-        <v>-10.574886129990846</v>
+        <v>-10.583839783112371</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>34.766616853000002</v>
+        <v>34.765848122000001</v>
       </c>
       <c r="C391" s="5">
-        <v>0.21534490300000186</v>
+        <v>0.2070142809999993</v>
       </c>
       <c r="D391" s="5">
-        <v>7.7409248036640621</v>
+        <v>7.4298558898691525</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>34.622236202000003</v>
+        <v>34.605952184000003</v>
       </c>
       <c r="C392" s="5">
-        <v>-0.14438065099999875</v>
+        <v>-0.15989593799999824</v>
       </c>
       <c r="D392" s="5">
-        <v>-4.8711598556180462</v>
+        <v>-5.381578726937386</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>34.723141957999999</v>
+        <v>34.694040680999997</v>
       </c>
       <c r="C393" s="5">
-        <v>0.10090575599999596</v>
+        <v>8.8088496999993993E-2</v>
       </c>
       <c r="D393" s="5">
-        <v>3.5539837916582329</v>
+        <v>3.0976960834874001</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>34.860111459000002</v>
+        <v>34.834810511999997</v>
       </c>
       <c r="C394" s="5">
-        <v>0.13696950100000294</v>
+        <v>0.14076983100000007</v>
       </c>
       <c r="D394" s="5">
-        <v>4.8375989820627741</v>
+        <v>4.9790961134119849</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>34.511774365999997</v>
+        <v>34.516064004999997</v>
       </c>
       <c r="C395" s="5">
-        <v>-0.34833709300000493</v>
+        <v>-0.31874650700000018</v>
       </c>
       <c r="D395" s="5">
-        <v>-11.353375209789595</v>
+        <v>-10.444191694076444</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>34.705889626999998</v>
+        <v>34.708955561000003</v>
       </c>
       <c r="C396" s="5">
-        <v>0.19411526100000032</v>
+        <v>0.1928915560000064</v>
       </c>
       <c r="D396" s="5">
-        <v>6.9622954945617321</v>
+        <v>6.9161610558225339</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>34.775216886999999</v>
+        <v>34.779497667000001</v>
       </c>
       <c r="C397" s="5">
-        <v>6.9327260000001445E-2</v>
+        <v>7.0542105999997773E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>2.423589535725279</v>
+        <v>2.4663145609255643</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>34.778227000999998</v>
+        <v>34.788896708000003</v>
       </c>
       <c r="C398" s="5">
-        <v>3.0101139999985094E-3</v>
+        <v>9.3990410000017732E-3</v>
       </c>
       <c r="D398" s="5">
-        <v>0.10392047180209918</v>
+        <v>0.32477837396187592</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>34.641895372</v>
+        <v>34.658702749</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.13633162899999718</v>
+        <v>-0.13019395900000319</v>
       </c>
       <c r="D399" s="5">
-        <v>-4.6039276996020728</v>
+        <v>-4.3995865176275402</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>34.683113923999997</v>
+        <v>34.712239683</v>
       </c>
       <c r="C400" s="5">
-        <v>4.1218551999996578E-2</v>
+        <v>5.3536934000000258E-2</v>
       </c>
       <c r="D400" s="5">
-        <v>1.4371973002227367</v>
+        <v>1.8694567941405893</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>34.557055431000002</v>
+        <v>34.572872230000002</v>
       </c>
       <c r="C401" s="5">
-        <v>-0.12605849299999505</v>
+        <v>-0.13936745299999842</v>
       </c>
       <c r="D401" s="5">
-        <v>-4.2753546054576486</v>
+        <v>-4.7129452249580535</v>
       </c>
       <c r="E401" s="5">
-        <v>-0.91049743191836674</v>
+        <v>-0.88766298305408275</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>34.418707130999998</v>
+        <v>34.427118884999999</v>
       </c>
       <c r="C402" s="5">
-        <v>-0.13834830000000409</v>
+        <v>-0.14575334500000281</v>
       </c>
       <c r="D402" s="5">
-        <v>-4.6997852291537523</v>
+        <v>-4.943325405185039</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>34.387752509000002</v>
+        <v>34.382865176999999</v>
       </c>
       <c r="C403" s="5">
-        <v>-3.0954621999995879E-2</v>
+        <v>-4.4253707999999392E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>-1.0739031356155504</v>
+        <v>-1.5316591564326631</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>34.447666247000001</v>
+        <v>34.422376225999997</v>
       </c>
       <c r="C404" s="5">
-        <v>5.9913737999998773E-2</v>
+        <v>3.9511048999997911E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>2.1109102989207429</v>
+        <v>1.3877283481498415</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>33.958813528</v>
+        <v>33.911854415999997</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.48885271900000049</v>
+        <v>-0.51052181000000019</v>
       </c>
       <c r="D405" s="5">
-        <v>-15.761147641197804</v>
+        <v>-16.415007923964374</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>33.963162222000001</v>
+        <v>33.925637467000001</v>
       </c>
       <c r="C406" s="5">
-        <v>4.348694000000819E-3</v>
+        <v>1.378305100000432E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>0.15377774618809958</v>
+        <v>0.48881680133243677</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>34.003725492000001</v>
+        <v>34.013887447000002</v>
       </c>
       <c r="C407" s="5">
-        <v>4.0563269999999818E-2</v>
+        <v>8.8249980000000505E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>1.4426496433178615</v>
+        <v>3.166581738872809</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>34.003124806000002</v>
+        <v>34.008827285000002</v>
       </c>
       <c r="C408" s="5">
-        <v>-6.0068599999851813E-4</v>
+        <v>-5.0601619999994796E-3</v>
       </c>
       <c r="D408" s="5">
-        <v>-2.1196300085479791E-2</v>
+        <v>-0.17837503792959009</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>33.971335476999997</v>
+        <v>33.978302843000002</v>
       </c>
       <c r="C409" s="5">
-        <v>-3.178932900000575E-2</v>
+        <v>-3.0524442000000818E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>-1.1161225686111553</v>
+        <v>-1.0717526203372962</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>33.948996872000002</v>
+        <v>33.965421237000001</v>
       </c>
       <c r="C410" s="5">
-        <v>-2.2338604999994516E-2</v>
+        <v>-1.2881606000000545E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>-0.78623900993143314</v>
+        <v>-0.45398783857569791</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>33.647311928000001</v>
+        <v>33.671868402000001</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.30168494400000156</v>
+        <v>-0.29355283499999985</v>
       </c>
       <c r="D411" s="5">
-        <v>-10.157643024844344</v>
+        <v>-9.8921713906003674</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>33.689499130999998</v>
+        <v>33.727624945000002</v>
       </c>
       <c r="C412" s="5">
-        <v>4.2187202999997453E-2</v>
+        <v>5.5756543000001102E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>1.5149861309939228</v>
+        <v>2.0052519497071764</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>33.767442445</v>
+        <v>33.793488093000001</v>
       </c>
       <c r="C413" s="5">
-        <v>7.7943314000002317E-2</v>
+        <v>6.5863147999998262E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>2.8118960063567622</v>
+        <v>2.368687433624328</v>
       </c>
       <c r="E413" s="5">
-        <v>-2.2849544793439369</v>
+        <v>-2.2543227875747696</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>33.586053270999997</v>
+        <v>33.594291218999999</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.18138917400000309</v>
+        <v>-0.19919687400000186</v>
       </c>
       <c r="D414" s="5">
-        <v>-6.2589853135189832</v>
+        <v>-6.8485672020598853</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>33.396935892000002</v>
+        <v>33.388486317999998</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.18911737899999537</v>
+        <v>-0.20580490100000048</v>
       </c>
       <c r="D415" s="5">
-        <v>-6.5516139324117262</v>
+        <v>-7.108714118819714</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>33.461488213999999</v>
+        <v>33.427383679000002</v>
       </c>
       <c r="C416" s="5">
-        <v>6.4552321999997275E-2</v>
+        <v>3.8897361000003627E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>2.3442752558661795</v>
+        <v>1.406984350770335</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>33.384048944</v>
+        <v>33.317164099000003</v>
       </c>
       <c r="C417" s="5">
-        <v>-7.7439269999999283E-2</v>
+        <v>-0.11021957999999898</v>
       </c>
       <c r="D417" s="5">
-        <v>-2.7420589856598565</v>
+        <v>-3.8857679946866619</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>33.557065756</v>
+        <v>33.507224352000001</v>
       </c>
       <c r="C418" s="5">
-        <v>0.17301681200000019</v>
+        <v>0.19006025299999862</v>
       </c>
       <c r="D418" s="5">
-        <v>6.3995144465163634</v>
+        <v>7.0644050054923913</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>33.590299299000002</v>
+        <v>33.607831204999997</v>
       </c>
       <c r="C419" s="5">
-        <v>3.3233543000001475E-2</v>
+        <v>0.10060685299999506</v>
       </c>
       <c r="D419" s="5">
-        <v>1.1949256028426669</v>
+        <v>3.6631508290897452</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>33.502285716000003</v>
+        <v>33.511253046</v>
       </c>
       <c r="C420" s="5">
-        <v>-8.8013582999998619E-2</v>
+        <v>-9.6578158999996333E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>-3.0993312194586342</v>
+        <v>-3.3944319074241003</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>33.461326139000001</v>
+        <v>33.470927127000003</v>
       </c>
       <c r="C421" s="5">
-        <v>-4.0959577000002412E-2</v>
+        <v>-4.0325918999997157E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>-1.4572835182863342</v>
+        <v>-1.4345064878094282</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>33.433473603000003</v>
+        <v>33.454687806999999</v>
       </c>
       <c r="C422" s="5">
-        <v>-2.7852535999997485E-2</v>
+        <v>-1.6239320000003943E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>-0.99429571721632026</v>
+        <v>-0.58066114847223904</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>33.599148081000003</v>
+        <v>33.630795171000003</v>
       </c>
       <c r="C423" s="5">
-        <v>0.16567447799999968</v>
+        <v>0.17610736400000349</v>
       </c>
       <c r="D423" s="5">
-        <v>6.1111900893123128</v>
+        <v>6.5030030518741233</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>33.535882575999999</v>
+        <v>33.582109334000002</v>
       </c>
       <c r="C424" s="5">
-        <v>-6.3265505000003941E-2</v>
+        <v>-4.8685837000000731E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>-2.2362855664254222</v>
+        <v>-1.7234225682279614</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>33.590850129000003</v>
+        <v>33.625891031000002</v>
       </c>
       <c r="C425" s="5">
-        <v>5.4967553000004443E-2</v>
+        <v>4.3781697000000008E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>1.9847086031868466</v>
+        <v>1.5757318863671266</v>
       </c>
       <c r="E425" s="5">
-        <v>-0.52296621601599647</v>
+        <v>-0.49594484457706756</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>33.890471767999998</v>
+        <v>34.010121894000001</v>
       </c>
       <c r="C426" s="5">
-        <v>0.29962163899999439</v>
+        <v>0.38423086299999909</v>
       </c>
       <c r="D426" s="5">
-        <v>11.244725814653723</v>
+        <v>14.607396409506235</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>33.939159848999999</v>
+        <v>34.049799108000002</v>
       </c>
       <c r="C427" s="5">
-        <v>4.868808100000166E-2</v>
+        <v>3.9677214000001015E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>1.7376436720808019</v>
+        <v>1.4089732740296457</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>33.819358971</v>
+        <v>33.905639631</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.1198008779999995</v>
+        <v>-0.14415947700000231</v>
       </c>
       <c r="D428" s="5">
-        <v>-4.1545699807274854</v>
+        <v>-4.9638894764717172</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>34.123850263000001</v>
+        <v>34.387943665000002</v>
       </c>
       <c r="C429" s="5">
-        <v>0.30449129200000158</v>
+        <v>0.48230403400000199</v>
       </c>
       <c r="D429" s="5">
-        <v>11.355551448026201</v>
+        <v>18.470760934371278</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>33.953206356999999</v>
+        <v>34.106927736000003</v>
       </c>
       <c r="C430" s="5">
-        <v>-0.17064390600000223</v>
+        <v>-0.28101592899999872</v>
       </c>
       <c r="D430" s="5">
-        <v>-5.8385398014682348</v>
+        <v>-9.3773550855524963</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>33.737801949999998</v>
+        <v>33.913312884</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.21540440700000119</v>
+        <v>-0.19361485200000317</v>
       </c>
       <c r="D431" s="5">
-        <v>-7.3528854393437477</v>
+        <v>-6.6033308847420642</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>33.678333637999998</v>
+        <v>33.853682900999999</v>
       </c>
       <c r="C432" s="5">
-        <v>-5.9468311999999912E-2</v>
+        <v>-5.9629983000000664E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>-2.0948073295378289</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-2.0896815485775488</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>33.766883634999999</v>
+        <v>33.879573528999998</v>
       </c>
       <c r="C433" s="5">
-        <v>8.8549997000001213E-2</v>
+        <v>2.5890627999999083E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>3.201173166286031</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.92160642149918814</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-    </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B434" s="5">
+        <v>33.995073947999998</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.11550041899999997</v>
+      </c>
+      <c r="D434" s="5">
+        <v>4.1685608684670861</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>33.850323426999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.14475052099999886</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-4.9916035444248834</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>33.471807272</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.3785161549999998</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-12.623211974376847</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>33.524560039000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>5.2752767000001199E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>1.9077230722499783</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.3013481245941807</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>