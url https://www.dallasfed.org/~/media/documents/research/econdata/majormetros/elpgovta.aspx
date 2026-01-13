--- v0 (2025-10-07)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{FFB5F6CB-B55F-418B-B3DF-BC15BC436C64}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{56C9B23F-091E-42AF-AD41-87E86C5A4571}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{ABA66867-6D42-4FF4-B12B-33CE62D6AA45}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CFB37200-2E3B-459B-ACE2-A4504F38D090}"/>
   </bookViews>
   <sheets>
     <sheet name="elpgovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Government Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7A282B16-A742-4130-AA3C-753F0EDFB51D}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9861BC16-0E1D-471F-9672-902C6FDE79B9}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6146 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>44.807348652999998</v>
+        <v>44.807125618000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>44.683038115000002</v>
+        <v>44.682812521999999</v>
       </c>
       <c r="C7" s="5">
-        <v>-0.12431053799999603</v>
+        <v>-0.12431309600000162</v>
       </c>
       <c r="D7" s="5">
-        <v>-3.278867599914348</v>
+        <v>-3.2789501178150826</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>44.946106012999998</v>
+        <v>44.945481774000001</v>
       </c>
       <c r="C8" s="5">
-        <v>0.26306789799999564</v>
+        <v>0.26266925200000202</v>
       </c>
       <c r="D8" s="5">
-        <v>7.2982233029442289</v>
+        <v>7.2868417677135922</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>44.960246554000001</v>
+        <v>44.960704434</v>
       </c>
       <c r="C9" s="5">
-        <v>1.4140541000003282E-2</v>
+        <v>1.5222659999999166E-2</v>
       </c>
       <c r="D9" s="5">
-        <v>0.37818719807518608</v>
+        <v>0.40718795137828501</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>45.327420363000002</v>
+        <v>45.327720925000001</v>
       </c>
       <c r="C10" s="5">
-        <v>0.36717380900000052</v>
+        <v>0.36701649100000111</v>
       </c>
       <c r="D10" s="5">
-        <v>10.25234430250681</v>
+        <v>10.247643460219003</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>46.120438681000003</v>
+        <v>46.120780691999997</v>
       </c>
       <c r="C11" s="5">
-        <v>0.79301831800000144</v>
+        <v>0.79305976699999547</v>
       </c>
       <c r="D11" s="5">
-        <v>23.137153877823668</v>
+        <v>23.138313379332011</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>45.241355304000002</v>
+        <v>45.241433581000003</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.87908337700000061</v>
+        <v>-0.87934711099999419</v>
       </c>
       <c r="D12" s="5">
-        <v>-20.620908080181945</v>
+        <v>-20.626323490460997</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>44.318811601</v>
+        <v>44.319038401</v>
       </c>
       <c r="C13" s="5">
-        <v>-0.92254370300000232</v>
+        <v>-0.92239518000000231</v>
       </c>
       <c r="D13" s="5">
-        <v>-21.903783170618908</v>
+        <v>-21.90060873372801</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>44.623807001000003</v>
+        <v>44.623829223999998</v>
       </c>
       <c r="C14" s="5">
-        <v>0.3049954000000028</v>
+        <v>0.3047908229999976</v>
       </c>
       <c r="D14" s="5">
-        <v>8.5780772491997439</v>
+        <v>8.5720585704702543</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>44.953217098000003</v>
+        <v>44.953126533999999</v>
       </c>
       <c r="C15" s="5">
-        <v>0.32941009700000023</v>
+        <v>0.32929731000000118</v>
       </c>
       <c r="D15" s="5">
-        <v>9.2269756849611806</v>
+        <v>9.2236823612038332</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>45.139359880999997</v>
+        <v>45.139171328000003</v>
       </c>
       <c r="C16" s="5">
-        <v>0.18614278299999398</v>
+        <v>0.18604479400000429</v>
       </c>
       <c r="D16" s="5">
-        <v>5.0837157258106558</v>
+        <v>5.0809888268121606</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>44.831046571000002</v>
+        <v>44.830971181000002</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.30831330999999551</v>
+        <v>-0.30820014700000087</v>
       </c>
       <c r="D17" s="5">
-        <v>-7.8953032494223692</v>
+        <v>-7.8925450510807575</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>45.479200458999998</v>
+        <v>45.478952911999997</v>
       </c>
       <c r="C18" s="5">
-        <v>0.64815388799999596</v>
+        <v>0.64798173099999445</v>
       </c>
       <c r="D18" s="5">
-        <v>18.79750575454695</v>
+        <v>18.792143668013072</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>45.549791589999998</v>
+        <v>45.549460224000001</v>
       </c>
       <c r="C19" s="5">
-        <v>7.0591131000000473E-2</v>
+        <v>7.0507312000003708E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>1.8785789097915728</v>
+        <v>1.8763395556785412</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>45.578963811999998</v>
+        <v>45.578301410999998</v>
       </c>
       <c r="C20" s="5">
-        <v>2.9172221999999692E-2</v>
+        <v>2.8841186999997603E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>0.77124918258251185</v>
+        <v>0.76247241361480089</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>46.058103252000002</v>
+        <v>46.058606840000003</v>
       </c>
       <c r="C21" s="5">
-        <v>0.47913944000000441</v>
+        <v>0.48030542900000484</v>
       </c>
       <c r="D21" s="5">
-        <v>13.37027902840453</v>
+        <v>13.404930519497583</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>46.045094096</v>
+        <v>46.045507249000003</v>
       </c>
       <c r="C22" s="5">
-        <v>-1.300915600000252E-2</v>
+        <v>-1.3099590999999577E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>-0.33841512255110562</v>
+        <v>-0.340760264697193</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>46.634709847000003</v>
+        <v>46.635153600000002</v>
       </c>
       <c r="C23" s="5">
-        <v>0.58961575100000374</v>
+        <v>0.58964635099999896</v>
       </c>
       <c r="D23" s="5">
-        <v>16.495988346558676</v>
+        <v>16.496747035794691</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>46.093171149</v>
+        <v>46.093382892000001</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.54153869800000365</v>
+        <v>-0.54177070800000138</v>
       </c>
       <c r="D24" s="5">
-        <v>-13.078400710816929</v>
+        <v>-13.083534152482844</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>46.468876094000002</v>
+        <v>46.469112455999998</v>
       </c>
       <c r="C25" s="5">
-        <v>0.37570494500000251</v>
+        <v>0.37572956399999669</v>
       </c>
       <c r="D25" s="5">
-        <v>10.231817366053697</v>
+        <v>10.232469038784963</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>46.436273565999997</v>
+        <v>46.436283889000002</v>
       </c>
       <c r="C26" s="5">
-        <v>-3.2602528000005293E-2</v>
+        <v>-3.2828566999995701E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>-0.83867787612508238</v>
+        <v>-0.84446572270114872</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>46.924056096999998</v>
+        <v>46.923889897000002</v>
       </c>
       <c r="C27" s="5">
-        <v>0.48778253100000057</v>
+        <v>0.4876060080000002</v>
       </c>
       <c r="D27" s="5">
-        <v>13.359575544150214</v>
+        <v>13.354455156698286</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>46.982590942000002</v>
+        <v>46.982288021999999</v>
       </c>
       <c r="C28" s="5">
-        <v>5.8534845000004054E-2</v>
+        <v>5.8398124999996526E-2</v>
       </c>
       <c r="D28" s="5">
-        <v>1.5072385479991457</v>
+        <v>1.5036993172906632</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>47.644687050999998</v>
+        <v>47.644497788999999</v>
       </c>
       <c r="C29" s="5">
-        <v>0.6620961089999966</v>
+        <v>0.66220976700000023</v>
       </c>
       <c r="D29" s="5">
-        <v>18.285139722111342</v>
+        <v>18.288653047755975</v>
       </c>
       <c r="E29" s="5">
-        <v>6.2760981400333149</v>
+        <v>6.2758546912595303</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>47.362504305999998</v>
+        <v>47.362282366999999</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.28218274500000007</v>
+        <v>-0.28221542200000016</v>
       </c>
       <c r="D30" s="5">
-        <v>-6.880175439843339</v>
+        <v>-6.8809728447253748</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>47.609697834000002</v>
+        <v>47.609345537000003</v>
       </c>
       <c r="C31" s="5">
-        <v>0.24719352800000394</v>
+        <v>0.24706317000000411</v>
       </c>
       <c r="D31" s="5">
-        <v>6.4459662021469688</v>
+        <v>6.4424998558076929</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>48.179680474000001</v>
+        <v>48.178160339999998</v>
       </c>
       <c r="C32" s="5">
-        <v>0.56998263999999921</v>
+        <v>0.56881480299999509</v>
       </c>
       <c r="D32" s="5">
-        <v>15.351138088929805</v>
+        <v>15.317711223179554</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>48.050589311000003</v>
+        <v>48.051168121000003</v>
       </c>
       <c r="C33" s="5">
-        <v>-0.12909116299999823</v>
+        <v>-0.12699221899999458</v>
       </c>
       <c r="D33" s="5">
-        <v>-3.1682824154123934</v>
+        <v>-3.1176095697986295</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>48.076918331000002</v>
+        <v>48.078370888999999</v>
       </c>
       <c r="C34" s="5">
-        <v>2.6329019999998593E-2</v>
+        <v>2.7202767999995103E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>0.65951772091565886</v>
+        <v>0.68146426578641339</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>47.932902789000003</v>
+        <v>47.933462999</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.14401554199999822</v>
+        <v>-0.14490788999999893</v>
       </c>
       <c r="D35" s="5">
-        <v>-3.535992795945464</v>
+        <v>-3.5574348733073413</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>48.439613915999999</v>
+        <v>48.440127074999999</v>
       </c>
       <c r="C36" s="5">
-        <v>0.50671112699999554</v>
+        <v>0.50666407599999985</v>
       </c>
       <c r="D36" s="5">
-        <v>13.449689281601307</v>
+        <v>13.448200497270136</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>48.079293368999998</v>
+        <v>48.079850073000003</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.3603205470000006</v>
+        <v>-0.36027700199999657</v>
       </c>
       <c r="D37" s="5">
-        <v>-8.5699751445455057</v>
+        <v>-8.568894354699486</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>48.253247514000002</v>
+        <v>48.252983329999999</v>
       </c>
       <c r="C38" s="5">
-        <v>0.17395414500000328</v>
+        <v>0.17313325699999638</v>
       </c>
       <c r="D38" s="5">
-        <v>4.4291286392742268</v>
+        <v>4.4077599044466176</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>49.808619118999999</v>
+        <v>49.808255523</v>
       </c>
       <c r="C39" s="5">
-        <v>1.5553716049999977</v>
+        <v>1.5552721930000004</v>
       </c>
       <c r="D39" s="5">
-        <v>46.330700566950121</v>
+        <v>46.327496091098141</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>50.033105278000001</v>
+        <v>50.032008521999998</v>
       </c>
       <c r="C40" s="5">
-        <v>0.22448615900000135</v>
+        <v>0.22375299899999845</v>
       </c>
       <c r="D40" s="5">
-        <v>5.5444682278541491</v>
+        <v>5.5259519164211124</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>50.015987090000003</v>
+        <v>50.015273972000003</v>
       </c>
       <c r="C41" s="5">
-        <v>-1.7118187999997758E-2</v>
+        <v>-1.6734549999995352E-2</v>
       </c>
       <c r="D41" s="5">
-        <v>-0.4097929732339245</v>
+        <v>-0.40063470239851684</v>
       </c>
       <c r="E41" s="5">
-        <v>4.9770502983086162</v>
+        <v>4.9759705590754821</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>49.177502083999997</v>
+        <v>49.177734915000002</v>
       </c>
       <c r="C42" s="5">
-        <v>-0.83848500600000619</v>
+        <v>-0.83753905700000075</v>
       </c>
       <c r="D42" s="5">
-        <v>-18.362169554410592</v>
+        <v>-18.343561459936396</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>49.852472663999997</v>
+        <v>49.852407876999997</v>
       </c>
       <c r="C43" s="5">
-        <v>0.6749705800000001</v>
+        <v>0.67467296199999538</v>
       </c>
       <c r="D43" s="5">
-        <v>17.772220326020527</v>
+        <v>17.763692889901805</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>49.340948605999998</v>
+        <v>49.338740639000001</v>
       </c>
       <c r="C44" s="5">
-        <v>-0.51152405799999912</v>
+        <v>-0.51366723799999647</v>
       </c>
       <c r="D44" s="5">
-        <v>-11.641265121627741</v>
+        <v>-11.687323999954014</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>49.260022384999999</v>
+        <v>49.260674735000002</v>
       </c>
       <c r="C45" s="5">
-        <v>-8.0926220999998577E-2</v>
+        <v>-7.8065903999998909E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>-1.9505140807283161</v>
+        <v>-1.8822560275107758</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>49.427510081999998</v>
+        <v>49.429985055000003</v>
       </c>
       <c r="C46" s="5">
-        <v>0.16748769699999855</v>
+        <v>0.16931032000000101</v>
       </c>
       <c r="D46" s="5">
-        <v>4.1572589014255978</v>
+        <v>4.2033007007022949</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>49.662344308999998</v>
+        <v>49.662965896999999</v>
       </c>
       <c r="C47" s="5">
-        <v>0.23483422700000034</v>
+        <v>0.23298084199999636</v>
       </c>
       <c r="D47" s="5">
-        <v>5.8526654376051424</v>
+        <v>5.8049722113184155</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>49.922548925000001</v>
+        <v>49.923280851000001</v>
       </c>
       <c r="C48" s="5">
-        <v>0.26020461600000289</v>
+        <v>0.26031495400000182</v>
       </c>
       <c r="D48" s="5">
-        <v>6.471755944647728</v>
+        <v>6.4744964575393693</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>49.513442154000003</v>
+        <v>49.514307614000003</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.40910677099999759</v>
+        <v>-0.40897323699999788</v>
       </c>
       <c r="D49" s="5">
-        <v>-9.4024575820123584</v>
+        <v>-9.3993938642533017</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>49.680603085000001</v>
+        <v>49.680102505999997</v>
       </c>
       <c r="C50" s="5">
-        <v>0.16716093099999796</v>
+        <v>0.16579489199999387</v>
       </c>
       <c r="D50" s="5">
-        <v>4.1273649465237261</v>
+        <v>4.0929397136306056</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>49.480674698000001</v>
+        <v>49.480240385999998</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.19992838699999993</v>
+        <v>-0.19986211999999881</v>
       </c>
       <c r="D51" s="5">
-        <v>-4.7236647739663624</v>
+        <v>-4.7221801091874793</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>49.719928738999997</v>
+        <v>49.718212129000001</v>
       </c>
       <c r="C52" s="5">
-        <v>0.23925404099999525</v>
+        <v>0.23797174300000279</v>
       </c>
       <c r="D52" s="5">
-        <v>5.9591866422601836</v>
+        <v>5.9264519088485956</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>49.750634286999997</v>
+        <v>49.749618181000002</v>
       </c>
       <c r="C53" s="5">
-        <v>3.0705548000000249E-2</v>
+        <v>3.1406052000001239E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>0.74360666295336664</v>
+        <v>0.76065634060282772</v>
       </c>
       <c r="E53" s="5">
-        <v>-0.5305359714735336</v>
+        <v>-0.53114932680109472</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>50.275110351999999</v>
+        <v>50.275811767999997</v>
       </c>
       <c r="C54" s="5">
-        <v>0.52447606500000177</v>
+        <v>0.52619358699999452</v>
       </c>
       <c r="D54" s="5">
-        <v>13.410411284321055</v>
+        <v>13.457203610900258</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>50.354620457999999</v>
+        <v>50.353804805999999</v>
       </c>
       <c r="C55" s="5">
-        <v>7.9510106000000746E-2</v>
+        <v>7.7993038000002457E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>1.9143953324652241</v>
+        <v>1.8775296847346468</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>51.222023356999998</v>
+        <v>51.219126095999997</v>
       </c>
       <c r="C56" s="5">
-        <v>0.86740289899999823</v>
+        <v>0.86532128999999713</v>
       </c>
       <c r="D56" s="5">
-        <v>22.746420339614204</v>
+        <v>22.686977189773081</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>50.425563853</v>
+        <v>50.426263566000003</v>
       </c>
       <c r="C57" s="5">
-        <v>-0.79645950399999776</v>
+        <v>-0.79286252999999363</v>
       </c>
       <c r="D57" s="5">
-        <v>-17.14315360753551</v>
+        <v>-17.07308630734564</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>49.850658979000002</v>
+        <v>49.854200513999999</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.57490487399999779</v>
+        <v>-0.57206305200000429</v>
       </c>
       <c r="D58" s="5">
-        <v>-12.855158148430856</v>
+        <v>-12.795358744399376</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>50.681234500000002</v>
+        <v>50.682113090000001</v>
       </c>
       <c r="C59" s="5">
-        <v>0.83057552100000009</v>
+        <v>0.82791257600000279</v>
       </c>
       <c r="D59" s="5">
-        <v>21.931348095963088</v>
+        <v>21.852793664167393</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>49.839991998000002</v>
+        <v>49.841245794000002</v>
       </c>
       <c r="C60" s="5">
-        <v>-0.84124250200000006</v>
+        <v>-0.84086729599999899</v>
       </c>
       <c r="D60" s="5">
-        <v>-18.196978010670129</v>
+        <v>-18.189300616080128</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>49.695771993000001</v>
+        <v>49.697343140000001</v>
       </c>
       <c r="C61" s="5">
-        <v>-0.14422000500000109</v>
+        <v>-0.14390265400000146</v>
       </c>
       <c r="D61" s="5">
-        <v>-3.4176583427963036</v>
+        <v>-3.4101724993892746</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>49.329796528999999</v>
+        <v>49.329281270000003</v>
       </c>
       <c r="C62" s="5">
-        <v>-0.36597546400000169</v>
+        <v>-0.36806186999999824</v>
       </c>
       <c r="D62" s="5">
-        <v>-8.4878852187922575</v>
+        <v>-8.5340616120617376</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>50.378994444999996</v>
+        <v>50.37874403</v>
       </c>
       <c r="C63" s="5">
-        <v>1.0491979159999971</v>
+        <v>1.0494627599999973</v>
       </c>
       <c r="D63" s="5">
-        <v>28.730675520490401</v>
+        <v>28.739132796568946</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>50.059352599</v>
+        <v>50.056913784000002</v>
       </c>
       <c r="C64" s="5">
-        <v>-0.31964184599999612</v>
+        <v>-0.32183024599999754</v>
       </c>
       <c r="D64" s="5">
-        <v>-7.3535448616924519</v>
+        <v>-7.4021703959138758</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>48.826980796000001</v>
+        <v>48.825179278999997</v>
       </c>
       <c r="C65" s="5">
-        <v>-1.2323718029999995</v>
+        <v>-1.2317345050000057</v>
       </c>
       <c r="D65" s="5">
-        <v>-25.852638266695504</v>
+        <v>-25.842117751939764</v>
       </c>
       <c r="E65" s="5">
-        <v>-1.856566261390058</v>
+        <v>-1.858182908332473</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>49.694594547999998</v>
+        <v>49.694780696999999</v>
       </c>
       <c r="C66" s="5">
-        <v>0.86761375199999691</v>
+        <v>0.86960141800000201</v>
       </c>
       <c r="D66" s="5">
-        <v>23.535384606566588</v>
+        <v>23.595648693871098</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>49.667662184000001</v>
+        <v>49.665084276000002</v>
       </c>
       <c r="C67" s="5">
-        <v>-2.6932363999996767E-2</v>
+        <v>-2.9696420999997031E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>-0.64841409803000349</v>
+        <v>-0.71473935301867852</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>49.62047914</v>
+        <v>49.618277485999997</v>
       </c>
       <c r="C68" s="5">
-        <v>-4.7183044000000507E-2</v>
+        <v>-4.6806790000005094E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>-1.1340327922062632</v>
+        <v>-1.1250945356743869</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>49.882024620999999</v>
+        <v>49.883079989000002</v>
       </c>
       <c r="C69" s="5">
-        <v>0.26154548099999886</v>
+        <v>0.26480250300000563</v>
       </c>
       <c r="D69" s="5">
-        <v>6.5117269212020989</v>
+        <v>6.5955137457183621</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>50.149016486000001</v>
+        <v>50.152917672999997</v>
       </c>
       <c r="C70" s="5">
-        <v>0.26699186500000138</v>
+        <v>0.26983768399999519</v>
       </c>
       <c r="D70" s="5">
-        <v>6.6154570131321311</v>
+        <v>6.6879355560020448</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>50.505737402000001</v>
+        <v>50.508256987999999</v>
       </c>
       <c r="C71" s="5">
-        <v>0.35672091600000044</v>
+        <v>0.35533931500000193</v>
       </c>
       <c r="D71" s="5">
-        <v>8.87785458323469</v>
+        <v>8.8414044751803367</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>50.658734678000002</v>
+        <v>50.661338583999999</v>
       </c>
       <c r="C72" s="5">
-        <v>0.15299727600000068</v>
+        <v>0.15308159599999982</v>
       </c>
       <c r="D72" s="5">
-        <v>3.6963477444531767</v>
+        <v>3.698231377781469</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>51.134338073000002</v>
+        <v>51.136489576999999</v>
       </c>
       <c r="C73" s="5">
-        <v>0.47560339500000026</v>
+        <v>0.47515099299999974</v>
       </c>
       <c r="D73" s="5">
-        <v>11.866385169378546</v>
+        <v>11.853868061451035</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>51.050626514000001</v>
+        <v>51.050304238000002</v>
       </c>
       <c r="C74" s="5">
-        <v>-8.3711559000001046E-2</v>
+        <v>-8.6185338999996475E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>-1.9469167986305491</v>
+        <v>-2.0038348280551399</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>51.123967477999997</v>
+        <v>51.123090877999999</v>
       </c>
       <c r="C75" s="5">
-        <v>7.3340963999996234E-2</v>
+        <v>7.2786639999996794E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>1.7376456669325746</v>
+        <v>1.7244200470868609</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>51.116702859</v>
+        <v>51.113394220000004</v>
       </c>
       <c r="C76" s="5">
-        <v>-7.2646189999971966E-3</v>
+        <v>-9.6966579999957503E-3</v>
       </c>
       <c r="D76" s="5">
-        <v>-0.17038452512511126</v>
+        <v>-0.22737002800311545</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>50.984862597999999</v>
+        <v>50.981524616999998</v>
       </c>
       <c r="C77" s="5">
-        <v>-0.13184026100000068</v>
+        <v>-0.1318696030000055</v>
       </c>
       <c r="D77" s="5">
-        <v>-3.0515116765845729</v>
+        <v>-3.0523759823627872</v>
       </c>
       <c r="E77" s="5">
-        <v>4.4194454926788751</v>
+        <v>4.4164616901416265</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>50.529151083000002</v>
+        <v>50.526096738</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.45571151499999729</v>
+        <v>-0.45542787899999837</v>
       </c>
       <c r="D78" s="5">
-        <v>-10.213925536251567</v>
+        <v>-10.208513244268524</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>50.266968261999999</v>
+        <v>50.260478329000001</v>
       </c>
       <c r="C79" s="5">
-        <v>-0.26218282100000323</v>
+        <v>-0.26561840899999822</v>
       </c>
       <c r="D79" s="5">
-        <v>-6.0518381323236392</v>
+        <v>-6.1292217330801151</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>50.885835071999999</v>
+        <v>50.883920815000003</v>
       </c>
       <c r="C80" s="5">
-        <v>0.6188668100000001</v>
+        <v>0.62344248600000185</v>
       </c>
       <c r="D80" s="5">
-        <v>15.816533368551799</v>
+        <v>15.94376734770484</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>51.31015317</v>
+        <v>51.312613595000002</v>
       </c>
       <c r="C81" s="5">
-        <v>0.42431809800000053</v>
+        <v>0.42869277999999866</v>
       </c>
       <c r="D81" s="5">
-        <v>10.478269105198489</v>
+        <v>10.591771180088717</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>51.393446177000001</v>
+        <v>51.399120355999997</v>
       </c>
       <c r="C82" s="5">
-        <v>8.3293007000001751E-2</v>
+        <v>8.6506760999995436E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>1.9654755417402248</v>
+        <v>2.0419167530279392</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>51.418256956999997</v>
+        <v>51.422821384999999</v>
       </c>
       <c r="C83" s="5">
-        <v>2.4810779999995702E-2</v>
+        <v>2.3701029000001483E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>0.58085453165459544</v>
+        <v>0.55474639844925733</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>51.610968849000002</v>
+        <v>51.636601732000003</v>
       </c>
       <c r="C84" s="5">
-        <v>0.19271189200000549</v>
+        <v>0.2137803470000037</v>
       </c>
       <c r="D84" s="5">
-        <v>4.5913908230591272</v>
+        <v>5.1044305040414573</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>51.899166600999997</v>
+        <v>51.897981266999999</v>
       </c>
       <c r="C85" s="5">
-        <v>0.28819775199999498</v>
+        <v>0.26137953499999611</v>
       </c>
       <c r="D85" s="5">
-        <v>6.9105260188182083</v>
+        <v>6.2462822779155713</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>51.479306983999997</v>
+        <v>51.473454885999999</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.41985961700000018</v>
+        <v>-0.42452638099999973</v>
       </c>
       <c r="D86" s="5">
-        <v>-9.2873835490335903</v>
+        <v>-9.3862198543506086</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>53.413041610000001</v>
+        <v>53.404862283</v>
       </c>
       <c r="C87" s="5">
-        <v>1.9337346260000032</v>
+        <v>1.931407397000001</v>
       </c>
       <c r="D87" s="5">
-        <v>55.659422137269466</v>
+        <v>55.585731483669477</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>53.368980225999998</v>
+        <v>53.357968837999998</v>
       </c>
       <c r="C88" s="5">
-        <v>-4.406138400000259E-2</v>
+        <v>-4.6893445000002032E-2</v>
       </c>
       <c r="D88" s="5">
-        <v>-0.98542279580634551</v>
+        <v>-1.0486155058148872</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>53.673032870999997</v>
+        <v>53.661767155</v>
       </c>
       <c r="C89" s="5">
-        <v>0.30405264499999873</v>
+        <v>0.30379831700000182</v>
       </c>
       <c r="D89" s="5">
-        <v>7.0549577054361379</v>
+        <v>7.0503710594242319</v>
       </c>
       <c r="E89" s="5">
-        <v>5.2724870403111579</v>
+        <v>5.2572820411617593</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>52.984105335000002</v>
+        <v>52.971704733999999</v>
       </c>
       <c r="C90" s="5">
-        <v>-0.68892753599999423</v>
+        <v>-0.69006242100000037</v>
       </c>
       <c r="D90" s="5">
-        <v>-14.360597542987975</v>
+        <v>-14.385416231879965</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>53.097793881999998</v>
+        <v>53.085893362</v>
       </c>
       <c r="C91" s="5">
-        <v>0.11368854699999531</v>
+        <v>0.11418862800000085</v>
       </c>
       <c r="D91" s="5">
-        <v>2.6054577802704815</v>
+        <v>2.617674508575818</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>53.317200581999998</v>
+        <v>53.317100115999999</v>
       </c>
       <c r="C92" s="5">
-        <v>0.2194067000000004</v>
+        <v>0.23120675399999868</v>
       </c>
       <c r="D92" s="5">
-        <v>5.0728076171555614</v>
+        <v>5.353430252368252</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>53.380673567999999</v>
+        <v>53.390614169999999</v>
       </c>
       <c r="C93" s="5">
-        <v>6.3472986000000731E-2</v>
+        <v>7.3514054000000328E-2</v>
       </c>
       <c r="D93" s="5">
-        <v>1.4379653102716716</v>
+        <v>1.6671750075625269</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>53.246053013999997</v>
+        <v>53.262372626999998</v>
       </c>
       <c r="C94" s="5">
-        <v>-0.13462055400000139</v>
+        <v>-0.12824154300000146</v>
       </c>
       <c r="D94" s="5">
-        <v>-2.9846513593670632</v>
+        <v>-2.8445644927094782</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>53.480052772000001</v>
+        <v>53.496333073000002</v>
       </c>
       <c r="C95" s="5">
-        <v>0.23399975800000306</v>
+        <v>0.23396044600000465</v>
       </c>
       <c r="D95" s="5">
-        <v>5.4029783659309771</v>
+        <v>5.4003532357541406</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>53.391276367000003</v>
+        <v>53.499544890999999</v>
       </c>
       <c r="C96" s="5">
-        <v>-8.8776404999997283E-2</v>
+        <v>3.2118179999969243E-3</v>
       </c>
       <c r="D96" s="5">
-        <v>-1.9739026669933435</v>
+        <v>7.2069510576677764E-2</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>53.646097091999998</v>
+        <v>53.606605922999996</v>
       </c>
       <c r="C97" s="5">
-        <v>0.25482072499999475</v>
+        <v>0.10706103199999717</v>
       </c>
       <c r="D97" s="5">
-        <v>5.8800010881227438</v>
+        <v>2.4279970471882129</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>53.835054192000001</v>
+        <v>53.791497089000003</v>
       </c>
       <c r="C98" s="5">
-        <v>0.18895710000000321</v>
+        <v>0.18489116600000699</v>
       </c>
       <c r="D98" s="5">
-        <v>4.30959986255679</v>
+        <v>4.2182667085957526</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>53.651637463999997</v>
+        <v>53.629777883000003</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.18341672800000453</v>
+        <v>-0.16171920600000078</v>
       </c>
       <c r="D99" s="5">
-        <v>-4.0126679163022816</v>
+        <v>-3.5486297683510304</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>53.927343030000003</v>
+        <v>53.897993368999998</v>
       </c>
       <c r="C100" s="5">
-        <v>0.27570556600000629</v>
+        <v>0.26821548599999545</v>
       </c>
       <c r="D100" s="5">
-        <v>6.3438807673124931</v>
+        <v>6.1693553753221497</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>53.820384484999998</v>
+        <v>53.805661485999998</v>
       </c>
       <c r="C101" s="5">
-        <v>-0.10695854500000479</v>
+        <v>-9.2331882999999948E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>-2.3542666903854315</v>
+        <v>-2.0364442712475617</v>
       </c>
       <c r="E101" s="5">
-        <v>0.27453565807273872</v>
+        <v>0.26815056348101773</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>54.136317499</v>
+        <v>54.102624741</v>
       </c>
       <c r="C102" s="5">
-        <v>0.31593301400000229</v>
+        <v>0.29696325500000142</v>
       </c>
       <c r="D102" s="5">
-        <v>7.2760995745784207</v>
+        <v>6.8278088552789606</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>54.250849600999999</v>
+        <v>54.226223562000001</v>
       </c>
       <c r="C103" s="5">
-        <v>0.1145321019999983</v>
+        <v>0.12359882100000164</v>
       </c>
       <c r="D103" s="5">
-        <v>2.5684990407447206</v>
+        <v>2.7761399253395824</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>54.400508944000002</v>
+        <v>54.399930568000002</v>
       </c>
       <c r="C104" s="5">
-        <v>0.14965934300000328</v>
+        <v>0.17370700600000077</v>
       </c>
       <c r="D104" s="5">
-        <v>3.3610771284251495</v>
+        <v>3.9125068209553193</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>54.234460104999997</v>
+        <v>54.259021898</v>
       </c>
       <c r="C105" s="5">
-        <v>-0.16604883900000544</v>
+        <v>-0.14090867000000173</v>
       </c>
       <c r="D105" s="5">
-        <v>-3.6019383918641901</v>
+        <v>-3.0643820296295976</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>54.407826941000003</v>
+        <v>54.453640120000003</v>
       </c>
       <c r="C106" s="5">
-        <v>0.17336683600000669</v>
+        <v>0.19461822200000256</v>
       </c>
       <c r="D106" s="5">
-        <v>3.9041062748789157</v>
+        <v>4.3901384494435813</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>54.497077163</v>
+        <v>54.556192738</v>
       </c>
       <c r="C107" s="5">
-        <v>8.9250221999996882E-2</v>
+        <v>0.10255261799999715</v>
       </c>
       <c r="D107" s="5">
-        <v>1.986329018112043</v>
+        <v>2.2835183281746385</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>54.538720482000002</v>
+        <v>54.794434604999999</v>
       </c>
       <c r="C108" s="5">
-        <v>4.1643319000002066E-2</v>
+        <v>0.23824186699999927</v>
       </c>
       <c r="D108" s="5">
-        <v>0.92082991678090753</v>
+        <v>5.3680008799038781</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>54.877500476000002</v>
+        <v>54.754369382999997</v>
       </c>
       <c r="C109" s="5">
-        <v>0.33877999399999936</v>
+        <v>-4.006522200000262E-2</v>
       </c>
       <c r="D109" s="5">
-        <v>7.7140927827638262</v>
+        <v>-0.87390969406188068</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>54.899921947000003</v>
+        <v>54.811399690000002</v>
       </c>
       <c r="C110" s="5">
-        <v>2.2421471000001247E-2</v>
+        <v>5.7030307000005109E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>0.49139098412989135</v>
+        <v>1.2570645794856228</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>54.839259585999997</v>
+        <v>54.753252805000002</v>
       </c>
       <c r="C111" s="5">
-        <v>-6.066236100000566E-2</v>
+        <v>-5.8146884999999315E-2</v>
       </c>
       <c r="D111" s="5">
-        <v>-1.3179265178706046</v>
+        <v>-1.2656231245610328</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>55.060143381000003</v>
+        <v>55.019874659000003</v>
       </c>
       <c r="C112" s="5">
-        <v>0.22088379500000599</v>
+        <v>0.26662185400000027</v>
       </c>
       <c r="D112" s="5">
-        <v>4.9419345087299504</v>
+        <v>6.0024882596823037</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>55.233288854000001</v>
+        <v>55.194962672999999</v>
       </c>
       <c r="C113" s="5">
-        <v>0.17314547299999816</v>
+        <v>0.17508801399999641</v>
       </c>
       <c r="D113" s="5">
-        <v>3.8395486133044887</v>
+        <v>3.8862733774178926</v>
       </c>
       <c r="E113" s="5">
-        <v>2.6252216191316569</v>
+        <v>2.5820724968904862</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>55.329529434000001</v>
+        <v>55.265680703000001</v>
       </c>
       <c r="C114" s="5">
-        <v>9.6240579999999909E-2</v>
+        <v>7.0718030000001875E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>2.1110806069357446</v>
+        <v>1.5483696007436043</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>55.290749912999999</v>
+        <v>55.251454789</v>
       </c>
       <c r="C115" s="5">
-        <v>-3.8779521000002148E-2</v>
+        <v>-1.4225914000000728E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>-0.83782487854097143</v>
+        <v>-0.3084545211431311</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>55.237852855</v>
+        <v>55.240085671000003</v>
       </c>
       <c r="C116" s="5">
-        <v>-5.289705799999922E-2</v>
+        <v>-1.1369117999997513E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>-1.1420269464938015</v>
+        <v>-0.24664530567729548</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>55.380895482</v>
+        <v>55.428298378999997</v>
       </c>
       <c r="C117" s="5">
-        <v>0.14304262699999981</v>
+        <v>0.18821270799999468</v>
       </c>
       <c r="D117" s="5">
-        <v>3.1521346407052953</v>
+        <v>4.1661067933583817</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>55.600752118000003</v>
+        <v>55.695813442000002</v>
       </c>
       <c r="C118" s="5">
-        <v>0.21985663600000294</v>
+        <v>0.26751506300000472</v>
       </c>
       <c r="D118" s="5">
-        <v>4.8692859565895974</v>
+        <v>5.9478287120885875</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>55.696248523999998</v>
+        <v>55.839423257</v>
       </c>
       <c r="C119" s="5">
-        <v>9.5496405999995204E-2</v>
+        <v>0.14360981499999781</v>
       </c>
       <c r="D119" s="5">
-        <v>2.0806271115100472</v>
+        <v>3.1384197446277629</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>55.924491971999998</v>
+        <v>56.389710186000002</v>
       </c>
       <c r="C120" s="5">
-        <v>0.22824344800000063</v>
+        <v>0.55028692900000209</v>
       </c>
       <c r="D120" s="5">
-        <v>5.0299708757798545</v>
+        <v>12.488276493378603</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>56.381304958999998</v>
+        <v>56.107061608000002</v>
       </c>
       <c r="C121" s="5">
-        <v>0.45681298699999928</v>
+        <v>-0.28264857799999987</v>
       </c>
       <c r="D121" s="5">
-        <v>10.254649025224904</v>
+        <v>-5.8518161009885938</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>56.025055432999999</v>
+        <v>55.856665976999999</v>
       </c>
       <c r="C122" s="5">
-        <v>-0.35624952599999915</v>
+        <v>-0.2503956310000035</v>
       </c>
       <c r="D122" s="5">
-        <v>-7.3242611893833409</v>
+        <v>-5.2258675961518231</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>56.478234507000003</v>
+        <v>56.312902989000001</v>
       </c>
       <c r="C123" s="5">
-        <v>0.45317907400000479</v>
+        <v>0.45623701200000255</v>
       </c>
       <c r="D123" s="5">
-        <v>10.150331652708022</v>
+        <v>10.254133413549503</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>56.521911289000002</v>
+        <v>56.470053505999999</v>
       </c>
       <c r="C124" s="5">
-        <v>4.3676781999998582E-2</v>
+        <v>0.15715051699999805</v>
       </c>
       <c r="D124" s="5">
-        <v>0.93196329967117908</v>
+        <v>3.4006802278215842</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>56.991462190999997</v>
+        <v>56.937792297000001</v>
       </c>
       <c r="C125" s="5">
-        <v>0.46955090199999461</v>
+        <v>0.46773879100000215</v>
       </c>
       <c r="D125" s="5">
-        <v>10.437235065458284</v>
+        <v>10.405089737561536</v>
       </c>
       <c r="E125" s="5">
-        <v>3.1831769816340838</v>
+        <v>3.1575881921060756</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>56.752374908</v>
+        <v>56.674086539000001</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.23908728299999638</v>
+        <v>-0.2637057580000004</v>
       </c>
       <c r="D126" s="5">
-        <v>-4.9196247561555158</v>
+        <v>-5.4183552643736865</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>56.890774139999998</v>
+        <v>56.849265250999998</v>
       </c>
       <c r="C127" s="5">
-        <v>0.1383992319999976</v>
+        <v>0.17517871199999746</v>
       </c>
       <c r="D127" s="5">
-        <v>2.9659522574014607</v>
+        <v>3.7728930216235579</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>57.064369986000003</v>
+        <v>57.070874613000001</v>
       </c>
       <c r="C128" s="5">
-        <v>0.17359584600000488</v>
+        <v>0.22160936200000236</v>
       </c>
       <c r="D128" s="5">
-        <v>3.7237478029783722</v>
+        <v>4.7794382937113022</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>57.489732140999998</v>
+        <v>57.548888433999998</v>
       </c>
       <c r="C129" s="5">
-        <v>0.42536215499999486</v>
+        <v>0.47801382099999756</v>
       </c>
       <c r="D129" s="5">
-        <v>9.3208751977055257</v>
+        <v>10.527141135970087</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>57.796982266000001</v>
+        <v>57.943890062999998</v>
       </c>
       <c r="C130" s="5">
-        <v>0.30725012500000304</v>
+        <v>0.39500162899999935</v>
       </c>
       <c r="D130" s="5">
-        <v>6.6052365456578332</v>
+        <v>8.5546680173132614</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>57.363946616</v>
+        <v>57.558053995000002</v>
       </c>
       <c r="C131" s="5">
-        <v>-0.43303565000000077</v>
+        <v>-0.38583606799999615</v>
       </c>
       <c r="D131" s="5">
-        <v>-8.6294339300965852</v>
+        <v>-7.7043040996012113</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>58.110777632000001</v>
+        <v>58.733159829000002</v>
       </c>
       <c r="C132" s="5">
-        <v>0.74683101600000157</v>
+        <v>1.175105834</v>
       </c>
       <c r="D132" s="5">
-        <v>16.791697381304903</v>
+        <v>27.446281822068276</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>58.442104708000002</v>
+        <v>58.057599074000002</v>
       </c>
       <c r="C133" s="5">
-        <v>0.33132707600000089</v>
+        <v>-0.67556075499999935</v>
       </c>
       <c r="D133" s="5">
-        <v>7.0606634821144931</v>
+        <v>-12.962087447190374</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>56.795418832000003</v>
+        <v>56.611989006000002</v>
       </c>
       <c r="C134" s="5">
-        <v>-1.6466858759999994</v>
+        <v>-1.4456100680000006</v>
       </c>
       <c r="D134" s="5">
-        <v>-29.034134754454357</v>
+        <v>-26.108905361140465</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>57.412707728000001</v>
+        <v>57.153049613</v>
       </c>
       <c r="C135" s="5">
-        <v>0.61728889599999803</v>
+        <v>0.54106060699999858</v>
       </c>
       <c r="D135" s="5">
-        <v>13.850955197082193</v>
+        <v>12.091309037133824</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>57.215495177000001</v>
+        <v>57.154446069999999</v>
       </c>
       <c r="C136" s="5">
-        <v>-0.19721255099999979</v>
+        <v>1.3964569999984633E-3</v>
       </c>
       <c r="D136" s="5">
-        <v>-4.0450079152668401</v>
+        <v>2.9324307717115694E-2</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>57.874255771000001</v>
+        <v>57.788075982999999</v>
       </c>
       <c r="C137" s="5">
-        <v>0.65876059400000031</v>
+        <v>0.63362991300000004</v>
       </c>
       <c r="D137" s="5">
-        <v>14.725801445582288</v>
+        <v>14.145443989715357</v>
       </c>
       <c r="E137" s="5">
-        <v>1.5489926842751078</v>
+        <v>1.4933555582287594</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>58.093032729999997</v>
+        <v>58.025433325000002</v>
       </c>
       <c r="C138" s="5">
-        <v>0.21877695899999594</v>
+        <v>0.2373573420000028</v>
       </c>
       <c r="D138" s="5">
-        <v>4.6317670724969062</v>
+        <v>5.041735077426357</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>58.004582124000002</v>
+        <v>57.987132437</v>
       </c>
       <c r="C139" s="5">
-        <v>-8.8450605999994991E-2</v>
+        <v>-3.8300888000001976E-2</v>
       </c>
       <c r="D139" s="5">
-        <v>-1.8118590498002685</v>
+        <v>-0.78921557352562566</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>58.190765745</v>
+        <v>58.224607706</v>
       </c>
       <c r="C140" s="5">
-        <v>0.18618362099999786</v>
+        <v>0.23747526900000082</v>
       </c>
       <c r="D140" s="5">
-        <v>3.9205024069548955</v>
+        <v>5.026589091840572</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>58.475940385999998</v>
+        <v>58.545184188999997</v>
       </c>
       <c r="C141" s="5">
-        <v>0.28517464099999756</v>
+        <v>0.32057648299999641</v>
       </c>
       <c r="D141" s="5">
-        <v>6.0419510625473682</v>
+        <v>6.8108242999564972</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>58.861402568000003</v>
+        <v>59.013114524999999</v>
       </c>
       <c r="C142" s="5">
-        <v>0.38546218200000482</v>
+        <v>0.467930336000002</v>
       </c>
       <c r="D142" s="5">
-        <v>8.2033484266919245</v>
+        <v>10.024223215569483</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>59.378189998000003</v>
+        <v>59.539111816000002</v>
       </c>
       <c r="C143" s="5">
-        <v>0.51678743000000082</v>
+        <v>0.52599729100000303</v>
       </c>
       <c r="D143" s="5">
-        <v>11.059620137344695</v>
+        <v>11.236109077053303</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>57.404643669999999</v>
+        <v>58.094070913000003</v>
       </c>
       <c r="C144" s="5">
-        <v>-1.9735463280000047</v>
+        <v>-1.4450409029999989</v>
       </c>
       <c r="D144" s="5">
-        <v>-33.343754884441232</v>
+        <v>-25.534775066152825</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>59.129059212999998</v>
+        <v>58.707080486999999</v>
       </c>
       <c r="C145" s="5">
-        <v>1.7244155429999992</v>
+        <v>0.61300957399999589</v>
       </c>
       <c r="D145" s="5">
-        <v>42.64196849590747</v>
+        <v>13.423768964910909</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>59.075540320999998</v>
+        <v>58.850406530000001</v>
       </c>
       <c r="C146" s="5">
-        <v>-5.3518891999999596E-2</v>
+        <v>0.14332604300000185</v>
       </c>
       <c r="D146" s="5">
-        <v>-1.0807532397947517</v>
+        <v>2.9693108854377481</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>58.737444793999998</v>
+        <v>58.503932579999997</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.33809552700000012</v>
+        <v>-0.34647395000000358</v>
       </c>
       <c r="D147" s="5">
-        <v>-6.6556215568744133</v>
+        <v>-6.8405078339632492</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>58.934602343999998</v>
+        <v>58.860972564000001</v>
       </c>
       <c r="C148" s="5">
-        <v>0.19715755000000001</v>
+        <v>0.35703998400000359</v>
       </c>
       <c r="D148" s="5">
-        <v>4.1031071424317167</v>
+        <v>7.574289210622509</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>58.771510137999996</v>
+        <v>58.700202365000003</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.16309220600000174</v>
+        <v>-0.16077019899999812</v>
       </c>
       <c r="D149" s="5">
-        <v>-3.2707298641924565</v>
+        <v>-3.2288333125569446</v>
       </c>
       <c r="E149" s="5">
-        <v>1.5503514560088583</v>
+        <v>1.5783989456031211</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>58.881263883999999</v>
+        <v>58.850074743999997</v>
       </c>
       <c r="C150" s="5">
-        <v>0.10975374600000265</v>
+        <v>0.14987237899999428</v>
       </c>
       <c r="D150" s="5">
-        <v>2.2641190534769873</v>
+        <v>3.1072120019287164</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>58.807160684000003</v>
+        <v>58.824020840999999</v>
       </c>
       <c r="C151" s="5">
-        <v>-7.410319999999615E-2</v>
+        <v>-2.6053902999997547E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>-1.4998132010816456</v>
+        <v>-0.52996819976216525</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>58.713593531000001</v>
+        <v>58.767429043</v>
       </c>
       <c r="C152" s="5">
-        <v>-9.3567153000002179E-2</v>
+        <v>-5.6591797999999471E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>-1.8926812908187762</v>
+        <v>-1.1483739839911022</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>58.478257634000002</v>
+        <v>58.532416286999997</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.23533589699999879</v>
+        <v>-0.23501275600000326</v>
       </c>
       <c r="D153" s="5">
-        <v>-4.7052119749007471</v>
+        <v>-4.6946824709224071</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>57.850165224000001</v>
+        <v>57.953203555000002</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.62809241000000071</v>
+        <v>-0.5792127319999949</v>
       </c>
       <c r="D154" s="5">
-        <v>-12.153967342396832</v>
+        <v>-11.249267888817583</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>58.242888563999998</v>
+        <v>58.273391697000001</v>
       </c>
       <c r="C155" s="5">
-        <v>0.39272333999999631</v>
+        <v>0.32018814199999923</v>
       </c>
       <c r="D155" s="5">
-        <v>8.4575088207568427</v>
+        <v>6.8351532813417437</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>56.965444892999997</v>
+        <v>57.586382174999997</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.2774436710000003</v>
+        <v>-0.68700952200000387</v>
       </c>
       <c r="D156" s="5">
-        <v>-23.365724952379974</v>
+        <v>-13.265078885957038</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>58.617299826</v>
+        <v>58.290338560999999</v>
       </c>
       <c r="C157" s="5">
-        <v>1.6518549330000027</v>
+        <v>0.70395638600000154</v>
       </c>
       <c r="D157" s="5">
-        <v>40.919724714036576</v>
+        <v>15.696811902632524</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>59.717062161000001</v>
+        <v>59.526679868000002</v>
       </c>
       <c r="C158" s="5">
-        <v>1.0997623350000012</v>
+        <v>1.2363413070000036</v>
       </c>
       <c r="D158" s="5">
-        <v>24.988915606500782</v>
+        <v>28.641468533323522</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>60.048687887</v>
+        <v>59.885849088999997</v>
       </c>
       <c r="C159" s="5">
-        <v>0.33162572599999862</v>
+        <v>0.35916922099999482</v>
       </c>
       <c r="D159" s="5">
-        <v>6.8712914152172955</v>
+        <v>7.4856819111125406</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>60.059543699000002</v>
+        <v>59.993098588000002</v>
       </c>
       <c r="C160" s="5">
-        <v>1.0855812000002629E-2</v>
+        <v>0.10724949900000524</v>
       </c>
       <c r="D160" s="5">
-        <v>0.21715603635552583</v>
+        <v>2.1703738166831021</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>60.026783037999998</v>
+        <v>59.972635640999997</v>
       </c>
       <c r="C161" s="5">
-        <v>-3.2760661000004632E-2</v>
+        <v>-2.0462947000005727E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>-0.6526034550563109</v>
+        <v>-0.40853903984147122</v>
       </c>
       <c r="E161" s="5">
-        <v>2.1358527236283731</v>
+        <v>2.1676812425414749</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>59.647526200999998</v>
+        <v>59.641425202000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.37925683699999979</v>
+        <v>-0.33121043899999592</v>
       </c>
       <c r="D162" s="5">
-        <v>-7.3237593277079132</v>
+        <v>-6.429590487547765</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>60.012642786999997</v>
+        <v>60.050127046</v>
       </c>
       <c r="C163" s="5">
-        <v>0.36511658599999919</v>
+        <v>0.40870184399999943</v>
       </c>
       <c r="D163" s="5">
-        <v>7.5978982254840677</v>
+        <v>8.5402986355445076</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>60.012733759</v>
+        <v>60.079669422000002</v>
       </c>
       <c r="C164" s="5">
-        <v>9.0972000002409459E-5</v>
+        <v>2.954237600000198E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>1.8190718671817763E-3</v>
+        <v>0.59195430555989415</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>60.179216883000002</v>
+        <v>60.221711611000003</v>
       </c>
       <c r="C165" s="5">
-        <v>0.16648312400000265</v>
+        <v>0.14204218900000143</v>
       </c>
       <c r="D165" s="5">
-        <v>3.3802208649926557</v>
+        <v>2.8742601941124102</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>59.351039126000003</v>
+        <v>59.371958198000002</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.82817775699999885</v>
+        <v>-0.84975341300000196</v>
       </c>
       <c r="D166" s="5">
-        <v>-15.319865072802974</v>
+        <v>-15.678302949242918</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>59.279161754999997</v>
+        <v>59.213920017</v>
       </c>
       <c r="C167" s="5">
-        <v>-7.1877371000006463E-2</v>
+        <v>-0.158038181000002</v>
       </c>
       <c r="D167" s="5">
-        <v>-1.4436250186062427</v>
+        <v>-3.1478475927219973</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>59.546224588000001</v>
+        <v>60.028220748999999</v>
       </c>
       <c r="C168" s="5">
-        <v>0.26706283300000422</v>
+        <v>0.81430073199999953</v>
       </c>
       <c r="D168" s="5">
-        <v>5.5421962854202089</v>
+        <v>17.809387647964204</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>60.974684342000003</v>
+        <v>60.763064077000003</v>
       </c>
       <c r="C169" s="5">
-        <v>1.4284597540000021</v>
+        <v>0.73484332800000374</v>
       </c>
       <c r="D169" s="5">
-        <v>32.905806531903224</v>
+        <v>15.72050963053908</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>60.891580826000002</v>
+        <v>60.70094658</v>
       </c>
       <c r="C170" s="5">
-        <v>-8.3103516000001321E-2</v>
+        <v>-6.2117497000002686E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-1.6232977367977908</v>
+        <v>-1.2198744160872521</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>59.963671200999997</v>
+        <v>59.919025476000002</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.92790962500000518</v>
+        <v>-0.78192110399999848</v>
       </c>
       <c r="D171" s="5">
-        <v>-16.829065572971679</v>
+        <v>-14.408362828706011</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>60.121076887000001</v>
+        <v>60.089135102999997</v>
       </c>
       <c r="C172" s="5">
-        <v>0.15740568600000415</v>
+        <v>0.1701096269999951</v>
       </c>
       <c r="D172" s="5">
-        <v>3.1959000276925442</v>
+        <v>3.4604920672501871</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>60.097724677000002</v>
+        <v>60.083503737000001</v>
       </c>
       <c r="C173" s="5">
-        <v>-2.3352209999998763E-2</v>
+        <v>-5.6313659999958077E-3</v>
       </c>
       <c r="D173" s="5">
-        <v>-0.46510917411284325</v>
+        <v>-0.11240230200876278</v>
       </c>
       <c r="E173" s="5">
-        <v>0.11818330986534953</v>
+        <v>0.18486447162946451</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>60.341590940000003</v>
+        <v>60.349803958000003</v>
       </c>
       <c r="C174" s="5">
-        <v>0.24386626300000103</v>
+        <v>0.26630022100000161</v>
       </c>
       <c r="D174" s="5">
-        <v>4.9795531415524952</v>
+        <v>5.4501882423324988</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>60.352959116999997</v>
+        <v>60.384025121999997</v>
       </c>
       <c r="C175" s="5">
-        <v>1.1368176999994262E-2</v>
+        <v>3.4221163999994531E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>0.22631084947717373</v>
+        <v>0.68258236975999864</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>60.357327474000002</v>
+        <v>60.396392878</v>
       </c>
       <c r="C176" s="5">
-        <v>4.3683570000041527E-3</v>
+        <v>1.2367756000003283E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>8.6890780238002563E-2</v>
+        <v>0.24605907498480573</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>60.521244218</v>
+        <v>60.532432593999999</v>
       </c>
       <c r="C177" s="5">
-        <v>0.163916743999998</v>
+        <v>0.13603971599999909</v>
       </c>
       <c r="D177" s="5">
-        <v>3.3080476021873695</v>
+        <v>2.7366751628642438</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>60.999194058999997</v>
+        <v>60.974372313000003</v>
       </c>
       <c r="C178" s="5">
-        <v>0.47794984099999738</v>
+        <v>0.44193971900000406</v>
       </c>
       <c r="D178" s="5">
-        <v>9.8993161876974831</v>
+        <v>9.1215519641614016</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>61.194009876000003</v>
+        <v>61.103788535</v>
       </c>
       <c r="C179" s="5">
-        <v>0.19481581700000561</v>
+        <v>0.12941622199999614</v>
       </c>
       <c r="D179" s="5">
-        <v>3.9005347994643724</v>
+        <v>2.5769064731801183</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>61.980241278000001</v>
+        <v>62.306989254999998</v>
       </c>
       <c r="C180" s="5">
-        <v>0.78623140199999852</v>
+        <v>1.2032007199999981</v>
       </c>
       <c r="D180" s="5">
-        <v>16.555347454138357</v>
+        <v>26.364050174792997</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>61.239018211000001</v>
+        <v>61.134120418999998</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.74122306699999996</v>
+        <v>-1.1728688359999992</v>
       </c>
       <c r="D181" s="5">
-        <v>-13.443540694397937</v>
+        <v>-20.390880034994396</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>61.077957337000001</v>
+        <v>60.957132928</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.16106087400000035</v>
+        <v>-0.17698749099999844</v>
       </c>
       <c r="D182" s="5">
-        <v>-3.1107892603906895</v>
+        <v>-3.4192956510617267</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>61.249095169999997</v>
+        <v>61.237020538000003</v>
       </c>
       <c r="C183" s="5">
-        <v>0.17113783299999596</v>
+        <v>0.27988761000000295</v>
       </c>
       <c r="D183" s="5">
-        <v>3.4146522419763237</v>
+        <v>5.6511528096074848</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>61.247674420000003</v>
+        <v>61.237718534000003</v>
       </c>
       <c r="C184" s="5">
-        <v>-1.4207499999940865E-3</v>
+        <v>6.9799599999953443E-4</v>
       </c>
       <c r="D184" s="5">
-        <v>-2.7831962282798273E-2</v>
+        <v>1.3678779664272334E-2</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>61.379192783999997</v>
+        <v>61.378781840999999</v>
       </c>
       <c r="C185" s="5">
-        <v>0.13151836399999439</v>
+        <v>0.14106330699999603</v>
       </c>
       <c r="D185" s="5">
-        <v>2.6074355284549933</v>
+        <v>2.7995353025681124</v>
       </c>
       <c r="E185" s="5">
-        <v>2.1323071944692629</v>
+        <v>2.1557965555233594</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>61.375086004000003</v>
+        <v>61.380294092</v>
       </c>
       <c r="C186" s="5">
-        <v>-4.1067799999936483E-3</v>
+        <v>1.5122510000011857E-3</v>
       </c>
       <c r="D186" s="5">
-        <v>-8.0260470156323649E-2</v>
+        <v>2.9569617939717574E-2</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>61.274669025000001</v>
+        <v>61.291286849999999</v>
       </c>
       <c r="C187" s="5">
-        <v>-0.10041697900000202</v>
+        <v>-8.9007242000000986E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>-1.9457720217832541</v>
+        <v>-1.7263022467981837</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>61.355294053000001</v>
+        <v>61.372158747999997</v>
       </c>
       <c r="C188" s="5">
-        <v>8.0625028000000043E-2</v>
+        <v>8.0871897999998055E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>1.5904334358161965</v>
+        <v>1.5949029863929098</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>61.265933398999998</v>
+        <v>61.267244323</v>
       </c>
       <c r="C189" s="5">
-        <v>-8.9360654000003592E-2</v>
+        <v>-0.10491442499999692</v>
       </c>
       <c r="D189" s="5">
-        <v>-1.7338024372801741</v>
+        <v>-2.0321971426368601</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>61.274590660000001</v>
+        <v>61.246328372999997</v>
       </c>
       <c r="C190" s="5">
-        <v>8.6572610000033023E-3</v>
+        <v>-2.0915950000002681E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>0.16969938062754153</v>
+        <v>-0.4088982091126625</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>61.916163480000002</v>
+        <v>61.870747242999997</v>
       </c>
       <c r="C191" s="5">
-        <v>0.64157282000000038</v>
+        <v>0.62441886999999952</v>
       </c>
       <c r="D191" s="5">
-        <v>13.313964685711044</v>
+        <v>12.944121773040917</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>61.364420133000003</v>
+        <v>61.534617590000003</v>
       </c>
       <c r="C192" s="5">
-        <v>-0.55174334699999861</v>
+        <v>-0.33612965299999331</v>
       </c>
       <c r="D192" s="5">
-        <v>-10.18452789369797</v>
+        <v>-6.328012050808085</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>61.760140681000003</v>
+        <v>61.715118595</v>
       </c>
       <c r="C193" s="5">
-        <v>0.39572054799999989</v>
+        <v>0.18050100499999644</v>
       </c>
       <c r="D193" s="5">
-        <v>8.0188882009305296</v>
+        <v>3.5773374148010184</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>61.184381465000001</v>
+        <v>61.107678041</v>
       </c>
       <c r="C194" s="5">
-        <v>-0.57575921600000157</v>
+        <v>-0.60744055400000008</v>
       </c>
       <c r="D194" s="5">
-        <v>-10.630862133109343</v>
+        <v>-11.192311415924472</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>60.846355570999997</v>
+        <v>60.849419847999997</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.33802589400000471</v>
+        <v>-0.25825819300000319</v>
       </c>
       <c r="D195" s="5">
-        <v>-6.4318668255444633</v>
+        <v>-4.9552961813180918</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>60.793067776000001</v>
+        <v>60.794175907000003</v>
       </c>
       <c r="C196" s="5">
-        <v>-5.3287794999995697E-2</v>
+        <v>-5.5243940999993413E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>-1.0458841907511562</v>
+        <v>-1.0840318137240068</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>60.875014563999997</v>
+        <v>60.883934871999998</v>
       </c>
       <c r="C197" s="5">
-        <v>8.1946787999996218E-2</v>
+        <v>8.9758964999994362E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>1.6296015144432019</v>
+        <v>1.7861864564765018</v>
       </c>
       <c r="E197" s="5">
-        <v>-0.82141552720358391</v>
+        <v>-0.80621829589562211</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>61.196157622999998</v>
+        <v>61.198143997000003</v>
       </c>
       <c r="C198" s="5">
-        <v>0.32114305900000062</v>
+        <v>0.31420912500000497</v>
       </c>
       <c r="D198" s="5">
-        <v>6.5174883508535952</v>
+        <v>6.3717884928089052</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>61.276458562999998</v>
+        <v>61.279805721999999</v>
       </c>
       <c r="C199" s="5">
-        <v>8.0300940000000764E-2</v>
+        <v>8.1661724999996466E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>1.5860410981175965</v>
+        <v>1.6130630876619145</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>61.590054375999998</v>
+        <v>61.587319727999997</v>
       </c>
       <c r="C200" s="5">
-        <v>0.31359581299999917</v>
+        <v>0.30751400599999812</v>
       </c>
       <c r="D200" s="5">
-        <v>6.3171092144169494</v>
+        <v>6.1908486504282045</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>61.118913972999998</v>
+        <v>61.111049979000001</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.47114040299999971</v>
+        <v>-0.47626974899999652</v>
       </c>
       <c r="D201" s="5">
-        <v>-8.8030123513338836</v>
+        <v>-8.8951917120195674</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>61.127383467999998</v>
+        <v>61.120668135999999</v>
       </c>
       <c r="C202" s="5">
-        <v>8.469494999999938E-3</v>
+        <v>9.6181569999984617E-3</v>
       </c>
       <c r="D202" s="5">
-        <v>0.16641564815629284</v>
+        <v>0.18902939195637458</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>61.059124177000001</v>
+        <v>61.046085773000001</v>
       </c>
       <c r="C203" s="5">
-        <v>-6.8259290999996836E-2</v>
+        <v>-7.4582362999997542E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>-1.3318080813591315</v>
+        <v>-1.4545098345772667</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>61.246998797000003</v>
+        <v>61.324186572999999</v>
       </c>
       <c r="C204" s="5">
-        <v>0.18787462000000232</v>
+        <v>0.27810079999999715</v>
       </c>
       <c r="D204" s="5">
-        <v>3.7554461960601859</v>
+        <v>5.6057790358744253</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>61.515628241000002</v>
+        <v>61.503923538999999</v>
       </c>
       <c r="C205" s="5">
-        <v>0.26862944399999833</v>
+        <v>0.17973696600000011</v>
       </c>
       <c r="D205" s="5">
-        <v>5.3920410425996268</v>
+        <v>3.5743712652361204</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>62.197451801</v>
+        <v>62.166710803999997</v>
       </c>
       <c r="C206" s="5">
-        <v>0.681823559999998</v>
+        <v>0.66278726499999863</v>
       </c>
       <c r="D206" s="5">
-        <v>14.142016935231517</v>
+        <v>13.726275479616135</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>62.129019130000003</v>
+        <v>62.120842770000003</v>
       </c>
       <c r="C207" s="5">
-        <v>-6.8432670999996503E-2</v>
+        <v>-4.5868033999994395E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>-1.3123381629996711</v>
+        <v>-0.8818035899624932</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>62.447471942</v>
+        <v>62.440914777000003</v>
       </c>
       <c r="C208" s="5">
-        <v>0.31845281199999675</v>
+        <v>0.32007200700000027</v>
       </c>
       <c r="D208" s="5">
-        <v>6.3271987473869196</v>
+        <v>6.3611478554689738</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>63.227149205000003</v>
+        <v>63.235990929000003</v>
       </c>
       <c r="C209" s="5">
-        <v>0.77967726300000351</v>
+        <v>0.79507615200000004</v>
       </c>
       <c r="D209" s="5">
-        <v>16.055271026799332</v>
+        <v>16.396751053621816</v>
       </c>
       <c r="E209" s="5">
-        <v>3.8638752825711942</v>
+        <v>3.8631801015241107</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>63.411410642</v>
+        <v>63.408746626000003</v>
       </c>
       <c r="C210" s="5">
-        <v>0.18426143699999642</v>
+        <v>0.17275569699999949</v>
       </c>
       <c r="D210" s="5">
-        <v>3.553734579498169</v>
+        <v>3.3280142495275777</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>63.150590280000003</v>
+        <v>63.149827588999997</v>
       </c>
       <c r="C211" s="5">
-        <v>-0.26082036199999692</v>
+        <v>-0.2589190370000054</v>
       </c>
       <c r="D211" s="5">
-        <v>-4.825632909631028</v>
+        <v>-4.7914381286635059</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>63.419213638999999</v>
+        <v>63.416828764000002</v>
       </c>
       <c r="C212" s="5">
-        <v>0.26862335899999579</v>
+        <v>0.26700117500000431</v>
       </c>
       <c r="D212" s="5">
-        <v>5.2255636255246207</v>
+        <v>5.1933338998702672</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>64.141983574999998</v>
+        <v>64.139061362000007</v>
       </c>
       <c r="C213" s="5">
-        <v>0.72276993599999884</v>
+        <v>0.72223259800000505</v>
       </c>
       <c r="D213" s="5">
-        <v>14.56669960021355</v>
+        <v>14.555765084778006</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>64.386821459000004</v>
+        <v>64.392741897999997</v>
       </c>
       <c r="C214" s="5">
-        <v>0.24483788400000606</v>
+        <v>0.2536805359999903</v>
       </c>
       <c r="D214" s="5">
-        <v>4.67794741790446</v>
+        <v>4.8508166757638804</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>64.389730979000007</v>
+        <v>64.388626982000005</v>
       </c>
       <c r="C215" s="5">
-        <v>2.9095200000028854E-3</v>
+        <v>-4.1149159999918083E-3</v>
       </c>
       <c r="D215" s="5">
-        <v>5.4239233924668895E-2</v>
+        <v>-7.6657149653092116E-2</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>64.921676696999995</v>
+        <v>64.945586727000006</v>
       </c>
       <c r="C216" s="5">
-        <v>0.53194571799998869</v>
+        <v>0.55695974500000034</v>
       </c>
       <c r="D216" s="5">
-        <v>10.376699539978018</v>
+        <v>10.888309731096179</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>64.731182606000004</v>
+        <v>64.731398913000007</v>
       </c>
       <c r="C217" s="5">
-        <v>-0.19049409099999082</v>
+        <v>-0.21418781399999887</v>
       </c>
       <c r="D217" s="5">
-        <v>-3.4647854540028833</v>
+        <v>-3.8865477852344954</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>65.904679443999996</v>
+        <v>65.889340290999996</v>
       </c>
       <c r="C218" s="5">
-        <v>1.1734968379999913</v>
+        <v>1.1579413779999896</v>
       </c>
       <c r="D218" s="5">
-        <v>24.06021421752509</v>
+        <v>23.709200129015919</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>65.746522010999996</v>
+        <v>65.743414122999994</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.15815743299999951</v>
+        <v>-0.14592616800000258</v>
       </c>
       <c r="D219" s="5">
-        <v>-2.8420418156687166</v>
+        <v>-2.6255240745128972</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>66.011656180000003</v>
+        <v>66.007520326000005</v>
       </c>
       <c r="C220" s="5">
-        <v>0.26513416900000664</v>
+        <v>0.26410620300001142</v>
       </c>
       <c r="D220" s="5">
-        <v>4.9479946890433224</v>
+        <v>4.9286228978045132</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>66.431117822000004</v>
+        <v>66.436452310000007</v>
       </c>
       <c r="C221" s="5">
-        <v>0.41946164200000169</v>
+        <v>0.42893198400000188</v>
       </c>
       <c r="D221" s="5">
-        <v>7.8974486585120518</v>
+        <v>8.0826988942581668</v>
       </c>
       <c r="E221" s="5">
-        <v>5.0673937656303902</v>
+        <v>5.0611389716236355</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>66.301968600999999</v>
+        <v>66.298588374999994</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.12914922100000581</v>
+        <v>-0.13786393500001282</v>
       </c>
       <c r="D222" s="5">
-        <v>-2.308144655004285</v>
+        <v>-2.4619249806234866</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>66.994493554000002</v>
+        <v>66.991758486999998</v>
       </c>
       <c r="C223" s="5">
-        <v>0.69252495300000305</v>
+        <v>0.69317011200000422</v>
       </c>
       <c r="D223" s="5">
-        <v>13.279733813306361</v>
+        <v>13.293542325156427</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>67.229326201999996</v>
+        <v>67.226081966999999</v>
       </c>
       <c r="C224" s="5">
-        <v>0.23483264799999404</v>
+        <v>0.23432348000000047</v>
       </c>
       <c r="D224" s="5">
-        <v>4.2883514608428097</v>
+        <v>4.279051864576866</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>64.547017834000002</v>
+        <v>64.543270753000002</v>
       </c>
       <c r="C225" s="5">
-        <v>-2.6823083679999939</v>
+        <v>-2.6828112139999973</v>
       </c>
       <c r="D225" s="5">
-        <v>-38.650774972721848</v>
+        <v>-38.657986445848316</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>65.436406238999993</v>
+        <v>65.444496736000005</v>
       </c>
       <c r="C226" s="5">
-        <v>0.88938840499999117</v>
+        <v>0.90122598300000334</v>
       </c>
       <c r="D226" s="5">
-        <v>17.847152840944581</v>
+        <v>18.104365966704261</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>65.427816442999998</v>
+        <v>65.423978906000002</v>
       </c>
       <c r="C227" s="5">
-        <v>-8.589795999995431E-3</v>
+        <v>-2.0517830000002846E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-0.15740956813390383</v>
+        <v>-0.37556992707156178</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>64.893152103999995</v>
+        <v>64.917727685000003</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.53466433900000254</v>
+        <v>-0.50625122099999942</v>
       </c>
       <c r="D228" s="5">
-        <v>-9.3772325487597286</v>
+        <v>-8.9004399715722275</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>64.652332936999997</v>
+        <v>64.650029110999995</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.24081916699999795</v>
+        <v>-0.26769857400000774</v>
       </c>
       <c r="D229" s="5">
-        <v>-4.3634350260078332</v>
+        <v>-4.8376891586929922</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>65.544979671999997</v>
+        <v>65.535130981999998</v>
       </c>
       <c r="C230" s="5">
-        <v>0.89264673499999958</v>
+        <v>0.88510187100000337</v>
       </c>
       <c r="D230" s="5">
-        <v>17.886151104394308</v>
+        <v>17.724095938104647</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>66.298565174000004</v>
+        <v>66.295163802000005</v>
       </c>
       <c r="C231" s="5">
-        <v>0.75358550200000707</v>
+        <v>0.76003282000000638</v>
       </c>
       <c r="D231" s="5">
-        <v>14.703417444621024</v>
+        <v>14.839717314224465</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>66.314834153999996</v>
+        <v>66.311576123999998</v>
       </c>
       <c r="C232" s="5">
-        <v>1.6268979999992439E-2</v>
+        <v>1.6412321999993651E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>0.29486530047282411</v>
+        <v>0.29748210749942494</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>66.709837605999994</v>
+        <v>66.711651841000005</v>
       </c>
       <c r="C233" s="5">
-        <v>0.39500345199999742</v>
+        <v>0.4000757170000071</v>
       </c>
       <c r="D233" s="5">
-        <v>7.3866630230224661</v>
+        <v>7.485065435550986</v>
       </c>
       <c r="E233" s="5">
-        <v>0.41956208647100368</v>
+        <v>0.41422972093074772</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>67.321685680000002</v>
+        <v>67.319423995999998</v>
       </c>
       <c r="C234" s="5">
-        <v>0.61184807400000807</v>
+        <v>0.60777215499999215</v>
       </c>
       <c r="D234" s="5">
-        <v>11.578670053453543</v>
+        <v>11.497303604870023</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>67.20935652</v>
+        <v>67.207562925999994</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.11232916000000159</v>
+        <v>-0.11186107000000334</v>
       </c>
       <c r="D235" s="5">
-        <v>-1.9839793483824031</v>
+        <v>-1.9758530347223302</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>67.358127550999995</v>
+        <v>67.355907782000003</v>
       </c>
       <c r="C236" s="5">
-        <v>0.14877103099999545</v>
+        <v>0.14834485600000846</v>
       </c>
       <c r="D236" s="5">
-        <v>2.6888341146192873</v>
+        <v>2.6811102572819268</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>68.308501809999996</v>
+        <v>68.306242999999995</v>
       </c>
       <c r="C237" s="5">
-        <v>0.95037425900000017</v>
+        <v>0.95033521799999221</v>
       </c>
       <c r="D237" s="5">
-        <v>18.308800368048473</v>
+        <v>18.308639877705414</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>68.081156430999997</v>
+        <v>68.086207963000007</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.22734537899999907</v>
+        <v>-0.22003503699998817</v>
       </c>
       <c r="D238" s="5">
-        <v>-3.9215547032280473</v>
+        <v>-3.7978056915254244</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>68.490452128000001</v>
+        <v>68.487032296999999</v>
       </c>
       <c r="C239" s="5">
-        <v>0.40929569700000457</v>
+        <v>0.40082433399999218</v>
       </c>
       <c r="D239" s="5">
-        <v>7.4576425373854338</v>
+        <v>7.297698791456031</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>67.591862978999998</v>
+        <v>67.610145596999999</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.89858914900000286</v>
+        <v>-0.87688670000000002</v>
       </c>
       <c r="D240" s="5">
-        <v>-14.656076868347888</v>
+        <v>-14.327333801398122</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>67.350292417000006</v>
+        <v>67.347737718999994</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.24157056199999261</v>
+        <v>-0.26240787800000476</v>
       </c>
       <c r="D241" s="5">
-        <v>-4.205444336469899</v>
+        <v>-4.5592840366651899</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>68.570944552</v>
+        <v>68.568144740999998</v>
       </c>
       <c r="C242" s="5">
-        <v>1.2206521349999946</v>
+        <v>1.2204070220000034</v>
       </c>
       <c r="D242" s="5">
-        <v>24.053137899687815</v>
+        <v>24.048821708916492</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>69.441454182000001</v>
+        <v>69.438497845000001</v>
       </c>
       <c r="C243" s="5">
-        <v>0.87050963000000081</v>
+        <v>0.87035310400000299</v>
       </c>
       <c r="D243" s="5">
-        <v>16.34402931621899</v>
+        <v>16.341596876501473</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>69.476616773000003</v>
+        <v>69.474299041999998</v>
       </c>
       <c r="C244" s="5">
-        <v>3.5162591000002408E-2</v>
+        <v>3.5801196999997842E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>0.60933086051389029</v>
+        <v>0.62045512206476694</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>69.594967724</v>
+        <v>69.593202293000004</v>
       </c>
       <c r="C245" s="5">
-        <v>0.11835095099999648</v>
+        <v>0.11890325100000609</v>
       </c>
       <c r="D245" s="5">
-        <v>2.0634184018597512</v>
+        <v>2.0732082441563326</v>
       </c>
       <c r="E245" s="5">
-        <v>4.3248945306089581</v>
+        <v>4.3194110361228333</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>69.764793718000007</v>
+        <v>69.763619864999995</v>
       </c>
       <c r="C246" s="5">
-        <v>0.16982599400000709</v>
+        <v>0.17041757199999097</v>
       </c>
       <c r="D246" s="5">
-        <v>2.9678678971912564</v>
+        <v>2.9784224846612251</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>70.078094550000003</v>
+        <v>70.077051787000002</v>
       </c>
       <c r="C247" s="5">
-        <v>0.31330083199999592</v>
+        <v>0.31343192200000658</v>
       </c>
       <c r="D247" s="5">
-        <v>5.5240966470545327</v>
+        <v>5.5265607254041393</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>70.395893697999995</v>
+        <v>70.394383188000006</v>
       </c>
       <c r="C248" s="5">
-        <v>0.31779914799999176</v>
+        <v>0.31733140100000412</v>
       </c>
       <c r="D248" s="5">
-        <v>5.5797198848991592</v>
+        <v>5.5713868502780706</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>70.383088756000006</v>
+        <v>70.381922236999998</v>
       </c>
       <c r="C249" s="5">
-        <v>-1.2804941999988273E-2</v>
+        <v>-1.2460951000008436E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>-0.21806054516815276</v>
+        <v>-0.21221283416833492</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>71.200302519000005</v>
+        <v>71.202671683000005</v>
       </c>
       <c r="C250" s="5">
-        <v>0.81721376299999804</v>
+        <v>0.82074944600000777</v>
       </c>
       <c r="D250" s="5">
-        <v>14.858252364133984</v>
+        <v>14.926978465276065</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>70.526502789999995</v>
+        <v>70.524428076000007</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.67379972900000951</v>
+        <v>-0.67824360699999886</v>
       </c>
       <c r="D251" s="5">
-        <v>-10.783307115971075</v>
+        <v>-10.85039997371574</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>69.454197645999997</v>
+        <v>69.465710302000005</v>
       </c>
       <c r="C252" s="5">
-        <v>-1.0723051439999978</v>
+        <v>-1.0587177740000016</v>
       </c>
       <c r="D252" s="5">
-        <v>-16.794162603676789</v>
+        <v>-16.599069662270761</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>69.666427850999995</v>
+        <v>69.667508217999995</v>
       </c>
       <c r="C253" s="5">
-        <v>0.21223020499999734</v>
+        <v>0.20179791599998964</v>
       </c>
       <c r="D253" s="5">
-        <v>3.7290806066965443</v>
+        <v>3.5422409365309715</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>70.585959091000007</v>
+        <v>70.584441197000004</v>
       </c>
       <c r="C254" s="5">
-        <v>0.91953124000001196</v>
+        <v>0.91693297900000914</v>
       </c>
       <c r="D254" s="5">
-        <v>17.040812888775392</v>
+        <v>16.988841433509361</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>69.651593934999994</v>
+        <v>69.649273769999994</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.93436515600001258</v>
+        <v>-0.93516742700001032</v>
       </c>
       <c r="D255" s="5">
-        <v>-14.77777430492344</v>
+        <v>-14.789848221286894</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>69.658787521999997</v>
+        <v>69.656753394999996</v>
       </c>
       <c r="C256" s="5">
-        <v>7.1935870000032764E-3</v>
+        <v>7.4796250000019882E-3</v>
       </c>
       <c r="D256" s="5">
-        <v>0.12400591392864868</v>
+        <v>0.12894396119778051</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>69.906424239000003</v>
+        <v>69.904734704000006</v>
       </c>
       <c r="C257" s="5">
-        <v>0.247636717000006</v>
+        <v>0.2479813090000107</v>
       </c>
       <c r="D257" s="5">
-        <v>4.3504024525161222</v>
+        <v>4.3567048763325511</v>
       </c>
       <c r="E257" s="5">
-        <v>0.4475273503038002</v>
+        <v>0.44764775974583948</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>69.636530226999994</v>
+        <v>69.635441721999996</v>
       </c>
       <c r="C258" s="5">
-        <v>-0.26989401200000884</v>
+        <v>-0.26929298200001028</v>
       </c>
       <c r="D258" s="5">
-        <v>-4.5358253131371757</v>
+        <v>-4.5260445565460046</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>69.376910383999999</v>
+        <v>69.376205240000004</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.25961984299999585</v>
+        <v>-0.2592364819999915</v>
       </c>
       <c r="D259" s="5">
-        <v>-4.383249395179412</v>
+        <v>-4.3769759487675692</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>69.545955444000001</v>
+        <v>69.545133156999995</v>
       </c>
       <c r="C260" s="5">
-        <v>0.16904506000000197</v>
+        <v>0.16892791699999066</v>
       </c>
       <c r="D260" s="5">
-        <v>2.9634470792611722</v>
+        <v>2.9613964264063153</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>69.695836384000003</v>
+        <v>69.695978975000003</v>
       </c>
       <c r="C261" s="5">
-        <v>0.14988094000000274</v>
+        <v>0.15084581800000763</v>
       </c>
       <c r="D261" s="5">
-        <v>2.6170379973721625</v>
+        <v>2.6341185323617289</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>69.504986747000004</v>
+        <v>69.505089779000002</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.19084963699999946</v>
+        <v>-0.19088919600000054</v>
       </c>
       <c r="D262" s="5">
-        <v>-3.236945782623124</v>
+        <v>-3.237600132458418</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>70.227020436999993</v>
+        <v>70.226809750000001</v>
       </c>
       <c r="C263" s="5">
-        <v>0.72203368999998929</v>
+        <v>0.72171997099999885</v>
       </c>
       <c r="D263" s="5">
-        <v>13.203364467702139</v>
+        <v>13.197275481687276</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>70.221685733000001</v>
+        <v>70.224467930000003</v>
       </c>
       <c r="C264" s="5">
-        <v>-5.3347039999920298E-3</v>
+        <v>-2.3418199999980516E-3</v>
       </c>
       <c r="D264" s="5">
-        <v>-9.111835911613797E-2</v>
+        <v>-4.0008490532483787E-2</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>70.296635921999993</v>
+        <v>70.301920726999995</v>
       </c>
       <c r="C265" s="5">
-        <v>7.4950188999991951E-2</v>
+        <v>7.7452796999992302E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>1.2883497404373667</v>
+        <v>1.3315763451557938</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>70.791168042999999</v>
+        <v>70.790548247999993</v>
       </c>
       <c r="C266" s="5">
-        <v>0.49453212100000599</v>
+        <v>0.48862752099999796</v>
       </c>
       <c r="D266" s="5">
-        <v>8.7763375647037734</v>
+        <v>8.6668360995749705</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>69.286787665999995</v>
+        <v>69.285344953000006</v>
       </c>
       <c r="C267" s="5">
-        <v>-1.5043803770000039</v>
+        <v>-1.505203294999987</v>
       </c>
       <c r="D267" s="5">
-        <v>-22.721945181648174</v>
+        <v>-22.733134782991261</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>69.335997665999997</v>
+        <v>69.334510734000006</v>
       </c>
       <c r="C268" s="5">
-        <v>4.9210000000002196E-2</v>
+        <v>4.9165780999999242E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>0.85562087417760946</v>
+        <v>0.85486689924281212</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>69.171677966999994</v>
+        <v>69.170377318000007</v>
       </c>
       <c r="C269" s="5">
-        <v>-0.16431969900000354</v>
+        <v>-0.16413341599999853</v>
       </c>
       <c r="D269" s="5">
-        <v>-2.8071082249580437</v>
+        <v>-2.804026583519037</v>
       </c>
       <c r="E269" s="5">
-        <v>-1.0510425615362862</v>
+        <v>-1.0505116557691152</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>69.764830149000005</v>
+        <v>69.764014247000006</v>
       </c>
       <c r="C270" s="5">
-        <v>0.59315218200001141</v>
+        <v>0.59363692899999876</v>
       </c>
       <c r="D270" s="5">
-        <v>10.789541130834168</v>
+        <v>10.798991806567692</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>69.531533787000001</v>
+        <v>69.530922158999999</v>
       </c>
       <c r="C271" s="5">
-        <v>-0.23329636200000436</v>
+        <v>-0.23309208800000647</v>
       </c>
       <c r="D271" s="5">
-        <v>-3.9398590096538455</v>
+        <v>-3.9365176135502611</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>69.559485613999996</v>
+        <v>69.558823853000007</v>
       </c>
       <c r="C272" s="5">
-        <v>2.7951826999995433E-2</v>
+        <v>2.7901694000007637E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>0.48347062438287569</v>
+        <v>0.48260583552046654</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>69.471198557999998</v>
+        <v>69.471161471000002</v>
       </c>
       <c r="C273" s="5">
-        <v>-8.8287055999998643E-2</v>
+        <v>-8.7662382000004868E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>-1.5124898107833795</v>
+        <v>-1.5018764656957395</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>69.678189520999993</v>
+        <v>69.678077271000006</v>
       </c>
       <c r="C274" s="5">
-        <v>0.20699096299999553</v>
+        <v>0.20691580000000442</v>
       </c>
       <c r="D274" s="5">
-        <v>3.6346040513776101</v>
+        <v>3.6332645227668436</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>68.567774521000004</v>
+        <v>68.567302304999998</v>
       </c>
       <c r="C275" s="5">
-        <v>-1.110414999999989</v>
+        <v>-1.1107749660000081</v>
       </c>
       <c r="D275" s="5">
-        <v>-17.533349522992204</v>
+        <v>-17.538570382562224</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>69.868986172000007</v>
+        <v>69.869420958000006</v>
       </c>
       <c r="C276" s="5">
-        <v>1.3012116510000027</v>
+        <v>1.302118653000008</v>
       </c>
       <c r="D276" s="5">
-        <v>25.306226166717828</v>
+        <v>25.325940487094844</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>69.957416624999993</v>
+        <v>69.963550350999995</v>
       </c>
       <c r="C277" s="5">
-        <v>8.8430452999986642E-2</v>
+        <v>9.4129392999988681E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>1.5294104930926755</v>
+        <v>1.6286954301470313</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>69.480084912999999</v>
+        <v>69.479422123999996</v>
       </c>
       <c r="C278" s="5">
-        <v>-0.47733171199999447</v>
+        <v>-0.48412822699999936</v>
       </c>
       <c r="D278" s="5">
-        <v>-7.8874248646296774</v>
+        <v>-7.9948172009702168</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>69.980116835000004</v>
+        <v>69.978980530000001</v>
       </c>
       <c r="C279" s="5">
-        <v>0.50003192200000512</v>
+        <v>0.49955840600000556</v>
       </c>
       <c r="D279" s="5">
-        <v>8.9862908067079861</v>
+        <v>8.9775308041914812</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>69.968257025</v>
+        <v>69.967163294000002</v>
       </c>
       <c r="C280" s="5">
-        <v>-1.1859810000004245E-2</v>
+        <v>-1.1817235999998843E-2</v>
       </c>
       <c r="D280" s="5">
-        <v>-0.20317934007743066</v>
+        <v>-0.20245393438550474</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>69.912045810999999</v>
+        <v>69.911105926000005</v>
       </c>
       <c r="C281" s="5">
-        <v>-5.6211214000001064E-2</v>
+        <v>-5.6057367999997609E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>-0.95980958495478497</v>
+        <v>-0.95720911784537011</v>
       </c>
       <c r="E281" s="5">
-        <v>1.0703337923264167</v>
+        <v>1.0708754769322981</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>70.026672258000005</v>
+        <v>70.026142010000001</v>
       </c>
       <c r="C282" s="5">
-        <v>0.11462644700000624</v>
+        <v>0.11503608399999621</v>
       </c>
       <c r="D282" s="5">
-        <v>1.985336553862127</v>
+        <v>1.9925228522029048</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>70.197480487000007</v>
+        <v>70.197046427999993</v>
       </c>
       <c r="C283" s="5">
-        <v>0.17080822900000214</v>
+        <v>0.17090441799999212</v>
       </c>
       <c r="D283" s="5">
-        <v>2.9666144229623548</v>
+        <v>2.9683303106577519</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>70.297581870000002</v>
+        <v>70.297139220000005</v>
       </c>
       <c r="C284" s="5">
-        <v>0.10010138299999483</v>
+        <v>0.10009279200001231</v>
       </c>
       <c r="D284" s="5">
-        <v>1.7246810482389074</v>
+        <v>1.7245426155318766</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>69.872258826999996</v>
+        <v>69.872304405999998</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.4253230430000059</v>
+        <v>-0.42483481400000755</v>
       </c>
       <c r="D285" s="5">
-        <v>-7.0235916499388313</v>
+        <v>-7.015838052339241</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>69.660953406000004</v>
+        <v>69.660861730999997</v>
       </c>
       <c r="C286" s="5">
-        <v>-0.21130542099999161</v>
+        <v>-0.21144267500000069</v>
       </c>
       <c r="D286" s="5">
-        <v>-3.5692445746552615</v>
+        <v>-3.5715222460255824</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>68.573595109999999</v>
+        <v>68.573325757000006</v>
       </c>
       <c r="C287" s="5">
-        <v>-1.087358296000005</v>
+        <v>-1.0875359739999908</v>
       </c>
       <c r="D287" s="5">
-        <v>-17.20386632802494</v>
+        <v>-17.206461380130623</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>69.641895692000006</v>
+        <v>69.641564743999993</v>
       </c>
       <c r="C288" s="5">
-        <v>1.0683005820000062</v>
+        <v>1.0682389869999867</v>
       </c>
       <c r="D288" s="5">
-        <v>20.382674092938124</v>
+        <v>20.381483462342189</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>70.153140252</v>
+        <v>70.157428342000003</v>
       </c>
       <c r="C289" s="5">
-        <v>0.51124455999999441</v>
+        <v>0.51586359800000992</v>
       </c>
       <c r="D289" s="5">
-        <v>9.1737882652159097</v>
+        <v>9.260124248475865</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>69.848772316999998</v>
+        <v>69.848496557000004</v>
       </c>
       <c r="C290" s="5">
-        <v>-0.30436793500000192</v>
+        <v>-0.30893178499999863</v>
       </c>
       <c r="D290" s="5">
-        <v>-5.0838892931241446</v>
+        <v>-5.1579755740920108</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>69.313522051999996</v>
+        <v>69.312903532000007</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.53525026500000195</v>
+        <v>-0.53559302499999717</v>
       </c>
       <c r="D291" s="5">
-        <v>-8.8177548176279981</v>
+        <v>-8.823198875938477</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>69.303849979999995</v>
+        <v>69.303152273999999</v>
       </c>
       <c r="C292" s="5">
-        <v>-9.6720720000007532E-3</v>
+        <v>-9.7512580000085336E-3</v>
       </c>
       <c r="D292" s="5">
-        <v>-0.16732063975960498</v>
+        <v>-0.16869095113360988</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>69.263845207000003</v>
+        <v>69.263148412000007</v>
       </c>
       <c r="C293" s="5">
-        <v>-4.000477299999261E-2</v>
+        <v>-4.0003861999991841E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>-0.69048994585086954</v>
+        <v>-0.69048120096555365</v>
       </c>
       <c r="E293" s="5">
-        <v>-0.92716583598817515</v>
+        <v>-0.92683058781225514</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>68.668246378999996</v>
+        <v>68.667890846000006</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.59559882800000707</v>
+        <v>-0.59525756600000079</v>
       </c>
       <c r="D294" s="5">
-        <v>-9.8444835164390181</v>
+        <v>-9.8392011482331121</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>68.860328418999998</v>
+        <v>68.859959364999995</v>
       </c>
       <c r="C295" s="5">
-        <v>0.19208204000000251</v>
+        <v>0.19206851899998867</v>
       </c>
       <c r="D295" s="5">
-        <v>3.4088231528885071</v>
+        <v>3.4085974168814648</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>68.770515610999993</v>
+        <v>68.770176129000006</v>
       </c>
       <c r="C296" s="5">
-        <v>-8.9812808000004907E-2</v>
+        <v>-8.9783235999988165E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>-1.5539512439706193</v>
+        <v>-1.5534515155494089</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>69.237615892999997</v>
+        <v>69.237860944999994</v>
       </c>
       <c r="C297" s="5">
-        <v>0.46710028200000409</v>
+        <v>0.46768481599998779</v>
       </c>
       <c r="D297" s="5">
-        <v>8.4620716068345416</v>
+        <v>8.4731037273518375</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>69.290771273999994</v>
+        <v>69.290742824000006</v>
       </c>
       <c r="C298" s="5">
-        <v>5.3155380999996282E-2</v>
+        <v>5.2881879000011622E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>0.92516884061726312</v>
+        <v>0.92038525553426176</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>69.226485772999993</v>
+        <v>69.226413949999994</v>
       </c>
       <c r="C299" s="5">
-        <v>-6.4285501000000522E-2</v>
+        <v>-6.4328874000011638E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>-1.1076537145426446</v>
+        <v>-1.1083976820986718</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>69.222595333000001</v>
+        <v>69.222662192000001</v>
       </c>
       <c r="C300" s="5">
-        <v>-3.8904399999921679E-3</v>
+        <v>-3.751757999992833E-3</v>
       </c>
       <c r="D300" s="5">
-        <v>-6.7417625045940177E-2</v>
+        <v>-6.5015181617678053E-2</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>69.302469633000001</v>
+        <v>69.304304199000001</v>
       </c>
       <c r="C301" s="5">
-        <v>7.9874300000000176E-2</v>
+        <v>8.1642006999999239E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>1.3934726742222736</v>
+        <v>1.4245107197391249</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>68.969565305000003</v>
+        <v>68.969833688999998</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.33290432799999792</v>
+        <v>-0.33447051000000272</v>
       </c>
       <c r="D302" s="5">
-        <v>-5.614489184633964</v>
+        <v>-5.6400606310709538</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>69.371331904000002</v>
+        <v>69.371074953999994</v>
       </c>
       <c r="C303" s="5">
-        <v>0.40176659899999834</v>
+        <v>0.40124126499999591</v>
       </c>
       <c r="D303" s="5">
-        <v>7.2186980437298098</v>
+        <v>7.2089261671238525</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>69.446142672999997</v>
+        <v>69.445720590999997</v>
       </c>
       <c r="C304" s="5">
-        <v>7.4810768999995503E-2</v>
+        <v>7.4645637000003262E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>1.3017957901164001</v>
+        <v>1.2989101107966805</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>69.491444482000006</v>
+        <v>69.490931157999995</v>
       </c>
       <c r="C305" s="5">
-        <v>4.5301809000008575E-2</v>
+        <v>4.5210566999998036E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>0.78561076063781154</v>
+        <v>0.78402758092528391</v>
       </c>
       <c r="E305" s="5">
-        <v>0.32859751623637301</v>
+        <v>0.32886571174193246</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>69.728405390999995</v>
+        <v>69.727845719000001</v>
       </c>
       <c r="C306" s="5">
-        <v>0.23696090899998978</v>
+        <v>0.23691456100000607</v>
       </c>
       <c r="D306" s="5">
-        <v>4.1695363873937463</v>
+        <v>4.1687368745837228</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>69.78439229</v>
+        <v>69.783934994999996</v>
       </c>
       <c r="C307" s="5">
-        <v>5.5986899000004087E-2</v>
+        <v>5.608927599999447E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>0.96778015716272314</v>
+        <v>0.96956548217859151</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>69.808559424999999</v>
+        <v>69.808075715000001</v>
       </c>
       <c r="C308" s="5">
-        <v>2.4167134999999007E-2</v>
+        <v>2.4140720000005444E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>0.41636621900602577</v>
+        <v>0.4159129896193825</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>69.214934913999997</v>
+        <v>69.215781445999994</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.59362451100000158</v>
+        <v>-0.59229426900000703</v>
       </c>
       <c r="D309" s="5">
-        <v>-9.7403455388977989</v>
+        <v>-9.7195911689543557</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>69.280195144999993</v>
+        <v>69.280368167000006</v>
       </c>
       <c r="C310" s="5">
-        <v>6.5260230999996338E-2</v>
+        <v>6.4586721000011948E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>1.137321940125835</v>
+        <v>1.1255102117477156</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>69.432211547999998</v>
+        <v>69.432277982000002</v>
       </c>
       <c r="C311" s="5">
-        <v>0.15201640300000463</v>
+        <v>0.15190981499999623</v>
       </c>
       <c r="D311" s="5">
-        <v>2.6650812670820034</v>
+        <v>2.6631832911956588</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>69.515768992999995</v>
+        <v>69.516078179999994</v>
       </c>
       <c r="C312" s="5">
-        <v>8.3557444999996733E-2</v>
+        <v>8.380019799999161E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>1.4537240407239693</v>
+        <v>1.4579741038498462</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>69.700550378000003</v>
+        <v>69.701111834000002</v>
       </c>
       <c r="C313" s="5">
-        <v>0.18478138500000796</v>
+        <v>0.1850336540000086</v>
       </c>
       <c r="D313" s="5">
-        <v>3.2367949363027781</v>
+        <v>3.2412641687485255</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>69.530119502000005</v>
+        <v>69.530615800999996</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.17043087599999751</v>
+        <v>-0.17049603300000626</v>
       </c>
       <c r="D314" s="5">
-        <v>-2.8950832070482435</v>
+        <v>-2.8961521547854363</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>69.654505829000001</v>
+        <v>69.654514656000003</v>
       </c>
       <c r="C315" s="5">
-        <v>0.1243863269999963</v>
+        <v>0.1238988550000073</v>
       </c>
       <c r="D315" s="5">
-        <v>2.1679961094625666</v>
+        <v>2.1594006911531016</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>69.815659780999994</v>
+        <v>69.815417972999995</v>
       </c>
       <c r="C316" s="5">
-        <v>0.16115395199999227</v>
+        <v>0.16090331699999183</v>
       </c>
       <c r="D316" s="5">
-        <v>2.8119447393963215</v>
+        <v>2.807515384828374</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>69.800173835999999</v>
+        <v>69.799727524999994</v>
       </c>
       <c r="C317" s="5">
-        <v>-1.5485944999994672E-2</v>
+        <v>-1.5690448000000856E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>-0.26584981119331941</v>
+        <v>-0.26935714184064263</v>
       </c>
       <c r="E317" s="5">
-        <v>0.44426958786265569</v>
+        <v>0.44436930381304141</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>70.091817899999995</v>
+        <v>70.090913989000001</v>
       </c>
       <c r="C318" s="5">
-        <v>0.29164406399999621</v>
+        <v>0.29118646400000614</v>
       </c>
       <c r="D318" s="5">
-        <v>5.1307680108320541</v>
+        <v>5.1225655612218812</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>70.105884708999994</v>
+        <v>70.105164957</v>
       </c>
       <c r="C319" s="5">
-        <v>1.4066808999999125E-2</v>
+        <v>1.425096799999892E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>0.24109541075190144</v>
+        <v>0.24425845304689719</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>70.249873011999995</v>
+        <v>70.248904167999996</v>
       </c>
       <c r="C320" s="5">
-        <v>0.14398830300000043</v>
+        <v>0.1437392109999962</v>
       </c>
       <c r="D320" s="5">
-        <v>2.4926755799513201</v>
+        <v>2.488340478316875</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>70.496111358999997</v>
+        <v>70.497381207999993</v>
       </c>
       <c r="C321" s="5">
-        <v>0.24623834700000202</v>
+        <v>0.24847703999999737</v>
       </c>
       <c r="D321" s="5">
-        <v>4.2882586251509203</v>
+        <v>4.3280680866973231</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>70.658873847999999</v>
+        <v>70.659139741999994</v>
       </c>
       <c r="C322" s="5">
-        <v>0.16276248900000212</v>
+        <v>0.16175853400000051</v>
       </c>
       <c r="D322" s="5">
-        <v>2.8060324800401215</v>
+        <v>2.7884543796095951</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>70.740765182999993</v>
+        <v>70.740782292999995</v>
       </c>
       <c r="C323" s="5">
-        <v>8.1891334999994569E-2</v>
+        <v>8.1642551000001617E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>1.3996604368901711</v>
+        <v>1.395375957959244</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>70.642538431999995</v>
+        <v>70.643183852999996</v>
       </c>
       <c r="C324" s="5">
-        <v>-9.8226750999998558E-2</v>
+        <v>-9.7598439999998732E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>-1.6535877911185159</v>
+        <v>-1.6430902956509064</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>70.841250537999997</v>
+        <v>70.842718728999998</v>
       </c>
       <c r="C325" s="5">
-        <v>0.19871210600000211</v>
+        <v>0.1995348760000013</v>
       </c>
       <c r="D325" s="5">
-        <v>3.4282245980505666</v>
+        <v>3.4426085057235323</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>71.499338452000003</v>
+        <v>71.499736518000006</v>
       </c>
       <c r="C326" s="5">
-        <v>0.65808791400000644</v>
+        <v>0.65701778900000818</v>
       </c>
       <c r="D326" s="5">
-        <v>11.735108106448489</v>
+        <v>11.714786484742067</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>71.425851647000002</v>
+        <v>71.425823097999995</v>
       </c>
       <c r="C327" s="5">
-        <v>-7.3486805000001709E-2</v>
+        <v>-7.3913420000010888E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>-1.2264082015390199</v>
+        <v>-1.2334806439569745</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>71.294503574000004</v>
+        <v>71.294176849999999</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.13134807299999807</v>
+        <v>-0.13164624799999558</v>
       </c>
       <c r="D328" s="5">
-        <v>-2.1845486046119356</v>
+        <v>-2.1894584806783524</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>71.099460329999999</v>
+        <v>71.098881614999996</v>
       </c>
       <c r="C329" s="5">
-        <v>-0.19504324400000428</v>
+        <v>-0.19529523500000323</v>
       </c>
       <c r="D329" s="5">
-        <v>-3.2339397927826363</v>
+        <v>-3.2380698329614654</v>
       </c>
       <c r="E329" s="5">
-        <v>1.8614373325956945</v>
+        <v>1.8612595436489077</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>71.206912294000006</v>
+        <v>71.205383846999993</v>
       </c>
       <c r="C330" s="5">
-        <v>0.10745196400000623</v>
+        <v>0.10650223199999687</v>
       </c>
       <c r="D330" s="5">
-        <v>1.828699621216523</v>
+        <v>1.8124178390015233</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>71.615262173000005</v>
+        <v>71.613996154999995</v>
       </c>
       <c r="C331" s="5">
-        <v>0.40834987899999931</v>
+        <v>0.40861230800000214</v>
       </c>
       <c r="D331" s="5">
-        <v>7.1028887189885426</v>
+        <v>7.1077558784080397</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>71.454846728000007</v>
+        <v>71.453100651</v>
       </c>
       <c r="C332" s="5">
-        <v>-0.16041544499999816</v>
+        <v>-0.16089550399999553</v>
       </c>
       <c r="D332" s="5">
-        <v>-2.6550850351618638</v>
+        <v>-2.662979213193073</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>71.435585856000003</v>
+        <v>71.437284766000005</v>
       </c>
       <c r="C333" s="5">
-        <v>-1.9260872000003815E-2</v>
+        <v>-1.5815884999994978E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>-0.32298454435892854</v>
+        <v>-0.26529252978355622</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>71.478253937999995</v>
+        <v>71.478444601999996</v>
       </c>
       <c r="C334" s="5">
-        <v>4.2668081999991614E-2</v>
+        <v>4.1159835999991401E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>0.71911270599873678</v>
+        <v>0.6935961111682154</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>71.454596983000002</v>
+        <v>71.454031154000006</v>
       </c>
       <c r="C335" s="5">
-        <v>-2.3656954999992763E-2</v>
+        <v>-2.4413447999990012E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>-0.39643843476020457</v>
+        <v>-0.40909069687580235</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>70.961541698000005</v>
+        <v>70.965253247000007</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.49305528499999696</v>
+        <v>-0.48877790699999935</v>
       </c>
       <c r="D336" s="5">
-        <v>-7.9731791510133432</v>
+        <v>-7.9066516905913815</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>71.143735578000005</v>
+        <v>71.145053754000003</v>
       </c>
       <c r="C337" s="5">
-        <v>0.18219387999999981</v>
+        <v>0.17980050699999595</v>
       </c>
       <c r="D337" s="5">
-        <v>3.1248842001674548</v>
+        <v>3.0830972377696053</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>71.529842027000001</v>
+        <v>71.529309905999995</v>
       </c>
       <c r="C338" s="5">
-        <v>0.38610644899999613</v>
+        <v>0.38425615199999186</v>
       </c>
       <c r="D338" s="5">
-        <v>6.7105133235013881</v>
+        <v>6.6772666296631922</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>71.724515773999997</v>
+        <v>71.725908215000004</v>
       </c>
       <c r="C339" s="5">
-        <v>0.19467374699999596</v>
+        <v>0.19659830900000941</v>
       </c>
       <c r="D339" s="5">
-        <v>3.3152207910503995</v>
+        <v>3.3485176975934561</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>71.661616643000002</v>
+        <v>71.660867010000004</v>
       </c>
       <c r="C340" s="5">
-        <v>-6.2899130999994668E-2</v>
+        <v>-6.5041204999999991E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>-1.0472843861044745</v>
+        <v>-1.0827517900080963</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>71.922276616000005</v>
+        <v>71.921240498000003</v>
       </c>
       <c r="C341" s="5">
-        <v>0.26065997300000276</v>
+        <v>0.26037348799999904</v>
       </c>
       <c r="D341" s="5">
-        <v>4.4532352463358738</v>
+        <v>4.4482900513810097</v>
       </c>
       <c r="E341" s="5">
-        <v>1.1572750090943051</v>
+        <v>1.1566410952187356</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>72.134714990999996</v>
+        <v>72.132302640000006</v>
       </c>
       <c r="C342" s="5">
-        <v>0.21243837499999074</v>
+        <v>0.21106214200000295</v>
       </c>
       <c r="D342" s="5">
-        <v>3.602618028663418</v>
+        <v>3.5789537337083344</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>72.197566748</v>
+        <v>72.195294446999995</v>
       </c>
       <c r="C343" s="5">
-        <v>6.2851757000004227E-2</v>
+        <v>6.2991806999988853E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>1.0505981587732194</v>
+        <v>1.0529858023287764</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>72.135877672000007</v>
+        <v>72.133164257999994</v>
       </c>
       <c r="C344" s="5">
-        <v>-6.1689075999993292E-2</v>
+        <v>-6.2130189000001224E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>-1.020532916690442</v>
+        <v>-1.0278280166791887</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>72.135387911999999</v>
+        <v>72.137046342999994</v>
       </c>
       <c r="C345" s="5">
-        <v>-4.8976000000777731E-4</v>
+        <v>3.8820850000007567E-3</v>
       </c>
       <c r="D345" s="5">
-        <v>-8.1469869540717887E-3</v>
+        <v>6.4601091816940404E-2</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>72.046340155999999</v>
+        <v>72.046732536999997</v>
       </c>
       <c r="C346" s="5">
-        <v>-8.9047755999999367E-2</v>
+        <v>-9.0313805999997498E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>-1.4713274646982577</v>
+        <v>-1.4920683877662766</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>71.881347771999998</v>
+        <v>71.880764561999996</v>
       </c>
       <c r="C347" s="5">
-        <v>-0.16499238400000138</v>
+        <v>-0.16596797500000093</v>
       </c>
       <c r="D347" s="5">
-        <v>-2.7137535329323614</v>
+        <v>-2.7295823811237296</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>71.344973562999996</v>
+        <v>71.352074721999998</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.53637420900000166</v>
+        <v>-0.52868983999999841</v>
       </c>
       <c r="D348" s="5">
-        <v>-8.5958239344417144</v>
+        <v>-8.477681270599092</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>71.671473904999999</v>
+        <v>71.672435148999995</v>
       </c>
       <c r="C349" s="5">
-        <v>0.32650034200000277</v>
+        <v>0.32036042699999712</v>
       </c>
       <c r="D349" s="5">
-        <v>5.6319877251131745</v>
+        <v>5.5228847989618801</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>71.851906584999995</v>
+        <v>71.850232160999994</v>
       </c>
       <c r="C350" s="5">
-        <v>0.18043267999999557</v>
+        <v>0.1777970119999992</v>
       </c>
       <c r="D350" s="5">
-        <v>3.063178138206557</v>
+        <v>3.0177795627613246</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>71.990100772999995</v>
+        <v>71.996043952999997</v>
       </c>
       <c r="C351" s="5">
-        <v>0.13819418799999994</v>
+        <v>0.14581179200000349</v>
       </c>
       <c r="D351" s="5">
-        <v>2.3325552992079279</v>
+        <v>2.4626283244209013</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>72.048750077999998</v>
+        <v>72.046954059000001</v>
       </c>
       <c r="C352" s="5">
-        <v>5.8649305000002983E-2</v>
+        <v>5.0910106000003452E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>0.98201525124119726</v>
+        <v>0.85185633889421908</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>72.094297882999996</v>
+        <v>72.092607737999998</v>
       </c>
       <c r="C353" s="5">
-        <v>4.554780499999822E-2</v>
+        <v>4.5653678999997283E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>0.76125970550533495</v>
+        <v>0.76305448149396327</v>
       </c>
       <c r="E353" s="5">
-        <v>0.23917661549901492</v>
+        <v>0.23827069557393887</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>72.282910000000001</v>
+        <v>72.278248714</v>
       </c>
       <c r="C354" s="5">
-        <v>0.18861211700000524</v>
+        <v>0.18564097600000196</v>
       </c>
       <c r="D354" s="5">
-        <v>3.1849931143790977</v>
+        <v>3.1341829319430969</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>72.460906862000002</v>
+        <v>72.453640284000002</v>
       </c>
       <c r="C355" s="5">
-        <v>0.17799686200000053</v>
+        <v>0.17539157000000216</v>
       </c>
       <c r="D355" s="5">
-        <v>2.9953554659717385</v>
+        <v>2.9511194119025363</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>72.573644783000006</v>
+        <v>72.568869096</v>
       </c>
       <c r="C356" s="5">
-        <v>0.11273792100000435</v>
+        <v>0.11522881199999802</v>
       </c>
       <c r="D356" s="5">
-        <v>1.8830731465566464</v>
+        <v>1.9252381080652414</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>72.502893626000002</v>
+        <v>72.503567580999999</v>
       </c>
       <c r="C357" s="5">
-        <v>-7.0751157000003673E-2</v>
+        <v>-6.5301515000001586E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>-1.1636129543502127</v>
+        <v>-1.0744986257260614</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>72.510842987000004</v>
+        <v>72.512547639999994</v>
       </c>
       <c r="C358" s="5">
-        <v>7.9493610000014314E-3</v>
+        <v>8.9800589999953218E-3</v>
       </c>
       <c r="D358" s="5">
-        <v>0.13164974910579996</v>
+        <v>0.14872943475254807</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>71.969948371000001</v>
+        <v>71.973105711000002</v>
       </c>
       <c r="C359" s="5">
-        <v>-0.54089461600000277</v>
+        <v>-0.53944192899999166</v>
       </c>
       <c r="D359" s="5">
-        <v>-8.5931286635348769</v>
+        <v>-8.5707927171364879</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>71.21258168</v>
+        <v>71.245014857000001</v>
       </c>
       <c r="C360" s="5">
-        <v>-0.75736669100000142</v>
+        <v>-0.72809085400000129</v>
       </c>
       <c r="D360" s="5">
-        <v>-11.922196925055983</v>
+        <v>-11.486226378985709</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>71.491852187000006</v>
+        <v>71.460597067999998</v>
       </c>
       <c r="C361" s="5">
-        <v>0.27927050700000677</v>
+        <v>0.21558221099999741</v>
       </c>
       <c r="D361" s="5">
-        <v>4.8088167667313053</v>
+        <v>3.6921571964990019</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>72.276855130000001</v>
+        <v>72.279115837000006</v>
       </c>
       <c r="C362" s="5">
-        <v>0.78500294299999496</v>
+        <v>0.81851876900000775</v>
       </c>
       <c r="D362" s="5">
-        <v>14.001977576166681</v>
+        <v>14.644781341452351</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>72.544844635000004</v>
+        <v>72.568187733000002</v>
       </c>
       <c r="C363" s="5">
-        <v>0.26798950500000274</v>
+        <v>0.28907189599999583</v>
       </c>
       <c r="D363" s="5">
-        <v>4.5412500840255277</v>
+        <v>4.9062476198223681</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>72.647345662000006</v>
+        <v>72.644386928000003</v>
       </c>
       <c r="C364" s="5">
-        <v>0.10250102700000241</v>
+        <v>7.6199195000000941E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>1.7087583302211939</v>
+        <v>1.267345485811866</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>72.620270949000002</v>
+        <v>72.615883225000005</v>
       </c>
       <c r="C365" s="5">
-        <v>-2.7074713000004635E-2</v>
+        <v>-2.8503702999998382E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-0.44630869015762631</v>
+        <v>-0.46983292904848595</v>
       </c>
       <c r="E365" s="5">
-        <v>0.72956264426569106</v>
+        <v>0.72583792349654175</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>71.923622351000006</v>
+        <v>71.913737385000005</v>
       </c>
       <c r="C366" s="5">
-        <v>-0.6966485979999959</v>
+        <v>-0.70214584000000002</v>
       </c>
       <c r="D366" s="5">
-        <v>-10.92327428167672</v>
+        <v>-11.005569335187825</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>72.196929061000006</v>
+        <v>72.179982232</v>
       </c>
       <c r="C367" s="5">
-        <v>0.27330670999999995</v>
+        <v>0.26624484699999584</v>
       </c>
       <c r="D367" s="5">
-        <v>4.6564684273612933</v>
+        <v>4.5343281341623687</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>72.478970677000007</v>
+        <v>72.467134121000001</v>
       </c>
       <c r="C368" s="5">
-        <v>0.28204161600000077</v>
+        <v>0.28715188900000044</v>
       </c>
       <c r="D368" s="5">
-        <v>4.789918875410093</v>
+        <v>4.8797849149805783</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>70.208184281000001</v>
+        <v>70.202451078999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-2.2707863960000054</v>
+        <v>-2.2646830420000015</v>
       </c>
       <c r="D369" s="5">
-        <v>-31.749051095928916</v>
+        <v>-31.682137691285472</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>69.535956728000002</v>
+        <v>69.534237403999995</v>
       </c>
       <c r="C370" s="5">
-        <v>-0.67222755299999903</v>
+        <v>-0.66821367500000406</v>
       </c>
       <c r="D370" s="5">
-        <v>-10.903567527074042</v>
+        <v>-10.842671727660058</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>69.746674619999993</v>
+        <v>69.749648368999999</v>
       </c>
       <c r="C371" s="5">
-        <v>0.21071789199999102</v>
+        <v>0.21541096500000378</v>
       </c>
       <c r="D371" s="5">
-        <v>3.6976373069744772</v>
+        <v>3.781493943413694</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>70.078115539999999</v>
+        <v>70.178639294000007</v>
       </c>
       <c r="C372" s="5">
-        <v>0.33144092000000569</v>
+        <v>0.42899092500000791</v>
       </c>
       <c r="D372" s="5">
-        <v>5.8539097168016863</v>
+        <v>7.635380354227661</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>70.185479064000006</v>
+        <v>70.118682821999997</v>
       </c>
       <c r="C373" s="5">
-        <v>0.10736352400000726</v>
+        <v>-5.9956472000010308E-2</v>
       </c>
       <c r="D373" s="5">
-        <v>1.8540367991183304</v>
+        <v>-1.0204052762657012</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>68.734069903000005</v>
+        <v>68.737161823999998</v>
       </c>
       <c r="C374" s="5">
-        <v>-1.4514091610000008</v>
+        <v>-1.3815209979999992</v>
       </c>
       <c r="D374" s="5">
-        <v>-22.178875925415721</v>
+        <v>-21.242093943932439</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>66.579615684000004</v>
+        <v>66.613759920999996</v>
       </c>
       <c r="C375" s="5">
-        <v>-2.1544542190000016</v>
+        <v>-2.1234019030000013</v>
       </c>
       <c r="D375" s="5">
-        <v>-31.761309438637532</v>
+        <v>-31.377234281367173</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>66.895348060000003</v>
+        <v>66.888357130000003</v>
       </c>
       <c r="C376" s="5">
-        <v>0.3157323759999997</v>
+        <v>0.27459720900000661</v>
       </c>
       <c r="D376" s="5">
-        <v>5.8414071991219174</v>
+        <v>5.060383220496667</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>67.263606269999997</v>
+        <v>67.253745084000002</v>
       </c>
       <c r="C377" s="5">
-        <v>0.36825820999999337</v>
+        <v>0.36538795399999913</v>
       </c>
       <c r="D377" s="5">
-        <v>6.8097162922252874</v>
+        <v>6.7557633901021097</v>
       </c>
       <c r="E377" s="5">
-        <v>-7.3762664459926075</v>
+        <v>-7.384249702486489</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>67.138008026999998</v>
+        <v>67.119131393999993</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.12559824299999889</v>
+        <v>-0.134613690000009</v>
       </c>
       <c r="D378" s="5">
-        <v>-2.217835711965277</v>
+        <v>-2.3756288308291684</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>67.209224363999994</v>
+        <v>67.177649473000002</v>
       </c>
       <c r="C379" s="5">
-        <v>7.1216336999995633E-2</v>
+        <v>5.8518079000009493E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>1.2803470628284686</v>
+        <v>1.0512561870484882</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>67.280201847000001</v>
+        <v>67.256122633999993</v>
       </c>
       <c r="C380" s="5">
-        <v>7.0977483000007169E-2</v>
+        <v>7.847316099999091E-2</v>
       </c>
       <c r="D380" s="5">
-        <v>1.2746679104344905</v>
+        <v>1.4108139294199296</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>67.503619131999997</v>
+        <v>67.485808633000005</v>
       </c>
       <c r="C381" s="5">
-        <v>0.22341728499999647</v>
+        <v>0.22968599900001152</v>
       </c>
       <c r="D381" s="5">
-        <v>4.0584286531509361</v>
+        <v>4.1759710835886255</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>67.573823556999997</v>
+        <v>67.561859192</v>
       </c>
       <c r="C382" s="5">
-        <v>7.0204425000000015E-2</v>
+        <v>7.6050558999995133E-2</v>
       </c>
       <c r="D382" s="5">
-        <v>1.255175252467855</v>
+        <v>1.3607073520683688</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>68.318036294999999</v>
+        <v>68.312971531000002</v>
       </c>
       <c r="C383" s="5">
-        <v>0.74421273800000165</v>
+        <v>0.75111233900000229</v>
       </c>
       <c r="D383" s="5">
-        <v>14.046660912716735</v>
+        <v>14.187619358644232</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>68.950026452000003</v>
+        <v>69.182375300999993</v>
       </c>
       <c r="C384" s="5">
-        <v>0.63199015700000416</v>
+        <v>0.86940376999999103</v>
       </c>
       <c r="D384" s="5">
-        <v>11.683431507616948</v>
+        <v>16.387811819386776</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>68.737119511000003</v>
+        <v>68.628132664999995</v>
       </c>
       <c r="C385" s="5">
-        <v>-0.21290694099999996</v>
+        <v>-0.5542426359999979</v>
       </c>
       <c r="D385" s="5">
-        <v>-3.643126753465975</v>
+        <v>-9.201106098334467</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>68.143585924000007</v>
+        <v>68.142466588999994</v>
       </c>
       <c r="C386" s="5">
-        <v>-0.59353358699999603</v>
+        <v>-0.48566607600000111</v>
       </c>
       <c r="D386" s="5">
-        <v>-9.8835945059085777</v>
+        <v>-8.169274952177485</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>67.812641173000003</v>
+        <v>67.845242545000005</v>
       </c>
       <c r="C387" s="5">
-        <v>-0.33094475100000409</v>
+        <v>-0.29722404399998936</v>
       </c>
       <c r="D387" s="5">
-        <v>-5.6747182916195404</v>
+        <v>-5.1104048068408741</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>68.205117940999997</v>
+        <v>68.190491121999997</v>
       </c>
       <c r="C388" s="5">
-        <v>0.39247676799999454</v>
+        <v>0.34524857699999245</v>
       </c>
       <c r="D388" s="5">
-        <v>7.1705982878207841</v>
+        <v>6.2803625571092203</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>68.029920912999998</v>
+        <v>68.010323099000004</v>
       </c>
       <c r="C389" s="5">
-        <v>-0.17519702799999948</v>
+        <v>-0.18016802299999313</v>
       </c>
       <c r="D389" s="5">
-        <v>-3.0392375342106925</v>
+        <v>-3.1248837173435295</v>
       </c>
       <c r="E389" s="5">
-        <v>1.1392708263722406</v>
+        <v>1.1249604227319132</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>68.532764192000002</v>
+        <v>68.501845700999993</v>
       </c>
       <c r="C390" s="5">
-        <v>0.50284327900000392</v>
+        <v>0.49152260199998921</v>
       </c>
       <c r="D390" s="5">
-        <v>9.239422223043281</v>
+        <v>9.0257848085097301</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>68.502810511999996</v>
+        <v>68.453844076999999</v>
       </c>
       <c r="C391" s="5">
-        <v>-2.9953680000005534E-2</v>
+        <v>-4.8001623999994081E-2</v>
       </c>
       <c r="D391" s="5">
-        <v>-0.52322616423848833</v>
+        <v>-0.83764847004760279</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>68.856135383999998</v>
+        <v>68.815266781000005</v>
       </c>
       <c r="C392" s="5">
-        <v>0.35332487200000173</v>
+        <v>0.36142270400000598</v>
       </c>
       <c r="D392" s="5">
-        <v>6.3680130871622609</v>
+        <v>6.523022101994469</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>69.055760964000001</v>
+        <v>69.024552689000004</v>
       </c>
       <c r="C393" s="5">
-        <v>0.19962558000000286</v>
+        <v>0.20928590799999824</v>
       </c>
       <c r="D393" s="5">
-        <v>3.5350167270320254</v>
+        <v>3.7111944735960245</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>69.322324644000005</v>
+        <v>69.297085480000007</v>
       </c>
       <c r="C394" s="5">
-        <v>0.26656368000000441</v>
+        <v>0.27253279100000327</v>
       </c>
       <c r="D394" s="5">
-        <v>4.7317667528144813</v>
+        <v>4.8422712764208953</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>69.487008078000002</v>
+        <v>69.466214737000001</v>
       </c>
       <c r="C395" s="5">
-        <v>0.16468343399999696</v>
+        <v>0.16912925699999448</v>
       </c>
       <c r="D395" s="5">
-        <v>2.8882869124725818</v>
+        <v>2.9684043052859543</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>69.936664137999998</v>
+        <v>70.306142352999998</v>
       </c>
       <c r="C396" s="5">
-        <v>0.44965605999999525</v>
+        <v>0.8399276159999971</v>
       </c>
       <c r="D396" s="5">
-        <v>8.0477206833873041</v>
+        <v>15.514264151006053</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>69.940376884000003</v>
+        <v>69.848652948999998</v>
       </c>
       <c r="C397" s="5">
-        <v>3.7127460000050405E-3</v>
+        <v>-0.45748940400000038</v>
       </c>
       <c r="D397" s="5">
-        <v>6.3723317976194238E-2</v>
+        <v>-7.5350390735656418</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>69.913768099999999</v>
+        <v>69.898375267000006</v>
       </c>
       <c r="C398" s="5">
-        <v>-2.6608784000003993E-2</v>
+        <v>4.9722318000007704E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>-0.45558535857226357</v>
+        <v>0.85758196867697922</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>69.976919956000003</v>
+        <v>69.974304017999998</v>
       </c>
       <c r="C399" s="5">
-        <v>6.3151856000004614E-2</v>
+        <v>7.5928750999992189E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>1.0893398422318734</v>
+        <v>1.3113443729091623</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>70.001725751999999</v>
+        <v>69.977410077000002</v>
       </c>
       <c r="C400" s="5">
-        <v>2.4805795999995439E-2</v>
+        <v>3.1060590000038246E-3</v>
       </c>
       <c r="D400" s="5">
-        <v>0.42621280815264839</v>
+        <v>5.3279285190654946E-2</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>70.147044265999995</v>
+        <v>70.117026209000002</v>
       </c>
       <c r="C401" s="5">
-        <v>0.14531851399999596</v>
+        <v>0.13961613200000045</v>
       </c>
       <c r="D401" s="5">
-        <v>2.5197533860892518</v>
+        <v>2.4206399348198238</v>
       </c>
       <c r="E401" s="5">
-        <v>3.1120473529691051</v>
+        <v>3.0976225578775107</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>70.181978857999994</v>
+        <v>70.138227122999993</v>
       </c>
       <c r="C402" s="5">
-        <v>3.4934591999999043E-2</v>
+        <v>2.1200913999990689E-2</v>
       </c>
       <c r="D402" s="5">
-        <v>0.59926300779933328</v>
+        <v>0.36344165665074257</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>70.402942846000002</v>
+        <v>70.336742345000005</v>
       </c>
       <c r="C403" s="5">
-        <v>0.22096398800000827</v>
+        <v>0.1985152220000117</v>
       </c>
       <c r="D403" s="5">
-        <v>3.844247369083309</v>
+        <v>3.4497848396629394</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>70.680844549</v>
+        <v>70.623387045000001</v>
       </c>
       <c r="C404" s="5">
-        <v>0.27790170299999772</v>
+        <v>0.28664469999999653</v>
       </c>
       <c r="D404" s="5">
-        <v>4.8409639096803403</v>
+        <v>5.00150054126689</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>70.655466266999994</v>
+        <v>70.619281357000006</v>
       </c>
       <c r="C405" s="5">
-        <v>-2.537828200000547E-2</v>
+        <v>-4.1056879999956664E-3</v>
       </c>
       <c r="D405" s="5">
-        <v>-0.43001565797670116</v>
+        <v>-6.9739654196265821E-2</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>70.813307593000005</v>
+        <v>70.781048831999996</v>
       </c>
       <c r="C406" s="5">
-        <v>0.15784132600001044</v>
+        <v>0.16176747499999067</v>
       </c>
       <c r="D406" s="5">
-        <v>2.7139335449418267</v>
+        <v>2.7837360652063214</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>71.313296250999997</v>
+        <v>71.28344251</v>
       </c>
       <c r="C407" s="5">
-        <v>0.49998865799999237</v>
+        <v>0.50239367800000423</v>
       </c>
       <c r="D407" s="5">
-        <v>8.8096890168555042</v>
+        <v>8.8579260211352651</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>71.403530957000001</v>
+        <v>71.870411059000006</v>
       </c>
       <c r="C408" s="5">
-        <v>9.0234706000003939E-2</v>
+        <v>0.58696854900000517</v>
       </c>
       <c r="D408" s="5">
-        <v>1.529005181609211</v>
+        <v>10.341165017003085</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>71.629227502999996</v>
+        <v>71.562621206000003</v>
       </c>
       <c r="C409" s="5">
-        <v>0.22569654599999467</v>
+        <v>-0.30778985300000272</v>
       </c>
       <c r="D409" s="5">
-        <v>3.8596722410930262</v>
+        <v>-5.019745357439076</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>71.983443640000004</v>
+        <v>71.961637655000004</v>
       </c>
       <c r="C410" s="5">
-        <v>0.35421613700000876</v>
+        <v>0.39901644900000122</v>
       </c>
       <c r="D410" s="5">
-        <v>6.0982499635649168</v>
+        <v>6.8999699174422169</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>71.573377394999994</v>
+        <v>71.533963396000004</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.4100662450000101</v>
+        <v>-0.42767425899999978</v>
       </c>
       <c r="D411" s="5">
-        <v>-6.6258409544945547</v>
+        <v>-6.9031471932495041</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>72.560578445000004</v>
+        <v>72.532636096999994</v>
       </c>
       <c r="C412" s="5">
-        <v>0.98720105000001013</v>
+        <v>0.99867270099998962</v>
       </c>
       <c r="D412" s="5">
-        <v>17.866585088402019</v>
+        <v>18.101137664069135</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>72.729891710999993</v>
+        <v>72.692821778999999</v>
       </c>
       <c r="C413" s="5">
-        <v>0.16931326599998897</v>
+        <v>0.16018568200000516</v>
       </c>
       <c r="D413" s="5">
-        <v>2.8363033599836385</v>
+        <v>2.6825846489113347</v>
       </c>
       <c r="E413" s="5">
-        <v>3.6820474362480038</v>
+        <v>3.6735664777371557</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>72.788317231999997</v>
+        <v>72.734794559999997</v>
       </c>
       <c r="C414" s="5">
-        <v>5.8425521000003755E-2</v>
+        <v>4.1972780999998349E-2</v>
       </c>
       <c r="D414" s="5">
-        <v>0.9682569609055669</v>
+        <v>0.69508371751469955</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>73.256846162000002</v>
+        <v>73.178429287</v>
       </c>
       <c r="C415" s="5">
-        <v>0.46852893000000506</v>
+        <v>0.44363472700000273</v>
       </c>
       <c r="D415" s="5">
-        <v>8.003656927113223</v>
+        <v>7.5698105593996479</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>73.078079337000005</v>
+        <v>73.007590030000003</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.17876682499999674</v>
+        <v>-0.17083925699999725</v>
       </c>
       <c r="D416" s="5">
-        <v>-2.889344928185178</v>
+        <v>-2.7657765061647299</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>73.202932312000002</v>
+        <v>73.170788318999996</v>
       </c>
       <c r="C417" s="5">
-        <v>0.12485297499999604</v>
+        <v>0.16319828899999322</v>
       </c>
       <c r="D417" s="5">
-        <v>2.0695599023398348</v>
+        <v>2.7156587976384872</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>73.316692634000006</v>
+        <v>73.280452866000005</v>
       </c>
       <c r="C418" s="5">
-        <v>0.11376032200000452</v>
+        <v>0.10966454700000838</v>
       </c>
       <c r="D418" s="5">
-        <v>1.8808707412174774</v>
+        <v>1.8133967076644497</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>73.405478001999995</v>
+        <v>73.371492528000005</v>
       </c>
       <c r="C419" s="5">
-        <v>8.8785367999989262E-2</v>
+        <v>9.1039662000000021E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>1.4628991950218051</v>
+        <v>1.5010438408109561</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>74.023869691000002</v>
+        <v>74.517390505999998</v>
       </c>
       <c r="C420" s="5">
-        <v>0.61839168900000629</v>
+        <v>1.1458979779999936</v>
       </c>
       <c r="D420" s="5">
-        <v>10.590994398714804</v>
+        <v>20.437966437935806</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>73.329104543</v>
+        <v>73.299269127000002</v>
       </c>
       <c r="C421" s="5">
-        <v>-0.69476514800000189</v>
+        <v>-1.2181213789999958</v>
       </c>
       <c r="D421" s="5">
-        <v>-10.699238134931921</v>
+        <v>-17.945184367984812</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>73.146497495999995</v>
+        <v>73.127542031999994</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.18260704700000474</v>
+        <v>-0.17172709500000849</v>
       </c>
       <c r="D422" s="5">
-        <v>-2.9476969399723441</v>
+        <v>-2.7754409181055872</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>72.351999167000002</v>
+        <v>72.292575439000004</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.79449832899999251</v>
+        <v>-0.8349665929999901</v>
       </c>
       <c r="D423" s="5">
-        <v>-12.282953040453803</v>
+        <v>-12.873022415879486</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>73.008526191000001</v>
+        <v>72.992641527999993</v>
       </c>
       <c r="C424" s="5">
-        <v>0.65652702399999896</v>
+        <v>0.70006608899998923</v>
       </c>
       <c r="D424" s="5">
-        <v>11.449096004728032</v>
+        <v>12.259888080486704</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>72.999013501999997</v>
+        <v>72.977063365999996</v>
       </c>
       <c r="C425" s="5">
-        <v>-9.5126890000045705E-3</v>
+        <v>-1.5578161999997064E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>-0.15624270892182768</v>
+        <v>-0.25580478452557065</v>
       </c>
       <c r="E425" s="5">
-        <v>0.37002913749601962</v>
+        <v>0.39101740728149093</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>73.232592566999998</v>
+        <v>73.186145393999993</v>
       </c>
       <c r="C426" s="5">
-        <v>0.2335790650000007</v>
+        <v>0.20908202799999742</v>
       </c>
       <c r="D426" s="5">
-        <v>3.9080074117622265</v>
+        <v>3.4927415202297141</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>73.112717998999997</v>
+        <v>73.043034891999994</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.11987456800000018</v>
+        <v>-0.14311050199999897</v>
       </c>
       <c r="D427" s="5">
-        <v>-1.9466940309020186</v>
+        <v>-2.321445198482619</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>73.251524133000004</v>
+        <v>73.191882942999996</v>
       </c>
       <c r="C428" s="5">
-        <v>0.13880613400000641</v>
+        <v>0.14884805100000165</v>
       </c>
       <c r="D428" s="5">
-        <v>2.3021670468052147</v>
+        <v>2.472970411951092</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>73.488563219</v>
+        <v>73.051211636999994</v>
       </c>
       <c r="C429" s="5">
-        <v>0.23703908599999579</v>
+        <v>-0.14067130600000155</v>
       </c>
       <c r="D429" s="5">
-        <v>3.9530158395680415</v>
+        <v>-2.2821185031115743</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>73.517116661000003</v>
+        <v>73.052733712999995</v>
       </c>
       <c r="C430" s="5">
-        <v>2.8553442000003315E-2</v>
+        <v>1.5220760000005384E-3</v>
       </c>
       <c r="D430" s="5">
-        <v>0.46724885794657833</v>
+        <v>2.5005752583906471E-2</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>73.268262711000006</v>
+        <v>70.767974281999997</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.24885394999999733</v>
+        <v>-2.2847594309999977</v>
       </c>
       <c r="D431" s="5">
-        <v>-3.987199116332274</v>
+        <v>-31.702705165128066</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>73.616570580000001</v>
+        <v>71.088912676000007</v>
       </c>
       <c r="C432" s="5">
-        <v>0.34830786899999566</v>
+        <v>0.32093839400000945</v>
       </c>
       <c r="D432" s="5">
-        <v>5.856189529784217</v>
+        <v>5.5799104170303204</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>73.463074008000007</v>
+        <v>70.974883782999996</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.15349657199999456</v>
+        <v>-0.11402889300001107</v>
       </c>
       <c r="D433" s="5">
-        <v>-2.4736027298840613</v>
+        <v>-1.9079476418421559</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>72.237414395000002</v>
+      </c>
+      <c r="C434" s="5">
+        <v>1.2625306120000062</v>
+      </c>
+      <c r="D434" s="5">
+        <v>23.563452067565116</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>71.089426801000002</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-1.1479875939999999</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-17.488622764900995</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>71.272235183000006</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.1828083820000046</v>
+      </c>
+      <c r="D436" s="5">
+        <v>3.1298528651304336</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">