--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{56C9B23F-091E-42AF-AD41-87E86C5A4571}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{AFACD408-063A-4CAA-9B2D-ED78D87ED4B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CFB37200-2E3B-459B-ACE2-A4504F38D090}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1AC33196-11CC-43F1-8731-4D0C3ADF817C}"/>
   </bookViews>
   <sheets>
     <sheet name="elpgovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Government Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9861BC16-0E1D-471F-9672-902C6FDE79B9}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{694A3622-561A-41B7-8BAF-E86DC33C51EC}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>70.767974281999997</v>
       </c>
       <c r="C431" s="5">
         <v>-2.2847594309999977</v>
       </c>
       <c r="D431" s="5">
         <v>-31.702705165128066</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>71.088912676000007</v>
       </c>
       <c r="C432" s="5">
         <v>0.32093839400000945</v>
       </c>
       <c r="D432" s="5">
         <v>5.5799104170303204</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>70.974883782999996</v>
       </c>
       <c r="C433" s="5">
         <v>-0.11402889300001107</v>
       </c>
       <c r="D433" s="5">
         <v>-1.9079476418421559</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>72.237414395000002</v>
       </c>
       <c r="C434" s="5">
         <v>1.2625306120000062</v>
       </c>
       <c r="D434" s="5">
         <v>23.563452067565116</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>71.089426801000002</v>
       </c>
       <c r="C435" s="5">
         <v>-1.1479875939999999</v>
       </c>
       <c r="D435" s="5">
         <v>-17.488622764900995</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>71.272235183000006</v>
+        <v>71.273411173</v>
       </c>
       <c r="C436" s="5">
-        <v>0.1828083820000046</v>
+        <v>0.18398437199999762</v>
       </c>
       <c r="D436" s="5">
-        <v>3.1298528651304336</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.1502743965292845</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>71.553168486000004</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.27975731300000461</v>
+      </c>
+      <c r="D437" s="5">
+        <v>4.81318048541719</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.9511539849976778</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>