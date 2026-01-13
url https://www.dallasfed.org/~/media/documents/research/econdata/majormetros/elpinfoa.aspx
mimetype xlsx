--- v0 (2025-10-07)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{59F35697-607C-43ED-8968-488CEB85BA9F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{80C540AC-F129-4317-A4FE-A0AE364264EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{A8352392-11D1-4F4D-A12D-FE4B24E8AD9C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{93BC09A2-D2ED-4346-90F5-138E108E87EC}"/>
   </bookViews>
   <sheets>
     <sheet name="elpinfoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Information Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{79FAC9BA-644E-4759-857E-964A8F0C5D57}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9256DC43-EB64-4DAD-AC5B-21C0420CC993}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -3158,88 +3157,88 @@
         <v>2.088563959999945E-2</v>
       </c>
       <c r="D158" s="5">
         <v>4.7613346680547508</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
         <v>5.4032586133000002</v>
       </c>
       <c r="C159" s="5">
         <v>4.6552999000004647E-3</v>
       </c>
       <c r="D159" s="5">
         <v>1.039700546075184</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>5.3455041848000002</v>
+        <v>5.3455041847000002</v>
       </c>
       <c r="C160" s="5">
-        <v>-5.775442850000001E-2</v>
+        <v>-5.7754428600000018E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>-12.098753604481782</v>
+        <v>-12.098753624214609</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>5.5192615714000004</v>
+        <v>5.5192615713000004</v>
       </c>
       <c r="C161" s="5">
         <v>0.17375738660000017</v>
       </c>
       <c r="D161" s="5">
-        <v>46.793773801867246</v>
+        <v>46.793773802904461</v>
       </c>
       <c r="E161" s="5">
-        <v>12.39179469179199</v>
+        <v>12.391794689755621</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
         <v>5.6330460229000003</v>
       </c>
       <c r="C162" s="5">
-        <v>0.11378445149999994</v>
+        <v>0.11378445159999995</v>
       </c>
       <c r="D162" s="5">
-        <v>27.746165217342632</v>
+        <v>27.74616524511724</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
         <v>5.6402932764000004</v>
       </c>
       <c r="C163" s="5">
         <v>7.2472535000001059E-3</v>
       </c>
       <c r="D163" s="5">
         <v>1.5548439388390012</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
         <v>5.5676074894000003</v>
       </c>
       <c r="C164" s="5">
         <v>-7.2685787000000168E-2</v>
@@ -3259,3862 +3258,3889 @@
         <v>5.5379762999999471E-2</v>
       </c>
       <c r="D165" s="5">
         <v>12.611271696821923</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
         <v>5.5990661582000003</v>
       </c>
       <c r="C166" s="5">
         <v>-2.3921094199999438E-2</v>
       </c>
       <c r="D166" s="5">
         <v>-4.9872250891353946</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>5.4910225547999998</v>
+        <v>5.4910225548999998</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.10804360340000052</v>
+        <v>-0.10804360330000051</v>
       </c>
       <c r="D167" s="5">
-        <v>-20.849886514913585</v>
+        <v>-20.849886497616311</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>5.4988772395999996</v>
+        <v>5.4988772396999996</v>
       </c>
       <c r="C168" s="5">
         <v>7.8546847999998448E-3</v>
       </c>
       <c r="D168" s="5">
-        <v>1.7301208888685915</v>
+        <v>1.7301208888369279</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>5.4800660744999998</v>
+        <v>5.4800660746999998</v>
       </c>
       <c r="C169" s="5">
-        <v>-1.8811165099999805E-2</v>
+        <v>-1.8811164999999797E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>-4.0287288733910405</v>
+        <v>-4.0287288523038089</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
         <v>5.4134728178999998</v>
       </c>
       <c r="C170" s="5">
-        <v>-6.6593256600000039E-2</v>
+        <v>-6.6593256800000056E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-13.646094033010792</v>
+        <v>-13.646094070829651</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>5.5917388560000001</v>
+        <v>5.5917388559000001</v>
       </c>
       <c r="C171" s="5">
-        <v>0.1782660381000003</v>
+        <v>0.17826603800000029</v>
       </c>
       <c r="D171" s="5">
-        <v>47.520048147540784</v>
+        <v>47.520048115882418</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>5.6550420211999999</v>
+        <v>5.6550420208999999</v>
       </c>
       <c r="C172" s="5">
-        <v>6.3303165199999789E-2</v>
+        <v>6.3303164999999773E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>14.463617211223889</v>
+        <v>14.463617162920395</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>5.3248981594</v>
+        <v>5.3248981587999999</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.33014386179999988</v>
+        <v>-0.33014386209999991</v>
       </c>
       <c r="D173" s="5">
-        <v>-51.414616295367324</v>
+        <v>-51.414616330132048</v>
       </c>
       <c r="E173" s="5">
-        <v>-3.5215473933535413</v>
+        <v>-3.5215474024765325</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>5.2284715886999997</v>
+        <v>5.2284715884999997</v>
       </c>
       <c r="C174" s="5">
-        <v>-9.6426570700000269E-2</v>
+        <v>-9.6426570300000236E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>-19.691529398801876</v>
+        <v>-19.691529327077351</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>5.2219422181999997</v>
+        <v>5.2219422182999997</v>
       </c>
       <c r="C175" s="5">
-        <v>-6.5293705000000202E-3</v>
+        <v>-6.5293701999999954E-3</v>
       </c>
       <c r="D175" s="5">
-        <v>-1.4883225070917327</v>
+        <v>-1.4883224392344685</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>5.1574022299999998</v>
+        <v>5.1574022301999998</v>
       </c>
       <c r="C176" s="5">
-        <v>-6.4539988199999954E-2</v>
+        <v>-6.4539988099999945E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>-13.863484144420823</v>
+        <v>-13.863484124131208</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>5.0272177511000002</v>
+        <v>5.0272177516000003</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.13018447889999951</v>
+        <v>-0.13018447859999949</v>
       </c>
       <c r="D177" s="5">
-        <v>-26.419909479878335</v>
+        <v>-26.419909426300812</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>5.0049167402999997</v>
+        <v>5.0049167408999997</v>
       </c>
       <c r="C178" s="5">
-        <v>-2.2301010800000576E-2</v>
+        <v>-2.2301010700000568E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-5.1952879810685415</v>
+        <v>-5.1952879578335498</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>4.9736631420000004</v>
+        <v>4.9736631428000004</v>
       </c>
       <c r="C179" s="5">
-        <v>-3.1253598299999297E-2</v>
+        <v>-3.125359809999928E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-7.2414120188232118</v>
+        <v>-7.2414119732247979</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>5.0042643606999997</v>
+        <v>5.0042643594999996</v>
       </c>
       <c r="C180" s="5">
-        <v>3.0601218699999322E-2</v>
+        <v>3.0601216699999156E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>7.6382219377002514</v>
+        <v>7.638221420206559</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>4.9892537436</v>
+        <v>4.9892537441</v>
       </c>
       <c r="C181" s="5">
-        <v>-1.5010617099999735E-2</v>
+        <v>-1.5010615399999594E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>-3.5406851809009932</v>
+        <v>-3.5406847873343139</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>4.9384267904000003</v>
+        <v>4.9384267915000004</v>
       </c>
       <c r="C182" s="5">
-        <v>-5.0826953199999636E-2</v>
+        <v>-5.0826952599999586E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>-11.56252443198248</v>
+        <v>-11.562524301950038</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>4.9811242307999999</v>
+        <v>4.9811242302999998</v>
       </c>
       <c r="C183" s="5">
-        <v>4.2697440399999564E-2</v>
+        <v>4.2697438799999432E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>10.883018545205058</v>
+        <v>10.883018115260112</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>4.8624610499000003</v>
+        <v>4.8624610489000002</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.11866318089999961</v>
+        <v>-0.11866318139999965</v>
       </c>
       <c r="D184" s="5">
-        <v>-25.123567157776005</v>
+        <v>-25.123567252370304</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>4.9409685753000003</v>
+        <v>4.9409685733000002</v>
       </c>
       <c r="C185" s="5">
-        <v>7.8507525400000056E-2</v>
+        <v>7.8507524399999973E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>21.19130873356103</v>
+        <v>21.191308443978961</v>
       </c>
       <c r="E185" s="5">
-        <v>-7.2100831341206373</v>
+        <v>-7.2100831612246452</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>4.8206732191999997</v>
+        <v>4.8206732187999997</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.12029535610000064</v>
+        <v>-0.12029535450000051</v>
       </c>
       <c r="D186" s="5">
-        <v>-25.604406582066908</v>
+        <v>-25.604406294778137</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>4.8051712289999999</v>
+        <v>4.8051712282999999</v>
       </c>
       <c r="C187" s="5">
-        <v>-1.550199019999976E-2</v>
+        <v>-1.5501990499999785E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>-3.7913538567989735</v>
+        <v>-3.7913539291869691</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>4.8337838952999999</v>
+        <v>4.8337838950999998</v>
       </c>
       <c r="C188" s="5">
-        <v>2.8612666299999923E-2</v>
+        <v>2.8612666799999964E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>7.3841907003433072</v>
+        <v>7.3841908347466623</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>4.9361854537000003</v>
+        <v>4.9361854541000003</v>
       </c>
       <c r="C189" s="5">
-        <v>0.10240155840000043</v>
+        <v>0.10240155900000047</v>
       </c>
       <c r="D189" s="5">
-        <v>28.60292584620985</v>
+        <v>28.602926035116781</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>4.9077603761999997</v>
+        <v>4.9077603826000002</v>
       </c>
       <c r="C190" s="5">
-        <v>-2.8425077500000562E-2</v>
+        <v>-2.8425071500000065E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-6.6955011427614952</v>
+        <v>-6.6954997733989057</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>4.9453429763000001</v>
+        <v>4.9453429776000002</v>
       </c>
       <c r="C191" s="5">
-        <v>3.7582600100000363E-2</v>
+        <v>3.7582594999999941E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>9.5864357889185783</v>
+        <v>9.5864344197233997</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>4.9120834936</v>
+        <v>4.9120834904999997</v>
       </c>
       <c r="C192" s="5">
-        <v>-3.325948270000012E-2</v>
+        <v>-3.3259487100000484E-2</v>
       </c>
       <c r="D192" s="5">
-        <v>-7.7785639601523187</v>
+        <v>-7.7785649494712121</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>4.9015617342000004</v>
+        <v>4.9015617349999996</v>
       </c>
       <c r="C193" s="5">
-        <v>-1.0521759399999553E-2</v>
+        <v>-1.0521755500000118E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>-2.5403515582472891</v>
+        <v>-2.5403506292892564</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>4.8605590447999996</v>
+        <v>4.8605590467999997</v>
       </c>
       <c r="C194" s="5">
-        <v>-4.1002689400000847E-2</v>
+        <v>-4.1002688199999859E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>-9.5890659585416103</v>
+        <v>-9.5890656891941095</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>4.7800749115999999</v>
+        <v>4.7800749099999997</v>
       </c>
       <c r="C195" s="5">
-        <v>-8.0484133199999697E-2</v>
+        <v>-8.0484136799999995E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>-18.156959553891561</v>
+        <v>-18.156960286745026</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>4.8800693487000002</v>
+        <v>4.8800693458</v>
       </c>
       <c r="C196" s="5">
-        <v>9.9994437100000333E-2</v>
+        <v>9.9994435800000225E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>28.202203661534032</v>
+        <v>28.202203262264458</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>4.7518952523999998</v>
+        <v>4.7518952479000003</v>
       </c>
       <c r="C197" s="5">
-        <v>-0.12817409630000043</v>
+        <v>-0.12817409789999967</v>
       </c>
       <c r="D197" s="5">
-        <v>-27.340838484062282</v>
+        <v>-27.340838791616719</v>
       </c>
       <c r="E197" s="5">
-        <v>-3.8266449182693063</v>
+        <v>-3.8266449704156047</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>4.8161486232000001</v>
+        <v>4.8161486192999998</v>
       </c>
       <c r="C198" s="5">
-        <v>6.4253370800000376E-2</v>
+        <v>6.4253371399999537E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>17.488743885115476</v>
+        <v>17.488744078569685</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>4.7892621951000001</v>
+        <v>4.7892621920999998</v>
       </c>
       <c r="C199" s="5">
-        <v>-2.6886428100000082E-2</v>
+        <v>-2.6886427200000007E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>-6.4971606010327481</v>
+        <v>-6.4971603952804324</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>5.0140743062000004</v>
+        <v>5.0140743040000002</v>
       </c>
       <c r="C200" s="5">
-        <v>0.22481211110000032</v>
+        <v>0.22481211190000039</v>
       </c>
       <c r="D200" s="5">
-        <v>73.406679911542057</v>
+        <v>73.40668030199086</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>4.7323569831999999</v>
+        <v>4.7323569935999998</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.28171732300000052</v>
+        <v>-0.28171731040000036</v>
       </c>
       <c r="D201" s="5">
-        <v>-50.037888127834471</v>
+        <v>-50.037886547192265</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>4.8043261686000003</v>
+        <v>4.8043261815999996</v>
       </c>
       <c r="C202" s="5">
-        <v>7.1969185400000413E-2</v>
+        <v>7.196918799999974E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>19.856015245410632</v>
+        <v>19.856015976423901</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>4.9181853747000002</v>
+        <v>4.9181853785999996</v>
       </c>
       <c r="C203" s="5">
-        <v>0.11385920609999989</v>
+        <v>0.11385919700000002</v>
       </c>
       <c r="D203" s="5">
-        <v>32.455170823587153</v>
+        <v>32.455167783074799</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>4.7162877571999999</v>
+        <v>4.7162877543999997</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.20189761750000024</v>
+        <v>-0.2018976241999999</v>
       </c>
       <c r="D204" s="5">
-        <v>-39.529325526225115</v>
+        <v>-39.52932653245422</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>4.7138796397</v>
+        <v>4.7138796412000001</v>
       </c>
       <c r="C205" s="5">
-        <v>-2.4081174999999178E-3</v>
+        <v>-2.408113199999562E-3</v>
       </c>
       <c r="D205" s="5">
-        <v>-0.61099740917524015</v>
+        <v>-0.61099632158538864</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>4.8785639842000004</v>
+        <v>4.8785639845000004</v>
       </c>
       <c r="C206" s="5">
-        <v>0.16468434450000036</v>
+        <v>0.16468434330000026</v>
       </c>
       <c r="D206" s="5">
-        <v>50.994869332354313</v>
+        <v>50.994868867201212</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>4.8915069107000004</v>
+        <v>4.8915069027999998</v>
       </c>
       <c r="C207" s="5">
-        <v>1.2942926500000063E-2</v>
+        <v>1.2942918299999384E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>3.2304911409386072</v>
+        <v>3.230489064100639</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>4.8948490616999996</v>
+        <v>4.8948490511999996</v>
       </c>
       <c r="C208" s="5">
-        <v>3.3421509999991272E-3</v>
+        <v>3.3421483999998003E-3</v>
       </c>
       <c r="D208" s="5">
-        <v>0.82299525378999316</v>
+        <v>0.82299461247377081</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>5.0786086041000003</v>
+        <v>5.0786085931000002</v>
       </c>
       <c r="C209" s="5">
-        <v>0.1837595424000007</v>
+        <v>0.18375954190000066</v>
       </c>
       <c r="D209" s="5">
-        <v>55.61995191683917</v>
+        <v>55.619951877930298</v>
       </c>
       <c r="E209" s="5">
-        <v>6.8754325242120995</v>
+        <v>6.8754323939355322</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>5.0007124035999997</v>
+        <v>5.0007123948999999</v>
       </c>
       <c r="C210" s="5">
-        <v>-7.7896200500000568E-2</v>
+        <v>-7.7896198200000377E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>-16.929731743591482</v>
+        <v>-16.929731318741325</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>5.0735838966999998</v>
+        <v>5.0735838934000004</v>
       </c>
       <c r="C211" s="5">
-        <v>7.2871493100000073E-2</v>
+        <v>7.287149850000052E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>18.958536571117545</v>
+        <v>18.95853812613062</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>5.0973136918000002</v>
+        <v>5.0973136921000002</v>
       </c>
       <c r="C212" s="5">
-        <v>2.3729795100000395E-2</v>
+        <v>2.3729798699999805E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>5.7592053171231283</v>
+        <v>5.7592062172805214</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>5.1276752240999999</v>
+        <v>5.1276752490000002</v>
       </c>
       <c r="C213" s="5">
-        <v>3.0361532299999716E-2</v>
+        <v>3.0361556899999975E-2</v>
       </c>
       <c r="D213" s="5">
-        <v>7.3865246055432543</v>
+        <v>7.3865307873311581</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>5.0952254450999996</v>
+        <v>5.0952254692999999</v>
       </c>
       <c r="C214" s="5">
-        <v>-3.2449779000000234E-2</v>
+        <v>-3.2449779700000292E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>-7.3352122610868653</v>
+        <v>-7.3352123794649948</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>4.9990313174000001</v>
+        <v>4.9990313288000001</v>
       </c>
       <c r="C215" s="5">
-        <v>-9.6194127699999576E-2</v>
+        <v>-9.6194140499999747E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>-20.44464220940284</v>
+        <v>-20.444644566567018</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>5.4152126522000001</v>
+        <v>5.4152126538000003</v>
       </c>
       <c r="C216" s="5">
-        <v>0.41618133480000008</v>
+        <v>0.41618132500000016</v>
       </c>
       <c r="D216" s="5">
-        <v>161.06935705032922</v>
+        <v>161.06935083172664</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>5.4264586143000004</v>
+        <v>5.4264586181999999</v>
       </c>
       <c r="C217" s="5">
-        <v>1.1245962100000284E-2</v>
+        <v>1.1245964399999586E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>2.5207447381796477</v>
+        <v>2.5207452588664081</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>5.3849982956</v>
+        <v>5.3849982940999999</v>
       </c>
       <c r="C218" s="5">
-        <v>-4.1460318700000443E-2</v>
+        <v>-4.1460324100000001E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>-8.7928468392772796</v>
+        <v>-8.7928479307558423</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>5.6106263342</v>
+        <v>5.6106263210999998</v>
       </c>
       <c r="C219" s="5">
-        <v>0.22562803860000002</v>
+        <v>0.22562802699999995</v>
       </c>
       <c r="D219" s="5">
-        <v>63.647474536423985</v>
+        <v>63.647470498317119</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>5.6088988428000004</v>
+        <v>5.6088987767000003</v>
       </c>
       <c r="C220" s="5">
-        <v>-1.7274913999996144E-3</v>
+        <v>-1.7275443999995588E-3</v>
       </c>
       <c r="D220" s="5">
-        <v>-0.36885058713176377</v>
+        <v>-0.36886188529071662</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>5.5976489980000004</v>
+        <v>5.5976489848000002</v>
       </c>
       <c r="C221" s="5">
-        <v>-1.124984480000002E-2</v>
+        <v>-1.1249791900000083E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>-2.3804820026948725</v>
+        <v>-2.3804709599217877</v>
       </c>
       <c r="E221" s="5">
-        <v>10.220129849757953</v>
+        <v>10.220129828575274</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>5.7894904651000001</v>
+        <v>5.7894904578000004</v>
       </c>
       <c r="C222" s="5">
-        <v>0.19184146709999972</v>
+        <v>0.19184147300000021</v>
       </c>
       <c r="D222" s="5">
-        <v>49.835998704222106</v>
+        <v>49.836000677072057</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>5.7618405406999997</v>
+        <v>5.7618405464000002</v>
       </c>
       <c r="C223" s="5">
-        <v>-2.7649924400000359E-2</v>
+        <v>-2.7649911400000171E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>-5.5828898697812823</v>
+        <v>-5.5828873203235378</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>5.7907563336000001</v>
+        <v>5.7907563461000002</v>
       </c>
       <c r="C224" s="5">
-        <v>2.8915792900000348E-2</v>
+        <v>2.8915799700000022E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>6.1912347004603241</v>
+        <v>6.1912361905510416</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>5.7139346217</v>
+        <v>5.7139346689000003</v>
       </c>
       <c r="C225" s="5">
-        <v>-7.6821711900000089E-2</v>
+        <v>-7.6821677199999883E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>-14.807823697203194</v>
+        <v>-14.807817459198414</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>5.8913675518000002</v>
+        <v>5.8913675869000004</v>
       </c>
       <c r="C226" s="5">
-        <v>0.17743293010000016</v>
+        <v>0.17743291800000005</v>
       </c>
       <c r="D226" s="5">
-        <v>44.334521955813578</v>
+        <v>44.334517967612072</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>5.7981232358000003</v>
+        <v>5.7981232578000004</v>
       </c>
       <c r="C227" s="5">
-        <v>-9.3244315999999827E-2</v>
+        <v>-9.3244329100000023E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-17.42361236735054</v>
+        <v>-17.423614511236785</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>5.6036211625999996</v>
+        <v>5.6036211722000004</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.19450207320000068</v>
+        <v>-0.19450208559999993</v>
       </c>
       <c r="D228" s="5">
-        <v>-33.598804328563524</v>
+        <v>-33.598805986856192</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>5.6291979104000003</v>
+        <v>5.6291979252999997</v>
       </c>
       <c r="C229" s="5">
-        <v>2.5576747800000632E-2</v>
+        <v>2.5576753099999294E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>5.6168017287989036</v>
+        <v>5.616802912216623</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>5.5872248230999997</v>
+        <v>5.5872248345999997</v>
       </c>
       <c r="C230" s="5">
-        <v>-4.19730873000006E-2</v>
+        <v>-4.1973090699999993E-2</v>
       </c>
       <c r="D230" s="5">
-        <v>-8.5896118810846254</v>
+        <v>-8.5896125267854284</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>5.5257006163</v>
+        <v>5.5257006196000003</v>
       </c>
       <c r="C231" s="5">
-        <v>-6.1524206799999703E-2</v>
+        <v>-6.1524214999999494E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>-12.442279552074265</v>
+        <v>-12.442281087196715</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>5.5176936076</v>
+        <v>5.5176934209999997</v>
       </c>
       <c r="C232" s="5">
-        <v>-8.007008699999929E-3</v>
+        <v>-8.0071986000005424E-3</v>
       </c>
       <c r="D232" s="5">
-        <v>-1.7250667349099302</v>
+        <v>-1.7251073212948609</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>5.5190625857000004</v>
+        <v>5.5190625824000001</v>
       </c>
       <c r="C233" s="5">
-        <v>1.368978100000362E-3</v>
+        <v>1.3691614000004293E-3</v>
       </c>
       <c r="D233" s="5">
-        <v>0.29813494579280508</v>
+        <v>0.29817492931263345</v>
       </c>
       <c r="E233" s="5">
-        <v>-1.403918186511488</v>
+        <v>-1.4039180129621465</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>5.3745381201000004</v>
+        <v>5.3745380952000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.14452446559999998</v>
+        <v>-0.1445244872</v>
       </c>
       <c r="D234" s="5">
-        <v>-27.270610295961905</v>
+        <v>-27.270613817543886</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>5.4571992722999996</v>
+        <v>5.4571992214999998</v>
       </c>
       <c r="C235" s="5">
-        <v>8.2661152199999144E-2</v>
+        <v>8.2661126299999665E-2</v>
       </c>
       <c r="D235" s="5">
-        <v>20.100268915345865</v>
+        <v>20.100262176498983</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>5.3839615191999997</v>
+        <v>5.3839616440000002</v>
       </c>
       <c r="C236" s="5">
-        <v>-7.3237753099999914E-2</v>
+        <v>-7.3237577499999595E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>-14.967369210859992</v>
+        <v>-14.967336059594949</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>5.4114204046000003</v>
+        <v>5.4114203593000001</v>
       </c>
       <c r="C237" s="5">
-        <v>2.7458885400000632E-2</v>
+        <v>2.7458715299999881E-2</v>
       </c>
       <c r="D237" s="5">
-        <v>6.2947787581799197</v>
+        <v>6.294738513527065</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>5.2860968375999997</v>
+        <v>5.2860968205000001</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.12532356700000058</v>
+        <v>-0.12532353880000002</v>
       </c>
       <c r="D238" s="5">
-        <v>-24.510581595983883</v>
+        <v>-24.510576943162754</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>5.2110551301000001</v>
+        <v>5.2110551894999997</v>
       </c>
       <c r="C239" s="5">
-        <v>-7.504170749999961E-2</v>
+        <v>-7.5041631000000386E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>-15.766153039535579</v>
+        <v>-15.766138247655748</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>5.1929245771000003</v>
+        <v>5.1929247115999999</v>
       </c>
       <c r="C240" s="5">
-        <v>-1.8130552999999772E-2</v>
+        <v>-1.8130477899999775E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>-4.0961228272907713</v>
+        <v>-4.0961061379626074</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>5.1297149841999996</v>
+        <v>5.1297151591999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-6.3209592900000722E-2</v>
+        <v>-6.3209552400000035E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>-13.667434047000093</v>
+        <v>-13.667425537030297</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>5.0796929118999996</v>
+        <v>5.0796930538999998</v>
       </c>
       <c r="C242" s="5">
-        <v>-5.0022072299999998E-2</v>
+        <v>-5.0022105300000064E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>-11.094081941542767</v>
+        <v>-11.094088514011935</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>5.0339267906999998</v>
+        <v>5.0339268467</v>
       </c>
       <c r="C243" s="5">
-        <v>-4.5766121199999787E-2</v>
+        <v>-4.5766207199999798E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>-10.291572432616746</v>
+        <v>-10.291590550052865</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>5.0217761933</v>
+        <v>5.0217758234999996</v>
       </c>
       <c r="C244" s="5">
-        <v>-1.2150597399999796E-2</v>
+        <v>-1.2151023200000388E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>-2.8583447912904125</v>
+        <v>-2.8584436003929015</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>5.0164595731999997</v>
+        <v>5.0164594445999997</v>
       </c>
       <c r="C245" s="5">
-        <v>-5.3166201000003355E-3</v>
+        <v>-5.3163788999999184E-3</v>
       </c>
       <c r="D245" s="5">
-        <v>-1.2630839669944605</v>
+        <v>-1.2630270901588414</v>
       </c>
       <c r="E245" s="5">
-        <v>-9.1066735463782411</v>
+        <v>-9.1066758221364452</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>5.1690854982000003</v>
+        <v>5.1690852953000004</v>
       </c>
       <c r="C246" s="5">
-        <v>0.15262592500000061</v>
+        <v>0.15262585070000068</v>
       </c>
       <c r="D246" s="5">
-        <v>43.283699675831365</v>
+        <v>43.28367626273446</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>5.1626091507999998</v>
+        <v>5.1626088980000002</v>
       </c>
       <c r="C247" s="5">
-        <v>-6.4763474000004706E-3</v>
+        <v>-6.4763973000001585E-3</v>
       </c>
       <c r="D247" s="5">
-        <v>-1.4931627823256854</v>
+        <v>-1.493174266130104</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>5.1832636564000003</v>
+        <v>5.1832637884999997</v>
       </c>
       <c r="C248" s="5">
-        <v>2.0654505600000483E-2</v>
+        <v>2.0654890499999468E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>4.9080090154057565</v>
+        <v>4.9081027444945358</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>5.3088569015999996</v>
+        <v>5.3088567108999998</v>
       </c>
       <c r="C249" s="5">
-        <v>0.12559324519999926</v>
+        <v>0.12559292240000008</v>
       </c>
       <c r="D249" s="5">
-        <v>33.282344528045883</v>
+        <v>33.282246314491417</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>5.3901955236000001</v>
+        <v>5.3901954737000004</v>
       </c>
       <c r="C250" s="5">
-        <v>8.1338622000000527E-2</v>
+        <v>8.133876280000063E-2</v>
       </c>
       <c r="D250" s="5">
-        <v>20.016787450403829</v>
+        <v>20.016825851300936</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>5.5357402889999996</v>
+        <v>5.5357405347000004</v>
       </c>
       <c r="C251" s="5">
-        <v>0.1455447653999995</v>
+        <v>0.14554506099999998</v>
       </c>
       <c r="D251" s="5">
-        <v>37.674736474787117</v>
+        <v>37.674825096356159</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>5.4820453219000003</v>
+        <v>5.4820458326999999</v>
       </c>
       <c r="C252" s="5">
-        <v>-5.3694967099999324E-2</v>
+        <v>-5.3694702000000483E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>-11.038319595317503</v>
+        <v>-11.038267507251787</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>5.4272677888</v>
+        <v>5.4272684211</v>
       </c>
       <c r="C253" s="5">
-        <v>-5.477753310000022E-2</v>
+        <v>-5.4777411599999937E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>-11.353100706197583</v>
+        <v>-11.353075891385412</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>5.4673282186999996</v>
+        <v>5.4673287089000002</v>
       </c>
       <c r="C254" s="5">
-        <v>4.0060429899999583E-2</v>
+        <v>4.006028780000026E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>9.2261810194663507</v>
+        <v>9.2261458341243987</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>5.4354175938999996</v>
+        <v>5.4354177515000002</v>
       </c>
       <c r="C255" s="5">
-        <v>-3.1910624800000065E-2</v>
+        <v>-3.1910957400000051E-2</v>
       </c>
       <c r="D255" s="5">
-        <v>-6.7834058721725103</v>
+        <v>-6.7834737318136611</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>5.5189018082999999</v>
+        <v>5.5189009669000004</v>
       </c>
       <c r="C256" s="5">
-        <v>8.3484214400000312E-2</v>
+        <v>8.3483215400000255E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>20.070692893567866</v>
+        <v>20.070431447760349</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>5.4062710614</v>
+        <v>5.4062705592000002</v>
       </c>
       <c r="C257" s="5">
-        <v>-0.11263074689999986</v>
+        <v>-0.11263040770000021</v>
       </c>
       <c r="D257" s="5">
-        <v>-21.919642355465683</v>
+        <v>-21.919586544464089</v>
       </c>
       <c r="E257" s="5">
-        <v>7.7706494493154921</v>
+        <v>7.7706422010371368</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>5.3568493617000001</v>
+        <v>5.3568487534999996</v>
       </c>
       <c r="C258" s="5">
-        <v>-4.9421699699999877E-2</v>
+        <v>-4.9421805700000654E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>-10.434778121869638</v>
+        <v>-10.434800310502867</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>5.3733640772999998</v>
+        <v>5.3733635196999998</v>
       </c>
       <c r="C259" s="5">
-        <v>1.6514715599999619E-2</v>
+        <v>1.6514766200000253E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>3.7628769352495928</v>
+        <v>3.7628890951423077</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>5.3872644037999997</v>
+        <v>5.3872644526000002</v>
       </c>
       <c r="C260" s="5">
-        <v>1.3900326499999949E-2</v>
+        <v>1.3900932900000385E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>3.1488239529814832</v>
+        <v>3.1489636118693376</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>5.4154470153999998</v>
+        <v>5.4154466098</v>
       </c>
       <c r="C261" s="5">
-        <v>2.8182611600000129E-2</v>
+        <v>2.8182157199999835E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>6.4614166504183279</v>
+        <v>6.4613093945111943</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>5.3901165044999999</v>
+        <v>5.3901162646999996</v>
       </c>
       <c r="C262" s="5">
-        <v>-2.5330510899999936E-2</v>
+        <v>-2.5330345100000429E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>-5.47077546185748</v>
+        <v>-5.470740968479415</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>5.4653781635999996</v>
+        <v>5.4653783645000003</v>
       </c>
       <c r="C263" s="5">
-        <v>7.5261659099999711E-2</v>
+        <v>7.5262099800000648E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>18.104046944240771</v>
+        <v>18.104162092198074</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>5.4804741956000003</v>
+        <v>5.4804747568999996</v>
       </c>
       <c r="C264" s="5">
-        <v>1.5096032000000648E-2</v>
+        <v>1.5096392399999381E-2</v>
       </c>
       <c r="D264" s="5">
-        <v>3.365364304069729</v>
+        <v>3.3654457470895904</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>5.5333250124999998</v>
+        <v>5.5333276275000003</v>
       </c>
       <c r="C265" s="5">
-        <v>5.2850816899999487E-2</v>
+        <v>5.2852870600000657E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>12.206112476624753</v>
+        <v>12.20661090557007</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>5.5549917545999996</v>
+        <v>5.5549943352</v>
       </c>
       <c r="C266" s="5">
-        <v>2.1666742099999858E-2</v>
+        <v>2.1666707699999677E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>4.801346081171709</v>
+        <v>4.8013359750652018</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>5.5302488885000001</v>
+        <v>5.5302493809</v>
       </c>
       <c r="C267" s="5">
-        <v>-2.4742866099999539E-2</v>
+        <v>-2.4744954300000011E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>-5.2159848436700962</v>
+        <v>-5.2164119593359537</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>5.505029779</v>
+        <v>5.5050291709000003</v>
       </c>
       <c r="C268" s="5">
-        <v>-2.5219109500000059E-2</v>
+        <v>-2.5220209999999632E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>-5.3370693776072731</v>
+        <v>-5.3372960006233932</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>5.5740078354999998</v>
+        <v>5.5740006457</v>
       </c>
       <c r="C269" s="5">
-        <v>6.8978056499999774E-2</v>
+        <v>6.8971474799999655E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>16.116738112071104</v>
+        <v>16.115094721664903</v>
       </c>
       <c r="E269" s="5">
-        <v>3.1026334454004045</v>
+        <v>3.1025100328093691</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>5.6507692672000003</v>
+        <v>5.650769522</v>
       </c>
       <c r="C270" s="5">
-        <v>7.6761431700000493E-2</v>
+        <v>7.6768876300000066E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>17.836543682923022</v>
+        <v>17.838431399620291</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>5.6852695426000004</v>
+        <v>5.6852698358999998</v>
       </c>
       <c r="C271" s="5">
-        <v>3.4500275400000113E-2</v>
+        <v>3.4500313899999746E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>7.577592915535214</v>
+        <v>7.5776013043368007</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>5.7992384553000003</v>
+        <v>5.7992390207</v>
       </c>
       <c r="C272" s="5">
-        <v>0.11396891269999987</v>
+        <v>0.11396918480000018</v>
       </c>
       <c r="D272" s="5">
-        <v>26.893355743869996</v>
+        <v>26.893425646029101</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>5.7240574029999998</v>
+        <v>5.7240570642000002</v>
       </c>
       <c r="C273" s="5">
-        <v>-7.5181052300000495E-2</v>
+        <v>-7.5181956499999814E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>-14.494083705271098</v>
+        <v>-14.494244474377993</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>5.8003698488</v>
+        <v>5.8003692852000004</v>
       </c>
       <c r="C274" s="5">
-        <v>7.6312445800000184E-2</v>
+        <v>7.6312221000000235E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>17.225062154145519</v>
+        <v>17.225008731270041</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>5.7906928723000002</v>
+        <v>5.7906925466999999</v>
       </c>
       <c r="C275" s="5">
-        <v>-9.6769764999997676E-3</v>
+        <v>-9.6767385000005035E-3</v>
       </c>
       <c r="D275" s="5">
-        <v>-1.9837370655402142</v>
+        <v>-1.9836889143784231</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>5.8808464556000004</v>
+        <v>5.8808466034000002</v>
       </c>
       <c r="C276" s="5">
-        <v>9.0153583300000228E-2</v>
+        <v>9.0154056700000318E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>20.368184200150008</v>
+        <v>20.368301718935044</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>5.9358242337</v>
+        <v>5.9358290048000004</v>
       </c>
       <c r="C277" s="5">
-        <v>5.4977778099999597E-2</v>
+        <v>5.4982401400000214E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>11.813516170292448</v>
+        <v>11.814560935326512</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>5.9446320012999996</v>
+        <v>5.9446376809999997</v>
       </c>
       <c r="C278" s="5">
-        <v>8.8077675999995719E-3</v>
+        <v>8.8086761999992547E-3</v>
       </c>
       <c r="D278" s="5">
-        <v>1.7952024544556133</v>
+        <v>1.7953877048731082</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>6.0219722389000001</v>
+        <v>6.0219745152000002</v>
       </c>
       <c r="C279" s="5">
-        <v>7.7340237600000528E-2</v>
+        <v>7.7336834200000482E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>16.779144250346899</v>
+        <v>16.778335066260365</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>5.9895576843000002</v>
+        <v>5.9895584973</v>
       </c>
       <c r="C280" s="5">
-        <v>-3.2414554599999867E-2</v>
+        <v>-3.2416017900000149E-2</v>
       </c>
       <c r="D280" s="5">
-        <v>-6.2714208827458044</v>
+        <v>-6.2716933657146035</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>6.0438948518000002</v>
+        <v>6.0438811984000003</v>
       </c>
       <c r="C281" s="5">
-        <v>5.433716749999995E-2</v>
+        <v>5.4322701100000259E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>11.446331934304798</v>
+        <v>11.443129308648125</v>
       </c>
       <c r="E281" s="5">
-        <v>8.4299669137054778</v>
+        <v>8.4298618275633785</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>6.0439815199</v>
+        <v>6.0439817867999999</v>
       </c>
       <c r="C282" s="5">
-        <v>8.6668099999798187E-5</v>
+        <v>1.0058839999960156E-4</v>
       </c>
       <c r="D282" s="5">
-        <v>1.7209088746517054E-2</v>
+        <v>1.9973445154053415E-2</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>5.9999791543000001</v>
+        <v>5.9999787137</v>
       </c>
       <c r="C283" s="5">
-        <v>-4.4002365599999926E-2</v>
+        <v>-4.4003073099999845E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>-8.3949607773875066</v>
+        <v>-8.3950900428770296</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>6.1153368012999998</v>
+        <v>6.115336181</v>
       </c>
       <c r="C284" s="5">
-        <v>0.11535764699999973</v>
+        <v>0.11535746729999996</v>
       </c>
       <c r="D284" s="5">
-        <v>25.674646011634184</v>
+        <v>25.674603785093808</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>5.9328173593000004</v>
+        <v>5.9328158501999999</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.18251944199999937</v>
+        <v>-0.18252033080000007</v>
       </c>
       <c r="D285" s="5">
-        <v>-30.483615358213743</v>
+        <v>-30.483742932908431</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>5.9040027172</v>
+        <v>5.9040013766000001</v>
       </c>
       <c r="C286" s="5">
-        <v>-2.8814642100000398E-2</v>
+        <v>-2.8814473599999779E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>-5.6749947852218323</v>
+        <v>-5.6749638860065339</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>5.9058674712999997</v>
+        <v>5.9058668187999999</v>
       </c>
       <c r="C287" s="5">
-        <v>1.8647540999996437E-3</v>
+        <v>1.8654421999997339E-3</v>
       </c>
       <c r="D287" s="5">
-        <v>0.37967398651956863</v>
+        <v>0.37981441733778709</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>5.7855741684000002</v>
+        <v>5.7855742913999997</v>
       </c>
       <c r="C288" s="5">
-        <v>-0.12029330289999951</v>
+        <v>-0.12029252740000018</v>
       </c>
       <c r="D288" s="5">
-        <v>-21.881621545276776</v>
+        <v>-21.881498046466717</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>5.8327840405</v>
+        <v>5.8327912927999996</v>
       </c>
       <c r="C289" s="5">
-        <v>4.7209872099999828E-2</v>
+        <v>4.7217001399999958E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>10.243547067342362</v>
+        <v>10.245163833398173</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>5.8382606129000001</v>
+        <v>5.8382694838999996</v>
       </c>
       <c r="C290" s="5">
-        <v>5.4765724000001015E-3</v>
+        <v>5.4781910999999184E-3</v>
       </c>
       <c r="D290" s="5">
-        <v>1.1325520085248897</v>
+        <v>1.1328870699397475</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>5.8214696097000003</v>
+        <v>5.8214736173999997</v>
       </c>
       <c r="C291" s="5">
-        <v>-1.6791003199999821E-2</v>
+        <v>-1.6795866499999867E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>-3.3971618853213204</v>
+        <v>-3.3981252319310262</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>5.8718329729000001</v>
+        <v>5.8718356442999999</v>
       </c>
       <c r="C292" s="5">
-        <v>5.0363363199999789E-2</v>
+        <v>5.0362026900000245E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>10.890082099735189</v>
+        <v>10.889771409255534</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>5.7171440947000001</v>
+        <v>5.7171246225000001</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.15468887819999999</v>
+        <v>-0.15471102179999985</v>
       </c>
       <c r="D293" s="5">
-        <v>-27.411914999905072</v>
+        <v>-27.415277976141606</v>
       </c>
       <c r="E293" s="5">
-        <v>-5.4062945354300229</v>
+        <v>-5.4064030243761714</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>5.6447635154000002</v>
+        <v>5.6447649631000001</v>
       </c>
       <c r="C294" s="5">
-        <v>-7.2380579299999859E-2</v>
+        <v>-7.2359659399999998E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>-14.177854877928331</v>
+        <v>-14.174083009758199</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>5.7141396312000001</v>
+        <v>5.7141397991999998</v>
       </c>
       <c r="C295" s="5">
-        <v>6.9376115799999916E-2</v>
+        <v>6.9374836099999726E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>15.78736175868729</v>
+        <v>15.78704626124825</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>5.5346431526000002</v>
+        <v>5.5346598348000002</v>
       </c>
       <c r="C296" s="5">
-        <v>-0.17949647859999995</v>
+        <v>-0.17947996439999958</v>
       </c>
       <c r="D296" s="5">
-        <v>-31.818694131626046</v>
+        <v>-31.816252048993032</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>5.5352923763000002</v>
+        <v>5.5352870662000004</v>
       </c>
       <c r="C297" s="5">
-        <v>6.4922369999997898E-4</v>
+        <v>6.272314000002055E-4</v>
       </c>
       <c r="D297" s="5">
-        <v>0.14085303042634667</v>
+        <v>0.13607828238095809</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>5.5087042602</v>
+        <v>5.5086958255000003</v>
       </c>
       <c r="C298" s="5">
-        <v>-2.6588116100000114E-2</v>
+        <v>-2.6591240700000185E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>-5.6141904860197211</v>
+        <v>-5.61483816942755</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>5.4096567656000003</v>
+        <v>5.4096459609999998</v>
       </c>
       <c r="C299" s="5">
-        <v>-9.904749459999973E-2</v>
+        <v>-9.9049864500000417E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>-19.565375646845261</v>
+        <v>-19.565825554091564</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>5.3862953005999996</v>
+        <v>5.3862832245999996</v>
       </c>
       <c r="C300" s="5">
-        <v>-2.3361465000000692E-2</v>
+        <v>-2.3362736400000195E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>-5.0608392766543719</v>
+        <v>-5.0611180631525148</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>5.3223534174999996</v>
+        <v>5.3223498662999997</v>
       </c>
       <c r="C301" s="5">
-        <v>-6.3941883100000041E-2</v>
+        <v>-6.3933358299999909E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>-13.351191182379562</v>
+        <v>-13.349553748870935</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>5.3309206380000003</v>
+        <v>5.3309257922000004</v>
       </c>
       <c r="C302" s="5">
-        <v>8.567220500000694E-3</v>
+        <v>8.5759259000006693E-3</v>
       </c>
       <c r="D302" s="5">
-        <v>1.9487941537962294</v>
+        <v>1.9507932749958989</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>5.5247795527000001</v>
+        <v>5.5247883086999998</v>
       </c>
       <c r="C303" s="5">
-        <v>0.19385891469999983</v>
+        <v>0.19386251649999942</v>
       </c>
       <c r="D303" s="5">
-        <v>53.515714382440763</v>
+        <v>53.516852875675937</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>5.4599156378</v>
+        <v>5.4599306942999997</v>
       </c>
       <c r="C304" s="5">
-        <v>-6.4863914900000097E-2</v>
+        <v>-6.4857614400000152E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>-13.213585843553677</v>
+        <v>-13.212364457282423</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>5.5049119343999999</v>
+        <v>5.5049156652000004</v>
       </c>
       <c r="C305" s="5">
-        <v>4.499629659999993E-2</v>
+        <v>4.4984970900000754E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>10.350249503222276</v>
+        <v>10.34749530427559</v>
       </c>
       <c r="E305" s="5">
-        <v>-3.712205898339116</v>
+        <v>-3.7118126910307692</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>5.4533564416000004</v>
+        <v>5.4533917117000001</v>
       </c>
       <c r="C306" s="5">
-        <v>-5.1555492799999492E-2</v>
+        <v>-5.1523953500000275E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>-10.677244746071125</v>
+        <v>-10.67103854392294</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>5.4284352878000002</v>
+        <v>5.4284211196000003</v>
       </c>
       <c r="C307" s="5">
-        <v>-2.4921153800000262E-2</v>
+        <v>-2.4970592099999855E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>-5.3480946387127748</v>
+        <v>-5.358404593686517</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>5.3558603011999999</v>
+        <v>5.3558297709999998</v>
       </c>
       <c r="C308" s="5">
-        <v>-7.257498660000028E-2</v>
+        <v>-7.2591348600000494E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>-14.914626865300173</v>
+        <v>-14.917782131007606</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>5.3310932947999996</v>
+        <v>5.3311120658000002</v>
       </c>
       <c r="C309" s="5">
-        <v>-2.4767006400000291E-2</v>
+        <v>-2.4717705199999607E-2</v>
       </c>
       <c r="D309" s="5">
-        <v>-5.4101566968476238</v>
+        <v>-5.399689123318419</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>5.3069304724000004</v>
+        <v>5.3069336073000004</v>
       </c>
       <c r="C310" s="5">
-        <v>-2.4162822399999229E-2</v>
+        <v>-2.4178458499999778E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>-5.3053636421553581</v>
+        <v>-5.3086934074905727</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>5.3025568950000004</v>
+        <v>5.3025512303999998</v>
       </c>
       <c r="C311" s="5">
-        <v>-4.373577399999995E-3</v>
+        <v>-4.3823769000006507E-3</v>
       </c>
       <c r="D311" s="5">
-        <v>-0.98448043490481085</v>
+        <v>-0.98645161101748036</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>5.2790817126</v>
+        <v>5.2790741430999999</v>
       </c>
       <c r="C312" s="5">
-        <v>-2.347518240000035E-2</v>
+        <v>-2.3477087299999866E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>-5.1851053615004634</v>
+        <v>-5.1855213213164442</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>5.2107577415000002</v>
+        <v>5.2107586204</v>
       </c>
       <c r="C313" s="5">
-        <v>-6.8323971099999881E-2</v>
+        <v>-6.8315522699999853E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>-14.471672924115653</v>
+        <v>-14.470028159467995</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>5.2283087888999997</v>
+        <v>5.2283124694999996</v>
       </c>
       <c r="C314" s="5">
-        <v>1.7551047399999575E-2</v>
+        <v>1.7553849099999574E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>4.1176039312962764</v>
+        <v>4.1182727491981819</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>5.1316118286999997</v>
+        <v>5.1316010740999998</v>
       </c>
       <c r="C315" s="5">
-        <v>-9.6696960200000071E-2</v>
+        <v>-9.6711395399999844E-2</v>
       </c>
       <c r="D315" s="5">
-        <v>-20.069815331842978</v>
+        <v>-20.072500683860518</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>5.1554395997000002</v>
+        <v>5.1553977122000001</v>
       </c>
       <c r="C316" s="5">
-        <v>2.3827771000000553E-2</v>
+        <v>2.3796638100000322E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>5.716521994747148</v>
+        <v>5.7088736522507899</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>5.1052996440999996</v>
+        <v>5.1052309773999998</v>
       </c>
       <c r="C317" s="5">
-        <v>-5.0139955600000619E-2</v>
+        <v>-5.0166734800000334E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>-11.066290364513964</v>
+        <v>-11.071973288517889</v>
       </c>
       <c r="E317" s="5">
-        <v>-7.2591949710010262</v>
+        <v>-7.2605051940515031</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>5.0651116255000002</v>
+        <v>5.0651013733000001</v>
       </c>
       <c r="C318" s="5">
-        <v>-4.0188018599999431E-2</v>
+        <v>-4.0129604099999661E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-9.0477589125749098</v>
+        <v>-9.0352873168980778</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>5.0357977546999999</v>
+        <v>5.0357504405000002</v>
       </c>
       <c r="C319" s="5">
-        <v>-2.9313870800000252E-2</v>
+        <v>-2.9350932799999896E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>-6.7280388674634262</v>
+        <v>-6.7362891898036903</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>5.0668168161000002</v>
+        <v>5.0668134554000002</v>
       </c>
       <c r="C320" s="5">
-        <v>3.1019061400000325E-2</v>
+        <v>3.1063014899999963E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>7.6472849497498441</v>
+        <v>7.6585656923749523</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>5.1271992865999998</v>
+        <v>5.1274133965999997</v>
       </c>
       <c r="C321" s="5">
-        <v>6.0382470499999563E-2</v>
+        <v>6.0599941199999563E-2</v>
       </c>
       <c r="D321" s="5">
-        <v>15.276276180544635</v>
+        <v>15.3349741848817</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>5.1098752973000003</v>
+        <v>5.1101474757999998</v>
       </c>
       <c r="C322" s="5">
-        <v>-1.7323989299999454E-2</v>
+        <v>-1.726592079999989E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>-3.9801016683913004</v>
+        <v>-3.9668442381823543</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>5.0901445763000002</v>
+        <v>5.0900778783999998</v>
       </c>
       <c r="C323" s="5">
-        <v>-1.9730721000000173E-2</v>
+        <v>-2.0069597400000028E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>-4.5364028965936054</v>
+        <v>-4.6124004526419959</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>5.0676555445</v>
+        <v>5.0677493532</v>
       </c>
       <c r="C324" s="5">
-        <v>-2.248903180000017E-2</v>
+        <v>-2.2328525199999838E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>-5.1748284226774572</v>
+        <v>-5.1388473733092415</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>5.0989254334999998</v>
+        <v>5.0988434337999999</v>
       </c>
       <c r="C325" s="5">
-        <v>3.1269888999999829E-2</v>
+        <v>3.1094080599999963E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>7.6611165141431625</v>
+        <v>7.616433961448843</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>5.0224494758000002</v>
+        <v>5.0225098520999998</v>
       </c>
       <c r="C326" s="5">
-        <v>-7.6475957699999597E-2</v>
+        <v>-7.6333581700000153E-2</v>
       </c>
       <c r="D326" s="5">
-        <v>-16.585223960835904</v>
+        <v>-16.55708864774088</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>4.9369942015000001</v>
+        <v>4.9368618297999998</v>
       </c>
       <c r="C327" s="5">
-        <v>-8.5455274300000106E-2</v>
+        <v>-8.5648022300000015E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>-18.611229715131039</v>
+        <v>-18.649148480281884</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>4.9666525685999998</v>
+        <v>4.9662867105000004</v>
       </c>
       <c r="C328" s="5">
-        <v>2.9658367099999694E-2</v>
+        <v>2.94248807000006E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>7.4518669040604779</v>
+        <v>7.3914704954924026</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>4.9169439173000002</v>
+        <v>4.9164677434000001</v>
       </c>
       <c r="C329" s="5">
-        <v>-4.9708651299999573E-2</v>
+        <v>-4.9818967100000222E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>-11.37062517824422</v>
+        <v>-11.395277587175357</v>
       </c>
       <c r="E329" s="5">
-        <v>-3.6894157038886988</v>
+        <v>-3.6974474776091948</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>4.9784323249</v>
+        <v>4.9781086436999997</v>
       </c>
       <c r="C330" s="5">
-        <v>6.1488407599999739E-2</v>
+        <v>6.1640900299999579E-2</v>
       </c>
       <c r="D330" s="5">
-        <v>16.082896806285497</v>
+        <v>16.127243395478107</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>4.9341381708999998</v>
+        <v>4.9340020515000003</v>
       </c>
       <c r="C331" s="5">
-        <v>-4.4294154000000141E-2</v>
+        <v>-4.4106592199999461E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>-10.169381795506737</v>
+        <v>-10.129023166304407</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>5.0644299488</v>
+        <v>5.0646427704999999</v>
       </c>
       <c r="C332" s="5">
-        <v>0.13029177790000013</v>
+        <v>0.13064071899999963</v>
       </c>
       <c r="D332" s="5">
-        <v>36.719712820762382</v>
+        <v>36.833964588790401</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>4.9218533289000002</v>
+        <v>4.9226480247</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.14257661989999981</v>
+        <v>-0.14199474579999993</v>
       </c>
       <c r="D333" s="5">
-        <v>-29.013266718980159</v>
+        <v>-28.911460372599464</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>4.9093753995</v>
+        <v>4.9105179818</v>
       </c>
       <c r="C334" s="5">
-        <v>-1.2477929400000143E-2</v>
+        <v>-1.2130042899999971E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>-3.0001877669474375</v>
+        <v>-2.9172081435523856</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>4.8778851123999996</v>
+        <v>4.8780546347999998</v>
       </c>
       <c r="C335" s="5">
-        <v>-3.1490287100000458E-2</v>
+        <v>-3.2463347000000198E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>-7.4313558867458385</v>
+        <v>-7.6509880601797642</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>4.8569579121000004</v>
+        <v>4.8573136298000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-2.0927200299999171E-2</v>
+        <v>-2.0741004999999646E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>-5.0285050803911098</v>
+        <v>-4.9846369829356867</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>4.8911217281999999</v>
+        <v>4.8909813378000004</v>
       </c>
       <c r="C337" s="5">
-        <v>3.4163816099999522E-2</v>
+        <v>3.3667708000000296E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>8.7751213713850973</v>
+        <v>8.642140783115849</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>4.8246629380000003</v>
+        <v>4.8247475819999996</v>
       </c>
       <c r="C338" s="5">
-        <v>-6.6458790199999562E-2</v>
+        <v>-6.6233755800000793E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>-15.140185664341498</v>
+        <v>-15.093078054234654</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>4.8423946539999996</v>
+        <v>4.8420359355000002</v>
       </c>
       <c r="C339" s="5">
-        <v>1.7731715999999231E-2</v>
+        <v>1.7288353500000575E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>4.500517740891774</v>
+        <v>4.3856821195316087</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>4.7854740403999996</v>
+        <v>4.7835273323000003</v>
       </c>
       <c r="C340" s="5">
-        <v>-5.6920613600000003E-2</v>
+        <v>-5.8508603199999953E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>-13.228441332293695</v>
+        <v>-13.57427759415345</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>4.7390199811000002</v>
+        <v>4.7377044989000003</v>
       </c>
       <c r="C341" s="5">
-        <v>-4.6454059299999351E-2</v>
+        <v>-4.5822833399999929E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>-11.0465284533663</v>
+        <v>-10.908450085029697</v>
       </c>
       <c r="E341" s="5">
-        <v>-3.6185878706890384</v>
+        <v>-3.6360097092058896</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>4.5859643215999997</v>
+        <v>4.5848835147000004</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.15305565950000055</v>
+        <v>-0.1528209841999999</v>
       </c>
       <c r="D342" s="5">
-        <v>-32.561860274171487</v>
+        <v>-32.527928539059026</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>4.4186476097999998</v>
+        <v>4.4179756773000003</v>
       </c>
       <c r="C343" s="5">
-        <v>-0.16731671179999985</v>
+        <v>-0.16690783740000015</v>
       </c>
       <c r="D343" s="5">
-        <v>-35.981668310502847</v>
+        <v>-35.917392989749416</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>4.4454927631999999</v>
+        <v>4.4454432154000001</v>
       </c>
       <c r="C344" s="5">
-        <v>2.6845153400000044E-2</v>
+        <v>2.74675380999998E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>7.5391202369402777</v>
+        <v>7.7211442702484145</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>4.5213234744999999</v>
+        <v>4.5234034782999997</v>
       </c>
       <c r="C345" s="5">
-        <v>7.5830711300000075E-2</v>
+        <v>7.7960262899999577E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>22.503377216066568</v>
+        <v>23.197849436809094</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>4.5042875916999998</v>
+        <v>4.5110245251999999</v>
       </c>
       <c r="C346" s="5">
-        <v>-1.7035882800000124E-2</v>
+        <v>-1.2378953099999812E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>-4.4289432323481144</v>
+        <v>-3.2349941664598258</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>4.5703693685999998</v>
+        <v>4.5700081745999999</v>
       </c>
       <c r="C347" s="5">
-        <v>6.6081776899999944E-2</v>
+        <v>5.8983649400000004E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>19.097395225797097</v>
+        <v>16.869574820357002</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>4.5496095344</v>
+        <v>4.5495098546000001</v>
       </c>
       <c r="C348" s="5">
-        <v>-2.0759834199999716E-2</v>
+        <v>-2.0498319999999737E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>-5.3165878630071273</v>
+        <v>-5.2516625735227196</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>4.4905477859999996</v>
+        <v>4.4897410539999996</v>
       </c>
       <c r="C349" s="5">
-        <v>-5.9061748400000447E-2</v>
+        <v>-5.976880060000056E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>-14.512549978495027</v>
+        <v>-14.674232331624815</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>4.5324505486</v>
+        <v>4.5321022710000003</v>
       </c>
       <c r="C350" s="5">
-        <v>4.1902762600000365E-2</v>
+        <v>4.2361217000000728E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>11.790532695754852</v>
+        <v>11.928554042281592</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>4.5453024084999996</v>
+        <v>4.5442727445999997</v>
       </c>
       <c r="C351" s="5">
-        <v>1.2851859899999596E-2</v>
+        <v>1.2170473599999454E-2</v>
       </c>
       <c r="D351" s="5">
-        <v>3.4561954807409867</v>
+        <v>3.2704944594761143</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>4.5082966143999998</v>
+        <v>4.5042821007000002</v>
       </c>
       <c r="C352" s="5">
-        <v>-3.7005794099999711E-2</v>
+        <v>-3.9990643899999512E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>-9.344034877452966</v>
+        <v>-10.063845755890155</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>4.5621784084000003</v>
+        <v>4.5594987853999998</v>
       </c>
       <c r="C353" s="5">
-        <v>5.3881794000000482E-2</v>
+        <v>5.5216684699999519E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>15.323388628361156</v>
+        <v>15.743940657441913</v>
       </c>
       <c r="E353" s="5">
-        <v>-3.7316063955263656</v>
+        <v>-3.7614358080242494</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>4.6001931790999997</v>
+        <v>4.5976034452999999</v>
       </c>
       <c r="C354" s="5">
-        <v>3.8014770699999367E-2</v>
+        <v>3.8104659900000115E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>10.470331941923883</v>
+        <v>10.502693134643003</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>4.5964656955000001</v>
+        <v>4.5940937314000001</v>
       </c>
       <c r="C355" s="5">
-        <v>-3.727483599999637E-3</v>
+        <v>-3.5097138999997668E-3</v>
       </c>
       <c r="D355" s="5">
-        <v>-0.96802452973305808</v>
+        <v>-0.91221843128650448</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>4.6202649235999997</v>
+        <v>4.6183331752000001</v>
       </c>
       <c r="C356" s="5">
-        <v>2.3799228099999681E-2</v>
+        <v>2.4239443799999982E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>6.39329598326559</v>
+        <v>6.5184666735256691</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>4.6115139879999996</v>
+        <v>4.6191812092999998</v>
       </c>
       <c r="C357" s="5">
-        <v>-8.7509356000001759E-3</v>
+        <v>8.4803409999967272E-4</v>
       </c>
       <c r="D357" s="5">
-        <v>-2.2493122104843777</v>
+        <v>0.22057076774675277</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>4.5908634222</v>
+        <v>4.607760002</v>
       </c>
       <c r="C358" s="5">
-        <v>-2.0650565799999576E-2</v>
+        <v>-1.1421207299999736E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>-5.2432603967872975</v>
+        <v>-2.9270544277208321</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>4.5584621627999997</v>
+        <v>4.5562461249000004</v>
       </c>
       <c r="C359" s="5">
-        <v>-3.2401259400000271E-2</v>
+        <v>-5.1513877099999661E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>-8.1481772593034023</v>
+        <v>-12.620831147733224</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>4.5473619665999996</v>
+        <v>4.5457488084</v>
       </c>
       <c r="C360" s="5">
-        <v>-1.1100196200000134E-2</v>
+        <v>-1.0497316500000409E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>-2.8832703592148401</v>
+        <v>-2.7299616341505684</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>4.7999393025000003</v>
+        <v>4.7971013349999998</v>
       </c>
       <c r="C361" s="5">
-        <v>0.25257733590000075</v>
+        <v>0.25135252659999985</v>
       </c>
       <c r="D361" s="5">
-        <v>91.299857036051307</v>
+        <v>90.757450598572035</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>4.7505866065999998</v>
+        <v>4.7484970919</v>
       </c>
       <c r="C362" s="5">
-        <v>-4.9352695900000576E-2</v>
+        <v>-4.8604243099999778E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>-11.663958591266754</v>
+        <v>-11.503233218870712</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>4.7563484936</v>
+        <v>4.7543124617999997</v>
       </c>
       <c r="C363" s="5">
-        <v>5.7618870000002431E-3</v>
+        <v>5.815369899999645E-3</v>
       </c>
       <c r="D363" s="5">
-        <v>1.4652033270204479</v>
+        <v>1.4795504735952703</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>4.7276262738000003</v>
+        <v>4.7214396930999998</v>
       </c>
       <c r="C364" s="5">
-        <v>-2.8722219799999671E-2</v>
+        <v>-3.2872768699999888E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>-7.0105581548131841</v>
+        <v>-7.9887966290071439</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>4.7855848162000001</v>
+        <v>4.7815271007</v>
       </c>
       <c r="C365" s="5">
-        <v>5.7958542399999757E-2</v>
+        <v>6.0087407600000198E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>15.745086037944468</v>
+        <v>16.387435102499627</v>
       </c>
       <c r="E365" s="5">
-        <v>4.8969239648466667</v>
+        <v>4.8695772441251339</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>4.8092828942999999</v>
+        <v>4.8050936697999997</v>
       </c>
       <c r="C366" s="5">
-        <v>2.3698078099999798E-2</v>
+        <v>2.3566569099999768E-2</v>
       </c>
       <c r="D366" s="5">
-        <v>6.1069122556424604</v>
+        <v>6.0773931983389984</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>4.7727631557999999</v>
+        <v>4.7685328861</v>
       </c>
       <c r="C367" s="5">
-        <v>-3.651973850000001E-2</v>
+        <v>-3.656078369999971E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-8.7412089051360891</v>
+        <v>-8.7579389133712766</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>4.6860813300000004</v>
+        <v>4.6819876592999998</v>
       </c>
       <c r="C368" s="5">
-        <v>-8.6681825799999501E-2</v>
+        <v>-8.6545226800000208E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>-19.743676604909833</v>
+        <v>-19.731381048274276</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>4.2960066070999998</v>
+        <v>4.3118440737999997</v>
       </c>
       <c r="C369" s="5">
-        <v>-0.39007472290000056</v>
+        <v>-0.37014358550000015</v>
       </c>
       <c r="D369" s="5">
-        <v>-64.757928662156573</v>
+        <v>-62.778540991388418</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>4.2820348922999996</v>
+        <v>4.3105933331999999</v>
       </c>
       <c r="C370" s="5">
-        <v>-1.3971714800000257E-2</v>
+        <v>-1.2507405999997445E-3</v>
       </c>
       <c r="D370" s="5">
-        <v>-3.8336495813388272</v>
+        <v>-0.3475303153606113</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>4.2530229619000002</v>
+        <v>4.2484498405000002</v>
       </c>
       <c r="C371" s="5">
-        <v>-2.9011930399999386E-2</v>
+        <v>-6.2143492699999747E-2</v>
       </c>
       <c r="D371" s="5">
-        <v>-7.8340916916167735</v>
+        <v>-15.991872141208074</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>4.1471619088000002</v>
+        <v>4.1435185069999996</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.10586105309999994</v>
+        <v>-0.10493133350000061</v>
       </c>
       <c r="D372" s="5">
-        <v>-26.100897893298669</v>
+        <v>-25.926058495738957</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>4.3068977731000002</v>
+        <v>4.2999384958000002</v>
       </c>
       <c r="C373" s="5">
-        <v>0.15973586429999997</v>
+        <v>0.15641998880000063</v>
       </c>
       <c r="D373" s="5">
-        <v>57.384831156031836</v>
+        <v>55.996742215459136</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>4.4666036071999997</v>
+        <v>4.4621750853000002</v>
       </c>
       <c r="C374" s="5">
-        <v>0.1597058340999995</v>
+        <v>0.16223658949999997</v>
       </c>
       <c r="D374" s="5">
-        <v>54.794021868860554</v>
+        <v>55.959688640673846</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>4.4671456875000004</v>
+        <v>4.4636737877000003</v>
       </c>
       <c r="C375" s="5">
-        <v>5.420803000006913E-4</v>
+        <v>1.4987024000001625E-3</v>
       </c>
       <c r="D375" s="5">
-        <v>0.14573282003500498</v>
+        <v>0.40378711857960159</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>4.5462897517999998</v>
+        <v>4.5383107399</v>
       </c>
       <c r="C376" s="5">
-        <v>7.9144064299999428E-2</v>
+        <v>7.4636952199999662E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>23.459337105212462</v>
+        <v>22.017288163598714</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>4.4064708719999999</v>
+        <v>4.4014366275999999</v>
       </c>
       <c r="C377" s="5">
-        <v>-0.13981887979999996</v>
+        <v>-0.13687411230000013</v>
       </c>
       <c r="D377" s="5">
-        <v>-31.260636500808392</v>
+        <v>-30.752724331470493</v>
       </c>
       <c r="E377" s="5">
-        <v>-7.9219982250996024</v>
+        <v>-7.949143967925143</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>4.4199801868000002</v>
+        <v>4.4149140302000003</v>
       </c>
       <c r="C378" s="5">
-        <v>1.3509314800000283E-2</v>
+        <v>1.347740260000041E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>3.7416203190143715</v>
+        <v>3.7369739582824302</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>4.4558352394999998</v>
+        <v>4.4507679886</v>
       </c>
       <c r="C379" s="5">
-        <v>3.5855052699999668E-2</v>
+        <v>3.5853958399999719E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>10.180722347738037</v>
+        <v>10.192606414284811</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>4.4578415592000002</v>
+        <v>4.4527663829000002</v>
       </c>
       <c r="C380" s="5">
-        <v>2.0063197000004251E-3</v>
+        <v>1.9983943000001503E-3</v>
       </c>
       <c r="D380" s="5">
-        <v>0.54166161571920224</v>
+        <v>0.540132417268957</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>4.3733455411</v>
+        <v>4.3971403293</v>
       </c>
       <c r="C381" s="5">
-        <v>-8.4496018100000292E-2</v>
+        <v>-5.5626053600000169E-2</v>
       </c>
       <c r="D381" s="5">
-        <v>-20.517784008304918</v>
+        <v>-14.002666120432872</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>4.5802568150000003</v>
+        <v>4.6176912120000004</v>
       </c>
       <c r="C382" s="5">
-        <v>0.2069112739000003</v>
+        <v>0.22055088270000045</v>
       </c>
       <c r="D382" s="5">
-        <v>74.14557499283913</v>
+        <v>79.909769125770509</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>4.5421533982</v>
+        <v>4.5360376296</v>
       </c>
       <c r="C383" s="5">
-        <v>-3.8103416800000289E-2</v>
+        <v>-8.1653582400000424E-2</v>
       </c>
       <c r="D383" s="5">
-        <v>-9.5385361483808833</v>
+        <v>-19.272569737885703</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>4.6473744435000004</v>
+        <v>4.6418384887000004</v>
       </c>
       <c r="C384" s="5">
-        <v>0.10522104530000043</v>
+        <v>0.10580085910000037</v>
       </c>
       <c r="D384" s="5">
-        <v>31.628647488377993</v>
+        <v>31.874406715554613</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>4.7109484405000002</v>
+        <v>4.6996824227999996</v>
       </c>
       <c r="C385" s="5">
-        <v>6.3573996999999771E-2</v>
+        <v>5.7843934099999217E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>17.708609105498031</v>
+        <v>16.022398442596277</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>4.7842820884000004</v>
+        <v>4.7768049699999997</v>
       </c>
       <c r="C386" s="5">
-        <v>7.3333647900000187E-2</v>
+        <v>7.7122547200000113E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>20.365251511358974</v>
+        <v>21.570437163434431</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>4.8790458076999998</v>
+        <v>4.8735837077999999</v>
       </c>
       <c r="C387" s="5">
-        <v>9.4763719299999494E-2</v>
+        <v>9.6778737800000236E-2</v>
       </c>
       <c r="D387" s="5">
-        <v>26.536962848543922</v>
+        <v>27.212866154119087</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>4.9508393127000003</v>
+        <v>4.9408752399000004</v>
       </c>
       <c r="C388" s="5">
-        <v>7.1793505000000479E-2</v>
+        <v>6.7291532100000495E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>19.159102446964617</v>
+        <v>17.88688602701114</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>5.1206521455000003</v>
+        <v>5.1149208106000001</v>
       </c>
       <c r="C389" s="5">
-        <v>0.16981283279999992</v>
+        <v>0.17404557069999971</v>
       </c>
       <c r="D389" s="5">
-        <v>49.884707118261453</v>
+        <v>51.502680961329347</v>
       </c>
       <c r="E389" s="5">
-        <v>16.207556891800113</v>
+        <v>16.210256863088055</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>5.2264186437999998</v>
+        <v>5.2215250644999998</v>
       </c>
       <c r="C390" s="5">
-        <v>0.10576649829999951</v>
+        <v>0.10660425389999961</v>
       </c>
       <c r="D390" s="5">
-        <v>27.804762942878281</v>
+        <v>28.08593198033893</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>5.4524494642999999</v>
+        <v>5.4485090970999996</v>
       </c>
       <c r="C391" s="5">
-        <v>0.22603082050000012</v>
+        <v>0.22698403259999989</v>
       </c>
       <c r="D391" s="5">
-        <v>66.207055446807118</v>
+        <v>66.634053718282033</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>5.6390897029999998</v>
+        <v>5.6361102142000004</v>
       </c>
       <c r="C392" s="5">
-        <v>0.18664023869999991</v>
+        <v>0.18760111710000071</v>
       </c>
       <c r="D392" s="5">
-        <v>49.764282084962289</v>
+        <v>50.114125853800815</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>5.8588067313999996</v>
+        <v>5.8867222598</v>
       </c>
       <c r="C393" s="5">
-        <v>0.21971702839999985</v>
+        <v>0.25061204559999961</v>
       </c>
       <c r="D393" s="5">
-        <v>58.198377473677219</v>
+        <v>68.55002661092162</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>5.9822069501000001</v>
+        <v>6.0286546896999997</v>
       </c>
       <c r="C394" s="5">
-        <v>0.12340021870000051</v>
+        <v>0.14193242989999977</v>
       </c>
       <c r="D394" s="5">
-        <v>28.418364424376996</v>
+        <v>33.09518877372799</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>6.0368457834000004</v>
+        <v>6.0273999386000003</v>
       </c>
       <c r="C395" s="5">
-        <v>5.46388333000003E-2</v>
+        <v>-1.254751099999396E-3</v>
       </c>
       <c r="D395" s="5">
-        <v>11.527966049975369</v>
+        <v>-0.24947172858024169</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>6.0461226563999997</v>
+        <v>6.0378325092000003</v>
       </c>
       <c r="C396" s="5">
-        <v>9.2768729999992416E-3</v>
+        <v>1.0432570599999913E-2</v>
       </c>
       <c r="D396" s="5">
-        <v>1.8597161902782933</v>
+        <v>2.0969162942398478</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>6.0079745375</v>
+        <v>5.9927467939000003</v>
       </c>
       <c r="C397" s="5">
-        <v>-3.8148118899999695E-2</v>
+        <v>-4.508571529999994E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>-7.3141236725952634</v>
+        <v>-8.6016403019268832</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>6.0936260476999999</v>
+        <v>6.0834585625999997</v>
       </c>
       <c r="C398" s="5">
-        <v>8.5651510199999947E-2</v>
+        <v>9.0711768699999418E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>18.514799816966775</v>
+        <v>19.755511953059646</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>6.2801872994999997</v>
+        <v>6.2721813046000001</v>
       </c>
       <c r="C399" s="5">
-        <v>0.18656125179999972</v>
+        <v>0.18872274200000039</v>
       </c>
       <c r="D399" s="5">
-        <v>43.602356628798702</v>
+        <v>44.283474872827796</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>6.4515424054999997</v>
+        <v>6.4401474852999998</v>
       </c>
       <c r="C400" s="5">
-        <v>0.17135510600000003</v>
+        <v>0.16796618069999969</v>
       </c>
       <c r="D400" s="5">
-        <v>38.131115540510784</v>
+        <v>37.317698208091365</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>6.5227216734000004</v>
+        <v>6.5163345232000003</v>
       </c>
       <c r="C401" s="5">
-        <v>7.1179267900000731E-2</v>
+        <v>7.6187037900000476E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>14.073165893722027</v>
+        <v>15.157093692595858</v>
       </c>
       <c r="E401" s="5">
-        <v>27.380682929851631</v>
+        <v>27.398541727092905</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>6.6354234086000004</v>
+        <v>6.6310626657</v>
       </c>
       <c r="C402" s="5">
-        <v>0.11270173519999993</v>
+        <v>0.11472814249999974</v>
       </c>
       <c r="D402" s="5">
-        <v>22.822382494683357</v>
+        <v>23.298312159103585</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>6.6614859351</v>
+        <v>6.6595768795000003</v>
       </c>
       <c r="C403" s="5">
-        <v>2.6062526499999628E-2</v>
+        <v>2.8514213800000299E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>4.8165103141769805</v>
+        <v>5.2839224330951007</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>6.7383944575000001</v>
+        <v>6.7391895471999996</v>
       </c>
       <c r="C404" s="5">
-        <v>7.6908522400000123E-2</v>
+        <v>7.9612667699999307E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>14.768784556440773</v>
+        <v>15.327377457921166</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>6.7462313288000004</v>
+        <v>6.7796350342</v>
       </c>
       <c r="C405" s="5">
-        <v>7.8368713000003254E-3</v>
+        <v>4.0445487000000391E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>1.4045830357381828</v>
+        <v>7.4443850367634345</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>6.5878491888999999</v>
+        <v>6.6361388537000003</v>
       </c>
       <c r="C406" s="5">
-        <v>-0.1583821399000005</v>
+        <v>-0.14349618049999968</v>
       </c>
       <c r="D406" s="5">
-        <v>-24.804987809343981</v>
+        <v>-22.64118801124323</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>6.6252883258999997</v>
+        <v>6.6156344507</v>
       </c>
       <c r="C407" s="5">
-        <v>3.7439136999999789E-2</v>
+        <v>-2.0504403000000337E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>7.036922453180483</v>
+        <v>-3.6454058528408662</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>6.6436167260000003</v>
+        <v>6.6323577763000001</v>
       </c>
       <c r="C408" s="5">
-        <v>1.8328400100000586E-2</v>
+        <v>1.6723325600000116E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>3.3706960776487938</v>
+        <v>3.0759504561449491</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>6.7079894080000004</v>
+        <v>6.6897103982999999</v>
       </c>
       <c r="C409" s="5">
-        <v>6.4372682000000125E-2</v>
+        <v>5.7352621999999798E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>12.267378156374509</v>
+        <v>10.884912523679692</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>6.5991755748000003</v>
+        <v>6.5861125404000003</v>
       </c>
       <c r="C410" s="5">
-        <v>-0.10881383320000015</v>
+        <v>-0.10359785789999965</v>
       </c>
       <c r="D410" s="5">
-        <v>-17.819689113281868</v>
+        <v>-17.079490497705496</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>6.5796883433</v>
+        <v>6.5691746816999999</v>
       </c>
       <c r="C411" s="5">
-        <v>-1.9487231500000313E-2</v>
+        <v>-1.6937858700000419E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>-3.4865858094376478</v>
+        <v>-3.0428245315158309</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>6.4442702032000003</v>
+        <v>6.4317716548000003</v>
       </c>
       <c r="C412" s="5">
-        <v>-0.13541814009999964</v>
+        <v>-0.1374030268999995</v>
       </c>
       <c r="D412" s="5">
-        <v>-22.085009169947767</v>
+        <v>-22.404294885305763</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>6.4163002013000003</v>
+        <v>6.4091166799000003</v>
       </c>
       <c r="C413" s="5">
-        <v>-2.7970001899999986E-2</v>
+        <v>-2.2654974900000013E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>-5.0857978320384074</v>
+        <v>-4.1458923012766213</v>
       </c>
       <c r="E413" s="5">
-        <v>-1.6315501017618472</v>
+        <v>-1.6453704597005236</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>6.4363891156999999</v>
+        <v>6.4327663490000004</v>
       </c>
       <c r="C414" s="5">
-        <v>2.0088914399999602E-2</v>
+        <v>2.3649669100000104E-2</v>
       </c>
       <c r="D414" s="5">
-        <v>3.8224799540313326</v>
+        <v>4.5189864133848179</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>6.4775837891999997</v>
+        <v>6.4784711341000003</v>
       </c>
       <c r="C415" s="5">
-        <v>4.1194673499999723E-2</v>
+        <v>4.5704785099999867E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>7.9565436928464406</v>
+        <v>8.8671890478087221</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>6.4456975687</v>
+        <v>6.4518287789000004</v>
       </c>
       <c r="C416" s="5">
-        <v>-3.1886220499999673E-2</v>
+        <v>-2.6642355199999912E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>-5.7497257683460257</v>
+        <v>-4.8248293190757963</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>6.4405082038000003</v>
+        <v>6.4773089596000002</v>
       </c>
       <c r="C417" s="5">
-        <v>-5.18936489999966E-3</v>
+        <v>2.5480180699999799E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>-0.96184121425397784</v>
+        <v>4.8434620744567169</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>6.3962302896000001</v>
+        <v>6.4428129538999999</v>
       </c>
       <c r="C418" s="5">
-        <v>-4.4277914200000268E-2</v>
+        <v>-3.4496005700000332E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>-7.9449863054089409</v>
+        <v>-6.2068926579909256</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>6.5229266492000004</v>
+        <v>6.5144534954999997</v>
       </c>
       <c r="C419" s="5">
-        <v>0.12669635960000036</v>
+        <v>7.1640541599999885E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>26.537962845475029</v>
+        <v>14.190396072409373</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>6.5408724136999998</v>
+        <v>6.5270297658</v>
       </c>
       <c r="C420" s="5">
-        <v>1.7945764499999406E-2</v>
+        <v>1.2576270300000303E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>3.3518359452063384</v>
+        <v>2.3413782212884371</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>6.5042226026999996</v>
+        <v>6.4835030615000004</v>
       </c>
       <c r="C421" s="5">
-        <v>-3.6649811000000199E-2</v>
+        <v>-4.3526704299999608E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>-6.5204482943700848</v>
+        <v>-7.7153384035268058</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>6.4955875124000002</v>
+        <v>6.4808562567000001</v>
       </c>
       <c r="C422" s="5">
-        <v>-8.6350902999994261E-3</v>
+        <v>-2.6468048000003463E-3</v>
       </c>
       <c r="D422" s="5">
-        <v>-1.5815540218192758</v>
+        <v>-0.48878576475418489</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>6.5178118338999997</v>
+        <v>6.5051452915999999</v>
       </c>
       <c r="C423" s="5">
-        <v>2.2224321499999533E-2</v>
+        <v>2.4289034899999784E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>4.183888463777552</v>
+        <v>4.591247358673689</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>6.5418258583000002</v>
+        <v>6.5281399169999998</v>
       </c>
       <c r="C424" s="5">
-        <v>2.4014024400000444E-2</v>
+        <v>2.2994625399999968E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>4.5119445740599451</v>
+        <v>4.3252507985988453</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>6.5166491993999998</v>
+        <v>6.5087643486999998</v>
       </c>
       <c r="C425" s="5">
-        <v>-2.5176658900000426E-2</v>
+        <v>-1.937556830000009E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>-4.5217686481166091</v>
+        <v>-3.5040405347690595</v>
       </c>
       <c r="E425" s="5">
-        <v>1.5639698105096134</v>
+        <v>1.5547800699667436</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>6.4149005135000001</v>
+        <v>6.4120111659000001</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.10174868589999964</v>
+        <v>-9.6753182799999671E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>-17.208263803973622</v>
+        <v>-16.449575183064859</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>6.3220589919999997</v>
+        <v>6.3255379625000003</v>
       </c>
       <c r="C427" s="5">
-        <v>-9.2841521500000468E-2</v>
+        <v>-8.6473203399999754E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-16.0494738165483</v>
+        <v>-15.03533327889871</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>6.2960906736000002</v>
+        <v>6.3070487884000004</v>
       </c>
       <c r="C428" s="5">
-        <v>-2.5968318399999468E-2</v>
+        <v>-1.848917409999995E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>-4.8192419750336279</v>
+        <v>-3.4516873123741965</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>6.2938706089999998</v>
+        <v>6.3512083054000001</v>
       </c>
       <c r="C429" s="5">
-        <v>-2.2200646000003488E-3</v>
+        <v>4.4159516999999759E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>-0.42231237341594507</v>
+        <v>8.7331566330324684</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>6.2710306023999998</v>
+        <v>6.3894315649999998</v>
       </c>
       <c r="C430" s="5">
-        <v>-2.2840006600000073E-2</v>
+        <v>3.8223259599999615E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>-4.2688408665775945</v>
+        <v>7.4658288847897936</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>6.2186592184</v>
+        <v>6.4474593064999999</v>
       </c>
       <c r="C431" s="5">
-        <v>-5.2371383999999743E-2</v>
+        <v>5.8027741500000118E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>-9.5738466236608311</v>
+        <v>11.45938486204523</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>6.2961845944999997</v>
+        <v>6.5392771437999997</v>
       </c>
       <c r="C432" s="5">
-        <v>7.7525376099999654E-2</v>
+        <v>9.1817837299999816E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>16.029475840907772</v>
+        <v>18.493249156995084</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>6.2233020656000004</v>
+        <v>6.4500001741000004</v>
       </c>
       <c r="C433" s="5">
-        <v>-7.2882528899999244E-2</v>
+        <v>-8.927696969999932E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>-13.039676666578238</v>
+        <v>-15.207040981028253</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>6.4010602519999997</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-4.8939922100000643E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-8.7345781619931344</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>6.3897915156999998</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-1.1268736299999915E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-2.092203061977449</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>6.3575653580000004</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-3.2226157699999369E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-5.8869728793761178</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">