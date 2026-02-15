--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{80C540AC-F129-4317-A4FE-A0AE364264EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E0A45161-66F0-4C17-AD54-BE108507D2EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{93BC09A2-D2ED-4346-90F5-138E108E87EC}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{3523D6A0-5B1B-427A-BDE2-9272422FC7A8}"/>
   </bookViews>
   <sheets>
     <sheet name="elpinfoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Information Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9256DC43-EB64-4DAD-AC5B-21C0420CC993}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D480EFC4-7CFC-402B-97B0-1232D59C6549}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>6.4474593064999999</v>
       </c>
       <c r="C431" s="5">
         <v>5.8027741500000118E-2</v>
       </c>
       <c r="D431" s="5">
         <v>11.45938486204523</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>6.5392771437999997</v>
       </c>
       <c r="C432" s="5">
         <v>9.1817837299999816E-2</v>
       </c>
       <c r="D432" s="5">
         <v>18.493249156995084</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>6.4500001741000004</v>
       </c>
       <c r="C433" s="5">
         <v>-8.927696969999932E-2</v>
       </c>
       <c r="D433" s="5">
         <v>-15.207040981028253</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>6.4010602519999997</v>
       </c>
       <c r="C434" s="5">
         <v>-4.8939922100000643E-2</v>
       </c>
       <c r="D434" s="5">
         <v>-8.7345781619931344</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>6.3897915156999998</v>
       </c>
       <c r="C435" s="5">
         <v>-1.1268736299999915E-2</v>
       </c>
       <c r="D435" s="5">
         <v>-2.092203061977449</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>6.3575653580000004</v>
+        <v>6.3670919651000002</v>
       </c>
       <c r="C436" s="5">
-        <v>-3.2226157699999369E-2</v>
+        <v>-2.2699550599999618E-2</v>
       </c>
       <c r="D436" s="5">
-        <v>-5.8869728793761178</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-4.1806516204966222</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>6.4381968878000002</v>
+      </c>
+      <c r="C437" s="5">
+        <v>7.1104922700000017E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>14.255620246089308</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.084191362898157</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>