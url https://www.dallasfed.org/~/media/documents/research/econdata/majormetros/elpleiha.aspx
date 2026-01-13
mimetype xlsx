--- v0 (2025-10-07)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A5D9A9FF-5142-4DA1-9672-77CDC75F515E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{84225448-125A-4D3B-AA8B-10C57548E451}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00569D06-A98D-4280-9E86-9043115998F0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{9F3F91CA-F0E8-4C30-A6AA-342BEE13A63F}"/>
   </bookViews>
   <sheets>
     <sheet name="elpleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B1022D82-F36B-47C7-B3F6-1684E3B4D8CF}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57B93DCB-898D-48B1-A9C5-B120DCD132BA}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -2760,71 +2759,71 @@
         <v>-0.20318759499999928</v>
       </c>
       <c r="D130" s="5">
         <v>-10.367285127670268</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
         <v>22.420051895</v>
       </c>
       <c r="C131" s="5">
         <v>0.24414686500000116</v>
       </c>
       <c r="D131" s="5">
         <v>14.041553742313461</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>22.674874565</v>
+        <v>22.674874564</v>
       </c>
       <c r="C132" s="5">
-        <v>0.25482266999999936</v>
+        <v>0.25482266899999928</v>
       </c>
       <c r="D132" s="5">
-        <v>14.524751240272327</v>
+        <v>14.524751179663454</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
         <v>22.576905751000002</v>
       </c>
       <c r="C133" s="5">
-        <v>-9.7968813999997906E-2</v>
+        <v>-9.7968812999997823E-2</v>
       </c>
       <c r="D133" s="5">
-        <v>-5.0632586588551742</v>
+        <v>-5.0632586086127755</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
         <v>22.817252928999999</v>
       </c>
       <c r="C134" s="5">
         <v>0.24034717799999683</v>
       </c>
       <c r="D134" s="5">
         <v>13.550026268303593</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
         <v>22.691356857999999</v>
       </c>
       <c r="C135" s="5">
         <v>-0.12589607099999967</v>
@@ -2861,4260 +2860,4287 @@
         <v>3.9678579921290646</v>
       </c>
       <c r="E137" s="5">
         <v>2.7572889866662953</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
         <v>22.455538051000001</v>
       </c>
       <c r="C138" s="5">
         <v>-0.20847410699999713</v>
       </c>
       <c r="D138" s="5">
         <v>-10.496492993631767</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>22.490517617999998</v>
+        <v>22.490517618999998</v>
       </c>
       <c r="C139" s="5">
-        <v>3.4979566999997047E-2</v>
+        <v>3.497956799999713E-2</v>
       </c>
       <c r="D139" s="5">
-        <v>1.8853691563136099</v>
+        <v>1.8853692106753028</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>22.470126169</v>
+        <v>22.47012617</v>
       </c>
       <c r="C140" s="5">
         <v>-2.0391448999998119E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>-1.0825933193121862</v>
+        <v>-1.0825933192643022</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
         <v>22.077390069</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.39273610000000048</v>
+        <v>-0.39273610100000056</v>
       </c>
       <c r="D141" s="5">
-        <v>-19.070540559082914</v>
+        <v>-19.070540602302678</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
         <v>22.306891836999998</v>
       </c>
       <c r="C142" s="5">
         <v>0.22950176799999866</v>
       </c>
       <c r="D142" s="5">
         <v>13.212913277827433</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>22.159615885000001</v>
+        <v>22.159615884000001</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.14727595199999755</v>
+        <v>-0.14727595299999763</v>
       </c>
       <c r="D143" s="5">
-        <v>-7.6412600347807498</v>
+        <v>-7.6412600847953094</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
         <v>22.326626549</v>
       </c>
       <c r="C144" s="5">
-        <v>0.16701066399999931</v>
+        <v>0.16701066499999939</v>
       </c>
       <c r="D144" s="5">
-        <v>9.4285288857670402</v>
+        <v>9.4285289450253273</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>22.416906701999999</v>
+        <v>22.416906700999998</v>
       </c>
       <c r="C145" s="5">
-        <v>9.0280152999998364E-2</v>
+        <v>9.0280151999998282E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>4.9617140593936515</v>
+        <v>4.9617140032066409</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
         <v>22.549744341</v>
       </c>
       <c r="C146" s="5">
-        <v>0.13283763900000167</v>
+        <v>0.13283764000000176</v>
       </c>
       <c r="D146" s="5">
-        <v>7.3473325264871159</v>
+        <v>7.3473325839513937</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>22.408127602</v>
+        <v>22.408127603000001</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.14161673899999982</v>
+        <v>-0.14161673799999974</v>
       </c>
       <c r="D147" s="5">
-        <v>-7.2812948640227804</v>
+        <v>-7.281294814370054</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
         <v>22.586001082999999</v>
       </c>
       <c r="C148" s="5">
-        <v>0.17787348099999889</v>
+        <v>0.17787347999999881</v>
       </c>
       <c r="D148" s="5">
-        <v>9.9525507483408493</v>
+        <v>9.952550689459061</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>22.448786264999999</v>
+        <v>22.448786263999999</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.13721481800000035</v>
+        <v>-0.13721481900000043</v>
       </c>
       <c r="D149" s="5">
-        <v>-7.0515300851845542</v>
+        <v>-7.0515301348702097</v>
       </c>
       <c r="E149" s="5">
-        <v>-0.94963721118561661</v>
+        <v>-0.94963721559789827</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>22.494166290999999</v>
+        <v>22.494166291999999</v>
       </c>
       <c r="C150" s="5">
-        <v>4.5380026000000129E-2</v>
+        <v>4.5380028000000294E-2</v>
       </c>
       <c r="D150" s="5">
-        <v>2.4529425357460832</v>
+        <v>2.452942645168088</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>22.634437080000001</v>
+        <v>22.634437083000002</v>
       </c>
       <c r="C151" s="5">
-        <v>0.14027078900000234</v>
+        <v>0.1402707910000025</v>
       </c>
       <c r="D151" s="5">
-        <v>7.74510771205279</v>
+        <v>7.7451078259419992</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>22.829702162</v>
+        <v>22.829702163</v>
       </c>
       <c r="C152" s="5">
-        <v>0.19526508199999881</v>
+        <v>0.19526507999999865</v>
       </c>
       <c r="D152" s="5">
-        <v>10.857880718184232</v>
+        <v>10.857880600135395</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
         <v>22.958271153999998</v>
       </c>
       <c r="C153" s="5">
-        <v>0.12856899199999816</v>
+        <v>0.12856899099999808</v>
       </c>
       <c r="D153" s="5">
-        <v>6.9712874336228303</v>
+        <v>6.9712873773951856</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
         <v>23.218679988000002</v>
       </c>
       <c r="C154" s="5">
         <v>0.26040883400000325</v>
       </c>
       <c r="D154" s="5">
         <v>14.493317602719546</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>23.242956473</v>
+        <v>23.242956470999999</v>
       </c>
       <c r="C155" s="5">
-        <v>2.4276484999997905E-2</v>
+        <v>2.4276482999997739E-2</v>
       </c>
       <c r="D155" s="5">
-        <v>1.2619103078381544</v>
+        <v>1.2619102032780383</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>23.051080387999999</v>
+        <v>23.051080386999999</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.19187608500000053</v>
+        <v>-0.19187608400000045</v>
       </c>
       <c r="D156" s="5">
-        <v>-9.4686500300963043</v>
+        <v>-9.4686499837453031</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>23.233846943</v>
+        <v>23.233846940999999</v>
       </c>
       <c r="C157" s="5">
-        <v>0.18276655500000061</v>
+        <v>0.18276655400000053</v>
       </c>
       <c r="D157" s="5">
-        <v>9.9405904603666819</v>
+        <v>9.9405904040338342</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>23.276069889999999</v>
+        <v>23.276069885999998</v>
       </c>
       <c r="C158" s="5">
-        <v>4.2222946999999067E-2</v>
+        <v>4.2222944999998901E-2</v>
       </c>
       <c r="D158" s="5">
-        <v>2.2026936584611967</v>
+        <v>2.2026935532713843</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>23.032497485</v>
+        <v>23.032497481</v>
       </c>
       <c r="C159" s="5">
         <v>-0.24357240499999833</v>
       </c>
       <c r="D159" s="5">
-        <v>-11.859287224805914</v>
+        <v>-11.85928722672811</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>23.613417869999999</v>
+        <v>23.613417867999999</v>
       </c>
       <c r="C160" s="5">
-        <v>0.58092038499999887</v>
+        <v>0.58092038699999904</v>
       </c>
       <c r="D160" s="5">
-        <v>34.838478108471584</v>
+        <v>34.838478252430804</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>23.555460339</v>
+        <v>23.555460349000001</v>
       </c>
       <c r="C161" s="5">
-        <v>-5.7957530999999562E-2</v>
+        <v>-5.795751899999857E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>-2.9058820699751742</v>
+        <v>-2.9058814766589447</v>
       </c>
       <c r="E161" s="5">
-        <v>4.9297724203709814</v>
+        <v>4.9297724695910095</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>23.566931658000001</v>
+        <v>23.566931672999999</v>
       </c>
       <c r="C162" s="5">
-        <v>1.1471319000001756E-2</v>
+        <v>1.1471323999998617E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>0.5859581184729068</v>
+        <v>0.58595837430919229</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>23.412299320999999</v>
+        <v>23.412299331</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.15463233700000245</v>
+        <v>-0.15463234199999931</v>
       </c>
       <c r="D163" s="5">
-        <v>-7.595673657961477</v>
+        <v>-7.5956738901095893</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>23.498253051999999</v>
+        <v>23.498253055999999</v>
       </c>
       <c r="C164" s="5">
-        <v>8.5953731000000033E-2</v>
+        <v>8.5953724999999537E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>4.4956237605463301</v>
+        <v>4.4956234384067484</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>23.044631864999999</v>
+        <v>23.044631861999999</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.45362118699999954</v>
+        <v>-0.45362119400000012</v>
       </c>
       <c r="D165" s="5">
-        <v>-20.85738793318437</v>
+        <v>-20.857388218484928</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>23.338265020000001</v>
+        <v>23.338265008</v>
       </c>
       <c r="C166" s="5">
-        <v>0.29363315500000198</v>
+        <v>0.29363314600000123</v>
       </c>
       <c r="D166" s="5">
-        <v>16.408718932176882</v>
+        <v>16.408718395772848</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>23.438705951999999</v>
+        <v>23.438705933000001</v>
       </c>
       <c r="C167" s="5">
-        <v>0.10044093199999793</v>
+        <v>0.1004409250000009</v>
       </c>
       <c r="D167" s="5">
-        <v>5.2884570755294291</v>
+        <v>5.2884567009790606</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>23.386694086999999</v>
+        <v>23.386694071000001</v>
       </c>
       <c r="C168" s="5">
-        <v>-5.2011865000000768E-2</v>
+        <v>-5.2011862000000519E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>-2.6306098109878828</v>
+        <v>-2.6306096632100484</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>23.480473232000001</v>
+        <v>23.48047322</v>
       </c>
       <c r="C169" s="5">
-        <v>9.3779145000002728E-2</v>
+        <v>9.3779148999999506E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>4.9194797891577435</v>
+        <v>4.9194800070797351</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>23.427689259000001</v>
+        <v>23.427689254000001</v>
       </c>
       <c r="C170" s="5">
-        <v>-5.2783973000000373E-2</v>
+        <v>-5.2783965999999793E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-2.6644890175796077</v>
+        <v>-2.6644886699279335</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>23.630809423999999</v>
+        <v>23.630809427999999</v>
       </c>
       <c r="C171" s="5">
-        <v>0.20312016499999785</v>
+        <v>0.2031201739999986</v>
       </c>
       <c r="D171" s="5">
-        <v>10.914854299141918</v>
+        <v>10.914854808498298</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>23.728306842999999</v>
+        <v>23.728306855</v>
       </c>
       <c r="C172" s="5">
-        <v>9.7497418999999752E-2</v>
+        <v>9.7497427000000414E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>5.0649419351755265</v>
+        <v>5.06494235937065</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>23.938590074</v>
+        <v>23.938590117</v>
       </c>
       <c r="C173" s="5">
-        <v>0.21028323100000179</v>
+        <v>0.2102832620000008</v>
       </c>
       <c r="D173" s="5">
-        <v>11.168518304030606</v>
+        <v>11.168520025636465</v>
       </c>
       <c r="E173" s="5">
-        <v>1.6265007326800696</v>
+        <v>1.6265008720844909</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>24.435460279000001</v>
+        <v>24.435460331000002</v>
       </c>
       <c r="C174" s="5">
-        <v>0.49687020500000045</v>
+        <v>0.4968702140000012</v>
       </c>
       <c r="D174" s="5">
-        <v>27.956830342338733</v>
+        <v>27.956830851799296</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>24.295303755999999</v>
+        <v>24.295303788999998</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.1401565230000017</v>
+        <v>-0.14015654200000327</v>
       </c>
       <c r="D175" s="5">
-        <v>-6.6699043754785636</v>
+        <v>-6.6699052375885692</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>24.153464628999998</v>
+        <v>24.153464635999999</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.14183912700000079</v>
+        <v>-0.14183915299999938</v>
       </c>
       <c r="D176" s="5">
-        <v>-6.7851231986566285</v>
+        <v>-6.785124393828279</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>24.344907464999999</v>
+        <v>24.344907439</v>
       </c>
       <c r="C177" s="5">
-        <v>0.19144283600000023</v>
+        <v>0.19144280300000105</v>
       </c>
       <c r="D177" s="5">
-        <v>9.9371080407362644</v>
+        <v>9.9371062494669324</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>24.242082567000001</v>
+        <v>24.242082505999999</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.10282489799999794</v>
+        <v>-0.10282493300000084</v>
       </c>
       <c r="D178" s="5">
-        <v>-4.9523080478584784</v>
+        <v>-4.9523096997498017</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>24.206990868999998</v>
+        <v>24.206990790999999</v>
       </c>
       <c r="C179" s="5">
-        <v>-3.5091698000002225E-2</v>
+        <v>-3.5091715000000079E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-1.7233003444061534</v>
+        <v>-1.7233011769168471</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>24.492879417000001</v>
+        <v>24.492879356</v>
       </c>
       <c r="C180" s="5">
-        <v>0.28588854800000263</v>
+        <v>0.28588856500000048</v>
       </c>
       <c r="D180" s="5">
-        <v>15.129987169133186</v>
+        <v>15.129988180006372</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>24.520338932000001</v>
+        <v>24.520338907999999</v>
       </c>
       <c r="C181" s="5">
-        <v>2.7459515000000323E-2</v>
+        <v>2.7459551999999832E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>1.3536735642076803</v>
+        <v>1.3536754028528941</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>24.579377417</v>
+        <v>24.579377440999998</v>
       </c>
       <c r="C182" s="5">
-        <v>5.9038484999998531E-2</v>
+        <v>5.9038532999998949E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>2.9278525264657018</v>
+        <v>2.9278549414097021</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>24.394971983000001</v>
+        <v>24.394972052</v>
       </c>
       <c r="C183" s="5">
-        <v>-0.18440543399999854</v>
+        <v>-0.18440538899999837</v>
       </c>
       <c r="D183" s="5">
-        <v>-8.640577581641395</v>
+        <v>-8.6405755512439679</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>24.560336167999999</v>
+        <v>24.560336258</v>
       </c>
       <c r="C184" s="5">
-        <v>0.16536418499999783</v>
+        <v>0.16536420599999957</v>
       </c>
       <c r="D184" s="5">
-        <v>8.4445668860018799</v>
+        <v>8.444567973908935</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>24.527866746000001</v>
+        <v>24.527866722999999</v>
       </c>
       <c r="C185" s="5">
-        <v>-3.246942199999836E-2</v>
+        <v>-3.2469535000000604E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>-1.5749476293817288</v>
+        <v>-1.5749530649884713</v>
       </c>
       <c r="E185" s="5">
-        <v>2.4616181244526247</v>
+        <v>2.4616178443254366</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>24.999451287999999</v>
+        <v>24.999451415999999</v>
       </c>
       <c r="C186" s="5">
-        <v>0.47158454199999866</v>
+        <v>0.4715846930000005</v>
       </c>
       <c r="D186" s="5">
-        <v>25.674851396977051</v>
+        <v>25.674860532766974</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>25.181373679</v>
+        <v>25.181373775000001</v>
       </c>
       <c r="C187" s="5">
-        <v>0.18192239100000052</v>
+        <v>0.18192235900000142</v>
       </c>
       <c r="D187" s="5">
-        <v>9.0905913316952756</v>
+        <v>9.090589619709565</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>25.123412084999998</v>
+        <v>25.123412153</v>
       </c>
       <c r="C188" s="5">
-        <v>-5.7961594000001782E-2</v>
+        <v>-5.7961622000000546E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>-2.7274168085257289</v>
+        <v>-2.7274180991805896</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>25.448551889000001</v>
+        <v>25.448551864999999</v>
       </c>
       <c r="C189" s="5">
-        <v>0.32513980400000264</v>
+        <v>0.32513971199999858</v>
       </c>
       <c r="D189" s="5">
-        <v>16.684570360109575</v>
+        <v>16.684565249720286</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>25.425032174999998</v>
+        <v>25.425032204000001</v>
       </c>
       <c r="C190" s="5">
-        <v>-2.3519714000002523E-2</v>
+        <v>-2.3519660999998138E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-1.1034275472524113</v>
+        <v>-1.1034250744177299</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>25.672274556000001</v>
+        <v>25.672273791999999</v>
       </c>
       <c r="C191" s="5">
-        <v>0.24724238100000306</v>
+        <v>0.24724158799999785</v>
       </c>
       <c r="D191" s="5">
-        <v>12.314040329197073</v>
+        <v>12.313998682699934</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>25.686649251999999</v>
+        <v>25.686649260999999</v>
       </c>
       <c r="C192" s="5">
-        <v>1.43746959999973E-2</v>
+        <v>1.4375469000000862E-2</v>
       </c>
       <c r="D192" s="5">
-        <v>0.67399001764782973</v>
+        <v>0.67402639331175518</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>25.873358167999999</v>
+        <v>25.873358193000001</v>
       </c>
       <c r="C193" s="5">
-        <v>0.18670891600000061</v>
+        <v>0.18670893200000194</v>
       </c>
       <c r="D193" s="5">
-        <v>9.0797516002602219</v>
+        <v>9.0797524064053725</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>25.816706581999998</v>
+        <v>25.816706659000001</v>
       </c>
       <c r="C194" s="5">
-        <v>-5.6651586000000975E-2</v>
+        <v>-5.6651534000000225E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>-2.5960745632059745</v>
+        <v>-2.5960722064361952</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>25.960230331000002</v>
+        <v>25.960230426999999</v>
       </c>
       <c r="C195" s="5">
-        <v>0.14352374900000342</v>
+        <v>0.14352376799999789</v>
       </c>
       <c r="D195" s="5">
-        <v>6.8790120662609588</v>
+        <v>6.8790129837948744</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>25.782849649999999</v>
+        <v>25.782850379999999</v>
       </c>
       <c r="C196" s="5">
-        <v>-0.17738068100000248</v>
+        <v>-0.17738004699999976</v>
       </c>
       <c r="D196" s="5">
-        <v>-7.8981198111145456</v>
+        <v>-7.898092605581553</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>25.928914052</v>
+        <v>25.928913937000001</v>
       </c>
       <c r="C197" s="5">
-        <v>0.14606440200000037</v>
+        <v>0.14606355700000151</v>
       </c>
       <c r="D197" s="5">
-        <v>7.0140855627246035</v>
+        <v>7.0140435079984575</v>
       </c>
       <c r="E197" s="5">
-        <v>5.7120634277274984</v>
+        <v>5.712063058000183</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>25.280548002</v>
+        <v>25.280548153000002</v>
       </c>
       <c r="C198" s="5">
-        <v>-0.64836604999999992</v>
+        <v>-0.64836578399999922</v>
       </c>
       <c r="D198" s="5">
-        <v>-26.205181598763851</v>
+        <v>-26.205172381930787</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>25.456999322000001</v>
+        <v>25.456999371999999</v>
       </c>
       <c r="C199" s="5">
-        <v>0.17645132000000174</v>
+        <v>0.17645121899999694</v>
       </c>
       <c r="D199" s="5">
-        <v>8.7048011380058021</v>
+        <v>8.7047959085976956</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>25.692140813999998</v>
+        <v>25.692140778999999</v>
       </c>
       <c r="C200" s="5">
-        <v>0.23514149199999679</v>
+        <v>0.23514140700000041</v>
       </c>
       <c r="D200" s="5">
-        <v>11.664979806514864</v>
+        <v>11.664975349232321</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>25.582674859000001</v>
+        <v>25.582674659999999</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.10946595499999745</v>
+        <v>-0.10946611900000036</v>
       </c>
       <c r="D201" s="5">
-        <v>-4.9946874219336195</v>
+        <v>-4.9946947370585582</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>25.697411967000001</v>
+        <v>25.697411975000001</v>
       </c>
       <c r="C202" s="5">
-        <v>0.11473710799999992</v>
+        <v>0.11473731500000284</v>
       </c>
       <c r="D202" s="5">
-        <v>5.516706854054787</v>
+        <v>5.5167170976391677</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>25.885437327999998</v>
+        <v>25.885435860000001</v>
       </c>
       <c r="C203" s="5">
-        <v>0.18802536099999756</v>
+        <v>0.18802388499999978</v>
       </c>
       <c r="D203" s="5">
-        <v>9.1423842226673315</v>
+        <v>9.1423095395185339</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>25.912050943000001</v>
+        <v>25.912051093999999</v>
       </c>
       <c r="C204" s="5">
-        <v>2.6613615000002255E-2</v>
+        <v>2.6615233999997656E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>1.2407574559586632</v>
+        <v>1.2408334337288052</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>25.831739314</v>
+        <v>25.831739499000001</v>
       </c>
       <c r="C205" s="5">
-        <v>-8.0311629000000551E-2</v>
+        <v>-8.0311594999997737E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>-3.6565208940070426</v>
+        <v>-3.6565193513613981</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>26.165170501999999</v>
+        <v>26.165170732</v>
       </c>
       <c r="C206" s="5">
-        <v>0.33343118799999871</v>
+        <v>0.33343123299999888</v>
       </c>
       <c r="D206" s="5">
-        <v>16.637724444027093</v>
+        <v>16.637726723472788</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>26.205218757000001</v>
+        <v>26.205219157999998</v>
       </c>
       <c r="C207" s="5">
-        <v>4.0048255000002086E-2</v>
+        <v>4.0048425999998472E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>1.8522539918386594</v>
+        <v>1.8522619509616423</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>26.164014396999999</v>
+        <v>26.164015849999998</v>
       </c>
       <c r="C208" s="5">
-        <v>-4.1204360000001827E-2</v>
+        <v>-4.120330800000005E-2</v>
       </c>
       <c r="D208" s="5">
-        <v>-1.8706144376605893</v>
+        <v>-1.8705670623583082</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>26.415267743000001</v>
+        <v>26.415267647</v>
       </c>
       <c r="C209" s="5">
-        <v>0.25125334600000215</v>
+        <v>0.25125179700000189</v>
       </c>
       <c r="D209" s="5">
-        <v>12.152162244876653</v>
+        <v>12.152082614332848</v>
       </c>
       <c r="E209" s="5">
-        <v>1.8757194768150631</v>
+        <v>1.875719558411526</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>26.429214958999999</v>
+        <v>26.429215163999999</v>
       </c>
       <c r="C210" s="5">
-        <v>1.3947215999998264E-2</v>
+        <v>1.39475169999983E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>0.63544114359961323</v>
+        <v>0.63545489945466826</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>26.366761238999999</v>
+        <v>26.366761092000001</v>
       </c>
       <c r="C211" s="5">
-        <v>-6.2453720000000601E-2</v>
+        <v>-6.2454071999997751E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>-2.7991015605324687</v>
+        <v>-2.7991171108503465</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>26.564020347</v>
+        <v>26.564019884</v>
       </c>
       <c r="C212" s="5">
-        <v>0.19725910800000079</v>
+        <v>0.19725879199999952</v>
       </c>
       <c r="D212" s="5">
-        <v>9.3564019280987676</v>
+        <v>9.3563863718590277</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>26.398410927</v>
+        <v>26.398410080000001</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.16560941999999912</v>
+        <v>-0.16560980399999892</v>
       </c>
       <c r="D213" s="5">
-        <v>-7.2299546515904645</v>
+        <v>-7.2299709668799395</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>26.409704518000002</v>
+        <v>26.409703988</v>
       </c>
       <c r="C214" s="5">
-        <v>1.1293591000001157E-2</v>
+        <v>1.1293907999998964E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>0.51458563071171692</v>
+        <v>0.51460012517852149</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>26.572751532000002</v>
+        <v>26.572748832999999</v>
       </c>
       <c r="C215" s="5">
-        <v>0.16304701399999999</v>
+        <v>0.16304484499999816</v>
       </c>
       <c r="D215" s="5">
-        <v>7.6653146732198918</v>
+        <v>7.6652093742211713</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>26.649648022000001</v>
+        <v>26.649650436000002</v>
       </c>
       <c r="C216" s="5">
-        <v>7.6896489999999318E-2</v>
+        <v>7.6901603000003149E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>3.5283777249286885</v>
+        <v>3.5286164446925561</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>26.578371983</v>
+        <v>26.578372108</v>
       </c>
       <c r="C217" s="5">
-        <v>-7.1276039000000679E-2</v>
+        <v>-7.1278328000001778E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>-3.1626768819539408</v>
+        <v>-3.1627766782647226</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>26.608567707999999</v>
+        <v>26.608567902000001</v>
       </c>
       <c r="C218" s="5">
-        <v>3.0195724999998674E-2</v>
+        <v>3.0195794000000831E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>1.3718727891837146</v>
+        <v>1.3718759371608158</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>26.889764807999999</v>
+        <v>26.889765295</v>
       </c>
       <c r="C219" s="5">
-        <v>0.28119709999999998</v>
+        <v>0.28119739299999935</v>
       </c>
       <c r="D219" s="5">
-        <v>13.445185482121659</v>
+        <v>13.445200211975417</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>26.939543398000001</v>
+        <v>26.939545596999999</v>
       </c>
       <c r="C220" s="5">
-        <v>4.9778590000002509E-2</v>
+        <v>4.97803019999985E-2</v>
       </c>
       <c r="D220" s="5">
-        <v>2.2442096859557559</v>
+        <v>2.244287615992735</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>26.904789765</v>
+        <v>26.904790458000001</v>
       </c>
       <c r="C221" s="5">
-        <v>-3.4753633000001116E-2</v>
+        <v>-3.4755138999997826E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>-1.5371352630862645</v>
+        <v>-1.537201276176503</v>
       </c>
       <c r="E221" s="5">
-        <v>1.8531783465633112</v>
+        <v>1.8531813402072217</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>27.690177264999999</v>
+        <v>27.690178075999999</v>
       </c>
       <c r="C222" s="5">
-        <v>0.78538749999999879</v>
+        <v>0.7853876179999979</v>
       </c>
       <c r="D222" s="5">
-        <v>41.238663153128854</v>
+        <v>41.238669137471092</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>27.372372673000001</v>
+        <v>27.372372080000002</v>
       </c>
       <c r="C223" s="5">
-        <v>-0.31780459199999811</v>
+        <v>-0.31780599599999704</v>
       </c>
       <c r="D223" s="5">
-        <v>-12.935622507688016</v>
+        <v>-12.935675741489771</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>27.236072174</v>
+        <v>27.236073485999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.13630049900000074</v>
+        <v>-0.13629859400000299</v>
       </c>
       <c r="D224" s="5">
-        <v>-5.8144267731696893</v>
+        <v>-5.8143478430772166</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>27.708291273</v>
+        <v>27.708289135000001</v>
       </c>
       <c r="C225" s="5">
-        <v>0.47221909900000014</v>
+        <v>0.47221564900000246</v>
       </c>
       <c r="D225" s="5">
-        <v>22.908867149846234</v>
+        <v>22.908682296379546</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>27.412805449</v>
+        <v>27.412793865000001</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.29548582400000001</v>
+        <v>-0.29549526999999998</v>
       </c>
       <c r="D226" s="5">
-        <v>-12.072469832244725</v>
+        <v>-12.072834289657363</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>27.158289173</v>
+        <v>27.158285190000001</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.25451627600000037</v>
+        <v>-0.2545086750000003</v>
       </c>
       <c r="D227" s="5">
-        <v>-10.589794622024407</v>
+        <v>-10.589498583357271</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>27.379529134999999</v>
+        <v>27.379542707999999</v>
       </c>
       <c r="C228" s="5">
-        <v>0.22123996199999851</v>
+        <v>0.22125751799999804</v>
       </c>
       <c r="D228" s="5">
-        <v>10.225683634190164</v>
+        <v>10.226533337204424</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>27.387539701000001</v>
+        <v>27.387539672999999</v>
       </c>
       <c r="C229" s="5">
-        <v>8.0105660000029388E-3</v>
+        <v>7.9969650000002446E-3</v>
       </c>
       <c r="D229" s="5">
-        <v>0.35165552378173537</v>
+        <v>0.35105732022626679</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>27.158205667000001</v>
+        <v>27.1582063</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.22933403400000074</v>
+        <v>-0.22933337299999934</v>
       </c>
       <c r="D230" s="5">
-        <v>-9.5982925947657449</v>
+        <v>-9.5982662008241793</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>27.610456107000001</v>
+        <v>27.610457759999999</v>
       </c>
       <c r="C231" s="5">
-        <v>0.45225044000000025</v>
+        <v>0.45225145999999938</v>
       </c>
       <c r="D231" s="5">
-        <v>21.918636520763869</v>
+        <v>21.91869001001594</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>27.722435735000001</v>
+        <v>27.722439050999998</v>
       </c>
       <c r="C232" s="5">
-        <v>0.11197962800000028</v>
+        <v>0.11198129099999932</v>
       </c>
       <c r="D232" s="5">
-        <v>4.9768780674910085</v>
+        <v>4.9769533304978353</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>27.511368443999999</v>
+        <v>27.511370292999999</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.21106729100000265</v>
+        <v>-0.21106875799999969</v>
       </c>
       <c r="D233" s="5">
-        <v>-8.7632737393974267</v>
+        <v>-8.7633311153002662</v>
       </c>
       <c r="E233" s="5">
-        <v>2.2545378882279365</v>
+        <v>2.2545421267893051</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>27.307407184999999</v>
+        <v>27.307408556999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.20396125899999973</v>
+        <v>-0.20396173600000012</v>
       </c>
       <c r="D234" s="5">
-        <v>-8.5425104154790095</v>
+        <v>-8.5425290352714622</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>27.229371038</v>
+        <v>27.229369579</v>
       </c>
       <c r="C235" s="5">
-        <v>-7.8036146999998834E-2</v>
+        <v>-7.8038977999998593E-2</v>
       </c>
       <c r="D235" s="5">
-        <v>-3.3758417525369566</v>
+        <v>-3.3759621360665903</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>27.125056965999999</v>
+        <v>27.125058406000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.10431407200000109</v>
+        <v>-0.10431117299999926</v>
       </c>
       <c r="D236" s="5">
-        <v>-4.5014914262961003</v>
+        <v>-4.5013691851166548</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>26.890048154999999</v>
+        <v>26.890042269999999</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.23500881100000015</v>
+        <v>-0.23501613600000226</v>
       </c>
       <c r="D237" s="5">
-        <v>-9.9152967220061718</v>
+        <v>-9.9155906949417663</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>27.16949108</v>
+        <v>27.169466055000001</v>
       </c>
       <c r="C238" s="5">
-        <v>0.27944292500000145</v>
+        <v>0.27942378500000231</v>
       </c>
       <c r="D238" s="5">
-        <v>13.208512372609515</v>
+        <v>13.207558414570908</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>27.089399901</v>
+        <v>27.089393387000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-8.0091179000000068E-2</v>
+        <v>-8.007266799999968E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>-3.4806097003018843</v>
+        <v>-3.4798213955567703</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>27.011764663000001</v>
+        <v>27.011789416999999</v>
       </c>
       <c r="C240" s="5">
-        <v>-7.7635237999999163E-2</v>
+        <v>-7.7603970000001965E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>-3.3853744765711236</v>
+        <v>-3.3840332110402271</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>27.185757133999999</v>
+        <v>27.185759166</v>
       </c>
       <c r="C241" s="5">
-        <v>0.17399247099999826</v>
+        <v>0.17396974900000117</v>
       </c>
       <c r="D241" s="5">
-        <v>8.0094377828638272</v>
+        <v>8.0083468886427589</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>27.079177470000001</v>
+        <v>27.079182133</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.10657966399999808</v>
+        <v>-0.10657703300000065</v>
       </c>
       <c r="D242" s="5">
-        <v>-4.604381328533802</v>
+        <v>-4.6042697685992895</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>26.648747235999998</v>
+        <v>26.648753588000002</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.4304302340000028</v>
+        <v>-0.43042854499999805</v>
       </c>
       <c r="D243" s="5">
-        <v>-17.492021179532223</v>
+        <v>-17.491955673357339</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>27.083338226999999</v>
+        <v>27.083345529999999</v>
       </c>
       <c r="C244" s="5">
-        <v>0.43459099100000032</v>
+        <v>0.43459194199999729</v>
       </c>
       <c r="D244" s="5">
-        <v>21.42406002899029</v>
+        <v>21.42410561984962</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>27.308527829999999</v>
+        <v>27.30853106</v>
       </c>
       <c r="C245" s="5">
-        <v>0.22518960300000046</v>
+        <v>0.22518553000000097</v>
       </c>
       <c r="D245" s="5">
-        <v>10.446800861959327</v>
+        <v>10.446600240721216</v>
       </c>
       <c r="E245" s="5">
-        <v>-0.73729743546885329</v>
+        <v>-0.73729236617344762</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>27.223688021000001</v>
+        <v>27.223687365</v>
       </c>
       <c r="C246" s="5">
-        <v>-8.4839808999998212E-2</v>
+        <v>-8.4843694999999997E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>-3.6650118351147953</v>
+        <v>-3.6651764229850614</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>27.291412264000002</v>
+        <v>27.291406904999999</v>
       </c>
       <c r="C247" s="5">
-        <v>6.7724243000000683E-2</v>
+        <v>6.7719539999998801E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>3.0264200092504856</v>
+        <v>3.02620703470593</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>27.630841691000001</v>
+        <v>27.630839643000002</v>
       </c>
       <c r="C248" s="5">
-        <v>0.3394294269999989</v>
+        <v>0.33943273800000284</v>
       </c>
       <c r="D248" s="5">
-        <v>15.989120681195024</v>
+        <v>15.989290826335733</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>27.863764654000001</v>
+        <v>27.863751461</v>
       </c>
       <c r="C249" s="5">
-        <v>0.23292296300000004</v>
+        <v>0.23291181799999805</v>
       </c>
       <c r="D249" s="5">
-        <v>10.598221726405278</v>
+        <v>10.597691702474599</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>27.928275860999999</v>
+        <v>27.928234865</v>
       </c>
       <c r="C250" s="5">
-        <v>6.4511206999998905E-2</v>
+        <v>6.4483404000000633E-2</v>
       </c>
       <c r="D250" s="5">
-        <v>2.8139364592631333</v>
+        <v>2.8127095817368275</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>27.983289531</v>
+        <v>27.983279195000001</v>
       </c>
       <c r="C251" s="5">
-        <v>5.5013670000001014E-2</v>
+        <v>5.5044330000001196E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>2.3895618801209162</v>
+        <v>2.3909116382514028</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>27.609573807</v>
+        <v>27.609602350999999</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.37371572400000019</v>
+        <v>-0.37367684400000201</v>
       </c>
       <c r="D252" s="5">
-        <v>-14.899670538792742</v>
+        <v>-14.898237566080386</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>27.739617041999999</v>
+        <v>27.739610255999999</v>
       </c>
       <c r="C253" s="5">
-        <v>0.1300432349999987</v>
+        <v>0.13000790499999937</v>
       </c>
       <c r="D253" s="5">
-        <v>5.8008363753834224</v>
+        <v>5.7992132220646253</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>27.890660538999999</v>
+        <v>27.890733136000001</v>
       </c>
       <c r="C254" s="5">
-        <v>0.15104349699999986</v>
+        <v>0.15112288000000262</v>
       </c>
       <c r="D254" s="5">
-        <v>6.7333312758625086</v>
+        <v>6.7369784712372871</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>28.015021883999999</v>
+        <v>28.015019287000001</v>
       </c>
       <c r="C255" s="5">
-        <v>0.12436134500000051</v>
+        <v>0.12428615099999973</v>
       </c>
       <c r="D255" s="5">
-        <v>5.4838553194447082</v>
+        <v>5.4804432530711322</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>28.191429754000001</v>
+        <v>28.191429971000002</v>
       </c>
       <c r="C256" s="5">
-        <v>0.17640787000000202</v>
+        <v>0.17641068400000037</v>
       </c>
       <c r="D256" s="5">
-        <v>7.8235514104848747</v>
+        <v>7.8236813133315986</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>28.224130227</v>
+        <v>28.224126081000001</v>
       </c>
       <c r="C257" s="5">
-        <v>3.2700472999998453E-2</v>
+        <v>3.2696109999999834E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>1.400847034133057</v>
+        <v>1.4006589240148415</v>
       </c>
       <c r="E257" s="5">
-        <v>3.3528076017124597</v>
+        <v>3.3527801952742742</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>28.994871463999999</v>
+        <v>28.994861193999999</v>
       </c>
       <c r="C258" s="5">
-        <v>0.7707412369999993</v>
+        <v>0.77073511299999709</v>
       </c>
       <c r="D258" s="5">
-        <v>38.167992110603912</v>
+        <v>38.167648395975661</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>28.808175201000001</v>
+        <v>28.808159984</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.1866962629999982</v>
+        <v>-0.18670120999999895</v>
       </c>
       <c r="D259" s="5">
-        <v>-7.458882179469672</v>
+        <v>-7.4590754246907309</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>29.135184464999998</v>
+        <v>29.135172663999999</v>
       </c>
       <c r="C260" s="5">
-        <v>0.3270092639999973</v>
+        <v>0.32701267999999928</v>
       </c>
       <c r="D260" s="5">
-        <v>14.504952286221107</v>
+        <v>14.505121536471988</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>28.822553469999999</v>
+        <v>28.822533329999999</v>
       </c>
       <c r="C261" s="5">
-        <v>-0.31263099499999925</v>
+        <v>-0.31263933399999999</v>
       </c>
       <c r="D261" s="5">
-        <v>-12.143038925226024</v>
+        <v>-12.14334858420284</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>28.722861876</v>
+        <v>28.722819646000001</v>
       </c>
       <c r="C262" s="5">
-        <v>-9.9691593999999384E-2</v>
+        <v>-9.9713683999997471E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>-4.0725113754343623</v>
+        <v>-4.0733994678699759</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>29.0696902</v>
+        <v>29.069682218000001</v>
       </c>
       <c r="C263" s="5">
-        <v>0.34682832400000052</v>
+        <v>0.34686257199999915</v>
       </c>
       <c r="D263" s="5">
-        <v>15.492112228537902</v>
+        <v>15.493769335442952</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>29.485180888999999</v>
+        <v>29.485199861000002</v>
       </c>
       <c r="C264" s="5">
-        <v>0.41549068899999853</v>
+        <v>0.41551764300000116</v>
       </c>
       <c r="D264" s="5">
-        <v>18.566149545706367</v>
+        <v>18.567455710659829</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>29.376929554</v>
+        <v>29.376891632</v>
       </c>
       <c r="C265" s="5">
-        <v>-0.10825133499999851</v>
+        <v>-0.10830822900000214</v>
       </c>
       <c r="D265" s="5">
-        <v>-4.3177753947327151</v>
+        <v>-4.3199963287642635</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>29.373460852000001</v>
+        <v>29.373707146000001</v>
       </c>
       <c r="C266" s="5">
-        <v>-3.4687019999992685E-3</v>
+        <v>-3.1844859999985431E-3</v>
       </c>
       <c r="D266" s="5">
-        <v>-0.14159887940202731</v>
+        <v>-0.13000373695348788</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>29.368274403000001</v>
+        <v>29.368217121000001</v>
       </c>
       <c r="C267" s="5">
-        <v>-5.1864489999999819E-3</v>
+        <v>-5.490025000000287E-3</v>
       </c>
       <c r="D267" s="5">
-        <v>-0.21167741599937839</v>
+        <v>-0.22405282117241576</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>29.504272876999998</v>
+        <v>29.504213777</v>
       </c>
       <c r="C268" s="5">
-        <v>0.13599847399999732</v>
+        <v>0.13599665599999966</v>
       </c>
       <c r="D268" s="5">
-        <v>5.7006944279744287</v>
+        <v>5.7006276745900308</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>29.539364718000002</v>
+        <v>29.539288087999999</v>
       </c>
       <c r="C269" s="5">
-        <v>3.5091841000003399E-2</v>
+        <v>3.5074310999998914E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>1.4366316544984326</v>
+        <v>1.4359121867385305</v>
       </c>
       <c r="E269" s="5">
-        <v>4.6599646487664348</v>
+        <v>4.6597085175485553</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>29.614075691</v>
+        <v>29.614261355</v>
       </c>
       <c r="C270" s="5">
-        <v>7.4710972999998404E-2</v>
+        <v>7.4973267000000732E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>3.0776176884013351</v>
+        <v>3.0885819371280876</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>29.9313456</v>
+        <v>29.931248683</v>
       </c>
       <c r="C271" s="5">
-        <v>0.31726990900000018</v>
+        <v>0.31698732799999974</v>
       </c>
       <c r="D271" s="5">
-        <v>13.641436105914773</v>
+        <v>13.628471612104253</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>29.845938905000001</v>
+        <v>29.845844948</v>
       </c>
       <c r="C272" s="5">
-        <v>-8.5406694999999644E-2</v>
+        <v>-8.540373499999987E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>-3.3708744116825895</v>
+        <v>-3.3707701559351988</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>30.109427879999998</v>
+        <v>30.109319266</v>
       </c>
       <c r="C273" s="5">
-        <v>0.26348897499999779</v>
+        <v>0.2634743180000001</v>
       </c>
       <c r="D273" s="5">
-        <v>11.123802297296459</v>
+        <v>11.123189904073838</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>29.930234650999999</v>
+        <v>29.930097384</v>
       </c>
       <c r="C274" s="5">
-        <v>-0.17919322899999912</v>
+        <v>-0.17922188200000022</v>
       </c>
       <c r="D274" s="5">
-        <v>-6.9124887293049326</v>
+        <v>-6.9135822338119546</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>29.961393004000001</v>
+        <v>29.961776941</v>
       </c>
       <c r="C275" s="5">
-        <v>3.1158353000002137E-2</v>
+        <v>3.1679557000000358E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>1.2564168633716788</v>
+        <v>1.2775620805818289</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>30.256983004999999</v>
+        <v>30.256895415999999</v>
       </c>
       <c r="C276" s="5">
-        <v>0.29559000099999722</v>
+        <v>0.29511847499999888</v>
       </c>
       <c r="D276" s="5">
-        <v>12.502828254568632</v>
+        <v>12.481622369351708</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>30.309258859</v>
+        <v>30.309121017999999</v>
       </c>
       <c r="C277" s="5">
-        <v>5.2275854000001232E-2</v>
+        <v>5.2225602000000038E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>2.093089492471023</v>
+        <v>2.0910644081179042</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>30.564255114000002</v>
+        <v>30.564647779000001</v>
       </c>
       <c r="C278" s="5">
-        <v>0.25499625500000178</v>
+        <v>0.25552676100000227</v>
       </c>
       <c r="D278" s="5">
-        <v>10.576283659690988</v>
+        <v>10.599367686472426</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>30.384529401999998</v>
+        <v>30.384398057999999</v>
       </c>
       <c r="C279" s="5">
-        <v>-0.17972571200000331</v>
+        <v>-0.18024972100000269</v>
       </c>
       <c r="D279" s="5">
-        <v>-6.8325132723557891</v>
+        <v>-6.8517073559249297</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>30.500437444999999</v>
+        <v>30.500310860999999</v>
       </c>
       <c r="C280" s="5">
-        <v>0.11590804300000102</v>
+        <v>0.11591280300000051</v>
       </c>
       <c r="D280" s="5">
-        <v>4.6749219314684565</v>
+        <v>4.6751385978904603</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>30.667015451000001</v>
+        <v>30.666871875999998</v>
       </c>
       <c r="C281" s="5">
-        <v>0.16657800600000172</v>
+        <v>0.1665610149999992</v>
       </c>
       <c r="D281" s="5">
-        <v>6.7542874720572854</v>
+        <v>6.7536065863891492</v>
       </c>
       <c r="E281" s="5">
-        <v>3.8174508618083358</v>
+        <v>3.8172341345561023</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>30.544975509</v>
+        <v>30.545388907</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.12203994200000068</v>
+        <v>-0.12148296899999877</v>
       </c>
       <c r="D282" s="5">
-        <v>-4.6722745017735985</v>
+        <v>-4.6514346492019794</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>30.445705668999999</v>
+        <v>30.445534116000001</v>
       </c>
       <c r="C283" s="5">
-        <v>-9.9269840000001608E-2</v>
+        <v>-9.98547909999985E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>-3.8309867965735211</v>
+        <v>-3.8531054937656628</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>30.564664775000001</v>
+        <v>30.564483060000001</v>
       </c>
       <c r="C284" s="5">
-        <v>0.11895910600000192</v>
+        <v>0.11894894399999956</v>
       </c>
       <c r="D284" s="5">
-        <v>4.7907885367200143</v>
+        <v>4.7903980283259928</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>30.591673866000001</v>
+        <v>30.591471683999998</v>
       </c>
       <c r="C285" s="5">
-        <v>2.7009091000000041E-2</v>
+        <v>2.6988623999997685E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>1.0655735128495047</v>
+        <v>1.0647684761242893</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>30.861193895</v>
+        <v>30.860962888</v>
       </c>
       <c r="C286" s="5">
-        <v>0.26952002899999883</v>
+        <v>0.26949120400000126</v>
       </c>
       <c r="D286" s="5">
-        <v>11.099931171611232</v>
+        <v>11.098762884338109</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>30.968334306999999</v>
+        <v>30.969134156999999</v>
       </c>
       <c r="C287" s="5">
-        <v>0.10714041199999969</v>
+        <v>0.10817126899999963</v>
       </c>
       <c r="D287" s="5">
-        <v>4.2464996610063643</v>
+        <v>4.2881812120307616</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>30.938210778999998</v>
+        <v>30.938002601000001</v>
       </c>
       <c r="C288" s="5">
-        <v>-3.0123528000000732E-2</v>
+        <v>-3.1131555999998284E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>-1.1610397659613581</v>
+        <v>-1.1996464502353699</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>30.951315881999999</v>
+        <v>30.951093091000001</v>
       </c>
       <c r="C289" s="5">
-        <v>1.3105103000000895E-2</v>
+        <v>1.3090489999999733E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>0.5094933676926372</v>
+        <v>0.50892736080998535</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>30.843383197000001</v>
+        <v>30.843841750999999</v>
       </c>
       <c r="C290" s="5">
-        <v>-0.10793268499999797</v>
+        <v>-0.10725134000000125</v>
       </c>
       <c r="D290" s="5">
-        <v>-4.1052781899558628</v>
+        <v>-4.0798835912544522</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>31.279602811</v>
+        <v>31.279411231000001</v>
       </c>
       <c r="C291" s="5">
-        <v>0.43621961399999876</v>
+        <v>0.43556948000000162</v>
       </c>
       <c r="D291" s="5">
-        <v>18.356098931823816</v>
+        <v>18.326288536132541</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>31.389826669000001</v>
+        <v>31.389650895999999</v>
       </c>
       <c r="C292" s="5">
-        <v>0.11022385800000123</v>
+        <v>0.11023966499999815</v>
       </c>
       <c r="D292" s="5">
-        <v>4.3115152444832106</v>
+        <v>4.3121725100721875</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>31.487355968999999</v>
+        <v>31.487164272000001</v>
       </c>
       <c r="C293" s="5">
-        <v>9.7529299999997932E-2</v>
+        <v>9.7513376000001983E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>3.7928211005037848</v>
+        <v>3.7922128118210718</v>
       </c>
       <c r="E293" s="5">
-        <v>2.674993004489612</v>
+        <v>2.6748486096554558</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>31.881026713000001</v>
+        <v>31.881706647000001</v>
       </c>
       <c r="C294" s="5">
-        <v>0.39367074400000135</v>
+        <v>0.39454237500000033</v>
       </c>
       <c r="D294" s="5">
-        <v>16.078894412139789</v>
+        <v>16.117088446358864</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>31.882006164</v>
+        <v>31.881753358000001</v>
       </c>
       <c r="C295" s="5">
-        <v>9.7945099999918739E-4</v>
+        <v>4.6710999999532987E-5</v>
       </c>
       <c r="D295" s="5">
-        <v>3.687270896008954E-2</v>
+        <v>1.7581760070717323E-3</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>32.196332835</v>
+        <v>32.196043252999999</v>
       </c>
       <c r="C296" s="5">
-        <v>0.31432667099999989</v>
+        <v>0.31428989499999815</v>
       </c>
       <c r="D296" s="5">
-        <v>12.49395949563883</v>
+        <v>12.492522051486365</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>32.186895788000001</v>
+        <v>32.186579489000003</v>
       </c>
       <c r="C297" s="5">
-        <v>-9.4370469999986994E-3</v>
+        <v>-9.4637639999959333E-3</v>
       </c>
       <c r="D297" s="5">
-        <v>-0.35116477734175033</v>
+        <v>-0.35216050722568504</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>32.152153106999997</v>
+        <v>32.151820416</v>
       </c>
       <c r="C298" s="5">
-        <v>-3.4742681000004438E-2</v>
+        <v>-3.4759073000003582E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>-1.2876232790202891</v>
+        <v>-1.2882397751988961</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>32.354699371999999</v>
+        <v>32.355954996000001</v>
       </c>
       <c r="C299" s="5">
-        <v>0.20254626500000228</v>
+        <v>0.20413458000000162</v>
       </c>
       <c r="D299" s="5">
-        <v>7.8270419191412755</v>
+        <v>7.8906632579365255</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>32.414387781000002</v>
+        <v>32.414041494999999</v>
       </c>
       <c r="C300" s="5">
-        <v>5.9688409000003162E-2</v>
+        <v>5.8086498999998071E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>2.2363777890553438</v>
+        <v>2.1756790774901669</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>32.692694310999997</v>
+        <v>32.692577579999998</v>
       </c>
       <c r="C301" s="5">
-        <v>0.27830652999999472</v>
+        <v>0.27853608499999893</v>
       </c>
       <c r="D301" s="5">
-        <v>10.80380733734585</v>
+        <v>10.813264969715043</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>32.844129793999997</v>
+        <v>32.844490602</v>
       </c>
       <c r="C302" s="5">
-        <v>0.1514354830000002</v>
+        <v>0.15191302200000223</v>
       </c>
       <c r="D302" s="5">
-        <v>5.7023280315430469</v>
+        <v>5.7207928341642456</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>32.654812210000003</v>
+        <v>32.654435958000001</v>
       </c>
       <c r="C303" s="5">
-        <v>-0.1893175839999941</v>
+        <v>-0.19005464399999994</v>
       </c>
       <c r="D303" s="5">
-        <v>-6.701820320800767</v>
+        <v>-6.7270159012755233</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>32.685887219999998</v>
+        <v>32.685470766999998</v>
       </c>
       <c r="C304" s="5">
-        <v>3.1075009999995018E-2</v>
+        <v>3.1034808999997665E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>1.1479412281201862</v>
+        <v>1.1464616714597087</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>32.833426625000001</v>
+        <v>32.833726165999998</v>
       </c>
       <c r="C305" s="5">
-        <v>0.1475394050000034</v>
+        <v>0.14825539899999995</v>
       </c>
       <c r="D305" s="5">
-        <v>5.553146187886604</v>
+        <v>5.5808437846065262</v>
       </c>
       <c r="E305" s="5">
-        <v>4.2749561358065069</v>
+        <v>4.2765422836042122</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>32.587609593000003</v>
+        <v>32.588237776</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.24581703199999794</v>
+        <v>-0.24548838999999845</v>
       </c>
       <c r="D306" s="5">
-        <v>-8.6232853408125809</v>
+        <v>-8.6121510867165583</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>32.800907506999998</v>
+        <v>32.800479672000002</v>
       </c>
       <c r="C307" s="5">
-        <v>0.21329791399999465</v>
+        <v>0.21224189600000187</v>
       </c>
       <c r="D307" s="5">
-        <v>8.1434593863695106</v>
+        <v>8.101525117783881</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>32.807466964</v>
+        <v>32.807087793000001</v>
       </c>
       <c r="C308" s="5">
-        <v>6.5594570000016006E-3</v>
+        <v>6.6081209999993007E-3</v>
       </c>
       <c r="D308" s="5">
-        <v>0.24023761229670093</v>
+        <v>0.24202504840042938</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>32.964889478000003</v>
+        <v>32.964573174000002</v>
       </c>
       <c r="C309" s="5">
-        <v>0.15742251400000384</v>
+        <v>0.15748538100000076</v>
       </c>
       <c r="D309" s="5">
-        <v>5.9124674652837772</v>
+        <v>5.9149614823823748</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>33.237250621000001</v>
+        <v>33.23698941</v>
       </c>
       <c r="C310" s="5">
-        <v>0.2723611429999977</v>
+        <v>0.27241623599999798</v>
       </c>
       <c r="D310" s="5">
-        <v>10.37776956840657</v>
+        <v>10.380069260629377</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>33.562834660999997</v>
+        <v>33.564233346000002</v>
       </c>
       <c r="C311" s="5">
-        <v>0.32558403999999541</v>
+        <v>0.32724393600000212</v>
       </c>
       <c r="D311" s="5">
-        <v>12.40936637764225</v>
+        <v>12.4762002584913</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>33.415989488000001</v>
+        <v>33.415700541</v>
       </c>
       <c r="C312" s="5">
-        <v>-0.14684517299999555</v>
+        <v>-0.1485328050000021</v>
       </c>
       <c r="D312" s="5">
-        <v>-5.1257609238564594</v>
+        <v>-5.1830322212516489</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>33.580270941999999</v>
+        <v>33.580414326000003</v>
       </c>
       <c r="C313" s="5">
-        <v>0.1642814539999975</v>
+        <v>0.16471378500000355</v>
       </c>
       <c r="D313" s="5">
-        <v>6.0616656783757383</v>
+        <v>6.0781067881491735</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>33.654286075000002</v>
+        <v>33.654672497999996</v>
       </c>
       <c r="C314" s="5">
-        <v>7.4015133000003175E-2</v>
+        <v>7.4258171999993294E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>2.6772513212360405</v>
+        <v>2.6861380379702204</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>33.817926898000003</v>
+        <v>33.817332223999998</v>
       </c>
       <c r="C315" s="5">
-        <v>0.16364082300000149</v>
+        <v>0.16265972600000111</v>
       </c>
       <c r="D315" s="5">
-        <v>5.9934887642979939</v>
+        <v>5.956524511761363</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>33.991883899999998</v>
+        <v>33.991093286999998</v>
       </c>
       <c r="C316" s="5">
-        <v>0.17395700199999453</v>
+        <v>0.1737610630000006</v>
       </c>
       <c r="D316" s="5">
-        <v>6.3503796807697688</v>
+        <v>6.3431382159508276</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>33.870856326999998</v>
+        <v>33.871501094999999</v>
       </c>
       <c r="C317" s="5">
-        <v>-0.12102757299999922</v>
+        <v>-0.11959219199999893</v>
       </c>
       <c r="D317" s="5">
-        <v>-4.189897869195935</v>
+        <v>-4.1412580272228823</v>
       </c>
       <c r="E317" s="5">
-        <v>3.1596753937649602</v>
+        <v>3.1606980083626279</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>33.803575295999998</v>
+        <v>33.803973218000003</v>
       </c>
       <c r="C318" s="5">
-        <v>-6.7281031000000269E-2</v>
+        <v>-6.7527876999996295E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-2.357808167551545</v>
+        <v>-2.3663194968002732</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>33.892808148</v>
+        <v>33.892052003000003</v>
       </c>
       <c r="C319" s="5">
-        <v>8.9232852000002083E-2</v>
+        <v>8.8078785000000437E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>3.2140927757055238</v>
+        <v>3.1718889028836905</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>34.019375707999998</v>
+        <v>34.018639612000001</v>
       </c>
       <c r="C320" s="5">
-        <v>0.12656755999999802</v>
+        <v>0.12658760899999777</v>
       </c>
       <c r="D320" s="5">
-        <v>4.5744130427460838</v>
+        <v>4.5752567839185465</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>34.145826182999997</v>
+        <v>34.145479416000001</v>
       </c>
       <c r="C321" s="5">
-        <v>0.12645047499999862</v>
+        <v>0.12683980399999939</v>
       </c>
       <c r="D321" s="5">
-        <v>4.5527422258360817</v>
+        <v>4.5671492417019399</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>34.117967379</v>
+        <v>34.118307121999997</v>
       </c>
       <c r="C322" s="5">
-        <v>-2.7858803999997406E-2</v>
+        <v>-2.7172294000003205E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>-0.97467134162224633</v>
+        <v>-0.95076766547262936</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>34.399782516999998</v>
+        <v>34.401396288999997</v>
       </c>
       <c r="C323" s="5">
-        <v>0.28181513799999891</v>
+        <v>0.28308916699999997</v>
       </c>
       <c r="D323" s="5">
-        <v>10.374961986144648</v>
+        <v>10.423917510574011</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>34.489697423999999</v>
+        <v>34.489650636999997</v>
       </c>
       <c r="C324" s="5">
-        <v>8.991490700000071E-2</v>
+        <v>8.8254347999999538E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>3.18207317579009</v>
+        <v>3.1223261147129922</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>34.790458563999998</v>
+        <v>34.791156923000003</v>
       </c>
       <c r="C325" s="5">
-        <v>0.30076113999999876</v>
+        <v>0.30150628600000573</v>
       </c>
       <c r="D325" s="5">
-        <v>10.981151134919465</v>
+        <v>11.00969423884932</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>34.685277894000002</v>
+        <v>34.685838689000001</v>
       </c>
       <c r="C326" s="5">
-        <v>-0.10518066999999576</v>
+        <v>-0.10531823400000206</v>
       </c>
       <c r="D326" s="5">
-        <v>-3.5681934183949382</v>
+        <v>-3.5727122475324391</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>34.466159988999998</v>
+        <v>34.465536876999998</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.2191179050000045</v>
+        <v>-0.22030181200000243</v>
       </c>
       <c r="D327" s="5">
-        <v>-7.3228531138634034</v>
+        <v>-7.3609323509161388</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>34.482215775</v>
+        <v>34.481061553000004</v>
       </c>
       <c r="C328" s="5">
-        <v>1.605578600000257E-2</v>
+        <v>1.55246760000054E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>0.56044492266686952</v>
+        <v>0.54186981228290243</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>34.600563643999998</v>
+        <v>34.601208798999998</v>
       </c>
       <c r="C329" s="5">
-        <v>0.11834786899999727</v>
+        <v>0.12014724599999482</v>
       </c>
       <c r="D329" s="5">
-        <v>4.1972123901072411</v>
+        <v>4.2624008099136024</v>
       </c>
       <c r="E329" s="5">
-        <v>2.1543810701305288</v>
+        <v>2.1543412025152753</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>34.914739339999997</v>
+        <v>34.913648670999997</v>
       </c>
       <c r="C330" s="5">
-        <v>0.3141756959999995</v>
+        <v>0.31243987199999879</v>
       </c>
       <c r="D330" s="5">
-        <v>11.457055905192238</v>
+        <v>11.390356549171642</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>34.862550210000002</v>
+        <v>34.859879337999999</v>
       </c>
       <c r="C331" s="5">
-        <v>-5.2189129999995032E-2</v>
+        <v>-5.3769332999998198E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>-1.7790379273904811</v>
+        <v>-1.8325057100260111</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>34.833761768999999</v>
+        <v>34.834560175999997</v>
       </c>
       <c r="C332" s="5">
-        <v>-2.8788441000003218E-2</v>
+        <v>-2.5319162000002393E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>-0.98643560903496352</v>
+        <v>-0.86810157816791245</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>34.931861906000002</v>
+        <v>34.931428930000003</v>
       </c>
       <c r="C333" s="5">
-        <v>9.8100137000002974E-2</v>
+        <v>9.6868754000006163E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>3.4323250752311907</v>
+        <v>3.3885015868354351</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>35.020087836999998</v>
+        <v>35.021578795000003</v>
       </c>
       <c r="C334" s="5">
-        <v>8.8225930999996649E-2</v>
+        <v>9.0149865000000773E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>3.073246930815543</v>
+        <v>3.1412586277149934</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>34.951388809000001</v>
+        <v>34.952947537999997</v>
       </c>
       <c r="C335" s="5">
-        <v>-6.8699027999997497E-2</v>
+        <v>-6.863125700000694E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>-2.3288108697000043</v>
+        <v>-2.3264402420445474</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>34.854353809999999</v>
+        <v>34.854819378000002</v>
       </c>
       <c r="C336" s="5">
-        <v>-9.7034999000001676E-2</v>
+        <v>-9.812815999999458E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>-3.2811380612906671</v>
+        <v>-3.3173876338557062</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>34.817864876000002</v>
+        <v>34.819178815999997</v>
       </c>
       <c r="C337" s="5">
-        <v>-3.6488933999997641E-2</v>
+        <v>-3.564056200000465E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>-1.2490685568544935</v>
+        <v>-1.2201745009978837</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>35.006351344000002</v>
+        <v>35.007316725999999</v>
       </c>
       <c r="C338" s="5">
-        <v>0.18848646800000068</v>
+        <v>0.1881379100000018</v>
       </c>
       <c r="D338" s="5">
-        <v>6.6931510294000907</v>
+        <v>6.6801439810390661</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>35.324943699000002</v>
+        <v>35.324769852999999</v>
       </c>
       <c r="C339" s="5">
-        <v>0.31859235499999983</v>
+        <v>0.31745312700000028</v>
       </c>
       <c r="D339" s="5">
-        <v>11.48477775934218</v>
+        <v>11.441309435113901</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>35.48003087</v>
+        <v>35.478857380999997</v>
       </c>
       <c r="C340" s="5">
-        <v>0.15508717099999814</v>
+        <v>0.15408752799999803</v>
       </c>
       <c r="D340" s="5">
-        <v>5.3974559653753307</v>
+        <v>5.3618538756322165</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>35.410300114000002</v>
+        <v>35.410778540000003</v>
       </c>
       <c r="C341" s="5">
-        <v>-6.9730755999998451E-2</v>
+        <v>-6.8078840999994839E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>-2.3330956690918891</v>
+        <v>-2.2784814610239179</v>
       </c>
       <c r="E341" s="5">
-        <v>2.3402406918316743</v>
+        <v>2.3397151981100706</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>36.234572530000001</v>
+        <v>36.231322595999998</v>
       </c>
       <c r="C342" s="5">
-        <v>0.82427241599999945</v>
+        <v>0.82054405599999569</v>
       </c>
       <c r="D342" s="5">
-        <v>31.802125957253779</v>
+        <v>31.638993149551631</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>36.051001685000003</v>
+        <v>36.043990473999997</v>
       </c>
       <c r="C343" s="5">
-        <v>-0.18357084499999843</v>
+        <v>-0.18733212200000082</v>
       </c>
       <c r="D343" s="5">
-        <v>-5.9128468382296013</v>
+        <v>-6.0311006504140234</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>36.275579751999999</v>
+        <v>36.278527806</v>
       </c>
       <c r="C344" s="5">
-        <v>0.22457806699999594</v>
+        <v>0.23453733200000215</v>
       </c>
       <c r="D344" s="5">
-        <v>7.7368589985998382</v>
+        <v>8.0939692064239779</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>36.441656641000002</v>
+        <v>36.441530256</v>
       </c>
       <c r="C345" s="5">
-        <v>0.16607688900000284</v>
+        <v>0.16300245000000047</v>
       </c>
       <c r="D345" s="5">
-        <v>5.6343094738894761</v>
+        <v>5.5269553523520809</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>36.602512910000002</v>
+        <v>36.605577654999998</v>
       </c>
       <c r="C346" s="5">
-        <v>0.16085626899999994</v>
+        <v>0.16404739899999754</v>
       </c>
       <c r="D346" s="5">
-        <v>5.4273979920869575</v>
+        <v>5.5377687555993926</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>36.45088174</v>
+        <v>36.452504075999997</v>
       </c>
       <c r="C347" s="5">
-        <v>-0.1516311700000017</v>
+        <v>-0.15307357900000085</v>
       </c>
       <c r="D347" s="5">
-        <v>-4.8594561611192795</v>
+        <v>-4.9042231225930539</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>36.673536409</v>
+        <v>36.674356764000002</v>
       </c>
       <c r="C348" s="5">
-        <v>0.22265466900000064</v>
+        <v>0.22185268800000557</v>
       </c>
       <c r="D348" s="5">
-        <v>7.5813598882588762</v>
+        <v>7.5527845818870176</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>36.915269676999998</v>
+        <v>36.916839555999999</v>
       </c>
       <c r="C349" s="5">
-        <v>0.24173326799999728</v>
+        <v>0.242482791999997</v>
       </c>
       <c r="D349" s="5">
-        <v>8.2029386846615751</v>
+        <v>8.2291141074310801</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>36.533621773</v>
+        <v>36.538335306</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.3816479039999976</v>
+        <v>-0.37850424999999888</v>
       </c>
       <c r="D350" s="5">
-        <v>-11.724498341404932</v>
+        <v>-11.632836620706255</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>37.481388457999998</v>
+        <v>37.481081668000002</v>
       </c>
       <c r="C351" s="5">
-        <v>0.94776668499999772</v>
+        <v>0.94274636200000117</v>
       </c>
       <c r="D351" s="5">
-        <v>35.980084445862893</v>
+        <v>35.75639773261932</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>37.564962825000002</v>
+        <v>37.563089040999998</v>
       </c>
       <c r="C352" s="5">
-        <v>8.3574367000004202E-2</v>
+        <v>8.2007372999996164E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>2.7087668078088045</v>
+        <v>2.6573875933543212</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>37.837418771999999</v>
+        <v>37.837052892000003</v>
       </c>
       <c r="C353" s="5">
-        <v>0.27245594699999742</v>
+        <v>0.27396385100000487</v>
       </c>
       <c r="D353" s="5">
-        <v>9.0592380107910042</v>
+        <v>9.1118773328639833</v>
       </c>
       <c r="E353" s="5">
-        <v>6.8542730510222416</v>
+        <v>6.8517961254629833</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>37.882972072999998</v>
+        <v>37.87670172</v>
       </c>
       <c r="C354" s="5">
-        <v>4.5553300999998214E-2</v>
+        <v>3.9648827999997138E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>1.4543111239261997</v>
+        <v>1.2647329158373743</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>38.076640128999998</v>
+        <v>38.064202258999998</v>
       </c>
       <c r="C355" s="5">
-        <v>0.19366805599999992</v>
+        <v>0.18750053899999841</v>
       </c>
       <c r="D355" s="5">
-        <v>6.3101930269587214</v>
+        <v>6.1047782301500542</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>38.334136043999997</v>
+        <v>38.339496834999998</v>
       </c>
       <c r="C356" s="5">
-        <v>0.2574959149999998</v>
+        <v>0.27529457600000029</v>
       </c>
       <c r="D356" s="5">
-        <v>8.4238250944905104</v>
+        <v>9.0325372758292666</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>38.173958534999997</v>
+        <v>38.174345109000001</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.16017750900000038</v>
+        <v>-0.16515172599999772</v>
       </c>
       <c r="D357" s="5">
-        <v>-4.9005047755684821</v>
+        <v>-5.0484109670769328</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>37.914093438000002</v>
+        <v>37.918624338000001</v>
       </c>
       <c r="C358" s="5">
-        <v>-0.25986509699999516</v>
+        <v>-0.25572077100000001</v>
       </c>
       <c r="D358" s="5">
-        <v>-7.8698573853400404</v>
+        <v>-7.7488620069075527</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>38.022311309000003</v>
+        <v>38.024414722000003</v>
       </c>
       <c r="C359" s="5">
-        <v>0.1082178710000008</v>
+        <v>0.10579038400000229</v>
       </c>
       <c r="D359" s="5">
-        <v>3.4794346345786265</v>
+        <v>3.3997717396894389</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>38.384948192000003</v>
+        <v>38.386403106000003</v>
       </c>
       <c r="C360" s="5">
-        <v>0.36263688300000041</v>
+        <v>0.361988384</v>
       </c>
       <c r="D360" s="5">
-        <v>12.064832267841252</v>
+        <v>12.041413472041151</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>38.205234578000002</v>
+        <v>38.207130184</v>
       </c>
       <c r="C361" s="5">
-        <v>-0.17971361400000063</v>
+        <v>-0.17927292200000267</v>
       </c>
       <c r="D361" s="5">
-        <v>-5.4758149968335719</v>
+        <v>-5.4625285304871323</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>38.239898719999999</v>
+        <v>38.249539624999997</v>
       </c>
       <c r="C362" s="5">
-        <v>3.46641419999969E-2</v>
+        <v>4.2409440999996662E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>1.0942264391907486</v>
+        <v>1.3401469688636203</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>38.131578877999999</v>
+        <v>38.131755988999998</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.10831984200000022</v>
+        <v>-0.11778363599999864</v>
       </c>
       <c r="D363" s="5">
-        <v>-3.3467067009217755</v>
+        <v>-3.6332716035130441</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>38.019773608000001</v>
+        <v>38.018028237000003</v>
       </c>
       <c r="C364" s="5">
-        <v>-0.11180526999999785</v>
+        <v>-0.11372775199999552</v>
       </c>
       <c r="D364" s="5">
-        <v>-3.4623192141322257</v>
+        <v>-3.520864343855945</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>38.206082444000003</v>
+        <v>38.205350236000001</v>
       </c>
       <c r="C365" s="5">
-        <v>0.18630883600000203</v>
+        <v>0.18732199899999813</v>
       </c>
       <c r="D365" s="5">
-        <v>6.0414808908125561</v>
+        <v>6.0755168878982913</v>
       </c>
       <c r="E365" s="5">
-        <v>0.97433620993412351</v>
+        <v>0.97337745899832573</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>38.314606128000001</v>
+        <v>38.307514187000002</v>
       </c>
       <c r="C366" s="5">
-        <v>0.1085236839999979</v>
+        <v>0.10216395100000142</v>
       </c>
       <c r="D366" s="5">
-        <v>3.4623366857745808</v>
+        <v>3.2565070055664336</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>38.303555818</v>
+        <v>38.274103904</v>
       </c>
       <c r="C367" s="5">
-        <v>-1.1050310000001673E-2</v>
+        <v>-3.3410283000002039E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-0.34554336389427398</v>
+        <v>-1.0415862346678129</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>37.993720991000004</v>
+        <v>37.999592548000003</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.30983482699999598</v>
+        <v>-0.27451135599999787</v>
       </c>
       <c r="D368" s="5">
-        <v>-9.2863087214028699</v>
+        <v>-8.275173175010476</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>22.545470255000001</v>
+        <v>22.551432770000002</v>
       </c>
       <c r="C369" s="5">
-        <v>-15.448250736000002</v>
+        <v>-15.448159778000001</v>
       </c>
       <c r="D369" s="5">
-        <v>-99.80937948885979</v>
+        <v>-99.809127925845502</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>26.320446273999998</v>
+        <v>26.324234051000001</v>
       </c>
       <c r="C370" s="5">
-        <v>3.7749760189999968</v>
+        <v>3.7728012809999996</v>
       </c>
       <c r="D370" s="5">
-        <v>540.92528381062812</v>
+        <v>539.99893339186201</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>30.267117966000001</v>
+        <v>30.269700659000002</v>
       </c>
       <c r="C371" s="5">
-        <v>3.9466716920000025</v>
+        <v>3.9454666080000003</v>
       </c>
       <c r="D371" s="5">
-        <v>434.72913716934761</v>
+        <v>434.35341869127473</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>30.381973724000002</v>
+        <v>30.384131897</v>
       </c>
       <c r="C372" s="5">
-        <v>0.11485575800000092</v>
+        <v>0.1144312379999981</v>
       </c>
       <c r="D372" s="5">
-        <v>4.6499373230599605</v>
+        <v>4.6319881888500891</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>31.207070216000002</v>
+        <v>31.209396561999998</v>
       </c>
       <c r="C373" s="5">
-        <v>0.82509649200000013</v>
+        <v>0.82526466499999884</v>
       </c>
       <c r="D373" s="5">
-        <v>37.925374497983945</v>
+        <v>37.931184979333167</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>32.737680820000001</v>
+        <v>32.750120781</v>
       </c>
       <c r="C374" s="5">
-        <v>1.5306106039999996</v>
+        <v>1.5407242190000012</v>
       </c>
       <c r="D374" s="5">
-        <v>77.639255649904612</v>
+        <v>78.291407158179595</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>33.367941760999997</v>
+        <v>33.368397850000001</v>
       </c>
       <c r="C375" s="5">
-        <v>0.63026094099999597</v>
+        <v>0.61827706900000123</v>
       </c>
       <c r="D375" s="5">
-        <v>25.71239602321771</v>
+        <v>25.161104634841447</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>31.708420402000002</v>
+        <v>31.706403809000001</v>
       </c>
       <c r="C376" s="5">
-        <v>-1.6595213589999958</v>
+        <v>-1.6619940409999998</v>
       </c>
       <c r="D376" s="5">
-        <v>-45.782153322803765</v>
+        <v>-45.832401961617187</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>32.478548877000001</v>
+        <v>32.475657320000003</v>
       </c>
       <c r="C377" s="5">
-        <v>0.77012847499999992</v>
+        <v>0.76925351100000228</v>
       </c>
       <c r="D377" s="5">
-        <v>33.37183071673271</v>
+        <v>33.331131321443522</v>
       </c>
       <c r="E377" s="5">
-        <v>-14.991156383005377</v>
+        <v>-14.997095643952619</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>33.488816047999997</v>
+        <v>33.480294164</v>
       </c>
       <c r="C378" s="5">
-        <v>1.0102671709999953</v>
+        <v>1.0046368439999966</v>
       </c>
       <c r="D378" s="5">
-        <v>44.423585695219003</v>
+        <v>44.137100044817146</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>33.976782771000003</v>
+        <v>33.935864991999999</v>
       </c>
       <c r="C379" s="5">
-        <v>0.48796672300000665</v>
+        <v>0.45557082799999904</v>
       </c>
       <c r="D379" s="5">
-        <v>18.956866483095002</v>
+        <v>17.607738620794322</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>34.821717393</v>
+        <v>34.826334586000002</v>
       </c>
       <c r="C380" s="5">
-        <v>0.84493462199999669</v>
+        <v>0.89046959400000247</v>
       </c>
       <c r="D380" s="5">
-        <v>34.281194489584841</v>
+        <v>36.453957610410193</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>35.408986566000003</v>
+        <v>35.42755133</v>
       </c>
       <c r="C381" s="5">
-        <v>0.58726917300000281</v>
+        <v>0.60121674399999847</v>
       </c>
       <c r="D381" s="5">
-        <v>22.224910084762818</v>
+        <v>22.800578939310512</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>36.050987128000003</v>
+        <v>36.058301948999997</v>
       </c>
       <c r="C382" s="5">
-        <v>0.64200056199999977</v>
+        <v>0.63075061899999696</v>
       </c>
       <c r="D382" s="5">
-        <v>24.063481715093758</v>
+        <v>23.586098583818725</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>36.594354017999997</v>
+        <v>36.601605634999999</v>
       </c>
       <c r="C383" s="5">
-        <v>0.54336688999999438</v>
+        <v>0.54330368600000156</v>
       </c>
       <c r="D383" s="5">
-        <v>19.663883258573399</v>
+        <v>19.657078450955503</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>37.006026241999997</v>
+        <v>37.010627047</v>
       </c>
       <c r="C384" s="5">
-        <v>0.41167222400000014</v>
+        <v>0.40902141200000131</v>
       </c>
       <c r="D384" s="5">
-        <v>14.366915275878721</v>
+        <v>14.265643251769578</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>37.390430062</v>
+        <v>37.397203634999997</v>
       </c>
       <c r="C385" s="5">
-        <v>0.38440382000000284</v>
+        <v>0.38657658799999695</v>
       </c>
       <c r="D385" s="5">
-        <v>13.202520149359898</v>
+        <v>13.279737126427227</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>38.011069042999999</v>
+        <v>38.027797075999999</v>
       </c>
       <c r="C386" s="5">
-        <v>0.62063898099999903</v>
+        <v>0.63059344100000203</v>
       </c>
       <c r="D386" s="5">
-        <v>21.841569381379912</v>
+        <v>22.220614541042917</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>38.077148854000001</v>
+        <v>38.079595744000002</v>
       </c>
       <c r="C387" s="5">
-        <v>6.6079811000001598E-2</v>
+        <v>5.1798668000003545E-2</v>
       </c>
       <c r="D387" s="5">
-        <v>2.1061854975467975</v>
+        <v>1.64685306722403</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>38.330468582999998</v>
+        <v>38.327209707000002</v>
       </c>
       <c r="C388" s="5">
-        <v>0.25331972899999755</v>
+        <v>0.24761396299999916</v>
       </c>
       <c r="D388" s="5">
-        <v>8.2820527484673168</v>
+        <v>8.0882497862007305</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>38.438692527000001</v>
+        <v>38.430281667999999</v>
       </c>
       <c r="C389" s="5">
-        <v>0.10822394400000235</v>
+        <v>0.10307196099999771</v>
       </c>
       <c r="D389" s="5">
-        <v>3.4412456568855498</v>
+        <v>3.275278627736089</v>
       </c>
       <c r="E389" s="5">
-        <v>18.351015843016107</v>
+        <v>18.335654577599158</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>38.353402113999998</v>
+        <v>38.347150722000002</v>
       </c>
       <c r="C390" s="5">
-        <v>-8.5290413000002729E-2</v>
+        <v>-8.3130945999997152E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>-2.6303873218987972</v>
+        <v>-2.5651334651050406</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>38.615545163</v>
+        <v>38.535682463000001</v>
       </c>
       <c r="C391" s="5">
-        <v>0.26214304900000229</v>
+        <v>0.18853174099999848</v>
       </c>
       <c r="D391" s="5">
-        <v>8.5173850088315906</v>
+        <v>6.0619117824416202</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>38.697946616000003</v>
+        <v>38.694012575000002</v>
       </c>
       <c r="C392" s="5">
-        <v>8.2401453000002789E-2</v>
+        <v>0.15833011200000158</v>
       </c>
       <c r="D392" s="5">
-        <v>2.5909398578315868</v>
+        <v>5.0433503548962477</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>38.825240510999997</v>
+        <v>38.860019657999999</v>
       </c>
       <c r="C393" s="5">
-        <v>0.127293894999994</v>
+        <v>0.16600708299999667</v>
       </c>
       <c r="D393" s="5">
-        <v>4.0195098025508358</v>
+        <v>5.2715384919838293</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>38.913846941000003</v>
+        <v>38.935551674000003</v>
       </c>
       <c r="C394" s="5">
-        <v>8.8606430000005787E-2</v>
+        <v>7.5532016000003921E-2</v>
       </c>
       <c r="D394" s="5">
-        <v>2.7732616176963099</v>
+        <v>2.3575304178059309</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>39.198981576000001</v>
+        <v>39.217036972000002</v>
       </c>
       <c r="C395" s="5">
-        <v>0.28513463499999858</v>
+        <v>0.28148529799999977</v>
       </c>
       <c r="D395" s="5">
-        <v>9.1559489146041617</v>
+        <v>9.0288272824818883</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>39.443059859999998</v>
+        <v>39.452126542999999</v>
       </c>
       <c r="C396" s="5">
-        <v>0.24407828399999687</v>
+        <v>0.23508957099999606</v>
       </c>
       <c r="D396" s="5">
-        <v>7.7332542073461852</v>
+        <v>7.4354675136788728</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>39.443329861000002</v>
+        <v>39.454662441000004</v>
       </c>
       <c r="C397" s="5">
-        <v>2.7000100000407201E-4</v>
+        <v>2.5358980000049769E-3</v>
       </c>
       <c r="D397" s="5">
-        <v>8.214712546772418E-3</v>
+        <v>7.7160698573575104E-2</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>39.792775646999999</v>
+        <v>39.810655805000003</v>
       </c>
       <c r="C398" s="5">
-        <v>0.34944578599999687</v>
+        <v>0.3559933639999997</v>
       </c>
       <c r="D398" s="5">
-        <v>11.164966479880301</v>
+        <v>11.381226759670259</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>40.081069020000001</v>
+        <v>40.082842730000003</v>
       </c>
       <c r="C399" s="5">
-        <v>0.28829337300000191</v>
+        <v>0.27218692499999975</v>
       </c>
       <c r="D399" s="5">
-        <v>9.048765928760627</v>
+        <v>8.5201023453098443</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>40.318842336000003</v>
+        <v>40.311423597000001</v>
       </c>
       <c r="C400" s="5">
-        <v>0.23777331600000196</v>
+        <v>0.22858086699999802</v>
       </c>
       <c r="D400" s="5">
-        <v>7.3556957232104869</v>
+        <v>7.0620240821935854</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>40.650994021999999</v>
+        <v>40.633728394000002</v>
       </c>
       <c r="C401" s="5">
-        <v>0.332151685999996</v>
+        <v>0.32230479700000103</v>
       </c>
       <c r="D401" s="5">
-        <v>10.346202094055013</v>
+        <v>10.027806191167299</v>
       </c>
       <c r="E401" s="5">
-        <v>5.7554025633052897</v>
+        <v>5.7336210674582722</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>40.940255303000001</v>
+        <v>40.933279552999998</v>
       </c>
       <c r="C402" s="5">
-        <v>0.2892612810000017</v>
+        <v>0.2995511589999964</v>
       </c>
       <c r="D402" s="5">
-        <v>8.8811057889743861</v>
+        <v>9.21402620057059</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>41.314877062999997</v>
+        <v>41.207748250000002</v>
       </c>
       <c r="C403" s="5">
-        <v>0.37462175999999658</v>
+        <v>0.2744686970000032</v>
       </c>
       <c r="D403" s="5">
-        <v>11.550370878131533</v>
+        <v>8.349797995296937</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>41.130139253999999</v>
+        <v>41.113080257999997</v>
       </c>
       <c r="C404" s="5">
-        <v>-0.18473780899999781</v>
+        <v>-9.4667992000005086E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>-5.2357387911473596</v>
+        <v>-2.7222339402096507</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>41.024242739999998</v>
+        <v>41.068461044999999</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.10589651400000122</v>
+        <v>-4.461921299999716E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>-3.0462257917499125</v>
+        <v>-1.2945906248927108</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>41.270929914</v>
+        <v>41.310559269000002</v>
       </c>
       <c r="C406" s="5">
-        <v>0.24668717400000162</v>
+        <v>0.24209822400000292</v>
       </c>
       <c r="D406" s="5">
-        <v>7.4593415403323204</v>
+        <v>7.3079129408153198</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>41.328394545000002</v>
+        <v>41.361356037999997</v>
       </c>
       <c r="C407" s="5">
-        <v>5.7464631000001987E-2</v>
+        <v>5.0796768999994413E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>1.6837056365264225</v>
+        <v>1.4855780925646656</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>41.512533462999997</v>
+        <v>41.527005559000003</v>
       </c>
       <c r="C408" s="5">
-        <v>0.18413891799999504</v>
+        <v>0.16564952100000596</v>
       </c>
       <c r="D408" s="5">
-        <v>5.4795930872733489</v>
+        <v>4.9132081130562222</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>41.709584223</v>
+        <v>41.726957876999997</v>
       </c>
       <c r="C409" s="5">
-        <v>0.19705076000000332</v>
+        <v>0.19995231799999402</v>
       </c>
       <c r="D409" s="5">
-        <v>5.8472218317668245</v>
+        <v>5.9334920903995503</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>41.688855044</v>
+        <v>41.704555886999998</v>
       </c>
       <c r="C410" s="5">
-        <v>-2.0729178999999931E-2</v>
+        <v>-2.2401989999998762E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>-0.59475857919157882</v>
+        <v>-0.64234617613321277</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>41.589282308999998</v>
+        <v>41.591125273999999</v>
       </c>
       <c r="C411" s="5">
-        <v>-9.957273500000241E-2</v>
+        <v>-0.11343061299999846</v>
       </c>
       <c r="D411" s="5">
-        <v>-2.8288149107632887</v>
+        <v>-3.2154492061979401</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>41.513758924999998</v>
+        <v>41.502862571000001</v>
       </c>
       <c r="C412" s="5">
-        <v>-7.5523384000000249E-2</v>
+        <v>-8.8262702999998055E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>-2.1574875172808206</v>
+        <v>-2.5170687404985181</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>41.652791784999998</v>
+        <v>41.627653260999999</v>
       </c>
       <c r="C413" s="5">
-        <v>0.13903286000000037</v>
+        <v>0.12479068999999754</v>
       </c>
       <c r="D413" s="5">
-        <v>4.0937553093225443</v>
+        <v>3.6684281972369837</v>
       </c>
       <c r="E413" s="5">
-        <v>2.4643868793413404</v>
+        <v>2.4460587454897764</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>41.538200558</v>
+        <v>41.534256984999999</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.11459122699999824</v>
+        <v>-9.3396276E-2</v>
       </c>
       <c r="D414" s="5">
-        <v>-3.2518292903660373</v>
+        <v>-2.659357827767761</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>41.653473624999997</v>
+        <v>41.516634347</v>
       </c>
       <c r="C415" s="5">
-        <v>0.11527306699999684</v>
+        <v>-1.7622637999998858E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>3.381433021700353</v>
+        <v>-0.50796349204295099</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>41.822216273000002</v>
+        <v>41.790720296000003</v>
       </c>
       <c r="C416" s="5">
-        <v>0.1687426480000056</v>
+        <v>0.27408594900000338</v>
       </c>
       <c r="D416" s="5">
-        <v>4.971119247814304</v>
+        <v>8.2162824631362597</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>41.917520242999998</v>
+        <v>41.973555298999997</v>
       </c>
       <c r="C417" s="5">
-        <v>9.5303969999996241E-2</v>
+        <v>0.18283500299999389</v>
       </c>
       <c r="D417" s="5">
-        <v>2.7690804087385112</v>
+        <v>5.3782068003280115</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>41.961425632000001</v>
+        <v>42.019865848999999</v>
       </c>
       <c r="C418" s="5">
-        <v>4.3905389000002515E-2</v>
+        <v>4.6310550000001172E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>1.2641741780457405</v>
+        <v>1.3320562049253581</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>42.018218554000001</v>
+        <v>42.066034790000003</v>
       </c>
       <c r="C419" s="5">
-        <v>5.6792921999999635E-2</v>
+        <v>4.6168941000004793E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>1.6362914582586763</v>
+        <v>1.3264859401609819</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>41.625684542000002</v>
+        <v>41.645427185000003</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.39253401199999871</v>
+        <v>-0.42060760500000072</v>
       </c>
       <c r="D420" s="5">
-        <v>-10.651958896500279</v>
+        <v>-11.360165715966774</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>42.000643836000002</v>
+        <v>42.021405641000001</v>
       </c>
       <c r="C421" s="5">
-        <v>0.37495929399999994</v>
+        <v>0.37597845599999857</v>
       </c>
       <c r="D421" s="5">
-        <v>11.361407277382241</v>
+        <v>11.388165942670048</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>41.786040753000002</v>
+        <v>41.797207542000002</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.21460308300000008</v>
+        <v>-0.22419809899999876</v>
       </c>
       <c r="D422" s="5">
-        <v>-5.9620164852941411</v>
+        <v>-6.2178244210576716</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>42.229010852000002</v>
+        <v>42.229343731</v>
       </c>
       <c r="C423" s="5">
-        <v>0.44297009900000006</v>
+        <v>0.43213618899999773</v>
       </c>
       <c r="D423" s="5">
-        <v>13.489641655437644</v>
+        <v>13.137030426549767</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>42.498839039000003</v>
+        <v>42.484266994999999</v>
       </c>
       <c r="C424" s="5">
-        <v>0.26982818700000166</v>
+        <v>0.25492326399999854</v>
       </c>
       <c r="D424" s="5">
-        <v>7.9428523705603382</v>
+        <v>7.489382234940356</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>42.474470535000002</v>
+        <v>42.442786753</v>
       </c>
       <c r="C425" s="5">
-        <v>-2.4368504000001678E-2</v>
+        <v>-4.1480241999998668E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>-0.68590487649206056</v>
+        <v>-1.1653692601704457</v>
       </c>
       <c r="E425" s="5">
-        <v>1.9726858988018847</v>
+        <v>1.9581538428054435</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>42.761115318000002</v>
+        <v>42.841520207000002</v>
       </c>
       <c r="C426" s="5">
-        <v>0.28664478299999985</v>
+        <v>0.39873345400000204</v>
       </c>
       <c r="D426" s="5">
-        <v>8.4058211835020593</v>
+        <v>11.874673066243989</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>42.616806083999997</v>
+        <v>42.586795064999997</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.14430923400000495</v>
+        <v>-0.25472514200000518</v>
       </c>
       <c r="D427" s="5">
-        <v>-3.9754035589147585</v>
+        <v>-6.9061447051747216</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>42.787047029</v>
+        <v>42.920338242</v>
       </c>
       <c r="C428" s="5">
-        <v>0.17024094500000331</v>
+        <v>0.3335431770000028</v>
       </c>
       <c r="D428" s="5">
-        <v>4.9003633718692097</v>
+        <v>9.8141075788175769</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>42.754701846000003</v>
+        <v>42.502222703999998</v>
       </c>
       <c r="C429" s="5">
-        <v>-3.234518299999678E-2</v>
+        <v>-0.41811553800000212</v>
       </c>
       <c r="D429" s="5">
-        <v>-0.90338660475590693</v>
+        <v>-11.083557011461487</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>42.920433760000002</v>
+        <v>42.446359799</v>
       </c>
       <c r="C430" s="5">
-        <v>0.16573191399999843</v>
+        <v>-5.5862904999997909E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>4.7520768164317051</v>
+        <v>-1.5658712216763293</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>42.991550771999997</v>
+        <v>42.532847078000003</v>
       </c>
       <c r="C431" s="5">
-        <v>7.1117011999994872E-2</v>
+        <v>8.6487279000003525E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>2.0065606242696266</v>
+        <v>2.4726677795236407</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>42.921672544000003</v>
+        <v>42.468358457999997</v>
       </c>
       <c r="C432" s="5">
-        <v>-6.9878227999993214E-2</v>
+        <v>-6.4488620000005881E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>-1.933130878934064</v>
+        <v>-1.8043527315689589</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>42.972033275999998</v>
+        <v>42.649990672999998</v>
       </c>
       <c r="C433" s="5">
-        <v>5.0360731999994357E-2</v>
+        <v>0.18163221500000049</v>
       </c>
       <c r="D433" s="5">
-        <v>1.4171021818352836</v>
+        <v>5.2547232113911324</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>42.649119603000003</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-8.7106999999519985E-4</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-2.4505669859742341E-2</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>42.438472808</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.21064679500000238</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-5.7684972179305678</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>42.121504307000002</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.31696850099999807</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-8.6035111408918059</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">