--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{84225448-125A-4D3B-AA8B-10C57548E451}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{440A19F9-CF23-4CC9-B54A-14CF645FFF86}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{9F3F91CA-F0E8-4C30-A6AA-342BEE13A63F}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F67FB374-CE3A-40F3-BAF1-1A0073B2CBCA}"/>
   </bookViews>
   <sheets>
     <sheet name="elpleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57B93DCB-898D-48B1-A9C5-B120DCD132BA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DEAE0B09-D298-4FAF-9593-18681EEADE12}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>42.532847078000003</v>
       </c>
       <c r="C431" s="5">
         <v>8.6487279000003525E-2</v>
       </c>
       <c r="D431" s="5">
         <v>2.4726677795236407</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>42.468358457999997</v>
       </c>
       <c r="C432" s="5">
         <v>-6.4488620000005881E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-1.8043527315689589</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>42.649990672999998</v>
       </c>
       <c r="C433" s="5">
         <v>0.18163221500000049</v>
       </c>
       <c r="D433" s="5">
         <v>5.2547232113911324</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>42.649119603000003</v>
       </c>
       <c r="C434" s="5">
         <v>-8.7106999999519985E-4</v>
       </c>
       <c r="D434" s="5">
         <v>-2.4505669859742341E-2</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>42.438472808</v>
       </c>
       <c r="C435" s="5">
         <v>-0.21064679500000238</v>
       </c>
       <c r="D435" s="5">
         <v>-5.7684972179305678</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>42.121504307000002</v>
+        <v>42.143006608</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.31696850099999807</v>
+        <v>-0.2954661999999999</v>
       </c>
       <c r="D436" s="5">
-        <v>-8.6035111408918059</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-8.0420605619101018</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>42.424254124000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.28124751600000053</v>
+      </c>
+      <c r="D437" s="5">
+        <v>8.3089615544453821</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-4.3664967401535471E-2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>