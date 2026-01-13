--- v0 (2025-10-07)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E08FB612-C8C5-48A6-83BA-EE5D99765C64}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{443E84BF-AA57-4134-820A-8F23152A3561}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{3E7B10B9-E8C5-42E4-AED5-4D956B4F42FE}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{282668DE-2ECD-4DFA-B5EB-8840D1A1FA65}"/>
   </bookViews>
   <sheets>
     <sheet name="elpmanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Manufacturing Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83AFD0B8-1E34-475E-98CD-BC9A43DAD82C}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18FF4F13-3C72-42DB-9053-0EB43D942DEB}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6146 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>41.925531460000002</v>
+        <v>41.925475030999998</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>42.072283892999998</v>
+        <v>42.072164733999998</v>
       </c>
       <c r="C7" s="5">
-        <v>0.14675243299999607</v>
+        <v>0.14668970299999984</v>
       </c>
       <c r="D7" s="5">
-        <v>4.2821895555899658</v>
+        <v>4.2803296196246121</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>42.030809347999998</v>
+        <v>42.030725912000001</v>
       </c>
       <c r="C8" s="5">
-        <v>-4.1474544999999807E-2</v>
+        <v>-4.1438821999996378E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>-1.1765583225738174</v>
+        <v>-1.1755537201437849</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>41.739287838999999</v>
+        <v>41.739279693</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.29152150899999896</v>
+        <v>-0.29144621900000089</v>
       </c>
       <c r="D9" s="5">
-        <v>-8.0128035080874511</v>
+        <v>-8.0108276533927825</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>41.566330444000002</v>
+        <v>41.566390927</v>
       </c>
       <c r="C10" s="5">
-        <v>-0.1729573949999974</v>
+        <v>-0.1728887659999998</v>
       </c>
       <c r="D10" s="5">
-        <v>-4.8607305104862881</v>
+        <v>-4.8588464388539148</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>41.596541342999998</v>
+        <v>41.596571191999999</v>
       </c>
       <c r="C11" s="5">
-        <v>3.0210898999996516E-2</v>
+        <v>3.0180264999998485E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>0.87566909307197349</v>
+        <v>0.87477633346420003</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>41.670144997000001</v>
+        <v>41.670025375000002</v>
       </c>
       <c r="C12" s="5">
-        <v>7.3603654000002905E-2</v>
+        <v>7.3454183000002615E-2</v>
       </c>
       <c r="D12" s="5">
-        <v>2.1441458949640557</v>
+        <v>2.139747733110231</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>42.051111556999999</v>
+        <v>42.050521869000001</v>
       </c>
       <c r="C13" s="5">
-        <v>0.3809665599999974</v>
+        <v>0.38049649399999907</v>
       </c>
       <c r="D13" s="5">
-        <v>11.539738663162357</v>
+        <v>11.524812257272643</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>40.558897983000001</v>
+        <v>40.559913713</v>
       </c>
       <c r="C14" s="5">
-        <v>-1.4922135739999973</v>
+        <v>-1.4906081560000004</v>
       </c>
       <c r="D14" s="5">
-        <v>-35.180751143437384</v>
+        <v>-35.150357085238902</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>40.649757395999998</v>
+        <v>40.649692045999998</v>
       </c>
       <c r="C15" s="5">
-        <v>9.0859412999996891E-2</v>
+        <v>8.9778332999998156E-2</v>
       </c>
       <c r="D15" s="5">
-        <v>2.7215915465952145</v>
+        <v>2.6887456246375008</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>40.826116896000002</v>
+        <v>40.826090217000001</v>
       </c>
       <c r="C16" s="5">
-        <v>0.17635950000000378</v>
+        <v>0.17639817100000243</v>
       </c>
       <c r="D16" s="5">
-        <v>5.3322595942437712</v>
+        <v>5.3334656445604756</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>40.582675565000002</v>
+        <v>40.582585684000001</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.24344133099999965</v>
+        <v>-0.24350453299999941</v>
       </c>
       <c r="D17" s="5">
-        <v>-6.9253917879147142</v>
+        <v>-6.9271355648863437</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>41.413710531</v>
+        <v>41.413637676999997</v>
       </c>
       <c r="C18" s="5">
-        <v>0.83103496599999715</v>
+        <v>0.83105199299999555</v>
       </c>
       <c r="D18" s="5">
-        <v>27.538589453156902</v>
+        <v>27.539286715424538</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>41.173150161999999</v>
+        <v>41.173022451000001</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.24056036900000066</v>
+        <v>-0.24061522599999563</v>
       </c>
       <c r="D19" s="5">
-        <v>-6.7520203147495739</v>
+        <v>-6.753522673494361</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>41.124707628000003</v>
+        <v>41.124622037000002</v>
       </c>
       <c r="C20" s="5">
-        <v>-4.8442533999995874E-2</v>
+        <v>-4.8400413999999614E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>-1.4027671549774579</v>
+        <v>-1.401559665871821</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>41.114223909000003</v>
+        <v>41.114212016000003</v>
       </c>
       <c r="C21" s="5">
-        <v>-1.048371899999978E-2</v>
+        <v>-1.0410020999998437E-2</v>
       </c>
       <c r="D21" s="5">
-        <v>-0.30548153628688901</v>
+        <v>-0.30333769456769577</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>41.162355400999999</v>
+        <v>41.162415195999998</v>
       </c>
       <c r="C22" s="5">
-        <v>4.8131491999996001E-2</v>
+        <v>4.8203179999994461E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>1.413893452525028</v>
+        <v>1.4160133437310263</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>41.308271452</v>
+        <v>41.308289408</v>
       </c>
       <c r="C23" s="5">
-        <v>0.14591605100000038</v>
+        <v>0.1458742120000025</v>
       </c>
       <c r="D23" s="5">
-        <v>4.3377939677291311</v>
+        <v>4.3365194120984052</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>41.781003659</v>
+        <v>41.780931439</v>
       </c>
       <c r="C24" s="5">
-        <v>0.47273220699999996</v>
+        <v>0.47264203099999946</v>
       </c>
       <c r="D24" s="5">
-        <v>14.631018974735666</v>
+        <v>14.628043346542906</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>41.651599556000001</v>
+        <v>41.651114442000001</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.12940410299999883</v>
+        <v>-0.12981699699999893</v>
       </c>
       <c r="D25" s="5">
-        <v>-3.6539770217903222</v>
+        <v>-3.665443609433805</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>42.177211288000002</v>
+        <v>42.178190819000001</v>
       </c>
       <c r="C26" s="5">
-        <v>0.52561173200000155</v>
+        <v>0.52707637700000021</v>
       </c>
       <c r="D26" s="5">
-        <v>16.239604255804263</v>
+        <v>16.288255020613505</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>42.318805558000001</v>
+        <v>42.318720003999999</v>
       </c>
       <c r="C27" s="5">
-        <v>0.1415942699999988</v>
+        <v>0.14052918499999834</v>
       </c>
       <c r="D27" s="5">
-        <v>4.1037755496244444</v>
+        <v>4.0722424248326394</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>42.702936711</v>
+        <v>42.702937198999997</v>
       </c>
       <c r="C28" s="5">
-        <v>0.38413115299999845</v>
+        <v>0.38421719499999796</v>
       </c>
       <c r="D28" s="5">
-        <v>11.453085940330187</v>
+        <v>11.455805095652405</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>42.748059990999998</v>
+        <v>42.747933611999997</v>
       </c>
       <c r="C29" s="5">
-        <v>4.5123279999998545E-2</v>
+        <v>4.4996412999999791E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>1.2754097160496025</v>
+        <v>1.2718029980576251</v>
       </c>
       <c r="E29" s="5">
-        <v>5.3357359904271595</v>
+        <v>5.3356578727158377</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>43.255445082000001</v>
+        <v>43.255332846999998</v>
       </c>
       <c r="C30" s="5">
-        <v>0.50738509100000329</v>
+        <v>0.50739923500000117</v>
       </c>
       <c r="D30" s="5">
-        <v>15.210616060497628</v>
+        <v>15.211116075907727</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>42.845945108000002</v>
+        <v>42.845786097000001</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.40949997399999916</v>
+        <v>-0.40954674999999696</v>
       </c>
       <c r="D31" s="5">
-        <v>-10.787172604988838</v>
+        <v>-10.788367900016704</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>43.698831912000003</v>
+        <v>43.698726387000001</v>
       </c>
       <c r="C32" s="5">
-        <v>0.85288680400000061</v>
+        <v>0.85294028999999938</v>
       </c>
       <c r="D32" s="5">
-        <v>26.683838594629528</v>
+        <v>26.685809414276939</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>43.954915516</v>
+        <v>43.954889768999998</v>
       </c>
       <c r="C33" s="5">
-        <v>0.25608360399999697</v>
+        <v>0.25616338199999689</v>
       </c>
       <c r="D33" s="5">
-        <v>7.2633747602761867</v>
+        <v>7.2657290898413551</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>44.395214248000002</v>
+        <v>44.395264517999998</v>
       </c>
       <c r="C34" s="5">
-        <v>0.44029873200000225</v>
+        <v>0.44037474900000007</v>
       </c>
       <c r="D34" s="5">
-        <v>12.705336140523871</v>
+        <v>12.707659816806993</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>44.517495728999997</v>
+        <v>44.517503146999999</v>
       </c>
       <c r="C35" s="5">
-        <v>0.12228148099999459</v>
+        <v>0.12223862900000171</v>
       </c>
       <c r="D35" s="5">
-        <v>3.3557955183393773</v>
+        <v>3.3545978000612875</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>44.303263571000002</v>
+        <v>44.303298408000003</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.2142321579999944</v>
+        <v>-0.21420473899999593</v>
       </c>
       <c r="D36" s="5">
-        <v>-5.6243567832006569</v>
+        <v>-5.6236549667792008</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>44.284020587000001</v>
+        <v>44.283771262999998</v>
       </c>
       <c r="C37" s="5">
-        <v>-1.9242984000001684E-2</v>
+        <v>-1.9527145000004964E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>-0.51997291113230482</v>
+        <v>-0.52763232920245429</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>44.078983557000001</v>
+        <v>44.079831763000001</v>
       </c>
       <c r="C38" s="5">
-        <v>-0.20503702999999973</v>
+        <v>-0.20393949999999705</v>
       </c>
       <c r="D38" s="5">
-        <v>-5.4167293194743449</v>
+        <v>-5.3884944860440376</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>45.549620601000001</v>
+        <v>45.549459544000001</v>
       </c>
       <c r="C39" s="5">
-        <v>1.4706370440000001</v>
+        <v>1.4696277809999998</v>
       </c>
       <c r="D39" s="5">
-        <v>48.264887182641743</v>
+        <v>48.224365618553456</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>45.477459951999997</v>
+        <v>45.477539626999999</v>
       </c>
       <c r="C40" s="5">
-        <v>-7.2160649000004184E-2</v>
+        <v>-7.1919917000002442E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>-1.8845875432860426</v>
+        <v>-1.8783615346189331</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>45.701765678999998</v>
+        <v>45.701526975</v>
       </c>
       <c r="C41" s="5">
-        <v>0.22430572700000084</v>
+        <v>0.22398734800000142</v>
       </c>
       <c r="D41" s="5">
-        <v>6.0819148152834179</v>
+        <v>6.0730360550064644</v>
       </c>
       <c r="E41" s="5">
-        <v>6.9095666297414704</v>
+        <v>6.909324295785102</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>45.804254825000001</v>
+        <v>45.80406661</v>
       </c>
       <c r="C42" s="5">
-        <v>0.10248914600000347</v>
+        <v>0.10253963499999941</v>
       </c>
       <c r="D42" s="5">
-        <v>2.7245185004722616</v>
+        <v>2.7258916935321009</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>45.940303252</v>
+        <v>45.940114506999997</v>
       </c>
       <c r="C43" s="5">
-        <v>0.13604842699999864</v>
+        <v>0.13604789699999742</v>
       </c>
       <c r="D43" s="5">
-        <v>3.6230631599481145</v>
+        <v>3.6230639459506886</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>45.959880552000001</v>
+        <v>45.959768347999997</v>
       </c>
       <c r="C44" s="5">
-        <v>1.9577300000001685E-2</v>
+        <v>1.9653841000000227E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>0.51257608442469849</v>
+        <v>0.51458693034907022</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>46.199421293999997</v>
+        <v>46.199382731</v>
       </c>
       <c r="C45" s="5">
-        <v>0.23954074199999553</v>
+        <v>0.23961438300000282</v>
       </c>
       <c r="D45" s="5">
-        <v>6.4367807159585233</v>
+        <v>6.4388328051722121</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>46.103912456000003</v>
+        <v>46.103955909</v>
       </c>
       <c r="C46" s="5">
-        <v>-9.5508837999993546E-2</v>
+        <v>-9.54268220000003E-2</v>
       </c>
       <c r="D46" s="5">
-        <v>-2.452766518116678</v>
+        <v>-2.4506861544465464</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>46.306197877999999</v>
+        <v>46.306192117999998</v>
       </c>
       <c r="C47" s="5">
-        <v>0.20228542199999566</v>
+        <v>0.20223620899999872</v>
       </c>
       <c r="D47" s="5">
-        <v>5.3940506970084456</v>
+        <v>5.3927013789416556</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>46.676537981000003</v>
+        <v>46.676665171000003</v>
       </c>
       <c r="C48" s="5">
-        <v>0.37034010300000375</v>
+        <v>0.37047305300000488</v>
       </c>
       <c r="D48" s="5">
-        <v>10.030772399767951</v>
+        <v>10.034534604513933</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>46.718221720999999</v>
+        <v>46.718240252000001</v>
       </c>
       <c r="C49" s="5">
-        <v>4.1683739999996305E-2</v>
+        <v>4.1575080999997738E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>1.0769201831126285</v>
+        <v>1.0740962159128786</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>46.572694898000002</v>
+        <v>46.573440832000003</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.14552682299999731</v>
+        <v>-0.14479941999999824</v>
       </c>
       <c r="D50" s="5">
-        <v>-3.674608177135319</v>
+        <v>-3.6565515200682852</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>46.735645593000001</v>
+        <v>46.735409726999997</v>
       </c>
       <c r="C51" s="5">
-        <v>0.16295069499999926</v>
+        <v>0.16196889499999401</v>
       </c>
       <c r="D51" s="5">
-        <v>4.2803618787150777</v>
+        <v>4.2540074116202753</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>46.365976738000001</v>
+        <v>46.366131465000002</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.36966885500000046</v>
+        <v>-0.36927826199999458</v>
       </c>
       <c r="D52" s="5">
-        <v>-9.0895096127625798</v>
+        <v>-9.0803629398227272</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>46.260383629000003</v>
+        <v>46.260042511999998</v>
       </c>
       <c r="C53" s="5">
-        <v>-0.1055931089999973</v>
+        <v>-0.10608895300000398</v>
       </c>
       <c r="D53" s="5">
-        <v>-2.6988879544345368</v>
+        <v>-2.711393398176154</v>
       </c>
       <c r="E53" s="5">
-        <v>1.222311527137987</v>
+        <v>1.2220938204220655</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>45.862241951000001</v>
+        <v>45.861997611</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.39814167800000178</v>
+        <v>-0.39804490099999867</v>
       </c>
       <c r="D54" s="5">
-        <v>-9.8527227152457879</v>
+        <v>-9.8505092125475748</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>45.730922280000001</v>
+        <v>45.730723153</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.13131967099999997</v>
+        <v>-0.13127445800000004</v>
       </c>
       <c r="D55" s="5">
-        <v>-3.3824217755789032</v>
+        <v>-3.3812932210786517</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>45.639493473000002</v>
+        <v>45.639383496000001</v>
       </c>
       <c r="C56" s="5">
-        <v>-9.1428806999999779E-2</v>
+        <v>-9.1339656999998908E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>-2.3729271693633702</v>
+        <v>-2.3706489536451936</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>46.212516342000001</v>
+        <v>46.212468692999998</v>
       </c>
       <c r="C57" s="5">
-        <v>0.57302286899999899</v>
+        <v>0.57308519699999749</v>
       </c>
       <c r="D57" s="5">
-        <v>16.15171229804162</v>
+        <v>16.153633845247505</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>46.198460257000001</v>
+        <v>46.198487288999999</v>
       </c>
       <c r="C58" s="5">
-        <v>-1.4056084999999996E-2</v>
+        <v>-1.3981403999999031E-2</v>
       </c>
       <c r="D58" s="5">
-        <v>-0.36438425727655099</v>
+        <v>-0.36245185074353925</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>46.003575355999999</v>
+        <v>46.003579954999999</v>
       </c>
       <c r="C59" s="5">
-        <v>-0.19488490100000178</v>
+        <v>-0.19490733399999982</v>
       </c>
       <c r="D59" s="5">
-        <v>-4.9463021882521492</v>
+        <v>-4.9468555783226398</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>46.35172764</v>
+        <v>46.351920038999999</v>
       </c>
       <c r="C60" s="5">
-        <v>0.34815228400000109</v>
+        <v>0.34834008400000016</v>
       </c>
       <c r="D60" s="5">
-        <v>9.4692342519301587</v>
+        <v>9.4745557281477932</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>47.131661141999999</v>
+        <v>47.131884024999998</v>
       </c>
       <c r="C61" s="5">
-        <v>0.77993350199999867</v>
+        <v>0.7799639859999985</v>
       </c>
       <c r="D61" s="5">
-        <v>22.169233092291329</v>
+        <v>22.170080597678044</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>46.987309643000003</v>
+        <v>46.987862159000002</v>
       </c>
       <c r="C62" s="5">
-        <v>-0.14435149899999544</v>
+        <v>-0.14402186599999567</v>
       </c>
       <c r="D62" s="5">
-        <v>-3.6139923149170361</v>
+        <v>-3.6058610423089776</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>46.744414786</v>
+        <v>46.744200687999999</v>
       </c>
       <c r="C63" s="5">
-        <v>-0.24289485700000313</v>
+        <v>-0.2436614710000029</v>
       </c>
       <c r="D63" s="5">
-        <v>-6.0298818723211856</v>
+        <v>-6.0483045536250941</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>47.276167356000002</v>
+        <v>47.276379355000003</v>
       </c>
       <c r="C64" s="5">
-        <v>0.53175257000000187</v>
+        <v>0.53217866700000371</v>
       </c>
       <c r="D64" s="5">
-        <v>14.538215381055153</v>
+        <v>14.550674772394135</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>47.115583274999999</v>
+        <v>47.115125296999999</v>
       </c>
       <c r="C65" s="5">
-        <v>-0.16058408100000321</v>
+        <v>-0.16125405800000436</v>
       </c>
       <c r="D65" s="5">
-        <v>-4.0007751173133155</v>
+        <v>-4.0171373053879407</v>
       </c>
       <c r="E65" s="5">
-        <v>1.8486652701770634</v>
+        <v>1.8484262844725929</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>46.616120703999997</v>
+        <v>46.615887897999997</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.49946257100000224</v>
+        <v>-0.49923739900000186</v>
       </c>
       <c r="D66" s="5">
-        <v>-12.004858812579911</v>
+        <v>-11.99986804360722</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>46.798315948999999</v>
+        <v>46.798168140999998</v>
       </c>
       <c r="C67" s="5">
-        <v>0.18219524500000261</v>
+        <v>0.18228024300000101</v>
       </c>
       <c r="D67" s="5">
-        <v>4.7922454548273263</v>
+        <v>4.7945539014602856</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>46.813235896000002</v>
+        <v>46.813109586000003</v>
       </c>
       <c r="C68" s="5">
-        <v>1.4919947000002765E-2</v>
+        <v>1.494144500000516E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>0.3832480622447898</v>
+        <v>0.38380246487401681</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>46.638852864</v>
+        <v>46.638794484999998</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.17438303200000149</v>
+        <v>-0.1743151010000048</v>
       </c>
       <c r="D69" s="5">
-        <v>-4.3796402348274199</v>
+        <v>-4.377980503288514</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>46.593063483000002</v>
+        <v>46.593088868000002</v>
       </c>
       <c r="C70" s="5">
-        <v>-4.5789380999998741E-2</v>
+        <v>-4.5705616999995868E-2</v>
       </c>
       <c r="D70" s="5">
-        <v>-1.1718024177391095</v>
+        <v>-1.1696717985744565</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>46.501279013000001</v>
+        <v>46.501284634999998</v>
       </c>
       <c r="C71" s="5">
-        <v>-9.178447000000034E-2</v>
+        <v>-9.1804233000004842E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>-2.3384561066714382</v>
+        <v>-2.338952917743875</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>46.237587830000002</v>
+        <v>46.237761380999999</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.26369118299999883</v>
+        <v>-0.26352325399999899</v>
       </c>
       <c r="D72" s="5">
-        <v>-6.5964781308010423</v>
+        <v>-6.5924065215251293</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>46.297746138000001</v>
+        <v>46.297974961000001</v>
       </c>
       <c r="C73" s="5">
-        <v>6.0158307999998328E-2</v>
+        <v>6.0213580000002764E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>1.5725041640604731</v>
+        <v>1.5739533566187403</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>46.378508973999999</v>
+        <v>46.378937313999998</v>
       </c>
       <c r="C74" s="5">
-        <v>8.0762835999998117E-2</v>
+        <v>8.0962352999996767E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>2.1135082640768132</v>
+        <v>2.1187692353852539</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>44.613080607999997</v>
+        <v>44.612966880999998</v>
       </c>
       <c r="C75" s="5">
-        <v>-1.7654283660000019</v>
+        <v>-1.7659704329999997</v>
       </c>
       <c r="D75" s="5">
-        <v>-37.231006019654622</v>
+        <v>-37.239882099475388</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>44.333408181999999</v>
+        <v>44.333615010999999</v>
       </c>
       <c r="C76" s="5">
-        <v>-0.27967242599999764</v>
+        <v>-0.27935186999999928</v>
       </c>
       <c r="D76" s="5">
-        <v>-7.2685870451171137</v>
+        <v>-7.2605585845276988</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>45.685944528999997</v>
+        <v>45.6854814</v>
       </c>
       <c r="C77" s="5">
-        <v>1.3525363469999974</v>
+        <v>1.3518663890000013</v>
       </c>
       <c r="D77" s="5">
-        <v>43.422689976335185</v>
+        <v>43.397215928785357</v>
       </c>
       <c r="E77" s="5">
-        <v>-3.0343225035666332</v>
+        <v>-3.0343629311987197</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>45.590388210999997</v>
+        <v>45.590231971999998</v>
       </c>
       <c r="C78" s="5">
-        <v>-9.5556317999999862E-2</v>
+        <v>-9.5249428000002467E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>-2.4812363858507158</v>
+        <v>-2.4733835535591053</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>45.593868229000002</v>
+        <v>45.593789096000002</v>
       </c>
       <c r="C79" s="5">
-        <v>3.4800180000047476E-3</v>
+        <v>3.5571240000038529E-3</v>
       </c>
       <c r="D79" s="5">
-        <v>9.1637194128924016E-2</v>
+        <v>9.3668771980537358E-2</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>45.186775292</v>
+        <v>45.186633895999996</v>
       </c>
       <c r="C80" s="5">
-        <v>-0.4070929370000016</v>
+        <v>-0.40715520000000538</v>
       </c>
       <c r="D80" s="5">
-        <v>-10.203601914272543</v>
+        <v>-10.205103523225144</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>44.932355970000003</v>
+        <v>44.932288262</v>
       </c>
       <c r="C81" s="5">
-        <v>-0.25441932199999684</v>
+        <v>-0.25434563399999632</v>
       </c>
       <c r="D81" s="5">
-        <v>-6.5511208188228309</v>
+        <v>-6.5493016183229784</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>44.761732254999998</v>
+        <v>44.761737519</v>
       </c>
       <c r="C82" s="5">
-        <v>-0.17062371500000495</v>
+        <v>-0.17055074299999973</v>
       </c>
       <c r="D82" s="5">
-        <v>-4.4628390316867383</v>
+        <v>-4.4609766247770688</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>44.922598391999998</v>
+        <v>44.922610415000001</v>
       </c>
       <c r="C83" s="5">
-        <v>0.1608661369999993</v>
+        <v>0.16087289600000076</v>
       </c>
       <c r="D83" s="5">
-        <v>4.3988707737385502</v>
+        <v>4.3990587390334568</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>44.475988966999999</v>
+        <v>44.476116709000003</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.44660942499999834</v>
+        <v>-0.44649370599999827</v>
       </c>
       <c r="D84" s="5">
-        <v>-11.298912793639804</v>
+        <v>-11.296140471349991</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>44.623649557999997</v>
+        <v>44.623808343999997</v>
       </c>
       <c r="C85" s="5">
-        <v>0.14766059099999751</v>
+        <v>0.14769163499999394</v>
       </c>
       <c r="D85" s="5">
-        <v>4.0575675703939273</v>
+        <v>4.0584243989414404</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>44.348633563</v>
+        <v>44.348917960999998</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.27501599499999685</v>
+        <v>-0.27489038299999891</v>
       </c>
       <c r="D86" s="5">
-        <v>-7.1500053600126456</v>
+        <v>-7.1468249023710406</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>44.144747174000003</v>
+        <v>44.144763173000001</v>
       </c>
       <c r="C87" s="5">
-        <v>-0.20388638899999734</v>
+        <v>-0.20415478799999676</v>
       </c>
       <c r="D87" s="5">
-        <v>-5.3794457096419173</v>
+        <v>-5.3863152956501796</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>44.391228896000001</v>
+        <v>44.391447153999998</v>
       </c>
       <c r="C88" s="5">
-        <v>0.24648172199999863</v>
+        <v>0.24668398099999678</v>
       </c>
       <c r="D88" s="5">
-        <v>6.9098224662156316</v>
+        <v>6.9156653656196498</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>44.088016009999997</v>
+        <v>44.087544393000002</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.30321288600000429</v>
+        <v>-0.30390276099999625</v>
       </c>
       <c r="D89" s="5">
-        <v>-7.8955414308508391</v>
+        <v>-7.9127971397169983</v>
       </c>
       <c r="E89" s="5">
-        <v>-3.4976370423636216</v>
+        <v>-3.4976910782864135</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>44.140690800000002</v>
+        <v>44.140665022</v>
       </c>
       <c r="C90" s="5">
-        <v>5.2674790000004634E-2</v>
+        <v>5.3120628999998587E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>1.4431760956163942</v>
+        <v>1.4554878615808065</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>44.055167451000003</v>
+        <v>44.055110640999999</v>
       </c>
       <c r="C91" s="5">
-        <v>-8.5523348999998916E-2</v>
+        <v>-8.5554381000001456E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>-2.3004037740238514</v>
+        <v>-2.3012309233478523</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>44.160655851999998</v>
+        <v>44.160515099999998</v>
       </c>
       <c r="C92" s="5">
-        <v>0.10548840099999524</v>
+        <v>0.10540445899999895</v>
       </c>
       <c r="D92" s="5">
-        <v>2.9114981661472195</v>
+        <v>2.9091545816338771</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>44.254344791999998</v>
+        <v>44.254274961999997</v>
       </c>
       <c r="C93" s="5">
-        <v>9.3688939999999832E-2</v>
+        <v>9.3759861999998861E-2</v>
       </c>
       <c r="D93" s="5">
-        <v>2.5757747508188933</v>
+        <v>2.5777557352703484</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>44.349522428999997</v>
+        <v>44.349519411999999</v>
       </c>
       <c r="C94" s="5">
-        <v>9.5177636999999038E-2</v>
+        <v>9.5244450000002701E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>2.6115832271554895</v>
+        <v>2.6134424398178924</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>44.133791414000001</v>
+        <v>44.133807513000001</v>
       </c>
       <c r="C95" s="5">
-        <v>-0.21573101499999581</v>
+        <v>-0.21571189899999865</v>
       </c>
       <c r="D95" s="5">
-        <v>-5.6835411614849178</v>
+        <v>-5.6830513126992717</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>44.314063459000003</v>
+        <v>44.314134269999997</v>
       </c>
       <c r="C96" s="5">
-        <v>0.18027204500000238</v>
+        <v>0.18032675699999601</v>
       </c>
       <c r="D96" s="5">
-        <v>5.0132371043503099</v>
+        <v>5.0147910892558878</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>44.104162608000003</v>
+        <v>44.104278989999997</v>
       </c>
       <c r="C97" s="5">
-        <v>-0.20990085100000044</v>
+        <v>-0.20985527999999931</v>
       </c>
       <c r="D97" s="5">
-        <v>-5.5382331055685352</v>
+        <v>-5.5370532391670224</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>43.766522016000003</v>
+        <v>43.766729376999997</v>
       </c>
       <c r="C98" s="5">
-        <v>-0.33764059199999963</v>
+        <v>-0.33754961300000019</v>
       </c>
       <c r="D98" s="5">
-        <v>-8.8095279324850182</v>
+        <v>-8.8072309055109095</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>44.182630955</v>
+        <v>44.182694965000003</v>
       </c>
       <c r="C99" s="5">
-        <v>0.41610893899999724</v>
+        <v>0.41596558800000594</v>
       </c>
       <c r="D99" s="5">
-        <v>12.024869894383938</v>
+        <v>12.020448421116402</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>44.147841575999998</v>
+        <v>44.148016781000003</v>
       </c>
       <c r="C100" s="5">
-        <v>-3.4789379000002896E-2</v>
+        <v>-3.4678184000000556E-2</v>
       </c>
       <c r="D100" s="5">
-        <v>-0.94079806654715492</v>
+        <v>-0.93780267187689725</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>44.374011174000003</v>
+        <v>44.373608578000002</v>
       </c>
       <c r="C101" s="5">
-        <v>0.22616959800000558</v>
+        <v>0.22559179699999987</v>
       </c>
       <c r="D101" s="5">
-        <v>6.3238161237938462</v>
+        <v>6.3071780650625575</v>
       </c>
       <c r="E101" s="5">
-        <v>0.64869139027516898</v>
+        <v>0.64885488393275903</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>44.653935121000004</v>
+        <v>44.653997898999997</v>
       </c>
       <c r="C102" s="5">
-        <v>0.27992394700000034</v>
+        <v>0.28038932099999414</v>
       </c>
       <c r="D102" s="5">
-        <v>7.8381884832182225</v>
+        <v>7.8517493926456572</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>43.354584314999997</v>
+        <v>43.354493755999997</v>
       </c>
       <c r="C103" s="5">
-        <v>-1.2993508060000067</v>
+        <v>-1.2995041430000001</v>
       </c>
       <c r="D103" s="5">
-        <v>-29.837755440346005</v>
+        <v>-29.840697712287088</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>43.946482920999998</v>
+        <v>43.946360597999998</v>
       </c>
       <c r="C104" s="5">
-        <v>0.59189860600000088</v>
+        <v>0.59186684200000172</v>
       </c>
       <c r="D104" s="5">
-        <v>17.670924877721127</v>
+        <v>17.669943991100734</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>43.862262913999999</v>
+        <v>43.862204476000002</v>
       </c>
       <c r="C105" s="5">
-        <v>-8.4220006999998986E-2</v>
+        <v>-8.4156121999996003E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>-2.2756209435431662</v>
+        <v>-2.2739191763171629</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>43.642897660000003</v>
+        <v>43.642892492000001</v>
       </c>
       <c r="C106" s="5">
-        <v>-0.21936525399999596</v>
+        <v>-0.21931198400000085</v>
       </c>
       <c r="D106" s="5">
-        <v>-5.8391158296600132</v>
+        <v>-5.8377442056251505</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>43.559565507000002</v>
+        <v>43.559595385000001</v>
       </c>
       <c r="C107" s="5">
-        <v>-8.3332153000000631E-2</v>
+        <v>-8.3297106999999926E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>-2.2673810404603367</v>
+        <v>-2.2664377284316251</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>43.315227837000002</v>
+        <v>43.315254097999997</v>
       </c>
       <c r="C108" s="5">
-        <v>-0.24433767000000017</v>
+        <v>-0.24434128700000457</v>
       </c>
       <c r="D108" s="5">
-        <v>-6.527304321688165</v>
+        <v>-6.5273936459097959</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>43.070384787000002</v>
+        <v>43.070476923999998</v>
       </c>
       <c r="C109" s="5">
-        <v>-0.24484305000000006</v>
+        <v>-0.24477717399999932</v>
       </c>
       <c r="D109" s="5">
-        <v>-6.5761451165608715</v>
+        <v>-6.5744265418407828</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>42.790646455999997</v>
+        <v>42.790800122</v>
       </c>
       <c r="C110" s="5">
-        <v>-0.27973833100000434</v>
+        <v>-0.27967680199999734</v>
       </c>
       <c r="D110" s="5">
-        <v>-7.5214204508637028</v>
+        <v>-7.519809213893824</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>42.731582590000002</v>
+        <v>42.731668812999999</v>
       </c>
       <c r="C111" s="5">
-        <v>-5.9063865999995357E-2</v>
+        <v>-5.9131309000001409E-2</v>
       </c>
       <c r="D111" s="5">
-        <v>-1.6438414221459308</v>
+        <v>-1.6456983601411457</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>42.099958653999998</v>
+        <v>42.100088163999999</v>
       </c>
       <c r="C112" s="5">
-        <v>-0.63162393600000399</v>
+        <v>-0.63158064899999999</v>
       </c>
       <c r="D112" s="5">
-        <v>-16.364183297068902</v>
+        <v>-16.363120982521096</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>41.982423156000003</v>
+        <v>41.982128357999997</v>
       </c>
       <c r="C113" s="5">
-        <v>-0.11753549799999519</v>
+        <v>-0.11795980600000178</v>
       </c>
       <c r="D113" s="5">
-        <v>-3.2992173842512074</v>
+        <v>-3.310934730421855</v>
       </c>
       <c r="E113" s="5">
-        <v>-5.3896142240152045</v>
+        <v>-5.3894201905987815</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>41.652592974000001</v>
+        <v>41.652777241000003</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.32983018200000203</v>
+        <v>-0.32935111699999453</v>
       </c>
       <c r="D114" s="5">
-        <v>-9.0307762661994921</v>
+        <v>-9.0182807607061317</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>41.056629348999998</v>
+        <v>41.056293570999998</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.59596362500000311</v>
+        <v>-0.59648367000000491</v>
       </c>
       <c r="D115" s="5">
-        <v>-15.880827067069747</v>
+        <v>-15.893547283385134</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>41.057894343000001</v>
+        <v>41.057855398000001</v>
       </c>
       <c r="C116" s="5">
-        <v>1.2649940000031279E-3</v>
+        <v>1.5618270000032908E-3</v>
       </c>
       <c r="D116" s="5">
-        <v>3.6979413311533094E-2</v>
+        <v>4.5658884830190871E-2</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>40.566090352000003</v>
+        <v>40.566081419</v>
       </c>
       <c r="C117" s="5">
-        <v>-0.49180399099999761</v>
+        <v>-0.4917739790000013</v>
       </c>
       <c r="D117" s="5">
-        <v>-13.463810048851865</v>
+        <v>-13.463053722155571</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>40.420079585000003</v>
+        <v>40.420091896000002</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.14601076699999993</v>
+        <v>-0.14598952299999723</v>
       </c>
       <c r="D118" s="5">
-        <v>-4.234710031615851</v>
+        <v>-4.2341069556117494</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>39.977083696000001</v>
+        <v>39.977107728</v>
       </c>
       <c r="C119" s="5">
-        <v>-0.44299588900000231</v>
+        <v>-0.4429841680000024</v>
       </c>
       <c r="D119" s="5">
-        <v>-12.387244070978642</v>
+        <v>-12.386932272826623</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>40.018242616999999</v>
+        <v>40.018246013000002</v>
       </c>
       <c r="C120" s="5">
-        <v>4.1158920999997406E-2</v>
+        <v>4.1138285000002384E-2</v>
       </c>
       <c r="D120" s="5">
-        <v>1.2424955064137988</v>
+        <v>1.2418682710956697</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>39.629542843999999</v>
+        <v>39.629638249000003</v>
       </c>
       <c r="C121" s="5">
-        <v>-0.38869977299999903</v>
+        <v>-0.38860776399999963</v>
       </c>
       <c r="D121" s="5">
-        <v>-11.052735759157418</v>
+        <v>-11.050256703550987</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>39.638249842999997</v>
+        <v>39.638372302999997</v>
       </c>
       <c r="C122" s="5">
-        <v>8.706998999997495E-3</v>
+        <v>8.7340539999942735E-3</v>
       </c>
       <c r="D122" s="5">
-        <v>0.26397059331415562</v>
+        <v>0.26479117758377857</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>39.610009470999998</v>
+        <v>39.610086230999997</v>
       </c>
       <c r="C123" s="5">
-        <v>-2.824037199999907E-2</v>
+        <v>-2.8286072000000217E-2</v>
       </c>
       <c r="D123" s="5">
-        <v>-0.85160091283328354</v>
+        <v>-0.85297098738467136</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>39.532850242999999</v>
+        <v>39.532957246999999</v>
       </c>
       <c r="C124" s="5">
-        <v>-7.7159227999999302E-2</v>
+        <v>-7.7128983999998013E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>-2.312685127364511</v>
+        <v>-2.3117838813071279</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>39.187115538999997</v>
+        <v>39.186959858999998</v>
       </c>
       <c r="C125" s="5">
-        <v>-0.34573470400000161</v>
+        <v>-0.34599738800000068</v>
       </c>
       <c r="D125" s="5">
-        <v>-10.004241587558848</v>
+        <v>-10.011454764025263</v>
       </c>
       <c r="E125" s="5">
-        <v>-6.6582807919711717</v>
+        <v>-6.6579961720005576</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>39.632416919000001</v>
+        <v>39.632613898999999</v>
       </c>
       <c r="C126" s="5">
-        <v>0.44530138000000363</v>
+        <v>0.44565404000000086</v>
       </c>
       <c r="D126" s="5">
-        <v>14.521525952913272</v>
+        <v>14.533816472097239</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>39.628600876</v>
+        <v>39.628022747000003</v>
       </c>
       <c r="C127" s="5">
-        <v>-3.8160430000004908E-3</v>
+        <v>-4.591151999996157E-3</v>
       </c>
       <c r="D127" s="5">
-        <v>-0.1154819132524465</v>
+        <v>-0.13892279594017731</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>39.306046643999998</v>
+        <v>39.306077592000001</v>
       </c>
       <c r="C128" s="5">
-        <v>-0.32255423200000166</v>
+        <v>-0.32194515500000165</v>
       </c>
       <c r="D128" s="5">
-        <v>-9.3417129557540335</v>
+        <v>-9.324983711221325</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>38.648582222000002</v>
+        <v>38.648616799999999</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.65746442199999677</v>
+        <v>-0.65746079200000196</v>
       </c>
       <c r="D129" s="5">
-        <v>-18.324759627784459</v>
+        <v>-18.324654445821629</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>38.503194497999999</v>
+        <v>38.503227363999997</v>
       </c>
       <c r="C130" s="5">
-        <v>-0.14538772400000255</v>
+        <v>-0.14538943600000209</v>
       </c>
       <c r="D130" s="5">
-        <v>-4.4219085009701171</v>
+        <v>-4.4219556234591622</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>38.296421565000003</v>
+        <v>38.296425792000001</v>
       </c>
       <c r="C131" s="5">
-        <v>-0.20677293299999633</v>
+        <v>-0.20680157199999627</v>
       </c>
       <c r="D131" s="5">
-        <v>-6.257359047683531</v>
+        <v>-6.2581950955419856</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>37.516204496</v>
+        <v>37.516213166</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.78021706900000254</v>
+        <v>-0.78021262600000085</v>
       </c>
       <c r="D132" s="5">
-        <v>-21.886087404984465</v>
+        <v>-21.885974241962959</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>37.752119682</v>
+        <v>37.752233904000001</v>
       </c>
       <c r="C133" s="5">
-        <v>0.23591518599999972</v>
+        <v>0.23602073800000056</v>
       </c>
       <c r="D133" s="5">
-        <v>7.8125603741004968</v>
+        <v>7.816175787182722</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>37.522057216999997</v>
+        <v>37.522182663000002</v>
       </c>
       <c r="C134" s="5">
-        <v>-0.23006246500000316</v>
+        <v>-0.23005124099999819</v>
       </c>
       <c r="D134" s="5">
-        <v>-7.0726392726385034</v>
+        <v>-7.0722850171949787</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>37.174452041999999</v>
+        <v>37.174523698000002</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.34760517499999821</v>
+        <v>-0.34765896500000082</v>
       </c>
       <c r="D135" s="5">
-        <v>-10.567532876892304</v>
+        <v>-10.56905217432581</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>37.441076475999999</v>
+        <v>37.441201552999999</v>
       </c>
       <c r="C136" s="5">
-        <v>0.26662443400000058</v>
+        <v>0.26667785499999752</v>
       </c>
       <c r="D136" s="5">
-        <v>8.9544600656489273</v>
+        <v>8.9563076068948977</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>36.740650170000002</v>
+        <v>36.740559648999998</v>
       </c>
       <c r="C137" s="5">
-        <v>-0.70042630599999711</v>
+        <v>-0.70064190400000115</v>
       </c>
       <c r="D137" s="5">
-        <v>-20.2772762647208</v>
+        <v>-20.282828998085854</v>
       </c>
       <c r="E137" s="5">
-        <v>-6.2430350776014887</v>
+        <v>-6.2428936023679267</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>36.308592204999997</v>
+        <v>36.308773258999999</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.43205796500000559</v>
+        <v>-0.43178638999999919</v>
       </c>
       <c r="D138" s="5">
-        <v>-13.233740581527552</v>
+        <v>-13.225983011432074</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>36.170583471999997</v>
+        <v>36.169821816000002</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.13800873299999949</v>
+        <v>-0.13895144299999629</v>
       </c>
       <c r="D139" s="5">
-        <v>-4.4670365389948063</v>
+        <v>-4.4968886857726371</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>35.880191261999997</v>
+        <v>35.880281942000003</v>
       </c>
       <c r="C140" s="5">
-        <v>-0.29039221000000026</v>
+        <v>-0.28953987399999903</v>
       </c>
       <c r="D140" s="5">
-        <v>-9.2198660323527406</v>
+        <v>-9.1941699653905857</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>35.397274817000003</v>
+        <v>35.397344867000001</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.48291644499999364</v>
+        <v>-0.48293707500000238</v>
       </c>
       <c r="D141" s="5">
-        <v>-15.007434503590723</v>
+        <v>-15.007993752138916</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>35.145863802999997</v>
+        <v>35.145916614999997</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.25141101400000565</v>
+        <v>-0.25142825200000374</v>
       </c>
       <c r="D142" s="5">
-        <v>-8.1978760777899229</v>
+        <v>-8.1984007949941091</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>34.985579885</v>
+        <v>34.985572816999998</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.16028391799999753</v>
+        <v>-0.16034379799999954</v>
       </c>
       <c r="D143" s="5">
-        <v>-5.3374367479472662</v>
+        <v>-5.3393731571735437</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>34.518922662999998</v>
+        <v>34.518944822000002</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.46665722200000204</v>
+        <v>-0.46662799499999608</v>
       </c>
       <c r="D144" s="5">
-        <v>-14.882693099504497</v>
+        <v>-14.881831064162521</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>34.101196176000002</v>
+        <v>34.101323243000003</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.41772648699999593</v>
+        <v>-0.41762157899999863</v>
       </c>
       <c r="D145" s="5">
-        <v>-13.59307251263624</v>
+        <v>-13.589874467630668</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>33.458855395999997</v>
+        <v>33.458966953000001</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.64234078000000494</v>
+        <v>-0.64235629000000216</v>
       </c>
       <c r="D146" s="5">
-        <v>-20.402834546959316</v>
+        <v>-20.403208988521428</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>33.158745025000002</v>
+        <v>33.158803632999998</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.30011037099999527</v>
+        <v>-0.3001633200000029</v>
       </c>
       <c r="D147" s="5">
-        <v>-10.248014842338083</v>
+        <v>-10.24970214926496</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>32.837127705999997</v>
+        <v>32.837237811999998</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.3216173190000049</v>
+        <v>-0.32156582100000008</v>
       </c>
       <c r="D148" s="5">
-        <v>-11.037921580152975</v>
+        <v>-11.036228872111264</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>32.536389268999997</v>
+        <v>32.536361071000002</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.30073843699999969</v>
+        <v>-0.30087674099999617</v>
       </c>
       <c r="D149" s="5">
-        <v>-10.45314841965661</v>
+        <v>-10.457682688653369</v>
       </c>
       <c r="E149" s="5">
-        <v>-11.443077031970784</v>
+        <v>-11.44293559533306</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>31.975976203999998</v>
+        <v>31.976069301999999</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.56041306499999877</v>
+        <v>-0.56029176900000266</v>
       </c>
       <c r="D150" s="5">
-        <v>-18.819171324564511</v>
+        <v>-18.815490676257451</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>30.519566706999999</v>
+        <v>30.518902271000002</v>
       </c>
       <c r="C151" s="5">
-        <v>-1.4564094969999992</v>
+        <v>-1.4571670309999973</v>
       </c>
       <c r="D151" s="5">
-        <v>-42.844948825184737</v>
+        <v>-42.86187510812195</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>30.930588183000001</v>
+        <v>30.930668479000001</v>
       </c>
       <c r="C152" s="5">
-        <v>0.41102147600000194</v>
+        <v>0.41176620799999952</v>
       </c>
       <c r="D152" s="5">
-        <v>17.413431827569426</v>
+        <v>17.447769089286002</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>31.042391084999998</v>
+        <v>31.042458689</v>
       </c>
       <c r="C153" s="5">
-        <v>0.11180290199999732</v>
+        <v>0.11179020999999878</v>
       </c>
       <c r="D153" s="5">
-        <v>4.424847026869605</v>
+        <v>4.4243229711448118</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>30.642700158</v>
+        <v>30.642758551</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.3996909269999982</v>
+        <v>-0.39970013800000004</v>
       </c>
       <c r="D154" s="5">
-        <v>-14.402242593076897</v>
+        <v>-14.402522175546439</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>30.443486876000001</v>
+        <v>30.443473384000001</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.19921328199999877</v>
+        <v>-0.19928516699999932</v>
       </c>
       <c r="D155" s="5">
-        <v>-7.5284066967843177</v>
+        <v>-7.5310130151161614</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>30.289308222999999</v>
+        <v>30.289345271999998</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.15417865300000244</v>
+        <v>-0.1541281120000022</v>
       </c>
       <c r="D156" s="5">
-        <v>-5.9108520919328615</v>
+        <v>-5.9089706453772433</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>30.685900204999999</v>
+        <v>30.686014426</v>
       </c>
       <c r="C157" s="5">
-        <v>0.39659198200000034</v>
+        <v>0.39666915400000136</v>
       </c>
       <c r="D157" s="5">
-        <v>16.894523399156803</v>
+        <v>16.898029005644876</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>30.478307308000002</v>
+        <v>30.478402039999999</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.20759289699999783</v>
+        <v>-0.20761238600000098</v>
       </c>
       <c r="D158" s="5">
-        <v>-7.8227591604992819</v>
+        <v>-7.8234384120884464</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>29.740964512000001</v>
+        <v>29.741010842000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.73734279600000008</v>
+        <v>-0.73739119799999742</v>
       </c>
       <c r="D159" s="5">
-        <v>-25.46324849119247</v>
+        <v>-25.464635210880214</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>29.335384002000001</v>
+        <v>29.335458860999999</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.40558051000000006</v>
+        <v>-0.40555198100000212</v>
       </c>
       <c r="D160" s="5">
-        <v>-15.191233792000192</v>
+        <v>-15.190222139293585</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>29.231936309999998</v>
+        <v>29.231941641999999</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.10344769200000314</v>
+        <v>-0.10351721900000044</v>
       </c>
       <c r="D161" s="5">
-        <v>-4.1505390140561644</v>
+        <v>-4.1532642743282944</v>
       </c>
       <c r="E161" s="5">
-        <v>-10.156176002444173</v>
+        <v>-10.156081750473522</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>28.521663287999999</v>
+        <v>28.521734586000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.71027302199999909</v>
+        <v>-0.710207055999998</v>
       </c>
       <c r="D162" s="5">
-        <v>-25.559860740891025</v>
+        <v>-25.557790641052446</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>28.308119810000001</v>
+        <v>28.307530061000001</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.21354347799999829</v>
+        <v>-0.21420452499999953</v>
       </c>
       <c r="D163" s="5">
-        <v>-8.6235844054287973</v>
+        <v>-8.6491660825739558</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>28.013076794</v>
+        <v>28.013147161999999</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.29504301600000105</v>
+        <v>-0.29438289900000214</v>
       </c>
       <c r="D164" s="5">
-        <v>-11.814447197926626</v>
+        <v>-11.789739020098612</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>27.637183773</v>
+        <v>27.637243935000001</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.37589302099999955</v>
+        <v>-0.37590322699999845</v>
       </c>
       <c r="D165" s="5">
-        <v>-14.965395801968961</v>
+        <v>-14.965737761857302</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>26.837319201</v>
+        <v>26.837369201000001</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.79986457200000061</v>
+        <v>-0.79987473399999942</v>
       </c>
       <c r="D166" s="5">
-        <v>-29.701809939553524</v>
+        <v>-29.702074630254781</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>26.194103235</v>
+        <v>26.194088368999999</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.64321596599999964</v>
+        <v>-0.64328083200000208</v>
       </c>
       <c r="D167" s="5">
-        <v>-25.256602075502155</v>
+        <v>-25.258782106548793</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>26.039771716000001</v>
+        <v>26.039806979000002</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.15433151899999942</v>
+        <v>-0.15428138999999774</v>
       </c>
       <c r="D168" s="5">
-        <v>-6.8455398960373115</v>
+        <v>-6.8433916594058513</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>25.71272578</v>
+        <v>25.712810731000001</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.32704593600000109</v>
+        <v>-0.32699624800000038</v>
       </c>
       <c r="D169" s="5">
-        <v>-14.072663991207524</v>
+        <v>-14.070653630835849</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>25.576980439</v>
+        <v>25.577042970000001</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.1357453409999998</v>
+        <v>-0.13576776100000032</v>
       </c>
       <c r="D170" s="5">
-        <v>-6.1544167897765618</v>
+        <v>-6.1553841815340178</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>25.215912933999999</v>
+        <v>25.215944163</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.36106750500000118</v>
+        <v>-0.36109880700000119</v>
       </c>
       <c r="D171" s="5">
-        <v>-15.684950516269037</v>
+        <v>-15.686171068309985</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>25.051015495000001</v>
+        <v>25.051057051000001</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.16489743899999709</v>
+        <v>-0.16488711199999884</v>
       </c>
       <c r="D172" s="5">
-        <v>-7.571123983440109</v>
+        <v>-7.5706577078129218</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>24.710662521</v>
+        <v>24.710681908000002</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.34035297400000175</v>
+        <v>-0.34037514299999927</v>
       </c>
       <c r="D173" s="5">
-        <v>-15.138901987960685</v>
+        <v>-15.139792305605237</v>
       </c>
       <c r="E173" s="5">
-        <v>-15.466898056470201</v>
+        <v>-15.466847154292074</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>24.850471529</v>
+        <v>24.850495809000002</v>
       </c>
       <c r="C174" s="5">
-        <v>0.13980900800000029</v>
+        <v>0.13981390100000013</v>
       </c>
       <c r="D174" s="5">
-        <v>7.0047190196274922</v>
+        <v>7.0049661797035201</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>24.880061219000002</v>
+        <v>24.879698025</v>
       </c>
       <c r="C175" s="5">
-        <v>2.9589690000001667E-2</v>
+        <v>2.920221599999806E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>1.4382459239544509</v>
+        <v>1.419288956058895</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>24.564177751999999</v>
+        <v>24.564204248999999</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.31588346700000258</v>
+        <v>-0.31549377600000028</v>
       </c>
       <c r="D176" s="5">
-        <v>-14.215378195301509</v>
+        <v>-14.199238959118588</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>24.466858295000002</v>
+        <v>24.466890237000001</v>
       </c>
       <c r="C177" s="5">
-        <v>-9.7319456999997556E-2</v>
+        <v>-9.7314011999998229E-2</v>
       </c>
       <c r="D177" s="5">
-        <v>-4.6519745836629873</v>
+        <v>-4.651715042647508</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>24.456719375999999</v>
+        <v>24.456754350000001</v>
       </c>
       <c r="C178" s="5">
-        <v>-1.0138919000002744E-2</v>
+        <v>-1.0135887000000565E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-0.49614098283198294</v>
+        <v>-0.49599230584976839</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>24.251131461</v>
+        <v>24.251111149</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.20558791499999884</v>
+        <v>-0.20564320100000089</v>
       </c>
       <c r="D179" s="5">
-        <v>-9.63387366171502</v>
+        <v>-9.6363326043533029</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>24.182181378999999</v>
+        <v>24.182212656000001</v>
       </c>
       <c r="C180" s="5">
-        <v>-6.8950082000000634E-2</v>
+        <v>-6.889849299999895E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>-3.3589541882672824</v>
+        <v>-3.3564828993582485</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>24.19038201</v>
+        <v>24.190438621999999</v>
       </c>
       <c r="C181" s="5">
-        <v>8.200631000001124E-3</v>
+        <v>8.2259659999976975E-3</v>
       </c>
       <c r="D181" s="5">
-        <v>0.40770236265967874</v>
+        <v>0.40896374439585159</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>24.090727819000001</v>
+        <v>24.090770397</v>
       </c>
       <c r="C182" s="5">
-        <v>-9.9654190999999059E-2</v>
+        <v>-9.96682249999985E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>-4.8330106395944705</v>
+        <v>-4.8336648523067964</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>24.458232482</v>
+        <v>24.458266588000001</v>
       </c>
       <c r="C183" s="5">
-        <v>0.36750466299999829</v>
+        <v>0.36749619100000075</v>
       </c>
       <c r="D183" s="5">
-        <v>19.922803900142139</v>
+        <v>19.922267209638434</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>24.358375053</v>
+        <v>24.358410421999999</v>
       </c>
       <c r="C184" s="5">
-        <v>-9.9857429000000053E-2</v>
+        <v>-9.9856166000002133E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>-4.7907963662480846</v>
+        <v>-4.7907305950214969</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>23.671760769999999</v>
+        <v>23.671778756999998</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.68661428300000082</v>
+        <v>-0.68663166500000017</v>
       </c>
       <c r="D185" s="5">
-        <v>-29.044347212739353</v>
+        <v>-29.044936574999912</v>
       </c>
       <c r="E185" s="5">
-        <v>-4.2042650621653905</v>
+        <v>-4.2042674292353759</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>23.284521895000001</v>
+        <v>23.284530480000001</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.38723887499999776</v>
+        <v>-0.38724827699999764</v>
       </c>
       <c r="D186" s="5">
-        <v>-17.957073881549114</v>
+        <v>-17.957458974174155</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>23.342094025000002</v>
+        <v>23.341875374000001</v>
       </c>
       <c r="C187" s="5">
-        <v>5.7572130000000499E-2</v>
+        <v>5.7344893999999869E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>3.0077427575045057</v>
+        <v>2.9957088799082987</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>23.550201326</v>
+        <v>23.55019923</v>
       </c>
       <c r="C188" s="5">
-        <v>0.2081073009999983</v>
+        <v>0.20832385599999981</v>
       </c>
       <c r="D188" s="5">
-        <v>11.239165111883253</v>
+        <v>11.251551102372481</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>23.453641427000001</v>
+        <v>23.453648819000001</v>
       </c>
       <c r="C189" s="5">
-        <v>-9.655989899999895E-2</v>
+        <v>-9.6550410999999059E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>-4.810754762183489</v>
+        <v>-4.8102930822716221</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>23.504856557</v>
+        <v>23.504873461999999</v>
       </c>
       <c r="C190" s="5">
-        <v>5.121512999999922E-2</v>
+        <v>5.1224642999997627E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>2.6521118669310395</v>
+        <v>2.6526095722870124</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>23.417768936000002</v>
+        <v>23.417753329</v>
       </c>
       <c r="C191" s="5">
-        <v>-8.708762099999845E-2</v>
+        <v>-8.71201329999991E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>-4.3566155206344215</v>
+        <v>-4.3582058726064581</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>23.024842758999998</v>
+        <v>23.024859715000002</v>
       </c>
       <c r="C192" s="5">
-        <v>-0.39292617700000321</v>
+        <v>-0.39289361399999834</v>
       </c>
       <c r="D192" s="5">
-        <v>-18.376750931620343</v>
+        <v>-18.375376826954138</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>22.850388951999999</v>
+        <v>22.850420713999998</v>
       </c>
       <c r="C193" s="5">
-        <v>-0.17445380699999902</v>
+        <v>-0.1744390010000032</v>
       </c>
       <c r="D193" s="5">
-        <v>-8.7226366120152328</v>
+        <v>-8.72192072936231</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>22.902986862999999</v>
+        <v>22.903017391999999</v>
       </c>
       <c r="C194" s="5">
-        <v>5.2597910999999442E-2</v>
+        <v>5.2596678000000452E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>2.797446071919496</v>
+        <v>2.7973757240749686</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>22.685098561</v>
+        <v>22.685137493999999</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.21788830199999865</v>
+        <v>-0.21787989799999963</v>
       </c>
       <c r="D195" s="5">
-        <v>-10.837434037336791</v>
+        <v>-10.837023960709979</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>22.765091158000001</v>
+        <v>22.765131776</v>
       </c>
       <c r="C196" s="5">
-        <v>7.9992597000000387E-2</v>
+        <v>7.9994282000001249E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>4.314499388114279</v>
+        <v>4.3145844914517228</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>22.811237599999998</v>
+        <v>22.811268568999999</v>
       </c>
       <c r="C197" s="5">
-        <v>4.6146441999997734E-2</v>
+        <v>4.6136792999998733E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>2.4597880336118427</v>
+        <v>2.4592635203121382</v>
       </c>
       <c r="E197" s="5">
-        <v>-3.6352309334359734</v>
+        <v>-3.6351733295307942</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>22.734339071000001</v>
+        <v>22.734365820000001</v>
       </c>
       <c r="C198" s="5">
-        <v>-7.6898528999997495E-2</v>
+        <v>-7.6902748999998494E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>-3.9711299844127912</v>
+        <v>-3.9713385933800582</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>22.616033531999999</v>
+        <v>22.615857728000002</v>
       </c>
       <c r="C199" s="5">
-        <v>-0.1183055390000014</v>
+        <v>-0.11850809199999901</v>
       </c>
       <c r="D199" s="5">
-        <v>-6.0689284104737506</v>
+        <v>-6.0790161142048156</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>22.535784942999999</v>
+        <v>22.535756244000002</v>
       </c>
       <c r="C200" s="5">
-        <v>-8.0248588999999981E-2</v>
+        <v>-8.0101484000000056E-2</v>
       </c>
       <c r="D200" s="5">
-        <v>-4.1758441636027595</v>
+        <v>-4.1683696259987357</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>22.352299013</v>
+        <v>22.352290622000002</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.1834859299999998</v>
+        <v>-0.18346562199999994</v>
       </c>
       <c r="D201" s="5">
-        <v>-9.3445105304427507</v>
+        <v>-9.3435335249995468</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>22.382535908000001</v>
+        <v>22.382537546999998</v>
       </c>
       <c r="C202" s="5">
-        <v>3.0236895000001596E-2</v>
+        <v>3.0246924999996594E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>1.6354225093113239</v>
+        <v>1.6359696643835075</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>22.795973926999999</v>
+        <v>22.795965081999999</v>
       </c>
       <c r="C203" s="5">
-        <v>0.41343801899999733</v>
+        <v>0.41342753500000029</v>
       </c>
       <c r="D203" s="5">
-        <v>24.562220092601915</v>
+        <v>24.561530666660225</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>22.289370799</v>
+        <v>22.289380909999998</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.50660312799999829</v>
+        <v>-0.50658417200000017</v>
       </c>
       <c r="D204" s="5">
-        <v>-23.638246975711517</v>
+        <v>-23.637475750451799</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>21.977817217999998</v>
+        <v>21.977831019</v>
       </c>
       <c r="C205" s="5">
-        <v>-0.31155358100000186</v>
+        <v>-0.31154989099999852</v>
       </c>
       <c r="D205" s="5">
-        <v>-15.541964120054285</v>
+        <v>-15.541787440111332</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>21.69578538</v>
+        <v>21.695814885000001</v>
       </c>
       <c r="C206" s="5">
-        <v>-0.2820318379999982</v>
+        <v>-0.28201613399999914</v>
       </c>
       <c r="D206" s="5">
-        <v>-14.357403337585051</v>
+        <v>-14.356651060531611</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>21.603261732</v>
+        <v>21.603307655999998</v>
       </c>
       <c r="C207" s="5">
-        <v>-9.2523648000000236E-2</v>
+        <v>-9.2507229000002411E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>-4.9991666143035633</v>
+        <v>-4.9982935368033443</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>21.367109319000001</v>
+        <v>21.367158591999999</v>
       </c>
       <c r="C208" s="5">
-        <v>-0.23615241299999923</v>
+        <v>-0.23614906399999924</v>
       </c>
       <c r="D208" s="5">
-        <v>-12.356979657001155</v>
+        <v>-12.356790105592763</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>21.522092005000001</v>
+        <v>21.522149009</v>
       </c>
       <c r="C209" s="5">
-        <v>0.15498268600000031</v>
+        <v>0.15499041700000049</v>
       </c>
       <c r="D209" s="5">
-        <v>9.059760595361066</v>
+        <v>9.0602089700494446</v>
       </c>
       <c r="E209" s="5">
-        <v>-5.6513619190920021</v>
+        <v>-5.6512401145102693</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>20.96899544</v>
+        <v>20.969060611</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.5530965650000006</v>
+        <v>-0.55308839799999987</v>
       </c>
       <c r="D210" s="5">
-        <v>-26.832587068674297</v>
+        <v>-26.832183762068297</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>20.868430343</v>
+        <v>20.868202175</v>
       </c>
       <c r="C211" s="5">
-        <v>-0.10056509700000049</v>
+        <v>-0.10085843599999933</v>
       </c>
       <c r="D211" s="5">
-        <v>-5.605670597854373</v>
+        <v>-5.6215747051451048</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>20.726652401999999</v>
+        <v>20.726624079</v>
       </c>
       <c r="C212" s="5">
-        <v>-0.14177794100000085</v>
+        <v>-0.14157809599999993</v>
       </c>
       <c r="D212" s="5">
-        <v>-7.8548331839110253</v>
+        <v>-7.8442537195571482</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>20.653626324000001</v>
+        <v>20.653614950000001</v>
       </c>
       <c r="C213" s="5">
-        <v>-7.3026077999998051E-2</v>
+        <v>-7.3009128999999007E-2</v>
       </c>
       <c r="D213" s="5">
-        <v>-4.1469769888127894</v>
+        <v>-4.1460386216016998</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>20.494319896</v>
+        <v>20.494308095000001</v>
       </c>
       <c r="C214" s="5">
-        <v>-0.15930642800000072</v>
+        <v>-0.15930685500000052</v>
       </c>
       <c r="D214" s="5">
-        <v>-8.8731524268706998</v>
+        <v>-8.8731798915224083</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>20.412589168</v>
+        <v>20.412598920000001</v>
       </c>
       <c r="C215" s="5">
-        <v>-8.1730728000000141E-2</v>
+        <v>-8.17091750000003E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>-4.681980847158318</v>
+        <v>-4.6807757576231568</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>20.468739198000002</v>
+        <v>20.468742529</v>
       </c>
       <c r="C216" s="5">
-        <v>5.6150030000001294E-2</v>
+        <v>5.6143608999999373E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>3.3513065610299764</v>
+        <v>3.350915883501826</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>20.384729952000001</v>
+        <v>20.384738145</v>
       </c>
       <c r="C217" s="5">
-        <v>-8.4009246000000815E-2</v>
+        <v>-8.4004383999999988E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>-4.8154546091860873</v>
+        <v>-4.8151814111041187</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>20.357533353000001</v>
+        <v>20.357566040999998</v>
       </c>
       <c r="C218" s="5">
-        <v>-2.7196598999999821E-2</v>
+        <v>-2.7172104000001696E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>-1.5893024484011087</v>
+        <v>-1.5878808651268117</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>20.404256998000001</v>
+        <v>20.404304341</v>
       </c>
       <c r="C219" s="5">
-        <v>4.6723645000000147E-2</v>
+        <v>4.6738300000001232E-2</v>
       </c>
       <c r="D219" s="5">
-        <v>2.789217435234348</v>
+        <v>2.7900988206113198</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>20.467860837</v>
+        <v>20.467914771</v>
       </c>
       <c r="C220" s="5">
-        <v>6.3603838999998885E-2</v>
+        <v>6.3610430000000662E-2</v>
       </c>
       <c r="D220" s="5">
-        <v>3.805423923482687</v>
+        <v>3.8058160671738728</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>20.516301654999999</v>
+        <v>20.516377455000001</v>
       </c>
       <c r="C221" s="5">
-        <v>4.8440817999999553E-2</v>
+        <v>4.8462684000000422E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>2.8772734015202861</v>
+        <v>2.8785814676233423</v>
       </c>
       <c r="E221" s="5">
-        <v>-4.6732926788266571</v>
+        <v>-4.6731929677627075</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>20.647625873999999</v>
+        <v>20.647722591000001</v>
       </c>
       <c r="C222" s="5">
-        <v>0.13132421899999969</v>
+        <v>0.1313451360000002</v>
       </c>
       <c r="D222" s="5">
-        <v>7.9574349191840366</v>
+        <v>7.958716869539928</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>20.653123786999998</v>
+        <v>20.652835189000001</v>
       </c>
       <c r="C223" s="5">
-        <v>5.4979129999992438E-3</v>
+        <v>5.1125980000001903E-3</v>
       </c>
       <c r="D223" s="5">
-        <v>0.31999641397257861</v>
+        <v>0.29753788286448479</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>20.427724161</v>
+        <v>20.427690221999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.22539962599999797</v>
+        <v>-0.22514496700000208</v>
       </c>
       <c r="D224" s="5">
-        <v>-12.338107561530965</v>
+        <v>-12.325154818920868</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>20.35390469</v>
+        <v>20.353892827999999</v>
       </c>
       <c r="C225" s="5">
-        <v>-7.3819471000000192E-2</v>
+        <v>-7.3797393999999628E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>-4.251270486540049</v>
+        <v>-4.2500311464192748</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>20.21669052</v>
+        <v>20.216674792999999</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.13721417000000002</v>
+        <v>-0.13721803500000007</v>
       </c>
       <c r="D226" s="5">
-        <v>-7.7963918665917564</v>
+        <v>-7.7966077713568671</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>20.135222733999999</v>
+        <v>20.135242064</v>
       </c>
       <c r="C227" s="5">
-        <v>-8.1467786000001041E-2</v>
+        <v>-8.1432728999999426E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-4.7299260436206358</v>
+        <v>-4.7279391494932987</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>19.978203226000002</v>
+        <v>19.978211377000001</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.15701950799999764</v>
+        <v>-0.15703068699999889</v>
       </c>
       <c r="D228" s="5">
-        <v>-8.9667888815874175</v>
+        <v>-8.9673918991149399</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>19.664640335000001</v>
+        <v>19.664648646</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.31356289100000012</v>
+        <v>-0.31356273100000109</v>
       </c>
       <c r="D229" s="5">
-        <v>-17.290580696830617</v>
+        <v>-17.290566164342625</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>19.479314183</v>
+        <v>19.479349319000001</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.1853261520000018</v>
+        <v>-0.18529932699999918</v>
       </c>
       <c r="D230" s="5">
-        <v>-10.741032732566635</v>
+        <v>-10.73955339077839</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>19.405320164999999</v>
+        <v>19.40536487</v>
       </c>
       <c r="C231" s="5">
-        <v>-7.3994018000000494E-2</v>
+        <v>-7.3984449000001007E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>-4.4642756227784908</v>
+        <v>-4.4637024192719865</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>19.366734569999998</v>
+        <v>19.366786562000001</v>
       </c>
       <c r="C232" s="5">
-        <v>-3.8585595000000694E-2</v>
+        <v>-3.8578307999998174E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>-2.3601609471024076</v>
+        <v>-2.3597147093263549</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>18.908950806</v>
+        <v>18.909021519</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.45778376399999843</v>
+        <v>-0.45776504300000198</v>
       </c>
       <c r="D233" s="5">
-        <v>-24.953165371145879</v>
+        <v>-24.952215226453589</v>
       </c>
       <c r="E233" s="5">
-        <v>-7.8345058287260798</v>
+        <v>-7.8345016781131367</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>18.818742226000001</v>
+        <v>18.818826609999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-9.0208579999998761E-2</v>
+        <v>-9.0194909000000933E-2</v>
       </c>
       <c r="D234" s="5">
-        <v>-5.5769689058988936</v>
+        <v>-5.5761254629667629</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>18.512931273</v>
+        <v>18.512678317999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.30581095300000172</v>
+        <v>-0.3061482919999996</v>
       </c>
       <c r="D235" s="5">
-        <v>-17.848566688105905</v>
+        <v>-17.866455169525576</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>17.695039714</v>
+        <v>17.695003821</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.81789155899999955</v>
+        <v>-0.81767449699999872</v>
       </c>
       <c r="D236" s="5">
-        <v>-41.85448334999402</v>
+        <v>-41.846364253419466</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>17.836566073</v>
+        <v>17.836551491000002</v>
       </c>
       <c r="C237" s="5">
-        <v>0.14152635900000021</v>
+        <v>0.14154767000000135</v>
       </c>
       <c r="D237" s="5">
-        <v>10.031355505061601</v>
+        <v>10.032954346084843</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>17.533398835</v>
+        <v>17.533384616999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.30316723800000034</v>
+        <v>-0.3031668740000022</v>
       </c>
       <c r="D238" s="5">
-        <v>-18.59363193339162</v>
+        <v>-18.593625462042674</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>17.370067922</v>
+        <v>17.370095447000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.16333091299999936</v>
+        <v>-0.16328916999999876</v>
       </c>
       <c r="D239" s="5">
-        <v>-10.623188464890799</v>
+        <v>-10.6206191688195</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>17.200812054</v>
+        <v>17.200820116999999</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.16925586800000048</v>
+        <v>-0.16927533000000139</v>
       </c>
       <c r="D240" s="5">
-        <v>-11.086192880252032</v>
+        <v>-11.087383461294154</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>17.279147341000002</v>
+        <v>17.279154695999999</v>
       </c>
       <c r="C241" s="5">
-        <v>7.8335287000001586E-2</v>
+        <v>7.8334578999999849E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>5.6039806195524289</v>
+        <v>5.6039260020216863</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>17.11377418</v>
+        <v>17.113803845</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.16537316100000155</v>
+        <v>-0.16535085099999947</v>
       </c>
       <c r="D242" s="5">
-        <v>-10.899145323660997</v>
+        <v>-10.897747063598395</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>17.003662096999999</v>
+        <v>17.003694535000001</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.11011208300000064</v>
+        <v>-0.11010930999999857</v>
       </c>
       <c r="D243" s="5">
-        <v>-7.4534942022013606</v>
+        <v>-7.4533006235970038</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>16.968294552</v>
+        <v>16.968332109999999</v>
       </c>
       <c r="C244" s="5">
-        <v>-3.5367544999999723E-2</v>
+        <v>-3.5362425000002418E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>-2.4676378352537109</v>
+        <v>-2.4672800294593844</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>16.910322535999999</v>
+        <v>16.910380783000001</v>
       </c>
       <c r="C245" s="5">
-        <v>-5.7972016000000792E-2</v>
+        <v>-5.7951326999997832E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>-4.0236212573655177</v>
+        <v>-4.0222034395144934</v>
       </c>
       <c r="E245" s="5">
-        <v>-10.569747049983425</v>
+        <v>-10.569773449100694</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>16.799049325999999</v>
+        <v>16.799124857999999</v>
       </c>
       <c r="C246" s="5">
-        <v>-0.11127321000000023</v>
+        <v>-0.11125592500000181</v>
       </c>
       <c r="D246" s="5">
-        <v>-7.6166364872016672</v>
+        <v>-7.6154705221953449</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>16.789973186000001</v>
+        <v>16.789756401000002</v>
       </c>
       <c r="C247" s="5">
-        <v>-9.0761399999976788E-3</v>
+        <v>-9.3684569999972211E-3</v>
       </c>
       <c r="D247" s="5">
-        <v>-0.64640933230346587</v>
+        <v>-0.66716155972699198</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>16.770840792000001</v>
+        <v>16.770812250999999</v>
       </c>
       <c r="C248" s="5">
-        <v>-1.9132393999999664E-2</v>
+        <v>-1.8944150000002935E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>-1.3588781264049388</v>
+        <v>-1.345608226472661</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>16.717764653</v>
+        <v>16.717755853</v>
       </c>
       <c r="C249" s="5">
-        <v>-5.3076139000001632E-2</v>
+        <v>-5.305639799999895E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>-3.7323320369950452</v>
+        <v>-3.7309741473267377</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>16.735041047999999</v>
+        <v>16.735031191000001</v>
       </c>
       <c r="C250" s="5">
-        <v>1.7276394999999667E-2</v>
+        <v>1.7275338000001028E-2</v>
       </c>
       <c r="D250" s="5">
-        <v>1.2471712368694599</v>
+        <v>1.2470951587541634</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>16.791233294000001</v>
+        <v>16.791259881999999</v>
       </c>
       <c r="C251" s="5">
-        <v>5.6192246000001944E-2</v>
+        <v>5.622869099999761E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>4.1045628261440648</v>
+        <v>4.1072768023705297</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>17.140841036000001</v>
+        <v>17.140850803999999</v>
       </c>
       <c r="C252" s="5">
-        <v>0.34960774199999989</v>
+        <v>0.34959092200000086</v>
       </c>
       <c r="D252" s="5">
-        <v>28.054362815906874</v>
+        <v>28.052805309555005</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>17.455444428</v>
+        <v>17.455450826</v>
       </c>
       <c r="C253" s="5">
-        <v>0.31460339199999865</v>
+        <v>0.31460002200000048</v>
       </c>
       <c r="D253" s="5">
-        <v>24.389980959249556</v>
+        <v>24.389677447490321</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>17.399618591999999</v>
+        <v>17.399642487000001</v>
       </c>
       <c r="C254" s="5">
-        <v>-5.5825836000000351E-2</v>
+        <v>-5.5808338999998597E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>-3.7710354970783677</v>
+        <v>-3.7698729226654071</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>17.40097282</v>
+        <v>17.400994971999999</v>
       </c>
       <c r="C255" s="5">
-        <v>1.3542280000002904E-3</v>
+        <v>1.3524849999981825E-3</v>
       </c>
       <c r="D255" s="5">
-        <v>9.3437072605961902E-2</v>
+        <v>9.3316631977247155E-2</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>17.467924167</v>
+        <v>17.467950497</v>
       </c>
       <c r="C256" s="5">
-        <v>6.6951346999999828E-2</v>
+        <v>6.6955525000000904E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>4.7160448511789799</v>
+        <v>4.716339273271597</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>17.506915423999999</v>
+        <v>17.506956661</v>
       </c>
       <c r="C257" s="5">
-        <v>3.899125699999928E-2</v>
+        <v>3.9006163999999899E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>2.711726565646555</v>
+        <v>2.7127719298295716</v>
       </c>
       <c r="E257" s="5">
-        <v>3.5279805380998841</v>
+        <v>3.5278677970382422</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>17.514946363</v>
+        <v>17.514998431999999</v>
       </c>
       <c r="C258" s="5">
-        <v>8.0309390000010694E-3</v>
+        <v>8.0417709999984766E-3</v>
       </c>
       <c r="D258" s="5">
-        <v>0.5518664124503081</v>
+        <v>0.55261133749131552</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>17.492925311</v>
+        <v>17.492775797</v>
       </c>
       <c r="C259" s="5">
-        <v>-2.2021051999999486E-2</v>
+        <v>-2.2222634999998547E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>-1.4983371866626682</v>
+        <v>-1.5119530881600673</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>17.558842051999999</v>
+        <v>17.558819548999999</v>
       </c>
       <c r="C260" s="5">
-        <v>6.591674099999878E-2</v>
+        <v>6.604375199999879E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>4.6167355962029921</v>
+        <v>4.6258571984789665</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>17.607266663000001</v>
+        <v>17.607258012999999</v>
       </c>
       <c r="C261" s="5">
-        <v>4.8424611000001505E-2</v>
+        <v>4.8438464000000181E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>3.3600792712441541</v>
+        <v>3.3610595050152403</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>17.736652356</v>
+        <v>17.736643681</v>
       </c>
       <c r="C262" s="5">
-        <v>0.12938569299999969</v>
+        <v>0.12938566800000117</v>
       </c>
       <c r="D262" s="5">
-        <v>9.1833826529478699</v>
+        <v>9.1833855016504096</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>17.807859293</v>
+        <v>17.807886632999999</v>
       </c>
       <c r="C263" s="5">
-        <v>7.1206936999999471E-2</v>
+        <v>7.1242951999998638E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>4.9254257409867552</v>
+        <v>4.9279746744996134</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>17.669738680999998</v>
+        <v>17.669741884</v>
       </c>
       <c r="C264" s="5">
-        <v>-0.13812061200000159</v>
+        <v>-0.13814474899999851</v>
       </c>
       <c r="D264" s="5">
-        <v>-8.920437614697752</v>
+        <v>-8.9219174695819969</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>17.745009030999999</v>
+        <v>17.745010707999999</v>
       </c>
       <c r="C265" s="5">
-        <v>7.5270350000000263E-2</v>
+        <v>7.5268823999998347E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>5.2332966073565634</v>
+        <v>5.2331870407261727</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>17.593847613000001</v>
+        <v>17.593862210000001</v>
       </c>
       <c r="C266" s="5">
-        <v>-0.15116141799999738</v>
+        <v>-0.15114849799999774</v>
       </c>
       <c r="D266" s="5">
-        <v>-9.7566484486125695</v>
+        <v>-9.7558523262983865</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>17.797836198999999</v>
+        <v>17.797848668</v>
       </c>
       <c r="C267" s="5">
-        <v>0.2039885859999977</v>
+        <v>0.20398645799999926</v>
       </c>
       <c r="D267" s="5">
-        <v>14.835602348166521</v>
+        <v>14.835424480622184</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>17.877140701999998</v>
+        <v>17.877155348999999</v>
       </c>
       <c r="C268" s="5">
-        <v>7.9304502999999471E-2</v>
+        <v>7.9306680999998491E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>5.4800273602085614</v>
+        <v>5.480177635929917</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>18.011885588999998</v>
+        <v>18.011907766</v>
       </c>
       <c r="C269" s="5">
-        <v>0.13474488700000009</v>
+        <v>0.1347524170000014</v>
       </c>
       <c r="D269" s="5">
-        <v>9.4292585989437896</v>
+        <v>9.4297995235472563</v>
       </c>
       <c r="E269" s="5">
-        <v>2.8844039784857944</v>
+        <v>2.8842883133701536</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>18.032228432</v>
+        <v>18.032250889</v>
       </c>
       <c r="C270" s="5">
-        <v>2.0342843000001665E-2</v>
+        <v>2.0343122999999963E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>1.363745167357</v>
+        <v>1.3637623652071884</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>18.086812468000002</v>
+        <v>18.086757852000002</v>
       </c>
       <c r="C271" s="5">
-        <v>5.458403600000139E-2</v>
+        <v>5.4506963000001463E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>3.6935214297311836</v>
+        <v>3.688214476679752</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>18.244902797000002</v>
+        <v>18.244883989000002</v>
       </c>
       <c r="C272" s="5">
-        <v>0.1580903290000002</v>
+        <v>0.158126137</v>
       </c>
       <c r="D272" s="5">
-        <v>11.007984945658755</v>
+        <v>11.01063424868094</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>18.281532252000002</v>
+        <v>18.28152296</v>
       </c>
       <c r="C273" s="5">
-        <v>3.6629454999999922E-2</v>
+        <v>3.6638970999998577E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>2.4359662837717178</v>
+        <v>2.4366086713622837</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>18.323921399</v>
+        <v>18.323914175999999</v>
       </c>
       <c r="C274" s="5">
-        <v>4.2389146999997962E-2</v>
+        <v>4.2391215999998622E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>2.8181834487333024</v>
+        <v>2.8183242131276653</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>18.309935646</v>
+        <v>18.309948723000002</v>
       </c>
       <c r="C275" s="5">
-        <v>-1.3985753000000045E-2</v>
+        <v>-1.3965452999997297E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>-0.91206622971023998</v>
+        <v>-0.91074828831820831</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>18.397039904</v>
+        <v>18.39703398</v>
       </c>
       <c r="C276" s="5">
-        <v>8.7104258000000101E-2</v>
+        <v>8.7085256999998251E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>5.8604143770340622</v>
+        <v>5.8590980611142207</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>18.442636939</v>
+        <v>18.442627946999998</v>
       </c>
       <c r="C277" s="5">
-        <v>4.5597035000000119E-2</v>
+        <v>4.5593966999998514E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>3.0150784797671415</v>
+        <v>3.0148738208271242</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>18.496469002000001</v>
+        <v>18.496478478</v>
       </c>
       <c r="C278" s="5">
-        <v>5.383206300000154E-2</v>
+        <v>5.3850531000001922E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>3.5594525014074341</v>
+        <v>3.5606950729663023</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>18.599550699000002</v>
+        <v>18.599560733000001</v>
       </c>
       <c r="C279" s="5">
-        <v>0.10308169700000036</v>
+        <v>0.10308225500000034</v>
       </c>
       <c r="D279" s="5">
-        <v>6.8965014497233357</v>
+        <v>6.8965362912121186</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>18.592584720000001</v>
+        <v>18.592596539999999</v>
       </c>
       <c r="C280" s="5">
-        <v>-6.9659790000002886E-3</v>
+        <v>-6.9641930000017283E-3</v>
       </c>
       <c r="D280" s="5">
-        <v>-0.44850424063230809</v>
+        <v>-0.44838924441155115</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>18.517558017999999</v>
+        <v>18.517566115000001</v>
       </c>
       <c r="C281" s="5">
-        <v>-7.5026702000002388E-2</v>
+        <v>-7.5030424999997791E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>-4.7363232721959969</v>
+        <v>-4.7365501631793094</v>
       </c>
       <c r="E281" s="5">
-        <v>2.8074374917683276</v>
+        <v>2.8073558646269703</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>18.64514694</v>
+        <v>18.645140979000001</v>
       </c>
       <c r="C282" s="5">
-        <v>0.12758892200000105</v>
+        <v>0.12757486399999962</v>
       </c>
       <c r="D282" s="5">
-        <v>8.5888304505265864</v>
+        <v>8.587844075125961</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>18.773209730000001</v>
+        <v>18.773246797999999</v>
       </c>
       <c r="C283" s="5">
-        <v>0.12806279000000131</v>
+        <v>0.12810581899999818</v>
       </c>
       <c r="D283" s="5">
-        <v>8.56070631249748</v>
+        <v>8.56369510170898</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>18.731364807999999</v>
+        <v>18.731347524</v>
       </c>
       <c r="C284" s="5">
-        <v>-4.1844922000002782E-2</v>
+        <v>-4.1899273999998599E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>-2.6422156313013034</v>
+        <v>-2.6456004043953096</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>18.650988597000001</v>
+        <v>18.650975491000001</v>
       </c>
       <c r="C285" s="5">
-        <v>-8.0376210999997255E-2</v>
+        <v>-8.0372032999999732E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>-5.0293932254382057</v>
+        <v>-5.0291424648045151</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>18.506374915999999</v>
+        <v>18.506364102999999</v>
       </c>
       <c r="C286" s="5">
-        <v>-0.14461368100000271</v>
+        <v>-0.14461138800000128</v>
       </c>
       <c r="D286" s="5">
-        <v>-8.9176986199206336</v>
+        <v>-8.9175691966897794</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>18.396170496</v>
+        <v>18.396165200999999</v>
       </c>
       <c r="C287" s="5">
-        <v>-0.11020441999999875</v>
+        <v>-0.11019890200000049</v>
       </c>
       <c r="D287" s="5">
-        <v>-6.916471547507852</v>
+        <v>-6.9161404075170569</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>18.296581696000001</v>
+        <v>18.296558534999999</v>
       </c>
       <c r="C288" s="5">
-        <v>-9.9588799999999367E-2</v>
+        <v>-9.9606665999999677E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>-6.306298126185272</v>
+        <v>-6.3073977472279719</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>18.378944729000001</v>
+        <v>18.378917571999999</v>
       </c>
       <c r="C289" s="5">
-        <v>8.236303300000003E-2</v>
+        <v>8.2359036999999802E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>5.5376332172335951</v>
+        <v>5.5373650462193558</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>18.331644136000001</v>
+        <v>18.331657342</v>
       </c>
       <c r="C290" s="5">
-        <v>-4.7300592999999225E-2</v>
+        <v>-4.7260229999999126E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>-3.0450126240032849</v>
+        <v>-3.0424552947795558</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>18.207395919</v>
+        <v>18.207397212</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.12424821700000166</v>
+        <v>-0.12426012999999969</v>
       </c>
       <c r="D291" s="5">
-        <v>-7.8369120168786939</v>
+        <v>-7.8376301985861758</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>18.216134361000002</v>
+        <v>18.216192886999998</v>
       </c>
       <c r="C292" s="5">
-        <v>8.7384420000020668E-3</v>
+        <v>8.7956749999982264E-3</v>
       </c>
       <c r="D292" s="5">
-        <v>0.57744966118387087</v>
+        <v>0.58124171873652486</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>18.135977693000001</v>
+        <v>18.135972158000001</v>
       </c>
       <c r="C293" s="5">
-        <v>-8.0156668000000764E-2</v>
+        <v>-8.0220728999996993E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>-5.1544358811483448</v>
+        <v>-5.1584398600398984</v>
       </c>
       <c r="E293" s="5">
-        <v>-2.0606406343054662</v>
+        <v>-2.0607133498548369</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>18.038787876000001</v>
+        <v>18.038775496</v>
       </c>
       <c r="C294" s="5">
-        <v>-9.7189817000000289E-2</v>
+        <v>-9.7196662000001766E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>-6.2445454556069091</v>
+        <v>-6.2449742222567828</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>17.835309664</v>
+        <v>17.835369757999999</v>
       </c>
       <c r="C295" s="5">
-        <v>-0.20347821200000027</v>
+        <v>-0.20340573800000072</v>
       </c>
       <c r="D295" s="5">
-        <v>-12.727055139027122</v>
+        <v>-12.722807625113596</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>17.705838727</v>
+        <v>17.705825827999998</v>
       </c>
       <c r="C296" s="5">
-        <v>-0.12947093700000067</v>
+        <v>-0.12954393000000053</v>
       </c>
       <c r="D296" s="5">
-        <v>-8.3715795302822258</v>
+        <v>-8.3760852231862479</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>17.717166765000002</v>
+        <v>17.717157182000001</v>
       </c>
       <c r="C297" s="5">
-        <v>1.1328038000002039E-2</v>
+        <v>1.1331354000002847E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>0.77045668289810187</v>
+        <v>0.77068357270753118</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>17.679103753</v>
+        <v>17.679091245999999</v>
       </c>
       <c r="C298" s="5">
-        <v>-3.8063012000002061E-2</v>
+        <v>-3.8065936000002409E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>-2.5477976765894694</v>
+        <v>-2.5479924532916032</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>17.669698298</v>
+        <v>17.669674190999999</v>
       </c>
       <c r="C299" s="5">
-        <v>-9.4054549999995629E-3</v>
+        <v>-9.4170550000001185E-3</v>
       </c>
       <c r="D299" s="5">
-        <v>-0.63654694354461361</v>
+        <v>-0.63733016496775319</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>17.690851271</v>
+        <v>17.690807712000002</v>
       </c>
       <c r="C300" s="5">
-        <v>2.115297299999952E-2</v>
+        <v>2.1133521000002986E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>1.446055678765612</v>
+        <v>1.4447191290826833</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>17.832904658</v>
+        <v>17.832844141999999</v>
       </c>
       <c r="C301" s="5">
-        <v>0.1420533870000007</v>
+        <v>0.14203642999999744</v>
       </c>
       <c r="D301" s="5">
-        <v>10.072866322423346</v>
+        <v>10.071636236305427</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>17.786346374000001</v>
+        <v>17.786342762</v>
       </c>
       <c r="C302" s="5">
-        <v>-4.6558283999999617E-2</v>
+        <v>-4.6501379999998704E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>-3.0883707206038058</v>
+        <v>-3.0846603714729692</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>17.724320962</v>
+        <v>17.724301668999999</v>
       </c>
       <c r="C303" s="5">
-        <v>-6.2025412000000557E-2</v>
+        <v>-6.2041093000001268E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>-4.1053620927762768</v>
+        <v>-4.106380980674218</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>17.635321599000001</v>
+        <v>17.635465464999999</v>
       </c>
       <c r="C304" s="5">
-        <v>-8.8999362999999221E-2</v>
+        <v>-8.8836203999999697E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>-5.861920026694289</v>
+        <v>-5.8514742953543752</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>17.650418216999999</v>
+        <v>17.650437006000001</v>
       </c>
       <c r="C305" s="5">
-        <v>1.5096617999997619E-2</v>
+        <v>1.4971541000001309E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>1.0321036465454458</v>
+        <v>1.0235042094388414</v>
       </c>
       <c r="E305" s="5">
-        <v>-2.6773272674867399</v>
+        <v>-2.6771939644041898</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>17.621987245</v>
+        <v>17.622021291999999</v>
       </c>
       <c r="C306" s="5">
-        <v>-2.8430971999998889E-2</v>
+        <v>-2.8415714000001202E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>-1.9159052662940601</v>
+        <v>-1.914884127530303</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>17.811084475000001</v>
+        <v>17.811181130000001</v>
       </c>
       <c r="C307" s="5">
-        <v>0.18909723000000156</v>
+        <v>0.18915983800000191</v>
       </c>
       <c r="D307" s="5">
-        <v>13.664742009214104</v>
+        <v>13.669508647926442</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>17.685568405000001</v>
+        <v>17.685556373000001</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.12551606999999976</v>
+        <v>-0.12562475700000064</v>
       </c>
       <c r="D308" s="5">
-        <v>-8.1363055603729144</v>
+        <v>-8.1430374428531955</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>17.691486913999999</v>
+        <v>17.691441083000001</v>
       </c>
       <c r="C309" s="5">
-        <v>5.9185089999971296E-3</v>
+        <v>5.8847100000001262E-3</v>
       </c>
       <c r="D309" s="5">
-        <v>0.40232224692484664</v>
+        <v>0.40002076000560383</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>17.652468959</v>
+        <v>17.652400330999999</v>
       </c>
       <c r="C310" s="5">
-        <v>-3.9017954999998494E-2</v>
+        <v>-3.9040752000001788E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>-2.6146899259869683</v>
+        <v>-2.6162058111795838</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>17.643055918000002</v>
+        <v>17.642980089000002</v>
       </c>
       <c r="C311" s="5">
-        <v>-9.413040999998401E-3</v>
+        <v>-9.4202419999973586E-3</v>
       </c>
       <c r="D311" s="5">
-        <v>-0.63801725407012233</v>
+        <v>-0.63850638225754208</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>17.571537023000001</v>
+        <v>17.571441607000001</v>
       </c>
       <c r="C312" s="5">
-        <v>-7.1518895000000526E-2</v>
+        <v>-7.1538482000001125E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>-4.7573883162016051</v>
+        <v>-4.7586823108044634</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>17.392901322</v>
+        <v>17.392788694</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.17863570100000103</v>
+        <v>-0.17865291300000052</v>
       </c>
       <c r="D313" s="5">
-        <v>-11.539910724318258</v>
+        <v>-11.541020406280644</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>17.539427323999998</v>
+        <v>17.539384597000002</v>
       </c>
       <c r="C314" s="5">
-        <v>0.1465260019999981</v>
+        <v>0.14659590300000147</v>
       </c>
       <c r="D314" s="5">
-        <v>10.591185698907246</v>
+        <v>10.596546598007928</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>17.645971665000001</v>
+        <v>17.645934678</v>
       </c>
       <c r="C315" s="5">
-        <v>0.10654434100000287</v>
+        <v>0.10655008099999819</v>
       </c>
       <c r="D315" s="5">
-        <v>7.5380160000307894</v>
+        <v>7.5384547509880662</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>17.655055807</v>
+        <v>17.655333788</v>
       </c>
       <c r="C316" s="5">
-        <v>9.0841419999989625E-3</v>
+        <v>9.3991100000003769E-3</v>
       </c>
       <c r="D316" s="5">
-        <v>0.61951184250506053</v>
+        <v>0.64105605235043051</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>17.667349751</v>
+        <v>17.667494242</v>
       </c>
       <c r="C317" s="5">
-        <v>1.2293943999999613E-2</v>
+        <v>1.2160453999999987E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>0.83881724682368652</v>
+        <v>0.82966156472861208</v>
       </c>
       <c r="E317" s="5">
-        <v>9.5927098110881737E-2</v>
+        <v>9.6639170997292467E-2</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>17.601961873</v>
+        <v>17.602172819</v>
       </c>
       <c r="C318" s="5">
-        <v>-6.5387877999999233E-2</v>
+        <v>-6.5321423000000323E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-4.3519694787164003</v>
+        <v>-4.3476012011696596</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>17.582135140999998</v>
+        <v>17.582353706999999</v>
       </c>
       <c r="C319" s="5">
-        <v>-1.9826732000002067E-2</v>
+        <v>-1.9819112000000416E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>-1.3433294982363009</v>
+        <v>-1.3428004170511709</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>17.551843899000001</v>
+        <v>17.551816099</v>
       </c>
       <c r="C320" s="5">
-        <v>-3.0291241999996998E-2</v>
+        <v>-3.0537607999999494E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>-2.0479325243441537</v>
+        <v>-2.064404652175611</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>17.573950688</v>
+        <v>17.573758367</v>
       </c>
       <c r="C321" s="5">
-        <v>2.2106788999998628E-2</v>
+        <v>2.1942268000000098E-2</v>
       </c>
       <c r="D321" s="5">
-        <v>1.521930675225236</v>
+        <v>1.5105287301811154</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>17.62567941</v>
+        <v>17.625409441999999</v>
       </c>
       <c r="C322" s="5">
-        <v>5.1728722000000005E-2</v>
+        <v>5.1651074999998769E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>3.589934233581582</v>
+        <v>3.584498050801832</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>17.719800215999999</v>
+        <v>17.719554573</v>
       </c>
       <c r="C323" s="5">
-        <v>9.4120805999999391E-2</v>
+        <v>9.4145131000001214E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>6.5995703203488132</v>
+        <v>6.601430459903157</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>17.755232283000002</v>
+        <v>17.755029064999999</v>
       </c>
       <c r="C324" s="5">
-        <v>3.5432067000002121E-2</v>
+        <v>3.5474491999998747E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>2.4260552886469</v>
+        <v>2.4290262582125521</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>17.65005455</v>
+        <v>17.649887069999998</v>
       </c>
       <c r="C325" s="5">
-        <v>-0.10517773300000144</v>
+        <v>-0.10514199500000032</v>
       </c>
       <c r="D325" s="5">
-        <v>-6.881424498532807</v>
+        <v>-6.8792380947107716</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>17.704008761000001</v>
+        <v>17.703951298</v>
       </c>
       <c r="C326" s="5">
-        <v>5.395421100000064E-2</v>
+        <v>5.4064228000001435E-2</v>
       </c>
       <c r="D326" s="5">
-        <v>3.730570468213612</v>
+        <v>3.7383420879532947</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>17.371168639</v>
+        <v>17.371058367</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.33284012200000035</v>
+        <v>-0.33289293099999995</v>
       </c>
       <c r="D327" s="5">
-        <v>-20.367738937091563</v>
+        <v>-20.370703344968376</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>17.463373056999998</v>
+        <v>17.463833192999999</v>
       </c>
       <c r="C328" s="5">
-        <v>9.2204417999997901E-2</v>
+        <v>9.2774825999999422E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>6.5587560977474757</v>
+        <v>6.6005732194955646</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>17.573271092999999</v>
+        <v>17.573598130000001</v>
       </c>
       <c r="C329" s="5">
-        <v>0.10989803600000059</v>
+        <v>0.10976493700000134</v>
       </c>
       <c r="D329" s="5">
-        <v>7.818609125102749</v>
+        <v>7.8085972758867417</v>
       </c>
       <c r="E329" s="5">
-        <v>-0.53250011646299722</v>
+        <v>-0.53146253064446647</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>17.568091918</v>
+        <v>17.568967736000001</v>
       </c>
       <c r="C330" s="5">
-        <v>-5.179174999998537E-3</v>
+        <v>-4.630393999999427E-3</v>
       </c>
       <c r="D330" s="5">
-        <v>-0.35308996331629983</v>
+        <v>-0.31572518854521281</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>17.654882637</v>
+        <v>17.65537788</v>
       </c>
       <c r="C331" s="5">
-        <v>8.6790718999999683E-2</v>
+        <v>8.6410143999998468E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>6.0920589714758222</v>
+        <v>6.0643081744436556</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>17.609702897999998</v>
+        <v>17.609985909999999</v>
       </c>
       <c r="C332" s="5">
-        <v>-4.5179739000001717E-2</v>
+        <v>-4.5391970000000725E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>-3.0280056759793061</v>
+        <v>-3.0419450212189281</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>17.563467713000001</v>
+        <v>17.562322069</v>
       </c>
       <c r="C333" s="5">
-        <v>-4.6235184999996903E-2</v>
+        <v>-4.7663840999998541E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>-3.1055606135358182</v>
+        <v>-3.2000472522595413</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>17.509163749999999</v>
+        <v>17.508419451999998</v>
       </c>
       <c r="C334" s="5">
-        <v>-5.4303963000002398E-2</v>
+        <v>-5.3902617000002095E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>-3.6477962705455447</v>
+        <v>-3.6215220982973917</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>17.414466672</v>
+        <v>17.413951117</v>
       </c>
       <c r="C335" s="5">
-        <v>-9.4697077999999379E-2</v>
+        <v>-9.4468334999998405E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>-6.3004965597413527</v>
+        <v>-6.2859856523577733</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>17.235868475</v>
+        <v>17.235548130000002</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.17859819699999946</v>
+        <v>-0.17840298699999835</v>
       </c>
       <c r="D336" s="5">
-        <v>-11.635888550743923</v>
+        <v>-11.62420325192527</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>17.017106140999999</v>
+        <v>17.016870257000001</v>
       </c>
       <c r="C337" s="5">
-        <v>-0.21876233400000089</v>
+        <v>-0.21867787300000074</v>
       </c>
       <c r="D337" s="5">
-        <v>-14.211231049518824</v>
+        <v>-14.206367258810737</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>17.168541345000001</v>
+        <v>17.168661129</v>
       </c>
       <c r="C338" s="5">
-        <v>0.15143520400000199</v>
+        <v>0.15179087199999941</v>
       </c>
       <c r="D338" s="5">
-        <v>11.217285687615487</v>
+        <v>11.245100515345975</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>17.195038307000001</v>
+        <v>17.194975317000001</v>
       </c>
       <c r="C339" s="5">
-        <v>2.6496961999999513E-2</v>
+        <v>2.6314188000000627E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>1.8678143338146658</v>
+        <v>1.8548084429442113</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>17.268171479999999</v>
+        <v>17.268828782</v>
       </c>
       <c r="C340" s="5">
-        <v>7.3133172999998663E-2</v>
+        <v>7.3853464999999119E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>5.2248851974604049</v>
+        <v>5.2775869081202798</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>17.068984495999999</v>
+        <v>17.069640466999999</v>
       </c>
       <c r="C341" s="5">
-        <v>-0.19918698400000068</v>
+        <v>-0.19918831500000067</v>
       </c>
       <c r="D341" s="5">
-        <v>-12.996650162290646</v>
+        <v>-12.996267832396491</v>
       </c>
       <c r="E341" s="5">
-        <v>-2.869622817125228</v>
+        <v>-2.8676976636884177</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>17.126270801</v>
+        <v>17.127908433999998</v>
       </c>
       <c r="C342" s="5">
-        <v>5.7286305000001647E-2</v>
+        <v>5.8267966999999032E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>4.1025756509786016</v>
+        <v>4.174039554674347</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>17.015118757</v>
+        <v>17.015980408000001</v>
       </c>
       <c r="C343" s="5">
-        <v>-0.11115204400000067</v>
+        <v>-0.11192802599999752</v>
       </c>
       <c r="D343" s="5">
-        <v>-7.5161004298751832</v>
+        <v>-7.5660032998581928</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>17.063088462</v>
+        <v>17.063810020999998</v>
       </c>
       <c r="C344" s="5">
-        <v>4.7969704999999863E-2</v>
+        <v>4.7829612999997551E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>3.4360417789387032</v>
+        <v>3.4256752580331673</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>17.161368454000002</v>
+        <v>17.159518853000002</v>
       </c>
       <c r="C345" s="5">
-        <v>9.8279992000001926E-2</v>
+        <v>9.5708832000003241E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>7.1349768960184079</v>
+        <v>6.9422180237333375</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>17.211444853</v>
+        <v>17.208934510999999</v>
       </c>
       <c r="C346" s="5">
-        <v>5.0076398999998162E-2</v>
+        <v>4.9415657999997364E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>3.5583131607424656</v>
+        <v>3.5110008665058867</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>17.222603269</v>
+        <v>17.221959885</v>
       </c>
       <c r="C347" s="5">
-        <v>1.115841600000067E-2</v>
+        <v>1.3025374000001477E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>0.78075652937859008</v>
+        <v>0.91206586155392344</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>17.326487010000001</v>
+        <v>17.326207075999999</v>
       </c>
       <c r="C348" s="5">
-        <v>0.10388374100000064</v>
+        <v>0.10424719099999891</v>
       </c>
       <c r="D348" s="5">
-        <v>7.483212299513009</v>
+        <v>7.5105609281570285</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>17.369311181</v>
+        <v>17.36911229</v>
       </c>
       <c r="C349" s="5">
-        <v>4.2824170999999467E-2</v>
+        <v>4.2905214000001024E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>3.0065739747789255</v>
+        <v>3.0123908441014535</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>17.424300197000001</v>
+        <v>17.424689754999999</v>
       </c>
       <c r="C350" s="5">
-        <v>5.498901600000039E-2</v>
+        <v>5.5577464999998938E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>3.8658995995128453</v>
+        <v>3.9080457497270071</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>17.412461926999999</v>
+        <v>17.412545380000001</v>
       </c>
       <c r="C351" s="5">
-        <v>-1.1838270000001927E-2</v>
+        <v>-1.214437499999832E-2</v>
       </c>
       <c r="D351" s="5">
-        <v>-0.81225413367385091</v>
+        <v>-0.83315778618159309</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>17.464459529999999</v>
+        <v>17.465359809999999</v>
       </c>
       <c r="C352" s="5">
-        <v>5.1997603000000225E-2</v>
+        <v>5.2814429999997969E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>3.642920834195329</v>
+        <v>3.7010873309253123</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>17.455002055000001</v>
+        <v>17.456103409000001</v>
       </c>
       <c r="C353" s="5">
-        <v>-9.457474999997828E-3</v>
+        <v>-9.2564009999982488E-3</v>
       </c>
       <c r="D353" s="5">
-        <v>-0.64790033560256921</v>
+        <v>-0.63413295802801084</v>
       </c>
       <c r="E353" s="5">
-        <v>2.2615144977749635</v>
+        <v>2.2640368011683343</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>17.489429092000002</v>
+        <v>17.491941324999999</v>
       </c>
       <c r="C354" s="5">
-        <v>3.4427037000000382E-2</v>
+        <v>3.5837915999998415E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>2.3926410113464192</v>
+        <v>2.4916466541274662</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>17.481990927999998</v>
+        <v>17.483367477000002</v>
       </c>
       <c r="C355" s="5">
-        <v>-7.438164000003411E-3</v>
+        <v>-8.573847999997497E-3</v>
       </c>
       <c r="D355" s="5">
-        <v>-0.50916172271079363</v>
+        <v>-0.58660875918086219</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>17.532006311</v>
+        <v>17.533440731999999</v>
       </c>
       <c r="C356" s="5">
-        <v>5.0015383000001634E-2</v>
+        <v>5.0073254999997374E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>3.4876996433526486</v>
+        <v>3.4915197197683989</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>17.465547741999998</v>
+        <v>17.463254616</v>
       </c>
       <c r="C357" s="5">
-        <v>-6.6458569000001688E-2</v>
+        <v>-7.0186115999998577E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>-4.4551896198023133</v>
+        <v>-4.6992238903687973</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>17.518495192</v>
+        <v>17.512532219000001</v>
       </c>
       <c r="C358" s="5">
-        <v>5.2947450000001339E-2</v>
+        <v>4.927760300000017E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>3.6991166624604555</v>
+        <v>3.4391955245803185</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>17.532451872999999</v>
+        <v>17.531816989999999</v>
       </c>
       <c r="C359" s="5">
-        <v>1.3956680999999804E-2</v>
+        <v>1.9284770999998813E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>0.96021935384311696</v>
+        <v>1.3294708397454613</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>17.623716636000001</v>
+        <v>17.623485447</v>
       </c>
       <c r="C360" s="5">
-        <v>9.1264763000001636E-2</v>
+        <v>9.1668457000000814E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>6.428551481765421</v>
+        <v>6.4580503931845668</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>17.608139497</v>
+        <v>17.607923079999999</v>
       </c>
       <c r="C361" s="5">
-        <v>-1.5577139000001239E-2</v>
+        <v>-1.5562367000001132E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>-1.0555074226026306</v>
+        <v>-1.0545250939408057</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>17.555389821999999</v>
+        <v>17.556149236</v>
       </c>
       <c r="C362" s="5">
-        <v>-5.2749675000001162E-2</v>
+        <v>-5.1773843999999514E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>-3.5362616991397644</v>
+        <v>-3.4719397998732027</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>17.427822118000002</v>
+        <v>17.42861108</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.12756770399999695</v>
+        <v>-0.12753815599999996</v>
       </c>
       <c r="D363" s="5">
-        <v>-8.3797036735488888</v>
+        <v>-8.3774915654676541</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>17.660908078999999</v>
+        <v>17.662553736</v>
       </c>
       <c r="C364" s="5">
-        <v>0.2330859609999969</v>
+        <v>0.23394265599999997</v>
       </c>
       <c r="D364" s="5">
-        <v>17.284045881299704</v>
+        <v>17.35149026180709</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>17.632022103000001</v>
+        <v>17.634022461000001</v>
       </c>
       <c r="C365" s="5">
-        <v>-2.8885975999997981E-2</v>
+        <v>-2.8531274999998857E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-1.9451459744439625</v>
+        <v>-1.9212952406372774</v>
       </c>
       <c r="E365" s="5">
-        <v>1.0141508287550893</v>
+        <v>1.0192369272300938</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>17.763318593000001</v>
+        <v>17.766482617000001</v>
       </c>
       <c r="C366" s="5">
-        <v>0.13129649000000043</v>
+        <v>0.1324601560000005</v>
       </c>
       <c r="D366" s="5">
-        <v>9.3109836890793432</v>
+        <v>9.3958351580510246</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>17.656901821999998</v>
+        <v>17.659429808999999</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.1064167710000028</v>
+        <v>-0.10705280800000239</v>
       </c>
       <c r="D367" s="5">
-        <v>-6.9567729334613198</v>
+        <v>-6.9957791219364074</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>17.612559871999999</v>
+        <v>17.613767499000001</v>
       </c>
       <c r="C368" s="5">
-        <v>-4.4341949999999741E-2</v>
+        <v>-4.5662309999997319E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>-2.972294129323505</v>
+        <v>-3.0591128386973754</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>15.778903006</v>
+        <v>15.776390593</v>
       </c>
       <c r="C369" s="5">
-        <v>-1.8336568659999983</v>
+        <v>-1.8373769060000011</v>
       </c>
       <c r="D369" s="5">
-        <v>-73.266742045075517</v>
+        <v>-73.339721136294116</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>15.542323343</v>
+        <v>15.53339875</v>
       </c>
       <c r="C370" s="5">
-        <v>-0.23657966300000055</v>
+        <v>-0.24299184300000043</v>
       </c>
       <c r="D370" s="5">
-        <v>-16.580112649831889</v>
+        <v>-16.994648877829267</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>16.245995852</v>
+        <v>16.244745474999998</v>
       </c>
       <c r="C371" s="5">
-        <v>0.70367250900000045</v>
+        <v>0.71134672499999851</v>
       </c>
       <c r="D371" s="5">
-        <v>70.123683958417018</v>
+        <v>71.142173195399678</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>16.517688529000001</v>
+        <v>16.517021911000001</v>
       </c>
       <c r="C372" s="5">
-        <v>0.27169267700000077</v>
+        <v>0.27227643600000206</v>
       </c>
       <c r="D372" s="5">
-        <v>22.021177941096525</v>
+        <v>22.074795422326044</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>16.924993868000001</v>
+        <v>16.924726268000001</v>
       </c>
       <c r="C373" s="5">
-        <v>0.40730533900000054</v>
+        <v>0.40770435700000007</v>
       </c>
       <c r="D373" s="5">
-        <v>33.952545464235229</v>
+        <v>33.992009804981024</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>16.869029804</v>
+        <v>16.870395993999999</v>
       </c>
       <c r="C374" s="5">
-        <v>-5.5964064000001201E-2</v>
+        <v>-5.4330274000001566E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>-3.896539444233571</v>
+        <v>-3.7848456031149835</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>17.038682199</v>
+        <v>17.040976212</v>
       </c>
       <c r="C375" s="5">
-        <v>0.16965239499999996</v>
+        <v>0.17058021800000134</v>
       </c>
       <c r="D375" s="5">
-        <v>12.758883070710713</v>
+        <v>12.831489435451271</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>16.853372316000002</v>
+        <v>16.856872326000001</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.18530988299999862</v>
+        <v>-0.18410388599999905</v>
       </c>
       <c r="D376" s="5">
-        <v>-12.297949092639215</v>
+        <v>-12.221060968185926</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>17.108748196000001</v>
+        <v>17.112652347000001</v>
       </c>
       <c r="C377" s="5">
-        <v>0.255375879999999</v>
+        <v>0.25578002099999964</v>
       </c>
       <c r="D377" s="5">
-        <v>19.77799318615212</v>
+        <v>19.807487422544924</v>
       </c>
       <c r="E377" s="5">
-        <v>-2.9677475671435749</v>
+        <v>-2.9566147777858376</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>17.145546238000001</v>
+        <v>17.149862826</v>
       </c>
       <c r="C378" s="5">
-        <v>3.6798042000000919E-2</v>
+        <v>3.7210478999998742E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>2.6117503989006252</v>
+        <v>2.6407644503332328</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>17.148784225</v>
+        <v>17.152245193999999</v>
       </c>
       <c r="C379" s="5">
-        <v>3.2379869999985544E-3</v>
+        <v>2.3823679999992464E-3</v>
       </c>
       <c r="D379" s="5">
-        <v>0.22685908108013297</v>
+        <v>0.16682505766285605</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>17.110959419</v>
+        <v>17.110930021000001</v>
       </c>
       <c r="C380" s="5">
-        <v>-3.7824805999999711E-2</v>
+        <v>-4.1315172999997429E-2</v>
       </c>
       <c r="D380" s="5">
-        <v>-2.6149469114594592</v>
+        <v>-2.8524918249801079</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>17.090788815</v>
+        <v>17.086004653</v>
       </c>
       <c r="C381" s="5">
-        <v>-2.017060400000048E-2</v>
+        <v>-2.4925368000001669E-2</v>
       </c>
       <c r="D381" s="5">
-        <v>-1.4054389768119901</v>
+        <v>-1.7340942057276765</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>17.048306523000001</v>
+        <v>17.034336746000001</v>
       </c>
       <c r="C382" s="5">
-        <v>-4.2482291999998978E-2</v>
+        <v>-5.1667906999998792E-2</v>
       </c>
       <c r="D382" s="5">
-        <v>-2.9423773041952206</v>
+        <v>-3.5690384282358156</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>17.040296924</v>
+        <v>17.036822324999999</v>
       </c>
       <c r="C383" s="5">
-        <v>-8.0095990000010886E-3</v>
+        <v>2.4855789999982392E-3</v>
       </c>
       <c r="D383" s="5">
-        <v>-0.56232690871399482</v>
+        <v>0.17523956065463864</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>17.314263576999998</v>
+        <v>17.312014067</v>
       </c>
       <c r="C384" s="5">
-        <v>0.27396665299999867</v>
+        <v>0.27519174200000052</v>
       </c>
       <c r="D384" s="5">
-        <v>21.093936832712568</v>
+        <v>21.201508485759014</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>17.333084148000001</v>
+        <v>17.332280426000001</v>
       </c>
       <c r="C385" s="5">
-        <v>1.8820571000002673E-2</v>
+        <v>2.0266359000000733E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>1.3122243303956838</v>
+        <v>1.4138636606794819</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>17.368666741999998</v>
+        <v>17.37163352</v>
       </c>
       <c r="C386" s="5">
-        <v>3.5582593999997414E-2</v>
+        <v>3.9353093999999089E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>2.4914512373669595</v>
+        <v>2.7588936892055882</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>17.453581079999999</v>
+        <v>17.458329947999999</v>
       </c>
       <c r="C387" s="5">
-        <v>8.4914338000000811E-2</v>
+        <v>8.669642799999977E-2</v>
       </c>
       <c r="D387" s="5">
-        <v>6.0270764369718455</v>
+        <v>6.1559790263207237</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>17.456569361</v>
+        <v>17.464473126000001</v>
       </c>
       <c r="C388" s="5">
-        <v>2.9882810000003701E-3</v>
+        <v>6.1431780000020808E-3</v>
       </c>
       <c r="D388" s="5">
-        <v>0.20564925257862132</v>
+        <v>0.42307008731761186</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>17.495179032999999</v>
+        <v>17.504874050000002</v>
       </c>
       <c r="C389" s="5">
-        <v>3.8609671999999762E-2</v>
+        <v>4.040092400000006E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>2.6866327249146726</v>
+        <v>2.8115779768623561</v>
       </c>
       <c r="E389" s="5">
-        <v>2.2586739402146616</v>
+        <v>2.2919983123993015</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>17.432804292</v>
+        <v>17.438872658000001</v>
       </c>
       <c r="C390" s="5">
-        <v>-6.237474099999929E-2</v>
+        <v>-6.6001392000000436E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>-4.1953999501086585</v>
+        <v>-4.4318909438558425</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>17.547042932</v>
+        <v>17.551137261000001</v>
       </c>
       <c r="C391" s="5">
-        <v>0.11423863999999995</v>
+        <v>0.11226460299999985</v>
       </c>
       <c r="D391" s="5">
-        <v>8.1534079138718685</v>
+        <v>8.0046056836739155</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>17.512298215000001</v>
+        <v>17.509419975</v>
       </c>
       <c r="C392" s="5">
-        <v>-3.4744716999998815E-2</v>
+        <v>-4.1717286000000797E-2</v>
       </c>
       <c r="D392" s="5">
-        <v>-2.350400560697441</v>
+        <v>-2.8152853331231853</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>17.602551329000001</v>
+        <v>17.593015483999999</v>
       </c>
       <c r="C393" s="5">
-        <v>9.0253113999999357E-2</v>
+        <v>8.3595508999998458E-2</v>
       </c>
       <c r="D393" s="5">
-        <v>6.3627855521600107</v>
+        <v>5.8820406739994668</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>17.756248490000001</v>
+        <v>17.735084982</v>
       </c>
       <c r="C394" s="5">
-        <v>0.15369716100000019</v>
+        <v>0.14206949800000146</v>
       </c>
       <c r="D394" s="5">
-        <v>10.995951090940427</v>
+        <v>10.132593618604989</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>17.731160663000001</v>
+        <v>17.724388986000001</v>
       </c>
       <c r="C395" s="5">
-        <v>-2.5087827000000118E-2</v>
+        <v>-1.0695995999999042E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>-1.6823679292692795</v>
+        <v>-0.72132193538596567</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>17.607924968999999</v>
+        <v>17.603936281999999</v>
       </c>
       <c r="C396" s="5">
-        <v>-0.12323569400000167</v>
+        <v>-0.12045270400000163</v>
       </c>
       <c r="D396" s="5">
-        <v>-8.0287334391757383</v>
+        <v>-7.8570348695229608</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>17.627544193999999</v>
+        <v>17.62658656</v>
       </c>
       <c r="C397" s="5">
-        <v>1.9619224999999574E-2</v>
+        <v>2.2650278000000412E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>1.3452967926957049</v>
+        <v>1.5549650736512488</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>17.665715113000001</v>
+        <v>17.670875324000001</v>
       </c>
       <c r="C398" s="5">
-        <v>3.8170919000002357E-2</v>
+        <v>4.4288764000000924E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>2.6296679547696211</v>
+        <v>3.0571519818755499</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>17.565200987000001</v>
+        <v>17.573513061</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.1005141260000002</v>
+        <v>-9.7362263000000837E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>-6.6180771868743937</v>
+        <v>-6.4149861315630048</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>17.559416379000002</v>
+        <v>17.573534253999998</v>
       </c>
       <c r="C400" s="5">
-        <v>-5.7846079999990252E-3</v>
+        <v>2.1192999998476125E-5</v>
       </c>
       <c r="D400" s="5">
-        <v>-0.39447145544252438</v>
+        <v>1.4471647525660103E-3</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>17.492726780000002</v>
+        <v>17.509984884000001</v>
       </c>
       <c r="C401" s="5">
-        <v>-6.6689599000000044E-2</v>
+        <v>-6.3549369999996941E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>-4.4635215760489677</v>
+        <v>-4.2541614546833362</v>
       </c>
       <c r="E401" s="5">
-        <v>-1.4016735669708513E-2</v>
+        <v>2.919663395122285E-2</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>17.421706589999999</v>
+        <v>17.429241814000001</v>
       </c>
       <c r="C402" s="5">
-        <v>-7.1020190000002259E-2</v>
+        <v>-8.0743070000000472E-2</v>
       </c>
       <c r="D402" s="5">
-        <v>-4.7646487774732798</v>
+        <v>-5.3953049034746741</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>17.352790004999999</v>
+        <v>17.356891746999999</v>
       </c>
       <c r="C403" s="5">
-        <v>-6.8916585000000197E-2</v>
+        <v>-7.2350067000002127E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>-4.645017344514379</v>
+        <v>-4.8691201295953279</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>17.422709159</v>
+        <v>17.418642061</v>
       </c>
       <c r="C404" s="5">
-        <v>6.9919154000000816E-2</v>
+        <v>6.1750314000001083E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>4.9437330024266091</v>
+        <v>4.3537548118849134</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>17.411150545000002</v>
+        <v>17.391740289000001</v>
       </c>
       <c r="C405" s="5">
-        <v>-1.1558613999998357E-2</v>
+        <v>-2.6901771999998658E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>-0.79320833672823499</v>
+        <v>-1.8376471566852959</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>17.355088161000001</v>
+        <v>17.328289376000001</v>
       </c>
       <c r="C406" s="5">
-        <v>-5.606238400000052E-2</v>
+        <v>-6.3450913000000497E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>-3.7961966040669815</v>
+        <v>-4.2912145219000326</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>17.322101845999999</v>
+        <v>17.313327563000001</v>
       </c>
       <c r="C407" s="5">
-        <v>-3.2986315000002264E-2</v>
+        <v>-1.4961812999999324E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>-2.2571129332309758</v>
+        <v>-1.0312130585981349</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>17.406876343</v>
+        <v>17.401308602</v>
       </c>
       <c r="C408" s="5">
-        <v>8.4774497000001503E-2</v>
+        <v>8.7981038999998873E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>6.0334951032060991</v>
+        <v>6.271389395392224</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>17.419843984</v>
+        <v>17.418794538</v>
       </c>
       <c r="C409" s="5">
-        <v>1.2967640999999475E-2</v>
+        <v>1.7485935999999924E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>0.89763878421285082</v>
+        <v>1.2125226578305837</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>17.357054062</v>
+        <v>17.364495748</v>
       </c>
       <c r="C410" s="5">
-        <v>-6.2789922000000331E-2</v>
+        <v>-5.4298790000000707E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>-4.2406782515405084</v>
+        <v>-3.6772314290128616</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>17.276678794999999</v>
+        <v>17.288388855000001</v>
       </c>
       <c r="C411" s="5">
-        <v>-8.0375267000000861E-2</v>
+        <v>-7.6106892999998621E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>-5.4174727944718226</v>
+        <v>-5.1345323181630658</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>17.260445958999998</v>
+        <v>17.280567199</v>
       </c>
       <c r="C412" s="5">
-        <v>-1.6232836000000361E-2</v>
+        <v>-7.8216560000008428E-3</v>
       </c>
       <c r="D412" s="5">
-        <v>-1.1216886319196262</v>
+        <v>-0.54155809947391553</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>17.297682095999999</v>
+        <v>17.322735589000001</v>
       </c>
       <c r="C413" s="5">
-        <v>3.7236137000000724E-2</v>
+        <v>4.21683900000005E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>2.6197105764780293</v>
+        <v>2.9678865912354357</v>
       </c>
       <c r="E413" s="5">
-        <v>-1.1150044612999066</v>
+        <v>-1.0693858175234827</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>17.309495045999999</v>
+        <v>17.317949642999999</v>
       </c>
       <c r="C414" s="5">
-        <v>1.1812949999999489E-2</v>
+        <v>-4.7859460000019283E-3</v>
       </c>
       <c r="D414" s="5">
-        <v>0.82259030822811052</v>
+        <v>-0.33103410493591223</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>17.260173550000001</v>
+        <v>17.264285237999999</v>
       </c>
       <c r="C415" s="5">
-        <v>-4.9321495999997467E-2</v>
+        <v>-5.3664404999999249E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>-3.3661877423200259</v>
+        <v>-3.6558025664559124</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>17.327659844999999</v>
+        <v>17.322611048999999</v>
       </c>
       <c r="C416" s="5">
-        <v>6.7486294999998364E-2</v>
+        <v>5.8325810999999561E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>4.7941568025524406</v>
+        <v>4.1302752695190126</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>17.315805775000001</v>
+        <v>17.284665431000001</v>
       </c>
       <c r="C417" s="5">
-        <v>-1.1854069999998273E-2</v>
+        <v>-3.7945617999998404E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>-0.81785325716654533</v>
+        <v>-2.5971910353865035</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>17.353297127000001</v>
+        <v>17.322123471000001</v>
       </c>
       <c r="C418" s="5">
-        <v>3.7491351999999978E-2</v>
+        <v>3.7458040000000636E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>2.6293468552678112</v>
+        <v>2.6317721195067367</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>17.418711249000001</v>
+        <v>17.408782663</v>
       </c>
       <c r="C419" s="5">
-        <v>6.5414121999999963E-2</v>
+        <v>8.6659191999999052E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>4.6184312572189468</v>
+        <v>6.1713360513113047</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>17.402277464000001</v>
+        <v>17.395636921000001</v>
       </c>
       <c r="C420" s="5">
-        <v>-1.6433785000000256E-2</v>
+        <v>-1.3145741999998961E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>-1.1262907350940599</v>
+        <v>-0.9023916018955358</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>17.410151495000001</v>
+        <v>17.409396746999999</v>
       </c>
       <c r="C421" s="5">
-        <v>7.8740310000000591E-3</v>
+        <v>1.3759825999997588E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>0.54431881244543234</v>
+        <v>0.95333185670092302</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>17.356614881999999</v>
+        <v>17.365981654999999</v>
       </c>
       <c r="C422" s="5">
-        <v>-5.353661300000212E-2</v>
+        <v>-4.3415092000000044E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>-3.6282546060538712</v>
+        <v>-2.9518226824513438</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>17.525518202000001</v>
+        <v>17.540468339</v>
       </c>
       <c r="C423" s="5">
-        <v>0.16890332000000186</v>
+        <v>0.17448668400000145</v>
       </c>
       <c r="D423" s="5">
-        <v>12.323361543559951</v>
+        <v>12.746265540879342</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>17.598637108999998</v>
+        <v>17.624090302999999</v>
       </c>
       <c r="C424" s="5">
-        <v>7.311890699999779E-2</v>
+        <v>8.3621963999998883E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>5.1230647681099528</v>
+        <v>5.8732615280438605</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>17.606506391</v>
+        <v>17.637856432</v>
       </c>
       <c r="C425" s="5">
-        <v>7.8692820000014763E-3</v>
+        <v>1.3766129000000404E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>0.5379051167289095</v>
+        <v>0.94135398438424112</v>
       </c>
       <c r="E425" s="5">
-        <v>1.7853507382437961</v>
+        <v>1.8191170867960516</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>17.732042909</v>
+        <v>17.852130796000001</v>
       </c>
       <c r="C426" s="5">
-        <v>0.12553651800000054</v>
+        <v>0.21427436400000133</v>
       </c>
       <c r="D426" s="5">
-        <v>8.8997840002184248</v>
+        <v>15.592879496430756</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>17.801089568999998</v>
+        <v>17.926659631</v>
       </c>
       <c r="C427" s="5">
-        <v>6.9046659999997928E-2</v>
+        <v>7.452883499999885E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>4.7740525516884791</v>
+        <v>5.126390078989318</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>17.686182428999999</v>
+        <v>17.805923207999999</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.11490713999999969</v>
+        <v>-0.12073642300000031</v>
       </c>
       <c r="D428" s="5">
-        <v>-7.4768991942782641</v>
+        <v>-7.7892657969301782</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>17.921534741999999</v>
+        <v>18.145138051</v>
       </c>
       <c r="C429" s="5">
-        <v>0.23535231299999992</v>
+        <v>0.3392148430000006</v>
       </c>
       <c r="D429" s="5">
-        <v>17.190707888782363</v>
+        <v>25.414966969134767</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>17.788073486999998</v>
+        <v>18.04172676</v>
       </c>
       <c r="C430" s="5">
-        <v>-0.13346125500000028</v>
+        <v>-0.10341129100000046</v>
       </c>
       <c r="D430" s="5">
-        <v>-8.5792883464303689</v>
+        <v>-6.628595069027754</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>17.748401820000002</v>
+        <v>18.019030849</v>
       </c>
       <c r="C431" s="5">
-        <v>-3.9671666999996802E-2</v>
+        <v>-2.2695910999999569E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>-2.6437022280986322</v>
+        <v>-1.4991606232375387</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>17.741967514999999</v>
+        <v>18.016833298000002</v>
       </c>
       <c r="C432" s="5">
-        <v>-6.4343050000026381E-3</v>
+        <v>-2.1975509999982989E-3</v>
       </c>
       <c r="D432" s="5">
-        <v>-0.43416806615604875</v>
+        <v>-0.14625054439945107</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>17.719066758</v>
+        <v>17.998136104</v>
       </c>
       <c r="C433" s="5">
-        <v>-2.2900756999998606E-2</v>
+        <v>-1.869719400000136E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>-1.537972171240809</v>
+        <v>-1.2382316559452211</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>18.034699206999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>3.6563102999998875E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>2.4652159089225911</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>17.950579887</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-8.411931999999922E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-5.4557861948052349</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>17.767513891</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.18306599599999984</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-11.574368622938447</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">