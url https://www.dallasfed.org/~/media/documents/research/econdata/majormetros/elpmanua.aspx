--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{443E84BF-AA57-4134-820A-8F23152A3561}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C610AFD6-1C7B-4634-8C60-4251A8343EB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{282668DE-2ECD-4DFA-B5EB-8840D1A1FA65}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0431D696-CF6E-4CE2-933A-2A984B7C85B8}"/>
   </bookViews>
   <sheets>
     <sheet name="elpmanua" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Manufacturing Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18FF4F13-3C72-42DB-9053-0EB43D942DEB}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61B5B35C-B3F9-497C-9126-AD30422980A4}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>18.019030849</v>
       </c>
       <c r="C431" s="5">
         <v>-2.2695910999999569E-2</v>
       </c>
       <c r="D431" s="5">
         <v>-1.4991606232375387</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>18.016833298000002</v>
       </c>
       <c r="C432" s="5">
         <v>-2.1975509999982989E-3</v>
       </c>
       <c r="D432" s="5">
         <v>-0.14625054439945107</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>17.998136104</v>
       </c>
       <c r="C433" s="5">
         <v>-1.869719400000136E-2</v>
       </c>
       <c r="D433" s="5">
         <v>-1.2382316559452211</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>18.034699206999999</v>
       </c>
       <c r="C434" s="5">
         <v>3.6563102999998875E-2</v>
       </c>
       <c r="D434" s="5">
         <v>2.4652159089225911</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>17.950579887</v>
       </c>
       <c r="C435" s="5">
         <v>-8.411931999999922E-2</v>
       </c>
       <c r="D435" s="5">
         <v>-5.4557861948052349</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>17.767513891</v>
+        <v>17.717947555999999</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.18306599599999984</v>
+        <v>-0.23263233100000136</v>
       </c>
       <c r="D436" s="5">
-        <v>-11.574368622938447</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-14.48955864980449</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>17.777479745000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>5.9532189000002234E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>4.1073441637271335</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.79161157444669339</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>