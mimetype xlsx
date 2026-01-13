--- v0 (2025-10-07)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E53DE11D-4DDA-46F7-9D58-D70D312B9A8D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{5D2310FF-8B63-4655-9938-2531C75D935E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{2782C692-BA2D-44E5-A751-9A1511EA7A04}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{ECE12765-A3C6-4739-B677-FB6673F6DE71}"/>
   </bookViews>
   <sheets>
     <sheet name="elpnrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EB967FFD-015A-4802-BFF1-1C1DD36B7F15}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{19195CE1-4E47-4517-98BF-1B8CA1539A81}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6146 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>8.6893233113000008</v>
+        <v>8.6893235636000004</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>8.6070953240999994</v>
+        <v>8.6070966062000007</v>
       </c>
       <c r="C7" s="5">
-        <v>-8.2227987200001351E-2</v>
+        <v>-8.2226957399999634E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>-10.782947012563749</v>
+        <v>-10.78281862250604</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>8.4765760100000005</v>
+        <v>8.4765760692000001</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.13051931409999895</v>
+        <v>-0.13052053700000066</v>
       </c>
       <c r="D8" s="5">
-        <v>-16.753463296037285</v>
+        <v>-16.753605122577632</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>8.7015592770999994</v>
+        <v>8.7015589695000006</v>
       </c>
       <c r="C9" s="5">
-        <v>0.22498326709999894</v>
+        <v>0.22498290030000057</v>
       </c>
       <c r="D9" s="5">
-        <v>36.936577121103788</v>
+        <v>36.936507556345546</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>8.7114476064000002</v>
+        <v>8.7114471169000005</v>
       </c>
       <c r="C10" s="5">
-        <v>9.88832930000072E-3</v>
+        <v>9.8881473999998803E-3</v>
       </c>
       <c r="D10" s="5">
-        <v>1.3722185130025544</v>
+        <v>1.3721931612984184</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>8.9467619021000004</v>
+        <v>8.9467607666000006</v>
       </c>
       <c r="C11" s="5">
-        <v>0.23531429570000029</v>
+        <v>0.23531364970000013</v>
       </c>
       <c r="D11" s="5">
-        <v>37.691334484141528</v>
+        <v>37.691217622247962</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>8.8990856434999994</v>
+        <v>8.8990856130000004</v>
       </c>
       <c r="C12" s="5">
-        <v>-4.767625860000102E-2</v>
+        <v>-4.7675153600000186E-2</v>
       </c>
       <c r="D12" s="5">
-        <v>-6.210530410889592</v>
+        <v>-6.2103914259162067</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>8.9281544036000007</v>
+        <v>8.9281543300999999</v>
       </c>
       <c r="C13" s="5">
-        <v>2.9068760100001256E-2</v>
+        <v>2.9068717099999475E-2</v>
       </c>
       <c r="D13" s="5">
-        <v>3.9909801738231332</v>
+        <v>3.9909741776206209</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>8.9772032008</v>
+        <v>8.9772031110999997</v>
       </c>
       <c r="C14" s="5">
-        <v>4.9048797199999328E-2</v>
+        <v>4.9048780999999764E-2</v>
       </c>
       <c r="D14" s="5">
-        <v>6.7953539433799781</v>
+        <v>6.7953516883855203</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>8.9772250170000003</v>
+        <v>8.9772248832999999</v>
       </c>
       <c r="C15" s="5">
-        <v>2.1816200000301933E-5</v>
+        <v>2.177220000021407E-5</v>
       </c>
       <c r="D15" s="5">
-        <v>2.9162523483394764E-3</v>
+        <v>2.9103706560285048E-3</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>8.9108155242000002</v>
+        <v>8.9108155833999998</v>
       </c>
       <c r="C16" s="5">
-        <v>-6.6409492800000081E-2</v>
+        <v>-6.6409299900000107E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>-8.5246455498419245</v>
+        <v>-8.524621908740837</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>8.6936321194000001</v>
+        <v>8.6936325448999998</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.21718340480000009</v>
+        <v>-0.21718303849999998</v>
       </c>
       <c r="D17" s="5">
-        <v>-25.628649205198929</v>
+        <v>-25.628611454062344</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>8.5764972304999993</v>
+        <v>8.5764977343000002</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.11713488890000079</v>
+        <v>-0.11713481059999964</v>
       </c>
       <c r="D18" s="5">
-        <v>-15.022428153648459</v>
+        <v>-15.02241816226414</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>8.4917988996999991</v>
+        <v>8.4918006536000004</v>
       </c>
       <c r="C19" s="5">
-        <v>-8.4698330800000221E-2</v>
+        <v>-8.4697080699999816E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>-11.227798790368571</v>
+        <v>-11.227641345446004</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>8.3633770290000005</v>
+        <v>8.3633766117999997</v>
       </c>
       <c r="C20" s="5">
-        <v>-0.12842187069999866</v>
+        <v>-0.12842404180000067</v>
       </c>
       <c r="D20" s="5">
-        <v>-16.71175744292135</v>
+        <v>-16.712013728367992</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>8.2007740343000002</v>
+        <v>8.2007740513999998</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.16260299470000028</v>
+        <v>-0.16260256039999987</v>
       </c>
       <c r="D21" s="5">
-        <v>-20.990732123310519</v>
+        <v>-20.99068285059451</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>8.5065995616999999</v>
+        <v>8.5065988534999999</v>
       </c>
       <c r="C22" s="5">
-        <v>0.30582552739999969</v>
+        <v>0.30582480210000007</v>
       </c>
       <c r="D22" s="5">
-        <v>55.172132071618222</v>
+        <v>55.171973166410957</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>8.0553798037999993</v>
+        <v>8.0553781085999994</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.45121975790000057</v>
+        <v>-0.45122074490000053</v>
       </c>
       <c r="D23" s="5">
-        <v>-48.005142848197323</v>
+        <v>-48.005222206986375</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>8.1133805024000001</v>
+        <v>8.1133806422999992</v>
       </c>
       <c r="C24" s="5">
-        <v>5.8000698600000788E-2</v>
+        <v>5.8002533699999859E-2</v>
       </c>
       <c r="D24" s="5">
-        <v>8.9908066284952959</v>
+        <v>8.9911044175354107</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>8.0516438635000007</v>
+        <v>8.0516438046999994</v>
       </c>
       <c r="C25" s="5">
-        <v>-6.1736638899999363E-2</v>
+        <v>-6.1736837599999816E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>-8.7584704790748305</v>
+        <v>-8.7584973544209568</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>8.0878158406999994</v>
+        <v>8.0878156221000008</v>
       </c>
       <c r="C26" s="5">
-        <v>3.6171977199998651E-2</v>
+        <v>3.6171817400001416E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>5.5262147785962057</v>
+        <v>5.5261897999691501</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>7.8878365467</v>
+        <v>7.8878363508999998</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.19997929399999936</v>
+        <v>-0.19997927120000103</v>
       </c>
       <c r="D27" s="5">
-        <v>-25.950900074464677</v>
+        <v>-25.950898114875763</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>7.8152730953000003</v>
+        <v>7.8152731672</v>
       </c>
       <c r="C28" s="5">
-        <v>-7.2563451399999757E-2</v>
+        <v>-7.2563183699999811E-2</v>
       </c>
       <c r="D28" s="5">
-        <v>-10.497519362768204</v>
+        <v>-10.497482821084347</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>7.8852588431999999</v>
+        <v>7.8852592996000004</v>
       </c>
       <c r="C29" s="5">
-        <v>6.9985747899999673E-2</v>
+        <v>6.99861324000004E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>11.291385088190097</v>
+        <v>11.291450100476407</v>
       </c>
       <c r="E29" s="5">
-        <v>-9.2984527651693512</v>
+        <v>-9.2984519546345457</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>7.9513732977</v>
+        <v>7.9513738828999996</v>
       </c>
       <c r="C30" s="5">
-        <v>6.6114454500000086E-2</v>
+        <v>6.6114583299999197E-2</v>
       </c>
       <c r="D30" s="5">
-        <v>10.538678029798598</v>
+        <v>10.538698878094399</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>7.9553989251999999</v>
+        <v>7.9554027112999997</v>
       </c>
       <c r="C31" s="5">
-        <v>4.0256274999999064E-3</v>
+        <v>4.0288284000000729E-3</v>
       </c>
       <c r="D31" s="5">
-        <v>0.60923151145999555</v>
+        <v>0.60971723589386961</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>8.1404483121000002</v>
+        <v>8.1404468698999999</v>
       </c>
       <c r="C32" s="5">
-        <v>0.18504938690000028</v>
+        <v>0.18504415860000023</v>
       </c>
       <c r="D32" s="5">
-        <v>31.776002603274666</v>
+        <v>31.774969883448566</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>8.3017883680000004</v>
+        <v>8.3017885879000008</v>
       </c>
       <c r="C33" s="5">
-        <v>0.16134005590000022</v>
+        <v>0.16134171800000097</v>
       </c>
       <c r="D33" s="5">
-        <v>26.555207142283187</v>
+        <v>26.555516422792348</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>8.3929697398999998</v>
+        <v>8.3929680989000008</v>
       </c>
       <c r="C34" s="5">
-        <v>9.1181371899999419E-2</v>
+        <v>9.1179510999999991E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>14.006074372468902</v>
+        <v>14.00577064828501</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>8.5700518938000005</v>
+        <v>8.5700496132000001</v>
       </c>
       <c r="C35" s="5">
-        <v>0.1770821539000007</v>
+        <v>0.1770815142999993</v>
       </c>
       <c r="D35" s="5">
-        <v>28.473493160841002</v>
+        <v>28.473384330513785</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>8.5469190355000002</v>
+        <v>8.5469190201000007</v>
       </c>
       <c r="C36" s="5">
-        <v>-2.3132858300000336E-2</v>
+        <v>-2.313059309999943E-2</v>
       </c>
       <c r="D36" s="5">
-        <v>-3.1914625822568876</v>
+        <v>-3.1911555310832229</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>8.5932044775000005</v>
+        <v>8.5932042860000006</v>
       </c>
       <c r="C37" s="5">
-        <v>4.6285442000000288E-2</v>
+        <v>4.6285265899999928E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>6.6956401911075103</v>
+        <v>6.6956139654516411</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>8.5105520124999998</v>
+        <v>8.5105518178999997</v>
       </c>
       <c r="C38" s="5">
-        <v>-8.2652465000000674E-2</v>
+        <v>-8.2652468100000931E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>-10.950597381555117</v>
+        <v>-10.950598002066481</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>8.5028939485000006</v>
+        <v>8.5028939459000004</v>
       </c>
       <c r="C39" s="5">
-        <v>-7.6580639999992428E-3</v>
+        <v>-7.6578719999993439E-3</v>
       </c>
       <c r="D39" s="5">
-        <v>-1.0744699680551362</v>
+        <v>-1.0744431869868287</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>8.5213414491999995</v>
+        <v>8.5213417481999993</v>
       </c>
       <c r="C40" s="5">
-        <v>1.8447500699998898E-2</v>
+        <v>1.8447802299998983E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>2.6347584275377089</v>
+        <v>2.6348020195870792</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>8.4653084853999996</v>
+        <v>8.4653091344</v>
       </c>
       <c r="C41" s="5">
-        <v>-5.6032963799999891E-2</v>
+        <v>-5.6032613799999353E-2</v>
       </c>
       <c r="D41" s="5">
-        <v>-7.611513298720185</v>
+        <v>-7.611467203357325</v>
       </c>
       <c r="E41" s="5">
-        <v>7.3561268404044311</v>
+        <v>7.3561288571629246</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>8.4082609432000002</v>
+        <v>8.4082631929999998</v>
       </c>
       <c r="C42" s="5">
-        <v>-5.7047542199999413E-2</v>
+        <v>-5.7045941400000189E-2</v>
       </c>
       <c r="D42" s="5">
-        <v>-7.7936762169849239</v>
+        <v>-7.7934649857187015</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>8.6130793637000007</v>
+        <v>8.6130848635999993</v>
       </c>
       <c r="C43" s="5">
-        <v>0.20481842050000054</v>
+        <v>0.20482167059999945</v>
       </c>
       <c r="D43" s="5">
-        <v>33.483385596481718</v>
+        <v>33.48397983660292</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>8.4175410009</v>
+        <v>8.4175381339000008</v>
       </c>
       <c r="C44" s="5">
-        <v>-0.1955383628000007</v>
+        <v>-0.19554672969999842</v>
       </c>
       <c r="D44" s="5">
-        <v>-24.086065989902039</v>
+        <v>-24.086957958427114</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>8.5011441756000004</v>
+        <v>8.5011436914999994</v>
       </c>
       <c r="C45" s="5">
-        <v>8.3603174700000338E-2</v>
+        <v>8.3605557599998548E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>12.59152320820116</v>
+        <v>12.591906452016822</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>8.3701005355000007</v>
+        <v>8.3700968408000005</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.13104364009999969</v>
+        <v>-0.13104685069999888</v>
       </c>
       <c r="D46" s="5">
-        <v>-17.007372705046286</v>
+        <v>-17.007755603525045</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>8.3919539460999992</v>
+        <v>8.3919501231000009</v>
       </c>
       <c r="C47" s="5">
-        <v>2.1853410599998568E-2</v>
+        <v>2.1853282300000387E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>3.178452213226346</v>
+        <v>3.17843470718151</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>8.3820497358000008</v>
+        <v>8.3820494450999998</v>
       </c>
       <c r="C48" s="5">
-        <v>-9.9042102999984394E-3</v>
+        <v>-9.9006780000010508E-3</v>
       </c>
       <c r="D48" s="5">
-        <v>-1.4070868193181374</v>
+        <v>-1.4065888754330347</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>8.5415982790000005</v>
+        <v>8.5415985863999992</v>
       </c>
       <c r="C49" s="5">
-        <v>0.15954854319999967</v>
+        <v>0.15954914129999942</v>
       </c>
       <c r="D49" s="5">
-        <v>25.39115572612285</v>
+        <v>25.391262062635576</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>8.6448680284999995</v>
+        <v>8.6448688620999992</v>
       </c>
       <c r="C50" s="5">
-        <v>0.10326974949999901</v>
+        <v>0.10327027569999991</v>
       </c>
       <c r="D50" s="5">
-        <v>15.512958411216582</v>
+        <v>15.513042188498826</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>8.8212257879999996</v>
+        <v>8.8212270187000001</v>
       </c>
       <c r="C51" s="5">
-        <v>0.1763577595000001</v>
+        <v>0.17635815660000098</v>
       </c>
       <c r="D51" s="5">
-        <v>27.42271304717525</v>
+        <v>27.422778932789793</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>8.9255480713999997</v>
+        <v>8.9255494451999997</v>
       </c>
       <c r="C52" s="5">
-        <v>0.10432228340000016</v>
+        <v>0.10432242649999957</v>
       </c>
       <c r="D52" s="5">
-        <v>15.151993112490935</v>
+        <v>15.152013013464071</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>9.0341890046</v>
+        <v>9.0341906506999994</v>
       </c>
       <c r="C53" s="5">
-        <v>0.10864093320000023</v>
+        <v>0.10864120549999967</v>
       </c>
       <c r="D53" s="5">
-        <v>15.624893616425229</v>
+        <v>15.624932868922281</v>
       </c>
       <c r="E53" s="5">
-        <v>6.7201392622742606</v>
+        <v>6.7201505257293848</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>9.0783763933999992</v>
+        <v>9.0783806717999997</v>
       </c>
       <c r="C54" s="5">
-        <v>4.4187388799999283E-2</v>
+        <v>4.4190021100000365E-2</v>
       </c>
       <c r="D54" s="5">
-        <v>6.0298510379679593</v>
+        <v>6.0302188338114071</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>8.9610453184000001</v>
+        <v>8.9610519207999992</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.11733107499999917</v>
+        <v>-0.11732875100000051</v>
       </c>
       <c r="D55" s="5">
-        <v>-14.452786837051878</v>
+        <v>-14.452514267607508</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>9.0965696806</v>
+        <v>9.0965646105999998</v>
       </c>
       <c r="C56" s="5">
-        <v>0.13552436219999997</v>
+        <v>0.13551268980000053</v>
       </c>
       <c r="D56" s="5">
-        <v>19.736820905861642</v>
+        <v>19.734961443083044</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>8.9942655695999996</v>
+        <v>8.9942627084000009</v>
       </c>
       <c r="C57" s="5">
-        <v>-0.10230411100000047</v>
+        <v>-0.10230190219999891</v>
       </c>
       <c r="D57" s="5">
-        <v>-12.691470744542821</v>
+        <v>-12.691220092647137</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>8.833499282</v>
+        <v>8.8334933009000007</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.16076628759999956</v>
+        <v>-0.16076940750000013</v>
       </c>
       <c r="D58" s="5">
-        <v>-19.461255120452037</v>
+        <v>-19.461602060629801</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>9.0162916683999992</v>
+        <v>9.0162810932999999</v>
       </c>
       <c r="C59" s="5">
-        <v>0.18279238639999917</v>
+        <v>0.1827877923999992</v>
       </c>
       <c r="D59" s="5">
-        <v>27.862175788559895</v>
+        <v>27.861415068949171</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>9.5287090792000004</v>
+        <v>9.5287102807000004</v>
       </c>
       <c r="C60" s="5">
-        <v>0.51241741080000125</v>
+        <v>0.51242918740000043</v>
       </c>
       <c r="D60" s="5">
-        <v>94.121386812623726</v>
+        <v>94.124412756771861</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>9.5952865340999995</v>
+        <v>9.5952895228999999</v>
       </c>
       <c r="C61" s="5">
-        <v>6.6577454899999111E-2</v>
+        <v>6.6579242199999555E-2</v>
       </c>
       <c r="D61" s="5">
-        <v>8.7142728160318974</v>
+        <v>8.7145146754619809</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>9.8757952193000005</v>
+        <v>9.8757990725999996</v>
       </c>
       <c r="C62" s="5">
-        <v>0.28050868520000094</v>
+        <v>0.28050954969999964</v>
       </c>
       <c r="D62" s="5">
-        <v>41.308905973738575</v>
+        <v>41.309039408768911</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>9.9335741113000005</v>
+        <v>9.9335781138999995</v>
       </c>
       <c r="C63" s="5">
-        <v>5.7778891999999971E-2</v>
+        <v>5.7779041299999889E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>7.251042743771019</v>
+        <v>7.2510591665180923</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>10.129985616000001</v>
+        <v>10.129989441999999</v>
       </c>
       <c r="C64" s="5">
-        <v>0.19641150470000035</v>
+        <v>0.19641132809999995</v>
       </c>
       <c r="D64" s="5">
-        <v>26.4851409609117</v>
+        <v>26.485102642042293</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>10.293329111</v>
+        <v>10.293333183</v>
       </c>
       <c r="C65" s="5">
-        <v>0.16334349499999945</v>
+        <v>0.16334374100000026</v>
       </c>
       <c r="D65" s="5">
-        <v>21.161421876015329</v>
+        <v>21.161447909407215</v>
       </c>
       <c r="E65" s="5">
-        <v>13.937500153681469</v>
+        <v>13.937524466593331</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>10.555620032</v>
+        <v>10.55562714</v>
       </c>
       <c r="C66" s="5">
-        <v>0.26229092099999995</v>
+        <v>0.26229395700000069</v>
       </c>
       <c r="D66" s="5">
-        <v>35.249191653075208</v>
+        <v>35.249642502995449</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>10.829679997</v>
+        <v>10.82968509</v>
       </c>
       <c r="C67" s="5">
-        <v>0.27405996499999929</v>
+        <v>0.27405794999999955</v>
       </c>
       <c r="D67" s="5">
-        <v>36.013652735461044</v>
+        <v>36.013321237557648</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>11.080716883999999</v>
+        <v>11.080708875999999</v>
       </c>
       <c r="C68" s="5">
-        <v>0.25103688699999971</v>
+        <v>0.2510237859999993</v>
       </c>
       <c r="D68" s="5">
-        <v>31.65180446896365</v>
+        <v>31.649919788801316</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>10.683067957</v>
+        <v>10.683060617000001</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.39764892699999876</v>
+        <v>-0.39764825899999856</v>
       </c>
       <c r="D69" s="5">
-        <v>-35.50328600629944</v>
+        <v>-35.503258431317278</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>10.396590292999999</v>
+        <v>10.396579900000001</v>
       </c>
       <c r="C70" s="5">
-        <v>-0.2864776640000013</v>
+        <v>-0.28648071699999988</v>
       </c>
       <c r="D70" s="5">
-        <v>-27.832898272806815</v>
+        <v>-27.833168973736854</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>10.641801489000001</v>
+        <v>10.641774155</v>
       </c>
       <c r="C71" s="5">
-        <v>0.24521119600000141</v>
+        <v>0.24519425499999947</v>
       </c>
       <c r="D71" s="5">
-        <v>32.278933296518588</v>
+        <v>32.276442933786356</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>10.4646417</v>
+        <v>10.464653011999999</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.17715978900000096</v>
+        <v>-0.17712114300000081</v>
       </c>
       <c r="D72" s="5">
-        <v>-18.245716577781224</v>
+        <v>-18.24213612653589</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>10.445296539999999</v>
+        <v>10.44530569</v>
       </c>
       <c r="C73" s="5">
-        <v>-1.9345160000000305E-2</v>
+        <v>-1.9347321999999778E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>-2.1959291747715604</v>
+        <v>-2.1961697500747612</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>10.395235135</v>
+        <v>10.395242232999999</v>
       </c>
       <c r="C74" s="5">
-        <v>-5.0061404999999226E-2</v>
+        <v>-5.0063457000000255E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>-5.6020595093827392</v>
+        <v>-5.6022783379509615</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>10.440301592000001</v>
+        <v>10.440307895</v>
       </c>
       <c r="C75" s="5">
-        <v>4.5066457000000781E-2</v>
+        <v>4.5065662000000728E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>5.3282153344148542</v>
+        <v>5.3281153637522172</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>10.423462159</v>
+        <v>10.423467953999999</v>
       </c>
       <c r="C76" s="5">
-        <v>-1.6839433000001236E-2</v>
+        <v>-1.6839941000000636E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>-1.9184329796633426</v>
+        <v>-1.9184891931583348</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>10.34989942</v>
+        <v>10.349911736999999</v>
       </c>
       <c r="C77" s="5">
-        <v>-7.3562738999999766E-2</v>
+        <v>-7.3556217000000146E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>-8.1477872285180339</v>
+        <v>-8.1470883017874307</v>
       </c>
       <c r="E77" s="5">
-        <v>0.54958224292611657</v>
+        <v>0.54966212590341623</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>10.561258148</v>
+        <v>10.561267107999999</v>
       </c>
       <c r="C78" s="5">
-        <v>0.21135872800000044</v>
+        <v>0.21135537099999979</v>
       </c>
       <c r="D78" s="5">
-        <v>27.454257092179233</v>
+        <v>27.453734516894457</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>10.512981953000001</v>
+        <v>10.512986850000001</v>
       </c>
       <c r="C79" s="5">
-        <v>-4.8276194999999689E-2</v>
+        <v>-4.8280257999998355E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>-5.34945292232808</v>
+        <v>-5.3498874564755328</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>10.471416796</v>
+        <v>10.471407298999999</v>
       </c>
       <c r="C80" s="5">
-        <v>-4.1565157000000852E-2</v>
+        <v>-4.1579551000001658E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>-4.6426159854019877</v>
+        <v>-4.6441867951431242</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>10.671260652999999</v>
+        <v>10.671244651</v>
       </c>
       <c r="C81" s="5">
-        <v>0.1998438569999994</v>
+        <v>0.19983735200000119</v>
       </c>
       <c r="D81" s="5">
-        <v>25.465228179149825</v>
+        <v>25.464335978063325</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>10.862400421</v>
+        <v>10.862382497</v>
       </c>
       <c r="C82" s="5">
-        <v>0.1911397680000011</v>
+        <v>0.19113784600000017</v>
       </c>
       <c r="D82" s="5">
-        <v>23.743091580884588</v>
+        <v>23.742868020509135</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>10.95620345</v>
+        <v>10.956156107</v>
       </c>
       <c r="C83" s="5">
-        <v>9.3803029000000038E-2</v>
+        <v>9.3773609999999508E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>10.869314146226827</v>
+        <v>10.865760585435314</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>11.29851375</v>
+        <v>11.298537317999999</v>
       </c>
       <c r="C84" s="5">
-        <v>0.3423102999999994</v>
+        <v>0.3423812109999993</v>
       </c>
       <c r="D84" s="5">
-        <v>44.655437387808107</v>
+        <v>44.666559606184599</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>11.388605052000001</v>
+        <v>11.388617870999999</v>
       </c>
       <c r="C85" s="5">
-        <v>9.009130200000115E-2</v>
+        <v>9.0080552999999952E-2</v>
       </c>
       <c r="D85" s="5">
-        <v>9.9994629795374443</v>
+        <v>9.9981953472043195</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>11.301250079000001</v>
+        <v>11.301259098999999</v>
       </c>
       <c r="C86" s="5">
-        <v>-8.7354973000000058E-2</v>
+        <v>-8.7358771999999973E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>-8.8259101050394033</v>
+        <v>-8.8262683711088918</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>11.436706121</v>
+        <v>11.436714426</v>
       </c>
       <c r="C87" s="5">
-        <v>0.1354560419999995</v>
+        <v>0.13545532700000074</v>
       </c>
       <c r="D87" s="5">
-        <v>15.370218558667514</v>
+        <v>15.370118918830379</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>11.509964922</v>
+        <v>11.50997355</v>
       </c>
       <c r="C88" s="5">
-        <v>7.3258800999999707E-2</v>
+        <v>7.3259123999999787E-2</v>
       </c>
       <c r="D88" s="5">
-        <v>7.9633773845719347</v>
+        <v>7.9634077533967673</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>11.718310735999999</v>
+        <v>11.718334371999999</v>
       </c>
       <c r="C89" s="5">
-        <v>0.20834581399999941</v>
+        <v>0.2083608219999995</v>
       </c>
       <c r="D89" s="5">
-        <v>24.020112229175549</v>
+        <v>24.021998442386238</v>
       </c>
       <c r="E89" s="5">
-        <v>13.221493856797295</v>
+        <v>13.221587485698194</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>11.568739359</v>
+        <v>11.568755620999999</v>
       </c>
       <c r="C90" s="5">
-        <v>-0.14957137699999912</v>
+        <v>-0.14957875099999995</v>
       </c>
       <c r="D90" s="5">
-        <v>-14.285890261218581</v>
+        <v>-14.286519052669044</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>11.716007459</v>
+        <v>11.716016368</v>
       </c>
       <c r="C91" s="5">
-        <v>0.14726809999999979</v>
+        <v>0.14726074700000069</v>
       </c>
       <c r="D91" s="5">
-        <v>16.392027766755902</v>
+        <v>16.391126516909637</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>11.766216937999999</v>
+        <v>11.766209275</v>
       </c>
       <c r="C92" s="5">
-        <v>5.0209478999999391E-2</v>
+        <v>5.0192906999999565E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>5.2656174929420763</v>
+        <v>5.2638342867166399</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>11.767751516000001</v>
+        <v>11.767725107</v>
       </c>
       <c r="C93" s="5">
-        <v>1.5345780000011189E-3</v>
+        <v>1.5158320000008274E-3</v>
       </c>
       <c r="D93" s="5">
-        <v>0.15661916910205687</v>
+        <v>0.15470469564733413</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>11.847273261</v>
+        <v>11.847242625</v>
       </c>
       <c r="C94" s="5">
-        <v>7.95217449999992E-2</v>
+        <v>7.9517517999999399E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>8.4174019113874685</v>
+        <v>8.4169573207880433</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>11.959627082000001</v>
+        <v>11.959559377</v>
       </c>
       <c r="C95" s="5">
-        <v>0.11235382100000102</v>
+        <v>0.11231675199999991</v>
       </c>
       <c r="D95" s="5">
-        <v>11.992976404471744</v>
+        <v>11.988843629602997</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>11.623206203000001</v>
+        <v>11.623236313</v>
       </c>
       <c r="C96" s="5">
-        <v>-0.33642087900000028</v>
+        <v>-0.33632306400000012</v>
       </c>
       <c r="D96" s="5">
-        <v>-28.993246789733728</v>
+        <v>-28.986215367438405</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>11.613831069</v>
+        <v>11.613843494999999</v>
       </c>
       <c r="C97" s="5">
-        <v>-9.3751340000007843E-3</v>
+        <v>-9.392818000000247E-3</v>
       </c>
       <c r="D97" s="5">
-        <v>-0.96362279261290595</v>
+        <v>-0.96542988096580684</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>11.691454154000001</v>
+        <v>11.691460797</v>
       </c>
       <c r="C98" s="5">
-        <v>7.7623085000000813E-2</v>
+        <v>7.7617302000000166E-2</v>
       </c>
       <c r="D98" s="5">
-        <v>8.3219117612044471</v>
+        <v>8.3212595725654417</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>11.637214449</v>
+        <v>11.637222131</v>
       </c>
       <c r="C99" s="5">
-        <v>-5.4239705000000527E-2</v>
+        <v>-5.4238665999999824E-2</v>
       </c>
       <c r="D99" s="5">
-        <v>-5.4272368064787413</v>
+        <v>-5.4271324766708373</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>11.591787554</v>
+        <v>11.5917999</v>
       </c>
       <c r="C100" s="5">
-        <v>-4.54268950000003E-2</v>
+        <v>-4.5422230999999869E-2</v>
       </c>
       <c r="D100" s="5">
-        <v>-4.5850324327357246</v>
+        <v>-4.5845687830850412</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>11.690108677</v>
+        <v>11.69014514</v>
       </c>
       <c r="C101" s="5">
-        <v>9.8321122999999844E-2</v>
+        <v>9.8345240000000445E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>10.6668697577053</v>
+        <v>10.669597593327683</v>
       </c>
       <c r="E101" s="5">
-        <v>-0.24066659124646339</v>
+        <v>-0.24055664487058204</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>11.784106680000001</v>
+        <v>11.784133070999999</v>
       </c>
       <c r="C102" s="5">
-        <v>9.3998003000001162E-2</v>
+        <v>9.3987930999999136E-2</v>
       </c>
       <c r="D102" s="5">
-        <v>10.087346152625877</v>
+        <v>10.086184180021762</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>11.926278934000001</v>
+        <v>11.926307083999999</v>
       </c>
       <c r="C103" s="5">
-        <v>0.14217225400000011</v>
+        <v>0.14217401299999999</v>
       </c>
       <c r="D103" s="5">
-        <v>15.478082611188725</v>
+        <v>15.478249996891558</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>12.059680516</v>
+        <v>12.059707797</v>
       </c>
       <c r="C104" s="5">
-        <v>0.13340158199999941</v>
+        <v>0.13340071300000034</v>
       </c>
       <c r="D104" s="5">
-        <v>14.279960639799683</v>
+        <v>14.279826016846076</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>12.270154184000001</v>
+        <v>12.270089365</v>
       </c>
       <c r="C105" s="5">
-        <v>0.21047366800000056</v>
+        <v>0.21038156800000074</v>
       </c>
       <c r="D105" s="5">
-        <v>23.07521641748238</v>
+        <v>23.064073938206509</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>12.550748386</v>
+        <v>12.550694888000001</v>
       </c>
       <c r="C106" s="5">
-        <v>0.28059420199999963</v>
+        <v>0.28060552300000019</v>
       </c>
       <c r="D106" s="5">
-        <v>31.170216829697161</v>
+        <v>31.171822561173169</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>12.361392843000001</v>
+        <v>12.361310547</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.18935554299999957</v>
+        <v>-0.18938434100000023</v>
       </c>
       <c r="D107" s="5">
-        <v>-16.6753640533979</v>
+        <v>-16.677758749638528</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>11.543023139000001</v>
+        <v>11.543048670999999</v>
       </c>
       <c r="C108" s="5">
-        <v>-0.8183697040000002</v>
+        <v>-0.81826187600000111</v>
       </c>
       <c r="D108" s="5">
-        <v>-56.043217745601169</v>
+        <v>-56.038539042237886</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>11.724477831</v>
+        <v>11.724483909</v>
       </c>
       <c r="C109" s="5">
-        <v>0.18145469199999908</v>
+        <v>0.18143523800000061</v>
       </c>
       <c r="D109" s="5">
-        <v>20.583343767495666</v>
+        <v>20.580893306431047</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>11.961902281</v>
+        <v>11.961904492</v>
       </c>
       <c r="C110" s="5">
-        <v>0.23742445000000068</v>
+        <v>0.23742058300000046</v>
       </c>
       <c r="D110" s="5">
-        <v>27.19817655908119</v>
+        <v>27.197667412746785</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>12.538253287</v>
+        <v>12.538262554999999</v>
       </c>
       <c r="C111" s="5">
-        <v>0.57635100599999944</v>
+        <v>0.57635806299999892</v>
       </c>
       <c r="D111" s="5">
-        <v>75.890127176025317</v>
+        <v>75.891297216893932</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>12.480155268000001</v>
+        <v>12.480173787</v>
       </c>
       <c r="C112" s="5">
-        <v>-5.8098018999999113E-2</v>
+        <v>-5.8088767999999291E-2</v>
       </c>
       <c r="D112" s="5">
-        <v>-5.420852261025189</v>
+        <v>-5.4200070635345377</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>12.686309046</v>
+        <v>12.686355976</v>
       </c>
       <c r="C113" s="5">
-        <v>0.20615377799999912</v>
+        <v>0.20618218899999974</v>
       </c>
       <c r="D113" s="5">
-        <v>21.726064198274699</v>
+        <v>21.729300278052154</v>
       </c>
       <c r="E113" s="5">
-        <v>8.5217374493703488</v>
+        <v>8.5218004059785422</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>12.477068694</v>
+        <v>12.477109424</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.20924035200000013</v>
+        <v>-0.20924655199999975</v>
       </c>
       <c r="D114" s="5">
-        <v>-18.091805766017355</v>
+        <v>-18.09223320129033</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>12.534133561999999</v>
+        <v>12.534184032000001</v>
       </c>
       <c r="C115" s="5">
-        <v>5.7064867999999436E-2</v>
+        <v>5.7074608000000637E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>5.6284785207665999</v>
+        <v>5.6294446623561312</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>12.648698473</v>
+        <v>12.648769179</v>
       </c>
       <c r="C116" s="5">
-        <v>0.11456491100000044</v>
+        <v>0.11458514699999967</v>
       </c>
       <c r="D116" s="5">
-        <v>11.536820130676873</v>
+        <v>11.538912630294828</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>13.188609668</v>
+        <v>13.188508928999999</v>
       </c>
       <c r="C117" s="5">
-        <v>0.53991119500000018</v>
+        <v>0.53973974999999896</v>
       </c>
       <c r="D117" s="5">
-        <v>65.13460929062478</v>
+        <v>65.108397911041919</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>12.974854390999999</v>
+        <v>12.974775405999999</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.21375527700000063</v>
+        <v>-0.21373352300000015</v>
       </c>
       <c r="D118" s="5">
-        <v>-17.805694054362842</v>
+        <v>-17.80416443698979</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>13.069043971999999</v>
+        <v>13.068950578999999</v>
       </c>
       <c r="C119" s="5">
-        <v>9.4189581000000189E-2</v>
+        <v>9.4175173000000001E-2</v>
       </c>
       <c r="D119" s="5">
-        <v>9.0676404065475502</v>
+        <v>9.0662549254889804</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>13.350512161999999</v>
+        <v>13.350524666</v>
       </c>
       <c r="C120" s="5">
-        <v>0.28146819000000001</v>
+        <v>0.28157408700000097</v>
       </c>
       <c r="D120" s="5">
-        <v>29.136582988065317</v>
+        <v>29.149108927258016</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>13.020168072000001</v>
+        <v>13.020166335000001</v>
       </c>
       <c r="C121" s="5">
-        <v>-0.33034408999999876</v>
+        <v>-0.33035833099999934</v>
       </c>
       <c r="D121" s="5">
-        <v>-25.967236015704344</v>
+        <v>-25.968186591417862</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>13.013002084</v>
+        <v>13.012998248000001</v>
       </c>
       <c r="C122" s="5">
-        <v>-7.1659880000005671E-3</v>
+        <v>-7.1680870000001562E-3</v>
       </c>
       <c r="D122" s="5">
-        <v>-0.65845563044272248</v>
+        <v>-0.65864800362185338</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>13.149557703999999</v>
+        <v>13.149567867</v>
       </c>
       <c r="C123" s="5">
-        <v>0.13655561999999932</v>
+        <v>0.13656961899999942</v>
       </c>
       <c r="D123" s="5">
-        <v>13.345361167331937</v>
+        <v>13.346813347715504</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>13.177331764</v>
+        <v>13.177355417999999</v>
       </c>
       <c r="C124" s="5">
-        <v>2.7774060000000489E-2</v>
+        <v>2.7787550999999411E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>2.5642527661754899</v>
+        <v>2.5655108351850364</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>13.093703632</v>
+        <v>13.093758741</v>
       </c>
       <c r="C125" s="5">
-        <v>-8.3628131999999411E-2</v>
+        <v>-8.3596676999999175E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>-7.3553558635637177</v>
+        <v>-7.3526723645287451</v>
       </c>
       <c r="E125" s="5">
-        <v>3.2112932494613444</v>
+        <v>3.2113458409233075</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>13.159001021</v>
+        <v>13.159052789</v>
       </c>
       <c r="C126" s="5">
-        <v>6.5297388999999484E-2</v>
+        <v>6.529404800000016E-2</v>
       </c>
       <c r="D126" s="5">
-        <v>6.1512143961686805</v>
+        <v>6.1508643799398355</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>13.135466562</v>
+        <v>13.13553933</v>
       </c>
       <c r="C127" s="5">
-        <v>-2.3534459000000396E-2</v>
+        <v>-2.3513459000000125E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>-2.1251766759886936</v>
+        <v>-2.1232906890621739</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>13.142622535999999</v>
+        <v>13.142737394999999</v>
       </c>
       <c r="C128" s="5">
-        <v>7.1559739999997873E-3</v>
+        <v>7.1980649999989765E-3</v>
       </c>
       <c r="D128" s="5">
-        <v>0.65570151715512726</v>
+        <v>0.65956627996761608</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>12.908367076999999</v>
+        <v>12.908234717999999</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.23425545899999989</v>
+        <v>-0.23450267700000005</v>
       </c>
       <c r="D129" s="5">
-        <v>-19.411835281800382</v>
+        <v>-19.430200694105572</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>12.907867814999999</v>
+        <v>12.907768664000001</v>
       </c>
       <c r="C130" s="5">
-        <v>-4.9926199999994481E-4</v>
+        <v>-4.6605399999855024E-4</v>
       </c>
       <c r="D130" s="5">
-        <v>-4.6403000925376858E-2</v>
+        <v>-4.3317600559067415E-2</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>12.981760869</v>
+        <v>12.98166887</v>
       </c>
       <c r="C131" s="5">
-        <v>7.3893054000000902E-2</v>
+        <v>7.3900205999999358E-2</v>
       </c>
       <c r="D131" s="5">
-        <v>7.0900564838886515</v>
+        <v>7.0908206655711625</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>12.748839183999999</v>
+        <v>12.748831654</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.23292168500000088</v>
+        <v>-0.23283721600000007</v>
       </c>
       <c r="D132" s="5">
-        <v>-19.528062926442814</v>
+        <v>-19.521789567476056</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>12.800268759</v>
+        <v>12.800257177000001</v>
       </c>
       <c r="C133" s="5">
-        <v>5.1429575000000227E-2</v>
+        <v>5.1425523000000695E-2</v>
       </c>
       <c r="D133" s="5">
-        <v>4.9497347849494222</v>
+        <v>4.9493391046545154</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>12.868874668</v>
+        <v>12.868867611000001</v>
       </c>
       <c r="C134" s="5">
-        <v>6.8605909000000409E-2</v>
+        <v>6.8610433999999998E-2</v>
       </c>
       <c r="D134" s="5">
-        <v>6.6246932367880706</v>
+        <v>6.6251493111719961</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>12.754774219</v>
+        <v>12.754788094</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.11410044900000038</v>
+        <v>-0.11407951700000041</v>
       </c>
       <c r="D135" s="5">
-        <v>-10.135854634521612</v>
+        <v>-10.134090183323952</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>12.780092394</v>
+        <v>12.780120429</v>
       </c>
       <c r="C136" s="5">
-        <v>2.5318175000000664E-2</v>
+        <v>2.5332334999999873E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>2.40817334225778</v>
+        <v>2.4095322868513014</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>12.818194356999999</v>
+        <v>12.818249235</v>
       </c>
       <c r="C137" s="5">
-        <v>3.8101962999999017E-2</v>
+        <v>3.8128805999999571E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>3.6368740269369093</v>
+        <v>3.6394702941714652</v>
       </c>
       <c r="E137" s="5">
-        <v>-2.1041355657896332</v>
+        <v>-2.1041284741050603</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>12.839597977</v>
+        <v>12.839656829999999</v>
       </c>
       <c r="C138" s="5">
-        <v>2.1403620000000956E-2</v>
+        <v>2.1407594999999446E-2</v>
       </c>
       <c r="D138" s="5">
-        <v>2.0222459851442443</v>
+        <v>2.0226162664956693</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>12.827600467</v>
+        <v>12.827680194999999</v>
       </c>
       <c r="C139" s="5">
-        <v>-1.1997510000000489E-2</v>
+        <v>-1.1976634999999902E-2</v>
       </c>
       <c r="D139" s="5">
-        <v>-1.1155529719024115</v>
+        <v>-1.1136168406171043</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>12.941472597000001</v>
+        <v>12.941599278</v>
       </c>
       <c r="C140" s="5">
-        <v>0.11387213000000074</v>
+        <v>0.11391908300000075</v>
       </c>
       <c r="D140" s="5">
-        <v>11.18834540516227</v>
+        <v>11.193113333707693</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>11.927854419999999</v>
+        <v>11.927725522999999</v>
       </c>
       <c r="C141" s="5">
-        <v>-1.0136181770000015</v>
+        <v>-1.0138737550000005</v>
       </c>
       <c r="D141" s="5">
-        <v>-62.421140627830276</v>
+        <v>-62.430426791259208</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>11.944655124000001</v>
+        <v>11.944553942000001</v>
       </c>
       <c r="C142" s="5">
-        <v>1.6800704000001332E-2</v>
+        <v>1.6828419000001205E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>1.7033880294590409</v>
+        <v>1.706238416906003</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>11.892281857</v>
+        <v>11.892201853</v>
       </c>
       <c r="C143" s="5">
-        <v>-5.2373267000000112E-2</v>
+        <v>-5.2352089000001101E-2</v>
       </c>
       <c r="D143" s="5">
-        <v>-5.1365432217955647</v>
+        <v>-5.134558437603987</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>12.137718304</v>
+        <v>12.137684781999999</v>
       </c>
       <c r="C144" s="5">
-        <v>0.24543644699999945</v>
+        <v>0.24548292899999957</v>
       </c>
       <c r="D144" s="5">
-        <v>27.779834935048655</v>
+        <v>27.785915769219759</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>12.173898361999999</v>
+        <v>12.173882813000001</v>
       </c>
       <c r="C145" s="5">
-        <v>3.6180057999999349E-2</v>
+        <v>3.6198031000001407E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>3.6361833218884865</v>
+        <v>3.6380295957040731</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>12.334175272</v>
+        <v>12.334168018</v>
       </c>
       <c r="C146" s="5">
-        <v>0.16027691000000033</v>
+        <v>0.16028520499999921</v>
       </c>
       <c r="D146" s="5">
-        <v>16.994468298469823</v>
+        <v>16.995435780440872</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>12.053743538000001</v>
+        <v>12.053759942999999</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.28043173399999866</v>
+        <v>-0.28040807500000042</v>
       </c>
       <c r="D147" s="5">
-        <v>-24.117439574154776</v>
+        <v>-24.115664712607099</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>11.987665143999999</v>
+        <v>11.987693325</v>
       </c>
       <c r="C148" s="5">
-        <v>-6.6078394000001595E-2</v>
+        <v>-6.6066617999998911E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>-6.3836134026164277</v>
+        <v>-6.382501409389385</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>11.933964224</v>
+        <v>11.934011516</v>
       </c>
       <c r="C149" s="5">
-        <v>-5.3700919999998931E-2</v>
+        <v>-5.3681809000000413E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>-5.2451297500619827</v>
+        <v>-5.2432968292974387</v>
       </c>
       <c r="E149" s="5">
-        <v>-6.89824251663903</v>
+        <v>-6.8982721648569996</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>12.040340200999999</v>
+        <v>12.040395568999999</v>
       </c>
       <c r="C150" s="5">
-        <v>0.10637597699999901</v>
+        <v>0.10638405299999931</v>
       </c>
       <c r="D150" s="5">
-        <v>11.236756942488601</v>
+        <v>11.237605545828909</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>12.02368085</v>
+        <v>12.023757825000001</v>
       </c>
       <c r="C151" s="5">
-        <v>-1.6659350999999489E-2</v>
+        <v>-1.6637743999998733E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>-1.6477763976194493</v>
+        <v>-1.645647955417584</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>12.251675154000001</v>
+        <v>12.251802673</v>
       </c>
       <c r="C152" s="5">
-        <v>0.22799430400000098</v>
+        <v>0.22804484799999969</v>
       </c>
       <c r="D152" s="5">
-        <v>25.284227071453969</v>
+        <v>25.290250342063647</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>11.831195639000001</v>
+        <v>11.83107613</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.42047951500000025</v>
+        <v>-0.42072654300000067</v>
       </c>
       <c r="D153" s="5">
-        <v>-34.234526463476534</v>
+        <v>-34.2507102477852</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>11.664824747999999</v>
+        <v>11.664734614</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.16637089100000146</v>
+        <v>-0.16634151599999925</v>
       </c>
       <c r="D154" s="5">
-        <v>-15.628651591453968</v>
+        <v>-15.626247776962677</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>11.902675185</v>
+        <v>11.902613748</v>
       </c>
       <c r="C155" s="5">
-        <v>0.23785043700000053</v>
+        <v>0.23787913399999994</v>
       </c>
       <c r="D155" s="5">
-        <v>27.407902517380165</v>
+        <v>27.411824797116967</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>11.921311214999999</v>
+        <v>11.921261556999999</v>
       </c>
       <c r="C156" s="5">
-        <v>1.8636029999999693E-2</v>
+        <v>1.8647808999999071E-2</v>
       </c>
       <c r="D156" s="5">
-        <v>1.8951052627870668</v>
+        <v>1.8963232866661572</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>12.151832591</v>
+        <v>12.151817935</v>
       </c>
       <c r="C157" s="5">
-        <v>0.23052137600000044</v>
+        <v>0.23055637800000106</v>
       </c>
       <c r="D157" s="5">
-        <v>25.838353074788365</v>
+        <v>25.842822050727456</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>12.017269518999999</v>
+        <v>12.017266727999999</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.13456307200000062</v>
+        <v>-0.13455120700000123</v>
       </c>
       <c r="D158" s="5">
-        <v>-12.508012261463875</v>
+        <v>-12.506989833044479</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>11.840385939000001</v>
+        <v>11.840405989000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.17688357999999837</v>
+        <v>-0.17686073899999855</v>
       </c>
       <c r="D159" s="5">
-        <v>-16.300920014755061</v>
+        <v>-16.298985936352175</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>11.890763936000001</v>
+        <v>11.890789437</v>
       </c>
       <c r="C160" s="5">
-        <v>5.0377997000000008E-2</v>
+        <v>5.0383447999999831E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>5.2269021738644561</v>
+        <v>5.2274719763793609</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>11.757477250999999</v>
+        <v>11.757512424</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.13328668500000163</v>
+        <v>-0.13327701300000072</v>
       </c>
       <c r="D161" s="5">
-        <v>-12.652057764259251</v>
+        <v>-12.6511700231436</v>
       </c>
       <c r="E161" s="5">
-        <v>-1.4788629300989009</v>
+        <v>-1.4789586197681004</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>12.151624998000001</v>
+        <v>12.151669149</v>
       </c>
       <c r="C162" s="5">
-        <v>0.39414774700000166</v>
+        <v>0.39415672500000021</v>
       </c>
       <c r="D162" s="5">
-        <v>48.539698515272065</v>
+        <v>48.540842505870984</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>12.124052644000001</v>
+        <v>12.124108937000001</v>
       </c>
       <c r="C163" s="5">
-        <v>-2.7572354000000132E-2</v>
+        <v>-2.756021199999914E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>-2.6891070263314387</v>
+        <v>-2.687927915912125</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>12.063235427</v>
+        <v>12.063329603</v>
       </c>
       <c r="C164" s="5">
-        <v>-6.0817217000000312E-2</v>
+        <v>-6.0779334000001128E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-5.8561657519646149</v>
+        <v>-5.8525915058813771</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>12.023110898000001</v>
+        <v>12.023030745</v>
       </c>
       <c r="C165" s="5">
-        <v>-4.0124528999999853E-2</v>
+        <v>-4.0298857999999882E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>-3.9192041377856035</v>
+        <v>-3.9358901128232371</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>11.878240112</v>
+        <v>11.878175385</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.14487078600000025</v>
+        <v>-0.14485535999999932</v>
       </c>
       <c r="D166" s="5">
-        <v>-13.53846027395168</v>
+        <v>-13.537197189337469</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>11.796376864999999</v>
+        <v>11.796332550000001</v>
       </c>
       <c r="C167" s="5">
-        <v>-8.1863247000001138E-2</v>
+        <v>-8.1842834999999781E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>-7.9638455577979332</v>
+        <v>-7.9619762251402326</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>11.705626743</v>
+        <v>11.705574325000001</v>
       </c>
       <c r="C168" s="5">
-        <v>-9.0750121999999322E-2</v>
+        <v>-9.0758225000000081E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>-8.8508978316882434</v>
+        <v>-8.8516868423303645</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>11.745616166</v>
+        <v>11.745608083</v>
       </c>
       <c r="C169" s="5">
-        <v>3.9989422999999746E-2</v>
+        <v>4.0033757999999864E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>4.1774190180562165</v>
+        <v>4.1821569341954801</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>11.615138093000001</v>
+        <v>11.615140122</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.13047807299999903</v>
+        <v>-0.1304679610000008</v>
       </c>
       <c r="D170" s="5">
-        <v>-12.545355926599889</v>
+        <v>-12.544450390962481</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>11.625583107000001</v>
+        <v>11.625602387000001</v>
       </c>
       <c r="C171" s="5">
-        <v>1.0445014000000086E-2</v>
+        <v>1.0462265000001025E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>1.0844636696979437</v>
+        <v>1.0862634633628021</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>11.58763272</v>
+        <v>11.587651276000001</v>
       </c>
       <c r="C172" s="5">
-        <v>-3.7950387000000418E-2</v>
+        <v>-3.7951110999999926E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>-3.8476915029680536</v>
+        <v>-3.8477573275333743</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>11.573555835000001</v>
+        <v>11.573580005</v>
       </c>
       <c r="C173" s="5">
-        <v>-1.4076884999999706E-2</v>
+        <v>-1.4071271000000607E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>-1.4480828313872873</v>
+        <v>-1.4475068708312389</v>
       </c>
       <c r="E173" s="5">
-        <v>-1.5642931903981028</v>
+        <v>-1.5643820934821862</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>11.367649301</v>
+        <v>11.367677307999999</v>
       </c>
       <c r="C174" s="5">
-        <v>-0.20590653400000036</v>
+        <v>-0.20590269700000086</v>
       </c>
       <c r="D174" s="5">
-        <v>-19.379355007292688</v>
+        <v>-19.378991861815152</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>11.434477373</v>
+        <v>11.434510106999999</v>
       </c>
       <c r="C175" s="5">
-        <v>6.682807199999985E-2</v>
+        <v>6.6832799000000165E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>7.2871801143842729</v>
+        <v>7.2876938048293205</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>11.474211302000001</v>
+        <v>11.474264267000001</v>
       </c>
       <c r="C176" s="5">
-        <v>3.9733929000000501E-2</v>
+        <v>3.9754160000001093E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>4.2505336346174483</v>
+        <v>4.2527269863769313</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>11.498789619</v>
+        <v>11.498747925</v>
       </c>
       <c r="C177" s="5">
-        <v>2.4578316999999572E-2</v>
+        <v>2.4483657999999409E-2</v>
       </c>
       <c r="D177" s="5">
-        <v>2.6009587151850866</v>
+        <v>2.5908116378648094</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>11.485969347999999</v>
+        <v>11.485932421999999</v>
       </c>
       <c r="C178" s="5">
-        <v>-1.2820271000000716E-2</v>
+        <v>-1.2815503000000561E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-1.3297344785094145</v>
+        <v>-1.3292477533868641</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>11.587983871</v>
+        <v>11.587957238</v>
       </c>
       <c r="C179" s="5">
-        <v>0.10201452300000113</v>
+        <v>0.10202481600000013</v>
       </c>
       <c r="D179" s="5">
-        <v>11.194357300604874</v>
+        <v>11.195580292697006</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>11.796257184</v>
+        <v>11.796213949</v>
       </c>
       <c r="C180" s="5">
-        <v>0.2082733129999994</v>
+        <v>0.20825671100000065</v>
       </c>
       <c r="D180" s="5">
-        <v>23.832946280398936</v>
+        <v>23.83091520797398</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>11.641307060999999</v>
+        <v>11.641303831</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.15495012300000077</v>
+        <v>-0.1549101180000001</v>
       </c>
       <c r="D181" s="5">
-        <v>-14.672279076432881</v>
+        <v>-14.66881023745853</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>11.540210544000001</v>
+        <v>11.540216258999999</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.10109651699999844</v>
+        <v>-0.10108757200000085</v>
       </c>
       <c r="D182" s="5">
-        <v>-9.9375304229476704</v>
+        <v>-9.9366953399341202</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>11.901150457</v>
+        <v>11.901166503000001</v>
       </c>
       <c r="C183" s="5">
-        <v>0.36093991299999928</v>
+        <v>0.36095024400000142</v>
       </c>
       <c r="D183" s="5">
-        <v>44.711338392521284</v>
+        <v>44.712819747491771</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>11.873033213999999</v>
+        <v>11.873045210000001</v>
       </c>
       <c r="C184" s="5">
-        <v>-2.8117243000000514E-2</v>
+        <v>-2.8121292999999881E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>-2.7985274173160102</v>
+        <v>-2.7989215674803392</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>11.881765254999999</v>
+        <v>11.881779292999999</v>
       </c>
       <c r="C185" s="5">
-        <v>8.7320410000000237E-3</v>
+        <v>8.7340829999984493E-3</v>
       </c>
       <c r="D185" s="5">
-        <v>0.88612052589087664</v>
+        <v>0.88632768639991255</v>
       </c>
       <c r="E185" s="5">
-        <v>2.6630486290819322</v>
+        <v>2.6629555234149782</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>11.785931205000001</v>
+        <v>11.785945297</v>
       </c>
       <c r="C186" s="5">
-        <v>-9.5834049999998783E-2</v>
+        <v>-9.5833995999999644E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>-9.2607455344287271</v>
+        <v>-9.2607300849269159</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>11.851367411</v>
+        <v>11.851378767</v>
       </c>
       <c r="C187" s="5">
-        <v>6.5436205999999331E-2</v>
+        <v>6.5433470000000327E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>6.8697330255322653</v>
+        <v>6.8694284973447761</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>11.779586715000001</v>
+        <v>11.779598475</v>
       </c>
       <c r="C188" s="5">
-        <v>-7.1780695999999367E-2</v>
+        <v>-7.178029199999969E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>-7.0307993215165787</v>
+        <v>-7.0307545450914999</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>11.877193565000001</v>
+        <v>11.877188135999999</v>
       </c>
       <c r="C189" s="5">
-        <v>9.7606850000000023E-2</v>
+        <v>9.7589660999998884E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>10.409226926965086</v>
+        <v>10.4072986272006</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>12.087140866</v>
+        <v>12.087128794</v>
       </c>
       <c r="C190" s="5">
-        <v>0.2099473009999997</v>
+        <v>0.20994065800000072</v>
       </c>
       <c r="D190" s="5">
-        <v>23.400520107698775</v>
+        <v>23.399718026807783</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>12.085878014</v>
+        <v>12.085866941999999</v>
       </c>
       <c r="C191" s="5">
-        <v>-1.262851999999981E-3</v>
+        <v>-1.2618520000007294E-3</v>
       </c>
       <c r="D191" s="5">
-        <v>-0.12530274167131816</v>
+        <v>-0.12520370157865779</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>12.094898774000001</v>
+        <v>12.094863787</v>
       </c>
       <c r="C192" s="5">
-        <v>9.0207600000002941E-3</v>
+        <v>8.9968450000004196E-3</v>
       </c>
       <c r="D192" s="5">
-        <v>0.89935215918779399</v>
+        <v>0.89695893519647907</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>12.133286285000001</v>
+        <v>12.133286891999999</v>
       </c>
       <c r="C193" s="5">
-        <v>3.8387510999999819E-2</v>
+        <v>3.842310499999968E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>3.8758243237815071</v>
+        <v>3.8794925418038639</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>12.460604243000001</v>
+        <v>12.460610108999999</v>
       </c>
       <c r="C194" s="5">
-        <v>0.32731795800000008</v>
+        <v>0.327323217</v>
       </c>
       <c r="D194" s="5">
-        <v>37.634685333308404</v>
+        <v>37.635380229319807</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>12.283763087000001</v>
+        <v>12.283773341</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.17684115600000005</v>
+        <v>-0.17683676799999937</v>
       </c>
       <c r="D195" s="5">
-        <v>-15.762019249918646</v>
+        <v>-15.76165130109497</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>12.361735557999999</v>
+        <v>12.361742007</v>
       </c>
       <c r="C196" s="5">
-        <v>7.7972470999998933E-2</v>
+        <v>7.7968666000000297E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>7.8887611313701145</v>
+        <v>7.8883558116155328</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>12.281632454</v>
+        <v>12.281638694</v>
       </c>
       <c r="C197" s="5">
-        <v>-8.0103103999999092E-2</v>
+        <v>-8.0103313000000398E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>-7.5046779613017645</v>
+        <v>-7.5046930728664414</v>
       </c>
       <c r="E197" s="5">
-        <v>3.365385449201086</v>
+        <v>3.3653158431883323</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>12.497780954</v>
+        <v>12.497785708</v>
       </c>
       <c r="C198" s="5">
-        <v>0.21614849999999919</v>
+        <v>0.21614701400000058</v>
       </c>
       <c r="D198" s="5">
-        <v>23.288266802480351</v>
+        <v>23.288077893148174</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>12.472844713000001</v>
+        <v>12.472848399</v>
       </c>
       <c r="C199" s="5">
-        <v>-2.4936240999998915E-2</v>
+        <v>-2.4937309000000241E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>-2.3682033088799237</v>
+        <v>-2.3683027356846797</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>12.578748521</v>
+        <v>12.578750320999999</v>
       </c>
       <c r="C200" s="5">
-        <v>0.10590380799999899</v>
+        <v>0.10590192199999926</v>
       </c>
       <c r="D200" s="5">
-        <v>10.678440389273147</v>
+        <v>10.678237949556424</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>12.662522206</v>
+        <v>12.662521648</v>
       </c>
       <c r="C201" s="5">
-        <v>8.3773685000000597E-2</v>
+        <v>8.3771327000000895E-2</v>
       </c>
       <c r="D201" s="5">
-        <v>8.2912643124905436</v>
+        <v>8.2910210920517979</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>12.676388533000001</v>
+        <v>12.676386343000001</v>
       </c>
       <c r="C202" s="5">
-        <v>1.3866327000000567E-2</v>
+        <v>1.3864695000000538E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>1.3220255055148789</v>
+        <v>1.3218690298534952</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>12.912273203</v>
+        <v>12.912272064</v>
       </c>
       <c r="C203" s="5">
-        <v>0.23588466999999902</v>
+        <v>0.23588572099999894</v>
       </c>
       <c r="D203" s="5">
-        <v>24.763047530438786</v>
+        <v>24.763174117338682</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>12.893075167999999</v>
+        <v>12.893052131999999</v>
       </c>
       <c r="C204" s="5">
-        <v>-1.9198035000000502E-2</v>
+        <v>-1.9219932000000384E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>-1.7696484197011975</v>
+        <v>-1.7716505143998473</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>12.80565399</v>
+        <v>12.805655083</v>
       </c>
       <c r="C205" s="5">
-        <v>-8.74211779999996E-2</v>
+        <v>-8.7397048999999782E-2</v>
       </c>
       <c r="D205" s="5">
-        <v>-7.8398909927820615</v>
+        <v>-7.8378206294723807</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>12.880393648</v>
+        <v>12.880397739999999</v>
       </c>
       <c r="C206" s="5">
-        <v>7.4739658000000375E-2</v>
+        <v>7.4742656999999824E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>7.2330051278251872</v>
+        <v>7.2333041013888266</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>12.864700722</v>
+        <v>12.864706496</v>
       </c>
       <c r="C207" s="5">
-        <v>-1.5692925999999829E-2</v>
+        <v>-1.5691243999999216E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>-1.4522718367760201</v>
+        <v>-1.452116762520228</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>13.058629567000001</v>
+        <v>13.058633541000001</v>
       </c>
       <c r="C208" s="5">
-        <v>0.19392884500000029</v>
+        <v>0.19392704500000058</v>
       </c>
       <c r="D208" s="5">
-        <v>19.667158843289201</v>
+        <v>19.666951333199467</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>13.285822387</v>
+        <v>13.285825039000001</v>
       </c>
       <c r="C209" s="5">
-        <v>0.22719281999999907</v>
+        <v>0.22719149799999983</v>
       </c>
       <c r="D209" s="5">
-        <v>22.995742124319474</v>
+        <v>22.995587579976508</v>
       </c>
       <c r="E209" s="5">
-        <v>8.1763555191960222</v>
+        <v>8.1763221506473638</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>13.602123990000001</v>
+        <v>13.602124644</v>
       </c>
       <c r="C210" s="5">
-        <v>0.31630160300000121</v>
+        <v>0.31629960499999932</v>
       </c>
       <c r="D210" s="5">
-        <v>32.623182493270008</v>
+        <v>32.622941335949051</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>13.891115668999999</v>
+        <v>13.891115657</v>
       </c>
       <c r="C211" s="5">
-        <v>0.28899167899999867</v>
+        <v>0.28899101300000041</v>
       </c>
       <c r="D211" s="5">
-        <v>28.695920195267121</v>
+        <v>28.695844607666032</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>14.177252661000001</v>
+        <v>14.177252677</v>
       </c>
       <c r="C212" s="5">
-        <v>0.2861369920000012</v>
+        <v>0.28613701999999996</v>
       </c>
       <c r="D212" s="5">
-        <v>27.720149841502327</v>
+        <v>27.720152895183482</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>14.358461681</v>
+        <v>14.358461917</v>
       </c>
       <c r="C213" s="5">
-        <v>0.18120901999999894</v>
+        <v>0.18120923999999938</v>
       </c>
       <c r="D213" s="5">
-        <v>16.463546536068275</v>
+        <v>16.463567929584279</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>14.364685461000001</v>
+        <v>14.364685831999999</v>
       </c>
       <c r="C214" s="5">
-        <v>6.2237800000009003E-3</v>
+        <v>6.2239149999996357E-3</v>
       </c>
       <c r="D214" s="5">
-        <v>0.52139059323699222</v>
+        <v>0.52140192110512462</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>14.651751186</v>
+        <v>14.6517537</v>
       </c>
       <c r="C215" s="5">
-        <v>0.28706572499999972</v>
+        <v>0.28706786800000117</v>
       </c>
       <c r="D215" s="5">
-        <v>26.800500931754922</v>
+        <v>26.800722715677306</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>14.584013999</v>
+        <v>14.584000499</v>
       </c>
       <c r="C216" s="5">
-        <v>-6.7737187000000532E-2</v>
+        <v>-6.7753201000000374E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>-5.4088618365532799</v>
+        <v>-5.4101073156359369</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>14.959476101</v>
+        <v>14.959476645000001</v>
       </c>
       <c r="C217" s="5">
-        <v>0.37546210200000019</v>
+        <v>0.37547614600000045</v>
       </c>
       <c r="D217" s="5">
-        <v>35.666225128015249</v>
+        <v>35.667791327247244</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>15.079377597000001</v>
+        <v>15.079379230000001</v>
       </c>
       <c r="C218" s="5">
-        <v>0.11990149600000066</v>
+        <v>0.11990258500000017</v>
       </c>
       <c r="D218" s="5">
-        <v>10.053633304864572</v>
+        <v>10.053728297055532</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>15.461848519</v>
+        <v>15.461850887000001</v>
       </c>
       <c r="C219" s="5">
-        <v>0.38247092199999955</v>
+        <v>0.38247165699999996</v>
       </c>
       <c r="D219" s="5">
-        <v>35.062869836202083</v>
+        <v>35.062942539307038</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>15.770365792</v>
+        <v>15.770368582</v>
       </c>
       <c r="C220" s="5">
-        <v>0.30851727299999965</v>
+        <v>0.30851769499999904</v>
       </c>
       <c r="D220" s="5">
-        <v>26.754746981702702</v>
+        <v>26.754783126483961</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>15.799361784</v>
+        <v>15.799363488999999</v>
       </c>
       <c r="C221" s="5">
-        <v>2.899599200000047E-2</v>
+        <v>2.8994906999999515E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>2.228814663092904</v>
+        <v>2.2287300197127546</v>
       </c>
       <c r="E221" s="5">
-        <v>18.918959803794056</v>
+        <v>18.918948899459444</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>15.600396131</v>
+        <v>15.600396107</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.19896565300000013</v>
+        <v>-0.1989673819999993</v>
       </c>
       <c r="D222" s="5">
-        <v>-14.107946176463837</v>
+        <v>-14.108058991309413</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>15.606875806</v>
+        <v>15.606875241999999</v>
       </c>
       <c r="C223" s="5">
-        <v>6.479674999999574E-3</v>
+        <v>6.4791349999993031E-3</v>
       </c>
       <c r="D223" s="5">
-        <v>0.49956408072939773</v>
+        <v>0.49952235392629607</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>15.570037997</v>
+        <v>15.570037659</v>
       </c>
       <c r="C224" s="5">
-        <v>-3.6837808999999666E-2</v>
+        <v>-3.683758299999873E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-2.7959464744862883</v>
+        <v>-2.7959296431465552</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>15.959514257</v>
+        <v>15.959514248</v>
       </c>
       <c r="C225" s="5">
-        <v>0.38947626000000035</v>
+        <v>0.38947658899999915</v>
       </c>
       <c r="D225" s="5">
-        <v>34.511668442173239</v>
+        <v>34.511702572254443</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>15.856578616</v>
+        <v>15.856578636</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.10293564100000019</v>
+        <v>-0.10293561199999957</v>
       </c>
       <c r="D226" s="5">
-        <v>-7.4710162036847656</v>
+        <v>-7.4710141770411802</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>15.700131002999999</v>
+        <v>15.700134014</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.15644761300000098</v>
+        <v>-0.15644462200000042</v>
       </c>
       <c r="D227" s="5">
-        <v>-11.21788364537737</v>
+        <v>-11.217680667371276</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>15.771613623</v>
+        <v>15.771607902</v>
       </c>
       <c r="C228" s="5">
-        <v>7.1482620000001162E-2</v>
+        <v>7.1473887999999874E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>5.6025084454188523</v>
+        <v>5.6018057405384125</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>15.895338031</v>
+        <v>15.895337741000001</v>
       </c>
       <c r="C229" s="5">
-        <v>0.12372440799999929</v>
+        <v>0.12372983900000101</v>
       </c>
       <c r="D229" s="5">
-        <v>9.830678870050491</v>
+        <v>9.8311329057853225</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>15.976806559</v>
+        <v>15.976806155</v>
       </c>
       <c r="C230" s="5">
-        <v>8.1468528000000262E-2</v>
+        <v>8.1468413999999711E-2</v>
       </c>
       <c r="D230" s="5">
-        <v>6.3267419669213121</v>
+        <v>6.3267329814879369</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>15.854974888999999</v>
+        <v>15.854974682</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.12183167000000061</v>
+        <v>-0.1218314730000003</v>
       </c>
       <c r="D231" s="5">
-        <v>-8.7764479130620465</v>
+        <v>-8.7764345241987503</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>15.884935879</v>
+        <v>15.884938270999999</v>
       </c>
       <c r="C232" s="5">
-        <v>2.9960990000001075E-2</v>
+        <v>2.9963588999999402E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>2.2913454080530915</v>
+        <v>2.2915462741800896</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>15.816114863999999</v>
+        <v>15.816115836</v>
       </c>
       <c r="C233" s="5">
-        <v>-6.882101500000104E-2</v>
+        <v>-6.8822434999999516E-2</v>
       </c>
       <c r="D233" s="5">
-        <v>-5.0768522965669582</v>
+        <v>-5.0769538186444141</v>
       </c>
       <c r="E233" s="5">
-        <v>0.10603643507274274</v>
+        <v>0.10603178420234283</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>15.707432884999999</v>
+        <v>15.707432329</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.10868197899999998</v>
+        <v>-0.10868350700000029</v>
       </c>
       <c r="D234" s="5">
-        <v>-7.941301985920779</v>
+        <v>-7.9414089804097143</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>15.616570998</v>
+        <v>15.616570322999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-9.0861886999999086E-2</v>
+        <v>-9.0862006000000051E-2</v>
       </c>
       <c r="D235" s="5">
-        <v>-6.7249249812996847</v>
+        <v>-6.7249337410185239</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>15.674992340999999</v>
+        <v>15.674991956</v>
       </c>
       <c r="C236" s="5">
-        <v>5.8421342999999126E-2</v>
+        <v>5.8421633000000028E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>4.5827091671598597</v>
+        <v>4.5827325877098701</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>15.464391039000001</v>
+        <v>15.464390905</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.21060130199999882</v>
+        <v>-0.21060105099999937</v>
       </c>
       <c r="D237" s="5">
-        <v>-14.982989942534919</v>
+        <v>-14.982973725013915</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>15.553686414</v>
+        <v>15.553686559999999</v>
       </c>
       <c r="C238" s="5">
-        <v>8.9295374999998955E-2</v>
+        <v>8.929565499999903E-2</v>
       </c>
       <c r="D238" s="5">
-        <v>7.1534575535417311</v>
+        <v>7.1534807654394683</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>15.233734435000001</v>
+        <v>15.233740548</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.31995197899999894</v>
+        <v>-0.31994601199999906</v>
       </c>
       <c r="D239" s="5">
-        <v>-22.075055652400266</v>
+        <v>-22.074689192151165</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>15.550530918</v>
+        <v>15.550527665000001</v>
       </c>
       <c r="C240" s="5">
-        <v>0.31679648299999918</v>
+        <v>0.31678711700000051</v>
       </c>
       <c r="D240" s="5">
-        <v>28.016540881812958</v>
+        <v>28.015603083072449</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>15.535931227000001</v>
+        <v>15.535931008</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.4599690999999027E-2</v>
+        <v>-1.4596657000000235E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>-1.1208263996667966</v>
+        <v>-1.1205949121766423</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>15.360955891</v>
+        <v>15.36095437</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.17497533600000104</v>
+        <v>-0.17497663800000041</v>
       </c>
       <c r="D242" s="5">
-        <v>-12.70860699329679</v>
+        <v>-12.708695947641836</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>15.757642281000001</v>
+        <v>15.757640914</v>
       </c>
       <c r="C243" s="5">
-        <v>0.39668639000000105</v>
+        <v>0.39668654399999959</v>
       </c>
       <c r="D243" s="5">
-        <v>35.792549261577776</v>
+        <v>35.792569248699358</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>15.698805637</v>
+        <v>15.698805086</v>
       </c>
       <c r="C244" s="5">
-        <v>-5.8836644000001215E-2</v>
+        <v>-5.8835827999999424E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>-4.3897387785710285</v>
+        <v>-4.3896795154707906</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>15.839891888</v>
+        <v>15.839891904</v>
       </c>
       <c r="C245" s="5">
-        <v>0.14108625100000083</v>
+        <v>0.14108681799999978</v>
       </c>
       <c r="D245" s="5">
-        <v>11.333844398644555</v>
+        <v>11.333892639591836</v>
       </c>
       <c r="E245" s="5">
-        <v>0.15033416363281482</v>
+        <v>0.15032810992621215</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>15.921830511</v>
+        <v>15.921829772000001</v>
       </c>
       <c r="C246" s="5">
-        <v>8.1938622999999211E-2</v>
+        <v>8.1937868000000691E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>6.3872054874913653</v>
+        <v>6.3871449433541949</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>16.014796820000001</v>
+        <v>16.014796113999999</v>
       </c>
       <c r="C247" s="5">
-        <v>9.2966309000001246E-2</v>
+        <v>9.2966341999998647E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>7.2361564026563796</v>
+        <v>7.236159401018516</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>15.981598321</v>
+        <v>15.981598412</v>
       </c>
       <c r="C248" s="5">
-        <v>-3.3198499000000936E-2</v>
+        <v>-3.3197701999998941E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>-2.4594198986238602</v>
+        <v>-2.4593616337778901</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>15.979243220000001</v>
+        <v>15.9792437</v>
       </c>
       <c r="C249" s="5">
-        <v>-2.3551009999991379E-3</v>
+        <v>-2.3547120000007027E-3</v>
       </c>
       <c r="D249" s="5">
-        <v>-0.17669270007425464</v>
+        <v>-0.17666353778446053</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>15.851748800999999</v>
+        <v>15.851749516</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.12749441900000136</v>
+        <v>-0.12749418399999968</v>
       </c>
       <c r="D250" s="5">
-        <v>-9.1653196401520027</v>
+        <v>-9.1653032174617959</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>15.742014645999999</v>
+        <v>15.742023736</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.10973415499999994</v>
+        <v>-0.10972577999999977</v>
       </c>
       <c r="D251" s="5">
-        <v>-7.9979367952731861</v>
+        <v>-7.9973490878724407</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>15.628019692000001</v>
+        <v>15.628018425</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.11399495399999893</v>
+        <v>-0.11400531099999967</v>
       </c>
       <c r="D252" s="5">
-        <v>-8.3518607149809974</v>
+        <v>-8.3525849242828585</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>15.496349661</v>
+        <v>15.496348982000001</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.13167003100000052</v>
+        <v>-0.13166944299999983</v>
       </c>
       <c r="D253" s="5">
-        <v>-9.6547154727655844</v>
+        <v>-9.6546750823826244</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>15.249829648</v>
+        <v>15.249827235</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.24652001299999959</v>
+        <v>-0.24652174700000096</v>
       </c>
       <c r="D254" s="5">
-        <v>-17.505115196563146</v>
+        <v>-17.505228459833845</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>14.655570071</v>
+        <v>14.655567783</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.59425957700000076</v>
+        <v>-0.5942594519999993</v>
       </c>
       <c r="D255" s="5">
-        <v>-37.934152898907456</v>
+        <v>-37.934151325047125</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>14.712675044999999</v>
+        <v>14.712671732</v>
       </c>
       <c r="C256" s="5">
-        <v>5.7104973999999586E-2</v>
+        <v>5.7103949000000043E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>4.7772800253395031</v>
+        <v>4.7771931919779576</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>14.475825861000001</v>
+        <v>14.475825036</v>
       </c>
       <c r="C257" s="5">
-        <v>-0.23684918399999866</v>
+        <v>-0.23684669600000063</v>
       </c>
       <c r="D257" s="5">
-        <v>-17.696086605350846</v>
+        <v>-17.695920494376459</v>
       </c>
       <c r="E257" s="5">
-        <v>-8.6115867244863651</v>
+        <v>-8.6115920251673916</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>14.439328424999999</v>
+        <v>14.439327574</v>
       </c>
       <c r="C258" s="5">
-        <v>-3.6497436000001215E-2</v>
+        <v>-3.6497461999999814E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>-2.9839173346646319</v>
+        <v>-2.9839195986615108</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>14.193923044</v>
+        <v>14.193921584</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.24540538099999942</v>
+        <v>-0.24540599000000007</v>
       </c>
       <c r="D259" s="5">
-        <v>-18.592312198448123</v>
+        <v>-18.59235510810263</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>14.189130044000001</v>
+        <v>14.189129023</v>
       </c>
       <c r="C260" s="5">
-        <v>-4.7929999999993811E-3</v>
+        <v>-4.7925610000003616E-3</v>
       </c>
       <c r="D260" s="5">
-        <v>-0.40446393178324991</v>
+        <v>-0.40442699645298896</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>14.088660411999999</v>
+        <v>14.088661267000001</v>
       </c>
       <c r="C261" s="5">
-        <v>-0.10046963200000114</v>
+        <v>-0.10046775599999869</v>
       </c>
       <c r="D261" s="5">
-        <v>-8.1736788484251921</v>
+        <v>-8.1735326862281461</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>13.954092808</v>
+        <v>13.954095841999999</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.13456760399999901</v>
+        <v>-0.13456542500000168</v>
       </c>
       <c r="D262" s="5">
-        <v>-10.878421221346436</v>
+        <v>-10.87825359406308</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>13.719379982</v>
+        <v>13.719394597999999</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.23471282600000087</v>
+        <v>-0.23470124400000003</v>
       </c>
       <c r="D263" s="5">
-        <v>-18.41796539151127</v>
+        <v>-18.417135280483954</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>13.709798960000001</v>
+        <v>13.709789873</v>
       </c>
       <c r="C264" s="5">
-        <v>-9.5810219999989954E-3</v>
+        <v>-9.6047249999990925E-3</v>
       </c>
       <c r="D264" s="5">
-        <v>-0.83481678033865414</v>
+        <v>-0.83687324402237362</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>13.782948113</v>
+        <v>13.782958881000001</v>
       </c>
       <c r="C265" s="5">
-        <v>7.3149152999999245E-2</v>
+        <v>7.3169008000000701E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>6.5939162266638984</v>
+        <v>6.5957633861099652</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>13.739429676</v>
+        <v>13.739422911</v>
       </c>
       <c r="C266" s="5">
-        <v>-4.3518436999999466E-2</v>
+        <v>-4.3535970000000646E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>-3.7237842090701578</v>
+        <v>-3.725255645237191</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>13.073887321999999</v>
+        <v>13.073883401</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.66554235400000117</v>
+        <v>-0.66553951000000033</v>
       </c>
       <c r="D267" s="5">
-        <v>-44.889749438981177</v>
+        <v>-44.889622155454546</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>13.227578887</v>
+        <v>13.227574196999999</v>
       </c>
       <c r="C268" s="5">
-        <v>0.15369156500000081</v>
+        <v>0.15369079599999935</v>
       </c>
       <c r="D268" s="5">
-        <v>15.055523121323722</v>
+        <v>15.055447665922795</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>13.107867639</v>
+        <v>13.107867833</v>
       </c>
       <c r="C269" s="5">
-        <v>-0.11971124799999977</v>
+        <v>-0.1197063639999989</v>
       </c>
       <c r="D269" s="5">
-        <v>-10.335559185293219</v>
+        <v>-10.335161760148237</v>
       </c>
       <c r="E269" s="5">
-        <v>-9.4499494200567913</v>
+        <v>-9.449942919301801</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>13.057439306999999</v>
+        <v>13.057438174</v>
       </c>
       <c r="C270" s="5">
-        <v>-5.0428332000000964E-2</v>
+        <v>-5.0429659000000626E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>-4.5201731986084015</v>
+        <v>-4.5202895740104836</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>12.966259295</v>
+        <v>12.966254743</v>
       </c>
       <c r="C271" s="5">
-        <v>-9.1180011999998811E-2</v>
+        <v>-9.118343099999926E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>-8.0651362781002369</v>
+        <v>-8.0654278523085701</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>12.888083707</v>
+        <v>12.888078302</v>
       </c>
       <c r="C272" s="5">
-        <v>-7.8175588000000573E-2</v>
+        <v>-7.8176441000000096E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>-6.9998282232904714</v>
+        <v>-6.9999044625601687</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>12.882673777999999</v>
+        <v>12.882672275999999</v>
       </c>
       <c r="C273" s="5">
-        <v>-5.4099290000007016E-3</v>
+        <v>-5.4060260000010629E-3</v>
       </c>
       <c r="D273" s="5">
-        <v>-0.50255321659259389</v>
+        <v>-0.5021916951171046</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>12.849756428999999</v>
+        <v>12.849764817000001</v>
       </c>
       <c r="C274" s="5">
-        <v>-3.2917348999999874E-2</v>
+        <v>-3.2907458999998696E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>-3.0234716424725638</v>
+        <v>-3.022576313577352</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>13.080037819999999</v>
+        <v>13.080056948999999</v>
       </c>
       <c r="C275" s="5">
-        <v>0.23028139100000011</v>
+        <v>0.23029213199999887</v>
       </c>
       <c r="D275" s="5">
-        <v>23.75685092108457</v>
+        <v>23.758053370770192</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>13.000698549999999</v>
+        <v>13.000681937</v>
       </c>
       <c r="C276" s="5">
-        <v>-7.9339270000000184E-2</v>
+        <v>-7.9375011999999856E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>-7.040824464390405</v>
+        <v>-7.0438812595312932</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>13.000293967999999</v>
+        <v>13.000317021000001</v>
       </c>
       <c r="C277" s="5">
-        <v>-4.0458199999982014E-4</v>
+        <v>-3.6491599999877167E-4</v>
       </c>
       <c r="D277" s="5">
-        <v>-3.7337632958089895E-2</v>
+        <v>-3.3677587515079654E-2</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>13.048327840000001</v>
+        <v>13.048317518999999</v>
       </c>
       <c r="C278" s="5">
-        <v>4.803387200000131E-2</v>
+        <v>4.8000497999998615E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>4.5250162548998274</v>
+        <v>4.5217999664727726</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>13.087396992</v>
+        <v>13.087393586999999</v>
       </c>
       <c r="C279" s="5">
-        <v>3.9069151999999718E-2</v>
+        <v>3.9076067999999964E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>3.6527907292965844</v>
+        <v>3.6534509692728978</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>13.243959837</v>
+        <v>13.24395692</v>
       </c>
       <c r="C280" s="5">
-        <v>0.15656284499999984</v>
+        <v>0.15656333300000114</v>
       </c>
       <c r="D280" s="5">
-        <v>15.33867106675042</v>
+        <v>15.338726322240381</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>13.131496366</v>
+        <v>13.131498398</v>
       </c>
       <c r="C281" s="5">
-        <v>-0.11246347099999987</v>
+        <v>-0.11245852200000073</v>
       </c>
       <c r="D281" s="5">
-        <v>-9.7273164175509681</v>
+        <v>-9.7269101962600963</v>
       </c>
       <c r="E281" s="5">
-        <v>0.18026369849584167</v>
+        <v>0.18027771794058012</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>12.782956424</v>
+        <v>12.782958569</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.34853994200000038</v>
+        <v>-0.34853982899999991</v>
       </c>
       <c r="D282" s="5">
-        <v>-27.588909570117714</v>
+        <v>-27.588898222633151</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>12.926774129</v>
+        <v>12.926775946999999</v>
       </c>
       <c r="C283" s="5">
-        <v>0.14381770500000002</v>
+        <v>0.14381737799999961</v>
       </c>
       <c r="D283" s="5">
-        <v>14.368446859903994</v>
+        <v>14.36840958052974</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>12.790510127999999</v>
+        <v>12.790472449999999</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.13626400100000069</v>
+        <v>-0.13630349700000011</v>
       </c>
       <c r="D284" s="5">
-        <v>-11.941260125864838</v>
+        <v>-11.94452150096571</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>12.765047599000001</v>
+        <v>12.765036877</v>
       </c>
       <c r="C285" s="5">
-        <v>-2.5462528999998568E-2</v>
+        <v>-2.5435572999999323E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>-2.3628999965722985</v>
+        <v>-2.3604326776068274</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>12.826265793999999</v>
+        <v>12.826285908999999</v>
       </c>
       <c r="C286" s="5">
-        <v>6.1218194999998587E-2</v>
+        <v>6.1249031999999204E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>5.9091693905637621</v>
+        <v>5.9122300597180821</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>12.925077554</v>
+        <v>12.925110868999999</v>
       </c>
       <c r="C287" s="5">
-        <v>9.8811760000000248E-2</v>
+        <v>9.8824959999999962E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>9.6465741995812806</v>
+        <v>9.6479021754868555</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>12.997636169</v>
+        <v>12.997613232999999</v>
       </c>
       <c r="C288" s="5">
-        <v>7.255861500000016E-2</v>
+        <v>7.2502363999999986E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>6.9484808412805465</v>
+        <v>6.9429083192622087</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>13.146385677</v>
+        <v>13.146416425</v>
       </c>
       <c r="C289" s="5">
-        <v>0.14874950799999986</v>
+        <v>0.14880319200000081</v>
       </c>
       <c r="D289" s="5">
-        <v>14.63148460423267</v>
+        <v>14.637129455921659</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>13.259816560000001</v>
+        <v>13.259803946</v>
       </c>
       <c r="C290" s="5">
-        <v>0.11343088300000126</v>
+        <v>0.11338752099999994</v>
       </c>
       <c r="D290" s="5">
-        <v>10.859716229383043</v>
+        <v>10.855339325778534</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>13.417182247</v>
+        <v>13.417191702</v>
       </c>
       <c r="C291" s="5">
-        <v>0.15736568699999864</v>
+        <v>0.15738775600000032</v>
       </c>
       <c r="D291" s="5">
-        <v>15.208795222479798</v>
+        <v>15.211084658966922</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>13.46407645</v>
+        <v>13.464074500000001</v>
       </c>
       <c r="C292" s="5">
-        <v>4.68942030000008E-2</v>
+        <v>4.6882798000000392E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>4.2756727800214556</v>
+        <v>4.2746097704312369</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>13.446534713</v>
+        <v>13.446537150999999</v>
       </c>
       <c r="C293" s="5">
-        <v>-1.7541737000000168E-2</v>
+        <v>-1.7537349000001257E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>-1.552271261108551</v>
+        <v>-1.5518859668746665</v>
       </c>
       <c r="E293" s="5">
-        <v>2.3991047038302238</v>
+        <v>2.3991074243894461</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>13.702954138000001</v>
+        <v>13.702955862</v>
       </c>
       <c r="C294" s="5">
-        <v>0.2564194250000007</v>
+        <v>0.25641871100000024</v>
       </c>
       <c r="D294" s="5">
-        <v>25.442852818029117</v>
+        <v>25.442769275588439</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>13.89954919</v>
+        <v>13.899553903999999</v>
       </c>
       <c r="C295" s="5">
-        <v>0.19659505199999927</v>
+        <v>0.19659804199999975</v>
       </c>
       <c r="D295" s="5">
-        <v>18.641909383361988</v>
+        <v>18.642213109914586</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>13.978680288</v>
+        <v>13.978607464</v>
       </c>
       <c r="C296" s="5">
-        <v>7.9131097999999511E-2</v>
+        <v>7.9053560000000189E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>7.0497080011397983</v>
+        <v>7.0425802579362928</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>13.841407030999999</v>
+        <v>13.841384187999999</v>
       </c>
       <c r="C297" s="5">
-        <v>-0.13727325700000037</v>
+        <v>-0.13722327600000028</v>
       </c>
       <c r="D297" s="5">
-        <v>-11.168127768086988</v>
+        <v>-11.164333512280189</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>13.783733972</v>
+        <v>13.783753853</v>
       </c>
       <c r="C298" s="5">
-        <v>-5.7673058999998972E-2</v>
+        <v>-5.7630334999998922E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>-4.8870371430414057</v>
+        <v>-4.8835072179539196</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>13.672099862</v>
+        <v>13.672171595</v>
       </c>
       <c r="C299" s="5">
-        <v>-0.11163411000000067</v>
+        <v>-0.11158225800000032</v>
       </c>
       <c r="D299" s="5">
-        <v>-9.297330065569021</v>
+        <v>-9.2931892432933658</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>12.798183442999999</v>
+        <v>12.798155611</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.87391641900000039</v>
+        <v>-0.87401598399999969</v>
       </c>
       <c r="D300" s="5">
-        <v>-54.735543711702995</v>
+        <v>-54.739574608614937</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>13.005614754</v>
+        <v>13.005630612999999</v>
       </c>
       <c r="C301" s="5">
-        <v>0.20743131100000056</v>
+        <v>0.20747500199999891</v>
       </c>
       <c r="D301" s="5">
-        <v>21.280409501504096</v>
+        <v>21.285349229466878</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>12.780556767</v>
+        <v>12.780541077000001</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.22505798699999957</v>
+        <v>-0.2250895359999987</v>
       </c>
       <c r="D302" s="5">
-        <v>-18.898915983560528</v>
+        <v>-18.901297442160537</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>12.744524869999999</v>
+        <v>12.744557167</v>
       </c>
       <c r="C303" s="5">
-        <v>-3.6031897000000868E-2</v>
+        <v>-3.5983910000000563E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>-3.3311603637980913</v>
+        <v>-3.3267964445659604</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>12.890059897</v>
+        <v>12.890077828000001</v>
       </c>
       <c r="C304" s="5">
-        <v>0.14553502700000109</v>
+        <v>0.14552066100000083</v>
       </c>
       <c r="D304" s="5">
-        <v>14.597577080079338</v>
+        <v>14.596005116282406</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>13.060551158999999</v>
+        <v>13.060573708</v>
       </c>
       <c r="C305" s="5">
-        <v>0.17049126199999876</v>
+        <v>0.17049587999999893</v>
       </c>
       <c r="D305" s="5">
-        <v>17.078953288125586</v>
+        <v>17.079424542729416</v>
       </c>
       <c r="E305" s="5">
-        <v>-2.8705057640377452</v>
+        <v>-2.8703556809144382</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>13.116101425</v>
+        <v>13.116109693</v>
       </c>
       <c r="C306" s="5">
-        <v>5.5550266000000903E-2</v>
+        <v>5.5535985000000565E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>5.2250498260224987</v>
+        <v>5.2236657570721601</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>13.173621868</v>
+        <v>13.173611144000001</v>
       </c>
       <c r="C307" s="5">
-        <v>5.7520442999999588E-2</v>
+        <v>5.7501451000000259E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>5.3913881467515745</v>
+        <v>5.3895614077064558</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>13.253255003</v>
+        <v>13.253111424</v>
       </c>
       <c r="C308" s="5">
-        <v>7.9633134999999911E-2</v>
+        <v>7.9500279999999535E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>7.4999666679057331</v>
+        <v>7.4870422978536189</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>13.517297989999999</v>
+        <v>13.517234564000001</v>
       </c>
       <c r="C309" s="5">
-        <v>0.26404298699999984</v>
+        <v>0.26412314000000059</v>
       </c>
       <c r="D309" s="5">
-        <v>26.709157983412979</v>
+        <v>26.71849627646219</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>13.849197243000001</v>
+        <v>13.849212091</v>
       </c>
       <c r="C310" s="5">
-        <v>0.33189925300000134</v>
+        <v>0.33197752699999938</v>
       </c>
       <c r="D310" s="5">
-        <v>33.787812209334</v>
+        <v>33.797066911107642</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>13.831968850999999</v>
+        <v>13.832095555</v>
       </c>
       <c r="C311" s="5">
-        <v>-1.7228392000001591E-2</v>
+        <v>-1.7116535999999627E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-1.4826276961828366</v>
+        <v>-1.4730654501949769</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>13.999982421</v>
+        <v>13.999965177</v>
       </c>
       <c r="C312" s="5">
-        <v>0.16801357000000117</v>
+        <v>0.16786962199999955</v>
       </c>
       <c r="D312" s="5">
-        <v>15.590424126354074</v>
+        <v>15.576010570713095</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>14.149390537</v>
+        <v>14.149393921</v>
       </c>
       <c r="C313" s="5">
-        <v>0.14940811600000004</v>
+        <v>0.14942874399999972</v>
       </c>
       <c r="D313" s="5">
-        <v>13.585506802855729</v>
+        <v>13.587511666725582</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>14.403687172</v>
+        <v>14.403664372</v>
       </c>
       <c r="C314" s="5">
-        <v>0.25429663499999933</v>
+        <v>0.25427045100000001</v>
       </c>
       <c r="D314" s="5">
-        <v>23.831565085608997</v>
+        <v>23.828857525921919</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>14.681013793</v>
+        <v>14.681077102</v>
       </c>
       <c r="C315" s="5">
-        <v>0.27732662100000027</v>
+        <v>0.27741273</v>
       </c>
       <c r="D315" s="5">
-        <v>25.715374632812036</v>
+        <v>25.724268391442173</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>14.703162217999999</v>
+        <v>14.703237012000001</v>
       </c>
       <c r="C316" s="5">
-        <v>2.214842499999925E-2</v>
+        <v>2.2159910000000949E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>1.825470377663807</v>
+        <v>1.8264169006140696</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>14.762532795</v>
+        <v>14.762644636999999</v>
       </c>
       <c r="C317" s="5">
-        <v>5.9370577000001035E-2</v>
+        <v>5.9407624999998632E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>4.9546101146433985</v>
+        <v>4.9577451000979211</v>
       </c>
       <c r="E317" s="5">
-        <v>13.031468697453619</v>
+        <v>13.032129882299337</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>14.721439036</v>
+        <v>14.721503103</v>
       </c>
       <c r="C318" s="5">
-        <v>-4.1093759000000674E-2</v>
+        <v>-4.1141533999999425E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-3.2897128323523317</v>
+        <v>-3.293454403306284</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>14.859697056</v>
+        <v>14.859575877999999</v>
       </c>
       <c r="C319" s="5">
-        <v>0.13825802000000031</v>
+        <v>0.13807277499999948</v>
       </c>
       <c r="D319" s="5">
-        <v>11.870682876108507</v>
+        <v>11.853894424162426</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>14.730259082</v>
+        <v>14.730011255000001</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.12943797400000001</v>
+        <v>-0.12956462299999849</v>
       </c>
       <c r="D320" s="5">
-        <v>-9.9662874479292114</v>
+        <v>-9.9756536860881049</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>15.199655101999999</v>
+        <v>15.199480519</v>
       </c>
       <c r="C321" s="5">
-        <v>0.46939601999999958</v>
+        <v>0.46946926399999889</v>
       </c>
       <c r="D321" s="5">
-        <v>45.706919082197459</v>
+        <v>45.716253551041895</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>15.030278894</v>
+        <v>15.030224897</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.1693762079999992</v>
+        <v>-0.16925562199999966</v>
       </c>
       <c r="D322" s="5">
-        <v>-12.582240870808059</v>
+        <v>-12.573960098146609</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>15.109720149999999</v>
+        <v>15.109861401</v>
       </c>
       <c r="C323" s="5">
-        <v>7.9441255999999072E-2</v>
+        <v>7.9636503999999775E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>6.5301598573507036</v>
+        <v>6.5467042496602401</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>15.016579073999999</v>
+        <v>15.016694206</v>
       </c>
       <c r="C324" s="5">
-        <v>-9.3141076000000211E-2</v>
+        <v>-9.3167194999999481E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>-7.151468590493371</v>
+        <v>-7.153341898001786</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>14.769229919000001</v>
+        <v>14.769240837</v>
       </c>
       <c r="C325" s="5">
-        <v>-0.24734915499999843</v>
+        <v>-0.24745336900000048</v>
       </c>
       <c r="D325" s="5">
-        <v>-18.070155851547575</v>
+        <v>-18.076966616433566</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>14.821733202000001</v>
+        <v>14.821573099</v>
       </c>
       <c r="C326" s="5">
-        <v>5.2503283000000067E-2</v>
+        <v>5.2332262000000185E-2</v>
       </c>
       <c r="D326" s="5">
-        <v>4.3502950259582285</v>
+        <v>4.33584408790888</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>14.602659286</v>
+        <v>14.602798313999999</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.21907391600000103</v>
+        <v>-0.2187747850000008</v>
       </c>
       <c r="D327" s="5">
-        <v>-16.363561925844827</v>
+        <v>-16.343162867115545</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>14.692349707</v>
+        <v>14.69253088</v>
       </c>
       <c r="C328" s="5">
-        <v>8.9690421000000242E-2</v>
+        <v>8.9732566000000347E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>7.624626091718123</v>
+        <v>7.6282557060556977</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>14.752618283</v>
+        <v>14.753225698</v>
       </c>
       <c r="C329" s="5">
-        <v>6.0268576000000351E-2</v>
+        <v>6.0694817999999984E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>5.0350344869713348</v>
+        <v>5.0713931765955511</v>
       </c>
       <c r="E329" s="5">
-        <v>-6.7159965960295054E-2</v>
+        <v>-6.3802517987820995E-2</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>15.025732514</v>
+        <v>15.025808267</v>
       </c>
       <c r="C330" s="5">
-        <v>0.27311423099999921</v>
+        <v>0.27258256900000077</v>
       </c>
       <c r="D330" s="5">
-        <v>24.623107173242875</v>
+        <v>24.569085820537339</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>15.048581540000001</v>
+        <v>15.048329754999999</v>
       </c>
       <c r="C331" s="5">
-        <v>2.284902600000116E-2</v>
+        <v>2.2521487999998868E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>1.84013115320385</v>
+        <v>1.8135260565706357</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>15.413045912999999</v>
+        <v>15.412685980999999</v>
       </c>
       <c r="C332" s="5">
-        <v>0.36446437299999879</v>
+        <v>0.36435622599999995</v>
       </c>
       <c r="D332" s="5">
-        <v>33.264623127223516</v>
+        <v>33.254035278257163</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>15.501949774</v>
+        <v>15.501031714</v>
       </c>
       <c r="C333" s="5">
-        <v>8.8903861000000362E-2</v>
+        <v>8.8345733000000592E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>7.1455750726973966</v>
+        <v>7.0994636060349059</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>15.644492504</v>
+        <v>15.644276719</v>
       </c>
       <c r="C334" s="5">
-        <v>0.14254273000000062</v>
+        <v>0.1432450050000007</v>
       </c>
       <c r="D334" s="5">
-        <v>11.609676349297482</v>
+        <v>11.670539212249542</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>15.807761121</v>
+        <v>15.808202849000001</v>
       </c>
       <c r="C335" s="5">
-        <v>0.16326861699999995</v>
+        <v>0.16392613000000011</v>
       </c>
       <c r="D335" s="5">
-        <v>13.267840158615819</v>
+        <v>13.324583177919159</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>15.437159905</v>
+        <v>15.437489033</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.37060121600000073</v>
+        <v>-0.37071381600000031</v>
       </c>
       <c r="D336" s="5">
-        <v>-24.774607892323765</v>
+        <v>-24.780586337404277</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>15.371326395000001</v>
+        <v>15.371255845</v>
       </c>
       <c r="C337" s="5">
-        <v>-6.5833509999999151E-2</v>
+        <v>-6.6233187999999998E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>-4.9991917552175247</v>
+        <v>-5.0287248149174513</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>15.429832104999999</v>
+        <v>15.429354089</v>
       </c>
       <c r="C338" s="5">
-        <v>5.8505709999998601E-2</v>
+        <v>5.8098243999999966E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>4.6642273139003709</v>
+        <v>4.6310865624440645</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>15.408570313</v>
+        <v>15.409162133000001</v>
       </c>
       <c r="C339" s="5">
-        <v>-2.1261791999998891E-2</v>
+        <v>-2.0191955999999678E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>-1.641085179053714</v>
+        <v>-1.5591516666660921</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>15.45538911</v>
+        <v>15.455850246000001</v>
       </c>
       <c r="C340" s="5">
-        <v>4.6818797000000245E-2</v>
+        <v>4.6688113000000087E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>3.7077441997501737</v>
+        <v>3.6970774281253282</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>15.613747927</v>
+        <v>15.614892005</v>
       </c>
       <c r="C341" s="5">
-        <v>0.15835881699999987</v>
+        <v>0.15904175899999906</v>
       </c>
       <c r="D341" s="5">
-        <v>13.012541757994288</v>
+        <v>13.071461422642106</v>
       </c>
       <c r="E341" s="5">
-        <v>5.8371309247004177</v>
+        <v>5.8405281979574841</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>15.725355051999999</v>
+        <v>15.725604991000001</v>
       </c>
       <c r="C342" s="5">
-        <v>0.11160712499999903</v>
+        <v>0.11071298600000112</v>
       </c>
       <c r="D342" s="5">
-        <v>8.9229898601368429</v>
+        <v>8.8480193348153602</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>15.754021533</v>
+        <v>15.753765524</v>
       </c>
       <c r="C343" s="5">
-        <v>2.8666481000000132E-2</v>
+        <v>2.8160532999999432E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>2.2096023095878214</v>
+        <v>2.170184305039391</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>15.81229166</v>
+        <v>15.812002979000001</v>
       </c>
       <c r="C344" s="5">
-        <v>5.8270127000000116E-2</v>
+        <v>5.8237455000000438E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>4.5299107456981069</v>
+        <v>4.5273940418947278</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>15.71267183</v>
+        <v>15.709603365</v>
       </c>
       <c r="C345" s="5">
-        <v>-9.9619829999999965E-2</v>
+        <v>-0.10239961400000119</v>
       </c>
       <c r="D345" s="5">
-        <v>-7.3036392138679744</v>
+        <v>-7.5003708048189228</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>15.687798337</v>
+        <v>15.687639546</v>
       </c>
       <c r="C346" s="5">
-        <v>-2.4873492999999414E-2</v>
+        <v>-2.1963818999999773E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>-1.8831731219968617</v>
+        <v>-1.6648957610879256</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>15.836333432</v>
+        <v>15.837195057000001</v>
       </c>
       <c r="C347" s="5">
-        <v>0.14853509499999973</v>
+        <v>0.14955551100000086</v>
       </c>
       <c r="D347" s="5">
-        <v>11.972576378330157</v>
+        <v>12.059315194764931</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>16.062076746999999</v>
+        <v>16.062734684999999</v>
       </c>
       <c r="C348" s="5">
-        <v>0.225743314999999</v>
+        <v>0.22553962799999816</v>
       </c>
       <c r="D348" s="5">
-        <v>18.512651316452722</v>
+        <v>18.493531642802697</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>16.262358573</v>
+        <v>16.262258144</v>
       </c>
       <c r="C349" s="5">
-        <v>0.20028182600000122</v>
+        <v>0.19952345900000168</v>
       </c>
       <c r="D349" s="5">
-        <v>16.033136564258864</v>
+        <v>15.967521773797454</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>16.226296589</v>
+        <v>16.225424608000001</v>
       </c>
       <c r="C350" s="5">
-        <v>-3.6061983999999825E-2</v>
+        <v>-3.6833535999999611E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>-2.6287991571253055</v>
+        <v>-2.6843604029685109</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>16.386064060999999</v>
+        <v>16.386708871</v>
       </c>
       <c r="C351" s="5">
-        <v>0.15976747199999863</v>
+        <v>0.16128426299999887</v>
       </c>
       <c r="D351" s="5">
-        <v>12.476776732452288</v>
+        <v>12.60249323461704</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>16.497989824000001</v>
+        <v>16.500302250000001</v>
       </c>
       <c r="C352" s="5">
-        <v>0.11192576300000212</v>
+        <v>0.11359337900000099</v>
       </c>
       <c r="D352" s="5">
-        <v>8.5117071466815908</v>
+        <v>8.6430474557011472</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>16.455480329</v>
+        <v>16.456541027</v>
       </c>
       <c r="C353" s="5">
-        <v>-4.2509495000000896E-2</v>
+        <v>-4.3761223000000626E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>-3.0485323791003882</v>
+        <v>-3.1365604460981356</v>
       </c>
       <c r="E353" s="5">
-        <v>5.3909695861327211</v>
+        <v>5.3900406210334317</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>16.425964833999998</v>
+        <v>16.426795056</v>
       </c>
       <c r="C354" s="5">
-        <v>-2.9515495000001835E-2</v>
+        <v>-2.9745971000000537E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>-2.1312818232785413</v>
+        <v>-2.1476220791125322</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>16.662850984999999</v>
+        <v>16.662307942000002</v>
       </c>
       <c r="C355" s="5">
-        <v>0.23688615100000021</v>
+        <v>0.2355128860000022</v>
       </c>
       <c r="D355" s="5">
-        <v>18.746566460404491</v>
+        <v>18.628165046342836</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>16.522982880000001</v>
+        <v>16.522404512000001</v>
       </c>
       <c r="C356" s="5">
-        <v>-0.13986810499999791</v>
+        <v>-0.13990343000000038</v>
       </c>
       <c r="D356" s="5">
-        <v>-9.6205469185890795</v>
+        <v>-9.6231648728523069</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>16.635306848999999</v>
+        <v>16.629625332</v>
       </c>
       <c r="C357" s="5">
-        <v>0.11232396899999841</v>
+        <v>0.10722081999999844</v>
       </c>
       <c r="D357" s="5">
-        <v>8.4696800081025749</v>
+        <v>8.0713477971317449</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>16.856343606999999</v>
+        <v>16.855886921</v>
       </c>
       <c r="C358" s="5">
-        <v>0.22103675800000033</v>
+        <v>0.22626158899999993</v>
       </c>
       <c r="D358" s="5">
-        <v>17.163061932631173</v>
+        <v>17.606069049635444</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>17.088824936000002</v>
+        <v>17.090539241999998</v>
       </c>
       <c r="C359" s="5">
-        <v>0.23248132900000229</v>
+        <v>0.23465232099999866</v>
       </c>
       <c r="D359" s="5">
-        <v>17.865282746284517</v>
+        <v>18.045620839069333</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>16.979932067</v>
+        <v>16.980810625</v>
       </c>
       <c r="C360" s="5">
-        <v>-0.10889286900000172</v>
+        <v>-0.10972861699999825</v>
       </c>
       <c r="D360" s="5">
-        <v>-7.3842235691579328</v>
+        <v>-7.4381910391719375</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>17.244350213000001</v>
+        <v>17.244407063000001</v>
       </c>
       <c r="C361" s="5">
-        <v>0.26441814600000058</v>
+        <v>0.26359643800000043</v>
       </c>
       <c r="D361" s="5">
-        <v>20.373428623269163</v>
+        <v>20.303474108493113</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>17.413882841</v>
+        <v>17.413089529000001</v>
       </c>
       <c r="C362" s="5">
-        <v>0.16953262799999891</v>
+        <v>0.16868246599999992</v>
       </c>
       <c r="D362" s="5">
-        <v>12.456718693373103</v>
+        <v>12.390810406996255</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>17.252691449</v>
+        <v>17.253799697000002</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.16119139199999921</v>
+        <v>-0.15928983199999891</v>
       </c>
       <c r="D363" s="5">
-        <v>-10.559370845148697</v>
+        <v>-10.44145532584797</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>17.328327530999999</v>
+        <v>17.332795938</v>
       </c>
       <c r="C364" s="5">
-        <v>7.563608199999905E-2</v>
+        <v>7.899624099999869E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>5.3895411326924769</v>
+        <v>5.6346664448138517</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>17.183177065999999</v>
+        <v>17.183882560000001</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.14515046500000039</v>
+        <v>-0.1489133779999996</v>
       </c>
       <c r="D365" s="5">
-        <v>-9.6013788441065113</v>
+        <v>-9.8362299302489404</v>
       </c>
       <c r="E365" s="5">
-        <v>4.4222151067663251</v>
+        <v>4.4197716385640407</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>17.430312489999999</v>
+        <v>17.431787960000001</v>
       </c>
       <c r="C366" s="5">
-        <v>0.24713542399999966</v>
+        <v>0.2479054000000005</v>
       </c>
       <c r="D366" s="5">
-        <v>18.691739321352063</v>
+        <v>18.753840364649864</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>17.476464164999999</v>
+        <v>17.475736730000001</v>
       </c>
       <c r="C367" s="5">
-        <v>4.6151675000000836E-2</v>
+        <v>4.3948770000000081E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>3.224020694581764</v>
+        <v>3.0677291812228002</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>17.651966191</v>
+        <v>17.649458729999999</v>
       </c>
       <c r="C368" s="5">
-        <v>0.1755020260000002</v>
+        <v>0.17372199999999793</v>
       </c>
       <c r="D368" s="5">
-        <v>12.739004059526504</v>
+        <v>12.603209949457717</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>16.860565936</v>
+        <v>16.851385906000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-0.79140025499999922</v>
+        <v>-0.79807282399999835</v>
       </c>
       <c r="D369" s="5">
-        <v>-42.330162010516482</v>
+        <v>-42.608074097659298</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>17.328843501000001</v>
+        <v>17.328063365999999</v>
       </c>
       <c r="C370" s="5">
-        <v>0.46827756500000106</v>
+        <v>0.47667745999999767</v>
       </c>
       <c r="D370" s="5">
-        <v>38.92140913073392</v>
+        <v>39.756764466765951</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>17.435962830000001</v>
+        <v>17.438936906999999</v>
       </c>
       <c r="C371" s="5">
-        <v>0.10711932899999965</v>
+        <v>0.11087354100000013</v>
       </c>
       <c r="D371" s="5">
-        <v>7.6753418822067099</v>
+        <v>7.9542508521832866</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>17.595739858000002</v>
+        <v>17.597483981</v>
       </c>
       <c r="C372" s="5">
-        <v>0.1597770280000006</v>
+        <v>0.15854707400000123</v>
       </c>
       <c r="D372" s="5">
-        <v>11.567878975418378</v>
+        <v>11.472275183996562</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>17.434476277000002</v>
+        <v>17.435454104000002</v>
       </c>
       <c r="C373" s="5">
-        <v>-0.16126358100000004</v>
+        <v>-0.16202987699999838</v>
       </c>
       <c r="D373" s="5">
-        <v>-10.460125765460692</v>
+        <v>-10.50635156672447</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>17.383566277</v>
+        <v>17.383821425000001</v>
       </c>
       <c r="C374" s="5">
-        <v>-5.0910000000001787E-2</v>
+        <v>-5.1632679000000792E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>-3.4483585104094661</v>
+        <v>-3.4963213509851432</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>17.717544414999999</v>
+        <v>17.719754703</v>
       </c>
       <c r="C375" s="5">
-        <v>0.33397813799999909</v>
+        <v>0.33593327799999884</v>
       </c>
       <c r="D375" s="5">
-        <v>25.653858445484424</v>
+        <v>25.819930947000614</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>17.365814216</v>
+        <v>17.373430439</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.35173019899999858</v>
+        <v>-0.34632426399999972</v>
       </c>
       <c r="D376" s="5">
-        <v>-21.386081437861293</v>
+        <v>-21.089555504674184</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>17.520509300000001</v>
+        <v>17.519507473000001</v>
       </c>
       <c r="C377" s="5">
-        <v>0.15469508400000009</v>
+        <v>0.14607703400000105</v>
       </c>
       <c r="D377" s="5">
-        <v>11.229224930288794</v>
+        <v>10.569604208497662</v>
       </c>
       <c r="E377" s="5">
-        <v>1.963154035509973</v>
+        <v>1.9531378419755718</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>17.331968569000001</v>
+        <v>17.333886269000001</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.18854073099999979</v>
+        <v>-0.18562120400000026</v>
       </c>
       <c r="D378" s="5">
-        <v>-12.175841701443101</v>
+        <v>-11.998798626120443</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>17.195241099</v>
+        <v>17.193090230999999</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.1367274700000003</v>
+        <v>-0.14079603800000129</v>
       </c>
       <c r="D379" s="5">
-        <v>-9.0663714311523425</v>
+        <v>-9.3232395706197799</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>17.182907164</v>
+        <v>17.176475303</v>
       </c>
       <c r="C380" s="5">
-        <v>-1.2333935000000906E-2</v>
+        <v>-1.6614927999999196E-2</v>
       </c>
       <c r="D380" s="5">
-        <v>-0.85735763929716269</v>
+        <v>-1.1535031211909574</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>17.394531660999998</v>
+        <v>17.381839828</v>
       </c>
       <c r="C381" s="5">
-        <v>0.21162449699999897</v>
+        <v>0.20536452500000024</v>
       </c>
       <c r="D381" s="5">
-        <v>15.822559165588279</v>
+        <v>15.329479535774349</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>17.179617932999999</v>
+        <v>17.177987518999998</v>
       </c>
       <c r="C382" s="5">
-        <v>-0.21491372799999908</v>
+        <v>-0.20385230900000195</v>
       </c>
       <c r="D382" s="5">
-        <v>-13.859154123412365</v>
+        <v>-13.200250696612025</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>17.165460255999999</v>
+        <v>17.170288620000001</v>
       </c>
       <c r="C383" s="5">
-        <v>-1.4157677000000035E-2</v>
+        <v>-7.6988989999975388E-3</v>
       </c>
       <c r="D383" s="5">
-        <v>-0.98444676711653134</v>
+        <v>-0.53649703285707506</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>17.400312930999998</v>
+        <v>17.403842113</v>
       </c>
       <c r="C384" s="5">
-        <v>0.23485267499999907</v>
+        <v>0.23355349299999872</v>
       </c>
       <c r="D384" s="5">
-        <v>17.71160305170827</v>
+        <v>17.600853065833189</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>17.338371565999999</v>
+        <v>17.341299253999999</v>
       </c>
       <c r="C385" s="5">
-        <v>-6.1941364999999138E-2</v>
+        <v>-6.2542859000000561E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>-4.189090327501221</v>
+        <v>-4.2281279206137885</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>17.345642117000001</v>
+        <v>17.348223694000001</v>
       </c>
       <c r="C386" s="5">
-        <v>7.2705510000012907E-3</v>
+        <v>6.9244400000023631E-3</v>
       </c>
       <c r="D386" s="5">
-        <v>0.50436174350156904</v>
+        <v>0.48021782427016824</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>17.491548904999998</v>
+        <v>17.496518592000001</v>
       </c>
       <c r="C387" s="5">
-        <v>0.14590678799999779</v>
+        <v>0.14829489799999962</v>
       </c>
       <c r="D387" s="5">
-        <v>10.57441359251834</v>
+        <v>10.754033001465157</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>17.53226222</v>
+        <v>17.542851335000002</v>
       </c>
       <c r="C388" s="5">
-        <v>4.0713315000001415E-2</v>
+        <v>4.6332743000000676E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>2.8291548466919947</v>
+        <v>3.2244280155101723</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>17.379408623</v>
+        <v>17.377637322000002</v>
       </c>
       <c r="C389" s="5">
-        <v>-0.15285359700000001</v>
+        <v>-0.16521401299999994</v>
       </c>
       <c r="D389" s="5">
-        <v>-9.9747278654280898</v>
+        <v>-10.73390166623529</v>
       </c>
       <c r="E389" s="5">
-        <v>-0.8053457498521488</v>
+        <v>-0.80978390070977069</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>17.118467657</v>
+        <v>17.119961183000001</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.26094096599999972</v>
+        <v>-0.25767613900000086</v>
       </c>
       <c r="D390" s="5">
-        <v>-16.601410335910906</v>
+        <v>-16.411879780281925</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>17.219573920999999</v>
+        <v>17.21471086</v>
       </c>
       <c r="C391" s="5">
-        <v>0.10110626399999845</v>
+        <v>9.4749676999999366E-2</v>
       </c>
       <c r="D391" s="5">
-        <v>7.3223500431526922</v>
+        <v>6.8472832504338665</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>17.109937987999999</v>
+        <v>17.096532208999999</v>
       </c>
       <c r="C392" s="5">
-        <v>-0.10963593299999985</v>
+        <v>-0.11817865100000091</v>
       </c>
       <c r="D392" s="5">
-        <v>-7.3783714677775674</v>
+        <v>-7.9339408359209056</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>17.120590629999999</v>
+        <v>17.101025196999998</v>
       </c>
       <c r="C393" s="5">
-        <v>1.0652642000000156E-2</v>
+        <v>4.4929879999990874E-3</v>
       </c>
       <c r="D393" s="5">
-        <v>0.74968329920044319</v>
+        <v>0.31581758195879939</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>17.103862969000001</v>
+        <v>17.099725530000001</v>
       </c>
       <c r="C394" s="5">
-        <v>-1.672766099999734E-2</v>
+        <v>-1.2996669999978394E-3</v>
       </c>
       <c r="D394" s="5">
-        <v>-1.1661791012199108</v>
+        <v>-9.1161122778637971E-2</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>16.780613704</v>
+        <v>16.791675018999999</v>
       </c>
       <c r="C395" s="5">
-        <v>-0.32324926500000117</v>
+        <v>-0.30805051100000114</v>
       </c>
       <c r="D395" s="5">
-        <v>-20.464030846647642</v>
+        <v>-19.599533046022078</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>17.097964657999999</v>
+        <v>17.105019279</v>
       </c>
       <c r="C396" s="5">
-        <v>0.31735095399999835</v>
+        <v>0.31334426000000093</v>
       </c>
       <c r="D396" s="5">
-        <v>25.209967232946461</v>
+        <v>24.840233052062665</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>17.147672693000001</v>
+        <v>17.152911106000001</v>
       </c>
       <c r="C397" s="5">
-        <v>4.9708035000001871E-2</v>
+        <v>4.7891827000000831E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>3.5450263732199172</v>
+        <v>3.4120688868841675</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>17.112511889</v>
+        <v>17.118021383999999</v>
       </c>
       <c r="C398" s="5">
-        <v>-3.5160804000000212E-2</v>
+        <v>-3.4889722000002621E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>-2.4330046368118308</v>
+        <v>-2.413726997461918</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>17.076694385</v>
+        <v>17.085189688</v>
       </c>
       <c r="C399" s="5">
-        <v>-3.5817504000000611E-2</v>
+        <v>-3.28316959999988E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>-2.4829581463142181</v>
+        <v>-2.2774290622738835</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>17.123697545999999</v>
+        <v>17.138705429000002</v>
       </c>
       <c r="C400" s="5">
-        <v>4.7003160999999238E-2</v>
+        <v>5.3515741000001782E-2</v>
       </c>
       <c r="D400" s="5">
-        <v>3.3534330354585196</v>
+        <v>3.8241810519549002</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>17.064328651</v>
+        <v>17.062887346</v>
       </c>
       <c r="C401" s="5">
-        <v>-5.9368894999998645E-2</v>
+        <v>-7.5818083000001479E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>-4.0820469738860439</v>
+        <v>-5.1812756161125462</v>
       </c>
       <c r="E401" s="5">
-        <v>-1.8129499043081365</v>
+        <v>-1.8112357288152747</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>16.997000540999998</v>
+        <v>16.997877071000001</v>
       </c>
       <c r="C402" s="5">
-        <v>-6.7328110000001828E-2</v>
+        <v>-6.5010274999998785E-2</v>
       </c>
       <c r="D402" s="5">
-        <v>-4.6332512566625521</v>
+        <v>-4.4774455785300038</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>17.034962502999999</v>
+        <v>17.025973430000001</v>
       </c>
       <c r="C403" s="5">
-        <v>3.7961962000000682E-2</v>
+        <v>2.8096358999999183E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>2.713309919594975</v>
+        <v>2.0016522702185346</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>17.024957089000001</v>
+        <v>17.003734165000001</v>
       </c>
       <c r="C404" s="5">
-        <v>-1.0005413999998325E-2</v>
+        <v>-2.2239264999999619E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>-0.70254259860740298</v>
+        <v>-1.5562239670736666</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>16.547662982999999</v>
+        <v>16.520114125999999</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.47729410600000222</v>
+        <v>-0.48362003900000161</v>
       </c>
       <c r="D405" s="5">
-        <v>-28.91013395584887</v>
+        <v>-29.266550299825845</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>16.608074062</v>
+        <v>16.597348092000001</v>
       </c>
       <c r="C406" s="5">
-        <v>6.0411079000001422E-2</v>
+        <v>7.7233966000001431E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>4.4699211710262032</v>
+        <v>5.7567047911795122</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>16.681623645999998</v>
+        <v>16.700559883</v>
       </c>
       <c r="C407" s="5">
-        <v>7.3549583999998447E-2</v>
+        <v>0.10321179099999966</v>
       </c>
       <c r="D407" s="5">
-        <v>5.4456217375082883</v>
+        <v>7.7228768337554987</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>16.596248462999998</v>
+        <v>16.607518683999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-8.5375183000000021E-2</v>
+        <v>-9.304119900000174E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>-5.9715428191266291</v>
+        <v>-6.4842795228185812</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>16.551491493</v>
+        <v>16.559508305000001</v>
       </c>
       <c r="C409" s="5">
-        <v>-4.475696999999812E-2</v>
+        <v>-4.8010378999997272E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>-3.1886034010212949</v>
+        <v>-3.4144291119135528</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>16.591942809999999</v>
+        <v>16.600925489000002</v>
       </c>
       <c r="C410" s="5">
-        <v>4.045131699999871E-2</v>
+        <v>4.1417184000000162E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>2.9725062962898008</v>
+        <v>3.0429671881778031</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>16.370633131999998</v>
+        <v>16.383479548</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.22130967800000079</v>
+        <v>-0.21744594100000114</v>
       </c>
       <c r="D411" s="5">
-        <v>-14.882510266346038</v>
+        <v>-14.633767220422323</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>16.429053172</v>
+        <v>16.447057745999999</v>
       </c>
       <c r="C412" s="5">
-        <v>5.842004000000145E-2</v>
+        <v>6.3578197999998309E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>4.3673629078498921</v>
+        <v>4.757442421485103</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>16.469760349000001</v>
+        <v>16.470752504</v>
       </c>
       <c r="C413" s="5">
-        <v>4.0707177000001593E-2</v>
+        <v>2.3694758000001315E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>3.0141623367040626</v>
+        <v>1.7425666657912453</v>
       </c>
       <c r="E413" s="5">
-        <v>-3.4842759663161749</v>
+        <v>-3.4703085708340686</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>16.276558225999999</v>
+        <v>16.276341576</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.1932021230000025</v>
+        <v>-0.19441092799999993</v>
       </c>
       <c r="D414" s="5">
-        <v>-13.203231594157261</v>
+        <v>-13.279804456568389</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>16.136762342000001</v>
+        <v>16.124201078999999</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.13979588399999798</v>
+        <v>-0.15214049700000132</v>
       </c>
       <c r="D415" s="5">
-        <v>-9.8333528276256637</v>
+        <v>-10.657742811760073</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>16.133828369</v>
+        <v>16.104772629999999</v>
       </c>
       <c r="C416" s="5">
-        <v>-2.9339730000010888E-3</v>
+        <v>-1.9428448999999404E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>-0.21796497161906681</v>
+        <v>-1.4363659170967047</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>16.068243168999999</v>
+        <v>16.032498667999999</v>
       </c>
       <c r="C417" s="5">
-        <v>-6.5585200000001009E-2</v>
+        <v>-7.227396200000058E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>-4.7704889143675437</v>
+        <v>-5.2543287397641798</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>16.203768628999999</v>
+        <v>16.185100881</v>
       </c>
       <c r="C418" s="5">
-        <v>0.13552546000000021</v>
+        <v>0.15260221300000154</v>
       </c>
       <c r="D418" s="5">
-        <v>10.604208921468006</v>
+        <v>12.039297769999301</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>16.17158805</v>
+        <v>16.199048542</v>
       </c>
       <c r="C419" s="5">
-        <v>-3.2180578999998488E-2</v>
+        <v>1.3947660999999556E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-2.3573322248007234</v>
+        <v>1.039026603231985</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>16.100008251999999</v>
+        <v>16.115616124999999</v>
       </c>
       <c r="C420" s="5">
-        <v>-7.1579798000001915E-2</v>
+        <v>-8.3432417000000925E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>-5.1841054288609412</v>
+        <v>-6.0084340676775589</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>16.051174645</v>
+        <v>16.061530380000001</v>
       </c>
       <c r="C421" s="5">
-        <v>-4.8833606999998835E-2</v>
+        <v>-5.4085744999998298E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>-3.5796601577866349</v>
+        <v>-3.9538159125875882</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>16.076858721000001</v>
+        <v>16.088706152</v>
       </c>
       <c r="C422" s="5">
-        <v>2.5684076000000999E-2</v>
+        <v>2.7175771999999654E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>1.9371535681844021</v>
+        <v>2.0493761950085787</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>16.073629878999999</v>
+        <v>16.090326831999999</v>
       </c>
       <c r="C423" s="5">
-        <v>-3.2288420000021745E-3</v>
+        <v>1.6206799999984867E-3</v>
       </c>
       <c r="D423" s="5">
-        <v>-0.24073940092688151</v>
+        <v>0.12094781542439925</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>15.937245468</v>
+        <v>15.958019030999999</v>
       </c>
       <c r="C424" s="5">
-        <v>-0.1363844109999981</v>
+        <v>-0.13230780099999961</v>
       </c>
       <c r="D424" s="5">
-        <v>-9.7199947270342975</v>
+        <v>-9.4331307175010597</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>15.984343738</v>
+        <v>15.988034599000001</v>
       </c>
       <c r="C425" s="5">
-        <v>4.7098269999999332E-2</v>
+        <v>3.001556800000138E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>3.6044913597917283</v>
+        <v>2.2805863741532262</v>
       </c>
       <c r="E425" s="5">
-        <v>-2.9473204267327135</v>
+        <v>-2.9307580505673281</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>16.158428859000001</v>
+        <v>16.157991098</v>
       </c>
       <c r="C426" s="5">
-        <v>0.17408512100000095</v>
+        <v>0.16995649899999954</v>
       </c>
       <c r="D426" s="5">
-        <v>13.881149448150332</v>
+        <v>13.529159131634284</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>16.138070280000001</v>
+        <v>16.123139476999999</v>
       </c>
       <c r="C427" s="5">
-        <v>-2.0358578999999821E-2</v>
+        <v>-3.4851621000001387E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-1.5014894524821853</v>
+        <v>-2.5578276878469808</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>16.133176542000001</v>
+        <v>16.099716423</v>
       </c>
       <c r="C428" s="5">
-        <v>-4.8937379999998143E-3</v>
+        <v>-2.3423053999998444E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>-0.36328390467778027</v>
+        <v>-1.7294499955047171</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>16.202315521999999</v>
+        <v>16.242805615000002</v>
       </c>
       <c r="C429" s="5">
-        <v>6.9138979999998185E-2</v>
+        <v>0.14308919200000147</v>
       </c>
       <c r="D429" s="5">
-        <v>5.2655803385793787</v>
+        <v>11.20231922995838</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>16.165132870000001</v>
+        <v>16.065200977</v>
       </c>
       <c r="C430" s="5">
-        <v>-3.7182651999998484E-2</v>
+        <v>-0.17760463800000181</v>
       </c>
       <c r="D430" s="5">
-        <v>-2.7193821685293496</v>
+        <v>-12.360197038020114</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>15.989400131</v>
+        <v>15.894282035</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.17573273900000075</v>
+        <v>-0.17091894200000013</v>
       </c>
       <c r="D431" s="5">
-        <v>-12.292909330205903</v>
+        <v>-12.04571045623487</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>15.936366123000001</v>
+        <v>15.836849602999999</v>
       </c>
       <c r="C432" s="5">
-        <v>-5.3034007999999133E-2</v>
+        <v>-5.7432432000000588E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>-3.908375577355705</v>
+        <v>-4.2509380090327227</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>16.047816875999999</v>
+        <v>15.881437425</v>
       </c>
       <c r="C433" s="5">
-        <v>0.11145075299999796</v>
+        <v>4.4587822000000443E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>8.722626253057598</v>
+        <v>3.4313478841137446</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>15.960374741000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>7.893731600000109E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>6.1302815931696175</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>15.899743539999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-6.0631201000001411E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-4.4645789925307326</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>15.755470391999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.14427314799999991</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-10.36140196342612</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">