--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{5D2310FF-8B63-4655-9938-2531C75D935E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{11ED2432-7ECD-4233-85D9-5E5AB7D195AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{ECE12765-A3C6-4739-B677-FB6673F6DE71}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{749CD97B-08B4-448B-B7BB-75ABF1CD90CB}"/>
   </bookViews>
   <sheets>
     <sheet name="elpnrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{19195CE1-4E47-4517-98BF-1B8CA1539A81}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{33F404C6-411B-4F52-B268-1D4B132F1056}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>15.894282035</v>
       </c>
       <c r="C431" s="5">
         <v>-0.17091894200000013</v>
       </c>
       <c r="D431" s="5">
         <v>-12.04571045623487</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>15.836849602999999</v>
       </c>
       <c r="C432" s="5">
         <v>-5.7432432000000588E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-4.2509380090327227</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>15.881437425</v>
       </c>
       <c r="C433" s="5">
         <v>4.4587822000000443E-2</v>
       </c>
       <c r="D433" s="5">
         <v>3.4313478841137446</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>15.960374741000001</v>
       </c>
       <c r="C434" s="5">
         <v>7.893731600000109E-2</v>
       </c>
       <c r="D434" s="5">
         <v>6.1302815931696175</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>15.899743539999999</v>
       </c>
       <c r="C435" s="5">
         <v>-6.0631201000001411E-2</v>
       </c>
       <c r="D435" s="5">
         <v>-4.4645789925307326</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>15.755470391999999</v>
+        <v>15.753859715999999</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.14427314799999991</v>
+        <v>-0.14588382400000022</v>
       </c>
       <c r="D436" s="5">
-        <v>-10.36140196342612</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-10.471304810202753</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>15.747080293</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-6.7794229999993405E-3</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-0.51518043123430779</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.5070914721129758</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>