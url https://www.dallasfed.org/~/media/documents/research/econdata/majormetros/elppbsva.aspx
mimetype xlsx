--- v0 (2025-10-07)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{26F14138-43E6-41E0-91EC-501BC4A746A1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{955E2187-3AD3-48E9-AC40-EA7170945A84}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{8D80E5DF-D620-4D68-8737-7746C76956C6}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6D550E14-8007-48DC-A9D0-1099D96C3D60}"/>
   </bookViews>
   <sheets>
     <sheet name="elppbsva" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Professional and Business Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5CD6828A-8547-4A6D-9E3E-74ACD42E29D1}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{886B563A-D240-42E4-9541-E76B287361CA}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6146 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>14.04496934</v>
+        <v>14.044969278</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>14.132212289</v>
+        <v>14.132212302999999</v>
       </c>
       <c r="C7" s="5">
-        <v>8.7242949000000181E-2</v>
+        <v>8.7243024999999363E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>7.7140327132088293</v>
+        <v>7.7140396995883709</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>14.217576733</v>
+        <v>14.217576798</v>
       </c>
       <c r="C8" s="5">
-        <v>8.5364443999999651E-2</v>
+        <v>8.5364495000000318E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>7.4942263958457822</v>
+        <v>7.4942310152957603</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>14.013361896999999</v>
+        <v>14.013361863</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.20421483600000023</v>
+        <v>-0.20421493499999954</v>
       </c>
       <c r="D9" s="5">
-        <v>-15.937735633694095</v>
+        <v>-15.937742692968493</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>14.194050873</v>
+        <v>14.194050805</v>
       </c>
       <c r="C10" s="5">
-        <v>0.18068897600000078</v>
+        <v>0.18068894199999974</v>
       </c>
       <c r="D10" s="5">
-        <v>16.618710525862745</v>
+        <v>16.618707216946206</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>14.177150788000001</v>
+        <v>14.177150708999999</v>
       </c>
       <c r="C11" s="5">
-        <v>-1.6900084999999621E-2</v>
+        <v>-1.6900096000000531E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>-1.419455415985782</v>
+        <v>-1.4194563406011329</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>14.289807832999999</v>
+        <v>14.289807775</v>
       </c>
       <c r="C12" s="5">
-        <v>0.11265704499999885</v>
+        <v>0.11265706600000058</v>
       </c>
       <c r="D12" s="5">
-        <v>9.963653248897252</v>
+        <v>9.9636552460701679</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>13.940862397</v>
+        <v>13.940862365999999</v>
       </c>
       <c r="C13" s="5">
-        <v>-0.34894543599999928</v>
+        <v>-0.34894540900000059</v>
       </c>
       <c r="D13" s="5">
-        <v>-25.670874339984127</v>
+        <v>-25.670872703115798</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>13.775842279000001</v>
+        <v>13.775842313</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.16502011799999927</v>
+        <v>-0.16502005299999922</v>
       </c>
       <c r="D14" s="5">
-        <v>-13.3153388268485</v>
+        <v>-13.315333946397113</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>14.140968837999999</v>
+        <v>14.140968846</v>
       </c>
       <c r="C15" s="5">
-        <v>0.36512655899999835</v>
+        <v>0.36512653299999975</v>
       </c>
       <c r="D15" s="5">
-        <v>36.877492452278268</v>
+        <v>36.877489327600841</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>14.23130739</v>
+        <v>14.231307548</v>
       </c>
       <c r="C16" s="5">
-        <v>9.0338552000000405E-2</v>
+        <v>9.0338702000000382E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>7.9412912758729082</v>
+        <v>7.941304923820347</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>14.430099952999999</v>
+        <v>14.430099992000001</v>
       </c>
       <c r="C17" s="5">
-        <v>0.19879256299999959</v>
+        <v>0.1987924440000004</v>
       </c>
       <c r="D17" s="5">
-        <v>18.11212417400543</v>
+        <v>18.112112268872572</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>14.357904467999999</v>
+        <v>14.357904433</v>
       </c>
       <c r="C18" s="5">
-        <v>-7.2195484999999948E-2</v>
+        <v>-7.2195559000000742E-2</v>
       </c>
       <c r="D18" s="5">
-        <v>-5.8412595126944744</v>
+        <v>-5.8412653208184668</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>14.21455405</v>
+        <v>14.214554054000001</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.14335041799999892</v>
+        <v>-0.14335037899999925</v>
       </c>
       <c r="D19" s="5">
-        <v>-11.344403118072655</v>
+        <v>-11.344400225329155</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>14.211166791</v>
+        <v>14.211166902</v>
       </c>
       <c r="C20" s="5">
-        <v>-3.3872590000001424E-3</v>
+        <v>-3.3871520000001709E-3</v>
       </c>
       <c r="D20" s="5">
-        <v>-0.28557967493691994</v>
+        <v>-0.28557066551052612</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>14.516994491</v>
+        <v>14.516994459999999</v>
       </c>
       <c r="C21" s="5">
-        <v>0.30582770000000004</v>
+        <v>0.30582755799999894</v>
       </c>
       <c r="D21" s="5">
-        <v>29.111136713953421</v>
+        <v>29.111121303991805</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>14.614084516</v>
+        <v>14.614084405</v>
       </c>
       <c r="C22" s="5">
-        <v>9.7090024999999969E-2</v>
+        <v>9.7089945000000455E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>8.3275276126110409</v>
+        <v>8.3275205150120435</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>14.603980636999999</v>
+        <v>14.603980497</v>
       </c>
       <c r="C23" s="5">
-        <v>-1.0103879000000759E-2</v>
+        <v>-1.0103907999999606E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>-0.82650786746429894</v>
+        <v>-0.82651023693507408</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>14.510922130000001</v>
+        <v>14.510922067999999</v>
       </c>
       <c r="C24" s="5">
-        <v>-9.3058506999998514E-2</v>
+        <v>-9.3058429000000942E-2</v>
       </c>
       <c r="D24" s="5">
-        <v>-7.3841840594487955</v>
+        <v>-7.3841781537637319</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>14.523031775</v>
+        <v>14.523031772</v>
       </c>
       <c r="C25" s="5">
-        <v>1.2109644999998892E-2</v>
+        <v>1.2109704000000221E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>1.0060323934010018</v>
+        <v>1.0060373217787522</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>14.379991467</v>
+        <v>14.379991509</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.14304030799999978</v>
+        <v>-0.14304026299999961</v>
       </c>
       <c r="D26" s="5">
-        <v>-11.199361313103374</v>
+        <v>-11.199357980635494</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>14.405079453999999</v>
+        <v>14.405079469</v>
       </c>
       <c r="C27" s="5">
-        <v>2.5087986999999146E-2</v>
+        <v>2.5087960000000464E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>2.1137808531629165</v>
+        <v>2.1137785501800233</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>13.988970665</v>
+        <v>13.988970816</v>
       </c>
       <c r="C28" s="5">
-        <v>-0.41610878899999904</v>
+        <v>-0.41610865300000022</v>
       </c>
       <c r="D28" s="5">
-        <v>-29.65370697197719</v>
+        <v>-29.653698738996649</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>14.537611857</v>
+        <v>14.537611910000001</v>
       </c>
       <c r="C29" s="5">
-        <v>0.54864119199999983</v>
+        <v>0.54864109400000061</v>
       </c>
       <c r="D29" s="5">
-        <v>58.667404925128011</v>
+        <v>58.667391314316973</v>
       </c>
       <c r="E29" s="5">
-        <v>0.74505307898196094</v>
+        <v>0.74505317398774196</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>14.975823921</v>
+        <v>14.975823924</v>
       </c>
       <c r="C30" s="5">
-        <v>0.43821206400000001</v>
+        <v>0.43821201399999943</v>
       </c>
       <c r="D30" s="5">
-        <v>42.814357381346959</v>
+        <v>42.814351476728298</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>14.888974767000001</v>
+        <v>14.888974773999999</v>
       </c>
       <c r="C31" s="5">
-        <v>-8.6849153999999373E-2</v>
+        <v>-8.6849150000000819E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>-6.7414143771926565</v>
+        <v>-6.7414140752321883</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>15.011904568</v>
+        <v>15.011904736</v>
       </c>
       <c r="C32" s="5">
-        <v>0.12292980099999973</v>
+        <v>0.12292996200000061</v>
       </c>
       <c r="D32" s="5">
-        <v>10.370246378238846</v>
+        <v>10.37026057755539</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>14.927959239</v>
+        <v>14.927959210999999</v>
       </c>
       <c r="C33" s="5">
-        <v>-8.3945329000000513E-2</v>
+        <v>-8.3945525000000742E-2</v>
       </c>
       <c r="D33" s="5">
-        <v>-6.5077206893490942</v>
+        <v>-6.5077353490793914</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>14.852742894</v>
+        <v>14.852742724000001</v>
       </c>
       <c r="C34" s="5">
-        <v>-7.5216344999999407E-2</v>
+        <v>-7.5216486999998722E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>-5.8815701624978516</v>
+        <v>-5.8815809710830784</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>15.048042164</v>
+        <v>15.048041931</v>
       </c>
       <c r="C35" s="5">
-        <v>0.19529926999999958</v>
+        <v>0.1952992069999997</v>
       </c>
       <c r="D35" s="5">
-        <v>16.971492962813038</v>
+        <v>16.971487294779909</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>15.167788756</v>
+        <v>15.167788659999999</v>
       </c>
       <c r="C36" s="5">
-        <v>0.11974659200000026</v>
+        <v>0.11974672899999916</v>
       </c>
       <c r="D36" s="5">
-        <v>9.9783666921987368</v>
+        <v>9.9783787738154217</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>15.282906154000001</v>
+        <v>15.282906148</v>
       </c>
       <c r="C37" s="5">
-        <v>0.11511739800000065</v>
+        <v>0.11511748800000099</v>
       </c>
       <c r="D37" s="5">
-        <v>9.4974730870716719</v>
+        <v>9.497480887592836</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>15.383152150000001</v>
+        <v>15.38315218</v>
       </c>
       <c r="C38" s="5">
-        <v>0.10024599599999995</v>
+        <v>0.10024603199999937</v>
       </c>
       <c r="D38" s="5">
-        <v>8.1614923706033071</v>
+        <v>8.1614954113873104</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>15.234733278</v>
+        <v>15.234733330999999</v>
       </c>
       <c r="C39" s="5">
-        <v>-0.14841887200000059</v>
+        <v>-0.14841884900000046</v>
       </c>
       <c r="D39" s="5">
-        <v>-10.982737162161548</v>
+        <v>-10.982735529185749</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>15.018001602</v>
+        <v>15.018001804000001</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.21673167600000021</v>
+        <v>-0.21673152699999854</v>
       </c>
       <c r="D40" s="5">
-        <v>-15.797013897473722</v>
+        <v>-15.797003821778677</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>15.335200903</v>
+        <v>15.33520102</v>
       </c>
       <c r="C41" s="5">
-        <v>0.31719930100000049</v>
+        <v>0.31719921599999878</v>
       </c>
       <c r="D41" s="5">
-        <v>28.507325038762588</v>
+        <v>28.507316062239752</v>
       </c>
       <c r="E41" s="5">
-        <v>5.4863828656696034</v>
+        <v>5.4863832859051609</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>15.203006693000001</v>
+        <v>15.203006743</v>
       </c>
       <c r="C42" s="5">
-        <v>-0.13219420999999976</v>
+        <v>-0.13219427699999997</v>
       </c>
       <c r="D42" s="5">
-        <v>-9.8677524185244554</v>
+        <v>-9.867757113349807</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>15.271286704</v>
+        <v>15.271286757</v>
       </c>
       <c r="C43" s="5">
-        <v>6.8280010999998808E-2</v>
+        <v>6.8280014000000833E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>5.5246032560216207</v>
+        <v>5.5246034861611504</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>15.292359211999999</v>
+        <v>15.292359378</v>
       </c>
       <c r="C44" s="5">
-        <v>2.1072507999999601E-2</v>
+        <v>2.1072621000000069E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>1.6684780364936813</v>
+        <v>1.6684870457797762</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>15.770956221</v>
+        <v>15.77095617</v>
       </c>
       <c r="C45" s="5">
-        <v>0.47859700900000135</v>
+        <v>0.47859679199999938</v>
       </c>
       <c r="D45" s="5">
-        <v>44.744617650818256</v>
+        <v>44.744593179333791</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>15.901310673999999</v>
+        <v>15.901310431000001</v>
       </c>
       <c r="C46" s="5">
-        <v>0.13035445299999893</v>
+        <v>0.1303542610000008</v>
       </c>
       <c r="D46" s="5">
-        <v>10.382127136066256</v>
+        <v>10.382111177505182</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>15.912572803</v>
+        <v>15.912572451999999</v>
       </c>
       <c r="C47" s="5">
-        <v>1.1262129000000343E-2</v>
+        <v>1.1262020999998512E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>0.85322046342135582</v>
+        <v>0.85321226251735549</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>15.847295520999999</v>
+        <v>15.847295346999999</v>
       </c>
       <c r="C48" s="5">
-        <v>-6.527728200000027E-2</v>
+        <v>-6.5277104999999835E-2</v>
       </c>
       <c r="D48" s="5">
-        <v>-4.8131319998804267</v>
+        <v>-4.8131193458459398</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>15.2410306</v>
+        <v>15.241030532</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.60626492099999929</v>
+        <v>-0.6062648149999994</v>
       </c>
       <c r="D49" s="5">
-        <v>-37.380421573735966</v>
+        <v>-37.380416675769403</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>15.881556603</v>
+        <v>15.881556585</v>
       </c>
       <c r="C50" s="5">
-        <v>0.64052600299999973</v>
+        <v>0.64052605300000032</v>
       </c>
       <c r="D50" s="5">
-        <v>63.887104035655476</v>
+        <v>63.887110581143489</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>15.828090702000001</v>
+        <v>15.828090832999999</v>
       </c>
       <c r="C51" s="5">
-        <v>-5.346590099999915E-2</v>
+        <v>-5.3465752000001032E-2</v>
       </c>
       <c r="D51" s="5">
-        <v>-3.9658797768370446</v>
+        <v>-3.9658689328771923</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>16.027297244</v>
+        <v>16.027297613999998</v>
       </c>
       <c r="C52" s="5">
-        <v>0.19920654199999888</v>
+        <v>0.19920678099999911</v>
       </c>
       <c r="D52" s="5">
-        <v>16.193312797062088</v>
+        <v>16.193333445809287</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>15.914386168</v>
+        <v>15.914386476000001</v>
       </c>
       <c r="C53" s="5">
-        <v>-0.11291107599999961</v>
+        <v>-0.11291113799999764</v>
       </c>
       <c r="D53" s="5">
-        <v>-8.1339151145921491</v>
+        <v>-8.1339192287841371</v>
       </c>
       <c r="E53" s="5">
-        <v>3.7768351954664992</v>
+        <v>3.7768364121515852</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>16.026931178000002</v>
+        <v>16.026931375</v>
       </c>
       <c r="C54" s="5">
-        <v>0.11254501000000161</v>
+        <v>0.11254489899999953</v>
       </c>
       <c r="D54" s="5">
-        <v>8.8242689105397343</v>
+        <v>8.8242596886654709</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>16.360235005</v>
+        <v>16.360235144000001</v>
       </c>
       <c r="C55" s="5">
-        <v>0.33330382699999817</v>
+        <v>0.33330376900000047</v>
       </c>
       <c r="D55" s="5">
-        <v>28.01769079021641</v>
+        <v>28.017684959369493</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>16.400445429000001</v>
+        <v>16.400445506000001</v>
       </c>
       <c r="C56" s="5">
-        <v>4.021042400000141E-2</v>
+        <v>4.0210361999999833E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>2.989575566925895</v>
+        <v>2.9895708690984124</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>15.932873241999999</v>
+        <v>15.932873045999999</v>
       </c>
       <c r="C57" s="5">
-        <v>-0.4675721870000018</v>
+        <v>-0.4675724600000013</v>
       </c>
       <c r="D57" s="5">
-        <v>-29.325704070639556</v>
+        <v>-29.325718485315054</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>16.241002442999999</v>
+        <v>16.241002048999999</v>
       </c>
       <c r="C58" s="5">
-        <v>0.30812920099999985</v>
+        <v>0.30812900299999946</v>
       </c>
       <c r="D58" s="5">
-        <v>25.841755475397001</v>
+        <v>25.841737417645859</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>16.475275914000001</v>
+        <v>16.475275283999999</v>
       </c>
       <c r="C59" s="5">
-        <v>0.23427347100000162</v>
+        <v>0.23427323499999986</v>
       </c>
       <c r="D59" s="5">
-        <v>18.751301496294381</v>
+        <v>18.751281575245969</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>17.522426698</v>
+        <v>17.522426203999999</v>
       </c>
       <c r="C60" s="5">
-        <v>1.0471507839999994</v>
+        <v>1.04715092</v>
       </c>
       <c r="D60" s="5">
-        <v>109.47811830987631</v>
+        <v>109.47814356458076</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>17.315876348</v>
+        <v>17.315876196000001</v>
       </c>
       <c r="C61" s="5">
-        <v>-0.20655035000000055</v>
+        <v>-0.20655000799999712</v>
       </c>
       <c r="D61" s="5">
-        <v>-13.263341299831433</v>
+        <v>-13.263321092576753</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>17.392538842</v>
+        <v>17.392538940000001</v>
       </c>
       <c r="C62" s="5">
-        <v>7.6662494000000692E-2</v>
+        <v>7.666274400000006E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>5.4440485941708694</v>
+        <v>5.444066830937544</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>17.712962933</v>
+        <v>17.712963195</v>
       </c>
       <c r="C63" s="5">
-        <v>0.32042409099999958</v>
+        <v>0.32042425499999894</v>
       </c>
       <c r="D63" s="5">
-        <v>24.491237087208575</v>
+        <v>24.491250766545882</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>17.828565916999999</v>
+        <v>17.828566321</v>
       </c>
       <c r="C64" s="5">
-        <v>0.1156029839999988</v>
+        <v>0.11560312599999989</v>
       </c>
       <c r="D64" s="5">
-        <v>8.1190863827790274</v>
+        <v>8.1190965920362892</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>17.673454906</v>
+        <v>17.673457081999999</v>
       </c>
       <c r="C65" s="5">
-        <v>-0.15511101099999891</v>
+        <v>-0.15510923900000151</v>
       </c>
       <c r="D65" s="5">
-        <v>-9.9548054748384232</v>
+        <v>-9.9546969210784209</v>
       </c>
       <c r="E65" s="5">
-        <v>11.053324453927505</v>
+        <v>11.053335977813529</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>17.852044430999999</v>
+        <v>17.852044644999999</v>
       </c>
       <c r="C66" s="5">
-        <v>0.17858952499999958</v>
+        <v>0.17858756300000067</v>
       </c>
       <c r="D66" s="5">
-        <v>12.82310175063639</v>
+        <v>12.822951287493357</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>17.953454978</v>
+        <v>17.953454058999998</v>
       </c>
       <c r="C67" s="5">
-        <v>0.10141054700000041</v>
+        <v>0.10140941399999903</v>
       </c>
       <c r="D67" s="5">
-        <v>7.0337976138796776</v>
+        <v>7.0337164711478772</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>17.904688211</v>
+        <v>17.904688191999998</v>
       </c>
       <c r="C68" s="5">
-        <v>-4.8766767000000044E-2</v>
+        <v>-4.8765867000000185E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>-3.2112883947217785</v>
+        <v>-3.2112301742666882</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>17.905170062</v>
+        <v>17.90516964</v>
       </c>
       <c r="C69" s="5">
-        <v>4.818509999999776E-4</v>
+        <v>4.8144800000216037E-4</v>
       </c>
       <c r="D69" s="5">
-        <v>3.2299182585893149E-2</v>
+        <v>3.2272164941393733E-2</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>17.865631773</v>
+        <v>17.865631019999999</v>
       </c>
       <c r="C70" s="5">
-        <v>-3.9538288999999338E-2</v>
+        <v>-3.9538620000001856E-2</v>
       </c>
       <c r="D70" s="5">
-        <v>-2.6178991889683756</v>
+        <v>-2.6179209005228965</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>17.914705556000001</v>
+        <v>17.914704132000001</v>
       </c>
       <c r="C71" s="5">
-        <v>4.9073783000000759E-2</v>
+        <v>4.9073112000002084E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>3.346447408379416</v>
+        <v>3.3464011011510086</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>17.781019944000001</v>
+        <v>17.781019141000002</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.13368561200000073</v>
+        <v>-0.13368499099999909</v>
       </c>
       <c r="D72" s="5">
-        <v>-8.5962667039415237</v>
+        <v>-8.5962290522587192</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>17.828025644</v>
+        <v>17.828025563000001</v>
       </c>
       <c r="C73" s="5">
-        <v>4.7005699999999706E-2</v>
+        <v>4.7006421999999048E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>3.2188395831354466</v>
+        <v>3.2188898925551657</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>17.835551221999999</v>
+        <v>17.835551718000001</v>
       </c>
       <c r="C74" s="5">
-        <v>7.5255779999992001E-3</v>
+        <v>7.526155000000756E-3</v>
       </c>
       <c r="D74" s="5">
-        <v>0.5077224782340739</v>
+        <v>0.50776149899816048</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>17.805421505999998</v>
+        <v>17.805422368999999</v>
       </c>
       <c r="C75" s="5">
-        <v>-3.0129716000001139E-2</v>
+        <v>-3.0129349000002748E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>-2.0084388883662707</v>
+        <v>-2.0084145957567467</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>17.856400004000001</v>
+        <v>17.856400952000001</v>
       </c>
       <c r="C76" s="5">
-        <v>5.0978498000002759E-2</v>
+        <v>5.0978583000002686E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>3.4903279222300743</v>
+        <v>3.4903336620001335</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>18.124800375</v>
+        <v>18.124804700999999</v>
       </c>
       <c r="C77" s="5">
-        <v>0.26840037099999847</v>
+        <v>0.2684037489999973</v>
       </c>
       <c r="D77" s="5">
-        <v>19.60570934357435</v>
+        <v>19.60597571284972</v>
       </c>
       <c r="E77" s="5">
-        <v>2.5538043998786675</v>
+        <v>2.5538162505833961</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>18.050050879</v>
+        <v>18.050050978000002</v>
       </c>
       <c r="C78" s="5">
-        <v>-7.4749495999999027E-2</v>
+        <v>-7.4753722999997052E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>-4.8382585006332963</v>
+        <v>-4.8385247936988618</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>18.029641841</v>
+        <v>18.029639532000001</v>
       </c>
       <c r="C79" s="5">
-        <v>-2.0409038000000379E-2</v>
+        <v>-2.0411446000000666E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>-1.3484235912639919</v>
+        <v>-1.3485816920933202</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>18.616735581</v>
+        <v>18.616735344999999</v>
       </c>
       <c r="C80" s="5">
-        <v>0.58709374000000025</v>
+        <v>0.58709581299999769</v>
       </c>
       <c r="D80" s="5">
-        <v>46.891670581165542</v>
+        <v>46.891873979481687</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>18.674707856000001</v>
+        <v>18.674707162000001</v>
       </c>
       <c r="C81" s="5">
-        <v>5.7972275000000906E-2</v>
+        <v>5.797181700000209E-2</v>
       </c>
       <c r="D81" s="5">
-        <v>3.8014531917930583</v>
+        <v>3.8014226918616556</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>18.97300306</v>
+        <v>18.973000563999999</v>
       </c>
       <c r="C82" s="5">
-        <v>0.29829520399999865</v>
+        <v>0.29829340199999876</v>
       </c>
       <c r="D82" s="5">
-        <v>20.944778361553151</v>
+        <v>20.944641365846508</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>18.795970362999999</v>
+        <v>18.795968535</v>
       </c>
       <c r="C83" s="5">
-        <v>-0.17703269700000135</v>
+        <v>-0.17703202899999937</v>
       </c>
       <c r="D83" s="5">
-        <v>-10.639807082850838</v>
+        <v>-10.639770301691842</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>18.820062227000001</v>
+        <v>18.820061192000001</v>
       </c>
       <c r="C84" s="5">
-        <v>2.4091864000002516E-2</v>
+        <v>2.4092657000000628E-2</v>
       </c>
       <c r="D84" s="5">
-        <v>1.5489978407755345</v>
+        <v>1.549049338787678</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>19.188249713000001</v>
+        <v>19.188248942000001</v>
       </c>
       <c r="C85" s="5">
-        <v>0.36818748600000006</v>
+        <v>0.36818775000000059</v>
       </c>
       <c r="D85" s="5">
-        <v>26.174525290213204</v>
+        <v>26.174547719500918</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>19.283566602000001</v>
+        <v>19.283566189999998</v>
       </c>
       <c r="C86" s="5">
-        <v>9.531688899999935E-2</v>
+        <v>9.5317247999997079E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>6.1265401094008132</v>
+        <v>6.1265640712888869</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>19.354599920999998</v>
+        <v>19.354606656000001</v>
       </c>
       <c r="C87" s="5">
-        <v>7.1033318999997874E-2</v>
+        <v>7.1040466000003022E-2</v>
       </c>
       <c r="D87" s="5">
-        <v>4.5110077540301718</v>
+        <v>4.5114709619419324</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>19.455809146</v>
+        <v>19.455809449</v>
       </c>
       <c r="C88" s="5">
-        <v>0.10120922500000162</v>
+        <v>0.10120279299999879</v>
       </c>
       <c r="D88" s="5">
-        <v>6.4587069410198428</v>
+        <v>6.4582822923779704</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>19.273896977</v>
+        <v>19.273903013000002</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.18191216900000029</v>
+        <v>-0.18190643599999845</v>
       </c>
       <c r="D89" s="5">
-        <v>-10.660641255143045</v>
+        <v>-10.660322210284434</v>
       </c>
       <c r="E89" s="5">
-        <v>6.3399131478710125</v>
+        <v>6.3399210692549168</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>19.517554396000001</v>
+        <v>19.517554858</v>
       </c>
       <c r="C90" s="5">
-        <v>0.2436574190000016</v>
+        <v>0.2436518449999987</v>
       </c>
       <c r="D90" s="5">
-        <v>16.270725415289199</v>
+        <v>16.27032149340868</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>19.597568143</v>
+        <v>19.597565354</v>
       </c>
       <c r="C91" s="5">
-        <v>8.0013746999998858E-2</v>
+        <v>8.0010495999999875E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>5.0319472981530389</v>
+        <v>5.0317380941525824</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>19.492990034000002</v>
+        <v>19.492985972</v>
       </c>
       <c r="C92" s="5">
-        <v>-0.10457810899999842</v>
+        <v>-0.10457938200000072</v>
       </c>
       <c r="D92" s="5">
-        <v>-6.2188982712281238</v>
+        <v>-6.2189726235255876</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>19.697120497</v>
+        <v>19.697119816000001</v>
       </c>
       <c r="C93" s="5">
-        <v>0.20413046299999849</v>
+        <v>0.20413384400000112</v>
       </c>
       <c r="D93" s="5">
-        <v>13.316035425223793</v>
+        <v>13.316271769689747</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>20.062069075</v>
+        <v>20.06206457</v>
       </c>
       <c r="C94" s="5">
-        <v>0.36494857799999991</v>
+        <v>0.3649447539999997</v>
       </c>
       <c r="D94" s="5">
-        <v>24.645256616182465</v>
+        <v>24.644972455904846</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>20.539558628000002</v>
+        <v>20.539555625999999</v>
       </c>
       <c r="C95" s="5">
-        <v>0.47748955300000162</v>
+        <v>0.47749105599999808</v>
       </c>
       <c r="D95" s="5">
-        <v>32.612549875691734</v>
+        <v>32.6126746314904</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>21.471998654</v>
+        <v>21.471996866000001</v>
       </c>
       <c r="C96" s="5">
-        <v>0.93244002599999831</v>
+        <v>0.93244124000000284</v>
       </c>
       <c r="D96" s="5">
-        <v>70.363429021624995</v>
+        <v>70.36355758286193</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>21.890829404000002</v>
+        <v>21.890828138</v>
       </c>
       <c r="C97" s="5">
-        <v>0.41883075000000147</v>
+        <v>0.41883127199999848</v>
       </c>
       <c r="D97" s="5">
-        <v>26.088925267707587</v>
+        <v>26.088963758335936</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>22.235022774000001</v>
+        <v>22.235022745999999</v>
       </c>
       <c r="C98" s="5">
-        <v>0.34419336999999928</v>
+        <v>0.34419460799999868</v>
       </c>
       <c r="D98" s="5">
-        <v>20.588070207352558</v>
+        <v>20.588152071963538</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>22.766985911999999</v>
+        <v>22.767000949</v>
       </c>
       <c r="C99" s="5">
-        <v>0.53196313799999828</v>
+        <v>0.53197820300000132</v>
       </c>
       <c r="D99" s="5">
-        <v>32.805335227578183</v>
+        <v>32.80638981177264</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>22.996156694</v>
+        <v>22.996159115000001</v>
       </c>
       <c r="C100" s="5">
-        <v>0.22917078200000063</v>
+        <v>0.22915816600000127</v>
       </c>
       <c r="D100" s="5">
-        <v>12.770795777566901</v>
+        <v>12.770044462379214</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>23.413157446</v>
+        <v>23.413164931000001</v>
       </c>
       <c r="C101" s="5">
-        <v>0.41700075199999986</v>
+        <v>0.41700581599999964</v>
       </c>
       <c r="D101" s="5">
-        <v>24.067124508527481</v>
+        <v>24.067443728979509</v>
       </c>
       <c r="E101" s="5">
-        <v>21.475991461091027</v>
+        <v>21.475992253401511</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>22.969472829000001</v>
+        <v>22.969473311000002</v>
       </c>
       <c r="C102" s="5">
-        <v>-0.44368461699999884</v>
+        <v>-0.44369161999999918</v>
       </c>
       <c r="D102" s="5">
-        <v>-20.513658809341685</v>
+        <v>-20.513943726933636</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>22.646773152000002</v>
+        <v>22.646768908999999</v>
       </c>
       <c r="C103" s="5">
-        <v>-0.32269967699999924</v>
+        <v>-0.32270440200000294</v>
       </c>
       <c r="D103" s="5">
-        <v>-15.615316778613975</v>
+        <v>-15.61552774681032</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>23.043521171999998</v>
+        <v>23.043510639000001</v>
       </c>
       <c r="C104" s="5">
-        <v>0.39674801999999687</v>
+        <v>0.39674173000000224</v>
       </c>
       <c r="D104" s="5">
-        <v>23.17147701151281</v>
+        <v>23.171078326664318</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>23.486404767</v>
+        <v>23.486401815000001</v>
       </c>
       <c r="C105" s="5">
-        <v>0.44288359500000141</v>
+        <v>0.44289117599999983</v>
       </c>
       <c r="D105" s="5">
-        <v>25.664436344813812</v>
+        <v>25.664936091097612</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>23.547740341000001</v>
+        <v>23.547732419999999</v>
       </c>
       <c r="C106" s="5">
-        <v>6.1335574000001003E-2</v>
+        <v>6.1330604999998428E-2</v>
       </c>
       <c r="D106" s="5">
-        <v>3.1792492244189674</v>
+        <v>3.1789883577445721</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>24.068658669000001</v>
+        <v>24.068653912999999</v>
       </c>
       <c r="C107" s="5">
-        <v>0.52091832800000049</v>
+        <v>0.52092149299999946</v>
       </c>
       <c r="D107" s="5">
-        <v>30.02647741067641</v>
+        <v>30.026693950402404</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>23.329223041999999</v>
+        <v>23.329220188000001</v>
       </c>
       <c r="C108" s="5">
-        <v>-0.73943562700000243</v>
+        <v>-0.73943372499999782</v>
       </c>
       <c r="D108" s="5">
-        <v>-31.23290993511063</v>
+        <v>-31.232847825568754</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>23.310152612</v>
+        <v>23.310151779000002</v>
       </c>
       <c r="C109" s="5">
-        <v>-1.9070429999999305E-2</v>
+        <v>-1.9068408999999065E-2</v>
       </c>
       <c r="D109" s="5">
-        <v>-0.97653950233009823</v>
+        <v>-0.97643659669133243</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>23.072335138</v>
+        <v>23.072337985000001</v>
       </c>
       <c r="C110" s="5">
-        <v>-0.23781747399999986</v>
+        <v>-0.23781379400000091</v>
       </c>
       <c r="D110" s="5">
-        <v>-11.578635010186101</v>
+        <v>-11.578466164094559</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>23.624517355999998</v>
+        <v>23.624543785</v>
       </c>
       <c r="C111" s="5">
-        <v>0.55218221799999867</v>
+        <v>0.55220579999999941</v>
       </c>
       <c r="D111" s="5">
-        <v>32.817933670341226</v>
+        <v>32.819520028847293</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>23.684250496000001</v>
+        <v>23.684257161000001</v>
       </c>
       <c r="C112" s="5">
-        <v>5.9733140000002294E-2</v>
+        <v>5.9713376000001261E-2</v>
       </c>
       <c r="D112" s="5">
-        <v>3.0766776947452668</v>
+        <v>3.0756420273858165</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>23.634926823000001</v>
+        <v>23.634941375</v>
       </c>
       <c r="C113" s="5">
-        <v>-4.9323672999999957E-2</v>
+        <v>-4.9315786000001083E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>-2.4706353199669295</v>
+        <v>-2.4702440842170437</v>
       </c>
       <c r="E113" s="5">
-        <v>0.9471997850417635</v>
+        <v>0.94722966610276682</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>23.814614316</v>
+        <v>23.814612434000001</v>
       </c>
       <c r="C114" s="5">
-        <v>0.17968749299999942</v>
+        <v>0.17967105900000035</v>
       </c>
       <c r="D114" s="5">
-        <v>9.5144646802630906</v>
+        <v>9.5135516936702516</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>23.897105046</v>
+        <v>23.897095391000001</v>
       </c>
       <c r="C115" s="5">
-        <v>8.2490729999999957E-2</v>
+        <v>8.2482956999999857E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>4.2367550145698596</v>
+        <v>4.2363484960102227</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>23.781606812</v>
+        <v>23.781585625999998</v>
       </c>
       <c r="C116" s="5">
-        <v>-0.11549823400000037</v>
+        <v>-0.11550976500000232</v>
       </c>
       <c r="D116" s="5">
-        <v>-5.6480625218672369</v>
+        <v>-5.648613723924556</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>23.317776381000002</v>
+        <v>23.317767957000001</v>
       </c>
       <c r="C117" s="5">
-        <v>-0.4638304309999981</v>
+        <v>-0.46381766899999732</v>
       </c>
       <c r="D117" s="5">
-        <v>-21.050158473002224</v>
+        <v>-21.049656741280209</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>23.034443233000001</v>
+        <v>23.034430955000001</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.28333314800000053</v>
+        <v>-0.28333700199999967</v>
       </c>
       <c r="D118" s="5">
-        <v>-13.645090095460278</v>
+        <v>-13.645268081552441</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>23.936774583999998</v>
+        <v>23.936765784999999</v>
       </c>
       <c r="C119" s="5">
-        <v>0.90233135099999728</v>
+        <v>0.90233482999999737</v>
       </c>
       <c r="D119" s="5">
-        <v>58.582378640585688</v>
+        <v>58.582693460951482</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>23.997591315000001</v>
+        <v>23.997587111000001</v>
       </c>
       <c r="C120" s="5">
-        <v>6.0816731000002733E-2</v>
+        <v>6.0821326000002784E-2</v>
       </c>
       <c r="D120" s="5">
-        <v>3.091836188865793</v>
+        <v>3.092074218939489</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>23.818175158999999</v>
+        <v>23.818177599999999</v>
       </c>
       <c r="C121" s="5">
-        <v>-0.17941615600000205</v>
+        <v>-0.17940951100000291</v>
       </c>
       <c r="D121" s="5">
-        <v>-8.6118297911354382</v>
+        <v>-8.6115252826642461</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>24.117460830999999</v>
+        <v>24.117469943</v>
       </c>
       <c r="C122" s="5">
-        <v>0.29928567199999989</v>
+        <v>0.29929234300000118</v>
       </c>
       <c r="D122" s="5">
-        <v>16.165499843570519</v>
+        <v>16.165883654166645</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>23.483565760000001</v>
+        <v>23.483601491999998</v>
       </c>
       <c r="C123" s="5">
-        <v>-0.63389507099999776</v>
+        <v>-0.63386845100000144</v>
       </c>
       <c r="D123" s="5">
-        <v>-27.357712547271152</v>
+        <v>-27.356715519731743</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>23.854070434</v>
+        <v>23.854092129000001</v>
       </c>
       <c r="C124" s="5">
-        <v>0.37050467399999931</v>
+        <v>0.37049063700000318</v>
       </c>
       <c r="D124" s="5">
-        <v>20.665043406962514</v>
+        <v>20.664157122204706</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>24.245615425</v>
+        <v>24.245657219000002</v>
       </c>
       <c r="C125" s="5">
-        <v>0.39154499099999995</v>
+        <v>0.39156509000000028</v>
       </c>
       <c r="D125" s="5">
-        <v>21.576204225505279</v>
+        <v>21.577392205113387</v>
       </c>
       <c r="E125" s="5">
-        <v>2.5838396140313691</v>
+        <v>2.5839532847159452</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>25.041278924</v>
+        <v>25.041252558</v>
       </c>
       <c r="C126" s="5">
-        <v>0.79566349899999977</v>
+        <v>0.79559533899999835</v>
       </c>
       <c r="D126" s="5">
-        <v>47.326041803274421</v>
+        <v>47.321132964574808</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>25.454753351000001</v>
+        <v>25.454728569</v>
       </c>
       <c r="C127" s="5">
-        <v>0.41347442700000059</v>
+        <v>0.4134760110000002</v>
       </c>
       <c r="D127" s="5">
-        <v>21.716274369899089</v>
+        <v>21.71639024037335</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>26.227011448999999</v>
+        <v>26.226981517999999</v>
       </c>
       <c r="C128" s="5">
-        <v>0.77225809799999823</v>
+        <v>0.77225294899999852</v>
       </c>
       <c r="D128" s="5">
-        <v>43.139320587949889</v>
+        <v>43.139032607561468</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>26.179891683000001</v>
+        <v>26.179876397000001</v>
       </c>
       <c r="C129" s="5">
-        <v>-4.7119765999998009E-2</v>
+        <v>-4.7105120999997752E-2</v>
       </c>
       <c r="D129" s="5">
-        <v>-2.1347580021848556</v>
+        <v>-2.1341034632667455</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>26.135767403999999</v>
+        <v>26.135745671999999</v>
       </c>
       <c r="C130" s="5">
-        <v>-4.412427900000182E-2</v>
+        <v>-4.4130725000002258E-2</v>
       </c>
       <c r="D130" s="5">
-        <v>-2.0038681698308691</v>
+        <v>-2.0041593603418173</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>26.366657346</v>
+        <v>26.366647829000001</v>
       </c>
       <c r="C131" s="5">
-        <v>0.23088994200000101</v>
+        <v>0.23090215700000272</v>
       </c>
       <c r="D131" s="5">
-        <v>11.131666108057203</v>
+        <v>11.132293634125734</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>26.151224500000001</v>
+        <v>26.151222577999999</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.21543284599999879</v>
+        <v>-0.21542525100000276</v>
       </c>
       <c r="D132" s="5">
-        <v>-9.3759545850532255</v>
+        <v>-9.3756419829366227</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>26.189997542</v>
+        <v>26.190005973000002</v>
       </c>
       <c r="C133" s="5">
-        <v>3.8773041999998981E-2</v>
+        <v>3.878339500000294E-2</v>
       </c>
       <c r="D133" s="5">
-        <v>1.7937570879935638</v>
+        <v>1.7942400952388748</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>26.512017294</v>
+        <v>26.512036029000001</v>
       </c>
       <c r="C134" s="5">
-        <v>0.32201975199999922</v>
+        <v>0.32203005599999912</v>
       </c>
       <c r="D134" s="5">
-        <v>15.794464979574174</v>
+        <v>15.794999595075998</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>26.513138190999999</v>
+        <v>26.513179437000002</v>
       </c>
       <c r="C135" s="5">
-        <v>1.120896999999843E-3</v>
+        <v>1.1434080000007896E-3</v>
       </c>
       <c r="D135" s="5">
-        <v>5.074639189297514E-2</v>
+        <v>5.1765738004982964E-2</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>27.023566599999999</v>
+        <v>27.023605559</v>
       </c>
       <c r="C136" s="5">
-        <v>0.51042840899999931</v>
+        <v>0.51042612199999837</v>
       </c>
       <c r="D136" s="5">
-        <v>25.712476013277485</v>
+        <v>25.712304017913958</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>26.930087821000001</v>
+        <v>26.930156473</v>
       </c>
       <c r="C137" s="5">
-        <v>-9.3478778999998013E-2</v>
+        <v>-9.3449085999999681E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>-4.0729187313247479</v>
+        <v>-4.0716437393710114</v>
       </c>
       <c r="E137" s="5">
-        <v>11.071991157757965</v>
+        <v>11.072082846639852</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>26.360780075000001</v>
+        <v>26.360726727999999</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.56930774599999978</v>
+        <v>-0.56942974500000076</v>
       </c>
       <c r="D138" s="5">
-        <v>-22.616947310732392</v>
+        <v>-22.621193659689066</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>26.275217808000001</v>
+        <v>26.275176714000001</v>
       </c>
       <c r="C139" s="5">
-        <v>-8.5562267000000247E-2</v>
+        <v>-8.5550013999998953E-2</v>
       </c>
       <c r="D139" s="5">
-        <v>-3.8261940275632789</v>
+        <v>-3.8256634424293612</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>26.419179944</v>
+        <v>26.419141619000001</v>
       </c>
       <c r="C140" s="5">
-        <v>0.14396213599999896</v>
+        <v>0.1439649050000007</v>
       </c>
       <c r="D140" s="5">
-        <v>6.7766023502608297</v>
+        <v>6.7767475658188525</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>26.143564921999999</v>
+        <v>26.143541800000001</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.27561502200000021</v>
+        <v>-0.27559981899999997</v>
       </c>
       <c r="D141" s="5">
-        <v>-11.824954119521824</v>
+        <v>-11.824354992230379</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>26.059883261</v>
+        <v>26.059853977</v>
       </c>
       <c r="C142" s="5">
-        <v>-8.3681660999999963E-2</v>
+        <v>-8.3687823000001771E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>-3.7741177757201649</v>
+        <v>-3.7743940925278774</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>25.956016891000001</v>
+        <v>25.956007884999998</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.10386636999999865</v>
+        <v>-0.10384609200000128</v>
       </c>
       <c r="D143" s="5">
-        <v>-4.6793519008252566</v>
+        <v>-4.6784634145967559</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>25.489052288</v>
+        <v>25.489054776</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.46696460300000098</v>
+        <v>-0.46695310899999853</v>
       </c>
       <c r="D144" s="5">
-        <v>-19.575627475182976</v>
+        <v>-19.575198411141471</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>25.690601583999999</v>
+        <v>25.690616663</v>
       </c>
       <c r="C145" s="5">
-        <v>0.2015492959999996</v>
+        <v>0.20156188700000044</v>
       </c>
       <c r="D145" s="5">
-        <v>9.9124857956498946</v>
+        <v>9.9131312064674617</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>25.467116480000001</v>
+        <v>25.467145768000002</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.2234851039999981</v>
+        <v>-0.22347089499999839</v>
       </c>
       <c r="D146" s="5">
-        <v>-9.9536720102579412</v>
+        <v>-9.9530635629394126</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>25.432947124999998</v>
+        <v>25.432987447999999</v>
       </c>
       <c r="C147" s="5">
-        <v>-3.4169355000003065E-2</v>
+        <v>-3.4158320000003073E-2</v>
       </c>
       <c r="D147" s="5">
-        <v>-1.5982177224590055</v>
+        <v>-1.5977035554768371</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>25.108811475</v>
+        <v>25.108869322</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.32413564999999878</v>
+        <v>-0.32411812599999834</v>
       </c>
       <c r="D148" s="5">
-        <v>-14.265896652499599</v>
+        <v>-14.2651575650528</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>24.805843572000001</v>
+        <v>24.805937272000001</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.30296790299999898</v>
+        <v>-0.30293204999999901</v>
       </c>
       <c r="D149" s="5">
-        <v>-13.556142752907663</v>
+        <v>-13.554614261201259</v>
       </c>
       <c r="E149" s="5">
-        <v>-7.8879959958523482</v>
+        <v>-7.8878828763201847</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>25.70593109</v>
+        <v>25.705839515000001</v>
       </c>
       <c r="C150" s="5">
-        <v>0.90008751799999942</v>
+        <v>0.89990224299999966</v>
       </c>
       <c r="D150" s="5">
-        <v>53.374111498836953</v>
+        <v>53.360603376081862</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>26.134156127000001</v>
+        <v>26.134103775</v>
       </c>
       <c r="C151" s="5">
-        <v>0.4282250370000007</v>
+        <v>0.42826425999999884</v>
       </c>
       <c r="D151" s="5">
-        <v>21.927510738988754</v>
+        <v>21.929792086780697</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>26.362403036</v>
+        <v>26.362364255999999</v>
       </c>
       <c r="C152" s="5">
-        <v>0.22824690899999922</v>
+        <v>0.22826048099999952</v>
       </c>
       <c r="D152" s="5">
-        <v>10.99877071322075</v>
+        <v>10.999479556510639</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>26.961302356000001</v>
+        <v>26.961273812000002</v>
       </c>
       <c r="C153" s="5">
-        <v>0.59889932000000101</v>
+        <v>0.5989095560000024</v>
       </c>
       <c r="D153" s="5">
-        <v>30.939433403663962</v>
+        <v>30.940081291942899</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>27.133296080000001</v>
+        <v>27.133261995000002</v>
       </c>
       <c r="C154" s="5">
-        <v>0.17199372400000001</v>
+        <v>0.17198818299999985</v>
       </c>
       <c r="D154" s="5">
-        <v>7.9295198572588266</v>
+        <v>7.9292640603026987</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>27.274277995999999</v>
+        <v>27.274273736000001</v>
       </c>
       <c r="C155" s="5">
-        <v>0.14098191599999765</v>
+        <v>0.1410117409999998</v>
       </c>
       <c r="D155" s="5">
-        <v>6.4163862040343522</v>
+        <v>6.417790929159084</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>27.676920374000002</v>
+        <v>27.676929552000001</v>
       </c>
       <c r="C156" s="5">
-        <v>0.40264237800000302</v>
+        <v>0.40265581599999933</v>
       </c>
       <c r="D156" s="5">
-        <v>19.22683577014044</v>
+        <v>19.227533682845642</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>27.628728313</v>
+        <v>27.628748565999999</v>
       </c>
       <c r="C157" s="5">
-        <v>-4.8192061000001729E-2</v>
+        <v>-4.818098600000198E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>-2.0695887939789603</v>
+        <v>-2.0691170474566811</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>27.683708670000001</v>
+        <v>27.683745646999999</v>
       </c>
       <c r="C158" s="5">
-        <v>5.498035700000159E-2</v>
+        <v>5.4997080999999781E-2</v>
       </c>
       <c r="D158" s="5">
-        <v>2.4142747493439476</v>
+        <v>2.4150153956956633</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>28.012539570000001</v>
+        <v>28.012573399000001</v>
       </c>
       <c r="C159" s="5">
-        <v>0.32883089999999982</v>
+        <v>0.32882775200000225</v>
       </c>
       <c r="D159" s="5">
-        <v>15.222833985253459</v>
+        <v>15.222656923734101</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>28.068955897999999</v>
+        <v>28.069019793999999</v>
       </c>
       <c r="C160" s="5">
-        <v>5.6416327999997407E-2</v>
+        <v>5.6446394999998262E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>2.4437108465299451</v>
+        <v>2.4450247008301451</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>28.199933396999999</v>
+        <v>28.200029916999998</v>
       </c>
       <c r="C161" s="5">
-        <v>0.13097749900000011</v>
+        <v>0.13101012299999937</v>
       </c>
       <c r="D161" s="5">
-        <v>5.7454995730719327</v>
+        <v>5.7469541834232141</v>
       </c>
       <c r="E161" s="5">
-        <v>13.682622061001503</v>
+        <v>13.682581745585232</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>26.569440248999999</v>
+        <v>26.569331378000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.6304931479999993</v>
+        <v>-1.6306985389999973</v>
       </c>
       <c r="D162" s="5">
-        <v>-51.065870264585456</v>
+        <v>-51.0702860620477</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>26.414543081000001</v>
+        <v>26.414489614000001</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.15489716799999798</v>
+        <v>-0.15484176400000038</v>
       </c>
       <c r="D163" s="5">
-        <v>-6.7758630007340725</v>
+        <v>-6.7735434152506491</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>25.557050872000001</v>
+        <v>25.557016158</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.85749220900000012</v>
+        <v>-0.85747345600000102</v>
       </c>
       <c r="D164" s="5">
-        <v>-32.700534134655243</v>
+        <v>-32.699996390831664</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>25.793187247999999</v>
+        <v>25.793157446999999</v>
       </c>
       <c r="C165" s="5">
-        <v>0.23613637599999748</v>
+        <v>0.23614128899999898</v>
       </c>
       <c r="D165" s="5">
-        <v>11.668654191074967</v>
+        <v>11.668926098434373</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>26.1304379</v>
+        <v>26.130406417</v>
       </c>
       <c r="C166" s="5">
-        <v>0.33725065200000159</v>
+        <v>0.33724897000000098</v>
       </c>
       <c r="D166" s="5">
-        <v>16.869213712910391</v>
+        <v>16.86914435212179</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>25.477664538999999</v>
+        <v>25.477663449000001</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.65277336100000127</v>
+        <v>-0.65274296799999831</v>
       </c>
       <c r="D167" s="5">
-        <v>-26.183214909353978</v>
+        <v>-26.182185549304503</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>25.854952402999999</v>
+        <v>25.854968311</v>
       </c>
       <c r="C168" s="5">
-        <v>0.37728786399999947</v>
+        <v>0.37730486199999902</v>
       </c>
       <c r="D168" s="5">
-        <v>19.291508659306977</v>
+        <v>19.29245067613563</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>25.920140537000002</v>
+        <v>25.920161500999999</v>
       </c>
       <c r="C169" s="5">
-        <v>6.5188134000003117E-2</v>
+        <v>6.519318999999868E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>3.0678725423525677</v>
+        <v>3.0681118824714249</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>26.408685211000002</v>
+        <v>26.408722049000001</v>
       </c>
       <c r="C170" s="5">
-        <v>0.4885446739999999</v>
+        <v>0.48856054800000237</v>
       </c>
       <c r="D170" s="5">
-        <v>25.116081790455436</v>
+        <v>25.11696180099927</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>27.099463403000001</v>
+        <v>27.099488397999998</v>
       </c>
       <c r="C171" s="5">
-        <v>0.69077819199999979</v>
+        <v>0.69076634899999689</v>
       </c>
       <c r="D171" s="5">
-        <v>36.322310901398971</v>
+        <v>36.321537831196117</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>27.072772526000001</v>
+        <v>27.072834878999998</v>
       </c>
       <c r="C172" s="5">
-        <v>-2.6690877000000057E-2</v>
+        <v>-2.6653518999999903E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>-1.1755257480761339</v>
+        <v>-1.1738882317575139</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>27.530737938000001</v>
+        <v>27.530830157</v>
       </c>
       <c r="C173" s="5">
-        <v>0.45796541200000007</v>
+        <v>0.45799527800000206</v>
       </c>
       <c r="D173" s="5">
-        <v>22.298581243795113</v>
+        <v>22.300117091413728</v>
       </c>
       <c r="E173" s="5">
-        <v>-2.3730391472172374</v>
+        <v>-2.3730462767934113</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>27.554821018999998</v>
+        <v>27.554698001999999</v>
       </c>
       <c r="C174" s="5">
-        <v>2.4083080999997009E-2</v>
+        <v>2.3867844999998056E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>1.0547899891468537</v>
+        <v>1.0453145773900774</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>27.467068415</v>
+        <v>27.46702144</v>
       </c>
       <c r="C175" s="5">
-        <v>-8.7752603999998513E-2</v>
+        <v>-8.7676561999998626E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>-3.7553543577407811</v>
+        <v>-3.7521733530914592</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>27.031708836</v>
+        <v>27.031684887000001</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.435359579</v>
+        <v>-0.43533655299999907</v>
       </c>
       <c r="D176" s="5">
-        <v>-17.44672632935006</v>
+        <v>-17.445909769700517</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>28.272837137</v>
+        <v>28.272813576000001</v>
       </c>
       <c r="C177" s="5">
-        <v>1.2411283009999998</v>
+        <v>1.241128689</v>
       </c>
       <c r="D177" s="5">
-        <v>71.376270213282652</v>
+        <v>71.376378417986231</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>28.425256895</v>
+        <v>28.425230489</v>
       </c>
       <c r="C178" s="5">
-        <v>0.15241975800000063</v>
+        <v>0.15241691299999971</v>
       </c>
       <c r="D178" s="5">
-        <v>6.6645443146242433</v>
+        <v>6.6644219252753878</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>28.756748693999999</v>
+        <v>28.756753198999998</v>
       </c>
       <c r="C179" s="5">
-        <v>0.33149179899999837</v>
+        <v>0.331522709999998</v>
       </c>
       <c r="D179" s="5">
-        <v>14.927670886393418</v>
+        <v>14.929168112073121</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>29.330277431999999</v>
+        <v>29.330299111999999</v>
       </c>
       <c r="C180" s="5">
-        <v>0.57352873800000026</v>
+        <v>0.57354591300000024</v>
       </c>
       <c r="D180" s="5">
-        <v>26.740864709645628</v>
+        <v>26.741750644731944</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>28.929435251000001</v>
+        <v>28.929453420000002</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.40084218099999802</v>
+        <v>-0.4008456919999972</v>
       </c>
       <c r="D181" s="5">
-        <v>-15.221560971375968</v>
+        <v>-15.221674020698595</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>28.555446418999999</v>
+        <v>28.555477408000002</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.37398883200000199</v>
+        <v>-0.37397601199999997</v>
       </c>
       <c r="D182" s="5">
-        <v>-14.456309717042515</v>
+        <v>-14.45584041327268</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>27.666253725000001</v>
+        <v>27.666268378000002</v>
       </c>
       <c r="C183" s="5">
-        <v>-0.88919269399999834</v>
+        <v>-0.88920902999999996</v>
       </c>
       <c r="D183" s="5">
-        <v>-31.587286367496702</v>
+        <v>-31.587742476701496</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>27.699362549</v>
+        <v>27.699409528</v>
       </c>
       <c r="C184" s="5">
-        <v>3.310882399999926E-2</v>
+        <v>3.3141149999998731E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>1.4455567723666851</v>
+        <v>1.4469766907264425</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>27.294926883999999</v>
+        <v>27.294989060999999</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.40443566500000117</v>
+        <v>-0.40442046700000134</v>
       </c>
       <c r="D185" s="5">
-        <v>-16.180333738712726</v>
+        <v>-16.179748404359884</v>
       </c>
       <c r="E185" s="5">
-        <v>-0.85653735301630674</v>
+        <v>-0.85664360520576466</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>26.743668111000002</v>
+        <v>26.743566181999999</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.55125877299999715</v>
+        <v>-0.55142287900000042</v>
       </c>
       <c r="D186" s="5">
-        <v>-21.716818965780369</v>
+        <v>-21.722539039567401</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>27.089182586</v>
+        <v>27.089151111</v>
       </c>
       <c r="C187" s="5">
-        <v>0.3455144749999981</v>
+        <v>0.34558492900000104</v>
       </c>
       <c r="D187" s="5">
-        <v>16.653860801978681</v>
+        <v>16.657569663851369</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>27.076602927</v>
+        <v>27.076587906</v>
       </c>
       <c r="C188" s="5">
-        <v>-1.2579659000000021E-2</v>
+        <v>-1.25632049999993E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>-0.55583423093006346</v>
+        <v>-0.55510970511424285</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>27.423883743000001</v>
+        <v>27.423868647999999</v>
       </c>
       <c r="C189" s="5">
-        <v>0.34728081600000138</v>
+        <v>0.34728074199999881</v>
       </c>
       <c r="D189" s="5">
-        <v>16.524539670643513</v>
+        <v>16.524545720768913</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>27.305239746000002</v>
+        <v>27.305223754</v>
       </c>
       <c r="C190" s="5">
-        <v>-0.1186439969999995</v>
+        <v>-0.11864489399999911</v>
       </c>
       <c r="D190" s="5">
-        <v>-5.0697949053740921</v>
+        <v>-5.0698350523471269</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>27.793575660999998</v>
+        <v>27.793582059999999</v>
       </c>
       <c r="C191" s="5">
-        <v>0.48833591499999685</v>
+        <v>0.48835830599999852</v>
       </c>
       <c r="D191" s="5">
-        <v>23.7032593106143</v>
+        <v>23.704470482797891</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>28.241376243000001</v>
+        <v>28.241398856</v>
       </c>
       <c r="C192" s="5">
-        <v>0.44780058200000283</v>
+        <v>0.44781679600000146</v>
       </c>
       <c r="D192" s="5">
-        <v>21.142688801725562</v>
+        <v>21.143518105616543</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>28.157574371999999</v>
+        <v>28.157586297999998</v>
       </c>
       <c r="C193" s="5">
-        <v>-8.3801871000002137E-2</v>
+        <v>-8.3812558000001758E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>-3.5032696302762845</v>
+        <v>-3.5037063650380396</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>28.55570779</v>
+        <v>28.555728592000001</v>
       </c>
       <c r="C194" s="5">
-        <v>0.39813341800000046</v>
+        <v>0.39814229400000301</v>
       </c>
       <c r="D194" s="5">
-        <v>18.351092601726293</v>
+        <v>18.351525661915225</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>28.657525214</v>
+        <v>28.657532575000001</v>
       </c>
       <c r="C195" s="5">
-        <v>0.10181742400000005</v>
+        <v>0.10180398299999993</v>
       </c>
       <c r="D195" s="5">
-        <v>4.3635991595908807</v>
+        <v>4.3630085347434289</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>28.818248499999999</v>
+        <v>28.818277701</v>
       </c>
       <c r="C196" s="5">
-        <v>0.16072328599999963</v>
+        <v>0.16074512599999835</v>
       </c>
       <c r="D196" s="5">
-        <v>6.9416265473472016</v>
+        <v>6.9425972653120116</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>29.088541969000001</v>
+        <v>29.088574982000001</v>
       </c>
       <c r="C197" s="5">
-        <v>0.27029346900000206</v>
+        <v>0.27029728100000128</v>
       </c>
       <c r="D197" s="5">
-        <v>11.854241097360552</v>
+        <v>11.854404358845283</v>
       </c>
       <c r="E197" s="5">
-        <v>6.5712397495059749</v>
+        <v>6.5711179330082192</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>29.442787505999998</v>
+        <v>29.442710239</v>
       </c>
       <c r="C198" s="5">
-        <v>0.35424553699999706</v>
+        <v>0.35413525699999937</v>
       </c>
       <c r="D198" s="5">
-        <v>15.633495969093181</v>
+        <v>15.628279776073818</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>29.582055185000002</v>
+        <v>29.582041421</v>
       </c>
       <c r="C199" s="5">
-        <v>0.13926767900000314</v>
+        <v>0.13933118199999939</v>
       </c>
       <c r="D199" s="5">
-        <v>5.8261556401936643</v>
+        <v>5.828897459377913</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>29.767938857000001</v>
+        <v>29.767932514000002</v>
       </c>
       <c r="C200" s="5">
-        <v>0.18588367199999922</v>
+        <v>0.18589109300000217</v>
       </c>
       <c r="D200" s="5">
-        <v>7.8065293559478555</v>
+        <v>7.8068556228482189</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>29.928900815999999</v>
+        <v>29.928894398000001</v>
       </c>
       <c r="C201" s="5">
-        <v>0.16096195899999799</v>
+        <v>0.16096188399999889</v>
       </c>
       <c r="D201" s="5">
-        <v>6.6851628347897041</v>
+        <v>6.6851610937447514</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>30.358767277999998</v>
+        <v>30.358761118</v>
       </c>
       <c r="C202" s="5">
-        <v>0.42986646199999967</v>
+        <v>0.4298667199999997</v>
       </c>
       <c r="D202" s="5">
-        <v>18.664384724541215</v>
+        <v>18.664401149734601</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>30.707767155999999</v>
+        <v>30.707774399000002</v>
       </c>
       <c r="C203" s="5">
-        <v>0.34899987800000076</v>
+        <v>0.34901328100000129</v>
       </c>
       <c r="D203" s="5">
-        <v>14.701545744924459</v>
+        <v>14.70214968517698</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>30.662408746000001</v>
+        <v>30.662427608000002</v>
       </c>
       <c r="C204" s="5">
-        <v>-4.5358409999998628E-2</v>
+        <v>-4.5346791000000053E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>-1.7581893611847144</v>
+        <v>-1.7577422241942364</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>31.549538431999999</v>
+        <v>31.549544762</v>
       </c>
       <c r="C205" s="5">
-        <v>0.88712968599999797</v>
+        <v>0.88711715399999846</v>
       </c>
       <c r="D205" s="5">
-        <v>40.812397990981111</v>
+        <v>40.811697568858939</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>31.721365521999999</v>
+        <v>31.721376814999999</v>
       </c>
       <c r="C206" s="5">
-        <v>0.17182709000000074</v>
+        <v>0.17183205299999926</v>
       </c>
       <c r="D206" s="5">
-        <v>6.7348815435136489</v>
+        <v>6.7350805434811534</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>31.729839767000001</v>
+        <v>31.729841030999999</v>
       </c>
       <c r="C207" s="5">
-        <v>8.4742450000021563E-3</v>
+        <v>8.4642160000001354E-3</v>
       </c>
       <c r="D207" s="5">
-        <v>0.32104698653347974</v>
+        <v>0.32066636551444372</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>32.182122866</v>
+        <v>32.182133784000001</v>
       </c>
       <c r="C208" s="5">
-        <v>0.45228309899999886</v>
+        <v>0.45229275300000182</v>
       </c>
       <c r="D208" s="5">
-        <v>18.511833009970459</v>
+        <v>18.512258828918583</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>32.118847189</v>
+        <v>32.118853274000003</v>
       </c>
       <c r="C209" s="5">
-        <v>-6.327567700000003E-2</v>
+        <v>-6.3280509999998458E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>-2.3340616042082818</v>
+        <v>-2.3342371730382672</v>
       </c>
       <c r="E209" s="5">
-        <v>10.417521865583467</v>
+        <v>10.417417470175616</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>31.618429311</v>
+        <v>31.618389620999999</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.50041787800000037</v>
+        <v>-0.50046365300000417</v>
       </c>
       <c r="D210" s="5">
-        <v>-17.174491014545403</v>
+        <v>-17.17592693201404</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>32.048634505000003</v>
+        <v>32.048632314000002</v>
       </c>
       <c r="C211" s="5">
-        <v>0.43020519400000268</v>
+        <v>0.43024269300000384</v>
       </c>
       <c r="D211" s="5">
-        <v>17.606373926949725</v>
+        <v>17.608049006240645</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>31.927009390999999</v>
+        <v>31.927007223</v>
       </c>
       <c r="C212" s="5">
-        <v>-0.12162511400000398</v>
+        <v>-0.12162509100000207</v>
       </c>
       <c r="D212" s="5">
-        <v>-4.4601584633557785</v>
+        <v>-4.4601579360225792</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>31.28994368</v>
+        <v>31.289942419999999</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.6370657109999982</v>
+        <v>-0.63706480300000123</v>
       </c>
       <c r="D213" s="5">
-        <v>-21.483940160226179</v>
+        <v>-21.483914121444148</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>31.552600574</v>
+        <v>31.552601458000002</v>
       </c>
       <c r="C214" s="5">
-        <v>0.26265689399999914</v>
+        <v>0.26265903800000245</v>
       </c>
       <c r="D214" s="5">
-        <v>10.551474489129165</v>
+        <v>10.551565077570624</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>31.216084482999999</v>
+        <v>31.216088717000002</v>
       </c>
       <c r="C215" s="5">
-        <v>-0.33651609100000002</v>
+        <v>-0.33651274099999995</v>
       </c>
       <c r="D215" s="5">
-        <v>-12.073616132382003</v>
+        <v>-12.073502582255347</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>31.192192161000001</v>
+        <v>31.192205183999999</v>
       </c>
       <c r="C216" s="5">
-        <v>-2.3892321999998245E-2</v>
+        <v>-2.3883533000002899E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>-0.91460544220509643</v>
+        <v>-0.91427028761488227</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>31.084120944999999</v>
+        <v>31.084122865000001</v>
       </c>
       <c r="C217" s="5">
-        <v>-0.10807121600000258</v>
+        <v>-0.10808231899999754</v>
       </c>
       <c r="D217" s="5">
-        <v>-4.0793067572186592</v>
+        <v>-4.0797162307004697</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>31.032753859</v>
+        <v>31.032757256</v>
       </c>
       <c r="C218" s="5">
-        <v>-5.1367085999999063E-2</v>
+        <v>-5.13656090000012E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>-1.9650977580427109</v>
+        <v>-1.9650416462473008</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>31.619143277999999</v>
+        <v>31.619142846999999</v>
       </c>
       <c r="C219" s="5">
-        <v>0.58638941899999963</v>
+        <v>0.5863855909999991</v>
       </c>
       <c r="D219" s="5">
-        <v>25.186466489491632</v>
+        <v>25.186281570242762</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>31.36330281</v>
+        <v>31.363305644</v>
       </c>
       <c r="C220" s="5">
-        <v>-0.25584046799999882</v>
+        <v>-0.25583720299999868</v>
       </c>
       <c r="D220" s="5">
-        <v>-9.2889254725180397</v>
+        <v>-9.2888122744310468</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>31.778741095000001</v>
+        <v>31.778742988000001</v>
       </c>
       <c r="C221" s="5">
-        <v>0.41543828500000046</v>
+        <v>0.41543734400000076</v>
       </c>
       <c r="D221" s="5">
-        <v>17.105898735385328</v>
+        <v>17.105855463937591</v>
       </c>
       <c r="E221" s="5">
-        <v>-1.0588988203676153</v>
+        <v>-1.0589116712809821</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>31.78225188</v>
+        <v>31.782229546</v>
       </c>
       <c r="C222" s="5">
-        <v>3.5107849999995722E-3</v>
+        <v>3.4865579999987517E-3</v>
       </c>
       <c r="D222" s="5">
-        <v>0.13265166129030614</v>
+        <v>0.1317357069194669</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>32.102784692</v>
+        <v>32.102783311000003</v>
       </c>
       <c r="C223" s="5">
-        <v>0.32053281199999972</v>
+        <v>0.32055376500000321</v>
       </c>
       <c r="D223" s="5">
-        <v>12.796724985575647</v>
+        <v>12.797617935018613</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>32.058479183999999</v>
+        <v>32.058479441000003</v>
       </c>
       <c r="C224" s="5">
-        <v>-4.4305508000000771E-2</v>
+        <v>-4.4303870000000245E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.6436235351046879</v>
+        <v>-1.6435633000568606</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>32.219760333000004</v>
+        <v>32.219762334999999</v>
       </c>
       <c r="C225" s="5">
-        <v>0.16128114900000412</v>
+        <v>0.16128289399999574</v>
       </c>
       <c r="D225" s="5">
-        <v>6.2068856347999191</v>
+        <v>6.2069546087766936</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>32.293289018999999</v>
+        <v>32.293290957000004</v>
       </c>
       <c r="C226" s="5">
-        <v>7.3528685999995957E-2</v>
+        <v>7.3528622000004873E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>2.7731543814749182</v>
+        <v>2.773151762840409</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>32.149806417999997</v>
+        <v>32.149809523999998</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.14348260100000232</v>
+        <v>-0.14348143300000515</v>
       </c>
       <c r="D227" s="5">
-        <v>-5.2033492082375732</v>
+        <v>-5.2033075760963499</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>32.586915879999999</v>
+        <v>32.586923480000003</v>
       </c>
       <c r="C228" s="5">
-        <v>0.43710946200000222</v>
+        <v>0.43711395600000458</v>
       </c>
       <c r="D228" s="5">
-        <v>17.592268090596708</v>
+        <v>17.592460865205449</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>33.374797540000003</v>
+        <v>33.374798585000001</v>
       </c>
       <c r="C229" s="5">
-        <v>0.78788166000000359</v>
+        <v>0.78787510499999769</v>
       </c>
       <c r="D229" s="5">
-        <v>33.200103960503391</v>
+        <v>33.199781225523097</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>32.652791796999999</v>
+        <v>32.652793260999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.72200574300000397</v>
+        <v>-0.72200532400000128</v>
       </c>
       <c r="D230" s="5">
-        <v>-23.083387032549641</v>
+        <v>-23.083374549611669</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>32.808527138999999</v>
+        <v>32.808524755999997</v>
       </c>
       <c r="C231" s="5">
-        <v>0.15573534199999983</v>
+        <v>0.15573149499999772</v>
       </c>
       <c r="D231" s="5">
-        <v>5.8758672101406173</v>
+        <v>5.8757179647504376</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>32.483124466</v>
+        <v>32.483124822000001</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.32540267299999925</v>
+        <v>-0.32539993399999645</v>
       </c>
       <c r="D232" s="5">
-        <v>-11.273623812730571</v>
+        <v>-11.273534809736475</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>32.237502374000002</v>
+        <v>32.237501606999999</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.24562209199999785</v>
+        <v>-0.24562321500000195</v>
       </c>
       <c r="D233" s="5">
-        <v>-8.7058202619775251</v>
+        <v>-8.7058583335082211</v>
       </c>
       <c r="E233" s="5">
-        <v>1.4436106126059833</v>
+        <v>1.4436021562376666</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>32.151996324999999</v>
+        <v>32.151990189000003</v>
       </c>
       <c r="C234" s="5">
-        <v>-8.5506049000002804E-2</v>
+        <v>-8.5511417999995842E-2</v>
       </c>
       <c r="D234" s="5">
-        <v>-3.1368302060877151</v>
+        <v>-3.1370243793924057</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>31.666802434000001</v>
+        <v>31.666797496000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.48519389099999799</v>
+        <v>-0.4851926930000019</v>
       </c>
       <c r="D235" s="5">
-        <v>-16.678855242406897</v>
+        <v>-16.678820340157575</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>31.583220304000001</v>
+        <v>31.583219835000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-8.3582129999999921E-2</v>
+        <v>-8.3577660999999637E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>-3.121732076373207</v>
+        <v>-3.1215680576126337</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>31.734374873</v>
+        <v>31.734375953000001</v>
       </c>
       <c r="C237" s="5">
-        <v>0.15115456899999913</v>
+        <v>0.1511561179999994</v>
       </c>
       <c r="D237" s="5">
-        <v>5.8967071681540473</v>
+        <v>5.8967692856811915</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>31.113159349</v>
+        <v>31.113160851</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.62121552400000013</v>
+        <v>-0.62121510200000074</v>
       </c>
       <c r="D238" s="5">
-        <v>-21.119439660193972</v>
+        <v>-21.11942617834125</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>31.280791866000001</v>
+        <v>31.280794056000001</v>
       </c>
       <c r="C239" s="5">
-        <v>0.16763251700000126</v>
+        <v>0.16763320500000134</v>
       </c>
       <c r="D239" s="5">
-        <v>6.6604726542721426</v>
+        <v>6.6605004742551488</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>31.073041038</v>
+        <v>31.073044814999999</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.20775082800000177</v>
+        <v>-0.20774924100000192</v>
       </c>
       <c r="D240" s="5">
-        <v>-7.6850071836855989</v>
+        <v>-7.6849500872595788</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>31.054340843999999</v>
+        <v>31.054341949000001</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.8700194000000891E-2</v>
+        <v>-1.8702865999998153E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>-0.71979131066304269</v>
+        <v>-0.71989373147129943</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>31.033104043000002</v>
+        <v>31.033106254</v>
       </c>
       <c r="C242" s="5">
-        <v>-2.123680099999703E-2</v>
+        <v>-2.1235695000001442E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>-0.81755165210775083</v>
+        <v>-0.81750920553050888</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>31.030482392</v>
+        <v>31.030481918</v>
       </c>
       <c r="C243" s="5">
-        <v>-2.62165100000189E-3</v>
+        <v>-2.6243360000002269E-3</v>
       </c>
       <c r="D243" s="5">
-        <v>-0.1013279197843997</v>
+        <v>-0.10143164068360244</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>31.317286457000002</v>
+        <v>31.317287684</v>
       </c>
       <c r="C244" s="5">
-        <v>0.28680406500000188</v>
+        <v>0.28680576600000052</v>
       </c>
       <c r="D244" s="5">
-        <v>11.672740123605463</v>
+        <v>11.672813097219393</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>31.199827786</v>
+        <v>31.199829081000001</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.1174586710000014</v>
+        <v>-0.11745860299999933</v>
       </c>
       <c r="D245" s="5">
-        <v>-4.4090308484057372</v>
+        <v>-4.4090281791238635</v>
       </c>
       <c r="E245" s="5">
-        <v>-3.2188429983239009</v>
+        <v>-3.2188366786298328</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>31.437169973</v>
+        <v>31.437168928999998</v>
       </c>
       <c r="C246" s="5">
-        <v>0.23734218699999943</v>
+        <v>0.23733984799999774</v>
       </c>
       <c r="D246" s="5">
-        <v>9.5203836160132838</v>
+        <v>9.520285421305541</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>31.439743322999998</v>
+        <v>31.439732032999999</v>
       </c>
       <c r="C247" s="5">
-        <v>2.5733499999986975E-3</v>
+        <v>2.5631040000000382E-3</v>
       </c>
       <c r="D247" s="5">
-        <v>9.8272543268018708E-2</v>
+        <v>9.78810910104988E-2</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>32.210494382999997</v>
+        <v>32.210491279999999</v>
       </c>
       <c r="C248" s="5">
-        <v>0.77075105999999849</v>
+        <v>0.77075924700000087</v>
       </c>
       <c r="D248" s="5">
-        <v>33.727518757436982</v>
+        <v>33.727940424430926</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>31.452545519000001</v>
+        <v>31.452546252000001</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.75794886399999584</v>
+        <v>-0.75794502799999819</v>
       </c>
       <c r="D249" s="5">
-        <v>-24.854858452887118</v>
+        <v>-24.854750568417373</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>31.655072062999999</v>
+        <v>31.655073311999999</v>
       </c>
       <c r="C250" s="5">
-        <v>0.2025265439999977</v>
+        <v>0.20252705999999776</v>
       </c>
       <c r="D250" s="5">
-        <v>8.0065475116267049</v>
+        <v>8.0065684453734409</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>31.404852126000002</v>
+        <v>31.404854283999999</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.25021993699999712</v>
+        <v>-0.25021902800000007</v>
       </c>
       <c r="D251" s="5">
-        <v>-9.083783255527667</v>
+        <v>-9.0837513341737512</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>31.342665987</v>
+        <v>31.342667926000001</v>
       </c>
       <c r="C252" s="5">
-        <v>-6.2186139000001361E-2</v>
+        <v>-6.2186357999998165E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>-2.3504648024237129</v>
+        <v>-2.3504728303206823</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>31.130736401</v>
+        <v>31.130739388999999</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.21192958600000011</v>
+        <v>-0.21192853700000214</v>
       </c>
       <c r="D253" s="5">
-        <v>-7.8189788250299985</v>
+        <v>-7.8189410849081593</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>31.059398646999998</v>
+        <v>31.059403368000002</v>
       </c>
       <c r="C254" s="5">
-        <v>-7.1337754000001752E-2</v>
+        <v>-7.1336020999996919E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>-2.7154697678186679</v>
+        <v>-2.7154043730237998</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>31.169454160000001</v>
+        <v>31.169456722</v>
       </c>
       <c r="C255" s="5">
-        <v>0.11005551300000249</v>
+        <v>0.11005335399999794</v>
       </c>
       <c r="D255" s="5">
-        <v>4.3359196678289358</v>
+        <v>4.3358322720747688</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>31.149566618000001</v>
+        <v>31.149568568999999</v>
       </c>
       <c r="C256" s="5">
-        <v>-1.9887541999999314E-2</v>
+        <v>-1.9888153000000131E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>-0.762973892825769</v>
+        <v>-0.76299718878702905</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>31.045612983000002</v>
+        <v>31.045614727</v>
       </c>
       <c r="C257" s="5">
-        <v>-0.10395363499999988</v>
+        <v>-0.10395384199999924</v>
       </c>
       <c r="D257" s="5">
-        <v>-3.9319963019571413</v>
+        <v>-3.9320037467113322</v>
       </c>
       <c r="E257" s="5">
-        <v>-0.49428094301596781</v>
+        <v>-0.49427948338958139</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>31.03517145</v>
+        <v>31.035172985999999</v>
       </c>
       <c r="C258" s="5">
-        <v>-1.0441533000001613E-2</v>
+        <v>-1.0441741000001059E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>-0.40284879447802791</v>
+        <v>-0.40285678197803376</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>31.314282615</v>
+        <v>31.314264071</v>
       </c>
       <c r="C259" s="5">
-        <v>0.27911116499999977</v>
+        <v>0.27909108500000102</v>
       </c>
       <c r="D259" s="5">
-        <v>11.342204183429217</v>
+        <v>11.341346830938637</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>30.864866558999999</v>
+        <v>30.864858422000001</v>
       </c>
       <c r="C260" s="5">
-        <v>-0.44941605600000045</v>
+        <v>-0.44940564899999913</v>
       </c>
       <c r="D260" s="5">
-        <v>-15.925703423325411</v>
+        <v>-15.925371944393984</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>30.916758669</v>
+        <v>30.916758216000002</v>
       </c>
       <c r="C261" s="5">
-        <v>5.1892110000000713E-2</v>
+        <v>5.1899794000000554E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>2.0362824208157271</v>
+        <v>2.0365872822625697</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>30.798993874000001</v>
+        <v>30.798994368999999</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.11776479499999937</v>
+        <v>-0.11776384700000264</v>
       </c>
       <c r="D262" s="5">
-        <v>-4.476355940691068</v>
+        <v>-4.4763207220330337</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>30.419082381999999</v>
+        <v>30.419084827999999</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.37991149200000152</v>
+        <v>-0.37990954099999996</v>
       </c>
       <c r="D263" s="5">
-        <v>-13.838161846562036</v>
+        <v>-13.838095324673505</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>30.528773325</v>
+        <v>30.528778278000001</v>
       </c>
       <c r="C264" s="5">
-        <v>0.10969094300000037</v>
+        <v>0.10969345000000175</v>
       </c>
       <c r="D264" s="5">
-        <v>4.4140503463097502</v>
+        <v>4.4141528771882044</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>30.162712469999999</v>
+        <v>30.162720026999999</v>
       </c>
       <c r="C265" s="5">
-        <v>-0.36606085500000063</v>
+        <v>-0.36605825100000189</v>
       </c>
       <c r="D265" s="5">
-        <v>-13.476818873265884</v>
+        <v>-13.476727192504445</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>30.465270857</v>
+        <v>30.465279976000001</v>
       </c>
       <c r="C266" s="5">
-        <v>0.30255838700000126</v>
+        <v>0.3025599490000026</v>
       </c>
       <c r="D266" s="5">
-        <v>12.723844967657794</v>
+        <v>12.723910956163188</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>29.40204001</v>
+        <v>29.402046720000001</v>
       </c>
       <c r="C267" s="5">
-        <v>-1.0632308469999998</v>
+        <v>-1.0632332560000002</v>
       </c>
       <c r="D267" s="5">
-        <v>-34.706635641632175</v>
+        <v>-34.706691356926932</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>29.570351064</v>
+        <v>29.570354901000002</v>
       </c>
       <c r="C268" s="5">
-        <v>0.16831105400000013</v>
+        <v>0.16830818100000045</v>
       </c>
       <c r="D268" s="5">
-        <v>7.0898218395244461</v>
+        <v>7.089695314574751</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>29.972788029</v>
+        <v>29.972788764000001</v>
       </c>
       <c r="C269" s="5">
-        <v>0.4024369649999997</v>
+        <v>0.40243386299999884</v>
       </c>
       <c r="D269" s="5">
-        <v>17.610999561241812</v>
+        <v>17.610851038261078</v>
       </c>
       <c r="E269" s="5">
-        <v>-3.4556410742717869</v>
+        <v>-3.4556441302061813</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>29.922676292999999</v>
+        <v>29.922675472000002</v>
       </c>
       <c r="C270" s="5">
-        <v>-5.0111736000001628E-2</v>
+        <v>-5.0113291999998921E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>-1.9879428881623862</v>
+        <v>-1.9880040001843513</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>30.087330483999999</v>
+        <v>30.087301692</v>
       </c>
       <c r="C271" s="5">
-        <v>0.16465419100000034</v>
+        <v>0.16462621999999882</v>
       </c>
       <c r="D271" s="5">
-        <v>6.8067412747088163</v>
+        <v>6.8055499452269963</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>30.372892422</v>
+        <v>30.372880475999999</v>
       </c>
       <c r="C272" s="5">
-        <v>0.28556193800000074</v>
+        <v>0.28557878399999836</v>
       </c>
       <c r="D272" s="5">
-        <v>12.00307493652808</v>
+        <v>12.003832487724232</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>30.406371588999999</v>
+        <v>30.406361611000001</v>
       </c>
       <c r="C273" s="5">
-        <v>3.3479166999999421E-2</v>
+        <v>3.3481135000002382E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>1.3307740857028572</v>
+        <v>1.3308533138647771</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>30.365541838999999</v>
+        <v>30.365534584999999</v>
       </c>
       <c r="C274" s="5">
-        <v>-4.0829750000000331E-2</v>
+        <v>-4.082702600000232E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>-1.5995154546219026</v>
+        <v>-1.5994100490714369</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>30.334085271999999</v>
+        <v>30.334101483000001</v>
       </c>
       <c r="C275" s="5">
-        <v>-3.1456566999999325E-2</v>
+        <v>-3.1433101999997604E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>-1.2360572621723631</v>
+        <v>-1.2351407628108158</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>30.323768206</v>
+        <v>30.323769690999999</v>
       </c>
       <c r="C276" s="5">
-        <v>-1.0317065999998931E-2</v>
+        <v>-1.0331792000002338E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>-0.40737493891860321</v>
+        <v>-0.40795509657275408</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>30.359963243999999</v>
+        <v>30.359967432000001</v>
       </c>
       <c r="C277" s="5">
-        <v>3.6195037999998902E-2</v>
+        <v>3.6197741000002281E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>1.4417839929991461</v>
+        <v>1.4418923004245965</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>30.371542456</v>
+        <v>30.371592146000001</v>
       </c>
       <c r="C278" s="5">
-        <v>1.1579212000000894E-2</v>
+        <v>1.1624713999999869E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>0.45863820173686065</v>
+        <v>0.4604442129526376</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>30.224506173999998</v>
+        <v>30.224514313</v>
       </c>
       <c r="C279" s="5">
-        <v>-0.14703628200000196</v>
+        <v>-0.14707783300000088</v>
       </c>
       <c r="D279" s="5">
-        <v>-5.6572824294306994</v>
+        <v>-5.6588297711703595</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>30.065329942000002</v>
+        <v>30.065338239999999</v>
       </c>
       <c r="C280" s="5">
-        <v>-0.15917623199999653</v>
+        <v>-0.15917607300000114</v>
       </c>
       <c r="D280" s="5">
-        <v>-6.1398757473134609</v>
+        <v>-6.1398681850013741</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>30.175821791000001</v>
+        <v>30.175824339999998</v>
       </c>
       <c r="C281" s="5">
-        <v>0.11049184899999887</v>
+        <v>0.11048609999999925</v>
       </c>
       <c r="D281" s="5">
-        <v>4.5003113373419446</v>
+        <v>4.5000711616298927</v>
       </c>
       <c r="E281" s="5">
-        <v>0.6773936472094455</v>
+        <v>0.67739968275444262</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>30.195256697000001</v>
+        <v>30.19524646</v>
       </c>
       <c r="C282" s="5">
-        <v>1.9434906000000751E-2</v>
+        <v>1.9422120000001541E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>0.77561029587871477</v>
+        <v>0.77509815744636335</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>30.656626996</v>
+        <v>30.656577817999999</v>
       </c>
       <c r="C283" s="5">
-        <v>0.4613702989999986</v>
+        <v>0.46133135799999891</v>
       </c>
       <c r="D283" s="5">
-        <v>19.957588145018867</v>
+        <v>19.955767015413194</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>30.538055171</v>
+        <v>30.538025455</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.11857182500000008</v>
+        <v>-0.11855236299999916</v>
       </c>
       <c r="D284" s="5">
-        <v>-4.5438163611573268</v>
+        <v>-4.5430934777614729</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>30.106894083</v>
+        <v>30.106861801000001</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.43116108799999964</v>
+        <v>-0.43116365399999879</v>
       </c>
       <c r="D285" s="5">
-        <v>-15.686920495306534</v>
+        <v>-15.687020826378806</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>30.155005902999999</v>
+        <v>30.154981547999999</v>
       </c>
       <c r="C286" s="5">
-        <v>4.8111819999999028E-2</v>
+        <v>4.8119746999997659E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>1.9345845808011575</v>
+        <v>1.9349082269972007</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>30.448698135000001</v>
+        <v>30.448720048999999</v>
       </c>
       <c r="C287" s="5">
-        <v>0.2936922320000015</v>
+        <v>0.29373850099999999</v>
       </c>
       <c r="D287" s="5">
-        <v>12.334131022155681</v>
+        <v>12.336189940554609</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>30.536893092</v>
+        <v>30.536935201999999</v>
       </c>
       <c r="C288" s="5">
-        <v>8.8194956999998908E-2</v>
+        <v>8.8215153000000157E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>3.5317225402599295</v>
+        <v>3.5325416260008069</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>30.826368259999999</v>
+        <v>30.826362319000001</v>
       </c>
       <c r="C289" s="5">
-        <v>0.28947516799999917</v>
+        <v>0.28942711700000245</v>
       </c>
       <c r="D289" s="5">
-        <v>11.987658397725287</v>
+        <v>11.985546270310721</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>31.374084377999999</v>
+        <v>31.374177190000001</v>
       </c>
       <c r="C290" s="5">
-        <v>0.54771611800000031</v>
+        <v>0.54781487099999993</v>
       </c>
       <c r="D290" s="5">
-        <v>23.533394398091858</v>
+        <v>23.53806546882684</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>31.338180153</v>
+        <v>31.338209781</v>
       </c>
       <c r="C291" s="5">
-        <v>-3.5904224999999457E-2</v>
+        <v>-3.5967409000001282E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>-1.3646587208604455</v>
+        <v>-1.3670410972639768</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>31.542556483999999</v>
+        <v>31.542573582999999</v>
       </c>
       <c r="C292" s="5">
-        <v>0.20437633099999886</v>
+        <v>0.20436380199999959</v>
       </c>
       <c r="D292" s="5">
-        <v>8.1128706551424568</v>
+        <v>8.1123473880896579</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>31.580002151999999</v>
+        <v>31.580016158999999</v>
       </c>
       <c r="C293" s="5">
-        <v>3.7445668000000154E-2</v>
+        <v>3.7442576000000116E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>1.433915448377121</v>
+        <v>1.4337954892968074</v>
       </c>
       <c r="E293" s="5">
-        <v>4.6533293135327281</v>
+        <v>4.6533668912522641</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>31.337062341999999</v>
+        <v>31.337044274</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.24293980999999931</v>
+        <v>-0.24297188499999933</v>
       </c>
       <c r="D294" s="5">
-        <v>-8.8506626191375162</v>
+        <v>-8.8517784004413009</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>31.414980509999999</v>
+        <v>31.414905578999999</v>
       </c>
       <c r="C295" s="5">
-        <v>7.7918168000000065E-2</v>
+        <v>7.7861304999998993E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>3.0248892422121587</v>
+        <v>3.0226532563574438</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>31.548103598000001</v>
+        <v>31.547985221000001</v>
       </c>
       <c r="C296" s="5">
-        <v>0.13312308800000139</v>
+        <v>0.133079642000002</v>
       </c>
       <c r="D296" s="5">
-        <v>5.2052866959418242</v>
+        <v>5.2035608285513346</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>31.505094309</v>
+        <v>31.505036342</v>
       </c>
       <c r="C297" s="5">
-        <v>-4.300928900000045E-2</v>
+        <v>-4.2948879000000773E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>-1.6237398830156957</v>
+        <v>-1.6214822983115385</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>31.665303369</v>
+        <v>31.665266422999998</v>
       </c>
       <c r="C298" s="5">
-        <v>0.16020905999999968</v>
+        <v>0.16023008099999814</v>
       </c>
       <c r="D298" s="5">
-        <v>6.2758114698582501</v>
+        <v>6.2766699603868048</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>31.649744505000001</v>
+        <v>31.649779518999999</v>
       </c>
       <c r="C299" s="5">
-        <v>-1.5558863999999062E-2</v>
+        <v>-1.5486903999999413E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>-0.58803362013581939</v>
+        <v>-0.58532194775207103</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>31.680870316</v>
+        <v>31.680961477</v>
       </c>
       <c r="C300" s="5">
-        <v>3.1125810999999004E-2</v>
+        <v>3.1181958000001231E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>1.1865393283299275</v>
+        <v>1.1886899833977393</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>31.507753366999999</v>
+        <v>31.507761654999999</v>
       </c>
       <c r="C301" s="5">
-        <v>-0.17311694900000063</v>
+        <v>-0.17319982200000084</v>
       </c>
       <c r="D301" s="5">
-        <v>-6.3637521227229987</v>
+        <v>-6.3666897385913028</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>31.1565893</v>
+        <v>31.156757351</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.35116406699999914</v>
+        <v>-0.35100430399999993</v>
       </c>
       <c r="D302" s="5">
-        <v>-12.584254200918766</v>
+        <v>-12.578871994108642</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>31.467158604000002</v>
+        <v>31.467232639999999</v>
       </c>
       <c r="C303" s="5">
-        <v>0.31056930400000127</v>
+        <v>0.31047528899999932</v>
       </c>
       <c r="D303" s="5">
-        <v>12.639686934326445</v>
+        <v>12.635576641990443</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>31.281591754000001</v>
+        <v>31.281641884999999</v>
       </c>
       <c r="C304" s="5">
-        <v>-0.18556685000000073</v>
+        <v>-0.18559075499999977</v>
       </c>
       <c r="D304" s="5">
-        <v>-6.8515189576711428</v>
+        <v>-6.8523575459902952</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>31.064915271</v>
+        <v>31.06496259</v>
       </c>
       <c r="C305" s="5">
-        <v>-0.21667648300000053</v>
+        <v>-0.21667929499999872</v>
       </c>
       <c r="D305" s="5">
-        <v>-8.0025151091691278</v>
+        <v>-8.0026027004427505</v>
       </c>
       <c r="E305" s="5">
-        <v>-1.6310539768832122</v>
+        <v>-1.6309477690156671</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>31.782944767</v>
+        <v>31.782942747</v>
       </c>
       <c r="C306" s="5">
-        <v>0.71802949599999977</v>
+        <v>0.71798015699999951</v>
       </c>
       <c r="D306" s="5">
-        <v>31.548989700217401</v>
+        <v>31.546484845147972</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>31.659781541000001</v>
+        <v>31.659369520999999</v>
       </c>
       <c r="C307" s="5">
-        <v>-0.12316322599999907</v>
+        <v>-0.12357322600000131</v>
       </c>
       <c r="D307" s="5">
-        <v>-4.5523219722917734</v>
+        <v>-4.5671539799950978</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>31.651535666000001</v>
+        <v>31.651396655999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-8.2458750000000691E-3</v>
+        <v>-7.972864999999274E-3</v>
       </c>
       <c r="D308" s="5">
-        <v>-0.31209589138557758</v>
+        <v>-0.3017810397318188</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>32.124881475000002</v>
+        <v>32.124672234999998</v>
       </c>
       <c r="C309" s="5">
-        <v>0.47334580900000134</v>
+        <v>0.47327557899999917</v>
       </c>
       <c r="D309" s="5">
-        <v>19.498093655478343</v>
+        <v>19.495051576287992</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>32.278204504000001</v>
+        <v>32.278280238000001</v>
       </c>
       <c r="C310" s="5">
-        <v>0.15332302899999917</v>
+        <v>0.15360800300000221</v>
       </c>
       <c r="D310" s="5">
-        <v>5.8800207187410747</v>
+        <v>5.8912780222774019</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>33.066293545999997</v>
+        <v>33.066442668999997</v>
       </c>
       <c r="C311" s="5">
-        <v>0.78808904199999574</v>
+        <v>0.78816243099999639</v>
       </c>
       <c r="D311" s="5">
-        <v>33.571491903629266</v>
+        <v>33.574959767780044</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>32.623943142000002</v>
+        <v>32.624194574000001</v>
       </c>
       <c r="C312" s="5">
-        <v>-0.44235040399999548</v>
+        <v>-0.44224809499999651</v>
       </c>
       <c r="D312" s="5">
-        <v>-14.923186383756427</v>
+        <v>-14.919922292288067</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>32.920864221000002</v>
+        <v>32.920972487</v>
       </c>
       <c r="C313" s="5">
-        <v>0.29692107900000053</v>
+        <v>0.29677791299999967</v>
       </c>
       <c r="D313" s="5">
-        <v>11.485224386035853</v>
+        <v>11.479313668763513</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>32.648392747000003</v>
+        <v>32.648650920000001</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.2724714739999996</v>
+        <v>-0.27232156699999877</v>
       </c>
       <c r="D314" s="5">
-        <v>-9.4920051392039966</v>
+        <v>-9.4869883463305822</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>32.964712652999999</v>
+        <v>32.964824546999999</v>
       </c>
       <c r="C315" s="5">
-        <v>0.31631990599999682</v>
+        <v>0.31617362699999774</v>
       </c>
       <c r="D315" s="5">
-        <v>12.266416153458181</v>
+        <v>12.26033601890968</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>33.211186693000002</v>
+        <v>33.211208341000003</v>
       </c>
       <c r="C316" s="5">
-        <v>0.2464740400000025</v>
+        <v>0.24638379400000332</v>
       </c>
       <c r="D316" s="5">
-        <v>9.3506060548836025</v>
+        <v>9.347007355742587</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>33.13217993</v>
+        <v>33.132269368999999</v>
       </c>
       <c r="C317" s="5">
-        <v>-7.9006763000002422E-2</v>
+        <v>-7.8938972000003105E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>-2.8176477243277986</v>
+        <v>-2.8152597751164077</v>
       </c>
       <c r="E317" s="5">
-        <v>6.6546605421771376</v>
+        <v>6.6547859924527275</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>33.336930250000002</v>
+        <v>33.336737820000003</v>
       </c>
       <c r="C318" s="5">
-        <v>0.20475032000000226</v>
+        <v>0.20446845100000388</v>
       </c>
       <c r="D318" s="5">
-        <v>7.673081459210529</v>
+        <v>7.6621358620526214</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>33.195571430999998</v>
+        <v>33.194628485000003</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.14135881900000413</v>
+        <v>-0.14210933500000067</v>
       </c>
       <c r="D319" s="5">
-        <v>-4.9713604877005153</v>
+        <v>-4.9971673923758448</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>33.134552335999999</v>
+        <v>33.134288067</v>
       </c>
       <c r="C320" s="5">
-        <v>-6.1019094999998913E-2</v>
+        <v>-6.0340418000002671E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>-2.1836392396123561</v>
+        <v>-2.1596550343583654</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>33.355070107000003</v>
+        <v>33.354740556000003</v>
       </c>
       <c r="C321" s="5">
-        <v>0.22051777100000436</v>
+        <v>0.22045248900000303</v>
       </c>
       <c r="D321" s="5">
-        <v>8.2851754277420309</v>
+        <v>8.282700742948613</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>33.307974160000001</v>
+        <v>33.308314926000001</v>
       </c>
       <c r="C322" s="5">
-        <v>-4.7095947000002525E-2</v>
+        <v>-4.6425630000001661E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>-1.6812530118357927</v>
+        <v>-1.6575228692766952</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>33.296354174999998</v>
+        <v>33.296847315000001</v>
       </c>
       <c r="C323" s="5">
-        <v>-1.1619985000002941E-2</v>
+        <v>-1.1467611000000488E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>-0.41783561813191206</v>
+        <v>-0.412362659171428</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>34.073870395</v>
+        <v>34.074457156999998</v>
       </c>
       <c r="C324" s="5">
-        <v>0.77751622000000253</v>
+        <v>0.77760984199999683</v>
       </c>
       <c r="D324" s="5">
-        <v>31.915982362516605</v>
+        <v>31.919796830982893</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>33.759780702</v>
+        <v>33.759966996999999</v>
       </c>
       <c r="C325" s="5">
-        <v>-0.31408969299999967</v>
+        <v>-0.3144901599999983</v>
       </c>
       <c r="D325" s="5">
-        <v>-10.517564453163308</v>
+        <v>-10.53012895194353</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>33.836199682999997</v>
+        <v>33.836627204999999</v>
       </c>
       <c r="C326" s="5">
-        <v>7.6418980999996222E-2</v>
+        <v>7.6660207999999841E-2</v>
       </c>
       <c r="D326" s="5">
-        <v>2.7504065512714782</v>
+        <v>2.7591818894312947</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>33.243864483999999</v>
+        <v>33.244053156</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.5923351989999972</v>
+        <v>-0.59257404899999955</v>
       </c>
       <c r="D327" s="5">
-        <v>-19.098031661379178</v>
+        <v>-19.104787914527055</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>32.924038654999997</v>
+        <v>32.924019770999998</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.31982582900000267</v>
+        <v>-0.32003338500000211</v>
       </c>
       <c r="D328" s="5">
-        <v>-10.953019897254435</v>
+        <v>-10.95969703759323</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>33.361748571</v>
+        <v>33.361766762999999</v>
       </c>
       <c r="C329" s="5">
-        <v>0.43770991600000286</v>
+        <v>0.437746992000001</v>
       </c>
       <c r="D329" s="5">
-        <v>17.173236275176862</v>
+        <v>17.174809488094201</v>
       </c>
       <c r="E329" s="5">
-        <v>0.69288722168303618</v>
+        <v>0.69267031317428174</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>33.638538261999997</v>
+        <v>33.638014804999997</v>
       </c>
       <c r="C330" s="5">
-        <v>0.27678969099999762</v>
+        <v>0.27624804199999886</v>
       </c>
       <c r="D330" s="5">
-        <v>10.423047053851441</v>
+        <v>10.40170657820445</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>33.837139551999996</v>
+        <v>33.835432222999998</v>
       </c>
       <c r="C331" s="5">
-        <v>0.19860128999999915</v>
+        <v>0.19741741800000057</v>
       </c>
       <c r="D331" s="5">
-        <v>7.319421521117353</v>
+        <v>7.2744891973758552</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>33.760616869000003</v>
+        <v>33.75974738</v>
       </c>
       <c r="C332" s="5">
-        <v>-7.6522682999993208E-2</v>
+        <v>-7.568484299999767E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>-2.6802979628320678</v>
+        <v>-2.6514438572442622</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>34.303215393000002</v>
+        <v>34.302413950000002</v>
       </c>
       <c r="C333" s="5">
-        <v>0.54259852399999886</v>
+        <v>0.54266657000000151</v>
       </c>
       <c r="D333" s="5">
-        <v>21.085874586383959</v>
+        <v>21.089348976129752</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>34.458436814000002</v>
+        <v>34.459862111</v>
       </c>
       <c r="C334" s="5">
-        <v>0.15522142100000025</v>
+        <v>0.15744816099999781</v>
       </c>
       <c r="D334" s="5">
-        <v>5.5671752660740426</v>
+        <v>5.6492020291683875</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>34.545590543000003</v>
+        <v>34.546854852000003</v>
       </c>
       <c r="C335" s="5">
-        <v>8.7153729000000624E-2</v>
+        <v>8.6992741000003093E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>3.0776691376251941</v>
+        <v>3.0717761568536117</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>34.214469411000003</v>
+        <v>34.215387990000004</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.33112113199999982</v>
+        <v>-0.3314668619999992</v>
       </c>
       <c r="D336" s="5">
-        <v>-10.914656391555811</v>
+        <v>-10.925079075649691</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>34.215505227000001</v>
+        <v>34.215422185000001</v>
       </c>
       <c r="C337" s="5">
-        <v>1.0358159999981353E-3</v>
+        <v>3.4194999997794184E-5</v>
       </c>
       <c r="D337" s="5">
-        <v>3.633510057150513E-2</v>
+        <v>1.199291545628256E-3</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>34.628905021000001</v>
+        <v>34.630407327999997</v>
       </c>
       <c r="C338" s="5">
-        <v>0.41339979400000004</v>
+        <v>0.41498514299999556</v>
       </c>
       <c r="D338" s="5">
-        <v>15.502031896691726</v>
+        <v>15.565541915721969</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>34.479468349000001</v>
+        <v>34.479332106999998</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.14943667200000021</v>
+        <v>-0.15107522099999926</v>
       </c>
       <c r="D339" s="5">
-        <v>-5.0572914013937043</v>
+        <v>-5.1112037335878657</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>34.841534635999999</v>
+        <v>34.841304962000002</v>
       </c>
       <c r="C340" s="5">
-        <v>0.36206628699999754</v>
+        <v>0.36197285500000476</v>
       </c>
       <c r="D340" s="5">
-        <v>13.354973873524001</v>
+        <v>13.351382057526928</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>35.178792369</v>
+        <v>35.178942519000003</v>
       </c>
       <c r="C341" s="5">
-        <v>0.33725773300000128</v>
+        <v>0.33763755700000075</v>
       </c>
       <c r="D341" s="5">
-        <v>12.254513453873406</v>
+        <v>12.269143643131386</v>
       </c>
       <c r="E341" s="5">
-        <v>5.4464884960480742</v>
+        <v>5.4468810627120279</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>35.371161204000003</v>
+        <v>35.37014259</v>
       </c>
       <c r="C342" s="5">
-        <v>0.19236883500000346</v>
+        <v>0.19120007099999725</v>
       </c>
       <c r="D342" s="5">
-        <v>6.762980538187513</v>
+        <v>6.7206256441924905</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>35.690557380999998</v>
+        <v>35.687679262000003</v>
       </c>
       <c r="C343" s="5">
-        <v>0.31939617699999445</v>
+        <v>0.3175366720000028</v>
       </c>
       <c r="D343" s="5">
-        <v>11.390500216036404</v>
+        <v>11.321220108640517</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>35.652646703999999</v>
+        <v>35.650464151000001</v>
       </c>
       <c r="C344" s="5">
-        <v>-3.7910676999999282E-2</v>
+        <v>-3.7215111000001855E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>-1.2672252765942971</v>
+        <v>-1.2442078077845808</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>35.268343897999998</v>
+        <v>35.267918647000002</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.38430280600000088</v>
+        <v>-0.38254550399999943</v>
       </c>
       <c r="D345" s="5">
-        <v>-12.194949776908404</v>
+        <v>-12.143135110870451</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>35.505608285000001</v>
+        <v>35.507355766000003</v>
       </c>
       <c r="C346" s="5">
-        <v>0.2372643870000033</v>
+        <v>0.23943711900000153</v>
       </c>
       <c r="D346" s="5">
-        <v>8.3783877696107734</v>
+        <v>8.458105733936705</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>35.587726136000001</v>
+        <v>35.590196900000002</v>
       </c>
       <c r="C347" s="5">
-        <v>8.2117850999999575E-2</v>
+        <v>8.2841133999998817E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>2.8109539246259363</v>
+        <v>2.835889648091694</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>35.865834370999998</v>
+        <v>35.867305416999997</v>
       </c>
       <c r="C348" s="5">
-        <v>0.27810823499999771</v>
+        <v>0.27710851699999495</v>
       </c>
       <c r="D348" s="5">
-        <v>9.7914157063378138</v>
+        <v>9.7539911991370474</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>35.890102947999999</v>
+        <v>35.889945316999999</v>
       </c>
       <c r="C349" s="5">
-        <v>2.4268577000000846E-2</v>
+        <v>2.2639900000001489E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>0.81500732813746257</v>
+        <v>0.76009045924676499</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>36.112520531999998</v>
+        <v>36.115176564999999</v>
       </c>
       <c r="C350" s="5">
-        <v>0.22241758399999867</v>
+        <v>0.22523124800000005</v>
       </c>
       <c r="D350" s="5">
-        <v>7.6954046435675938</v>
+        <v>7.7961747445431717</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>36.591853200999999</v>
+        <v>36.591380256999997</v>
       </c>
       <c r="C351" s="5">
-        <v>0.47933266900000149</v>
+        <v>0.47620369199999857</v>
       </c>
       <c r="D351" s="5">
-        <v>17.143781230957856</v>
+        <v>17.02228974595732</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>36.554730188000001</v>
+        <v>36.554096375999997</v>
       </c>
       <c r="C352" s="5">
-        <v>-3.712301299999865E-2</v>
+        <v>-3.7283881000000463E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>-1.210648873174236</v>
+        <v>-1.2158813334397167</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>37.291456670999999</v>
+        <v>37.293302767</v>
       </c>
       <c r="C353" s="5">
-        <v>0.73672648299999821</v>
+        <v>0.73920639100000329</v>
       </c>
       <c r="D353" s="5">
-        <v>27.054246128219006</v>
+        <v>27.156197985611598</v>
       </c>
       <c r="E353" s="5">
-        <v>6.0055054756845694</v>
+        <v>6.0103007555103227</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>36.526259531999997</v>
+        <v>36.524088335000002</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.76519713900000141</v>
+        <v>-0.76921443199999828</v>
       </c>
       <c r="D354" s="5">
-        <v>-22.025925060760663</v>
+        <v>-22.127799096320587</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>36.467082425999997</v>
+        <v>36.462428502000002</v>
       </c>
       <c r="C355" s="5">
-        <v>-5.9177105999999924E-2</v>
+        <v>-6.1659833000000219E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>-1.9269194947747925</v>
+        <v>-2.0071310359809247</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>36.626664335999997</v>
+        <v>36.622842190999997</v>
       </c>
       <c r="C356" s="5">
-        <v>0.15958190999999999</v>
+        <v>0.16041368899999497</v>
       </c>
       <c r="D356" s="5">
-        <v>5.3795152865370399</v>
+        <v>5.4089435402849606</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>36.640502967000003</v>
+        <v>36.639103806999998</v>
       </c>
       <c r="C357" s="5">
-        <v>1.3838631000005819E-2</v>
+        <v>1.6261616000001311E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>0.45433866381963117</v>
+        <v>0.53413839077534053</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>36.738459892999998</v>
+        <v>36.740528539000003</v>
       </c>
       <c r="C358" s="5">
-        <v>9.7956925999994837E-2</v>
+        <v>0.10142473200000524</v>
       </c>
       <c r="D358" s="5">
-        <v>3.255747918461549</v>
+        <v>3.37289725952723</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>37.141111684999998</v>
+        <v>37.144955588999998</v>
       </c>
       <c r="C359" s="5">
-        <v>0.40265179200000034</v>
+        <v>0.40442704999999535</v>
       </c>
       <c r="D359" s="5">
-        <v>13.974429564171409</v>
+        <v>14.038980315786453</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>37.380329815000003</v>
+        <v>37.382818129999997</v>
       </c>
       <c r="C360" s="5">
-        <v>0.23921813000000469</v>
+        <v>0.23786254099999837</v>
       </c>
       <c r="D360" s="5">
-        <v>8.0087061469052543</v>
+        <v>7.9608594513773445</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>37.763448244000003</v>
+        <v>37.763985079999998</v>
       </c>
       <c r="C361" s="5">
-        <v>0.38311842899999959</v>
+        <v>0.38116695000000078</v>
       </c>
       <c r="D361" s="5">
-        <v>13.016583893119481</v>
+        <v>12.945609677761505</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>37.629074836000001</v>
+        <v>37.633667006000003</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.13437340800000186</v>
+        <v>-0.13031807399999451</v>
       </c>
       <c r="D362" s="5">
-        <v>-4.1873691454993311</v>
+        <v>-4.0633287890730401</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>37.468382460999997</v>
+        <v>37.468541115999997</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.16069237500000355</v>
+        <v>-0.16512589000000588</v>
       </c>
       <c r="D363" s="5">
-        <v>-5.0058529554600213</v>
+        <v>-5.140037268085484</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>37.485480133999999</v>
+        <v>37.485378142999998</v>
       </c>
       <c r="C364" s="5">
-        <v>1.7097673000002089E-2</v>
+        <v>1.6837027000001115E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>0.54896363881677956</v>
+        <v>0.54057195729262375</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>37.529074481999999</v>
+        <v>37.533413478</v>
       </c>
       <c r="C365" s="5">
-        <v>4.3594347999999172E-2</v>
+        <v>4.8035335000001567E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>1.4045206233652685</v>
+        <v>1.5486145495574588</v>
       </c>
       <c r="E365" s="5">
-        <v>0.63719101427535119</v>
+        <v>0.64384405023110158</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>37.254809354000002</v>
+        <v>37.248763238000002</v>
       </c>
       <c r="C366" s="5">
-        <v>-0.27426512799999614</v>
+        <v>-0.28465023999999772</v>
       </c>
       <c r="D366" s="5">
-        <v>-8.4256399038468484</v>
+        <v>-8.7305291053103353</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>37.474720527999999</v>
+        <v>37.468616412999999</v>
       </c>
       <c r="C367" s="5">
-        <v>0.21991117399999638</v>
+        <v>0.21985317499999724</v>
       </c>
       <c r="D367" s="5">
-        <v>7.3180293296604804</v>
+        <v>7.3172625459222873</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>37.528896107999998</v>
+        <v>37.518620251999998</v>
       </c>
       <c r="C368" s="5">
-        <v>5.4175579999999002E-2</v>
+        <v>5.0003838999998607E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>1.7486481928877584</v>
+        <v>1.6132703562291351</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>34.294342774</v>
+        <v>34.292066992000002</v>
       </c>
       <c r="C369" s="5">
-        <v>-3.2345533339999974</v>
+        <v>-3.2265532599999958</v>
       </c>
       <c r="D369" s="5">
-        <v>-66.093705389339704</v>
+        <v>-66.00917887925128</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>34.546059878999998</v>
+        <v>34.547687169</v>
       </c>
       <c r="C370" s="5">
-        <v>0.25171710499999733</v>
+        <v>0.25562017699999728</v>
       </c>
       <c r="D370" s="5">
-        <v>9.1722963366872143</v>
+        <v>9.3210461068177217</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>35.58621334</v>
+        <v>35.593411351</v>
       </c>
       <c r="C371" s="5">
-        <v>1.0401534610000027</v>
+        <v>1.0457241820000007</v>
       </c>
       <c r="D371" s="5">
-        <v>42.757547666468994</v>
+        <v>43.023573296541429</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>36.387375798000001</v>
+        <v>36.391964987000001</v>
       </c>
       <c r="C372" s="5">
-        <v>0.8011624580000003</v>
+        <v>0.79855363600000118</v>
       </c>
       <c r="D372" s="5">
-        <v>30.625358805025282</v>
+        <v>30.506068562529908</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>37.120631162000002</v>
+        <v>37.123907328999998</v>
       </c>
       <c r="C373" s="5">
-        <v>0.73325536400000146</v>
+        <v>0.73194234199999642</v>
       </c>
       <c r="D373" s="5">
-        <v>27.050210894544513</v>
+        <v>26.992504084091351</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>37.349035608999998</v>
+        <v>37.356568240000001</v>
       </c>
       <c r="C374" s="5">
-        <v>0.22840444699999551</v>
+        <v>0.23266091100000352</v>
       </c>
       <c r="D374" s="5">
-        <v>7.6387102497563308</v>
+        <v>7.7852954819992881</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>37.768429406999999</v>
+        <v>37.771694038</v>
       </c>
       <c r="C375" s="5">
-        <v>0.41939379800000154</v>
+        <v>0.41512579799999827</v>
       </c>
       <c r="D375" s="5">
-        <v>14.33900102035912</v>
+        <v>14.181010468488452</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>37.922436679999997</v>
+        <v>37.924491824999997</v>
       </c>
       <c r="C376" s="5">
-        <v>0.15400727299999772</v>
+        <v>0.15279778699999724</v>
       </c>
       <c r="D376" s="5">
-        <v>5.0044528954598322</v>
+        <v>4.9638335490659991</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>38.776674360999998</v>
+        <v>38.783299563</v>
       </c>
       <c r="C377" s="5">
-        <v>0.85423768100000075</v>
+        <v>0.85880773800000298</v>
       </c>
       <c r="D377" s="5">
-        <v>30.644730199629301</v>
+        <v>30.827732923555363</v>
       </c>
       <c r="E377" s="5">
-        <v>3.3243555728995844</v>
+        <v>3.3300623875646584</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>38.353214627</v>
+        <v>38.340945992999998</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.42345973399999792</v>
+        <v>-0.44235357000000164</v>
       </c>
       <c r="D378" s="5">
-        <v>-12.345435783254421</v>
+        <v>-12.860145134539314</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>38.203037491000003</v>
+        <v>38.192612963999998</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.15017713599999638</v>
+        <v>-0.14833302899999978</v>
       </c>
       <c r="D379" s="5">
-        <v>-4.5988771045710974</v>
+        <v>-4.5450239954347378</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>38.852722630999999</v>
+        <v>38.829537373000001</v>
       </c>
       <c r="C380" s="5">
-        <v>0.64968513999999544</v>
+        <v>0.63692440900000236</v>
       </c>
       <c r="D380" s="5">
-        <v>22.428564177963949</v>
+        <v>21.953461885674621</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>37.237541147999998</v>
+        <v>37.231313239000002</v>
       </c>
       <c r="C381" s="5">
-        <v>-1.6151814830000006</v>
+        <v>-1.5982241339999987</v>
       </c>
       <c r="D381" s="5">
-        <v>-39.922139063625863</v>
+        <v>-39.611580093055245</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>37.746977915999999</v>
+        <v>37.750316726000001</v>
       </c>
       <c r="C382" s="5">
-        <v>0.50943676800000048</v>
+        <v>0.5190034869999991</v>
       </c>
       <c r="D382" s="5">
-        <v>17.710252410380377</v>
+        <v>18.072004234445838</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>37.731208416000001</v>
+        <v>37.744484595999999</v>
       </c>
       <c r="C383" s="5">
-        <v>-1.5769499999997549E-2</v>
+        <v>-5.8321300000017118E-3</v>
       </c>
       <c r="D383" s="5">
-        <v>-0.50017195357719979</v>
+        <v>-0.18523320979928481</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>37.981372317000002</v>
+        <v>37.990835234000002</v>
       </c>
       <c r="C384" s="5">
-        <v>0.25016390100000052</v>
+        <v>0.24635063800000268</v>
       </c>
       <c r="D384" s="5">
-        <v>8.2528286019957431</v>
+        <v>8.1195195550998189</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>38.462164180000002</v>
+        <v>38.471173106000002</v>
       </c>
       <c r="C385" s="5">
-        <v>0.48079186300000032</v>
+        <v>0.48033787199999978</v>
       </c>
       <c r="D385" s="5">
-        <v>16.293858628702118</v>
+        <v>16.273047062556056</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>39.069196666000003</v>
+        <v>39.083637955</v>
       </c>
       <c r="C386" s="5">
-        <v>0.60703248600000137</v>
+        <v>0.61246484899999842</v>
       </c>
       <c r="D386" s="5">
-        <v>20.672738544832249</v>
+        <v>20.868915485013705</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>39.383325491999997</v>
+        <v>39.395122784000002</v>
       </c>
       <c r="C387" s="5">
-        <v>0.31412882599999392</v>
+        <v>0.31148482900000118</v>
       </c>
       <c r="D387" s="5">
-        <v>10.086696668482098</v>
+        <v>9.994183790404243</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>39.672351704999997</v>
+        <v>39.670317949999998</v>
       </c>
       <c r="C388" s="5">
-        <v>0.28902621299999964</v>
+        <v>0.27519516599999605</v>
       </c>
       <c r="D388" s="5">
-        <v>9.1708590588865047</v>
+        <v>8.7122976070911129</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>39.621574269</v>
+        <v>39.633358608000002</v>
       </c>
       <c r="C389" s="5">
-        <v>-5.0777435999997067E-2</v>
+        <v>-3.6959341999995843E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>-1.5251378960020157</v>
+        <v>-1.1122838190133377</v>
       </c>
       <c r="E389" s="5">
-        <v>2.1788869776046882</v>
+        <v>2.1918172372599631</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>40.015649017000001</v>
+        <v>39.996334345000001</v>
       </c>
       <c r="C390" s="5">
-        <v>0.39407474800000131</v>
+        <v>0.3629757369999993</v>
       </c>
       <c r="D390" s="5">
-        <v>12.610180679600225</v>
+        <v>11.560835901536404</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>40.350996447</v>
+        <v>40.329049886999996</v>
       </c>
       <c r="C391" s="5">
-        <v>0.33534742999999878</v>
+        <v>0.33271554199999542</v>
       </c>
       <c r="D391" s="5">
-        <v>10.53321053972034</v>
+        <v>10.452005274204446</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>40.509928739000003</v>
+        <v>40.461556870999999</v>
       </c>
       <c r="C392" s="5">
-        <v>0.15893229200000292</v>
+        <v>0.1325069840000026</v>
       </c>
       <c r="D392" s="5">
-        <v>4.8302409912689415</v>
+        <v>4.0148115197203182</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>41.475222522000003</v>
+        <v>41.459655632</v>
       </c>
       <c r="C393" s="5">
-        <v>0.96529378299999991</v>
+        <v>0.99809876100000139</v>
       </c>
       <c r="D393" s="5">
-        <v>32.656014918057011</v>
+        <v>33.966808854496414</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>40.947468063999999</v>
+        <v>40.962052069000002</v>
       </c>
       <c r="C394" s="5">
-        <v>-0.52775445800000398</v>
+        <v>-0.49760356299999842</v>
       </c>
       <c r="D394" s="5">
-        <v>-14.24490406187201</v>
+        <v>-13.48883156358781</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>40.956142</v>
+        <v>40.983178703999997</v>
       </c>
       <c r="C395" s="5">
-        <v>8.6739360000009924E-3</v>
+        <v>2.1126634999994565E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>0.25449335810032725</v>
+        <v>0.62067206256948282</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>41.193566226000002</v>
+        <v>41.212838384999998</v>
       </c>
       <c r="C396" s="5">
-        <v>0.23742422600000168</v>
+        <v>0.22965968100000111</v>
       </c>
       <c r="D396" s="5">
-        <v>7.1825825327327397</v>
+        <v>6.9356798832824307</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>40.992885276999999</v>
+        <v>41.011512981999999</v>
       </c>
       <c r="C397" s="5">
-        <v>-0.20068094900000233</v>
+        <v>-0.20132540299999846</v>
       </c>
       <c r="D397" s="5">
-        <v>-5.6918669368243746</v>
+        <v>-5.7070582948678954</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>40.857300557000002</v>
+        <v>40.879382256</v>
       </c>
       <c r="C398" s="5">
-        <v>-0.13558471999999711</v>
+        <v>-0.13213072599999975</v>
       </c>
       <c r="D398" s="5">
-        <v>-3.8976102771956289</v>
+        <v>-3.7983777527541562</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>40.73389967</v>
+        <v>40.753541550999998</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.12340088700000251</v>
+        <v>-0.12584070500000166</v>
       </c>
       <c r="D399" s="5">
-        <v>-3.5647435694148299</v>
+        <v>-3.632104480553433</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>40.526051072999998</v>
+        <v>40.516728219000001</v>
       </c>
       <c r="C400" s="5">
-        <v>-0.20784859700000169</v>
+        <v>-0.23681333199999699</v>
       </c>
       <c r="D400" s="5">
-        <v>-5.9541628728644991</v>
+        <v>-6.7544422164744216</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>40.459454559000001</v>
+        <v>40.470613286999999</v>
       </c>
       <c r="C401" s="5">
-        <v>-6.6596513999996887E-2</v>
+        <v>-4.6114932000001829E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>-1.9542359756507199</v>
+        <v>-1.3572867277719558</v>
       </c>
       <c r="E401" s="5">
-        <v>2.114707215597833</v>
+        <v>2.1124999455155891</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>40.963853493000002</v>
+        <v>40.933864274999998</v>
       </c>
       <c r="C402" s="5">
-        <v>0.50439893400000102</v>
+        <v>0.46325098799999864</v>
       </c>
       <c r="D402" s="5">
-        <v>16.029752678471421</v>
+        <v>14.634545788295462</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>40.702924054</v>
+        <v>40.662971951000003</v>
       </c>
       <c r="C403" s="5">
-        <v>-0.26092943900000165</v>
+        <v>-0.27089232399999474</v>
       </c>
       <c r="D403" s="5">
-        <v>-7.3815167703467965</v>
+        <v>-7.6585988209839311</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>40.368802914</v>
+        <v>40.292618013000002</v>
       </c>
       <c r="C404" s="5">
-        <v>-0.33412114000000059</v>
+        <v>-0.37035393800000094</v>
       </c>
       <c r="D404" s="5">
-        <v>-9.4177427842363493</v>
+        <v>-10.39826151593336</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>40.814714709999997</v>
+        <v>40.790088318000002</v>
       </c>
       <c r="C405" s="5">
-        <v>0.4459117959999972</v>
+        <v>0.49747030500000022</v>
       </c>
       <c r="D405" s="5">
-        <v>14.090827060865752</v>
+        <v>15.864371095818065</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>40.865370699000003</v>
+        <v>40.907824044000002</v>
       </c>
       <c r="C406" s="5">
-        <v>5.065598900000623E-2</v>
+        <v>0.11773572599999937</v>
       </c>
       <c r="D406" s="5">
-        <v>1.499553580085955</v>
+        <v>3.5191752736543735</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>41.377408653000003</v>
+        <v>41.423386207999997</v>
       </c>
       <c r="C407" s="5">
-        <v>0.51203795400000018</v>
+        <v>0.51556216399999499</v>
       </c>
       <c r="D407" s="5">
-        <v>16.116556650072322</v>
+        <v>16.217257985138044</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>40.693698613999999</v>
+        <v>40.722559593</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.6837100390000046</v>
+        <v>-0.70082661499999688</v>
       </c>
       <c r="D408" s="5">
-        <v>-18.122135233960492</v>
+        <v>-18.515757130059196</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>40.407020146999997</v>
+        <v>40.434067126000002</v>
       </c>
       <c r="C409" s="5">
-        <v>-0.28667846700000155</v>
+        <v>-0.28849246699999753</v>
       </c>
       <c r="D409" s="5">
-        <v>-8.1337648193183458</v>
+        <v>-8.1776670616200313</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>40.551538632000003</v>
+        <v>40.579681043999997</v>
       </c>
       <c r="C410" s="5">
-        <v>0.14451848500000608</v>
+        <v>0.14561391799999512</v>
       </c>
       <c r="D410" s="5">
-        <v>4.3773233202299089</v>
+        <v>4.4081539406290782</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>40.591328844000003</v>
+        <v>40.616971825</v>
       </c>
       <c r="C411" s="5">
-        <v>3.9790211999999769E-2</v>
+        <v>3.7290781000002937E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>1.1838461791243926</v>
+        <v>1.1083330864559482</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>40.790614980999997</v>
+        <v>40.769815633</v>
       </c>
       <c r="C412" s="5">
-        <v>0.19928613699999431</v>
+        <v>0.15284380800000008</v>
       </c>
       <c r="D412" s="5">
-        <v>6.0532072507350598</v>
+        <v>4.6103053491866053</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>40.995121285000003</v>
+        <v>41.003518735</v>
       </c>
       <c r="C413" s="5">
-        <v>0.20450630400000591</v>
+        <v>0.23370310199999977</v>
       </c>
       <c r="D413" s="5">
-        <v>6.1849755030664033</v>
+        <v>7.0997753142790554</v>
       </c>
       <c r="E413" s="5">
-        <v>1.3239593361765722</v>
+        <v>1.3167713674632653</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>43.313054403000002</v>
+        <v>43.271919767</v>
       </c>
       <c r="C414" s="5">
-        <v>2.3179331179999991</v>
+        <v>2.2684010319999999</v>
       </c>
       <c r="D414" s="5">
-        <v>93.481579263608722</v>
+        <v>90.818478348709149</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>43.257270351000003</v>
+        <v>43.198579455000001</v>
       </c>
       <c r="C415" s="5">
-        <v>-5.5784051999999917E-2</v>
+        <v>-7.334031199999913E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>-1.5346114686515921</v>
+        <v>-2.0149925542087943</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>43.825152899000003</v>
+        <v>43.719904286999999</v>
       </c>
       <c r="C416" s="5">
-        <v>0.56788254800000004</v>
+        <v>0.52132483199999768</v>
       </c>
       <c r="D416" s="5">
-        <v>16.942385702679118</v>
+        <v>15.482676795331486</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>43.246488497999998</v>
+        <v>43.216377723999997</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.5786644010000046</v>
+        <v>-0.5035265630000012</v>
       </c>
       <c r="D417" s="5">
-        <v>-14.743221897100122</v>
+        <v>-12.977827224532202</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>43.394430632000002</v>
+        <v>43.472025938999998</v>
       </c>
       <c r="C418" s="5">
-        <v>0.14794213400000444</v>
+        <v>0.25564821500000079</v>
       </c>
       <c r="D418" s="5">
-        <v>4.1832108046603089</v>
+        <v>7.3342212928622308</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>43.586751329000002</v>
+        <v>43.653101167000003</v>
       </c>
       <c r="C419" s="5">
-        <v>0.19232069699999954</v>
+        <v>0.18107522800000453</v>
       </c>
       <c r="D419" s="5">
-        <v>5.4498765118703663</v>
+        <v>5.1145076756329289</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>43.797544166000002</v>
+        <v>43.834279285999997</v>
       </c>
       <c r="C420" s="5">
-        <v>0.21079283699999962</v>
+        <v>0.18117811899999481</v>
       </c>
       <c r="D420" s="5">
-        <v>5.9602811288920643</v>
+        <v>5.095766351715425</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>44.103048700000002</v>
+        <v>44.136275345999998</v>
       </c>
       <c r="C421" s="5">
-        <v>0.30550453400000066</v>
+        <v>0.30199606000000045</v>
       </c>
       <c r="D421" s="5">
-        <v>8.6991708786394728</v>
+        <v>8.5879712866780764</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>44.235476886000001</v>
+        <v>44.266230479999997</v>
       </c>
       <c r="C422" s="5">
-        <v>0.1324281859999985</v>
+        <v>0.12995513399999936</v>
       </c>
       <c r="D422" s="5">
-        <v>3.6633455387796721</v>
+        <v>3.5910719627042509</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>44.524517228000001</v>
+        <v>44.550790907</v>
       </c>
       <c r="C423" s="5">
-        <v>0.28904034199999984</v>
+        <v>0.28456042700000239</v>
       </c>
       <c r="D423" s="5">
-        <v>8.1289702207832715</v>
+        <v>7.992732531688862</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>44.809469917000001</v>
+        <v>44.77982583</v>
       </c>
       <c r="C424" s="5">
-        <v>0.2849526890000007</v>
+        <v>0.22903492300000039</v>
       </c>
       <c r="D424" s="5">
-        <v>7.9560650324198345</v>
+        <v>6.3466415997997849</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>44.529949811000002</v>
+        <v>44.529105393999998</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.27952010599999966</v>
+        <v>-0.25072043600000171</v>
       </c>
       <c r="D425" s="5">
-        <v>-7.2340083734824816</v>
+        <v>-6.5156656137232432</v>
       </c>
       <c r="E425" s="5">
-        <v>8.6225590148293563</v>
+        <v>8.5982539249506154</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>44.212243012000002</v>
+        <v>44.234038503999997</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.31770679899999976</v>
+        <v>-0.29506689000000108</v>
       </c>
       <c r="D426" s="5">
-        <v>-8.2335114604326076</v>
+        <v>-7.6681667274350662</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>43.935843769000002</v>
+        <v>43.998207127000001</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.27639924300000018</v>
+        <v>-0.23583137699999668</v>
       </c>
       <c r="D427" s="5">
-        <v>-7.2493261200137216</v>
+        <v>-6.2134287246133457</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>43.883700718</v>
+        <v>43.904148937999999</v>
       </c>
       <c r="C428" s="5">
-        <v>-5.2143051000001606E-2</v>
+        <v>-9.4058189000001846E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>-1.4149003891776202</v>
+        <v>-2.5353792802836561</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>44.315368216000003</v>
+        <v>43.917740144</v>
       </c>
       <c r="C429" s="5">
-        <v>0.43166749800000304</v>
+        <v>1.3591206000000966E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>12.463970431092019</v>
+        <v>0.37211163166446237</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>43.800727545000001</v>
+        <v>43.637490255000003</v>
       </c>
       <c r="C430" s="5">
-        <v>-0.51464067100000221</v>
+        <v>-0.2802498889999967</v>
       </c>
       <c r="D430" s="5">
-        <v>-13.079233854301576</v>
+        <v>-7.3943762155754378</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>43.514218083999999</v>
+        <v>43.754082052999998</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.28650946100000141</v>
+        <v>0.11659179799999464</v>
       </c>
       <c r="D431" s="5">
-        <v>-7.5731151407784303</v>
+        <v>3.2537289425614624</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>43.625258396</v>
+        <v>43.923388555999999</v>
       </c>
       <c r="C432" s="5">
-        <v>0.11104031200000009</v>
+        <v>0.16930650300000138</v>
       </c>
       <c r="D432" s="5">
-        <v>3.1055254921897646</v>
+        <v>4.7435101659688561</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>43.322374572999998</v>
+        <v>43.772143798000002</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.30288382300000194</v>
+        <v>-0.15124475799999715</v>
       </c>
       <c r="D433" s="5">
-        <v>-8.020533075306302</v>
+        <v>-4.0546877738184222</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>43.788259429999997</v>
+      </c>
+      <c r="C434" s="5">
+        <v>1.6115631999994662E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>0.44270087428162075</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>43.306428896</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.48183053399999665</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-12.433844448841224</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>43.097550669999997</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.20887822600000305</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-5.6368142274929252</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">