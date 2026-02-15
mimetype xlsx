--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{955E2187-3AD3-48E9-AC40-EA7170945A84}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C442ACE3-91C7-40CF-A9F8-8D676971A7E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6D550E14-8007-48DC-A9D0-1099D96C3D60}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{70C39528-FEDD-459C-9564-1FC03ECDFB4A}"/>
   </bookViews>
   <sheets>
     <sheet name="elppbsva" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Professional and Business Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{886B563A-D240-42E4-9541-E76B287361CA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C62967F8-A852-4A88-B7F0-A3781DB6A7FE}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>43.754082052999998</v>
       </c>
       <c r="C431" s="5">
         <v>0.11659179799999464</v>
       </c>
       <c r="D431" s="5">
         <v>3.2537289425614624</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>43.923388555999999</v>
       </c>
       <c r="C432" s="5">
         <v>0.16930650300000138</v>
       </c>
       <c r="D432" s="5">
         <v>4.7435101659688561</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>43.772143798000002</v>
       </c>
       <c r="C433" s="5">
         <v>-0.15124475799999715</v>
       </c>
       <c r="D433" s="5">
         <v>-4.0546877738184222</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>43.788259429999997</v>
       </c>
       <c r="C434" s="5">
         <v>1.6115631999994662E-2</v>
       </c>
       <c r="D434" s="5">
         <v>0.44270087428162075</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>43.306428896</v>
       </c>
       <c r="C435" s="5">
         <v>-0.48183053399999665</v>
       </c>
       <c r="D435" s="5">
         <v>-12.433844448841224</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>43.097550669999997</v>
+        <v>43.058048323000001</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.20887822600000305</v>
+        <v>-0.24838057299999861</v>
       </c>
       <c r="D436" s="5">
-        <v>-5.6368142274929252</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-6.6694946948455129</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>42.733935078999998</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.32411324400000296</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-8.668089806374212</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-4.0314538078321416</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>