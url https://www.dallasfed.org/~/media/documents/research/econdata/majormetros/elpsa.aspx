--- v0 (2025-10-07)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{8EBDE1AD-6A71-464D-9099-928C85914A58}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{69FFA642-8A82-4DB6-A109-36772C7F5F38}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{44892A76-037F-46D8-8DCE-7C8DACD89044}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{E4A3C8F0-EA0D-4A73-A62F-CD618AD54965}"/>
   </bookViews>
   <sheets>
     <sheet name="elpnaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Total Nonfarm Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E17E5751-335F-40E4-A72D-8BBB79AEBA5A}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F74AC35E-0D72-49E2-8415-1BA68034CB19}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6146 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>209.24455653999999</v>
+        <v>209.24741121</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>209.70958906000001</v>
+        <v>209.70561384999999</v>
       </c>
       <c r="C7" s="5">
-        <v>0.46503252000002249</v>
+        <v>0.45820263999999611</v>
       </c>
       <c r="D7" s="5">
-        <v>2.6997640945682244</v>
+        <v>2.6595975085746293</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>209.65605378999999</v>
+        <v>209.64748667999999</v>
       </c>
       <c r="C8" s="5">
-        <v>-5.3535270000026003E-2</v>
+        <v>-5.812717000000589E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>-0.30590971631108133</v>
+        <v>-0.33211492050098101</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>209.75600861000001</v>
+        <v>209.74709163</v>
       </c>
       <c r="C9" s="5">
-        <v>9.9954820000021982E-2</v>
+        <v>9.9604950000014014E-2</v>
       </c>
       <c r="D9" s="5">
-        <v>0.57360996311281998</v>
+        <v>0.57162033660465017</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>211.03215686999999</v>
+        <v>211.02401714000001</v>
       </c>
       <c r="C10" s="5">
-        <v>1.2761482599999852</v>
+        <v>1.2769255100000123</v>
       </c>
       <c r="D10" s="5">
-        <v>7.5500776241727907</v>
+        <v>7.5551631255493357</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>211.77063982999999</v>
+        <v>211.74948151000001</v>
       </c>
       <c r="C11" s="5">
-        <v>0.73848295999999891</v>
+        <v>0.72546436999999742</v>
       </c>
       <c r="D11" s="5">
-        <v>4.2810349635567402</v>
+        <v>4.2042981511001498</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>211.42095753999999</v>
+        <v>211.41514950000001</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.34968229000000406</v>
+        <v>-0.33433200999999713</v>
       </c>
       <c r="D12" s="5">
-        <v>-1.9635808082066442</v>
+        <v>-1.8783171778754881</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>210.80513608999999</v>
+        <v>210.80258176999999</v>
       </c>
       <c r="C13" s="5">
-        <v>-0.61582144999999855</v>
+        <v>-0.6125677300000234</v>
       </c>
       <c r="D13" s="5">
-        <v>-3.4398727674363694</v>
+        <v>-3.4220792136453793</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>209.78204689</v>
+        <v>209.78282222999999</v>
       </c>
       <c r="C14" s="5">
-        <v>-1.0230891999999869</v>
+        <v>-1.0197595399999955</v>
       </c>
       <c r="D14" s="5">
-        <v>-5.67092655391912</v>
+        <v>-5.653025381792343</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>210.27602400000001</v>
+        <v>210.28008808999999</v>
       </c>
       <c r="C15" s="5">
-        <v>0.49397711000000299</v>
+        <v>0.49726585999999884</v>
       </c>
       <c r="D15" s="5">
-        <v>2.8625427105265056</v>
+        <v>2.8818390166032604</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>210.87076299</v>
+        <v>210.87897371</v>
       </c>
       <c r="C16" s="5">
-        <v>0.59473898999999619</v>
+        <v>0.59888562000000434</v>
       </c>
       <c r="D16" s="5">
-        <v>3.4473463074150112</v>
+        <v>3.4716914540581456</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>210.14937488999999</v>
+        <v>210.16619247</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.72138810000001286</v>
+        <v>-0.71278123999999821</v>
       </c>
       <c r="D17" s="5">
-        <v>-4.0288284003106796</v>
+        <v>-3.9814985702462558</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>211.62863511</v>
+        <v>211.63336158000001</v>
       </c>
       <c r="C18" s="5">
-        <v>1.4792602200000147</v>
+        <v>1.4671691100000146</v>
       </c>
       <c r="D18" s="5">
-        <v>8.7817251480161183</v>
+        <v>8.7064437368137746</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>210.49257503000001</v>
+        <v>210.48257931000001</v>
       </c>
       <c r="C19" s="5">
-        <v>-1.1360600799999929</v>
+        <v>-1.1507822700000077</v>
       </c>
       <c r="D19" s="5">
-        <v>-6.2549812063725119</v>
+        <v>-6.3334938319594141</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>211.08098661</v>
+        <v>211.07396693999999</v>
       </c>
       <c r="C20" s="5">
-        <v>0.58841157999998472</v>
+        <v>0.59138762999998562</v>
       </c>
       <c r="D20" s="5">
-        <v>3.4065414649449011</v>
+        <v>3.4242032072657969</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>211.29527787999999</v>
+        <v>211.28957201</v>
       </c>
       <c r="C21" s="5">
-        <v>0.21429126999998971</v>
+        <v>0.21560507000000939</v>
       </c>
       <c r="D21" s="5">
-        <v>1.225075885151572</v>
+        <v>1.2326701820537522</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>211.95472738000001</v>
+        <v>211.94611760999999</v>
       </c>
       <c r="C22" s="5">
-        <v>0.65944950000002223</v>
+        <v>0.65654559999998696</v>
       </c>
       <c r="D22" s="5">
-        <v>3.8101437647495295</v>
+        <v>3.7931821453413006</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>212.34490822999999</v>
+        <v>212.31947797000001</v>
       </c>
       <c r="C23" s="5">
-        <v>0.39018084999997882</v>
+        <v>0.37336036000002082</v>
       </c>
       <c r="D23" s="5">
-        <v>2.2315464707719945</v>
+        <v>2.1344994598952338</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>212.42849645999999</v>
+        <v>212.41996634</v>
       </c>
       <c r="C24" s="5">
-        <v>8.3588230000003705E-2</v>
+        <v>0.10048836999999367</v>
       </c>
       <c r="D24" s="5">
-        <v>0.47339645814534759</v>
+        <v>0.56942696372839219</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>213.06754369999999</v>
+        <v>213.06163441999999</v>
       </c>
       <c r="C25" s="5">
-        <v>0.63904723999999646</v>
+        <v>0.64166807999998809</v>
       </c>
       <c r="D25" s="5">
-        <v>3.6702839434935797</v>
+        <v>3.685737819527013</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>213.23676927</v>
+        <v>213.23894967999999</v>
       </c>
       <c r="C26" s="5">
-        <v>0.16922557000000893</v>
+        <v>0.17731526000000031</v>
       </c>
       <c r="D26" s="5">
-        <v>0.95725564108570804</v>
+        <v>1.0032540890184238</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>213.58320583</v>
+        <v>213.58918822999999</v>
       </c>
       <c r="C27" s="5">
-        <v>0.34643656000000078</v>
+        <v>0.35023855000000026</v>
       </c>
       <c r="D27" s="5">
-        <v>1.9671035711713802</v>
+        <v>1.9888665532925343</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>213.82457880000001</v>
+        <v>213.85326877</v>
       </c>
       <c r="C28" s="5">
-        <v>0.24137297000001467</v>
+        <v>0.26408054000000902</v>
       </c>
       <c r="D28" s="5">
-        <v>1.3645955931696596</v>
+        <v>1.4938045693232205</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>215.27629855999999</v>
+        <v>215.31716527</v>
       </c>
       <c r="C29" s="5">
-        <v>1.4517197599999747</v>
+        <v>1.4638965000000042</v>
       </c>
       <c r="D29" s="5">
-        <v>8.4583788570502083</v>
+        <v>8.5308308758649041</v>
       </c>
       <c r="E29" s="5">
-        <v>2.4396568739181834</v>
+        <v>2.4509045624620418</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>216.19063041000001</v>
+        <v>216.19700997000001</v>
       </c>
       <c r="C30" s="5">
-        <v>0.91433185000002482</v>
+        <v>0.8798447000000067</v>
       </c>
       <c r="D30" s="5">
-        <v>5.2174576712455289</v>
+        <v>5.0152468035275177</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>216.25147317</v>
+        <v>216.24981123000001</v>
       </c>
       <c r="C31" s="5">
-        <v>6.0842759999985674E-2</v>
+        <v>5.2801259999995409E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>0.33824051499742325</v>
+        <v>0.29346701775594397</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>218.14562264</v>
+        <v>218.13807861000001</v>
       </c>
       <c r="C32" s="5">
-        <v>1.8941494700000021</v>
+        <v>1.888267380000002</v>
       </c>
       <c r="D32" s="5">
-        <v>11.032249024142992</v>
+        <v>10.996416408181364</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>218.19047516000001</v>
+        <v>218.19046494</v>
       </c>
       <c r="C33" s="5">
-        <v>4.485252000000628E-2</v>
+        <v>5.2386329999990267E-2</v>
       </c>
       <c r="D33" s="5">
-        <v>0.24700899597727144</v>
+        <v>0.28856353489494779</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>218.51944136</v>
+        <v>218.51493804</v>
       </c>
       <c r="C34" s="5">
-        <v>0.32896619999999643</v>
+        <v>0.32447310000000584</v>
       </c>
       <c r="D34" s="5">
-        <v>1.8243208589105109</v>
+        <v>1.7991997857053299</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>219.71436890999999</v>
+        <v>219.68314902</v>
       </c>
       <c r="C35" s="5">
-        <v>1.1949275499999885</v>
+        <v>1.1682109799999978</v>
       </c>
       <c r="D35" s="5">
-        <v>6.7629437107921575</v>
+        <v>6.6074036287346427</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>220.09839776000001</v>
+        <v>220.09215105999999</v>
       </c>
       <c r="C36" s="5">
-        <v>0.38402885000002129</v>
+        <v>0.40900203999999007</v>
       </c>
       <c r="D36" s="5">
-        <v>2.1177068713179592</v>
+        <v>2.2571575872514682</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>219.23172131999999</v>
+        <v>219.22610442999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.86667644000002042</v>
+        <v>-0.8660466299999996</v>
       </c>
       <c r="D37" s="5">
-        <v>-4.6242090162452403</v>
+        <v>-4.6210493382680013</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>219.59275400000001</v>
+        <v>219.59958401</v>
       </c>
       <c r="C38" s="5">
-        <v>0.36103268000002231</v>
+        <v>0.37347958000000858</v>
       </c>
       <c r="D38" s="5">
-        <v>1.9941679753228581</v>
+        <v>2.0636174610983327</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>224.1225857</v>
+        <v>224.12273304999999</v>
       </c>
       <c r="C39" s="5">
-        <v>4.5298316999999884</v>
+        <v>4.5231490399999927</v>
       </c>
       <c r="D39" s="5">
-        <v>27.764860889762733</v>
+        <v>27.718191587568299</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>223.75310984999999</v>
+        <v>223.76129875999999</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.36947585000001482</v>
+        <v>-0.36143429000000538</v>
       </c>
       <c r="D40" s="5">
-        <v>-1.9604137045847847</v>
+        <v>-1.9181222497101968</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>223.57514982000001</v>
+        <v>223.58082375000001</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.17796002999997995</v>
+        <v>-0.18047500999998078</v>
       </c>
       <c r="D41" s="5">
-        <v>-0.95024534612412337</v>
+        <v>-0.96357984881189074</v>
       </c>
       <c r="E41" s="5">
-        <v>3.8549767510458466</v>
+        <v>3.8379004616922563</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>224.20288034999999</v>
+        <v>224.21135093999999</v>
       </c>
       <c r="C42" s="5">
-        <v>0.62773052999997958</v>
+        <v>0.63052718999998092</v>
       </c>
       <c r="D42" s="5">
-        <v>3.4217511625080466</v>
+        <v>3.4371443751402664</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>225.81128885000001</v>
+        <v>225.82991372000001</v>
       </c>
       <c r="C43" s="5">
-        <v>1.6084085000000243</v>
+        <v>1.6185627800000191</v>
       </c>
       <c r="D43" s="5">
-        <v>8.9565999104217475</v>
+        <v>9.0150549338402506</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>225.13773069999999</v>
+        <v>225.14100456</v>
       </c>
       <c r="C44" s="5">
-        <v>-0.6735581500000194</v>
+        <v>-0.68890916000000857</v>
       </c>
       <c r="D44" s="5">
-        <v>-3.5212614704311473</v>
+        <v>-3.5998807215545603</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>226.33881106000001</v>
+        <v>226.34459380999999</v>
       </c>
       <c r="C45" s="5">
-        <v>1.2010803600000202</v>
+        <v>1.2035892499999932</v>
       </c>
       <c r="D45" s="5">
-        <v>6.5930654031306046</v>
+        <v>6.6071459283786105</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>226.25910647000001</v>
+        <v>226.26165365</v>
       </c>
       <c r="C46" s="5">
-        <v>-7.9704590000005737E-2</v>
+        <v>-8.2940159999992602E-2</v>
       </c>
       <c r="D46" s="5">
-        <v>-0.42175920984858228</v>
+        <v>-0.43883464490742652</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>226.71238406000001</v>
+        <v>226.67587950000001</v>
       </c>
       <c r="C47" s="5">
-        <v>0.45327758999999901</v>
+        <v>0.41422585000000822</v>
       </c>
       <c r="D47" s="5">
-        <v>2.430693839307474</v>
+        <v>2.2191419494728803</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>228.05105678999999</v>
+        <v>228.04854607999999</v>
       </c>
       <c r="C48" s="5">
-        <v>1.3386727299999848</v>
+        <v>1.3726665799999864</v>
       </c>
       <c r="D48" s="5">
-        <v>7.3203653140406999</v>
+        <v>7.5137424305843581</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>227.81264092999999</v>
+        <v>227.81160313999999</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.23841586000000348</v>
+        <v>-0.23694294000000582</v>
       </c>
       <c r="D49" s="5">
-        <v>-1.2473508951538981</v>
+        <v>-1.2397023838461085</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>228.35961807999999</v>
+        <v>228.37273926</v>
       </c>
       <c r="C50" s="5">
-        <v>0.54697715000000358</v>
+        <v>0.56113612000001467</v>
       </c>
       <c r="D50" s="5">
-        <v>2.9195484332766641</v>
+        <v>2.9961641740677392</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>228.37524096999999</v>
+        <v>228.37549539</v>
       </c>
       <c r="C51" s="5">
-        <v>1.5622890000003054E-2</v>
+        <v>2.7561299999945277E-3</v>
       </c>
       <c r="D51" s="5">
-        <v>8.2127146473043311E-2</v>
+        <v>1.4483232771866916E-2</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>228.27825358999999</v>
+        <v>228.28387205000001</v>
       </c>
       <c r="C52" s="5">
-        <v>-9.6987380000001622E-2</v>
+        <v>-9.1623339999983955E-2</v>
       </c>
       <c r="D52" s="5">
-        <v>-0.50843249229961529</v>
+        <v>-0.48037431992207225</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>228.42510361000001</v>
+        <v>228.41482805999999</v>
       </c>
       <c r="C53" s="5">
-        <v>0.14685002000001646</v>
+        <v>0.13095600999997714</v>
       </c>
       <c r="D53" s="5">
-        <v>0.77468986696700437</v>
+        <v>0.69056116315708849</v>
       </c>
       <c r="E53" s="5">
-        <v>2.1692722978849277</v>
+        <v>2.1620835941660088</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>228.61116931999999</v>
+        <v>228.61737547000001</v>
       </c>
       <c r="C54" s="5">
-        <v>0.18606570999997984</v>
+        <v>0.20254741000002241</v>
       </c>
       <c r="D54" s="5">
-        <v>0.98186177999999291</v>
+        <v>1.069308096695476</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>228.77164991000001</v>
+        <v>228.79017338</v>
       </c>
       <c r="C55" s="5">
-        <v>0.16048059000002013</v>
+        <v>0.17279790999998568</v>
       </c>
       <c r="D55" s="5">
-        <v>0.84563658529217545</v>
+        <v>0.9107867493169497</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>230.31216040999999</v>
+        <v>230.31483786999999</v>
       </c>
       <c r="C56" s="5">
-        <v>1.5405104999999821</v>
+        <v>1.5246644899999922</v>
       </c>
       <c r="D56" s="5">
-        <v>8.3866961002298623</v>
+        <v>8.2965463093277023</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>230.72435917999999</v>
+        <v>230.73505373</v>
       </c>
       <c r="C57" s="5">
-        <v>0.41219877000000338</v>
+        <v>0.42021586000001321</v>
       </c>
       <c r="D57" s="5">
-        <v>2.1689549327365665</v>
+        <v>2.211538471133867</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>230.82983675</v>
+        <v>230.84445077999999</v>
       </c>
       <c r="C58" s="5">
-        <v>0.10547757000000502</v>
+        <v>0.10939704999998412</v>
       </c>
       <c r="D58" s="5">
-        <v>0.54997149677609158</v>
+        <v>0.570434907065831</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>232.33239273000001</v>
+        <v>232.30382033000001</v>
       </c>
       <c r="C59" s="5">
-        <v>1.502555980000011</v>
+        <v>1.4593695500000194</v>
       </c>
       <c r="D59" s="5">
-        <v>8.0970515863477921</v>
+        <v>7.8556635076686421</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>234.03853746999999</v>
+        <v>234.04180478000001</v>
       </c>
       <c r="C60" s="5">
-        <v>1.7061447399999849</v>
+        <v>1.737984449999999</v>
       </c>
       <c r="D60" s="5">
-        <v>9.1770422233713678</v>
+        <v>9.3566096169963373</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>234.45227370999999</v>
+        <v>234.45738537</v>
       </c>
       <c r="C61" s="5">
-        <v>0.41373623999999154</v>
+        <v>0.41558058999999048</v>
       </c>
       <c r="D61" s="5">
-        <v>2.1421230281765791</v>
+        <v>2.1517352871355699</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>234.64243848000001</v>
+        <v>234.65947947999999</v>
       </c>
       <c r="C62" s="5">
-        <v>0.19016477000002396</v>
+        <v>0.20209410999999022</v>
       </c>
       <c r="D62" s="5">
-        <v>0.977676531144267</v>
+        <v>1.0392760663115341</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>236.70093660000001</v>
+        <v>236.69873731999999</v>
       </c>
       <c r="C63" s="5">
-        <v>2.0584981199999959</v>
+        <v>2.0392578400000048</v>
       </c>
       <c r="D63" s="5">
-        <v>11.050612123598324</v>
+        <v>10.941506306321514</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>237.87552719999999</v>
+        <v>237.8549122</v>
       </c>
       <c r="C64" s="5">
-        <v>1.1745905999999877</v>
+        <v>1.1561748800000089</v>
       </c>
       <c r="D64" s="5">
-        <v>6.1200507816806304</v>
+        <v>6.0215636666388628</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>237.1652713</v>
+        <v>237.08330522</v>
       </c>
       <c r="C65" s="5">
-        <v>-0.71025589999999283</v>
+        <v>-0.77160698000000139</v>
       </c>
       <c r="D65" s="5">
-        <v>-3.5247375853231011</v>
+        <v>-3.8241177313372621</v>
       </c>
       <c r="E65" s="5">
-        <v>3.8262728359849785</v>
+        <v>3.7950588556899589</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>237.78683667999999</v>
+        <v>237.78711691999999</v>
       </c>
       <c r="C66" s="5">
-        <v>0.62156537999999273</v>
+        <v>0.7038116999999886</v>
       </c>
       <c r="D66" s="5">
-        <v>3.190704815309342</v>
+        <v>3.6210948949704225</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>238.15253428</v>
+        <v>238.18722271999999</v>
       </c>
       <c r="C67" s="5">
-        <v>0.36569760000000429</v>
+        <v>0.40010580000000573</v>
       </c>
       <c r="D67" s="5">
-        <v>1.8611970113076248</v>
+        <v>2.0379374577366383</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>238.19900537999999</v>
+        <v>238.20782689999999</v>
       </c>
       <c r="C68" s="5">
-        <v>4.6471099999990884E-2</v>
+        <v>2.0604179999992311E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>0.23440946283304065</v>
+        <v>0.10385436548190352</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>237.12659126</v>
+        <v>237.13021807000001</v>
       </c>
       <c r="C69" s="5">
-        <v>-1.0724141199999906</v>
+        <v>-1.0776088299999742</v>
       </c>
       <c r="D69" s="5">
-        <v>-5.2708206994615985</v>
+        <v>-5.2955291160326272</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>237.39645583000001</v>
+        <v>237.40441254999999</v>
       </c>
       <c r="C70" s="5">
-        <v>0.26986457000000996</v>
+        <v>0.27419447999997715</v>
       </c>
       <c r="D70" s="5">
-        <v>1.3742541455078028</v>
+        <v>1.3964226423064829</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>237.69881369999999</v>
+        <v>237.67335152000001</v>
       </c>
       <c r="C71" s="5">
-        <v>0.30235786999998027</v>
+        <v>0.26893897000002198</v>
       </c>
       <c r="D71" s="5">
-        <v>1.5391211032054652</v>
+        <v>1.3678985315553671</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>237.38089894999999</v>
+        <v>237.38220591000001</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.31791474999999991</v>
+        <v>-0.29114561000000094</v>
       </c>
       <c r="D72" s="5">
-        <v>-1.5932088207294748</v>
+        <v>-1.4601150568104293</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>238.01820533</v>
+        <v>238.02271988000001</v>
       </c>
       <c r="C73" s="5">
-        <v>0.6373063800000125</v>
+        <v>0.64051397000000065</v>
       </c>
       <c r="D73" s="5">
-        <v>3.2696899848250416</v>
+        <v>3.2863731025099874</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>237.99804085</v>
+        <v>238.01544539</v>
       </c>
       <c r="C74" s="5">
-        <v>-2.0164480000005369E-2</v>
+        <v>-7.2744900000145662E-3</v>
       </c>
       <c r="D74" s="5">
-        <v>-0.10161451464030247</v>
+        <v>-3.6668435745668138E-2</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>236.36172912000001</v>
+        <v>236.36302537</v>
       </c>
       <c r="C75" s="5">
-        <v>-1.6363117299999885</v>
+        <v>-1.6524200199999939</v>
       </c>
       <c r="D75" s="5">
-        <v>-7.9454378722339403</v>
+        <v>-8.0201287034134428</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>235.78640768</v>
+        <v>235.79201420999999</v>
       </c>
       <c r="C76" s="5">
-        <v>-0.5753214400000104</v>
+        <v>-0.57101116000001184</v>
       </c>
       <c r="D76" s="5">
-        <v>-2.8820987397712994</v>
+        <v>-2.8607768173444015</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>237.72575198000001</v>
+        <v>237.70714423999999</v>
       </c>
       <c r="C77" s="5">
-        <v>1.9393443000000161</v>
+        <v>1.9151300300000003</v>
       </c>
       <c r="D77" s="5">
-        <v>10.328971166248934</v>
+        <v>10.193938705846794</v>
       </c>
       <c r="E77" s="5">
-        <v>0.23632493784937481</v>
+        <v>0.2631307250508863</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>237.41259754999999</v>
+        <v>237.40376098999999</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.31315443000002574</v>
+        <v>-0.303383249999996</v>
       </c>
       <c r="D78" s="5">
-        <v>-1.5693488242538911</v>
+        <v>-1.5208427539846525</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>237.31877373</v>
+        <v>237.33047617</v>
       </c>
       <c r="C79" s="5">
-        <v>-9.3823819999983016E-2</v>
+        <v>-7.3284819999997808E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>-0.47320230253312667</v>
+        <v>-0.36980302548875743</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>237.94314517999999</v>
+        <v>237.93306346</v>
       </c>
       <c r="C80" s="5">
-        <v>0.62437144999998395</v>
+        <v>0.60258729000000244</v>
       </c>
       <c r="D80" s="5">
-        <v>3.2032151779197049</v>
+        <v>3.0897362872390755</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>238.10571684000001</v>
+        <v>238.1038001</v>
       </c>
       <c r="C81" s="5">
-        <v>0.16257166000002599</v>
+        <v>0.17073664000000122</v>
       </c>
       <c r="D81" s="5">
-        <v>0.82297289668276097</v>
+        <v>0.86450583538708603</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>238.59806524999999</v>
+        <v>238.60121688999999</v>
       </c>
       <c r="C82" s="5">
-        <v>0.49234840999997687</v>
+        <v>0.4974167899999884</v>
       </c>
       <c r="D82" s="5">
-        <v>2.5097416979283249</v>
+        <v>2.5358959551372795</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>238.37178944999999</v>
+        <v>238.35461208000001</v>
       </c>
       <c r="C83" s="5">
-        <v>-0.22627579999999625</v>
+        <v>-0.24660480999997958</v>
       </c>
       <c r="D83" s="5">
-        <v>-1.1321094910348384</v>
+        <v>-1.2332265962122002</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>239.00602737</v>
+        <v>239.02487632</v>
       </c>
       <c r="C84" s="5">
-        <v>0.6342379200000039</v>
+        <v>0.67026423999999452</v>
       </c>
       <c r="D84" s="5">
-        <v>3.2399913083996035</v>
+        <v>3.4271382441070086</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>239.87099090999999</v>
+        <v>239.86578888</v>
       </c>
       <c r="C85" s="5">
-        <v>0.86496353999999087</v>
+        <v>0.84091255999999248</v>
       </c>
       <c r="D85" s="5">
-        <v>4.4302963705636023</v>
+        <v>4.3043694937561217</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>239.19004777000001</v>
+        <v>239.19492592</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.68094313999998235</v>
+        <v>-0.67086295999999379</v>
       </c>
       <c r="D86" s="5">
-        <v>-3.3538593689516838</v>
+        <v>-3.3050431458547247</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>241.70370363000001</v>
+        <v>241.70309577</v>
       </c>
       <c r="C87" s="5">
-        <v>2.5136558600000001</v>
+        <v>2.5081698500000016</v>
       </c>
       <c r="D87" s="5">
-        <v>13.365888292974715</v>
+        <v>13.334727189881267</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>242.28406061000001</v>
+        <v>242.29691251</v>
       </c>
       <c r="C88" s="5">
-        <v>0.5803569800000048</v>
+        <v>0.59381673999999407</v>
       </c>
       <c r="D88" s="5">
-        <v>2.9196883561825482</v>
+        <v>2.9883276931549796</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>242.36251050999999</v>
+        <v>242.37435332999999</v>
       </c>
       <c r="C89" s="5">
-        <v>7.8449899999981199E-2</v>
+        <v>7.7440819999992527E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>0.38924438927405713</v>
+        <v>0.38420842228612528</v>
       </c>
       <c r="E89" s="5">
-        <v>1.9504653961048612</v>
+        <v>1.9634281943532006</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>242.17050214</v>
+        <v>242.14493492</v>
       </c>
       <c r="C90" s="5">
-        <v>-0.19200836999999638</v>
+        <v>-0.22941840999999386</v>
       </c>
       <c r="D90" s="5">
-        <v>-0.94655202447712083</v>
+        <v>-1.1299602352538352</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>242.47205023999999</v>
+        <v>242.45868302</v>
       </c>
       <c r="C91" s="5">
-        <v>0.30154809999999088</v>
+        <v>0.31374809999999798</v>
       </c>
       <c r="D91" s="5">
-        <v>1.5045029393578879</v>
+        <v>1.5659728932538197</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>243.20947863999999</v>
+        <v>243.18894602</v>
       </c>
       <c r="C92" s="5">
-        <v>0.73742839999999887</v>
+        <v>0.73026300000000788</v>
       </c>
       <c r="D92" s="5">
-        <v>3.7112204163579188</v>
+        <v>3.6747660235014523</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>244.16225584</v>
+        <v>244.15946424000001</v>
       </c>
       <c r="C93" s="5">
-        <v>0.95277720000001409</v>
+        <v>0.97051822000000243</v>
       </c>
       <c r="D93" s="5">
-        <v>4.8036442683360825</v>
+        <v>4.895484578143483</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>244.82913202</v>
+        <v>244.83966161000001</v>
       </c>
       <c r="C94" s="5">
-        <v>0.66687618000000271</v>
+        <v>0.68019737000000191</v>
       </c>
       <c r="D94" s="5">
-        <v>3.3272258088049567</v>
+        <v>3.3947500110273143</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>245.85061915</v>
+        <v>245.85441569</v>
       </c>
       <c r="C95" s="5">
-        <v>1.021487129999997</v>
+        <v>1.0147540799999888</v>
       </c>
       <c r="D95" s="5">
-        <v>5.1231973244503237</v>
+        <v>5.0884308767817021</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>246.65140289000001</v>
+        <v>246.75038552999999</v>
       </c>
       <c r="C96" s="5">
-        <v>0.80078374000001418</v>
+        <v>0.89596983999999225</v>
       </c>
       <c r="D96" s="5">
-        <v>3.979423035930485</v>
+        <v>4.4619008356325374</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>246.58340027</v>
+        <v>246.53916081</v>
       </c>
       <c r="C97" s="5">
-        <v>-6.8002620000015668E-2</v>
+        <v>-0.21122471999998993</v>
       </c>
       <c r="D97" s="5">
-        <v>-0.33034280875425814</v>
+        <v>-1.0224084992511928</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>247.83032456999999</v>
+        <v>247.79729359000001</v>
       </c>
       <c r="C98" s="5">
-        <v>1.2469242999999892</v>
+        <v>1.2581327800000111</v>
       </c>
       <c r="D98" s="5">
-        <v>6.239814516587372</v>
+        <v>6.2986489644699661</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>247.44257393000001</v>
+        <v>247.42837628000001</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.38775063999997883</v>
+        <v>-0.3689173100000005</v>
       </c>
       <c r="D99" s="5">
-        <v>-1.8614250420159961</v>
+        <v>-1.7719875643193661</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>248.00886184000001</v>
+        <v>248.01080679</v>
       </c>
       <c r="C100" s="5">
-        <v>0.56628790999999978</v>
+        <v>0.58243050999999468</v>
       </c>
       <c r="D100" s="5">
-        <v>2.7811082531985054</v>
+        <v>2.8615821122366381</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>248.56427378999999</v>
+        <v>248.59389056000001</v>
       </c>
       <c r="C101" s="5">
-        <v>0.55541194999997856</v>
+        <v>0.58308377000000178</v>
       </c>
       <c r="D101" s="5">
-        <v>2.7207304080164585</v>
+        <v>2.8580183770238632</v>
       </c>
       <c r="E101" s="5">
-        <v>2.5588789565472503</v>
+        <v>2.5660871889081172</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>249.24819590000001</v>
+        <v>249.19936347999999</v>
       </c>
       <c r="C102" s="5">
-        <v>0.6839221100000259</v>
+        <v>0.60547291999998265</v>
       </c>
       <c r="D102" s="5">
-        <v>3.3522157082842341</v>
+        <v>2.9621800844698232</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>248.48195584999999</v>
+        <v>248.45220236</v>
       </c>
       <c r="C103" s="5">
-        <v>-0.76624005000002171</v>
+        <v>-0.74716111999998702</v>
       </c>
       <c r="D103" s="5">
-        <v>-3.6273059170503719</v>
+        <v>-3.5391541993243347</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>249.59487551000001</v>
+        <v>249.57770461000001</v>
       </c>
       <c r="C104" s="5">
-        <v>1.1129196600000171</v>
+        <v>1.1255022500000109</v>
       </c>
       <c r="D104" s="5">
-        <v>5.5090450351042985</v>
+        <v>5.5735739643484328</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>250.48173478000001</v>
+        <v>250.50155387000001</v>
       </c>
       <c r="C105" s="5">
-        <v>0.8868592700000022</v>
+        <v>0.92384925999999723</v>
       </c>
       <c r="D105" s="5">
-        <v>4.3481551668819174</v>
+        <v>4.5335395586839855</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>251.07151863000001</v>
+        <v>251.11827604999999</v>
       </c>
       <c r="C106" s="5">
-        <v>0.58978385000000344</v>
+        <v>0.61672217999998225</v>
       </c>
       <c r="D106" s="5">
-        <v>2.8623978755550894</v>
+        <v>2.9946734299520772</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>251.44597862000001</v>
+        <v>251.50223493999999</v>
       </c>
       <c r="C107" s="5">
-        <v>0.37445998999999119</v>
+        <v>0.38395889000000238</v>
       </c>
       <c r="D107" s="5">
-        <v>1.804491381870843</v>
+        <v>1.8503040256386383</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>250.37333878999999</v>
+        <v>250.62058162</v>
       </c>
       <c r="C108" s="5">
-        <v>-1.0726398300000142</v>
+        <v>-0.88165331999999808</v>
       </c>
       <c r="D108" s="5">
-        <v>-5.0006491740222536</v>
+        <v>-4.1264921380574249</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>251.06022487000001</v>
+        <v>250.93443708999999</v>
       </c>
       <c r="C109" s="5">
-        <v>0.68688608000002205</v>
+        <v>0.31385546999999292</v>
       </c>
       <c r="D109" s="5">
-        <v>3.3422688625675878</v>
+        <v>1.5131699089918849</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>250.32366225000001</v>
+        <v>250.24626162999999</v>
       </c>
       <c r="C110" s="5">
-        <v>-0.73656262000000083</v>
+        <v>-0.68817545999999652</v>
       </c>
       <c r="D110" s="5">
-        <v>-3.4643143520359465</v>
+        <v>-3.2417536264871871</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>252.11732918000001</v>
+        <v>252.03208993999999</v>
       </c>
       <c r="C111" s="5">
-        <v>1.7936669300000005</v>
+        <v>1.7858283099999994</v>
       </c>
       <c r="D111" s="5">
-        <v>8.9455575421051101</v>
+        <v>8.9077808315942253</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>252.1080809</v>
+        <v>252.07697322000001</v>
       </c>
       <c r="C112" s="5">
-        <v>-9.2482800000084353E-3</v>
+        <v>4.4883280000021841E-2</v>
       </c>
       <c r="D112" s="5">
-        <v>-4.4010053823018147E-2</v>
+        <v>0.21391213146275678</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>251.87222044999999</v>
+        <v>251.84672444</v>
       </c>
       <c r="C113" s="5">
-        <v>-0.23586045000001832</v>
+        <v>-0.23024878000001081</v>
       </c>
       <c r="D113" s="5">
-        <v>-1.1169047638601382</v>
+        <v>-1.090598236562379</v>
       </c>
       <c r="E113" s="5">
-        <v>1.3308214449171851</v>
+        <v>1.3084930899437852</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>252.23865669</v>
+        <v>252.16523948</v>
       </c>
       <c r="C114" s="5">
-        <v>0.36643624000001296</v>
+        <v>0.31851503999999409</v>
       </c>
       <c r="D114" s="5">
-        <v>1.7598571614486858</v>
+        <v>1.5282627875615296</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>252.69470256</v>
+        <v>252.65648361000001</v>
       </c>
       <c r="C115" s="5">
-        <v>0.45604586999999697</v>
+        <v>0.49124413000001255</v>
       </c>
       <c r="D115" s="5">
-        <v>2.1912971872554365</v>
+        <v>2.3629359767466607</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>252.13065929000001</v>
+        <v>252.12889605999999</v>
       </c>
       <c r="C116" s="5">
-        <v>-0.56404326999998489</v>
+        <v>-0.52758755000002111</v>
       </c>
       <c r="D116" s="5">
-        <v>-2.6458963183553563</v>
+        <v>-2.4772144539468632</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>253.35399111000001</v>
+        <v>253.40007872999999</v>
       </c>
       <c r="C117" s="5">
-        <v>1.2233318199999985</v>
+        <v>1.2711826700000017</v>
       </c>
       <c r="D117" s="5">
-        <v>5.9802863561642106</v>
+        <v>6.2207781097506354</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>253.04048559</v>
+        <v>253.13714917999999</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.31350552000000675</v>
+        <v>-0.26292954999999552</v>
       </c>
       <c r="D118" s="5">
-        <v>-1.4748406422413818</v>
+        <v>-1.2380464914405143</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>253.72881699999999</v>
+        <v>253.87253758</v>
       </c>
       <c r="C119" s="5">
-        <v>0.68833140999998932</v>
+        <v>0.73538840000000505</v>
       </c>
       <c r="D119" s="5">
-        <v>3.3135743507451298</v>
+        <v>3.5423627103444266</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>254.25036102999999</v>
+        <v>254.70763396999999</v>
       </c>
       <c r="C120" s="5">
-        <v>0.52154403000000116</v>
+        <v>0.8350963899999897</v>
       </c>
       <c r="D120" s="5">
-        <v>2.4946989892598692</v>
+        <v>4.0195213744522951</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>254.27476555999999</v>
+        <v>253.99746379000001</v>
       </c>
       <c r="C121" s="5">
-        <v>2.4404529999998203E-2</v>
+        <v>-0.71017017999997734</v>
       </c>
       <c r="D121" s="5">
-        <v>0.1152442864545522</v>
+        <v>-3.2949793036812558</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>254.37839360999999</v>
+        <v>254.22496278</v>
       </c>
       <c r="C122" s="5">
-        <v>0.10362804999999753</v>
+        <v>0.22749898999998663</v>
       </c>
       <c r="D122" s="5">
-        <v>0.4901500004663939</v>
+        <v>1.0801196834531623</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>255.77691304000001</v>
+        <v>255.60465773000001</v>
       </c>
       <c r="C123" s="5">
-        <v>1.3985194300000217</v>
+        <v>1.3796949500000153</v>
       </c>
       <c r="D123" s="5">
-        <v>6.8005412606142901</v>
+        <v>6.7104256585422517</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>255.91971362000001</v>
+        <v>255.84785538</v>
       </c>
       <c r="C124" s="5">
-        <v>0.1428005799999994</v>
+        <v>0.24319764999998483</v>
       </c>
       <c r="D124" s="5">
-        <v>0.67202260112195766</v>
+        <v>1.1477460133884954</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>256.84525500000001</v>
+        <v>256.75604773999999</v>
       </c>
       <c r="C125" s="5">
-        <v>0.92554137999999853</v>
+        <v>0.90819235999998682</v>
       </c>
       <c r="D125" s="5">
-        <v>4.4272087456490139</v>
+        <v>4.343839353373613</v>
       </c>
       <c r="E125" s="5">
-        <v>1.9744275653405197</v>
+        <v>1.9493298199197318</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>257.86205029000001</v>
+        <v>257.78366203000002</v>
       </c>
       <c r="C126" s="5">
-        <v>1.0167952900000046</v>
+        <v>1.0276142900000309</v>
       </c>
       <c r="D126" s="5">
-        <v>4.8553549364419135</v>
+        <v>4.9099025398376073</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>258.28237303999998</v>
+        <v>258.25679345999998</v>
       </c>
       <c r="C127" s="5">
-        <v>0.42032274999996844</v>
+        <v>0.47313142999996671</v>
       </c>
       <c r="D127" s="5">
-        <v>1.9736672118957577</v>
+        <v>2.2248276217955443</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>258.69078105</v>
+        <v>258.70989473999998</v>
       </c>
       <c r="C128" s="5">
-        <v>0.40840801000001647</v>
+        <v>0.4531012799999985</v>
       </c>
       <c r="D128" s="5">
-        <v>1.9140849200799392</v>
+        <v>2.1257872509719444</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>258.56733219</v>
+        <v>258.63211460000002</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.12344885999999633</v>
+        <v>-7.7780139999958919E-2</v>
       </c>
       <c r="D129" s="5">
-        <v>-0.57114690928671275</v>
+        <v>-0.36017944450080774</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>258.66742525000001</v>
+        <v>258.82110944999999</v>
       </c>
       <c r="C130" s="5">
-        <v>0.10009306000000606</v>
+        <v>0.18899484999997185</v>
       </c>
       <c r="D130" s="5">
-        <v>0.46551793379212558</v>
+        <v>0.88043031415590001</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>259.3744537</v>
+        <v>259.57106922999998</v>
       </c>
       <c r="C131" s="5">
-        <v>0.7070284499999957</v>
+        <v>0.74995977999998331</v>
       </c>
       <c r="D131" s="5">
-        <v>3.3297812312307107</v>
+        <v>3.533071621951267</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>259.45414131000001</v>
+        <v>260.07510732999998</v>
       </c>
       <c r="C132" s="5">
-        <v>7.968761000000768E-2</v>
+        <v>0.50403810000000249</v>
       </c>
       <c r="D132" s="5">
-        <v>0.36929959840097393</v>
+        <v>2.3552218173442219</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>260.36769286999998</v>
+        <v>259.9805528</v>
       </c>
       <c r="C133" s="5">
-        <v>0.91355155999997351</v>
+        <v>-9.4554529999982151E-2</v>
       </c>
       <c r="D133" s="5">
-        <v>4.3080561290914199</v>
+        <v>-0.43540815876634831</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>259.91269540000002</v>
+        <v>259.74703375000001</v>
       </c>
       <c r="C134" s="5">
-        <v>-0.4549974699999666</v>
+        <v>-0.23351904999998396</v>
       </c>
       <c r="D134" s="5">
-        <v>-2.0769844239515112</v>
+        <v>-1.0725519187573695</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>260.06278669</v>
+        <v>259.79421094000003</v>
       </c>
       <c r="C135" s="5">
-        <v>0.15009128999997756</v>
+        <v>4.7177190000013525E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>0.69516685832848868</v>
+        <v>0.21817078975976401</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>260.79559804000002</v>
+        <v>260.70018288</v>
       </c>
       <c r="C136" s="5">
-        <v>0.73281135000001996</v>
+        <v>0.90597193999997216</v>
       </c>
       <c r="D136" s="5">
-        <v>3.434289927896228</v>
+        <v>4.2659243344352893</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>260.96689773000003</v>
+        <v>260.83500679000002</v>
       </c>
       <c r="C137" s="5">
-        <v>0.17129969000001211</v>
+        <v>0.13482391000002281</v>
       </c>
       <c r="D137" s="5">
-        <v>0.79105575813773754</v>
+        <v>0.62236118767406978</v>
       </c>
       <c r="E137" s="5">
-        <v>1.60471826898263</v>
+        <v>1.5886515959034231</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>260.50668293000001</v>
+        <v>260.43942842000001</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.46021480000001702</v>
+        <v>-0.39557837000000973</v>
       </c>
       <c r="D138" s="5">
-        <v>-2.0957931639324245</v>
+        <v>-1.8047978789195729</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>260.03989358000001</v>
+        <v>260.04305439000001</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.4667893499999991</v>
+        <v>-0.39637403000000404</v>
       </c>
       <c r="D139" s="5">
-        <v>-2.1291572991275487</v>
+        <v>-1.8111215367132338</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>260.62349165000001</v>
+        <v>260.67412790999998</v>
       </c>
       <c r="C140" s="5">
-        <v>0.58359806999999364</v>
+        <v>0.63107351999997263</v>
       </c>
       <c r="D140" s="5">
-        <v>2.7266086191569894</v>
+        <v>2.9513508264969124</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>258.32135168999997</v>
+        <v>258.39323052999998</v>
       </c>
       <c r="C141" s="5">
-        <v>-2.3021399600000336</v>
+        <v>-2.280897379999999</v>
       </c>
       <c r="D141" s="5">
-        <v>-10.099740014148528</v>
+        <v>-10.009134463436343</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>258.70488211000003</v>
+        <v>258.85500488000002</v>
       </c>
       <c r="C142" s="5">
-        <v>0.38353042000005644</v>
+        <v>0.46177435000004152</v>
       </c>
       <c r="D142" s="5">
-        <v>1.7962641955892478</v>
+        <v>2.1657237551566455</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>259.32854972000001</v>
+        <v>259.48634267</v>
       </c>
       <c r="C143" s="5">
-        <v>0.62366760999998405</v>
+        <v>0.63133778999997503</v>
       </c>
       <c r="D143" s="5">
-        <v>2.9315425402146378</v>
+        <v>2.9663369588716737</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>256.66593976000001</v>
+        <v>257.34947473</v>
       </c>
       <c r="C144" s="5">
-        <v>-2.6626099599999975</v>
+        <v>-2.1368679400000019</v>
       </c>
       <c r="D144" s="5">
-        <v>-11.648299977832632</v>
+        <v>-9.4464720915087064</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>258.49462094</v>
+        <v>258.06828973</v>
       </c>
       <c r="C145" s="5">
-        <v>1.8286811799999896</v>
+        <v>0.71881500000000642</v>
       </c>
       <c r="D145" s="5">
-        <v>8.8928179616099889</v>
+        <v>3.4037502730153602</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>257.44606372999999</v>
+        <v>257.22857815999998</v>
       </c>
       <c r="C146" s="5">
-        <v>-1.0485572100000127</v>
+        <v>-0.83971157000001995</v>
       </c>
       <c r="D146" s="5">
-        <v>-4.7605345281740874</v>
+        <v>-3.8354769720070681</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>255.57777548999999</v>
+        <v>255.34184224000001</v>
       </c>
       <c r="C147" s="5">
-        <v>-1.8682882399999983</v>
+        <v>-1.8867359199999783</v>
       </c>
       <c r="D147" s="5">
-        <v>-8.3690988686418226</v>
+        <v>-8.455292168175621</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>255.40081401</v>
+        <v>255.36489946</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.17696147999998857</v>
+        <v>2.3057219999998324E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>-0.8277204701675589</v>
+        <v>0.10841313530012275</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>254.50008384</v>
+        <v>254.49314146</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.90073017000000277</v>
+        <v>-0.87175799999999981</v>
       </c>
       <c r="D149" s="5">
-        <v>-4.1509458367295693</v>
+        <v>-4.0204816785204596</v>
       </c>
       <c r="E149" s="5">
-        <v>-2.4780207552188016</v>
+        <v>-2.4313704698027294</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>256.54775119999999</v>
+        <v>256.50623088999998</v>
       </c>
       <c r="C150" s="5">
-        <v>2.0476673599999913</v>
+        <v>2.0130894299999795</v>
       </c>
       <c r="D150" s="5">
-        <v>10.093933535083433</v>
+        <v>9.9162841423806611</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>255.70276466000001</v>
+        <v>255.70405521999999</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.84498653999997941</v>
+        <v>-0.8021756699999969</v>
       </c>
       <c r="D151" s="5">
-        <v>-3.8815988673736035</v>
+        <v>-3.6888970019081202</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>257.11420656000001</v>
+        <v>257.16748146999998</v>
       </c>
       <c r="C152" s="5">
-        <v>1.4114418999999998</v>
+        <v>1.4634262499999977</v>
       </c>
       <c r="D152" s="5">
-        <v>6.8286650542221272</v>
+        <v>7.0881049795555429</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>258.06769743000001</v>
+        <v>258.11637961999998</v>
       </c>
       <c r="C153" s="5">
-        <v>0.95349086999999599</v>
+        <v>0.94889814999999089</v>
       </c>
       <c r="D153" s="5">
-        <v>4.5420176573320425</v>
+        <v>4.5187385858101781</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>258.05091190000002</v>
+        <v>258.14748159999999</v>
       </c>
       <c r="C154" s="5">
-        <v>-1.6785529999992832E-2</v>
+        <v>3.1101980000016738E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>-7.8023836351459597E-2</v>
+        <v>0.14469101328264955</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>258.97587952999999</v>
+        <v>259.00111143999999</v>
       </c>
       <c r="C155" s="5">
-        <v>0.92496762999996918</v>
+        <v>0.85362983999999642</v>
       </c>
       <c r="D155" s="5">
-        <v>4.3871457439602191</v>
+        <v>4.0410729144873647</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>257.71802946999998</v>
+        <v>258.33182353000001</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.2578500600000098</v>
+        <v>-0.66928790999998</v>
       </c>
       <c r="D156" s="5">
-        <v>-5.675214940128992</v>
+        <v>-3.0572395733340807</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>260.47929303000001</v>
+        <v>260.14908328000001</v>
       </c>
       <c r="C157" s="5">
-        <v>2.7612635600000317</v>
+        <v>1.8172597500000052</v>
       </c>
       <c r="D157" s="5">
-        <v>13.64251314352687</v>
+        <v>8.7758994823021741</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>261.61913738999999</v>
+        <v>261.43249691</v>
       </c>
       <c r="C158" s="5">
-        <v>1.1398443599999837</v>
+        <v>1.2834136299999841</v>
       </c>
       <c r="D158" s="5">
-        <v>5.3793847461912403</v>
+        <v>6.0833562746524628</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>260.52055812999998</v>
+        <v>260.35408919999998</v>
       </c>
       <c r="C159" s="5">
-        <v>-1.0985792600000082</v>
+        <v>-1.0784077100000218</v>
       </c>
       <c r="D159" s="5">
-        <v>-4.9242222928929547</v>
+        <v>-4.8392209290524786</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>260.99509454000003</v>
+        <v>260.94247110999999</v>
       </c>
       <c r="C160" s="5">
-        <v>0.47453641000004154</v>
+        <v>0.58838191000000961</v>
       </c>
       <c r="D160" s="5">
-        <v>2.2078229981160824</v>
+        <v>2.7458787892681302</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>261.37315053999998</v>
+        <v>261.32744894000001</v>
       </c>
       <c r="C161" s="5">
-        <v>0.3780559999999582</v>
+        <v>0.38497783000002528</v>
       </c>
       <c r="D161" s="5">
-        <v>1.7521364003197926</v>
+        <v>1.7848397894819845</v>
       </c>
       <c r="E161" s="5">
-        <v>2.7006147095499422</v>
+        <v>2.6854584138465531</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>259.25003699000001</v>
+        <v>259.23695275</v>
       </c>
       <c r="C162" s="5">
-        <v>-2.1231135499999709</v>
+        <v>-2.0904961900000103</v>
       </c>
       <c r="D162" s="5">
-        <v>-9.3236039329395837</v>
+        <v>-9.1881450833262939</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>259.01331421999998</v>
+        <v>259.05258904999999</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.2367227700000285</v>
+        <v>-0.18436370000000579</v>
       </c>
       <c r="D163" s="5">
-        <v>-1.0902411078263174</v>
+        <v>-0.85008376980965084</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>257.87588546000001</v>
+        <v>257.94393258999997</v>
       </c>
       <c r="C164" s="5">
-        <v>-1.1374287599999775</v>
+        <v>-1.1086564600000202</v>
       </c>
       <c r="D164" s="5">
-        <v>-5.1442376129791629</v>
+        <v>-5.0164153248662746</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>258.36639674000003</v>
+        <v>258.41148929000002</v>
       </c>
       <c r="C165" s="5">
-        <v>0.49051128000002109</v>
+        <v>0.46755670000004557</v>
       </c>
       <c r="D165" s="5">
-        <v>2.3065771571247229</v>
+        <v>2.196971702197148</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>256.92428187000002</v>
+        <v>256.93744177999997</v>
       </c>
       <c r="C166" s="5">
-        <v>-1.4421148700000117</v>
+        <v>-1.4740475100000481</v>
       </c>
       <c r="D166" s="5">
-        <v>-6.4961540680853798</v>
+        <v>-6.6343939928873885</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>255.46494623999999</v>
+        <v>255.39336936999999</v>
       </c>
       <c r="C167" s="5">
-        <v>-1.4593356300000266</v>
+        <v>-1.5440724099999841</v>
       </c>
       <c r="D167" s="5">
-        <v>-6.6070736570397637</v>
+        <v>-6.977787624904197</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>256.09208777999999</v>
+        <v>256.56952150000001</v>
       </c>
       <c r="C168" s="5">
-        <v>0.62714153999999667</v>
+        <v>1.1761521300000197</v>
       </c>
       <c r="D168" s="5">
-        <v>2.9859855144271696</v>
+        <v>5.6684550975465875</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>257.89615103</v>
+        <v>257.68282663000002</v>
       </c>
       <c r="C169" s="5">
-        <v>1.8040632500000129</v>
+        <v>1.1133051300000147</v>
       </c>
       <c r="D169" s="5">
-        <v>8.7888530704956391</v>
+        <v>5.3331176719753737</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>257.95864297999998</v>
+        <v>257.76678392000002</v>
       </c>
       <c r="C170" s="5">
-        <v>6.2491949999980534E-2</v>
+        <v>8.3957290000000739E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>0.29116511542592871</v>
+        <v>0.39168106896392274</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>258.23038765000001</v>
+        <v>258.18306150000001</v>
       </c>
       <c r="C171" s="5">
-        <v>0.27174467000003233</v>
+        <v>0.41627757999998494</v>
       </c>
       <c r="D171" s="5">
-        <v>1.2714814113750084</v>
+        <v>1.9552325342891752</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>258.32671997</v>
+        <v>258.28783041999998</v>
       </c>
       <c r="C172" s="5">
-        <v>9.6332319999987703E-2</v>
+        <v>0.10476891999996951</v>
       </c>
       <c r="D172" s="5">
-        <v>0.44857718580295636</v>
+        <v>0.48804007099907398</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>258.32468994999999</v>
+        <v>258.29257158000001</v>
       </c>
       <c r="C173" s="5">
-        <v>-2.0300200000065161E-3</v>
+        <v>4.7411600000373255E-3</v>
       </c>
       <c r="D173" s="5">
-        <v>-9.4296041692198962E-3</v>
+        <v>2.2029556789648908E-2</v>
       </c>
       <c r="E173" s="5">
-        <v>-1.1663250734445518</v>
+        <v>-1.1613312617216875</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>259.12078006000002</v>
+        <v>259.12934077</v>
       </c>
       <c r="C174" s="5">
-        <v>0.79609011000002283</v>
+        <v>0.83676918999998406</v>
       </c>
       <c r="D174" s="5">
-        <v>3.7614201636884337</v>
+        <v>3.9575625515546387</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>259.62637776000003</v>
+        <v>259.68466210999998</v>
       </c>
       <c r="C175" s="5">
-        <v>0.50559770000000981</v>
+        <v>0.55532133999997768</v>
       </c>
       <c r="D175" s="5">
-        <v>2.3667373841448125</v>
+        <v>2.6021616867518027</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>258.56919655000002</v>
+        <v>258.61664789999998</v>
       </c>
       <c r="C176" s="5">
-        <v>-1.0571812100000102</v>
+        <v>-1.0680142100000012</v>
       </c>
       <c r="D176" s="5">
-        <v>-4.7783591788394304</v>
+        <v>-4.8251621263065703</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>258.66111926000002</v>
+        <v>258.66819447</v>
       </c>
       <c r="C177" s="5">
-        <v>9.1922710000005736E-2</v>
+        <v>5.1546570000027714E-2</v>
       </c>
       <c r="D177" s="5">
-        <v>0.427441438162246</v>
+        <v>0.23944219570428693</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>259.22215838</v>
+        <v>259.18619947000002</v>
       </c>
       <c r="C178" s="5">
-        <v>0.56103911999997536</v>
+        <v>0.51800500000001648</v>
       </c>
       <c r="D178" s="5">
-        <v>2.6340906714696022</v>
+        <v>2.4297475508792576</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>259.87695352999998</v>
+        <v>259.77863923000001</v>
       </c>
       <c r="C179" s="5">
-        <v>0.65479514999998401</v>
+        <v>0.59243975999999066</v>
       </c>
       <c r="D179" s="5">
-        <v>3.0736689669584205</v>
+        <v>2.7776700809100108</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>262.20953763</v>
+        <v>262.52744231999998</v>
       </c>
       <c r="C180" s="5">
-        <v>2.3325841000000196</v>
+        <v>2.7488030899999671</v>
       </c>
       <c r="D180" s="5">
-        <v>11.318824696512841</v>
+        <v>13.46325513794342</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>260.87043494</v>
+        <v>260.76614833999997</v>
       </c>
       <c r="C181" s="5">
-        <v>-1.3391026900000043</v>
+        <v>-1.7612939800000049</v>
       </c>
       <c r="D181" s="5">
-        <v>-5.9591532562494054</v>
+        <v>-7.7602626091109457</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>260.09915892999999</v>
+        <v>259.97560677000001</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.77127601000000823</v>
+        <v>-0.79054156999995939</v>
       </c>
       <c r="D182" s="5">
-        <v>-3.4907308457603703</v>
+        <v>-3.5778838297329862</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>261.12270588000001</v>
+        <v>261.11060349000002</v>
       </c>
       <c r="C183" s="5">
-        <v>1.0235469500000249</v>
+        <v>1.1349967200000037</v>
       </c>
       <c r="D183" s="5">
-        <v>4.8258217260995995</v>
+        <v>5.3665830140415149</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>261.13700318000002</v>
+        <v>261.15025866000002</v>
       </c>
       <c r="C184" s="5">
-        <v>1.4297300000009727E-2</v>
+        <v>3.9655170000003181E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>6.5723612641210849E-2</v>
+        <v>0.18239769598842326</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>260.59438684999998</v>
+        <v>260.62847498000002</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.54261633000004394</v>
+        <v>-0.52178367999999864</v>
       </c>
       <c r="D185" s="5">
-        <v>-2.4651787278639481</v>
+        <v>-2.3714520172502196</v>
       </c>
       <c r="E185" s="5">
-        <v>0.87862174554018679</v>
+        <v>0.90436336814143647</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>260.03714206000001</v>
+        <v>260.03411143</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.55724478999997018</v>
+        <v>-0.5943635500000255</v>
       </c>
       <c r="D186" s="5">
-        <v>-2.5360678255820557</v>
+        <v>-2.7025365042490312</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>260.66714818000003</v>
+        <v>260.67770512999999</v>
       </c>
       <c r="C187" s="5">
-        <v>0.63000612000001865</v>
+        <v>0.64359369999999672</v>
       </c>
       <c r="D187" s="5">
-        <v>2.9463600814910285</v>
+        <v>3.0108085082177327</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>261.19088161000002</v>
+        <v>261.20136874999997</v>
       </c>
       <c r="C188" s="5">
-        <v>0.52373342999999295</v>
+        <v>0.52366361999997935</v>
       </c>
       <c r="D188" s="5">
-        <v>2.4378673748260749</v>
+        <v>2.4374390164616955</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>262.74376787</v>
+        <v>262.73848383000001</v>
       </c>
       <c r="C189" s="5">
-        <v>1.5528862599999798</v>
+        <v>1.5371150800000351</v>
       </c>
       <c r="D189" s="5">
-        <v>7.3724710149138062</v>
+        <v>7.2948537815311854</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>262.93982779999999</v>
+        <v>262.90065644999999</v>
       </c>
       <c r="C190" s="5">
-        <v>0.19605992999998989</v>
+        <v>0.16217261999997845</v>
       </c>
       <c r="D190" s="5">
-        <v>0.89912657402331231</v>
+        <v>0.74320730717256644</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>264.94949618999999</v>
+        <v>264.89782815000001</v>
       </c>
       <c r="C191" s="5">
-        <v>2.0096683900000016</v>
+        <v>1.997171700000024</v>
       </c>
       <c r="D191" s="5">
-        <v>9.5672309906543731</v>
+        <v>9.5067084313549266</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>264.70559485000001</v>
+        <v>264.86889743</v>
       </c>
       <c r="C192" s="5">
-        <v>-0.24390133999997943</v>
+        <v>-2.8930720000005294E-2</v>
       </c>
       <c r="D192" s="5">
-        <v>-1.0990935366439358</v>
+        <v>-0.13097886867919906</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>265.22700517999999</v>
+        <v>265.18391779000001</v>
       </c>
       <c r="C193" s="5">
-        <v>0.5214103299999806</v>
+        <v>0.31502036000000544</v>
       </c>
       <c r="D193" s="5">
-        <v>2.3895063609966627</v>
+        <v>1.4365864484607638</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>265.68769376</v>
+        <v>265.60556542</v>
       </c>
       <c r="C194" s="5">
-        <v>0.46068858000001001</v>
+        <v>0.42164762999999539</v>
       </c>
       <c r="D194" s="5">
-        <v>2.104379591829697</v>
+        <v>1.9247981590839291</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>265.26095493999998</v>
+        <v>265.26215260999999</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.4267388200000255</v>
+        <v>-0.343412810000018</v>
       </c>
       <c r="D195" s="5">
-        <v>-1.910464793378619</v>
+        <v>-1.54054557508021</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>265.56894456999999</v>
+        <v>265.56532169000002</v>
       </c>
       <c r="C196" s="5">
-        <v>0.30798963000000867</v>
+        <v>0.30316908000003195</v>
       </c>
       <c r="D196" s="5">
-        <v>1.4022300485735384</v>
+        <v>1.3801384069354716</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>265.87711495000002</v>
+        <v>265.88586426000001</v>
       </c>
       <c r="C197" s="5">
-        <v>0.30817038000003549</v>
+        <v>0.32054256999998643</v>
       </c>
       <c r="D197" s="5">
-        <v>1.4014206662614326</v>
+        <v>1.4580779270890964</v>
       </c>
       <c r="E197" s="5">
-        <v>2.0271841476926511</v>
+        <v>2.0171968087536962</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>266.26101698000002</v>
+        <v>266.26635404000001</v>
       </c>
       <c r="C198" s="5">
-        <v>0.38390203000000156</v>
+        <v>0.38048978000000488</v>
       </c>
       <c r="D198" s="5">
-        <v>1.7465158974258044</v>
+        <v>1.7308124879098719</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>266.98088123000002</v>
+        <v>267.00168632999998</v>
       </c>
       <c r="C199" s="5">
-        <v>0.71986425000000054</v>
+        <v>0.73533228999997391</v>
       </c>
       <c r="D199" s="5">
-        <v>3.2930042839832918</v>
+        <v>3.3647723953260877</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>268.29462071</v>
+        <v>268.30321292999997</v>
       </c>
       <c r="C200" s="5">
-        <v>1.3137394799999811</v>
+        <v>1.3015265999999883</v>
       </c>
       <c r="D200" s="5">
-        <v>6.0673297588209385</v>
+        <v>6.0089246424333442</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>266.63114453999998</v>
+        <v>266.63103533999998</v>
       </c>
       <c r="C201" s="5">
-        <v>-1.663476170000024</v>
+        <v>-1.6721775899999898</v>
       </c>
       <c r="D201" s="5">
-        <v>-7.1916736420070126</v>
+        <v>-7.2277887549010211</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>266.79028717</v>
+        <v>266.78886779999999</v>
       </c>
       <c r="C202" s="5">
-        <v>0.15914263000001938</v>
+        <v>0.15783246000000872</v>
       </c>
       <c r="D202" s="5">
-        <v>0.71859315838680438</v>
+        <v>0.71265823146147156</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>267.99646121000001</v>
+        <v>267.98792115999998</v>
       </c>
       <c r="C203" s="5">
-        <v>1.2061740400000076</v>
+        <v>1.1990533599999935</v>
       </c>
       <c r="D203" s="5">
-        <v>5.5622257062953429</v>
+        <v>5.5286032420303277</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>267.52693585999998</v>
+        <v>267.60541640000002</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.46952535000002626</v>
+        <v>-0.3825047599999607</v>
       </c>
       <c r="D204" s="5">
-        <v>-2.0822395743323674</v>
+        <v>-1.6994030263841275</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>268.72638656999999</v>
+        <v>268.71520559999999</v>
       </c>
       <c r="C205" s="5">
-        <v>1.1994507100000078</v>
+        <v>1.1097891999999661</v>
       </c>
       <c r="D205" s="5">
-        <v>5.5148449047933257</v>
+        <v>5.0916265884124456</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>269.65744523000001</v>
+        <v>269.62023051</v>
       </c>
       <c r="C206" s="5">
-        <v>0.93105866000001924</v>
+        <v>0.90502491000000873</v>
       </c>
       <c r="D206" s="5">
-        <v>4.2378004273544878</v>
+        <v>4.1172768848965369</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>268.76551279</v>
+        <v>268.75325090000001</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.89193244000000504</v>
+        <v>-0.86697960999998713</v>
       </c>
       <c r="D207" s="5">
-        <v>-3.8977625737771415</v>
+        <v>-3.7911535484824954</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>269.87035479999997</v>
+        <v>269.84197995</v>
       </c>
       <c r="C208" s="5">
-        <v>1.1048420099999703</v>
+        <v>1.0887290499999835</v>
       </c>
       <c r="D208" s="5">
-        <v>5.0460372270977771</v>
+        <v>4.9710308864559405</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>271.2915509</v>
+        <v>271.26983052000003</v>
       </c>
       <c r="C209" s="5">
-        <v>1.4211961000000315</v>
+        <v>1.4278505700000323</v>
       </c>
       <c r="D209" s="5">
-        <v>6.505751105463653</v>
+        <v>6.5378124269449334</v>
       </c>
       <c r="E209" s="5">
-        <v>2.0364430203096751</v>
+        <v>2.0249163207620713</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>270.54386106999999</v>
+        <v>270.55127692000002</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.74768983000001299</v>
+        <v>-0.71855360000000701</v>
       </c>
       <c r="D210" s="5">
-        <v>-3.2575714166982128</v>
+        <v>-3.1327203593812025</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>271.04789332000001</v>
+        <v>271.06935886000002</v>
       </c>
       <c r="C211" s="5">
-        <v>0.50403225000002294</v>
+        <v>0.51808194000000185</v>
       </c>
       <c r="D211" s="5">
-        <v>2.2586908384645721</v>
+        <v>2.3222512481309687</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>271.92958364999998</v>
+        <v>271.94030266999999</v>
       </c>
       <c r="C212" s="5">
-        <v>0.88169032999996944</v>
+        <v>0.87094380999997156</v>
       </c>
       <c r="D212" s="5">
-        <v>3.9740735288875451</v>
+        <v>3.9244599002597358</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>272.62325232000001</v>
+        <v>272.63554456000003</v>
       </c>
       <c r="C213" s="5">
-        <v>0.6936686700000223</v>
+        <v>0.69524189000003389</v>
       </c>
       <c r="D213" s="5">
-        <v>3.1044099422512073</v>
+        <v>3.1114255754263409</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>273.40118230000002</v>
+        <v>273.42130305000001</v>
       </c>
       <c r="C214" s="5">
-        <v>0.77792998000001035</v>
+        <v>0.78575848999997788</v>
       </c>
       <c r="D214" s="5">
-        <v>3.4784525701625491</v>
+        <v>3.5138529691660425</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>273.85941690999999</v>
+        <v>273.86994478999998</v>
       </c>
       <c r="C215" s="5">
-        <v>0.45823460999997678</v>
+        <v>0.44864173999997092</v>
       </c>
       <c r="D215" s="5">
-        <v>2.0299068177753954</v>
+        <v>1.986880144315184</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>274.94652508000001</v>
+        <v>274.97866531</v>
       </c>
       <c r="C216" s="5">
-        <v>1.0871081700000218</v>
+        <v>1.1087205200000199</v>
       </c>
       <c r="D216" s="5">
-        <v>4.8688903976956244</v>
+        <v>4.9676573788334233</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>275.21295240000001</v>
+        <v>275.21249404000002</v>
       </c>
       <c r="C217" s="5">
-        <v>0.26642731999999114</v>
+        <v>0.23382873000002746</v>
       </c>
       <c r="D217" s="5">
-        <v>1.1690354532200242</v>
+        <v>1.0252087208589833</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>276.93662697000002</v>
+        <v>276.91669307000001</v>
       </c>
       <c r="C218" s="5">
-        <v>1.7236745700000142</v>
+        <v>1.7041990299999838</v>
       </c>
       <c r="D218" s="5">
-        <v>7.7800417438922853</v>
+        <v>7.6891347162360679</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>278.67420767999999</v>
+        <v>278.66177713000002</v>
       </c>
       <c r="C219" s="5">
-        <v>1.7375807099999747</v>
+        <v>1.7450840600000106</v>
       </c>
       <c r="D219" s="5">
-        <v>7.7944797705046476</v>
+        <v>7.8298968137969105</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>279.44338385999998</v>
+        <v>279.37756374000003</v>
       </c>
       <c r="C220" s="5">
-        <v>0.76917617999998811</v>
+        <v>0.7157866100000092</v>
       </c>
       <c r="D220" s="5">
-        <v>3.3628985669578615</v>
+        <v>3.1263105905893873</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>281.08328442999999</v>
+        <v>280.99457004999999</v>
       </c>
       <c r="C221" s="5">
-        <v>1.6399005700000089</v>
+        <v>1.6170063099999652</v>
       </c>
       <c r="D221" s="5">
-        <v>7.2739457401408858</v>
+        <v>7.1708861663882795</v>
       </c>
       <c r="E221" s="5">
-        <v>3.6093027952828871</v>
+        <v>3.584895346216177</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>282.60669234</v>
+        <v>282.62930071</v>
       </c>
       <c r="C222" s="5">
-        <v>1.5234079100000031</v>
+        <v>1.6347306600000024</v>
       </c>
       <c r="D222" s="5">
-        <v>6.7011425083939313</v>
+        <v>7.2089581766316968</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>283.42961194999998</v>
+        <v>283.47223617999998</v>
       </c>
       <c r="C223" s="5">
-        <v>0.82291960999998537</v>
+        <v>0.84293546999998625</v>
       </c>
       <c r="D223" s="5">
-        <v>3.5507768803524353</v>
+        <v>3.6382684590104297</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>283.06688830000002</v>
+        <v>283.08933307000001</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.36272364999996398</v>
+        <v>-0.38290310999997246</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.5249559818638736</v>
+        <v>-1.6089246433032334</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>280.88761376000002</v>
+        <v>280.9012712</v>
       </c>
       <c r="C225" s="5">
-        <v>-2.1792745399999944</v>
+        <v>-2.1880618700000127</v>
       </c>
       <c r="D225" s="5">
-        <v>-8.8572320218333616</v>
+        <v>-8.8907667576698657</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>281.62519735000001</v>
+        <v>281.64799765999999</v>
       </c>
       <c r="C226" s="5">
-        <v>0.73758358999998563</v>
+        <v>0.74672645999999077</v>
       </c>
       <c r="D226" s="5">
-        <v>3.1969935616938505</v>
+        <v>3.2370441196365896</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>280.97785524</v>
+        <v>280.98746684000002</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.64734211000001096</v>
+        <v>-0.66053081999996266</v>
       </c>
       <c r="D227" s="5">
-        <v>-2.7237077829619039</v>
+        <v>-2.7782637733221316</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>280.79959360999999</v>
+        <v>280.83357986999999</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.17826163000000861</v>
+        <v>-0.15388697000003049</v>
       </c>
       <c r="D228" s="5">
-        <v>-0.75866870243898044</v>
+        <v>-0.65522189378635076</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>281.68166063000001</v>
+        <v>281.67779542</v>
       </c>
       <c r="C229" s="5">
-        <v>0.88206702000002224</v>
+        <v>0.84421555000000126</v>
       </c>
       <c r="D229" s="5">
-        <v>3.8353353686650271</v>
+        <v>3.6675711188656424</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>280.75924063000002</v>
+        <v>280.74793958999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.92241999999998825</v>
+        <v>-0.92985583000000815</v>
       </c>
       <c r="D230" s="5">
-        <v>-3.8596186931635801</v>
+        <v>-3.8902216720310689</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>282.04983705000001</v>
+        <v>282.04260450999999</v>
       </c>
       <c r="C231" s="5">
-        <v>1.2905964199999858</v>
+        <v>1.2946649200000024</v>
       </c>
       <c r="D231" s="5">
-        <v>5.657791485901198</v>
+        <v>5.676316298059203</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>281.14898452</v>
+        <v>281.13415226000001</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.90085253000000876</v>
+        <v>-0.90845224999998209</v>
       </c>
       <c r="D232" s="5">
-        <v>-3.7661207532688534</v>
+        <v>-3.7974272720660229</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>280.10348742000002</v>
+        <v>280.10130327000002</v>
       </c>
       <c r="C233" s="5">
-        <v>-1.0454970999999773</v>
+        <v>-1.0328489899999909</v>
       </c>
       <c r="D233" s="5">
-        <v>-4.3722446809891462</v>
+        <v>-4.3206381563073437</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.34857889610435677</v>
+        <v>-0.31789467669821603</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>279.63876670000002</v>
+        <v>279.63473017000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.46472072000000253</v>
+        <v>-0.46657310000000507</v>
       </c>
       <c r="D234" s="5">
-        <v>-1.9728571599492706</v>
+        <v>-1.9806643830559412</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>278.30163341000002</v>
+        <v>278.28214978</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.337133289999997</v>
+        <v>-1.3525803900000142</v>
       </c>
       <c r="D235" s="5">
-        <v>-5.5894502044608778</v>
+        <v>-5.652393404145406</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>276.99139375999999</v>
+        <v>276.96890435</v>
       </c>
       <c r="C236" s="5">
-        <v>-1.3102396500000282</v>
+        <v>-1.3132454299999949</v>
       </c>
       <c r="D236" s="5">
-        <v>-5.5055627332474044</v>
+        <v>-5.5182432639460988</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>276.83416277999999</v>
+        <v>276.80806647000003</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.15723098000000846</v>
+        <v>-0.16083787999997412</v>
       </c>
       <c r="D237" s="5">
-        <v>-0.67904361295888505</v>
+        <v>-0.69462747034469974</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>275.57598796000002</v>
+        <v>275.56710779999997</v>
       </c>
       <c r="C238" s="5">
-        <v>-1.2581748199999652</v>
+        <v>-1.2409586700000546</v>
       </c>
       <c r="D238" s="5">
-        <v>-5.3195578834432045</v>
+        <v>-5.249036133329998</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>276.97003548999999</v>
+        <v>276.95266822999997</v>
       </c>
       <c r="C239" s="5">
-        <v>1.3940475299999662</v>
+        <v>1.3855604299999982</v>
       </c>
       <c r="D239" s="5">
-        <v>6.2421774781920458</v>
+        <v>6.2033229959515879</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>276.46588221000002</v>
+        <v>276.47006336999999</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.50415327999996862</v>
+        <v>-0.48260485999998082</v>
       </c>
       <c r="D240" s="5">
-        <v>-2.1625582345391692</v>
+        <v>-2.0711393798010347</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>275.85030770999998</v>
+        <v>275.85085303</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.61557450000003655</v>
+        <v>-0.61921033999999509</v>
       </c>
       <c r="D241" s="5">
-        <v>-2.6394217332426417</v>
+        <v>-2.6547800725477799</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>276.12549528</v>
+        <v>276.11505184999999</v>
       </c>
       <c r="C242" s="5">
-        <v>0.27518757000001415</v>
+        <v>0.26419881999999006</v>
       </c>
       <c r="D242" s="5">
-        <v>1.2037071837076585</v>
+        <v>1.1553851689715566</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>276.46943700999998</v>
+        <v>276.47749904</v>
       </c>
       <c r="C243" s="5">
-        <v>0.34394172999998318</v>
+        <v>0.36244719000001169</v>
       </c>
       <c r="D243" s="5">
-        <v>1.505001840236786</v>
+        <v>1.5866230555738658</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>276.96823942999998</v>
+        <v>277.04023310999997</v>
       </c>
       <c r="C244" s="5">
-        <v>0.49880242000000408</v>
+        <v>0.56273406999997633</v>
       </c>
       <c r="D244" s="5">
-        <v>2.1866370880487374</v>
+        <v>2.4699726595804217</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>277.21987395000002</v>
+        <v>277.31996858999997</v>
       </c>
       <c r="C245" s="5">
-        <v>0.25163452000003872</v>
+        <v>0.27973547999999937</v>
       </c>
       <c r="D245" s="5">
-        <v>1.0957028231408206</v>
+        <v>1.2184262078270613</v>
       </c>
       <c r="E245" s="5">
-        <v>-1.0294814593565516</v>
+        <v>-0.99297455867922713</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>278.03975858000001</v>
+        <v>278.01987854999999</v>
       </c>
       <c r="C246" s="5">
-        <v>0.81988462999999001</v>
+        <v>0.6999099600000136</v>
       </c>
       <c r="D246" s="5">
-        <v>3.6073324803363782</v>
+        <v>3.0709985178456689</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>278.67654225000001</v>
+        <v>278.63392961</v>
       </c>
       <c r="C247" s="5">
-        <v>0.6367836699999998</v>
+        <v>0.61405106000000842</v>
       </c>
       <c r="D247" s="5">
-        <v>2.7831980460652161</v>
+        <v>2.6828247596793364</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>280.80368978000001</v>
+        <v>280.76807466999998</v>
       </c>
       <c r="C248" s="5">
-        <v>2.127147530000002</v>
+        <v>2.1341450599999803</v>
       </c>
       <c r="D248" s="5">
-        <v>9.5541320649471295</v>
+        <v>9.5884256361881803</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>280.56544829000001</v>
+        <v>280.54531744000002</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.23824149000000716</v>
+        <v>-0.22275722999995651</v>
       </c>
       <c r="D249" s="5">
-        <v>-1.0133751880911257</v>
+        <v>-0.94791874930300057</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>282.01734183999997</v>
+        <v>282.0278558</v>
       </c>
       <c r="C250" s="5">
-        <v>1.4518935499999657</v>
+        <v>1.4825383599999782</v>
       </c>
       <c r="D250" s="5">
-        <v>6.3896891147036561</v>
+        <v>6.5289815036783994</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>282.82978348</v>
+        <v>282.81925919999998</v>
       </c>
       <c r="C251" s="5">
-        <v>0.81244164000003138</v>
+        <v>0.79140339999997877</v>
       </c>
       <c r="D251" s="5">
-        <v>3.5122895629054129</v>
+        <v>3.4198009807852481</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>279.96633682999999</v>
+        <v>279.96617762</v>
       </c>
       <c r="C252" s="5">
-        <v>-2.8634466500000144</v>
+        <v>-2.85308157999998</v>
       </c>
       <c r="D252" s="5">
-        <v>-11.494943020865412</v>
+        <v>-11.456017728236878</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>280.27660329000003</v>
+        <v>280.27592761</v>
       </c>
       <c r="C253" s="5">
-        <v>0.31026646000003666</v>
+        <v>0.30974999000000025</v>
       </c>
       <c r="D253" s="5">
-        <v>1.3380092171532576</v>
+        <v>1.3357691588460119</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>281.48247858000002</v>
+        <v>281.46883471000001</v>
       </c>
       <c r="C254" s="5">
-        <v>1.2058752899999945</v>
+        <v>1.1929071000000135</v>
       </c>
       <c r="D254" s="5">
-        <v>5.2868788169258885</v>
+        <v>5.2286983560391409</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>280.69346214000001</v>
+        <v>280.69478579000003</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.7890164400000117</v>
+        <v>-0.77404891999998426</v>
       </c>
       <c r="D255" s="5">
-        <v>-3.3123135377821966</v>
+        <v>-3.2505820211780612</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>281.40398044</v>
+        <v>281.43318606000003</v>
       </c>
       <c r="C256" s="5">
-        <v>0.71051829999998972</v>
+        <v>0.73840026999999964</v>
       </c>
       <c r="D256" s="5">
-        <v>3.0802035674786232</v>
+        <v>3.2028153328796494</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>281.99288553999997</v>
+        <v>282.02019401000001</v>
       </c>
       <c r="C257" s="5">
-        <v>0.58890509999997676</v>
+        <v>0.58700794999998607</v>
       </c>
       <c r="D257" s="5">
-        <v>2.5403945286827323</v>
+        <v>2.5318507707492</v>
       </c>
       <c r="E257" s="5">
-        <v>1.7217422120539672</v>
+        <v>1.6948744960190831</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>282.77773301000002</v>
+        <v>282.77365411</v>
       </c>
       <c r="C258" s="5">
-        <v>0.78484747000004518</v>
+        <v>0.75346009999998387</v>
       </c>
       <c r="D258" s="5">
-        <v>3.3914635928300463</v>
+        <v>3.2535146903295287</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>282.32465416000002</v>
+        <v>282.30736711999998</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.45307884999999715</v>
+        <v>-0.46628699000001461</v>
       </c>
       <c r="D259" s="5">
-        <v>-1.9058392226918963</v>
+        <v>-1.960923360910849</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>282.6490336</v>
+        <v>282.62257755000002</v>
       </c>
       <c r="C260" s="5">
-        <v>0.32437943999997287</v>
+        <v>0.31521043000003601</v>
       </c>
       <c r="D260" s="5">
-        <v>1.3874969066354881</v>
+        <v>1.3481194136812036</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>283.31557251999999</v>
+        <v>283.30610887</v>
       </c>
       <c r="C261" s="5">
-        <v>0.6665389199999936</v>
+        <v>0.68353131999998595</v>
       </c>
       <c r="D261" s="5">
-        <v>2.8668157937127292</v>
+        <v>2.941154823265224</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>282.89205318</v>
+        <v>282.91939626999999</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.42351933999998437</v>
+        <v>-0.38671260000000984</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.7791661034363138</v>
+        <v>-1.625757500578684</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>283.79515421000002</v>
+        <v>283.79408131999998</v>
       </c>
       <c r="C263" s="5">
-        <v>0.90310103000001618</v>
+        <v>0.87468504999998231</v>
       </c>
       <c r="D263" s="5">
-        <v>3.8988486541752465</v>
+        <v>3.7737075891262295</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>284.69470677999999</v>
+        <v>284.68712799000002</v>
       </c>
       <c r="C264" s="5">
-        <v>0.89955256999996891</v>
+        <v>0.89304667000004656</v>
       </c>
       <c r="D264" s="5">
-        <v>3.8706867733083739</v>
+        <v>3.8422210481406927</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>284.60325410000002</v>
+        <v>284.60143697000001</v>
       </c>
       <c r="C265" s="5">
-        <v>-9.1452679999974862E-2</v>
+        <v>-8.5691020000012941E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>-0.38479652047542778</v>
+        <v>-0.36060344998574134</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>285.48982891000003</v>
+        <v>285.47735447000002</v>
       </c>
       <c r="C266" s="5">
-        <v>0.88657481000001326</v>
+        <v>0.87591750000001412</v>
       </c>
       <c r="D266" s="5">
-        <v>3.8028665794369143</v>
+        <v>3.7564010948215598</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>281.75887563999999</v>
+        <v>281.75681102999999</v>
       </c>
       <c r="C267" s="5">
-        <v>-3.7309532700000432</v>
+        <v>-3.7205434400000286</v>
       </c>
       <c r="D267" s="5">
-        <v>-14.602809521147165</v>
+        <v>-14.565532464957375</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>282.77814284999999</v>
+        <v>282.80065740999999</v>
       </c>
       <c r="C268" s="5">
-        <v>1.0192672100000095</v>
+        <v>1.0438463799999909</v>
       </c>
       <c r="D268" s="5">
-        <v>4.4284394627810864</v>
+        <v>4.5374489341879709</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>283.64521786</v>
+        <v>283.65736296</v>
       </c>
       <c r="C269" s="5">
-        <v>0.86707501000000775</v>
+        <v>0.85670555000001514</v>
       </c>
       <c r="D269" s="5">
-        <v>3.7422197504955346</v>
+        <v>3.696418560205772</v>
       </c>
       <c r="E269" s="5">
-        <v>0.58594822945121638</v>
+        <v>0.58051479460436983</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>284.41540944000002</v>
+        <v>284.41767238</v>
       </c>
       <c r="C270" s="5">
-        <v>0.77019158000001653</v>
+        <v>0.76030941999999868</v>
       </c>
       <c r="D270" s="5">
-        <v>3.3075063353362744</v>
+        <v>3.2642990575741715</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>285.61376442</v>
+        <v>285.60870532000001</v>
       </c>
       <c r="C271" s="5">
-        <v>1.1983549799999764</v>
+        <v>1.1910329400000137</v>
       </c>
       <c r="D271" s="5">
-        <v>5.1749053697167424</v>
+        <v>5.1425127005405802</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>286.30992035999998</v>
+        <v>286.28979514000002</v>
       </c>
       <c r="C272" s="5">
-        <v>0.69615593999998282</v>
+        <v>0.68108982000001106</v>
       </c>
       <c r="D272" s="5">
-        <v>2.9644144887598811</v>
+        <v>2.8994673638165214</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>286.59845769999998</v>
+        <v>286.59078027999999</v>
       </c>
       <c r="C273" s="5">
-        <v>0.28853734000000486</v>
+        <v>0.30098513999996612</v>
       </c>
       <c r="D273" s="5">
-        <v>1.2160613609283333</v>
+        <v>1.2689169509492393</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>287.20056185999999</v>
+        <v>287.23958757999998</v>
       </c>
       <c r="C274" s="5">
-        <v>0.60210416000001032</v>
+        <v>0.64880729999998721</v>
       </c>
       <c r="D274" s="5">
-        <v>2.5503707638529827</v>
+        <v>2.7507392779871465</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>286.870114</v>
+        <v>286.87235283000001</v>
       </c>
       <c r="C275" s="5">
-        <v>-0.33044785999999249</v>
+        <v>-0.36723474999996597</v>
       </c>
       <c r="D275" s="5">
-        <v>-1.3719947469593263</v>
+        <v>-1.5234533548123874</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>287.92720881000002</v>
+        <v>287.9155232</v>
       </c>
       <c r="C276" s="5">
-        <v>1.0570948100000237</v>
+        <v>1.0431703699999844</v>
       </c>
       <c r="D276" s="5">
-        <v>4.512639023035292</v>
+        <v>4.4519677154196913</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>288.76233313</v>
+        <v>288.75967508999997</v>
       </c>
       <c r="C277" s="5">
-        <v>0.83512431999997716</v>
+        <v>0.84415188999997781</v>
       </c>
       <c r="D277" s="5">
-        <v>3.5366287130867757</v>
+        <v>3.5756252165025648</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>288.59080037000001</v>
+        <v>288.57946005999997</v>
       </c>
       <c r="C278" s="5">
-        <v>-0.17153275999999096</v>
+        <v>-0.18021502999999939</v>
       </c>
       <c r="D278" s="5">
-        <v>-0.71050864386305035</v>
+        <v>-0.74635511704261859</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>289.22584374000002</v>
+        <v>289.22235353999997</v>
       </c>
       <c r="C279" s="5">
-        <v>0.63504337000000532</v>
+        <v>0.64289347999999791</v>
       </c>
       <c r="D279" s="5">
-        <v>2.6727911789202086</v>
+        <v>2.7063445171763956</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>289.66632614000002</v>
+        <v>289.67735226999997</v>
       </c>
       <c r="C280" s="5">
-        <v>0.4404824000000076</v>
+        <v>0.4549987299999998</v>
       </c>
       <c r="D280" s="5">
-        <v>1.8429507614064589</v>
+        <v>1.9042358800762882</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>289.65485976000002</v>
+        <v>289.65465369999998</v>
       </c>
       <c r="C281" s="5">
-        <v>-1.1466380000001664E-2</v>
+        <v>-2.2698569999988649E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>-4.7491404598920539E-2</v>
+        <v>-9.3989219314616346E-2</v>
       </c>
       <c r="E281" s="5">
-        <v>2.1187178635834414</v>
+        <v>2.1142728950934053</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>288.55553673999998</v>
+        <v>288.55932237000002</v>
       </c>
       <c r="C282" s="5">
-        <v>-1.0993230200000426</v>
+        <v>-1.095331329999965</v>
       </c>
       <c r="D282" s="5">
-        <v>-4.4604679403665859</v>
+        <v>-4.4446102475921956</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>289.93693819999999</v>
+        <v>289.93526677</v>
       </c>
       <c r="C283" s="5">
-        <v>1.3814014600000064</v>
+        <v>1.3759443999999803</v>
       </c>
       <c r="D283" s="5">
-        <v>5.8984583346709085</v>
+        <v>5.8744636433790687</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>290.32768296</v>
+        <v>290.31441962000002</v>
       </c>
       <c r="C284" s="5">
-        <v>0.39074476000001823</v>
+        <v>0.37915285000002541</v>
       </c>
       <c r="D284" s="5">
-        <v>1.6292679058980131</v>
+        <v>1.5805947677555388</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>290.06261107</v>
+        <v>290.05700681000002</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.26507189000000153</v>
+        <v>-0.25741281000000527</v>
       </c>
       <c r="D285" s="5">
-        <v>-1.0901262648094767</v>
+        <v>-1.0588293614086419</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>290.59450306999997</v>
+        <v>290.63130738000001</v>
       </c>
       <c r="C286" s="5">
-        <v>0.53189199999997072</v>
+        <v>0.57430056999999124</v>
       </c>
       <c r="D286" s="5">
-        <v>2.222786102419505</v>
+        <v>2.4019941552184232</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>290.13820048999997</v>
+        <v>290.13825652999998</v>
       </c>
       <c r="C287" s="5">
-        <v>-0.45630257999999912</v>
+        <v>-0.49305085000003146</v>
       </c>
       <c r="D287" s="5">
-        <v>-1.8680974011194618</v>
+        <v>-2.0168905468611165</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>291.12468143000001</v>
+        <v>291.11527439000002</v>
       </c>
       <c r="C288" s="5">
-        <v>0.98648094000003539</v>
+        <v>0.97701786000004631</v>
       </c>
       <c r="D288" s="5">
-        <v>4.1572148157640765</v>
+        <v>4.116593395164525</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>292.76920921999999</v>
+        <v>292.76839629</v>
       </c>
       <c r="C289" s="5">
-        <v>1.6445277899999837</v>
+        <v>1.6531218999999737</v>
       </c>
       <c r="D289" s="5">
-        <v>6.9932748143729739</v>
+        <v>7.0312041198220987</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>293.34432788999999</v>
+        <v>293.34349407000002</v>
       </c>
       <c r="C290" s="5">
-        <v>0.57511866999999484</v>
+        <v>0.57509778000002143</v>
       </c>
       <c r="D290" s="5">
-        <v>2.3829279072512533</v>
+        <v>2.3828471031249077</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>293.72225200000003</v>
+        <v>293.72105757999998</v>
       </c>
       <c r="C291" s="5">
-        <v>0.37792411000003767</v>
+        <v>0.37756350999995902</v>
       </c>
       <c r="D291" s="5">
-        <v>1.5569970424490043</v>
+        <v>1.5555053387127593</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>294.70641190999999</v>
+        <v>294.69113348000002</v>
       </c>
       <c r="C292" s="5">
-        <v>0.98415990999995984</v>
+        <v>0.97007590000004029</v>
       </c>
       <c r="D292" s="5">
-        <v>4.0957087514787549</v>
+        <v>4.0360443846869209</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>294.56908824999999</v>
+        <v>294.51066427000001</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.13732365999999274</v>
+        <v>-0.18046921000001248</v>
       </c>
       <c r="D293" s="5">
-        <v>-0.55773039637779798</v>
+        <v>-0.73241127850109944</v>
       </c>
       <c r="E293" s="5">
-        <v>1.6965807147415912</v>
+        <v>1.6764828418843525</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>294.51957564999998</v>
+        <v>294.53297702999998</v>
       </c>
       <c r="C294" s="5">
-        <v>-4.9512600000014118E-2</v>
+        <v>2.2312759999977061E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>-0.20151545370402646</v>
+        <v>9.0952468351135352E-2</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>295.15382700999999</v>
+        <v>295.17400122999999</v>
       </c>
       <c r="C295" s="5">
-        <v>0.63425136000000748</v>
+        <v>0.64102420000000393</v>
       </c>
       <c r="D295" s="5">
-        <v>2.6150431023052478</v>
+        <v>2.643181213782575</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>295.69789580999998</v>
+        <v>295.70584853000003</v>
       </c>
       <c r="C296" s="5">
-        <v>0.54406879999999092</v>
+        <v>0.5318473000000381</v>
       </c>
       <c r="D296" s="5">
-        <v>2.2345722953331482</v>
+        <v>2.1837275487463836</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>295.42228833000001</v>
+        <v>295.41798397999997</v>
       </c>
       <c r="C297" s="5">
-        <v>-0.27560747999996238</v>
+        <v>-0.28786455000005162</v>
       </c>
       <c r="D297" s="5">
-        <v>-1.1127533050014349</v>
+        <v>-1.1619449679259874</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>295.62528580999998</v>
+        <v>295.65504791000001</v>
       </c>
       <c r="C298" s="5">
-        <v>0.20299747999996498</v>
+        <v>0.23706393000003345</v>
       </c>
       <c r="D298" s="5">
-        <v>0.82769554264852108</v>
+        <v>0.96722494056957764</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>295.85318067999998</v>
+        <v>295.84868633000002</v>
       </c>
       <c r="C299" s="5">
-        <v>0.22789487000000008</v>
+        <v>0.19363842000001341</v>
       </c>
       <c r="D299" s="5">
-        <v>0.92900148847907538</v>
+        <v>0.78877383293165515</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>294.68561065</v>
+        <v>294.68799984999998</v>
       </c>
       <c r="C300" s="5">
-        <v>-1.1675700299999789</v>
+        <v>-1.160686480000038</v>
       </c>
       <c r="D300" s="5">
-        <v>-4.6342897390874604</v>
+        <v>-4.6076230681193149</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>295.06512835000001</v>
+        <v>295.06779843999999</v>
       </c>
       <c r="C301" s="5">
-        <v>0.37951770000000806</v>
+        <v>0.37979859000000715</v>
       </c>
       <c r="D301" s="5">
-        <v>1.556441843537737</v>
+        <v>1.5575892628339139</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>294.40626092999997</v>
+        <v>294.41294427999998</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.65886742000003551</v>
+        <v>-0.65485416000001351</v>
       </c>
       <c r="D302" s="5">
-        <v>-2.6468825911839522</v>
+        <v>-2.6309328087819828</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>295.29753375000001</v>
+        <v>295.30215528000002</v>
       </c>
       <c r="C303" s="5">
-        <v>0.89127282000004016</v>
+        <v>0.88921100000004571</v>
       </c>
       <c r="D303" s="5">
-        <v>3.6939311064060787</v>
+        <v>3.6851582742130073</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>295.62342545000001</v>
+        <v>295.62488416999997</v>
       </c>
       <c r="C304" s="5">
-        <v>0.32589169999999967</v>
+        <v>0.32272888999995075</v>
       </c>
       <c r="D304" s="5">
-        <v>1.3323935205687309</v>
+        <v>1.3193639173402438</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>296.69052571999998</v>
+        <v>296.63917343000003</v>
       </c>
       <c r="C305" s="5">
-        <v>1.067100269999969</v>
+        <v>1.014289260000055</v>
       </c>
       <c r="D305" s="5">
-        <v>4.418631741110457</v>
+        <v>4.1957902662855595</v>
       </c>
       <c r="E305" s="5">
-        <v>0.72018333037020543</v>
+        <v>0.72272736380394331</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>297.64356695999999</v>
+        <v>297.65019380000001</v>
       </c>
       <c r="C306" s="5">
-        <v>0.95304124000000456</v>
+        <v>1.0110203699999829</v>
       </c>
       <c r="D306" s="5">
-        <v>3.9235247789813021</v>
+        <v>4.1674440328851814</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>298.41488128999998</v>
+        <v>298.42233449000003</v>
       </c>
       <c r="C307" s="5">
-        <v>0.77131432999999561</v>
+        <v>0.77214069000001473</v>
       </c>
       <c r="D307" s="5">
-        <v>3.154389704770777</v>
+        <v>3.1577462638033849</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>298.79797961999998</v>
+        <v>298.79592266999998</v>
       </c>
       <c r="C308" s="5">
-        <v>0.38309832999999571</v>
+        <v>0.37358817999995608</v>
       </c>
       <c r="D308" s="5">
-        <v>1.5514571210608619</v>
+        <v>1.5126396803101905</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>299.22622223000002</v>
+        <v>299.22069217000001</v>
       </c>
       <c r="C309" s="5">
-        <v>0.42824261000004071</v>
+        <v>0.42476950000002489</v>
       </c>
       <c r="D309" s="5">
-        <v>1.7334835948622285</v>
+        <v>1.7193266173030963</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>300.44078587000001</v>
+        <v>300.45759318</v>
       </c>
       <c r="C310" s="5">
-        <v>1.2145636399999944</v>
+        <v>1.2369010099999969</v>
       </c>
       <c r="D310" s="5">
-        <v>4.981041392325003</v>
+        <v>5.0748380313488273</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>302.12157023999998</v>
+        <v>302.11722914000001</v>
       </c>
       <c r="C311" s="5">
-        <v>1.6807843699999694</v>
+        <v>1.6596359600000028</v>
       </c>
       <c r="D311" s="5">
-        <v>6.9237365153966612</v>
+        <v>6.8335615989024268</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>301.88740395000002</v>
+        <v>301.90559164000001</v>
       </c>
       <c r="C312" s="5">
-        <v>-0.23416628999996192</v>
+        <v>-0.21163749999999482</v>
       </c>
       <c r="D312" s="5">
-        <v>-0.92613302551620702</v>
+        <v>-0.83738619615110199</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>302.23599180999997</v>
+        <v>302.25507492999998</v>
       </c>
       <c r="C313" s="5">
-        <v>0.34858785999995234</v>
+        <v>0.34948328999996647</v>
       </c>
       <c r="D313" s="5">
-        <v>1.3944678104472086</v>
+        <v>1.3979879064468292</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>302.46852174000003</v>
+        <v>302.48874139999998</v>
       </c>
       <c r="C314" s="5">
-        <v>0.23252993000005517</v>
+        <v>0.23366647000000285</v>
       </c>
       <c r="D314" s="5">
-        <v>0.92715526999231912</v>
+        <v>0.93164715328220016</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>304.56302466</v>
+        <v>304.57392463000002</v>
       </c>
       <c r="C315" s="5">
-        <v>2.0945029199999681</v>
+        <v>2.085183230000041</v>
       </c>
       <c r="D315" s="5">
-        <v>8.6335362325030918</v>
+        <v>8.5930560590122376</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>304.56297000000001</v>
+        <v>304.55175154</v>
       </c>
       <c r="C316" s="5">
-        <v>-5.4659999989326025E-5</v>
+        <v>-2.2173090000023876E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>-2.1536407874833685E-4</v>
+        <v>-8.7325455844400324E-2</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>304.65186982</v>
+        <v>304.59437430999998</v>
       </c>
       <c r="C317" s="5">
-        <v>8.8899819999994634E-2</v>
+        <v>4.2622769999979937E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>0.35083456054705309</v>
+        <v>0.16807229701456539</v>
       </c>
       <c r="E317" s="5">
-        <v>2.6833833270137886</v>
+        <v>2.6817769170588646</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>305.47634054999997</v>
+        <v>305.47740140000002</v>
       </c>
       <c r="C318" s="5">
-        <v>0.82447072999997317</v>
+        <v>0.88302709000004143</v>
       </c>
       <c r="D318" s="5">
-        <v>3.2963025254737488</v>
+        <v>3.5348397747253513</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>305.76315741000002</v>
+        <v>305.76421300999999</v>
       </c>
       <c r="C319" s="5">
-        <v>0.28681686000004447</v>
+        <v>0.28681160999997246</v>
       </c>
       <c r="D319" s="5">
-        <v>1.1325367033491185</v>
+        <v>1.1325119125294325</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>306.08615906</v>
+        <v>306.07963337000001</v>
       </c>
       <c r="C320" s="5">
-        <v>0.3230016499999806</v>
+        <v>0.31542036000001872</v>
       </c>
       <c r="D320" s="5">
-        <v>1.2750454679450574</v>
+        <v>1.2449440942042589</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>307.85605047000001</v>
+        <v>307.84960507</v>
       </c>
       <c r="C321" s="5">
-        <v>1.7698914100000138</v>
+        <v>1.769971699999985</v>
       </c>
       <c r="D321" s="5">
-        <v>7.1637794101002239</v>
+        <v>7.1642724260472246</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>307.87900185000001</v>
+        <v>307.88569329000001</v>
       </c>
       <c r="C322" s="5">
-        <v>2.295137999999497E-2</v>
+        <v>3.6088220000010551E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>8.9499465358611197E-2</v>
+        <v>0.14076287752111671</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>308.49539599000002</v>
+        <v>308.49825135999998</v>
       </c>
       <c r="C323" s="5">
-        <v>0.61639414000001125</v>
+        <v>0.61255806999997731</v>
       </c>
       <c r="D323" s="5">
-        <v>2.4291113466057723</v>
+        <v>2.4137751633970028</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>309.91524749000001</v>
+        <v>309.95753902000001</v>
       </c>
       <c r="C324" s="5">
-        <v>1.4198514999999929</v>
+        <v>1.4592876600000295</v>
       </c>
       <c r="D324" s="5">
-        <v>5.6649809940251039</v>
+        <v>5.8263867796108926</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>310.26270499999998</v>
+        <v>310.30757226999998</v>
       </c>
       <c r="C325" s="5">
-        <v>0.34745750999996972</v>
+        <v>0.35003324999996721</v>
       </c>
       <c r="D325" s="5">
-        <v>1.3536915708988406</v>
+        <v>1.3636018163559305</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>311.32910649000002</v>
+        <v>311.39086651000002</v>
       </c>
       <c r="C326" s="5">
-        <v>1.0664014900000325</v>
+        <v>1.0832942400000434</v>
       </c>
       <c r="D326" s="5">
-        <v>4.2033805287967407</v>
+        <v>4.2706203325835634</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>309.53062800999999</v>
+        <v>309.54213232000001</v>
       </c>
       <c r="C327" s="5">
-        <v>-1.7984784800000284</v>
+        <v>-1.848734190000016</v>
       </c>
       <c r="D327" s="5">
-        <v>-6.7160680480910955</v>
+        <v>-6.8963302409661313</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>309.45719602000003</v>
+        <v>309.39496494999997</v>
       </c>
       <c r="C328" s="5">
-        <v>-7.3431989999960479E-2</v>
+        <v>-0.14716737000003377</v>
       </c>
       <c r="D328" s="5">
-        <v>-0.28431274300199094</v>
+        <v>-0.56903330370701166</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>309.85005863999999</v>
+        <v>309.74104249999999</v>
       </c>
       <c r="C329" s="5">
-        <v>0.39286261999995986</v>
+        <v>0.34607755000001816</v>
       </c>
       <c r="D329" s="5">
-        <v>1.5341082837603714</v>
+        <v>1.3505634509735964</v>
       </c>
       <c r="E329" s="5">
-        <v>1.7062717596551424</v>
+        <v>1.6896793322788151</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>310.99808222000001</v>
+        <v>310.98485018999997</v>
       </c>
       <c r="C330" s="5">
-        <v>1.1480235800000287</v>
+        <v>1.2438076899999828</v>
       </c>
       <c r="D330" s="5">
-        <v>4.5378440679161525</v>
+        <v>4.9266295812384175</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>311.89242679</v>
+        <v>311.87782692000002</v>
       </c>
       <c r="C331" s="5">
-        <v>0.89434456999998702</v>
+        <v>0.89297673000004352</v>
       </c>
       <c r="D331" s="5">
-        <v>3.5059756864251002</v>
+        <v>3.500679873278445</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>312.10706964000002</v>
+        <v>312.08088584000001</v>
       </c>
       <c r="C332" s="5">
-        <v>0.21464285000001837</v>
+        <v>0.20305891999998948</v>
       </c>
       <c r="D332" s="5">
-        <v>0.82896718359040111</v>
+        <v>0.78410568511970702</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>312.48435816</v>
+        <v>312.4595721</v>
       </c>
       <c r="C333" s="5">
-        <v>0.37728851999997914</v>
+        <v>0.37868625999999495</v>
       </c>
       <c r="D333" s="5">
-        <v>1.4602954446099492</v>
+        <v>1.4658653501404384</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>312.94060612999999</v>
+        <v>312.93744071999998</v>
       </c>
       <c r="C334" s="5">
-        <v>0.45624796999999262</v>
+        <v>0.47786861999998109</v>
       </c>
       <c r="D334" s="5">
-        <v>1.7662184483277388</v>
+        <v>1.8507692654757824</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>312.85686426000001</v>
+        <v>312.87186824999998</v>
       </c>
       <c r="C335" s="5">
-        <v>-8.374186999998301E-2</v>
+        <v>-6.5572470000006433E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>-0.32064383518437545</v>
+        <v>-0.25115672759840058</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>311.00433006999998</v>
+        <v>311.06801264000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-1.8525341900000285</v>
+        <v>-1.803855609999971</v>
       </c>
       <c r="D336" s="5">
-        <v>-6.8787126528802034</v>
+        <v>-6.7033458698112387</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>311.34489401000002</v>
+        <v>311.44243647000002</v>
       </c>
       <c r="C337" s="5">
-        <v>0.3405639400000382</v>
+        <v>0.374423830000012</v>
       </c>
       <c r="D337" s="5">
-        <v>1.3219979690513917</v>
+        <v>1.4540070184387188</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>312.83763279999999</v>
+        <v>312.93580149000002</v>
       </c>
       <c r="C338" s="5">
-        <v>1.4927387899999758</v>
+        <v>1.4933650199999988</v>
       </c>
       <c r="D338" s="5">
-        <v>5.9075492617422398</v>
+        <v>5.9081932219062772</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>313.37243351000001</v>
+        <v>313.38266228999998</v>
       </c>
       <c r="C339" s="5">
-        <v>0.53480071000001317</v>
+        <v>0.44686079999996764</v>
       </c>
       <c r="D339" s="5">
-        <v>2.0708167780858266</v>
+        <v>1.7270779920076418</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>314.22522343000003</v>
+        <v>314.17122309000001</v>
       </c>
       <c r="C340" s="5">
-        <v>0.85278992000002063</v>
+        <v>0.78856080000002748</v>
       </c>
       <c r="D340" s="5">
-        <v>3.3149197563797195</v>
+        <v>3.0616864447832848</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>315.01431785</v>
+        <v>314.91431003999998</v>
       </c>
       <c r="C341" s="5">
-        <v>0.78909441999996943</v>
+        <v>0.74308694999996305</v>
       </c>
       <c r="D341" s="5">
-        <v>3.0554580567574874</v>
+        <v>2.8754901331156546</v>
       </c>
       <c r="E341" s="5">
-        <v>1.6666962183796485</v>
+        <v>1.6701911694508409</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>315.89385779999998</v>
+        <v>315.84678700000001</v>
       </c>
       <c r="C342" s="5">
-        <v>0.87953994999998031</v>
+        <v>0.93247696000003089</v>
       </c>
       <c r="D342" s="5">
-        <v>3.4024090400190943</v>
+        <v>3.6117023517364011</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>315.74724579000002</v>
+        <v>315.68348931999998</v>
       </c>
       <c r="C343" s="5">
-        <v>-0.14661200999995572</v>
+        <v>-0.16329768000002787</v>
       </c>
       <c r="D343" s="5">
-        <v>-0.55552206214557476</v>
+        <v>-0.61865740668908265</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>316.19448163999999</v>
+        <v>316.12627832999999</v>
       </c>
       <c r="C344" s="5">
-        <v>0.44723584999997001</v>
+        <v>0.44278901000001269</v>
       </c>
       <c r="D344" s="5">
-        <v>1.7130277640156066</v>
+        <v>1.6962087962343109</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>316.22983599999998</v>
+        <v>316.17734266000002</v>
       </c>
       <c r="C345" s="5">
-        <v>3.5354359999985263E-2</v>
+        <v>5.1064330000031077E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>0.13425702940206286</v>
+        <v>0.19401001938057494</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>316.93999070000001</v>
+        <v>316.93834213999997</v>
       </c>
       <c r="C346" s="5">
-        <v>0.71015470000003234</v>
+        <v>0.76099947999995265</v>
       </c>
       <c r="D346" s="5">
-        <v>2.728365056465476</v>
+        <v>2.9267930679450105</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>317.40577863999999</v>
+        <v>317.43761655999998</v>
       </c>
       <c r="C347" s="5">
-        <v>0.46578793999998425</v>
+        <v>0.4992744200000061</v>
       </c>
       <c r="D347" s="5">
-        <v>1.7778939889704581</v>
+        <v>1.9068302554514638</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>317.59146777000001</v>
+        <v>317.68922710999999</v>
       </c>
       <c r="C348" s="5">
-        <v>0.1856891300000143</v>
+        <v>0.25161055000000943</v>
       </c>
       <c r="D348" s="5">
-        <v>0.70428877740489337</v>
+        <v>0.95531339957770633</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>319.15835533000001</v>
+        <v>319.31131088000001</v>
       </c>
       <c r="C349" s="5">
-        <v>1.5668875599999978</v>
+        <v>1.6220837700000175</v>
       </c>
       <c r="D349" s="5">
-        <v>6.0837111174383729</v>
+        <v>6.3020832091141621</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>319.15143011999999</v>
+        <v>319.31838776000001</v>
       </c>
       <c r="C350" s="5">
-        <v>-6.925210000019888E-3</v>
+        <v>7.076879999999619E-3</v>
       </c>
       <c r="D350" s="5">
-        <v>-2.6034913953498773E-2</v>
+        <v>2.6598779814479556E-2</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>321.28487517999997</v>
+        <v>321.29329213</v>
       </c>
       <c r="C351" s="5">
-        <v>2.1334450599999855</v>
+        <v>1.9749043699999902</v>
       </c>
       <c r="D351" s="5">
-        <v>8.3232884774029792</v>
+        <v>7.6794351284999784</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>321.89660837000002</v>
+        <v>321.82903827000001</v>
       </c>
       <c r="C352" s="5">
-        <v>0.61173319000005222</v>
+        <v>0.53574614000001475</v>
       </c>
       <c r="D352" s="5">
-        <v>2.3089048191509143</v>
+        <v>2.0194144045525331</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>321.99773089000001</v>
+        <v>321.90551840000001</v>
       </c>
       <c r="C353" s="5">
-        <v>0.10112251999998989</v>
+        <v>7.6480129999993096E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>0.37762717677634061</v>
+        <v>0.28554354790140124</v>
       </c>
       <c r="E353" s="5">
-        <v>2.2168557567993741</v>
+        <v>2.220035145151722</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>321.90407426000002</v>
+        <v>321.83101527000002</v>
       </c>
       <c r="C354" s="5">
-        <v>-9.3656629999998131E-2</v>
+        <v>-7.450312999998232E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>-0.34847555849187861</v>
+        <v>-0.27737964343218513</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>322.65576224</v>
+        <v>322.53683480000001</v>
       </c>
       <c r="C355" s="5">
-        <v>0.7516879799999856</v>
+        <v>0.70581952999998521</v>
       </c>
       <c r="D355" s="5">
-        <v>2.8384267522879369</v>
+        <v>2.6637427156212423</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>323.38781619999997</v>
+        <v>323.26927222</v>
       </c>
       <c r="C356" s="5">
-        <v>0.73205395999997336</v>
+        <v>0.73243741999999656</v>
       </c>
       <c r="D356" s="5">
-        <v>2.7568393536931524</v>
+        <v>2.7593312927508995</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>323.46331341000001</v>
+        <v>323.39089919000003</v>
       </c>
       <c r="C357" s="5">
-        <v>7.5497210000037285E-2</v>
+        <v>0.12162697000002254</v>
       </c>
       <c r="D357" s="5">
-        <v>0.28050861982380493</v>
+        <v>0.45242396403608609</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>323.65214502999999</v>
+        <v>323.65989431999998</v>
       </c>
       <c r="C358" s="5">
-        <v>0.18883161999997355</v>
+        <v>0.26899512999995068</v>
       </c>
       <c r="D358" s="5">
-        <v>0.70279042917698042</v>
+        <v>1.0027338498682203</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>323.79406587</v>
+        <v>323.84959499000001</v>
       </c>
       <c r="C359" s="5">
-        <v>0.14192084000001159</v>
+        <v>0.1897006700000361</v>
       </c>
       <c r="D359" s="5">
-        <v>0.52746858890435622</v>
+        <v>0.70560507817185592</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>324.15060342999999</v>
+        <v>324.29295119</v>
       </c>
       <c r="C360" s="5">
-        <v>0.35653755999999248</v>
+        <v>0.44335619999998244</v>
       </c>
       <c r="D360" s="5">
-        <v>1.329381110040373</v>
+        <v>1.6552490454088131</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>325.34984234000001</v>
+        <v>325.52141835999998</v>
       </c>
       <c r="C361" s="5">
-        <v>1.1992389100000196</v>
+        <v>1.2284671699999876</v>
       </c>
       <c r="D361" s="5">
-        <v>4.5310215093207207</v>
+        <v>4.6416844717238837</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>326.27823021</v>
+        <v>326.49386537999999</v>
       </c>
       <c r="C362" s="5">
-        <v>0.92838786999999456</v>
+        <v>0.97244702000000416</v>
       </c>
       <c r="D362" s="5">
-        <v>3.4784626797233598</v>
+        <v>3.6443129218896919</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>327.07028369</v>
+        <v>327.09560439000001</v>
       </c>
       <c r="C363" s="5">
-        <v>0.79205347999999276</v>
+        <v>0.60173901000001706</v>
       </c>
       <c r="D363" s="5">
-        <v>2.9522580114280661</v>
+        <v>2.2341967437703003</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>327.90927725</v>
+        <v>327.82524617000001</v>
       </c>
       <c r="C364" s="5">
-        <v>0.8389935600000058</v>
+        <v>0.72964178000000857</v>
       </c>
       <c r="D364" s="5">
-        <v>3.1220162478443392</v>
+        <v>2.7098881355497761</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>327.97852945</v>
+        <v>327.87740492</v>
       </c>
       <c r="C365" s="5">
-        <v>6.9252199999993991E-2</v>
+        <v>5.2158749999989595E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>0.25372638916911772</v>
+        <v>0.19109358247637598</v>
       </c>
       <c r="E365" s="5">
-        <v>1.8574039461300096</v>
+        <v>1.8551674881756242</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>327.50988878999999</v>
+        <v>327.40114934000002</v>
       </c>
       <c r="C366" s="5">
-        <v>-0.46864066000000548</v>
+        <v>-0.47625557999998591</v>
       </c>
       <c r="D366" s="5">
-        <v>-1.7012400821220464</v>
+        <v>-1.7291919691244217</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>327.56303030999999</v>
+        <v>327.37920394000002</v>
       </c>
       <c r="C367" s="5">
-        <v>5.3141519999996945E-2</v>
+        <v>-2.1945399999992787E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>0.19488499990141239</v>
+        <v>-8.0405257443727507E-2</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>327.77367671000002</v>
+        <v>327.60480711999998</v>
       </c>
       <c r="C368" s="5">
-        <v>0.2106464000000301</v>
+        <v>0.2256031799999505</v>
       </c>
       <c r="D368" s="5">
-        <v>0.77442084768306607</v>
+        <v>0.83008406836182491</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>289.46264200000002</v>
+        <v>289.31397023</v>
       </c>
       <c r="C369" s="5">
-        <v>-38.311034710000001</v>
+        <v>-38.29083688999998</v>
       </c>
       <c r="D369" s="5">
-        <v>-77.49798614565826</v>
+        <v>-77.497556899361982</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>295.88523380999999</v>
+        <v>295.84965484999998</v>
       </c>
       <c r="C370" s="5">
-        <v>6.4225918099999717</v>
+        <v>6.5356846199999836</v>
       </c>
       <c r="D370" s="5">
-        <v>30.12754777511395</v>
+        <v>30.743450351368917</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>306.08372515999997</v>
+        <v>306.14223594999999</v>
       </c>
       <c r="C371" s="5">
-        <v>10.198491349999983</v>
+        <v>10.292581100000007</v>
       </c>
       <c r="D371" s="5">
-        <v>50.176975248352896</v>
+        <v>50.739195898943358</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>307.94790899999998</v>
+        <v>308.15097431999999</v>
       </c>
       <c r="C372" s="5">
-        <v>1.8641838400000097</v>
+        <v>2.0087383700000032</v>
       </c>
       <c r="D372" s="5">
-        <v>7.5583807188892127</v>
+        <v>8.16420066076744</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>310.44725132000002</v>
+        <v>310.59188058000001</v>
       </c>
       <c r="C373" s="5">
-        <v>2.4993423200000393</v>
+        <v>2.4409062600000198</v>
       </c>
       <c r="D373" s="5">
-        <v>10.186075091205504</v>
+        <v>9.9306097845629502</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>311.42675107999997</v>
+        <v>311.66600011000003</v>
       </c>
       <c r="C374" s="5">
-        <v>0.97949975999995331</v>
+        <v>1.0741195300000186</v>
       </c>
       <c r="D374" s="5">
-        <v>3.8525471965814129</v>
+        <v>4.229810504709941</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>311.95017768999998</v>
+        <v>311.99700766000001</v>
       </c>
       <c r="C375" s="5">
-        <v>0.52342661000000135</v>
+        <v>0.33100754999998117</v>
       </c>
       <c r="D375" s="5">
-        <v>2.0356340123101502</v>
+        <v>1.2819413079196096</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>309.14914073</v>
+        <v>309.12538575000002</v>
       </c>
       <c r="C376" s="5">
-        <v>-2.8010369599999763</v>
+        <v>-2.8716219099999876</v>
       </c>
       <c r="D376" s="5">
-        <v>-10.258427209676469</v>
+        <v>-10.502498611811649</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>311.98997829000001</v>
+        <v>311.96021187000002</v>
       </c>
       <c r="C377" s="5">
-        <v>2.8408375600000113</v>
+        <v>2.8348261200000024</v>
       </c>
       <c r="D377" s="5">
-        <v>11.601800645768613</v>
+        <v>11.576934090624945</v>
       </c>
       <c r="E377" s="5">
-        <v>-4.8748773850568199</v>
+        <v>-4.8546172475299691</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>312.51936931</v>
+        <v>312.37784591000002</v>
       </c>
       <c r="C378" s="5">
-        <v>0.52939101999999139</v>
+        <v>0.41763403999999582</v>
       </c>
       <c r="D378" s="5">
-        <v>2.0552953246875783</v>
+        <v>1.6183712908553138</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>312.94585878999999</v>
+        <v>312.69206928</v>
       </c>
       <c r="C379" s="5">
-        <v>0.42648947999998654</v>
+        <v>0.31422336999997924</v>
       </c>
       <c r="D379" s="5">
-        <v>1.6499657377254229</v>
+        <v>1.2137902425619629</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>315.36090537000001</v>
+        <v>315.12471664999998</v>
       </c>
       <c r="C380" s="5">
-        <v>2.4150465800000234</v>
+        <v>2.4326473699999838</v>
       </c>
       <c r="D380" s="5">
-        <v>9.6639129724013664</v>
+        <v>9.7456260318848464</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>314.92953862000002</v>
+        <v>314.81869562000003</v>
       </c>
       <c r="C381" s="5">
-        <v>-0.43136674999999514</v>
+        <v>-0.30602102999995395</v>
       </c>
       <c r="D381" s="5">
-        <v>-1.6291286989282616</v>
+        <v>-1.159128947012722</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>316.48237956000003</v>
+        <v>316.48631628999999</v>
       </c>
       <c r="C382" s="5">
-        <v>1.5528409400000101</v>
+        <v>1.6676206699999625</v>
       </c>
       <c r="D382" s="5">
-        <v>6.0800364712846999</v>
+        <v>6.5449984099768654</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>318.14312175999999</v>
+        <v>318.24373610999999</v>
       </c>
       <c r="C383" s="5">
-        <v>1.6607421999999588</v>
+        <v>1.7574198199999955</v>
       </c>
       <c r="D383" s="5">
-        <v>6.4819597325608491</v>
+        <v>6.8708152828899083</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>321.07928074</v>
+        <v>321.45889001</v>
       </c>
       <c r="C384" s="5">
-        <v>2.9361589800000161</v>
+        <v>3.2151539000000184</v>
       </c>
       <c r="D384" s="5">
-        <v>11.654676649552043</v>
+        <v>12.820213491879851</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>321.88024932000002</v>
+        <v>321.99411676</v>
       </c>
       <c r="C385" s="5">
-        <v>0.80096858000001703</v>
+        <v>0.53522674999999253</v>
       </c>
       <c r="D385" s="5">
-        <v>3.0349516016568101</v>
+        <v>2.0163898615170428</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>322.97191075000001</v>
+        <v>323.23326337999998</v>
       </c>
       <c r="C386" s="5">
-        <v>1.0916614299999878</v>
+        <v>1.2391466199999854</v>
       </c>
       <c r="D386" s="5">
-        <v>4.146597462868673</v>
+        <v>4.7170316212719943</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>324.38079815999998</v>
+        <v>324.44352214999998</v>
       </c>
       <c r="C387" s="5">
-        <v>1.4088874099999771</v>
+        <v>1.2102587699999958</v>
       </c>
       <c r="D387" s="5">
-        <v>5.3621496037002503</v>
+        <v>4.5867641742919574</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>327.05349692999999</v>
+        <v>326.95338408999999</v>
       </c>
       <c r="C388" s="5">
-        <v>2.6726987700000109</v>
+        <v>2.5098619400000075</v>
       </c>
       <c r="D388" s="5">
-        <v>10.347858132151732</v>
+        <v>9.6884129052968717</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>327.33177675000002</v>
+        <v>327.22137850000001</v>
       </c>
       <c r="C389" s="5">
-        <v>0.27827982000002294</v>
+        <v>0.26799441000002844</v>
       </c>
       <c r="D389" s="5">
-        <v>1.0258351449207392</v>
+        <v>0.98805236822328002</v>
       </c>
       <c r="E389" s="5">
-        <v>4.9174010473309382</v>
+        <v>4.8920234213585045</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>327.05956437999998</v>
+        <v>326.89049640000002</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.27221237000003384</v>
+        <v>-0.33088209999999663</v>
       </c>
       <c r="D390" s="5">
-        <v>-0.99338020055163012</v>
+        <v>-1.2066989485173485</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>329.02810313999998</v>
+        <v>328.71033519000002</v>
       </c>
       <c r="C391" s="5">
-        <v>1.9685387600000013</v>
+        <v>1.8198387900000057</v>
       </c>
       <c r="D391" s="5">
-        <v>7.4666416757751763</v>
+        <v>6.8889411785936883</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>329.37471783000001</v>
+        <v>329.08045385000003</v>
       </c>
       <c r="C392" s="5">
-        <v>0.34661469000002398</v>
+        <v>0.37011866000000282</v>
       </c>
       <c r="D392" s="5">
-        <v>1.2714903044396486</v>
+        <v>1.3595655484432312</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>332.20110756999998</v>
+        <v>332.08264810999998</v>
       </c>
       <c r="C393" s="5">
-        <v>2.8263897399999678</v>
+        <v>3.0021942599999534</v>
       </c>
       <c r="D393" s="5">
-        <v>10.797455502988962</v>
+        <v>11.513937705651433</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>332.08234009</v>
+        <v>332.10864441000001</v>
       </c>
       <c r="C394" s="5">
-        <v>-0.11876747999997406</v>
+        <v>2.5996300000031169E-2</v>
       </c>
       <c r="D394" s="5">
-        <v>-0.42817757502700005</v>
+        <v>9.3979601370652865E-2</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>332.0901437</v>
+        <v>332.23944742999998</v>
       </c>
       <c r="C395" s="5">
-        <v>7.8036099999962971E-3</v>
+        <v>0.13080301999997346</v>
       </c>
       <c r="D395" s="5">
-        <v>2.8202470452876049E-2</v>
+        <v>0.47365249110769003</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>334.39237988999997</v>
+        <v>334.95478734</v>
       </c>
       <c r="C396" s="5">
-        <v>2.3022361899999737</v>
+        <v>2.7153399100000115</v>
       </c>
       <c r="D396" s="5">
-        <v>8.6437214066283694</v>
+        <v>10.26049105346749</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>334.52101424</v>
+        <v>334.63939296000001</v>
       </c>
       <c r="C397" s="5">
-        <v>0.1286343500000271</v>
+        <v>-0.31539437999998654</v>
       </c>
       <c r="D397" s="5">
-        <v>0.46259495545555307</v>
+        <v>-1.1240900740695503</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>335.26031676999997</v>
+        <v>335.52005028999997</v>
       </c>
       <c r="C398" s="5">
-        <v>0.73930252999997492</v>
+        <v>0.88065732999996271</v>
       </c>
       <c r="D398" s="5">
-        <v>2.6845144646439056</v>
+        <v>3.2041053720995194</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>335.79165343</v>
+        <v>335.84368390999998</v>
       </c>
       <c r="C399" s="5">
-        <v>0.53133666000002222</v>
+        <v>0.32363362000000961</v>
       </c>
       <c r="D399" s="5">
-        <v>1.9184830578695022</v>
+        <v>1.1636481729467851</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>336.33066288999999</v>
+        <v>336.22575240999998</v>
       </c>
       <c r="C400" s="5">
-        <v>0.53900945999998839</v>
+        <v>0.38206850000000259</v>
       </c>
       <c r="D400" s="5">
-        <v>1.943325314877109</v>
+        <v>1.3737397948801577</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>337.16213635999998</v>
+        <v>337.05607792000001</v>
       </c>
       <c r="C401" s="5">
-        <v>0.83147346999999172</v>
+        <v>0.83032551000002286</v>
       </c>
       <c r="D401" s="5">
-        <v>3.0073002540260019</v>
+        <v>3.0040415374189777</v>
       </c>
       <c r="E401" s="5">
-        <v>3.0031791314620637</v>
+        <v>3.0055186079475549</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>338.85657220000002</v>
+        <v>338.67719345</v>
       </c>
       <c r="C402" s="5">
-        <v>1.6944358400000397</v>
+        <v>1.6211155299999973</v>
       </c>
       <c r="D402" s="5">
-        <v>6.2002149241088267</v>
+        <v>5.9267070581171311</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>339.61200762999999</v>
+        <v>339.23114457000003</v>
       </c>
       <c r="C403" s="5">
-        <v>0.75543542999997726</v>
+        <v>0.553951120000022</v>
       </c>
       <c r="D403" s="5">
-        <v>2.7082870655759761</v>
+        <v>1.9805114621142428</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>339.51328489000002</v>
+        <v>339.14329003</v>
       </c>
       <c r="C404" s="5">
-        <v>-9.8722739999971054E-2</v>
+        <v>-8.7854540000023462E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>-0.3482740953493213</v>
+        <v>-0.31033533184700035</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>340.68600429000003</v>
+        <v>340.52901566000003</v>
       </c>
       <c r="C405" s="5">
-        <v>1.1727194000000054</v>
+        <v>1.3857256300000245</v>
       </c>
       <c r="D405" s="5">
-        <v>4.224601126713079</v>
+        <v>5.0148530188867335</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>341.70471242000002</v>
+        <v>341.75536633000002</v>
       </c>
       <c r="C406" s="5">
-        <v>1.0187081299999932</v>
+        <v>1.226350669999988</v>
       </c>
       <c r="D406" s="5">
-        <v>3.6478041065439726</v>
+        <v>4.4082066320187963</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>343.58264448</v>
+        <v>343.77975534000001</v>
       </c>
       <c r="C407" s="5">
-        <v>1.8779320599999778</v>
+        <v>2.024389009999993</v>
       </c>
       <c r="D407" s="5">
-        <v>6.7979701787706182</v>
+        <v>7.3444180048473751</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>343.64787115000001</v>
+        <v>344.35084431000001</v>
       </c>
       <c r="C408" s="5">
-        <v>6.5226670000015474E-2</v>
+        <v>0.57108897000000525</v>
       </c>
       <c r="D408" s="5">
-        <v>0.22804930208737417</v>
+        <v>2.011761748350005</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>344.31767167999999</v>
+        <v>344.43935334999998</v>
       </c>
       <c r="C409" s="5">
-        <v>0.66980052999997497</v>
+        <v>8.8509039999962624E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>2.3641443438338294</v>
+        <v>0.30887429478607675</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>345.17000225999999</v>
+        <v>345.40848717</v>
       </c>
       <c r="C410" s="5">
-        <v>0.85233058000000028</v>
+        <v>0.96913382000002457</v>
       </c>
       <c r="D410" s="5">
-        <v>3.0112814538163724</v>
+        <v>3.4291301983414124</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>344.88643874000002</v>
+        <v>344.93137380000002</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.28356351999997287</v>
+        <v>-0.47711336999998366</v>
       </c>
       <c r="D411" s="5">
-        <v>-0.9813800061062028</v>
+        <v>-1.6450272136764643</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>346.48201258</v>
+        <v>346.36461729000001</v>
       </c>
       <c r="C412" s="5">
-        <v>1.5955738399999859</v>
+        <v>1.4332434899999953</v>
       </c>
       <c r="D412" s="5">
-        <v>5.6951127854960593</v>
+        <v>5.1017308114255311</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>347.16368325000002</v>
+        <v>347.03734727</v>
       </c>
       <c r="C413" s="5">
-        <v>0.6816706700000168</v>
+        <v>0.67272997999998552</v>
       </c>
       <c r="D413" s="5">
-        <v>2.3866015823952758</v>
+        <v>2.3557709950180472</v>
       </c>
       <c r="E413" s="5">
-        <v>2.9663908877718859</v>
+        <v>2.9613082225353082</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>349.80514447000002</v>
+        <v>349.61338934999998</v>
       </c>
       <c r="C414" s="5">
-        <v>2.6414612199999965</v>
+        <v>2.5760420799999793</v>
       </c>
       <c r="D414" s="5">
-        <v>9.5223762623627408</v>
+        <v>9.2803559592991469</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>350.88798472000002</v>
+        <v>350.46570408999997</v>
       </c>
       <c r="C415" s="5">
-        <v>1.0828402500000038</v>
+        <v>0.85231473999999707</v>
       </c>
       <c r="D415" s="5">
-        <v>3.7785645066715778</v>
+        <v>2.964999378097799</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>352.15848196000002</v>
+        <v>351.73266988</v>
       </c>
       <c r="C416" s="5">
-        <v>1.2704972399999974</v>
+        <v>1.2669657900000288</v>
       </c>
       <c r="D416" s="5">
-        <v>4.4325473612191413</v>
+        <v>4.4254130696316896</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>351.59421852000003</v>
+        <v>351.41204935000002</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.56426343999999062</v>
+        <v>-0.32062052999998514</v>
       </c>
       <c r="D417" s="5">
-        <v>-1.905905244599615</v>
+        <v>-1.0883878560485449</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>352.59234952999998</v>
+        <v>352.66617344000002</v>
       </c>
       <c r="C418" s="5">
-        <v>0.99813100999995186</v>
+        <v>1.2541240900000048</v>
       </c>
       <c r="D418" s="5">
-        <v>3.4603437475702936</v>
+        <v>4.3676447851698219</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>353.29911492000002</v>
+        <v>353.53424612999999</v>
       </c>
       <c r="C419" s="5">
-        <v>0.70676539000004368</v>
+        <v>0.86807268999996268</v>
       </c>
       <c r="D419" s="5">
-        <v>2.4320761393276324</v>
+        <v>2.9940664450930132</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>353.02143532000002</v>
+        <v>353.77320537999998</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.27767959999999903</v>
+        <v>0.23895924999999352</v>
       </c>
       <c r="D420" s="5">
-        <v>-0.93908773727674477</v>
+        <v>0.81412060013748011</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>353.51444436000003</v>
+        <v>353.65061749</v>
       </c>
       <c r="C421" s="5">
-        <v>0.49300904000000401</v>
+        <v>-0.12258788999997705</v>
       </c>
       <c r="D421" s="5">
-        <v>1.6887819215961386</v>
+        <v>-0.41502700198361442</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>353.59185059999999</v>
+        <v>353.82256059999997</v>
       </c>
       <c r="C422" s="5">
-        <v>7.7406239999959325E-2</v>
+        <v>0.17194310999997242</v>
       </c>
       <c r="D422" s="5">
-        <v>0.26307109865162381</v>
+        <v>0.58499649874090842</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>353.63333770999998</v>
+        <v>353.68192947</v>
       </c>
       <c r="C423" s="5">
-        <v>4.1487109999991389E-2</v>
+        <v>-0.14063112999997429</v>
       </c>
       <c r="D423" s="5">
-        <v>0.14088749875567075</v>
+        <v>-0.47591350098473706</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>354.95877346999998</v>
+        <v>354.88890063000002</v>
       </c>
       <c r="C424" s="5">
-        <v>1.3254357600000048</v>
+        <v>1.2069711600000232</v>
       </c>
       <c r="D424" s="5">
-        <v>4.591545336637104</v>
+        <v>4.1728502641696474</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>354.96143489000002</v>
+        <v>354.87496256999998</v>
       </c>
       <c r="C425" s="5">
-        <v>2.6614200000381061E-3</v>
+        <v>-1.3938060000043606E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>8.9977652172334999E-3</v>
+        <v>-4.7119139373863472E-2</v>
       </c>
       <c r="E425" s="5">
-        <v>2.2461311526023486</v>
+        <v>2.258435687586724</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>355.10185885999999</v>
+        <v>355.44248836999998</v>
       </c>
       <c r="C426" s="5">
-        <v>0.14042396999997209</v>
+        <v>0.56752579999999853</v>
       </c>
       <c r="D426" s="5">
-        <v>0.47575842299563131</v>
+        <v>1.9360429976285953</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>354.52367908000002</v>
+        <v>354.88326153999998</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.57817977999997083</v>
+        <v>-0.55922683000000006</v>
       </c>
       <c r="D427" s="5">
-        <v>-1.9364475183618945</v>
+        <v>-1.8717389759706382</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>354.68992330999998</v>
+        <v>355.42235363999998</v>
       </c>
       <c r="C428" s="5">
-        <v>0.16624422999996114</v>
+        <v>0.53909210000000485</v>
       </c>
       <c r="D428" s="5">
-        <v>0.56416087424129291</v>
+        <v>1.8381899377489797</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>355.96389161000002</v>
+        <v>360.20639793999999</v>
       </c>
       <c r="C429" s="5">
-        <v>1.2739683000000355</v>
+        <v>4.784044300000005</v>
       </c>
       <c r="D429" s="5">
-        <v>4.3963099823497886</v>
+        <v>17.403273789756302</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>355.68616659000003</v>
+        <v>359.38976909000002</v>
       </c>
       <c r="C430" s="5">
-        <v>-0.27772501999999122</v>
+        <v>-0.81662884999997232</v>
       </c>
       <c r="D430" s="5">
-        <v>-0.93223958749202307</v>
+        <v>-2.686868751453475</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>355.07265495000001</v>
+        <v>356.96606659999998</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.6135116400000129</v>
+        <v>-2.4237024900000392</v>
       </c>
       <c r="D431" s="5">
-        <v>-2.0503177877217893</v>
+        <v>-7.7992000309371035</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>355.51640147000001</v>
+        <v>357.44905462999998</v>
       </c>
       <c r="C432" s="5">
-        <v>0.4437465199999906</v>
+        <v>0.48298803000000134</v>
       </c>
       <c r="D432" s="5">
-        <v>1.5100324899196105</v>
+        <v>1.6357808337464252</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>355.05810448</v>
+        <v>357.23074819999999</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.45829699000000801</v>
+        <v>-0.21830642999998418</v>
       </c>
       <c r="D433" s="5">
-        <v>-1.5360019036403605</v>
+        <v>-0.73042449477245253</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>358.53169192000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>1.3009437200000207</v>
+      </c>
+      <c r="D434" s="5">
+        <v>4.458698035469455</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>356.51120007999998</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-2.0204918400000338</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-6.5568370461117969</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>356.40930252999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.10189754999998968</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-0.34244372444658389</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">