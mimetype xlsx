--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{69FFA642-8A82-4DB6-A109-36772C7F5F38}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{5458422F-2C91-46C6-9B61-F033B2EA85F9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{E4A3C8F0-EA0D-4A73-A62F-CD618AD54965}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0B073F97-9F4B-4F3E-A43E-CBFAA97E7002}"/>
   </bookViews>
   <sheets>
     <sheet name="elpnaga" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Total Nonfarm Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F74AC35E-0D72-49E2-8415-1BA68034CB19}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F9883FF-4CD8-4CFC-A9B4-4449484E61D9}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>356.96606659999998</v>
       </c>
       <c r="C431" s="5">
         <v>-2.4237024900000392</v>
       </c>
       <c r="D431" s="5">
         <v>-7.7992000309371035</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>357.44905462999998</v>
       </c>
       <c r="C432" s="5">
         <v>0.48298803000000134</v>
       </c>
       <c r="D432" s="5">
         <v>1.6357808337464252</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>357.23074819999999</v>
       </c>
       <c r="C433" s="5">
         <v>-0.21830642999998418</v>
       </c>
       <c r="D433" s="5">
         <v>-0.73042449477245253</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>358.53169192000001</v>
       </c>
       <c r="C434" s="5">
         <v>1.3009437200000207</v>
       </c>
       <c r="D434" s="5">
         <v>4.458698035469455</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>356.51120007999998</v>
       </c>
       <c r="C435" s="5">
         <v>-2.0204918400000338</v>
       </c>
       <c r="D435" s="5">
         <v>-6.5568370461117969</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>356.40930252999999</v>
+        <v>356.40028631000001</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.10189754999998968</v>
+        <v>-0.11091376999996783</v>
       </c>
       <c r="D436" s="5">
-        <v>-0.34244372444658389</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.37269241115949203</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>356.77570116999999</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.37541485999997803</v>
+      </c>
+      <c r="D437" s="5">
+        <v>1.27137088486029</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.5356079747736775</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>