--- v0 (2025-10-07)
+++ v1 (2025-12-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7941F17F-8236-4929-8045-1AB158DC94C9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0C37217E-9936-4F37-9B6D-4593799A2A84}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{EEC3BDF3-6077-4594-B1D7-60E0A99D0332}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{74CD3DFB-CC95-49FD-AEAD-C69B1359A2F7}"/>
   </bookViews>
   <sheets>
     <sheet name="elpserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Services Providing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB08025B-6E93-4F99-A967-938439EE3DFE}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F6BFDB5C-D88C-40A0-A7B1-5DEC4B27488D}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.39810724000000164</v>
       </c>
       <c r="D431" s="5">
         <v>-1.4747970621365791</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>321.83806784000001</v>
       </c>
       <c r="C432" s="5">
         <v>0.50321483999999828</v>
       </c>
       <c r="D432" s="5">
         <v>1.895487282068542</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>321.29122083999999</v>
+        <v>321.58526999999998</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.54684700000001385</v>
+        <v>-0.25279784000002792</v>
       </c>
       <c r="D433" s="5">
-        <v>-2.020017383976791</v>
+        <v>-0.93851633652648481</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>322.84395239999998</v>
+      </c>
+      <c r="C434" s="5">
+        <v>1.2586823999999979</v>
+      </c>
+      <c r="D434" s="5">
+        <v>4.7992296845522864</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>