--- v1 (2025-12-13)
+++ v2 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0C37217E-9936-4F37-9B6D-4593799A2A84}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{1A79BDAC-2B52-4FC2-BB41-03CB8DDB67AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{74CD3DFB-CC95-49FD-AEAD-C69B1359A2F7}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D4C2C221-F977-452D-8CA1-72273ECB4A09}"/>
   </bookViews>
   <sheets>
     <sheet name="elpserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Services Providing Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F6BFDB5C-D88C-40A0-A7B1-5DEC4B27488D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{10C23FA7-B485-41E0-9026-199925E8F225}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>158.62970177</v>
+        <v>158.63261262</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>159.03020985000001</v>
+        <v>159.02635251000001</v>
       </c>
       <c r="C7" s="5">
-        <v>0.4005080800000087</v>
+        <v>0.3937398900000062</v>
       </c>
       <c r="D7" s="5">
-        <v>3.0721870749611968</v>
+        <v>3.019503256823719</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>159.14866842999999</v>
+        <v>159.14018469999999</v>
       </c>
       <c r="C8" s="5">
-        <v>0.11845857999998088</v>
+        <v>0.11383218999998235</v>
       </c>
       <c r="D8" s="5">
-        <v>0.89752828934324125</v>
+        <v>0.86235829171454892</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>159.31516149000001</v>
+        <v>159.30625297</v>
       </c>
       <c r="C9" s="5">
-        <v>0.16649306000002184</v>
+        <v>0.1660682700000109</v>
       </c>
       <c r="D9" s="5">
-        <v>1.2626260480796736</v>
+        <v>1.2594535996213851</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>160.75437882</v>
+        <v>160.74617910000001</v>
       </c>
       <c r="C10" s="5">
-        <v>1.4392173299999911</v>
+        <v>1.4399261300000035</v>
       </c>
       <c r="D10" s="5">
-        <v>11.395703784724432</v>
+        <v>11.402267544053512</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>161.22733658999999</v>
+        <v>161.20614954999999</v>
       </c>
       <c r="C11" s="5">
-        <v>0.47295776999999362</v>
+        <v>0.45997044999998593</v>
       </c>
       <c r="D11" s="5">
-        <v>3.5882311051739668</v>
+        <v>3.4883242811714288</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>160.85172689999999</v>
+        <v>160.84603851</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.37560969000000455</v>
+        <v>-0.3601110399999925</v>
       </c>
       <c r="D12" s="5">
-        <v>-2.7600833428530813</v>
+        <v>-2.6479344010168271</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>159.82587013</v>
+        <v>159.82390556999999</v>
       </c>
       <c r="C13" s="5">
-        <v>-1.0258567699999901</v>
+        <v>-1.0221329400000059</v>
       </c>
       <c r="D13" s="5">
-        <v>-7.3903599684038142</v>
+        <v>-7.3647151917447973</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>160.24594571</v>
+        <v>160.24570541</v>
       </c>
       <c r="C14" s="5">
-        <v>0.42007558000000245</v>
+        <v>0.42179984000000559</v>
       </c>
       <c r="D14" s="5">
-        <v>3.199994888369373</v>
+        <v>3.2133610389434963</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>160.64904159</v>
+        <v>160.65317116</v>
       </c>
       <c r="C15" s="5">
-        <v>0.40309587999999508</v>
+        <v>0.40746575000000007</v>
       </c>
       <c r="D15" s="5">
-        <v>3.0606937312660287</v>
+        <v>3.0943441436878105</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>161.13383056999999</v>
+        <v>161.14206791000001</v>
       </c>
       <c r="C16" s="5">
-        <v>0.48478897999999049</v>
+        <v>0.48889675000000921</v>
       </c>
       <c r="D16" s="5">
-        <v>3.6819390809265107</v>
+        <v>3.7135643161408716</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>160.87306720999999</v>
+        <v>160.88997423999999</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.26076335999999856</v>
+        <v>-0.25209367000002203</v>
       </c>
       <c r="D17" s="5">
-        <v>-1.924771720664098</v>
+        <v>-1.8612335394227686</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>161.63842733999999</v>
+        <v>161.64322616999999</v>
       </c>
       <c r="C18" s="5">
-        <v>0.7653601300000048</v>
+        <v>0.75325193000000468</v>
       </c>
       <c r="D18" s="5">
-        <v>5.8608288252235408</v>
+        <v>5.7650870906122087</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>160.82762596000001</v>
+        <v>160.81775619999999</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.81080137999998669</v>
+        <v>-0.82546997000000033</v>
       </c>
       <c r="D19" s="5">
-        <v>-5.8560494722526224</v>
+        <v>-5.9588647683105904</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>161.59290195</v>
+        <v>161.58596829000001</v>
       </c>
       <c r="C20" s="5">
-        <v>0.76527598999999213</v>
+        <v>0.76821209000002</v>
       </c>
       <c r="D20" s="5">
-        <v>5.8618669040171767</v>
+        <v>5.8853217086437093</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>161.98027994</v>
+        <v>161.97458595000001</v>
       </c>
       <c r="C21" s="5">
-        <v>0.3873779900000045</v>
+        <v>0.3886176599999942</v>
       </c>
       <c r="D21" s="5">
-        <v>2.914929124404475</v>
+        <v>2.9245082337184369</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>162.28577242</v>
+        <v>162.27710356</v>
       </c>
       <c r="C22" s="5">
-        <v>0.30549247999999807</v>
+        <v>0.30251760999999533</v>
       </c>
       <c r="D22" s="5">
-        <v>2.2868067811753434</v>
+        <v>2.2643891622185608</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>162.98125697</v>
+        <v>162.95581045</v>
       </c>
       <c r="C23" s="5">
-        <v>0.69548455000000331</v>
+        <v>0.67870689000000084</v>
       </c>
       <c r="D23" s="5">
-        <v>5.2656294620962552</v>
+        <v>5.1359483600667</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>162.5341123</v>
+        <v>162.52565425</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.44714467000000013</v>
+        <v>-0.43015619999999899</v>
       </c>
       <c r="D24" s="5">
-        <v>-3.2430146173603736</v>
+        <v>-3.1220658542107427</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>163.36430028000001</v>
+        <v>163.35887617</v>
       </c>
       <c r="C25" s="5">
-        <v>0.83018798000000515</v>
+        <v>0.83322191999999973</v>
       </c>
       <c r="D25" s="5">
-        <v>6.3044878488814682</v>
+        <v>6.3285198977586443</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>162.97174215000001</v>
+        <v>162.97294324000001</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.39255812999999762</v>
+        <v>-0.38593292999999562</v>
       </c>
       <c r="D26" s="5">
-        <v>-2.8457475755277462</v>
+        <v>-2.7984339919989165</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>163.37656372999999</v>
+        <v>163.38263187000001</v>
       </c>
       <c r="C27" s="5">
-        <v>0.40482157999997526</v>
+        <v>0.40968863000000511</v>
       </c>
       <c r="D27" s="5">
-        <v>3.0218610523425893</v>
+        <v>3.0586729577384286</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>163.30636899000001</v>
+        <v>163.33505840000001</v>
       </c>
       <c r="C28" s="5">
-        <v>-7.0194739999976719E-2</v>
+        <v>-4.7573470000003226E-2</v>
       </c>
       <c r="D28" s="5">
-        <v>-0.51436338455759234</v>
+        <v>-0.34885487184362907</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>164.64297972</v>
+        <v>164.68397236000001</v>
       </c>
       <c r="C29" s="5">
-        <v>1.3366107299999896</v>
+        <v>1.3489139600000044</v>
       </c>
       <c r="D29" s="5">
-        <v>10.276033493076131</v>
+        <v>10.373055046132285</v>
       </c>
       <c r="E29" s="5">
-        <v>2.3434081138509422</v>
+        <v>2.3581320948815154</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>164.98381203</v>
+        <v>164.99030324</v>
       </c>
       <c r="C30" s="5">
-        <v>0.34083230999999614</v>
+        <v>0.3063308799999902</v>
       </c>
       <c r="D30" s="5">
-        <v>2.5126355160694835</v>
+        <v>2.2551145322162292</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>165.45012914</v>
+        <v>165.44862241999999</v>
       </c>
       <c r="C31" s="5">
-        <v>0.46631711000000564</v>
+        <v>0.4583191799999895</v>
       </c>
       <c r="D31" s="5">
-        <v>3.4449557476201598</v>
+        <v>3.3848296025855706</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>166.30634241000001</v>
+        <v>166.29890535999999</v>
       </c>
       <c r="C32" s="5">
-        <v>0.85621327000001202</v>
+        <v>0.8502829399999996</v>
       </c>
       <c r="D32" s="5">
-        <v>6.3899048479452825</v>
+        <v>6.3444480113251656</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>165.93377128</v>
+        <v>165.93378659000001</v>
       </c>
       <c r="C33" s="5">
-        <v>-0.37257113000001141</v>
+        <v>-0.36511876999998094</v>
       </c>
       <c r="D33" s="5">
-        <v>-2.6554461133713403</v>
+        <v>-2.6030852994670561</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>165.73125737999999</v>
+        <v>165.72670542</v>
       </c>
       <c r="C34" s="5">
-        <v>-0.20251390000001379</v>
+        <v>-0.20708117000000925</v>
       </c>
       <c r="D34" s="5">
-        <v>-1.4547494009262141</v>
+        <v>-1.4873331883291874</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>166.62682129000001</v>
+        <v>166.59559626000001</v>
       </c>
       <c r="C35" s="5">
-        <v>0.89556391000002122</v>
+        <v>0.86889084000000594</v>
       </c>
       <c r="D35" s="5">
-        <v>6.6806884417031975</v>
+        <v>6.4761267009845414</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>167.24821516</v>
+        <v>167.24193363000001</v>
       </c>
       <c r="C36" s="5">
-        <v>0.62139386999999147</v>
+        <v>0.64633736999999769</v>
       </c>
       <c r="D36" s="5">
-        <v>4.5680448295111642</v>
+        <v>4.7562529112993301</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>166.35449625000001</v>
+        <v>166.34912887999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.89371890999998982</v>
+        <v>-0.89280475000001047</v>
       </c>
       <c r="D37" s="5">
-        <v>-6.2272567319022532</v>
+        <v>-6.2212997291626877</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>167.00321843</v>
+        <v>167.00920042999999</v>
       </c>
       <c r="C38" s="5">
-        <v>0.64872217999999293</v>
+        <v>0.66007154999999784</v>
       </c>
       <c r="D38" s="5">
-        <v>4.7812481219955405</v>
+        <v>4.866890472508012</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>170.07007114999999</v>
+        <v>170.07037955999999</v>
       </c>
       <c r="C39" s="5">
-        <v>3.0668527199999858</v>
+        <v>3.0611791299999993</v>
       </c>
       <c r="D39" s="5">
-        <v>24.404654987780773</v>
+        <v>24.353899884864759</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>169.75430843999999</v>
+        <v>169.76241737999999</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.31576271000000133</v>
+        <v>-0.30796218000000408</v>
       </c>
       <c r="D40" s="5">
-        <v>-2.205383635280489</v>
+        <v>-2.1514399810360296</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>169.40807565</v>
+        <v>169.41398763999999</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.34623278999998774</v>
+        <v>-0.34842974000000027</v>
       </c>
       <c r="D41" s="5">
-        <v>-2.4202631692950005</v>
+        <v>-2.435332488761266</v>
       </c>
       <c r="E41" s="5">
-        <v>2.8941992777971715</v>
+        <v>2.8721770626592313</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>169.99036459000001</v>
+        <v>169.99902114</v>
       </c>
       <c r="C42" s="5">
-        <v>0.58228894000001219</v>
+        <v>0.58503350000000864</v>
       </c>
       <c r="D42" s="5">
-        <v>4.2035113379155886</v>
+        <v>4.2235517974158032</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>171.25790623</v>
+        <v>171.27671434999999</v>
       </c>
       <c r="C43" s="5">
-        <v>1.2675416399999904</v>
+        <v>1.2776932099999954</v>
       </c>
       <c r="D43" s="5">
-        <v>9.3240965492159766</v>
+        <v>9.4013873936537262</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>170.76030915000001</v>
+        <v>170.76369808000001</v>
       </c>
       <c r="C44" s="5">
-        <v>-0.49759707999999137</v>
+        <v>-0.51301626999998007</v>
       </c>
       <c r="D44" s="5">
-        <v>-3.4314684536539186</v>
+        <v>-3.5356730765917277</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>171.63824559</v>
+        <v>171.64406739</v>
       </c>
       <c r="C45" s="5">
-        <v>0.87793643999998494</v>
+        <v>0.88036930999999186</v>
       </c>
       <c r="D45" s="5">
-        <v>6.347090291732882</v>
+        <v>6.3650506578431854</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>171.78509348</v>
+        <v>171.7876009</v>
       </c>
       <c r="C46" s="5">
-        <v>0.14684789000000364</v>
+        <v>0.14353350999999748</v>
       </c>
       <c r="D46" s="5">
-        <v>1.0315244613315677</v>
+        <v>1.0081012588865734</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>172.01423223</v>
+        <v>171.97773726</v>
       </c>
       <c r="C47" s="5">
-        <v>0.22913875000000417</v>
+        <v>0.19013635999999678</v>
       </c>
       <c r="D47" s="5">
-        <v>1.6124374996359769</v>
+        <v>1.3362879779467818</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>172.99246907</v>
+        <v>172.98983147000001</v>
       </c>
       <c r="C48" s="5">
-        <v>0.97823683999999389</v>
+        <v>1.012094210000015</v>
       </c>
       <c r="D48" s="5">
-        <v>7.0418955455480381</v>
+        <v>7.2951620829808883</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>172.55282093</v>
+        <v>172.5517643</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.43964814000000274</v>
+        <v>-0.43806717000001072</v>
       </c>
       <c r="D49" s="5">
-        <v>-3.0074458030129092</v>
+        <v>-2.9968262971445947</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>173.14205516000001</v>
+        <v>173.15442956000001</v>
       </c>
       <c r="C50" s="5">
-        <v>0.58923423000001662</v>
+        <v>0.60266526000000908</v>
       </c>
       <c r="D50" s="5">
-        <v>4.1756106546959382</v>
+        <v>4.272652426407908</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>172.81836959</v>
+        <v>172.81885865000001</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.32368557000000919</v>
+        <v>-0.33557091000000128</v>
       </c>
       <c r="D51" s="5">
-        <v>-2.2204521668614419</v>
+        <v>-2.3009547593401125</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>172.98672877999999</v>
+        <v>172.99219113999999</v>
       </c>
       <c r="C52" s="5">
-        <v>0.16835918999998967</v>
+        <v>0.17333248999997863</v>
       </c>
       <c r="D52" s="5">
-        <v>1.1753209504466788</v>
+        <v>1.2102280318012637</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>173.13053097</v>
+        <v>173.12059489000001</v>
       </c>
       <c r="C53" s="5">
-        <v>0.14380219000000238</v>
+        <v>0.12840375000001814</v>
       </c>
       <c r="D53" s="5">
-        <v>1.0021219116119306</v>
+        <v>0.89434725393156</v>
       </c>
       <c r="E53" s="5">
-        <v>2.1973305025261292</v>
+        <v>2.1878991821362881</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>173.67055098</v>
+        <v>173.67699718</v>
       </c>
       <c r="C54" s="5">
-        <v>0.54002001000000632</v>
+        <v>0.55640228999999408</v>
       </c>
       <c r="D54" s="5">
-        <v>3.8078637560151618</v>
+        <v>3.9256599292560646</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>174.07968231000001</v>
+        <v>174.09839830999999</v>
       </c>
       <c r="C55" s="5">
-        <v>0.40913133000000812</v>
+        <v>0.42140112999999246</v>
       </c>
       <c r="D55" s="5">
-        <v>2.863865363605278</v>
+        <v>2.9507909586600434</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>175.57609726000001</v>
+        <v>175.57888976000001</v>
       </c>
       <c r="C56" s="5">
-        <v>1.4964149500000019</v>
+        <v>1.4804914500000166</v>
       </c>
       <c r="D56" s="5">
-        <v>10.817326691125984</v>
+        <v>10.695578498204416</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>175.51757727</v>
+        <v>175.52832233000001</v>
       </c>
       <c r="C57" s="5">
-        <v>-5.8519990000007738E-2</v>
+        <v>-5.0567430000000968E-2</v>
       </c>
       <c r="D57" s="5">
-        <v>-0.39923087400199897</v>
+        <v>-0.34505793025234599</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>175.79787721</v>
+        <v>175.81247019</v>
       </c>
       <c r="C58" s="5">
-        <v>0.28029993999999192</v>
+        <v>0.28414785999999026</v>
       </c>
       <c r="D58" s="5">
-        <v>1.9333112804844177</v>
+        <v>1.9599672316275241</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>177.31252570000001</v>
+        <v>177.28395928</v>
       </c>
       <c r="C59" s="5">
-        <v>1.5146484900000132</v>
+        <v>1.4714890900000057</v>
       </c>
       <c r="D59" s="5">
-        <v>10.843306886170655</v>
+        <v>10.519063581178356</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>178.15810074999999</v>
+        <v>178.16117446000001</v>
       </c>
       <c r="C60" s="5">
-        <v>0.84557504999997946</v>
+        <v>0.87721518000000742</v>
       </c>
       <c r="D60" s="5">
-        <v>5.8751157484240091</v>
+        <v>6.101981961153502</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>177.72532602999999</v>
+        <v>177.73021181999999</v>
       </c>
       <c r="C61" s="5">
-        <v>-0.43277471999999761</v>
+        <v>-0.43096264000001838</v>
       </c>
       <c r="D61" s="5">
-        <v>-2.8763614637350998</v>
+        <v>-2.8644288110633354</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>177.77933361999999</v>
+        <v>177.79581825</v>
       </c>
       <c r="C62" s="5">
-        <v>5.4007589999997663E-2</v>
+        <v>6.5606430000002547E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>0.36526891320785015</v>
+        <v>0.44386234817670456</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>180.02294771000001</v>
+        <v>180.02095851999999</v>
       </c>
       <c r="C63" s="5">
-        <v>2.2436140900000225</v>
+        <v>2.2251402699999971</v>
       </c>
       <c r="D63" s="5">
-        <v>16.240945923340643</v>
+        <v>16.096287239724894</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>180.46937421999999</v>
+        <v>180.44854341000001</v>
       </c>
       <c r="C64" s="5">
-        <v>0.44642650999998068</v>
+        <v>0.42758489000001987</v>
       </c>
       <c r="D64" s="5">
-        <v>3.0167218457932909</v>
+        <v>2.8877646797116796</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>179.75635890999999</v>
+        <v>179.67484673999999</v>
       </c>
       <c r="C65" s="5">
-        <v>-0.71301531000000296</v>
+        <v>-0.77369667000002096</v>
       </c>
       <c r="D65" s="5">
-        <v>-4.6393941065444917</v>
+        <v>-5.0255411170757487</v>
       </c>
       <c r="E65" s="5">
-        <v>3.827070767286056</v>
+        <v>3.7859457762171589</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>180.61509594</v>
+        <v>180.61560188000001</v>
       </c>
       <c r="C66" s="5">
-        <v>0.85873703000001456</v>
+        <v>0.94075514000002158</v>
       </c>
       <c r="D66" s="5">
-        <v>5.8857221587537811</v>
+        <v>6.4671810324776091</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>180.52453833999999</v>
+        <v>180.55936948999999</v>
       </c>
       <c r="C67" s="5">
-        <v>-9.0557600000011007E-2</v>
+        <v>-5.623239000001945E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>-0.60000495619574323</v>
+        <v>-0.37296578650485301</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>180.30505260000001</v>
+        <v>180.31400844000001</v>
       </c>
       <c r="C68" s="5">
-        <v>-0.21948573999998189</v>
+        <v>-0.24536104999998543</v>
       </c>
       <c r="D68" s="5">
-        <v>-1.4492697868857318</v>
+        <v>-1.6185403638501294</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>179.80467044</v>
+        <v>179.80836296999999</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.50038216000001512</v>
+        <v>-0.5056454700000188</v>
       </c>
       <c r="D69" s="5">
-        <v>-3.2798731265081371</v>
+        <v>-3.3136803309607887</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>180.40680205000001</v>
+        <v>180.41474378000001</v>
       </c>
       <c r="C70" s="5">
-        <v>0.60213161000001492</v>
+        <v>0.60638081000001876</v>
       </c>
       <c r="D70" s="5">
-        <v>4.0934198898731955</v>
+        <v>4.1227585505366093</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>180.55573319999999</v>
+        <v>180.53029273000001</v>
       </c>
       <c r="C71" s="5">
-        <v>0.14893114999998147</v>
+        <v>0.11554895000000442</v>
       </c>
       <c r="D71" s="5">
-        <v>0.99514577990615916</v>
+        <v>0.77126853999411882</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>180.67866942000001</v>
+        <v>180.67979152000001</v>
       </c>
       <c r="C72" s="5">
-        <v>0.12293622000001392</v>
+        <v>0.14949878999999555</v>
       </c>
       <c r="D72" s="5">
-        <v>0.82011889819111339</v>
+        <v>0.99826956265838263</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>181.27516265</v>
+        <v>181.27943922</v>
       </c>
       <c r="C73" s="5">
-        <v>0.59649322999999299</v>
+        <v>0.59964769999999135</v>
       </c>
       <c r="D73" s="5">
-        <v>4.0344171485892533</v>
+        <v>4.05611790547451</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>181.22429675000001</v>
+        <v>181.24126584000001</v>
       </c>
       <c r="C74" s="5">
-        <v>-5.0865899999990916E-2</v>
+        <v>-3.8173379999989265E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>-0.33620141549456362</v>
+        <v>-0.25240060099569472</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>181.30834691999999</v>
+        <v>181.30975058999999</v>
       </c>
       <c r="C75" s="5">
-        <v>8.4050169999983382E-2</v>
+        <v>6.8484749999981887E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>0.5579708857544885</v>
+        <v>0.45438167576201671</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>181.02953733999999</v>
+        <v>181.03493123999999</v>
       </c>
       <c r="C76" s="5">
-        <v>-0.27880958000000078</v>
+        <v>-0.27481935000000135</v>
       </c>
       <c r="D76" s="5">
-        <v>-1.829790238439688</v>
+        <v>-1.8038069785547339</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>181.68990803</v>
+        <v>181.67175111</v>
       </c>
       <c r="C77" s="5">
-        <v>0.6603706900000077</v>
+        <v>0.63681987000001072</v>
       </c>
       <c r="D77" s="5">
-        <v>4.4663361028455695</v>
+        <v>4.3038288501310085</v>
       </c>
       <c r="E77" s="5">
-        <v>1.0756499139861209</v>
+        <v>1.1113989555197268</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>181.26095118999999</v>
+        <v>181.25226190999999</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.42895684000001211</v>
+        <v>-0.41948920000001522</v>
       </c>
       <c r="D78" s="5">
-        <v>-2.7966136221469484</v>
+        <v>-2.7359404231880768</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>181.21192354999999</v>
+        <v>181.22370022999999</v>
       </c>
       <c r="C79" s="5">
-        <v>-4.9027639999991379E-2</v>
+        <v>-2.8561679999995704E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>-0.32409475723027548</v>
+        <v>-0.18893185852207894</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>182.28495308999999</v>
+        <v>182.27502226999999</v>
       </c>
       <c r="C80" s="5">
-        <v>1.0730295399999932</v>
+        <v>1.0513220400000023</v>
       </c>
       <c r="D80" s="5">
-        <v>7.3417336478516226</v>
+        <v>7.187957771820952</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>182.50210021999999</v>
+        <v>182.50026718999999</v>
       </c>
       <c r="C81" s="5">
-        <v>0.21714713000000074</v>
+        <v>0.22524491999999441</v>
       </c>
       <c r="D81" s="5">
-        <v>1.4389043937542034</v>
+        <v>1.4930107451435637</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>182.97393256999999</v>
+        <v>182.97709687</v>
       </c>
       <c r="C82" s="5">
-        <v>0.47183234999999968</v>
+        <v>0.47682968000000869</v>
       </c>
       <c r="D82" s="5">
-        <v>3.146920709764478</v>
+        <v>3.180763614758142</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>182.49298761</v>
+        <v>182.47584556000001</v>
       </c>
       <c r="C83" s="5">
-        <v>-0.48094495999998799</v>
+        <v>-0.50125130999998646</v>
       </c>
       <c r="D83" s="5">
-        <v>-3.1089848126938269</v>
+        <v>-3.2382255277810912</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>183.23152465000001</v>
+        <v>183.25022229000001</v>
       </c>
       <c r="C84" s="5">
-        <v>0.7385370400000113</v>
+        <v>0.77437673000000018</v>
       </c>
       <c r="D84" s="5">
-        <v>4.9658847137984852</v>
+        <v>5.2130242903086543</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>183.8587363</v>
+        <v>183.85336267</v>
       </c>
       <c r="C85" s="5">
-        <v>0.62721164999999246</v>
+        <v>0.60314037999998504</v>
       </c>
       <c r="D85" s="5">
-        <v>4.1858898786353294</v>
+        <v>4.0219063291305535</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>183.54016412999999</v>
+        <v>183.54474886</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.31857217000001015</v>
+        <v>-0.3086138099999971</v>
       </c>
       <c r="D86" s="5">
-        <v>-2.0595400348880744</v>
+        <v>-1.9958111933853218</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>186.12225033000001</v>
+        <v>186.12161817</v>
       </c>
       <c r="C87" s="5">
-        <v>2.5820862000000204</v>
+        <v>2.5768693100000064</v>
       </c>
       <c r="D87" s="5">
-        <v>18.251361158483181</v>
+        <v>18.211102561415803</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>186.38286679999999</v>
+        <v>186.39549181000001</v>
       </c>
       <c r="C88" s="5">
-        <v>0.26061646999997379</v>
+        <v>0.27387364000000503</v>
       </c>
       <c r="D88" s="5">
-        <v>1.6932932824413438</v>
+        <v>1.7801330767616141</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>186.55618376000001</v>
+        <v>186.56847456</v>
       </c>
       <c r="C89" s="5">
-        <v>0.17331696000002239</v>
+        <v>0.17298274999998853</v>
       </c>
       <c r="D89" s="5">
-        <v>1.1216017966209968</v>
+        <v>1.1193517320443158</v>
       </c>
       <c r="E89" s="5">
-        <v>2.6783412368707404</v>
+        <v>2.6953686635821983</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>186.46107198000001</v>
+        <v>186.43551428000001</v>
       </c>
       <c r="C90" s="5">
-        <v>-9.5111779999996315E-2</v>
+        <v>-0.13296027999999183</v>
       </c>
       <c r="D90" s="5">
-        <v>-0.61008237822109956</v>
+        <v>-0.85185040864039774</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>186.70087533</v>
+        <v>186.68755601000001</v>
       </c>
       <c r="C91" s="5">
-        <v>0.23980334999998831</v>
+        <v>0.25204173000000196</v>
       </c>
       <c r="D91" s="5">
-        <v>1.5542560460516164</v>
+        <v>1.6343940186936745</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>187.28260585000001</v>
+        <v>187.26222164000001</v>
       </c>
       <c r="C92" s="5">
-        <v>0.5817305200000078</v>
+        <v>0.57466562999999837</v>
       </c>
       <c r="D92" s="5">
-        <v>3.8037571080075105</v>
+        <v>3.7570497817613013</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>188.14015953000001</v>
+        <v>188.13746416999999</v>
       </c>
       <c r="C93" s="5">
-        <v>0.85755367999999521</v>
+        <v>0.87524252999997998</v>
       </c>
       <c r="D93" s="5">
-        <v>5.6352278130938238</v>
+        <v>5.755113345402485</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>188.63233632999999</v>
+        <v>188.64289957</v>
       </c>
       <c r="C94" s="5">
-        <v>0.49217679999998154</v>
+        <v>0.5054354000000103</v>
       </c>
       <c r="D94" s="5">
-        <v>3.1847770570160305</v>
+        <v>3.271890166249003</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>189.75720066</v>
+        <v>189.7610488</v>
       </c>
       <c r="C95" s="5">
-        <v>1.1248643300000083</v>
+        <v>1.1181492300000002</v>
       </c>
       <c r="D95" s="5">
-        <v>7.3953440465194031</v>
+        <v>7.3493219688902656</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>190.71413322999999</v>
+        <v>190.81301495</v>
       </c>
       <c r="C96" s="5">
-        <v>0.95693256999999221</v>
+        <v>1.0519661499999984</v>
       </c>
       <c r="D96" s="5">
-        <v>6.2222172005060639</v>
+        <v>6.8589887587156007</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>190.8654066</v>
+        <v>190.82103832999999</v>
       </c>
       <c r="C97" s="5">
-        <v>0.15127337000001262</v>
+        <v>8.0233799999973598E-3</v>
       </c>
       <c r="D97" s="5">
-        <v>0.95599663793308753</v>
+        <v>5.0469738440206413E-2</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>192.37234839999999</v>
+        <v>192.33910341999999</v>
       </c>
       <c r="C98" s="5">
-        <v>1.5069417999999928</v>
+        <v>1.5180650899999932</v>
       </c>
       <c r="D98" s="5">
-        <v>9.8968131114713032</v>
+        <v>9.9755116273933631</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>191.62272852000001</v>
+        <v>191.60845918000001</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.74961987999998314</v>
+        <v>-0.7306442399999753</v>
       </c>
       <c r="D99" s="5">
-        <v>-4.5771294161020553</v>
+        <v>-4.4644309287165225</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>192.2692327</v>
+        <v>192.27099010000001</v>
       </c>
       <c r="C100" s="5">
-        <v>0.64650417999999377</v>
+        <v>0.66253091999999469</v>
       </c>
       <c r="D100" s="5">
-        <v>4.1245841851898613</v>
+        <v>4.2291054383100102</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>192.50015393999999</v>
+        <v>192.53013684000001</v>
       </c>
       <c r="C101" s="5">
-        <v>0.23092123999998648</v>
+        <v>0.25914674000000559</v>
       </c>
       <c r="D101" s="5">
-        <v>1.4507953200959101</v>
+        <v>1.6294280567624719</v>
       </c>
       <c r="E101" s="5">
-        <v>3.1861555378120077</v>
+        <v>3.1954285385351833</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>192.81015410000001</v>
+        <v>192.76123251000001</v>
       </c>
       <c r="C102" s="5">
-        <v>0.31000016000001551</v>
+        <v>0.23109567000000197</v>
       </c>
       <c r="D102" s="5">
-        <v>1.949675328338607</v>
+        <v>1.4499179318016253</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>193.20109260999999</v>
+        <v>193.17140151999999</v>
       </c>
       <c r="C103" s="5">
-        <v>0.39093850999998381</v>
+        <v>0.41016900999997574</v>
       </c>
       <c r="D103" s="5">
-        <v>2.4604165213024443</v>
+        <v>2.5835289769207348</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>193.58871207999999</v>
+        <v>193.57163621999999</v>
       </c>
       <c r="C104" s="5">
-        <v>0.38761947000000418</v>
+        <v>0.40023469999999861</v>
       </c>
       <c r="D104" s="5">
-        <v>2.4343058036019993</v>
+        <v>2.5148271263761846</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>194.34931768999999</v>
+        <v>194.36926002999999</v>
       </c>
       <c r="C105" s="5">
-        <v>0.76060560999999893</v>
+        <v>0.7976238100000046</v>
       </c>
       <c r="D105" s="5">
-        <v>4.8180019541519847</v>
+        <v>5.0582887914638608</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>194.87787258</v>
+        <v>194.92468866999999</v>
       </c>
       <c r="C106" s="5">
-        <v>0.52855489000000944</v>
+        <v>0.55542864000000236</v>
       </c>
       <c r="D106" s="5">
-        <v>3.3127961367909187</v>
+        <v>3.48352537528549</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>195.52502027</v>
+        <v>195.58132900999999</v>
       </c>
       <c r="C107" s="5">
-        <v>0.64714768999999706</v>
+        <v>0.6566403399999956</v>
       </c>
       <c r="D107" s="5">
-        <v>4.058537055549527</v>
+        <v>4.1181694507107292</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>195.51508781000001</v>
+        <v>195.76227885</v>
       </c>
       <c r="C108" s="5">
-        <v>-9.9324599999874863E-3</v>
+        <v>0.18094984000001091</v>
       </c>
       <c r="D108" s="5">
-        <v>-6.0941676225911845E-2</v>
+        <v>1.1158945955685118</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>196.26536225000001</v>
+        <v>196.13947626000001</v>
       </c>
       <c r="C109" s="5">
-        <v>0.75027443999999832</v>
+        <v>0.37719741000000795</v>
       </c>
       <c r="D109" s="5">
-        <v>4.7033541929454081</v>
+        <v>2.3368375413964415</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>195.57111352000001</v>
+        <v>195.49355702</v>
       </c>
       <c r="C110" s="5">
-        <v>-0.6942487299999982</v>
+        <v>-0.645919240000012</v>
       </c>
       <c r="D110" s="5">
-        <v>-4.1631392535743661</v>
+        <v>-3.8809988763522929</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>196.8474933</v>
+        <v>196.76215858</v>
       </c>
       <c r="C111" s="5">
-        <v>1.276379779999985</v>
+        <v>1.2686015600000076</v>
       </c>
       <c r="D111" s="5">
-        <v>8.1190355626996826</v>
+        <v>8.0710959446147932</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>197.52796698</v>
+        <v>197.49671126999999</v>
       </c>
       <c r="C112" s="5">
-        <v>0.68047368000000574</v>
+        <v>0.7345526899999868</v>
       </c>
       <c r="D112" s="5">
-        <v>4.2280136670062918</v>
+        <v>4.5729783367127075</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>197.20348824999999</v>
+        <v>197.17824010999999</v>
       </c>
       <c r="C113" s="5">
-        <v>-0.32447873000000982</v>
+        <v>-0.31847116000000142</v>
       </c>
       <c r="D113" s="5">
-        <v>-1.9535245510718391</v>
+        <v>-1.9179769159321958</v>
       </c>
       <c r="E113" s="5">
-        <v>2.4432885967800244</v>
+        <v>2.414221142876305</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>198.10899502000001</v>
+        <v>198.03535282000001</v>
       </c>
       <c r="C114" s="5">
-        <v>0.90550677000001656</v>
+        <v>0.85711271000002398</v>
       </c>
       <c r="D114" s="5">
-        <v>5.6513925466713744</v>
+        <v>5.3428065517239665</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>199.10393965</v>
+        <v>199.06600599999999</v>
       </c>
       <c r="C115" s="5">
-        <v>0.994944629999992</v>
+        <v>1.0306531799999732</v>
       </c>
       <c r="D115" s="5">
-        <v>6.1959374568282266</v>
+        <v>6.4271711015058797</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>198.42406647999999</v>
+        <v>198.42227149000001</v>
       </c>
       <c r="C116" s="5">
-        <v>-0.67987317000000758</v>
+        <v>-0.64373450999997317</v>
       </c>
       <c r="D116" s="5">
-        <v>-4.0215111593525084</v>
+        <v>-3.8122494427275888</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>199.59929109000001</v>
+        <v>199.64548837999999</v>
       </c>
       <c r="C117" s="5">
-        <v>1.175224610000015</v>
+        <v>1.2232168899999749</v>
       </c>
       <c r="D117" s="5">
-        <v>7.3435081487108755</v>
+        <v>7.6537097840452262</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>199.64555161000001</v>
+        <v>199.74228188000001</v>
       </c>
       <c r="C118" s="5">
-        <v>4.6260520000004135E-2</v>
+        <v>9.6793500000018184E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>0.27847514562071574</v>
+        <v>0.58334614739321555</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>200.68268932999999</v>
+        <v>200.82647926999999</v>
       </c>
       <c r="C119" s="5">
-        <v>1.0371377199999756</v>
+        <v>1.0841973899999857</v>
       </c>
       <c r="D119" s="5">
-        <v>6.4151086595394258</v>
+        <v>6.7115950406717362</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>200.88160625</v>
+        <v>201.33886329000001</v>
       </c>
       <c r="C120" s="5">
-        <v>0.19891692000001626</v>
+        <v>0.51238402000001315</v>
       </c>
       <c r="D120" s="5">
-        <v>1.1959472640244329</v>
+        <v>3.1049825029223266</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>201.62505464</v>
+        <v>201.34765920000001</v>
       </c>
       <c r="C121" s="5">
-        <v>0.74344838999999752</v>
+        <v>8.7959100000034596E-3</v>
       </c>
       <c r="D121" s="5">
-        <v>4.5326376543650904</v>
+        <v>5.2437112060821356E-2</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>201.72714167999999</v>
+        <v>201.57359221999999</v>
       </c>
       <c r="C122" s="5">
-        <v>0.10208703999998647</v>
+        <v>0.22593301999998516</v>
       </c>
       <c r="D122" s="5">
-        <v>0.60928028482141183</v>
+        <v>1.354866173841085</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>203.01734586000001</v>
+        <v>202.84500363000001</v>
       </c>
       <c r="C123" s="5">
-        <v>1.2902041800000177</v>
+        <v>1.2714114100000131</v>
       </c>
       <c r="D123" s="5">
-        <v>7.9507663032078568</v>
+        <v>7.8370884619077597</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>203.20953162000001</v>
+        <v>203.13754270999999</v>
       </c>
       <c r="C124" s="5">
-        <v>0.19218576000000098</v>
+        <v>0.29253907999998319</v>
       </c>
       <c r="D124" s="5">
-        <v>1.1419096222263558</v>
+        <v>1.744409870626118</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>204.56443583000001</v>
+        <v>204.47532914000001</v>
       </c>
       <c r="C125" s="5">
-        <v>1.3549042100000008</v>
+        <v>1.3377864300000226</v>
       </c>
       <c r="D125" s="5">
-        <v>8.3010561050964817</v>
+        <v>8.1953648510226795</v>
       </c>
       <c r="E125" s="5">
-        <v>3.7326660118041977</v>
+        <v>3.7007577641068323</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>205.07063235000001</v>
+        <v>204.99199533999999</v>
       </c>
       <c r="C126" s="5">
-        <v>0.50619652000000315</v>
+        <v>0.51666619999997465</v>
       </c>
       <c r="D126" s="5">
-        <v>3.010158984997946</v>
+        <v>3.0746436504860419</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>205.51830559999999</v>
+        <v>205.49323139000001</v>
       </c>
       <c r="C127" s="5">
-        <v>0.44767324999997982</v>
+        <v>0.50123605000001703</v>
       </c>
       <c r="D127" s="5">
-        <v>2.6513065547640435</v>
+        <v>2.9739624336214909</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>206.24211187</v>
+        <v>206.26107974999999</v>
       </c>
       <c r="C128" s="5">
-        <v>0.72380627000001141</v>
+        <v>0.76784835999998791</v>
       </c>
       <c r="D128" s="5">
-        <v>4.309061170534001</v>
+        <v>4.5772421639087124</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>207.01038288999999</v>
+        <v>207.07526308000001</v>
       </c>
       <c r="C129" s="5">
-        <v>0.76827101999998604</v>
+        <v>0.81418333000002008</v>
       </c>
       <c r="D129" s="5">
-        <v>4.5628419138335374</v>
+        <v>4.8410154393243143</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>207.25636292999999</v>
+        <v>207.41011341999999</v>
       </c>
       <c r="C130" s="5">
-        <v>0.24598004000000628</v>
+        <v>0.33485033999997427</v>
       </c>
       <c r="D130" s="5">
-        <v>1.4352555214738327</v>
+        <v>1.9578071647555761</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>208.09627126000001</v>
+        <v>208.29297457000001</v>
       </c>
       <c r="C131" s="5">
-        <v>0.8399083300000143</v>
+        <v>0.88286115000002496</v>
       </c>
       <c r="D131" s="5">
-        <v>4.9728794172525737</v>
+        <v>5.2292116540549882</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>209.18909762999999</v>
+        <v>209.81006250999999</v>
       </c>
       <c r="C132" s="5">
-        <v>1.0928263699999832</v>
+        <v>1.5170879399999819</v>
       </c>
       <c r="D132" s="5">
-        <v>6.4870943934507208</v>
+        <v>9.0988802855629167</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>209.81530443</v>
+        <v>209.42806171999999</v>
       </c>
       <c r="C133" s="5">
-        <v>0.62620680000000561</v>
+        <v>-0.38200079000000642</v>
       </c>
       <c r="D133" s="5">
-        <v>3.651932492497223</v>
+        <v>-2.1630913883136871</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>209.52176351</v>
+        <v>209.35598347999999</v>
       </c>
       <c r="C134" s="5">
-        <v>-0.2935409199999981</v>
+        <v>-7.2078239999996185E-2</v>
       </c>
       <c r="D134" s="5">
-        <v>-1.6659949509948646</v>
+        <v>-0.41221959018858945</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>210.13356042999999</v>
+        <v>209.86489915000001</v>
       </c>
       <c r="C135" s="5">
-        <v>0.61179691999998909</v>
+        <v>0.50891567000002169</v>
       </c>
       <c r="D135" s="5">
-        <v>3.5607863848756249</v>
+        <v>2.9563531146200361</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>210.57442917</v>
+        <v>210.4788609</v>
       </c>
       <c r="C136" s="5">
-        <v>0.4408687400000133</v>
+        <v>0.61396174999998721</v>
       </c>
       <c r="D136" s="5">
-        <v>2.5469045582804828</v>
+        <v>3.567652647128905</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>211.40805320999999</v>
+        <v>211.2761979</v>
       </c>
       <c r="C137" s="5">
-        <v>0.83362403999998946</v>
+        <v>0.79733699999999885</v>
       </c>
       <c r="D137" s="5">
-        <v>4.8553848607400862</v>
+        <v>4.6417650792959897</v>
       </c>
       <c r="E137" s="5">
-        <v>3.3454580471100392</v>
+        <v>3.3260094450531907</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>211.35849275000001</v>
+        <v>211.29099833000001</v>
       </c>
       <c r="C138" s="5">
-        <v>-4.9560459999980822E-2</v>
+        <v>1.4800430000008191E-2</v>
       </c>
       <c r="D138" s="5">
-        <v>-0.28095396108603898</v>
+        <v>8.4095419662255644E-2</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>211.04170963999999</v>
+        <v>211.04555238</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.31678311000001713</v>
+        <v>-0.24544595000000413</v>
       </c>
       <c r="D139" s="5">
-        <v>-1.783801994547396</v>
+        <v>-1.3851068180215198</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>211.80182779</v>
+        <v>211.85224668999999</v>
       </c>
       <c r="C140" s="5">
-        <v>0.76011815000001093</v>
+        <v>0.80669430999998326</v>
       </c>
       <c r="D140" s="5">
-        <v>4.4087476343753984</v>
+        <v>4.684513365858578</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>210.99622245</v>
+        <v>211.06816014</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.80560533999999961</v>
+        <v>-0.78408654999998362</v>
       </c>
       <c r="D141" s="5">
-        <v>-4.4700134256816408</v>
+        <v>-4.3520194812023743</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>211.61436318</v>
+        <v>211.76453432</v>
       </c>
       <c r="C142" s="5">
-        <v>0.61814072999999325</v>
+        <v>0.69637417999999229</v>
       </c>
       <c r="D142" s="5">
-        <v>3.5727580851211416</v>
+        <v>4.0317818287947782</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>212.45068798</v>
+        <v>212.60856799999999</v>
       </c>
       <c r="C143" s="5">
-        <v>0.83632479999999987</v>
+        <v>0.84403367999999546</v>
       </c>
       <c r="D143" s="5">
-        <v>4.8469979620736181</v>
+        <v>4.8891141863388166</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>210.00929879</v>
+        <v>210.69284512999999</v>
       </c>
       <c r="C144" s="5">
-        <v>-2.4413891899999953</v>
+        <v>-1.9157228699999962</v>
       </c>
       <c r="D144" s="5">
-        <v>-12.950837625676503</v>
+        <v>-10.292592739145789</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>212.21952640999999</v>
+        <v>211.79308366999999</v>
       </c>
       <c r="C145" s="5">
-        <v>2.2102276199999835</v>
+        <v>1.1002385399999923</v>
       </c>
       <c r="D145" s="5">
-        <v>13.386616022796094</v>
+        <v>6.4495502292750251</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>211.65303306000001</v>
+        <v>211.43544319</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.56649334999997336</v>
+        <v>-0.35764047999998638</v>
       </c>
       <c r="D146" s="5">
-        <v>-3.1566364255873891</v>
+        <v>-2.0076436281207588</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>210.36528691999999</v>
+        <v>210.12927866999999</v>
       </c>
       <c r="C147" s="5">
-        <v>-1.2877461400000243</v>
+        <v>-1.30616452000001</v>
       </c>
       <c r="D147" s="5">
-        <v>-7.0616480928433649</v>
+        <v>-7.1663660216670033</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>210.57602116000001</v>
+        <v>210.53996832000001</v>
       </c>
       <c r="C148" s="5">
-        <v>0.21073424000002206</v>
+        <v>0.41068965000002322</v>
       </c>
       <c r="D148" s="5">
-        <v>1.2087499796247902</v>
+        <v>2.3707306226239844</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>210.02973034999999</v>
+        <v>210.02276886999999</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.54629081000001634</v>
+        <v>-0.51719945000002099</v>
       </c>
       <c r="D149" s="5">
-        <v>-3.0690849715589441</v>
+        <v>-2.9083418112097026</v>
       </c>
       <c r="E149" s="5">
-        <v>-0.65197273191426319</v>
+        <v>-0.59326561271860756</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>212.53143478999999</v>
+        <v>212.48976601999999</v>
       </c>
       <c r="C150" s="5">
-        <v>2.5017044399999975</v>
+        <v>2.4669971499999974</v>
       </c>
       <c r="D150" s="5">
-        <v>15.268009078483624</v>
+        <v>15.042858001233528</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>213.15951709999999</v>
+        <v>213.16139512000001</v>
       </c>
       <c r="C151" s="5">
-        <v>0.62808230999999637</v>
+        <v>0.6716291000000183</v>
       </c>
       <c r="D151" s="5">
-        <v>3.6045056505640938</v>
+        <v>3.8595480214472566</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>213.93194321999999</v>
+        <v>213.98501031999999</v>
       </c>
       <c r="C152" s="5">
-        <v>0.77242612000000577</v>
+        <v>0.82361519999997768</v>
       </c>
       <c r="D152" s="5">
-        <v>4.4361612242881154</v>
+        <v>4.7363841188598821</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>215.19411070999999</v>
+        <v>215.2428448</v>
       </c>
       <c r="C153" s="5">
-        <v>1.262167489999996</v>
+        <v>1.2578344800000139</v>
       </c>
       <c r="D153" s="5">
-        <v>7.31413952761375</v>
+        <v>7.286346431842472</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>215.74338700000001</v>
+        <v>215.83998843000001</v>
       </c>
       <c r="C154" s="5">
-        <v>0.54927629000002298</v>
+        <v>0.59714363000000503</v>
       </c>
       <c r="D154" s="5">
-        <v>3.1063303696887035</v>
+        <v>3.3804047937115778</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>216.62971747</v>
+        <v>216.65502430999999</v>
       </c>
       <c r="C155" s="5">
-        <v>0.8863304699999901</v>
+        <v>0.81503587999998217</v>
       </c>
       <c r="D155" s="5">
-        <v>5.0428482789608431</v>
+        <v>4.6266381063038819</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>215.50741004</v>
+        <v>216.12121669999999</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.1223074300000064</v>
+        <v>-0.53380760999999666</v>
       </c>
       <c r="D156" s="5">
-        <v>-6.0427944635905062</v>
+        <v>-2.916893033547252</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>217.64156023999999</v>
+        <v>217.31125091999999</v>
       </c>
       <c r="C157" s="5">
-        <v>2.1341501999999934</v>
+        <v>1.1900342200000011</v>
       </c>
       <c r="D157" s="5">
-        <v>12.552585652575843</v>
+        <v>6.8114215707755665</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>219.12356055999999</v>
+        <v>218.93682813999999</v>
       </c>
       <c r="C158" s="5">
-        <v>1.4820003199999974</v>
+        <v>1.6255772199999967</v>
       </c>
       <c r="D158" s="5">
-        <v>8.484313908501262</v>
+        <v>9.3551704904869304</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>218.93920768000001</v>
+        <v>218.77267237000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.1843528799999774</v>
+        <v>-0.16415576999997938</v>
       </c>
       <c r="D159" s="5">
-        <v>-1.0049246332032968</v>
+        <v>-0.89604208346079073</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>219.76894659999999</v>
+        <v>219.71622281</v>
       </c>
       <c r="C160" s="5">
-        <v>0.82973891999998273</v>
+        <v>0.94355043999999566</v>
       </c>
       <c r="D160" s="5">
-        <v>4.643778591213632</v>
+        <v>5.3000627405991096</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>220.38373698000001</v>
+        <v>220.33799486999999</v>
       </c>
       <c r="C161" s="5">
-        <v>0.61479038000001651</v>
+        <v>0.62177205999998364</v>
       </c>
       <c r="D161" s="5">
-        <v>3.4090617422957381</v>
+        <v>3.4492205547723032</v>
       </c>
       <c r="E161" s="5">
-        <v>4.929781423204127</v>
+        <v>4.9114798626357148</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>218.57674871</v>
+        <v>218.56354902000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.8069882700000051</v>
+        <v>-1.774445849999978</v>
       </c>
       <c r="D162" s="5">
-        <v>-9.4073375230980023</v>
+        <v>-9.2471872772135981</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>218.58114176999999</v>
+        <v>218.62095006000001</v>
       </c>
       <c r="C163" s="5">
-        <v>4.3930599999839615E-3</v>
+        <v>5.7401040000002013E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>2.4120839976604636E-2</v>
+        <v>0.31560995182366991</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>217.79957324</v>
+        <v>217.86745583000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.78156852999998705</v>
+        <v>-0.75349423000000115</v>
       </c>
       <c r="D164" s="5">
-        <v>-4.2073889362372334</v>
+        <v>-4.0583870150444952</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>218.70610206999999</v>
+        <v>218.75121461000001</v>
       </c>
       <c r="C165" s="5">
-        <v>0.90652882999998496</v>
+        <v>0.88375877999999375</v>
       </c>
       <c r="D165" s="5">
-        <v>5.1105989515610961</v>
+        <v>4.9777679015744258</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>218.20872256000001</v>
+        <v>218.2218972</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.49737950999997338</v>
+        <v>-0.52931741000000443</v>
       </c>
       <c r="D166" s="5">
-        <v>-2.6951521360252806</v>
+        <v>-2.865334551021137</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>217.47446614</v>
+        <v>217.40294846</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.73425642000000835</v>
+        <v>-0.81894873999999618</v>
       </c>
       <c r="D167" s="5">
-        <v>-3.9640142376519472</v>
+        <v>-4.4115914146113822</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>218.34668932</v>
+        <v>218.82414019999999</v>
       </c>
       <c r="C168" s="5">
-        <v>0.87222317999999177</v>
+        <v>1.4211917399999834</v>
       </c>
       <c r="D168" s="5">
-        <v>4.9204283560253081</v>
+        <v>8.1328404751441763</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>220.43780907999999</v>
+        <v>220.22440782000001</v>
       </c>
       <c r="C169" s="5">
-        <v>2.091119759999998</v>
+        <v>1.4002676200000224</v>
       </c>
       <c r="D169" s="5">
-        <v>12.117574919282381</v>
+        <v>7.9549701199253198</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>220.76652444000001</v>
+        <v>220.57460083000001</v>
       </c>
       <c r="C170" s="5">
-        <v>0.32871536000001811</v>
+        <v>0.35019300999999814</v>
       </c>
       <c r="D170" s="5">
-        <v>1.8041811618120018</v>
+        <v>1.9249749498384539</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>221.38889159999999</v>
+        <v>221.34151495</v>
       </c>
       <c r="C171" s="5">
-        <v>0.62236715999998182</v>
+        <v>0.76691411999999559</v>
       </c>
       <c r="D171" s="5">
-        <v>3.4358922122091462</v>
+        <v>4.2529886098892744</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>221.68807175000001</v>
+        <v>221.64912208999999</v>
       </c>
       <c r="C172" s="5">
-        <v>0.29918015000001219</v>
+        <v>0.30760713999998757</v>
       </c>
       <c r="D172" s="5">
-        <v>1.6337615266743599</v>
+        <v>1.6804942319821992</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>222.04047159999999</v>
+        <v>222.00830966000001</v>
       </c>
       <c r="C173" s="5">
-        <v>0.35239984999998342</v>
+        <v>0.35918757000001733</v>
       </c>
       <c r="D173" s="5">
-        <v>1.9243104880326323</v>
+        <v>1.9620541763920807</v>
       </c>
       <c r="E173" s="5">
-        <v>0.75174994430298181</v>
+        <v>0.75806934295898909</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>222.90265923000001</v>
+        <v>222.91116765000001</v>
       </c>
       <c r="C174" s="5">
-        <v>0.86218763000002241</v>
+        <v>0.90285799000000111</v>
       </c>
       <c r="D174" s="5">
-        <v>4.7604373568404412</v>
+        <v>4.9907793028779457</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>223.31183917000001</v>
+        <v>223.37045398000001</v>
       </c>
       <c r="C175" s="5">
-        <v>0.40917994000000135</v>
+        <v>0.45928632999999763</v>
       </c>
       <c r="D175" s="5">
-        <v>2.2252037211090148</v>
+        <v>2.5006928469155865</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>222.53080749</v>
+        <v>222.57817937999999</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.78103168000001233</v>
+        <v>-0.79227460000001315</v>
       </c>
       <c r="D176" s="5">
-        <v>-4.1171916839443545</v>
+        <v>-4.1742325975755552</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>222.69547134999999</v>
+        <v>222.70255631000001</v>
       </c>
       <c r="C177" s="5">
-        <v>0.16466385999999034</v>
+        <v>0.12437693000001104</v>
       </c>
       <c r="D177" s="5">
-        <v>0.89157450022738782</v>
+        <v>0.67262606284601567</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>223.27946965999999</v>
+        <v>223.2435127</v>
       </c>
       <c r="C178" s="5">
-        <v>0.58399830999999836</v>
+        <v>0.54095638999999096</v>
       </c>
       <c r="D178" s="5">
-        <v>3.192676643928305</v>
+        <v>2.9541230357854609</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>224.03783820000001</v>
+        <v>223.93957085</v>
       </c>
       <c r="C179" s="5">
-        <v>0.75836854000002063</v>
+        <v>0.69605814999999893</v>
       </c>
       <c r="D179" s="5">
-        <v>4.1528066479380454</v>
+        <v>3.8063521651356513</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>226.23109905999999</v>
+        <v>226.54901570999999</v>
       </c>
       <c r="C180" s="5">
-        <v>2.193260859999981</v>
+        <v>2.6094448599999964</v>
       </c>
       <c r="D180" s="5">
-        <v>12.401261057958113</v>
+        <v>14.914824026886087</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>225.03874587000001</v>
+        <v>224.93440588999999</v>
       </c>
       <c r="C181" s="5">
-        <v>-1.1923531899999773</v>
+        <v>-1.6146098199999983</v>
       </c>
       <c r="D181" s="5">
-        <v>-6.1444580299940155</v>
+        <v>-8.224972141653442</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>224.46822057</v>
+        <v>224.34462010999999</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.57052530000001411</v>
+        <v>-0.5897857799999997</v>
       </c>
       <c r="D182" s="5">
-        <v>-3.0002133308585255</v>
+        <v>-3.1014602670625946</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>224.76332293999999</v>
+        <v>224.75117040000001</v>
       </c>
       <c r="C183" s="5">
-        <v>0.29510236999999506</v>
+        <v>0.40655029000001264</v>
       </c>
       <c r="D183" s="5">
-        <v>1.589065278157209</v>
+        <v>2.1964079579859463</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>224.90559490999999</v>
+        <v>224.91880302999999</v>
       </c>
       <c r="C184" s="5">
-        <v>0.14227196999999592</v>
+        <v>0.16763262999998574</v>
       </c>
       <c r="D184" s="5">
-        <v>0.76223285922141226</v>
+        <v>0.89871127457115119</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>225.04086083000001</v>
+        <v>225.07491693</v>
       </c>
       <c r="C185" s="5">
-        <v>0.13526592000002324</v>
+        <v>0.15611390000000824</v>
       </c>
       <c r="D185" s="5">
-        <v>0.72411322360963482</v>
+        <v>0.83609503314214795</v>
       </c>
       <c r="E185" s="5">
-        <v>1.3512803356881431</v>
+        <v>1.3813029227133011</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>224.96668896</v>
+        <v>224.96363564999999</v>
       </c>
       <c r="C186" s="5">
-        <v>-7.4171870000014906E-2</v>
+        <v>-0.11128128000001425</v>
       </c>
       <c r="D186" s="5">
-        <v>-0.39479529966335303</v>
+        <v>-0.59169189754092466</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>225.47368674000001</v>
+        <v>225.48445099</v>
       </c>
       <c r="C187" s="5">
-        <v>0.50699778000000606</v>
+        <v>0.52081534000001284</v>
       </c>
       <c r="D187" s="5">
-        <v>2.7381628460782403</v>
+        <v>2.8137794403566785</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>225.86109357000001</v>
+        <v>225.87157103999999</v>
       </c>
       <c r="C188" s="5">
-        <v>0.38740683000000331</v>
+        <v>0.38712004999999294</v>
       </c>
       <c r="D188" s="5">
-        <v>2.0814254567979695</v>
+        <v>2.0797698626779715</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>227.41293288</v>
+        <v>227.40764687000001</v>
       </c>
       <c r="C189" s="5">
-        <v>1.5518393099999912</v>
+        <v>1.5360758300000157</v>
       </c>
       <c r="D189" s="5">
-        <v>8.5637388348956289</v>
+        <v>8.4730622134191247</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>227.34783038</v>
+        <v>227.30865419</v>
       </c>
       <c r="C190" s="5">
-        <v>-6.5102499999994734E-2</v>
+        <v>-9.8992680000009159E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-0.34298890099934143</v>
+        <v>-0.52112239760632173</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>229.44584924</v>
+        <v>229.39420788000001</v>
       </c>
       <c r="C191" s="5">
-        <v>2.0980188599999963</v>
+        <v>2.0855536900000118</v>
       </c>
       <c r="D191" s="5">
-        <v>11.653591796525454</v>
+        <v>11.582921214923481</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>229.58585331</v>
+        <v>229.74917393000001</v>
       </c>
       <c r="C192" s="5">
-        <v>0.14000407000000337</v>
+        <v>0.35496605000000159</v>
       </c>
       <c r="D192" s="5">
-        <v>0.73468253561617125</v>
+        <v>1.8727728766119611</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>230.24332994</v>
+        <v>230.20021018</v>
       </c>
       <c r="C193" s="5">
-        <v>0.65747662999999079</v>
+        <v>0.45103624999998715</v>
       </c>
       <c r="D193" s="5">
-        <v>3.491147823971974</v>
+        <v>2.3814055071857965</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>230.32410264999999</v>
+        <v>230.24193790999999</v>
       </c>
       <c r="C194" s="5">
-        <v>8.0772709999990866E-2</v>
+        <v>4.172772999999097E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>0.42179067724168462</v>
+        <v>0.2177375409423421</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>230.2920933</v>
+        <v>230.29324177000001</v>
       </c>
       <c r="C195" s="5">
-        <v>-3.2009349999981396E-2</v>
+        <v>5.1303860000018631E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>-0.16664288715786402</v>
+        <v>0.26771898589799115</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>230.44211784999999</v>
+        <v>230.43844791000001</v>
       </c>
       <c r="C196" s="5">
-        <v>0.15002454999998349</v>
+        <v>0.1452061399999991</v>
       </c>
       <c r="D196" s="5">
-        <v>0.78455106527681728</v>
+        <v>0.75926202096709972</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>230.78424489</v>
+        <v>230.792957</v>
       </c>
       <c r="C197" s="5">
-        <v>0.34212704000000826</v>
+        <v>0.35450908999999342</v>
       </c>
       <c r="D197" s="5">
-        <v>1.7962059455542745</v>
+        <v>1.8617941032266216</v>
       </c>
       <c r="E197" s="5">
-        <v>2.5521516576221481</v>
+        <v>2.5405052450950594</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>231.02889694999999</v>
+        <v>231.03420251</v>
       </c>
       <c r="C198" s="5">
-        <v>0.24465205999999284</v>
+        <v>0.24124550999999883</v>
       </c>
       <c r="D198" s="5">
-        <v>1.2795512375036067</v>
+        <v>1.2615842358788765</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>231.89200299000001</v>
+        <v>231.91298019999999</v>
       </c>
       <c r="C199" s="5">
-        <v>0.86310604000001945</v>
+        <v>0.87877768999999262</v>
       </c>
       <c r="D199" s="5">
-        <v>4.576380734614327</v>
+        <v>4.6611123377729546</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>233.18008725000001</v>
+        <v>233.18870637000001</v>
       </c>
       <c r="C200" s="5">
-        <v>1.2880842600000051</v>
+        <v>1.2757261700000129</v>
       </c>
       <c r="D200" s="5">
-        <v>6.8730646930315498</v>
+        <v>6.8044814488834149</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>231.61632331999999</v>
+        <v>231.61622306999999</v>
       </c>
       <c r="C201" s="5">
-        <v>-1.5637639300000217</v>
+        <v>-1.572483300000016</v>
       </c>
       <c r="D201" s="5">
-        <v>-7.7572091138183863</v>
+        <v>-7.7985934187201567</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>231.73136273</v>
+        <v>231.72994391</v>
       </c>
       <c r="C202" s="5">
-        <v>0.1150394100000085</v>
+        <v>0.11372084000001337</v>
       </c>
       <c r="D202" s="5">
-        <v>0.59764797692702931</v>
+        <v>0.59077954426822732</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>232.28821407999999</v>
+        <v>232.27968401999999</v>
       </c>
       <c r="C203" s="5">
-        <v>0.55685134999998809</v>
+        <v>0.54974010999998768</v>
       </c>
       <c r="D203" s="5">
-        <v>2.9220227335995386</v>
+        <v>2.8842368988467149</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>232.34448990000001</v>
+        <v>232.42298335999999</v>
       </c>
       <c r="C204" s="5">
-        <v>5.6275820000024623E-2</v>
+        <v>0.14329933999999867</v>
       </c>
       <c r="D204" s="5">
-        <v>0.29110835418320047</v>
+        <v>0.74282812850485769</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>233.94291536</v>
+        <v>233.93171949000001</v>
       </c>
       <c r="C205" s="5">
-        <v>1.5984254599999872</v>
+        <v>1.5087361300000168</v>
       </c>
       <c r="D205" s="5">
-        <v>8.5751009910482132</v>
+        <v>8.0738192567312304</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>235.08126621</v>
+        <v>235.04401788000001</v>
       </c>
       <c r="C206" s="5">
-        <v>1.1383508499999948</v>
+        <v>1.1122983900000065</v>
       </c>
       <c r="D206" s="5">
-        <v>5.9979540542908216</v>
+        <v>5.8573632329321779</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>234.29755033999999</v>
+        <v>234.28523673999999</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.78371587000000886</v>
+        <v>-0.75878114000002483</v>
       </c>
       <c r="D207" s="5">
-        <v>-3.9280247758990749</v>
+        <v>-3.8058536870836823</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>235.44461591000001</v>
+        <v>235.41618782</v>
       </c>
       <c r="C208" s="5">
-        <v>1.1470655700000236</v>
+        <v>1.1309510800000169</v>
       </c>
       <c r="D208" s="5">
-        <v>6.0357194785212398</v>
+        <v>5.9489846669959379</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>236.48363651</v>
+        <v>236.46185646999999</v>
       </c>
       <c r="C209" s="5">
-        <v>1.0390205999999864</v>
+        <v>1.0456686499999819</v>
       </c>
       <c r="D209" s="5">
-        <v>5.4260605472892243</v>
+        <v>5.4623067371483591</v>
       </c>
       <c r="E209" s="5">
-        <v>2.4695756951331527</v>
+        <v>2.4562705654834982</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>235.97274164000001</v>
+        <v>235.98009167000001</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.51089486999998712</v>
+        <v>-0.48176479999997923</v>
       </c>
       <c r="D210" s="5">
-        <v>-2.5618746972751349</v>
+        <v>-2.4176557832418899</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>236.28834731000001</v>
+        <v>236.31004103000001</v>
       </c>
       <c r="C211" s="5">
-        <v>0.31560566999999651</v>
+        <v>0.32994936000000052</v>
       </c>
       <c r="D211" s="5">
-        <v>1.6168189542002942</v>
+        <v>1.6908133887634236</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>237.02567859000001</v>
+        <v>237.03642592</v>
       </c>
       <c r="C212" s="5">
-        <v>0.73733128000000647</v>
+        <v>0.7263848899999914</v>
       </c>
       <c r="D212" s="5">
-        <v>3.8095066388764476</v>
+        <v>3.7516410292533608</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>237.61116430999999</v>
+        <v>237.62346769000001</v>
       </c>
       <c r="C213" s="5">
-        <v>0.58548571999997989</v>
+        <v>0.58704177000001323</v>
       </c>
       <c r="D213" s="5">
-        <v>3.004767305833167</v>
+        <v>3.0127237247387084</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>238.54217693999999</v>
+        <v>238.56230912000001</v>
       </c>
       <c r="C214" s="5">
-        <v>0.9310126299999979</v>
+        <v>0.93884142999999654</v>
       </c>
       <c r="D214" s="5">
-        <v>4.8045243092014633</v>
+        <v>4.8455507837098288</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>238.79507656000001</v>
+        <v>238.80559217000001</v>
       </c>
       <c r="C215" s="5">
-        <v>0.2528996200000222</v>
+        <v>0.24328305000000228</v>
       </c>
       <c r="D215" s="5">
-        <v>1.2796706081956266</v>
+        <v>1.2306331271806803</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>239.89377188</v>
+        <v>239.92592228999999</v>
       </c>
       <c r="C216" s="5">
-        <v>1.0986953199999903</v>
+        <v>1.1203301199999771</v>
       </c>
       <c r="D216" s="5">
-        <v>5.6630774898917657</v>
+        <v>5.7772238109540242</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>239.86874635000001</v>
+        <v>239.86827925</v>
       </c>
       <c r="C217" s="5">
-        <v>-2.5025529999993523E-2</v>
+        <v>-5.7643039999987877E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>-0.12511125864915762</v>
+        <v>-0.28792352859117187</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>241.49971601999999</v>
+        <v>241.47974779</v>
       </c>
       <c r="C218" s="5">
-        <v>1.6309696699999847</v>
+        <v>1.6114685400000042</v>
       </c>
       <c r="D218" s="5">
-        <v>8.4714657450318587</v>
+        <v>8.3664203119157232</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>242.80810216</v>
+        <v>242.79562190999999</v>
       </c>
       <c r="C219" s="5">
-        <v>1.3083861400000103</v>
+        <v>1.3158741199999895</v>
       </c>
       <c r="D219" s="5">
-        <v>6.6985703545745512</v>
+        <v>6.7386368715876444</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>243.20515724000001</v>
+        <v>243.13928039000001</v>
       </c>
       <c r="C220" s="5">
-        <v>0.39705508000000123</v>
+        <v>0.3436584800000162</v>
       </c>
       <c r="D220" s="5">
-        <v>1.9800609900989086</v>
+        <v>1.7117926329804911</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>244.76762099000001</v>
+        <v>244.67882911000001</v>
       </c>
       <c r="C221" s="5">
-        <v>1.5624637500000063</v>
+        <v>1.5395487199999991</v>
       </c>
       <c r="D221" s="5">
-        <v>7.9876873721508979</v>
+        <v>7.8686388610250235</v>
       </c>
       <c r="E221" s="5">
-        <v>3.5029842243015974</v>
+        <v>3.4749674905992789</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>246.35867034</v>
+        <v>246.38118202000001</v>
       </c>
       <c r="C222" s="5">
-        <v>1.5910493499999916</v>
+        <v>1.7023529100000019</v>
       </c>
       <c r="D222" s="5">
-        <v>8.0852959412341932</v>
+        <v>8.6760113696984664</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>247.16961236</v>
+        <v>247.21252575</v>
       </c>
       <c r="C223" s="5">
-        <v>0.81094201999999882</v>
+        <v>0.83134372999998618</v>
       </c>
       <c r="D223" s="5">
-        <v>4.0223594965674847</v>
+        <v>4.1250560573402151</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>247.06912614000001</v>
+        <v>247.09160517999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.10048621999999341</v>
+        <v>-0.12092057000000977</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.48676777794542936</v>
+        <v>-0.58538681110108515</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>244.57419480999999</v>
+        <v>244.58786412000001</v>
       </c>
       <c r="C225" s="5">
-        <v>-2.4949313300000142</v>
+        <v>-2.5037410599999816</v>
       </c>
       <c r="D225" s="5">
-        <v>-11.466865863070652</v>
+        <v>-11.504137527644486</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>245.55192821</v>
+        <v>245.57474422999999</v>
       </c>
       <c r="C226" s="5">
-        <v>0.9777334000000053</v>
+        <v>0.9868801099999871</v>
       </c>
       <c r="D226" s="5">
-        <v>4.9041324899680383</v>
+        <v>4.9507508678887424</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>245.14250150999999</v>
+        <v>245.15209075999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.40942670000001158</v>
+        <v>-0.4226534700000002</v>
       </c>
       <c r="D227" s="5">
-        <v>-1.9826005388438928</v>
+        <v>-2.0458562655051082</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>245.04977675999999</v>
+        <v>245.08376059</v>
       </c>
       <c r="C228" s="5">
-        <v>-9.2724750000002132E-2</v>
+        <v>-6.833016999999586E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>-0.45295495161310484</v>
+        <v>-0.3339584868329637</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>246.12168226</v>
+        <v>246.11780904</v>
       </c>
       <c r="C229" s="5">
-        <v>1.0719055000000139</v>
+        <v>1.0340484500000002</v>
       </c>
       <c r="D229" s="5">
-        <v>5.3772264937463232</v>
+        <v>5.1821531529103737</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>245.30311989</v>
+        <v>245.29178411999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.8185623699999951</v>
+        <v>-0.82602492000000893</v>
       </c>
       <c r="D230" s="5">
-        <v>-3.9188121718380931</v>
+        <v>-3.9539428764450379</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>246.78954200000001</v>
+        <v>246.78226495999999</v>
       </c>
       <c r="C231" s="5">
-        <v>1.4864221100000066</v>
+        <v>1.4904808400000036</v>
       </c>
       <c r="D231" s="5">
-        <v>7.5187389969899154</v>
+        <v>7.5403202812050152</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>245.89731406999999</v>
+        <v>245.88242742</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.89222793000001843</v>
+        <v>-0.89983753999999294</v>
       </c>
       <c r="D232" s="5">
-        <v>-4.25317188403318</v>
+        <v>-4.2888458832642478</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>245.37842175</v>
+        <v>245.37616592000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.51889231999999197</v>
+        <v>-0.5062614999999937</v>
       </c>
       <c r="D233" s="5">
-        <v>-2.5030554002029914</v>
+        <v>-2.4429608743403497</v>
       </c>
       <c r="E233" s="5">
-        <v>0.24954312074836338</v>
+        <v>0.28500087749172565</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>245.11259158999999</v>
+        <v>245.10847122999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.26583016000000725</v>
+        <v>-0.26769469000001322</v>
       </c>
       <c r="D234" s="5">
-        <v>-1.2922991593009914</v>
+        <v>-1.3013209073403864</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>244.17213114</v>
+        <v>244.15290114000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.94046044999998912</v>
+        <v>-0.95557008999998061</v>
       </c>
       <c r="D235" s="5">
-        <v>-4.5082915773009269</v>
+        <v>-4.5792523662649964</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>243.62136169999999</v>
+        <v>243.59890858</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.55076944000001049</v>
+        <v>-0.55399256000001174</v>
       </c>
       <c r="D236" s="5">
-        <v>-2.6734630258360759</v>
+        <v>-2.6891226560909254</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>243.53320567</v>
+        <v>243.50712407</v>
       </c>
       <c r="C237" s="5">
-        <v>-8.8156029999993279E-2</v>
+        <v>-9.1784509999996544E-2</v>
       </c>
       <c r="D237" s="5">
-        <v>-0.43336491503347396</v>
+        <v>-0.45120666120426201</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>242.48890272</v>
+        <v>242.48003661999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-1.0443029500000023</v>
+        <v>-1.0270874500000104</v>
       </c>
       <c r="D238" s="5">
-        <v>-5.0261171494580097</v>
+        <v>-4.9456909385701913</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>244.36623313000001</v>
+        <v>244.34883223</v>
       </c>
       <c r="C239" s="5">
-        <v>1.8773304100000132</v>
+        <v>1.8687956100000065</v>
       </c>
       <c r="D239" s="5">
-        <v>9.6962829585162105</v>
+        <v>9.6506843568443745</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>243.71453923999999</v>
+        <v>243.71871558999999</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.65169389000001843</v>
+        <v>-0.63011664000001133</v>
       </c>
       <c r="D240" s="5">
-        <v>-3.1537226541761276</v>
+        <v>-3.0509953793616651</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>243.03522914000001</v>
+        <v>243.03576731999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.67931009999998082</v>
+        <v>-0.68294826999999714</v>
       </c>
       <c r="D241" s="5">
-        <v>-3.2939795517345605</v>
+        <v>-3.3112941978416299</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>243.6507652</v>
+        <v>243.64029363</v>
       </c>
       <c r="C242" s="5">
-        <v>0.6155360599999824</v>
+        <v>0.60452631000001134</v>
       </c>
       <c r="D242" s="5">
-        <v>3.0819393506028359</v>
+        <v>3.026051377025607</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>243.70813262999999</v>
+        <v>243.71616359000001</v>
       </c>
       <c r="C243" s="5">
-        <v>5.7367429999999331E-2</v>
+        <v>7.5869960000005676E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>0.28290546507991898</v>
+        <v>0.37432250780404797</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>244.30113925000001</v>
+        <v>244.37309590999999</v>
       </c>
       <c r="C244" s="5">
-        <v>0.59300662000001125</v>
+        <v>0.65693231999998147</v>
       </c>
       <c r="D244" s="5">
-        <v>2.9593145925546738</v>
+        <v>3.2829639178786119</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>244.46965951999999</v>
+        <v>244.5696959</v>
       </c>
       <c r="C245" s="5">
-        <v>0.1685202699999877</v>
+        <v>0.19659999000000994</v>
       </c>
       <c r="D245" s="5">
-        <v>0.8309143234722649</v>
+        <v>0.96969221717042586</v>
       </c>
       <c r="E245" s="5">
-        <v>-0.37035132246708846</v>
+        <v>-0.32866681121056507</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>245.31887874</v>
+        <v>245.29892391999999</v>
       </c>
       <c r="C246" s="5">
-        <v>0.84921922000000905</v>
+        <v>0.72922801999999365</v>
       </c>
       <c r="D246" s="5">
-        <v>4.2490342107422308</v>
+        <v>3.637277065654998</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>245.87177224999999</v>
+        <v>245.82937709000001</v>
       </c>
       <c r="C247" s="5">
-        <v>0.55289350999998987</v>
+        <v>0.53045317000001546</v>
       </c>
       <c r="D247" s="5">
-        <v>2.7383076202120105</v>
+        <v>2.6260590272824125</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>248.05125065999999</v>
+        <v>248.01566400999999</v>
       </c>
       <c r="C248" s="5">
-        <v>2.1794784100000015</v>
+        <v>2.1862869199999864</v>
       </c>
       <c r="D248" s="5">
-        <v>11.171379067078524</v>
+        <v>11.210030192626895</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>247.86844041000001</v>
+        <v>247.84831789</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.18281024999998863</v>
+        <v>-0.16734611999999061</v>
       </c>
       <c r="D249" s="5">
-        <v>-0.88080697742686231</v>
+        <v>-0.8066900873574645</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>249.43055199</v>
+        <v>249.44107509</v>
       </c>
       <c r="C250" s="5">
-        <v>1.5621115799999927</v>
+        <v>1.5927571999999941</v>
       </c>
       <c r="D250" s="5">
-        <v>7.8303372159579387</v>
+        <v>7.9900958816157885</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>250.29653554000001</v>
+        <v>250.28597558000001</v>
       </c>
       <c r="C251" s="5">
-        <v>0.86598355000000993</v>
+        <v>0.84490049000001477</v>
       </c>
       <c r="D251" s="5">
-        <v>4.2466930497323085</v>
+        <v>4.1411925735337141</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>247.19747609999999</v>
+        <v>247.19730838999999</v>
       </c>
       <c r="C252" s="5">
-        <v>-3.0990594400000191</v>
+        <v>-3.0886671900000238</v>
       </c>
       <c r="D252" s="5">
-        <v>-13.886681351154751</v>
+        <v>-13.843773582553842</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>247.3248092</v>
+        <v>247.32412780000001</v>
       </c>
       <c r="C253" s="5">
-        <v>0.12733310000001552</v>
+        <v>0.12681941000002439</v>
       </c>
       <c r="D253" s="5">
-        <v>0.61988237715293604</v>
+        <v>0.6173749936057682</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>248.83303033999999</v>
+        <v>248.81936499</v>
       </c>
       <c r="C254" s="5">
-        <v>1.5082211399999892</v>
+        <v>1.4952371899999832</v>
       </c>
       <c r="D254" s="5">
-        <v>7.5682615050445934</v>
+        <v>7.5009480636041292</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>248.63691925000001</v>
+        <v>248.63822303000001</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.19611108999998805</v>
+        <v>-0.18114195999999083</v>
       </c>
       <c r="D255" s="5">
-        <v>-0.94165910671298869</v>
+        <v>-0.8701175759500468</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>249.22338121999999</v>
+        <v>249.25256383000001</v>
       </c>
       <c r="C256" s="5">
-        <v>0.58646196999998779</v>
+        <v>0.6143408000000079</v>
       </c>
       <c r="D256" s="5">
-        <v>2.8674593531596848</v>
+        <v>3.0056128932919757</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>250.01014426</v>
+        <v>250.03741231000001</v>
       </c>
       <c r="C257" s="5">
-        <v>0.78676304000001096</v>
+        <v>0.78484847999999374</v>
       </c>
       <c r="D257" s="5">
-        <v>3.8547017101415948</v>
+        <v>3.8447003504939792</v>
       </c>
       <c r="E257" s="5">
-        <v>2.2663281614898168</v>
+        <v>2.2356475481883242</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>250.82345823</v>
+        <v>250.81932810999999</v>
       </c>
       <c r="C258" s="5">
-        <v>0.81331396999999583</v>
+        <v>0.78191579999997884</v>
       </c>
       <c r="D258" s="5">
-        <v>3.9743582035451697</v>
+        <v>3.8178555310051543</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>250.63780581</v>
+        <v>250.62066974000001</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.18565241999999671</v>
+        <v>-0.19865836999997555</v>
       </c>
       <c r="D259" s="5">
-        <v>-0.8845990829397965</v>
+        <v>-0.94631584464709428</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>250.90106151000001</v>
+        <v>250.87462898000001</v>
       </c>
       <c r="C260" s="5">
-        <v>0.26325570000000198</v>
+        <v>0.25395924000000036</v>
       </c>
       <c r="D260" s="5">
-        <v>1.267718577979382</v>
+        <v>1.222785404901594</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>251.61964545000001</v>
+        <v>251.61018959</v>
       </c>
       <c r="C261" s="5">
-        <v>0.71858394000000203</v>
+        <v>0.73556060999999318</v>
       </c>
       <c r="D261" s="5">
-        <v>3.4914729289023727</v>
+        <v>3.5756771283806721</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>251.20130802</v>
+        <v>251.22865675</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.41833743000000823</v>
+        <v>-0.38153284000000554</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.9769515040078733</v>
+        <v>-1.8045384394586139</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>252.26791494</v>
+        <v>252.26680009</v>
       </c>
       <c r="C263" s="5">
-        <v>1.0666069199999981</v>
+        <v>1.0381433400000049</v>
       </c>
       <c r="D263" s="5">
-        <v>5.2159193453574559</v>
+        <v>5.0729836963541164</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>253.31516913999999</v>
+        <v>253.30759623</v>
       </c>
       <c r="C264" s="5">
-        <v>1.0472541999999976</v>
+        <v>1.0407961399999976</v>
       </c>
       <c r="D264" s="5">
-        <v>5.0969601322548908</v>
+        <v>5.064835216323571</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>253.07529696</v>
+        <v>253.07346738000001</v>
       </c>
       <c r="C265" s="5">
-        <v>-0.23987217999999189</v>
+        <v>-0.23412884999999051</v>
       </c>
       <c r="D265" s="5">
-        <v>-1.1304186708667618</v>
+        <v>-1.1035229932368718</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>254.15655161999999</v>
+        <v>254.14406935</v>
       </c>
       <c r="C266" s="5">
-        <v>1.0812546599999848</v>
+        <v>1.0706019699999842</v>
       </c>
       <c r="D266" s="5">
-        <v>5.2491630690540969</v>
+        <v>5.1962768915449153</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>250.88715212</v>
+        <v>250.88507895999999</v>
       </c>
       <c r="C267" s="5">
-        <v>-3.2693994999999916</v>
+        <v>-3.2589903900000081</v>
       </c>
       <c r="D267" s="5">
-        <v>-14.389832163219507</v>
+        <v>-14.347855380580965</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>251.67342325999999</v>
+        <v>251.69592786000001</v>
       </c>
       <c r="C268" s="5">
-        <v>0.78627113999999665</v>
+        <v>0.81084890000002474</v>
       </c>
       <c r="D268" s="5">
-        <v>3.8262613943572443</v>
+        <v>3.948032746538721</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>252.52546462999999</v>
+        <v>252.53758736</v>
       </c>
       <c r="C269" s="5">
-        <v>0.85204136999999491</v>
+        <v>0.84165949999999157</v>
       </c>
       <c r="D269" s="5">
-        <v>4.1391117646287556</v>
+        <v>4.0873745197984812</v>
       </c>
       <c r="E269" s="5">
-        <v>1.0060873239543966</v>
+        <v>0.99992038267466832</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>253.32574170000001</v>
+        <v>253.32798331000001</v>
       </c>
       <c r="C270" s="5">
-        <v>0.80027707000002124</v>
+        <v>0.79039595000000418</v>
       </c>
       <c r="D270" s="5">
-        <v>3.8699035277493188</v>
+        <v>3.8211092687691517</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>254.56069264999999</v>
+        <v>254.55569272</v>
       </c>
       <c r="C271" s="5">
-        <v>1.234950949999984</v>
+        <v>1.2277094099999886</v>
       </c>
       <c r="D271" s="5">
-        <v>6.009369994174274</v>
+        <v>5.9731333419360988</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>255.17693385000001</v>
+        <v>255.15683285</v>
       </c>
       <c r="C272" s="5">
-        <v>0.61624120000001881</v>
+        <v>0.60114013000000455</v>
       </c>
       <c r="D272" s="5">
-        <v>2.9439548788961156</v>
+        <v>2.8709305701575705</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>255.43425167000001</v>
+        <v>255.42658503999999</v>
       </c>
       <c r="C273" s="5">
-        <v>0.25731781999999725</v>
+        <v>0.26975218999999129</v>
       </c>
       <c r="D273" s="5">
-        <v>1.2168015924641562</v>
+        <v>1.2760445293990896</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>256.02688403000002</v>
+        <v>256.06590857999998</v>
       </c>
       <c r="C274" s="5">
-        <v>0.59263236000001029</v>
+        <v>0.63932353999999236</v>
       </c>
       <c r="D274" s="5">
-        <v>2.8199199758481841</v>
+        <v>3.0452515608724307</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>255.48014053</v>
+        <v>255.48234715999999</v>
       </c>
       <c r="C275" s="5">
-        <v>-0.54674350000001937</v>
+        <v>-0.58356141999999522</v>
       </c>
       <c r="D275" s="5">
-        <v>-2.5327060986994998</v>
+        <v>-2.7007212954705317</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>256.52947036</v>
+        <v>256.51780728</v>
       </c>
       <c r="C276" s="5">
-        <v>1.0493298300000049</v>
+        <v>1.0354601200000104</v>
       </c>
       <c r="D276" s="5">
-        <v>5.0416215514957008</v>
+        <v>4.9734468092701656</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>257.31940221999997</v>
+        <v>257.31673013</v>
       </c>
       <c r="C277" s="5">
-        <v>0.7899318599999674</v>
+        <v>0.79892284999999674</v>
       </c>
       <c r="D277" s="5">
-        <v>3.7583918197355626</v>
+        <v>3.8020810426818041</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>257.04600353000001</v>
+        <v>257.03466406000001</v>
       </c>
       <c r="C278" s="5">
-        <v>-0.27339868999996497</v>
+        <v>-0.28206606999998485</v>
       </c>
       <c r="D278" s="5">
-        <v>-1.2675609102399177</v>
+        <v>-1.3075171185407686</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>257.53889605000001</v>
+        <v>257.53539921999999</v>
       </c>
       <c r="C279" s="5">
-        <v>0.49289251999999806</v>
+        <v>0.50073515999997653</v>
       </c>
       <c r="D279" s="5">
-        <v>2.3254551591494144</v>
+        <v>2.3629592724377257</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>257.82978157999997</v>
+        <v>257.84079881000002</v>
       </c>
       <c r="C280" s="5">
-        <v>0.29088552999996864</v>
+        <v>0.30539959000003591</v>
       </c>
       <c r="D280" s="5">
-        <v>1.3638299140553256</v>
+        <v>1.432343809242953</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>258.00580538000003</v>
+        <v>258.00558918000002</v>
       </c>
       <c r="C281" s="5">
-        <v>0.17602380000005269</v>
+        <v>0.16479036999999153</v>
       </c>
       <c r="D281" s="5">
-        <v>0.82233911600333442</v>
+        <v>0.76964173932936308</v>
       </c>
       <c r="E281" s="5">
-        <v>2.1702131141625003</v>
+        <v>2.1652229583571714</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>257.12743338000001</v>
+        <v>257.13122283000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.87837200000001303</v>
+        <v>-0.87436635000000251</v>
       </c>
       <c r="D282" s="5">
-        <v>-4.0097241553886391</v>
+        <v>-3.99178133006729</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>258.23695434000001</v>
+        <v>258.23524401999998</v>
       </c>
       <c r="C283" s="5">
-        <v>1.1095209599999976</v>
+        <v>1.104021189999969</v>
       </c>
       <c r="D283" s="5">
-        <v>5.3027503962082889</v>
+        <v>5.2757618812329543</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>258.80580801999997</v>
+        <v>258.79259963999999</v>
       </c>
       <c r="C284" s="5">
-        <v>0.56885367999996106</v>
+        <v>0.55735562000000982</v>
       </c>
       <c r="D284" s="5">
-        <v>2.6756660406545452</v>
+        <v>2.6209576685619851</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>258.64657486999999</v>
+        <v>258.64099443999999</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.15923314999997729</v>
+        <v>-0.15160520000000588</v>
       </c>
       <c r="D285" s="5">
-        <v>-0.73582004958722136</v>
+        <v>-0.70072025951365413</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>259.26186236000001</v>
+        <v>259.29865737</v>
       </c>
       <c r="C286" s="5">
-        <v>0.61528749000001426</v>
+        <v>0.65766293000001497</v>
       </c>
       <c r="D286" s="5">
-        <v>2.8922956507413833</v>
+        <v>3.0943534734906963</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>258.81695244000002</v>
+        <v>258.81698046000002</v>
       </c>
       <c r="C287" s="5">
-        <v>-0.44490991999998641</v>
+        <v>-0.48167690999997603</v>
       </c>
       <c r="D287" s="5">
-        <v>-2.0399512419285948</v>
+        <v>-2.2065028442558754</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>259.83046357000001</v>
+        <v>259.82110261999998</v>
       </c>
       <c r="C288" s="5">
-        <v>1.0135111299999835</v>
+        <v>1.0041221599999517</v>
       </c>
       <c r="D288" s="5">
-        <v>4.8016665168426176</v>
+        <v>4.7562309412289228</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>261.24387882000002</v>
+        <v>261.24306229000001</v>
       </c>
       <c r="C289" s="5">
-        <v>1.4134152500000141</v>
+        <v>1.4219596700000352</v>
       </c>
       <c r="D289" s="5">
-        <v>6.7265969913690604</v>
+        <v>6.7687438443405412</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>261.75286719000002</v>
+        <v>261.75203277999998</v>
       </c>
       <c r="C290" s="5">
-        <v>0.5089883699999973</v>
+        <v>0.50897048999996741</v>
       </c>
       <c r="D290" s="5">
-        <v>2.3632086560061216</v>
+        <v>2.3631322138607302</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>262.09767384000003</v>
+        <v>262.09646866999998</v>
       </c>
       <c r="C291" s="5">
-        <v>0.34480665000000954</v>
+        <v>0.34443588999999974</v>
       </c>
       <c r="D291" s="5">
-        <v>1.5922614125118972</v>
+        <v>1.5905419996917969</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>263.02620109999998</v>
+        <v>263.01086608999998</v>
       </c>
       <c r="C292" s="5">
-        <v>0.928527259999953</v>
+        <v>0.91439742000000024</v>
       </c>
       <c r="D292" s="5">
-        <v>4.3350314458608485</v>
+        <v>4.2678124372547366</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>262.98657584</v>
+        <v>262.92815495999997</v>
       </c>
       <c r="C293" s="5">
-        <v>-3.9625259999979789E-2</v>
+        <v>-8.271113000000696E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>-0.18063193788029341</v>
+        <v>-0.37672156219844544</v>
       </c>
       <c r="E293" s="5">
-        <v>1.9304877472288373</v>
+        <v>1.9079299001409256</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>262.77783362999998</v>
+        <v>262.79124567000002</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.20874221000002535</v>
+        <v>-0.13690928999994867</v>
       </c>
       <c r="D294" s="5">
-        <v>-0.94833741522166726</v>
+        <v>-0.62306545147847725</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>263.41896816000002</v>
+        <v>263.43907755999999</v>
       </c>
       <c r="C295" s="5">
-        <v>0.64113453000004483</v>
+        <v>0.64783188999996355</v>
       </c>
       <c r="D295" s="5">
-        <v>2.9674116105963932</v>
+        <v>2.9986759136757968</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>264.0133768</v>
+        <v>264.02141524000001</v>
       </c>
       <c r="C296" s="5">
-        <v>0.59440863999998328</v>
+        <v>0.58233768000002328</v>
       </c>
       <c r="D296" s="5">
-        <v>2.7416773461717892</v>
+        <v>2.6851145913473262</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>263.86371452999998</v>
+        <v>263.85944260999997</v>
       </c>
       <c r="C297" s="5">
-        <v>-0.14966227000002164</v>
+        <v>-0.16197263000003659</v>
       </c>
       <c r="D297" s="5">
-        <v>-0.67813169685264629</v>
+        <v>-0.73370059764779061</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>264.16244809</v>
+        <v>264.19220281000003</v>
       </c>
       <c r="C298" s="5">
-        <v>0.2987335600000165</v>
+        <v>0.33276020000005246</v>
       </c>
       <c r="D298" s="5">
-        <v>1.3670728236046648</v>
+        <v>1.5238932543225614</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>264.51138251999998</v>
+        <v>264.50684054999999</v>
       </c>
       <c r="C299" s="5">
-        <v>0.3489344299999857</v>
+        <v>0.31463773999996647</v>
       </c>
       <c r="D299" s="5">
-        <v>1.5966567619821737</v>
+        <v>1.4385294126359138</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>264.19657594</v>
+        <v>264.19903653</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.3148065799999813</v>
+        <v>-0.30780401999999185</v>
       </c>
       <c r="D300" s="5">
-        <v>-1.4188610202022001</v>
+        <v>-1.3875252718059006</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>264.22660893</v>
+        <v>264.22932369</v>
       </c>
       <c r="C301" s="5">
-        <v>3.0032989999995152E-2</v>
+        <v>3.0287160000000313E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>0.13649733781069262</v>
+        <v>0.13765196407005131</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>263.83935779000001</v>
+        <v>263.84606043999997</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.38725113999998939</v>
+        <v>-0.38326325000002726</v>
       </c>
       <c r="D302" s="5">
-        <v>-1.7446151192563764</v>
+        <v>-1.7267746629559211</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>264.82868791999999</v>
+        <v>264.83329644000003</v>
       </c>
       <c r="C303" s="5">
-        <v>0.98933012999998482</v>
+        <v>0.98723600000005263</v>
       </c>
       <c r="D303" s="5">
-        <v>4.5936627768776495</v>
+        <v>4.5836194789973028</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>265.09804394999998</v>
+        <v>265.09934088</v>
       </c>
       <c r="C304" s="5">
-        <v>0.26935602999998309</v>
+        <v>0.26604443999997329</v>
       </c>
       <c r="D304" s="5">
-        <v>1.2273652218358633</v>
+        <v>1.2121707343050181</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>265.97955635</v>
+        <v>265.92816270999998</v>
       </c>
       <c r="C305" s="5">
-        <v>0.88151240000001962</v>
+        <v>0.82882182999998122</v>
       </c>
       <c r="D305" s="5">
-        <v>4.0640702161015563</v>
+        <v>3.816939375653905</v>
       </c>
       <c r="E305" s="5">
-        <v>1.1380734930823699</v>
+        <v>1.1409990498949751</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>266.90547829000002</v>
+        <v>266.91206281000001</v>
       </c>
       <c r="C306" s="5">
-        <v>0.92592194000002337</v>
+        <v>0.98390010000002803</v>
       </c>
       <c r="D306" s="5">
-        <v>4.2583306610635141</v>
+        <v>4.5313174327830774</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>267.43017494999998</v>
+        <v>267.43754221</v>
       </c>
       <c r="C307" s="5">
-        <v>0.52469665999996096</v>
+        <v>0.52547939999999471</v>
       </c>
       <c r="D307" s="5">
-        <v>2.3846964303867013</v>
+        <v>2.3882329623546195</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>267.85915621999999</v>
+        <v>267.85725487000002</v>
       </c>
       <c r="C308" s="5">
-        <v>0.42898127000000841</v>
+        <v>0.41971266000001606</v>
       </c>
       <c r="D308" s="5">
-        <v>1.9419779740571075</v>
+        <v>1.8996038161414042</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>268.01743733000001</v>
+        <v>268.01201651999997</v>
       </c>
       <c r="C309" s="5">
-        <v>0.15828111000001854</v>
+        <v>0.1547616499999549</v>
       </c>
       <c r="D309" s="5">
-        <v>0.71140315403728227</v>
+        <v>0.69553940103339595</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>268.93911966000002</v>
+        <v>268.95598075999999</v>
       </c>
       <c r="C310" s="5">
-        <v>0.9216823300000101</v>
+        <v>0.94396424000001389</v>
       </c>
       <c r="D310" s="5">
-        <v>4.2056203054683827</v>
+        <v>4.3093590237658796</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>270.64654546999998</v>
+        <v>270.64215350000001</v>
       </c>
       <c r="C311" s="5">
-        <v>1.7074258099999611</v>
+        <v>1.6861727400000177</v>
       </c>
       <c r="D311" s="5">
-        <v>7.8902278832569728</v>
+        <v>7.7880989562292502</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>270.31588450999999</v>
+        <v>270.33418485999999</v>
       </c>
       <c r="C312" s="5">
-        <v>-0.33066095999998879</v>
+        <v>-0.30796864000001278</v>
       </c>
       <c r="D312" s="5">
-        <v>-1.4562819950451056</v>
+        <v>-1.3569881455612554</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>270.69369995</v>
+        <v>270.71289230999997</v>
       </c>
       <c r="C313" s="5">
-        <v>0.37781544000000622</v>
+        <v>0.37870744999997896</v>
       </c>
       <c r="D313" s="5">
-        <v>1.6901709277219235</v>
+        <v>1.6940765907907274</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>270.52540723999999</v>
+        <v>270.54569242999997</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.1682927100000029</v>
+        <v>-0.1671998799999983</v>
       </c>
       <c r="D314" s="5">
-        <v>-0.7435050357648465</v>
+        <v>-0.73864118952632341</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>272.23603919999999</v>
+        <v>272.24691285</v>
       </c>
       <c r="C315" s="5">
-        <v>1.7106319600000006</v>
+        <v>1.7012204200000269</v>
       </c>
       <c r="D315" s="5">
-        <v>7.8575861291144689</v>
+        <v>7.8122431735873521</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>272.20475198000003</v>
+        <v>272.19318074</v>
       </c>
       <c r="C316" s="5">
-        <v>-3.1287219999967419E-2</v>
+        <v>-5.3732109999998556E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>-0.13782503342473218</v>
+        <v>-0.2365815108578917</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>272.22198727</v>
+        <v>272.16423544000003</v>
       </c>
       <c r="C317" s="5">
-        <v>1.7235289999973702E-2</v>
+        <v>-2.8945299999975305E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>7.6007314000170467E-2</v>
+        <v>-0.12753461282668521</v>
       </c>
       <c r="E317" s="5">
-        <v>2.3469589188221951</v>
+        <v>2.3450215526065188</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>273.15293964</v>
+        <v>273.15372547999999</v>
       </c>
       <c r="C318" s="5">
-        <v>0.93095236999999997</v>
+        <v>0.98949003999996421</v>
       </c>
       <c r="D318" s="5">
-        <v>4.181868767914354</v>
+        <v>4.451066679414839</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>273.32132522000001</v>
+        <v>273.32228342000002</v>
       </c>
       <c r="C319" s="5">
-        <v>0.16838558000000603</v>
+        <v>0.16855794000002788</v>
       </c>
       <c r="D319" s="5">
-        <v>0.74225522274640188</v>
+        <v>0.7430154331262484</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>273.80405608000001</v>
+        <v>273.79780602</v>
       </c>
       <c r="C320" s="5">
-        <v>0.48273086000000376</v>
+        <v>0.47552259999997659</v>
       </c>
       <c r="D320" s="5">
-        <v>2.1401086733158436</v>
+        <v>2.1078381759898512</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>275.08244467999998</v>
+        <v>275.07636617999998</v>
       </c>
       <c r="C321" s="5">
-        <v>1.2783885999999711</v>
+        <v>1.2785601599999836</v>
       </c>
       <c r="D321" s="5">
-        <v>5.7489283026910032</v>
+        <v>5.749854371180918</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>275.22304355</v>
+        <v>275.23005895</v>
       </c>
       <c r="C322" s="5">
-        <v>0.14059887000001936</v>
+        <v>0.15369277000002057</v>
       </c>
       <c r="D322" s="5">
-        <v>0.61506558154478252</v>
+        <v>0.67253738035299993</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>275.66587563000002</v>
+        <v>275.66883539000003</v>
       </c>
       <c r="C323" s="5">
-        <v>0.4428320800000165</v>
+        <v>0.43877644000002647</v>
       </c>
       <c r="D323" s="5">
-        <v>1.9479706132162322</v>
+        <v>1.9299239476809227</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>277.14343613</v>
+        <v>277.18581575000002</v>
       </c>
       <c r="C324" s="5">
-        <v>1.4775604999999814</v>
+        <v>1.5169803599999909</v>
       </c>
       <c r="D324" s="5">
-        <v>6.6250046904017479</v>
+        <v>6.8070631858399899</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>277.84342053</v>
+        <v>277.88844435999999</v>
       </c>
       <c r="C325" s="5">
-        <v>0.69998440000000528</v>
+        <v>0.70262860999997656</v>
       </c>
       <c r="D325" s="5">
-        <v>3.0733132918483674</v>
+        <v>3.0846068959501149</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>278.80336453000001</v>
+        <v>278.86534210999997</v>
       </c>
       <c r="C326" s="5">
-        <v>0.95994400000000724</v>
+        <v>0.9768977499999778</v>
       </c>
       <c r="D326" s="5">
-        <v>4.2256762804277148</v>
+        <v>4.3010455080134902</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>277.55680009000002</v>
+        <v>277.56827564000002</v>
       </c>
       <c r="C327" s="5">
-        <v>-1.246564439999986</v>
+        <v>-1.2970664699999475</v>
       </c>
       <c r="D327" s="5">
-        <v>-5.2353553989637032</v>
+        <v>-5.440881200507885</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>277.30147325000002</v>
+        <v>277.23860087999998</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.25532684000000927</v>
+        <v>-0.32967476000004581</v>
       </c>
       <c r="D328" s="5">
-        <v>-1.0983220777124325</v>
+        <v>-1.4159961183678238</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>277.52416927000002</v>
+        <v>277.41421867000003</v>
       </c>
       <c r="C329" s="5">
-        <v>0.22269602000000077</v>
+        <v>0.17561779000004663</v>
       </c>
       <c r="D329" s="5">
-        <v>0.96796728947479149</v>
+        <v>0.76279825976679483</v>
       </c>
       <c r="E329" s="5">
-        <v>1.9477420076068785</v>
+        <v>1.9289761645252534</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>278.40425778999997</v>
+        <v>278.39007419000001</v>
       </c>
       <c r="C330" s="5">
-        <v>0.88008851999995841</v>
+        <v>0.97585551999998188</v>
       </c>
       <c r="D330" s="5">
-        <v>3.8725369468573634</v>
+        <v>4.3038549342531374</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>279.18896260999998</v>
+        <v>279.17411928000001</v>
       </c>
       <c r="C331" s="5">
-        <v>0.78470482000000175</v>
+        <v>0.78404509000000644</v>
       </c>
       <c r="D331" s="5">
-        <v>3.4352254093312773</v>
+        <v>3.4324699976582274</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>279.08432083000002</v>
+        <v>279.05821394999998</v>
       </c>
       <c r="C332" s="5">
-        <v>-0.10464177999995172</v>
+        <v>-0.11590533000003234</v>
       </c>
       <c r="D332" s="5">
-        <v>-0.44884154206100702</v>
+        <v>-0.49707057034169555</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>279.41894066999998</v>
+        <v>279.39621832</v>
       </c>
       <c r="C333" s="5">
-        <v>0.33461983999995937</v>
+        <v>0.33800437000002148</v>
       </c>
       <c r="D333" s="5">
-        <v>1.4483163407674304</v>
+        <v>1.4632009204026186</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>279.78694988000001</v>
+        <v>279.78474455000003</v>
       </c>
       <c r="C334" s="5">
-        <v>0.36800921000002518</v>
+        <v>0.38852623000002495</v>
       </c>
       <c r="D334" s="5">
-        <v>1.5919610600153788</v>
+        <v>1.6815328352035364</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>279.63463646999998</v>
+        <v>279.64971428000001</v>
       </c>
       <c r="C335" s="5">
-        <v>-0.1523134100000334</v>
+        <v>-0.13503027000001566</v>
       </c>
       <c r="D335" s="5">
-        <v>-0.65131638600405273</v>
+        <v>-0.57761155933213626</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>278.33130168999998</v>
+        <v>278.39497547000002</v>
       </c>
       <c r="C336" s="5">
-        <v>-1.3033347800000001</v>
+        <v>-1.2547388099999921</v>
       </c>
       <c r="D336" s="5">
-        <v>-5.4518477798050302</v>
+        <v>-5.2532866036212988</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>278.95646147999997</v>
+        <v>279.05431037</v>
       </c>
       <c r="C337" s="5">
-        <v>0.62515978999999788</v>
+        <v>0.65933489999997619</v>
       </c>
       <c r="D337" s="5">
-        <v>2.728866679301678</v>
+        <v>2.8793256156100844</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>280.23925935</v>
+        <v>280.33778627999999</v>
       </c>
       <c r="C338" s="5">
-        <v>1.2827978700000244</v>
+        <v>1.2834759099999928</v>
       </c>
       <c r="D338" s="5">
-        <v>5.6600015543186055</v>
+        <v>5.6610331089263388</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>280.76882489000002</v>
+        <v>280.77852483999999</v>
       </c>
       <c r="C339" s="5">
-        <v>0.52956554000002143</v>
+        <v>0.44073855999999978</v>
       </c>
       <c r="D339" s="5">
-        <v>2.291346150296647</v>
+        <v>1.9030027120571003</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>281.50166283999999</v>
+        <v>281.44654406000001</v>
       </c>
       <c r="C340" s="5">
-        <v>0.73283794999997554</v>
+        <v>0.66801922000001923</v>
       </c>
       <c r="D340" s="5">
-        <v>3.1774910592020644</v>
+        <v>2.8926581062650225</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>282.33158543000002</v>
+        <v>282.22977757000001</v>
       </c>
       <c r="C341" s="5">
-        <v>0.82992259000002377</v>
+        <v>0.7832335100000023</v>
       </c>
       <c r="D341" s="5">
-        <v>3.5957712493518867</v>
+        <v>3.3910531210842976</v>
       </c>
       <c r="E341" s="5">
-        <v>1.732251346845004</v>
+        <v>1.7358731369599978</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>283.04223194000002</v>
+        <v>282.99327356999999</v>
       </c>
       <c r="C342" s="5">
-        <v>0.71064651000000367</v>
+        <v>0.76349599999997508</v>
       </c>
       <c r="D342" s="5">
-        <v>3.062643967775025</v>
+        <v>3.2950127675567487</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>282.97810550000003</v>
+        <v>282.91374338999998</v>
       </c>
       <c r="C343" s="5">
-        <v>-6.4126439999995455E-2</v>
+        <v>-7.9530180000006112E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>-0.27153513896682746</v>
+        <v>-0.33671768732213003</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>283.31910152</v>
+        <v>283.25046533</v>
       </c>
       <c r="C344" s="5">
-        <v>0.34099601999997731</v>
+        <v>0.33672194000001809</v>
       </c>
       <c r="D344" s="5">
-        <v>1.4556537740804343</v>
+        <v>1.4376180099484159</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>283.35579572</v>
+        <v>283.30822044000001</v>
       </c>
       <c r="C345" s="5">
-        <v>3.6694199999999455E-2</v>
+        <v>5.775511000001643E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>0.15552929393956028</v>
+        <v>0.24495602713117126</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>284.04074751000002</v>
+        <v>284.04176809000001</v>
       </c>
       <c r="C346" s="5">
-        <v>0.68495179000001372</v>
+        <v>0.73354764999999134</v>
       </c>
       <c r="D346" s="5">
-        <v>2.9396203315284586</v>
+        <v>3.1516963930581232</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>284.34684193999999</v>
+        <v>284.37846162</v>
       </c>
       <c r="C347" s="5">
-        <v>0.30609442999997327</v>
+        <v>0.33669352999999091</v>
       </c>
       <c r="D347" s="5">
-        <v>1.3008634760257154</v>
+        <v>1.4317498741086565</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>284.20290401</v>
+        <v>284.30028534000002</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.14393792999999278</v>
+        <v>-7.817627999997967E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>-0.60575821773188876</v>
+        <v>-0.32938439094393202</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>285.52668557999999</v>
+        <v>285.67994045</v>
       </c>
       <c r="C349" s="5">
-        <v>1.3237815699999942</v>
+        <v>1.3796551099999874</v>
       </c>
       <c r="D349" s="5">
-        <v>5.734888850467601</v>
+        <v>5.9813416286708554</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>285.50083333999999</v>
+        <v>285.66827339000002</v>
       </c>
       <c r="C350" s="5">
-        <v>-2.5852240000006077E-2</v>
+        <v>-1.1667059999979301E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>-0.10859665827711584</v>
+        <v>-4.8996536646206401E-2</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>287.48634919</v>
+        <v>287.49403788000001</v>
       </c>
       <c r="C351" s="5">
-        <v>1.985515850000013</v>
+        <v>1.8257644899999832</v>
       </c>
       <c r="D351" s="5">
-        <v>8.6721277407811002</v>
+        <v>7.9448663435157219</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>287.93415900999997</v>
+        <v>287.86337621000001</v>
       </c>
       <c r="C352" s="5">
-        <v>0.44780981999997493</v>
+        <v>0.36933833000000504</v>
       </c>
       <c r="D352" s="5">
-        <v>1.8853053258746977</v>
+        <v>1.5525575100862055</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>288.08724850999999</v>
+        <v>287.99287396</v>
       </c>
       <c r="C353" s="5">
-        <v>0.15308950000002142</v>
+        <v>0.12949774999998453</v>
       </c>
       <c r="D353" s="5">
-        <v>0.6398878157319654</v>
+        <v>0.54116771106893502</v>
       </c>
       <c r="E353" s="5">
-        <v>2.0386181982557483</v>
+        <v>2.0419873620779017</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>287.98868033000002</v>
+        <v>287.91227888999998</v>
       </c>
       <c r="C354" s="5">
-        <v>-9.8568179999972472E-2</v>
+        <v>-8.0595070000015312E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>-0.40980462190058908</v>
+        <v>-0.33530469368545646</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>288.51092032999998</v>
+        <v>288.39115937999998</v>
       </c>
       <c r="C355" s="5">
-        <v>0.52223999999995385</v>
+        <v>0.47888048999999455</v>
       </c>
       <c r="D355" s="5">
-        <v>2.1979209378383491</v>
+        <v>2.0143039631409509</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>289.33282701000002</v>
+        <v>289.21342697</v>
       </c>
       <c r="C356" s="5">
-        <v>0.82190668000004052</v>
+        <v>0.82226759000002403</v>
       </c>
       <c r="D356" s="5">
-        <v>3.472621417560684</v>
+        <v>3.4756357001202165</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>289.36245881999997</v>
+        <v>289.29801923999997</v>
       </c>
       <c r="C357" s="5">
-        <v>2.9631809999955294E-2</v>
+        <v>8.4592269999973269E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>0.12296637184192605</v>
+        <v>0.35155416064203138</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>289.27730623000002</v>
+        <v>289.29147518000002</v>
       </c>
       <c r="C358" s="5">
-        <v>-8.5152589999950123E-2</v>
+        <v>-6.5440599999533333E-3</v>
       </c>
       <c r="D358" s="5">
-        <v>-0.35256088513544448</v>
+        <v>-2.7141198884539364E-2</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>289.17278906000001</v>
+        <v>289.22723875999998</v>
       </c>
       <c r="C359" s="5">
-        <v>-0.10451717000000826</v>
+        <v>-6.4236420000042926E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>-0.43270477365290327</v>
+        <v>-0.26613170781083495</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>289.54695472999998</v>
+        <v>289.68865511000001</v>
       </c>
       <c r="C360" s="5">
-        <v>0.37416566999996803</v>
+        <v>0.46141635000003589</v>
       </c>
       <c r="D360" s="5">
-        <v>1.5637984040574038</v>
+        <v>1.9312977662580444</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>290.49735263000002</v>
+        <v>290.66908820999998</v>
       </c>
       <c r="C361" s="5">
-        <v>0.95039790000004132</v>
+        <v>0.98043309999997064</v>
       </c>
       <c r="D361" s="5">
-        <v>4.0107258305360105</v>
+        <v>4.1377833470704006</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>291.30895755</v>
+        <v>291.52462661999999</v>
       </c>
       <c r="C362" s="5">
-        <v>0.8116049199999793</v>
+        <v>0.8555384100000083</v>
       </c>
       <c r="D362" s="5">
-        <v>3.4046150214171345</v>
+        <v>3.5897521045973546</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>292.38977011999998</v>
+        <v>292.41319361000001</v>
       </c>
       <c r="C363" s="5">
-        <v>1.0808125699999778</v>
+        <v>0.88856699000001527</v>
       </c>
       <c r="D363" s="5">
-        <v>4.5442176415140922</v>
+        <v>3.7195429640697331</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>292.92004164000002</v>
+        <v>292.82989650000002</v>
       </c>
       <c r="C364" s="5">
-        <v>0.53027152000004207</v>
+        <v>0.41670289000001048</v>
       </c>
       <c r="D364" s="5">
-        <v>2.1981326334154616</v>
+        <v>1.7235247210962923</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>293.16333028000003</v>
+        <v>293.05949989999999</v>
       </c>
       <c r="C365" s="5">
-        <v>0.24328864000000294</v>
+        <v>0.22960339999997359</v>
       </c>
       <c r="D365" s="5">
-        <v>1.0012415169373456</v>
+        <v>0.94496969820987431</v>
       </c>
       <c r="E365" s="5">
-        <v>1.7619946027648714</v>
+        <v>1.7592886484766757</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>292.31625771</v>
+        <v>292.20287875999998</v>
       </c>
       <c r="C366" s="5">
-        <v>-0.84707257000002301</v>
+        <v>-0.85662114000001566</v>
       </c>
       <c r="D366" s="5">
-        <v>-3.4127318367597748</v>
+        <v>-3.4517884971495327</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>292.42966431999997</v>
+        <v>292.24403740000002</v>
       </c>
       <c r="C367" s="5">
-        <v>0.11340660999996999</v>
+        <v>4.1158640000048763E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>0.46654500021636736</v>
+        <v>0.16915866605278218</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>292.50915063999997</v>
+        <v>292.34158088999999</v>
       </c>
       <c r="C368" s="5">
-        <v>7.9486320000000887E-2</v>
+        <v>9.7543489999964095E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>0.32666422362639391</v>
+        <v>0.40126501033230788</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>256.82317305999999</v>
+        <v>256.68619373000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-35.685977579999985</v>
+        <v>-35.655387159999975</v>
       </c>
       <c r="D369" s="5">
-        <v>-79.013645367259954</v>
+        <v>-79.003687540317443</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>263.01406696999999</v>
+        <v>262.98819272999998</v>
       </c>
       <c r="C370" s="5">
-        <v>6.1908939099999998</v>
+        <v>6.3019989999999666</v>
       </c>
       <c r="D370" s="5">
-        <v>33.087489492093169</v>
+        <v>33.784218490457249</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>272.40176647999999</v>
+        <v>272.45855356999999</v>
       </c>
       <c r="C371" s="5">
-        <v>9.3876995100000045</v>
+        <v>9.4703608400000121</v>
       </c>
       <c r="D371" s="5">
-        <v>52.325044403267725</v>
+        <v>52.886927654852968</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>273.83448062000002</v>
+        <v>274.03646843000001</v>
       </c>
       <c r="C372" s="5">
-        <v>1.4327141400000301</v>
+        <v>1.5779148600000212</v>
       </c>
       <c r="D372" s="5">
-        <v>6.4972899932002948</v>
+        <v>7.1753681323885043</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>276.08778117999998</v>
+        <v>276.23170020999999</v>
       </c>
       <c r="C373" s="5">
-        <v>2.2533005599999569</v>
+        <v>2.1952317799999719</v>
       </c>
       <c r="D373" s="5">
-        <v>10.333817897684217</v>
+        <v>10.047923900767808</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>277.17415499999998</v>
+        <v>277.41178269</v>
       </c>
       <c r="C374" s="5">
-        <v>1.0863738200000057</v>
+        <v>1.18008248000001</v>
       </c>
       <c r="D374" s="5">
-        <v>4.8254048914161629</v>
+        <v>5.248675745301834</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>277.19395107000003</v>
+        <v>277.23627673999999</v>
       </c>
       <c r="C375" s="5">
-        <v>1.97960700000408E-2</v>
+        <v>-0.17550595000000158</v>
       </c>
       <c r="D375" s="5">
-        <v>8.5738937934753956E-2</v>
+        <v>-0.75654989153244312</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>274.9299542</v>
+        <v>274.89508298999999</v>
       </c>
       <c r="C376" s="5">
-        <v>-2.2639968700000281</v>
+        <v>-2.3411937500000022</v>
       </c>
       <c r="D376" s="5">
-        <v>-9.3725562651532197</v>
+        <v>-9.6760401840406356</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>277.36072080000002</v>
+        <v>277.32805205</v>
       </c>
       <c r="C377" s="5">
-        <v>2.4307666000000268</v>
+        <v>2.4329690600000049</v>
       </c>
       <c r="D377" s="5">
-        <v>11.141120454269227</v>
+        <v>11.153195666660443</v>
       </c>
       <c r="E377" s="5">
-        <v>-5.3903772565644381</v>
+        <v>-5.3680047414835563</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>278.0418545</v>
+        <v>277.89409681000001</v>
       </c>
       <c r="C378" s="5">
-        <v>0.68113369999997531</v>
+        <v>0.56604476000001114</v>
       </c>
       <c r="D378" s="5">
-        <v>2.9870530111808291</v>
+        <v>2.4769619670362175</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>278.60183346999997</v>
+        <v>278.34673385999997</v>
       </c>
       <c r="C379" s="5">
-        <v>0.55997896999997465</v>
+        <v>0.45263704999996435</v>
       </c>
       <c r="D379" s="5">
-        <v>2.4437632361206774</v>
+        <v>1.9721789723118999</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>281.06703879000003</v>
+        <v>280.83731132999998</v>
       </c>
       <c r="C380" s="5">
-        <v>2.4652053200000523</v>
+        <v>2.4905774700000052</v>
       </c>
       <c r="D380" s="5">
-        <v>11.150488458503883</v>
+        <v>11.281795184170228</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>280.44421814999998</v>
+        <v>280.35085113999997</v>
       </c>
       <c r="C381" s="5">
-        <v>-0.62282064000004311</v>
+        <v>-0.48646019000000251</v>
       </c>
       <c r="D381" s="5">
-        <v>-2.6269282306111474</v>
+        <v>-2.0589244946849439</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>282.25445509999997</v>
+        <v>282.27399201999998</v>
       </c>
       <c r="C382" s="5">
-        <v>1.8102369499999895</v>
+        <v>1.9231408800000054</v>
       </c>
       <c r="D382" s="5">
-        <v>8.0268663540420846</v>
+        <v>8.5495020538598467</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>283.93736458000001</v>
+        <v>284.03662516000003</v>
       </c>
       <c r="C383" s="5">
-        <v>1.6829094800000348</v>
+        <v>1.7626331400000481</v>
       </c>
       <c r="D383" s="5">
-        <v>7.3942174440724262</v>
+        <v>7.7560698780530402</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>286.36470422999997</v>
+        <v>286.74303383</v>
       </c>
       <c r="C384" s="5">
-        <v>2.4273396499999649</v>
+        <v>2.7064086699999734</v>
       </c>
       <c r="D384" s="5">
-        <v>10.754987729486242</v>
+        <v>12.05271520770539</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>287.20879360999999</v>
+        <v>287.32053708000001</v>
       </c>
       <c r="C385" s="5">
-        <v>0.84408938000001399</v>
+        <v>0.57750325000000657</v>
       </c>
       <c r="D385" s="5">
-        <v>3.595033617860155</v>
+        <v>2.4437633264651204</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>288.25760188999999</v>
+        <v>288.51340617</v>
       </c>
       <c r="C386" s="5">
-        <v>1.0488082800000029</v>
+        <v>1.1928690899999879</v>
       </c>
       <c r="D386" s="5">
-        <v>4.4711650521287227</v>
+        <v>5.0973926164793681</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>289.43566816999999</v>
+        <v>289.48867360999998</v>
       </c>
       <c r="C387" s="5">
-        <v>1.1780662799999959</v>
+        <v>0.97526743999998189</v>
       </c>
       <c r="D387" s="5">
-        <v>5.0159741288249737</v>
+        <v>4.1326547246298695</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>292.06466533999998</v>
+        <v>291.94605962999998</v>
       </c>
       <c r="C388" s="5">
-        <v>2.628997169999991</v>
+        <v>2.4573860200000013</v>
       </c>
       <c r="D388" s="5">
-        <v>11.46117625466092</v>
+        <v>10.675756464097109</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>292.45718908999999</v>
+        <v>292.33886712999998</v>
       </c>
       <c r="C389" s="5">
-        <v>0.39252375000000939</v>
+        <v>0.39280750000000353</v>
       </c>
       <c r="D389" s="5">
-        <v>1.6247288529851245</v>
+        <v>1.6265774856831117</v>
       </c>
       <c r="E389" s="5">
-        <v>5.4429005832032473</v>
+        <v>5.4126565881238875</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>292.50829242999998</v>
+        <v>292.33166255999998</v>
       </c>
       <c r="C390" s="5">
-        <v>5.1103339999997388E-2</v>
+        <v>-7.2045699999989665E-3</v>
       </c>
       <c r="D390" s="5">
-        <v>0.20988705550717413</v>
+        <v>-2.9569493537129343E-2</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>294.26148628999999</v>
+        <v>293.94448705999997</v>
       </c>
       <c r="C391" s="5">
-        <v>1.7531938600000103</v>
+        <v>1.6128244999999879</v>
       </c>
       <c r="D391" s="5">
-        <v>7.4342854889376753</v>
+        <v>6.8251606292162093</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>294.75248162000003</v>
+        <v>294.47450167</v>
       </c>
       <c r="C392" s="5">
-        <v>0.49099533000003248</v>
+        <v>0.53001461000002337</v>
       </c>
       <c r="D392" s="5">
-        <v>2.0207594981038079</v>
+        <v>2.1853209761750536</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>297.47796562000002</v>
+        <v>297.38860742999998</v>
       </c>
       <c r="C393" s="5">
-        <v>2.7254839999999945</v>
+        <v>2.914105759999984</v>
       </c>
       <c r="D393" s="5">
-        <v>11.678093271550537</v>
+        <v>12.543283268317307</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>297.22222863000002</v>
+        <v>297.2738339</v>
       </c>
       <c r="C394" s="5">
-        <v>-0.25573699000000261</v>
+        <v>-0.11477352999997947</v>
       </c>
       <c r="D394" s="5">
-        <v>-1.026756748035007</v>
+        <v>-0.46214366772698856</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>297.57836932999999</v>
+        <v>297.72338343000001</v>
       </c>
       <c r="C395" s="5">
-        <v>0.356140699999969</v>
+        <v>0.44954953000001296</v>
       </c>
       <c r="D395" s="5">
-        <v>1.447390380002922</v>
+        <v>1.8298582878842007</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>299.68649026999998</v>
+        <v>300.24583178</v>
       </c>
       <c r="C396" s="5">
-        <v>2.1081209399999921</v>
+        <v>2.5224483499999906</v>
       </c>
       <c r="D396" s="5">
-        <v>8.8402854059955303</v>
+        <v>10.654350524353706</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>299.74579734999998</v>
+        <v>299.85989529</v>
       </c>
       <c r="C397" s="5">
-        <v>5.9307079999996404E-2</v>
+        <v>-0.38593649000000596</v>
       </c>
       <c r="D397" s="5">
-        <v>0.23773513868368124</v>
+        <v>-1.5316236797627947</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>300.48208977000002</v>
+        <v>300.73115358000001</v>
       </c>
       <c r="C398" s="5">
-        <v>0.73629242000004069</v>
+        <v>0.87125829000001431</v>
       </c>
       <c r="D398" s="5">
-        <v>2.9878186496335113</v>
+        <v>3.5429233799879167</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>301.14975806000001</v>
+        <v>301.18498116000001</v>
       </c>
       <c r="C399" s="5">
-        <v>0.66766828999999461</v>
+        <v>0.45382757999999512</v>
       </c>
       <c r="D399" s="5">
-        <v>2.6992167167967818</v>
+        <v>1.8260030470807598</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>301.64754895999999</v>
+        <v>301.51351271999999</v>
       </c>
       <c r="C400" s="5">
-        <v>0.49779089999998405</v>
+        <v>0.32853155999998762</v>
       </c>
       <c r="D400" s="5">
-        <v>2.0016944788238566</v>
+        <v>1.3168374955489615</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>302.60508092999999</v>
+        <v>302.48320568999998</v>
       </c>
       <c r="C401" s="5">
-        <v>0.95753196999999091</v>
+        <v>0.96969296999998278</v>
       </c>
       <c r="D401" s="5">
-        <v>3.8764215798966495</v>
+        <v>3.9283038061358244</v>
       </c>
       <c r="E401" s="5">
-        <v>3.469872589412426</v>
+        <v>3.4700615281131553</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>304.43786506999999</v>
+        <v>304.25007456999998</v>
       </c>
       <c r="C402" s="5">
-        <v>1.8327841400000011</v>
+        <v>1.7668688800000041</v>
       </c>
       <c r="D402" s="5">
-        <v>7.515089937120556</v>
+        <v>7.2390890613249992</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>305.22425512000001</v>
+        <v>304.84827939000002</v>
       </c>
       <c r="C403" s="5">
-        <v>0.78639005000002271</v>
+        <v>0.59820482000003494</v>
       </c>
       <c r="D403" s="5">
-        <v>3.144125486239191</v>
+        <v>2.3850761290513889</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>305.06561864000003</v>
+        <v>304.72091380000001</v>
       </c>
       <c r="C404" s="5">
-        <v>-0.1586364799999842</v>
+        <v>-0.1273655900000108</v>
       </c>
       <c r="D404" s="5">
-        <v>-0.62190520227471957</v>
+        <v>-0.50020944501446563</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>306.72719075999998</v>
+        <v>306.61716124999998</v>
       </c>
       <c r="C405" s="5">
-        <v>1.6615721199999598</v>
+        <v>1.8962474499999757</v>
       </c>
       <c r="D405" s="5">
-        <v>6.7353177816009913</v>
+        <v>7.7284367320583858</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>307.74155020000001</v>
+        <v>307.82972885999999</v>
       </c>
       <c r="C406" s="5">
-        <v>1.0143594400000211</v>
+        <v>1.2125676100000078</v>
       </c>
       <c r="D406" s="5">
-        <v>4.04143205052514</v>
+        <v>4.8501884960189923</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>309.57891898000003</v>
+        <v>309.76586789999999</v>
       </c>
       <c r="C407" s="5">
-        <v>1.8373687800000198</v>
+        <v>1.9361390400000005</v>
       </c>
       <c r="D407" s="5">
-        <v>7.4046061682666142</v>
+        <v>7.8142169710799347</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>309.64474633999998</v>
+        <v>310.34201703000002</v>
       </c>
       <c r="C408" s="5">
-        <v>6.582735999995748E-2</v>
+        <v>0.57614913000003298</v>
       </c>
       <c r="D408" s="5">
-        <v>0.25546080256482195</v>
+        <v>2.2549146931947872</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>310.3463362</v>
+        <v>310.46105051000001</v>
       </c>
       <c r="C409" s="5">
-        <v>0.70158986000001278</v>
+        <v>0.11903347999998459</v>
       </c>
       <c r="D409" s="5">
-        <v>2.7530878883107013</v>
+        <v>0.46123915941334026</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>311.22100539000002</v>
+        <v>311.44306592999999</v>
       </c>
       <c r="C410" s="5">
-        <v>0.87466919000002008</v>
+        <v>0.98201541999998199</v>
       </c>
       <c r="D410" s="5">
-        <v>3.4349583963733332</v>
+        <v>3.862439832165232</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>311.23912681000002</v>
+        <v>311.25950540000002</v>
       </c>
       <c r="C411" s="5">
-        <v>1.8121419999999944E-2</v>
+        <v>-0.18356052999996564</v>
       </c>
       <c r="D411" s="5">
-        <v>6.9894605398346243E-2</v>
+        <v>-0.70497634653219343</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>312.79251345</v>
+        <v>312.63699235000001</v>
       </c>
       <c r="C412" s="5">
-        <v>1.5533866399999852</v>
+        <v>1.3774869499999909</v>
       </c>
       <c r="D412" s="5">
-        <v>6.1563407364852996</v>
+        <v>5.4418196871452773</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>313.39624080999999</v>
+        <v>313.24385917000001</v>
       </c>
       <c r="C413" s="5">
-        <v>0.6037273599999935</v>
+        <v>0.60686681999999337</v>
       </c>
       <c r="D413" s="5">
-        <v>2.3408913485506888</v>
+        <v>2.3543775975071402</v>
       </c>
       <c r="E413" s="5">
-        <v>3.5660868108477795</v>
+        <v>3.5574383230479567</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>316.21909119999998</v>
+        <v>316.01909812999997</v>
       </c>
       <c r="C414" s="5">
-        <v>2.8228503899999851</v>
+        <v>2.7752389599999674</v>
       </c>
       <c r="D414" s="5">
-        <v>11.360620133046663</v>
+        <v>11.165278887485375</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>317.49104883000001</v>
+        <v>317.07721777</v>
       </c>
       <c r="C415" s="5">
-        <v>1.2719576300000313</v>
+        <v>1.0581196400000294</v>
       </c>
       <c r="D415" s="5">
-        <v>4.935102760102561</v>
+        <v>4.092757445001638</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>318.69699374999999</v>
+        <v>318.30528620000001</v>
       </c>
       <c r="C416" s="5">
-        <v>1.205944919999979</v>
+        <v>1.2280684300000075</v>
       </c>
       <c r="D416" s="5">
-        <v>4.6544682452089647</v>
+        <v>4.7480021739926492</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>318.21016958000001</v>
+        <v>318.09488525</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.48682416999997713</v>
+        <v>-0.21040095000000747</v>
       </c>
       <c r="D417" s="5">
-        <v>-1.8177323805096512</v>
+        <v>-0.79032699149591545</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>319.03528377999999</v>
+        <v>319.15894909000002</v>
       </c>
       <c r="C418" s="5">
-        <v>0.82511419999997315</v>
+        <v>1.0640638400000171</v>
       </c>
       <c r="D418" s="5">
-        <v>3.156343380955895</v>
+        <v>4.0888198424629429</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>319.70881562</v>
+        <v>319.92641493000002</v>
       </c>
       <c r="C419" s="5">
-        <v>0.67353184000000965</v>
+        <v>0.76746583999999984</v>
       </c>
       <c r="D419" s="5">
-        <v>2.5630058170305281</v>
+        <v>2.9240520695217986</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>319.51914959999999</v>
+        <v>320.26195232999999</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.18966602000000421</v>
+        <v>0.33553739999996424</v>
       </c>
       <c r="D420" s="5">
-        <v>-0.70957714176923536</v>
+        <v>1.2658399149374722</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>320.05311821999999</v>
+        <v>320.17969036</v>
       </c>
       <c r="C421" s="5">
-        <v>0.53396861999999601</v>
+        <v>-8.226196999999047E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>2.0239312023253797</v>
+        <v>-0.30779499951509859</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>320.15837699999997</v>
+        <v>320.36787278999998</v>
       </c>
       <c r="C422" s="5">
-        <v>0.10525877999998556</v>
+        <v>0.18818242999998347</v>
       </c>
       <c r="D422" s="5">
-        <v>0.39536956327568262</v>
+        <v>0.70757243622774357</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>320.03418963000001</v>
+        <v>320.0511343</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.12418736999995872</v>
+        <v>-0.31673848999997745</v>
       </c>
       <c r="D423" s="5">
-        <v>-0.46448049976237638</v>
+        <v>-1.1799753494652343</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>321.42289090000003</v>
+        <v>321.30679129999999</v>
       </c>
       <c r="C424" s="5">
-        <v>1.3887012700000128</v>
+        <v>1.2556569999999851</v>
       </c>
       <c r="D424" s="5">
-        <v>5.3331592894584778</v>
+        <v>4.8108909229165331</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>321.37058475999999</v>
+        <v>321.24907153999999</v>
       </c>
       <c r="C425" s="5">
-        <v>-5.2306140000041523E-2</v>
+        <v>-5.7719759999997677E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>-0.19510502032010768</v>
+        <v>-0.21535591732328996</v>
       </c>
       <c r="E425" s="5">
-        <v>2.544492534240228</v>
+        <v>2.5555847738599979</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>321.21138709000002</v>
+        <v>321.43236647999998</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.15919766999996909</v>
+        <v>0.18329493999999613</v>
       </c>
       <c r="D426" s="5">
-        <v>-0.59282828896406459</v>
+        <v>0.68683618597407126</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>320.58451923000001</v>
+        <v>320.83346244000001</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.62686786000000438</v>
+        <v>-0.59890403999997943</v>
       </c>
       <c r="D427" s="5">
-        <v>-2.316914825966554</v>
+        <v>-2.2131108741477945</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>320.87056433999999</v>
+        <v>321.51671400999999</v>
       </c>
       <c r="C428" s="5">
-        <v>0.28604510999997501</v>
+        <v>0.68325156999998171</v>
       </c>
       <c r="D428" s="5">
-        <v>1.0759834901764576</v>
+        <v>2.5856835168739156</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>321.84004134999998</v>
+        <v>325.81845427000002</v>
       </c>
       <c r="C429" s="5">
-        <v>0.96947700999999142</v>
+        <v>4.301740260000031</v>
       </c>
       <c r="D429" s="5">
-        <v>3.6865363337220902</v>
+        <v>17.291217067895893</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>321.73296024000001</v>
+        <v>325.28284136000002</v>
       </c>
       <c r="C430" s="5">
-        <v>-0.10708110999996734</v>
+        <v>-0.53561290999999756</v>
       </c>
       <c r="D430" s="5">
-        <v>-0.39852856837181427</v>
+        <v>-1.9549413166773499</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>321.33485300000001</v>
+        <v>323.05275372</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.39810724000000164</v>
+        <v>-2.230087640000022</v>
       </c>
       <c r="D431" s="5">
-        <v>-1.4747970621365791</v>
+        <v>-7.9237741720418526</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>321.83806784000001</v>
+        <v>323.59537173000001</v>
       </c>
       <c r="C432" s="5">
-        <v>0.50321483999999828</v>
+        <v>0.54261801000001242</v>
       </c>
       <c r="D432" s="5">
-        <v>1.895487282068542</v>
+        <v>2.0343140035992802</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>321.58526999999998</v>
+        <v>323.35117466999998</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.25279784000002792</v>
+        <v>-0.24419706000003316</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.93851633652648481</v>
+        <v>-0.90181536180129473</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>322.84395239999998</v>
+        <v>324.53661797000001</v>
       </c>
       <c r="C434" s="5">
-        <v>1.2586823999999979</v>
+        <v>1.1854433000000313</v>
       </c>
       <c r="D434" s="5">
-        <v>4.7992296845522864</v>
+        <v>4.4891403947942665</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>322.66087665999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-1.8757413100000235</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-6.7194193120564076</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>322.88631824999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.22544159000000263</v>
+      </c>
+      <c r="D436" s="5">
+        <v>0.84166365154794143</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">