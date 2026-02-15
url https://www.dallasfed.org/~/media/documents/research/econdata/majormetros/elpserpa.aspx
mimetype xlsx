--- v2 (2026-01-13)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{1A79BDAC-2B52-4FC2-BB41-03CB8DDB67AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{339D050F-D6A6-4103-AB79-8DB3871BD1FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D4C2C221-F977-452D-8CA1-72273ECB4A09}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4C27AD37-2DE6-4E84-AC24-BF770DE5C31A}"/>
   </bookViews>
   <sheets>
     <sheet name="elpserpa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Services Providing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{10C23FA7-B485-41E0-9026-199925E8F225}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6AD8EA32-55D7-48C1-BE11-A1DECE371042}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>323.05275372</v>
       </c>
       <c r="C431" s="5">
         <v>-2.230087640000022</v>
       </c>
       <c r="D431" s="5">
         <v>-7.9237741720418526</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>323.59537173000001</v>
       </c>
       <c r="C432" s="5">
         <v>0.54261801000001242</v>
       </c>
       <c r="D432" s="5">
         <v>2.0343140035992802</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>323.35117466999998</v>
       </c>
       <c r="C433" s="5">
         <v>-0.24419706000003316</v>
       </c>
       <c r="D433" s="5">
         <v>-0.90181536180129473</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>324.53661797000001</v>
       </c>
       <c r="C434" s="5">
         <v>1.1854433000000313</v>
       </c>
       <c r="D434" s="5">
         <v>4.4891403947942665</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>322.66087665999999</v>
       </c>
       <c r="C435" s="5">
         <v>-1.8757413100000235</v>
       </c>
       <c r="D435" s="5">
         <v>-6.7194193120564076</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>322.88631824999999</v>
+        <v>322.92847903000001</v>
       </c>
       <c r="C436" s="5">
-        <v>0.22544159000000263</v>
+        <v>0.26760237000002007</v>
       </c>
       <c r="D436" s="5">
-        <v>0.84166365154794143</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.99978560063715971</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>323.25114113000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.32266210000000228</v>
+      </c>
+      <c r="D437" s="5">
+        <v>1.2056212483825712</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.62321412491639361</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>