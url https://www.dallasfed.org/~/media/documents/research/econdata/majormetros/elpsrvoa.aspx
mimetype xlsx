--- v0 (2025-10-07)
+++ v1 (2025-12-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{52255543-C2D2-4848-9ED1-1C7A89EDE597}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E4BC32ED-CD03-45D8-BD95-31E2CFDABA1A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{46474925-4CB5-4C6F-950C-75B482668B22}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{8472182E-7571-4B89-8C8B-781DA51CB752}"/>
   </bookViews>
   <sheets>
     <sheet name="elpsrvoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Other Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3964D35-D78D-42C3-A06B-C8266C625DD7}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6001A348-FA77-45DF-8DB1-ED35EAD5D2C9}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>1.9565928000000454E-2</v>
       </c>
       <c r="D431" s="5">
         <v>2.322106879299457</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>10.193068206</v>
       </c>
       <c r="C432" s="5">
         <v>-4.4789595000001015E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-5.1253807860218048</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>10.207184066</v>
+        <v>10.206799231</v>
       </c>
       <c r="C433" s="5">
-        <v>1.4115860000000424E-2</v>
+        <v>1.373102500000023E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>1.6745348989379849</v>
+        <v>1.6285439889425879</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>10.188104437</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-1.8694793999999959E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-2.1759155840325506</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>