--- v1 (2025-12-13)
+++ v2 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E4BC32ED-CD03-45D8-BD95-31E2CFDABA1A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{8F2BC158-C718-4201-A08E-BC7762ED1733}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{8472182E-7571-4B89-8C8B-781DA51CB752}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{E85A8E09-C959-47A4-B5BE-39DC68DCB2BD}"/>
   </bookViews>
   <sheets>
     <sheet name="elpsrvoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Other Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6001A348-FA77-45DF-8DB1-ED35EAD5D2C9}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A2901888-EAB0-4E2D-BFDC-65CD294BB973}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>7.2561023463999996</v>
+        <v>7.2560587055000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>7.3563072506999996</v>
+        <v>7.3562704524999996</v>
       </c>
       <c r="C7" s="5">
-        <v>0.10020490429999995</v>
+        <v>0.10021174699999946</v>
       </c>
       <c r="D7" s="5">
-        <v>17.890151056579029</v>
+        <v>17.891582882434864</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>7.3804515182000001</v>
+        <v>7.3804225404999997</v>
       </c>
       <c r="C8" s="5">
-        <v>2.4144267500000538E-2</v>
+        <v>2.4152088000000127E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>4.0104222167820502</v>
+        <v>4.0117651988323733</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>7.3970387640000004</v>
+        <v>7.3970183608999998</v>
       </c>
       <c r="C9" s="5">
-        <v>1.6587245800000261E-2</v>
+        <v>1.6595820400000072E-2</v>
       </c>
       <c r="D9" s="5">
-        <v>2.7305361567960151</v>
+        <v>2.7319760403694771</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>7.2956874147999997</v>
+        <v>7.2956758159000001</v>
       </c>
       <c r="C10" s="5">
-        <v>-0.10135134920000066</v>
+        <v>-0.10134254499999962</v>
       </c>
       <c r="D10" s="5">
-        <v>-15.257770842034734</v>
+        <v>-15.256582626610914</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>7.2643496617999999</v>
+        <v>7.2643471153999997</v>
       </c>
       <c r="C11" s="5">
-        <v>-3.1337752999999857E-2</v>
+        <v>-3.1328700500000473E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>-5.0344113779631439</v>
+        <v>-5.0329990805850873</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>7.2243999652999999</v>
+        <v>7.2244220479000001</v>
       </c>
       <c r="C12" s="5">
-        <v>-3.9949696499999909E-2</v>
+        <v>-3.9925067499999578E-2</v>
       </c>
       <c r="D12" s="5">
-        <v>-6.4033082469113545</v>
+        <v>-6.3994813388565603</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>7.2420639566</v>
+        <v>7.2420772847999997</v>
       </c>
       <c r="C13" s="5">
-        <v>1.766399130000007E-2</v>
+        <v>1.7655236899999593E-2</v>
       </c>
       <c r="D13" s="5">
-        <v>2.9738351830574272</v>
+        <v>2.9723322548781628</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>7.4239170630000002</v>
+        <v>7.4239555037000002</v>
       </c>
       <c r="C14" s="5">
-        <v>0.18185310640000019</v>
+        <v>0.18187821890000055</v>
       </c>
       <c r="D14" s="5">
-        <v>34.663242447886475</v>
+        <v>34.668635907945536</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>7.3017690009000003</v>
+        <v>7.3018060842999999</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.12214806209999995</v>
+        <v>-0.12214941940000035</v>
       </c>
       <c r="D15" s="5">
-        <v>-18.051740136885762</v>
+        <v>-18.051837753188671</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>7.3738259253000003</v>
+        <v>7.3737995948000004</v>
       </c>
       <c r="C16" s="5">
-        <v>7.20569244E-2</v>
+        <v>7.1993510500000468E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>12.506469823504606</v>
+        <v>12.494792951445444</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>7.4707956102999997</v>
+        <v>7.4708581191999999</v>
       </c>
       <c r="C17" s="5">
-        <v>9.6969684999999473E-2</v>
+        <v>9.7058524399999513E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>16.973554660034118</v>
+        <v>16.990312852546687</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>7.5692315172000004</v>
+        <v>7.5691845770999997</v>
       </c>
       <c r="C18" s="5">
-        <v>9.8435906900000703E-2</v>
+        <v>9.8326457899999831E-2</v>
       </c>
       <c r="D18" s="5">
-        <v>17.008984264957139</v>
+        <v>16.988530279627323</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>7.5650776149999999</v>
+        <v>7.5650381067000003</v>
       </c>
       <c r="C19" s="5">
-        <v>-4.1539022000005588E-3</v>
+        <v>-4.1464703999993802E-3</v>
       </c>
       <c r="D19" s="5">
-        <v>-0.65656132787110799</v>
+        <v>-0.65539425460072742</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>7.5910876254000001</v>
+        <v>7.5910581428999997</v>
       </c>
       <c r="C20" s="5">
-        <v>2.6010010400000283E-2</v>
+        <v>2.6020036199999375E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>4.2047217192878072</v>
+        <v>4.2063956356211074</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>7.4929079920000001</v>
+        <v>7.4928907054999998</v>
       </c>
       <c r="C21" s="5">
-        <v>-9.8179633400000021E-2</v>
+        <v>-9.8167437399999891E-2</v>
       </c>
       <c r="D21" s="5">
-        <v>-14.462462747014548</v>
+        <v>-14.460844237491921</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>7.5886732204999996</v>
+        <v>7.5886629503999998</v>
       </c>
       <c r="C22" s="5">
-        <v>9.5765228499999466E-2</v>
+        <v>9.5772244900000025E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>16.462316721247671</v>
+        <v>16.463649575846539</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>7.5580334440000003</v>
+        <v>7.5580322875999997</v>
       </c>
       <c r="C23" s="5">
-        <v>-3.0639776499999272E-2</v>
+        <v>-3.0630662800000152E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>-4.7389225118193101</v>
+        <v>-4.737550349104902</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>7.6189881441000002</v>
+        <v>7.6190098812000002</v>
       </c>
       <c r="C24" s="5">
-        <v>6.0954700099999926E-2</v>
+        <v>6.0977593600000546E-2</v>
       </c>
       <c r="D24" s="5">
-        <v>10.118899208375364</v>
+        <v>10.122871509236852</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>7.6336584501999996</v>
+        <v>7.6336722385</v>
       </c>
       <c r="C25" s="5">
-        <v>1.4670306099999308E-2</v>
+        <v>1.4662357299999762E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>2.3352186299578026</v>
+        <v>2.3339331886149672</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>7.6168705358000004</v>
+        <v>7.6169074128999998</v>
       </c>
       <c r="C26" s="5">
-        <v>-1.678791439999916E-2</v>
+        <v>-1.6764825600000144E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>-2.6073478912345682</v>
+        <v>-2.6038005032641975</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>7.8051092721000002</v>
+        <v>7.8051445322999999</v>
       </c>
       <c r="C27" s="5">
-        <v>0.18823873629999976</v>
+        <v>0.1882371194000001</v>
       </c>
       <c r="D27" s="5">
-        <v>34.038316301352921</v>
+        <v>34.037795286865858</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>7.7773009964000002</v>
+        <v>7.7772794227000004</v>
       </c>
       <c r="C28" s="5">
-        <v>-2.7808275699999996E-2</v>
+        <v>-2.7865109599999549E-2</v>
       </c>
       <c r="D28" s="5">
-        <v>-4.1926039731168707</v>
+        <v>-4.2009865669825235</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>7.7667788339000001</v>
+        <v>7.7668345962999998</v>
       </c>
       <c r="C29" s="5">
-        <v>-1.0522162500000043E-2</v>
+        <v>-1.0444826400000551E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>-1.6114923837375006</v>
+        <v>-1.599739945213452</v>
       </c>
       <c r="E29" s="5">
-        <v>3.961870181429239</v>
+        <v>3.961746728121418</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>7.8859663171000003</v>
+        <v>7.8859185677000001</v>
       </c>
       <c r="C30" s="5">
-        <v>0.11918748320000017</v>
+        <v>0.11908397140000027</v>
       </c>
       <c r="D30" s="5">
-        <v>20.051544664358079</v>
+        <v>20.032480195497946</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>7.7844707475000003</v>
+        <v>7.7844303961000003</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.10149556959999995</v>
+        <v>-0.10148817159999979</v>
       </c>
       <c r="D31" s="5">
-        <v>-14.396784423029773</v>
+        <v>-14.395889269942685</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>7.8008559136000004</v>
+        <v>7.8008268294000001</v>
       </c>
       <c r="C32" s="5">
-        <v>1.638516610000007E-2</v>
+        <v>1.6396433299999735E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>2.55527033340055</v>
+        <v>2.5570612699535866</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>7.7978101867999996</v>
+        <v>7.7977978442999998</v>
       </c>
       <c r="C33" s="5">
-        <v>-3.0457268000008142E-3</v>
+        <v>-3.0289851000002699E-3</v>
       </c>
       <c r="D33" s="5">
-        <v>-0.46751714961723589</v>
+        <v>-0.46495452465371567</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>7.7709070993999996</v>
+        <v>7.7708991129999996</v>
       </c>
       <c r="C34" s="5">
-        <v>-2.6903087400000025E-2</v>
+        <v>-2.68987313000002E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>-4.0624350751126244</v>
+        <v>-4.0617960296090221</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>7.8516476424999997</v>
+        <v>7.8516484694999997</v>
       </c>
       <c r="C35" s="5">
-        <v>8.0740543100000117E-2</v>
+        <v>8.0749356500000147E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>13.205887700317142</v>
+        <v>13.207426938805632</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>8.0032678390999994</v>
+        <v>8.0032878132</v>
       </c>
       <c r="C36" s="5">
-        <v>0.1516201965999997</v>
+        <v>0.15163934370000032</v>
       </c>
       <c r="D36" s="5">
-        <v>25.79940789242654</v>
+        <v>25.803016492729558</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>7.8124390107000004</v>
+        <v>7.8124526261999998</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.19082882839999904</v>
+        <v>-0.19083518700000024</v>
       </c>
       <c r="D37" s="5">
-        <v>-25.143164535861384</v>
+        <v>-25.143840888721957</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>7.7121929275000003</v>
+        <v>7.7122232647000004</v>
       </c>
       <c r="C38" s="5">
-        <v>-0.10024608320000006</v>
+        <v>-0.10022936149999939</v>
       </c>
       <c r="D38" s="5">
-        <v>-14.356394156115936</v>
+        <v>-14.35414252529209</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>7.8088377467000001</v>
+        <v>7.8088701061999997</v>
       </c>
       <c r="C39" s="5">
-        <v>9.6644819199999787E-2</v>
+        <v>9.6646841499999248E-2</v>
       </c>
       <c r="D39" s="5">
-        <v>16.118700078917179</v>
+        <v>16.118993103276114</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>7.8892017192999999</v>
+        <v>7.8891840723</v>
       </c>
       <c r="C40" s="5">
-        <v>8.0363972599999833E-2</v>
+        <v>8.03139661000003E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>13.073266749284883</v>
+        <v>13.064609095854918</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>7.7586226025</v>
+        <v>7.7586712737000001</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.13057911679999989</v>
+        <v>-0.13051279859999987</v>
       </c>
       <c r="D41" s="5">
-        <v>-18.149978262035727</v>
+        <v>-18.141619298119139</v>
       </c>
       <c r="E41" s="5">
-        <v>-0.10501433830457652</v>
+        <v>-0.10510488537877061</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>8.2133416087000004</v>
+        <v>8.2132998256</v>
       </c>
       <c r="C42" s="5">
-        <v>0.45471900620000039</v>
+        <v>0.45462855189999996</v>
       </c>
       <c r="D42" s="5">
-        <v>98.072009997647626</v>
+        <v>98.045009730992064</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>8.3090892702999994</v>
+        <v>8.3090518868000007</v>
       </c>
       <c r="C43" s="5">
-        <v>9.5747661599999034E-2</v>
+        <v>9.5752061200000682E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>14.921811438483989</v>
+        <v>14.922622490412163</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>8.2089782312999997</v>
+        <v>8.2089510191000006</v>
       </c>
       <c r="C44" s="5">
-        <v>-0.10011103899999974</v>
+        <v>-0.10010086770000015</v>
       </c>
       <c r="D44" s="5">
-        <v>-13.537428278611085</v>
+        <v>-13.536199620420797</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>8.3009149195000003</v>
+        <v>8.3009073649000005</v>
       </c>
       <c r="C45" s="5">
-        <v>9.193668820000056E-2</v>
+        <v>9.1956345799999895E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>14.298966327476803</v>
+        <v>14.302264829362187</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>8.2524219331000008</v>
+        <v>8.2524150424999991</v>
       </c>
       <c r="C46" s="5">
-        <v>-4.8492986399999438E-2</v>
+        <v>-4.8492322400001342E-2</v>
       </c>
       <c r="D46" s="5">
-        <v>-6.7893481844601862</v>
+        <v>-6.7892641679989429</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>8.2446834561000006</v>
+        <v>8.2446843049999998</v>
       </c>
       <c r="C47" s="5">
-        <v>-7.7384770000001879E-3</v>
+        <v>-7.7307374999993073E-3</v>
       </c>
       <c r="D47" s="5">
-        <v>-1.1194808869362971</v>
+        <v>-1.1183679494390253</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>8.1807571007999993</v>
+        <v>8.1807743263999999</v>
       </c>
       <c r="C48" s="5">
-        <v>-6.3926355300001347E-2</v>
+        <v>-6.3909978599999917E-2</v>
       </c>
       <c r="D48" s="5">
-        <v>-8.9176678206966837</v>
+        <v>-8.9154789125490694</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>8.2869125158999992</v>
+        <v>8.2869251427999995</v>
       </c>
       <c r="C49" s="5">
-        <v>0.10615541509999993</v>
+        <v>0.10615081639999957</v>
       </c>
       <c r="D49" s="5">
-        <v>16.732308160617503</v>
+        <v>16.731493034914834</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>8.1037244308999998</v>
+        <v>8.1037471610999994</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.18318808499999939</v>
+        <v>-0.1831779817000001</v>
       </c>
       <c r="D50" s="5">
-        <v>-23.527916465669328</v>
+        <v>-23.526740754152829</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>7.9237061719000002</v>
+        <v>7.9237350584000001</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.18001825899999968</v>
+        <v>-0.18001210269999923</v>
       </c>
       <c r="D51" s="5">
-        <v>-23.629720629742536</v>
+        <v>-23.62895020045621</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>7.8063222456999997</v>
+        <v>7.8063054832000001</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.11738392620000049</v>
+        <v>-0.11742957520000008</v>
       </c>
       <c r="D52" s="5">
-        <v>-16.397868682818164</v>
+        <v>-16.403680039222856</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>7.7513267379000004</v>
+        <v>7.7513720693000003</v>
       </c>
       <c r="C53" s="5">
-        <v>-5.4995507799999288E-2</v>
+        <v>-5.4933413899999728E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>-8.1339959196518041</v>
+        <v>-8.125181326766473</v>
       </c>
       <c r="E53" s="5">
-        <v>-9.4035564993821819E-2</v>
+        <v>-9.4078021126409173E-2</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>7.6450958891000003</v>
+        <v>7.6450580498000003</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.10623084880000011</v>
+        <v>-0.10631401950000008</v>
       </c>
       <c r="D54" s="5">
-        <v>-15.261120538528971</v>
+        <v>-15.272099640624681</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>7.4295398259000001</v>
+        <v>7.4295069466000001</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.2155560632000002</v>
+        <v>-0.21555110320000015</v>
       </c>
       <c r="D55" s="5">
-        <v>-29.050761671902038</v>
+        <v>-29.050315536242699</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>7.4016577741000003</v>
+        <v>7.4016344908000002</v>
       </c>
       <c r="C56" s="5">
-        <v>-2.7882051799999807E-2</v>
+        <v>-2.7872455799999862E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>-4.4116354181335087</v>
+        <v>-4.4101673985743055</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>7.6015578838</v>
+        <v>7.6015549791000003</v>
       </c>
       <c r="C57" s="5">
-        <v>0.19990010969999972</v>
+        <v>0.19992048830000009</v>
       </c>
       <c r="D57" s="5">
-        <v>37.68393526304483</v>
+        <v>37.68850133405985</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>7.5373473862000004</v>
+        <v>7.5373431236000004</v>
       </c>
       <c r="C58" s="5">
-        <v>-6.4210497599999528E-2</v>
+        <v>-6.421185549999997E-2</v>
       </c>
       <c r="D58" s="5">
-        <v>-9.6785088833402533</v>
+        <v>-9.6787076751981616</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>7.5441631222999996</v>
+        <v>7.5441651019</v>
       </c>
       <c r="C59" s="5">
-        <v>6.8157360999991923E-3</v>
+        <v>6.8219782999996426E-3</v>
       </c>
       <c r="D59" s="5">
-        <v>1.0905273363995605</v>
+        <v>1.0915316946022546</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>7.4618922401000001</v>
+        <v>7.4619057254000003</v>
       </c>
       <c r="C60" s="5">
-        <v>-8.2270882199999562E-2</v>
+        <v>-8.2259376499999703E-2</v>
       </c>
       <c r="D60" s="5">
-        <v>-12.329227776692854</v>
+        <v>-12.327602535485783</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>7.4697099907000002</v>
+        <v>7.4697203889999999</v>
       </c>
       <c r="C61" s="5">
-        <v>7.8177506000001173E-3</v>
+        <v>7.814663599999605E-3</v>
       </c>
       <c r="D61" s="5">
-        <v>1.2644979953528201</v>
+        <v>1.263993505200256</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>7.4888796828000004</v>
+        <v>7.4888939458000001</v>
       </c>
       <c r="C62" s="5">
-        <v>1.9169692100000191E-2</v>
+        <v>1.9173556800000213E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>3.1234298732715438</v>
+        <v>3.1240640772819184</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>7.5360531009000002</v>
+        <v>7.5360735269000001</v>
       </c>
       <c r="C63" s="5">
-        <v>4.7173418099999864E-2</v>
+        <v>4.7179581099999979E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>7.8264136639470738</v>
+        <v>7.8274564085666576</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>7.6322392410999997</v>
+        <v>7.6322286917</v>
       </c>
       <c r="C64" s="5">
-        <v>9.6186140199999492E-2</v>
+        <v>9.6155164799999859E-2</v>
       </c>
       <c r="D64" s="5">
-        <v>16.438420345416183</v>
+        <v>16.432701985088659</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>7.6369802958999999</v>
+        <v>7.6370105774999999</v>
       </c>
       <c r="C65" s="5">
-        <v>4.7410548000001995E-3</v>
+        <v>4.7818857999999409E-3</v>
       </c>
       <c r="D65" s="5">
-        <v>0.74797755301350133</v>
+        <v>0.75444256000125609</v>
       </c>
       <c r="E65" s="5">
-        <v>-1.4751854213667093</v>
+        <v>-1.4753709508144919</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>7.6779711206999997</v>
+        <v>7.6779455677000001</v>
       </c>
       <c r="C66" s="5">
-        <v>4.0990824799999714E-2</v>
+        <v>4.0934990200000243E-2</v>
       </c>
       <c r="D66" s="5">
-        <v>6.6344786955175872</v>
+        <v>6.6251466020917693</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>7.6423437653999997</v>
+        <v>7.6423199635000003</v>
       </c>
       <c r="C67" s="5">
-        <v>-3.5627355299999941E-2</v>
+        <v>-3.5625604199999827E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>-5.4283126421643679</v>
+        <v>-5.4280702164760104</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>7.7831987297999996</v>
+        <v>7.7831815968000004</v>
       </c>
       <c r="C68" s="5">
-        <v>0.14085496439999989</v>
+        <v>0.14086163330000012</v>
       </c>
       <c r="D68" s="5">
-        <v>24.502652794604639</v>
+        <v>24.50401715027828</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>7.5939727634</v>
+        <v>7.5939734837000001</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.18922596639999956</v>
+        <v>-0.1892081131000003</v>
       </c>
       <c r="D69" s="5">
-        <v>-25.572918764244225</v>
+        <v>-25.570868001374556</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>7.7354631202000004</v>
+        <v>7.7354604052999996</v>
       </c>
       <c r="C70" s="5">
-        <v>0.14149035680000033</v>
+        <v>0.14148692159999943</v>
       </c>
       <c r="D70" s="5">
-        <v>24.79794010456493</v>
+        <v>24.797272457948317</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>7.54213384</v>
+        <v>7.5421353562000002</v>
       </c>
       <c r="C71" s="5">
-        <v>-0.1933292802000004</v>
+        <v>-0.19332504909999937</v>
       </c>
       <c r="D71" s="5">
-        <v>-26.193437171820843</v>
+        <v>-26.192948276698726</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>7.6563064399999998</v>
+        <v>7.6563154933000002</v>
       </c>
       <c r="C72" s="5">
-        <v>0.11417259999999985</v>
+        <v>0.11418013709999997</v>
       </c>
       <c r="D72" s="5">
-        <v>19.756989742765498</v>
+        <v>19.758400150887034</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>7.6703431471999997</v>
+        <v>7.6703505578</v>
       </c>
       <c r="C73" s="5">
-        <v>1.4036707199999832E-2</v>
+        <v>1.4035064499999805E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>2.222342710804881</v>
+        <v>2.2220773507107605</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>7.5731772891000002</v>
+        <v>7.5731855342000003</v>
       </c>
       <c r="C74" s="5">
-        <v>-9.7165858099999447E-2</v>
+        <v>-9.7165023599999678E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>-14.185640435147629</v>
+        <v>-14.185514198157067</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>7.548971785</v>
+        <v>7.5489826185000002</v>
       </c>
       <c r="C75" s="5">
-        <v>-2.4205504100000219E-2</v>
+        <v>-2.4202915700000105E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>-3.7687471765543212</v>
+        <v>-3.7683471943889768</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>7.4495367986999996</v>
+        <v>7.4495317318999996</v>
       </c>
       <c r="C76" s="5">
-        <v>-9.9434986300000361E-2</v>
+        <v>-9.9450886600000565E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>-14.710098742435873</v>
+        <v>-14.712263623382448</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>7.5246123225000003</v>
+        <v>7.5246271127000002</v>
       </c>
       <c r="C77" s="5">
-        <v>7.507552380000071E-2</v>
+        <v>7.5095380800000555E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>12.786810606171217</v>
+        <v>12.790391496704556</v>
       </c>
       <c r="E77" s="5">
-        <v>-1.4713665486386751</v>
+        <v>-1.4715635608925526</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>7.3951514283000002</v>
+        <v>7.3951379184999997</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.12946089420000018</v>
+        <v>-0.12948919420000049</v>
       </c>
       <c r="D78" s="5">
-        <v>-18.800135826701702</v>
+        <v>-18.803831072144806</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>7.4446768129000001</v>
+        <v>7.4446634514000003</v>
       </c>
       <c r="C79" s="5">
-        <v>4.9525384599999889E-2</v>
+        <v>4.9525532900000613E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>8.3391269752963062</v>
+        <v>8.3391686728788059</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>7.3518954114000001</v>
+        <v>7.3518852078999997</v>
       </c>
       <c r="C80" s="5">
-        <v>-9.2781401499999916E-2</v>
+        <v>-9.2778243500000634E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>-13.971638043254631</v>
+        <v>-13.971217983361207</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>7.3919435029000002</v>
+        <v>7.3919457521999998</v>
       </c>
       <c r="C81" s="5">
-        <v>4.0048091500000105E-2</v>
+        <v>4.0060544300000167E-2</v>
       </c>
       <c r="D81" s="5">
-        <v>6.7362216579607281</v>
+        <v>6.7383890636143695</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>7.4415788968000003</v>
+        <v>7.4415777408999997</v>
       </c>
       <c r="C82" s="5">
-        <v>4.9635393900000047E-2</v>
+        <v>4.9631988699999852E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>8.3621018601859998</v>
+        <v>8.3615041963167371</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>7.4444620321999997</v>
+        <v>7.4444631129000003</v>
       </c>
       <c r="C83" s="5">
-        <v>2.8831353999994036E-3</v>
+        <v>2.8853720000006078E-3</v>
       </c>
       <c r="D83" s="5">
-        <v>0.46591515833327435</v>
+        <v>0.46627743697249535</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>7.5633138962000004</v>
+        <v>7.5633185983000004</v>
       </c>
       <c r="C84" s="5">
-        <v>0.1188518640000007</v>
+        <v>0.11885548540000013</v>
       </c>
       <c r="D84" s="5">
-        <v>20.933234631060049</v>
+        <v>20.933926172640447</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>7.5849146279999999</v>
+        <v>7.5849192530999998</v>
       </c>
       <c r="C85" s="5">
-        <v>2.1600731799999551E-2</v>
+        <v>2.1600654799999397E-2</v>
       </c>
       <c r="D85" s="5">
-        <v>3.4815350955713198</v>
+        <v>3.4815202908065501</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>7.4664937392999997</v>
+        <v>7.4664970684999998</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.11842088870000023</v>
+        <v>-0.11842218459999998</v>
       </c>
       <c r="D86" s="5">
-        <v>-17.207289694591765</v>
+        <v>-17.207452521925926</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>7.3490079612999999</v>
+        <v>7.3490102187000002</v>
       </c>
       <c r="C87" s="5">
-        <v>-0.11748577799999982</v>
+        <v>-0.11748684979999968</v>
       </c>
       <c r="D87" s="5">
-        <v>-17.330720798849253</v>
+        <v>-17.330858407930517</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>7.3584348659999996</v>
+        <v>7.3584359378000004</v>
       </c>
       <c r="C88" s="5">
-        <v>9.4269046999997386E-3</v>
+        <v>9.4257191000002294E-3</v>
       </c>
       <c r="D88" s="5">
-        <v>1.5502006838970406</v>
+        <v>1.5500038618853074</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>7.3067763431000001</v>
+        <v>7.3067758025999998</v>
       </c>
       <c r="C89" s="5">
-        <v>-5.1658522899999504E-2</v>
+        <v>-5.1660135200000568E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>-8.1065899920314877</v>
+        <v>-8.1068321805397243</v>
       </c>
       <c r="E89" s="5">
-        <v>-2.8949794363309578</v>
+        <v>-2.8951774863675728</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>7.4020428328000003</v>
+        <v>7.4020409311000002</v>
       </c>
       <c r="C90" s="5">
-        <v>9.5266489700000179E-2</v>
+        <v>9.5265128500000351E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>16.817890185820026</v>
+        <v>16.817633733689298</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>7.3382897908000002</v>
+        <v>7.3382859345</v>
       </c>
       <c r="C91" s="5">
-        <v>-6.3753042000000093E-2</v>
+        <v>-6.3754996600000169E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>-9.8596642346233114</v>
+        <v>-9.8599547619977912</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>7.431778209</v>
+        <v>7.4317742469999999</v>
       </c>
       <c r="C92" s="5">
-        <v>9.3488418199999757E-2</v>
+        <v>9.3488312499999893E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>16.405790765346808</v>
+        <v>16.405780132225665</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>7.3872491926999997</v>
+        <v>7.3872507986000002</v>
       </c>
       <c r="C93" s="5">
-        <v>-4.4529016300000279E-2</v>
+        <v>-4.4523448399999666E-2</v>
       </c>
       <c r="D93" s="5">
-        <v>-6.9577706772696928</v>
+        <v>-6.9569327304596973</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>7.2578971798999996</v>
+        <v>7.2578959898999997</v>
       </c>
       <c r="C94" s="5">
-        <v>-0.12935201280000008</v>
+        <v>-0.12935480870000049</v>
       </c>
       <c r="D94" s="5">
-        <v>-19.102193521147058</v>
+        <v>-19.102563722334054</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>7.2434481624</v>
+        <v>7.2434473226999998</v>
       </c>
       <c r="C95" s="5">
-        <v>-1.4449017499999606E-2</v>
+        <v>-1.4448667199999932E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>-2.3629744483858572</v>
+        <v>-2.3629181697351953</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>7.1747525896999997</v>
+        <v>7.1747545838000004</v>
       </c>
       <c r="C96" s="5">
-        <v>-6.8695572700000263E-2</v>
+        <v>-6.8692738899999384E-2</v>
       </c>
       <c r="D96" s="5">
-        <v>-10.805334961496548</v>
+        <v>-10.804913399738581</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>7.1027906808000001</v>
+        <v>7.1027934842000002</v>
       </c>
       <c r="C97" s="5">
-        <v>-7.1961908899999649E-2</v>
+        <v>-7.1961099600000189E-2</v>
       </c>
       <c r="D97" s="5">
-        <v>-11.393610957150679</v>
+        <v>-11.393486812103692</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>7.1641680578000004</v>
+        <v>7.1641687029999996</v>
       </c>
       <c r="C98" s="5">
-        <v>6.1377377000000344E-2</v>
+        <v>6.1375218799999409E-2</v>
       </c>
       <c r="D98" s="5">
-        <v>10.876877220779768</v>
+        <v>10.876471903702246</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>7.2491297158999997</v>
+        <v>7.2491299064000003</v>
       </c>
       <c r="C99" s="5">
-        <v>8.4961658099999227E-2</v>
+        <v>8.4961203400000684E-2</v>
       </c>
       <c r="D99" s="5">
-        <v>15.197027474583935</v>
+        <v>15.19693930702697</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>7.1542437715</v>
+        <v>7.1542438192000004</v>
       </c>
       <c r="C100" s="5">
-        <v>-9.4885944399999644E-2</v>
+        <v>-9.4886087199999913E-2</v>
       </c>
       <c r="D100" s="5">
-        <v>-14.624284579242453</v>
+        <v>-14.624304671538614</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>7.2041566748000001</v>
+        <v>7.2041563310000001</v>
       </c>
       <c r="C101" s="5">
-        <v>4.9912903300000089E-2</v>
+        <v>4.991251179999967E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>8.700860380347585</v>
+        <v>8.7007894337257206</v>
       </c>
       <c r="E101" s="5">
-        <v>-1.4044451818606252</v>
+        <v>-1.4044425937290161</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>7.0996857565999996</v>
+        <v>7.0996851922999999</v>
       </c>
       <c r="C102" s="5">
-        <v>-0.10447091820000054</v>
+        <v>-0.10447113870000013</v>
       </c>
       <c r="D102" s="5">
-        <v>-16.078791668909666</v>
+        <v>-16.078823652898024</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>7.1265982002000001</v>
+        <v>7.1265979692999997</v>
       </c>
       <c r="C103" s="5">
-        <v>2.6912443600000557E-2</v>
+        <v>2.6912776999999721E-2</v>
       </c>
       <c r="D103" s="5">
-        <v>4.6448276449575054</v>
+        <v>4.6448867684355966</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>7.1159369889999997</v>
+        <v>7.1159366431000004</v>
       </c>
       <c r="C104" s="5">
-        <v>-1.0661211200000409E-2</v>
+        <v>-1.0661326199999266E-2</v>
       </c>
       <c r="D104" s="5">
-        <v>-1.780472739147021</v>
+        <v>-1.7804918441592488</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>7.0741502874000002</v>
+        <v>7.0741508787000003</v>
       </c>
       <c r="C105" s="5">
-        <v>-4.1786701599999532E-2</v>
+        <v>-4.1785764400000147E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>-6.8235288846791313</v>
+        <v>-6.8233810747667878</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>7.0705778951999996</v>
+        <v>7.0705773064999997</v>
       </c>
       <c r="C106" s="5">
-        <v>-3.572392200000607E-3</v>
+        <v>-3.573572200000541E-3</v>
       </c>
       <c r="D106" s="5">
-        <v>-0.60431060718397767</v>
+        <v>-0.60450961289698624</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>7.1425210890999997</v>
+        <v>7.1425197937</v>
       </c>
       <c r="C107" s="5">
-        <v>7.1943193900000146E-2</v>
+        <v>7.1942487200000294E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>12.917028873313985</v>
+        <v>12.916895942012484</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>7.0999978612000003</v>
+        <v>7.0999977287</v>
       </c>
       <c r="C108" s="5">
-        <v>-4.2523227899999405E-2</v>
+        <v>-4.2522064999999998E-2</v>
       </c>
       <c r="D108" s="5">
-        <v>-6.9148852655060988</v>
+        <v>-6.9147035230782468</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>7.1197133647999999</v>
+        <v>7.1197144498</v>
       </c>
       <c r="C109" s="5">
-        <v>1.9715503599999629E-2</v>
+        <v>1.9716721100000001E-2</v>
       </c>
       <c r="D109" s="5">
-        <v>3.3835640719726445</v>
+        <v>3.383776284417106</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>7.1643875978000002</v>
+        <v>7.1643871736999998</v>
       </c>
       <c r="C110" s="5">
-        <v>4.4674233000000285E-2</v>
+        <v>4.4672723899999767E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>7.7950370615136988</v>
+        <v>7.7947633624991131</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>7.1485826489999997</v>
+        <v>7.1485821073000002</v>
       </c>
       <c r="C111" s="5">
-        <v>-1.5804948800000496E-2</v>
+        <v>-1.5805066399999568E-2</v>
       </c>
       <c r="D111" s="5">
-        <v>-2.6153671700813952</v>
+        <v>-2.6153865477024252</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>7.1465110230000004</v>
+        <v>7.1465110701999999</v>
       </c>
       <c r="C112" s="5">
-        <v>-2.071625999999327E-3</v>
+        <v>-2.0710371000003391E-3</v>
       </c>
       <c r="D112" s="5">
-        <v>-0.34720067639524288</v>
+        <v>-0.34710216132320948</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>7.1023592527000003</v>
+        <v>7.1023598143999997</v>
       </c>
       <c r="C113" s="5">
-        <v>-4.4151770300000059E-2</v>
+        <v>-4.4151255800000122E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>-7.1669075439579117</v>
+        <v>-7.1668267994384083</v>
       </c>
       <c r="E113" s="5">
-        <v>-1.4130373157497433</v>
+        <v>-1.4130248140502233</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>7.0965801365000001</v>
+        <v>7.0965811261000002</v>
       </c>
       <c r="C114" s="5">
-        <v>-5.7791162000002672E-3</v>
+        <v>-5.7786882999995015E-3</v>
       </c>
       <c r="D114" s="5">
-        <v>-0.97206960851584645</v>
+        <v>-0.97199787933578419</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>7.2155354770000004</v>
+        <v>7.2155370165999999</v>
       </c>
       <c r="C115" s="5">
-        <v>0.11895534050000034</v>
+        <v>0.11895589049999966</v>
       </c>
       <c r="D115" s="5">
-        <v>22.076891059787673</v>
+        <v>22.076999354941318</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>7.0077883427999996</v>
+        <v>7.0077899981999998</v>
       </c>
       <c r="C116" s="5">
-        <v>-0.20774713420000079</v>
+        <v>-0.20774701840000009</v>
       </c>
       <c r="D116" s="5">
-        <v>-29.571422055038521</v>
+        <v>-29.571402743565901</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>7.0603527453000003</v>
+        <v>7.0603534781999997</v>
       </c>
       <c r="C117" s="5">
-        <v>5.2564402500000718E-2</v>
+        <v>5.2563479999999885E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>9.3818033423585625</v>
+        <v>9.3816295332530775</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>7.0727039982999997</v>
+        <v>7.0727016629000001</v>
       </c>
       <c r="C118" s="5">
-        <v>1.2351252999999396E-2</v>
+        <v>1.2348184700000431E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>2.1195746986518271</v>
+        <v>2.1190428562786412</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>7.2334402979999997</v>
+        <v>7.2334381805000003</v>
       </c>
       <c r="C119" s="5">
-        <v>0.16073629969999992</v>
+        <v>0.16073651760000018</v>
       </c>
       <c r="D119" s="5">
-        <v>30.952267725827799</v>
+        <v>30.952326593759594</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>7.1298645952999999</v>
+        <v>7.1298622580000002</v>
       </c>
       <c r="C120" s="5">
-        <v>-0.10357570269999972</v>
+        <v>-0.10357592250000014</v>
       </c>
       <c r="D120" s="5">
-        <v>-15.892142529008568</v>
+        <v>-15.892177935742879</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>7.1326511870999996</v>
+        <v>7.1326508493</v>
       </c>
       <c r="C121" s="5">
-        <v>2.786591799999627E-3</v>
+        <v>2.7885912999998652E-3</v>
       </c>
       <c r="D121" s="5">
-        <v>0.47000998536206318</v>
+        <v>0.4703481181564495</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>7.1718874594999997</v>
+        <v>7.1718865953000002</v>
       </c>
       <c r="C122" s="5">
-        <v>3.9236272400000161E-2</v>
+        <v>3.9235746000000127E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>6.8045516350281776</v>
+        <v>6.8044578966413249</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>7.2558113237999997</v>
+        <v>7.2558088893999999</v>
       </c>
       <c r="C123" s="5">
-        <v>8.3923864299999984E-2</v>
+        <v>8.3922294099999739E-2</v>
       </c>
       <c r="D123" s="5">
-        <v>14.982085114845599</v>
+        <v>14.981788444668599</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>7.3348672017999998</v>
+        <v>7.3348686428000001</v>
       </c>
       <c r="C124" s="5">
-        <v>7.9055878000000135E-2</v>
+        <v>7.9059753400000154E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>13.887298540203584</v>
+        <v>13.888025557113037</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>7.4073116962999999</v>
+        <v>7.4073147037</v>
       </c>
       <c r="C125" s="5">
-        <v>7.2444494500000012E-2</v>
+        <v>7.2446060899999942E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>12.517578088367888</v>
+        <v>12.517861019045862</v>
       </c>
       <c r="E125" s="5">
-        <v>4.2936780969516697</v>
+        <v>4.2937121924139232</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>7.3904967565000002</v>
+        <v>7.3905006996999996</v>
       </c>
       <c r="C126" s="5">
-        <v>-1.6814939799999706E-2</v>
+        <v>-1.6814004000000438E-2</v>
       </c>
       <c r="D126" s="5">
-        <v>-2.6903009624921204</v>
+        <v>-2.690152025109005</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>7.4044979826999997</v>
+        <v>7.4045021626</v>
       </c>
       <c r="C127" s="5">
-        <v>1.400122619999955E-2</v>
+        <v>1.4001462900000483E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>2.2972269012526247</v>
+        <v>2.2972649044479709</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>7.3973674898999997</v>
+        <v>7.3973707307999996</v>
       </c>
       <c r="C128" s="5">
-        <v>-7.130492799999999E-3</v>
+        <v>-7.1314318000004207E-3</v>
       </c>
       <c r="D128" s="5">
-        <v>-1.149492754394954</v>
+        <v>-1.1496426822413142</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>7.4500014901</v>
+        <v>7.4500023238999997</v>
       </c>
       <c r="C129" s="5">
-        <v>5.2634000200000308E-2</v>
+        <v>5.2631593100000096E-2</v>
       </c>
       <c r="D129" s="5">
-        <v>8.8804691414811732</v>
+        <v>8.880042946112642</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>7.2653771475999998</v>
+        <v>7.2653719152000003</v>
       </c>
       <c r="C130" s="5">
-        <v>-0.18462434250000026</v>
+        <v>-0.18463040869999947</v>
       </c>
       <c r="D130" s="5">
-        <v>-26.001716228546389</v>
+        <v>-26.002455114776811</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>7.4226884710999999</v>
+        <v>7.4226842587000004</v>
       </c>
       <c r="C131" s="5">
-        <v>0.1573113235000001</v>
+        <v>0.15731234350000012</v>
       </c>
       <c r="D131" s="5">
-        <v>29.311408258776652</v>
+        <v>29.311645177675551</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>7.5570134645999998</v>
+        <v>7.5570075853000001</v>
       </c>
       <c r="C132" s="5">
-        <v>0.13432499349999993</v>
+        <v>0.13432332659999968</v>
       </c>
       <c r="D132" s="5">
-        <v>24.013095505679829</v>
+        <v>24.0127822647773</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>7.5405138361999997</v>
+        <v>7.5405110097000003</v>
       </c>
       <c r="C133" s="5">
-        <v>-1.6499628400000077E-2</v>
+        <v>-1.649657559999973E-2</v>
       </c>
       <c r="D133" s="5">
-        <v>-2.5887891164094845</v>
+        <v>-2.5883178582266075</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>7.5924880167</v>
+        <v>7.5924847177999997</v>
       </c>
       <c r="C134" s="5">
-        <v>5.1974180500000244E-2</v>
+        <v>5.1973708099999349E-2</v>
       </c>
       <c r="D134" s="5">
-        <v>8.5920639340067773</v>
+        <v>8.5919861993423616</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>7.5579608267999996</v>
+        <v>7.5579560785000002</v>
       </c>
       <c r="C135" s="5">
-        <v>-3.4527189900000366E-2</v>
+        <v>-3.4528639299999497E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>-5.3226142089528583</v>
+        <v>-5.322834340799365</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>7.5335099175</v>
+        <v>7.5335134172</v>
       </c>
       <c r="C136" s="5">
-        <v>-2.4450909299999601E-2</v>
+        <v>-2.4442661300000168E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>-3.8138077469972664</v>
+        <v>-3.812546388455329</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>7.5083706095</v>
+        <v>7.5083745118999996</v>
       </c>
       <c r="C137" s="5">
-        <v>-2.5139307999999971E-2</v>
+        <v>-2.5138905300000403E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>-3.9317144050240338</v>
+        <v>-3.9316507822324431</v>
       </c>
       <c r="E137" s="5">
-        <v>1.3643129564870238</v>
+        <v>1.364324485221613</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>7.5874058302999998</v>
+        <v>7.5874167808999999</v>
       </c>
       <c r="C138" s="5">
-        <v>7.9035220799999806E-2</v>
+        <v>7.9042269000000331E-2</v>
       </c>
       <c r="D138" s="5">
-        <v>13.389112195068664</v>
+        <v>13.390368806369546</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>7.5907799630000001</v>
+        <v>7.5907942574999998</v>
       </c>
       <c r="C139" s="5">
-        <v>3.3741327000003096E-3</v>
+        <v>3.3774765999998735E-3</v>
       </c>
       <c r="D139" s="5">
-        <v>0.5349492582094495</v>
+        <v>0.53547993816462913</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>7.5921652343000003</v>
+        <v>7.5921822368000003</v>
       </c>
       <c r="C140" s="5">
-        <v>1.3852713000002126E-3</v>
+        <v>1.3879793000004526E-3</v>
       </c>
       <c r="D140" s="5">
-        <v>0.21921266158742014</v>
+        <v>0.21964120686137623</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>7.6426692694999998</v>
+        <v>7.6426582387000002</v>
       </c>
       <c r="C141" s="5">
-        <v>5.0504035199999464E-2</v>
+        <v>5.0476001899999901E-2</v>
       </c>
       <c r="D141" s="5">
-        <v>8.2811795023652444</v>
+        <v>8.2763942782111855</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>7.6562417867999999</v>
+        <v>7.6562265838999997</v>
       </c>
       <c r="C142" s="5">
-        <v>1.3572517300000086E-2</v>
+        <v>1.3568345199999499E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>2.1520030706598359</v>
+        <v>2.1513382223513844</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>7.6104373765000002</v>
+        <v>7.6104277696000002</v>
       </c>
       <c r="C143" s="5">
-        <v>-4.5804410299999709E-2</v>
+        <v>-4.5798814299999435E-2</v>
       </c>
       <c r="D143" s="5">
-        <v>-6.9475701949589634</v>
+        <v>-6.9467624710262132</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>7.5722912268</v>
+        <v>7.5722819790000004</v>
       </c>
       <c r="C144" s="5">
-        <v>-3.8146149700000187E-2</v>
+        <v>-3.8145790599999785E-2</v>
       </c>
       <c r="D144" s="5">
-        <v>-5.8517394343168716</v>
+        <v>-5.851693041248252</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>7.7415617892000004</v>
+        <v>7.7415570281999999</v>
       </c>
       <c r="C145" s="5">
-        <v>0.16927056240000038</v>
+        <v>0.16927504919999947</v>
       </c>
       <c r="D145" s="5">
-        <v>30.381301797769122</v>
+        <v>30.382250367078246</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>7.7112184395999996</v>
+        <v>7.7112134228000002</v>
       </c>
       <c r="C146" s="5">
-        <v>-3.0343349600000735E-2</v>
+        <v>-3.0343605399999696E-2</v>
       </c>
       <c r="D146" s="5">
-        <v>-4.6033649763661533</v>
+        <v>-4.6034057211479018</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>7.6604281846999998</v>
+        <v>7.6604220512000003</v>
       </c>
       <c r="C147" s="5">
-        <v>-5.0790254899999887E-2</v>
+        <v>-5.0791371599999913E-2</v>
       </c>
       <c r="D147" s="5">
-        <v>-7.6237184435726917</v>
+        <v>-7.6238848191251147</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>7.7423518737999997</v>
+        <v>7.7423578009999998</v>
       </c>
       <c r="C148" s="5">
-        <v>8.1923689099999919E-2</v>
+        <v>8.1935749799999513E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>13.615691663811402</v>
+        <v>13.617827061870557</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>7.7112216598999996</v>
+        <v>7.7112263054000003</v>
       </c>
       <c r="C149" s="5">
-        <v>-3.1130213900000037E-2</v>
+        <v>-3.1131495599999504E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>-4.7196413569288502</v>
+        <v>-4.7198278642228146</v>
       </c>
       <c r="E149" s="5">
-        <v>2.7016653938650936</v>
+        <v>2.7016738866515233</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>7.7858783849000002</v>
+        <v>7.7858957561000004</v>
       </c>
       <c r="C150" s="5">
-        <v>7.4656725000000534E-2</v>
+        <v>7.4669450700000084E-2</v>
       </c>
       <c r="D150" s="5">
-        <v>12.256925490627314</v>
+        <v>12.259119479708191</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>7.7822252091999999</v>
+        <v>7.7822559580000004</v>
       </c>
       <c r="C151" s="5">
-        <v>-3.653175700000233E-3</v>
+        <v>-3.6397981000000357E-3</v>
       </c>
       <c r="D151" s="5">
-        <v>-0.56159566177836906</v>
+        <v>-0.5595431887031932</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>7.8953695720999999</v>
+        <v>7.8953991603000002</v>
       </c>
       <c r="C152" s="5">
-        <v>0.11314436289999996</v>
+        <v>0.11314320229999986</v>
       </c>
       <c r="D152" s="5">
-        <v>18.911546425802548</v>
+        <v>18.911255874754886</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>7.8294310583</v>
+        <v>7.8294068428000001</v>
       </c>
       <c r="C153" s="5">
-        <v>-6.5938513799999932E-2</v>
+        <v>-6.5992317500000119E-2</v>
       </c>
       <c r="D153" s="5">
-        <v>-9.574089868870395</v>
+        <v>-9.5815121757152237</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>7.9472707421999997</v>
+        <v>7.9472462533000003</v>
       </c>
       <c r="C154" s="5">
-        <v>0.11783968389999977</v>
+        <v>0.11783941050000024</v>
       </c>
       <c r="D154" s="5">
-        <v>19.633731919899478</v>
+        <v>19.633748369890203</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>7.8930018526000003</v>
+        <v>7.8929863786999999</v>
       </c>
       <c r="C155" s="5">
-        <v>-5.4268889599999426E-2</v>
+        <v>-5.4259874600000479E-2</v>
       </c>
       <c r="D155" s="5">
-        <v>-7.8934840871774608</v>
+        <v>-7.8922450981427472</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>7.7909745462000002</v>
+        <v>7.7909598530000004</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.10202730640000013</v>
+        <v>-0.10202652569999948</v>
       </c>
       <c r="D156" s="5">
-        <v>-14.454933393197678</v>
+        <v>-14.454856882506073</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>7.7432401792999999</v>
+        <v>7.7432321703999998</v>
       </c>
       <c r="C157" s="5">
-        <v>-4.7734366900000325E-2</v>
+        <v>-4.7727682600000598E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>-7.1094917776559292</v>
+        <v>-7.1085424855643726</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>7.7213183060999997</v>
+        <v>7.7213097470000003</v>
       </c>
       <c r="C158" s="5">
-        <v>-2.1921873200000164E-2</v>
+        <v>-2.1922423399999502E-2</v>
       </c>
       <c r="D158" s="5">
-        <v>-3.3449140967916402</v>
+        <v>-3.3450001513482097</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>7.6476745813000004</v>
+        <v>7.6476721456999996</v>
       </c>
       <c r="C159" s="5">
-        <v>-7.3643724799999255E-2</v>
+        <v>-7.3637601300000632E-2</v>
       </c>
       <c r="D159" s="5">
-        <v>-10.86355229736624</v>
+        <v>-10.862707250864389</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>7.7519277865999996</v>
+        <v>7.7519337478999999</v>
       </c>
       <c r="C160" s="5">
-        <v>0.10425320529999915</v>
+        <v>0.10426160220000025</v>
       </c>
       <c r="D160" s="5">
-        <v>17.642385464900755</v>
+        <v>17.643920685970382</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>7.7066262399000003</v>
+        <v>7.7066297956999996</v>
       </c>
       <c r="C161" s="5">
-        <v>-4.5301546699999307E-2</v>
+        <v>-4.5303952200000275E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>-6.7916238869196626</v>
+        <v>-6.7919679519953142</v>
       </c>
       <c r="E161" s="5">
-        <v>-5.9593929505319387E-2</v>
+        <v>-5.9608024949053817E-2</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>7.5952242006999997</v>
+        <v>7.5952487504999997</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.11140203920000058</v>
+        <v>-0.11138104519999992</v>
       </c>
       <c r="D162" s="5">
-        <v>-16.031650659646424</v>
+        <v>-16.028858630973652</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>7.5879062683000003</v>
+        <v>7.5879524418999997</v>
       </c>
       <c r="C163" s="5">
-        <v>-7.3179323999994494E-3</v>
+        <v>-7.2963085999999677E-3</v>
       </c>
       <c r="D163" s="5">
-        <v>-1.1500823064466537</v>
+        <v>-1.1466981702974666</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>7.5130623439999997</v>
+        <v>7.5131088665999997</v>
       </c>
       <c r="C164" s="5">
-        <v>-7.4843924300000531E-2</v>
+        <v>-7.4843575300000076E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-11.214831777128486</v>
+        <v>-11.21471770111464</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>7.4182344404</v>
+        <v>7.4181961468999997</v>
       </c>
       <c r="C165" s="5">
-        <v>-9.4827903599999708E-2</v>
+        <v>-9.4912719699999926E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>-14.137656067546278</v>
+        <v>-14.149354152500571</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>7.3386818045000002</v>
+        <v>7.3386466602000002</v>
       </c>
       <c r="C166" s="5">
-        <v>-7.9552635899999835E-2</v>
+        <v>-7.9549486699999505E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>-12.136188245485569</v>
+        <v>-12.135794789688493</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>7.3739055839000001</v>
+        <v>7.3738821014999996</v>
       </c>
       <c r="C167" s="5">
-        <v>3.5223779399999877E-2</v>
+        <v>3.5235441299999337E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>5.914197179541536</v>
+        <v>5.9162363331022094</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>7.3998508324000003</v>
+        <v>7.3998411738999996</v>
       </c>
       <c r="C168" s="5">
-        <v>2.594524850000024E-2</v>
+        <v>2.5959072400000061E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>4.3049002260775904</v>
+        <v>4.3072524975075632</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>7.3475390485999998</v>
+        <v>7.3475250071999998</v>
       </c>
       <c r="C169" s="5">
-        <v>-5.2311783800000455E-2</v>
+        <v>-5.2316166699999833E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>-8.1609778328253775</v>
+        <v>-8.1616454703826946</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>7.3214243786999997</v>
+        <v>7.3214109219000001</v>
       </c>
       <c r="C170" s="5">
-        <v>-2.6114669900000109E-2</v>
+        <v>-2.6114085299999701E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-4.1826537906056398</v>
+        <v>-4.1825698182972655</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>7.5274121549000004</v>
+        <v>7.5274113783000001</v>
       </c>
       <c r="C171" s="5">
-        <v>0.20598777620000064</v>
+        <v>0.20600045639999998</v>
       </c>
       <c r="D171" s="5">
-        <v>39.508728249246403</v>
+        <v>39.511632575141256</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>7.4480354122000003</v>
+        <v>7.4480388689000003</v>
       </c>
       <c r="C172" s="5">
-        <v>-7.9376742700000058E-2</v>
+        <v>-7.9372509399999736E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>-11.945320130277338</v>
+        <v>-11.944720709971024</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>7.4904999381000001</v>
+        <v>7.4905025024</v>
       </c>
       <c r="C173" s="5">
-        <v>4.2464525899999828E-2</v>
+        <v>4.2463633499999709E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>7.0604002870874094</v>
+        <v>7.0602438480421803</v>
       </c>
       <c r="E173" s="5">
-        <v>-2.8044217413975003</v>
+        <v>-2.8044333129974675</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>7.7200472083999996</v>
+        <v>7.7200741342999999</v>
       </c>
       <c r="C174" s="5">
-        <v>0.22954727029999944</v>
+        <v>0.22957163189999985</v>
       </c>
       <c r="D174" s="5">
-        <v>43.651384386615952</v>
+        <v>43.656806656239212</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>7.8006253882000003</v>
+        <v>7.8006892117</v>
       </c>
       <c r="C175" s="5">
-        <v>8.0578179800000704E-2</v>
+        <v>8.0615077400000068E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>13.269658955513775</v>
+        <v>13.276039425335885</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>7.8487474499000003</v>
+        <v>7.8487986498</v>
       </c>
       <c r="C176" s="5">
-        <v>4.8122061699999996E-2</v>
+        <v>4.8109438100000013E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>7.6592112723880001</v>
+        <v>7.6570686462856141</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>7.2141138304999997</v>
+        <v>7.2140733338</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.63463361940000063</v>
+        <v>-0.63472531599999993</v>
       </c>
       <c r="D177" s="5">
-        <v>-63.642699564651714</v>
+        <v>-63.647994337734005</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>7.2357106464000003</v>
+        <v>7.2356734711000001</v>
       </c>
       <c r="C178" s="5">
-        <v>2.1596815900000621E-2</v>
+        <v>2.16001373000001E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>3.6521718622414268</v>
+        <v>3.6527636595113711</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>7.2561799925999999</v>
+        <v>7.2561521508000002</v>
       </c>
       <c r="C179" s="5">
-        <v>2.0469346199999627E-2</v>
+        <v>2.0478679700000058E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>3.448040697232635</v>
+        <v>3.4496554701110904</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>7.2972797965999998</v>
+        <v>7.2972765266000001</v>
       </c>
       <c r="C180" s="5">
-        <v>4.1099803999999907E-2</v>
+        <v>4.1124375799999946E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>7.0127237325177116</v>
+        <v>7.0170756509334353</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>7.3499645500000002</v>
+        <v>7.3499439530000004</v>
       </c>
       <c r="C181" s="5">
-        <v>5.2684753400000339E-2</v>
+        <v>5.2667426400000217E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>9.0161776151243433</v>
+        <v>9.013097884348408</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>7.3096876001000002</v>
+        <v>7.3096665037999999</v>
       </c>
       <c r="C182" s="5">
-        <v>-4.027694989999997E-2</v>
+        <v>-4.0277449200000426E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>-6.3812440406587845</v>
+        <v>-6.3813381250893304</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>7.3066879091999999</v>
+        <v>7.3066851969000002</v>
       </c>
       <c r="C183" s="5">
-        <v>-2.9996909000002958E-3</v>
+        <v>-2.9813068999997583E-3</v>
       </c>
       <c r="D183" s="5">
-        <v>-0.49133640888712193</v>
+        <v>-0.48833334695164154</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>7.3363447913000002</v>
+        <v>7.3363360786999996</v>
       </c>
       <c r="C184" s="5">
-        <v>2.9656882100000281E-2</v>
+        <v>2.9650881799999418E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>4.9808573702610826</v>
+        <v>4.9798289153348607</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>7.4739348775999996</v>
+        <v>7.4739218166999999</v>
       </c>
       <c r="C185" s="5">
-        <v>0.13759008629999947</v>
+        <v>0.13758573800000029</v>
       </c>
       <c r="D185" s="5">
-        <v>24.978384072905445</v>
+        <v>24.977544321029988</v>
       </c>
       <c r="E185" s="5">
-        <v>-0.22114759544611395</v>
+        <v>-0.22135611989566595</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>7.5498713200000003</v>
+        <v>7.5499144204000004</v>
       </c>
       <c r="C186" s="5">
-        <v>7.5936442400000637E-2</v>
+        <v>7.5992603700000494E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>12.897124893849664</v>
+        <v>12.907226844997099</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>7.4138267621000002</v>
+        <v>7.4139129163000002</v>
       </c>
       <c r="C187" s="5">
-        <v>-0.13604455790000003</v>
+        <v>-0.13600150410000023</v>
       </c>
       <c r="D187" s="5">
-        <v>-19.603968885096034</v>
+        <v>-19.598265128937385</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>7.5859926626999998</v>
+        <v>7.5860615673999998</v>
       </c>
       <c r="C188" s="5">
-        <v>0.17216590059999959</v>
+        <v>0.17214865109999966</v>
       </c>
       <c r="D188" s="5">
-        <v>31.716388743235392</v>
+        <v>31.712377927627156</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>7.7202611121000002</v>
+        <v>7.7202118537000004</v>
       </c>
       <c r="C189" s="5">
-        <v>0.13426844940000038</v>
+        <v>0.13415028630000059</v>
       </c>
       <c r="D189" s="5">
-        <v>23.434013383737849</v>
+        <v>23.411110796215073</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>7.7332933450999999</v>
+        <v>7.7332511133999997</v>
       </c>
       <c r="C190" s="5">
-        <v>1.3032232999999671E-2</v>
+        <v>1.3039259699999306E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>2.0445803304368182</v>
+        <v>2.0457061587542125</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>7.7458368248999996</v>
+        <v>7.7458036760000004</v>
       </c>
       <c r="C191" s="5">
-        <v>1.2543479799999702E-2</v>
+        <v>1.2552562600000705E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>1.9638703786857503</v>
+        <v>1.9653159755999461</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>7.5840848828</v>
+        <v>7.5840898447000002</v>
       </c>
       <c r="C192" s="5">
-        <v>-0.16175194209999955</v>
+        <v>-0.16171383130000017</v>
       </c>
       <c r="D192" s="5">
-        <v>-22.372054006559416</v>
+        <v>-22.367457826982996</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>7.6482409401</v>
+        <v>7.6482152349000003</v>
       </c>
       <c r="C193" s="5">
-        <v>6.4156057299999958E-2</v>
+        <v>6.4125390200000076E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>10.63703033469745</v>
+        <v>10.631699723045429</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>7.6947859106000003</v>
+        <v>7.6947600916000001</v>
       </c>
       <c r="C194" s="5">
-        <v>4.6544970500000282E-2</v>
+        <v>4.6544856699999748E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>7.5523148648127369</v>
+        <v>7.5523220157969417</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>7.7027983527000004</v>
+        <v>7.7027899609999997</v>
       </c>
       <c r="C195" s="5">
-        <v>8.0124421000000723E-3</v>
+        <v>8.0298693999996118E-3</v>
       </c>
       <c r="D195" s="5">
-        <v>1.2567194729774522</v>
+        <v>1.2594728330560967</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>7.5179106137999998</v>
+        <v>7.5178899673000004</v>
       </c>
       <c r="C196" s="5">
-        <v>-0.18488773890000054</v>
+        <v>-0.18489999369999932</v>
       </c>
       <c r="D196" s="5">
-        <v>-25.28917249535899</v>
+        <v>-25.290657919688144</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>7.4589217664999996</v>
+        <v>7.4588955636999996</v>
       </c>
       <c r="C197" s="5">
-        <v>-5.8988847300000202E-2</v>
+        <v>-5.8994403600000744E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>-9.0198326092016163</v>
+        <v>-9.020669595486396</v>
       </c>
       <c r="E197" s="5">
-        <v>-0.20087291829362641</v>
+        <v>-0.20104910605868165</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>7.2762516900999996</v>
+        <v>7.2763062381000001</v>
       </c>
       <c r="C198" s="5">
-        <v>-0.18267007639999999</v>
+        <v>-0.18258932559999952</v>
       </c>
       <c r="D198" s="5">
-        <v>-25.735727073497038</v>
+        <v>-25.725914948172168</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>7.3177302934000004</v>
+        <v>7.3178332173999996</v>
       </c>
       <c r="C199" s="5">
-        <v>4.1478603300000749E-2</v>
+        <v>4.1526979299999489E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>7.0592577205496276</v>
+        <v>7.0676963297860773</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>7.3118744486000002</v>
+        <v>7.3119457913000003</v>
       </c>
       <c r="C200" s="5">
-        <v>-5.8558448000001206E-3</v>
+        <v>-5.88742609999926E-3</v>
       </c>
       <c r="D200" s="5">
-        <v>-0.95605716491402593</v>
+        <v>-0.96117704685976246</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>7.5341930274999998</v>
+        <v>7.5341492818000004</v>
       </c>
       <c r="C201" s="5">
-        <v>0.22231857889999951</v>
+        <v>0.2222034905000001</v>
       </c>
       <c r="D201" s="5">
-        <v>43.250519571664348</v>
+        <v>43.223768558049017</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>7.5328806289000001</v>
+        <v>7.5328427281000003</v>
       </c>
       <c r="C202" s="5">
-        <v>-1.3123985999996535E-3</v>
+        <v>-1.3065537000001015E-3</v>
       </c>
       <c r="D202" s="5">
-        <v>-0.2088306425864328</v>
+        <v>-0.20790268706853965</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>7.5385011292000002</v>
+        <v>7.5384685262</v>
       </c>
       <c r="C203" s="5">
-        <v>5.6205003000000531E-3</v>
+        <v>5.6257980999996349E-3</v>
       </c>
       <c r="D203" s="5">
-        <v>0.89903816687630922</v>
+        <v>0.899893617082137</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>7.7740035759000001</v>
+        <v>7.7740072888</v>
       </c>
       <c r="C204" s="5">
-        <v>0.23550244669999998</v>
+        <v>0.23553876260000006</v>
       </c>
       <c r="D204" s="5">
-        <v>44.649448475796575</v>
+        <v>44.657784827090282</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>7.6489669444999997</v>
+        <v>7.6489387062</v>
       </c>
       <c r="C205" s="5">
-        <v>-0.12503663140000043</v>
+        <v>-0.12506858259999998</v>
       </c>
       <c r="D205" s="5">
-        <v>-17.681665239344234</v>
+        <v>-17.685783744104601</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>7.6820333868999997</v>
+        <v>7.6820034662000003</v>
       </c>
       <c r="C206" s="5">
-        <v>3.3066442400000007E-2</v>
+        <v>3.3064760000000248E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>5.3127308917133576</v>
+        <v>5.3124742055911112</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>7.8109790621000004</v>
+        <v>7.8109660088000004</v>
       </c>
       <c r="C207" s="5">
-        <v>0.12894567520000066</v>
+        <v>0.12896254260000006</v>
       </c>
       <c r="D207" s="5">
-        <v>22.110047430793657</v>
+        <v>22.11330598337975</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>7.7961270240999996</v>
+        <v>7.7960956015000002</v>
       </c>
       <c r="C208" s="5">
-        <v>-1.4852038000000789E-2</v>
+        <v>-1.487040730000011E-2</v>
       </c>
       <c r="D208" s="5">
-        <v>-2.2580059319083357</v>
+        <v>-2.2607732408013503</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>7.7585027389999999</v>
+        <v>7.7584647160999998</v>
       </c>
       <c r="C209" s="5">
-        <v>-3.762428509999971E-2</v>
+        <v>-3.763088540000048E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>-5.6399560075000128</v>
+        <v>-5.6409414246273437</v>
       </c>
       <c r="E209" s="5">
-        <v>4.0164112438542787</v>
+        <v>4.0162668835035609</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>7.5886807011000004</v>
+        <v>7.5887478183999999</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.1698220378999995</v>
+        <v>-0.16971689769999987</v>
       </c>
       <c r="D210" s="5">
-        <v>-23.323841537023327</v>
+        <v>-23.311193369096394</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>7.5127945417999999</v>
+        <v>7.5129004113000004</v>
       </c>
       <c r="C211" s="5">
-        <v>-7.5886159300000422E-2</v>
+        <v>-7.5847407099999486E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>-11.361421125378312</v>
+        <v>-11.355839445467709</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>7.6118674695999999</v>
+        <v>7.6119422882999999</v>
       </c>
       <c r="C212" s="5">
-        <v>9.9072927799999988E-2</v>
+        <v>9.9041876999999445E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>17.024413670621819</v>
+        <v>17.01842784932883</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>7.6514022689000001</v>
+        <v>7.6513650154999997</v>
       </c>
       <c r="C213" s="5">
-        <v>3.9534799300000145E-2</v>
+        <v>3.9422727199999841E-2</v>
       </c>
       <c r="D213" s="5">
-        <v>6.4137644013519735</v>
+        <v>6.3949972045315828</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>7.7334764502000004</v>
+        <v>7.7334419172000004</v>
       </c>
       <c r="C214" s="5">
-        <v>8.2074181300000326E-2</v>
+        <v>8.2076901700000704E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>13.659249395777561</v>
+        <v>13.659799658000104</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>7.8356312704000004</v>
+        <v>7.8355990607999999</v>
       </c>
       <c r="C215" s="5">
-        <v>0.1021548202</v>
+        <v>0.1021571435999995</v>
       </c>
       <c r="D215" s="5">
-        <v>17.05519171846559</v>
+        <v>17.055690002501468</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>7.9633937788000004</v>
+        <v>7.9633984663000001</v>
       </c>
       <c r="C216" s="5">
-        <v>0.12776250840000003</v>
+        <v>0.12779940550000024</v>
       </c>
       <c r="D216" s="5">
-        <v>21.420050521373568</v>
+        <v>21.42689778123783</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>8.0556757892000004</v>
+        <v>8.0556465515000006</v>
       </c>
       <c r="C217" s="5">
-        <v>9.2282010399999947E-2</v>
+        <v>9.2248085200000496E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>14.827378973270688</v>
+        <v>14.82156689267593</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>8.1912771754999998</v>
+        <v>8.1912468238000002</v>
       </c>
       <c r="C218" s="5">
-        <v>0.1356013862999994</v>
+        <v>0.1356002722999996</v>
       </c>
       <c r="D218" s="5">
-        <v>22.178759517498413</v>
+        <v>22.17864821468465</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>8.1253608198999991</v>
+        <v>8.1253424213999992</v>
       </c>
       <c r="C219" s="5">
-        <v>-6.5916355600000642E-2</v>
+        <v>-6.5904402400001061E-2</v>
       </c>
       <c r="D219" s="5">
-        <v>-9.2404349053020418</v>
+        <v>-9.2388654310053386</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>8.2795792523999996</v>
+        <v>8.2795475170999993</v>
       </c>
       <c r="C220" s="5">
-        <v>0.15421843250000045</v>
+        <v>0.15420509570000007</v>
       </c>
       <c r="D220" s="5">
-        <v>25.310465522361181</v>
+        <v>25.308106747915016</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>8.3616847189999994</v>
+        <v>8.3616494042999996</v>
       </c>
       <c r="C221" s="5">
-        <v>8.2105466599999843E-2</v>
+        <v>8.2101887200000334E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>12.570928474866783</v>
+        <v>12.57040105463545</v>
       </c>
       <c r="E221" s="5">
-        <v>7.7744637115091608</v>
+        <v>7.7745367192081138</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>8.7842068147999992</v>
+        <v>8.7842699707000005</v>
       </c>
       <c r="C222" s="5">
-        <v>0.42252209579999978</v>
+        <v>0.4226205664000009</v>
       </c>
       <c r="D222" s="5">
-        <v>80.677955526482179</v>
+        <v>80.702702342869387</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>8.8910867339999999</v>
+        <v>8.8911832802999999</v>
       </c>
       <c r="C223" s="5">
-        <v>0.10687991920000073</v>
+        <v>0.10691330959999945</v>
       </c>
       <c r="D223" s="5">
-        <v>15.618554616641433</v>
+        <v>15.623645224991822</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>8.8925800334999998</v>
+        <v>8.8926409237000001</v>
       </c>
       <c r="C224" s="5">
-        <v>1.4932994999998783E-3</v>
+        <v>1.4576434000002081E-3</v>
       </c>
       <c r="D224" s="5">
-        <v>0.20173188097489803</v>
+        <v>0.19690856522682765</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>9.3679774775000002</v>
+        <v>9.3679558067999995</v>
       </c>
       <c r="C225" s="5">
-        <v>0.47539744400000039</v>
+        <v>0.47531488309999936</v>
       </c>
       <c r="D225" s="5">
-        <v>86.817116598094188</v>
+        <v>86.796581539528134</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>9.4479074309000008</v>
+        <v>9.4478821796000005</v>
       </c>
       <c r="C226" s="5">
-        <v>7.9929953400000642E-2</v>
+        <v>7.9926372800001033E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>10.733110264179491</v>
+        <v>10.732632677077337</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>9.4372029775000001</v>
+        <v>9.4371773160999997</v>
       </c>
       <c r="C227" s="5">
-        <v>-1.0704453400000702E-2</v>
+        <v>-1.0704863500000883E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-1.3511563422385353</v>
+        <v>-1.3512113733380571</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>9.3563702783</v>
+        <v>9.356369441</v>
       </c>
       <c r="C228" s="5">
-        <v>-8.0832699200000135E-2</v>
+        <v>-8.0807875099999649E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>-9.8077428915211549</v>
+        <v>-9.8048967164618528</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>9.3611697735000003</v>
+        <v>9.3611446851999993</v>
       </c>
       <c r="C229" s="5">
-        <v>4.7994952000003366E-3</v>
+        <v>4.7752441999993067E-3</v>
       </c>
       <c r="D229" s="5">
-        <v>0.61729826016214684</v>
+        <v>0.61417045575744567</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>9.3042775121000005</v>
+        <v>9.3042470125999994</v>
       </c>
       <c r="C230" s="5">
-        <v>-5.6892261399999811E-2</v>
+        <v>-5.6897672599999893E-2</v>
       </c>
       <c r="D230" s="5">
-        <v>-7.0540642913668794</v>
+        <v>-7.0547312368942405</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>9.2386934692999994</v>
+        <v>9.2386732829000007</v>
       </c>
       <c r="C231" s="5">
-        <v>-6.5584042800001185E-2</v>
+        <v>-6.5573729699998751E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>-8.1382253944705329</v>
+        <v>-8.1370204976343175</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>9.2820455270999993</v>
+        <v>9.2820165139000004</v>
       </c>
       <c r="C232" s="5">
-        <v>4.3352057799999955E-2</v>
+        <v>4.3343230999999705E-2</v>
       </c>
       <c r="D232" s="5">
-        <v>5.7785565197369992</v>
+        <v>5.7773623902614535</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>9.2751205884000001</v>
+        <v>9.2750866173999995</v>
       </c>
       <c r="C233" s="5">
-        <v>-6.9249386999992169E-3</v>
+        <v>-6.929896500000865E-3</v>
       </c>
       <c r="D233" s="5">
-        <v>-0.89160442273242824</v>
+        <v>-0.89224291139003986</v>
       </c>
       <c r="E233" s="5">
-        <v>10.92406494739544</v>
+        <v>10.924127154030906</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>9.2624242324000008</v>
+        <v>9.2624853934000004</v>
       </c>
       <c r="C234" s="5">
-        <v>-1.2696355999999298E-2</v>
+        <v>-1.2601223999999078E-2</v>
       </c>
       <c r="D234" s="5">
-        <v>-1.6303231616154212</v>
+        <v>-1.6182044005959684</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>9.2626026614000008</v>
+        <v>9.2626842975999999</v>
       </c>
       <c r="C235" s="5">
-        <v>1.7842899999997996E-4</v>
+        <v>1.9890419999946118E-4</v>
       </c>
       <c r="D235" s="5">
-        <v>2.3118946150324504E-2</v>
+        <v>2.5772049560934818E-2</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>9.2650023821000005</v>
+        <v>9.2650588657000004</v>
       </c>
       <c r="C236" s="5">
-        <v>2.3997206999997189E-3</v>
+        <v>2.3745681000004737E-3</v>
       </c>
       <c r="D236" s="5">
-        <v>0.31133492192589873</v>
+        <v>0.30806435291077516</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>9.1792463055999995</v>
+        <v>9.1792269184999995</v>
       </c>
       <c r="C237" s="5">
-        <v>-8.5756076500000944E-2</v>
+        <v>-8.5831947200000869E-2</v>
       </c>
       <c r="D237" s="5">
-        <v>-10.558750679979244</v>
+        <v>-10.567560376238516</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>9.1651311632999999</v>
+        <v>9.1651086607999996</v>
       </c>
       <c r="C238" s="5">
-        <v>-1.4115142299999661E-2</v>
+        <v>-1.4118257699999859E-2</v>
       </c>
       <c r="D238" s="5">
-        <v>-1.8297415417373175</v>
+        <v>-1.8301458126706138</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>9.1405133509999992</v>
+        <v>9.1404924113000003</v>
       </c>
       <c r="C239" s="5">
-        <v>-2.4617812300000708E-2</v>
+        <v>-2.4616249499999299E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>-3.1760417460567236</v>
+        <v>-3.1758507746813547</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>9.1538109259000002</v>
+        <v>9.1538056408999999</v>
       </c>
       <c r="C240" s="5">
-        <v>1.3297574900001052E-2</v>
+        <v>1.3313229599999588E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>1.7597906250087281</v>
+        <v>1.7618830487371895</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>9.0583311468000005</v>
+        <v>9.0583128307000003</v>
       </c>
       <c r="C241" s="5">
-        <v>-9.5479779099999718E-2</v>
+        <v>-9.5492810199999667E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>-11.82305141729505</v>
+        <v>-11.824580036551978</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>9.0201162838000002</v>
+        <v>9.0200906638999996</v>
       </c>
       <c r="C242" s="5">
-        <v>-3.8214863000000321E-2</v>
+        <v>-3.8222166800000679E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>-4.9466740690495836</v>
+        <v>-4.9476074409881328</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>9.1503438993999993</v>
+        <v>9.1503276504999995</v>
       </c>
       <c r="C243" s="5">
-        <v>0.13022761559999907</v>
+        <v>0.13023698659999994</v>
       </c>
       <c r="D243" s="5">
-        <v>18.769071887219859</v>
+        <v>18.770589110325098</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>9.1982816897999999</v>
+        <v>9.1982634857000001</v>
       </c>
       <c r="C244" s="5">
-        <v>4.7937790400000679E-2</v>
+        <v>4.7935835200000554E-2</v>
       </c>
       <c r="D244" s="5">
-        <v>6.4710324697924815</v>
+        <v>6.4707727141575244</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>9.0860551795000006</v>
+        <v>9.0860342875000004</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.1122265102999993</v>
+        <v>-0.11222919819999966</v>
       </c>
       <c r="D245" s="5">
-        <v>-13.697381026089639</v>
+        <v>-13.697712709425625</v>
       </c>
       <c r="E245" s="5">
-        <v>-2.0384145639729567</v>
+        <v>-2.038281017724819</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>9.1369040204999994</v>
+        <v>9.1369471923999992</v>
       </c>
       <c r="C246" s="5">
-        <v>5.0848840999998757E-2</v>
+        <v>5.0912904899998779E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>6.9262447687955309</v>
+        <v>6.9352581871886754</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>9.2394841956999993</v>
+        <v>9.2395404394000007</v>
       </c>
       <c r="C247" s="5">
-        <v>0.10258017519999996</v>
+        <v>0.1025932470000015</v>
       </c>
       <c r="D247" s="5">
-        <v>14.336256557610172</v>
+        <v>14.338125709787185</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>9.1423030005000001</v>
+        <v>9.1423415012000007</v>
       </c>
       <c r="C248" s="5">
-        <v>-9.7181195199999237E-2</v>
+        <v>-9.7198938200000029E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>-11.916491007037255</v>
+        <v>-11.918473964395925</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>9.0864618103999995</v>
+        <v>9.0864518680999993</v>
       </c>
       <c r="C249" s="5">
-        <v>-5.5841190100000659E-2</v>
+        <v>-5.588963310000139E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>-7.088314857516254</v>
+        <v>-7.0942299280557624</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>9.0824752060999998</v>
+        <v>9.0824605509000005</v>
       </c>
       <c r="C250" s="5">
-        <v>-3.9866042999996409E-3</v>
+        <v>-3.9913171999987895E-3</v>
       </c>
       <c r="D250" s="5">
-        <v>-0.52522072400398301</v>
+        <v>-0.52584070624633883</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>9.0404293558000006</v>
+        <v>9.0404174652999991</v>
       </c>
       <c r="C251" s="5">
-        <v>-4.2045850299999188E-2</v>
+        <v>-4.2043085600001362E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-5.4159229135446907</v>
+        <v>-5.4155843272226107</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>8.9545796554999999</v>
+        <v>8.9545713313000004</v>
       </c>
       <c r="C252" s="5">
-        <v>-8.584970030000072E-2</v>
+        <v>-8.5846133999998742E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>-10.818706580404669</v>
+        <v>-10.818293859603045</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>9.0533358798000005</v>
+        <v>9.0533265616000005</v>
       </c>
       <c r="C253" s="5">
-        <v>9.8756224300000639E-2</v>
+        <v>9.8755230300000107E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>14.067296263207529</v>
+        <v>14.067159856789013</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>9.0231247298999993</v>
+        <v>9.0230992337</v>
       </c>
       <c r="C254" s="5">
-        <v>-3.0211149900001288E-2</v>
+        <v>-3.0227327900000489E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>-3.9317381188353151</v>
+        <v>-3.9338090189034003</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>9.1558078040000002</v>
+        <v>9.1558005335000008</v>
       </c>
       <c r="C255" s="5">
-        <v>0.13268307410000091</v>
+        <v>0.13270129980000078</v>
       </c>
       <c r="D255" s="5">
-        <v>19.145180732526555</v>
+        <v>19.148085386926116</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>9.1134772056000006</v>
+        <v>9.1134688735000005</v>
       </c>
       <c r="C256" s="5">
-        <v>-4.2330598399999531E-2</v>
+        <v>-4.2331660000000326E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>-5.4091060628358889</v>
+        <v>-5.4092424726336237</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>9.2024195630999994</v>
+        <v>9.2024101395999995</v>
       </c>
       <c r="C257" s="5">
-        <v>8.8942357499998792E-2</v>
+        <v>8.8941266099999083E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>12.36085115487886</v>
+        <v>12.360703158318454</v>
       </c>
       <c r="E257" s="5">
-        <v>1.2806920198167093</v>
+        <v>1.2808211857630925</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>9.3156878439999993</v>
+        <v>9.3157125981999993</v>
       </c>
       <c r="C258" s="5">
-        <v>0.11326828089999985</v>
+        <v>0.11330245859999977</v>
       </c>
       <c r="D258" s="5">
-        <v>15.812322077695695</v>
+        <v>15.817438242630288</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>9.3316616925000009</v>
+        <v>9.3316893657000008</v>
       </c>
       <c r="C259" s="5">
-        <v>1.5973848500001608E-2</v>
+        <v>1.5976767500001543E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>2.0771879513967528</v>
+        <v>2.077565543559512</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>9.3300991331999992</v>
+        <v>9.3301215820000003</v>
       </c>
       <c r="C260" s="5">
-        <v>-1.5625593000017091E-3</v>
+        <v>-1.5677837000005468E-3</v>
       </c>
       <c r="D260" s="5">
-        <v>-0.2007515190654785</v>
+        <v>-0.20142151271406172</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>9.3882771980000008</v>
+        <v>9.3882735459000006</v>
       </c>
       <c r="C261" s="5">
-        <v>5.817806480000165E-2</v>
+        <v>5.8151963900000325E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>7.7446589228896023</v>
+        <v>7.7410451424116289</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>9.2911105744999993</v>
+        <v>9.2911019402000008</v>
       </c>
       <c r="C262" s="5">
-        <v>-9.7166623500001492E-2</v>
+        <v>-9.717160569999983E-2</v>
       </c>
       <c r="D262" s="5">
-        <v>-11.736591382279048</v>
+        <v>-11.737163646736114</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>9.3415638945000001</v>
+        <v>9.3415579605999994</v>
       </c>
       <c r="C263" s="5">
-        <v>5.0453320000000801E-2</v>
+        <v>5.0456020399998636E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>6.7145210038999537</v>
+        <v>6.7148976125225079</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>9.3479271961000006</v>
+        <v>9.3479339255999996</v>
       </c>
       <c r="C264" s="5">
-        <v>6.3633016000004261E-3</v>
+        <v>6.37596500000015E-3</v>
       </c>
       <c r="D264" s="5">
-        <v>0.820487360240163</v>
+        <v>0.82212684414153525</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>9.4489133356000004</v>
+        <v>9.4489092589000006</v>
       </c>
       <c r="C265" s="5">
-        <v>0.10098613949999979</v>
+        <v>0.10097533330000097</v>
       </c>
       <c r="D265" s="5">
-        <v>13.762344134485316</v>
+        <v>13.760772397763432</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>9.5236671471999994</v>
+        <v>9.5236420543999998</v>
       </c>
       <c r="C266" s="5">
-        <v>7.4753811599999054E-2</v>
+        <v>7.4732795499999227E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>9.9178214201405712</v>
+        <v>9.9149152221353241</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>9.4585975521000005</v>
+        <v>9.4585959633000005</v>
       </c>
       <c r="C267" s="5">
-        <v>-6.5069595099998878E-2</v>
+        <v>-6.5046091099999259E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>-7.8977017166505625</v>
+        <v>-7.8949752868862628</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>9.4262017646</v>
+        <v>9.4262000646999997</v>
       </c>
       <c r="C268" s="5">
-        <v>-3.2395787500000495E-2</v>
+        <v>-3.2395898600000805E-2</v>
       </c>
       <c r="D268" s="5">
-        <v>-4.0334661064976967</v>
+        <v>-4.0334803443849543</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>9.5157575137000006</v>
+        <v>9.5157561301999998</v>
       </c>
       <c r="C269" s="5">
-        <v>8.9555749100000526E-2</v>
+        <v>8.9556065500000059E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>12.015886755651684</v>
+        <v>12.01593373153791</v>
       </c>
       <c r="E269" s="5">
-        <v>3.4049518004637402</v>
+        <v>3.4050426556365254</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>9.5032738758999997</v>
+        <v>9.5032773908999992</v>
       </c>
       <c r="C270" s="5">
-        <v>-1.2483637800000835E-2</v>
+        <v>-1.2478739300000541E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>-1.5629598875405937</v>
+        <v>-1.5623512342027635</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>9.5266390219999995</v>
+        <v>9.5266426388000003</v>
       </c>
       <c r="C271" s="5">
-        <v>2.3365146099999734E-2</v>
+        <v>2.3365247900001052E-2</v>
       </c>
       <c r="D271" s="5">
-        <v>2.9905953776616423</v>
+        <v>2.9906074629925783</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>9.5234322104999993</v>
+        <v>9.5234347309</v>
       </c>
       <c r="C272" s="5">
-        <v>-3.2068115000001285E-3</v>
+        <v>-3.2079079000002508E-3</v>
       </c>
       <c r="D272" s="5">
-        <v>-0.40319123388680156</v>
+        <v>-0.40332867581605036</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>9.5893439125000004</v>
+        <v>9.5893422170000004</v>
       </c>
       <c r="C273" s="5">
-        <v>6.5911702000001071E-2</v>
+        <v>6.5907486100000412E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>8.6287535809521856</v>
+        <v>8.6281781151663637</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>9.5960595378000004</v>
+        <v>9.5960747891999993</v>
       </c>
       <c r="C274" s="5">
-        <v>6.7156253000000277E-3</v>
+        <v>6.7325721999988986E-3</v>
       </c>
       <c r="D274" s="5">
-        <v>0.84363053981817426</v>
+        <v>0.84576782155671992</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>9.6423695249999994</v>
+        <v>9.6423684226000006</v>
       </c>
       <c r="C275" s="5">
-        <v>4.6309987199999014E-2</v>
+        <v>4.6293633400001255E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>5.9473370548867921</v>
+        <v>5.9451710887926223</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>9.6398667342</v>
+        <v>9.6398879373999993</v>
       </c>
       <c r="C276" s="5">
-        <v>-2.5027907999994881E-3</v>
+        <v>-2.4804852000013256E-3</v>
       </c>
       <c r="D276" s="5">
-        <v>-0.31102988834994516</v>
+        <v>-0.30826185549618357</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>9.6504318371999993</v>
+        <v>9.6504345777000005</v>
       </c>
       <c r="C277" s="5">
-        <v>1.0565102999999354E-2</v>
+        <v>1.0546640300001187E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>1.3231330038612876</v>
+        <v>1.3208039524423176</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>9.6168779655000005</v>
+        <v>9.6168549225</v>
       </c>
       <c r="C278" s="5">
-        <v>-3.3553871699998794E-2</v>
+        <v>-3.3579655200000502E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>-4.0934453370718664</v>
+        <v>-4.0965297339101596</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>9.5671524940000001</v>
+        <v>9.5671561331999992</v>
       </c>
       <c r="C279" s="5">
-        <v>-4.9725471500000396E-2</v>
+        <v>-4.9698789300000712E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>-6.0313265552619733</v>
+        <v>-6.0281956689072214</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>9.5362316520999997</v>
+        <v>9.5362118840000001</v>
       </c>
       <c r="C280" s="5">
-        <v>-3.092084190000044E-2</v>
+        <v>-3.0944249199999163E-2</v>
       </c>
       <c r="D280" s="5">
-        <v>-3.8101713298069106</v>
+        <v>-3.8130031170408807</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>9.5263945695000007</v>
+        <v>9.5263936000000005</v>
       </c>
       <c r="C281" s="5">
-        <v>-9.8370825999989364E-3</v>
+        <v>-9.8182839999996219E-3</v>
       </c>
       <c r="D281" s="5">
-        <v>-1.2308589280169979</v>
+        <v>-1.2285226005357308</v>
       </c>
       <c r="E281" s="5">
-        <v>0.11178359457653109</v>
+        <v>0.11178796150776993</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>9.3923654804000005</v>
+        <v>9.3923668155000009</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.13402908910000022</v>
+        <v>-0.13402678449999961</v>
       </c>
       <c r="D282" s="5">
-        <v>-15.636027818972376</v>
+        <v>-15.635780884687723</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>9.4247449845000002</v>
+        <v>9.4247299313999999</v>
       </c>
       <c r="C283" s="5">
-        <v>3.2379504099999679E-2</v>
+        <v>3.2363115899999073E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>4.2162614733592285</v>
+        <v>4.2140862887462882</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>9.3154419850999997</v>
+        <v>9.3154381426999997</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.10930299940000054</v>
+        <v>-0.10929178870000023</v>
       </c>
       <c r="D284" s="5">
-        <v>-13.062671354976363</v>
+        <v>-13.061435395859068</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>9.3870039958000007</v>
+        <v>9.3869963385999995</v>
       </c>
       <c r="C285" s="5">
-        <v>7.1562010700001011E-2</v>
+        <v>7.1558195899999788E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>9.6181446518457836</v>
+        <v>9.6176142143851386</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>9.4878625024000005</v>
+        <v>9.4878948373000007</v>
       </c>
       <c r="C286" s="5">
-        <v>0.10085850659999984</v>
+        <v>0.10089849870000123</v>
       </c>
       <c r="D286" s="5">
-        <v>13.683269349397719</v>
+        <v>13.689031526391426</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>9.5442723325000003</v>
+        <v>9.5442664847999996</v>
       </c>
       <c r="C287" s="5">
-        <v>5.640983009999978E-2</v>
+        <v>5.63716474999989E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>7.3725547145888637</v>
+        <v>7.3673742671178655</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>9.5370681409000007</v>
+        <v>9.5371037556000005</v>
       </c>
       <c r="C288" s="5">
-        <v>-7.204191599999632E-3</v>
+        <v>-7.1627291999991627E-3</v>
       </c>
       <c r="D288" s="5">
-        <v>-0.90203107368499458</v>
+        <v>-0.89686155672504819</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>9.5675903331000001</v>
+        <v>9.5676223782999994</v>
       </c>
       <c r="C289" s="5">
-        <v>3.0522192199999409E-2</v>
+        <v>3.0518622699998943E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>3.908775916552587</v>
+        <v>3.9082958662764344</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>9.6142049799000002</v>
+        <v>9.6141827975999998</v>
       </c>
       <c r="C290" s="5">
-        <v>4.6614646800000159E-2</v>
+        <v>4.6560419300000433E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>6.005810586071969</v>
+        <v>5.99861525541594</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>9.3782023127999992</v>
+        <v>9.3782033755</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.23600266710000106</v>
+        <v>-0.23597942209999978</v>
       </c>
       <c r="D291" s="5">
-        <v>-25.787913625240677</v>
+        <v>-25.785757975462619</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>9.5420154980999996</v>
+        <v>9.5419722342999993</v>
       </c>
       <c r="C292" s="5">
-        <v>0.16381318530000044</v>
+        <v>0.16376885879999925</v>
       </c>
       <c r="D292" s="5">
-        <v>23.096652406095529</v>
+        <v>23.089787707181088</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>9.4296491303999996</v>
+        <v>9.4296453486999994</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.11236636769999997</v>
+        <v>-0.11232688559999993</v>
       </c>
       <c r="D293" s="5">
-        <v>-13.25089790558993</v>
+        <v>-13.246595392235005</v>
       </c>
       <c r="E293" s="5">
-        <v>-1.0155514596229764</v>
+        <v>-1.0155810830659084</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>9.4782956877999993</v>
+        <v>9.4782933049999993</v>
       </c>
       <c r="C294" s="5">
-        <v>4.8646557399999679E-2</v>
+        <v>4.8647956299999962E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>6.3693819905562998</v>
+        <v>6.3695730065614464</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>9.4241164932999997</v>
+        <v>9.4240829252000005</v>
       </c>
       <c r="C295" s="5">
-        <v>-5.4179194499999639E-2</v>
+        <v>-5.4210379799998876E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>-6.6477661007958266</v>
+        <v>-6.6514745905440815</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>9.3993340860999997</v>
+        <v>9.3993253364000005</v>
       </c>
       <c r="C296" s="5">
-        <v>-2.4782407200000023E-2</v>
+        <v>-2.4757588800000008E-2</v>
       </c>
       <c r="D296" s="5">
-        <v>-3.1103728490325722</v>
+        <v>-3.107313735349837</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>9.3801860930000007</v>
+        <v>9.3801750211999995</v>
       </c>
       <c r="C297" s="5">
-        <v>-1.9147993099998928E-2</v>
+        <v>-1.9150315200000989E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>-2.4173927078658175</v>
+        <v>-2.4176848161528652</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>9.3719330467000006</v>
+        <v>9.3719863195999995</v>
       </c>
       <c r="C298" s="5">
-        <v>-8.253046300000122E-3</v>
+        <v>-8.1887015999999591E-3</v>
       </c>
       <c r="D298" s="5">
-        <v>-1.0507116657522908</v>
+        <v>-1.0425603319277332</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>9.3549192701999999</v>
+        <v>9.3549139523000004</v>
       </c>
       <c r="C299" s="5">
-        <v>-1.7013776500000688E-2</v>
+        <v>-1.7072367299999058E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>-2.1568557603032446</v>
+        <v>-2.1641969454421983</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>9.4461164640999993</v>
+        <v>9.4461634038</v>
       </c>
       <c r="C300" s="5">
-        <v>9.1197193899999363E-2</v>
+        <v>9.1249451499999523E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>12.346364016679146</v>
+        <v>12.353829888564483</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>9.4031050515000008</v>
+        <v>9.4031725677000004</v>
       </c>
       <c r="C301" s="5">
-        <v>-4.3011412599998522E-2</v>
+        <v>-4.2990836099999541E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>-5.3292305354725737</v>
+        <v>-5.326718716504053</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>9.4184844607000002</v>
+        <v>9.4184638303000003</v>
       </c>
       <c r="C302" s="5">
-        <v>1.5379409199999472E-2</v>
+        <v>1.5291262599999911E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>1.9804326496149827</v>
+        <v>1.9689658858629056</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>9.3755422559999992</v>
+        <v>9.3755379882999996</v>
       </c>
       <c r="C303" s="5">
-        <v>-4.2942204700000985E-2</v>
+        <v>-4.2925842000000713E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>-5.3360898015413767</v>
+        <v>-5.3341186246439465</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>9.4349034502000002</v>
+        <v>9.4348319383000003</v>
       </c>
       <c r="C304" s="5">
-        <v>5.9361194200000966E-2</v>
+        <v>5.9293950000000706E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>7.8680373335114018</v>
+        <v>7.8588158663201124</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>9.4266255994999995</v>
+        <v>9.4266144692000005</v>
       </c>
       <c r="C305" s="5">
-        <v>-8.2778507000007551E-3</v>
+        <v>-8.2174690999998745E-3</v>
       </c>
       <c r="D305" s="5">
-        <v>-1.0477719272094066</v>
+        <v>-1.0401735254674471</v>
       </c>
       <c r="E305" s="5">
-        <v>-3.2064086989758156E-2</v>
+        <v>-3.2142030669446431E-2</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>9.4583994244999996</v>
+        <v>9.4583886729</v>
       </c>
       <c r="C306" s="5">
-        <v>3.1773825000000144E-2</v>
+        <v>3.1774203699999504E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>4.120609330057623</v>
+        <v>4.1206643119912068</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>9.5319860412999997</v>
+        <v>9.5319355799000007</v>
       </c>
       <c r="C307" s="5">
-        <v>7.3586616800000115E-2</v>
+        <v>7.3546907000000772E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>9.7460683153078431</v>
+        <v>9.7405936284120429</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>9.4841377734000005</v>
+        <v>9.4841251625999998</v>
       </c>
       <c r="C308" s="5">
-        <v>-4.7848267899999186E-2</v>
+        <v>-4.7810417300000907E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>-5.8601551081480574</v>
+        <v>-5.8556766837253305</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>9.4670498744000007</v>
+        <v>9.4670403154000002</v>
       </c>
       <c r="C309" s="5">
-        <v>-1.7087898999999851E-2</v>
+        <v>-1.7084847199999587E-2</v>
       </c>
       <c r="D309" s="5">
-        <v>-2.1407844191758896</v>
+        <v>-2.1404086854251103</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>9.3544779851000008</v>
+        <v>9.3545331323000003</v>
       </c>
       <c r="C310" s="5">
-        <v>-0.11257188929999984</v>
+        <v>-0.11250718309999996</v>
       </c>
       <c r="D310" s="5">
-        <v>-13.371916571507114</v>
+        <v>-13.364738303743485</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>9.4794986557000005</v>
+        <v>9.4794937935999997</v>
       </c>
       <c r="C311" s="5">
-        <v>0.12502067059999966</v>
+        <v>0.12496066129999939</v>
       </c>
       <c r="D311" s="5">
-        <v>17.270761370630549</v>
+        <v>17.261743836252741</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>9.4632622184000006</v>
+        <v>9.4633183251999995</v>
       </c>
       <c r="C312" s="5">
-        <v>-1.6236437299999906E-2</v>
+        <v>-1.617546840000017E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>-2.0361018452485946</v>
+        <v>-2.0285287908782479</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>9.4434971405999999</v>
+        <v>9.4436161165999994</v>
       </c>
       <c r="C313" s="5">
-        <v>-1.9765077800000697E-2</v>
+        <v>-1.9702208600000048E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>-2.477742078020273</v>
+        <v>-2.4699363721385148</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>9.4210518743999998</v>
+        <v>9.4210253100999992</v>
       </c>
       <c r="C314" s="5">
-        <v>-2.2445266200000091E-2</v>
+        <v>-2.2590806500000227E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>-2.8151645634996836</v>
+        <v>-2.833144024797507</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>9.4617299402999997</v>
+        <v>9.4617351912000007</v>
       </c>
       <c r="C315" s="5">
-        <v>4.0678065899999893E-2</v>
+        <v>4.070988110000151E-2</v>
       </c>
       <c r="D315" s="5">
-        <v>5.3061744247464127</v>
+        <v>5.310438956600616</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>9.4200767169000006</v>
+        <v>9.4200182568000006</v>
       </c>
       <c r="C316" s="5">
-        <v>-4.1653223399999106E-2</v>
+        <v>-4.1716934400000127E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>-5.1566907468803773</v>
+        <v>-5.1643851322752727</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>9.5125638949999995</v>
+        <v>9.5125476481</v>
       </c>
       <c r="C317" s="5">
-        <v>9.2487178099998957E-2</v>
+        <v>9.2529391299999375E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>12.439205069204551</v>
+        <v>12.44527422649988</v>
       </c>
       <c r="E317" s="5">
-        <v>0.91165491397640075</v>
+        <v>0.91160171216053687</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>9.5397882686000006</v>
+        <v>9.5397706595000002</v>
       </c>
       <c r="C318" s="5">
-        <v>2.7224373600001073E-2</v>
+        <v>2.7223011400000274E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>3.4889039090951757</v>
+        <v>3.4887326339411606</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>9.6445725246999991</v>
+        <v>9.6444592894000003</v>
       </c>
       <c r="C319" s="5">
-        <v>0.10478425609999853</v>
+        <v>0.10468862990000005</v>
       </c>
       <c r="D319" s="5">
-        <v>14.006855854307009</v>
+        <v>13.993319429128359</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>9.5813414922</v>
+        <v>9.5813197778999992</v>
       </c>
       <c r="C320" s="5">
-        <v>-6.3231032499999174E-2</v>
+        <v>-6.3139511500001078E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>-7.5897738890101429</v>
+        <v>-7.5792667072982596</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>9.5510498711</v>
+        <v>9.5510327231000005</v>
       </c>
       <c r="C321" s="5">
-        <v>-3.0291621099999944E-2</v>
+        <v>-3.0287054799998714E-2</v>
       </c>
       <c r="D321" s="5">
-        <v>-3.7285481223353178</v>
+        <v>-3.7280041016696908</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>9.5448357021000003</v>
+        <v>9.5448759932999998</v>
       </c>
       <c r="C322" s="5">
-        <v>-6.2141689999997141E-3</v>
+        <v>-6.1567298000007042E-3</v>
       </c>
       <c r="D322" s="5">
-        <v>-0.77796432806657156</v>
+        <v>-0.77080025361712101</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>9.5100552689000004</v>
+        <v>9.5100344575999998</v>
       </c>
       <c r="C323" s="5">
-        <v>-3.4780433199999905E-2</v>
+        <v>-3.4841535700000037E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>-4.2861016891847292</v>
+        <v>-4.2934632561608455</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>9.2850253131000002</v>
+        <v>9.2850656633999993</v>
       </c>
       <c r="C324" s="5">
-        <v>-0.22502995580000018</v>
+        <v>-0.22496879420000049</v>
       </c>
       <c r="D324" s="5">
-        <v>-24.975931153382756</v>
+        <v>-24.970048364243713</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>9.2752522956999996</v>
+        <v>9.2754161781000004</v>
       </c>
       <c r="C325" s="5">
-        <v>-9.7730174000005832E-3</v>
+        <v>-9.6494852999988723E-3</v>
       </c>
       <c r="D325" s="5">
-        <v>-1.2557818841574253</v>
+        <v>-1.2399939161550022</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>9.3178254046000006</v>
+        <v>9.3178319237</v>
       </c>
       <c r="C326" s="5">
-        <v>4.2573108900000989E-2</v>
+        <v>4.241574559999961E-2</v>
       </c>
       <c r="D326" s="5">
-        <v>5.6491583494381326</v>
+        <v>5.6276474286595324</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>9.2342266478999999</v>
+        <v>9.2343057866000002</v>
       </c>
       <c r="C327" s="5">
-        <v>-8.359875670000072E-2</v>
+        <v>-8.3526137099999787E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>-10.250603677084246</v>
+        <v>-10.242126831996712</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>9.1998979940000005</v>
+        <v>9.1999347139999994</v>
       </c>
       <c r="C328" s="5">
-        <v>-3.4328653899999395E-2</v>
+        <v>-3.4371072600000829E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>-4.3709620654343473</v>
+        <v>-4.3762162836224583</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>9.1880128234999994</v>
+        <v>9.1880105046999994</v>
       </c>
       <c r="C329" s="5">
-        <v>-1.1885170500001152E-2</v>
+        <v>-1.1924209300000044E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>-1.539289007891631</v>
+        <v>-1.5443029481870152</v>
       </c>
       <c r="E329" s="5">
-        <v>-3.4118148911524315</v>
+        <v>-3.4116743001526229</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>9.2323515298000007</v>
+        <v>9.2322336409000005</v>
       </c>
       <c r="C330" s="5">
-        <v>4.4338706300001363E-2</v>
+        <v>4.4223136200001179E-2</v>
       </c>
       <c r="D330" s="5">
-        <v>5.9470516135299967</v>
+        <v>5.9311393692094372</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>9.1635714983999996</v>
+        <v>9.1631706949999998</v>
       </c>
       <c r="C331" s="5">
-        <v>-6.8780031400001107E-2</v>
+        <v>-6.9062945900000727E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>-8.58251145820571</v>
+        <v>-8.6164801359346672</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>9.1975269965000006</v>
+        <v>9.1982852121000001</v>
       </c>
       <c r="C332" s="5">
-        <v>3.395549810000098E-2</v>
+        <v>3.5114517100000242E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>4.5383357171932204</v>
+        <v>4.6967348791558727</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>9.1407178325</v>
+        <v>9.1400013429999998</v>
       </c>
       <c r="C333" s="5">
-        <v>-5.6809164000000578E-2</v>
+        <v>-5.8283869100000274E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>-7.1652059004625901</v>
+        <v>-7.3441904988124529</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>9.1413384925999992</v>
+        <v>9.1411933135000005</v>
       </c>
       <c r="C334" s="5">
-        <v>6.2066009999917071E-4</v>
+        <v>1.1919705000007497E-3</v>
       </c>
       <c r="D334" s="5">
-        <v>8.1511139675782829E-2</v>
+        <v>0.15660730762503405</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>9.0365906432000003</v>
+        <v>9.0367402116999997</v>
       </c>
       <c r="C335" s="5">
-        <v>-0.10474784939999893</v>
+        <v>-0.10445310180000078</v>
       </c>
       <c r="D335" s="5">
-        <v>-12.916109497031236</v>
+        <v>-12.882210176446286</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>9.0013245081999997</v>
+        <v>9.0013608180000002</v>
       </c>
       <c r="C336" s="5">
-        <v>-3.5266135000000531E-2</v>
+        <v>-3.537939369999954E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>-4.5838882307186024</v>
+        <v>-4.5982195774221797</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>8.9906219893999992</v>
+        <v>8.9907377605000001</v>
       </c>
       <c r="C337" s="5">
-        <v>-1.0702518800000504E-2</v>
+        <v>-1.0623057500000144E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>-1.4174989489703305</v>
+        <v>-1.4070372487974492</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>9.0046156141000004</v>
+        <v>9.0044459694000007</v>
       </c>
       <c r="C338" s="5">
-        <v>1.3993624700001206E-2</v>
+        <v>1.3708208900000685E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>1.8838352168641048</v>
+        <v>1.845065545920388</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>9.1020665550000004</v>
+        <v>9.1019570397000003</v>
       </c>
       <c r="C339" s="5">
-        <v>9.7450940899999949E-2</v>
+        <v>9.7511070299999503E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>13.788386394264274</v>
+        <v>13.797682745800909</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>9.0787385675000003</v>
+        <v>9.0801978375000001</v>
       </c>
       <c r="C340" s="5">
-        <v>-2.3327987500000091E-2</v>
+        <v>-2.1759202200000161E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>-3.0325350102408</v>
+        <v>-2.8313083468371247</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>9.0647918746999991</v>
+        <v>9.0645486102999993</v>
       </c>
       <c r="C341" s="5">
-        <v>-1.3946692800001159E-2</v>
+        <v>-1.5649227200000837E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>-1.8279355747982118</v>
+        <v>-2.0486431818197537</v>
       </c>
       <c r="E341" s="5">
-        <v>-1.3411055379117465</v>
+        <v>-1.3437282677990492</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>9.0411162590000007</v>
+        <v>9.0407112483999992</v>
       </c>
       <c r="C342" s="5">
-        <v>-2.3675615699998431E-2</v>
+        <v>-2.3837361900000076E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>-3.0895525043355798</v>
+        <v>-3.1104375419957253</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>8.9838889982999994</v>
+        <v>8.9830874873000006</v>
       </c>
       <c r="C343" s="5">
-        <v>-5.7227260700001281E-2</v>
+        <v>-5.7623761099998561E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>-7.3366746175809077</v>
+        <v>-7.3860579773431079</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>9.0252452156</v>
+        <v>9.0266951597999991</v>
       </c>
       <c r="C344" s="5">
-        <v>4.1356217300000608E-2</v>
+        <v>4.3607672499998529E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>5.6660805302963135</v>
+        <v>5.983379025054858</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>9.0348874788</v>
+        <v>9.0333850032999994</v>
       </c>
       <c r="C345" s="5">
-        <v>9.6422631999999453E-3</v>
+        <v>6.6898435000002365E-3</v>
       </c>
       <c r="D345" s="5">
-        <v>1.2895991116221861</v>
+        <v>0.8929752888448883</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>9.0427082192999997</v>
+        <v>9.0423386087999997</v>
       </c>
       <c r="C346" s="5">
-        <v>7.820740499999701E-3</v>
+        <v>8.95360550000035E-3</v>
       </c>
       <c r="D346" s="5">
-        <v>1.0436984613297895</v>
+        <v>1.1959074528005376</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>9.0543774997999993</v>
+        <v>9.0547133942000002</v>
       </c>
       <c r="C347" s="5">
-        <v>1.1669280499999601E-2</v>
+        <v>1.2374785400000476E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>1.5595939775465029</v>
+        <v>1.6546634674476257</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>9.0080206418</v>
+        <v>9.0079020522000004</v>
       </c>
       <c r="C348" s="5">
-        <v>-4.6356857999999335E-2</v>
+        <v>-4.6811341999999811E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>-5.9737092619790211</v>
+        <v>-6.030403271426044</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>9.1951732506999999</v>
+        <v>9.1952265285999992</v>
       </c>
       <c r="C349" s="5">
-        <v>0.18715260889999996</v>
+        <v>0.18732447639999883</v>
       </c>
       <c r="D349" s="5">
-        <v>27.987196029292384</v>
+        <v>28.016317569169715</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>9.2929940892000005</v>
+        <v>9.2926857655999999</v>
       </c>
       <c r="C350" s="5">
-        <v>9.7820838500000562E-2</v>
+        <v>9.7459237000000698E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>13.540011576656163</v>
+        <v>13.486924436184156</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>9.8632656230000002</v>
+        <v>9.8630028898000006</v>
       </c>
       <c r="C351" s="5">
-        <v>0.57027153379999973</v>
+        <v>0.57031712420000069</v>
       </c>
       <c r="D351" s="5">
-        <v>104.35290589215435</v>
+        <v>104.36894589808378</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>9.9566312482000008</v>
+        <v>9.9595530677999999</v>
       </c>
       <c r="C352" s="5">
-        <v>9.3365625200000579E-2</v>
+        <v>9.655017799999932E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>11.969651640812074</v>
+        <v>12.400508440836976</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>9.0495022273999997</v>
+        <v>9.0490454198000005</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.90712902080000113</v>
+        <v>-0.91050764799999939</v>
       </c>
       <c r="D353" s="5">
-        <v>-68.220488334179791</v>
+        <v>-68.35136260023576</v>
       </c>
       <c r="E353" s="5">
-        <v>-0.1686706932861104</v>
+        <v>-0.17103102610517285</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>9.0600411724000001</v>
+        <v>9.0598592840999999</v>
       </c>
       <c r="C354" s="5">
-        <v>1.053894500000041E-2</v>
+        <v>1.081386429999931E-2</v>
       </c>
       <c r="D354" s="5">
-        <v>1.4064922336227692</v>
+        <v>1.4434968749493793</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>9.0011077461000006</v>
+        <v>9.0001074498999998</v>
       </c>
       <c r="C355" s="5">
-        <v>-5.8933426299999425E-2</v>
+        <v>-5.9751834200000076E-2</v>
       </c>
       <c r="D355" s="5">
-        <v>-7.5324248247960472</v>
+        <v>-7.633411294068992</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>9.0608190679000007</v>
+        <v>9.0632203731000001</v>
       </c>
       <c r="C356" s="5">
-        <v>5.971132180000005E-2</v>
+        <v>6.3112923200000282E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>8.2574951570204327</v>
+        <v>8.7472160261574672</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>9.1334140343999994</v>
+        <v>9.1292911588999992</v>
       </c>
       <c r="C357" s="5">
-        <v>7.2594966499998748E-2</v>
+        <v>6.6070785799999143E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>10.049543853337251</v>
+        <v>9.1074027472823893</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>9.1409319255000003</v>
+        <v>9.1406797219999998</v>
       </c>
       <c r="C358" s="5">
-        <v>7.5178911000008952E-3</v>
+        <v>1.1388563100000582E-2</v>
       </c>
       <c r="D358" s="5">
-        <v>0.99222734914055088</v>
+        <v>1.5072837900753866</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>9.1652790784999993</v>
+        <v>9.1660921973999994</v>
       </c>
       <c r="C359" s="5">
-        <v>2.4347152999999011E-2</v>
+        <v>2.5412475399999579E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>3.2434780949812669</v>
+        <v>3.3876706461253514</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>9.2062795222999991</v>
+        <v>9.2062410712999991</v>
       </c>
       <c r="C360" s="5">
-        <v>4.1000443799999786E-2</v>
+        <v>4.0148873899999771E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>5.5022106132126991</v>
+        <v>5.3846749428174245</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>9.1884903415999997</v>
+        <v>9.1886603366999999</v>
       </c>
       <c r="C361" s="5">
-        <v>-1.7789180699999463E-2</v>
+        <v>-1.7580734599999204E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>-2.2942606204895633</v>
+        <v>-2.2676685540087838</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>9.1823085717000001</v>
+        <v>9.1820565598999995</v>
       </c>
       <c r="C362" s="5">
-        <v>-6.181769899999523E-3</v>
+        <v>-6.6037768000004604E-3</v>
       </c>
       <c r="D362" s="5">
-        <v>-0.80434719273760891</v>
+        <v>-0.85902436708783503</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>9.1381035237999999</v>
+        <v>9.1378268793000004</v>
       </c>
       <c r="C363" s="5">
-        <v>-4.4205047900000238E-2</v>
+        <v>-4.4229680599999099E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>-5.6264509513516465</v>
+        <v>-5.6296540674486089</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>9.1411079484000002</v>
+        <v>9.1455110539</v>
       </c>
       <c r="C364" s="5">
-        <v>3.0044246000002772E-3</v>
+        <v>7.6841745999995936E-3</v>
       </c>
       <c r="D364" s="5">
-        <v>0.39525007607634777</v>
+        <v>1.0137833751630687</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>9.1471552558999996</v>
+        <v>9.1463993060999993</v>
       </c>
       <c r="C365" s="5">
-        <v>6.047307499999377E-3</v>
+        <v>8.882521999993287E-4</v>
       </c>
       <c r="D365" s="5">
-        <v>0.79675585513578895</v>
+        <v>0.11661154925022288</v>
       </c>
       <c r="E365" s="5">
-        <v>1.0790983420538636</v>
+        <v>1.0758470289803368</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>9.0772489148000002</v>
+        <v>9.0770797547999997</v>
       </c>
       <c r="C366" s="5">
-        <v>-6.9906341099999381E-2</v>
+        <v>-6.931955129999956E-2</v>
       </c>
       <c r="D366" s="5">
-        <v>-8.7950664475687663</v>
+        <v>-8.7249823276789211</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>9.1067765854000005</v>
+        <v>9.1053514117999992</v>
       </c>
       <c r="C367" s="5">
-        <v>2.9527670600000278E-2</v>
+        <v>2.827165699999945E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>3.9741191827654232</v>
+        <v>3.8022394518186564</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>8.9895413632000007</v>
+        <v>8.9916684717000006</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.11723522219999971</v>
+        <v>-0.11368294009999858</v>
       </c>
       <c r="D368" s="5">
-        <v>-14.399907563384584</v>
+        <v>-13.995160345285862</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>6.9344086979000004</v>
+        <v>6.9280910322000002</v>
       </c>
       <c r="C369" s="5">
-        <v>-2.0551326653000004</v>
+        <v>-2.0635774395000004</v>
       </c>
       <c r="D369" s="5">
-        <v>-95.561228469659525</v>
+        <v>-95.62196130120077</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>7.3362228848999997</v>
+        <v>7.3363459808</v>
       </c>
       <c r="C370" s="5">
-        <v>0.40181418699999938</v>
+        <v>0.40825494859999978</v>
       </c>
       <c r="D370" s="5">
-        <v>96.587996030069149</v>
+        <v>98.79004262892397</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>7.7711623507000001</v>
+        <v>7.7727916686</v>
       </c>
       <c r="C371" s="5">
-        <v>0.43493946580000031</v>
+        <v>0.43644568780000004</v>
       </c>
       <c r="D371" s="5">
-        <v>99.600477951573623</v>
+        <v>100.06295475478053</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>7.8027588733000002</v>
+        <v>7.8036668627000001</v>
       </c>
       <c r="C372" s="5">
-        <v>3.1596522600000121E-2</v>
+        <v>3.0875194100000058E-2</v>
       </c>
       <c r="D372" s="5">
-        <v>4.9896407567566969</v>
+        <v>4.8721864155677252</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>7.9779426751000004</v>
+        <v>7.9774769986000003</v>
       </c>
       <c r="C373" s="5">
-        <v>0.17518380180000026</v>
+        <v>0.17381013590000016</v>
       </c>
       <c r="D373" s="5">
-        <v>30.530710509779446</v>
+        <v>30.257300712950897</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>8.0757197707999993</v>
+        <v>8.0766806162999991</v>
       </c>
       <c r="C374" s="5">
-        <v>9.7777095699998817E-2</v>
+        <v>9.9203617699998858E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>15.740125333843768</v>
+        <v>15.986698350508499</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>8.1238260798000006</v>
+        <v>8.1244210519000006</v>
       </c>
       <c r="C375" s="5">
-        <v>4.8106309000001346E-2</v>
+        <v>4.7740435600001518E-2</v>
       </c>
       <c r="D375" s="5">
-        <v>7.387200544641126</v>
+        <v>7.3282775901733599</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>8.0382600210999993</v>
+        <v>8.0430113198999997</v>
       </c>
       <c r="C376" s="5">
-        <v>-8.5566058700001335E-2</v>
+        <v>-8.1409732000000901E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>-11.932189086350453</v>
+        <v>-11.38339957309401</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>8.1547302130000006</v>
+        <v>8.1537171790999992</v>
       </c>
       <c r="C377" s="5">
-        <v>0.1164701919000013</v>
+        <v>0.11070585919999942</v>
       </c>
       <c r="D377" s="5">
-        <v>18.842167549388279</v>
+        <v>17.826658453965692</v>
       </c>
       <c r="E377" s="5">
-        <v>-10.849548467649283</v>
+        <v>-10.853255951092711</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>8.1859865732999992</v>
+        <v>8.1852152618999998</v>
       </c>
       <c r="C378" s="5">
-        <v>3.1256360299998676E-2</v>
+        <v>3.149808280000066E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>4.697705528501217</v>
+        <v>4.7354115638065686</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>8.3048380328999993</v>
+        <v>8.3020835919000007</v>
       </c>
       <c r="C379" s="5">
-        <v>0.1188514596000001</v>
+        <v>0.11686833000000085</v>
       </c>
       <c r="D379" s="5">
-        <v>18.883523275753955</v>
+        <v>18.545195815139426</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>8.4057775511999999</v>
+        <v>8.4065945343999999</v>
       </c>
       <c r="C380" s="5">
-        <v>0.10093951830000059</v>
+        <v>0.10451094249999926</v>
       </c>
       <c r="D380" s="5">
-        <v>15.600765411969908</v>
+        <v>16.197287641171254</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>8.5384947384000007</v>
+        <v>8.5291692900000005</v>
       </c>
       <c r="C381" s="5">
-        <v>0.13271718720000081</v>
+        <v>0.12257475560000053</v>
       </c>
       <c r="D381" s="5">
-        <v>20.681602589058713</v>
+        <v>18.970586117927326</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>8.5218539394999997</v>
+        <v>8.5218693825000003</v>
       </c>
       <c r="C382" s="5">
-        <v>-1.664079890000103E-2</v>
+        <v>-7.2999075000002023E-3</v>
       </c>
       <c r="D382" s="5">
-        <v>-2.3137913469392535</v>
+        <v>-1.0222297808013314</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>8.6690509938000009</v>
+        <v>8.6744622842000005</v>
       </c>
       <c r="C383" s="5">
-        <v>0.14719705430000118</v>
+        <v>0.15259290170000028</v>
       </c>
       <c r="D383" s="5">
-        <v>22.814503053208245</v>
+        <v>23.734918606851728</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>8.8096104967999995</v>
+        <v>8.8120923982000008</v>
       </c>
       <c r="C384" s="5">
-        <v>0.14055950299999864</v>
+        <v>0.13763011400000025</v>
       </c>
       <c r="D384" s="5">
-        <v>21.28910600462639</v>
+        <v>20.791882572535904</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>8.7692208580000006</v>
+        <v>8.7687814256000003</v>
       </c>
       <c r="C385" s="5">
-        <v>-4.0389638799998906E-2</v>
+        <v>-4.3310972600000497E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>-5.3650380297494582</v>
+        <v>-5.7410862400074869</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>8.8733792286999993</v>
+        <v>8.8764163087999997</v>
       </c>
       <c r="C386" s="5">
-        <v>0.10415837069999867</v>
+        <v>0.10763488319999936</v>
       </c>
       <c r="D386" s="5">
-        <v>15.22226663261128</v>
+        <v>15.7659965396453</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>9.0184673956000001</v>
+        <v>9.0210052927</v>
       </c>
       <c r="C387" s="5">
-        <v>0.14508816690000081</v>
+        <v>0.1445889839000003</v>
       </c>
       <c r="D387" s="5">
-        <v>21.48547657844253</v>
+        <v>21.396816852021349</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>9.0402061753999998</v>
+        <v>9.0465380393999997</v>
       </c>
       <c r="C388" s="5">
-        <v>2.1738779799999719E-2</v>
+        <v>2.553274669999972E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>2.93122695704775</v>
+        <v>3.449813636538579</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>9.0686448716000001</v>
+        <v>9.0631300188000008</v>
       </c>
       <c r="C389" s="5">
-        <v>2.843869620000028E-2</v>
+        <v>1.6591979400001122E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>3.8409658803315594</v>
+        <v>2.2232208287285227</v>
       </c>
       <c r="E389" s="5">
-        <v>11.207172214515037</v>
+        <v>11.153352755857803</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>8.9858933988</v>
+        <v>8.9852459987</v>
       </c>
       <c r="C390" s="5">
-        <v>-8.2751472800000059E-2</v>
+        <v>-7.7884020100000839E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>-10.416834784319517</v>
+        <v>-9.8384983307884042</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>9.1055135477999993</v>
+        <v>9.0996444476999994</v>
       </c>
       <c r="C391" s="5">
-        <v>0.11962014899999929</v>
+        <v>0.1143984489999994</v>
       </c>
       <c r="D391" s="5">
-        <v>17.197458119160004</v>
+        <v>16.394757398853542</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>9.1068001813000006</v>
+        <v>9.1024021670999993</v>
       </c>
       <c r="C392" s="5">
-        <v>1.2866335000012441E-3</v>
+        <v>2.7577193999999139E-3</v>
       </c>
       <c r="D392" s="5">
-        <v>0.16969506098658549</v>
+        <v>0.36427629855613208</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>9.3382046573000004</v>
+        <v>9.3253968692000004</v>
       </c>
       <c r="C393" s="5">
-        <v>0.2314044759999998</v>
+        <v>0.22299470210000116</v>
       </c>
       <c r="D393" s="5">
-        <v>35.13596983318574</v>
+        <v>33.701304468657931</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>9.3074895466999994</v>
+        <v>9.3079077993000006</v>
       </c>
       <c r="C394" s="5">
-        <v>-3.0715110600000983E-2</v>
+        <v>-1.7489069899999876E-2</v>
       </c>
       <c r="D394" s="5">
-        <v>-3.8763988917867698</v>
+        <v>-2.2274392841130752</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>9.2660497786999994</v>
+        <v>9.2799560274000008</v>
       </c>
       <c r="C395" s="5">
-        <v>-4.1439768000000043E-2</v>
+        <v>-2.7951771899999756E-2</v>
       </c>
       <c r="D395" s="5">
-        <v>-5.2138546860525441</v>
+        <v>-3.5446884814050783</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>9.3204929509000003</v>
+        <v>9.3268659807999992</v>
       </c>
       <c r="C396" s="5">
-        <v>5.4443172200000944E-2</v>
+        <v>4.6909953399998372E-2</v>
       </c>
       <c r="D396" s="5">
-        <v>7.2830323448380918</v>
+        <v>6.2374936400960035</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>9.3670699727999995</v>
+        <v>9.3678684678999993</v>
       </c>
       <c r="C397" s="5">
-        <v>4.6577021899999238E-2</v>
+        <v>4.1002487100000096E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>6.1643207698281133</v>
+        <v>5.4048452500619071</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>9.3742959901000003</v>
+        <v>9.3797056133000005</v>
       </c>
       <c r="C398" s="5">
-        <v>7.22601730000072E-3</v>
+        <v>1.1837145400001248E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>0.92965102896971352</v>
+        <v>1.5268905285899415</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>9.4146530611999992</v>
+        <v>9.4188031319000007</v>
       </c>
       <c r="C399" s="5">
-        <v>4.0357071099998976E-2</v>
+        <v>3.9097518600000214E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>5.2901878950985415</v>
+        <v>5.1182538148977885</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>9.5416217952999993</v>
+        <v>9.5472942377999992</v>
       </c>
       <c r="C400" s="5">
-        <v>0.12696873410000009</v>
+        <v>0.12849110589999846</v>
       </c>
       <c r="D400" s="5">
-        <v>17.439591915096919</v>
+        <v>17.656263726085619</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>9.5786966925999995</v>
+        <v>9.5680141927999998</v>
       </c>
       <c r="C401" s="5">
-        <v>3.7074897300000131E-2</v>
+        <v>2.0719955000000567E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>4.7636643055720462</v>
+        <v>2.6356041193910773</v>
       </c>
       <c r="E401" s="5">
-        <v>5.6243444111182761</v>
+        <v>5.5707484384831529</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>9.6832383119000003</v>
+        <v>9.6816959664999995</v>
       </c>
       <c r="C402" s="5">
-        <v>0.10454161930000083</v>
+        <v>0.11368177369999977</v>
       </c>
       <c r="D402" s="5">
-        <v>13.912237905938385</v>
+        <v>15.227344815430888</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>9.7104808536</v>
+        <v>9.7010098083000003</v>
       </c>
       <c r="C403" s="5">
-        <v>2.7242541699999734E-2</v>
+        <v>1.9313841800000731E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>3.428777563472285</v>
+        <v>2.4202989961160659</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>9.7035649985999992</v>
+        <v>9.6939479235999997</v>
       </c>
       <c r="C404" s="5">
-        <v>-6.9158550000008034E-3</v>
+        <v>-7.0618847000005758E-3</v>
       </c>
       <c r="D404" s="5">
-        <v>-0.8513064207842036</v>
+        <v>-0.87005530570737344</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>9.6380181956000008</v>
+        <v>9.6194440348000008</v>
       </c>
       <c r="C405" s="5">
-        <v>-6.5546802999998377E-2</v>
+        <v>-7.4503888799998919E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>-7.8114315896830044</v>
+        <v>-8.8426945222054965</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>9.6907202944000002</v>
+        <v>9.6942280666999991</v>
       </c>
       <c r="C406" s="5">
-        <v>5.270209879999932E-2</v>
+        <v>7.4784031899998382E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>6.7627620408119871</v>
+        <v>9.7385267184864066</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>9.6623123634999999</v>
+        <v>9.6847060058000007</v>
       </c>
       <c r="C407" s="5">
-        <v>-2.8407930900000267E-2</v>
+        <v>-9.522060899998408E-3</v>
       </c>
       <c r="D407" s="5">
-        <v>-3.4615823921539612</v>
+        <v>-1.1723414373286944</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>9.7348746090000002</v>
+        <v>9.7456699514</v>
       </c>
       <c r="C408" s="5">
-        <v>7.2562245500000344E-2</v>
+        <v>6.0963945599999292E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>9.3934864664890316</v>
+        <v>7.8209350669650846</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>9.8656213771000001</v>
+        <v>9.8689459423999999</v>
       </c>
       <c r="C409" s="5">
-        <v>0.13074676809999985</v>
+        <v>0.12327599099999986</v>
       </c>
       <c r="D409" s="5">
-        <v>17.362401082345723</v>
+        <v>16.2810242473012</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>9.8764571249999999</v>
+        <v>9.8839753581000007</v>
       </c>
       <c r="C410" s="5">
-        <v>1.0835747899999859E-2</v>
+        <v>1.5029415700000825E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>1.3259919121519248</v>
+        <v>1.8428645941878763</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>9.8172032476000002</v>
+        <v>9.8227396672000005</v>
       </c>
       <c r="C411" s="5">
-        <v>-5.9253877399999766E-2</v>
+        <v>-6.123569090000025E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>-6.9665351788166578</v>
+        <v>-7.1863694934680034</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>9.8387918189000008</v>
+        <v>9.8438037569999999</v>
       </c>
       <c r="C412" s="5">
-        <v>2.1588571300000581E-2</v>
+        <v>2.1064089799999408E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>2.6710178558721598</v>
+        <v>2.6038736429172982</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>9.8837116106000007</v>
+        <v>9.8667223970000002</v>
       </c>
       <c r="C413" s="5">
-        <v>4.4919791699999934E-2</v>
+        <v>2.2918640000000323E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>5.6183852536630496</v>
+        <v>2.8299315315687856</v>
       </c>
       <c r="E413" s="5">
-        <v>3.1843050029513931</v>
+        <v>3.1219456637593623</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>10.078606079</v>
+        <v>10.076075265</v>
       </c>
       <c r="C414" s="5">
-        <v>0.19489446839999935</v>
+        <v>0.20935286799999986</v>
       </c>
       <c r="D414" s="5">
-        <v>26.40518097031137</v>
+        <v>28.653593718635271</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>10.117667896</v>
+        <v>10.104347056</v>
       </c>
       <c r="C415" s="5">
-        <v>3.9061817000000332E-2</v>
+        <v>2.827179099999988E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>4.7512912506618488</v>
+        <v>3.4194492622448669</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>10.197844440000001</v>
+        <v>10.182637824</v>
       </c>
       <c r="C416" s="5">
-        <v>8.0176544000000405E-2</v>
+        <v>7.8290768000000455E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>9.934892215750434</v>
+        <v>9.7045169490939784</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>10.238676879</v>
+        <v>10.215542935</v>
       </c>
       <c r="C417" s="5">
-        <v>4.0832438999998999E-2</v>
+        <v>3.290511099999982E-2</v>
       </c>
       <c r="D417" s="5">
-        <v>4.9120695206590126</v>
+        <v>3.9474587795567784</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>10.282400897</v>
+        <v>10.290468683</v>
       </c>
       <c r="C418" s="5">
-        <v>4.3724018000000697E-2</v>
+        <v>7.492574800000007E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>5.2466643956986747</v>
+        <v>9.1652522024250782</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>10.360927095999999</v>
+        <v>10.390469185000001</v>
       </c>
       <c r="C419" s="5">
-        <v>7.8526198999998797E-2</v>
+        <v>0.10000050200000032</v>
       </c>
       <c r="D419" s="5">
-        <v>9.5592435227423778</v>
+        <v>12.30524530692454</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>10.243322908</v>
+        <v>10.258911989</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.11760418799999961</v>
+        <v>-0.13155719600000104</v>
       </c>
       <c r="D420" s="5">
-        <v>-12.8019147823622</v>
+        <v>-14.178965783723484</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>10.262322169999999</v>
+        <v>10.267648033</v>
       </c>
       <c r="C421" s="5">
-        <v>1.8999261999999462E-2</v>
+        <v>8.736044000000831E-3</v>
       </c>
       <c r="D421" s="5">
-        <v>2.248600462269601</v>
+        <v>1.0266674870656578</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>10.273781654</v>
+        <v>10.282854618</v>
       </c>
       <c r="C422" s="5">
-        <v>1.1459484000001297E-2</v>
+        <v>1.5206584999999606E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>1.3482476299830015</v>
+        <v>1.7917714370824456</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>10.345990373999999</v>
+        <v>10.352053127</v>
       </c>
       <c r="C423" s="5">
-        <v>7.2208719999999005E-2</v>
+        <v>6.9198508999999575E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>8.7679295365705059</v>
+        <v>8.3811007946539284</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>10.324805021</v>
+        <v>10.328206980999999</v>
       </c>
       <c r="C424" s="5">
-        <v>-2.1185352999999907E-2</v>
+        <v>-2.3846146000000346E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>-2.4297388201896308</v>
+        <v>-2.7294688246921495</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>10.375396912999999</v>
+        <v>10.355470142</v>
       </c>
       <c r="C425" s="5">
-        <v>5.0591891999999916E-2</v>
+        <v>2.726316100000048E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>6.0411256453780871</v>
+        <v>3.2140112217251104</v>
       </c>
       <c r="E425" s="5">
-        <v>4.9747030444785567</v>
+        <v>4.9534964635125966</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>10.115256130000001</v>
+        <v>10.156429242</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.26014078299999888</v>
+        <v>-0.19904089999999997</v>
       </c>
       <c r="D426" s="5">
-        <v>-26.266309392939025</v>
+        <v>-20.776373793542945</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>10.105684584</v>
+        <v>10.130048452</v>
       </c>
       <c r="C427" s="5">
-        <v>-9.5715460000000974E-3</v>
+        <v>-2.6380789999999266E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-1.12960725800062</v>
+        <v>-3.0727916490730589</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>10.135180838</v>
+        <v>10.157827186</v>
       </c>
       <c r="C428" s="5">
-        <v>2.9496253999999666E-2</v>
+        <v>2.7778733999999972E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>3.5593119173100485</v>
+        <v>3.3407402778761197</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>10.171728235</v>
+        <v>10.232380517999999</v>
       </c>
       <c r="C429" s="5">
-        <v>3.6547396999999648E-2</v>
+        <v>7.4553331999998917E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>4.4140533291365358</v>
+        <v>9.171768709546102</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>10.218291873</v>
+        <v>10.107100145</v>
       </c>
       <c r="C430" s="5">
-        <v>4.6563638000000296E-2</v>
+        <v>-0.12528037299999895</v>
       </c>
       <c r="D430" s="5">
-        <v>5.6337417392078315</v>
+        <v>-13.742147688366369</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>10.237857801000001</v>
+        <v>10.097767791000001</v>
       </c>
       <c r="C431" s="5">
-        <v>1.9565928000000454E-2</v>
+        <v>-9.3323539999996541E-3</v>
       </c>
       <c r="D431" s="5">
-        <v>2.322106879299457</v>
+        <v>-1.1024059475558623</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>10.193068206</v>
+        <v>10.050938555</v>
       </c>
       <c r="C432" s="5">
-        <v>-4.4789595000001015E-2</v>
+        <v>-4.6829236000000662E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>-5.1253807860218048</v>
+        <v>-5.4253237913809755</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>10.206799231</v>
+        <v>10.064478118</v>
       </c>
       <c r="C433" s="5">
-        <v>1.373102500000023E-2</v>
+        <v>1.3539563000000143E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>1.6285439889425879</v>
+        <v>1.6285439956740921</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>10.188104437</v>
+        <v>10.046044</v>
       </c>
       <c r="C434" s="5">
-        <v>-1.8694793999999959E-2</v>
+        <v>-1.8434118000000055E-2</v>
       </c>
       <c r="D434" s="5">
-        <v>-2.1759155840325506</v>
+        <v>-2.1759155415940867</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>10.115302184000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>6.9258184000000611E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>8.5938986531525217</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>10.132848418</v>
+      </c>
+      <c r="C436" s="5">
+        <v>1.7546233999999217E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>2.1015215065822046</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">