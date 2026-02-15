--- v2 (2026-01-13)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{8F2BC158-C718-4201-A08E-BC7762ED1733}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{777B0519-B9DF-4BA3-BA57-614241ABE582}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{E85A8E09-C959-47A4-B5BE-39DC68DCB2BD}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{5D567E30-BDBE-44A5-98AD-0ADB13755971}"/>
   </bookViews>
   <sheets>
     <sheet name="elpsrvoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Other Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A2901888-EAB0-4E2D-BFDC-65CD294BB973}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A88FAF43-845E-4267-A2DB-E2CB449FA29C}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>10.097767791000001</v>
       </c>
       <c r="C431" s="5">
         <v>-9.3323539999996541E-3</v>
       </c>
       <c r="D431" s="5">
         <v>-1.1024059475558623</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>10.050938555</v>
       </c>
       <c r="C432" s="5">
         <v>-4.6829236000000662E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-5.4253237913809755</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>10.064478118</v>
       </c>
       <c r="C433" s="5">
         <v>1.3539563000000143E-2</v>
       </c>
       <c r="D433" s="5">
         <v>1.6285439956740921</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>10.046044</v>
       </c>
       <c r="C434" s="5">
         <v>-1.8434118000000055E-2</v>
       </c>
       <c r="D434" s="5">
         <v>-2.1759155415940867</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>10.115302184000001</v>
       </c>
       <c r="C435" s="5">
         <v>6.9258184000000611E-2</v>
       </c>
       <c r="D435" s="5">
         <v>8.5938986531525217</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>10.132848418</v>
+        <v>10.133422847</v>
       </c>
       <c r="C436" s="5">
-        <v>1.7546233999999217E-2</v>
+        <v>1.8120662999999482E-2</v>
       </c>
       <c r="D436" s="5">
-        <v>2.1015215065822046</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.1710005268901655</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>10.193286135999999</v>
+      </c>
+      <c r="C437" s="5">
+        <v>5.9863288999999043E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>7.3239387397642686</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.5661674822682325</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>