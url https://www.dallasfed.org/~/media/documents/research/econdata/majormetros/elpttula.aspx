--- v0 (2025-10-07)
+++ v1 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{8F1C2861-4797-43A6-B180-9B1837CEF4B3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{214E9382-CC91-4AFD-AF6F-D403EFB40A85}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{B52DEAFF-366B-480D-8FCF-3DF7E1F053B2}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4B734368-9DAC-4CAA-A0B4-E393D32C3203}"/>
   </bookViews>
   <sheets>
     <sheet name="elpttula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACBDB4E4-C426-4DE7-9E28-F775270E0A9F}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F94D4D00-134E-473A-9517-9E7BF5B0BCB9}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6146 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>46.635708113</v>
+        <v>46.638885891999998</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>46.700378894000004</v>
+        <v>46.696784188999999</v>
       </c>
       <c r="C7" s="5">
-        <v>6.4670781000003785E-2</v>
+        <v>5.7898297000001264E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>1.6768175215045478</v>
+        <v>1.4999137444738242</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>46.525532550999998</v>
+        <v>46.517702223000001</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.17484634300000579</v>
+        <v>-0.17908196599999826</v>
       </c>
       <c r="D8" s="5">
-        <v>-4.4014322583487591</v>
+        <v>-4.5061575615462761</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>46.161983237999998</v>
+        <v>46.152637519999999</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.36354931300000004</v>
+        <v>-0.3650647030000016</v>
       </c>
       <c r="D9" s="5">
-        <v>-8.9840991173380509</v>
+        <v>-9.0214001171608054</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>46.750059763000003</v>
+        <v>46.741571331000003</v>
       </c>
       <c r="C10" s="5">
-        <v>0.58807652500000529</v>
+        <v>0.58893381100000397</v>
       </c>
       <c r="D10" s="5">
-        <v>16.405241758184651</v>
+        <v>16.434423601922376</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>46.747945913999999</v>
+        <v>46.726419624999998</v>
       </c>
       <c r="C11" s="5">
-        <v>-2.1138490000041088E-3</v>
+        <v>-1.5151706000004594E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>-5.424566474958592E-2</v>
+        <v>-0.38829815441591142</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>46.994887202000001</v>
+        <v>46.989098534</v>
       </c>
       <c r="C12" s="5">
-        <v>0.24694128800000215</v>
+        <v>0.26267890900000168</v>
       </c>
       <c r="D12" s="5">
-        <v>6.5263247179574435</v>
+        <v>6.9584996396853338</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>47.267580610000003</v>
+        <v>47.265375841999997</v>
       </c>
       <c r="C13" s="5">
-        <v>0.27269340800000208</v>
+        <v>0.27627730799999739</v>
       </c>
       <c r="D13" s="5">
-        <v>7.1897218068123214</v>
+        <v>7.2882169061471824</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>47.266697600999997</v>
+        <v>47.266395725000002</v>
       </c>
       <c r="C14" s="5">
-        <v>-8.8300900000604088E-4</v>
+        <v>1.0198830000049952E-3</v>
       </c>
       <c r="D14" s="5">
-        <v>-2.2414981314111682E-2</v>
+        <v>2.5896437588035504E-2</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>47.236289010999997</v>
+        <v>47.240471202999998</v>
       </c>
       <c r="C15" s="5">
-        <v>-3.0408590000000402E-2</v>
+        <v>-2.5924522000003947E-2</v>
       </c>
       <c r="D15" s="5">
-        <v>-0.76928302548918692</v>
+        <v>-0.65619034182096136</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>47.359853862000001</v>
+        <v>47.368305992000003</v>
       </c>
       <c r="C16" s="5">
-        <v>0.12356485100000469</v>
+        <v>0.12783478900000489</v>
       </c>
       <c r="D16" s="5">
-        <v>3.184624919809953</v>
+        <v>3.2960209337365098</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>47.072979758999999</v>
+        <v>47.089899963000001</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.28687410300000238</v>
+        <v>-0.27840602900000277</v>
       </c>
       <c r="D17" s="5">
-        <v>-7.0314534893613505</v>
+        <v>-6.8293830399746902</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>46.810562556000001</v>
+        <v>46.815656197000003</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.26241720299999827</v>
+        <v>-0.27424376599999789</v>
       </c>
       <c r="D18" s="5">
-        <v>-6.4882811121550361</v>
+        <v>-6.769037634993591</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>46.199754953000003</v>
+        <v>46.190256396000002</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.61080760299999781</v>
+        <v>-0.62539980100000037</v>
       </c>
       <c r="D19" s="5">
-        <v>-14.581932887816084</v>
+        <v>-14.903618283680853</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>46.720748110000002</v>
+        <v>46.714506540000002</v>
       </c>
       <c r="C20" s="5">
-        <v>0.52099315699999948</v>
+        <v>0.52425014399999981</v>
       </c>
       <c r="D20" s="5">
-        <v>14.404048798916103</v>
+        <v>14.502959511470248</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>46.443798829000002</v>
+        <v>46.437618972000003</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.27694928100000027</v>
+        <v>-0.27688756799999936</v>
       </c>
       <c r="D21" s="5">
-        <v>-6.8859184135535596</v>
+        <v>-6.8853237384940869</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>46.652861737000002</v>
+        <v>46.643790263</v>
       </c>
       <c r="C22" s="5">
-        <v>0.20906290799999994</v>
+        <v>0.20617129099999687</v>
       </c>
       <c r="D22" s="5">
-        <v>5.5374617636185119</v>
+        <v>5.4597363093442652</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>46.658612853000001</v>
+        <v>46.632723947000002</v>
       </c>
       <c r="C23" s="5">
-        <v>5.7511159999990014E-3</v>
+        <v>-1.10663159999973E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>0.14802993959552868</v>
+        <v>-0.28433076537524027</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>46.614474483999999</v>
+        <v>46.605782959999999</v>
       </c>
       <c r="C24" s="5">
-        <v>-4.4138369000002342E-2</v>
+        <v>-2.6940987000003247E-2</v>
       </c>
       <c r="D24" s="5">
-        <v>-1.1292948637918743</v>
+        <v>-0.69107384885838119</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>46.992061327999998</v>
+        <v>46.986386807000002</v>
       </c>
       <c r="C25" s="5">
-        <v>0.37758684399999964</v>
+        <v>0.38060384700000327</v>
       </c>
       <c r="D25" s="5">
-        <v>10.165203657458367</v>
+        <v>10.252106284973216</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>46.686942047000002</v>
+        <v>46.688094927000002</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.30511928099999608</v>
+        <v>-0.29829188000000073</v>
       </c>
       <c r="D26" s="5">
-        <v>-7.5192813375601801</v>
+        <v>-7.3577181881726901</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>46.542108542000001</v>
+        <v>46.548306637000003</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.14483350500000114</v>
+        <v>-0.13978828999999848</v>
       </c>
       <c r="D27" s="5">
-        <v>-3.6598078108325049</v>
+        <v>-3.5343266482963487</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>46.340884180000003</v>
+        <v>46.369897692999999</v>
       </c>
       <c r="C28" s="5">
-        <v>-0.20122436199999783</v>
+        <v>-0.17840894400000451</v>
       </c>
       <c r="D28" s="5">
-        <v>-5.0665783853478423</v>
+        <v>-4.5035970095044675</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>46.451484114000003</v>
+        <v>46.492610012</v>
       </c>
       <c r="C29" s="5">
-        <v>0.11059993399999968</v>
+        <v>0.12271231900000146</v>
       </c>
       <c r="D29" s="5">
-        <v>2.9018872434051435</v>
+        <v>3.2222867782928377</v>
       </c>
       <c r="E29" s="5">
-        <v>-1.3202810788309427</v>
+        <v>-1.2684035248945347</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>46.662487585999997</v>
+        <v>46.669250052999999</v>
       </c>
       <c r="C30" s="5">
-        <v>0.21100347199999447</v>
+        <v>0.17664004099999886</v>
       </c>
       <c r="D30" s="5">
-        <v>5.5892047179648907</v>
+        <v>4.6556637549982627</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>46.792191205000002</v>
+        <v>46.791078048999999</v>
       </c>
       <c r="C31" s="5">
-        <v>0.12970361900000427</v>
+        <v>0.12182799600000038</v>
       </c>
       <c r="D31" s="5">
-        <v>3.38700326894259</v>
+        <v>3.1779156995416669</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>47.102261472999999</v>
+        <v>47.096373501999999</v>
       </c>
       <c r="C32" s="5">
-        <v>0.31007026799999693</v>
+        <v>0.30529545299999938</v>
       </c>
       <c r="D32" s="5">
-        <v>8.2481571799662987</v>
+        <v>8.1167516364976535</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>47.333064696999998</v>
+        <v>47.332514169</v>
       </c>
       <c r="C33" s="5">
-        <v>0.23080322399999886</v>
+        <v>0.2361406670000008</v>
       </c>
       <c r="D33" s="5">
-        <v>6.0411406449331961</v>
+        <v>6.1855151968763789</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>47.381362776000003</v>
+        <v>47.375366474000003</v>
       </c>
       <c r="C34" s="5">
-        <v>4.82980790000056E-2</v>
+        <v>4.285230500000381E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>1.2313605787032333</v>
+        <v>1.0918413251793435</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>47.695258226</v>
+        <v>47.663472315999996</v>
       </c>
       <c r="C35" s="5">
-        <v>0.31389544999999686</v>
+        <v>0.28810584199999312</v>
       </c>
       <c r="D35" s="5">
-        <v>8.2460060168903837</v>
+        <v>7.5467135990449741</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>47.648521457999998</v>
+        <v>47.64170661</v>
       </c>
       <c r="C36" s="5">
-        <v>-4.6736768000002371E-2</v>
+        <v>-2.1765705999996499E-2</v>
       </c>
       <c r="D36" s="5">
-        <v>-1.1695678991453295</v>
+        <v>-0.54661034322918134</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>47.521723129000002</v>
+        <v>47.515784844999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.1267983289999961</v>
+        <v>-0.12592176500000107</v>
       </c>
       <c r="D37" s="5">
-        <v>-3.1470152679779706</v>
+        <v>-3.1260156365701897</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>47.705372054999998</v>
+        <v>47.711586615000002</v>
       </c>
       <c r="C38" s="5">
-        <v>0.18364892599999649</v>
+        <v>0.19580177000000276</v>
       </c>
       <c r="D38" s="5">
-        <v>4.7372799165708024</v>
+        <v>5.0585546542811555</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>48.536726909999999</v>
+        <v>48.537365198000003</v>
       </c>
       <c r="C39" s="5">
-        <v>0.83135485500000073</v>
+        <v>0.82577858300000173</v>
       </c>
       <c r="D39" s="5">
-        <v>23.037751854813003</v>
+        <v>22.864965011595515</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>48.119627803999997</v>
+        <v>48.128850329000002</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.417099106000002</v>
+        <v>-0.40851486900000111</v>
       </c>
       <c r="D40" s="5">
-        <v>-9.8384685956071198</v>
+        <v>-9.6451471229683676</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>47.897951061000001</v>
+        <v>47.904526752999999</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.22167674299999618</v>
+        <v>-0.2243235760000033</v>
       </c>
       <c r="D41" s="5">
-        <v>-5.3902015947073441</v>
+        <v>-5.4519017376529639</v>
       </c>
       <c r="E41" s="5">
-        <v>3.1139305333067968</v>
+        <v>3.0368627199797382</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>48.610510482000002</v>
+        <v>48.618978941000002</v>
       </c>
       <c r="C42" s="5">
-        <v>0.71255942100000169</v>
+        <v>0.71445218800000276</v>
       </c>
       <c r="D42" s="5">
-        <v>19.387525521733018</v>
+        <v>19.440429610390652</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>48.691387876999997</v>
+        <v>48.710299863000003</v>
       </c>
       <c r="C43" s="5">
-        <v>8.0877394999994578E-2</v>
+        <v>9.1320922000001303E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>2.0149126105819315</v>
+        <v>2.2773886019534118</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>48.579470344000001</v>
+        <v>48.585094316000003</v>
       </c>
       <c r="C44" s="5">
-        <v>-0.11191753299999618</v>
+        <v>-0.12520554700000019</v>
       </c>
       <c r="D44" s="5">
-        <v>-2.7236063813653399</v>
+        <v>-3.041259735521662</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>48.634772546999997</v>
+        <v>48.639950646999999</v>
       </c>
       <c r="C45" s="5">
-        <v>5.5302202999996553E-2</v>
+        <v>5.4856330999996317E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>1.3746491807345107</v>
+        <v>1.3633383865181425</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>48.515735278000001</v>
+        <v>48.515775007999999</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.11903726899999612</v>
+        <v>-0.12417563900000061</v>
       </c>
       <c r="D46" s="5">
-        <v>-2.8978730654614315</v>
+        <v>-3.0208947534975716</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>48.151284333</v>
+        <v>48.114167141999999</v>
       </c>
       <c r="C47" s="5">
-        <v>-0.36445094500000152</v>
+        <v>-0.40160786599999909</v>
       </c>
       <c r="D47" s="5">
-        <v>-8.651148055758739</v>
+        <v>-9.4934541811689925</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>48.775294213999999</v>
+        <v>48.771907040999999</v>
       </c>
       <c r="C48" s="5">
-        <v>0.62400988099999921</v>
+        <v>0.65773989899999918</v>
       </c>
       <c r="D48" s="5">
-        <v>16.708978277448839</v>
+        <v>17.695857636113278</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>48.853266660999999</v>
+        <v>48.851330814999997</v>
       </c>
       <c r="C49" s="5">
-        <v>7.79724470000005E-2</v>
+        <v>7.9423773999998559E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>1.9352831965663286</v>
+        <v>1.9717666659905264</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>48.937649999000001</v>
+        <v>48.950500292999997</v>
       </c>
       <c r="C50" s="5">
-        <v>8.4383338000002084E-2</v>
+        <v>9.9169478000000311E-2</v>
       </c>
       <c r="D50" s="5">
-        <v>2.092542581423662</v>
+        <v>2.4634148850671611</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>48.922746054999998</v>
+        <v>48.923638181000001</v>
       </c>
       <c r="C51" s="5">
-        <v>-1.4903944000003833E-2</v>
+        <v>-2.686211199999633E-2</v>
       </c>
       <c r="D51" s="5">
-        <v>-0.36484804340678467</v>
+        <v>-0.65652898735023557</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>48.863754774999997</v>
+        <v>48.870948472999999</v>
       </c>
       <c r="C52" s="5">
-        <v>-5.8991280000000756E-2</v>
+        <v>-5.2689708000002611E-2</v>
       </c>
       <c r="D52" s="5">
-        <v>-1.4374080065454709</v>
+        <v>-1.2847464267445763</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>48.815833015000003</v>
+        <v>48.806865932000001</v>
       </c>
       <c r="C53" s="5">
-        <v>-4.7921759999994151E-2</v>
+        <v>-6.4082540999997661E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>-1.170539139822202</v>
+        <v>-1.5622139072225094</v>
       </c>
       <c r="E53" s="5">
-        <v>1.9163282221217326</v>
+        <v>1.8836198584166075</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>48.985838622999999</v>
+        <v>48.991626936999999</v>
       </c>
       <c r="C54" s="5">
-        <v>0.17000560799999676</v>
+        <v>0.18476100499999859</v>
       </c>
       <c r="D54" s="5">
-        <v>4.2600941682003901</v>
+        <v>4.6384487093467763</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>48.997110827</v>
+        <v>49.016677696999999</v>
       </c>
       <c r="C55" s="5">
-        <v>1.1272204000000841E-2</v>
+        <v>2.5050759999999173E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>0.2764835270456345</v>
+        <v>0.6153214021042297</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>49.353887497000002</v>
+        <v>49.359600864000001</v>
       </c>
       <c r="C56" s="5">
-        <v>0.35677667000000213</v>
+        <v>0.34292316700000214</v>
       </c>
       <c r="D56" s="5">
-        <v>9.0964794654270662</v>
+        <v>8.7259493064354423</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>49.971767380000003</v>
+        <v>49.981817651999997</v>
       </c>
       <c r="C57" s="5">
-        <v>0.61787988300000052</v>
+        <v>0.6222167879999958</v>
       </c>
       <c r="D57" s="5">
-        <v>16.102110549938907</v>
+        <v>16.221072395070955</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>50.256972884</v>
+        <v>50.268029876999996</v>
       </c>
       <c r="C58" s="5">
-        <v>0.28520550399999678</v>
+        <v>0.28621222499999988</v>
       </c>
       <c r="D58" s="5">
-        <v>7.0679283516697167</v>
+        <v>7.0921963172410729</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>50.522467937999998</v>
+        <v>50.493021853000002</v>
       </c>
       <c r="C59" s="5">
-        <v>0.26549505399999873</v>
+        <v>0.22499197600000542</v>
       </c>
       <c r="D59" s="5">
-        <v>6.5267722228012914</v>
+        <v>5.5052273427137921</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>50.177845331</v>
+        <v>50.179651876999998</v>
       </c>
       <c r="C60" s="5">
-        <v>-0.34462260699999803</v>
+        <v>-0.31336997600000416</v>
       </c>
       <c r="D60" s="5">
-        <v>-7.8851989579897364</v>
+        <v>-7.1984186662384371</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>50.159499537000002</v>
+        <v>50.162800404000002</v>
       </c>
       <c r="C61" s="5">
-        <v>-1.834579399999825E-2</v>
+        <v>-1.6851472999995565E-2</v>
       </c>
       <c r="D61" s="5">
-        <v>-0.43785732584968873</v>
+        <v>-0.4022439076617812</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>50.149218005000002</v>
+        <v>50.166201164</v>
       </c>
       <c r="C62" s="5">
-        <v>-1.0281532000000482E-2</v>
+        <v>3.4007599999981153E-3</v>
       </c>
       <c r="D62" s="5">
-        <v>-0.24569500646596243</v>
+        <v>8.138369386854194E-2</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>50.501920783999999</v>
+        <v>50.500157844999997</v>
       </c>
       <c r="C63" s="5">
-        <v>0.35270277899999769</v>
+        <v>0.33395668099999654</v>
       </c>
       <c r="D63" s="5">
-        <v>8.7739181302333371</v>
+        <v>8.2874789438882814</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>50.888739141000002</v>
+        <v>50.870353248000001</v>
       </c>
       <c r="C64" s="5">
-        <v>0.38681835700000278</v>
+        <v>0.37019540300000386</v>
       </c>
       <c r="D64" s="5">
-        <v>9.5886384020788427</v>
+        <v>9.1601727371046096</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>51.434777414999999</v>
+        <v>51.355029778999999</v>
       </c>
       <c r="C65" s="5">
-        <v>0.54603827399999716</v>
+        <v>0.48467653099999808</v>
       </c>
       <c r="D65" s="5">
-        <v>13.663778739471644</v>
+        <v>12.051786116790254</v>
       </c>
       <c r="E65" s="5">
-        <v>5.3649487025966724</v>
+        <v>5.2209126694392038</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>51.219659710999998</v>
+        <v>51.220014544000001</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.21511770400000074</v>
+        <v>-0.13501523499999735</v>
       </c>
       <c r="D66" s="5">
-        <v>-4.9049549174252638</v>
+        <v>-3.1096455304515658</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>51.132430026999998</v>
+        <v>51.169868027</v>
       </c>
       <c r="C67" s="5">
-        <v>-8.7229684000000418E-2</v>
+        <v>-5.0146517000001722E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>-2.0246267280206176</v>
+        <v>-1.1685440867126307</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>50.747201941</v>
+        <v>50.758378853000004</v>
       </c>
       <c r="C68" s="5">
-        <v>-0.38522808599999792</v>
+        <v>-0.41148917399999618</v>
       </c>
       <c r="D68" s="5">
-        <v>-8.6753481977476348</v>
+        <v>-9.2343854335381952</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>49.817546114000002</v>
+        <v>49.82018652</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.92965582699999771</v>
+        <v>-0.93819233300000349</v>
       </c>
       <c r="D69" s="5">
-        <v>-19.898110571376026</v>
+        <v>-20.058687453368794</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>49.958162184000003</v>
+        <v>49.962208500000003</v>
       </c>
       <c r="C70" s="5">
-        <v>0.14061607000000009</v>
+        <v>0.14202198000000266</v>
       </c>
       <c r="D70" s="5">
-        <v>3.4402270010404079</v>
+        <v>3.4749771971274379</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>49.878496347999999</v>
+        <v>49.850537111999998</v>
       </c>
       <c r="C71" s="5">
-        <v>-7.9665836000003765E-2</v>
+        <v>-0.11167138800000487</v>
       </c>
       <c r="D71" s="5">
-        <v>-1.8968869381041031</v>
+        <v>-2.6494130365182222</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>50.059611828000001</v>
+        <v>50.058121171000003</v>
       </c>
       <c r="C72" s="5">
-        <v>0.18111548000000255</v>
+        <v>0.20758405900000554</v>
       </c>
       <c r="D72" s="5">
-        <v>4.4454440348179247</v>
+        <v>5.1130019084445699</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>50.443576723</v>
+        <v>50.445688068999999</v>
       </c>
       <c r="C73" s="5">
-        <v>0.38396489499999831</v>
+        <v>0.38756689799999577</v>
       </c>
       <c r="D73" s="5">
-        <v>9.6025710029351341</v>
+        <v>9.6968251785956028</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>50.471132335999997</v>
+        <v>50.488411784</v>
       </c>
       <c r="C74" s="5">
-        <v>2.7555612999996981E-2</v>
+        <v>4.272371500000105E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>0.6574923244840658</v>
+        <v>1.0210574662361305</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>50.290177714000002</v>
+        <v>50.292440827999997</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.18095462199999446</v>
+        <v>-0.19597095600000358</v>
       </c>
       <c r="D75" s="5">
-        <v>-4.2185376649304995</v>
+        <v>-4.5596437173215376</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>49.980933677000003</v>
+        <v>49.989632972999999</v>
       </c>
       <c r="C76" s="5">
-        <v>-0.30924403699999914</v>
+        <v>-0.30280785499999752</v>
       </c>
       <c r="D76" s="5">
-        <v>-7.1345145241654251</v>
+        <v>-6.9906060826106504</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>50.160475122999998</v>
+        <v>50.145629048000004</v>
       </c>
       <c r="C77" s="5">
-        <v>0.17954144599999466</v>
+        <v>0.15599607500000445</v>
       </c>
       <c r="D77" s="5">
-        <v>4.3968322127608372</v>
+        <v>3.8096259325401949</v>
       </c>
       <c r="E77" s="5">
-        <v>-2.4775110461125016</v>
+        <v>-2.3549800987449521</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>50.103588271</v>
+        <v>50.097979721000002</v>
       </c>
       <c r="C78" s="5">
-        <v>-5.68868519999981E-2</v>
+        <v>-4.7649327000002017E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>-1.3524598275018396</v>
+        <v>-1.1343223294995708</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>50.079926192000002</v>
+        <v>50.098213047999998</v>
       </c>
       <c r="C79" s="5">
-        <v>-2.3662078999997505E-2</v>
+        <v>2.333269999965637E-4</v>
       </c>
       <c r="D79" s="5">
-        <v>-0.56524609415705696</v>
+        <v>5.5890391966295638E-3</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>50.055577931000002</v>
+        <v>50.047574894999997</v>
       </c>
       <c r="C80" s="5">
-        <v>-2.4348261000000093E-2</v>
+        <v>-5.0638153000001296E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>-0.58186806964806159</v>
+        <v>-1.2062127908487708</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>49.768561542</v>
+        <v>49.764280958000001</v>
       </c>
       <c r="C81" s="5">
-        <v>-0.28701638900000148</v>
+        <v>-0.28329393699999628</v>
       </c>
       <c r="D81" s="5">
-        <v>-6.6678431340779776</v>
+        <v>-6.5850593260697536</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>49.849684043000003</v>
+        <v>49.847179805000003</v>
       </c>
       <c r="C82" s="5">
-        <v>8.1122501000002956E-2</v>
+        <v>8.2898847000002718E-2</v>
       </c>
       <c r="D82" s="5">
-        <v>1.973624924021844</v>
+        <v>2.0174133767702385</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>49.710327350999997</v>
+        <v>49.688622471000002</v>
       </c>
       <c r="C83" s="5">
-        <v>-0.13935669200000689</v>
+        <v>-0.15855733400000105</v>
       </c>
       <c r="D83" s="5">
-        <v>-3.3035441526061526</v>
+        <v>-3.7509671315957949</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>49.837673877</v>
+        <v>49.830733811999998</v>
       </c>
       <c r="C84" s="5">
-        <v>0.12734652600000373</v>
+        <v>0.14211134099999612</v>
       </c>
       <c r="D84" s="5">
-        <v>3.1178120983681668</v>
+        <v>3.48655021747315</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>49.698781855999997</v>
+        <v>49.694579513000001</v>
       </c>
       <c r="C85" s="5">
-        <v>-0.13889202100000375</v>
+        <v>-0.13615429899999754</v>
       </c>
       <c r="D85" s="5">
-        <v>-3.2934784368463199</v>
+        <v>-3.2299756601980367</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>49.672400111999998</v>
+        <v>49.682828262999998</v>
       </c>
       <c r="C86" s="5">
-        <v>-2.6381743999998264E-2</v>
+        <v>-1.1751250000003211E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>-0.63514288728578894</v>
+        <v>-0.28339457602251095</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>49.881940579999998</v>
+        <v>49.889470176000003</v>
       </c>
       <c r="C87" s="5">
-        <v>0.20954046800000015</v>
+        <v>0.20664191300000567</v>
       </c>
       <c r="D87" s="5">
-        <v>5.1812546800313664</v>
+        <v>5.1068384917949627</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>49.890872588000001</v>
+        <v>49.914496982000003</v>
       </c>
       <c r="C88" s="5">
-        <v>8.9320080000021562E-3</v>
+        <v>2.5026805999999624E-2</v>
       </c>
       <c r="D88" s="5">
-        <v>0.21508729941772664</v>
+        <v>0.60363772134337523</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>49.897567527</v>
+        <v>49.921107874</v>
       </c>
       <c r="C89" s="5">
-        <v>6.6949389999990672E-3</v>
+        <v>6.6108919999976479E-3</v>
       </c>
       <c r="D89" s="5">
-        <v>0.16114889375300478</v>
+        <v>0.15904901838075247</v>
       </c>
       <c r="E89" s="5">
-        <v>-0.52413298589241153</v>
+        <v>-0.44773827402800892</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>49.709351460999997</v>
+        <v>49.696210499999999</v>
       </c>
       <c r="C90" s="5">
-        <v>-0.18821606600000251</v>
+        <v>-0.22489737400000109</v>
       </c>
       <c r="D90" s="5">
-        <v>-4.4337223608385319</v>
+        <v>-5.2741076893909504</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>49.661864878000003</v>
+        <v>49.660459879999998</v>
       </c>
       <c r="C91" s="5">
-        <v>-4.7486582999994198E-2</v>
+        <v>-3.5750620000001732E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>-1.1403378256101493</v>
+        <v>-0.85985246214198563</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>49.871844424999999</v>
+        <v>49.851575048000001</v>
       </c>
       <c r="C92" s="5">
-        <v>0.2099795469999961</v>
+        <v>0.19111516800000317</v>
       </c>
       <c r="D92" s="5">
-        <v>5.1934925879629779</v>
+        <v>4.717138769243534</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>49.809285307000003</v>
+        <v>49.796675962000002</v>
       </c>
       <c r="C93" s="5">
-        <v>-6.2559117999995806E-2</v>
+        <v>-5.4899085999998931E-2</v>
       </c>
       <c r="D93" s="5">
-        <v>-1.4949351396571608</v>
+        <v>-1.3135260759142064</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>50.008204448000001</v>
+        <v>50.002456438000003</v>
       </c>
       <c r="C94" s="5">
-        <v>0.19891914099999752</v>
+        <v>0.20578047600000104</v>
       </c>
       <c r="D94" s="5">
-        <v>4.8990158883513102</v>
+        <v>5.0731708966785138</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>50.294479547999998</v>
+        <v>50.282050089999998</v>
       </c>
       <c r="C95" s="5">
-        <v>0.28627509999999745</v>
+        <v>0.27959365199999553</v>
       </c>
       <c r="D95" s="5">
-        <v>7.0899420644975786</v>
+        <v>6.9201684262735874</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>50.421793829999999</v>
+        <v>50.412401041000003</v>
       </c>
       <c r="C96" s="5">
-        <v>0.12731428200000039</v>
+        <v>0.13035095100000404</v>
       </c>
       <c r="D96" s="5">
-        <v>3.0803030699988909</v>
+        <v>3.1556152988774233</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>50.166017357999998</v>
+        <v>50.161121899999998</v>
       </c>
       <c r="C97" s="5">
-        <v>-0.25577647200000087</v>
+        <v>-0.25127914100000481</v>
       </c>
       <c r="D97" s="5">
-        <v>-5.920287485672338</v>
+        <v>-5.8200824404191165</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>50.680273653</v>
+        <v>50.690573151000002</v>
       </c>
       <c r="C98" s="5">
-        <v>0.51425629500000269</v>
+        <v>0.52945125100000467</v>
       </c>
       <c r="D98" s="5">
-        <v>13.019121121696386</v>
+        <v>13.427804270648359</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>50.192043230000003</v>
+        <v>50.199605916000003</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.48823042299999742</v>
+        <v>-0.49096723499999939</v>
       </c>
       <c r="D99" s="5">
-        <v>-10.966983031290134</v>
+        <v>-11.023099616053466</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>50.309049182999999</v>
+        <v>50.340141858999999</v>
       </c>
       <c r="C100" s="5">
-        <v>0.11700595299999605</v>
+        <v>0.14053594299999617</v>
       </c>
       <c r="D100" s="5">
-        <v>2.8335452048958931</v>
+        <v>3.4116641681368742</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>50.242232854999997</v>
+        <v>50.286920657000003</v>
       </c>
       <c r="C101" s="5">
-        <v>-6.681632800000159E-2</v>
+        <v>-5.3221201999996026E-2</v>
       </c>
       <c r="D101" s="5">
-        <v>-1.5821506558756693</v>
+        <v>-1.2613270935834864</v>
       </c>
       <c r="E101" s="5">
-        <v>0.69074575191163667</v>
+        <v>0.73278178025075746</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>50.393743245000003</v>
+        <v>50.378538374000001</v>
       </c>
       <c r="C102" s="5">
-        <v>0.15151039000000566</v>
+        <v>9.1617716999998322E-2</v>
       </c>
       <c r="D102" s="5">
-        <v>3.6793446364912219</v>
+        <v>2.2083205226212321</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>50.861493355999997</v>
+        <v>50.856446982999998</v>
       </c>
       <c r="C103" s="5">
-        <v>0.46775011099999375</v>
+        <v>0.47790860899999643</v>
       </c>
       <c r="D103" s="5">
-        <v>11.724871085774581</v>
+        <v>11.996751868740096</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>50.778038533</v>
+        <v>50.761562179999999</v>
       </c>
       <c r="C104" s="5">
-        <v>-8.3454822999996736E-2</v>
+        <v>-9.4884802999999351E-2</v>
       </c>
       <c r="D104" s="5">
-        <v>-1.9513179103647804</v>
+        <v>-2.2160533643841629</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>51.541801434</v>
+        <v>51.53722561</v>
       </c>
       <c r="C105" s="5">
-        <v>0.76376290099999977</v>
+        <v>0.7756634300000016</v>
       </c>
       <c r="D105" s="5">
-        <v>19.620075403762005</v>
+        <v>19.958956491265734</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>51.676924597000003</v>
+        <v>51.677936281999997</v>
       </c>
       <c r="C106" s="5">
-        <v>0.13512316300000293</v>
+        <v>0.14071067199999732</v>
       </c>
       <c r="D106" s="5">
-        <v>3.1917073169750676</v>
+        <v>3.3259765307552591</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>51.552644088999998</v>
+        <v>51.549835410999997</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.12428050800000534</v>
+        <v>-0.12810087100000089</v>
       </c>
       <c r="D107" s="5">
-        <v>-2.8480733807898395</v>
+        <v>-2.9343760612798753</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>51.808526450000002</v>
+        <v>51.799990688999998</v>
       </c>
       <c r="C108" s="5">
-        <v>0.25588236100000472</v>
+        <v>0.25015527800000115</v>
       </c>
       <c r="D108" s="5">
-        <v>6.12154025099092</v>
+        <v>5.9811881763021768</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>51.93537456</v>
+        <v>51.932595497000001</v>
       </c>
       <c r="C109" s="5">
-        <v>0.1268481099999974</v>
+        <v>0.13260480800000352</v>
       </c>
       <c r="D109" s="5">
-        <v>2.9779721686876703</v>
+        <v>3.1155495063228011</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>51.769050354000001</v>
+        <v>51.779973409</v>
       </c>
       <c r="C110" s="5">
-        <v>-0.16632420599999875</v>
+        <v>-0.1526220880000011</v>
       </c>
       <c r="D110" s="5">
-        <v>-3.776053838993132</v>
+        <v>-3.4701711439799943</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>51.924667149000001</v>
+        <v>51.925306675000002</v>
       </c>
       <c r="C111" s="5">
-        <v>0.15561679500000025</v>
+        <v>0.14533326600000152</v>
       </c>
       <c r="D111" s="5">
-        <v>3.6674162219671125</v>
+        <v>3.4205791442441624</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>52.061100944000003</v>
+        <v>52.070104307999998</v>
       </c>
       <c r="C112" s="5">
-        <v>0.13643379500000208</v>
+        <v>0.14479763299999604</v>
       </c>
       <c r="D112" s="5">
-        <v>3.1990074330924267</v>
+        <v>3.3980931553784899</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>52.117908698999997</v>
+        <v>52.130970171000001</v>
       </c>
       <c r="C113" s="5">
-        <v>5.6807754999994131E-2</v>
+        <v>6.0865863000003628E-2</v>
       </c>
       <c r="D113" s="5">
-        <v>1.3172966357471116</v>
+        <v>1.4117590885994513</v>
       </c>
       <c r="E113" s="5">
-        <v>3.733265297768984</v>
+        <v>3.6670559459744956</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>52.130245574999996</v>
+        <v>52.120492251999998</v>
       </c>
       <c r="C114" s="5">
-        <v>1.2336875999999108E-2</v>
+        <v>-1.0477919000003055E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>0.28442315868242307</v>
+        <v>-0.24092420682217952</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>52.464989527</v>
+        <v>52.466386727</v>
       </c>
       <c r="C115" s="5">
-        <v>0.33474395200000373</v>
+        <v>0.34589447500000148</v>
       </c>
       <c r="D115" s="5">
-        <v>7.9836085396477685</v>
+        <v>8.2609336113981016</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>52.379592103</v>
+        <v>52.375603362</v>
       </c>
       <c r="C116" s="5">
-        <v>-8.5397423999999944E-2</v>
+        <v>-9.078336500000006E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>-1.9358520458932715</v>
+        <v>-2.0567309498123021</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>52.861265732</v>
+        <v>52.860114367999998</v>
       </c>
       <c r="C117" s="5">
-        <v>0.48167362899999944</v>
+        <v>0.48451100599999819</v>
       </c>
       <c r="D117" s="5">
-        <v>11.610575846338556</v>
+        <v>11.683422119012722</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>52.726178849999997</v>
+        <v>52.727856832999997</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.13508688200000307</v>
+        <v>-0.13225753500000081</v>
       </c>
       <c r="D118" s="5">
-        <v>-3.0238614010361986</v>
+        <v>-2.9614603809648754</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>52.895551179999998</v>
+        <v>52.896154576999997</v>
       </c>
       <c r="C119" s="5">
-        <v>0.16937233000000163</v>
+        <v>0.16829774400000019</v>
       </c>
       <c r="D119" s="5">
-        <v>3.9235996946904939</v>
+        <v>3.8981414842607975</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>52.933482579</v>
+        <v>52.925487259000001</v>
       </c>
       <c r="C120" s="5">
-        <v>3.793139900000142E-2</v>
+        <v>2.9332682000003274E-2</v>
       </c>
       <c r="D120" s="5">
-        <v>0.86392204246759086</v>
+        <v>0.66747332852239438</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>53.219580845000003</v>
+        <v>53.216401877999999</v>
       </c>
       <c r="C121" s="5">
-        <v>0.28609826600000332</v>
+        <v>0.29091461899999871</v>
       </c>
       <c r="D121" s="5">
-        <v>6.6821556474351729</v>
+        <v>6.7991279058198906</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>53.349323736000002</v>
+        <v>53.364036925000001</v>
       </c>
       <c r="C122" s="5">
-        <v>0.12974289099999936</v>
+        <v>0.14763504700000141</v>
       </c>
       <c r="D122" s="5">
-        <v>2.9650006139509744</v>
+        <v>3.3803564201567493</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>54.465756837000001</v>
+        <v>54.458754696</v>
       </c>
       <c r="C123" s="5">
-        <v>1.1164331009999984</v>
+        <v>1.0947177709999991</v>
       </c>
       <c r="D123" s="5">
-        <v>28.214012090893426</v>
+        <v>27.593444459732353</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>54.144877094999998</v>
+        <v>54.124748908999997</v>
       </c>
       <c r="C124" s="5">
-        <v>-0.32087974200000247</v>
+        <v>-0.33400578700000239</v>
       </c>
       <c r="D124" s="5">
-        <v>-6.845046575813285</v>
+        <v>-7.1165663335431173</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>54.392839576999997</v>
+        <v>54.357376248000001</v>
       </c>
       <c r="C125" s="5">
-        <v>0.24796248199999837</v>
+        <v>0.23262733900000399</v>
       </c>
       <c r="D125" s="5">
-        <v>5.6360890698799793</v>
+        <v>5.281264896236082</v>
       </c>
       <c r="E125" s="5">
-        <v>4.364969613686065</v>
+        <v>4.270793483598978</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>54.313052026999998</v>
+        <v>54.312782654999999</v>
       </c>
       <c r="C126" s="5">
-        <v>-7.978754999999893E-2</v>
+        <v>-4.4593593000001874E-2</v>
       </c>
       <c r="D126" s="5">
-        <v>-1.7461190033836615</v>
+        <v>-0.98002373493636386</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>54.246610406999999</v>
+        <v>54.263107079999997</v>
       </c>
       <c r="C127" s="5">
-        <v>-6.6441619999999091E-2</v>
+        <v>-4.967557500000197E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>-1.4581336106973097</v>
+        <v>-1.0920400892146742</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>54.377841760999999</v>
+        <v>54.390355823999997</v>
       </c>
       <c r="C128" s="5">
-        <v>0.13123135400000052</v>
+        <v>0.12724874399999919</v>
       </c>
       <c r="D128" s="5">
-        <v>2.9419333999946007</v>
+        <v>2.8506186517771592</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>54.369507286000001</v>
+        <v>54.375289535999997</v>
       </c>
       <c r="C129" s="5">
-        <v>-8.334474999998065E-3</v>
+        <v>-1.5066287999999872E-2</v>
       </c>
       <c r="D129" s="5">
-        <v>-0.1837686637496172</v>
+        <v>-0.33189756280268545</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>54.704933631999999</v>
+        <v>54.711785399999997</v>
       </c>
       <c r="C130" s="5">
-        <v>0.33542634599999843</v>
+        <v>0.33649586399999976</v>
       </c>
       <c r="D130" s="5">
-        <v>7.6597031921254555</v>
+        <v>7.6841185079675078</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>54.974420268999999</v>
+        <v>54.976987321000003</v>
       </c>
       <c r="C131" s="5">
-        <v>0.26948663699999997</v>
+        <v>0.26520192100000628</v>
       </c>
       <c r="D131" s="5">
-        <v>6.0742458602561333</v>
+        <v>5.9743106894179165</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>54.978897918999998</v>
+        <v>54.977418602999997</v>
       </c>
       <c r="C132" s="5">
-        <v>4.4776499999983344E-3</v>
+        <v>4.3128199999387107E-4</v>
       </c>
       <c r="D132" s="5">
-        <v>9.7783435800513629E-2</v>
+        <v>9.4141340885034452E-3</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>55.187398631000001</v>
+        <v>55.184628392</v>
       </c>
       <c r="C133" s="5">
-        <v>0.20850071200000286</v>
+        <v>0.20720978900000375</v>
       </c>
       <c r="D133" s="5">
-        <v>4.6469847407204945</v>
+        <v>4.6177409980023176</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>55.515289047000003</v>
+        <v>55.532727323000003</v>
       </c>
       <c r="C134" s="5">
-        <v>0.32789041600000246</v>
+        <v>0.34809893100000266</v>
       </c>
       <c r="D134" s="5">
-        <v>7.3673380726803961</v>
+        <v>7.8376879516735665</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>55.493583182000002</v>
+        <v>55.484637956999997</v>
       </c>
       <c r="C135" s="5">
-        <v>-2.1705865000001268E-2</v>
+        <v>-4.8089366000006351E-2</v>
       </c>
       <c r="D135" s="5">
-        <v>-0.46817910542614749</v>
+        <v>-1.0342222595612904</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>55.653254320999999</v>
+        <v>55.618754529999997</v>
       </c>
       <c r="C136" s="5">
-        <v>0.15967113899999674</v>
+        <v>0.13411657300000002</v>
       </c>
       <c r="D136" s="5">
-        <v>3.5079156817423574</v>
+        <v>2.9394954061536582</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>55.568889159999998</v>
+        <v>55.523186510000002</v>
       </c>
       <c r="C137" s="5">
-        <v>-8.436516100000091E-2</v>
+        <v>-9.5568019999994647E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>-1.8039982158513435</v>
+        <v>-2.0425486290258088</v>
       </c>
       <c r="E137" s="5">
-        <v>2.1621404437530023</v>
+        <v>2.14471400657954</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>55.477179853999999</v>
+        <v>55.477399120999998</v>
       </c>
       <c r="C138" s="5">
-        <v>-9.1709305999998492E-2</v>
+        <v>-4.5787389000004453E-2</v>
       </c>
       <c r="D138" s="5">
-        <v>-1.9625676299763084</v>
+        <v>-0.98510813924298501</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>55.204483453999998</v>
+        <v>55.225858502000001</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.27269640000000095</v>
+        <v>-0.25154061899999647</v>
       </c>
       <c r="D139" s="5">
-        <v>-5.7416797475603909</v>
+        <v>-5.3072778728250452</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>55.354327155999997</v>
+        <v>55.370958493000003</v>
       </c>
       <c r="C140" s="5">
-        <v>0.1498437019999983</v>
+        <v>0.14509999100000215</v>
       </c>
       <c r="D140" s="5">
-        <v>3.3062762980372584</v>
+        <v>3.1988331091856503</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>54.787304184</v>
+        <v>54.790065046000002</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.56702297199999663</v>
+        <v>-0.58089344700000112</v>
       </c>
       <c r="D141" s="5">
-        <v>-11.622794888476628</v>
+        <v>-11.88754624039211</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>54.611099484</v>
+        <v>54.609575198999998</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.17620469999999955</v>
+        <v>-0.18048984700000403</v>
       </c>
       <c r="D142" s="5">
-        <v>-3.7918495161191612</v>
+        <v>-3.8822078395174153</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>54.486121572000002</v>
+        <v>54.483034744999998</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.12497791199999853</v>
+        <v>-0.12654045400000058</v>
       </c>
       <c r="D143" s="5">
-        <v>-2.7119053960696249</v>
+        <v>-2.7454558722022737</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>54.522342246000001</v>
+        <v>54.516365284999999</v>
       </c>
       <c r="C144" s="5">
-        <v>3.6220673999999065E-2</v>
+        <v>3.3330540000001463E-2</v>
       </c>
       <c r="D144" s="5">
-        <v>0.8006456962369457</v>
+        <v>0.73658706621870795</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>54.361574932000003</v>
+        <v>54.357061301000002</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.16076731399999744</v>
+        <v>-0.15930398399999746</v>
       </c>
       <c r="D145" s="5">
-        <v>-3.4815565530058046</v>
+        <v>-3.4507466265461639</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>53.674653599999999</v>
+        <v>53.681914978000002</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.68692133200000427</v>
+        <v>-0.67514632299999988</v>
       </c>
       <c r="D146" s="5">
-        <v>-14.152700263649898</v>
+        <v>-13.927510415080979</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>53.296815733000003</v>
+        <v>53.294433499999997</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.37783786699999666</v>
+        <v>-0.3874814780000051</v>
       </c>
       <c r="D147" s="5">
-        <v>-8.1277937012260821</v>
+        <v>-8.3259953046146187</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>53.248820147000004</v>
+        <v>53.286421050000001</v>
       </c>
       <c r="C148" s="5">
-        <v>-4.799558599999898E-2</v>
+        <v>-8.0124499999953969E-3</v>
       </c>
       <c r="D148" s="5">
-        <v>-1.0753042952101999</v>
+        <v>-0.18026260686198059</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>53.241285681999997</v>
+        <v>53.305600060000003</v>
       </c>
       <c r="C149" s="5">
-        <v>-7.5344650000062074E-3</v>
+        <v>1.9179010000001995E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>-0.16966244665640451</v>
+        <v>0.43276365412054929</v>
       </c>
       <c r="E149" s="5">
-        <v>-4.1886809565296668</v>
+        <v>-3.9939826753289775</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>53.965080688999997</v>
+        <v>53.954761966</v>
       </c>
       <c r="C150" s="5">
-        <v>0.72379500699999966</v>
+        <v>0.64916190599999624</v>
       </c>
       <c r="D150" s="5">
-        <v>17.590315798553814</v>
+        <v>15.633409704263324</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>53.939624963999997</v>
+        <v>53.924737571000001</v>
       </c>
       <c r="C151" s="5">
-        <v>-2.5455725000000484E-2</v>
+        <v>-3.0024394999998094E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>-0.56458257048067617</v>
+        <v>-0.66572820693928669</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>54.228311912000002</v>
+        <v>54.227598665000002</v>
       </c>
       <c r="C152" s="5">
-        <v>0.28868694800000583</v>
+        <v>0.30286109400000072</v>
       </c>
       <c r="D152" s="5">
-        <v>6.614912336497536</v>
+        <v>6.9517747070317659</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>54.595248681999998</v>
+        <v>54.589901900000001</v>
       </c>
       <c r="C153" s="5">
-        <v>0.36693676999999525</v>
+        <v>0.36230323499999884</v>
       </c>
       <c r="D153" s="5">
-        <v>8.4289265054538163</v>
+        <v>8.3186622822732037</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>54.954355550999999</v>
+        <v>54.947947182999997</v>
       </c>
       <c r="C154" s="5">
-        <v>0.35910686900000144</v>
+        <v>0.35804528299999561</v>
       </c>
       <c r="D154" s="5">
-        <v>8.1850496271807636</v>
+        <v>8.1608020648939785</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>55.130189428999998</v>
+        <v>55.124928797999999</v>
       </c>
       <c r="C155" s="5">
-        <v>0.17583387799999883</v>
+        <v>0.17698161500000253</v>
       </c>
       <c r="D155" s="5">
-        <v>3.907856415174793</v>
+        <v>3.9342850070107849</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>54.835454667</v>
+        <v>54.828199005999998</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.29473476199999737</v>
+        <v>-0.29672979200000071</v>
       </c>
       <c r="D156" s="5">
-        <v>-6.2300750529806104</v>
+        <v>-6.2715862878379376</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>54.926950054999999</v>
+        <v>54.923525521999998</v>
       </c>
       <c r="C157" s="5">
-        <v>9.1495387999998457E-2</v>
+        <v>9.5326516000000083E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>2.0207304653796276</v>
+        <v>2.1064353730190666</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>55.236969793</v>
+        <v>55.240317576000002</v>
       </c>
       <c r="C158" s="5">
-        <v>0.31001973800000115</v>
+        <v>0.31679205400000399</v>
       </c>
       <c r="D158" s="5">
-        <v>6.9873269333319055</v>
+        <v>7.1452987132644363</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>55.295441085</v>
+        <v>55.291871174999997</v>
       </c>
       <c r="C159" s="5">
-        <v>5.8471292000000119E-2</v>
+        <v>5.1553598999994676E-2</v>
       </c>
       <c r="D159" s="5">
-        <v>1.2776859862947632</v>
+        <v>1.1256787938609847</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>55.112142425999998</v>
+        <v>55.125884786</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.18329865900000186</v>
+        <v>-0.16598638899999685</v>
       </c>
       <c r="D160" s="5">
-        <v>-3.9061467604518674</v>
+        <v>-3.543515987240986</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>55.444769262999998</v>
+        <v>55.453150182999998</v>
       </c>
       <c r="C161" s="5">
-        <v>0.3326268369999994</v>
+        <v>0.3272653969999979</v>
       </c>
       <c r="D161" s="5">
-        <v>7.4878649611168857</v>
+        <v>7.3613080442484158</v>
       </c>
       <c r="E161" s="5">
-        <v>4.1386746258551765</v>
+        <v>4.0287514268346092</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>55.390540856000001</v>
+        <v>55.383624318000003</v>
       </c>
       <c r="C162" s="5">
-        <v>-5.4228406999996537E-2</v>
+        <v>-6.952586499999569E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>-1.1673810242272098</v>
+        <v>-1.4942003112706992</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>55.231209333000002</v>
+        <v>55.233637895000001</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.15933152299999875</v>
+        <v>-0.14998642300000142</v>
       </c>
       <c r="D163" s="5">
-        <v>-3.3977234508625331</v>
+        <v>-3.2017938582029504</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>55.202661943000003</v>
+        <v>55.203681543999998</v>
       </c>
       <c r="C164" s="5">
-        <v>-2.854738999999995E-2</v>
+        <v>-2.9956351000002712E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-0.61848456648175842</v>
+        <v>-0.64889052653122059</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>55.996900553000003</v>
+        <v>55.999596953000001</v>
       </c>
       <c r="C165" s="5">
-        <v>0.79423861000000073</v>
+        <v>0.79591540900000268</v>
       </c>
       <c r="D165" s="5">
-        <v>18.699154727793598</v>
+        <v>18.741440334595705</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>55.805917811999997</v>
+        <v>55.798294427000002</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.19098274100000623</v>
+        <v>-0.2013025259999992</v>
       </c>
       <c r="D166" s="5">
-        <v>-4.0168077250304801</v>
+        <v>-4.2293853167811761</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>55.685223633</v>
+        <v>55.678810442</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.12069417899999735</v>
+        <v>-0.11948398500000224</v>
       </c>
       <c r="D167" s="5">
-        <v>-2.5646485955188703</v>
+        <v>-2.5395779251176198</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>55.959030390000002</v>
+        <v>55.954298021</v>
       </c>
       <c r="C168" s="5">
-        <v>0.27380675700000268</v>
+        <v>0.27548757899999998</v>
       </c>
       <c r="D168" s="5">
-        <v>6.0626690837909836</v>
+        <v>6.1016265574930673</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>56.390727576000003</v>
+        <v>56.388846088999998</v>
       </c>
       <c r="C169" s="5">
-        <v>0.43169718600000095</v>
+        <v>0.43454806799999801</v>
       </c>
       <c r="D169" s="5">
-        <v>9.6604963244918629</v>
+        <v>9.7279007243697748</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>56.393169929999999</v>
+        <v>56.391593358999998</v>
       </c>
       <c r="C170" s="5">
-        <v>2.4423539999958166E-3</v>
+        <v>2.7472700000004124E-3</v>
       </c>
       <c r="D170" s="5">
-        <v>5.1985905917439901E-2</v>
+        <v>5.8479783930787121E-2</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>56.689175108999997</v>
+        <v>56.686578044999997</v>
       </c>
       <c r="C171" s="5">
-        <v>0.29600517899999801</v>
+        <v>0.29498468599999939</v>
       </c>
       <c r="D171" s="5">
-        <v>6.4838048217676691</v>
+        <v>6.4609904735453805</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>56.756616850999997</v>
+        <v>56.749615040999998</v>
       </c>
       <c r="C172" s="5">
-        <v>6.7441741999999749E-2</v>
+        <v>6.3036996000001011E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>1.4369893189844163</v>
+        <v>1.3426241157670438</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>56.837005757</v>
+        <v>56.819049657000001</v>
       </c>
       <c r="C173" s="5">
-        <v>8.0388906000003146E-2</v>
+        <v>6.9434616000002336E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>1.7129585194954</v>
+        <v>1.4781516227693414</v>
       </c>
       <c r="E173" s="5">
-        <v>2.5110330740055753</v>
+        <v>2.4631593867840085</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>56.845776635</v>
+        <v>56.846272994000003</v>
       </c>
       <c r="C174" s="5">
-        <v>8.770877999999982E-3</v>
+        <v>2.7223337000002346E-2</v>
       </c>
       <c r="D174" s="5">
-        <v>0.18533684328105871</v>
+        <v>0.57646560905002531</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>57.201662011000003</v>
+        <v>57.229314490999997</v>
       </c>
       <c r="C175" s="5">
-        <v>0.35588537600000336</v>
+        <v>0.38304149699999357</v>
       </c>
       <c r="D175" s="5">
-        <v>7.7768085630228523</v>
+        <v>8.3923344428206157</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>56.909508299000002</v>
+        <v>56.917914562999997</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.29215371200000106</v>
+        <v>-0.31139992800000016</v>
       </c>
       <c r="D176" s="5">
-        <v>-5.959651642846497</v>
+        <v>-6.3376118355913054</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>56.078951379000003</v>
+        <v>56.074930895000001</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.83055691999999937</v>
+        <v>-0.84298366799999513</v>
       </c>
       <c r="D177" s="5">
-        <v>-16.173639586769529</v>
+        <v>-16.394045112098688</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>56.053851635999997</v>
+        <v>56.042937135000003</v>
       </c>
       <c r="C178" s="5">
-        <v>-2.5099743000005503E-2</v>
+        <v>-3.1993759999998872E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-0.5357742298003676</v>
+        <v>-0.68252002772700715</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>56.150630132000003</v>
+        <v>56.142338334000002</v>
       </c>
       <c r="C179" s="5">
-        <v>9.6778496000005987E-2</v>
+        <v>9.9401198999998996E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>2.0916201442867877</v>
+        <v>2.1492798002323621</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>56.287980617999999</v>
+        <v>56.278921132999997</v>
       </c>
       <c r="C180" s="5">
-        <v>0.13735048599999544</v>
+        <v>0.1365827989999957</v>
       </c>
       <c r="D180" s="5">
-        <v>2.9751436775089957</v>
+        <v>2.9587345294712408</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>56.050862488999996</v>
+        <v>56.051295703999997</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.2371181290000024</v>
+        <v>-0.22762542899999971</v>
       </c>
       <c r="D181" s="5">
-        <v>-4.9396129932838591</v>
+        <v>-4.74698843056699</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>55.667727016999997</v>
+        <v>55.664733798999997</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.38313547199999931</v>
+        <v>-0.38656190500000065</v>
       </c>
       <c r="D182" s="5">
-        <v>-7.9011367787130027</v>
+        <v>-7.9690803749697388</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>56.172617088999999</v>
+        <v>56.172642797000002</v>
       </c>
       <c r="C183" s="5">
-        <v>0.50489007200000202</v>
+        <v>0.50790899800000489</v>
       </c>
       <c r="D183" s="5">
-        <v>11.443317417290233</v>
+        <v>11.515861819358687</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>56.187704484999998</v>
+        <v>56.210864164</v>
       </c>
       <c r="C184" s="5">
-        <v>1.5087395999998421E-2</v>
+        <v>3.8221366999998452E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>0.32278439963711048</v>
+        <v>0.81957467461517552</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>56.129820573000003</v>
+        <v>56.164310553</v>
       </c>
       <c r="C185" s="5">
-        <v>-5.7883911999994098E-2</v>
+        <v>-4.6553611000000217E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>-1.2292453776706069</v>
+        <v>-0.98932063806890236</v>
       </c>
       <c r="E185" s="5">
-        <v>-1.2442337075663112</v>
+        <v>-1.1523232224975088</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>55.997530253999997</v>
+        <v>55.989436927</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.13229031900000621</v>
+        <v>-0.17487362600000012</v>
       </c>
       <c r="D186" s="5">
-        <v>-2.7918608512086163</v>
+        <v>-3.6730045539102751</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>56.165000368000001</v>
+        <v>56.159234042000001</v>
       </c>
       <c r="C187" s="5">
-        <v>0.16747011400000389</v>
+        <v>0.1697971150000015</v>
       </c>
       <c r="D187" s="5">
-        <v>3.6484271220109443</v>
+        <v>3.7005143880205482</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>56.212126198</v>
+        <v>56.205855126000003</v>
       </c>
       <c r="C188" s="5">
-        <v>4.7125829999998814E-2</v>
+        <v>4.6621084000001645E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>1.0115320980299991</v>
+        <v>1.0007516858253185</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>56.583647556999999</v>
+        <v>56.577163415000001</v>
       </c>
       <c r="C189" s="5">
-        <v>0.37152135899999905</v>
+        <v>0.37130828899999813</v>
       </c>
       <c r="D189" s="5">
-        <v>8.2258807314310225</v>
+        <v>8.2219412637925195</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>56.707599285999997</v>
+        <v>56.696999941999998</v>
       </c>
       <c r="C190" s="5">
-        <v>0.12395172899999807</v>
+        <v>0.11983652699999681</v>
       </c>
       <c r="D190" s="5">
-        <v>2.6606151245827547</v>
+        <v>2.571549440354759</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>56.999510059999999</v>
+        <v>56.992939337000003</v>
       </c>
       <c r="C191" s="5">
-        <v>0.29191077400000154</v>
+        <v>0.29593939500000488</v>
       </c>
       <c r="D191" s="5">
-        <v>6.3551024887597451</v>
+        <v>6.4465811072462742</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>57.207673176</v>
+        <v>57.200535885000001</v>
       </c>
       <c r="C192" s="5">
-        <v>0.20816311600000148</v>
+        <v>0.20759654799999794</v>
       </c>
       <c r="D192" s="5">
-        <v>4.4715251373642184</v>
+        <v>4.4596343838397168</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>57.325151857999998</v>
+        <v>57.326913126999997</v>
       </c>
       <c r="C193" s="5">
-        <v>0.117478681999998</v>
+        <v>0.12637724199999667</v>
       </c>
       <c r="D193" s="5">
-        <v>2.4922811466764783</v>
+        <v>2.6837011509581954</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>57.545066495</v>
+        <v>57.539463056000002</v>
       </c>
       <c r="C194" s="5">
-        <v>0.21991463700000224</v>
+        <v>0.21254992900000502</v>
       </c>
       <c r="D194" s="5">
-        <v>4.701906162093672</v>
+        <v>4.5410779486369179</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>57.546388296000003</v>
+        <v>57.544546165</v>
       </c>
       <c r="C195" s="5">
-        <v>1.32180100000312E-3</v>
+        <v>5.0831089999974211E-3</v>
       </c>
       <c r="D195" s="5">
-        <v>2.7567291138197447E-2</v>
+        <v>0.10606104171715369</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>57.932844226</v>
+        <v>57.928050149000001</v>
       </c>
       <c r="C196" s="5">
-        <v>0.38645592999999678</v>
+        <v>0.38350398400000074</v>
       </c>
       <c r="D196" s="5">
-        <v>8.3630819006208732</v>
+        <v>8.2971166829735274</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>57.811429015000002</v>
+        <v>57.811274840999999</v>
       </c>
       <c r="C197" s="5">
-        <v>-0.12141521099999864</v>
+        <v>-0.11677530800000113</v>
       </c>
       <c r="D197" s="5">
-        <v>-2.4861628921580614</v>
+        <v>-2.392400540087336</v>
       </c>
       <c r="E197" s="5">
-        <v>2.9959269864634042</v>
+        <v>2.9324036417144761</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>58.040864636000002</v>
+        <v>58.044320327000001</v>
       </c>
       <c r="C198" s="5">
-        <v>0.22943562100000037</v>
+        <v>0.23304548600000174</v>
       </c>
       <c r="D198" s="5">
-        <v>4.8677684384014652</v>
+        <v>4.9460760027116191</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>58.447148953000003</v>
+        <v>58.464844669999998</v>
       </c>
       <c r="C199" s="5">
-        <v>0.40628431700000078</v>
+        <v>0.42052434299999675</v>
       </c>
       <c r="D199" s="5">
-        <v>8.7310274493679572</v>
+        <v>9.0487872716040307</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>58.836655358000002</v>
+        <v>58.848135055999997</v>
       </c>
       <c r="C200" s="5">
-        <v>0.38950640499999878</v>
+        <v>0.38329038599999876</v>
       </c>
       <c r="D200" s="5">
-        <v>8.2968306590334393</v>
+        <v>8.1570538986216015</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>58.588113165000003</v>
+        <v>58.596024479</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.24854219299999869</v>
+        <v>-0.25211057699999628</v>
       </c>
       <c r="D201" s="5">
-        <v>-4.9529986343199823</v>
+        <v>-5.0214861039282521</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>58.734301561000002</v>
+        <v>58.739934914000003</v>
       </c>
       <c r="C202" s="5">
-        <v>0.14618839599999944</v>
+        <v>0.14391043500000222</v>
       </c>
       <c r="D202" s="5">
-        <v>3.0356614749762256</v>
+        <v>2.9873090246731238</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>58.828010949999999</v>
+        <v>58.832107495999999</v>
       </c>
       <c r="C203" s="5">
-        <v>9.3709388999997145E-2</v>
+        <v>9.2172581999996339E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>1.9314660439247788</v>
+        <v>1.8993329300995621</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>58.799627321999999</v>
+        <v>58.800689712999997</v>
       </c>
       <c r="C204" s="5">
-        <v>-2.8383628000000272E-2</v>
+        <v>-3.1417783000001975E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>-0.57744794393423948</v>
+        <v>-0.63895046731025085</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>59.104858430999997</v>
+        <v>59.105233957000003</v>
       </c>
       <c r="C205" s="5">
-        <v>0.3052311089999975</v>
+        <v>0.3045442440000059</v>
       </c>
       <c r="D205" s="5">
-        <v>6.4102088304605287</v>
+        <v>6.3952516410955784</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>59.148217473999999</v>
+        <v>59.141617566000001</v>
       </c>
       <c r="C206" s="5">
-        <v>4.3359043000002373E-2</v>
+        <v>3.6383608999997819E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>0.88387486081658029</v>
+        <v>0.74119414399940187</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>58.819892815999999</v>
+        <v>58.815792053999999</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.32832465799999966</v>
+        <v>-0.32582551200000154</v>
       </c>
       <c r="D207" s="5">
-        <v>-6.4614112314463128</v>
+        <v>-6.4144029435908134</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>59.015847544000003</v>
+        <v>58.993964845999997</v>
       </c>
       <c r="C208" s="5">
-        <v>0.1959547280000038</v>
+        <v>0.17817279199999803</v>
       </c>
       <c r="D208" s="5">
-        <v>4.0717930423376014</v>
+        <v>3.696386281641173</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>59.120732990999997</v>
+        <v>59.090191382</v>
       </c>
       <c r="C209" s="5">
-        <v>0.1048854469999938</v>
+        <v>9.6226536000003193E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>2.15366116676865</v>
+        <v>1.9750056844271002</v>
       </c>
       <c r="E209" s="5">
-        <v>2.2647839679940773</v>
+        <v>2.2122268441881587</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>59.158674026</v>
+        <v>59.168773637999998</v>
       </c>
       <c r="C210" s="5">
-        <v>3.7941035000002898E-2</v>
+        <v>7.858225599999713E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>0.77283021367304805</v>
+        <v>1.6075680093559086</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>59.336283864000002</v>
+        <v>59.358794644</v>
       </c>
       <c r="C211" s="5">
-        <v>0.17760983800000218</v>
+        <v>0.19002100600000205</v>
       </c>
       <c r="D211" s="5">
-        <v>3.6628033736674892</v>
+        <v>3.9226149047173031</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>59.458407479000002</v>
+        <v>59.471667736000001</v>
       </c>
       <c r="C212" s="5">
-        <v>0.12212361499999957</v>
+        <v>0.11287309200000095</v>
       </c>
       <c r="D212" s="5">
-        <v>2.4979434589692096</v>
+        <v>2.3058639263553227</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>59.789049042999999</v>
+        <v>59.804457315999997</v>
       </c>
       <c r="C213" s="5">
-        <v>0.33064156399999689</v>
+        <v>0.33278957999999648</v>
       </c>
       <c r="D213" s="5">
-        <v>6.880991874874498</v>
+        <v>6.9254870453828055</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>59.919953896999999</v>
+        <v>59.934509554999998</v>
       </c>
       <c r="C214" s="5">
-        <v>0.13090485400000063</v>
+        <v>0.13005223900000118</v>
       </c>
       <c r="D214" s="5">
-        <v>2.6592046612997855</v>
+        <v>2.6409881180912587</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>59.929131294999998</v>
+        <v>59.940257610000003</v>
       </c>
       <c r="C215" s="5">
-        <v>9.1773979999985045E-3</v>
+        <v>5.7480550000050812E-3</v>
       </c>
       <c r="D215" s="5">
-        <v>0.18394806249664164</v>
+        <v>0.11514744345051398</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>59.876484177000002</v>
+        <v>59.884518407999998</v>
       </c>
       <c r="C216" s="5">
-        <v>-5.2647117999995885E-2</v>
+        <v>-5.573920200000515E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>-1.0491088841328655</v>
+        <v>-1.1102055305811986</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>59.903223797000003</v>
+        <v>59.902446431999998</v>
       </c>
       <c r="C217" s="5">
-        <v>2.6739620000000741E-2</v>
+        <v>1.7928023999999709E-2</v>
       </c>
       <c r="D217" s="5">
-        <v>0.53721381483833319</v>
+        <v>0.35984405438180822</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>60.370131602999997</v>
+        <v>60.365422258000002</v>
       </c>
       <c r="C218" s="5">
-        <v>0.46690780599999471</v>
+        <v>0.46297582600000453</v>
       </c>
       <c r="D218" s="5">
-        <v>9.7648092502188977</v>
+        <v>9.6791815845327367</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>60.901261335000001</v>
+        <v>60.891920026999998</v>
       </c>
       <c r="C219" s="5">
-        <v>0.53112973200000368</v>
+        <v>0.52649776899999523</v>
       </c>
       <c r="D219" s="5">
-        <v>11.083608328703164</v>
+        <v>10.983164869484874</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>60.847528736000001</v>
+        <v>60.785784839000002</v>
       </c>
       <c r="C220" s="5">
-        <v>-5.3732598999999936E-2</v>
+        <v>-0.10613518799999611</v>
       </c>
       <c r="D220" s="5">
-        <v>-1.0536258950370692</v>
+        <v>-2.0716759644685778</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>61.016699477000003</v>
+        <v>60.922652902999999</v>
       </c>
       <c r="C221" s="5">
-        <v>0.16917074100000207</v>
+        <v>0.13686806399999796</v>
       </c>
       <c r="D221" s="5">
-        <v>3.3877801662640872</v>
+        <v>2.7356889181067823</v>
       </c>
       <c r="E221" s="5">
-        <v>3.20694008697191</v>
+        <v>3.1011263936406852</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>61.164835029999999</v>
+        <v>61.190788337000001</v>
       </c>
       <c r="C222" s="5">
-        <v>0.14813555299999592</v>
+        <v>0.26813543400000128</v>
       </c>
       <c r="D222" s="5">
-        <v>2.9525623939712364</v>
+        <v>5.4112348563436274</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>60.950322237000002</v>
+        <v>60.996020262999998</v>
       </c>
       <c r="C223" s="5">
-        <v>-0.21451279299999726</v>
+        <v>-0.1947680740000024</v>
       </c>
       <c r="D223" s="5">
-        <v>-4.1283134044519336</v>
+        <v>-3.7533948281080365</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>60.708301104999997</v>
+        <v>60.734141489000002</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.24202113200000497</v>
+        <v>-0.26187877399999593</v>
       </c>
       <c r="D224" s="5">
-        <v>-4.6622536136383115</v>
+        <v>-5.0321158509514463</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>60.349020670000002</v>
+        <v>60.366633962000002</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.35928043499999518</v>
+        <v>-0.36750752700000078</v>
       </c>
       <c r="D225" s="5">
-        <v>-6.8751109629614842</v>
+        <v>-7.0244489075668826</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>60.154786661000003</v>
+        <v>60.169791095999997</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.19423400899999876</v>
+        <v>-0.19684286600000434</v>
       </c>
       <c r="D226" s="5">
-        <v>-3.7945736532519092</v>
+        <v>-3.8435280734777533</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>60.116277599999997</v>
+        <v>60.12918852</v>
       </c>
       <c r="C227" s="5">
-        <v>-3.8509061000006284E-2</v>
+        <v>-4.0602575999997725E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-0.76550043538196055</v>
+        <v>-0.80676142567296383</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>60.136704022000004</v>
+        <v>60.145975874999998</v>
       </c>
       <c r="C228" s="5">
-        <v>2.0426422000006994E-2</v>
+        <v>1.6787354999998172E-2</v>
       </c>
       <c r="D228" s="5">
-        <v>0.40850110465251444</v>
+        <v>0.33554066469547728</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>60.308601637000002</v>
+        <v>60.306982030999997</v>
       </c>
       <c r="C229" s="5">
-        <v>0.17189761499999889</v>
+        <v>0.16100615599999912</v>
       </c>
       <c r="D229" s="5">
-        <v>3.4845809853168985</v>
+        <v>3.2600274224894088</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>59.636457546999999</v>
+        <v>59.634899175999998</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.6721440900000033</v>
+        <v>-0.67208285499999931</v>
       </c>
       <c r="D230" s="5">
-        <v>-12.583995381901858</v>
+        <v>-12.583235755091593</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>59.694206756</v>
+        <v>59.690355969999999</v>
       </c>
       <c r="C231" s="5">
-        <v>5.774920900000069E-2</v>
+        <v>5.5456794000001253E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>1.1682338409144011</v>
+        <v>1.1216516224700213</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>58.804821003999997</v>
+        <v>58.793204193000001</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.88938575200000258</v>
+        <v>-0.89715177699999771</v>
       </c>
       <c r="D232" s="5">
-        <v>-16.484139013274369</v>
+        <v>-16.617381564094714</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>58.326236004999998</v>
+        <v>58.322239748000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.47858499899999885</v>
+        <v>-0.4709644449999999</v>
       </c>
       <c r="D233" s="5">
-        <v>-9.3407292665925841</v>
+        <v>-9.2002253545333197</v>
       </c>
       <c r="E233" s="5">
-        <v>-4.4093887330208137</v>
+        <v>-4.268384633775435</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>57.658044734000001</v>
+        <v>57.656216149000002</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.66819127099999776</v>
+        <v>-0.66602359899999897</v>
       </c>
       <c r="D234" s="5">
-        <v>-12.913363064148786</v>
+        <v>-12.874893834709377</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>57.161023475999997</v>
+        <v>57.143629636</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.49702125800000374</v>
+        <v>-0.51258651300000224</v>
       </c>
       <c r="D235" s="5">
-        <v>-9.8675811200682251</v>
+        <v>-10.161969633438639</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>56.749844432000003</v>
+        <v>56.729701016999996</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.41117904399999361</v>
+        <v>-0.41392861900000355</v>
       </c>
       <c r="D236" s="5">
-        <v>-8.2985614664367713</v>
+        <v>-8.3543051449282206</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>55.788136592999997</v>
+        <v>55.764518768999999</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.961707839000006</v>
+        <v>-0.96518224799999786</v>
       </c>
       <c r="D237" s="5">
-        <v>-18.543421737745149</v>
+        <v>-18.610277414349529</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>55.479019086999998</v>
+        <v>55.465290779999997</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.30911750599999976</v>
+        <v>-0.29922798900000203</v>
       </c>
       <c r="D238" s="5">
-        <v>-6.4501665263475561</v>
+        <v>-6.2524287623767716</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>55.784578951999997</v>
+        <v>55.770128186999997</v>
       </c>
       <c r="C239" s="5">
-        <v>0.30555986499999932</v>
+        <v>0.30483740700000084</v>
       </c>
       <c r="D239" s="5">
-        <v>6.8131267003931129</v>
+        <v>6.798261419736118</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>55.584771343</v>
+        <v>55.570592013000002</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.19980760899999694</v>
+        <v>-0.19953617399999501</v>
       </c>
       <c r="D240" s="5">
-        <v>-4.2144565189950134</v>
+        <v>-4.2099126134393261</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>55.418872360999998</v>
+        <v>55.421947160999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.16589898200000164</v>
+        <v>-0.14864485200000388</v>
       </c>
       <c r="D241" s="5">
-        <v>-3.5233233335159042</v>
+        <v>-3.1630555581200759</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>55.732723329000002</v>
+        <v>55.724993603999998</v>
       </c>
       <c r="C242" s="5">
-        <v>0.31385096800000412</v>
+        <v>0.3030464429999995</v>
       </c>
       <c r="D242" s="5">
-        <v>7.0116260752103532</v>
+        <v>6.7625573650479831</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>55.225703823000003</v>
+        <v>55.236702012999999</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.5070195059999989</v>
+        <v>-0.48829159099999941</v>
       </c>
       <c r="D243" s="5">
-        <v>-10.386810803818115</v>
+        <v>-10.022782569350552</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>55.040779262000001</v>
+        <v>55.115064576000002</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.18492456100000254</v>
+        <v>-0.12163743699999685</v>
       </c>
       <c r="D244" s="5">
-        <v>-3.9450446646841941</v>
+        <v>-2.6107635019101516</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>55.137220159000002</v>
+        <v>55.239078051</v>
       </c>
       <c r="C245" s="5">
-        <v>9.6440897000000803E-2</v>
+        <v>0.12401347499999815</v>
       </c>
       <c r="D245" s="5">
-        <v>2.1229875783867591</v>
+        <v>2.7337665750437612</v>
       </c>
       <c r="E245" s="5">
-        <v>-5.4675495359011617</v>
+        <v>-5.2864254019080796</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>55.457505922000003</v>
+        <v>55.438746967999997</v>
       </c>
       <c r="C246" s="5">
-        <v>0.32028576300000111</v>
+        <v>0.19966891699999678</v>
       </c>
       <c r="D246" s="5">
-        <v>7.197735677354844</v>
+        <v>4.4248381222093291</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>55.773751335</v>
+        <v>55.732443891999999</v>
       </c>
       <c r="C247" s="5">
-        <v>0.3162454129999972</v>
+        <v>0.29369692400000247</v>
       </c>
       <c r="D247" s="5">
-        <v>7.0617312058292248</v>
+        <v>6.5457622424567541</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>56.097835856000003</v>
+        <v>56.063828676999997</v>
       </c>
       <c r="C248" s="5">
-        <v>0.32408452100000318</v>
+        <v>0.33138478499999735</v>
       </c>
       <c r="D248" s="5">
-        <v>7.2000568072397186</v>
+        <v>7.3732222581126772</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>56.205271602000003</v>
+        <v>56.186494895999999</v>
       </c>
       <c r="C249" s="5">
-        <v>0.10743574600000017</v>
+        <v>0.12266621900000274</v>
       </c>
       <c r="D249" s="5">
-        <v>2.3225421495748799</v>
+        <v>2.6573965211103445</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>56.386222764999999</v>
+        <v>56.394479967000002</v>
       </c>
       <c r="C250" s="5">
-        <v>0.18095116299999603</v>
+        <v>0.20798507100000307</v>
       </c>
       <c r="D250" s="5">
-        <v>3.9325118914700141</v>
+        <v>4.5335916856736658</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>56.320452535000001</v>
+        <v>56.311611554999999</v>
       </c>
       <c r="C251" s="5">
-        <v>-6.5770229999998264E-2</v>
+        <v>-8.2868412000003389E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-1.3907637415862983</v>
+        <v>-1.7491487453602184</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>56.554888411999997</v>
+        <v>56.543178715000003</v>
       </c>
       <c r="C252" s="5">
-        <v>0.23443587699999568</v>
+        <v>0.23156716000000444</v>
       </c>
       <c r="D252" s="5">
-        <v>5.1110003631327672</v>
+        <v>5.0478482035906769</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>56.435072638999998</v>
+        <v>56.433318751000002</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.11981577299999913</v>
+        <v>-0.10985996400000175</v>
       </c>
       <c r="D253" s="5">
-        <v>-2.5128750322323645</v>
+        <v>-2.3067727303301755</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>56.753974045</v>
+        <v>56.741715305</v>
       </c>
       <c r="C254" s="5">
-        <v>0.31890140600000194</v>
+        <v>0.30839655399999799</v>
       </c>
       <c r="D254" s="5">
-        <v>6.9956857117670301</v>
+        <v>6.7584920541242877</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>56.988947078999999</v>
+        <v>56.992575232</v>
       </c>
       <c r="C255" s="5">
-        <v>0.23497303399999936</v>
+        <v>0.25085992700000048</v>
       </c>
       <c r="D255" s="5">
-        <v>5.0829533357129586</v>
+        <v>5.4362252847407477</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>57.152456381999997</v>
+        <v>57.183687577000001</v>
       </c>
       <c r="C256" s="5">
-        <v>0.16350930299999789</v>
+        <v>0.19111234500000052</v>
       </c>
       <c r="D256" s="5">
-        <v>3.4978227137408391</v>
+        <v>4.0989916025605533</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>57.466984785999998</v>
+        <v>57.495987259000003</v>
       </c>
       <c r="C257" s="5">
-        <v>0.31452840400000071</v>
+        <v>0.31229968200000258</v>
       </c>
       <c r="D257" s="5">
-        <v>6.8075910897186009</v>
+        <v>6.7540918888654655</v>
       </c>
       <c r="E257" s="5">
-        <v>4.2253937000843012</v>
+        <v>4.0857112168242393</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>57.442062511000003</v>
+        <v>57.439048413999998</v>
       </c>
       <c r="C258" s="5">
-        <v>-2.4922274999994443E-2</v>
+        <v>-5.693884500000479E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>-0.51917633095303062</v>
+        <v>-1.1819204805795014</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>57.458914385</v>
+        <v>57.442549047</v>
       </c>
       <c r="C259" s="5">
-        <v>1.6851873999996769E-2</v>
+        <v>3.5006330000015851E-3</v>
       </c>
       <c r="D259" s="5">
-        <v>0.3526146056835211</v>
+        <v>7.3158732436229279E-2</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>57.517490074999998</v>
+        <v>57.491953637999998</v>
       </c>
       <c r="C260" s="5">
-        <v>5.8575689999997849E-2</v>
+        <v>4.9404590999998277E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>1.2302056975757036</v>
+        <v>1.0369797111379864</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>57.842182825000002</v>
+        <v>57.832723461</v>
       </c>
       <c r="C261" s="5">
-        <v>0.32469275000000408</v>
+        <v>0.34076982300000225</v>
       </c>
       <c r="D261" s="5">
-        <v>6.9884686128300011</v>
+        <v>7.3492303179343299</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>57.809625723000003</v>
+        <v>57.836940681000002</v>
       </c>
       <c r="C262" s="5">
-        <v>-3.2557101999998395E-2</v>
+        <v>4.2172200000010207E-3</v>
       </c>
       <c r="D262" s="5">
-        <v>-0.67334601398668648</v>
+        <v>8.7540303277755527E-2</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>57.844507448000002</v>
+        <v>57.843322376000003</v>
       </c>
       <c r="C263" s="5">
-        <v>3.4881724999998198E-2</v>
+        <v>6.3816950000017414E-3</v>
       </c>
       <c r="D263" s="5">
-        <v>0.7264752404602115</v>
+        <v>0.13248769776801339</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>58.149776957</v>
+        <v>58.139394791000001</v>
       </c>
       <c r="C264" s="5">
-        <v>0.30526950899999861</v>
+        <v>0.29607241499999759</v>
       </c>
       <c r="D264" s="5">
-        <v>6.5199884727660917</v>
+        <v>6.3181281812888068</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>58.260038237000003</v>
+        <v>58.252960622000003</v>
       </c>
       <c r="C265" s="5">
-        <v>0.11026128000000313</v>
+        <v>0.1135658310000025</v>
       </c>
       <c r="D265" s="5">
-        <v>2.2992723942391713</v>
+        <v>2.3693515568584456</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>58.267550989</v>
+        <v>58.255424140999999</v>
       </c>
       <c r="C266" s="5">
-        <v>7.5127519999966808E-3</v>
+        <v>2.4635189999955287E-3</v>
       </c>
       <c r="D266" s="5">
-        <v>0.15485226927778317</v>
+        <v>5.0759832090352397E-2</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>57.773480825</v>
+        <v>57.772901087999998</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.49407016400000003</v>
+        <v>-0.48252305300000131</v>
       </c>
       <c r="D267" s="5">
-        <v>-9.7138292824653583</v>
+        <v>-9.498934309115592</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>58.235796794000002</v>
+        <v>58.259853524</v>
       </c>
       <c r="C268" s="5">
-        <v>0.46231596900000227</v>
+        <v>0.48695243600000282</v>
       </c>
       <c r="D268" s="5">
-        <v>10.036774390000168</v>
+        <v>10.596795735826813</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>58.479133238000003</v>
+        <v>58.492669235000001</v>
       </c>
       <c r="C269" s="5">
-        <v>0.24333644400000054</v>
+        <v>0.23281571100000065</v>
       </c>
       <c r="D269" s="5">
-        <v>5.1310157736049522</v>
+        <v>4.9022063159259277</v>
       </c>
       <c r="E269" s="5">
-        <v>1.7612694589234534</v>
+        <v>1.7334809323479972</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>58.616884400000004</v>
+        <v>58.619781582999998</v>
       </c>
       <c r="C270" s="5">
-        <v>0.1377511620000007</v>
+        <v>0.12711234799999716</v>
       </c>
       <c r="D270" s="5">
-        <v>2.8635834058642562</v>
+        <v>2.6391549949798643</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>58.835734016000004</v>
+        <v>58.831514519000002</v>
       </c>
       <c r="C271" s="5">
-        <v>0.21884961599999997</v>
+        <v>0.2117329360000042</v>
       </c>
       <c r="D271" s="5">
-        <v>4.5734263143533571</v>
+        <v>4.4215158657646247</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>58.822585979000003</v>
+        <v>58.803309798000001</v>
       </c>
       <c r="C272" s="5">
-        <v>-1.3148037000000556E-2</v>
+        <v>-2.8204721000001598E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>-0.26783496479669822</v>
+        <v>-0.57378369819961472</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>59.206858209000004</v>
+        <v>59.199425253999998</v>
       </c>
       <c r="C273" s="5">
-        <v>0.38427223000000055</v>
+        <v>0.39611545599999687</v>
       </c>
       <c r="D273" s="5">
-        <v>8.1271693458978334</v>
+        <v>8.3898529021156687</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>59.666260207999997</v>
+        <v>59.705525031999997</v>
       </c>
       <c r="C274" s="5">
-        <v>0.45940199899999357</v>
+        <v>0.50609977799999939</v>
       </c>
       <c r="D274" s="5">
-        <v>9.7189445177561886</v>
+        <v>10.755264084674243</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>59.974220033999998</v>
+        <v>59.976304167000002</v>
       </c>
       <c r="C275" s="5">
-        <v>0.30795982600000116</v>
+        <v>0.27077913500000506</v>
       </c>
       <c r="D275" s="5">
-        <v>6.3725304956402162</v>
+        <v>5.5801180382887505</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>59.465369981999999</v>
+        <v>59.453317120999998</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.50885005199999966</v>
+        <v>-0.52298704600000434</v>
       </c>
       <c r="D276" s="5">
-        <v>-9.7194492339571443</v>
+        <v>-9.9763365671255997</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>59.693512267999999</v>
+        <v>59.684820023999997</v>
       </c>
       <c r="C277" s="5">
-        <v>0.22814228600000064</v>
+        <v>0.23150290299999909</v>
       </c>
       <c r="D277" s="5">
-        <v>4.7022681659976806</v>
+        <v>4.7740126785513537</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>59.659744080999999</v>
+        <v>59.648642088000003</v>
       </c>
       <c r="C278" s="5">
-        <v>-3.3768186999999728E-2</v>
+        <v>-3.6177935999994304E-2</v>
       </c>
       <c r="D278" s="5">
-        <v>-0.67672322058035528</v>
+        <v>-0.72495958266661775</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>59.629210252</v>
+        <v>59.626972428999998</v>
       </c>
       <c r="C279" s="5">
-        <v>-3.0533828999999457E-2</v>
+        <v>-2.166965900000406E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>-0.61243358650908686</v>
+        <v>-0.43507606115490427</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>60.003050019</v>
+        <v>60.015295573000003</v>
       </c>
       <c r="C280" s="5">
-        <v>0.37383976699999977</v>
+        <v>0.38832314400000456</v>
       </c>
       <c r="D280" s="5">
-        <v>7.7882025363776197</v>
+        <v>8.101143917128951</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>59.900270077000002</v>
+        <v>59.901159720000003</v>
       </c>
       <c r="C281" s="5">
-        <v>-0.10277994199999796</v>
+        <v>-0.11413585300000051</v>
       </c>
       <c r="D281" s="5">
-        <v>-2.0362396496117263</v>
+        <v>-2.2584153123702544</v>
       </c>
       <c r="E281" s="5">
-        <v>2.4301605723467512</v>
+        <v>2.407977791783189</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>59.659955128</v>
+        <v>59.663898021000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.24031494900000183</v>
+        <v>-0.23726169900000116</v>
       </c>
       <c r="D282" s="5">
-        <v>-4.7094788377209156</v>
+        <v>-4.6508739668934425</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>60.191876862999997</v>
+        <v>60.190891852999997</v>
       </c>
       <c r="C283" s="5">
-        <v>0.5319217349999974</v>
+        <v>0.52699383199999517</v>
       </c>
       <c r="D283" s="5">
-        <v>11.239635320934415</v>
+        <v>11.129626734050447</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>60.514425211999999</v>
+        <v>60.501939284999999</v>
       </c>
       <c r="C284" s="5">
-        <v>0.32254834900000162</v>
+        <v>0.31104743200000229</v>
       </c>
       <c r="D284" s="5">
-        <v>6.6233505335254517</v>
+        <v>6.3805435584396886</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>60.911666920999998</v>
+        <v>60.906356912</v>
       </c>
       <c r="C285" s="5">
-        <v>0.39724170899999933</v>
+        <v>0.40441762700000083</v>
       </c>
       <c r="D285" s="5">
-        <v>8.1680162864215653</v>
+        <v>8.3228137238009268</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>61.294867685</v>
+        <v>61.331998333000001</v>
       </c>
       <c r="C286" s="5">
-        <v>0.38320076400000147</v>
+        <v>0.42564142100000169</v>
       </c>
       <c r="D286" s="5">
-        <v>7.8160773092162517</v>
+        <v>8.7161100851630646</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>61.444263128000003</v>
+        <v>61.443604336999996</v>
       </c>
       <c r="C287" s="5">
-        <v>0.14939544300000307</v>
+        <v>0.1116060039999951</v>
       </c>
       <c r="D287" s="5">
-        <v>2.9643165285483386</v>
+        <v>2.205631066802316</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>61.388032852999999</v>
+        <v>61.378953779</v>
       </c>
       <c r="C288" s="5">
-        <v>-5.6230275000004326E-2</v>
+        <v>-6.4650557999996749E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>-1.092660776634613</v>
+        <v>-1.2553507736126512</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>61.703147506999997</v>
+        <v>61.698241203999999</v>
       </c>
       <c r="C289" s="5">
-        <v>0.3151146539999985</v>
+        <v>0.31928742499999885</v>
       </c>
       <c r="D289" s="5">
-        <v>6.3367090829461903</v>
+        <v>6.4240128350330883</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>61.799014905999996</v>
+        <v>61.797991652</v>
       </c>
       <c r="C290" s="5">
-        <v>9.5867398999999409E-2</v>
+        <v>9.9750448000001768E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>1.880439638829845</v>
+        <v>1.9574412902934712</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>62.357804307999999</v>
+        <v>62.357394884000001</v>
       </c>
       <c r="C291" s="5">
-        <v>0.55878940200000216</v>
+        <v>0.55940323200000108</v>
       </c>
       <c r="D291" s="5">
-        <v>11.406658618554012</v>
+        <v>11.420017744934974</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>62.732909868999997</v>
+        <v>62.718417684999999</v>
       </c>
       <c r="C292" s="5">
-        <v>0.37510556099999803</v>
+        <v>0.36102280099999717</v>
       </c>
       <c r="D292" s="5">
-        <v>7.4621229944169309</v>
+        <v>7.1730417960155668</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>63.024631522</v>
+        <v>62.967120809000001</v>
       </c>
       <c r="C293" s="5">
-        <v>0.2917216530000033</v>
+        <v>0.24870312400000216</v>
       </c>
       <c r="D293" s="5">
-        <v>5.7252180140887621</v>
+        <v>4.8636353338601612</v>
       </c>
       <c r="E293" s="5">
-        <v>5.2159388279614083</v>
+        <v>5.1183668285078809</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>63.213601668999999</v>
+        <v>63.226743939000002</v>
       </c>
       <c r="C294" s="5">
-        <v>0.18897014699999914</v>
+        <v>0.25962313000000137</v>
       </c>
       <c r="D294" s="5">
-        <v>3.6579565015197657</v>
+        <v>5.0615438092969312</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>63.244472283999997</v>
+        <v>63.265381433000002</v>
       </c>
       <c r="C295" s="5">
-        <v>3.087061499999777E-2</v>
+        <v>3.8637493999999606E-2</v>
       </c>
       <c r="D295" s="5">
-        <v>0.58760139227371777</v>
+        <v>0.7357826979294213</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>63.592592599</v>
+        <v>63.601445363000003</v>
       </c>
       <c r="C296" s="5">
-        <v>0.34812031500000273</v>
+        <v>0.33606393000000168</v>
       </c>
       <c r="D296" s="5">
-        <v>6.8089128916304364</v>
+        <v>6.5639361003420493</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>63.064419860000001</v>
+        <v>63.060382609000001</v>
       </c>
       <c r="C297" s="5">
-        <v>-0.52817273899999861</v>
+        <v>-0.54106275400000214</v>
       </c>
       <c r="D297" s="5">
-        <v>-9.5237719193175696</v>
+        <v>-9.7441429941228392</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>63.072739069000001</v>
+        <v>63.102909977000003</v>
       </c>
       <c r="C298" s="5">
-        <v>8.3192089999997165E-3</v>
+        <v>4.2527368000001786E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>0.15841415957469351</v>
+        <v>0.8122779182796469</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>63.246717461999999</v>
+        <v>63.240871747</v>
       </c>
       <c r="C299" s="5">
-        <v>0.17397839299999873</v>
+        <v>0.13796176999999687</v>
       </c>
       <c r="D299" s="5">
-        <v>3.360734056147896</v>
+        <v>2.6553360545005678</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>63.320772771999998</v>
+        <v>63.323036637999998</v>
       </c>
       <c r="C300" s="5">
-        <v>7.4055309999998542E-2</v>
+        <v>8.2164890999997908E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>1.4141588374885439</v>
+        <v>1.5702739034207491</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>63.192352888999999</v>
+        <v>63.193295769999999</v>
       </c>
       <c r="C301" s="5">
-        <v>-0.1284198829999994</v>
+        <v>-0.12974086799999895</v>
       </c>
       <c r="D301" s="5">
-        <v>-2.4067375443219241</v>
+        <v>-2.4311300864989782</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>63.283974387999997</v>
+        <v>63.290005874000002</v>
       </c>
       <c r="C302" s="5">
-        <v>9.1621498999998607E-2</v>
+        <v>9.6710104000003128E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>1.7538007633337793</v>
+        <v>1.8519994618109825</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>63.438750018</v>
+        <v>63.443909040999998</v>
       </c>
       <c r="C303" s="5">
-        <v>0.15477563000000316</v>
+        <v>0.15390316699999573</v>
       </c>
       <c r="D303" s="5">
-        <v>2.9746803989132209</v>
+        <v>2.9574017066375191</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>63.462026242</v>
+        <v>63.464046166000003</v>
       </c>
       <c r="C304" s="5">
-        <v>2.3276223999999957E-2</v>
+        <v>2.0137125000005085E-2</v>
       </c>
       <c r="D304" s="5">
-        <v>0.44117993209100703</v>
+        <v>0.38154614277094989</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>64.062824531999993</v>
+        <v>64.011576520000006</v>
       </c>
       <c r="C305" s="5">
-        <v>0.60079828999999307</v>
+        <v>0.54753035400000272</v>
       </c>
       <c r="D305" s="5">
-        <v>11.97105800560414</v>
+        <v>10.858550215477148</v>
       </c>
       <c r="E305" s="5">
-        <v>1.6472813643306994</v>
+        <v>1.658731886706688</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>63.868894691000001</v>
+        <v>63.875518030999999</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.19392984099999211</v>
+        <v>-0.13605848900000694</v>
       </c>
       <c r="D306" s="5">
-        <v>-3.5727434845301387</v>
+        <v>-2.5210275811995086</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>64.087384720000003</v>
+        <v>64.096175583000004</v>
       </c>
       <c r="C307" s="5">
-        <v>0.21849002900000158</v>
+        <v>0.22065755200000581</v>
       </c>
       <c r="D307" s="5">
-        <v>4.1832225099114106</v>
+        <v>4.2250672977594217</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>64.368851105000005</v>
+        <v>64.368110013999996</v>
       </c>
       <c r="C308" s="5">
-        <v>0.28146638500000165</v>
+        <v>0.27193443099999115</v>
       </c>
       <c r="D308" s="5">
-        <v>5.3994878992329465</v>
+        <v>5.2116138363738962</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>64.543234295000005</v>
+        <v>64.537898810000002</v>
       </c>
       <c r="C309" s="5">
-        <v>0.17438319000000035</v>
+        <v>0.16978879600000596</v>
       </c>
       <c r="D309" s="5">
-        <v>3.2998284573632741</v>
+        <v>3.2116619607533314</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>64.886398604999997</v>
+        <v>64.903402526999997</v>
       </c>
       <c r="C310" s="5">
-        <v>0.3431643099999917</v>
+        <v>0.36550371699999573</v>
       </c>
       <c r="D310" s="5">
-        <v>6.5700942168121168</v>
+        <v>7.0118123752400008</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>64.990849010999995</v>
+        <v>64.984557226000007</v>
       </c>
       <c r="C311" s="5">
-        <v>0.104450405999998</v>
+        <v>8.11546990000096E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>1.9488857245977043</v>
+        <v>1.5108325689418667</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>65.046697523999995</v>
+        <v>65.064011252</v>
       </c>
       <c r="C312" s="5">
-        <v>5.5848513000000821E-2</v>
+        <v>7.9454025999993405E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>1.036082378796177</v>
+        <v>1.4770987806190128</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>64.857679982999997</v>
+        <v>64.875799935000003</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.18901754099999835</v>
+        <v>-0.18821131699999682</v>
       </c>
       <c r="D313" s="5">
-        <v>-3.4318546327684607</v>
+        <v>-3.4165538003080642</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>65.014675272000005</v>
+        <v>65.033919827999995</v>
       </c>
       <c r="C314" s="5">
-        <v>0.15699528900000814</v>
+        <v>0.15811989299999141</v>
       </c>
       <c r="D314" s="5">
-        <v>2.943720129874694</v>
+        <v>2.964251142311114</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>65.799578092000004</v>
+        <v>65.810997800999999</v>
       </c>
       <c r="C315" s="5">
-        <v>0.78490281999999922</v>
+        <v>0.77707797300000436</v>
       </c>
       <c r="D315" s="5">
-        <v>15.488976987757752</v>
+        <v>15.319441403625422</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>65.205985229999996</v>
+        <v>65.195522202000006</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.59359286200000838</v>
+        <v>-0.61547559899999271</v>
       </c>
       <c r="D316" s="5">
-        <v>-10.304175114038516</v>
+        <v>-10.662969256731337</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>65.206565776999994</v>
+        <v>65.148446878000001</v>
       </c>
       <c r="C317" s="5">
-        <v>5.8054699999843251E-4</v>
+        <v>-4.7075324000005025E-2</v>
       </c>
       <c r="D317" s="5">
-        <v>1.0684456533227582E-2</v>
+        <v>-0.86304370063660096</v>
       </c>
       <c r="E317" s="5">
-        <v>1.7853431430090883</v>
+        <v>1.7760386789486216</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>65.638540454999998</v>
+        <v>65.640247410000001</v>
       </c>
       <c r="C318" s="5">
-        <v>0.43197467800000311</v>
+        <v>0.49180053199999918</v>
       </c>
       <c r="D318" s="5">
-        <v>8.2457991152432797</v>
+        <v>9.4444420027800966</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>65.732948406999995</v>
+        <v>65.736588396000002</v>
       </c>
       <c r="C319" s="5">
-        <v>9.4407951999997408E-2</v>
+        <v>9.6340986000001294E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>1.7396798663177115</v>
+        <v>1.775541899787636</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>66.051572729</v>
+        <v>66.047549420999999</v>
       </c>
       <c r="C320" s="5">
-        <v>0.31862432200000512</v>
+        <v>0.31096102499999745</v>
       </c>
       <c r="D320" s="5">
-        <v>5.974311160242296</v>
+        <v>5.8265326336666146</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>66.521926797999996</v>
+        <v>66.515867008000001</v>
       </c>
       <c r="C321" s="5">
-        <v>0.47035406899999543</v>
+        <v>0.46831758700000137</v>
       </c>
       <c r="D321" s="5">
-        <v>8.8879659915882101</v>
+        <v>8.8485313377582706</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>66.481631942999996</v>
+        <v>66.487731349000001</v>
       </c>
       <c r="C322" s="5">
-        <v>-4.0294854999999075E-2</v>
+        <v>-2.8135659000000146E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>-0.72446875093086227</v>
+        <v>-0.50641080647516601</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>66.76155679</v>
+        <v>66.762078048999996</v>
       </c>
       <c r="C323" s="5">
-        <v>0.27992484700000375</v>
+        <v>0.27434669999999528</v>
       </c>
       <c r="D323" s="5">
-        <v>5.1713391018488375</v>
+        <v>5.0654632905293928</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>67.159292128999994</v>
+        <v>67.199546069999997</v>
       </c>
       <c r="C324" s="5">
-        <v>0.39773533899999336</v>
+        <v>0.43746802100000082</v>
       </c>
       <c r="D324" s="5">
-        <v>7.3880251636563976</v>
+        <v>8.1528378004191993</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>67.632081400000004</v>
+        <v>67.674356488000001</v>
       </c>
       <c r="C325" s="5">
-        <v>0.47278927100001056</v>
+        <v>0.47481041800000412</v>
       </c>
       <c r="D325" s="5">
-        <v>8.7826712041787935</v>
+        <v>8.8161971277178388</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>67.728649005999998</v>
+        <v>67.789141321000002</v>
       </c>
       <c r="C326" s="5">
-        <v>9.6567605999993589E-2</v>
+        <v>0.11478483300000164</v>
       </c>
       <c r="D326" s="5">
-        <v>1.7269245100147712</v>
+        <v>2.0544569189369533</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>67.752539231</v>
+        <v>67.764257169000004</v>
       </c>
       <c r="C327" s="5">
-        <v>2.3890225000002374E-2</v>
+        <v>-2.4884151999998494E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>0.42410343977987708</v>
+        <v>-0.43960976225504433</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>67.970448314999999</v>
+        <v>67.90947104</v>
       </c>
       <c r="C328" s="5">
-        <v>0.21790908399999864</v>
+        <v>0.14521387099999572</v>
       </c>
       <c r="D328" s="5">
-        <v>3.9285090286226287</v>
+        <v>2.6020383054556229</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>67.762932659000001</v>
+        <v>67.652027540000006</v>
       </c>
       <c r="C329" s="5">
-        <v>-0.20751565599999822</v>
+        <v>-0.25744349999999372</v>
       </c>
       <c r="D329" s="5">
-        <v>-3.6027364694660946</v>
+        <v>-4.4555132584553565</v>
       </c>
       <c r="E329" s="5">
-        <v>3.9204133073692748</v>
+        <v>3.8428861806764525</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>67.607891081999995</v>
+        <v>67.597683687</v>
       </c>
       <c r="C330" s="5">
-        <v>-0.15504157700000576</v>
+        <v>-5.4343853000005993E-2</v>
       </c>
       <c r="D330" s="5">
-        <v>-2.7113113009942347</v>
+        <v>-0.95969451744427614</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>67.676329349</v>
+        <v>67.667858410999997</v>
       </c>
       <c r="C331" s="5">
-        <v>6.8438267000004771E-2</v>
+        <v>7.0174723999997468E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>1.2215246742381503</v>
+        <v>1.252885334752718</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>67.547001953000006</v>
+        <v>67.523366124999995</v>
       </c>
       <c r="C332" s="5">
-        <v>-0.12932739599999366</v>
+        <v>-0.14449228600000197</v>
       </c>
       <c r="D332" s="5">
-        <v>-2.2692142680827976</v>
+        <v>-2.5324996155102864</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>67.172070328999993</v>
+        <v>67.150781277999997</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.37493162400001268</v>
+        <v>-0.37258484699999883</v>
       </c>
       <c r="D333" s="5">
-        <v>-6.4611826535695416</v>
+        <v>-6.4241399180698933</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>67.151270214999997</v>
+        <v>67.145724888000004</v>
       </c>
       <c r="C334" s="5">
-        <v>-2.0800113999996483E-2</v>
+        <v>-5.0563899999929163E-3</v>
       </c>
       <c r="D334" s="5">
-        <v>-0.37095285232051634</v>
+        <v>-9.0321447080765616E-2</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>67.237471506000006</v>
+        <v>67.249078659999995</v>
       </c>
       <c r="C335" s="5">
-        <v>8.6201291000008951E-2</v>
+        <v>0.1033537719999913</v>
       </c>
       <c r="D335" s="5">
-        <v>1.5513483179197429</v>
+        <v>1.8628126478172913</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>66.865432678999994</v>
+        <v>66.922501780999994</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.37203882700001145</v>
+        <v>-0.32657687900000099</v>
       </c>
       <c r="D336" s="5">
-        <v>-6.4414608989101785</v>
+        <v>-5.6743186847702081</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>67.204937447000006</v>
+        <v>67.299520274000002</v>
       </c>
       <c r="C337" s="5">
-        <v>0.33950476800001184</v>
+        <v>0.37701849300000845</v>
       </c>
       <c r="D337" s="5">
-        <v>6.265982929072722</v>
+        <v>6.9738451300600968</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>67.249843939000002</v>
+        <v>67.345965019000005</v>
       </c>
       <c r="C338" s="5">
-        <v>4.4906491999995524E-2</v>
+        <v>4.6444745000002285E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>0.80479616411697208</v>
+        <v>0.831294596495602</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>67.326688873999998</v>
+        <v>67.334600108999993</v>
       </c>
       <c r="C339" s="5">
-        <v>7.6844934999996894E-2</v>
+        <v>-1.1364910000011719E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>1.3798645367664397</v>
+        <v>-0.20231711187398416</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>67.755998763999997</v>
+        <v>67.702940370999997</v>
       </c>
       <c r="C340" s="5">
-        <v>0.42930988999999897</v>
+        <v>0.3683402620000038</v>
       </c>
       <c r="D340" s="5">
-        <v>7.9259649655832209</v>
+        <v>6.7655017877115808</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>67.731270314</v>
+        <v>67.628782044999994</v>
       </c>
       <c r="C341" s="5">
-        <v>-2.4728449999997792E-2</v>
+        <v>-7.4158326000002717E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>-0.43707786918772973</v>
+        <v>-1.3065286449252644</v>
       </c>
       <c r="E341" s="5">
-        <v>-4.6725169288841517E-2</v>
+        <v>-3.4360381861830991E-2</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>67.180603246000004</v>
+        <v>67.140646669000006</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.55066706799999565</v>
+        <v>-0.48813537599998824</v>
       </c>
       <c r="D342" s="5">
-        <v>-9.3315608426233325</v>
+        <v>-8.3257332203979129</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>67.226031800000001</v>
+        <v>67.175640536000003</v>
       </c>
       <c r="C343" s="5">
-        <v>4.5428553999997234E-2</v>
+        <v>3.4993866999997181E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>0.81448317605796738</v>
+        <v>0.62723891606981663</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>67.227376336999995</v>
+        <v>67.163496015000007</v>
       </c>
       <c r="C344" s="5">
-        <v>1.3445369999942614E-3</v>
+        <v>-1.2144520999996189E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>2.4002932341171679E-2</v>
+        <v>-0.21672950186827356</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>67.310203642000005</v>
+        <v>67.265553866000005</v>
       </c>
       <c r="C345" s="5">
-        <v>8.2827305000009233E-2</v>
+        <v>0.10205785099999787</v>
       </c>
       <c r="D345" s="5">
-        <v>1.4885163804759127</v>
+        <v>1.8387690859057226</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>67.468841085999998</v>
+        <v>67.459013697000003</v>
       </c>
       <c r="C346" s="5">
-        <v>0.15863744399999291</v>
+        <v>0.19345983099999842</v>
       </c>
       <c r="D346" s="5">
-        <v>2.8651231055769832</v>
+        <v>3.5063932854604296</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>67.696177349999999</v>
+        <v>67.721827364000006</v>
       </c>
       <c r="C347" s="5">
-        <v>0.22733626400000162</v>
+        <v>0.26281366700000319</v>
       </c>
       <c r="D347" s="5">
-        <v>4.1191814138109129</v>
+        <v>4.776569198055336</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>67.754519930000001</v>
+        <v>67.842978404999997</v>
       </c>
       <c r="C348" s="5">
-        <v>5.8342580000001476E-2</v>
+        <v>0.1211510409999903</v>
       </c>
       <c r="D348" s="5">
-        <v>1.0391119706343099</v>
+        <v>2.1679901302949167</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>68.123567973999997</v>
+        <v>68.273428742999997</v>
       </c>
       <c r="C349" s="5">
-        <v>0.36904804399999591</v>
+        <v>0.43045033799999999</v>
       </c>
       <c r="D349" s="5">
-        <v>6.7356166015480889</v>
+        <v>7.8851570355646494</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>68.004117328999996</v>
+        <v>68.164964677</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.11945064500000058</v>
+        <v>-0.10846406599999625</v>
       </c>
       <c r="D350" s="5">
-        <v>-2.0839550613118041</v>
+        <v>-1.8898363764056514</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>67.807410035000004</v>
+        <v>67.807158103999996</v>
       </c>
       <c r="C351" s="5">
-        <v>-0.19670729399999232</v>
+        <v>-0.35780657300000485</v>
       </c>
       <c r="D351" s="5">
-        <v>-3.4164017227318544</v>
+        <v>-6.1202452822298303</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>67.673399278000005</v>
+        <v>67.606854178000006</v>
       </c>
       <c r="C352" s="5">
-        <v>-0.13401075699999865</v>
+        <v>-0.20030392599998947</v>
       </c>
       <c r="D352" s="5">
-        <v>-2.3460025104838467</v>
+        <v>-3.4877980586181523</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>67.576288599999998</v>
+        <v>67.481348558999997</v>
       </c>
       <c r="C353" s="5">
-        <v>-9.7110678000007056E-2</v>
+        <v>-0.12550561900000901</v>
       </c>
       <c r="D353" s="5">
-        <v>-1.7084625706338286</v>
+        <v>-2.2050795348688479</v>
       </c>
       <c r="E353" s="5">
-        <v>-0.22881855497691728</v>
+        <v>-0.21800405321790173</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>67.755612772999996</v>
+        <v>67.694984227999996</v>
       </c>
       <c r="C354" s="5">
-        <v>0.1793241729999977</v>
+        <v>0.21363566899999853</v>
       </c>
       <c r="D354" s="5">
-        <v>3.2312763217906992</v>
+        <v>3.8658693449974191</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>67.671133028</v>
+        <v>67.576392760000005</v>
       </c>
       <c r="C355" s="5">
-        <v>-8.4479744999995887E-2</v>
+        <v>-0.1185914679999911</v>
       </c>
       <c r="D355" s="5">
-        <v>-1.4859785122288582</v>
+        <v>-2.0820827298660749</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>67.619577586000005</v>
+        <v>67.520061296999998</v>
       </c>
       <c r="C356" s="5">
-        <v>-5.15554419999944E-2</v>
+        <v>-5.6331463000006465E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>-0.91040229856916843</v>
+        <v>-0.99574261679320486</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>67.620405684999994</v>
+        <v>67.559418269999995</v>
       </c>
       <c r="C357" s="5">
-        <v>8.2809899998892433E-4</v>
+        <v>3.9356972999996742E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>1.4696716107143182E-2</v>
+        <v>0.70171844095336944</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>67.566736508000005</v>
+        <v>67.554004105999994</v>
       </c>
       <c r="C358" s="5">
-        <v>-5.3669176999989077E-2</v>
+        <v>-5.4141640000011648E-3</v>
       </c>
       <c r="D358" s="5">
-        <v>-0.94827320948049909</v>
+        <v>-9.6124775421757569E-2</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>67.339948598000007</v>
+        <v>67.382908481000001</v>
       </c>
       <c r="C359" s="5">
-        <v>-0.22678790999999876</v>
+        <v>-0.17109562499999242</v>
       </c>
       <c r="D359" s="5">
-        <v>-3.9542721838502493</v>
+        <v>-2.9972868492213922</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>67.520835665000007</v>
+        <v>67.629230127</v>
       </c>
       <c r="C360" s="5">
-        <v>0.18088706700000046</v>
+        <v>0.2463216459999984</v>
       </c>
       <c r="D360" s="5">
-        <v>3.2714648491964926</v>
+        <v>4.4759406954663294</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>67.260757613999999</v>
+        <v>67.460422417999993</v>
       </c>
       <c r="C361" s="5">
-        <v>-0.2600780510000078</v>
+        <v>-0.16880770900000641</v>
       </c>
       <c r="D361" s="5">
-        <v>-4.5255084798555112</v>
+        <v>-2.9545109965508076</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>67.282407431999999</v>
+        <v>67.480004870000002</v>
       </c>
       <c r="C362" s="5">
-        <v>2.1649818000000209E-2</v>
+        <v>1.9582452000008743E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>0.38693920190728814</v>
+        <v>0.34889339498556105</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>67.895413442999995</v>
+        <v>67.889757670999998</v>
       </c>
       <c r="C363" s="5">
-        <v>0.61300601099999596</v>
+        <v>0.40975280099999623</v>
       </c>
       <c r="D363" s="5">
-        <v>11.497974102161002</v>
+        <v>7.5349998175758603</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>68.221561401000002</v>
+        <v>68.134648984999998</v>
       </c>
       <c r="C364" s="5">
-        <v>0.32614795800000707</v>
+        <v>0.24489131400000019</v>
       </c>
       <c r="D364" s="5">
-        <v>5.9191806444881978</v>
+        <v>4.4155481191097579</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>68.210753573999995</v>
+        <v>68.10729748</v>
       </c>
       <c r="C365" s="5">
-        <v>-1.0807827000007819E-2</v>
+        <v>-2.735150499999861E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-0.18994138455857845</v>
+        <v>-0.48065759034644495</v>
       </c>
       <c r="E365" s="5">
-        <v>0.93888697817594569</v>
+        <v>0.92758804375807635</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>68.135802900000002</v>
+        <v>68.049376046000006</v>
       </c>
       <c r="C366" s="5">
-        <v>-7.4950673999993001E-2</v>
+        <v>-5.792143399999361E-2</v>
       </c>
       <c r="D366" s="5">
-        <v>-1.3106326602465135</v>
+        <v>-1.0157726747587748</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>68.118469216999998</v>
+        <v>67.987109919000005</v>
       </c>
       <c r="C367" s="5">
-        <v>-1.733368300000393E-2</v>
+        <v>-6.2266127000000893E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-0.30485206813807286</v>
+        <v>-1.0925076820402557</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>68.007758942999999</v>
+        <v>67.891289545999996</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.11071027399999878</v>
+        <v>-9.582037300000934E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>-1.9329732783988418</v>
+        <v>-1.6782196370497271</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>60.427152470999999</v>
+        <v>60.291935664</v>
       </c>
       <c r="C369" s="5">
-        <v>-7.5806064719999995</v>
+        <v>-7.5993538819999955</v>
       </c>
       <c r="D369" s="5">
-        <v>-75.785027153019001</v>
+        <v>-75.93742889108789</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>61.742449544000003</v>
+        <v>61.681349673</v>
       </c>
       <c r="C370" s="5">
-        <v>1.3152970730000035</v>
+        <v>1.3894140089999993</v>
       </c>
       <c r="D370" s="5">
-        <v>29.485373589184771</v>
+        <v>31.442464293498084</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>64.557355608999998</v>
+        <v>64.595880553000001</v>
       </c>
       <c r="C371" s="5">
-        <v>2.8149060649999953</v>
+        <v>2.9145308800000009</v>
       </c>
       <c r="D371" s="5">
-        <v>70.742849349744262</v>
+        <v>74.02492537109147</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>64.677245803999995</v>
+        <v>64.777844181999995</v>
       </c>
       <c r="C372" s="5">
-        <v>0.11989019499999642</v>
+        <v>0.18196362899999485</v>
       </c>
       <c r="D372" s="5">
-        <v>2.251437558115188</v>
+        <v>3.4332123115876856</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>64.934158522999994</v>
+        <v>65.141157942999996</v>
       </c>
       <c r="C373" s="5">
-        <v>0.2569127189999989</v>
+        <v>0.36331376100000057</v>
       </c>
       <c r="D373" s="5">
-        <v>4.8722026818601272</v>
+        <v>6.941877661761886</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>65.381554312000006</v>
+        <v>65.592114371999998</v>
       </c>
       <c r="C374" s="5">
-        <v>0.4473957890000122</v>
+        <v>0.45095642900000144</v>
       </c>
       <c r="D374" s="5">
-        <v>8.5886132487168929</v>
+        <v>8.6310248618898022</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>66.485603587</v>
+        <v>66.479424097999996</v>
       </c>
       <c r="C375" s="5">
-        <v>1.1040492749999942</v>
+        <v>0.88730972599999802</v>
       </c>
       <c r="D375" s="5">
-        <v>22.255526448953368</v>
+        <v>17.497172199479326</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>66.154679181999995</v>
+        <v>66.121742041999994</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.33092440500000464</v>
+        <v>-0.35768205600000158</v>
       </c>
       <c r="D376" s="5">
-        <v>-5.8120332266117902</v>
+        <v>-6.268738771421134</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>66.322758463</v>
+        <v>66.293936020999993</v>
       </c>
       <c r="C377" s="5">
-        <v>0.16807928100000424</v>
+        <v>0.17219397899999933</v>
       </c>
       <c r="D377" s="5">
-        <v>3.0918085514390015</v>
+        <v>3.1701862096495725</v>
       </c>
       <c r="E377" s="5">
-        <v>-2.7678848452418303</v>
+        <v>-2.6625068474233737</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>66.834869060000003</v>
+        <v>66.733226553999998</v>
       </c>
       <c r="C378" s="5">
-        <v>0.51211059700000305</v>
+        <v>0.43929053300000476</v>
       </c>
       <c r="D378" s="5">
-        <v>9.6695970878778894</v>
+        <v>8.2479858349510558</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>66.869168899000002</v>
+        <v>66.703145178</v>
       </c>
       <c r="C379" s="5">
-        <v>3.429983899999911E-2</v>
+        <v>-3.0081375999998272E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>0.61758457296610114</v>
+        <v>-0.53958564147620347</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>67.403052360000004</v>
+        <v>67.272836054999999</v>
       </c>
       <c r="C380" s="5">
-        <v>0.53388346100000206</v>
+        <v>0.56969087699999932</v>
       </c>
       <c r="D380" s="5">
-        <v>10.012912692368037</v>
+        <v>10.744226909900556</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>67.533610138</v>
+        <v>67.445381816999998</v>
       </c>
       <c r="C381" s="5">
-        <v>0.13055777799999646</v>
+        <v>0.1725457619999986</v>
       </c>
       <c r="D381" s="5">
-        <v>2.3492884006821813</v>
+        <v>3.1216300274312658</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>67.925888279000006</v>
+        <v>67.907002356000007</v>
       </c>
       <c r="C382" s="5">
-        <v>0.39227814100000558</v>
+        <v>0.46162053900000899</v>
       </c>
       <c r="D382" s="5">
-        <v>7.1974170672882698</v>
+        <v>8.5295755919865268</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>68.149850896999993</v>
+        <v>68.220922982000005</v>
       </c>
       <c r="C383" s="5">
-        <v>0.2239626179999874</v>
+        <v>0.31392062599999804</v>
       </c>
       <c r="D383" s="5">
-        <v>4.029138560676615</v>
+        <v>5.6906025320316189</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>68.653513103999998</v>
+        <v>68.789261816000007</v>
       </c>
       <c r="C384" s="5">
-        <v>0.50366220700000497</v>
+        <v>0.56833883400000218</v>
       </c>
       <c r="D384" s="5">
-        <v>9.2381327211581201</v>
+        <v>10.468052699112217</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>68.796895789999994</v>
+        <v>69.004514850999996</v>
       </c>
       <c r="C385" s="5">
-        <v>0.14338268599999537</v>
+        <v>0.21525303499998927</v>
       </c>
       <c r="D385" s="5">
-        <v>2.5351863010381948</v>
+        <v>3.8203034167671568</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>69.071095686000007</v>
+        <v>69.290343961000005</v>
       </c>
       <c r="C386" s="5">
-        <v>0.27419989600001315</v>
+        <v>0.28582911000000877</v>
       </c>
       <c r="D386" s="5">
-        <v>4.8890209196140066</v>
+        <v>5.0854345291121872</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>69.282825333000005</v>
+        <v>69.272260789000001</v>
       </c>
       <c r="C387" s="5">
-        <v>0.21172964699999852</v>
+        <v>-1.8083172000004311E-2</v>
       </c>
       <c r="D387" s="5">
-        <v>3.7411201754616652</v>
+        <v>-0.31272302803492247</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>70.874095221000005</v>
+        <v>70.763132399</v>
       </c>
       <c r="C388" s="5">
-        <v>1.5912698879999994</v>
+        <v>1.4908716099999992</v>
       </c>
       <c r="D388" s="5">
-        <v>31.323743907678157</v>
+        <v>29.11367717833755</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>71.225971728000005</v>
+        <v>71.116145974999995</v>
       </c>
       <c r="C389" s="5">
-        <v>0.35187650700000006</v>
+        <v>0.35301357599999506</v>
       </c>
       <c r="D389" s="5">
-        <v>6.1231819078261029</v>
+        <v>6.1534132344018388</v>
       </c>
       <c r="E389" s="5">
-        <v>7.392957377874132</v>
+        <v>7.2739834793825953</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>70.746229681000003</v>
+        <v>70.632938891999999</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.479742047000002</v>
+        <v>-0.48320708299999637</v>
       </c>
       <c r="D390" s="5">
-        <v>-7.789792199535106</v>
+        <v>-7.8556378104678863</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>71.538384403999999</v>
+        <v>71.387559850000002</v>
       </c>
       <c r="C391" s="5">
-        <v>0.7921547229999959</v>
+        <v>0.75462095800000384</v>
       </c>
       <c r="D391" s="5">
-        <v>14.295712484018996</v>
+        <v>13.601254298619203</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>71.186576486999996</v>
+        <v>71.090334251000002</v>
       </c>
       <c r="C392" s="5">
-        <v>-0.35180791700000213</v>
+        <v>-0.29722559900000078</v>
       </c>
       <c r="D392" s="5">
-        <v>-5.7442720638650302</v>
+        <v>-4.8834198921654748</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>71.657343937999997</v>
+        <v>71.590378426000001</v>
       </c>
       <c r="C393" s="5">
-        <v>0.47076745100000039</v>
+        <v>0.50004417499999931</v>
       </c>
       <c r="D393" s="5">
-        <v>8.2308802092079922</v>
+        <v>8.7750328012747403</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>71.513292913000001</v>
+        <v>71.507418744999995</v>
       </c>
       <c r="C394" s="5">
-        <v>-0.144051024999996</v>
+        <v>-8.2959681000005503E-2</v>
       </c>
       <c r="D394" s="5">
-        <v>-2.3858369125872136</v>
+        <v>-1.3817439691982458</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>71.423305589999998</v>
+        <v>71.514068948000002</v>
       </c>
       <c r="C395" s="5">
-        <v>-8.9987323000002561E-2</v>
+        <v>6.650203000006627E-3</v>
       </c>
       <c r="D395" s="5">
-        <v>-1.4995893253786696</v>
+        <v>0.11165732043481036</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>71.956218676000006</v>
+        <v>72.114883577000001</v>
       </c>
       <c r="C396" s="5">
-        <v>0.53291308600000775</v>
+        <v>0.60081462899999849</v>
       </c>
       <c r="D396" s="5">
-        <v>9.3303254831286644</v>
+        <v>10.560759696119316</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>72.049682888999996</v>
+        <v>72.224901695</v>
       </c>
       <c r="C397" s="5">
-        <v>9.3464212999990082E-2</v>
+        <v>0.11001811799999928</v>
       </c>
       <c r="D397" s="5">
-        <v>1.5698682307492939</v>
+        <v>1.8461536958263025</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>72.159660510999998</v>
+        <v>72.373208488000003</v>
       </c>
       <c r="C398" s="5">
-        <v>0.10997762200000238</v>
+        <v>0.14830679300000327</v>
       </c>
       <c r="D398" s="5">
-        <v>1.8471525296004598</v>
+        <v>2.4921029971037623</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>72.379794435999997</v>
+        <v>72.373561307000003</v>
       </c>
       <c r="C399" s="5">
-        <v>0.22013392499999895</v>
+        <v>3.5281899999972666E-4</v>
       </c>
       <c r="D399" s="5">
-        <v>3.7228325512973726</v>
+        <v>5.8501503660046694E-3</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>72.373035201999997</v>
+        <v>72.262256493999999</v>
       </c>
       <c r="C400" s="5">
-        <v>-6.7592340000004469E-3</v>
+        <v>-0.11130481300000383</v>
       </c>
       <c r="D400" s="5">
-        <v>-0.11200523761876191</v>
+        <v>-1.829974511473853</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>72.497411507999999</v>
+        <v>72.398220296999995</v>
       </c>
       <c r="C401" s="5">
-        <v>0.12437630600000205</v>
+        <v>0.13596380299999566</v>
       </c>
       <c r="D401" s="5">
-        <v>2.0818583155433723</v>
+        <v>2.2813515689557473</v>
       </c>
       <c r="E401" s="5">
-        <v>1.7850788822585839</v>
+        <v>1.8027893728249866</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>73.076809705000002</v>
+        <v>72.976633528999997</v>
       </c>
       <c r="C402" s="5">
-        <v>0.57939819700000328</v>
+        <v>0.57841323200000261</v>
       </c>
       <c r="D402" s="5">
-        <v>10.02337025422737</v>
+        <v>10.019892515694973</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>72.916500549000006</v>
+        <v>72.778759038000004</v>
       </c>
       <c r="C403" s="5">
-        <v>-0.16030915599999673</v>
+        <v>-0.19787449099999321</v>
       </c>
       <c r="D403" s="5">
-        <v>-2.6009187500830033</v>
+        <v>-3.2056848390979442</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>72.683661756000006</v>
+        <v>72.609637659000001</v>
       </c>
       <c r="C404" s="5">
-        <v>-0.2328387929999991</v>
+        <v>-0.16912137900000346</v>
       </c>
       <c r="D404" s="5">
-        <v>-3.7652830879815746</v>
+        <v>-2.7531637688171462</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>73.178169429999997</v>
+        <v>73.110363203999995</v>
       </c>
       <c r="C405" s="5">
-        <v>0.49450767399999052</v>
+        <v>0.50072554499999455</v>
       </c>
       <c r="D405" s="5">
-        <v>8.4768115865982985</v>
+        <v>8.5965586518101045</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>73.511917890999996</v>
+        <v>73.500794760000005</v>
       </c>
       <c r="C406" s="5">
-        <v>0.333748460999999</v>
+        <v>0.39043155600001</v>
       </c>
       <c r="D406" s="5">
-        <v>5.6123109159248008</v>
+        <v>6.599980221863766</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>73.897066128000006</v>
+        <v>73.990848753999998</v>
       </c>
       <c r="C407" s="5">
-        <v>0.38514823700000989</v>
+        <v>0.49005399399999305</v>
       </c>
       <c r="D407" s="5">
-        <v>6.4714857802181669</v>
+        <v>8.3008059898159736</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>73.876415514000001</v>
+        <v>74.049402627000006</v>
       </c>
       <c r="C408" s="5">
-        <v>-2.0650614000004452E-2</v>
+        <v>5.8553873000008139E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>-0.33482634743710049</v>
+        <v>0.95378394653620191</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>74.076575590999994</v>
+        <v>74.205891679999993</v>
       </c>
       <c r="C409" s="5">
-        <v>0.2001600769999925</v>
+        <v>0.15648905299998717</v>
       </c>
       <c r="D409" s="5">
-        <v>3.3001584101105541</v>
+        <v>2.5656519426472402</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>74.240004339999999</v>
+        <v>74.424699282999995</v>
       </c>
       <c r="C410" s="5">
-        <v>0.16342874900000481</v>
+        <v>0.2188076030000019</v>
       </c>
       <c r="D410" s="5">
-        <v>2.6798184492470511</v>
+        <v>3.5963384096372231</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>74.478111244000004</v>
+        <v>74.483757811000004</v>
       </c>
       <c r="C411" s="5">
-        <v>0.23810690400000567</v>
+        <v>5.9058528000008437E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>3.9173325429711525</v>
+        <v>0.95640778622756439</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>74.767668658000005</v>
+        <v>74.648500752999993</v>
       </c>
       <c r="C412" s="5">
-        <v>0.28955741400000079</v>
+        <v>0.16474294199998951</v>
       </c>
       <c r="D412" s="5">
-        <v>4.766446876074526</v>
+        <v>2.6866829706045481</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>74.776479414999997</v>
+        <v>74.658288419000002</v>
       </c>
       <c r="C413" s="5">
-        <v>8.8107569999920088E-3</v>
+        <v>9.7876660000082438E-3</v>
       </c>
       <c r="D413" s="5">
-        <v>0.14150185368462243</v>
+        <v>0.15745356892435947</v>
       </c>
       <c r="E413" s="5">
-        <v>3.1436541796371564</v>
+        <v>3.1217177890955128</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>74.398196145</v>
+        <v>74.303346149000006</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.37828326999999717</v>
+        <v>-0.35494226999999512</v>
       </c>
       <c r="D414" s="5">
-        <v>-5.9045333386027909</v>
+        <v>-5.5582309790559892</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>74.912478410000006</v>
+        <v>74.808528734999996</v>
       </c>
       <c r="C415" s="5">
-        <v>0.51428226500000562</v>
+        <v>0.50518258599998944</v>
       </c>
       <c r="D415" s="5">
-        <v>8.617828726482891</v>
+        <v>8.4708135943158744</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>74.974889912999998</v>
+        <v>74.933963243999997</v>
       </c>
       <c r="C416" s="5">
-        <v>6.2411502999992763E-2</v>
+        <v>0.12543450900000153</v>
       </c>
       <c r="D416" s="5">
-        <v>1.0043445059418454</v>
+        <v>2.0307486421529575</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>74.694225337999995</v>
+        <v>74.625496656999999</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.28066457500000297</v>
+        <v>-0.30846658699999807</v>
       </c>
       <c r="D417" s="5">
-        <v>-4.4007931538515681</v>
+        <v>-4.8294939353494604</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>74.809103593000003</v>
+        <v>74.785783144000007</v>
       </c>
       <c r="C418" s="5">
-        <v>0.11487825500000781</v>
+        <v>0.16028648700000758</v>
       </c>
       <c r="D418" s="5">
-        <v>1.8612683313715905</v>
+        <v>2.6081213652428881</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>74.775545777999994</v>
+        <v>74.856566220000005</v>
       </c>
       <c r="C419" s="5">
-        <v>-3.3557815000008873E-2</v>
+        <v>7.0783075999997891E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>-0.5369690642944569</v>
+        <v>1.1417043448759934</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>74.202079850000004</v>
+        <v>74.369491092000004</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.5734659279999903</v>
+        <v>-0.48707512800000075</v>
       </c>
       <c r="D420" s="5">
-        <v>-8.824565146507279</v>
+        <v>-7.5346756424776178</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>74.493329058</v>
+        <v>74.581868641</v>
       </c>
       <c r="C421" s="5">
-        <v>0.29124920799999643</v>
+        <v>0.21237754899999572</v>
       </c>
       <c r="D421" s="5">
-        <v>4.8131212806043377</v>
+        <v>3.4811886761871857</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>74.733787707999994</v>
+        <v>74.899657359000003</v>
       </c>
       <c r="C422" s="5">
-        <v>0.24045864999999367</v>
+        <v>0.31778871800000275</v>
       </c>
       <c r="D422" s="5">
-        <v>3.9430202092297639</v>
+        <v>5.2346708530508712</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>74.502147355000005</v>
+        <v>74.522252331999994</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.23164035299998886</v>
+        <v>-0.37740502700000889</v>
       </c>
       <c r="D423" s="5">
-        <v>-3.6566912097798721</v>
+        <v>-5.8817817298609354</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>74.526870793000001</v>
+        <v>74.444013114000001</v>
       </c>
       <c r="C424" s="5">
-        <v>2.4723437999995213E-2</v>
+        <v>-7.8239217999993116E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>0.39894601566348165</v>
+        <v>-1.2526033104677925</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>74.595529206999998</v>
+        <v>74.503922013999997</v>
       </c>
       <c r="C425" s="5">
-        <v>6.8658413999997947E-2</v>
+        <v>5.9908899999996379E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>1.1111273574409219</v>
+        <v>0.96998710381674957</v>
       </c>
       <c r="E425" s="5">
-        <v>-0.24198813506015604</v>
+        <v>-0.20676392168765823</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>74.562356151000003</v>
+        <v>74.556007628000003</v>
       </c>
       <c r="C426" s="5">
-        <v>-3.3173055999995427E-2</v>
+        <v>5.2085614000006331E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>-0.53234351949832392</v>
+        <v>0.84215195405799026</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>74.573346207</v>
+        <v>74.571305649999999</v>
       </c>
       <c r="C427" s="5">
-        <v>1.0990055999997139E-2</v>
+        <v>1.5298021999996081E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>0.17701645010177458</v>
+        <v>0.24650404976025442</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>74.707717770000002</v>
+        <v>74.739449554000004</v>
       </c>
       <c r="C428" s="5">
-        <v>0.13437156300000197</v>
+        <v>0.16814390400000434</v>
       </c>
       <c r="D428" s="5">
-        <v>2.1838031208377684</v>
+        <v>2.7395773412076885</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>74.996137658999999</v>
+        <v>79.289990207000002</v>
       </c>
       <c r="C429" s="5">
-        <v>0.28841988899999649</v>
+        <v>4.5505406529999988</v>
       </c>
       <c r="D429" s="5">
-        <v>4.7324197237984089</v>
+        <v>103.24582371102071</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>75.007800142999997</v>
+        <v>79.232051288999997</v>
       </c>
       <c r="C430" s="5">
-        <v>1.1662483999998585E-2</v>
+        <v>-5.7938918000004946E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>0.18676904239851577</v>
+        <v>-0.87335053541213181</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>75.158049762999994</v>
+        <v>79.075997204999993</v>
       </c>
       <c r="C431" s="5">
-        <v>0.15024961999999675</v>
+        <v>-0.15605408400000442</v>
       </c>
       <c r="D431" s="5">
-        <v>2.4304039811290146</v>
+        <v>-2.3380635953656026</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>75.155047187999998</v>
+        <v>79.053952979000002</v>
       </c>
       <c r="C432" s="5">
-        <v>-3.0025749999964546E-3</v>
+        <v>-2.204422599999134E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>-4.7929641933797118E-2</v>
+        <v>-0.33401475337317965</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>75.368223774000001</v>
+        <v>79.264389144999996</v>
       </c>
       <c r="C433" s="5">
-        <v>0.213176586000003</v>
+        <v>0.21043616599999382</v>
       </c>
       <c r="D433" s="5">
-        <v>3.4573955108698318</v>
+        <v>3.2415014154637101</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>79.037264254999997</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.22712488999999891</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-3.3848152514455387</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>78.967800405999995</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-6.9463849000001687E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-1.0495665248078989</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>79.359432177000002</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.39163177100000723</v>
+      </c>
+      <c r="D436" s="5">
+        <v>6.1163067498612333</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">