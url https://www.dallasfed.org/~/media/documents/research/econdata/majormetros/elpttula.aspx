--- v1 (2026-01-13)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{214E9382-CC91-4AFD-AF6F-D403EFB40A85}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4F0196C3-F76F-4BDC-96FA-30263A304B66}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4B734368-9DAC-4CAA-A0B4-E393D32C3203}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A113F68D-A82A-4DCA-9EA4-4013B45B1156}"/>
   </bookViews>
   <sheets>
     <sheet name="elpttula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>El Paso Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F94D4D00-134E-473A-9517-9E7BF5B0BCB9}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{44C47752-5EFD-4649-81C0-13C7310CC6F0}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>79.075997204999993</v>
       </c>
       <c r="C431" s="5">
         <v>-0.15605408400000442</v>
       </c>
       <c r="D431" s="5">
         <v>-2.3380635953656026</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>79.053952979000002</v>
       </c>
       <c r="C432" s="5">
         <v>-2.204422599999134E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-0.33401475337317965</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>79.264389144999996</v>
       </c>
       <c r="C433" s="5">
         <v>0.21043616599999382</v>
       </c>
       <c r="D433" s="5">
         <v>3.2415014154637101</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>79.037264254999997</v>
       </c>
       <c r="C434" s="5">
         <v>-0.22712488999999891</v>
       </c>
       <c r="D434" s="5">
         <v>-3.3848152514455387</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>78.967800405999995</v>
       </c>
       <c r="C435" s="5">
         <v>-6.9463849000001687E-2</v>
       </c>
       <c r="D435" s="5">
         <v>-1.0495665248078989</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>79.359432177000002</v>
+        <v>79.436451648000002</v>
       </c>
       <c r="C436" s="5">
-        <v>0.39163177100000723</v>
+        <v>0.46865124200000707</v>
       </c>
       <c r="D436" s="5">
-        <v>6.1163067498612333</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>7.3587737212865711</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>79.520684003</v>
+      </c>
+      <c r="C437" s="5">
+        <v>8.4232354999997483E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>1.279896194008634</v>
+      </c>
+      <c r="E437" s="5">
+        <v>6.7335542255846592</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>