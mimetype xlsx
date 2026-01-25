--- v0 (2025-10-10)
+++ v1 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{F2C116ED-105D-40F0-A700-9694F9AB5E81}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{F116E3A7-9AA2-459C-8871-D2ADF89C938E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{1A22D4A2-C7DF-4345-A1BB-8A0EBBBD3E71}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{AD78D25F-AA7B-4245-B19A-29DCAF7DF4CF}"/>
   </bookViews>
   <sheets>
     <sheet name="fwagooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Goods Producing Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E9742D3D-63F2-4710-9652-76CA444C977F}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EDD53ED8-B9B2-4C5B-B686-E2919BFC3F69}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -975,6146 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>151.52360741000001</v>
+        <v>151.64841311000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>151.84496293000001</v>
+        <v>151.89456367</v>
       </c>
       <c r="C7" s="5">
-        <v>0.32135551999999734</v>
+        <v>0.24615055999998958</v>
       </c>
       <c r="D7" s="5">
-        <v>2.574890771742977</v>
+        <v>1.9652825312155064</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>151.17927455</v>
+        <v>151.24679657999999</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.66568838000000596</v>
+        <v>-0.6477670900000021</v>
       </c>
       <c r="D8" s="5">
-        <v>-5.135787582147322</v>
+        <v>-4.9991584913338887</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>150.31592000000001</v>
+        <v>150.24128300000001</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.86335454999999683</v>
+        <v>-1.0055135799999846</v>
       </c>
       <c r="D9" s="5">
-        <v>-6.6417575346418793</v>
+        <v>-7.6924586900110281</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>148.33620137</v>
+        <v>148.0807767</v>
       </c>
       <c r="C10" s="5">
-        <v>-1.9797186300000078</v>
+        <v>-2.1605063000000087</v>
       </c>
       <c r="D10" s="5">
-        <v>-14.70843400531967</v>
+        <v>-15.95482217290356</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>148.54921561</v>
+        <v>148.29207124999999</v>
       </c>
       <c r="C11" s="5">
-        <v>0.21301424000000679</v>
+        <v>0.21129454999999098</v>
       </c>
       <c r="D11" s="5">
-        <v>1.7369035836393376</v>
+        <v>1.7257662836005938</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>147.63678970999999</v>
+        <v>147.51603166999999</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.91242590000001655</v>
+        <v>-0.77603958000000262</v>
       </c>
       <c r="D12" s="5">
-        <v>-7.1267246207251445</v>
+        <v>-6.1021870671237766</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>149.30775537</v>
+        <v>149.38360460000001</v>
       </c>
       <c r="C13" s="5">
-        <v>1.6709656600000073</v>
+        <v>1.8675729300000228</v>
       </c>
       <c r="D13" s="5">
-        <v>14.459878585798535</v>
+        <v>16.295943182968831</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>148.47200964999999</v>
+        <v>148.67167702</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.83574572000000558</v>
+        <v>-0.71192758000000822</v>
       </c>
       <c r="D14" s="5">
-        <v>-6.5139854240228612</v>
+        <v>-5.5713746321275348</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>148.52745995000001</v>
+        <v>148.62250574999999</v>
       </c>
       <c r="C15" s="5">
-        <v>5.545030000001816E-2</v>
+        <v>-4.917127000001642E-2</v>
       </c>
       <c r="D15" s="5">
-        <v>0.44908943538355395</v>
+        <v>-0.39616360775442949</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>148.22430955999999</v>
+        <v>148.28239088999999</v>
       </c>
       <c r="C16" s="5">
-        <v>-0.3031503900000132</v>
+        <v>-0.34011485999999991</v>
       </c>
       <c r="D16" s="5">
-        <v>-2.4219388647681694</v>
+        <v>-2.7118356200070748</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>147.96766701999999</v>
+        <v>148.01889457999999</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.25664254000000142</v>
+        <v>-0.26349630999999363</v>
       </c>
       <c r="D17" s="5">
-        <v>-2.0580639855413807</v>
+        <v>-2.1116700518826415</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>146.65424639</v>
+        <v>146.76076710000001</v>
       </c>
       <c r="C18" s="5">
-        <v>-1.313420629999996</v>
+        <v>-1.2581274799999846</v>
       </c>
       <c r="D18" s="5">
-        <v>-10.146749310716864</v>
+        <v>-9.7361613659955442</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>145.49448599999999</v>
+        <v>145.53718498999999</v>
       </c>
       <c r="C19" s="5">
-        <v>-1.1597603900000024</v>
+        <v>-1.2235821100000237</v>
       </c>
       <c r="D19" s="5">
-        <v>-9.0876875616837101</v>
+        <v>-9.5584559135591043</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>145.49851351000001</v>
+        <v>145.57887485000001</v>
       </c>
       <c r="C20" s="5">
-        <v>4.0275100000144448E-3</v>
+        <v>4.1689860000019507E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>3.3222894002538084E-2</v>
+        <v>0.34428813706550709</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>143.22131517</v>
+        <v>143.14268679</v>
       </c>
       <c r="C21" s="5">
-        <v>-2.2771983400000124</v>
+        <v>-2.4361880600000063</v>
       </c>
       <c r="D21" s="5">
-        <v>-17.245958477547084</v>
+        <v>-18.332422331792408</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>142.2110538</v>
+        <v>141.95416134000001</v>
       </c>
       <c r="C22" s="5">
-        <v>-1.0102613699999949</v>
+        <v>-1.188525449999986</v>
       </c>
       <c r="D22" s="5">
-        <v>-8.1438230815446424</v>
+        <v>-9.5210477100136419</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>141.35356863999999</v>
+        <v>141.08978965</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.85748516000001018</v>
+        <v>-0.8643716900000129</v>
       </c>
       <c r="D23" s="5">
-        <v>-7.0004019086439602</v>
+        <v>-7.0670993377856872</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>136.27166394</v>
+        <v>136.13992684999999</v>
       </c>
       <c r="C24" s="5">
-        <v>-5.0819046999999955</v>
+        <v>-4.9498628000000053</v>
       </c>
       <c r="D24" s="5">
-        <v>-35.555571054093882</v>
+        <v>-34.855294779456258</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>135.61908478000001</v>
+        <v>135.72462704</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.65257915999998772</v>
+        <v>-0.41529980999999339</v>
       </c>
       <c r="D25" s="5">
-        <v>-5.5976068282908802</v>
+        <v>-3.5998459092607904</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>134.95252300999999</v>
+        <v>135.17201552</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.66656177000001549</v>
+        <v>-0.55261151999999925</v>
       </c>
       <c r="D26" s="5">
-        <v>-5.7410952200872671</v>
+        <v>-4.7779359596088256</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>134.21123986999999</v>
+        <v>134.30288537000001</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.74128314000000728</v>
+        <v>-0.8691301499999895</v>
       </c>
       <c r="D27" s="5">
-        <v>-6.3959668586072826</v>
+        <v>-7.4486742977813876</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>134.20785516000001</v>
+        <v>134.2602187</v>
       </c>
       <c r="C28" s="5">
-        <v>-3.384709999977531E-3</v>
+        <v>-4.2666670000016893E-2</v>
       </c>
       <c r="D28" s="5">
-        <v>-3.025893118742129E-2</v>
+        <v>-0.38056246554836193</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>132.92919569</v>
+        <v>132.98023603999999</v>
       </c>
       <c r="C29" s="5">
-        <v>-1.278659470000008</v>
+        <v>-1.2799826600000017</v>
       </c>
       <c r="D29" s="5">
-        <v>-10.852474076717012</v>
+        <v>-10.859104947101406</v>
       </c>
       <c r="E29" s="5">
-        <v>-10.163349624190076</v>
+        <v>-10.159958688160609</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>132.64155896</v>
+        <v>132.71126720000001</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.28763673000000267</v>
+        <v>-0.26896883999998522</v>
       </c>
       <c r="D30" s="5">
-        <v>-2.5659203864089264</v>
+        <v>-2.4003278014779084</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>132.40922777</v>
+        <v>132.43974104</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.23233118999999647</v>
+        <v>-0.27152616000000762</v>
       </c>
       <c r="D31" s="5">
-        <v>-2.0817548801289054</v>
+        <v>-2.427749535057333</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>129.24986521</v>
+        <v>129.33778064000001</v>
       </c>
       <c r="C32" s="5">
-        <v>-3.1593625600000053</v>
+        <v>-3.1019603999999958</v>
       </c>
       <c r="D32" s="5">
-        <v>-25.158556755153427</v>
+        <v>-24.753729680720493</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>129.47282579</v>
+        <v>129.39141497</v>
       </c>
       <c r="C33" s="5">
-        <v>0.22296058000000585</v>
+        <v>5.3634329999994179E-2</v>
       </c>
       <c r="D33" s="5">
-        <v>2.0897956601580114</v>
+        <v>0.49875752783559157</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>130.76613130999999</v>
+        <v>130.52475303</v>
       </c>
       <c r="C34" s="5">
-        <v>1.2933055199999899</v>
+        <v>1.1333380599999998</v>
       </c>
       <c r="D34" s="5">
-        <v>12.667792201246652</v>
+        <v>11.032218104924363</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>129.71793590999999</v>
+        <v>129.47016306</v>
       </c>
       <c r="C35" s="5">
-        <v>-1.0481953999999973</v>
+        <v>-1.054589969999995</v>
       </c>
       <c r="D35" s="5">
-        <v>-9.2060210364188535</v>
+        <v>-9.2760860596039159</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>131.10290294999999</v>
+        <v>130.95730538000001</v>
       </c>
       <c r="C36" s="5">
-        <v>1.3849670399999923</v>
+        <v>1.4871423200000038</v>
       </c>
       <c r="D36" s="5">
-        <v>13.591894831193452</v>
+        <v>14.688645618677265</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>130.17515478999999</v>
+        <v>130.29503475999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.92774815999999305</v>
+        <v>-0.66227062000001524</v>
       </c>
       <c r="D37" s="5">
-        <v>-8.1689531779605247</v>
+        <v>-5.9025987939469555</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>129.29533153</v>
+        <v>129.56823643000001</v>
       </c>
       <c r="C38" s="5">
-        <v>-0.87982325999999489</v>
+        <v>-0.72679832999997984</v>
       </c>
       <c r="D38" s="5">
-        <v>-7.8157140971178869</v>
+        <v>-6.4921270916020841</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>129.83967190999999</v>
+        <v>129.90947678000001</v>
       </c>
       <c r="C39" s="5">
-        <v>0.54434037999999418</v>
+        <v>0.34124034999999253</v>
       </c>
       <c r="D39" s="5">
-        <v>5.170704694863093</v>
+        <v>3.2065908714494551</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>130.25317869</v>
+        <v>130.29665811000001</v>
       </c>
       <c r="C40" s="5">
-        <v>0.41350678000000585</v>
+        <v>0.38718133000000421</v>
       </c>
       <c r="D40" s="5">
-        <v>3.8893560298635332</v>
+        <v>3.6356843857324961</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>131.03408726000001</v>
+        <v>131.07436933</v>
       </c>
       <c r="C41" s="5">
-        <v>0.78090857000000824</v>
+        <v>0.77771121999998627</v>
       </c>
       <c r="D41" s="5">
-        <v>7.4364099224950575</v>
+        <v>7.4024029219188492</v>
       </c>
       <c r="E41" s="5">
-        <v>-1.4256525213765081</v>
+        <v>-1.433195463291792</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>129.73326348000001</v>
+        <v>129.76466963999999</v>
       </c>
       <c r="C42" s="5">
-        <v>-1.3008237800000018</v>
+        <v>-1.3096996900000022</v>
       </c>
       <c r="D42" s="5">
-        <v>-11.283446520405061</v>
+        <v>-11.352954839881569</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>132.17503528</v>
+        <v>132.18026388999999</v>
       </c>
       <c r="C43" s="5">
-        <v>2.4417717999999979</v>
+        <v>2.4155942499999981</v>
       </c>
       <c r="D43" s="5">
-        <v>25.076898481375775</v>
+        <v>24.773336869491946</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>132.26802812</v>
+        <v>132.30769592999999</v>
       </c>
       <c r="C44" s="5">
-        <v>9.2992839999993748E-2</v>
+        <v>0.12743204000000219</v>
       </c>
       <c r="D44" s="5">
-        <v>0.84754456747835327</v>
+        <v>1.1630472944512471</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>129.16066520000001</v>
+        <v>129.09157342</v>
       </c>
       <c r="C45" s="5">
-        <v>-3.1073629199999857</v>
+        <v>-3.2161225099999911</v>
       </c>
       <c r="D45" s="5">
-        <v>-24.81958338419885</v>
+        <v>-25.569068810166229</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>130.21387841000001</v>
+        <v>130.03803503</v>
       </c>
       <c r="C46" s="5">
-        <v>1.0532132099999956</v>
+        <v>0.94646161000000006</v>
       </c>
       <c r="D46" s="5">
-        <v>10.236145089302884</v>
+        <v>9.1616395969725595</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>130.6640697</v>
+        <v>130.47652518999999</v>
       </c>
       <c r="C47" s="5">
-        <v>0.45019128999999225</v>
+        <v>0.43849015999998642</v>
       </c>
       <c r="D47" s="5">
-        <v>4.2285928149832674</v>
+        <v>4.1223127203218191</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>129.15392982</v>
+        <v>129.05261562000001</v>
       </c>
       <c r="C48" s="5">
-        <v>-1.510139879999997</v>
+        <v>-1.423909569999978</v>
       </c>
       <c r="D48" s="5">
-        <v>-13.020414573882643</v>
+        <v>-12.33764209286613</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>129.24224353</v>
+        <v>129.32857998</v>
       </c>
       <c r="C49" s="5">
-        <v>8.8313709999994217E-2</v>
+        <v>0.27596435999998903</v>
       </c>
       <c r="D49" s="5">
-        <v>0.82363673278342819</v>
+        <v>2.5964596528411654</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>130.53121227</v>
+        <v>130.78660846</v>
       </c>
       <c r="C50" s="5">
-        <v>1.2889687400000014</v>
+        <v>1.4580284799999959</v>
       </c>
       <c r="D50" s="5">
-        <v>12.646731880564444</v>
+        <v>14.399789526847151</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>132.35493793000001</v>
+        <v>132.40376759</v>
       </c>
       <c r="C51" s="5">
-        <v>1.823725660000008</v>
+        <v>1.6171591300000046</v>
       </c>
       <c r="D51" s="5">
-        <v>18.116162186001851</v>
+        <v>15.889685649133266</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>132.51267824000001</v>
+        <v>132.55146134</v>
       </c>
       <c r="C52" s="5">
-        <v>0.15774031000000832</v>
+        <v>0.14769375000000196</v>
       </c>
       <c r="D52" s="5">
-        <v>1.4395690958360685</v>
+        <v>1.3468189207893611</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>132.60879896</v>
+        <v>132.63227778000001</v>
       </c>
       <c r="C53" s="5">
-        <v>9.6120719999987614E-2</v>
+        <v>8.0816440000006651E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>0.87392506416836824</v>
+        <v>0.73409674304842909</v>
       </c>
       <c r="E53" s="5">
-        <v>1.201757293028205</v>
+        <v>1.1885683356429144</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>133.11036867999999</v>
+        <v>133.11259480000001</v>
       </c>
       <c r="C54" s="5">
-        <v>0.501569719999992</v>
+        <v>0.48031702000000109</v>
       </c>
       <c r="D54" s="5">
-        <v>4.6344114562316685</v>
+        <v>4.4333127945934692</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>131.80834702999999</v>
+        <v>131.7893368</v>
       </c>
       <c r="C55" s="5">
-        <v>-1.3020216500000004</v>
+        <v>-1.3232580000000098</v>
       </c>
       <c r="D55" s="5">
-        <v>-11.126490823743229</v>
+        <v>-11.297986561536389</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>132.75337969</v>
+        <v>132.75309723000001</v>
       </c>
       <c r="C56" s="5">
-        <v>0.94503266000000963</v>
+        <v>0.96376043000000777</v>
       </c>
       <c r="D56" s="5">
-        <v>8.9512134629111237</v>
+        <v>9.137167338992235</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>133.53576061999999</v>
+        <v>133.48540220999999</v>
       </c>
       <c r="C57" s="5">
-        <v>0.78238092999998798</v>
+        <v>0.73230497999998079</v>
       </c>
       <c r="D57" s="5">
-        <v>7.3059930293506437</v>
+        <v>6.8241253317544937</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>133.46326378000001</v>
+        <v>133.36059423</v>
       </c>
       <c r="C58" s="5">
-        <v>-7.2496839999985241E-2</v>
+        <v>-0.12480797999998572</v>
       </c>
       <c r="D58" s="5">
-        <v>-0.64954069084499633</v>
+        <v>-1.1162403095298812</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>133.97622573000001</v>
+        <v>133.86914217</v>
       </c>
       <c r="C59" s="5">
-        <v>0.51296195000000466</v>
+        <v>0.5085479399999997</v>
       </c>
       <c r="D59" s="5">
-        <v>4.7109199418017278</v>
+        <v>4.6732001305264115</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>134.59969587000001</v>
+        <v>134.5368794</v>
       </c>
       <c r="C60" s="5">
-        <v>0.6234701399999949</v>
+        <v>0.66773723000000018</v>
       </c>
       <c r="D60" s="5">
-        <v>5.7294747566054793</v>
+        <v>6.1525506646499917</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>135.37757866000001</v>
+        <v>135.41249651999999</v>
       </c>
       <c r="C61" s="5">
-        <v>0.77788279000000671</v>
+        <v>0.87561711999998693</v>
       </c>
       <c r="D61" s="5">
-        <v>7.1598167444826721</v>
+        <v>8.0957802192262349</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>135.84732948999999</v>
+        <v>136.07658056</v>
       </c>
       <c r="C62" s="5">
-        <v>0.46975082999998108</v>
+        <v>0.66408404000000587</v>
       </c>
       <c r="D62" s="5">
-        <v>4.2443100954519641</v>
+        <v>6.0463461581302225</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>137.00978986999999</v>
+        <v>137.02399012999999</v>
       </c>
       <c r="C63" s="5">
-        <v>1.1624603799999988</v>
+        <v>0.94740956999999071</v>
       </c>
       <c r="D63" s="5">
-        <v>10.765863690978872</v>
+        <v>8.682262449735024</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>137.42239652000001</v>
+        <v>137.45303293000001</v>
       </c>
       <c r="C64" s="5">
-        <v>0.41260665000001495</v>
+        <v>0.42904280000001904</v>
       </c>
       <c r="D64" s="5">
-        <v>3.6742763198171824</v>
+        <v>3.8227684106738824</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>137.64314741000001</v>
+        <v>137.64931533000001</v>
       </c>
       <c r="C65" s="5">
-        <v>0.22075089000000503</v>
+        <v>0.19628240000000119</v>
       </c>
       <c r="D65" s="5">
-        <v>1.9447634358357613</v>
+        <v>1.7271181743909958</v>
       </c>
       <c r="E65" s="5">
-        <v>3.7963909555643882</v>
+        <v>3.7826671108837306</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>136.00683276999999</v>
+        <v>135.99785868999999</v>
       </c>
       <c r="C66" s="5">
-        <v>-1.6363146400000232</v>
+        <v>-1.6514566400000206</v>
       </c>
       <c r="D66" s="5">
-        <v>-13.368947996221426</v>
+        <v>-13.484050588162933</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>137.32733107000001</v>
+        <v>137.28810013</v>
       </c>
       <c r="C67" s="5">
-        <v>1.3204983000000254</v>
+        <v>1.2902414400000168</v>
       </c>
       <c r="D67" s="5">
-        <v>12.293606514999155</v>
+        <v>11.997904250366865</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>137.40647397999999</v>
+        <v>137.37502193</v>
       </c>
       <c r="C68" s="5">
-        <v>7.9142909999973199E-2</v>
+        <v>8.6921799999998939E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>0.69376650032766385</v>
+        <v>0.76241237564385056</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>138.16354349</v>
+        <v>138.13963143999999</v>
       </c>
       <c r="C69" s="5">
-        <v>0.75706951000000799</v>
+        <v>0.76460950999998545</v>
       </c>
       <c r="D69" s="5">
-        <v>6.8157303487919041</v>
+        <v>6.8873274687638819</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>138.15952686</v>
+        <v>138.12245863000001</v>
       </c>
       <c r="C70" s="5">
-        <v>-4.0166299999953026E-3</v>
+        <v>-1.7172809999976835E-2</v>
       </c>
       <c r="D70" s="5">
-        <v>-3.4880296732897609E-2</v>
+        <v>-0.14907588580703734</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>138.08563212000001</v>
+        <v>138.04607288</v>
       </c>
       <c r="C71" s="5">
-        <v>-7.3894739999985859E-2</v>
+        <v>-7.6385750000014241E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>-0.63993634690212575</v>
+        <v>-0.66162017971884701</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>137.51483490999999</v>
+        <v>137.50174389</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.57079721000002337</v>
+        <v>-0.54432898999999679</v>
       </c>
       <c r="D72" s="5">
-        <v>-4.8491410878317982</v>
+        <v>-4.6304358301520914</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>137.19397262000001</v>
+        <v>137.19982325000001</v>
       </c>
       <c r="C73" s="5">
-        <v>-0.32086228999997957</v>
+        <v>-0.30192063999999164</v>
       </c>
       <c r="D73" s="5">
-        <v>-2.7642965642648232</v>
+        <v>-2.6033211570841486</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>137.50147519999999</v>
+        <v>137.62326983</v>
       </c>
       <c r="C74" s="5">
-        <v>0.30750257999997643</v>
+        <v>0.42344657999998958</v>
       </c>
       <c r="D74" s="5">
-        <v>2.7230507814958393</v>
+        <v>3.7671391129300513</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>137.8754394</v>
+        <v>137.87810318000001</v>
       </c>
       <c r="C75" s="5">
-        <v>0.3739642000000174</v>
+        <v>0.25483335000001262</v>
       </c>
       <c r="D75" s="5">
-        <v>3.3129168926179231</v>
+        <v>2.2447777387516465</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>137.60169923000001</v>
+        <v>137.62876209000001</v>
       </c>
       <c r="C76" s="5">
-        <v>-0.2737401699999964</v>
+        <v>-0.24934109000000149</v>
       </c>
       <c r="D76" s="5">
-        <v>-2.3566547921334391</v>
+        <v>-2.1486453948214579</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>138.37152652</v>
+        <v>138.37035066000001</v>
       </c>
       <c r="C77" s="5">
-        <v>0.76982728999999495</v>
+        <v>0.74158857000000467</v>
       </c>
       <c r="D77" s="5">
-        <v>6.9240059767291084</v>
+        <v>6.6610992344783737</v>
       </c>
       <c r="E77" s="5">
-        <v>0.52917934797753752</v>
+        <v>0.52382049868640035</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>140.46248864</v>
+        <v>140.45813071000001</v>
       </c>
       <c r="C78" s="5">
-        <v>2.0909621200000004</v>
+        <v>2.0877800499999921</v>
       </c>
       <c r="D78" s="5">
-        <v>19.719121011395057</v>
+        <v>19.686760742584063</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>141.37638404</v>
+        <v>141.33409828000001</v>
       </c>
       <c r="C79" s="5">
-        <v>0.91389540000000125</v>
+        <v>0.87596757000000025</v>
       </c>
       <c r="D79" s="5">
-        <v>8.0931393160576413</v>
+        <v>7.7459159555439472</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>141.76857677000001</v>
+        <v>141.74523697999999</v>
       </c>
       <c r="C80" s="5">
-        <v>0.39219273000000499</v>
+        <v>0.41113869999998087</v>
       </c>
       <c r="D80" s="5">
-        <v>3.380188175675114</v>
+        <v>3.5471769703290246</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>141.67132065000001</v>
+        <v>141.66347338</v>
       </c>
       <c r="C81" s="5">
-        <v>-9.7256119999997281E-2</v>
+        <v>-8.1763599999987946E-2</v>
       </c>
       <c r="D81" s="5">
-        <v>-0.82012532133198812</v>
+        <v>-0.69001002636102093</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>142.46455828000001</v>
+        <v>142.45476006999999</v>
       </c>
       <c r="C82" s="5">
-        <v>0.79323762999999303</v>
+        <v>0.79128668999999263</v>
       </c>
       <c r="D82" s="5">
-        <v>6.9297919412781406</v>
+        <v>6.9126161652068641</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>142.73798647000001</v>
+        <v>142.72971583</v>
       </c>
       <c r="C83" s="5">
-        <v>0.27342819000000418</v>
+        <v>0.27495576000001165</v>
       </c>
       <c r="D83" s="5">
-        <v>2.327593992933541</v>
+        <v>2.3408986943391552</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>143.51636872</v>
+        <v>143.51192071</v>
       </c>
       <c r="C84" s="5">
-        <v>0.77838224999999284</v>
+        <v>0.78220487999999477</v>
       </c>
       <c r="D84" s="5">
-        <v>6.7437494409858578</v>
+        <v>6.7782771799541619</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>144.35058104999999</v>
+        <v>144.35281212999999</v>
       </c>
       <c r="C85" s="5">
-        <v>0.83421232999998551</v>
+        <v>0.84089141999999129</v>
       </c>
       <c r="D85" s="5">
-        <v>7.2025682034760452</v>
+        <v>7.262338790468581</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>144.07863716</v>
+        <v>144.13716023000001</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.27194388999998864</v>
+        <v>-0.21565189999998324</v>
       </c>
       <c r="D86" s="5">
-        <v>-2.2374174536044289</v>
+        <v>-1.7780500815826383</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>144.55331717000001</v>
+        <v>144.54741616999999</v>
       </c>
       <c r="C87" s="5">
-        <v>0.47468001000001436</v>
+        <v>0.41025593999998478</v>
       </c>
       <c r="D87" s="5">
-        <v>4.0259388934283269</v>
+        <v>3.4695257079580655</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>145.35263173999999</v>
+        <v>145.36653802999999</v>
       </c>
       <c r="C88" s="5">
-        <v>0.79931456999997863</v>
+        <v>0.81912185999999565</v>
       </c>
       <c r="D88" s="5">
-        <v>6.8410253619894279</v>
+        <v>7.0161632510970184</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>146.07045069</v>
+        <v>146.06888556999999</v>
       </c>
       <c r="C89" s="5">
-        <v>0.71781895000000873</v>
+        <v>0.70234754000000521</v>
       </c>
       <c r="D89" s="5">
-        <v>6.0898016401534028</v>
+        <v>5.9544541218750746</v>
       </c>
       <c r="E89" s="5">
-        <v>5.5639511708987399</v>
+        <v>5.5637171354119275</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>146.97740884000001</v>
+        <v>146.98479384999999</v>
       </c>
       <c r="C90" s="5">
-        <v>0.90695815000000835</v>
+        <v>0.91590827999999647</v>
       </c>
       <c r="D90" s="5">
-        <v>7.7106405924880272</v>
+        <v>7.7894612725580181</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>147.36566449</v>
+        <v>147.33537154000001</v>
       </c>
       <c r="C91" s="5">
-        <v>0.38825564999999074</v>
+        <v>0.35057769000002281</v>
       </c>
       <c r="D91" s="5">
-        <v>3.2163841508446422</v>
+        <v>2.9000012273503017</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>148.50956736000001</v>
+        <v>148.49433905999999</v>
       </c>
       <c r="C92" s="5">
-        <v>1.1439028700000051</v>
+        <v>1.158967519999976</v>
       </c>
       <c r="D92" s="5">
-        <v>9.7229597393625244</v>
+        <v>9.8587114618903691</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>148.42230465</v>
+        <v>148.42135794999999</v>
       </c>
       <c r="C93" s="5">
-        <v>-8.7262710000004517E-2</v>
+        <v>-7.2981110000000626E-2</v>
       </c>
       <c r="D93" s="5">
-        <v>-0.70283351381317249</v>
+        <v>-0.58817722640763792</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>149.21598857999999</v>
+        <v>149.21494380999999</v>
       </c>
       <c r="C94" s="5">
-        <v>0.79368392999998605</v>
+        <v>0.79358586000000741</v>
       </c>
       <c r="D94" s="5">
-        <v>6.6090997200351165</v>
+        <v>6.6083023137685215</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>149.59268268</v>
+        <v>149.59387580999999</v>
       </c>
       <c r="C95" s="5">
-        <v>0.3766941000000088</v>
+        <v>0.37893199999999183</v>
       </c>
       <c r="D95" s="5">
-        <v>3.0718046845033209</v>
+        <v>3.0903315441695556</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>150.86021364999999</v>
+        <v>150.86121342000001</v>
       </c>
       <c r="C96" s="5">
-        <v>1.2675309699999957</v>
+        <v>1.2673376100000269</v>
       </c>
       <c r="D96" s="5">
-        <v>10.655349594522301</v>
+        <v>10.653558692245912</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>151.46479296999999</v>
+        <v>151.47012978000001</v>
       </c>
       <c r="C97" s="5">
-        <v>0.60457931999999914</v>
+        <v>0.60891635999999494</v>
       </c>
       <c r="D97" s="5">
-        <v>4.9164834553752979</v>
+        <v>4.9525056995241012</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>152.03496663000001</v>
+        <v>152.04057539999999</v>
       </c>
       <c r="C98" s="5">
-        <v>0.57017366000002312</v>
+        <v>0.57044561999998677</v>
       </c>
       <c r="D98" s="5">
-        <v>4.6119868836522748</v>
+        <v>4.6140665062565756</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>151.67333053999999</v>
+        <v>151.67096072999999</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.36163609000001884</v>
+        <v>-0.36961467000000425</v>
       </c>
       <c r="D99" s="5">
-        <v>-2.8173173835632115</v>
+        <v>-2.8785408973817428</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>152.09849933000001</v>
+        <v>152.10501832</v>
       </c>
       <c r="C100" s="5">
-        <v>0.42516879000001495</v>
+        <v>0.43405759000000899</v>
       </c>
       <c r="D100" s="5">
-        <v>3.4161745893440898</v>
+        <v>3.4887783068908274</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>152.55055505999999</v>
+        <v>152.54998950000001</v>
       </c>
       <c r="C101" s="5">
-        <v>0.45205572999998367</v>
+        <v>0.44497118000001024</v>
       </c>
       <c r="D101" s="5">
-        <v>3.6254325729521142</v>
+        <v>3.5675427321582021</v>
       </c>
       <c r="E101" s="5">
-        <v>4.4362869693285845</v>
+        <v>4.4370188111650277</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>154.31406118000001</v>
+        <v>154.33558965</v>
       </c>
       <c r="C102" s="5">
-        <v>1.7635061200000166</v>
+        <v>1.7856001499999934</v>
       </c>
       <c r="D102" s="5">
-        <v>14.789061731701114</v>
+        <v>14.98649640216254</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>154.73476719000001</v>
+        <v>154.71804829999999</v>
       </c>
       <c r="C103" s="5">
-        <v>0.42070601000000352</v>
+        <v>0.38245864999998958</v>
       </c>
       <c r="D103" s="5">
-        <v>3.3210611221434094</v>
+        <v>3.0145841408367513</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>155.30910865999999</v>
+        <v>155.30017676</v>
       </c>
       <c r="C104" s="5">
-        <v>0.57434146999997893</v>
+        <v>0.58212846000000695</v>
       </c>
       <c r="D104" s="5">
-        <v>4.546201197605515</v>
+        <v>4.6096286338703552</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>155.62790451999999</v>
+        <v>155.62648533000001</v>
       </c>
       <c r="C105" s="5">
-        <v>0.31879585999999449</v>
+        <v>0.32630857000000901</v>
       </c>
       <c r="D105" s="5">
-        <v>2.4911842904924431</v>
+        <v>2.5507197971662787</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>156.24328591</v>
+        <v>156.24198443</v>
       </c>
       <c r="C106" s="5">
-        <v>0.61538139000001024</v>
+        <v>0.61549909999999386</v>
       </c>
       <c r="D106" s="5">
-        <v>4.8495880788886447</v>
+        <v>4.8505811768609242</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>156.74703224000001</v>
+        <v>156.74784849</v>
       </c>
       <c r="C107" s="5">
-        <v>0.50374633000001268</v>
+        <v>0.50586405999999329</v>
       </c>
       <c r="D107" s="5">
-        <v>3.9382872147462944</v>
+        <v>3.9551730943178987</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>157.04574932</v>
+        <v>157.04312453</v>
       </c>
       <c r="C108" s="5">
-        <v>0.29871707999998875</v>
+        <v>0.29527604000000451</v>
       </c>
       <c r="D108" s="5">
-        <v>2.3109953938875938</v>
+        <v>2.2840857003691095</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>157.73477688</v>
+        <v>157.73575022</v>
       </c>
       <c r="C109" s="5">
-        <v>0.68902755999999954</v>
+        <v>0.69262568999999985</v>
       </c>
       <c r="D109" s="5">
-        <v>5.3938421114317681</v>
+        <v>5.4227885789623675</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>158.68200343999999</v>
+        <v>158.68266444</v>
       </c>
       <c r="C110" s="5">
-        <v>0.94722655999999006</v>
+        <v>0.94691421999999648</v>
       </c>
       <c r="D110" s="5">
-        <v>7.4490625132951127</v>
+        <v>7.4464771084811643</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>159.29771238000001</v>
+        <v>159.29512106999999</v>
       </c>
       <c r="C111" s="5">
-        <v>0.61570894000001886</v>
+        <v>0.61245662999999695</v>
       </c>
       <c r="D111" s="5">
-        <v>4.7568350326051556</v>
+        <v>4.7311525060274251</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>159.89013754999999</v>
+        <v>159.88852653999999</v>
       </c>
       <c r="C112" s="5">
-        <v>0.59242516999998429</v>
+        <v>0.59340546999999333</v>
       </c>
       <c r="D112" s="5">
-        <v>4.5552017734842964</v>
+        <v>4.5629702282168561</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>160.14760967000001</v>
+        <v>160.14921308999999</v>
       </c>
       <c r="C113" s="5">
-        <v>0.25747212000001696</v>
+        <v>0.26068655000000263</v>
       </c>
       <c r="D113" s="5">
-        <v>1.9495743132348364</v>
+        <v>1.9741526727029779</v>
       </c>
       <c r="E113" s="5">
-        <v>4.9800242332858069</v>
+        <v>4.9814645119985235</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>158.89705717000001</v>
+        <v>158.92047205</v>
       </c>
       <c r="C114" s="5">
-        <v>-1.2505524999999977</v>
+        <v>-1.2287410399999885</v>
       </c>
       <c r="D114" s="5">
-        <v>-8.9783471332785521</v>
+        <v>-8.8282170165018385</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>159.26536917000001</v>
+        <v>159.25915043000001</v>
       </c>
       <c r="C115" s="5">
-        <v>0.36831200000000308</v>
+        <v>0.33867838000000461</v>
       </c>
       <c r="D115" s="5">
-        <v>2.8172499127630202</v>
+        <v>2.587531324689385</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>159.33944994000001</v>
+        <v>159.33459607</v>
       </c>
       <c r="C116" s="5">
-        <v>7.40807699999948E-2</v>
+        <v>7.5445639999998093E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>0.55959873770985435</v>
+        <v>0.56995801950965319</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>159.30487102000001</v>
+        <v>159.30216844</v>
       </c>
       <c r="C117" s="5">
-        <v>-3.457892000000129E-2</v>
+        <v>-3.2427630000000818E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>-0.26010641218994213</v>
+        <v>-0.24394970622637624</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>158.65375084999999</v>
+        <v>158.65049096000001</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.65112017000001288</v>
+        <v>-0.65167747999998937</v>
       </c>
       <c r="D118" s="5">
-        <v>-4.795941012834426</v>
+        <v>-4.8000336734828402</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>159.41061069</v>
+        <v>159.40994069000001</v>
       </c>
       <c r="C119" s="5">
-        <v>0.75685984000000417</v>
+        <v>0.75944973000000005</v>
       </c>
       <c r="D119" s="5">
-        <v>5.8772318065297702</v>
+        <v>5.8979998634125952</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>159.98876683</v>
+        <v>159.98578017</v>
       </c>
       <c r="C120" s="5">
-        <v>0.57815614000000437</v>
+        <v>0.57583947999998486</v>
       </c>
       <c r="D120" s="5">
-        <v>4.4400773597434995</v>
+        <v>4.4219500758198471</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>159.99369623000001</v>
+        <v>159.99299010999999</v>
       </c>
       <c r="C121" s="5">
-        <v>4.9294000000088545E-3</v>
+        <v>7.2099399999956404E-3</v>
       </c>
       <c r="D121" s="5">
-        <v>3.6979361886957385E-2</v>
+        <v>5.4092762569402097E-2</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>160.62526234000001</v>
+        <v>160.62452986</v>
       </c>
       <c r="C122" s="5">
-        <v>0.6315661099999943</v>
+        <v>0.63153975000000173</v>
       </c>
       <c r="D122" s="5">
-        <v>4.841141033411045</v>
+        <v>4.8409564006519412</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>161.61255643999999</v>
+        <v>161.61115882000001</v>
       </c>
       <c r="C123" s="5">
-        <v>0.98729409999998552</v>
+        <v>0.98662896000001865</v>
       </c>
       <c r="D123" s="5">
-        <v>7.6304117635390689</v>
+        <v>7.6251322153512824</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>162.03170673</v>
+        <v>162.02999319</v>
       </c>
       <c r="C124" s="5">
-        <v>0.41915029000000459</v>
+        <v>0.4188343699999848</v>
       </c>
       <c r="D124" s="5">
-        <v>3.1570412989898822</v>
+        <v>3.1546554410492922</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>162.54513302999999</v>
+        <v>162.54683636999999</v>
       </c>
       <c r="C125" s="5">
-        <v>0.5134262999999919</v>
+        <v>0.51684317999999507</v>
       </c>
       <c r="D125" s="5">
-        <v>3.8693859493447613</v>
+        <v>3.895632306110719</v>
       </c>
       <c r="E125" s="5">
-        <v>1.497070961558733</v>
+        <v>1.4971183646419695</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>164.45328574999999</v>
+        <v>164.47129428</v>
       </c>
       <c r="C126" s="5">
-        <v>1.9081527200000039</v>
+        <v>1.924457910000001</v>
       </c>
       <c r="D126" s="5">
-        <v>15.033151289354741</v>
+        <v>15.169919965846269</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>164.49115452999999</v>
+        <v>164.48845025</v>
       </c>
       <c r="C127" s="5">
-        <v>3.7868779999996605E-2</v>
+        <v>1.7155970000004572E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>0.27667512063587196</v>
+        <v>0.12524361248309468</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>165.26940887999999</v>
+        <v>165.2668122</v>
       </c>
       <c r="C128" s="5">
-        <v>0.77825434999999743</v>
+        <v>0.7783619500000043</v>
       </c>
       <c r="D128" s="5">
-        <v>5.8276369969423314</v>
+        <v>5.8285621299565715</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>163.99437818000001</v>
+        <v>163.99214162999999</v>
       </c>
       <c r="C129" s="5">
-        <v>-1.2750306999999736</v>
+        <v>-1.274670570000012</v>
       </c>
       <c r="D129" s="5">
-        <v>-8.8749372720563162</v>
+        <v>-8.8726694724882584</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>164.44138526</v>
+        <v>164.43809694000001</v>
       </c>
       <c r="C130" s="5">
-        <v>0.44700707999999167</v>
+        <v>0.44595531000001642</v>
       </c>
       <c r="D130" s="5">
-        <v>3.3203798883604918</v>
+        <v>3.3124959531654286</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>164.52894125</v>
+        <v>164.52725950999999</v>
       </c>
       <c r="C131" s="5">
-        <v>8.7555989999998474E-2</v>
+        <v>8.9162569999984953E-2</v>
       </c>
       <c r="D131" s="5">
-        <v>0.64080838471731738</v>
+        <v>0.65261486610157515</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>163.70242877999999</v>
+        <v>163.70022685999999</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.82651247000001149</v>
+        <v>-0.8270326500000067</v>
       </c>
       <c r="D132" s="5">
-        <v>-5.8644122440382311</v>
+        <v>-5.8680600106423952</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>163.13263807999999</v>
+        <v>163.13218570999999</v>
       </c>
       <c r="C133" s="5">
-        <v>-0.56979069999999865</v>
+        <v>-0.56804114999999911</v>
       </c>
       <c r="D133" s="5">
-        <v>-4.0977408459906162</v>
+        <v>-4.0854517404861346</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>162.42702113000001</v>
+        <v>162.42714312000001</v>
       </c>
       <c r="C134" s="5">
-        <v>-0.70561694999997826</v>
+        <v>-0.7050425899999766</v>
       </c>
       <c r="D134" s="5">
-        <v>-5.0687844664752069</v>
+        <v>-5.0647698527315317</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>162.22472213</v>
+        <v>162.2240707</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.20229900000001066</v>
+        <v>-0.20307242000001224</v>
       </c>
       <c r="D135" s="5">
-        <v>-1.4843759124443578</v>
+        <v>-1.4900108315084815</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>161.98022859</v>
+        <v>161.97980562999999</v>
       </c>
       <c r="C136" s="5">
-        <v>-0.24449354000000767</v>
+        <v>-0.24426507000001152</v>
       </c>
       <c r="D136" s="5">
-        <v>-1.7936380547065478</v>
+        <v>-1.7919829599774229</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>161.66968804999999</v>
+        <v>161.67148098000001</v>
       </c>
       <c r="C137" s="5">
-        <v>-0.31054054000000519</v>
+        <v>-0.30832464999997455</v>
       </c>
       <c r="D137" s="5">
-        <v>-2.2764773413108341</v>
+        <v>-2.2604088587944715</v>
       </c>
       <c r="E137" s="5">
-        <v>-0.53858578456386086</v>
+        <v>-0.53852502426281479</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>160.70404877999999</v>
+        <v>160.71232165999999</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.96563926999999694</v>
+        <v>-0.95915932000002613</v>
       </c>
       <c r="D138" s="5">
-        <v>-6.9366635810011008</v>
+        <v>-6.8915493562398789</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>160.32815235000001</v>
+        <v>160.32775133000001</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.37589642999998318</v>
+        <v>-0.38457032999997409</v>
       </c>
       <c r="D139" s="5">
-        <v>-2.77104226552215</v>
+        <v>-2.8340016187060169</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>160.18707945</v>
+        <v>160.18608141999999</v>
       </c>
       <c r="C140" s="5">
-        <v>-0.14107290000001171</v>
+        <v>-0.14166991000001872</v>
       </c>
       <c r="D140" s="5">
-        <v>-1.0507862558956305</v>
+        <v>-1.0552141426511508</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>160.09917333999999</v>
+        <v>160.09764095</v>
       </c>
       <c r="C141" s="5">
-        <v>-8.790611000000581E-2</v>
+        <v>-8.8440469999994775E-2</v>
       </c>
       <c r="D141" s="5">
-        <v>-0.65654188588355478</v>
+        <v>-0.66052483719192256</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>159.91051626000001</v>
+        <v>159.90817401999999</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.18865707999998449</v>
+        <v>-0.18946693000000892</v>
       </c>
       <c r="D142" s="5">
-        <v>-1.4049229585719969</v>
+        <v>-1.4109281014435537</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>160.07749608</v>
+        <v>160.07610765000001</v>
       </c>
       <c r="C143" s="5">
-        <v>0.16697981999999456</v>
+        <v>0.16793363000002159</v>
       </c>
       <c r="D143" s="5">
-        <v>1.2602709972859616</v>
+        <v>1.2675301303112008</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>158.92660728999999</v>
+        <v>158.92576083</v>
       </c>
       <c r="C144" s="5">
-        <v>-1.1508887900000104</v>
+        <v>-1.15034682000001</v>
       </c>
       <c r="D144" s="5">
-        <v>-8.294378576825622</v>
+        <v>-8.2906947940560745</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>159.85098826999999</v>
+        <v>159.85057402000001</v>
       </c>
       <c r="C145" s="5">
-        <v>0.92438097999999513</v>
+        <v>0.92481319000000894</v>
       </c>
       <c r="D145" s="5">
-        <v>7.2073496252880398</v>
+        <v>7.2108677665027487</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>158.03504792999999</v>
+        <v>158.0358574</v>
       </c>
       <c r="C146" s="5">
-        <v>-1.8159403399999974</v>
+        <v>-1.8147166200000129</v>
       </c>
       <c r="D146" s="5">
-        <v>-12.8119343634863</v>
+        <v>-12.803863627662327</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>156.88908956</v>
+        <v>156.88901196</v>
       </c>
       <c r="C147" s="5">
-        <v>-1.1459583699999882</v>
+        <v>-1.1468454399999928</v>
       </c>
       <c r="D147" s="5">
-        <v>-8.3627678031971016</v>
+        <v>-8.3689439763114599</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>155.67804993999999</v>
+        <v>155.67827788</v>
       </c>
       <c r="C148" s="5">
-        <v>-1.2110396200000082</v>
+        <v>-1.2107340800000088</v>
       </c>
       <c r="D148" s="5">
-        <v>-8.8795866026780796</v>
+        <v>-8.877444746736785</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>154.66398989000001</v>
+        <v>154.66455716999999</v>
       </c>
       <c r="C149" s="5">
-        <v>-1.0140600499999834</v>
+        <v>-1.0137207100000012</v>
       </c>
       <c r="D149" s="5">
-        <v>-7.54254816072506</v>
+        <v>-7.5401032121763638</v>
       </c>
       <c r="E149" s="5">
-        <v>-4.3333405566003851</v>
+        <v>-4.3340506114784905</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>154.31023078999999</v>
+        <v>154.31318306</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.35375910000001909</v>
+        <v>-0.35137410999999474</v>
       </c>
       <c r="D150" s="5">
-        <v>-2.710463338567215</v>
+        <v>-2.6924077863037632</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>153.81679259000001</v>
+        <v>153.81693998</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.49343819999998573</v>
+        <v>-0.49624307999999928</v>
       </c>
       <c r="D151" s="5">
-        <v>-3.7704701258796103</v>
+        <v>-3.7914539308689488</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>153.68636981</v>
+        <v>153.68590974</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.13042278000000351</v>
+        <v>-0.13103024000000119</v>
       </c>
       <c r="D152" s="5">
-        <v>-1.0127601784118201</v>
+        <v>-1.0174541837750573</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>153.26708780999999</v>
+        <v>153.26617607</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.4192820000000097</v>
+        <v>-0.41973366999999939</v>
       </c>
       <c r="D153" s="5">
-        <v>-3.2251206569133606</v>
+        <v>-3.2285524070121197</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>153.17206591999999</v>
+        <v>153.17111462</v>
       </c>
       <c r="C154" s="5">
-        <v>-9.5021889999998166E-2</v>
+        <v>-9.5061450000002878E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>-0.74143938928157294</v>
+        <v>-0.74175141431003233</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>153.56082287000001</v>
+        <v>153.56013021999999</v>
       </c>
       <c r="C155" s="5">
-        <v>0.38875695000001542</v>
+        <v>0.38901559999999336</v>
       </c>
       <c r="D155" s="5">
-        <v>3.0885255794969035</v>
+        <v>3.0906287070763705</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>153.33313077</v>
+        <v>153.33293366999999</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.22769210000001294</v>
+        <v>-0.22719655000000216</v>
       </c>
       <c r="D156" s="5">
-        <v>-1.7648594497864822</v>
+        <v>-1.7610574836107284</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>153.76952012999999</v>
+        <v>153.76944316000001</v>
       </c>
       <c r="C157" s="5">
-        <v>0.43638935999999262</v>
+        <v>0.43650949000002015</v>
       </c>
       <c r="D157" s="5">
-        <v>3.4691949299403779</v>
+        <v>3.4701694688841211</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>152.77197874000001</v>
+        <v>152.77271414000001</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.99754138999998077</v>
+        <v>-0.99672902000000363</v>
       </c>
       <c r="D158" s="5">
-        <v>-7.5128628896187655</v>
+        <v>-7.506964701155483</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>151.71653534000001</v>
+        <v>151.71656766999999</v>
       </c>
       <c r="C159" s="5">
-        <v>-1.0554434000000015</v>
+        <v>-1.0561464700000158</v>
       </c>
       <c r="D159" s="5">
-        <v>-7.9824741151861662</v>
+        <v>-7.9875540089541008</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>151.70935204</v>
+        <v>151.70935677</v>
       </c>
       <c r="C160" s="5">
-        <v>-7.1833000000083302E-3</v>
+        <v>-7.210899999989806E-3</v>
       </c>
       <c r="D160" s="5">
-        <v>-5.6801426628905194E-2</v>
+        <v>-5.7019602442809347E-2</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>151.26424684</v>
+        <v>151.26440567</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.44510520000000042</v>
+        <v>-0.44495109999999727</v>
       </c>
       <c r="D161" s="5">
-        <v>-3.464459970851852</v>
+        <v>-3.4632797144774519</v>
       </c>
       <c r="E161" s="5">
-        <v>-2.1981477733879595</v>
+        <v>-2.1984037986561455</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>150.49331634000001</v>
+        <v>150.49406569999999</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.77093049999999153</v>
+        <v>-0.77033997000000909</v>
       </c>
       <c r="D162" s="5">
-        <v>-5.9473407211130702</v>
+        <v>-5.9429058507949435</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>149.97809832999999</v>
+        <v>149.97808645000001</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.51521801000001233</v>
+        <v>-0.51597924999998668</v>
       </c>
       <c r="D163" s="5">
-        <v>-4.0317534552929075</v>
+        <v>-4.0375788080706858</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>149.17787181</v>
+        <v>149.17762751999999</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.80022651999999539</v>
+        <v>-0.80045893000001911</v>
       </c>
       <c r="D164" s="5">
-        <v>-6.2181545078918266</v>
+        <v>-6.2199082477365275</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>148.98419827999999</v>
+        <v>148.98386873000001</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.19367353000001231</v>
+        <v>-0.19375878999997553</v>
       </c>
       <c r="D165" s="5">
-        <v>-1.5468506367042223</v>
+        <v>-1.5475292585469758</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>148.87156288</v>
+        <v>148.87122289000001</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.11263539999998784</v>
+        <v>-0.112645839999999</v>
       </c>
       <c r="D166" s="5">
-        <v>-0.90346408006892753</v>
+        <v>-0.90354946314926687</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>148.53454307999999</v>
+        <v>148.53430739000001</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.33701980000000731</v>
+        <v>-0.33691550000000348</v>
       </c>
       <c r="D167" s="5">
-        <v>-2.6830245680026121</v>
+        <v>-2.6822105901277871</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>148.5567088</v>
+        <v>148.55695947999999</v>
       </c>
       <c r="C168" s="5">
-        <v>2.216572000000383E-2</v>
+        <v>2.2652089999979808E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>0.17922232525406923</v>
+        <v>0.18315849053971434</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>148.85527579000001</v>
+        <v>148.85530693000001</v>
       </c>
       <c r="C169" s="5">
-        <v>0.29856699000001186</v>
+        <v>0.29834745000002272</v>
       </c>
       <c r="D169" s="5">
-        <v>2.4385799078812331</v>
+        <v>2.4367627801284319</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>148.81091733</v>
+        <v>148.81135750000001</v>
       </c>
       <c r="C170" s="5">
-        <v>-4.4358460000012201E-2</v>
+        <v>-4.3949429999997847E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-0.35701116344341033</v>
+        <v>-0.35372442845686969</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>149.20348906000001</v>
+        <v>149.20355104999999</v>
       </c>
       <c r="C171" s="5">
-        <v>0.39257173000001444</v>
+        <v>0.39219354999997336</v>
       </c>
       <c r="D171" s="5">
-        <v>3.212006781366572</v>
+        <v>3.2088579084157853</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>149.26993726000001</v>
+        <v>149.26981473999999</v>
       </c>
       <c r="C172" s="5">
-        <v>6.6448199999996405E-2</v>
+        <v>6.6263689999999542E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>0.53573441110417175</v>
+        <v>0.53424295284749679</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>149.61416616</v>
+        <v>149.61414024999999</v>
       </c>
       <c r="C173" s="5">
-        <v>0.34422889999999029</v>
+        <v>0.34432551000000444</v>
       </c>
       <c r="D173" s="5">
-        <v>2.8026700234906166</v>
+        <v>2.8034689469508267</v>
       </c>
       <c r="E173" s="5">
-        <v>-1.0908596806391224</v>
+        <v>-1.0909806657358967</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>150.10235416</v>
+        <v>150.10228857999999</v>
       </c>
       <c r="C174" s="5">
-        <v>0.48818800000000806</v>
+        <v>0.48814833000000135</v>
       </c>
       <c r="D174" s="5">
-        <v>3.9866161331232997</v>
+        <v>3.9862870494867364</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>150.04255975999999</v>
+        <v>150.04247642000001</v>
       </c>
       <c r="C175" s="5">
-        <v>-5.9794400000015457E-2</v>
+        <v>-5.9812159999978576E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>-0.47698305563813603</v>
+        <v>-0.47712462573937797</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>150.17108242</v>
+        <v>150.17091242999999</v>
       </c>
       <c r="C176" s="5">
-        <v>0.12852266000001578</v>
+        <v>0.12843600999997307</v>
       </c>
       <c r="D176" s="5">
-        <v>1.032746041856325</v>
+        <v>1.0320470589087805</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>150.21541582</v>
+        <v>150.21535305</v>
       </c>
       <c r="C177" s="5">
-        <v>4.4333399999999301E-2</v>
+        <v>4.4440620000017361E-2</v>
       </c>
       <c r="D177" s="5">
-        <v>0.35483893101142527</v>
+        <v>0.35569890691840023</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>149.75711057000001</v>
+        <v>149.75701907999999</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.45830524999999511</v>
+        <v>-0.45833397000001241</v>
       </c>
       <c r="D178" s="5">
-        <v>-3.6003684542118664</v>
+        <v>-3.6005917804084686</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>149.27614693000001</v>
+        <v>149.27603705000001</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.4809636399999988</v>
+        <v>-0.48098202999997852</v>
       </c>
       <c r="D179" s="5">
-        <v>-3.7865972987727647</v>
+        <v>-3.786741806913263</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>149.63231103999999</v>
+        <v>149.63283082999999</v>
       </c>
       <c r="C180" s="5">
-        <v>0.35616410999998038</v>
+        <v>0.35679377999997541</v>
       </c>
       <c r="D180" s="5">
-        <v>2.901001793763136</v>
+        <v>2.9062003126576252</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>149.12718659999999</v>
+        <v>149.12728916</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.50512444000000301</v>
+        <v>-0.50554166999998529</v>
       </c>
       <c r="D181" s="5">
-        <v>-3.9765528463026389</v>
+        <v>-3.9797630956697416</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>148.89702313000001</v>
+        <v>148.89716293999999</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.2301634699999795</v>
+        <v>-0.2301262200000167</v>
       </c>
       <c r="D182" s="5">
-        <v>-1.8364433624995957</v>
+        <v>-1.8361474156706747</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>148.86338137000001</v>
+        <v>148.86343239999999</v>
       </c>
       <c r="C183" s="5">
-        <v>-3.3641759999994747E-2</v>
+        <v>-3.3730539999993425E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>-0.27079106242772211</v>
+        <v>-0.27150453042329437</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>148.54040130000001</v>
+        <v>148.54048928</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.32298006999999984</v>
+        <v>-0.32294311999999081</v>
       </c>
       <c r="D184" s="5">
-        <v>-2.572724138960214</v>
+        <v>-2.572432442288064</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>148.68063346</v>
+        <v>148.6806953</v>
       </c>
       <c r="C185" s="5">
-        <v>0.14023215999998229</v>
+        <v>0.14020601999999371</v>
       </c>
       <c r="D185" s="5">
-        <v>1.1387818458980403</v>
+        <v>1.1385677899816482</v>
       </c>
       <c r="E185" s="5">
-        <v>-0.62396009947458531</v>
+        <v>-0.62390155665783542</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>147.4113481</v>
+        <v>147.41046044999999</v>
       </c>
       <c r="C186" s="5">
-        <v>-1.2692853599999978</v>
+        <v>-1.2702348500000085</v>
       </c>
       <c r="D186" s="5">
-        <v>-9.7768092812113956</v>
+        <v>-9.7837787841846264</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>149.27548315999999</v>
+        <v>149.27556809000001</v>
       </c>
       <c r="C187" s="5">
-        <v>1.8641350599999953</v>
+        <v>1.8651076400000193</v>
       </c>
       <c r="D187" s="5">
-        <v>16.27619501531057</v>
+        <v>16.285391269702142</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>149.72026077000001</v>
+        <v>149.72017262</v>
       </c>
       <c r="C188" s="5">
-        <v>0.44477761000001692</v>
+        <v>0.44460452999999234</v>
       </c>
       <c r="D188" s="5">
-        <v>3.6346707259294453</v>
+        <v>3.6332309857556311</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>149.94191047999999</v>
+        <v>149.94190892</v>
       </c>
       <c r="C189" s="5">
-        <v>0.2216497099999799</v>
+        <v>0.22173630000000344</v>
       </c>
       <c r="D189" s="5">
-        <v>1.7910473204129973</v>
+        <v>1.7917537863015642</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>150.31308102</v>
+        <v>150.31307283999999</v>
       </c>
       <c r="C190" s="5">
-        <v>0.37117054000000849</v>
+        <v>0.37116391999998655</v>
       </c>
       <c r="D190" s="5">
-        <v>3.0112934103054378</v>
+        <v>3.0112390009240153</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>150.49045477000001</v>
+        <v>150.49044595000001</v>
       </c>
       <c r="C191" s="5">
-        <v>0.17737375000001521</v>
+        <v>0.1773731100000191</v>
       </c>
       <c r="D191" s="5">
-        <v>1.425260975862308</v>
+        <v>1.42525587787945</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>151.55192679000001</v>
+        <v>151.55236163999999</v>
       </c>
       <c r="C192" s="5">
-        <v>1.0614720199999965</v>
+        <v>1.061915689999978</v>
       </c>
       <c r="D192" s="5">
-        <v>8.8002997064053012</v>
+        <v>8.8041224736011614</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>151.81250172</v>
+        <v>151.81264752999999</v>
       </c>
       <c r="C193" s="5">
-        <v>0.26057492999998999</v>
+        <v>0.26028589000000579</v>
       </c>
       <c r="D193" s="5">
-        <v>2.0828762204600171</v>
+        <v>2.0805379178951311</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>152.72804031000001</v>
+        <v>152.72823840000001</v>
       </c>
       <c r="C194" s="5">
-        <v>0.91553859000001125</v>
+        <v>0.91559087000001682</v>
       </c>
       <c r="D194" s="5">
-        <v>7.4817938821810648</v>
+        <v>7.4822279588684593</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>153.68073609000001</v>
+        <v>153.68073888999999</v>
       </c>
       <c r="C195" s="5">
-        <v>0.9526957799999991</v>
+        <v>0.95250048999997716</v>
       </c>
       <c r="D195" s="5">
-        <v>7.7476565037552625</v>
+        <v>7.7460030757599663</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>153.99744152</v>
+        <v>153.99770789999999</v>
       </c>
       <c r="C196" s="5">
-        <v>0.31670542999998474</v>
+        <v>0.31696901000000821</v>
       </c>
       <c r="D196" s="5">
-        <v>2.5011843080325225</v>
+        <v>2.5032895579069736</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>154.72210104000001</v>
+        <v>154.72226989000001</v>
       </c>
       <c r="C197" s="5">
-        <v>0.72465952000001721</v>
+        <v>0.7245619900000122</v>
       </c>
       <c r="D197" s="5">
-        <v>5.7952535185803011</v>
+        <v>5.7944429734882341</v>
       </c>
       <c r="E197" s="5">
-        <v>4.0633856874341179</v>
+        <v>4.0634559703999429</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>154.81994265</v>
+        <v>154.81871852</v>
       </c>
       <c r="C198" s="5">
-        <v>9.7841609999989032E-2</v>
+        <v>9.6448629999997593E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>0.76148881794568801</v>
+        <v>0.75060941349378574</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>155.62128378</v>
+        <v>155.6212902</v>
       </c>
       <c r="C199" s="5">
-        <v>0.80134112999999729</v>
+        <v>0.80257167999999979</v>
       </c>
       <c r="D199" s="5">
-        <v>6.3910504581939698</v>
+        <v>6.4011982011302759</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>156.37489171000001</v>
+        <v>156.37483760000001</v>
       </c>
       <c r="C200" s="5">
-        <v>0.75360793000001536</v>
+        <v>0.7535474000000022</v>
       </c>
       <c r="D200" s="5">
-        <v>5.9683908489433612</v>
+        <v>5.9678983749523962</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>157.56799910000001</v>
+        <v>157.56798685999999</v>
       </c>
       <c r="C201" s="5">
-        <v>1.1931073899999944</v>
+        <v>1.1931492599999842</v>
       </c>
       <c r="D201" s="5">
-        <v>9.5498980582880755</v>
+        <v>9.5502508271351427</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>158.73128159000001</v>
+        <v>158.73129908000001</v>
       </c>
       <c r="C202" s="5">
-        <v>1.1632824900000003</v>
+        <v>1.163312220000023</v>
       </c>
       <c r="D202" s="5">
-        <v>9.228012592520173</v>
+        <v>9.2282588368210341</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>160.08290255</v>
+        <v>160.08290004</v>
       </c>
       <c r="C203" s="5">
-        <v>1.3516209599999911</v>
+        <v>1.3516009599999848</v>
       </c>
       <c r="D203" s="5">
-        <v>10.710580674266645</v>
+        <v>10.710413458561652</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>159.55781752999999</v>
+        <v>159.55815663999999</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.5250850200000059</v>
+        <v>-0.52474340000000552</v>
       </c>
       <c r="D204" s="5">
-        <v>-3.8658598977674874</v>
+        <v>-3.8633900013093636</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>160.31233227000001</v>
+        <v>160.31255075999999</v>
       </c>
       <c r="C205" s="5">
-        <v>0.75451474000001895</v>
+        <v>0.75439412000000061</v>
       </c>
       <c r="D205" s="5">
-        <v>5.8244795570331576</v>
+        <v>5.8235113846151876</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>160.99117885999999</v>
+        <v>160.99144451000001</v>
       </c>
       <c r="C206" s="5">
-        <v>0.67884658999997782</v>
+        <v>0.67889375000001451</v>
       </c>
       <c r="D206" s="5">
-        <v>5.2014625075300858</v>
+        <v>5.2018250592817061</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>161.09478730999999</v>
+        <v>161.09472919999999</v>
       </c>
       <c r="C207" s="5">
-        <v>0.10360844999999586</v>
+        <v>0.10328468999998108</v>
       </c>
       <c r="D207" s="5">
-        <v>0.77501864950411115</v>
+        <v>0.77258700777100842</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>162.15190663000001</v>
+        <v>162.15241148000001</v>
       </c>
       <c r="C208" s="5">
-        <v>1.0571193200000266</v>
+        <v>1.057682280000023</v>
       </c>
       <c r="D208" s="5">
-        <v>8.1650266908127165</v>
+        <v>8.169536167156588</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>163.02221573</v>
+        <v>163.02249082</v>
       </c>
       <c r="C209" s="5">
-        <v>0.87030909999998585</v>
+        <v>0.87007933999998954</v>
       </c>
       <c r="D209" s="5">
-        <v>6.6342659940978654</v>
+        <v>6.6324412887324602</v>
       </c>
       <c r="E209" s="5">
-        <v>5.3645307517212304</v>
+        <v>5.3645935623236607</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>161.09742487</v>
+        <v>161.09608365</v>
       </c>
       <c r="C210" s="5">
-        <v>-1.9247908600000017</v>
+        <v>-1.9264071700000045</v>
       </c>
       <c r="D210" s="5">
-        <v>-13.283512015862353</v>
+        <v>-13.293930888949223</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>163.59721002000001</v>
+        <v>163.59710905</v>
       </c>
       <c r="C211" s="5">
-        <v>2.4997851500000081</v>
+        <v>2.5010254000000032</v>
       </c>
       <c r="D211" s="5">
-        <v>20.294988722681495</v>
+        <v>20.306116575196963</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>164.37657024999999</v>
+        <v>164.37642987999999</v>
       </c>
       <c r="C212" s="5">
-        <v>0.77936022999998045</v>
+        <v>0.77932082999998897</v>
       </c>
       <c r="D212" s="5">
-        <v>5.8688655265713763</v>
+        <v>5.8685647314093314</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>164.88266064000001</v>
+        <v>164.88270224999999</v>
       </c>
       <c r="C213" s="5">
-        <v>0.50609039000002554</v>
+        <v>0.50627237000000491</v>
       </c>
       <c r="D213" s="5">
-        <v>3.7578269218797145</v>
+        <v>3.7592043976500955</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>165.16647696000001</v>
+        <v>165.16636647000001</v>
       </c>
       <c r="C214" s="5">
-        <v>0.28381631999999968</v>
+        <v>0.2836642200000199</v>
       </c>
       <c r="D214" s="5">
-        <v>2.0852557583012077</v>
+        <v>2.0841271227454605</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>166.05389994999999</v>
+        <v>166.05383361</v>
       </c>
       <c r="C215" s="5">
-        <v>0.88742298999997615</v>
+        <v>0.88746713999998406</v>
       </c>
       <c r="D215" s="5">
-        <v>6.6414632811590657</v>
+        <v>6.6418080997096007</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>165.87094481</v>
+        <v>165.87134011000001</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.18295513999999002</v>
+        <v>-0.18249349999999254</v>
       </c>
       <c r="D216" s="5">
-        <v>-1.3141554420760149</v>
+        <v>-1.310860048623641</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>167.03179603000001</v>
+        <v>167.03205502</v>
       </c>
       <c r="C217" s="5">
-        <v>1.1608512200000121</v>
+        <v>1.1607149099999958</v>
       </c>
       <c r="D217" s="5">
-        <v>8.7291493114442389</v>
+        <v>8.728062938699054</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>167.70607390999999</v>
+        <v>167.70633874000001</v>
       </c>
       <c r="C218" s="5">
-        <v>0.6742778799999769</v>
+        <v>0.67428372000000536</v>
       </c>
       <c r="D218" s="5">
-        <v>4.9532019093555313</v>
+        <v>4.9532379150461381</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>168.37955022</v>
+        <v>168.37952332</v>
       </c>
       <c r="C219" s="5">
-        <v>0.67347631000001229</v>
+        <v>0.67318457999999737</v>
       </c>
       <c r="D219" s="5">
-        <v>4.9268504829136806</v>
+        <v>4.9246610323596007</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>169.15266034000001</v>
+        <v>169.15313918999999</v>
       </c>
       <c r="C220" s="5">
-        <v>0.77311012000001256</v>
+        <v>0.77361586999998622</v>
       </c>
       <c r="D220" s="5">
-        <v>5.6510576988357153</v>
+        <v>5.6548493241523445</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>169.58403995</v>
+        <v>169.58440171000001</v>
       </c>
       <c r="C221" s="5">
-        <v>0.43137960999999336</v>
+        <v>0.43126252000001841</v>
       </c>
       <c r="D221" s="5">
-        <v>3.1035776008398575</v>
+        <v>3.1027144376721383</v>
       </c>
       <c r="E221" s="5">
-        <v>4.0251104370141899</v>
+        <v>4.025156809341901</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>170.82382183000001</v>
+        <v>170.82280431999999</v>
       </c>
       <c r="C222" s="5">
-        <v>1.2397818800000096</v>
+        <v>1.2384026099999801</v>
       </c>
       <c r="D222" s="5">
-        <v>9.1343543681863046</v>
+        <v>9.1237604822873806</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>172.0269917</v>
+        <v>172.02663674999999</v>
       </c>
       <c r="C223" s="5">
-        <v>1.2031698699999822</v>
+        <v>1.2038324300000056</v>
       </c>
       <c r="D223" s="5">
-        <v>8.7872323101469085</v>
+        <v>8.7923147477675592</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>172.24629941000001</v>
+        <v>172.24628011999999</v>
       </c>
       <c r="C224" s="5">
-        <v>0.21930771000000959</v>
+        <v>0.21964337</v>
       </c>
       <c r="D224" s="5">
-        <v>1.5405859450591697</v>
+        <v>1.5429636679577419</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>171.34252323999999</v>
+        <v>171.34254426000001</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.90377617000001464</v>
+        <v>-0.9037358599999834</v>
       </c>
       <c r="D225" s="5">
-        <v>-6.1178350775456085</v>
+        <v>-6.1175707023247261</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>171.28192784999999</v>
+        <v>171.28160492999999</v>
       </c>
       <c r="C226" s="5">
-        <v>-6.0595390000003135E-2</v>
+        <v>-6.0939330000024938E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>-0.42355626543423286</v>
+        <v>-0.42595562185229197</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>170.46213294</v>
+        <v>170.46188735999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.81979490999998461</v>
+        <v>-0.81971756999999457</v>
       </c>
       <c r="D227" s="5">
-        <v>-5.594670967379523</v>
+        <v>-5.5941672475923525</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>170.32794024</v>
+        <v>170.3284836</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.13419269999999983</v>
+        <v>-0.1334037599999931</v>
       </c>
       <c r="D228" s="5">
-        <v>-0.94059505900085938</v>
+        <v>-0.93509027486652352</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>170.35249447000001</v>
+        <v>170.35272732000001</v>
       </c>
       <c r="C229" s="5">
-        <v>2.4554230000006783E-2</v>
+        <v>2.4243720000015401E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>0.17312749290423479</v>
+        <v>0.17093588239167623</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>169.70013537</v>
+        <v>169.70032975999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.6523591000000124</v>
+        <v>-0.65239756000002558</v>
       </c>
       <c r="D230" s="5">
-        <v>-4.499796456573546</v>
+        <v>-4.5000501585657275</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>169.21939302999999</v>
+        <v>169.21934994</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.48074234000000615</v>
+        <v>-0.48097981999998751</v>
       </c>
       <c r="D231" s="5">
-        <v>-3.3470018238573096</v>
+        <v>-3.3486257317716261</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>168.06784506</v>
+        <v>168.06827863000001</v>
       </c>
       <c r="C232" s="5">
-        <v>-1.1515479699999958</v>
+        <v>-1.1510713099999919</v>
       </c>
       <c r="D232" s="5">
-        <v>-7.8672605920027561</v>
+        <v>-7.8641268810299092</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>166.34475588000001</v>
+        <v>166.34520033999999</v>
       </c>
       <c r="C233" s="5">
-        <v>-1.7230891799999881</v>
+        <v>-1.7230782900000179</v>
       </c>
       <c r="D233" s="5">
-        <v>-11.632251782971236</v>
+        <v>-11.632154025070374</v>
       </c>
       <c r="E233" s="5">
-        <v>-1.9101349814257707</v>
+        <v>-1.9100821404195223</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>163.10676817999999</v>
+        <v>163.10596887</v>
       </c>
       <c r="C234" s="5">
-        <v>-3.2379877000000192</v>
+        <v>-3.2392314699999929</v>
       </c>
       <c r="D234" s="5">
-        <v>-21.013217496228677</v>
+        <v>-21.020394662608254</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>160.36704951999999</v>
+        <v>160.36675643999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-2.7397186599999941</v>
+        <v>-2.7392124300000091</v>
       </c>
       <c r="D235" s="5">
-        <v>-18.394791944969757</v>
+        <v>-18.391782630276488</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>157.4044471</v>
+        <v>157.40469128999999</v>
       </c>
       <c r="C236" s="5">
-        <v>-2.9626024199999961</v>
+        <v>-2.9620651500000008</v>
       </c>
       <c r="D236" s="5">
-        <v>-20.049292688115038</v>
+        <v>-20.046050865710473</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>154.59289851</v>
+        <v>154.59294180000001</v>
       </c>
       <c r="C237" s="5">
-        <v>-2.811548590000001</v>
+        <v>-2.8117494899999826</v>
       </c>
       <c r="D237" s="5">
-        <v>-19.449080650385696</v>
+        <v>-19.450309519636221</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>152.37114059999999</v>
+        <v>152.37054513999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-2.221757910000008</v>
+        <v>-2.2223966600000153</v>
       </c>
       <c r="D238" s="5">
-        <v>-15.946047004908548</v>
+        <v>-15.950271105430136</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>147.72103440000001</v>
+        <v>147.72058988000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-4.650106199999982</v>
+        <v>-4.6499552599999845</v>
       </c>
       <c r="D239" s="5">
-        <v>-31.05933655156964</v>
+        <v>-31.058593001445445</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>144.46345989</v>
+        <v>144.46401422</v>
       </c>
       <c r="C240" s="5">
-        <v>-3.257574510000012</v>
+        <v>-3.25657566000001</v>
       </c>
       <c r="D240" s="5">
-        <v>-23.477691605621676</v>
+        <v>-23.471404568243237</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>146.76961865000001</v>
+        <v>146.76973271</v>
       </c>
       <c r="C241" s="5">
-        <v>2.3061587600000166</v>
+        <v>2.3057184900000038</v>
       </c>
       <c r="D241" s="5">
-        <v>20.9310562237625</v>
+        <v>20.926615686846439</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>145.39948978000001</v>
+        <v>145.39957573999999</v>
       </c>
       <c r="C242" s="5">
-        <v>-1.3701288700000021</v>
+        <v>-1.3701569700000107</v>
       </c>
       <c r="D242" s="5">
-        <v>-10.644641652028819</v>
+        <v>-10.644841025853724</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>143.49366438999999</v>
+        <v>143.49359627999999</v>
       </c>
       <c r="C243" s="5">
-        <v>-1.9058253900000182</v>
+        <v>-1.9059794599999975</v>
       </c>
       <c r="D243" s="5">
-        <v>-14.643200051554206</v>
+        <v>-14.64429177902149</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>142.87450286999999</v>
+        <v>142.87471801000001</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.61916152000000579</v>
+        <v>-0.61887826999998197</v>
       </c>
       <c r="D244" s="5">
-        <v>-5.0567548118783501</v>
+        <v>-5.054498419617115</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>142.72406649999999</v>
+        <v>142.7245538</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.15043636999999421</v>
+        <v>-0.15016421000001401</v>
       </c>
       <c r="D245" s="5">
-        <v>-1.2562204667375454</v>
+        <v>-1.2539590359124886</v>
       </c>
       <c r="E245" s="5">
-        <v>-14.199840118217988</v>
+        <v>-14.199776423798681</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>142.43139547999999</v>
+        <v>142.43098499999999</v>
       </c>
       <c r="C246" s="5">
-        <v>-0.29267102000000023</v>
+        <v>-0.29356880000000274</v>
       </c>
       <c r="D246" s="5">
-        <v>-2.4331647132931455</v>
+        <v>-2.4405360709732649</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>141.66453278</v>
+        <v>141.66437116</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.76686269999999013</v>
+        <v>-0.76661383999999089</v>
       </c>
       <c r="D247" s="5">
-        <v>-6.2729708612432766</v>
+        <v>-6.2710125965672381</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>142.77447806999999</v>
+        <v>142.77537039000001</v>
       </c>
       <c r="C248" s="5">
-        <v>1.1099452899999847</v>
+        <v>1.1109992300000044</v>
       </c>
       <c r="D248" s="5">
-        <v>9.8179598228734122</v>
+        <v>9.8276998363864276</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>143.69413423</v>
+        <v>143.69447518999999</v>
       </c>
       <c r="C249" s="5">
-        <v>0.9196561600000166</v>
+        <v>0.91910479999998529</v>
       </c>
       <c r="D249" s="5">
-        <v>8.0093882046886389</v>
+        <v>8.0043632643114435</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>144.01693695</v>
+        <v>144.01579599999999</v>
       </c>
       <c r="C250" s="5">
-        <v>0.32280271999999854</v>
+        <v>0.32132081000000312</v>
       </c>
       <c r="D250" s="5">
-        <v>2.7293066578816472</v>
+        <v>2.7166160432783304</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>144.02211976000001</v>
+        <v>144.0212554</v>
       </c>
       <c r="C251" s="5">
-        <v>5.1828100000079758E-3</v>
+        <v>5.4594000000065535E-3</v>
       </c>
       <c r="D251" s="5">
-        <v>4.3193552700326876E-2</v>
+        <v>4.5499495676804003E-2</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>143.99477870999999</v>
+        <v>143.99507600999999</v>
       </c>
       <c r="C252" s="5">
-        <v>-2.7341050000018186E-2</v>
+        <v>-2.6179390000010017E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>-0.2275693834753123</v>
+        <v>-0.21791144103707749</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>143.84770786999999</v>
+        <v>143.84773036999999</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.14707083999999782</v>
+        <v>-0.1473456399999975</v>
       </c>
       <c r="D253" s="5">
-        <v>-1.2187731656318035</v>
+        <v>-1.2210351199683722</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>143.62996504</v>
+        <v>143.62996095</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.21774282999999173</v>
+        <v>-0.21776941999999622</v>
       </c>
       <c r="D254" s="5">
-        <v>-1.8013980951684716</v>
+        <v>-1.8016159678067911</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>144.36915884999999</v>
+        <v>144.36910935</v>
       </c>
       <c r="C255" s="5">
-        <v>0.73919380999998907</v>
+        <v>0.73914840000000481</v>
       </c>
       <c r="D255" s="5">
-        <v>6.353663944523058</v>
+        <v>6.3532627004034836</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>144.50068526000001</v>
+        <v>144.50080406999999</v>
       </c>
       <c r="C256" s="5">
-        <v>0.13152641000002063</v>
+        <v>0.1316947199999845</v>
       </c>
       <c r="D256" s="5">
-        <v>1.0987454125909624</v>
+        <v>1.1001588816482055</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>145.00502718999999</v>
+        <v>145.00543841999999</v>
       </c>
       <c r="C257" s="5">
-        <v>0.50434192999998118</v>
+        <v>0.50463435000000345</v>
       </c>
       <c r="D257" s="5">
-        <v>4.2696292615913345</v>
+        <v>4.2721489755405795</v>
       </c>
       <c r="E257" s="5">
-        <v>1.5981612253179511</v>
+        <v>1.5981024702982793</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>143.0722016</v>
+        <v>143.07223313</v>
       </c>
       <c r="C258" s="5">
-        <v>-1.9328255899999931</v>
+        <v>-1.9332052899999894</v>
       </c>
       <c r="D258" s="5">
-        <v>-14.873179501623301</v>
+        <v>-14.87585134038769</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>143.34089177999999</v>
+        <v>143.34111102</v>
       </c>
       <c r="C259" s="5">
-        <v>0.26869017999999301</v>
+        <v>0.26887788999999884</v>
       </c>
       <c r="D259" s="5">
-        <v>2.2770287810350842</v>
+        <v>2.2786355101643174</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>143.94464729000001</v>
+        <v>143.94573489999999</v>
       </c>
       <c r="C260" s="5">
-        <v>0.60375551000001337</v>
+        <v>0.60462387999999123</v>
       </c>
       <c r="D260" s="5">
-        <v>5.1731820737770384</v>
+        <v>5.1807879139867286</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>144.73744418000001</v>
+        <v>144.73826510999999</v>
       </c>
       <c r="C261" s="5">
-        <v>0.79279689000000531</v>
+        <v>0.79253020999999535</v>
       </c>
       <c r="D261" s="5">
-        <v>6.8131086308842681</v>
+        <v>6.8106939777158981</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>145.17881136</v>
+        <v>145.17721445999999</v>
       </c>
       <c r="C262" s="5">
-        <v>0.44136717999998609</v>
+        <v>0.43894935000000146</v>
       </c>
       <c r="D262" s="5">
-        <v>3.7213217805071697</v>
+        <v>3.7005736506771081</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>146.12512387000001</v>
+        <v>146.12383750000001</v>
       </c>
       <c r="C263" s="5">
-        <v>0.94631251000001271</v>
+        <v>0.94662304000001996</v>
       </c>
       <c r="D263" s="5">
-        <v>8.1085075450457502</v>
+        <v>8.1113569143792077</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>147.51121044000001</v>
+        <v>147.51122681000001</v>
       </c>
       <c r="C264" s="5">
-        <v>1.3860865700000033</v>
+        <v>1.3873893100000032</v>
       </c>
       <c r="D264" s="5">
-        <v>11.995768193773614</v>
+        <v>12.007749096684606</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>148.32942313999999</v>
+        <v>148.32937618</v>
       </c>
       <c r="C265" s="5">
-        <v>0.81821269999997526</v>
+        <v>0.81814936999998622</v>
       </c>
       <c r="D265" s="5">
-        <v>6.8630024364405573</v>
+        <v>6.8624541443732312</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>149.44041949999999</v>
+        <v>149.44037043</v>
       </c>
       <c r="C266" s="5">
-        <v>1.1109963600000015</v>
+        <v>1.1109942500000045</v>
       </c>
       <c r="D266" s="5">
-        <v>9.3677413752529137</v>
+        <v>9.3677259338311956</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>150.05335285999999</v>
+        <v>150.05338879000001</v>
       </c>
       <c r="C267" s="5">
-        <v>0.61293335999999954</v>
+        <v>0.61301836000001231</v>
       </c>
       <c r="D267" s="5">
-        <v>5.0343884483214918</v>
+        <v>5.0351041212316705</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>150.66471730000001</v>
+        <v>150.66484328999999</v>
       </c>
       <c r="C268" s="5">
-        <v>0.61136444000001688</v>
+        <v>0.61145449999997936</v>
       </c>
       <c r="D268" s="5">
-        <v>5.0002383967456376</v>
+        <v>5.0009903428710256</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>151.26047778</v>
+        <v>151.26076781</v>
       </c>
       <c r="C269" s="5">
-        <v>0.5957604799999956</v>
+        <v>0.59592452000001117</v>
       </c>
       <c r="D269" s="5">
-        <v>4.8496250621268944</v>
+        <v>4.8509854215704751</v>
       </c>
       <c r="E269" s="5">
-        <v>4.3139542891871496</v>
+        <v>4.3138584719021322</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>152.24137476999999</v>
+        <v>152.24157048000001</v>
       </c>
       <c r="C270" s="5">
-        <v>0.98089698999999086</v>
+        <v>0.98080267000000276</v>
       </c>
       <c r="D270" s="5">
-        <v>8.065421206873701</v>
+        <v>8.0646017773514203</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>153.19343190000001</v>
+        <v>153.19396155999999</v>
       </c>
       <c r="C271" s="5">
-        <v>0.95205713000001424</v>
+        <v>0.95239107999998396</v>
       </c>
       <c r="D271" s="5">
-        <v>7.7678903910603614</v>
+        <v>7.7706991986545848</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>153.69678628</v>
+        <v>153.69791258000001</v>
       </c>
       <c r="C272" s="5">
-        <v>0.50335437999999044</v>
+        <v>0.50395102000001657</v>
       </c>
       <c r="D272" s="5">
-        <v>4.0149332017738404</v>
+        <v>4.0197644975682678</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>153.87185400000001</v>
+        <v>153.87324444000001</v>
       </c>
       <c r="C273" s="5">
-        <v>0.17506772000001547</v>
+        <v>0.17533186000000001</v>
       </c>
       <c r="D273" s="5">
-        <v>1.375450887922991</v>
+        <v>1.3775290310526822</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>151.54351359</v>
+        <v>151.54143346999999</v>
       </c>
       <c r="C274" s="5">
-        <v>-2.3283404100000098</v>
+        <v>-2.3318109700000207</v>
       </c>
       <c r="D274" s="5">
-        <v>-16.720523192978032</v>
+        <v>-16.74326800189435</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>151.93650029</v>
+        <v>151.93493591999999</v>
       </c>
       <c r="C275" s="5">
-        <v>0.39298669999999447</v>
+        <v>0.39350244999999973</v>
       </c>
       <c r="D275" s="5">
-        <v>3.1566419057810435</v>
+        <v>3.1608879880606455</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>154.93964564999999</v>
+        <v>154.93954318999999</v>
       </c>
       <c r="C276" s="5">
-        <v>3.0031453599999907</v>
+        <v>3.0046072700000082</v>
       </c>
       <c r="D276" s="5">
-        <v>26.475171542589759</v>
+        <v>26.489795405249673</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>155.65952193000001</v>
+        <v>155.65948761000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.71987628000002246</v>
+        <v>0.71994442000001868</v>
       </c>
       <c r="D277" s="5">
-        <v>5.7201100956286277</v>
+        <v>5.7206693252846552</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>155.81431092</v>
+        <v>155.81424888999999</v>
       </c>
       <c r="C278" s="5">
-        <v>0.15478898999998592</v>
+        <v>0.15476127999997402</v>
       </c>
       <c r="D278" s="5">
-        <v>1.1998370196752317</v>
+        <v>1.1996213174131576</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>155.97117168</v>
+        <v>155.97136092</v>
       </c>
       <c r="C279" s="5">
-        <v>0.15686076000000071</v>
+        <v>0.15711203000000751</v>
       </c>
       <c r="D279" s="5">
-        <v>1.2147706473627506</v>
+        <v>1.2167278391627345</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>156.71217049000001</v>
+        <v>156.71243397000001</v>
       </c>
       <c r="C280" s="5">
-        <v>0.74099881000000778</v>
+        <v>0.74107305000001134</v>
       </c>
       <c r="D280" s="5">
-        <v>5.8523959430657913</v>
+        <v>5.8529904080893091</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>157.0508217</v>
+        <v>157.05109813999999</v>
       </c>
       <c r="C281" s="5">
-        <v>0.33865120999999476</v>
+        <v>0.33866416999998705</v>
       </c>
       <c r="D281" s="5">
-        <v>2.6242148571438584</v>
+        <v>2.624312016267627</v>
       </c>
       <c r="E281" s="5">
-        <v>3.8280613713396638</v>
+        <v>3.8280450468645366</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>156.89313601999999</v>
+        <v>156.89316228999999</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.15768568000001437</v>
+        <v>-0.15793585000000121</v>
       </c>
       <c r="D282" s="5">
-        <v>-1.1982196003369028</v>
+        <v>-1.2001079857011709</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>157.5502754</v>
+        <v>157.55097696999999</v>
       </c>
       <c r="C283" s="5">
-        <v>0.65713938000001804</v>
+        <v>0.65781468000000132</v>
       </c>
       <c r="D283" s="5">
-        <v>5.1435590093992012</v>
+        <v>5.1489663147934461</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>158.34034589000001</v>
+        <v>158.34103274</v>
       </c>
       <c r="C284" s="5">
-        <v>0.79007049000000507</v>
+        <v>0.79005577000000926</v>
       </c>
       <c r="D284" s="5">
-        <v>6.1864426480090273</v>
+        <v>6.186295877789072</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>159.08149942</v>
+        <v>159.08263615000001</v>
       </c>
       <c r="C285" s="5">
-        <v>0.74115352999999118</v>
+        <v>0.7416034100000104</v>
       </c>
       <c r="D285" s="5">
-        <v>5.763797876145671</v>
+        <v>5.7673614467812495</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>159.54795965</v>
+        <v>159.54629581</v>
       </c>
       <c r="C286" s="5">
-        <v>0.46646022999999559</v>
+        <v>0.46365965999999048</v>
       </c>
       <c r="D286" s="5">
-        <v>3.5759551190828631</v>
+        <v>3.5541144034990646</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>159.9712083</v>
+        <v>159.97000574</v>
       </c>
       <c r="C287" s="5">
-        <v>0.423248650000005</v>
+        <v>0.42370993000000112</v>
       </c>
       <c r="D287" s="5">
-        <v>3.2302182951005509</v>
+        <v>3.233824565074972</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>160.22330421000001</v>
+        <v>160.22310243999999</v>
       </c>
       <c r="C288" s="5">
-        <v>0.25209591000000842</v>
+        <v>0.25309669999998619</v>
       </c>
       <c r="D288" s="5">
-        <v>1.9075365100126973</v>
+        <v>1.9151897377561067</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>160.97680890000001</v>
+        <v>160.97675896999999</v>
       </c>
       <c r="C289" s="5">
-        <v>0.75350468999999975</v>
+        <v>0.75365653000000066</v>
       </c>
       <c r="D289" s="5">
-        <v>5.7916918858290867</v>
+        <v>5.7928968221365507</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>161.21033586999999</v>
+        <v>161.21030307000001</v>
       </c>
       <c r="C290" s="5">
-        <v>0.23352696999998557</v>
+        <v>0.23354410000001735</v>
       </c>
       <c r="D290" s="5">
-        <v>1.7547814828138275</v>
+        <v>1.7549117795237823</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>161.05457680999999</v>
+        <v>161.05482309999999</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.15575906000000828</v>
+        <v>-0.15547997000001601</v>
       </c>
       <c r="D291" s="5">
-        <v>-1.1532809912671693</v>
+        <v>-1.1512257177841878</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>161.39976057000001</v>
+        <v>161.40013493999999</v>
       </c>
       <c r="C292" s="5">
-        <v>0.34518376000002604</v>
+        <v>0.34531183999999371</v>
       </c>
       <c r="D292" s="5">
-        <v>2.6024618665243082</v>
+        <v>2.6034348939743213</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>160.36435990999999</v>
+        <v>160.36468893</v>
       </c>
       <c r="C293" s="5">
-        <v>-1.0354006600000218</v>
+        <v>-1.0354460099999869</v>
       </c>
       <c r="D293" s="5">
-        <v>-7.4322669742910463</v>
+        <v>-7.4325644681669578</v>
       </c>
       <c r="E293" s="5">
-        <v>2.1098509222253758</v>
+        <v>2.1098806880332388</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>159.26198814</v>
+        <v>159.26167838999999</v>
       </c>
       <c r="C294" s="5">
-        <v>-1.1023717699999906</v>
+        <v>-1.1030105400000139</v>
       </c>
       <c r="D294" s="5">
-        <v>-7.9441624970603586</v>
+        <v>-7.9485773277579774</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>162.54734628</v>
+        <v>162.54798321999999</v>
       </c>
       <c r="C295" s="5">
-        <v>3.2853581399999996</v>
+        <v>3.2863048300000059</v>
       </c>
       <c r="D295" s="5">
-        <v>27.765326474970653</v>
+        <v>27.774316449279524</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>163.05258352000001</v>
+        <v>163.05296518</v>
       </c>
       <c r="C296" s="5">
-        <v>0.5052372400000138</v>
+        <v>0.50498196000000917</v>
       </c>
       <c r="D296" s="5">
-        <v>3.794325136851584</v>
+        <v>3.7923599965067334</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>164.32597938999999</v>
+        <v>164.32671945000001</v>
       </c>
       <c r="C297" s="5">
-        <v>1.2733958699999732</v>
+        <v>1.273754270000012</v>
       </c>
       <c r="D297" s="5">
-        <v>9.7848818730144735</v>
+        <v>9.7877313343068817</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>165.10451752</v>
+        <v>165.10324218</v>
       </c>
       <c r="C298" s="5">
-        <v>0.77853813000001537</v>
+        <v>0.77652272999998218</v>
       </c>
       <c r="D298" s="5">
-        <v>5.8358310636385857</v>
+        <v>5.8203021884684514</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>165.06811289999999</v>
+        <v>165.0674276</v>
       </c>
       <c r="C299" s="5">
-        <v>-3.640462000001321E-2</v>
+        <v>-3.5814579999993157E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>-0.26427262729330492</v>
+        <v>-0.25999645560436102</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>165.48637980000001</v>
+        <v>165.48615419999999</v>
       </c>
       <c r="C300" s="5">
-        <v>0.41826690000002031</v>
+        <v>0.41872659999998518</v>
       </c>
       <c r="D300" s="5">
-        <v>3.0834223030900443</v>
+        <v>3.0868715812053305</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>165.77380977000001</v>
+        <v>165.77375021</v>
       </c>
       <c r="C301" s="5">
-        <v>0.28742997000000514</v>
+        <v>0.28759601000001567</v>
       </c>
       <c r="D301" s="5">
-        <v>2.1042821913833665</v>
+        <v>2.1055123148096877</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>166.45880557999999</v>
+        <v>166.45876244999999</v>
       </c>
       <c r="C302" s="5">
-        <v>0.68499580999997534</v>
+        <v>0.68501223999999183</v>
       </c>
       <c r="D302" s="5">
-        <v>5.0727907526235461</v>
+        <v>5.0729170690550607</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>167.44911579999999</v>
+        <v>167.44932331999999</v>
       </c>
       <c r="C303" s="5">
-        <v>0.9903102199999978</v>
+        <v>0.99056086999999593</v>
       </c>
       <c r="D303" s="5">
-        <v>7.3774324273825131</v>
+        <v>7.379363182375176</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>167.97943083000001</v>
+        <v>167.97978291000001</v>
       </c>
       <c r="C304" s="5">
-        <v>0.53031503000002544</v>
+        <v>0.53045959000002085</v>
       </c>
       <c r="D304" s="5">
-        <v>3.8673284023957422</v>
+        <v>3.8683961652111742</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>168.68506772000001</v>
+        <v>168.68560428999999</v>
       </c>
       <c r="C305" s="5">
-        <v>0.70563688999999385</v>
+        <v>0.70582137999997485</v>
       </c>
       <c r="D305" s="5">
-        <v>5.1589916823922</v>
+        <v>5.1603607658025963</v>
       </c>
       <c r="E305" s="5">
-        <v>5.1886265842795654</v>
+        <v>5.1887453625355739</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>168.54131057999999</v>
+        <v>168.54115963999999</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.14375714000001949</v>
+        <v>-0.14444464999999695</v>
       </c>
       <c r="D306" s="5">
-        <v>-1.0178866276796206</v>
+        <v>-1.022728468955203</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>166.90051897000001</v>
+        <v>166.901014</v>
       </c>
       <c r="C307" s="5">
-        <v>-1.6407916099999795</v>
+        <v>-1.6401456399999859</v>
       </c>
       <c r="D307" s="5">
-        <v>-11.07664393953991</v>
+        <v>-11.072523227022558</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>165.29400652999999</v>
+        <v>165.29432868999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-1.6065124400000172</v>
+        <v>-1.6066853100000174</v>
       </c>
       <c r="D308" s="5">
-        <v>-10.958383921856363</v>
+        <v>-10.959470583225094</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>164.21844823000001</v>
+        <v>164.21874811999999</v>
       </c>
       <c r="C309" s="5">
-        <v>-1.0755582999999831</v>
+        <v>-1.0755805699999996</v>
       </c>
       <c r="D309" s="5">
-        <v>-7.5348563228555872</v>
+        <v>-7.5349926311506943</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>163.51117343000001</v>
+        <v>163.5094095</v>
       </c>
       <c r="C310" s="5">
-        <v>-0.70727479999999332</v>
+        <v>-0.70933861999998271</v>
       </c>
       <c r="D310" s="5">
-        <v>-5.0476111972065363</v>
+        <v>-5.0619829163094927</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>162.54353542999999</v>
+        <v>162.54333321999999</v>
       </c>
       <c r="C311" s="5">
-        <v>-0.9676380000000222</v>
+        <v>-0.96607628000001</v>
       </c>
       <c r="D311" s="5">
-        <v>-6.8748044629885037</v>
+        <v>-6.8641385808934752</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>162.0071164</v>
+        <v>162.00691889000001</v>
       </c>
       <c r="C312" s="5">
-        <v>-0.53641902999999047</v>
+        <v>-0.53641432999998528</v>
       </c>
       <c r="D312" s="5">
-        <v>-3.8890913348474054</v>
+        <v>-3.8890626261353756</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>161.27652648</v>
+        <v>161.27646376000001</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.73058991999999989</v>
+        <v>-0.73045512999999573</v>
       </c>
       <c r="D313" s="5">
-        <v>-5.2793149554631214</v>
+        <v>-5.278371251556468</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>160.96722392999999</v>
+        <v>160.96718964999999</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.30930255000001239</v>
+        <v>-0.30927411000001825</v>
       </c>
       <c r="D314" s="5">
-        <v>-2.2772868217058928</v>
+        <v>-2.2770805076835487</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>160.07563913999999</v>
+        <v>160.07579092</v>
       </c>
       <c r="C315" s="5">
-        <v>-0.89158478999999602</v>
+        <v>-0.8913987299999917</v>
       </c>
       <c r="D315" s="5">
-        <v>-6.4479122353586993</v>
+        <v>-6.4466087026165404</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>159.24064052</v>
+        <v>159.24107065000001</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.83499861999999325</v>
+        <v>-0.83472026999999116</v>
       </c>
       <c r="D316" s="5">
-        <v>-6.083033767292223</v>
+        <v>-6.0810581631829175</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>159.07502842</v>
+        <v>159.07585096</v>
       </c>
       <c r="C317" s="5">
-        <v>-0.16561210000000415</v>
+        <v>-0.16521969000001491</v>
       </c>
       <c r="D317" s="5">
-        <v>-1.2408997914509112</v>
+        <v>-1.2379729718232091</v>
       </c>
       <c r="E317" s="5">
-        <v>-5.6970302291081794</v>
+        <v>-5.6968425790971171</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>159.21808052</v>
+        <v>159.21855489999999</v>
       </c>
       <c r="C318" s="5">
-        <v>0.14305210000000557</v>
+        <v>0.14270393999998987</v>
       </c>
       <c r="D318" s="5">
-        <v>1.0844826893888104</v>
+        <v>1.081824619120253</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>158.95259597</v>
+        <v>158.95333568999999</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.26548454999999649</v>
+        <v>-0.26521920999999793</v>
       </c>
       <c r="D319" s="5">
-        <v>-1.982664120229094</v>
+        <v>-1.9806948075520525</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>158.09249396000001</v>
+        <v>158.09285824</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.86010200999999142</v>
+        <v>-0.86047744999999054</v>
       </c>
       <c r="D320" s="5">
-        <v>-6.3034701318688047</v>
+        <v>-6.306111758406308</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>159.20827907</v>
+        <v>159.20852857</v>
       </c>
       <c r="C321" s="5">
-        <v>1.1157851099999903</v>
+        <v>1.1156703300000004</v>
       </c>
       <c r="D321" s="5">
-        <v>8.8059806949143837</v>
+        <v>8.8050183019148029</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>158.34525671</v>
+        <v>158.34187152999999</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.86302236000000221</v>
+        <v>-0.86665704000000687</v>
       </c>
       <c r="D322" s="5">
-        <v>-6.3143819997605881</v>
+        <v>-6.340174781033947</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>157.71989379999999</v>
+        <v>157.71938925000001</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.62536291000000688</v>
+        <v>-0.62248227999998562</v>
       </c>
       <c r="D323" s="5">
-        <v>-4.6376356317493812</v>
+        <v>-4.6168294843208386</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>158.79217125</v>
+        <v>158.79198658000001</v>
       </c>
       <c r="C324" s="5">
-        <v>1.0722774500000014</v>
+        <v>1.0725973300000078</v>
       </c>
       <c r="D324" s="5">
-        <v>8.4704229190566629</v>
+        <v>8.473073183496016</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>159.19205137</v>
+        <v>159.19213497999999</v>
       </c>
       <c r="C325" s="5">
-        <v>0.39988012000000595</v>
+        <v>0.40014839999997776</v>
       </c>
       <c r="D325" s="5">
-        <v>3.0641212574862964</v>
+        <v>3.0662091703903549</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>159.57159003000001</v>
+        <v>159.57160891999999</v>
       </c>
       <c r="C326" s="5">
-        <v>0.37953866000000858</v>
+        <v>0.3794739399999969</v>
       </c>
       <c r="D326" s="5">
-        <v>2.8988024797716117</v>
+        <v>2.898300126904263</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>159.28720681999999</v>
+        <v>159.28724453000001</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.28438321000001565</v>
+        <v>-0.28436438999997904</v>
       </c>
       <c r="D327" s="5">
-        <v>-2.1177619558304772</v>
+        <v>-2.117622928475138</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>159.03940471000001</v>
+        <v>159.04003653000001</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.24780210999998076</v>
+        <v>-0.24720800000000054</v>
       </c>
       <c r="D328" s="5">
-        <v>-1.8509418185078563</v>
+        <v>-1.8465415294476095</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>159.45042207</v>
+        <v>159.45197976</v>
       </c>
       <c r="C329" s="5">
-        <v>0.41101735999998823</v>
+        <v>0.41194322999999144</v>
       </c>
       <c r="D329" s="5">
-        <v>3.1457125329195534</v>
+        <v>3.152887208859001</v>
       </c>
       <c r="E329" s="5">
-        <v>0.23598527922865653</v>
+        <v>0.236446197037532</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>160.29783284999999</v>
+        <v>160.29933711000001</v>
       </c>
       <c r="C330" s="5">
-        <v>0.84741077999998993</v>
+        <v>0.84735735000001</v>
       </c>
       <c r="D330" s="5">
-        <v>6.5672437207555445</v>
+        <v>6.5667514354802892</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>161.05018163</v>
+        <v>161.05157912000001</v>
       </c>
       <c r="C331" s="5">
-        <v>0.75234878000000549</v>
+        <v>0.75224201000000335</v>
       </c>
       <c r="D331" s="5">
-        <v>5.7798181517882963</v>
+        <v>5.7789209824522292</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>161.92600437999999</v>
+        <v>161.92751724999999</v>
       </c>
       <c r="C332" s="5">
-        <v>0.87582274999999754</v>
+        <v>0.87593812999998022</v>
       </c>
       <c r="D332" s="5">
-        <v>6.724607697074636</v>
+        <v>6.7254601411778747</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>162.71512530000001</v>
+        <v>162.71547150999999</v>
       </c>
       <c r="C333" s="5">
-        <v>0.78912092000001621</v>
+        <v>0.78795425999999225</v>
       </c>
       <c r="D333" s="5">
-        <v>6.0073322066476642</v>
+        <v>5.9981542048101133</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>163.35455804</v>
+        <v>163.34649589</v>
       </c>
       <c r="C334" s="5">
-        <v>0.63943273999998951</v>
+        <v>0.63102438000001371</v>
       </c>
       <c r="D334" s="5">
-        <v>4.8189932800491553</v>
+        <v>4.7542570138169093</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>164.55348857000001</v>
+        <v>164.55245689</v>
       </c>
       <c r="C335" s="5">
-        <v>1.1989305300000126</v>
+        <v>1.2059610000000021</v>
       </c>
       <c r="D335" s="5">
-        <v>9.1716923183368557</v>
+        <v>9.2281512729104556</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>164.81101031</v>
+        <v>164.81108298999999</v>
       </c>
       <c r="C336" s="5">
-        <v>0.25752173999998718</v>
+        <v>0.25862609999998654</v>
       </c>
       <c r="D336" s="5">
-        <v>1.8942163495025754</v>
+        <v>1.9024219136281939</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>165.13122225000001</v>
+        <v>165.13199775999999</v>
       </c>
       <c r="C337" s="5">
-        <v>0.32021194000000719</v>
+        <v>0.32091477000000168</v>
       </c>
       <c r="D337" s="5">
-        <v>2.3565608098350399</v>
+        <v>2.361787668222104</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>165.798855</v>
+        <v>165.79899262999999</v>
       </c>
       <c r="C338" s="5">
-        <v>0.66763274999999567</v>
+        <v>0.66699486999999635</v>
       </c>
       <c r="D338" s="5">
-        <v>4.9610046496687987</v>
+        <v>4.9561351437171774</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>165.9087285</v>
+        <v>165.90879226000001</v>
       </c>
       <c r="C339" s="5">
-        <v>0.10987349999999196</v>
+        <v>0.10979963000002613</v>
       </c>
       <c r="D339" s="5">
-        <v>0.79813472724497014</v>
+        <v>0.79759550591078643</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>166.67940103000001</v>
+        <v>166.68019544000001</v>
       </c>
       <c r="C340" s="5">
-        <v>0.77067253000001301</v>
+        <v>0.77140317999999297</v>
       </c>
       <c r="D340" s="5">
-        <v>5.7188314249473127</v>
+        <v>5.7243904070559015</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>167.61136098</v>
+        <v>167.61319258</v>
       </c>
       <c r="C341" s="5">
-        <v>0.93195994999999243</v>
+        <v>0.93299713999999767</v>
       </c>
       <c r="D341" s="5">
-        <v>6.9198292342898648</v>
+        <v>6.9277349854426351</v>
       </c>
       <c r="E341" s="5">
-        <v>5.1181670164643922</v>
+        <v>5.1182887991004566</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>166.24740098999999</v>
+        <v>166.25047398000001</v>
       </c>
       <c r="C342" s="5">
-        <v>-1.3639599900000121</v>
+        <v>-1.3627185999999938</v>
       </c>
       <c r="D342" s="5">
-        <v>-9.3397433051918384</v>
+        <v>-9.3315218589007038</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>167.45089247999999</v>
+        <v>167.45533871000001</v>
       </c>
       <c r="C343" s="5">
-        <v>1.2034914900000047</v>
+        <v>1.2048647299999971</v>
       </c>
       <c r="D343" s="5">
-        <v>9.0413512340853153</v>
+        <v>9.0519084574700805</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>168.2352041</v>
+        <v>168.23737012999999</v>
       </c>
       <c r="C344" s="5">
-        <v>0.78431162000001109</v>
+        <v>0.78203141999998138</v>
       </c>
       <c r="D344" s="5">
-        <v>5.7676739560342583</v>
+        <v>5.750316162026059</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>168.56082230000001</v>
+        <v>168.55987325999999</v>
       </c>
       <c r="C345" s="5">
-        <v>0.32561820000000807</v>
+        <v>0.32250313000000119</v>
       </c>
       <c r="D345" s="5">
-        <v>2.3474773100214064</v>
+        <v>2.3247523118812286</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>169.32631434000001</v>
+        <v>169.31249467000001</v>
       </c>
       <c r="C346" s="5">
-        <v>0.76549203999999804</v>
+        <v>0.75262141000001748</v>
       </c>
       <c r="D346" s="5">
-        <v>5.5878068573452566</v>
+        <v>5.4915690180820542</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>169.66347397999999</v>
+        <v>169.66173696000001</v>
       </c>
       <c r="C347" s="5">
-        <v>0.33715963999998166</v>
+        <v>0.34924229000000651</v>
       </c>
       <c r="D347" s="5">
-        <v>2.4157615280862466</v>
+        <v>2.5035254051932965</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>170.04114232000001</v>
+        <v>170.04257701</v>
       </c>
       <c r="C348" s="5">
-        <v>0.37766834000001381</v>
+        <v>0.38084004999998911</v>
       </c>
       <c r="D348" s="5">
-        <v>2.7041288766926463</v>
+        <v>2.7271478941070848</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>170.76424546000001</v>
+        <v>170.76619869000001</v>
       </c>
       <c r="C349" s="5">
-        <v>0.72310314000000631</v>
+        <v>0.72362168000000793</v>
       </c>
       <c r="D349" s="5">
-        <v>5.2240844462470903</v>
+        <v>5.227873625037871</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>171.27101309</v>
+        <v>171.26992713000001</v>
       </c>
       <c r="C350" s="5">
-        <v>0.50676762999998459</v>
+        <v>0.50372844000000327</v>
       </c>
       <c r="D350" s="5">
-        <v>3.6198782843200661</v>
+        <v>3.5977739014469767</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>171.84929387</v>
+        <v>171.84961422999999</v>
       </c>
       <c r="C351" s="5">
-        <v>0.57828078000000005</v>
+        <v>0.57968709999997259</v>
       </c>
       <c r="D351" s="5">
-        <v>4.1277834635333965</v>
+        <v>4.1380361450917835</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>172.54884737</v>
+        <v>172.54979918000001</v>
       </c>
       <c r="C352" s="5">
-        <v>0.69955350000000749</v>
+        <v>0.7001849500000219</v>
       </c>
       <c r="D352" s="5">
-        <v>4.9957516604861363</v>
+        <v>5.0003530599530999</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>172.77197368</v>
+        <v>172.77384719</v>
       </c>
       <c r="C353" s="5">
-        <v>0.22312630999999783</v>
+        <v>0.22404800999998997</v>
       </c>
       <c r="D353" s="5">
-        <v>1.5628275693787996</v>
+        <v>1.5693208223671373</v>
       </c>
       <c r="E353" s="5">
-        <v>3.0789158144332474</v>
+        <v>3.0789071734534712</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>173.91380083999999</v>
+        <v>173.91928797</v>
       </c>
       <c r="C354" s="5">
-        <v>1.1418271599999912</v>
+        <v>1.1454407800000013</v>
       </c>
       <c r="D354" s="5">
-        <v>8.2253565167823126</v>
+        <v>8.2522515959590805</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>174.96674852000001</v>
+        <v>174.97370857000001</v>
       </c>
       <c r="C355" s="5">
-        <v>1.0529476800000168</v>
+        <v>1.0544206000000145</v>
       </c>
       <c r="D355" s="5">
-        <v>7.5121868315387141</v>
+        <v>7.522802832597586</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>174.57483637999999</v>
+        <v>174.57914872999999</v>
       </c>
       <c r="C356" s="5">
-        <v>-0.39191214000001651</v>
+        <v>-0.39455984000002786</v>
       </c>
       <c r="D356" s="5">
-        <v>-2.6550403576525716</v>
+        <v>-2.6726505387690835</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>173.97867060999999</v>
+        <v>173.97600062999999</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.59616576999999893</v>
+        <v>-0.60314809999999852</v>
       </c>
       <c r="D357" s="5">
-        <v>-4.0218505011926027</v>
+        <v>-4.0679646986820472</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>174.80481596000001</v>
+        <v>174.78535749</v>
       </c>
       <c r="C358" s="5">
-        <v>0.82614535000001865</v>
+        <v>0.80935686000000828</v>
       </c>
       <c r="D358" s="5">
-        <v>5.8494548335742858</v>
+        <v>5.7276183217798815</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>175.39542422</v>
+        <v>175.39286734000001</v>
       </c>
       <c r="C359" s="5">
-        <v>0.59060825999998201</v>
+        <v>0.60750985000001378</v>
       </c>
       <c r="D359" s="5">
-        <v>4.130604079715261</v>
+        <v>4.25156203397552</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>175.47587917999999</v>
+        <v>175.4784813</v>
       </c>
       <c r="C360" s="5">
-        <v>8.04549599999973E-2</v>
+        <v>8.561395999998922E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>0.55183822192879095</v>
+        <v>0.58732729516643989</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>175.45845514000001</v>
+        <v>175.46160022999999</v>
       </c>
       <c r="C361" s="5">
-        <v>-1.7424039999980323E-2</v>
+        <v>-1.6881070000010823E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>-0.11909005942803974</v>
+        <v>-0.11537921420232689</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>175.70870704999999</v>
+        <v>175.70408620000001</v>
       </c>
       <c r="C362" s="5">
-        <v>0.25025190999997449</v>
+        <v>0.24248597000001837</v>
       </c>
       <c r="D362" s="5">
-        <v>1.7250194733495761</v>
+        <v>1.6710501283234258</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>172.33695236</v>
+        <v>172.33757835</v>
       </c>
       <c r="C363" s="5">
-        <v>-3.3717546899999888</v>
+        <v>-3.366507850000005</v>
       </c>
       <c r="D363" s="5">
-        <v>-20.74594239196157</v>
+        <v>-20.717471388267306</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>176.89353507000001</v>
+        <v>176.8937511</v>
       </c>
       <c r="C364" s="5">
-        <v>4.5565827100000149</v>
+        <v>4.5561727500000018</v>
       </c>
       <c r="D364" s="5">
-        <v>36.77371084868539</v>
+        <v>36.769753585177398</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>176.80150871000001</v>
+        <v>176.80736001</v>
       </c>
       <c r="C365" s="5">
-        <v>-9.2026360000005525E-2</v>
+        <v>-8.6391090000006443E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-0.62249986432321158</v>
+        <v>-0.58448247035594036</v>
       </c>
       <c r="E365" s="5">
-        <v>2.3322851178764203</v>
+        <v>2.3345621375000958</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>176.60649597</v>
+        <v>176.61338921999999</v>
       </c>
       <c r="C366" s="5">
-        <v>-0.1950127400000099</v>
+        <v>-0.19397079000000872</v>
       </c>
       <c r="D366" s="5">
-        <v>-1.315604361811451</v>
+        <v>-1.3085744231398633</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>176.94411278000001</v>
+        <v>176.95563963999999</v>
       </c>
       <c r="C367" s="5">
-        <v>0.33761681000001431</v>
+        <v>0.34225041999999917</v>
       </c>
       <c r="D367" s="5">
-        <v>2.3183020185315595</v>
+        <v>2.3503666667120005</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>176.34463946</v>
+        <v>176.34804568999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.59947332000001552</v>
+        <v>-0.60759394999999472</v>
       </c>
       <c r="D368" s="5">
-        <v>-3.9906035719456057</v>
+        <v>-4.0433862155135003</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>165.0786033</v>
+        <v>165.07580345</v>
       </c>
       <c r="C369" s="5">
-        <v>-11.266036159999999</v>
+        <v>-11.272242239999997</v>
       </c>
       <c r="D369" s="5">
-        <v>-54.716260955738584</v>
+        <v>-54.735969449601562</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>165.93010232</v>
+        <v>165.90867893000001</v>
       </c>
       <c r="C370" s="5">
-        <v>0.85149902000000566</v>
+        <v>0.83287548000001266</v>
       </c>
       <c r="D370" s="5">
-        <v>6.3684285371882421</v>
+        <v>6.2253634627010612</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>167.48106899999999</v>
+        <v>167.47204281</v>
       </c>
       <c r="C371" s="5">
-        <v>1.5509666799999877</v>
+        <v>1.5633638799999972</v>
       </c>
       <c r="D371" s="5">
-        <v>11.811511656253582</v>
+        <v>11.912488163427071</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>167.03444755999999</v>
+        <v>167.03889581999999</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.44662144000000126</v>
+        <v>-0.43314699000001156</v>
       </c>
       <c r="D372" s="5">
-        <v>-3.1535179285052783</v>
+        <v>-3.0598891474649226</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>167.64734530000001</v>
+        <v>167.65026710999999</v>
       </c>
       <c r="C373" s="5">
-        <v>0.6128977400000224</v>
+        <v>0.61137128999999391</v>
       </c>
       <c r="D373" s="5">
-        <v>4.4931035630090932</v>
+        <v>4.4815653013658308</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>168.02532585</v>
+        <v>168.01587538999999</v>
       </c>
       <c r="C374" s="5">
-        <v>0.37798054999998953</v>
+        <v>0.36560828000000356</v>
       </c>
       <c r="D374" s="5">
-        <v>2.7393435542452549</v>
+        <v>2.6485530730420814</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>168.07382992000001</v>
+        <v>168.07417584999999</v>
       </c>
       <c r="C375" s="5">
-        <v>4.8504070000007005E-2</v>
+        <v>5.8300459999998111E-2</v>
       </c>
       <c r="D375" s="5">
-        <v>0.34695593706077776</v>
+        <v>0.41718810024249375</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>167.92060326000001</v>
+        <v>167.92201779000001</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.1532266600000014</v>
+        <v>-0.15215805999997656</v>
       </c>
       <c r="D376" s="5">
-        <v>-1.0885265550312662</v>
+        <v>-1.080970735692055</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>168.39831233999999</v>
+        <v>168.41205097</v>
       </c>
       <c r="C377" s="5">
-        <v>0.47770907999998258</v>
+        <v>0.4900331799999833</v>
       </c>
       <c r="D377" s="5">
-        <v>3.4677458333237654</v>
+        <v>3.5586184389826414</v>
       </c>
       <c r="E377" s="5">
-        <v>-4.7528985647873778</v>
+        <v>-4.7482802975651994</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>168.60808132</v>
+        <v>168.61890894000001</v>
       </c>
       <c r="C378" s="5">
-        <v>0.20976898000000688</v>
+        <v>0.20685797000001571</v>
       </c>
       <c r="D378" s="5">
-        <v>1.5050896588107987</v>
+        <v>1.4839400076658515</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>167.92483529</v>
+        <v>167.93603216</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.68324602999999229</v>
+        <v>-0.68287678000001506</v>
       </c>
       <c r="D379" s="5">
-        <v>-4.7558005855903751</v>
+        <v>-4.7529889057541519</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>169.42102818000001</v>
+        <v>169.43215136000001</v>
       </c>
       <c r="C380" s="5">
-        <v>1.4961928900000032</v>
+        <v>1.4961192000000096</v>
       </c>
       <c r="D380" s="5">
-        <v>11.231702555665969</v>
+        <v>11.230336108604222</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>170.14490900000001</v>
+        <v>170.13826933999999</v>
       </c>
       <c r="C381" s="5">
-        <v>0.72388082000000509</v>
+        <v>0.70611797999998771</v>
       </c>
       <c r="D381" s="5">
-        <v>5.2494293172796747</v>
+        <v>5.1173069462846055</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>170.26308053</v>
+        <v>170.23792935</v>
       </c>
       <c r="C382" s="5">
-        <v>0.1181715299999837</v>
+        <v>9.9660010000008015E-2</v>
       </c>
       <c r="D382" s="5">
-        <v>0.83663262519968473</v>
+        <v>0.70517968842798151</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>170.69633816999999</v>
+        <v>170.67365826</v>
       </c>
       <c r="C383" s="5">
-        <v>0.43325763999999367</v>
+        <v>0.43572890999999458</v>
       </c>
       <c r="D383" s="5">
-        <v>3.0966644640782581</v>
+        <v>3.1150436224005373</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>171.88181831</v>
+        <v>171.88411644000001</v>
       </c>
       <c r="C384" s="5">
-        <v>1.1854801400000099</v>
+        <v>1.2104581800000176</v>
       </c>
       <c r="D384" s="5">
-        <v>8.6597789619269783</v>
+        <v>8.8506392724433383</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>172.2579112</v>
+        <v>172.26087944</v>
       </c>
       <c r="C385" s="5">
-        <v>0.37609288999999535</v>
+        <v>0.37676299999998264</v>
       </c>
       <c r="D385" s="5">
-        <v>2.6575386960168146</v>
+        <v>2.6622950173781579</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>172.18770767999999</v>
+        <v>172.17203531999999</v>
       </c>
       <c r="C386" s="5">
-        <v>-7.0203520000006847E-2</v>
+        <v>-8.8844120000004523E-2</v>
       </c>
       <c r="D386" s="5">
-        <v>-0.48796391813011875</v>
+        <v>-0.61715138558477989</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>173.77962689</v>
+        <v>173.78326408000001</v>
       </c>
       <c r="C387" s="5">
-        <v>1.5919192100000146</v>
+        <v>1.6112287600000172</v>
       </c>
       <c r="D387" s="5">
-        <v>11.676191095351163</v>
+        <v>11.826321549957974</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>174.84642871</v>
+        <v>174.85442871999999</v>
       </c>
       <c r="C388" s="5">
-        <v>1.0668018199999949</v>
+        <v>1.0711646399999779</v>
       </c>
       <c r="D388" s="5">
-        <v>7.6204660375128741</v>
+        <v>7.6525293589928323</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>175.29545931999999</v>
+        <v>175.32411880000001</v>
       </c>
       <c r="C389" s="5">
-        <v>0.44903060999999411</v>
+        <v>0.46969008000002077</v>
       </c>
       <c r="D389" s="5">
-        <v>3.1256756050008994</v>
+        <v>3.271464962671633</v>
       </c>
       <c r="E389" s="5">
-        <v>4.0957340273544363</v>
+        <v>4.1042596359278871</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>174.22789953</v>
+        <v>174.24490344</v>
       </c>
       <c r="C390" s="5">
-        <v>-1.06755978999999</v>
+        <v>-1.0792153600000063</v>
       </c>
       <c r="D390" s="5">
-        <v>-7.0681870147592196</v>
+        <v>-7.1416351064205186</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>176.33352374</v>
+        <v>176.35188382000001</v>
       </c>
       <c r="C391" s="5">
-        <v>2.105624210000002</v>
+        <v>2.1069803800000102</v>
       </c>
       <c r="D391" s="5">
-        <v>15.506446980883549</v>
+        <v>15.515491314073792</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>176.7516234</v>
+        <v>176.77421128</v>
       </c>
       <c r="C392" s="5">
-        <v>0.41809965999999577</v>
+        <v>0.42232745999999111</v>
       </c>
       <c r="D392" s="5">
-        <v>2.8826875689533571</v>
+        <v>2.9119150131064808</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>178.66497534000001</v>
+        <v>178.64223831000001</v>
       </c>
       <c r="C393" s="5">
-        <v>1.9133519400000125</v>
+        <v>1.8680270300000075</v>
       </c>
       <c r="D393" s="5">
-        <v>13.792109668219155</v>
+        <v>13.444363006540993</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>179.45108213</v>
+        <v>179.40819117000001</v>
       </c>
       <c r="C394" s="5">
-        <v>0.78610678999999095</v>
+        <v>0.76595285999999874</v>
       </c>
       <c r="D394" s="5">
-        <v>5.4095340896982869</v>
+        <v>5.2682471559505117</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>179.86671139000001</v>
+        <v>179.81700518</v>
       </c>
       <c r="C395" s="5">
-        <v>0.41562926000000289</v>
+        <v>0.40881400999998618</v>
       </c>
       <c r="D395" s="5">
-        <v>2.815017165086231</v>
+        <v>2.7689484122722874</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>181.33810037999999</v>
+        <v>181.33830516</v>
       </c>
       <c r="C396" s="5">
-        <v>1.4713889899999799</v>
+        <v>1.5212999800000091</v>
       </c>
       <c r="D396" s="5">
-        <v>10.270466542021349</v>
+        <v>10.638302775750329</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>182.35364862</v>
+        <v>182.35746164</v>
       </c>
       <c r="C397" s="5">
-        <v>1.0155482400000153</v>
+        <v>1.0191564799999924</v>
       </c>
       <c r="D397" s="5">
-        <v>6.9312748325016216</v>
+        <v>6.9566597439133737</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>183.49068579999999</v>
+        <v>183.47707897000001</v>
       </c>
       <c r="C398" s="5">
-        <v>1.137037179999993</v>
+        <v>1.1196173300000112</v>
       </c>
       <c r="D398" s="5">
-        <v>7.7444227049112246</v>
+        <v>7.6215762479254101</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>183.04200610999999</v>
+        <v>183.05486083</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.44867969000000585</v>
+        <v>-0.42221814000001245</v>
       </c>
       <c r="D399" s="5">
-        <v>-2.8951510702718619</v>
+        <v>-2.7267606422617496</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>183.56718021</v>
+        <v>183.59034729999999</v>
       </c>
       <c r="C400" s="5">
-        <v>0.52517410000001519</v>
+        <v>0.53548646999999505</v>
       </c>
       <c r="D400" s="5">
-        <v>3.4978284305501539</v>
+        <v>3.5673665760271644</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>183.93369752999999</v>
+        <v>183.97927679</v>
       </c>
       <c r="C401" s="5">
-        <v>0.3665173199999856</v>
+        <v>0.38892949000000954</v>
       </c>
       <c r="D401" s="5">
-        <v>2.4224535722683127</v>
+        <v>2.571986691480177</v>
       </c>
       <c r="E401" s="5">
-        <v>4.9278162957039129</v>
+        <v>4.9366613385767533</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>185.29489412999999</v>
+        <v>185.34104031999999</v>
       </c>
       <c r="C402" s="5">
-        <v>1.3611965999999995</v>
+        <v>1.3617635299999904</v>
       </c>
       <c r="D402" s="5">
-        <v>9.2510983678822711</v>
+        <v>9.2527226153032984</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>185.66485688</v>
+        <v>185.68159388000001</v>
       </c>
       <c r="C403" s="5">
-        <v>0.36996275000001333</v>
+        <v>0.3405535600000178</v>
       </c>
       <c r="D403" s="5">
-        <v>2.4224258330474813</v>
+        <v>2.2273512977283305</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>186.62291142999999</v>
+        <v>186.67538556</v>
       </c>
       <c r="C404" s="5">
-        <v>0.95805454999998574</v>
+        <v>0.99379167999998685</v>
       </c>
       <c r="D404" s="5">
-        <v>6.3709502721555289</v>
+        <v>6.6150264192873287</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>187.23526770999999</v>
+        <v>187.1760998</v>
       </c>
       <c r="C405" s="5">
-        <v>0.6123562800000002</v>
+        <v>0.50071424000000775</v>
       </c>
       <c r="D405" s="5">
-        <v>4.0093415651948794</v>
+        <v>3.2666383049423375</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>188.07988416000001</v>
+        <v>187.97202229000001</v>
       </c>
       <c r="C406" s="5">
-        <v>0.84461645000001795</v>
+        <v>0.79592249000000947</v>
       </c>
       <c r="D406" s="5">
-        <v>5.5495319231137374</v>
+        <v>5.2237661926353152</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>188.99346928</v>
+        <v>188.91621773</v>
       </c>
       <c r="C407" s="5">
-        <v>0.91358511999999337</v>
+        <v>0.94419543999998723</v>
       </c>
       <c r="D407" s="5">
-        <v>5.9871913795515486</v>
+        <v>6.1970221409086257</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>189.07930311000001</v>
+        <v>189.08544947999999</v>
       </c>
       <c r="C408" s="5">
-        <v>8.5833830000012767E-2</v>
+        <v>0.16923174999999446</v>
       </c>
       <c r="D408" s="5">
-        <v>0.54635893549346282</v>
+        <v>1.0802759296357545</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>189.60670012</v>
+        <v>189.61587650000001</v>
       </c>
       <c r="C409" s="5">
-        <v>0.52739700999998718</v>
+        <v>0.53042702000001896</v>
       </c>
       <c r="D409" s="5">
-        <v>3.3989773526245992</v>
+        <v>3.4186946534292773</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>190.75555535999999</v>
+        <v>190.75105336999999</v>
       </c>
       <c r="C410" s="5">
-        <v>1.148855239999989</v>
+        <v>1.1351768699999809</v>
       </c>
       <c r="D410" s="5">
-        <v>7.5182477401423364</v>
+        <v>7.4253961428296877</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>191.42449446000001</v>
+        <v>191.45594611000001</v>
       </c>
       <c r="C411" s="5">
-        <v>0.66893910000001711</v>
+        <v>0.70489274000001956</v>
       </c>
       <c r="D411" s="5">
-        <v>4.2902645282007379</v>
+        <v>4.5256719618567365</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>191.57179536000001</v>
+        <v>191.61753521</v>
       </c>
       <c r="C412" s="5">
-        <v>0.14730090000000473</v>
+        <v>0.16158909999998627</v>
       </c>
       <c r="D412" s="5">
-        <v>0.92731653025110994</v>
+        <v>1.017516450123801</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>192.31412452000001</v>
+        <v>192.38069279000001</v>
       </c>
       <c r="C413" s="5">
-        <v>0.74232915999999705</v>
+        <v>0.7631575800000121</v>
       </c>
       <c r="D413" s="5">
-        <v>4.7503189635848653</v>
+        <v>4.8853467283336061</v>
       </c>
       <c r="E413" s="5">
-        <v>4.5562216725584692</v>
+        <v>4.5665012639383606</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>191.53074674000001</v>
+        <v>191.60260124999999</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.78337777999999503</v>
+        <v>-0.77809154000001968</v>
       </c>
       <c r="D414" s="5">
-        <v>-4.7800746895640849</v>
+        <v>-4.7469263862999878</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>192.67612926999999</v>
+        <v>192.69779131000001</v>
       </c>
       <c r="C415" s="5">
-        <v>1.1453825299999778</v>
+        <v>1.0951900600000215</v>
       </c>
       <c r="D415" s="5">
-        <v>7.416978954420772</v>
+        <v>7.0789321017115325</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>192.92253213999999</v>
+        <v>193.00372845000001</v>
       </c>
       <c r="C416" s="5">
-        <v>0.24640286999999716</v>
+        <v>0.3059371399999975</v>
       </c>
       <c r="D416" s="5">
-        <v>1.5454538610141899</v>
+        <v>1.9219076467942964</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>192.59291694999999</v>
+        <v>192.48245968000001</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.32961518999999839</v>
+        <v>-0.52126877000000604</v>
       </c>
       <c r="D417" s="5">
-        <v>-2.0310870750067989</v>
+        <v>-3.193274225215248</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>193.02828177000001</v>
+        <v>192.84238282000001</v>
       </c>
       <c r="C418" s="5">
-        <v>0.43536482000001797</v>
+        <v>0.35992314000000647</v>
       </c>
       <c r="D418" s="5">
-        <v>2.7466349861456463</v>
+        <v>2.2671027185300563</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>193.16038748</v>
+        <v>193.06274418999999</v>
       </c>
       <c r="C419" s="5">
-        <v>0.13210570999999049</v>
+        <v>0.2203613699999778</v>
       </c>
       <c r="D419" s="5">
-        <v>0.82436069903479847</v>
+        <v>1.3798933375448463</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>193.41459834</v>
+        <v>193.43235161000001</v>
       </c>
       <c r="C420" s="5">
-        <v>0.25421086000000059</v>
+        <v>0.36960742000002256</v>
       </c>
       <c r="D420" s="5">
-        <v>1.5907548517083425</v>
+        <v>2.3216749752704935</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>193.70518240999999</v>
+        <v>193.71938807999999</v>
       </c>
       <c r="C421" s="5">
-        <v>0.2905840699999942</v>
+        <v>0.28703646999997545</v>
       </c>
       <c r="D421" s="5">
-        <v>1.8178396603907965</v>
+        <v>1.7952989504339101</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>194.10480541000001</v>
+        <v>194.11763926</v>
       </c>
       <c r="C422" s="5">
-        <v>0.3996230000000196</v>
+        <v>0.3982511800000168</v>
       </c>
       <c r="D422" s="5">
-        <v>2.5039418120686996</v>
+        <v>2.4950638368220979</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>194.04720979000001</v>
+        <v>194.09753710999999</v>
       </c>
       <c r="C423" s="5">
-        <v>-5.7595620000000736E-2</v>
+        <v>-2.0102150000013808E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>-0.3554886814652547</v>
+        <v>-0.12419708767392734</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>194.43638021999999</v>
+        <v>194.50399745000001</v>
       </c>
       <c r="C424" s="5">
-        <v>0.38917042999997875</v>
+        <v>0.40646034000002373</v>
       </c>
       <c r="D424" s="5">
-        <v>2.4333789801186834</v>
+        <v>2.5420700160387666</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>194.65305885000001</v>
+        <v>194.73271797000001</v>
       </c>
       <c r="C425" s="5">
-        <v>0.2166786300000183</v>
+        <v>0.22872051999999599</v>
       </c>
       <c r="D425" s="5">
-        <v>1.3454990322738114</v>
+        <v>1.4202623885241294</v>
       </c>
       <c r="E425" s="5">
-        <v>1.2162051725726153</v>
+        <v>1.2225889957509617</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>195.56787151</v>
+        <v>195.85251350999999</v>
       </c>
       <c r="C426" s="5">
-        <v>0.9148126599999955</v>
+        <v>1.1197955399999842</v>
       </c>
       <c r="D426" s="5">
-        <v>5.7877342887468153</v>
+        <v>7.1229904241799424</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>196.20185911999999</v>
+        <v>196.30964291999999</v>
       </c>
       <c r="C427" s="5">
-        <v>0.63398760999999126</v>
+        <v>0.45712940999999319</v>
       </c>
       <c r="D427" s="5">
-        <v>3.9602487341740211</v>
+        <v>2.8370956860818808</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>196.61310223999999</v>
+        <v>196.76026253000001</v>
       </c>
       <c r="C428" s="5">
-        <v>0.41124311999999463</v>
+        <v>0.45061961000001816</v>
       </c>
       <c r="D428" s="5">
-        <v>2.5444239444916805</v>
+        <v>2.7895874796447728</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>197.38757064000001</v>
+        <v>197.52071828999999</v>
       </c>
       <c r="C429" s="5">
-        <v>0.77446840000001771</v>
+        <v>0.76045575999998505</v>
       </c>
       <c r="D429" s="5">
-        <v>4.8306201569107365</v>
+        <v>4.7377294417718874</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>198.98138571000001</v>
+        <v>198.74789145</v>
       </c>
       <c r="C430" s="5">
-        <v>1.5938150700000051</v>
+        <v>1.2271731600000066</v>
       </c>
       <c r="D430" s="5">
-        <v>10.131559258721312</v>
+        <v>7.7155698068636536</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>197.24362271000001</v>
+        <v>198.05874799</v>
       </c>
       <c r="C431" s="5">
-        <v>-1.7377630000000011</v>
+        <v>-0.68914345999999682</v>
       </c>
       <c r="D431" s="5">
-        <v>-9.9909383764214645</v>
+        <v>-4.0824683081925883</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>197.64906059</v>
+        <v>198.42686459999999</v>
       </c>
       <c r="C432" s="5">
-        <v>0.40543787999999381</v>
+        <v>0.36811660999998708</v>
       </c>
       <c r="D432" s="5">
-        <v>2.4946999648704837</v>
+        <v>2.2532894153983518</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>197.90240055000001</v>
+        <v>198.85464655999999</v>
       </c>
       <c r="C433" s="5">
-        <v>0.25333996000000525</v>
+        <v>0.42778196000000435</v>
       </c>
       <c r="D433" s="5">
-        <v>1.5490096645899065</v>
+        <v>2.6179373347797963</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>198.23877580000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.61587075999997865</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-3.6538501798491274</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>198.88658978999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.64781398999997464</v>
+      </c>
+      <c r="D435" s="5">
+        <v>3.9926700494050449</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>199.055475</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.16888521000001333</v>
+      </c>
+      <c r="D436" s="5">
+        <v>1.02375649720583</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">