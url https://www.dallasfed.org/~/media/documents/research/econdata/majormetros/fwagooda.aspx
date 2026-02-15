--- v1 (2026-01-25)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{F116E3A7-9AA2-459C-8871-D2ADF89C938E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0EE565CB-D787-4ABA-BB8F-AA7A27C105D2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{AD78D25F-AA7B-4245-B19A-29DCAF7DF4CF}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C3F236C5-6973-4DEF-8182-162B5D2B4A21}"/>
   </bookViews>
   <sheets>
     <sheet name="fwagooda" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Goods Producing Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EDD53ED8-B9B2-4C5B-B686-E2919BFC3F69}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{766B2E1C-B5E5-45A8-B8C0-AB5B740F56E9}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>198.05874799</v>
       </c>
       <c r="C431" s="5">
         <v>-0.68914345999999682</v>
       </c>
       <c r="D431" s="5">
         <v>-4.0824683081925883</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>198.42686459999999</v>
       </c>
       <c r="C432" s="5">
         <v>0.36811660999998708</v>
       </c>
       <c r="D432" s="5">
         <v>2.2532894153983518</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>198.85464655999999</v>
       </c>
       <c r="C433" s="5">
         <v>0.42778196000000435</v>
       </c>
       <c r="D433" s="5">
         <v>2.6179373347797963</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>198.23877580000001</v>
       </c>
       <c r="C434" s="5">
         <v>-0.61587075999997865</v>
       </c>
       <c r="D434" s="5">
         <v>-3.6538501798491274</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>198.88658978999999</v>
       </c>
       <c r="C435" s="5">
         <v>0.64781398999997464</v>
       </c>
       <c r="D435" s="5">
         <v>3.9926700494050449</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>199.055475</v>
+        <v>199.09968683</v>
       </c>
       <c r="C436" s="5">
-        <v>0.16888521000001333</v>
+        <v>0.21309704000000806</v>
       </c>
       <c r="D436" s="5">
-        <v>1.02375649720583</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1.2933439802580438</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>200.15925078000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>1.0595639500000118</v>
+      </c>
+      <c r="D437" s="5">
+        <v>6.5764077500463536</v>
+      </c>
+      <c r="E437" s="5">
+        <v>2.7866569452576595</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>