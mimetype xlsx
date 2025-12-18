--- v0 (2025-10-10)
+++ v1 (2025-12-18)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4087E1CB-5820-4149-BBE6-6292133C48DD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{76710E34-35D6-40D5-8912-CFF1593DBF68}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{8FA7A14A-E895-4463-9DDB-69DAA3092CD0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B39F4BC2-268A-4E13-94DE-F247C5624BED}"/>
   </bookViews>
   <sheets>
     <sheet name="fwagovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Government Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CEEDD3EA-B1AE-4707-95A9-0E380D4AC759}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{78567C2F-9269-47CF-8F34-920B9C153CC2}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>0.38483610999998064</v>
       </c>
       <c r="D431" s="5">
         <v>3.3657820537520644</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>140.01368456</v>
       </c>
       <c r="C432" s="5">
         <v>0.31954257000001007</v>
       </c>
       <c r="D432" s="5">
         <v>2.7797316940165517</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>142.22248522999999</v>
+        <v>141.22970028</v>
       </c>
       <c r="C433" s="5">
-        <v>2.208800669999988</v>
+        <v>1.2160157200000015</v>
       </c>
       <c r="D433" s="5">
-        <v>20.662785213787238</v>
+        <v>10.934501227359972</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>141.65766832</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.42796803999999611</v>
+      </c>
+      <c r="D434" s="5">
+        <v>3.6975794965954822</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>