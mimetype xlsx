--- v1 (2025-12-18)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{76710E34-35D6-40D5-8912-CFF1593DBF68}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{295FE744-2A58-4CA5-A6DE-F01F7B9AD1D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B39F4BC2-268A-4E13-94DE-F247C5624BED}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{394A82D8-A639-45CF-A573-FB4730286E65}"/>
   </bookViews>
   <sheets>
     <sheet name="fwagovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Government Payroll Employment</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{78567C2F-9269-47CF-8F34-920B9C153CC2}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D8ECF549-571B-4ACA-B955-F99B3779C71F}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>77.025239346999996</v>
+        <v>77.025214470999998</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>77.264379340000005</v>
+        <v>77.264374263999997</v>
       </c>
       <c r="C7" s="5">
-        <v>0.2391399930000091</v>
+        <v>0.2391597929999989</v>
       </c>
       <c r="D7" s="5">
-        <v>3.7899171658400954</v>
+        <v>3.7902375815206168</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>77.406387582999997</v>
+        <v>77.406380075000001</v>
       </c>
       <c r="C8" s="5">
-        <v>0.14200824299999226</v>
+        <v>0.1420058110000042</v>
       </c>
       <c r="D8" s="5">
-        <v>2.2279751603545339</v>
+        <v>2.2279367658988525</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>78.030949407999998</v>
+        <v>78.030936390999997</v>
       </c>
       <c r="C9" s="5">
-        <v>0.62456182500000068</v>
+        <v>0.62455631599999606</v>
       </c>
       <c r="D9" s="5">
-        <v>10.123774950805874</v>
+        <v>10.123682679648137</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>77.863335499000002</v>
+        <v>77.863322221999994</v>
       </c>
       <c r="C10" s="5">
-        <v>-0.1676139089999964</v>
+        <v>-0.1676141690000037</v>
       </c>
       <c r="D10" s="5">
-        <v>-2.5474167284177174</v>
+        <v>-2.5474210533118269</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>77.601256516999996</v>
+        <v>77.601236607000004</v>
       </c>
       <c r="C11" s="5">
-        <v>-0.26207898200000557</v>
+        <v>-0.2620856149999895</v>
       </c>
       <c r="D11" s="5">
-        <v>-3.965121243083547</v>
+        <v>-3.9652204101648714</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>77.464581343000006</v>
+        <v>77.464575608999994</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.13667517399998985</v>
+        <v>-0.13666099800001064</v>
       </c>
       <c r="D12" s="5">
-        <v>-2.0931459174062361</v>
+        <v>-2.0929314458063453</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>77.437850916000002</v>
+        <v>77.437839210999996</v>
       </c>
       <c r="C13" s="5">
-        <v>-2.6730427000003942E-2</v>
+        <v>-2.6736397999997052E-2</v>
       </c>
       <c r="D13" s="5">
-        <v>-0.41329475883763456</v>
+        <v>-0.41338693531896009</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>76.478986856999995</v>
+        <v>76.479015441000001</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.95886405900000682</v>
+        <v>-0.95882376999999508</v>
       </c>
       <c r="D14" s="5">
-        <v>-13.887536925228282</v>
+        <v>-13.886994515098783</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>77.069449376999998</v>
+        <v>77.069481542999995</v>
       </c>
       <c r="C15" s="5">
-        <v>0.59046252000000266</v>
+        <v>0.5904661019999935</v>
       </c>
       <c r="D15" s="5">
-        <v>9.6684136391419493</v>
+        <v>9.6684710362064052</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>77.921215270999994</v>
+        <v>77.921226430000004</v>
       </c>
       <c r="C16" s="5">
-        <v>0.85176589399999614</v>
+        <v>0.8517448870000095</v>
       </c>
       <c r="D16" s="5">
-        <v>14.098919781775221</v>
+        <v>14.098544412929325</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>78.067545847999995</v>
+        <v>78.067573021000001</v>
       </c>
       <c r="C17" s="5">
-        <v>0.14633057700000052</v>
+        <v>0.14634659099999681</v>
       </c>
       <c r="D17" s="5">
-        <v>2.276937847400462</v>
+        <v>2.2771892790822701</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>78.036843052999998</v>
+        <v>78.036824526999993</v>
       </c>
       <c r="C18" s="5">
-        <v>-3.0702794999996286E-2</v>
+        <v>-3.0748494000008009E-2</v>
       </c>
       <c r="D18" s="5">
-        <v>-0.47092249822575649</v>
+        <v>-0.47162175246571181</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>78.143059446999999</v>
+        <v>78.143056768999998</v>
       </c>
       <c r="C19" s="5">
-        <v>0.10621639400000049</v>
+        <v>0.10623224200000436</v>
       </c>
       <c r="D19" s="5">
-        <v>1.6456097359204946</v>
+        <v>1.6458575037811229</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>78.093605177000001</v>
+        <v>78.093597568000007</v>
       </c>
       <c r="C20" s="5">
-        <v>-4.9454269999998246E-2</v>
+        <v>-4.9459200999990571E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>-0.75680415486509833</v>
+        <v>-0.75687937786084181</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>78.654964289999995</v>
+        <v>78.654948024999996</v>
       </c>
       <c r="C21" s="5">
-        <v>0.56135911299999464</v>
+        <v>0.56135045699998898</v>
       </c>
       <c r="D21" s="5">
-        <v>8.9752790169078231</v>
+        <v>8.9751360132346072</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>79.258940018000004</v>
+        <v>79.258921169000004</v>
       </c>
       <c r="C22" s="5">
-        <v>0.60397572800000887</v>
+        <v>0.60397314400000823</v>
       </c>
       <c r="D22" s="5">
-        <v>9.6138572308671613</v>
+        <v>9.6138164200384466</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>80.122621606999999</v>
+        <v>80.122592483999995</v>
       </c>
       <c r="C23" s="5">
-        <v>0.86368158899999514</v>
+        <v>0.86367131499999061</v>
       </c>
       <c r="D23" s="5">
-        <v>13.889239286036069</v>
+        <v>13.889067543522216</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>79.369267336999997</v>
+        <v>79.369261950999999</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.75335427000000266</v>
+        <v>-0.75333053299999619</v>
       </c>
       <c r="D24" s="5">
-        <v>-10.717437887933045</v>
+        <v>-10.717121162396815</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>80.476800393000005</v>
+        <v>80.476785527999994</v>
       </c>
       <c r="C25" s="5">
-        <v>1.1075330560000083</v>
+        <v>1.1075235769999949</v>
       </c>
       <c r="D25" s="5">
-        <v>18.091859174632653</v>
+        <v>18.091693584057133</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>80.949404665000003</v>
+        <v>80.949430645999996</v>
       </c>
       <c r="C26" s="5">
-        <v>0.4726042719999981</v>
+        <v>0.47264511800000264</v>
       </c>
       <c r="D26" s="5">
-        <v>7.2791919448219611</v>
+        <v>7.2798429149790511</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>81.893808481999997</v>
+        <v>81.893860605</v>
       </c>
       <c r="C27" s="5">
-        <v>0.94440381699999421</v>
+        <v>0.94442995900000426</v>
       </c>
       <c r="D27" s="5">
-        <v>14.934103487300954</v>
+        <v>14.934538651903484</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>81.748409903999999</v>
+        <v>81.748412246000001</v>
       </c>
       <c r="C28" s="5">
-        <v>-0.14539857799999822</v>
+        <v>-0.14544835899999953</v>
       </c>
       <c r="D28" s="5">
-        <v>-2.1098610651400396</v>
+        <v>-2.1105750593152561</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>81.889733879000005</v>
+        <v>81.889773035000005</v>
       </c>
       <c r="C29" s="5">
-        <v>0.14132397500000593</v>
+        <v>0.14136078900000371</v>
       </c>
       <c r="D29" s="5">
-        <v>2.0943598269763886</v>
+        <v>2.0949105330164475</v>
       </c>
       <c r="E29" s="5">
-        <v>4.8960012633699757</v>
+        <v>4.8960149087404536</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>82.659168531000006</v>
+        <v>82.659156117999999</v>
       </c>
       <c r="C30" s="5">
-        <v>0.76943465200000105</v>
+        <v>0.76938308299999392</v>
       </c>
       <c r="D30" s="5">
-        <v>11.876500082562247</v>
+        <v>11.87565654684326</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>82.734679489000001</v>
+        <v>82.734682129999996</v>
       </c>
       <c r="C31" s="5">
-        <v>7.5510957999995298E-2</v>
+        <v>7.5526011999997422E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>1.1017508938178766</v>
+        <v>1.1019718121513256</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>83.181062724</v>
+        <v>83.181062506999993</v>
       </c>
       <c r="C32" s="5">
-        <v>0.44638323499999899</v>
+        <v>0.446380376999997</v>
       </c>
       <c r="D32" s="5">
-        <v>6.6700527622529426</v>
+        <v>6.6700085623512706</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>83.599464968999996</v>
+        <v>83.599459181</v>
       </c>
       <c r="C33" s="5">
-        <v>0.41840224499999579</v>
+        <v>0.41839667400000735</v>
       </c>
       <c r="D33" s="5">
-        <v>6.2058405406024475</v>
+        <v>6.2057556276290837</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>83.697440268999998</v>
+        <v>83.69735962</v>
       </c>
       <c r="C34" s="5">
-        <v>9.7975300000001653E-2</v>
+        <v>9.7900439000000006E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>1.4154535748830188</v>
+        <v>1.4143651777947852</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>83.898024375999995</v>
+        <v>83.897997566000001</v>
       </c>
       <c r="C35" s="5">
-        <v>0.2005841069999974</v>
+        <v>0.20063794600000051</v>
       </c>
       <c r="D35" s="5">
-        <v>2.9140566161797832</v>
+        <v>2.9148519683069862</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>84.462727772999997</v>
+        <v>84.462726594000003</v>
       </c>
       <c r="C36" s="5">
-        <v>0.56470339700000238</v>
+        <v>0.56472902800000213</v>
       </c>
       <c r="D36" s="5">
-        <v>8.3828150129262582</v>
+        <v>8.3832124696982202</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>84.357172372999997</v>
+        <v>84.357154377000001</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.10555540000000008</v>
+        <v>-0.10557221700000241</v>
       </c>
       <c r="D37" s="5">
-        <v>-1.4894079052754305</v>
+        <v>-1.4896435882792991</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>84.932726928999998</v>
+        <v>84.932746875000007</v>
       </c>
       <c r="C38" s="5">
-        <v>0.57555455600000016</v>
+        <v>0.575592498000006</v>
       </c>
       <c r="D38" s="5">
-        <v>8.5017271335892985</v>
+        <v>8.5023106691914698</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>85.404529753000006</v>
+        <v>85.404603507000004</v>
       </c>
       <c r="C39" s="5">
-        <v>0.47180282400000806</v>
+        <v>0.47185663199999794</v>
       </c>
       <c r="D39" s="5">
-        <v>6.8735045945781392</v>
+        <v>6.8743109442772399</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>85.640095226</v>
+        <v>85.640096862999997</v>
       </c>
       <c r="C40" s="5">
-        <v>0.23556547299999409</v>
+        <v>0.2354933559999921</v>
       </c>
       <c r="D40" s="5">
-        <v>3.3605542078081641</v>
+        <v>3.3595067958086089</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>85.397971259000002</v>
+        <v>85.398032756999996</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.24212396699999772</v>
+        <v>-0.24206410600000083</v>
       </c>
       <c r="D41" s="5">
-        <v>-3.3404109131662474</v>
+        <v>-3.3395977871678917</v>
       </c>
       <c r="E41" s="5">
-        <v>4.2840991340669765</v>
+        <v>4.2841243686199348</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>86.334525947000003</v>
+        <v>86.334527985999998</v>
       </c>
       <c r="C42" s="5">
-        <v>0.93655468800000108</v>
+        <v>0.93649522900000193</v>
       </c>
       <c r="D42" s="5">
-        <v>13.983886596554873</v>
+        <v>13.98293390062959</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>86.203465135000002</v>
+        <v>86.203473527</v>
       </c>
       <c r="C43" s="5">
-        <v>-0.13106081200000119</v>
+        <v>-0.13105445899999779</v>
       </c>
       <c r="D43" s="5">
-        <v>-1.8065365220346519</v>
+        <v>-1.8064496400628904</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>86.518749569999997</v>
+        <v>86.518751002000002</v>
       </c>
       <c r="C44" s="5">
-        <v>0.31528443499999526</v>
+        <v>0.31527747500000203</v>
       </c>
       <c r="D44" s="5">
-        <v>4.4783068676142346</v>
+        <v>4.4782055658170838</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>86.475941876999997</v>
+        <v>86.475943948999998</v>
       </c>
       <c r="C45" s="5">
-        <v>-4.2807693000000313E-2</v>
+        <v>-4.2807053000004203E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>-0.59212219026864021</v>
+        <v>-0.59211335199879089</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>86.820059637</v>
+        <v>86.819903547999999</v>
       </c>
       <c r="C46" s="5">
-        <v>0.34411776000000316</v>
+        <v>0.3439595990000015</v>
       </c>
       <c r="D46" s="5">
-        <v>4.8811272431614761</v>
+        <v>4.8788343902629094</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>87.082815644999997</v>
+        <v>87.082782326</v>
       </c>
       <c r="C47" s="5">
-        <v>0.26275600799999665</v>
+        <v>0.26287877800000103</v>
       </c>
       <c r="D47" s="5">
-        <v>3.6927980375423664</v>
+        <v>3.6945590469098732</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>87.021991470000003</v>
+        <v>87.021991748999994</v>
       </c>
       <c r="C48" s="5">
-        <v>-6.0824174999993375E-2</v>
+        <v>-6.0790577000005896E-2</v>
       </c>
       <c r="D48" s="5">
-        <v>-0.83494395924369469</v>
+        <v>-0.83448484107545573</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>87.279170839000003</v>
+        <v>87.279154982999998</v>
       </c>
       <c r="C49" s="5">
-        <v>0.25717936899999927</v>
+        <v>0.25716323400000363</v>
       </c>
       <c r="D49" s="5">
-        <v>3.60462139115032</v>
+        <v>3.6043915432813156</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>87.636390378000002</v>
+        <v>87.636404855999999</v>
       </c>
       <c r="C50" s="5">
-        <v>0.35721953899999903</v>
+        <v>0.35724987300000066</v>
       </c>
       <c r="D50" s="5">
-        <v>5.0234871023763894</v>
+        <v>5.0239242638876691</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>87.738200223000007</v>
+        <v>87.738306090999998</v>
       </c>
       <c r="C51" s="5">
-        <v>0.10180984500000534</v>
+        <v>0.1019012349999997</v>
       </c>
       <c r="D51" s="5">
-        <v>1.4030183475325586</v>
+        <v>1.4042856041408314</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>87.337214290999995</v>
+        <v>87.337219133999994</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.40098593200001176</v>
+        <v>-0.40108695700000396</v>
       </c>
       <c r="D52" s="5">
-        <v>-5.3485287462420539</v>
+        <v>-5.3498362708800933</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>87.602703790000007</v>
+        <v>87.602773198999998</v>
       </c>
       <c r="C53" s="5">
-        <v>0.26548949900001162</v>
+        <v>0.26555406500000345</v>
       </c>
       <c r="D53" s="5">
-        <v>3.7093948066467375</v>
+        <v>3.7103118469380192</v>
       </c>
       <c r="E53" s="5">
-        <v>2.5817153481472843</v>
+        <v>2.5817227526465203</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>87.432091333000002</v>
+        <v>87.432137694999994</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.17061245700000427</v>
+        <v>-0.17063550400000338</v>
       </c>
       <c r="D54" s="5">
-        <v>-2.3122126109037966</v>
+        <v>-2.312519802472246</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>87.781972690000003</v>
+        <v>87.782019257000002</v>
       </c>
       <c r="C55" s="5">
-        <v>0.349881357000001</v>
+        <v>0.34988156200000731</v>
       </c>
       <c r="D55" s="5">
-        <v>4.9092148370385669</v>
+        <v>4.909215116276977</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>87.895941238000006</v>
+        <v>87.895918019000007</v>
       </c>
       <c r="C56" s="5">
-        <v>0.11396854800000256</v>
+        <v>0.11389876200000515</v>
       </c>
       <c r="D56" s="5">
-        <v>1.5691499509958184</v>
+        <v>1.568181413351688</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>88.043692876999998</v>
+        <v>88.043687402000003</v>
       </c>
       <c r="C57" s="5">
-        <v>0.147751638999992</v>
+        <v>0.14776938299999642</v>
       </c>
       <c r="D57" s="5">
-        <v>2.0359349197459409</v>
+        <v>2.0361822302263466</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>88.203628508999998</v>
+        <v>88.203377052999997</v>
       </c>
       <c r="C58" s="5">
-        <v>0.15993563199999983</v>
+        <v>0.15968965099999366</v>
       </c>
       <c r="D58" s="5">
-        <v>2.2017695291017825</v>
+        <v>2.198349493880869</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>88.420617242999995</v>
+        <v>88.420566500000007</v>
       </c>
       <c r="C59" s="5">
-        <v>0.21698873399999741</v>
+        <v>0.21718944700000975</v>
       </c>
       <c r="D59" s="5">
-        <v>2.9923790277772699</v>
+        <v>2.9951932048753349</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>88.501543971000004</v>
+        <v>88.501539174000001</v>
       </c>
       <c r="C60" s="5">
-        <v>8.0926728000008552E-2</v>
+        <v>8.0972673999994527E-2</v>
       </c>
       <c r="D60" s="5">
-        <v>1.1038422902732492</v>
+        <v>1.1044727916262209</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>88.360051665</v>
+        <v>88.360033607999995</v>
       </c>
       <c r="C61" s="5">
-        <v>-0.14149230600000351</v>
+        <v>-0.14150556600000641</v>
       </c>
       <c r="D61" s="5">
-        <v>-1.9017261307744615</v>
+        <v>-1.9019028895364221</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>89.071820228999997</v>
+        <v>89.071831161999995</v>
       </c>
       <c r="C62" s="5">
-        <v>0.71176856399999622</v>
+        <v>0.71179755400000033</v>
       </c>
       <c r="D62" s="5">
-        <v>10.106357488685003</v>
+        <v>10.106789679952911</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>89.078251662</v>
+        <v>89.078363550999995</v>
       </c>
       <c r="C63" s="5">
-        <v>6.4314330000030395E-3</v>
+        <v>6.5323890000001938E-3</v>
       </c>
       <c r="D63" s="5">
-        <v>8.668044772959238E-2</v>
+        <v>8.8041632996160857E-2</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>89.378310863999999</v>
+        <v>89.378354478999995</v>
       </c>
       <c r="C64" s="5">
-        <v>0.30005920199999991</v>
+        <v>0.29999092799999971</v>
       </c>
       <c r="D64" s="5">
-        <v>4.1179236897542104</v>
+        <v>4.1169640274457242</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>89.700801104000007</v>
+        <v>89.700947358999997</v>
       </c>
       <c r="C65" s="5">
-        <v>0.32249024000000759</v>
+        <v>0.32259288000000197</v>
       </c>
       <c r="D65" s="5">
-        <v>4.4167440143532799</v>
+        <v>4.4181755687420221</v>
       </c>
       <c r="E65" s="5">
-        <v>2.3950143354359632</v>
+        <v>2.3951001587972032</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>87.637164303999995</v>
+        <v>87.637278541000001</v>
       </c>
       <c r="C66" s="5">
-        <v>-2.0636368000000118</v>
+        <v>-2.0636688179999965</v>
       </c>
       <c r="D66" s="5">
-        <v>-24.368286737921085</v>
+        <v>-24.368583473670203</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>87.927031286000002</v>
+        <v>87.927150492999999</v>
       </c>
       <c r="C67" s="5">
-        <v>0.2898669820000066</v>
+        <v>0.2898719519999986</v>
       </c>
       <c r="D67" s="5">
-        <v>4.0421033057542521</v>
+        <v>4.0421685111842187</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>87.814458909999999</v>
+        <v>87.814428849999999</v>
       </c>
       <c r="C68" s="5">
-        <v>-0.11257237600000281</v>
+        <v>-0.11272164300000043</v>
       </c>
       <c r="D68" s="5">
-        <v>-1.5255794246431753</v>
+        <v>-1.5275859910310108</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>88.240786397999997</v>
+        <v>88.240736369999993</v>
       </c>
       <c r="C69" s="5">
-        <v>0.42632748799999831</v>
+        <v>0.42630751999999461</v>
       </c>
       <c r="D69" s="5">
-        <v>5.9839453273685672</v>
+        <v>5.983659633831051</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>88.166151420000006</v>
+        <v>88.165653399999997</v>
       </c>
       <c r="C70" s="5">
-        <v>-7.4634977999991747E-2</v>
+        <v>-7.5082969999996862E-2</v>
       </c>
       <c r="D70" s="5">
-        <v>-1.0102642006968532</v>
+        <v>-1.0163004742462123</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>87.968419127999994</v>
+        <v>87.968278878000007</v>
       </c>
       <c r="C71" s="5">
-        <v>-0.19773229200001197</v>
+        <v>-0.19737452199998984</v>
       </c>
       <c r="D71" s="5">
-        <v>-2.6583182829549634</v>
+        <v>-2.653582285953282</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>88.087486045000006</v>
+        <v>88.087438524999996</v>
       </c>
       <c r="C72" s="5">
-        <v>0.11906691700001204</v>
+        <v>0.11915964699998938</v>
       </c>
       <c r="D72" s="5">
-        <v>1.6363686752824069</v>
+        <v>1.6376552286132995</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>87.517370576999994</v>
+        <v>87.517357469999993</v>
       </c>
       <c r="C73" s="5">
-        <v>-0.57011546800001156</v>
+        <v>-0.57008105500000283</v>
       </c>
       <c r="D73" s="5">
-        <v>-7.4959934434042701</v>
+        <v>-7.495560857470096</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>88.280620855999999</v>
+        <v>88.280739885000003</v>
       </c>
       <c r="C74" s="5">
-        <v>0.76325027900000464</v>
+        <v>0.76338241500000947</v>
       </c>
       <c r="D74" s="5">
-        <v>10.982221466906372</v>
+        <v>10.984216589633622</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>88.322662856999997</v>
+        <v>88.322838747999995</v>
       </c>
       <c r="C75" s="5">
-        <v>4.2042000999998663E-2</v>
+        <v>4.2098862999992548E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>0.57297687820987431</v>
+        <v>0.57375309014713327</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>88.517141198999994</v>
+        <v>88.517308886999999</v>
       </c>
       <c r="C76" s="5">
-        <v>0.19447834199999647</v>
+        <v>0.19447013900000343</v>
       </c>
       <c r="D76" s="5">
-        <v>2.6745245660068084</v>
+        <v>2.6744049956332505</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>88.884123279999997</v>
+        <v>88.884377630000003</v>
       </c>
       <c r="C77" s="5">
-        <v>0.36698208100000329</v>
+        <v>0.36706874300000436</v>
       </c>
       <c r="D77" s="5">
-        <v>5.090090394360125</v>
+        <v>5.0913100886442519</v>
       </c>
       <c r="E77" s="5">
-        <v>-0.91044652215886979</v>
+        <v>-0.91032453172643635</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>88.931340195999994</v>
+        <v>88.931627245000001</v>
       </c>
       <c r="C78" s="5">
-        <v>4.7216915999996445E-2</v>
+        <v>4.7249614999998357E-2</v>
       </c>
       <c r="D78" s="5">
-        <v>0.63932832065536349</v>
+        <v>0.63977053209800516</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>88.824073791999993</v>
+        <v>88.824316199999998</v>
       </c>
       <c r="C79" s="5">
-        <v>-0.10726640400000065</v>
+        <v>-0.10731104500000299</v>
       </c>
       <c r="D79" s="5">
-        <v>-1.4378417071522986</v>
+        <v>-1.4384315150990923</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>89.106439547999997</v>
+        <v>89.106345591999997</v>
       </c>
       <c r="C80" s="5">
-        <v>0.28236575600000435</v>
+        <v>0.28202939199999832</v>
       </c>
       <c r="D80" s="5">
-        <v>3.8821281646797656</v>
+        <v>3.8774118139306868</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>89.738642041999995</v>
+        <v>89.738331436999999</v>
       </c>
       <c r="C81" s="5">
-        <v>0.63220249399999773</v>
+        <v>0.63198584500000266</v>
       </c>
       <c r="D81" s="5">
-        <v>8.8541098493398085</v>
+        <v>8.8509660151283143</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>89.272916214000006</v>
+        <v>89.271908721000003</v>
       </c>
       <c r="C82" s="5">
-        <v>-0.46572582799998941</v>
+        <v>-0.46642271599999674</v>
       </c>
       <c r="D82" s="5">
-        <v>-6.053037859517052</v>
+        <v>-6.0618583650485007</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>89.287426518000004</v>
+        <v>89.287038052</v>
       </c>
       <c r="C83" s="5">
-        <v>1.4510303999998087E-2</v>
+        <v>1.5129330999997137E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>0.19522090218757615</v>
+        <v>0.20355932433111512</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>89.469360678000001</v>
+        <v>89.469303811000003</v>
       </c>
       <c r="C84" s="5">
-        <v>0.18193415999999729</v>
+        <v>0.18226575900000341</v>
       </c>
       <c r="D84" s="5">
-        <v>2.472737799832192</v>
+        <v>2.4773063108855631</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>90.053418754999996</v>
+        <v>90.053603514000002</v>
       </c>
       <c r="C85" s="5">
-        <v>0.58405807699999457</v>
+        <v>0.58429970299999923</v>
       </c>
       <c r="D85" s="5">
-        <v>8.1210986972921173</v>
+        <v>8.1245853491047182</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>90.419557436999995</v>
+        <v>90.420023404000005</v>
       </c>
       <c r="C86" s="5">
-        <v>0.36613868199999899</v>
+        <v>0.36641989000000308</v>
       </c>
       <c r="D86" s="5">
-        <v>4.9895479868144577</v>
+        <v>4.9934558328030398</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>90.012231811000007</v>
+        <v>90.012626933000007</v>
       </c>
       <c r="C87" s="5">
-        <v>-0.40732562599998801</v>
+        <v>-0.40739647099999843</v>
       </c>
       <c r="D87" s="5">
-        <v>-5.2738611698719957</v>
+        <v>-5.2747293148325607</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>90.289218052999999</v>
+        <v>90.289605154</v>
       </c>
       <c r="C88" s="5">
-        <v>0.27698624199999244</v>
+        <v>0.27697822099999314</v>
       </c>
       <c r="D88" s="5">
-        <v>3.7557902674565158</v>
+        <v>3.7556628935482506</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>90.309764943000005</v>
+        <v>90.310130740999995</v>
       </c>
       <c r="C89" s="5">
-        <v>2.0546890000005646E-2</v>
+        <v>2.0525586999994516E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>0.27342303167772197</v>
+        <v>0.27313801984252262</v>
       </c>
       <c r="E89" s="5">
-        <v>1.6039328626879623</v>
+        <v>1.6040536582648812</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>92.627969386999993</v>
+        <v>92.628246984</v>
       </c>
       <c r="C90" s="5">
-        <v>2.3182044439999885</v>
+        <v>2.3181162430000057</v>
       </c>
       <c r="D90" s="5">
-        <v>35.546771701442601</v>
+        <v>35.545058008230114</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>92.574594016000006</v>
+        <v>92.575469570999999</v>
       </c>
       <c r="C91" s="5">
-        <v>-5.3375370999987126E-2</v>
+        <v>-5.2777413000001161E-2</v>
       </c>
       <c r="D91" s="5">
-        <v>-0.68929331859099996</v>
+        <v>-0.68159339390445606</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>93.226457113999999</v>
+        <v>93.225995159000007</v>
       </c>
       <c r="C92" s="5">
-        <v>0.65186309799999265</v>
+        <v>0.65052558800000782</v>
       </c>
       <c r="D92" s="5">
-        <v>8.7848373674724201</v>
+        <v>8.7660240144821664</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>93.549601275000001</v>
+        <v>93.548777747000003</v>
       </c>
       <c r="C93" s="5">
-        <v>0.32314416100000187</v>
+        <v>0.32278258799999549</v>
       </c>
       <c r="D93" s="5">
-        <v>4.2396943214800142</v>
+        <v>4.2348811224007799</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>93.903523523999993</v>
+        <v>93.900976708000002</v>
       </c>
       <c r="C94" s="5">
-        <v>0.35392224899999292</v>
+        <v>0.35219896099999914</v>
       </c>
       <c r="D94" s="5">
-        <v>4.6355767919814772</v>
+        <v>4.6125776958798381</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>94.137357132000005</v>
+        <v>94.136704268000003</v>
       </c>
       <c r="C95" s="5">
-        <v>0.23383360800001185</v>
+        <v>0.23572756000000084</v>
       </c>
       <c r="D95" s="5">
-        <v>3.0294439062504841</v>
+        <v>3.0544048719645556</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>94.373667983999994</v>
+        <v>94.373299529999997</v>
       </c>
       <c r="C96" s="5">
-        <v>0.23631085199998836</v>
+        <v>0.23659526199999448</v>
       </c>
       <c r="D96" s="5">
-        <v>3.0542723434369146</v>
+        <v>3.0580207518161151</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>94.475754409999993</v>
+        <v>94.477423708000003</v>
       </c>
       <c r="C97" s="5">
-        <v>0.10208642599999962</v>
+        <v>0.1041241780000064</v>
       </c>
       <c r="D97" s="5">
-        <v>1.3058216665302824</v>
+        <v>1.3320508500337391</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>94.679265025000007</v>
+        <v>94.680827213000001</v>
       </c>
       <c r="C98" s="5">
-        <v>0.20351061500001322</v>
+        <v>0.20340350499999715</v>
       </c>
       <c r="D98" s="5">
-        <v>2.6157710397432643</v>
+        <v>2.6143312451016198</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>95.220112847999999</v>
+        <v>95.220921203000003</v>
       </c>
       <c r="C99" s="5">
-        <v>0.5408478229999929</v>
+        <v>0.54009399000000258</v>
       </c>
       <c r="D99" s="5">
-        <v>7.0744289236411184</v>
+        <v>7.064136962143519</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>94.990385074000002</v>
+        <v>94.990789355000004</v>
       </c>
       <c r="C100" s="5">
-        <v>-0.229727773999997</v>
+        <v>-0.2301318479999992</v>
       </c>
       <c r="D100" s="5">
-        <v>-2.8570077402176541</v>
+        <v>-2.8619424204568311</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>95.372467802000003</v>
+        <v>95.372568012000002</v>
       </c>
       <c r="C101" s="5">
-        <v>0.38208272800000032</v>
+        <v>0.38177865699999813</v>
       </c>
       <c r="D101" s="5">
-        <v>4.935023760357371</v>
+        <v>4.9309876728026891</v>
       </c>
       <c r="E101" s="5">
-        <v>5.605930723211805</v>
+        <v>5.6056139321938758</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>95.429370427999999</v>
+        <v>95.429414292000004</v>
       </c>
       <c r="C102" s="5">
-        <v>5.6902625999995848E-2</v>
+        <v>5.6846280000002025E-2</v>
       </c>
       <c r="D102" s="5">
-        <v>0.71831703578006945</v>
+        <v>0.71760265550140367</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>96.013071979000003</v>
+        <v>96.014265272000003</v>
       </c>
       <c r="C103" s="5">
-        <v>0.58370155100000432</v>
+        <v>0.5848509799999988</v>
       </c>
       <c r="D103" s="5">
-        <v>7.5919255335323177</v>
+        <v>7.6073794911261539</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>96.293262174000006</v>
+        <v>96.292058901999994</v>
       </c>
       <c r="C104" s="5">
-        <v>0.28019019500000297</v>
+        <v>0.2777936299999908</v>
       </c>
       <c r="D104" s="5">
-        <v>3.5586577823180088</v>
+        <v>3.527688821374575</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>96.458369700999995</v>
+        <v>96.456809093000004</v>
       </c>
       <c r="C105" s="5">
-        <v>0.16510752699998932</v>
+        <v>0.1647501910000102</v>
       </c>
       <c r="D105" s="5">
-        <v>2.0770737174222065</v>
+        <v>2.0725621425819352</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>96.629973179000004</v>
+        <v>96.625814274999996</v>
       </c>
       <c r="C106" s="5">
-        <v>0.17160347800000864</v>
+        <v>0.16900518199999226</v>
       </c>
       <c r="D106" s="5">
-        <v>2.1558635441917273</v>
+        <v>2.1229405088205366</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>96.691527137999998</v>
+        <v>96.690239859000002</v>
       </c>
       <c r="C107" s="5">
-        <v>6.1553958999994052E-2</v>
+        <v>6.4425584000005642E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>0.7670920999316877</v>
+        <v>0.80304462998292969</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>96.909566079000001</v>
+        <v>96.909125955999997</v>
       </c>
       <c r="C108" s="5">
-        <v>0.21803894100000321</v>
+        <v>0.21888609699999506</v>
       </c>
       <c r="D108" s="5">
-        <v>2.7398089584917518</v>
+        <v>2.7506240215792399</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>97.256112376999994</v>
+        <v>97.262215812999997</v>
       </c>
       <c r="C109" s="5">
-        <v>0.3465462979999927</v>
+        <v>0.35308985700000051</v>
       </c>
       <c r="D109" s="5">
-        <v>4.376583749288887</v>
+        <v>4.460907247403223</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>97.543371651000001</v>
+        <v>97.545580272999999</v>
       </c>
       <c r="C110" s="5">
-        <v>0.28725927400000728</v>
+        <v>0.28336446000000137</v>
       </c>
       <c r="D110" s="5">
-        <v>3.6025135615607828</v>
+        <v>3.5526569280088793</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>97.939383574999994</v>
+        <v>97.940521965000002</v>
       </c>
       <c r="C111" s="5">
-        <v>0.39601192399999263</v>
+        <v>0.39494169200000329</v>
       </c>
       <c r="D111" s="5">
-        <v>4.9820954105645132</v>
+        <v>4.9682149341961468</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>98.17559953</v>
+        <v>98.175567779000005</v>
       </c>
       <c r="C112" s="5">
-        <v>0.23621595500000581</v>
+        <v>0.23504581400000291</v>
       </c>
       <c r="D112" s="5">
-        <v>2.9329333999583929</v>
+        <v>2.9181778810305037</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>98.449970707000006</v>
+        <v>98.448545476999996</v>
       </c>
       <c r="C113" s="5">
-        <v>0.27437117700000613</v>
+        <v>0.27297769799999116</v>
       </c>
       <c r="D113" s="5">
-        <v>3.405669381898413</v>
+        <v>3.3881083872248308</v>
       </c>
       <c r="E113" s="5">
-        <v>3.2268252839898315</v>
+        <v>3.2252224398665374</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>98.944401640999999</v>
+        <v>98.944002065999996</v>
       </c>
       <c r="C114" s="5">
-        <v>0.49443093399999327</v>
+        <v>0.49545658899999978</v>
       </c>
       <c r="D114" s="5">
-        <v>6.1958689187616933</v>
+        <v>6.2091719448644778</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>99.014012262999998</v>
+        <v>99.015337165999995</v>
       </c>
       <c r="C115" s="5">
-        <v>6.9610621999999012E-2</v>
+        <v>7.1335099999998874E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>0.84751363703654548</v>
+        <v>0.86859611199210374</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>99.285878362999995</v>
+        <v>99.283486354999994</v>
       </c>
       <c r="C116" s="5">
-        <v>0.27186609999999689</v>
+        <v>0.26814918899999896</v>
       </c>
       <c r="D116" s="5">
-        <v>3.3450962964828523</v>
+        <v>3.2986345714963949</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>99.470960297000005</v>
+        <v>99.468803632999993</v>
       </c>
       <c r="C117" s="5">
-        <v>0.18508193400001005</v>
+        <v>0.18531727799999942</v>
       </c>
       <c r="D117" s="5">
-        <v>2.260035828935214</v>
+        <v>2.2629942619564858</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>99.850827820999996</v>
+        <v>99.845359936999998</v>
       </c>
       <c r="C118" s="5">
-        <v>0.37986752399999091</v>
+        <v>0.37655630400000462</v>
       </c>
       <c r="D118" s="5">
-        <v>4.6801435113000611</v>
+        <v>4.638597364341801</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>100.12198977</v>
+        <v>100.11998713</v>
       </c>
       <c r="C119" s="5">
-        <v>0.27116194900000323</v>
+        <v>0.2746271930000006</v>
       </c>
       <c r="D119" s="5">
-        <v>3.3079220492669537</v>
+        <v>3.3510226239223728</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>100.26721859</v>
+        <v>100.26637392000001</v>
       </c>
       <c r="C120" s="5">
-        <v>0.14522881999999981</v>
+        <v>0.1463867900000082</v>
       </c>
       <c r="D120" s="5">
-        <v>1.7545762500507989</v>
+        <v>1.7687145756677625</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>101.45798272</v>
+        <v>101.47182404</v>
       </c>
       <c r="C121" s="5">
-        <v>1.1907641300000051</v>
+        <v>1.2054501199999947</v>
       </c>
       <c r="D121" s="5">
-        <v>15.219785625068717</v>
+        <v>15.420219690156589</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>101.71640054</v>
+        <v>101.71947056</v>
       </c>
       <c r="C122" s="5">
-        <v>0.25841781999999114</v>
+        <v>0.24764652000000353</v>
       </c>
       <c r="D122" s="5">
-        <v>3.0996339393767558</v>
+        <v>2.968286483304361</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>101.57951738</v>
+        <v>101.5796433</v>
       </c>
       <c r="C123" s="5">
-        <v>-0.13688315999999645</v>
+        <v>-0.13982726000000412</v>
       </c>
       <c r="D123" s="5">
-        <v>-1.6029809739913747</v>
+        <v>-1.6371488115005883</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>101.91235457000001</v>
+        <v>101.91119965999999</v>
       </c>
       <c r="C124" s="5">
-        <v>0.33283719000000644</v>
+        <v>0.33155635999999333</v>
       </c>
       <c r="D124" s="5">
-        <v>4.0035793094614913</v>
+        <v>3.9878900120476679</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>102.07502196</v>
+        <v>102.07210369000001</v>
       </c>
       <c r="C125" s="5">
-        <v>0.16266738999999575</v>
+        <v>0.16090403000001174</v>
       </c>
       <c r="D125" s="5">
-        <v>1.9322843942951584</v>
+        <v>1.911177518227869</v>
       </c>
       <c r="E125" s="5">
-        <v>3.682125273341752</v>
+        <v>3.680662010234137</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>102.26526604</v>
+        <v>102.26301900999999</v>
       </c>
       <c r="C126" s="5">
-        <v>0.19024407999999937</v>
+        <v>0.19091531999998779</v>
       </c>
       <c r="D126" s="5">
-        <v>2.2595896393492021</v>
+        <v>2.2677098640060622</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>102.14614871000001</v>
+        <v>102.14685160000001</v>
       </c>
       <c r="C127" s="5">
-        <v>-0.11911732999999458</v>
+        <v>-0.11616740999998854</v>
       </c>
       <c r="D127" s="5">
-        <v>-1.388825564438434</v>
+        <v>-1.3546757312559166</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>102.66053076999999</v>
+        <v>102.65706182</v>
       </c>
       <c r="C128" s="5">
-        <v>0.51438205999998843</v>
+        <v>0.5102102199999905</v>
       </c>
       <c r="D128" s="5">
-        <v>6.2131043653393281</v>
+        <v>6.1612778903614274</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>103.72285470999999</v>
+        <v>103.71995659</v>
       </c>
       <c r="C129" s="5">
-        <v>1.0623239399999989</v>
+        <v>1.0628947699999998</v>
       </c>
       <c r="D129" s="5">
-        <v>13.149195362714616</v>
+        <v>13.157138276182234</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>105.7796621</v>
+        <v>105.77286635</v>
       </c>
       <c r="C130" s="5">
-        <v>2.056807390000003</v>
+        <v>2.0529097600000057</v>
       </c>
       <c r="D130" s="5">
-        <v>26.570521983407946</v>
+        <v>26.515392177247787</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>105.29098990999999</v>
+        <v>105.28854982999999</v>
       </c>
       <c r="C131" s="5">
-        <v>-0.48867219000000262</v>
+        <v>-0.48431652000000724</v>
       </c>
       <c r="D131" s="5">
-        <v>-5.4049522191817356</v>
+        <v>-5.3583187409592341</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>105.63298415</v>
+        <v>105.6330798</v>
       </c>
       <c r="C132" s="5">
-        <v>0.34199424000000533</v>
+        <v>0.34452997000001062</v>
       </c>
       <c r="D132" s="5">
-        <v>3.9680936246549114</v>
+        <v>3.9981410780938864</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>106.32781429000001</v>
+        <v>106.34962908999999</v>
       </c>
       <c r="C133" s="5">
-        <v>0.69483014000000765</v>
+        <v>0.71654928999998901</v>
       </c>
       <c r="D133" s="5">
-        <v>8.1852495790314173</v>
+        <v>8.4507224940540304</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>105.07906380999999</v>
+        <v>105.08347218999999</v>
       </c>
       <c r="C134" s="5">
-        <v>-1.2487504800000124</v>
+        <v>-1.2661568999999986</v>
       </c>
       <c r="D134" s="5">
-        <v>-13.21759123382189</v>
+        <v>-13.387371654402646</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>104.79445986</v>
+        <v>104.79391368</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.28460394999999039</v>
+        <v>-0.289558509999992</v>
       </c>
       <c r="D135" s="5">
-        <v>-3.2021871945557279</v>
+        <v>-3.2569561955945847</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>105.24472114</v>
+        <v>105.2420448</v>
       </c>
       <c r="C136" s="5">
-        <v>0.45026127999999233</v>
+        <v>0.44813111999999933</v>
       </c>
       <c r="D136" s="5">
-        <v>5.2795399373366303</v>
+        <v>5.2540004374771243</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>105.7347761</v>
+        <v>105.72936421</v>
       </c>
       <c r="C137" s="5">
-        <v>0.49005496000000903</v>
+        <v>0.48731940999999779</v>
       </c>
       <c r="D137" s="5">
-        <v>5.7329474619944643</v>
+        <v>5.7002747678254195</v>
       </c>
       <c r="E137" s="5">
-        <v>3.5853571909434834</v>
+        <v>3.5830166987714351</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>105.45543374</v>
+        <v>105.45004209</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.27934236000000112</v>
+        <v>-0.27932212000000334</v>
       </c>
       <c r="D138" s="5">
-        <v>-3.1246359171001159</v>
+        <v>-3.1245704084863379</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>105.98629733999999</v>
+        <v>105.98537976999999</v>
       </c>
       <c r="C139" s="5">
-        <v>0.53086359999998933</v>
+        <v>0.53533767999999782</v>
       </c>
       <c r="D139" s="5">
-        <v>6.210901539811875</v>
+        <v>6.2650460804582808</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>106.53482621000001</v>
+        <v>106.53000762000001</v>
       </c>
       <c r="C140" s="5">
-        <v>0.5485288700000126</v>
+        <v>0.5446278500000119</v>
       </c>
       <c r="D140" s="5">
-        <v>6.3904334603801516</v>
+        <v>6.3437505635804747</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>105.50117376999999</v>
+        <v>105.49786914000001</v>
       </c>
       <c r="C141" s="5">
-        <v>-1.0336524400000116</v>
+        <v>-1.0321384800000004</v>
       </c>
       <c r="D141" s="5">
-        <v>-11.041330939549464</v>
+        <v>-11.026483324637082</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>105.13028749999999</v>
+        <v>105.12484108</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.37088626999999974</v>
+        <v>-0.37302806000000999</v>
       </c>
       <c r="D142" s="5">
-        <v>-4.1379466431148648</v>
+        <v>-4.1615074947390358</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>105.4950197</v>
+        <v>105.49281546</v>
       </c>
       <c r="C143" s="5">
-        <v>0.36473220000000595</v>
+        <v>0.36797438000000682</v>
       </c>
       <c r="D143" s="5">
-        <v>4.2435675345304569</v>
+        <v>4.2822447984944834</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>106.35594999</v>
+        <v>106.35851003000001</v>
       </c>
       <c r="C144" s="5">
-        <v>0.86093028999999888</v>
+        <v>0.86569457000000227</v>
       </c>
       <c r="D144" s="5">
-        <v>10.244771807742282</v>
+        <v>10.304273305332456</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>106.28522336</v>
+        <v>106.31475665000001</v>
       </c>
       <c r="C145" s="5">
-        <v>-7.0726629999995794E-2</v>
+        <v>-4.3753379999998288E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>-0.79508691550953525</v>
+        <v>-0.49253627774265007</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>106.10455957000001</v>
+        <v>106.11266793999999</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.18066378999999699</v>
+        <v>-0.20208871000001238</v>
       </c>
       <c r="D146" s="5">
-        <v>-2.0207999777021146</v>
+        <v>-2.2573265028962397</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>106.50189546</v>
+        <v>106.50161591</v>
       </c>
       <c r="C147" s="5">
-        <v>0.3973358899999937</v>
+        <v>0.38894797000000381</v>
       </c>
       <c r="D147" s="5">
-        <v>4.5874277953059872</v>
+        <v>4.4882749938223165</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>106.38316619</v>
+        <v>106.37879904</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.11872927000000288</v>
+        <v>-0.12281686999999408</v>
       </c>
       <c r="D148" s="5">
-        <v>-1.3295987126787145</v>
+        <v>-1.375087680789544</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>106.84935473</v>
+        <v>106.84093046</v>
       </c>
       <c r="C149" s="5">
-        <v>0.46618854000000454</v>
+        <v>0.46213141999999152</v>
       </c>
       <c r="D149" s="5">
-        <v>5.3872094148953664</v>
+        <v>5.3394246746264029</v>
       </c>
       <c r="E149" s="5">
-        <v>1.054126817222234</v>
+        <v>1.0513316317614541</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>107.25057608</v>
+        <v>107.23993024000001</v>
       </c>
       <c r="C150" s="5">
-        <v>0.40122135000000014</v>
+        <v>0.39899978000001113</v>
       </c>
       <c r="D150" s="5">
-        <v>4.6002585445522826</v>
+        <v>4.5746295599877085</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>107.76367035</v>
+        <v>107.75881474000001</v>
       </c>
       <c r="C151" s="5">
-        <v>0.5130942699999963</v>
+        <v>0.51888449999999864</v>
       </c>
       <c r="D151" s="5">
-        <v>5.8943754362804412</v>
+        <v>5.9632808745326615</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>108.28829322</v>
+        <v>108.28132382</v>
       </c>
       <c r="C152" s="5">
-        <v>0.52462287000000174</v>
+        <v>0.52250907999999185</v>
       </c>
       <c r="D152" s="5">
-        <v>6.0009133527680891</v>
+        <v>5.9763628388270096</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>108.0255518</v>
+        <v>108.02099755</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.26274141999999756</v>
+        <v>-0.26032626999999309</v>
       </c>
       <c r="D153" s="5">
-        <v>-2.8730353307551248</v>
+        <v>-2.8471550963819148</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>108.39929116</v>
+        <v>108.39483959</v>
       </c>
       <c r="C154" s="5">
-        <v>0.37373936000000185</v>
+        <v>0.37384203999999954</v>
       </c>
       <c r="D154" s="5">
-        <v>4.2315957831820183</v>
+        <v>4.2329624435575974</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>108.18625591</v>
+        <v>108.18485232</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.21303525000000434</v>
+        <v>-0.20998726999999917</v>
       </c>
       <c r="D155" s="5">
-        <v>-2.3330140610733574</v>
+        <v>-2.3000830056081778</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>108.19742485</v>
+        <v>108.20458493</v>
       </c>
       <c r="C156" s="5">
-        <v>1.1168940000004568E-2</v>
+        <v>1.9732609999991269E-2</v>
       </c>
       <c r="D156" s="5">
-        <v>0.1239560487720448</v>
+        <v>0.21909630115242162</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>108.43686522</v>
+        <v>108.47018343000001</v>
       </c>
       <c r="C157" s="5">
-        <v>0.23944036999999696</v>
+        <v>0.26559850000001006</v>
       </c>
       <c r="D157" s="5">
-        <v>2.6881562237540679</v>
+        <v>2.985607165858295</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>108.83023305</v>
+        <v>108.84795416</v>
       </c>
       <c r="C158" s="5">
-        <v>0.39336783000000253</v>
+        <v>0.37777072999999461</v>
       </c>
       <c r="D158" s="5">
-        <v>4.4410574230544064</v>
+        <v>4.2602480159135592</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>109.83920089</v>
+        <v>109.84347447</v>
       </c>
       <c r="C159" s="5">
-        <v>1.0089678399999968</v>
+        <v>0.99552031000000341</v>
       </c>
       <c r="D159" s="5">
-        <v>11.710415065494129</v>
+        <v>11.544430699522689</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>110.72980534</v>
+        <v>110.72359394</v>
       </c>
       <c r="C160" s="5">
-        <v>0.89060444999999788</v>
+        <v>0.8801194699999968</v>
       </c>
       <c r="D160" s="5">
-        <v>10.175761702634523</v>
+        <v>10.050228245778348</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>111.77561574000001</v>
+        <v>111.75611714999999</v>
       </c>
       <c r="C161" s="5">
-        <v>1.0458104000000077</v>
+        <v>1.0325232099999937</v>
       </c>
       <c r="D161" s="5">
-        <v>11.941317526181837</v>
+        <v>11.782434430752309</v>
       </c>
       <c r="E161" s="5">
-        <v>4.6104733364541906</v>
+        <v>4.6004716252823874</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>111.19163333</v>
+        <v>111.17201964</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.58398241000000439</v>
+        <v>-0.58409750999999233</v>
       </c>
       <c r="D162" s="5">
-        <v>-6.0924595887842266</v>
+        <v>-6.094658890948268</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>110.99384598</v>
+        <v>110.98286856</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.1977873499999987</v>
+        <v>-0.18915108000000203</v>
       </c>
       <c r="D163" s="5">
-        <v>-2.1137966108098594</v>
+        <v>-2.0227143532609348</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>111.21054057000001</v>
+        <v>111.20031756</v>
       </c>
       <c r="C164" s="5">
-        <v>0.21669459000000302</v>
+        <v>0.217449000000002</v>
       </c>
       <c r="D164" s="5">
-        <v>2.3680945726809677</v>
+        <v>2.3766655916062751</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>111.24212117</v>
+        <v>111.23631254</v>
       </c>
       <c r="C165" s="5">
-        <v>3.1580599999998071E-2</v>
+        <v>3.5994979999998122E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>0.34129826686268849</v>
+        <v>0.38912621092899169</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>111.75782486999999</v>
+        <v>111.75558563</v>
       </c>
       <c r="C166" s="5">
-        <v>0.51570369999998888</v>
+        <v>0.51927308999999866</v>
       </c>
       <c r="D166" s="5">
-        <v>5.7070978855906507</v>
+        <v>5.7479265425649295</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>112.77011852</v>
+        <v>112.77134624999999</v>
       </c>
       <c r="C167" s="5">
-        <v>1.0122936500000037</v>
+        <v>1.0157606199999947</v>
       </c>
       <c r="D167" s="5">
-        <v>11.427697290904582</v>
+        <v>11.469054038122728</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>112.43693064</v>
+        <v>112.44825442</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.33318787999999699</v>
+        <v>-0.32309182999999564</v>
       </c>
       <c r="D168" s="5">
-        <v>-3.4884399839539726</v>
+        <v>-3.3843595864553766</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>112.3467473</v>
+        <v>112.38404928999999</v>
       </c>
       <c r="C169" s="5">
-        <v>-9.0183339999995837E-2</v>
+        <v>-6.4205130000004829E-2</v>
       </c>
       <c r="D169" s="5">
-        <v>-0.95826056254887382</v>
+        <v>-0.68302227978654928</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>111.91429687999999</v>
+        <v>111.94551726</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.43245042000000922</v>
+        <v>-0.43853202999999041</v>
       </c>
       <c r="D170" s="5">
-        <v>-4.5225505020835</v>
+        <v>-4.5833034942862172</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>112.17274834</v>
+        <v>112.18143418</v>
       </c>
       <c r="C171" s="5">
-        <v>0.25845146000000341</v>
+        <v>0.23591691999999398</v>
       </c>
       <c r="D171" s="5">
-        <v>2.8067147670613357</v>
+        <v>2.5584305924118089</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>112.18007550999999</v>
+        <v>112.17311714</v>
       </c>
       <c r="C172" s="5">
-        <v>7.3271699999963857E-3</v>
+        <v>-8.3170399999943356E-3</v>
       </c>
       <c r="D172" s="5">
-        <v>7.8412659659665707E-2</v>
+        <v>-8.8930752187288409E-2</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>111.95881734</v>
+        <v>111.93135777000001</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.2212581699999987</v>
+        <v>-0.24175936999999692</v>
       </c>
       <c r="D173" s="5">
-        <v>-2.341310854579326</v>
+        <v>-2.5558433235677414</v>
       </c>
       <c r="E173" s="5">
-        <v>0.16390122191420886</v>
+        <v>0.15680628897012383</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>112.28015818999999</v>
+        <v>112.25342161</v>
       </c>
       <c r="C174" s="5">
-        <v>0.32134084999999857</v>
+        <v>0.32206383999999844</v>
       </c>
       <c r="D174" s="5">
-        <v>3.499097649716032</v>
+        <v>3.5079693407226609</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>112.54896770000001</v>
+        <v>112.53240651</v>
       </c>
       <c r="C175" s="5">
-        <v>0.26880951000001119</v>
+        <v>0.27898489999999754</v>
       </c>
       <c r="D175" s="5">
-        <v>2.9110482683106342</v>
+        <v>3.0234821074859752</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>112.2964332</v>
+        <v>112.28435899</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.2525345000000101</v>
+        <v>-0.24804752000000008</v>
       </c>
       <c r="D176" s="5">
-        <v>-2.659548772040643</v>
+        <v>-2.6132457112423402</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>112.87844032</v>
+        <v>112.87221062</v>
       </c>
       <c r="C177" s="5">
-        <v>0.5820071200000001</v>
+        <v>0.58785163000000296</v>
       </c>
       <c r="D177" s="5">
-        <v>6.3997120841755351</v>
+        <v>6.4665550710902631</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>112.9988515</v>
+        <v>112.99926293</v>
       </c>
       <c r="C178" s="5">
-        <v>0.12041118000000495</v>
+        <v>0.12705230999999628</v>
       </c>
       <c r="D178" s="5">
-        <v>1.2876168807804733</v>
+        <v>1.359149547365357</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>113.84051488999999</v>
+        <v>113.84562631999999</v>
       </c>
       <c r="C179" s="5">
-        <v>0.84166338999999368</v>
+        <v>0.84636338999999339</v>
       </c>
       <c r="D179" s="5">
-        <v>9.3135159837544492</v>
+        <v>9.3676499473321471</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>114.11604398</v>
+        <v>114.13072509</v>
       </c>
       <c r="C180" s="5">
-        <v>0.27552909000000625</v>
+        <v>0.28509877000000472</v>
       </c>
       <c r="D180" s="5">
-        <v>2.94334509363261</v>
+        <v>3.046847150806653</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>114.78543558</v>
+        <v>114.8201648</v>
       </c>
       <c r="C181" s="5">
-        <v>0.66939159999999731</v>
+        <v>0.68943971000000204</v>
       </c>
       <c r="D181" s="5">
-        <v>7.2706584819794529</v>
+        <v>7.4947053139435837</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>115.13156275999999</v>
+        <v>115.17610301000001</v>
       </c>
       <c r="C182" s="5">
-        <v>0.34612717999999632</v>
+        <v>0.35593821000000503</v>
       </c>
       <c r="D182" s="5">
-        <v>3.6791330498419983</v>
+        <v>3.7840394904141705</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>114.74789558000001</v>
+        <v>114.76261999</v>
       </c>
       <c r="C183" s="5">
-        <v>-0.38366717999998912</v>
+        <v>-0.41348302000000103</v>
       </c>
       <c r="D183" s="5">
-        <v>-3.9264235188787522</v>
+        <v>-4.2239563809104315</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>114.80527761</v>
+        <v>114.79777983</v>
       </c>
       <c r="C184" s="5">
-        <v>5.7382029999999418E-2</v>
+        <v>3.5159839999991505E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>0.60173774055398699</v>
+        <v>0.36826429514962289</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>115.06325609</v>
+        <v>115.02572991</v>
       </c>
       <c r="C185" s="5">
-        <v>0.25797847999999135</v>
+        <v>0.22795007999999939</v>
       </c>
       <c r="D185" s="5">
-        <v>2.7300923971735891</v>
+        <v>2.4089954921754586</v>
       </c>
       <c r="E185" s="5">
-        <v>2.7728398921653019</v>
+        <v>2.7645265827636933</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>115.06081014999999</v>
+        <v>115.02722003</v>
       </c>
       <c r="C186" s="5">
-        <v>-2.445940000001201E-3</v>
+        <v>1.4901199999997061E-3</v>
       </c>
       <c r="D186" s="5">
-        <v>-2.5505838808070891E-2</v>
+        <v>1.5546707796065817E-2</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>115.66535227999999</v>
+        <v>115.64397765</v>
       </c>
       <c r="C187" s="5">
-        <v>0.60454212999999868</v>
+        <v>0.61675762000000134</v>
       </c>
       <c r="D187" s="5">
-        <v>6.4903581708800395</v>
+        <v>6.6273868973444339</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>116.1913034</v>
+        <v>116.17701307999999</v>
       </c>
       <c r="C188" s="5">
-        <v>0.52595112000000199</v>
+        <v>0.5330354299999982</v>
       </c>
       <c r="D188" s="5">
-        <v>5.5951723533478548</v>
+        <v>5.6735324640322826</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>116.4105663</v>
+        <v>116.40514466</v>
       </c>
       <c r="C189" s="5">
-        <v>0.21926290000000392</v>
+        <v>0.2281315800000101</v>
       </c>
       <c r="D189" s="5">
-        <v>2.2881540248885113</v>
+        <v>2.3820026047529419</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>116.48450182000001</v>
+        <v>116.48753109</v>
       </c>
       <c r="C190" s="5">
-        <v>7.393552000000625E-2</v>
+        <v>8.2386429999999677E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>0.76482066668641657</v>
+        <v>0.85262097515585999</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>116.31664232999999</v>
+        <v>116.32502733</v>
       </c>
       <c r="C191" s="5">
-        <v>-0.1678594900000121</v>
+        <v>-0.16250376000000699</v>
       </c>
       <c r="D191" s="5">
-        <v>-1.7156148133044891</v>
+        <v>-1.6612528409704064</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>114.69877877</v>
+        <v>114.71377054</v>
       </c>
       <c r="C192" s="5">
-        <v>-1.6178635599999893</v>
+        <v>-1.6112567899999988</v>
       </c>
       <c r="D192" s="5">
-        <v>-15.471484571751592</v>
+        <v>-15.412011109264778</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>115.63958382</v>
+        <v>115.66904599999999</v>
       </c>
       <c r="C193" s="5">
-        <v>0.94080504999999448</v>
+        <v>0.95527545999999575</v>
       </c>
       <c r="D193" s="5">
-        <v>10.299289157474689</v>
+        <v>10.463598206395952</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>117.43899952</v>
+        <v>117.48775196</v>
       </c>
       <c r="C194" s="5">
-        <v>1.7994156999999973</v>
+        <v>1.8187059600000026</v>
       </c>
       <c r="D194" s="5">
-        <v>20.356589615807309</v>
+        <v>20.58833079952802</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>117.78349743</v>
+        <v>117.80083318</v>
       </c>
       <c r="C195" s="5">
-        <v>0.34449791000000118</v>
+        <v>0.31308122000000083</v>
       </c>
       <c r="D195" s="5">
-        <v>3.5774556946124747</v>
+        <v>3.2450449787781332</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>117.99177569</v>
+        <v>117.98448930000001</v>
       </c>
       <c r="C196" s="5">
-        <v>0.20827826000000016</v>
+        <v>0.18365612000000908</v>
       </c>
       <c r="D196" s="5">
-        <v>2.1427372449097648</v>
+        <v>1.8869727153802085</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>116.82419341000001</v>
+        <v>116.78446447</v>
       </c>
       <c r="C197" s="5">
-        <v>-1.1675822799999906</v>
+        <v>-1.2000248300000038</v>
       </c>
       <c r="D197" s="5">
-        <v>-11.249123558298512</v>
+        <v>-11.545103513987575</v>
       </c>
       <c r="E197" s="5">
-        <v>1.5304080380122764</v>
+        <v>1.5289923057876686</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>117.53119329</v>
+        <v>117.49520741000001</v>
       </c>
       <c r="C198" s="5">
-        <v>0.70699987999999792</v>
+        <v>0.71074294000000293</v>
       </c>
       <c r="D198" s="5">
-        <v>7.5088588699133707</v>
+        <v>7.5526075628508549</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>117.51937517</v>
+        <v>117.4950578</v>
       </c>
       <c r="C199" s="5">
-        <v>-1.1818120000000931E-2</v>
+        <v>-1.4961000000823788E-4</v>
       </c>
       <c r="D199" s="5">
-        <v>-0.12059695077161203</v>
+        <v>-1.5279835379078399E-3</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>116.79095316999999</v>
+        <v>116.77496083</v>
       </c>
       <c r="C200" s="5">
-        <v>-0.72842200000000901</v>
+        <v>-0.72009697000000017</v>
       </c>
       <c r="D200" s="5">
-        <v>-7.1895774699744504</v>
+        <v>-7.1115806963108934</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>117.43592777000001</v>
+        <v>117.43097452000001</v>
       </c>
       <c r="C201" s="5">
-        <v>0.64497460000001183</v>
+        <v>0.65601369000000886</v>
       </c>
       <c r="D201" s="5">
-        <v>6.8320011069304742</v>
+        <v>6.9535529234133531</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>117.37104599</v>
+        <v>117.37529625000001</v>
       </c>
       <c r="C202" s="5">
-        <v>-6.4881780000007439E-2</v>
+        <v>-5.5678270000001362E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>-0.66097306802693767</v>
+        <v>-0.56748200733414134</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>117.33521894</v>
+        <v>117.34596135</v>
       </c>
       <c r="C203" s="5">
-        <v>-3.5827049999994642E-2</v>
+        <v>-2.9334900000009156E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>-0.36568094790170314</v>
+        <v>-0.2994968579134949</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>117.34091614</v>
+        <v>117.35568804</v>
       </c>
       <c r="C204" s="5">
-        <v>5.6972000000001799E-3</v>
+        <v>9.7266900000079204E-3</v>
       </c>
       <c r="D204" s="5">
-        <v>5.828144435584548E-2</v>
+        <v>9.9512164641102352E-2</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>119.31805226</v>
+        <v>119.34335813</v>
       </c>
       <c r="C205" s="5">
-        <v>1.9771361199999973</v>
+        <v>1.9876700899999946</v>
       </c>
       <c r="D205" s="5">
-        <v>22.202521865118506</v>
+        <v>22.328970387008763</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>118.94319539</v>
+        <v>118.99528663</v>
       </c>
       <c r="C206" s="5">
-        <v>-0.37485687000000212</v>
+        <v>-0.3480715000000032</v>
       </c>
       <c r="D206" s="5">
-        <v>-3.7055283478342416</v>
+        <v>-3.4442670131551334</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>118.71455277</v>
+        <v>118.73339713999999</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.22864262000000224</v>
+        <v>-0.2618894900000015</v>
       </c>
       <c r="D207" s="5">
-        <v>-2.2825084196119949</v>
+        <v>-2.6092720178209738</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>118.52228554</v>
+        <v>118.51633905</v>
       </c>
       <c r="C208" s="5">
-        <v>-0.19226722999999879</v>
+        <v>-0.21705808999999476</v>
       </c>
       <c r="D208" s="5">
-        <v>-1.9262722417007661</v>
+        <v>-2.1718125070359862</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>118.27569312</v>
+        <v>118.23748102</v>
       </c>
       <c r="C209" s="5">
-        <v>-0.24659241999999892</v>
+        <v>-0.27885802999999498</v>
       </c>
       <c r="D209" s="5">
-        <v>-2.4682965621663167</v>
+        <v>-2.7872357798988001</v>
       </c>
       <c r="E209" s="5">
-        <v>1.2424649960183221</v>
+        <v>1.2441865076782133</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>119.36603939</v>
+        <v>119.33499157999999</v>
       </c>
       <c r="C210" s="5">
-        <v>1.0903462699999977</v>
+        <v>1.0975105599999893</v>
       </c>
       <c r="D210" s="5">
-        <v>11.640914984162531</v>
+        <v>11.725332682201618</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>119.17559264</v>
+        <v>119.15467425</v>
       </c>
       <c r="C211" s="5">
-        <v>-0.19044674999999245</v>
+        <v>-0.18031732999999406</v>
       </c>
       <c r="D211" s="5">
-        <v>-1.8978704970478044</v>
+        <v>-1.7982283790495046</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>119.73058675999999</v>
+        <v>119.71670519</v>
       </c>
       <c r="C212" s="5">
-        <v>0.55499411999998927</v>
+        <v>0.56203093999999965</v>
       </c>
       <c r="D212" s="5">
-        <v>5.733713827293041</v>
+        <v>5.8093545508481226</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>117.03727925</v>
+        <v>117.03482772</v>
       </c>
       <c r="C213" s="5">
-        <v>-2.6933075099999968</v>
+        <v>-2.6818774700000034</v>
       </c>
       <c r="D213" s="5">
-        <v>-23.892180963465147</v>
+        <v>-23.805368597458056</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>117.27814462000001</v>
+        <v>117.28302404999999</v>
       </c>
       <c r="C214" s="5">
-        <v>0.24086537000000874</v>
+        <v>0.24819632999999897</v>
       </c>
       <c r="D214" s="5">
-        <v>2.4977738386079862</v>
+        <v>2.5747394543391922</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>117.61813644999999</v>
+        <v>117.62695892000001</v>
       </c>
       <c r="C215" s="5">
-        <v>0.33999182999998823</v>
+        <v>0.34393487000001244</v>
       </c>
       <c r="D215" s="5">
-        <v>3.5348335312178625</v>
+        <v>3.5763409301683424</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>118.19481322</v>
+        <v>118.20356341999999</v>
       </c>
       <c r="C216" s="5">
-        <v>0.57667677000000594</v>
+        <v>0.57660449999998775</v>
       </c>
       <c r="D216" s="5">
-        <v>6.0448286393308459</v>
+        <v>6.0435849328516644</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>118.6550342</v>
+        <v>118.67237514999999</v>
       </c>
       <c r="C217" s="5">
-        <v>0.46022098000000256</v>
+        <v>0.46881172999999876</v>
       </c>
       <c r="D217" s="5">
-        <v>4.7738739273945674</v>
+        <v>4.8645710295801559</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>118.7835194</v>
+        <v>118.82143619</v>
       </c>
       <c r="C218" s="5">
-        <v>0.12848520000000008</v>
+        <v>0.14906104000000653</v>
       </c>
       <c r="D218" s="5">
-        <v>1.3071827925184909</v>
+        <v>1.5177429748584714</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>119.56494051999999</v>
+        <v>119.57744606999999</v>
       </c>
       <c r="C219" s="5">
-        <v>0.78142111999999031</v>
+        <v>0.75600987999999347</v>
       </c>
       <c r="D219" s="5">
-        <v>8.1862235458191712</v>
+        <v>7.9080175777516137</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>119.76592371</v>
+        <v>119.76180893</v>
       </c>
       <c r="C220" s="5">
-        <v>0.20098319000000231</v>
+        <v>0.18436286000000734</v>
       </c>
       <c r="D220" s="5">
-        <v>2.0358989472145206</v>
+        <v>1.8659132800167288</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>120.47951009000001</v>
+        <v>120.45438842</v>
       </c>
       <c r="C221" s="5">
-        <v>0.71358638000000951</v>
+        <v>0.69257948999999996</v>
       </c>
       <c r="D221" s="5">
-        <v>7.3888258092568604</v>
+        <v>7.1646025233285782</v>
       </c>
       <c r="E221" s="5">
-        <v>1.8632881464191176</v>
+        <v>1.8749616288129545</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>120.39585146</v>
+        <v>120.37540194</v>
       </c>
       <c r="C222" s="5">
-        <v>-8.3658630000002177E-2</v>
+        <v>-7.8986479999997528E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>-0.8300817445526798</v>
+        <v>-0.78405345149488159</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>120.67268909000001</v>
+        <v>120.65829408</v>
       </c>
       <c r="C223" s="5">
-        <v>0.27683763000000283</v>
+        <v>0.28289214000000129</v>
       </c>
       <c r="D223" s="5">
-        <v>2.794438600096516</v>
+        <v>2.8568372660974672</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>121.28345797</v>
+        <v>121.27344133</v>
       </c>
       <c r="C224" s="5">
-        <v>0.61076887999999485</v>
+        <v>0.6151472499999926</v>
       </c>
       <c r="D224" s="5">
-        <v>6.2456019241156957</v>
+        <v>6.2924088379127552</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>120.97700028</v>
+        <v>120.9759552</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.306457690000002</v>
+        <v>-0.2974861299999958</v>
       </c>
       <c r="D225" s="5">
-        <v>-2.9903607679154232</v>
+        <v>-2.9042322672053533</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>121.17022075</v>
+        <v>121.17378942000001</v>
       </c>
       <c r="C226" s="5">
-        <v>0.19322046999999998</v>
+        <v>0.19783422000000428</v>
       </c>
       <c r="D226" s="5">
-        <v>1.9335265508210853</v>
+        <v>1.9801289508833753</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>121.40412381</v>
+        <v>121.40954536</v>
       </c>
       <c r="C227" s="5">
-        <v>0.23390306000000294</v>
+        <v>0.23575593999999001</v>
       </c>
       <c r="D227" s="5">
-        <v>2.3411936818123369</v>
+        <v>2.3598682870326071</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>121.11646999</v>
+        <v>121.12104347</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.28765382000000272</v>
+        <v>-0.28850188999999204</v>
       </c>
       <c r="D228" s="5">
-        <v>-2.8065076183649063</v>
+        <v>-2.8145499587123424</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>121.47168572</v>
+        <v>121.48216562</v>
       </c>
       <c r="C229" s="5">
-        <v>0.35521572999999762</v>
+        <v>0.36112214999999992</v>
       </c>
       <c r="D229" s="5">
-        <v>3.5767420441641384</v>
+        <v>3.6370541994477534</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>121.95192745</v>
+        <v>121.97734972000001</v>
       </c>
       <c r="C230" s="5">
-        <v>0.48024173000000303</v>
+        <v>0.49518410000000301</v>
       </c>
       <c r="D230" s="5">
-        <v>4.8487659948242889</v>
+        <v>5.0025899162187359</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>123.05594607</v>
+        <v>123.06377003999999</v>
       </c>
       <c r="C231" s="5">
-        <v>1.1040186200000051</v>
+        <v>1.0864203199999878</v>
       </c>
       <c r="D231" s="5">
-        <v>11.421042971918528</v>
+        <v>11.22752431287215</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>123.58574296</v>
+        <v>123.58326139</v>
       </c>
       <c r="C232" s="5">
-        <v>0.52979689000000008</v>
+        <v>0.51949135000000979</v>
       </c>
       <c r="D232" s="5">
-        <v>5.2905099436727721</v>
+        <v>5.1848616083585375</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>124.50131374999999</v>
+        <v>124.486086</v>
       </c>
       <c r="C233" s="5">
-        <v>0.91557078999998964</v>
+        <v>0.90282460999999614</v>
       </c>
       <c r="D233" s="5">
-        <v>9.2613939382152566</v>
+        <v>9.1274288047085363</v>
       </c>
       <c r="E233" s="5">
-        <v>3.3381640222438058</v>
+        <v>3.3470740525802123</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>125.06457159999999</v>
+        <v>125.05203431</v>
       </c>
       <c r="C234" s="5">
-        <v>0.56325784999999939</v>
+        <v>0.56594830999999601</v>
       </c>
       <c r="D234" s="5">
-        <v>5.5660781458123587</v>
+        <v>5.5940347408572455</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>125.44982451</v>
+        <v>125.44066897</v>
       </c>
       <c r="C235" s="5">
-        <v>0.3852529100000055</v>
+        <v>0.38863466000000813</v>
       </c>
       <c r="D235" s="5">
-        <v>3.7597937683946148</v>
+        <v>3.7937502029046444</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>125.31461244</v>
+        <v>125.30765399000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-0.13521206999999436</v>
+        <v>-0.13301497999999867</v>
       </c>
       <c r="D236" s="5">
-        <v>-1.2857418298720114</v>
+        <v>-1.2650630137125751</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>126.47508363999999</v>
+        <v>126.47504297</v>
       </c>
       <c r="C237" s="5">
-        <v>1.1604711999999893</v>
+        <v>1.1673889799999984</v>
       </c>
       <c r="D237" s="5">
-        <v>11.696385560362831</v>
+        <v>11.770408242630293</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>126.0346184</v>
+        <v>126.03731707</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.44046523999999465</v>
+        <v>-0.43772590000000378</v>
       </c>
       <c r="D238" s="5">
-        <v>-4.1000223234220705</v>
+        <v>-4.0750081913562441</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>125.98987446</v>
+        <v>125.99084978</v>
       </c>
       <c r="C239" s="5">
-        <v>-4.474394000000359E-2</v>
+        <v>-4.6467289999995387E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>-0.42518487163772933</v>
+        <v>-0.44151859300143315</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>126.0605518</v>
+        <v>126.06262715</v>
       </c>
       <c r="C240" s="5">
-        <v>7.0677340000003142E-2</v>
+        <v>7.1777369999992402E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>0.67525249302040624</v>
+        <v>0.6857898260919093</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>125.1665964</v>
+        <v>125.17293454999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.89395539999999585</v>
+        <v>-0.88969260000000361</v>
       </c>
       <c r="D241" s="5">
-        <v>-8.1855857266313503</v>
+        <v>-8.1479266275645053</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>125.11420270000001</v>
+        <v>125.12896261</v>
       </c>
       <c r="C242" s="5">
-        <v>-5.2393699999996102E-2</v>
+        <v>-4.3971939999991605E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>-0.5011552221541149</v>
+        <v>-0.42073390749561845</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>126.68644453</v>
+        <v>126.69007931</v>
       </c>
       <c r="C243" s="5">
-        <v>1.5722418299999958</v>
+        <v>1.5611166999999995</v>
       </c>
       <c r="D243" s="5">
-        <v>16.166905678087229</v>
+        <v>16.042524380024116</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>127.05802177</v>
+        <v>127.05661720000001</v>
       </c>
       <c r="C244" s="5">
-        <v>0.37157723999999348</v>
+        <v>0.36653789000000359</v>
       </c>
       <c r="D244" s="5">
-        <v>3.5769928900738268</v>
+        <v>3.5276042139980035</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>127.18257136</v>
+        <v>127.17700441</v>
       </c>
       <c r="C245" s="5">
-        <v>0.12454959000000088</v>
+        <v>0.12038720999998986</v>
       </c>
       <c r="D245" s="5">
-        <v>1.1826718469461373</v>
+        <v>1.1429541107134789</v>
       </c>
       <c r="E245" s="5">
-        <v>2.1535978450669235</v>
+        <v>2.1616218297681788</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>127.66066082</v>
+        <v>127.65506428</v>
       </c>
       <c r="C246" s="5">
-        <v>0.47808946000000674</v>
+        <v>0.47805987000000982</v>
       </c>
       <c r="D246" s="5">
-        <v>4.6053370484521183</v>
+        <v>4.6052518592217151</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>127.87086831000001</v>
+        <v>127.86557247</v>
       </c>
       <c r="C247" s="5">
-        <v>0.21020749000000194</v>
+        <v>0.21050818999999876</v>
       </c>
       <c r="D247" s="5">
-        <v>1.9939269457121434</v>
+        <v>1.9968934967722785</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>128.29030218</v>
+        <v>128.28584956</v>
       </c>
       <c r="C248" s="5">
-        <v>0.41943386999999177</v>
+        <v>0.42027708999999902</v>
       </c>
       <c r="D248" s="5">
-        <v>4.0079570180227009</v>
+        <v>4.0163300901688848</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>128.37561435999999</v>
+        <v>128.37524872</v>
       </c>
       <c r="C249" s="5">
-        <v>8.5312179999988302E-2</v>
+        <v>8.9399159999999256E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>0.80091695797421814</v>
+        <v>0.83946225617490544</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>131.20184900999999</v>
+        <v>131.20295143000001</v>
       </c>
       <c r="C250" s="5">
-        <v>2.8262346500000035</v>
+        <v>2.8277027100000112</v>
       </c>
       <c r="D250" s="5">
-        <v>29.864081012419774</v>
+        <v>29.881614854079388</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>130.41305102999999</v>
+        <v>130.40996154999999</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.78879797999999823</v>
+        <v>-0.79298988000002169</v>
       </c>
       <c r="D251" s="5">
-        <v>-6.9806718494600295</v>
+        <v>-7.0164878253086371</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>128.42856700999999</v>
+        <v>128.42973047000001</v>
       </c>
       <c r="C252" s="5">
-        <v>-1.9844840199999965</v>
+        <v>-1.9802310799999816</v>
       </c>
       <c r="D252" s="5">
-        <v>-16.806963427600074</v>
+        <v>-16.774262738781566</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>127.26734761</v>
+        <v>127.27087457</v>
       </c>
       <c r="C253" s="5">
-        <v>-1.1612193999999931</v>
+        <v>-1.158855900000006</v>
       </c>
       <c r="D253" s="5">
-        <v>-10.326468144436596</v>
+        <v>-10.306393240651524</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>126.34873571</v>
+        <v>126.35984186</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.91861190000000192</v>
+        <v>-0.91103271000000063</v>
       </c>
       <c r="D254" s="5">
-        <v>-8.3258502987323073</v>
+        <v>-8.259618270507552</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>126.02862571999999</v>
+        <v>126.03072797</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.32010999000000595</v>
+        <v>-0.32911389000000213</v>
       </c>
       <c r="D255" s="5">
-        <v>-2.9982433208892934</v>
+        <v>-3.0811051868300354</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>126.05377792</v>
+        <v>126.05304067</v>
       </c>
       <c r="C256" s="5">
-        <v>2.5152200000007952E-2</v>
+        <v>2.2312700000000518E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>0.23975340743560558</v>
+        <v>0.21265708504205616</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>125.99710174000001</v>
+        <v>125.99421242</v>
       </c>
       <c r="C257" s="5">
-        <v>-5.6676179999996634E-2</v>
+        <v>-5.88282500000048E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>-0.53821062068892811</v>
+        <v>-0.55859802693100091</v>
       </c>
       <c r="E257" s="5">
-        <v>-0.93210068590642292</v>
+        <v>-0.93003605131856126</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>123.75031325</v>
+        <v>123.74805965</v>
       </c>
       <c r="C258" s="5">
-        <v>-2.2467884900000001</v>
+        <v>-2.2461527699999948</v>
       </c>
       <c r="D258" s="5">
-        <v>-19.419674146036805</v>
+        <v>-19.415109103199658</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>124.13371651999999</v>
+        <v>124.13072724</v>
       </c>
       <c r="C259" s="5">
-        <v>0.38340326999998808</v>
+        <v>0.38266758999999695</v>
       </c>
       <c r="D259" s="5">
-        <v>3.7818517063908708</v>
+        <v>3.7745410847903615</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>124.23211990999999</v>
+        <v>124.22943217</v>
       </c>
       <c r="C260" s="5">
-        <v>9.8403390000001423E-2</v>
+        <v>9.8704929999996693E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>0.95542352686579513</v>
+        <v>0.95838725128354341</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>125.75721329</v>
+        <v>125.75686075</v>
       </c>
       <c r="C261" s="5">
-        <v>1.5250933800000013</v>
+        <v>1.5274285800000058</v>
       </c>
       <c r="D261" s="5">
-        <v>15.767887197355313</v>
+        <v>15.794051448551304</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>125.46724479</v>
+        <v>125.46764893</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.28996850000000052</v>
+        <v>-0.28921182000000556</v>
       </c>
       <c r="D262" s="5">
-        <v>-2.7321149063475825</v>
+        <v>-2.7250828649339809</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>126.63700994</v>
+        <v>126.63245381</v>
       </c>
       <c r="C263" s="5">
-        <v>1.1697651500000035</v>
+        <v>1.1648048800000055</v>
       </c>
       <c r="D263" s="5">
-        <v>11.77982846067842</v>
+        <v>11.727260140600816</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>127.80053307999999</v>
+        <v>127.80039678</v>
       </c>
       <c r="C264" s="5">
-        <v>1.1635231399999952</v>
+        <v>1.1679429699999986</v>
       </c>
       <c r="D264" s="5">
-        <v>11.600004316662149</v>
+        <v>11.646768279824604</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>127.20352140999999</v>
+        <v>127.20778592000001</v>
       </c>
       <c r="C265" s="5">
-        <v>-0.59701167000000055</v>
+        <v>-0.59261085999999352</v>
       </c>
       <c r="D265" s="5">
-        <v>-5.4639122006949208</v>
+        <v>-5.4246628380622113</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>125.29416874</v>
+        <v>125.30311752999999</v>
       </c>
       <c r="C266" s="5">
-        <v>-1.9093526699999899</v>
+        <v>-1.9046683900000119</v>
       </c>
       <c r="D266" s="5">
-        <v>-16.597186784366258</v>
+        <v>-16.559251408121256</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>123.8230736</v>
+        <v>123.82391706999999</v>
       </c>
       <c r="C267" s="5">
-        <v>-1.4710951400000027</v>
+        <v>-1.4792004600000013</v>
       </c>
       <c r="D267" s="5">
-        <v>-13.214203995572005</v>
+        <v>-13.281462406925604</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>124.27179114</v>
+        <v>124.2708124</v>
       </c>
       <c r="C268" s="5">
-        <v>0.44871754000000408</v>
+        <v>0.44689533000000381</v>
       </c>
       <c r="D268" s="5">
-        <v>4.4363617172763714</v>
+        <v>4.4179561718495242</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>123.82850261999999</v>
+        <v>123.82680486</v>
       </c>
       <c r="C269" s="5">
-        <v>-0.44328852000001007</v>
+        <v>-0.4440075400000012</v>
       </c>
       <c r="D269" s="5">
-        <v>-4.1975179730650343</v>
+        <v>-4.2042256399118738</v>
       </c>
       <c r="E269" s="5">
-        <v>-1.721150002700067</v>
+        <v>-1.7202437464150955</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>124.04813744</v>
+        <v>124.04666007</v>
       </c>
       <c r="C270" s="5">
-        <v>0.21963482000001022</v>
+        <v>0.21985521000000574</v>
       </c>
       <c r="D270" s="5">
-        <v>2.1493289550137185</v>
+        <v>2.1515365657973184</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>123.83826234</v>
+        <v>123.83540797000001</v>
       </c>
       <c r="C271" s="5">
-        <v>-0.20987510000000498</v>
+        <v>-0.21125209999999583</v>
       </c>
       <c r="D271" s="5">
-        <v>-2.0114750187778196</v>
+        <v>-2.024572920898482</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>123.59765136999999</v>
+        <v>123.59548052</v>
       </c>
       <c r="C272" s="5">
-        <v>-0.24061097000000586</v>
+        <v>-0.23992745000001037</v>
       </c>
       <c r="D272" s="5">
-        <v>-2.3067797815839564</v>
+        <v>-2.3003488827295304</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>123.66609124</v>
+        <v>123.66523454</v>
       </c>
       <c r="C273" s="5">
-        <v>6.8439870000005953E-2</v>
+        <v>6.9754020000004857E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>0.66650480354792929</v>
+        <v>0.67935443430928721</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>123.70131490999999</v>
+        <v>123.70125741</v>
       </c>
       <c r="C274" s="5">
-        <v>3.522366999999349E-2</v>
+        <v>3.6022869999996487E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>0.34233056464467726</v>
+        <v>0.35011267909876853</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>123.66816747999999</v>
+        <v>123.66471239000001</v>
       </c>
       <c r="C275" s="5">
-        <v>-3.3147429999999645E-2</v>
+        <v>-3.6545019999991268E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>-0.3210826431729874</v>
+        <v>-0.3539401155284172</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>124.23924427999999</v>
+        <v>124.24050465000001</v>
       </c>
       <c r="C276" s="5">
-        <v>0.57107680000000016</v>
+        <v>0.57579226000000006</v>
       </c>
       <c r="D276" s="5">
-        <v>5.6843076943738469</v>
+        <v>5.7326165884742819</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>124.33543967999999</v>
+        <v>124.34297003</v>
       </c>
       <c r="C277" s="5">
-        <v>9.6195399999999154E-2</v>
+        <v>0.10246537999999816</v>
       </c>
       <c r="D277" s="5">
-        <v>0.933097517531567</v>
+        <v>0.99418250648886097</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>124.55215406000001</v>
+        <v>124.55924057999999</v>
       </c>
       <c r="C278" s="5">
-        <v>0.21671438000001331</v>
+        <v>0.21627054999999018</v>
       </c>
       <c r="D278" s="5">
-        <v>2.1117455362098969</v>
+        <v>2.1072503848415414</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>124.62899317</v>
+        <v>124.62964183</v>
       </c>
       <c r="C279" s="5">
-        <v>7.6839109999994548E-2</v>
+        <v>7.0401250000003301E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>0.74282490120805011</v>
+        <v>0.68035591398658557</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>124.74223202</v>
+        <v>124.74028926</v>
       </c>
       <c r="C280" s="5">
-        <v>0.11323885000000189</v>
+        <v>0.11064743000000021</v>
       </c>
       <c r="D280" s="5">
-        <v>1.095794400007688</v>
+        <v>1.0705894697203844</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>125.65030959000001</v>
+        <v>125.64691607</v>
       </c>
       <c r="C281" s="5">
-        <v>0.90807757000000322</v>
+        <v>0.90662681000000589</v>
       </c>
       <c r="D281" s="5">
-        <v>9.0939403273378119</v>
+        <v>9.0789731848415212</v>
       </c>
       <c r="E281" s="5">
-        <v>1.4712339497399141</v>
+        <v>1.4698846603187876</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>125.81448018</v>
+        <v>125.81044713999999</v>
       </c>
       <c r="C282" s="5">
-        <v>0.16417058999999767</v>
+        <v>0.16353106999999056</v>
       </c>
       <c r="D282" s="5">
-        <v>1.5791969955258001</v>
+        <v>1.5730439844210853</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>126.37358917</v>
+        <v>126.36831449</v>
       </c>
       <c r="C283" s="5">
-        <v>0.55910898999999858</v>
+        <v>0.55786735000000931</v>
       </c>
       <c r="D283" s="5">
-        <v>5.4649888221913301</v>
+        <v>5.4527340511387967</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>126.40135601</v>
+        <v>126.39745329</v>
       </c>
       <c r="C284" s="5">
-        <v>2.7766839999998183E-2</v>
+        <v>2.9138799999998355E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>0.26398319390916747</v>
+        <v>0.27705473238273104</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>126.39549881000001</v>
+        <v>126.39388962</v>
       </c>
       <c r="C285" s="5">
-        <v>-5.8571999999941227E-3</v>
+        <v>-3.5636700000054589E-3</v>
       </c>
       <c r="D285" s="5">
-        <v>-5.5591563113199793E-2</v>
+        <v>-3.3827745877301751E-2</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>126.28631758</v>
+        <v>126.28705622</v>
       </c>
       <c r="C286" s="5">
-        <v>-0.10918123000000435</v>
+        <v>-0.1068333999999993</v>
       </c>
       <c r="D286" s="5">
-        <v>-1.0316570648642442</v>
+        <v>-1.0095881690248887</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>126.35942193</v>
+        <v>126.35962326000001</v>
       </c>
       <c r="C287" s="5">
-        <v>7.3104349999994156E-2</v>
+        <v>7.2567040000009797E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>0.69686933111681171</v>
+        <v>0.69172715118328565</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>126.56310037</v>
+        <v>126.56922203000001</v>
       </c>
       <c r="C288" s="5">
-        <v>0.20367844000000446</v>
+        <v>0.20959876999999949</v>
       </c>
       <c r="D288" s="5">
-        <v>1.9515177173088372</v>
+        <v>2.0087578963820185</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>126.61545434</v>
+        <v>126.62972755</v>
       </c>
       <c r="C289" s="5">
-        <v>5.235396999999864E-2</v>
+        <v>6.050551999999243E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>0.49752175205994842</v>
+        <v>0.57516217060438191</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>126.99804442999999</v>
+        <v>127.00601919</v>
       </c>
       <c r="C290" s="5">
-        <v>0.38259008999999367</v>
+        <v>0.37629164000000515</v>
       </c>
       <c r="D290" s="5">
-        <v>3.6868760500069264</v>
+        <v>3.624769530434202</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>126.90947740999999</v>
+        <v>126.91125026</v>
       </c>
       <c r="C291" s="5">
-        <v>-8.8567019999999275E-2</v>
+        <v>-9.4768930000000751E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>-0.8336641507260989</v>
+        <v>-0.89174639753927254</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>127.05987455</v>
+        <v>127.05346953999999</v>
       </c>
       <c r="C292" s="5">
-        <v>0.1503971400000097</v>
+        <v>0.14221927999999195</v>
       </c>
       <c r="D292" s="5">
-        <v>1.4313947274886551</v>
+        <v>1.3530631961803152</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>127.07634</v>
+        <v>127.06873871000001</v>
       </c>
       <c r="C293" s="5">
-        <v>1.6465449999998327E-2</v>
+        <v>1.526917000001049E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>0.15561662366634366</v>
+        <v>0.14431026677070857</v>
       </c>
       <c r="E293" s="5">
-        <v>1.1349199334670601</v>
+        <v>1.1316017013962121</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>126.39439819</v>
+        <v>126.38453839</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.68194180999999787</v>
+        <v>-0.68420032000000219</v>
       </c>
       <c r="D294" s="5">
-        <v>-6.252964916205217</v>
+        <v>-6.2734288636652096</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>126.95367324999999</v>
+        <v>126.94352424</v>
       </c>
       <c r="C295" s="5">
-        <v>0.55927505999999028</v>
+        <v>0.55898584999999912</v>
       </c>
       <c r="D295" s="5">
-        <v>5.4409565660375581</v>
+        <v>5.4385087936751564</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>127.61624213</v>
+        <v>127.60877454</v>
       </c>
       <c r="C296" s="5">
-        <v>0.66256888000000913</v>
+        <v>0.66525029999999674</v>
       </c>
       <c r="D296" s="5">
-        <v>6.4457115550425881</v>
+        <v>6.4730862587846216</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>127.42002534</v>
+        <v>127.41657331</v>
       </c>
       <c r="C297" s="5">
-        <v>-0.19621679000000825</v>
+        <v>-0.19220122999999489</v>
       </c>
       <c r="D297" s="5">
-        <v>-1.8295409343717428</v>
+        <v>-1.792513176964472</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>127.70521243</v>
+        <v>127.70714725000001</v>
       </c>
       <c r="C298" s="5">
-        <v>0.28518709000000797</v>
+        <v>0.29057394000000158</v>
       </c>
       <c r="D298" s="5">
-        <v>2.7191083045059239</v>
+        <v>2.7711910498387171</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>128.03603501000001</v>
+        <v>128.04410129999999</v>
       </c>
       <c r="C299" s="5">
-        <v>0.33082258000000309</v>
+        <v>0.33695404999998857</v>
       </c>
       <c r="D299" s="5">
-        <v>3.1532967753622687</v>
+        <v>3.2125414481745107</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>128.20556859000001</v>
+        <v>128.22200223999999</v>
       </c>
       <c r="C300" s="5">
-        <v>0.16953358000000662</v>
+        <v>0.17790094000000067</v>
       </c>
       <c r="D300" s="5">
-        <v>1.6005527519155738</v>
+        <v>1.6800464127483927</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>128.31379118999999</v>
+        <v>128.33552005000001</v>
       </c>
       <c r="C301" s="5">
-        <v>0.10822259999997641</v>
+        <v>0.11351781000001893</v>
       </c>
       <c r="D301" s="5">
-        <v>1.0176762182555477</v>
+        <v>1.0675752213346712</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>128.19424276999999</v>
+        <v>128.21360294999999</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.11954842000000099</v>
+        <v>-0.12191710000001876</v>
       </c>
       <c r="D302" s="5">
-        <v>-1.1123142792052954</v>
+        <v>-1.1340471092258331</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>128.56168205</v>
+        <v>128.56370673000001</v>
       </c>
       <c r="C303" s="5">
-        <v>0.36743928000001347</v>
+        <v>0.35010378000001197</v>
       </c>
       <c r="D303" s="5">
-        <v>3.4942674223028547</v>
+        <v>3.3264172807697667</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>128.75634724</v>
+        <v>128.74321716</v>
       </c>
       <c r="C304" s="5">
-        <v>0.19466518999999494</v>
+        <v>0.17951042999999345</v>
       </c>
       <c r="D304" s="5">
-        <v>1.8322215223554483</v>
+        <v>1.6884586601691343</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>128.97203243000001</v>
+        <v>128.95025086999999</v>
       </c>
       <c r="C305" s="5">
-        <v>0.21568519000001629</v>
+        <v>0.20703370999999038</v>
       </c>
       <c r="D305" s="5">
-        <v>2.0287947062096245</v>
+        <v>1.9468958555301841</v>
       </c>
       <c r="E305" s="5">
-        <v>1.491774495551268</v>
+        <v>1.4807042071095289</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>129.07366594000001</v>
+        <v>129.05207788000001</v>
       </c>
       <c r="C306" s="5">
-        <v>0.10163350999999921</v>
+        <v>0.10182701000002226</v>
       </c>
       <c r="D306" s="5">
-        <v>0.94974231746283166</v>
+        <v>0.95171982141180056</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>129.34552554999999</v>
+        <v>129.32794559999999</v>
       </c>
       <c r="C307" s="5">
-        <v>0.2718596099999786</v>
+        <v>0.2758677199999795</v>
       </c>
       <c r="D307" s="5">
-        <v>2.5569689359807191</v>
+        <v>2.5955506242890669</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>129.19126446000001</v>
+        <v>129.17950402</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.15426108999997723</v>
+        <v>-0.14844157999999652</v>
       </c>
       <c r="D308" s="5">
-        <v>-1.4218031836380041</v>
+        <v>-1.3686885541606464</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>128.99019418</v>
+        <v>128.98675718999999</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.20107028000001037</v>
+        <v>-0.19274683000000437</v>
       </c>
       <c r="D309" s="5">
-        <v>-1.8517475113231763</v>
+        <v>-1.7758814113860377</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>129.34421202999999</v>
+        <v>129.35057523</v>
       </c>
       <c r="C310" s="5">
-        <v>0.35401784999999109</v>
+        <v>0.36381804000001239</v>
       </c>
       <c r="D310" s="5">
-        <v>3.3436115257593935</v>
+        <v>3.4377057435094782</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>129.44558387999999</v>
+        <v>129.46199444999999</v>
       </c>
       <c r="C311" s="5">
-        <v>0.10137184999999249</v>
+        <v>0.11141921999998772</v>
       </c>
       <c r="D311" s="5">
-        <v>0.94454906750431888</v>
+        <v>1.0385598354386794</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>129.67004546000001</v>
+        <v>129.70038994999999</v>
       </c>
       <c r="C312" s="5">
-        <v>0.2244615800000247</v>
+        <v>0.23839549999999576</v>
       </c>
       <c r="D312" s="5">
-        <v>2.1007874960372819</v>
+        <v>2.2322364784590043</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>129.35540584</v>
+        <v>129.38644773999999</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.31463962000000834</v>
+        <v>-0.31394220999999334</v>
       </c>
       <c r="D313" s="5">
-        <v>-2.8732096933467122</v>
+        <v>-2.8662638480011493</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>129.75939507999999</v>
+        <v>129.79232109</v>
       </c>
       <c r="C314" s="5">
-        <v>0.40398923999998715</v>
+        <v>0.40587335000000735</v>
       </c>
       <c r="D314" s="5">
-        <v>3.812763640612582</v>
+        <v>3.8299184573054479</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>130.06540405999999</v>
+        <v>130.06741651999999</v>
       </c>
       <c r="C315" s="5">
-        <v>0.30600898000000143</v>
+        <v>0.27509542999999326</v>
       </c>
       <c r="D315" s="5">
-        <v>2.8669318176307801</v>
+        <v>2.5732652521296862</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>130.74549623999999</v>
+        <v>130.72415860999999</v>
       </c>
       <c r="C316" s="5">
-        <v>0.6800921800000026</v>
+        <v>0.6567420899999945</v>
       </c>
       <c r="D316" s="5">
-        <v>6.4582492106232792</v>
+        <v>6.2302230836344119</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>131.22205654999999</v>
+        <v>131.18393101999999</v>
       </c>
       <c r="C317" s="5">
-        <v>0.47656030999999643</v>
+        <v>0.45977240999999935</v>
       </c>
       <c r="D317" s="5">
-        <v>4.4626948624931106</v>
+        <v>4.3031502932542542</v>
       </c>
       <c r="E317" s="5">
-        <v>1.7445829747787966</v>
+        <v>1.732203027857504</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>131.17091017000001</v>
+        <v>131.13608346999999</v>
       </c>
       <c r="C318" s="5">
-        <v>-5.1146379999977398E-2</v>
+        <v>-4.7847550000000183E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-0.46672225209540841</v>
+        <v>-0.43680668800342159</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>130.92156965999999</v>
+        <v>130.89672017000001</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.24934051000002455</v>
+        <v>-0.23936329999997952</v>
       </c>
       <c r="D319" s="5">
-        <v>-2.257361526015389</v>
+        <v>-2.1685093326969773</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>131.01627063999999</v>
+        <v>130.99952281</v>
       </c>
       <c r="C320" s="5">
-        <v>9.4700979999998935E-2</v>
+        <v>0.10280263999999306</v>
       </c>
       <c r="D320" s="5">
-        <v>0.87147118409445223</v>
+        <v>0.94652821176508528</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>131.64378260999999</v>
+        <v>131.64232165999999</v>
       </c>
       <c r="C321" s="5">
-        <v>0.62751197000000047</v>
+        <v>0.64279884999999126</v>
       </c>
       <c r="D321" s="5">
-        <v>5.9013348989632508</v>
+        <v>6.0497945741414538</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>131.99012689</v>
+        <v>132.00223337</v>
       </c>
       <c r="C322" s="5">
-        <v>0.34634428000001094</v>
+        <v>0.35991171000000577</v>
       </c>
       <c r="D322" s="5">
-        <v>3.2031906804133259</v>
+        <v>3.3306008129238451</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>132.21448330999999</v>
+        <v>132.23952403000001</v>
       </c>
       <c r="C323" s="5">
-        <v>0.22435641999999234</v>
+        <v>0.23729066000001353</v>
       </c>
       <c r="D323" s="5">
-        <v>2.0589342906871311</v>
+        <v>2.1786072690812341</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>132.60719305999999</v>
+        <v>132.65056222999999</v>
       </c>
       <c r="C324" s="5">
-        <v>0.39270974999999453</v>
+        <v>0.41103819999997881</v>
       </c>
       <c r="D324" s="5">
-        <v>3.6231051239626</v>
+        <v>3.7943734568232967</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>133.00210752999999</v>
+        <v>133.03900439</v>
       </c>
       <c r="C325" s="5">
-        <v>0.39491447000000335</v>
+        <v>0.38844216000001097</v>
       </c>
       <c r="D325" s="5">
-        <v>3.6328127643800556</v>
+        <v>3.5711248736888468</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>133.44389457</v>
+        <v>133.49056451999999</v>
       </c>
       <c r="C326" s="5">
-        <v>0.44178704000000835</v>
+        <v>0.45156012999999007</v>
       </c>
       <c r="D326" s="5">
-        <v>4.0596180191570186</v>
+        <v>4.1499347545186582</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>131.33786018999999</v>
+        <v>131.33875949</v>
       </c>
       <c r="C327" s="5">
-        <v>-2.1060343800000112</v>
+        <v>-2.1518050299999913</v>
       </c>
       <c r="D327" s="5">
-        <v>-17.378184278242394</v>
+        <v>-17.717385231085892</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>131.69966894000001</v>
+        <v>131.67203416000001</v>
       </c>
       <c r="C328" s="5">
-        <v>0.36180875000002288</v>
+        <v>0.33327467000000865</v>
       </c>
       <c r="D328" s="5">
-        <v>3.3563022727915559</v>
+        <v>3.0878824181362008</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>132.58733701</v>
+        <v>132.53239334</v>
       </c>
       <c r="C329" s="5">
-        <v>0.88766806999998948</v>
+        <v>0.86035917999998901</v>
       </c>
       <c r="D329" s="5">
-        <v>8.3947821076374431</v>
+        <v>8.1289411907113696</v>
       </c>
       <c r="E329" s="5">
-        <v>1.0404351950388691</v>
+        <v>1.0279172986472185</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>132.74969246000001</v>
+        <v>132.70088619000001</v>
       </c>
       <c r="C330" s="5">
-        <v>0.16235545000000684</v>
+        <v>0.16849285000000691</v>
       </c>
       <c r="D330" s="5">
-        <v>1.4793572389046439</v>
+        <v>1.5363128453333097</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>133.28833578999999</v>
+        <v>133.25628470000001</v>
       </c>
       <c r="C331" s="5">
-        <v>0.5386433299999851</v>
+        <v>0.5553985100000034</v>
       </c>
       <c r="D331" s="5">
-        <v>4.9792491667603356</v>
+        <v>5.1396506195569236</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>133.99234401999999</v>
+        <v>133.9769134</v>
       </c>
       <c r="C332" s="5">
-        <v>0.70400822999999946</v>
+        <v>0.7206286999999918</v>
       </c>
       <c r="D332" s="5">
-        <v>6.5256197019743167</v>
+        <v>6.685945581722974</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>133.69456868</v>
+        <v>133.69509898999999</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.29777533999998695</v>
+        <v>-0.28181441000000973</v>
       </c>
       <c r="D333" s="5">
-        <v>-2.6344416765574086</v>
+        <v>-2.4951479463192539</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>133.59323437</v>
+        <v>133.61128034999999</v>
       </c>
       <c r="C334" s="5">
-        <v>-0.1013343099999986</v>
+        <v>-8.3818640000004052E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>-0.90576249551256316</v>
+        <v>-0.74973778476903341</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>133.38910662000001</v>
+        <v>133.42104721000001</v>
       </c>
       <c r="C335" s="5">
-        <v>-0.20412774999999783</v>
+        <v>-0.19023313999997526</v>
       </c>
       <c r="D335" s="5">
-        <v>-1.8182446873054592</v>
+        <v>-1.6952207372370243</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>133.45763277</v>
+        <v>133.51318744</v>
       </c>
       <c r="C336" s="5">
-        <v>6.8526149999996733E-2</v>
+        <v>9.2140229999984058E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>0.61822233451738207</v>
+        <v>0.83187185606174996</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>133.59202221999999</v>
+        <v>133.61735386000001</v>
       </c>
       <c r="C337" s="5">
-        <v>0.13438944999998625</v>
+        <v>0.10416642000001275</v>
       </c>
       <c r="D337" s="5">
-        <v>1.2150935449676936</v>
+        <v>0.94026280928609651</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>133.96807537000001</v>
+        <v>134.02522483999999</v>
       </c>
       <c r="C338" s="5">
-        <v>0.37605315000001838</v>
+        <v>0.40787097999998423</v>
       </c>
       <c r="D338" s="5">
-        <v>3.4307160004327431</v>
+        <v>3.7251644603267353</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>134.34265550999999</v>
+        <v>134.3468518</v>
       </c>
       <c r="C339" s="5">
-        <v>0.37458013999997775</v>
+        <v>0.32162696000000324</v>
       </c>
       <c r="D339" s="5">
-        <v>3.4073300716365607</v>
+        <v>2.9180130873921684</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>134.77864477</v>
+        <v>134.74755517</v>
       </c>
       <c r="C340" s="5">
-        <v>0.4359892600000137</v>
+        <v>0.40070337000000222</v>
       </c>
       <c r="D340" s="5">
-        <v>3.9646936483773709</v>
+        <v>3.6384247701459094</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>134.31528166999999</v>
+        <v>134.24640085999999</v>
       </c>
       <c r="C341" s="5">
-        <v>-0.46336310000000935</v>
+        <v>-0.50115431000000399</v>
       </c>
       <c r="D341" s="5">
-        <v>-4.0484257451251064</v>
+        <v>-4.372878509595413</v>
       </c>
       <c r="E341" s="5">
-        <v>1.3032501436164079</v>
+        <v>1.293274403943534</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>135.00079514999999</v>
+        <v>134.94408511</v>
       </c>
       <c r="C342" s="5">
-        <v>0.68551347999999734</v>
+        <v>0.69768425000000889</v>
       </c>
       <c r="D342" s="5">
-        <v>6.2993947551225338</v>
+        <v>6.4178365611673449</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>135.37613102</v>
+        <v>135.33883122</v>
       </c>
       <c r="C343" s="5">
-        <v>0.37533587000001489</v>
+        <v>0.39474610999999982</v>
       </c>
       <c r="D343" s="5">
-        <v>3.3877915503299327</v>
+        <v>3.5673396096698617</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>135.72545054</v>
+        <v>135.71169393</v>
       </c>
       <c r="C344" s="5">
-        <v>0.34931951999999455</v>
+        <v>0.3728627099999926</v>
       </c>
       <c r="D344" s="5">
-        <v>3.1407600226936561</v>
+        <v>3.356595718818367</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>135.39704308</v>
+        <v>135.39725955</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.32840745999999399</v>
+        <v>-0.31443437999999446</v>
       </c>
       <c r="D345" s="5">
-        <v>-2.8652435162785928</v>
+        <v>-2.7451573294627218</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>135.40328564000001</v>
+        <v>135.42361392000001</v>
       </c>
       <c r="C346" s="5">
-        <v>6.2425600000040049E-3</v>
+        <v>2.6354370000007066E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>5.5340735018827303E-2</v>
+        <v>0.2338239516016305</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>134.99860204999999</v>
+        <v>135.03491901000001</v>
       </c>
       <c r="C347" s="5">
-        <v>-0.40468359000001897</v>
+        <v>-0.38869490999999812</v>
       </c>
       <c r="D347" s="5">
-        <v>-3.528102522119847</v>
+        <v>-3.3904033539994494</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>134.57641043999999</v>
+        <v>134.63664254</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.42219160999999872</v>
+        <v>-0.39827647000001321</v>
       </c>
       <c r="D348" s="5">
-        <v>-3.6889701413682197</v>
+        <v>-3.4824661192427775</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>134.61367688000001</v>
+        <v>134.61946803999999</v>
       </c>
       <c r="C349" s="5">
-        <v>3.7266440000024659E-2</v>
+        <v>-1.7174500000010084E-2</v>
       </c>
       <c r="D349" s="5">
-        <v>0.33280647589748469</v>
+        <v>-0.15296687740191661</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>134.74008547</v>
+        <v>134.80334977000001</v>
       </c>
       <c r="C350" s="5">
-        <v>0.12640858999998272</v>
+        <v>0.18388173000002439</v>
       </c>
       <c r="D350" s="5">
-        <v>1.1326947822900335</v>
+        <v>1.6514949743251517</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>134.6080608</v>
+        <v>134.61729314999999</v>
       </c>
       <c r="C351" s="5">
-        <v>-0.13202466999999274</v>
+        <v>-0.18605662000001644</v>
       </c>
       <c r="D351" s="5">
-        <v>-1.1695004029968592</v>
+        <v>-1.6437340689762436</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>134.71411311</v>
+        <v>134.68963342999999</v>
       </c>
       <c r="C352" s="5">
-        <v>0.10605230999999549</v>
+        <v>7.2340279999991708E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>0.9495395812886942</v>
+        <v>0.6467621110836097</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>134.45178118999999</v>
+        <v>134.38491031999999</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.26233192000000827</v>
+        <v>-0.30472310999999763</v>
       </c>
       <c r="D353" s="5">
-        <v>-2.3119219592937945</v>
+        <v>-2.681362825111977</v>
       </c>
       <c r="E353" s="5">
-        <v>0.10162620239695386</v>
+        <v>0.1031755481805785</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>134.61492903999999</v>
+        <v>134.56734632999999</v>
       </c>
       <c r="C354" s="5">
-        <v>0.16314785000000143</v>
+        <v>0.18243601000000353</v>
       </c>
       <c r="D354" s="5">
-        <v>1.465873563345399</v>
+        <v>1.6412947154482715</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>135.08426338999999</v>
+        <v>135.05404156</v>
       </c>
       <c r="C355" s="5">
-        <v>0.4693343499999969</v>
+        <v>0.48669523000000936</v>
       </c>
       <c r="D355" s="5">
-        <v>4.2649616770268794</v>
+        <v>4.4274718383411793</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>135.85800205999999</v>
+        <v>135.84530871999999</v>
       </c>
       <c r="C356" s="5">
-        <v>0.77373867000000018</v>
+        <v>0.79126715999998964</v>
       </c>
       <c r="D356" s="5">
-        <v>7.0941073187016368</v>
+        <v>7.2617105920919522</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>135.11056947</v>
+        <v>135.11126934000001</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.74743258999998829</v>
+        <v>-0.73403937999998448</v>
       </c>
       <c r="D357" s="5">
-        <v>-6.4057407773239312</v>
+        <v>-6.294917344858197</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>135.51469599999999</v>
+        <v>135.53197313999999</v>
       </c>
       <c r="C358" s="5">
-        <v>0.404126529999985</v>
+        <v>0.42070379999998408</v>
       </c>
       <c r="D358" s="5">
-        <v>3.6489360636798196</v>
+        <v>3.8011687085713675</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>134.95867118000001</v>
+        <v>134.98925234999999</v>
       </c>
       <c r="C359" s="5">
-        <v>-0.55602481999997622</v>
+        <v>-0.54272079000000417</v>
       </c>
       <c r="D359" s="5">
-        <v>-4.8140651339352303</v>
+        <v>-4.7008183869045599</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>134.78458409000001</v>
+        <v>134.84474671000001</v>
       </c>
       <c r="C360" s="5">
-        <v>-0.17408709000000044</v>
+        <v>-0.14450563999997712</v>
       </c>
       <c r="D360" s="5">
-        <v>-1.5369799109575366</v>
+        <v>-1.2770604045135414</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>134.78246339</v>
+        <v>134.76089372000001</v>
       </c>
       <c r="C361" s="5">
-        <v>-2.1207000000060816E-3</v>
+        <v>-8.3852989999996907E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>-1.8879160446949594E-2</v>
+        <v>-0.74367117308914432</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>135.40912746000001</v>
+        <v>135.47357597000001</v>
       </c>
       <c r="C362" s="5">
-        <v>0.6266640700000039</v>
+        <v>0.71268225000000029</v>
       </c>
       <c r="D362" s="5">
-        <v>5.7242468612376474</v>
+        <v>6.5340764529536521</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>135.81137595999999</v>
+        <v>135.82529964</v>
       </c>
       <c r="C363" s="5">
-        <v>0.40224849999998469</v>
+        <v>0.35172366999998417</v>
       </c>
       <c r="D363" s="5">
-        <v>3.623561693144528</v>
+        <v>3.1603782834487948</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>135.93572175</v>
+        <v>135.91864297000001</v>
       </c>
       <c r="C364" s="5">
-        <v>0.12434579000000667</v>
+        <v>9.3343330000010383E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>1.1042421354412024</v>
+        <v>0.82780120627083953</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>135.59338590999999</v>
+        <v>135.53559046000001</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.34233584000000405</v>
+        <v>-0.38305250999999885</v>
       </c>
       <c r="D365" s="5">
-        <v>-2.9805297806735354</v>
+        <v>-3.3299668628450019</v>
       </c>
       <c r="E365" s="5">
-        <v>0.84908114261925682</v>
+        <v>0.85625695419224712</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>136.11420046999999</v>
+        <v>136.08005477</v>
       </c>
       <c r="C366" s="5">
-        <v>0.52081455999999093</v>
+        <v>0.54446430999999507</v>
       </c>
       <c r="D366" s="5">
-        <v>4.707832543788748</v>
+        <v>4.9285036092450829</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>136.29810445000001</v>
+        <v>136.27648991999999</v>
       </c>
       <c r="C367" s="5">
-        <v>0.18390398000002506</v>
+        <v>0.19643514999998501</v>
       </c>
       <c r="D367" s="5">
-        <v>1.6334232853194575</v>
+        <v>1.7460509286600256</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>136.6929347</v>
+        <v>136.66979816</v>
       </c>
       <c r="C368" s="5">
-        <v>0.39483024999998406</v>
+        <v>0.3933082400000103</v>
       </c>
       <c r="D368" s="5">
-        <v>3.5320991353934073</v>
+        <v>3.5188335341847399</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>132.32620578999999</v>
+        <v>132.33066199999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-4.3667289100000062</v>
+        <v>-4.3391361600000096</v>
       </c>
       <c r="D369" s="5">
-        <v>-32.267436977976374</v>
+        <v>-32.102280938030638</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>128.93148185999999</v>
+        <v>128.94886890999999</v>
       </c>
       <c r="C370" s="5">
-        <v>-3.3947239299999978</v>
+        <v>-3.3817930900000022</v>
       </c>
       <c r="D370" s="5">
-        <v>-26.79219770058857</v>
+        <v>-26.703266095948464</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>130.78003923</v>
+        <v>130.80604418999999</v>
       </c>
       <c r="C371" s="5">
-        <v>1.8485573700000089</v>
+        <v>1.857175280000007</v>
       </c>
       <c r="D371" s="5">
-        <v>18.628726748825365</v>
+        <v>18.71983923951106</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>133.99915676000001</v>
+        <v>134.05558889</v>
       </c>
       <c r="C372" s="5">
-        <v>3.2191175300000054</v>
+        <v>3.2495447000000013</v>
       </c>
       <c r="D372" s="5">
-        <v>33.883551824400968</v>
+        <v>34.241054008624431</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>135.06238661</v>
+        <v>135.02901607000001</v>
       </c>
       <c r="C373" s="5">
-        <v>1.063229849999999</v>
+        <v>0.97342718000001582</v>
       </c>
       <c r="D373" s="5">
-        <v>9.9482320839470173</v>
+        <v>9.0702074195021751</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>133.7903546</v>
+        <v>133.85318422</v>
       </c>
       <c r="C374" s="5">
-        <v>-1.2720320100000038</v>
+        <v>-1.1758318500000087</v>
       </c>
       <c r="D374" s="5">
-        <v>-10.734298524221186</v>
+        <v>-9.9633665870051065</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>132.51312701000001</v>
+        <v>132.52797289</v>
       </c>
       <c r="C375" s="5">
-        <v>-1.2772275899999954</v>
+        <v>-1.3252113300000019</v>
       </c>
       <c r="D375" s="5">
-        <v>-10.87302390637076</v>
+        <v>-11.254533288704039</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>132.29307011</v>
+        <v>132.27927233</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.220056900000003</v>
+        <v>-0.24870056000000318</v>
       </c>
       <c r="D376" s="5">
-        <v>-1.9746700633905934</v>
+        <v>-2.2288093189133384</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>133.01492739</v>
+        <v>132.97234208</v>
       </c>
       <c r="C377" s="5">
-        <v>0.72185727999999472</v>
+        <v>0.69306975000000648</v>
       </c>
       <c r="D377" s="5">
-        <v>6.7479241178313609</v>
+        <v>6.4717155649091085</v>
       </c>
       <c r="E377" s="5">
-        <v>-1.9016108364691586</v>
+        <v>-1.8911994785284714</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>133.40001280000001</v>
+        <v>133.37491699</v>
       </c>
       <c r="C378" s="5">
-        <v>0.38508541000001628</v>
+        <v>0.40257490999999845</v>
       </c>
       <c r="D378" s="5">
-        <v>3.529919054787567</v>
+        <v>3.6941193315178866</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>133.41127743000001</v>
+        <v>133.38691771000001</v>
       </c>
       <c r="C379" s="5">
-        <v>1.1264629999999443E-2</v>
+        <v>1.2000720000003184E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>0.1013780695554134</v>
+        <v>0.10802625482966288</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>133.25548792000001</v>
+        <v>133.21545878000001</v>
       </c>
       <c r="C380" s="5">
-        <v>-0.15578951000000529</v>
+        <v>-0.17145893000000001</v>
       </c>
       <c r="D380" s="5">
-        <v>-1.3923215146334766</v>
+        <v>-1.5316517516096306</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>134.00001434999999</v>
+        <v>134.00877899</v>
       </c>
       <c r="C381" s="5">
-        <v>0.7445264299999792</v>
+        <v>0.79332020999999031</v>
       </c>
       <c r="D381" s="5">
-        <v>6.9145697929741345</v>
+        <v>7.3849711123980866</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>133.89205969</v>
+        <v>133.91698432000001</v>
       </c>
       <c r="C382" s="5">
-        <v>-0.1079546599999901</v>
+        <v>-9.1794669999984535E-2</v>
       </c>
       <c r="D382" s="5">
-        <v>-0.96248584833179551</v>
+        <v>-0.81889823415745022</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>134.68677234</v>
+        <v>134.71694112</v>
       </c>
       <c r="C383" s="5">
-        <v>0.79471265000000813</v>
+        <v>0.7999567999999897</v>
       </c>
       <c r="D383" s="5">
-        <v>7.3597463649910377</v>
+        <v>7.40849412511142</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>135.88015246000001</v>
+        <v>135.93246973999999</v>
       </c>
       <c r="C384" s="5">
-        <v>1.1933801200000005</v>
+        <v>1.2155286199999864</v>
       </c>
       <c r="D384" s="5">
-        <v>11.166250970098691</v>
+        <v>11.381210394407626</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>135.14643899999999</v>
+        <v>135.10204818</v>
       </c>
       <c r="C385" s="5">
-        <v>-0.73371346000001836</v>
+        <v>-0.83042155999999068</v>
       </c>
       <c r="D385" s="5">
-        <v>-6.2906389498858069</v>
+        <v>-7.0895195990250182</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>136.06801802000001</v>
+        <v>136.12228963000001</v>
       </c>
       <c r="C386" s="5">
-        <v>0.92157902000002423</v>
+        <v>1.0202414500000145</v>
       </c>
       <c r="D386" s="5">
-        <v>8.4969235327721613</v>
+        <v>9.4479795814798706</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>134.76158986999999</v>
+        <v>134.77639391</v>
       </c>
       <c r="C387" s="5">
-        <v>-1.3064281500000163</v>
+        <v>-1.3458957200000157</v>
       </c>
       <c r="D387" s="5">
-        <v>-10.932183515768322</v>
+        <v>-11.240460545541719</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>134.83195044000001</v>
+        <v>134.82514236</v>
       </c>
       <c r="C388" s="5">
-        <v>7.0360570000019607E-2</v>
+        <v>4.874845000000505E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>0.62833604544754174</v>
+        <v>0.43490296471930812</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>135.33650940000001</v>
+        <v>135.30737644999999</v>
       </c>
       <c r="C389" s="5">
-        <v>0.50455895999999711</v>
+        <v>0.48223408999999151</v>
       </c>
       <c r="D389" s="5">
-        <v>4.584144510664645</v>
+        <v>4.3775334607525584</v>
       </c>
       <c r="E389" s="5">
-        <v>1.745354491825668</v>
+        <v>1.7560301138376255</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>135.04959613</v>
+        <v>135.02291080000001</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.28691327000001365</v>
+        <v>-0.28446564999998714</v>
       </c>
       <c r="D390" s="5">
-        <v>-2.5145444568563713</v>
+        <v>-2.4938712375751293</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>135.22589836</v>
+        <v>135.18343508000001</v>
       </c>
       <c r="C391" s="5">
-        <v>0.17630223000000456</v>
+        <v>0.16052428000000418</v>
       </c>
       <c r="D391" s="5">
-        <v>1.5778524435213326</v>
+        <v>1.4360059120302804</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>135.23592724</v>
+        <v>135.17618281</v>
       </c>
       <c r="C392" s="5">
-        <v>1.0028879999993023E-2</v>
+        <v>-7.2522700000092755E-3</v>
       </c>
       <c r="D392" s="5">
-        <v>8.9032990820658853E-2</v>
+        <v>-6.435815609712181E-2</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>135.46076135000001</v>
+        <v>135.45040587</v>
       </c>
       <c r="C393" s="5">
-        <v>0.22483411000001752</v>
+        <v>0.27422305999999708</v>
       </c>
       <c r="D393" s="5">
-        <v>2.0133828410833221</v>
+        <v>2.4617071988306538</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>135.66815192999999</v>
+        <v>135.68732501</v>
       </c>
       <c r="C394" s="5">
-        <v>0.20739057999998067</v>
+        <v>0.2369191399999977</v>
       </c>
       <c r="D394" s="5">
-        <v>1.8527507552682287</v>
+        <v>2.1192555089092791</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>135.92368547000001</v>
+        <v>136.05455304</v>
       </c>
       <c r="C395" s="5">
-        <v>0.25553354000001605</v>
+        <v>0.36722803000000681</v>
       </c>
       <c r="D395" s="5">
-        <v>2.2837848625605783</v>
+        <v>3.2964962552232802</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>137.86117741000001</v>
+        <v>137.91558032</v>
       </c>
       <c r="C396" s="5">
-        <v>1.937491940000001</v>
+        <v>1.8610272800000018</v>
       </c>
       <c r="D396" s="5">
-        <v>18.511938058342547</v>
+        <v>17.707196210883104</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>137.43616069999999</v>
+        <v>137.32740358000001</v>
       </c>
       <c r="C397" s="5">
-        <v>-0.42501671000002261</v>
+        <v>-0.58817673999999442</v>
       </c>
       <c r="D397" s="5">
-        <v>-3.6374297139195266</v>
+        <v>-4.9993593470775366</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>136.65427353999999</v>
+        <v>136.72141242000001</v>
       </c>
       <c r="C398" s="5">
-        <v>-0.78188715999999658</v>
+        <v>-0.60599116000000208</v>
       </c>
       <c r="D398" s="5">
-        <v>-6.6172974691777631</v>
+        <v>-5.1686513254020072</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>137.07620513000001</v>
+        <v>137.11111933999999</v>
       </c>
       <c r="C399" s="5">
-        <v>0.42193159000001401</v>
+        <v>0.38970691999998053</v>
       </c>
       <c r="D399" s="5">
-        <v>3.7686722110461979</v>
+        <v>3.4745819682320933</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>136.83040750999999</v>
+        <v>136.8368322</v>
       </c>
       <c r="C400" s="5">
-        <v>-0.24579762000001892</v>
+        <v>-0.27428713999998422</v>
       </c>
       <c r="D400" s="5">
-        <v>-2.1306798263493021</v>
+        <v>-2.3743308549015962</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>136.95982248999999</v>
+        <v>136.92815482</v>
       </c>
       <c r="C401" s="5">
-        <v>0.12941498000000706</v>
+        <v>9.1322619999999688E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>1.14088951847926</v>
+        <v>0.80380618221433942</v>
       </c>
       <c r="E401" s="5">
-        <v>1.1994642814394885</v>
+        <v>1.1978492322618717</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>137.20829658</v>
+        <v>137.15380476000001</v>
       </c>
       <c r="C402" s="5">
-        <v>0.24847409000000198</v>
+        <v>0.22564994000001093</v>
       </c>
       <c r="D402" s="5">
-        <v>2.1989087477581881</v>
+        <v>1.9955554508578777</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>137.53819865</v>
+        <v>137.48901441000001</v>
       </c>
       <c r="C403" s="5">
-        <v>0.32990207000000282</v>
+        <v>0.33520964999999592</v>
       </c>
       <c r="D403" s="5">
-        <v>2.9237289908849551</v>
+        <v>2.9725973223036384</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>137.84508991999999</v>
+        <v>137.76958931999999</v>
       </c>
       <c r="C404" s="5">
-        <v>0.30689126999999417</v>
+        <v>0.28057490999998436</v>
       </c>
       <c r="D404" s="5">
-        <v>2.7106854988540041</v>
+        <v>2.4765228637920744</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>138.32949970999999</v>
+        <v>138.2163089</v>
       </c>
       <c r="C405" s="5">
-        <v>0.48440979000000084</v>
+        <v>0.446719580000007</v>
       </c>
       <c r="D405" s="5">
-        <v>4.2994606552449799</v>
+        <v>3.9611618472915611</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>138.4735427</v>
+        <v>138.46303657999999</v>
       </c>
       <c r="C406" s="5">
-        <v>0.14404299000000265</v>
+        <v>0.24672767999999223</v>
       </c>
       <c r="D406" s="5">
-        <v>1.2567455448182052</v>
+        <v>2.1632571410912238</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>138.49859638000001</v>
+        <v>138.81800709000001</v>
       </c>
       <c r="C407" s="5">
-        <v>2.5053680000013401E-2</v>
+        <v>0.35497051000001534</v>
       </c>
       <c r="D407" s="5">
-        <v>0.21732925012964976</v>
+        <v>3.120127753684554</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>138.95975038</v>
+        <v>139.02880218999999</v>
       </c>
       <c r="C408" s="5">
-        <v>0.4611539999999934</v>
+        <v>0.21079509999998436</v>
       </c>
       <c r="D408" s="5">
-        <v>4.0695888987752449</v>
+        <v>1.8374954692490508</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>139.25466752</v>
+        <v>139.10440588</v>
       </c>
       <c r="C409" s="5">
-        <v>0.29491713999999547</v>
+        <v>7.5603690000008328E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>2.576724043736478</v>
+        <v>0.65451378492633605</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>139.31083117</v>
+        <v>139.39187583</v>
       </c>
       <c r="C410" s="5">
-        <v>5.6163650000002008E-2</v>
+        <v>0.28746995000000197</v>
       </c>
       <c r="D410" s="5">
-        <v>0.4850543513031047</v>
+        <v>2.5082742216784526</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>138.91521118</v>
+        <v>138.97476244999999</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.39561999000000014</v>
+        <v>-0.41711338000001774</v>
       </c>
       <c r="D411" s="5">
-        <v>-3.3550776726760101</v>
+        <v>-3.5323422259979198</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>139.73246065000001</v>
+        <v>139.76063477</v>
       </c>
       <c r="C412" s="5">
-        <v>0.81724947000000725</v>
+        <v>0.78587232000000995</v>
       </c>
       <c r="D412" s="5">
-        <v>7.2926671550521238</v>
+        <v>7.0008158939045551</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>138.72398712</v>
+        <v>138.68262722</v>
       </c>
       <c r="C413" s="5">
-        <v>-1.0084735300000034</v>
+        <v>-1.0780075499999953</v>
       </c>
       <c r="D413" s="5">
-        <v>-8.3249686119389885</v>
+        <v>-8.8731515151613713</v>
       </c>
       <c r="E413" s="5">
-        <v>1.2880891621547041</v>
+        <v>1.2813087288778169</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>139.42646429999999</v>
+        <v>139.32201069999999</v>
       </c>
       <c r="C414" s="5">
-        <v>0.70247717999998827</v>
+        <v>0.63938347999999223</v>
       </c>
       <c r="D414" s="5">
-        <v>6.248747943826749</v>
+        <v>5.6749566521769879</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>139.54300788</v>
+        <v>139.49895665</v>
       </c>
       <c r="C415" s="5">
-        <v>0.11654358000001253</v>
+        <v>0.1769459500000039</v>
       </c>
       <c r="D415" s="5">
-        <v>1.0076784122597493</v>
+        <v>1.534751441758031</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>140.07622301000001</v>
+        <v>139.99066798000001</v>
       </c>
       <c r="C416" s="5">
-        <v>0.53321513000000209</v>
+        <v>0.49171133000001532</v>
       </c>
       <c r="D416" s="5">
-        <v>4.6829891847059324</v>
+        <v>4.3127792997001535</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>139.71110278</v>
+        <v>139.45698927000001</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.36512023000000227</v>
+        <v>-0.53367871000000378</v>
       </c>
       <c r="D417" s="5">
-        <v>-3.0834441303725812</v>
+        <v>-4.4799831856905286</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>139.74324285</v>
+        <v>139.63166748</v>
       </c>
       <c r="C418" s="5">
-        <v>3.2140069999996967E-2</v>
+        <v>0.17467820999999617</v>
       </c>
       <c r="D418" s="5">
-        <v>0.27640551961036763</v>
+        <v>1.5134698203761676</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>139.98446862</v>
+        <v>140.57790674</v>
       </c>
       <c r="C419" s="5">
-        <v>0.24122576999999978</v>
+        <v>0.94623925999999869</v>
       </c>
       <c r="D419" s="5">
-        <v>2.0912286733375751</v>
+        <v>8.4420637176290558</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>139.77214903000001</v>
+        <v>139.86523617</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.21231958999999279</v>
+        <v>-0.71267057000000023</v>
       </c>
       <c r="D420" s="5">
-        <v>-1.804977382461892</v>
+        <v>-5.9167027241513903</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>140.17064049000001</v>
+        <v>139.95380997999999</v>
       </c>
       <c r="C421" s="5">
-        <v>0.39849146000000246</v>
+        <v>8.8573809999985542E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>3.4753686465688771</v>
+        <v>0.76258807885298818</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>138.99197135</v>
+        <v>139.09819784999999</v>
       </c>
       <c r="C422" s="5">
-        <v>-1.1786691400000109</v>
+        <v>-0.85561212999999725</v>
       </c>
       <c r="D422" s="5">
-        <v>-9.6367416915475896</v>
+        <v>-7.0945202815844599</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>138.96537556999999</v>
+        <v>139.03783559999999</v>
       </c>
       <c r="C423" s="5">
-        <v>-2.6595780000008062E-2</v>
+        <v>-6.0362249999997175E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>-0.22937562111767784</v>
+        <v>-0.5195039731676343</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>138.84081588000001</v>
+        <v>138.86574296000001</v>
       </c>
       <c r="C424" s="5">
-        <v>-0.1245596899999839</v>
+        <v>-0.17209263999998825</v>
       </c>
       <c r="D424" s="5">
-        <v>-1.0703166313416279</v>
+        <v>-1.4752179677100519</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>139.12978251999999</v>
+        <v>139.05565687999999</v>
       </c>
       <c r="C425" s="5">
-        <v>0.28896663999998395</v>
+        <v>0.18991391999998086</v>
       </c>
       <c r="D425" s="5">
-        <v>2.5263249045178071</v>
+        <v>1.6535305350405816</v>
       </c>
       <c r="E425" s="5">
-        <v>0.29251999486503699</v>
+        <v>0.26898081430792864</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>139.54825025</v>
+        <v>139.36584594000001</v>
       </c>
       <c r="C426" s="5">
-        <v>0.41846773000000326</v>
+        <v>0.31018906000002744</v>
       </c>
       <c r="D426" s="5">
-        <v>3.6696111113038388</v>
+        <v>2.709906008546259</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>139.54204157000001</v>
+        <v>139.02240899</v>
       </c>
       <c r="C427" s="5">
-        <v>-6.2086799999860887E-3</v>
+        <v>-0.34343695000001162</v>
       </c>
       <c r="D427" s="5">
-        <v>-5.3376471041943763E-2</v>
+        <v>-2.9173877945904869</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>139.12978011999999</v>
+        <v>138.54872195999999</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.41226145000001679</v>
+        <v>-0.47368703000000778</v>
       </c>
       <c r="D428" s="5">
-        <v>-3.4882226401306338</v>
+        <v>-4.0129662028844493</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>139.02861229000001</v>
+        <v>138.56876869000001</v>
       </c>
       <c r="C429" s="5">
-        <v>-0.10116782999998009</v>
+        <v>2.0046730000018442E-2</v>
       </c>
       <c r="D429" s="5">
-        <v>-0.86909538003746567</v>
+        <v>0.17376724022255541</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>139.30930588000001</v>
+        <v>138.91662223</v>
       </c>
       <c r="C430" s="5">
-        <v>0.28069358999999849</v>
+        <v>0.34785353999998847</v>
       </c>
       <c r="D430" s="5">
-        <v>2.4498401740933762</v>
+        <v>3.0543394028945015</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>139.69414198999999</v>
+        <v>137.49829416</v>
       </c>
       <c r="C431" s="5">
-        <v>0.38483610999998064</v>
+        <v>-1.4183280700000012</v>
       </c>
       <c r="D431" s="5">
-        <v>3.3657820537520644</v>
+        <v>-11.586792902262477</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>140.01368456</v>
+        <v>137.90147887000001</v>
       </c>
       <c r="C432" s="5">
-        <v>0.31954257000001007</v>
+        <v>0.403184710000005</v>
       </c>
       <c r="D432" s="5">
-        <v>2.7797316940165517</v>
+        <v>3.5760538316949919</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>141.22970028</v>
+        <v>139.09623521</v>
       </c>
       <c r="C433" s="5">
-        <v>1.2160157200000015</v>
+        <v>1.1947563399999979</v>
       </c>
       <c r="D433" s="5">
-        <v>10.934501227359972</v>
+        <v>10.90660791371738</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>141.65766832</v>
+        <v>139.51676294000001</v>
       </c>
       <c r="C434" s="5">
-        <v>0.42796803999999611</v>
+        <v>0.42052773000000343</v>
       </c>
       <c r="D434" s="5">
-        <v>3.6975794965954822</v>
+        <v>3.6888812619432443</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>138.99655937</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.52020357000000672</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-4.3837059646920089</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>138.72332492999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.27323444000001018</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-2.3335793363002844</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">