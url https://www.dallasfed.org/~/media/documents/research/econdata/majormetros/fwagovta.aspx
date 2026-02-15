--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{295FE744-2A58-4CA5-A6DE-F01F7B9AD1D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B8DE9A42-7EE1-418A-8199-3D31B9E796E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{394A82D8-A639-45CF-A573-FB4730286E65}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{377BE345-F450-4C19-8F5B-E2C0C898BE90}"/>
   </bookViews>
   <sheets>
     <sheet name="fwagovta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Government Payroll Employment</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D8ECF549-571B-4ACA-B955-F99B3779C71F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{053BA1E5-59C5-47B7-96D5-CA5EDD81CC9D}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>137.49829416</v>
       </c>
       <c r="C431" s="5">
         <v>-1.4183280700000012</v>
       </c>
       <c r="D431" s="5">
         <v>-11.586792902262477</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>137.90147887000001</v>
       </c>
       <c r="C432" s="5">
         <v>0.403184710000005</v>
       </c>
       <c r="D432" s="5">
         <v>3.5760538316949919</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>139.09623521</v>
       </c>
       <c r="C433" s="5">
         <v>1.1947563399999979</v>
       </c>
       <c r="D433" s="5">
         <v>10.90660791371738</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>139.51676294000001</v>
       </c>
       <c r="C434" s="5">
         <v>0.42052773000000343</v>
       </c>
       <c r="D434" s="5">
         <v>3.6888812619432443</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>138.99655937</v>
       </c>
       <c r="C435" s="5">
         <v>-0.52020357000000672</v>
       </c>
       <c r="D435" s="5">
         <v>-4.3837059646920089</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>138.72332492999999</v>
+        <v>138.69139713000001</v>
       </c>
       <c r="C436" s="5">
-        <v>-0.27323444000001018</v>
+        <v>-0.30516223999998715</v>
       </c>
       <c r="D436" s="5">
-        <v>-2.3335793363002844</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-2.6029785630562574</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>138.68520634000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-6.1907900000051086E-3</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-5.3551442885346745E-2</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.2664045090374545</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>