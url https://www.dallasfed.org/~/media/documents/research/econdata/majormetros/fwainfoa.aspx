--- v0 (2025-10-10)
+++ v1 (2025-12-17)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{3233DAB5-E2E4-47BB-AB0F-54FFA06A6789}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B7561749-61C0-4B9D-B67A-351A2AA59AB9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{5F3869B2-7BDB-4B95-ADDA-0E3994655B99}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B1C7D2AE-531B-4886-A024-C60BC4125B96}"/>
   </bookViews>
   <sheets>
     <sheet name="fwainfoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Information Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A5EC030E-F893-4EB1-A64D-09AD16213270}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{586149C8-01FA-4210-BA4C-77EFE99E0EC2}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>6.0938887999999025E-2</v>
       </c>
       <c r="D431" s="5">
         <v>6.7752282598741775</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>11.140603428</v>
       </c>
       <c r="C432" s="5">
         <v>-4.4772614999999405E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-4.6989890657821221</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>11.125405848</v>
+        <v>11.123424017</v>
       </c>
       <c r="C433" s="5">
-        <v>-1.5197580000000599E-2</v>
+        <v>-1.7179411000000755E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>-1.6247670547285487</v>
+        <v>-1.834850736752025</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>11.034417244</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-8.9006772999999484E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-9.1905778110261576</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>