--- v1 (2025-12-17)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B7561749-61C0-4B9D-B67A-351A2AA59AB9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{30143CC1-29C2-4F62-B19E-1E91284B4374}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B1C7D2AE-531B-4886-A024-C60BC4125B96}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{EBD8BB8B-FA73-4751-A028-78F0D1BA7E07}"/>
   </bookViews>
   <sheets>
     <sheet name="fwainfoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Information Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{586149C8-01FA-4210-BA4C-77EFE99E0EC2}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C48BF0C9-C61C-4CFF-B3B9-1C57ED99CE91}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>10.256518074000001</v>
+        <v>10.254535353</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>9.8932620013000001</v>
+        <v>9.8944602190000008</v>
       </c>
       <c r="C7" s="5">
-        <v>-0.36325607270000049</v>
+        <v>-0.3600751339999988</v>
       </c>
       <c r="D7" s="5">
-        <v>-35.12539438873462</v>
+        <v>-34.880142595875043</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>9.6926368575000001</v>
+        <v>9.6927107917999997</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.20062514379999996</v>
+        <v>-0.20174942720000111</v>
       </c>
       <c r="D8" s="5">
-        <v>-21.795962482446797</v>
+        <v>-21.90238451137121</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>9.8931219922999993</v>
+        <v>9.8936099592000009</v>
       </c>
       <c r="C9" s="5">
-        <v>0.20048513479999919</v>
+        <v>0.20089916740000113</v>
       </c>
       <c r="D9" s="5">
-        <v>27.848922062579341</v>
+        <v>27.912905665025178</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>10.047984702000001</v>
+        <v>10.048054634</v>
       </c>
       <c r="C10" s="5">
-        <v>0.15486270970000149</v>
+        <v>0.15444467479999879</v>
       </c>
       <c r="D10" s="5">
-        <v>20.488947112529132</v>
+        <v>20.427711604964749</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>10.041865064</v>
+        <v>10.04115086</v>
       </c>
       <c r="C11" s="5">
-        <v>-6.1196380000012596E-3</v>
+        <v>-6.9037739999995296E-3</v>
       </c>
       <c r="D11" s="5">
-        <v>-0.72840641636384706</v>
+        <v>-0.82138226246000201</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>10.258621839</v>
+        <v>10.261457590999999</v>
       </c>
       <c r="C12" s="5">
-        <v>0.21675677500000035</v>
+        <v>0.22030673099999909</v>
       </c>
       <c r="D12" s="5">
-        <v>29.209865413414306</v>
+        <v>29.749816060323898</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>10.288441110000001</v>
+        <v>10.287234926</v>
       </c>
       <c r="C13" s="5">
-        <v>2.9819271000000924E-2</v>
+        <v>2.5777335000000789E-2</v>
       </c>
       <c r="D13" s="5">
-        <v>3.5444112075869949</v>
+        <v>3.0564641957607552</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>10.204169737000001</v>
+        <v>10.202869014999999</v>
       </c>
       <c r="C14" s="5">
-        <v>-8.4271372999999983E-2</v>
+        <v>-8.4365911000000793E-2</v>
       </c>
       <c r="D14" s="5">
-        <v>-9.3981269132962559</v>
+        <v>-9.4092529726546914</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>10.390827759</v>
+        <v>10.389508058000001</v>
       </c>
       <c r="C15" s="5">
-        <v>0.18665802199999959</v>
+        <v>0.18663904300000134</v>
       </c>
       <c r="D15" s="5">
-        <v>24.299580179311707</v>
+        <v>24.300271348555501</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>10.331748128999999</v>
+        <v>10.332649301</v>
       </c>
       <c r="C16" s="5">
-        <v>-5.907963000000116E-2</v>
+        <v>-5.6858757000000537E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>-6.6135272778079184</v>
+        <v>-6.3731395259872929</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>10.297697189999999</v>
+        <v>10.29852515</v>
       </c>
       <c r="C17" s="5">
-        <v>-3.4050939000000113E-2</v>
+        <v>-3.4124151000000325E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>-3.8840017366460589</v>
+        <v>-3.8918681947182621</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>10.761148513</v>
+        <v>10.759467731000001</v>
       </c>
       <c r="C18" s="5">
-        <v>0.46345132300000103</v>
+        <v>0.46094258100000118</v>
       </c>
       <c r="D18" s="5">
-        <v>69.598535198608616</v>
+        <v>69.117691440733779</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>10.400207243000001</v>
+        <v>10.401317562999999</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.36094126999999965</v>
+        <v>-0.35815016800000166</v>
       </c>
       <c r="D19" s="5">
-        <v>-33.595055043485068</v>
+        <v>-33.385185357253675</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>10.403957858</v>
+        <v>10.404036557</v>
       </c>
       <c r="C20" s="5">
-        <v>3.7506149999995131E-3</v>
+        <v>2.7189940000003077E-3</v>
       </c>
       <c r="D20" s="5">
-        <v>0.43361402930246484</v>
+        <v>0.31414173656496569</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>10.177831684999999</v>
+        <v>10.178198303</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.22612617300000082</v>
+        <v>-0.22583825399999924</v>
       </c>
       <c r="D21" s="5">
-        <v>-23.178963728596326</v>
+        <v>-23.152726762386898</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>10.142514888999999</v>
+        <v>10.142565991</v>
       </c>
       <c r="C22" s="5">
-        <v>-3.5316796000000039E-2</v>
+        <v>-3.563231200000061E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>-4.0854103568744193</v>
+        <v>-4.1210634653373717</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>10.229832677999999</v>
+        <v>10.229203248999999</v>
       </c>
       <c r="C23" s="5">
-        <v>8.731778900000009E-2</v>
+        <v>8.6637257999999662E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>10.834385305478978</v>
+        <v>10.745882991077927</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>10.366209853999999</v>
+        <v>10.368694006</v>
       </c>
       <c r="C24" s="5">
-        <v>0.13637717599999988</v>
+        <v>0.1394907570000008</v>
       </c>
       <c r="D24" s="5">
-        <v>17.224285326289746</v>
+        <v>17.648664568296233</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>10.382663685000001</v>
+        <v>10.38155733</v>
       </c>
       <c r="C25" s="5">
-        <v>1.6453831000001529E-2</v>
+        <v>1.2863323999999565E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>1.9214236700585863</v>
+        <v>1.4989109815403134</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>10.397868206</v>
+        <v>10.396665742</v>
       </c>
       <c r="C26" s="5">
-        <v>1.520452099999936E-2</v>
+        <v>1.5108412000000015E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>1.7715202188288037</v>
+        <v>1.7604216167959041</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>10.406108501</v>
+        <v>10.404877157</v>
       </c>
       <c r="C27" s="5">
-        <v>8.2402950000002306E-3</v>
+        <v>8.2114149999998887E-3</v>
       </c>
       <c r="D27" s="5">
-        <v>0.95515433027684171</v>
+        <v>0.95190278161922937</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>11.336915965999999</v>
+        <v>11.337902781</v>
       </c>
       <c r="C28" s="5">
-        <v>0.93080746499999911</v>
+        <v>0.93302562400000078</v>
       </c>
       <c r="D28" s="5">
-        <v>179.56251046979133</v>
+        <v>180.25234725038018</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>11.296584578999999</v>
+        <v>11.297258942999999</v>
       </c>
       <c r="C29" s="5">
-        <v>-4.0331387000000163E-2</v>
+        <v>-4.0643838000001153E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>-4.1864856960089902</v>
+        <v>-4.2179220675823803</v>
       </c>
       <c r="E29" s="5">
-        <v>9.7001045046266388</v>
+        <v>9.6978332183807794</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>11.165538388</v>
+        <v>11.164534289000001</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.13104619099999937</v>
+        <v>-0.13272465399999867</v>
       </c>
       <c r="D30" s="5">
-        <v>-13.065906682995966</v>
+        <v>-13.221858816527154</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>11.207192144</v>
+        <v>11.207979398000001</v>
       </c>
       <c r="C31" s="5">
-        <v>4.1653756000000541E-2</v>
+        <v>4.3445109000000315E-2</v>
       </c>
       <c r="D31" s="5">
-        <v>4.5696816169628285</v>
+        <v>4.7708687980710929</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>11.223029669000001</v>
+        <v>11.223076674</v>
       </c>
       <c r="C32" s="5">
-        <v>1.5837525000000241E-2</v>
+        <v>1.5097275999998772E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>1.7090312908912608</v>
+        <v>1.6284429127929156</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>11.254175453</v>
+        <v>11.254248630999999</v>
       </c>
       <c r="C33" s="5">
-        <v>3.1145783999999566E-2</v>
+        <v>3.117195699999975E-2</v>
       </c>
       <c r="D33" s="5">
-        <v>3.3815040665954532</v>
+        <v>3.3843748318437727</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>11.337459903999999</v>
+        <v>11.337510180000001</v>
       </c>
       <c r="C34" s="5">
-        <v>8.3284450999999038E-2</v>
+        <v>8.3261549000001267E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>9.2508919450994043</v>
+        <v>9.2481810924801557</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>11.203032547999999</v>
+        <v>11.202553922</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.13442735599999978</v>
+        <v>-0.13495625800000077</v>
       </c>
       <c r="D35" s="5">
-        <v>-13.336145118957287</v>
+        <v>-13.385174288076239</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>10.685879443999999</v>
+        <v>10.68763772</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.51715310400000014</v>
+        <v>-0.51491620200000021</v>
       </c>
       <c r="D36" s="5">
-        <v>-43.285243696472122</v>
+        <v>-43.144017004100007</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>10.971459104999999</v>
+        <v>10.970616741000001</v>
       </c>
       <c r="C37" s="5">
-        <v>0.28557966099999987</v>
+        <v>0.28297902100000094</v>
       </c>
       <c r="D37" s="5">
-        <v>37.23011299438059</v>
+        <v>36.833309171083805</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>11.078495404</v>
+        <v>11.077532940999999</v>
       </c>
       <c r="C38" s="5">
-        <v>0.10703629900000067</v>
+        <v>0.1069161999999988</v>
       </c>
       <c r="D38" s="5">
-        <v>12.356116158446518</v>
+        <v>12.342499745397717</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>11.135738529999999</v>
+        <v>11.134673147000001</v>
       </c>
       <c r="C39" s="5">
-        <v>5.7243125999999478E-2</v>
+        <v>5.714020600000147E-2</v>
       </c>
       <c r="D39" s="5">
-        <v>6.379738430978743</v>
+        <v>6.3685097540993496</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>11.037488597999999</v>
+        <v>11.038571165</v>
       </c>
       <c r="C40" s="5">
-        <v>-9.8249931999999873E-2</v>
+        <v>-9.6101982000000419E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>-10.088567944450588</v>
+        <v>-9.8792773111267671</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>11.089280303000001</v>
+        <v>11.08980217</v>
       </c>
       <c r="C41" s="5">
-        <v>5.1791705000001187E-2</v>
+        <v>5.1231004999999996E-2</v>
       </c>
       <c r="D41" s="5">
-        <v>5.7784306774185223</v>
+        <v>5.7136928711710278</v>
       </c>
       <c r="E41" s="5">
-        <v>-1.8351057751151645</v>
+        <v>-1.836346091089136</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>11.281047631</v>
+        <v>11.280815211</v>
       </c>
       <c r="C42" s="5">
-        <v>0.19176732799999918</v>
+        <v>0.19101304099999972</v>
       </c>
       <c r="D42" s="5">
-        <v>22.843691873980898</v>
+        <v>22.743989723152637</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>11.224222081000001</v>
+        <v>11.224636171</v>
       </c>
       <c r="C43" s="5">
-        <v>-5.6825549999999225E-2</v>
+        <v>-5.6179039999999958E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>-5.8800219892912171</v>
+        <v>-5.8150627134080812</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>11.257104686</v>
+        <v>11.257081919000001</v>
       </c>
       <c r="C44" s="5">
-        <v>3.2882604999999288E-2</v>
+        <v>3.2445748000000663E-2</v>
       </c>
       <c r="D44" s="5">
-        <v>3.5727353796679351</v>
+        <v>3.5243811295895267</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>11.322200162</v>
+        <v>11.321898568</v>
       </c>
       <c r="C45" s="5">
-        <v>6.5095475999999763E-2</v>
+        <v>6.481664899999906E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>7.1641398434219683</v>
+        <v>7.1324899900928829</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>11.218713572</v>
+        <v>11.218626044000001</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.10348658999999927</v>
+        <v>-0.10327252399999942</v>
       </c>
       <c r="D46" s="5">
-        <v>-10.433257328524181</v>
+        <v>-10.413010345651031</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>11.276485489000001</v>
+        <v>11.276094393999999</v>
       </c>
       <c r="C47" s="5">
-        <v>5.7771917000000172E-2</v>
+        <v>5.7468349999998836E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>6.357584055320431</v>
+        <v>6.3232816663002955</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>11.306846751</v>
+        <v>11.308034075</v>
       </c>
       <c r="C48" s="5">
-        <v>3.0361261999999556E-2</v>
+        <v>3.1939681000000775E-2</v>
       </c>
       <c r="D48" s="5">
-        <v>3.279205104655869</v>
+        <v>3.4524710967929861</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>11.351844654000001</v>
+        <v>11.351241569999999</v>
       </c>
       <c r="C49" s="5">
-        <v>4.4997903000000505E-2</v>
+        <v>4.3207494999998985E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>4.8815750352353193</v>
+        <v>4.6827425084723373</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>11.361959944000001</v>
+        <v>11.361309804999999</v>
       </c>
       <c r="C50" s="5">
-        <v>1.0115289999999888E-2</v>
+        <v>1.0068235000000314E-2</v>
       </c>
       <c r="D50" s="5">
-        <v>1.0745402249511926</v>
+        <v>1.069574296570952</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>11.267285889</v>
+        <v>11.266477245999999</v>
       </c>
       <c r="C51" s="5">
-        <v>-9.4674055000000479E-2</v>
+        <v>-9.4832559000000316E-2</v>
       </c>
       <c r="D51" s="5">
-        <v>-9.553300975585044</v>
+        <v>-9.5690909045760275</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>11.232761687</v>
+        <v>11.23399154</v>
       </c>
       <c r="C52" s="5">
-        <v>-3.4524202000000059E-2</v>
+        <v>-3.2485705999999226E-2</v>
       </c>
       <c r="D52" s="5">
-        <v>-3.6155945356807218</v>
+        <v>-3.4057259976845389</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>11.286216113</v>
+        <v>11.28653385</v>
       </c>
       <c r="C53" s="5">
-        <v>5.3454426000000055E-2</v>
+        <v>5.2542309999999759E-2</v>
       </c>
       <c r="D53" s="5">
-        <v>5.8624167234768043</v>
+        <v>5.7591499215690289</v>
       </c>
       <c r="E53" s="5">
-        <v>1.7759115525894043</v>
+        <v>1.773987281145506</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>11.091498510999999</v>
+        <v>11.091900897</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.19471760200000077</v>
+        <v>-0.19463295299999928</v>
       </c>
       <c r="D54" s="5">
-        <v>-18.847415012420367</v>
+        <v>-18.839501416392544</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>11.140867811</v>
+        <v>11.141109821000001</v>
       </c>
       <c r="C55" s="5">
-        <v>4.9369300000000393E-2</v>
+        <v>4.9208924000000209E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>5.4740329524647358</v>
+        <v>5.4556116687354717</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>11.193059964</v>
+        <v>11.192759560000001</v>
       </c>
       <c r="C56" s="5">
-        <v>5.2192153000000019E-2</v>
+        <v>5.1649739000000139E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>5.768832275741187</v>
+        <v>5.7072150117992715</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>11.497951005999999</v>
+        <v>11.497251798000001</v>
       </c>
       <c r="C57" s="5">
-        <v>0.3048910419999995</v>
+        <v>0.30449223799999992</v>
       </c>
       <c r="D57" s="5">
-        <v>38.057333247004379</v>
+        <v>38.001059401094416</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>11.405173473</v>
+        <v>11.404986931</v>
       </c>
       <c r="C58" s="5">
-        <v>-9.2777532999999579E-2</v>
+        <v>-9.2264867000000805E-2</v>
       </c>
       <c r="D58" s="5">
-        <v>-9.2644870667450299</v>
+        <v>-9.216067843016674</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>11.454708364</v>
+        <v>11.454452134</v>
       </c>
       <c r="C59" s="5">
-        <v>4.9534891000000414E-2</v>
+        <v>4.9465203000000457E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>5.3381520420789919</v>
+        <v>5.3305513176686192</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>11.426268930000001</v>
+        <v>11.426796519</v>
       </c>
       <c r="C60" s="5">
-        <v>-2.8439433999999153E-2</v>
+        <v>-2.7655615000000466E-2</v>
       </c>
       <c r="D60" s="5">
-        <v>-2.9389782738773129</v>
+        <v>-2.8591129471631671</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>11.424747489</v>
+        <v>11.424480366999999</v>
       </c>
       <c r="C61" s="5">
-        <v>-1.521441000001289E-3</v>
+        <v>-2.3161520000005709E-3</v>
       </c>
       <c r="D61" s="5">
-        <v>-0.15966653227318384</v>
+        <v>-0.24296275629612785</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>11.447146364</v>
+        <v>11.446884889</v>
       </c>
       <c r="C62" s="5">
-        <v>2.2398875000000373E-2</v>
+        <v>2.2404522000000426E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>2.3782045775808225</v>
+        <v>2.3788668519703737</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>11.497204081</v>
+        <v>11.496694256</v>
       </c>
       <c r="C63" s="5">
-        <v>5.0057716999999613E-2</v>
+        <v>4.9809366999999938E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>5.3755987053502263</v>
+        <v>5.3484125586253262</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>11.518883759</v>
+        <v>11.520144629000001</v>
       </c>
       <c r="C64" s="5">
-        <v>2.1679677999999925E-2</v>
+        <v>2.3450373000001079E-2</v>
       </c>
       <c r="D64" s="5">
-        <v>2.2863929428451168</v>
+        <v>2.4753464197370567</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>11.782657757999999</v>
+        <v>11.782903434</v>
       </c>
       <c r="C65" s="5">
-        <v>0.26377399899999965</v>
+        <v>0.26275880499999893</v>
       </c>
       <c r="D65" s="5">
-        <v>31.218301118309565</v>
+        <v>31.078856549434917</v>
       </c>
       <c r="E65" s="5">
-        <v>4.3986544297000885</v>
+        <v>4.3978921305410257</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>12.099832825</v>
+        <v>12.100484556</v>
       </c>
       <c r="C66" s="5">
-        <v>0.31717506700000087</v>
+        <v>0.31758112199999999</v>
       </c>
       <c r="D66" s="5">
-        <v>37.541349540190708</v>
+        <v>37.595844752904561</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>12.159986435</v>
+        <v>12.160298956</v>
       </c>
       <c r="C67" s="5">
-        <v>6.0153610000000413E-2</v>
+        <v>5.9814400000000489E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>6.1315838377143717</v>
+        <v>6.095724738977637</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>12.319288963</v>
+        <v>12.318443749</v>
       </c>
       <c r="C68" s="5">
-        <v>0.15930252799999955</v>
+        <v>0.15814479299999995</v>
       </c>
       <c r="D68" s="5">
-        <v>16.9043364094982</v>
+        <v>16.772105770182932</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>11.892740166999999</v>
+        <v>11.891853088</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.42654879600000051</v>
+        <v>-0.42659066100000054</v>
       </c>
       <c r="D69" s="5">
-        <v>-34.482780278262091</v>
+        <v>-34.48748272192104</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>11.885015424000001</v>
+        <v>11.884731971000001</v>
       </c>
       <c r="C70" s="5">
-        <v>-7.7247429999989237E-3</v>
+        <v>-7.1211169999987334E-3</v>
       </c>
       <c r="D70" s="5">
-        <v>-0.77666270836316276</v>
+        <v>-0.7162258167140112</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>11.940906013999999</v>
+        <v>11.940723041</v>
       </c>
       <c r="C71" s="5">
-        <v>5.5890589999998852E-2</v>
+        <v>5.5991069999999254E-2</v>
       </c>
       <c r="D71" s="5">
-        <v>5.7914000206110483</v>
+        <v>5.8022250268898068</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>11.838648493999999</v>
+        <v>11.838926726</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.10225752000000021</v>
+        <v>-0.10179631499999964</v>
       </c>
       <c r="D72" s="5">
-        <v>-9.805895572543621</v>
+        <v>-9.7638642867467258</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>11.909895215000001</v>
+        <v>11.909858969</v>
       </c>
       <c r="C73" s="5">
-        <v>7.1246721000001401E-2</v>
+        <v>7.0932242999999673E-2</v>
       </c>
       <c r="D73" s="5">
-        <v>7.4656759841448261</v>
+        <v>7.4314492068775495</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>11.945883723</v>
+        <v>11.945984212000001</v>
       </c>
       <c r="C74" s="5">
-        <v>3.5988507999999086E-2</v>
+        <v>3.6125243000000751E-2</v>
       </c>
       <c r="D74" s="5">
-        <v>3.686952890484152</v>
+        <v>3.7012071016351511</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>11.915009795</v>
+        <v>11.914708682000001</v>
       </c>
       <c r="C75" s="5">
-        <v>-3.0873928000000106E-2</v>
+        <v>-3.1275530000000273E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>-3.0576716176479835</v>
+        <v>-3.0968486109422488</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>12.000551420000001</v>
+        <v>12.001817168000001</v>
       </c>
       <c r="C76" s="5">
-        <v>8.5541625000001176E-2</v>
+        <v>8.7108485999999985E-2</v>
       </c>
       <c r="D76" s="5">
-        <v>8.9636346277170311</v>
+        <v>9.1347205144657337</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>12.188848370000001</v>
+        <v>12.188991391</v>
       </c>
       <c r="C77" s="5">
-        <v>0.1882969499999998</v>
+        <v>0.18717422299999953</v>
       </c>
       <c r="D77" s="5">
-        <v>20.54179864428216</v>
+        <v>20.40628718746904</v>
       </c>
       <c r="E77" s="5">
-        <v>3.4473598431068231</v>
+        <v>3.4464167450292349</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>11.887628014000001</v>
+        <v>11.888241058</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.30122035599999997</v>
+        <v>-0.30075033299999987</v>
       </c>
       <c r="D78" s="5">
-        <v>-25.938860840607646</v>
+        <v>-25.903449761937857</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>11.960935706000001</v>
+        <v>11.961349321</v>
       </c>
       <c r="C79" s="5">
-        <v>7.3307692000000202E-2</v>
+        <v>7.3108262999999951E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>7.6562852129161696</v>
+        <v>7.6343401691130408</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>12.125275643</v>
+        <v>12.123849796</v>
       </c>
       <c r="C80" s="5">
-        <v>0.16433993699999938</v>
+        <v>0.16250047499999987</v>
       </c>
       <c r="D80" s="5">
-        <v>17.792481522320514</v>
+        <v>17.577570232982541</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>12.513554198</v>
+        <v>12.512679514</v>
       </c>
       <c r="C81" s="5">
-        <v>0.38827855499999941</v>
+        <v>0.38882971800000021</v>
       </c>
       <c r="D81" s="5">
-        <v>45.971713247344212</v>
+        <v>46.055288746601477</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>12.67707749</v>
+        <v>12.676876801000001</v>
       </c>
       <c r="C82" s="5">
-        <v>0.16352329200000071</v>
+        <v>0.16419728700000036</v>
       </c>
       <c r="D82" s="5">
-        <v>16.858845859720461</v>
+        <v>16.93469369988685</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>12.737641372000001</v>
+        <v>12.737594496</v>
       </c>
       <c r="C83" s="5">
-        <v>6.0563882000000291E-2</v>
+        <v>6.0717694999999239E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>5.8859813361783697</v>
+        <v>5.9014217297595151</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>13.050934855</v>
+        <v>13.051019317</v>
       </c>
       <c r="C84" s="5">
-        <v>0.31329348299999893</v>
+        <v>0.31342482099999991</v>
       </c>
       <c r="D84" s="5">
-        <v>33.853969891460501</v>
+        <v>33.870277225331776</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>13.306088973</v>
+        <v>13.306295478999999</v>
       </c>
       <c r="C85" s="5">
-        <v>0.2551541180000001</v>
+        <v>0.25527616199999947</v>
       </c>
       <c r="D85" s="5">
-        <v>26.155333160070484</v>
+        <v>26.169031105879558</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>13.243638659</v>
+        <v>13.244022902999999</v>
       </c>
       <c r="C86" s="5">
-        <v>-6.2450313999999452E-2</v>
+        <v>-6.2272575999999802E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>-5.4889043873217247</v>
+        <v>-5.4735997063427693</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>14.030196480000001</v>
+        <v>14.030003574</v>
       </c>
       <c r="C87" s="5">
-        <v>0.7865578210000006</v>
+        <v>0.7859806710000008</v>
       </c>
       <c r="D87" s="5">
-        <v>99.83757952355576</v>
+        <v>99.735059189519077</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>14.281404061</v>
+        <v>14.282461869</v>
       </c>
       <c r="C88" s="5">
-        <v>0.25120758099999918</v>
+        <v>0.25245829500000028</v>
       </c>
       <c r="D88" s="5">
-        <v>23.733086158798432</v>
+        <v>23.863543231286609</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>14.188379468000001</v>
+        <v>14.188561012999999</v>
       </c>
       <c r="C89" s="5">
-        <v>-9.3024592999999101E-2</v>
+        <v>-9.3900856000001198E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>-7.5423903975281981</v>
+        <v>-7.610344962334592</v>
       </c>
       <c r="E89" s="5">
-        <v>16.404594078972856</v>
+        <v>16.404717649373545</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>14.06382208</v>
+        <v>14.064229087999999</v>
       </c>
       <c r="C90" s="5">
-        <v>-0.12455738800000127</v>
+        <v>-0.1243319249999999</v>
       </c>
       <c r="D90" s="5">
-        <v>-10.040543957223768</v>
+        <v>-10.023114168105741</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>14.262153120000001</v>
+        <v>14.262481451999999</v>
       </c>
       <c r="C91" s="5">
-        <v>0.19833104000000112</v>
+        <v>0.19825236400000001</v>
       </c>
       <c r="D91" s="5">
-        <v>18.298918597571557</v>
+        <v>18.290516774736744</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>15.115376359000001</v>
+        <v>15.113501925</v>
       </c>
       <c r="C92" s="5">
-        <v>0.85322323900000008</v>
+        <v>0.85102047300000017</v>
       </c>
       <c r="D92" s="5">
-        <v>100.81976057732666</v>
+        <v>100.46573763683382</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>15.340084101</v>
+        <v>15.339524844</v>
       </c>
       <c r="C93" s="5">
-        <v>0.22470774199999966</v>
+        <v>0.22602291900000004</v>
       </c>
       <c r="D93" s="5">
-        <v>19.372779211298251</v>
+        <v>19.498269939257096</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>15.569195985</v>
+        <v>15.569095568</v>
       </c>
       <c r="C94" s="5">
-        <v>0.22911188399999993</v>
+        <v>0.22957072400000023</v>
       </c>
       <c r="D94" s="5">
-        <v>19.470681089817642</v>
+        <v>19.513709969736361</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>15.840217261999999</v>
+        <v>15.840268105</v>
       </c>
       <c r="C95" s="5">
-        <v>0.27102127699999912</v>
+        <v>0.27117253699999999</v>
       </c>
       <c r="D95" s="5">
-        <v>23.009706206604321</v>
+        <v>23.023965550408001</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>16.068783414999999</v>
+        <v>16.068978823999998</v>
       </c>
       <c r="C96" s="5">
-        <v>0.22856615299999916</v>
+        <v>0.22871071899999862</v>
       </c>
       <c r="D96" s="5">
-        <v>18.757858366334325</v>
+        <v>18.770615032913106</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>16.317600192</v>
+        <v>16.317922431</v>
       </c>
       <c r="C97" s="5">
-        <v>0.24881677700000182</v>
+        <v>0.24894360700000107</v>
       </c>
       <c r="D97" s="5">
-        <v>20.248451020862991</v>
+        <v>20.259399470972728</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>16.548198567</v>
+        <v>16.548732136999998</v>
       </c>
       <c r="C98" s="5">
-        <v>0.23059837499999958</v>
+        <v>0.23080970599999873</v>
       </c>
       <c r="D98" s="5">
-        <v>18.340452599678802</v>
+        <v>18.358198072624042</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>16.841727757000001</v>
+        <v>16.841546608000002</v>
       </c>
       <c r="C99" s="5">
-        <v>0.29352919000000099</v>
+        <v>0.29281447100000335</v>
       </c>
       <c r="D99" s="5">
-        <v>23.489784193357032</v>
+        <v>23.426081546191789</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>16.965943966000001</v>
+        <v>16.966734055</v>
       </c>
       <c r="C100" s="5">
-        <v>0.12421620900000008</v>
+        <v>0.12518744699999829</v>
       </c>
       <c r="D100" s="5">
-        <v>9.2186052446075131</v>
+        <v>9.2937613269119534</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>17.181895050000001</v>
+        <v>17.182017762000001</v>
       </c>
       <c r="C101" s="5">
-        <v>0.21595108400000029</v>
+        <v>0.2152837070000011</v>
       </c>
       <c r="D101" s="5">
-        <v>16.390197150826992</v>
+        <v>16.335144408183311</v>
       </c>
       <c r="E101" s="5">
-        <v>21.098361435507673</v>
+        <v>21.097676827532432</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>17.632262648000001</v>
+        <v>17.632433837000001</v>
       </c>
       <c r="C102" s="5">
-        <v>0.4503675979999997</v>
+        <v>0.45041607499999969</v>
       </c>
       <c r="D102" s="5">
-        <v>36.409247597846139</v>
+        <v>36.413449436982638</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>17.751112904999999</v>
+        <v>17.751366970999999</v>
       </c>
       <c r="C103" s="5">
-        <v>0.11885025699999829</v>
+        <v>0.11893313399999883</v>
       </c>
       <c r="D103" s="5">
-        <v>8.3953067546999058</v>
+        <v>8.4012952505708061</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>18.089711113</v>
+        <v>18.087554321999999</v>
       </c>
       <c r="C104" s="5">
-        <v>0.33859820800000051</v>
+        <v>0.33618735099999952</v>
       </c>
       <c r="D104" s="5">
-        <v>25.450541620804891</v>
+        <v>25.249659828116577</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>17.967767120000001</v>
+        <v>17.967585291999999</v>
       </c>
       <c r="C105" s="5">
-        <v>-0.12194399299999858</v>
+        <v>-0.11996903000000003</v>
       </c>
       <c r="D105" s="5">
-        <v>-7.7960037486275784</v>
+        <v>-7.6751947396949571</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>18.07648017</v>
+        <v>18.076544421000001</v>
       </c>
       <c r="C106" s="5">
-        <v>0.10871304999999865</v>
+        <v>0.10895912900000226</v>
       </c>
       <c r="D106" s="5">
-        <v>7.5070904056822929</v>
+        <v>7.5247326308793605</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>18.148317340999998</v>
+        <v>18.148507539000001</v>
       </c>
       <c r="C107" s="5">
-        <v>7.1837170999998534E-2</v>
+        <v>7.1963117999999326E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>4.8745107130641951</v>
+        <v>4.8832270959187518</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>17.892174964999999</v>
+        <v>17.892467309000001</v>
       </c>
       <c r="C108" s="5">
-        <v>-0.25614237599999967</v>
+        <v>-0.25604022999999998</v>
       </c>
       <c r="D108" s="5">
-        <v>-15.681812881880685</v>
+        <v>-15.675884500245218</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>18.029940123999999</v>
+        <v>18.030317978999999</v>
       </c>
       <c r="C109" s="5">
-        <v>0.13776515900000064</v>
+        <v>0.13785066999999884</v>
       </c>
       <c r="D109" s="5">
-        <v>9.6411990804269099</v>
+        <v>9.6472748488908522</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>18.251019325000001</v>
+        <v>18.251561932000001</v>
       </c>
       <c r="C110" s="5">
-        <v>0.221079201000002</v>
+        <v>0.22124395300000188</v>
       </c>
       <c r="D110" s="5">
-        <v>15.74815729102481</v>
+        <v>15.760343326924797</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>19.053669656</v>
+        <v>19.053585420000001</v>
       </c>
       <c r="C111" s="5">
-        <v>0.80265033099999883</v>
+        <v>0.80202348799999967</v>
       </c>
       <c r="D111" s="5">
-        <v>67.609286270414913</v>
+        <v>67.540612481869317</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>19.15979754</v>
+        <v>19.160161142</v>
       </c>
       <c r="C112" s="5">
-        <v>0.10612788399999928</v>
+        <v>0.10657572199999876</v>
       </c>
       <c r="D112" s="5">
-        <v>6.8925435085331888</v>
+        <v>6.9225607830113445</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>19.166539215</v>
+        <v>19.166636375</v>
       </c>
       <c r="C113" s="5">
-        <v>6.7416750000006687E-3</v>
+        <v>6.4752329999997471E-3</v>
       </c>
       <c r="D113" s="5">
-        <v>0.42305690563777532</v>
+        <v>0.40629819153716884</v>
       </c>
       <c r="E113" s="5">
-        <v>11.550787379532967</v>
+        <v>11.550556171517922</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>19.200521273</v>
+        <v>19.200494470999999</v>
       </c>
       <c r="C114" s="5">
-        <v>3.3982057999999427E-2</v>
+        <v>3.3858095999999449E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>2.1484566069625011</v>
+        <v>2.1405320669300565</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>19.242452750000002</v>
+        <v>19.242558491</v>
       </c>
       <c r="C115" s="5">
-        <v>4.1931477000002104E-2</v>
+        <v>4.2064020000001534E-2</v>
       </c>
       <c r="D115" s="5">
-        <v>2.6523537884045822</v>
+        <v>2.6608427650333999</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>19.153111082999999</v>
+        <v>19.150898407</v>
       </c>
       <c r="C116" s="5">
-        <v>-8.93416670000029E-2</v>
+        <v>-9.1660084000000808E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>-5.4314383236487078</v>
+        <v>-5.5686834215623815</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>18.289960436000001</v>
+        <v>18.290178464</v>
       </c>
       <c r="C117" s="5">
-        <v>-0.86315064699999766</v>
+        <v>-0.86071994299999943</v>
       </c>
       <c r="D117" s="5">
-        <v>-42.498223434664681</v>
+        <v>-42.410210921248925</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>18.394056032999998</v>
+        <v>18.394296764</v>
       </c>
       <c r="C118" s="5">
-        <v>0.10409559699999704</v>
+        <v>0.10411829999999966</v>
       </c>
       <c r="D118" s="5">
-        <v>7.0475837834935495</v>
+        <v>7.0490826077693525</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>18.351452197</v>
+        <v>18.351748307000001</v>
       </c>
       <c r="C119" s="5">
-        <v>-4.2603835999997841E-2</v>
+        <v>-4.2548456999998763E-2</v>
       </c>
       <c r="D119" s="5">
-        <v>-2.7442740779645813</v>
+        <v>-2.7407167536882882</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>18.518461640999998</v>
+        <v>18.518809822000001</v>
       </c>
       <c r="C120" s="5">
-        <v>0.16700944399999784</v>
+        <v>0.16706151500000033</v>
       </c>
       <c r="D120" s="5">
-        <v>11.484280206912235</v>
+        <v>11.487847240144067</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>18.541634237</v>
+        <v>18.542007294000001</v>
       </c>
       <c r="C121" s="5">
-        <v>2.3172596000001988E-2</v>
+        <v>2.3197471999999664E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>1.5119664178202541</v>
+        <v>1.5135720727576629</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>18.560135504000002</v>
+        <v>18.560604094999999</v>
       </c>
       <c r="C122" s="5">
-        <v>1.850126700000132E-2</v>
+        <v>1.8596800999997498E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>1.2039806632975214</v>
+        <v>1.2102074451485922</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>18.461866822000001</v>
+        <v>18.461788787</v>
       </c>
       <c r="C123" s="5">
-        <v>-9.8268682000000496E-2</v>
+        <v>-9.8815307999998936E-2</v>
       </c>
       <c r="D123" s="5">
-        <v>-6.1717418128151351</v>
+        <v>-6.2049215208657582</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>18.450028422999999</v>
+        <v>18.450139307000001</v>
       </c>
       <c r="C124" s="5">
-        <v>-1.1838399000001942E-2</v>
+        <v>-1.1649479999999102E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>-0.76677423600380878</v>
+        <v>-0.75458354860207244</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>18.847825965999998</v>
+        <v>18.847803286000001</v>
       </c>
       <c r="C125" s="5">
-        <v>0.39779754299999937</v>
+        <v>0.39766397900000072</v>
       </c>
       <c r="D125" s="5">
-        <v>29.172683392908283</v>
+        <v>29.161502790430305</v>
       </c>
       <c r="E125" s="5">
-        <v>-1.6628627913722327</v>
+        <v>-1.6634796151079878</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>18.685023827999999</v>
+        <v>18.684917821999999</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.16280213799999999</v>
+        <v>-0.16288546400000214</v>
       </c>
       <c r="D126" s="5">
-        <v>-9.8867369258926026</v>
+        <v>-9.891570479443434</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>18.627579621999999</v>
+        <v>18.627517487999999</v>
       </c>
       <c r="C127" s="5">
-        <v>-5.7444205999999554E-2</v>
+        <v>-5.7400334000000441E-2</v>
       </c>
       <c r="D127" s="5">
-        <v>-3.6274681003850895</v>
+        <v>-3.6247645441346843</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>18.717676004000001</v>
+        <v>18.715766979000001</v>
       </c>
       <c r="C128" s="5">
-        <v>9.0096382000002251E-2</v>
+        <v>8.8249491000002678E-2</v>
       </c>
       <c r="D128" s="5">
-        <v>5.9609797358444183</v>
+        <v>5.8356045212895502</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>19.510102229000001</v>
+        <v>19.510486960000001</v>
       </c>
       <c r="C129" s="5">
-        <v>0.79242622499999982</v>
+        <v>0.79471998100000008</v>
       </c>
       <c r="D129" s="5">
-        <v>64.471795612858742</v>
+        <v>64.712195502350681</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>19.614635764999999</v>
+        <v>19.61498838</v>
       </c>
       <c r="C130" s="5">
-        <v>0.10453353599999815</v>
+        <v>0.10450141999999829</v>
       </c>
       <c r="D130" s="5">
-        <v>6.6223952037931522</v>
+        <v>6.6201658695575816</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>19.761261964999999</v>
+        <v>19.761611162000001</v>
       </c>
       <c r="C131" s="5">
-        <v>0.14662620000000004</v>
+        <v>0.14662278200000145</v>
       </c>
       <c r="D131" s="5">
-        <v>9.3485756549462238</v>
+        <v>9.3481736718497466</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>19.737914294999999</v>
+        <v>19.738258372000001</v>
       </c>
       <c r="C132" s="5">
-        <v>-2.3347669999999709E-2</v>
+        <v>-2.3352790000000567E-2</v>
       </c>
       <c r="D132" s="5">
-        <v>-1.4086073244824471</v>
+        <v>-1.4088894838440003</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>19.544403668000001</v>
+        <v>19.544721539000001</v>
       </c>
       <c r="C133" s="5">
-        <v>-0.19351062699999844</v>
+        <v>-0.19353683299999958</v>
       </c>
       <c r="D133" s="5">
-        <v>-11.150706104746355</v>
+        <v>-11.151951648781122</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>19.962580275000001</v>
+        <v>19.962901110000001</v>
       </c>
       <c r="C134" s="5">
-        <v>0.41817660699999948</v>
+        <v>0.41817957099999958</v>
       </c>
       <c r="D134" s="5">
-        <v>28.923183098485939</v>
+        <v>28.922885721578417</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>20.264895387999999</v>
+        <v>20.264881654</v>
       </c>
       <c r="C135" s="5">
-        <v>0.3023151129999988</v>
+        <v>0.30198054399999918</v>
       </c>
       <c r="D135" s="5">
-        <v>19.765653092178638</v>
+        <v>19.741583455743637</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>20.247622392</v>
+        <v>20.247534940000001</v>
       </c>
       <c r="C136" s="5">
-        <v>-1.7272995999999097E-2</v>
+        <v>-1.7346713999998542E-2</v>
       </c>
       <c r="D136" s="5">
-        <v>-1.018051154513111</v>
+        <v>-1.0223762660734659</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>20.322129760999999</v>
+        <v>20.322088689000001</v>
       </c>
       <c r="C137" s="5">
-        <v>7.4507368999999102E-2</v>
+        <v>7.4553748999999669E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>4.5062458436165853</v>
+        <v>4.5091278525251299</v>
       </c>
       <c r="E137" s="5">
-        <v>7.8221424458159161</v>
+        <v>7.8220542767182266</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>20.38595033</v>
+        <v>20.385780840999999</v>
       </c>
       <c r="C138" s="5">
-        <v>6.382056900000066E-2</v>
+        <v>6.3692151999998003E-2</v>
       </c>
       <c r="D138" s="5">
-        <v>3.8343143704341554</v>
+        <v>3.8264735209438072</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>20.525704167000001</v>
+        <v>20.525493953000002</v>
       </c>
       <c r="C139" s="5">
-        <v>0.13975383700000066</v>
+        <v>0.13971311200000258</v>
       </c>
       <c r="D139" s="5">
-        <v>8.5438550182980411</v>
+        <v>8.5413444179756262</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>20.688669897</v>
+        <v>20.687270072</v>
       </c>
       <c r="C140" s="5">
-        <v>0.16296572999999981</v>
+        <v>0.16177611899999889</v>
       </c>
       <c r="D140" s="5">
-        <v>9.9547662317327266</v>
+        <v>9.8790262380873184</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>20.616561532999999</v>
+        <v>20.616988078999999</v>
       </c>
       <c r="C141" s="5">
-        <v>-7.2108364000001757E-2</v>
+        <v>-7.0281993000001819E-2</v>
       </c>
       <c r="D141" s="5">
-        <v>-4.1032314710516271</v>
+        <v>-4.0015043600251872</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>20.532638586000001</v>
+        <v>20.532991276000001</v>
       </c>
       <c r="C142" s="5">
-        <v>-8.3922946999997805E-2</v>
+        <v>-8.399680299999801E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>-4.7768950008571176</v>
+        <v>-4.7809084265231121</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>20.470237464</v>
+        <v>20.470553500000001</v>
       </c>
       <c r="C143" s="5">
-        <v>-6.2401122000000697E-2</v>
+        <v>-6.2437775999999445E-2</v>
       </c>
       <c r="D143" s="5">
-        <v>-3.5865963585122285</v>
+        <v>-3.5886073774050176</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>20.455980345</v>
+        <v>20.456268544</v>
       </c>
       <c r="C144" s="5">
-        <v>-1.4257118999999818E-2</v>
+        <v>-1.4284956000000903E-2</v>
       </c>
       <c r="D144" s="5">
-        <v>-0.8325823301606472</v>
+        <v>-0.834188882015241</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>20.444323249</v>
+        <v>20.444565704999999</v>
       </c>
       <c r="C145" s="5">
-        <v>-1.1657096000000422E-2</v>
+        <v>-1.1702839000001575E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>-0.68169575471621613</v>
+        <v>-0.68435273862282875</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>20.370986249000001</v>
+        <v>20.371169867999999</v>
       </c>
       <c r="C146" s="5">
-        <v>-7.3336999999998653E-2</v>
+        <v>-7.3395836999999631E-2</v>
       </c>
       <c r="D146" s="5">
-        <v>-4.2206691022415699</v>
+        <v>-4.2239395853177708</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>20.249472239999999</v>
+        <v>20.249448913999998</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.12151400900000198</v>
+        <v>-0.1217209540000006</v>
       </c>
       <c r="D147" s="5">
-        <v>-6.9278305134540812</v>
+        <v>-6.9391834816991294</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>20.240370927000001</v>
+        <v>20.240277429999999</v>
       </c>
       <c r="C148" s="5">
-        <v>-9.101312999998612E-3</v>
+        <v>-9.1714839999994524E-3</v>
       </c>
       <c r="D148" s="5">
-        <v>-0.5380198288782112</v>
+        <v>-0.54215824965621051</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>20.391139143</v>
+        <v>20.391079096999999</v>
       </c>
       <c r="C149" s="5">
-        <v>0.15076821599999946</v>
+        <v>0.15080166699999964</v>
       </c>
       <c r="D149" s="5">
-        <v>9.3141171877263886</v>
+        <v>9.3163139359027536</v>
       </c>
       <c r="E149" s="5">
-        <v>0.33957750891069338</v>
+        <v>0.33948482882737441</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>20.018082639999999</v>
+        <v>20.017895129999999</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.37305650300000082</v>
+        <v>-0.37318396699999923</v>
       </c>
       <c r="D150" s="5">
-        <v>-19.874292768737988</v>
+        <v>-19.880467684510172</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>19.822281773</v>
+        <v>19.822130573999999</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.1958008669999991</v>
+        <v>-0.19576455600000031</v>
       </c>
       <c r="D151" s="5">
-        <v>-11.126146695900074</v>
+        <v>-11.124291719512936</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>19.472385152000001</v>
+        <v>19.471449564</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.34989662099999919</v>
+        <v>-0.35068100999999885</v>
       </c>
       <c r="D152" s="5">
-        <v>-19.241904460428437</v>
+        <v>-19.281066168311956</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>19.517108030999999</v>
+        <v>19.517409301000001</v>
       </c>
       <c r="C153" s="5">
-        <v>4.4722878999998272E-2</v>
+        <v>4.5959737000000445E-2</v>
       </c>
       <c r="D153" s="5">
-        <v>2.7911629978893293</v>
+        <v>2.8695001475244286</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>19.337467400000001</v>
+        <v>19.337737376</v>
       </c>
       <c r="C154" s="5">
-        <v>-0.17964063099999805</v>
+        <v>-0.17967192500000095</v>
       </c>
       <c r="D154" s="5">
-        <v>-10.502780628341778</v>
+        <v>-10.504364595562022</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>19.383532666000001</v>
+        <v>19.383776549</v>
       </c>
       <c r="C155" s="5">
-        <v>4.6065265999999383E-2</v>
+        <v>4.6039173000000488E-2</v>
       </c>
       <c r="D155" s="5">
-        <v>2.896364606845081</v>
+        <v>2.8946615170678536</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>19.266173517999999</v>
+        <v>19.266382054000001</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.11735914800000202</v>
+        <v>-0.11739449499999921</v>
       </c>
       <c r="D156" s="5">
-        <v>-7.0283705196167894</v>
+        <v>-7.0303318319829611</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>19.253383638999999</v>
+        <v>19.253549508999999</v>
       </c>
       <c r="C157" s="5">
-        <v>-1.2789878999999615E-2</v>
+        <v>-1.2832545000001971E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>-0.79371966464665267</v>
+        <v>-0.79634916884345763</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>19.072128759000002</v>
+        <v>19.072205790999998</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.18125487999999734</v>
+        <v>-0.18134371800000082</v>
       </c>
       <c r="D158" s="5">
-        <v>-10.730055286129492</v>
+        <v>-10.73495724699124</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>19.019909778999999</v>
+        <v>19.019915350000002</v>
       </c>
       <c r="C159" s="5">
-        <v>-5.2218980000002801E-2</v>
+        <v>-5.229044099999669E-2</v>
       </c>
       <c r="D159" s="5">
-        <v>-3.236539901325397</v>
+        <v>-3.2408895971614116</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>18.343135327999999</v>
+        <v>18.343072851999999</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.676774451</v>
+        <v>-0.67684249800000273</v>
       </c>
       <c r="D160" s="5">
-        <v>-35.258700701026022</v>
+        <v>-35.261574273174347</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>18.172355181</v>
+        <v>18.172310928000002</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.17078014699999855</v>
+        <v>-0.17076192399999712</v>
       </c>
       <c r="D161" s="5">
-        <v>-10.61765233513745</v>
+        <v>-10.616611080623972</v>
       </c>
       <c r="E161" s="5">
-        <v>-10.881118246705102</v>
+        <v>-10.881072838006055</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>18.143904297999999</v>
+        <v>18.143735864</v>
       </c>
       <c r="C162" s="5">
-        <v>-2.8450883000001426E-2</v>
+        <v>-2.857506400000176E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>-1.8626426644714256</v>
+        <v>-1.8707069694873679</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>18.120377304000002</v>
+        <v>18.120317790000001</v>
       </c>
       <c r="C163" s="5">
-        <v>-2.3526993999997359E-2</v>
+        <v>-2.3418073999998512E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>-1.54497690613834</v>
+        <v>-1.5378891925468374</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>18.159870504000001</v>
+        <v>18.159289895000001</v>
       </c>
       <c r="C164" s="5">
-        <v>3.9493199999999007E-2</v>
+        <v>3.8972104999999146E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>2.6469693318746934</v>
+        <v>2.6116382999726184</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>18.119810455</v>
+        <v>18.119979828999998</v>
       </c>
       <c r="C165" s="5">
-        <v>-4.006004900000093E-2</v>
+        <v>-3.9310066000002308E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>-2.6152762020689613</v>
+        <v>-2.5669769809263721</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>18.236885983000001</v>
+        <v>18.237055008999999</v>
       </c>
       <c r="C166" s="5">
-        <v>0.11707552800000087</v>
+        <v>0.1170751800000005</v>
       </c>
       <c r="D166" s="5">
-        <v>8.0349786649564834</v>
+        <v>8.0348761319662731</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>18.184857695000002</v>
+        <v>18.185014704</v>
       </c>
       <c r="C167" s="5">
-        <v>-5.2028287999998923E-2</v>
+        <v>-5.2040304999998455E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>-3.3702875171106594</v>
+        <v>-3.3710230226047799</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>18.278582208</v>
+        <v>18.278711971</v>
       </c>
       <c r="C168" s="5">
-        <v>9.3724512999997955E-2</v>
+        <v>9.3697266999999584E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>6.3631507434164236</v>
+        <v>6.3611917353172842</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>18.178143844000001</v>
+        <v>18.178243080000001</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.10043836399999861</v>
+        <v>-0.10046889099999845</v>
       </c>
       <c r="D169" s="5">
-        <v>-6.3981672846351483</v>
+        <v>-6.4000094510799794</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>18.171740919000001</v>
+        <v>18.171787143</v>
       </c>
       <c r="C170" s="5">
-        <v>-6.4029249999997262E-3</v>
+        <v>-6.4559370000019101E-3</v>
       </c>
       <c r="D170" s="5">
-        <v>-0.42186058415607519</v>
+        <v>-0.42534417483812703</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>18.081397189</v>
+        <v>18.081406587</v>
       </c>
       <c r="C171" s="5">
-        <v>-9.0343730000000733E-2</v>
+        <v>-9.0380555999999501E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>-5.8055314239493727</v>
+        <v>-5.8078191530362977</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>18.041403191000001</v>
+        <v>18.041369948</v>
       </c>
       <c r="C172" s="5">
-        <v>-3.999399799999992E-2</v>
+        <v>-4.0036639000000207E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>-2.6222105542124119</v>
+        <v>-2.6249710086890143</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>18.156552727000001</v>
+        <v>18.15652519</v>
       </c>
       <c r="C173" s="5">
-        <v>0.11514953600000055</v>
+        <v>0.11515524200000016</v>
       </c>
       <c r="D173" s="5">
-        <v>7.9336825808397959</v>
+        <v>7.9341047574336576</v>
       </c>
       <c r="E173" s="5">
-        <v>-8.6958755992849746E-2</v>
+        <v>-8.6866981654376563E-2</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>18.272779746000001</v>
+        <v>18.272648536999998</v>
       </c>
       <c r="C174" s="5">
-        <v>0.1162270190000001</v>
+        <v>0.11612334699999849</v>
       </c>
       <c r="D174" s="5">
-        <v>7.9579652791969657</v>
+        <v>7.9506279017773407</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>17.921736775999999</v>
+        <v>17.921720675</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.35104297000000173</v>
+        <v>-0.35092786199999892</v>
       </c>
       <c r="D175" s="5">
-        <v>-20.767073053364793</v>
+        <v>-20.761099752061916</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>18.157841969</v>
+        <v>18.157573918000001</v>
       </c>
       <c r="C176" s="5">
-        <v>0.23610519300000021</v>
+        <v>0.2358532430000011</v>
       </c>
       <c r="D176" s="5">
-        <v>17.006409319583259</v>
+        <v>16.986944852657548</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>18.120179428</v>
+        <v>18.120230339999999</v>
       </c>
       <c r="C177" s="5">
-        <v>-3.766254099999955E-2</v>
+        <v>-3.7343578000001543E-2</v>
       </c>
       <c r="D177" s="5">
-        <v>-2.4608108155892539</v>
+        <v>-2.4402410706695243</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>18.027451834000001</v>
+        <v>18.027528112999999</v>
       </c>
       <c r="C178" s="5">
-        <v>-9.2727593999999414E-2</v>
+        <v>-9.2702227000000192E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-5.9709169386351846</v>
+        <v>-5.9693128878293145</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>17.991018464</v>
+        <v>17.991102953999999</v>
       </c>
       <c r="C179" s="5">
-        <v>-3.643337000000102E-2</v>
+        <v>-3.6425159000000207E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-2.3984162974767131</v>
+        <v>-2.3978717247903125</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>17.873124212</v>
+        <v>17.873197524999998</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.11789425199999926</v>
+        <v>-0.11790542900000034</v>
       </c>
       <c r="D180" s="5">
-        <v>-7.5862291360933476</v>
+        <v>-7.586888272251036</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>17.905631683999999</v>
+        <v>17.905686387999999</v>
       </c>
       <c r="C181" s="5">
-        <v>3.2507471999998927E-2</v>
+        <v>3.2488863000001089E-2</v>
       </c>
       <c r="D181" s="5">
-        <v>2.2045145383507325</v>
+        <v>2.203230786057242</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>17.861222983000001</v>
+        <v>17.861253588</v>
       </c>
       <c r="C182" s="5">
-        <v>-4.4408700999998274E-2</v>
+        <v>-4.4432799999999162E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>-2.9359193786053339</v>
+        <v>-2.9374820625803433</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>17.959844466</v>
+        <v>17.95985795</v>
       </c>
       <c r="C183" s="5">
-        <v>9.8621482999998733E-2</v>
+        <v>9.8604361999999668E-2</v>
       </c>
       <c r="D183" s="5">
-        <v>6.830816553111152</v>
+        <v>6.8295824062585275</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>17.851405287999999</v>
+        <v>17.851393337000001</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.10843917800000114</v>
+        <v>-0.10846461299999888</v>
       </c>
       <c r="D184" s="5">
-        <v>-7.0096108661037775</v>
+        <v>-7.0111956956760313</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>17.847429591000001</v>
+        <v>17.847424261</v>
       </c>
       <c r="C185" s="5">
-        <v>-3.9756969999977798E-3</v>
+        <v>-3.9690760000006264E-3</v>
       </c>
       <c r="D185" s="5">
-        <v>-0.26692559058492105</v>
+        <v>-0.2664817827955801</v>
       </c>
       <c r="E185" s="5">
-        <v>-1.7025431019199622</v>
+        <v>-1.7024233754278195</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>17.586390182999999</v>
+        <v>17.586271538999998</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.26103940800000203</v>
+        <v>-0.26115272200000206</v>
       </c>
       <c r="D186" s="5">
-        <v>-16.20611512799216</v>
+        <v>-16.212598244828801</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>17.627674704</v>
+        <v>17.627649894000001</v>
       </c>
       <c r="C187" s="5">
-        <v>4.1284521000001462E-2</v>
+        <v>4.1378355000002642E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>2.8536900145170518</v>
+        <v>2.8602797681867687</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>17.457054961000001</v>
+        <v>17.457006419999999</v>
       </c>
       <c r="C188" s="5">
-        <v>-0.1706197429999996</v>
+        <v>-0.17064347400000202</v>
       </c>
       <c r="D188" s="5">
-        <v>-11.016103323960291</v>
+        <v>-11.017569572766451</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>17.512223402</v>
+        <v>17.512224461999999</v>
       </c>
       <c r="C189" s="5">
-        <v>5.5168440999999291E-2</v>
+        <v>5.5218041999999912E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>3.8588992752897733</v>
+        <v>3.8624402528093071</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>17.522072323</v>
+        <v>17.522095051000001</v>
       </c>
       <c r="C190" s="5">
-        <v>9.8489209999996774E-3</v>
+        <v>9.8705890000019281E-3</v>
       </c>
       <c r="D190" s="5">
-        <v>0.67697466737375311</v>
+        <v>0.67846861626263966</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>17.388039051</v>
+        <v>17.388078209</v>
       </c>
       <c r="C191" s="5">
-        <v>-0.13403327199999993</v>
+        <v>-0.13401684200000119</v>
       </c>
       <c r="D191" s="5">
-        <v>-8.8027674008881895</v>
+        <v>-8.8017223848375288</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>17.365556732000002</v>
+        <v>17.365594340000001</v>
       </c>
       <c r="C192" s="5">
-        <v>-2.2482318999998085E-2</v>
+        <v>-2.2483868999998435E-2</v>
       </c>
       <c r="D192" s="5">
-        <v>-1.5405849467548083</v>
+        <v>-1.5406869601766848</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>17.323011635</v>
+        <v>17.323036757000001</v>
       </c>
       <c r="C193" s="5">
-        <v>-4.2545097000001419E-2</v>
+        <v>-4.2557583000000676E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>-2.9006704838871467</v>
+        <v>-2.9015041229753069</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>17.357733160999999</v>
+        <v>17.357749491</v>
       </c>
       <c r="C194" s="5">
-        <v>3.4721525999998448E-2</v>
+        <v>3.4712733999999301E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>2.4319233716027844</v>
+        <v>2.4312972054444604</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>17.352225023999999</v>
+        <v>17.352234974999998</v>
       </c>
       <c r="C195" s="5">
-        <v>-5.5081369999996355E-3</v>
+        <v>-5.5145160000016347E-3</v>
       </c>
       <c r="D195" s="5">
-        <v>-0.38013261270407606</v>
+        <v>-0.38057171975062198</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>17.264460669000002</v>
+        <v>17.264455396999999</v>
       </c>
       <c r="C196" s="5">
-        <v>-8.7764354999997352E-2</v>
+        <v>-8.7779577999999248E-2</v>
       </c>
       <c r="D196" s="5">
-        <v>-5.9033552370353242</v>
+        <v>-5.9043475805204633</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>17.151005061999999</v>
+        <v>17.151002091999999</v>
       </c>
       <c r="C197" s="5">
-        <v>-0.11345560700000235</v>
+        <v>-0.11345330500000017</v>
       </c>
       <c r="D197" s="5">
-        <v>-7.6070759959082963</v>
+        <v>-7.6069294241710601</v>
       </c>
       <c r="E197" s="5">
-        <v>-3.9020998819414898</v>
+        <v>-3.9020878240778711</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>17.293562863999998</v>
+        <v>17.29348718</v>
       </c>
       <c r="C198" s="5">
-        <v>0.1425578019999989</v>
+        <v>0.14248508800000081</v>
       </c>
       <c r="D198" s="5">
-        <v>10.443159459083496</v>
+        <v>10.437588933229769</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>17.230865910999999</v>
+        <v>17.230855899000002</v>
       </c>
       <c r="C199" s="5">
-        <v>-6.2696952999999667E-2</v>
+        <v>-6.263128099999804E-2</v>
       </c>
       <c r="D199" s="5">
-        <v>-4.2648305616994842</v>
+        <v>-4.2604702402590728</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>17.158216612</v>
+        <v>17.158214028</v>
       </c>
       <c r="C200" s="5">
-        <v>-7.264929899999828E-2</v>
+        <v>-7.2641871000001856E-2</v>
       </c>
       <c r="D200" s="5">
-        <v>-4.9437841846729835</v>
+        <v>-4.9432931776702604</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>16.892509440000001</v>
+        <v>16.892512117999999</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.26570717199999905</v>
+        <v>-0.26570191000000065</v>
       </c>
       <c r="D201" s="5">
-        <v>-17.079046227883776</v>
+        <v>-17.078738626856328</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>16.812010828999998</v>
+        <v>16.812020944</v>
       </c>
       <c r="C202" s="5">
-        <v>-8.0498611000002995E-2</v>
+        <v>-8.0491173999998722E-2</v>
       </c>
       <c r="D202" s="5">
-        <v>-5.5708915433230866</v>
+        <v>-5.5703894194862542</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>16.685798333000001</v>
+        <v>16.685814730000001</v>
       </c>
       <c r="C203" s="5">
-        <v>-0.12621249599999729</v>
+        <v>-0.12620621399999976</v>
       </c>
       <c r="D203" s="5">
-        <v>-8.6459194091906166</v>
+        <v>-8.6455016952035173</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>16.451562426999999</v>
+        <v>16.451577621999999</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.2342359060000021</v>
+        <v>-0.23423710800000208</v>
       </c>
       <c r="D204" s="5">
-        <v>-15.6039903126716</v>
+        <v>-15.604050137366832</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>16.332822576000002</v>
+        <v>16.332832068999998</v>
       </c>
       <c r="C205" s="5">
-        <v>-0.11873985099999729</v>
+        <v>-0.11874555300000011</v>
       </c>
       <c r="D205" s="5">
-        <v>-8.3253765635857295</v>
+        <v>-8.3257532332675961</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>16.355051865</v>
+        <v>16.355057827</v>
       </c>
       <c r="C206" s="5">
-        <v>2.2229288999998431E-2</v>
+        <v>2.222575800000115E-2</v>
       </c>
       <c r="D206" s="5">
-        <v>1.645504627951766</v>
+        <v>1.645240325826558</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>16.364242111999999</v>
+        <v>16.364244373999998</v>
       </c>
       <c r="C207" s="5">
-        <v>9.1902469999993741E-3</v>
+        <v>9.1865469999987681E-3</v>
       </c>
       <c r="D207" s="5">
-        <v>0.67639308546447729</v>
+        <v>0.67611968007097456</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>16.388016428</v>
+        <v>16.388015892999999</v>
       </c>
       <c r="C208" s="5">
-        <v>2.3774316000000795E-2</v>
+        <v>2.3771519000000296E-2</v>
       </c>
       <c r="D208" s="5">
-        <v>1.7573835345731537</v>
+        <v>1.7571748824771305</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>16.375106006999999</v>
+        <v>16.375103130999999</v>
       </c>
       <c r="C209" s="5">
-        <v>-1.2910421000000838E-2</v>
+        <v>-1.2912761999999134E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>-0.94127035193268815</v>
+        <v>-0.94144032070949679</v>
       </c>
       <c r="E209" s="5">
-        <v>-4.5239276193737021</v>
+        <v>-4.5239278546990169</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>16.177892559</v>
+        <v>16.177853781</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.1972134479999994</v>
+        <v>-0.19724934999999988</v>
       </c>
       <c r="D210" s="5">
-        <v>-13.532297371517288</v>
+        <v>-13.534602236148707</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>16.128130229</v>
+        <v>16.128126990999998</v>
       </c>
       <c r="C211" s="5">
-        <v>-4.9762330000000077E-2</v>
+        <v>-4.9726790000001131E-2</v>
       </c>
       <c r="D211" s="5">
-        <v>-3.6293259620955753</v>
+        <v>-3.6267861253362565</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>16.255098083</v>
+        <v>16.255101109999998</v>
       </c>
       <c r="C212" s="5">
-        <v>0.1269678540000001</v>
+        <v>0.12697411899999977</v>
       </c>
       <c r="D212" s="5">
-        <v>9.8669007777087092</v>
+        <v>9.8674109819693037</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>16.367663321999999</v>
+        <v>16.367668758000001</v>
       </c>
       <c r="C213" s="5">
-        <v>0.11256523899999848</v>
+        <v>0.11256764800000241</v>
       </c>
       <c r="D213" s="5">
-        <v>8.6338235218719639</v>
+        <v>8.6340137177844056</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>16.402111738999999</v>
+        <v>16.402118713</v>
       </c>
       <c r="C214" s="5">
-        <v>3.444841700000012E-2</v>
+        <v>3.4449954999999477E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>2.5550371994137899</v>
+        <v>2.5551517380908662</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>16.277085214</v>
+        <v>16.277092925000002</v>
       </c>
       <c r="C215" s="5">
-        <v>-0.12502652499999911</v>
+        <v>-0.12502578799999853</v>
       </c>
       <c r="D215" s="5">
-        <v>-8.7731979303155683</v>
+        <v>-8.7731447878144238</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>16.845948756999999</v>
+        <v>16.845954136</v>
       </c>
       <c r="C216" s="5">
-        <v>0.56886354299999908</v>
+        <v>0.56886121099999798</v>
       </c>
       <c r="D216" s="5">
-        <v>51.017076349390763</v>
+        <v>51.016796494200968</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>17.029606081000001</v>
+        <v>17.029607935000001</v>
       </c>
       <c r="C217" s="5">
-        <v>0.18365732400000212</v>
+        <v>0.18365379900000178</v>
       </c>
       <c r="D217" s="5">
-        <v>13.89627568051155</v>
+        <v>13.895988066370958</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>17.067413363</v>
+        <v>17.067414588999998</v>
       </c>
       <c r="C218" s="5">
-        <v>3.7807281999999276E-2</v>
+        <v>3.7806653999997053E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>2.6968817376003429</v>
+        <v>2.6968360953047776</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>16.788197500999999</v>
+        <v>16.788197258</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.27921586200000093</v>
+        <v>-0.27921733099999813</v>
       </c>
       <c r="D219" s="5">
-        <v>-17.957978453075807</v>
+        <v>-17.958063422883541</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>16.809501388000001</v>
+        <v>16.809498639000001</v>
       </c>
       <c r="C220" s="5">
-        <v>2.1303887000001964E-2</v>
+        <v>2.1301381000000674E-2</v>
       </c>
       <c r="D220" s="5">
-        <v>1.5334491419373153</v>
+        <v>1.5332675222896608</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>16.79880567</v>
+        <v>16.798799019</v>
       </c>
       <c r="C221" s="5">
-        <v>-1.0695718000000909E-2</v>
+        <v>-1.0699620000000465E-2</v>
       </c>
       <c r="D221" s="5">
-        <v>-0.76088157623515063</v>
+        <v>-0.76115831318978033</v>
       </c>
       <c r="E221" s="5">
-        <v>2.5874621075361537</v>
+        <v>2.587439508688627</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>16.651961046</v>
+        <v>16.651954016000001</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.14684462399999987</v>
+        <v>-0.14684500299999925</v>
       </c>
       <c r="D222" s="5">
-        <v>-9.9997405920491325</v>
+        <v>-9.9997689437524624</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>16.628998852999999</v>
+        <v>16.628993715</v>
       </c>
       <c r="C223" s="5">
-        <v>-2.2962193000001463E-2</v>
+        <v>-2.2960301000001238E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>-1.6422455506894473</v>
+        <v>-1.6421119482381341</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>16.555261990999998</v>
+        <v>16.555260938</v>
       </c>
       <c r="C224" s="5">
-        <v>-7.3736862000000514E-2</v>
+        <v>-7.3732777000000027E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-5.1932071901076178</v>
+        <v>-5.1929280331393102</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>16.541066906000001</v>
+        <v>16.541075915</v>
       </c>
       <c r="C225" s="5">
-        <v>-1.4195084999997221E-2</v>
+        <v>-1.4185022999999575E-2</v>
       </c>
       <c r="D225" s="5">
-        <v>-1.0240852747415374</v>
+        <v>-1.0233628475676104</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>16.484049953</v>
+        <v>16.484054453999999</v>
       </c>
       <c r="C226" s="5">
-        <v>-5.7016953000001536E-2</v>
+        <v>-5.7021461000001494E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>-4.0588668485001866</v>
+        <v>-4.059179530687862</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>16.474609190999999</v>
+        <v>16.474613952999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-9.4407620000005465E-3</v>
+        <v>-9.4405010000002676E-3</v>
       </c>
       <c r="D227" s="5">
-        <v>-0.68510449676214558</v>
+        <v>-0.6850854294580544</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>16.636994693999998</v>
+        <v>16.636998192</v>
       </c>
       <c r="C228" s="5">
-        <v>0.16238550299999943</v>
+        <v>0.16238423900000143</v>
       </c>
       <c r="D228" s="5">
-        <v>12.490820383496004</v>
+        <v>12.490714016919702</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>16.523997569999999</v>
+        <v>16.523998035000002</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.11299712399999962</v>
+        <v>-0.11300015699999832</v>
       </c>
       <c r="D229" s="5">
-        <v>-7.8526326342528314</v>
+        <v>-7.85283400928577</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>16.388409959000001</v>
+        <v>16.388408017</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.13558761099999828</v>
+        <v>-0.13559001800000203</v>
       </c>
       <c r="D230" s="5">
-        <v>-9.4141501308321001</v>
+        <v>-9.4143095320121883</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>16.015969195</v>
+        <v>16.015965693999998</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.37244076400000026</v>
+        <v>-0.37244232300000135</v>
       </c>
       <c r="D231" s="5">
-        <v>-24.10784843917795</v>
+        <v>-24.107939597101304</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>16.230808859</v>
+        <v>16.230804746</v>
       </c>
       <c r="C232" s="5">
-        <v>0.21483966399999943</v>
+        <v>0.21483905200000208</v>
       </c>
       <c r="D232" s="5">
-        <v>17.339237649574102</v>
+        <v>17.339188630912751</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>16.112772641999999</v>
+        <v>16.112767066</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.11803621700000022</v>
+        <v>-0.11803768000000048</v>
       </c>
       <c r="D233" s="5">
-        <v>-8.3860963717597876</v>
+        <v>-8.3861982323575788</v>
       </c>
       <c r="E233" s="5">
-        <v>-4.0838202517286533</v>
+        <v>-4.0838154693325084</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>16.320518117999999</v>
+        <v>16.320513832</v>
       </c>
       <c r="C234" s="5">
-        <v>0.20774547599999948</v>
+        <v>0.20774676599999964</v>
       </c>
       <c r="D234" s="5">
-        <v>16.617561087551014</v>
+        <v>16.617677863784074</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>16.331660584000002</v>
+        <v>16.331657229000001</v>
       </c>
       <c r="C235" s="5">
-        <v>1.1142466000002571E-2</v>
+        <v>1.1143397000001443E-2</v>
       </c>
       <c r="D235" s="5">
-        <v>0.82235634346745634</v>
+        <v>0.82242552983660122</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>16.259621742</v>
+        <v>16.259619534999999</v>
       </c>
       <c r="C236" s="5">
-        <v>-7.2038842000001324E-2</v>
+        <v>-7.2037694000002261E-2</v>
       </c>
       <c r="D236" s="5">
-        <v>-5.1666459548824424</v>
+        <v>-5.1665666428336472</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>16.112900668999998</v>
+        <v>16.112912856000001</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.14672107300000192</v>
+        <v>-0.14670667899999756</v>
       </c>
       <c r="D237" s="5">
-        <v>-10.30680375576325</v>
+        <v>-10.305843582939566</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>15.965906481999999</v>
+        <v>15.965917352</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.14699418699999889</v>
+        <v>-0.14699550400000128</v>
       </c>
       <c r="D238" s="5">
-        <v>-10.414398140977765</v>
+        <v>-10.414479332030302</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>15.779473234999999</v>
+        <v>15.779478456</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.18643324700000008</v>
+        <v>-0.1864388960000003</v>
       </c>
       <c r="D239" s="5">
-        <v>-13.146556914385975</v>
+        <v>-13.146921648742882</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>15.531823545</v>
+        <v>15.531828422</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.24764968999999937</v>
+        <v>-0.24765003399999941</v>
       </c>
       <c r="D240" s="5">
-        <v>-17.289744550099318</v>
+        <v>-17.289761296356975</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>15.412001441999999</v>
+        <v>15.412001267999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.11982210300000062</v>
+        <v>-0.1198271540000011</v>
       </c>
       <c r="D241" s="5">
-        <v>-8.8746695073948061</v>
+        <v>-8.8750252129670244</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>15.423013822</v>
+        <v>15.423008462</v>
       </c>
       <c r="C242" s="5">
-        <v>1.1012380000000377E-2</v>
+        <v>1.1007194000001164E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>0.8608170330535625</v>
+        <v>0.86041006925108299</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>15.336130992999999</v>
+        <v>15.336123058</v>
       </c>
       <c r="C243" s="5">
-        <v>-8.6882829000000328E-2</v>
+        <v>-8.6885404000000221E-2</v>
       </c>
       <c r="D243" s="5">
-        <v>-6.5544253336858871</v>
+        <v>-6.5546158201379878</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>15.143080960000001</v>
+        <v>15.143065805999999</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.19305003299999868</v>
+        <v>-0.1930572520000009</v>
       </c>
       <c r="D244" s="5">
-        <v>-14.102362734704265</v>
+        <v>-14.102860921512505</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>15.108280872</v>
+        <v>15.108276046</v>
       </c>
       <c r="C245" s="5">
-        <v>-3.4800088000000784E-2</v>
+        <v>-3.4789759999998893E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>-2.7231118068031024</v>
+        <v>-2.7223165135898508</v>
       </c>
       <c r="E245" s="5">
-        <v>-6.2341335803477005</v>
+        <v>-6.2341310830441028</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>15.400106095</v>
+        <v>15.40010416</v>
       </c>
       <c r="C246" s="5">
-        <v>0.29182522300000002</v>
+        <v>0.29182811399999942</v>
       </c>
       <c r="D246" s="5">
-        <v>25.806752927660725</v>
+        <v>25.807045472531343</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>15.134314406</v>
+        <v>15.134312135</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.26579168900000028</v>
+        <v>-0.26579202499999965</v>
       </c>
       <c r="D247" s="5">
-        <v>-18.853747236487351</v>
+        <v>-18.853771003769758</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>15.080206119</v>
+        <v>15.080201517000001</v>
       </c>
       <c r="C248" s="5">
-        <v>-5.4108287000000033E-2</v>
+        <v>-5.4110617999999278E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>-4.2068823261752648</v>
+        <v>-4.2070606298696518</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>15.188478376999999</v>
+        <v>15.188495796</v>
       </c>
       <c r="C249" s="5">
-        <v>0.10827225799999951</v>
+        <v>0.10829427899999899</v>
       </c>
       <c r="D249" s="5">
-        <v>8.9642103233899881</v>
+        <v>8.9661089634420108</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>14.938681988000001</v>
+        <v>14.938703549</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.24979638899999834</v>
+        <v>-0.24979224700000024</v>
       </c>
       <c r="D250" s="5">
-        <v>-18.044863258102673</v>
+        <v>-18.04457171679843</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>14.887653759999999</v>
+        <v>14.887661733</v>
       </c>
       <c r="C251" s="5">
-        <v>-5.1028228000001619E-2</v>
+        <v>-5.1041815999999685E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-4.0228758011585208</v>
+        <v>-4.0239212796844281</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>14.727737137</v>
+        <v>14.727746845</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.15991662299999909</v>
+        <v>-0.15991488799999942</v>
       </c>
       <c r="D252" s="5">
-        <v>-12.154974852569545</v>
+        <v>-12.154844539755928</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>14.701399049999999</v>
+        <v>14.701406044000001</v>
       </c>
       <c r="C253" s="5">
-        <v>-2.6338087000000954E-2</v>
+        <v>-2.6340800999999914E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>-2.1250163242058973</v>
+        <v>-2.1252317592492354</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>14.553865955999999</v>
+        <v>14.55386931</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.14753309399999992</v>
+        <v>-0.14753673400000089</v>
       </c>
       <c r="D254" s="5">
-        <v>-11.399442447865294</v>
+        <v>-11.399703233707282</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>14.446618638</v>
+        <v>14.446559289</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.10724731799999887</v>
+        <v>-0.10731002099999998</v>
       </c>
       <c r="D255" s="5">
-        <v>-8.4930557008819907</v>
+        <v>-8.4978197444891777</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>14.452427502999999</v>
+        <v>14.452411177</v>
       </c>
       <c r="C256" s="5">
-        <v>5.8088649999987751E-3</v>
+        <v>5.8518880000004714E-3</v>
       </c>
       <c r="D256" s="5">
-        <v>0.48357850722293705</v>
+        <v>0.48717009060976757</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>14.398041735</v>
+        <v>14.398040855</v>
       </c>
       <c r="C257" s="5">
-        <v>-5.4385767999999501E-2</v>
+        <v>-5.4370322000000471E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>-4.4234075082306816</v>
+        <v>-4.4221819961654525</v>
       </c>
       <c r="E257" s="5">
-        <v>-4.7009924095088635</v>
+        <v>-4.7009677930000437</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>14.391839897000001</v>
+        <v>14.391838183000001</v>
       </c>
       <c r="C258" s="5">
-        <v>-6.2018379999990714E-3</v>
+        <v>-6.2026719999987989E-3</v>
       </c>
       <c r="D258" s="5">
-        <v>-0.51566732813812521</v>
+        <v>-0.51573654037698757</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>14.235550167</v>
+        <v>14.23554889</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.15628973000000101</v>
+        <v>-0.15628929300000038</v>
       </c>
       <c r="D259" s="5">
-        <v>-12.2806821736418</v>
+        <v>-12.280651236502182</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>14.209778657999999</v>
+        <v>14.209781523</v>
       </c>
       <c r="C260" s="5">
-        <v>-2.5771509000000137E-2</v>
+        <v>-2.5767367000000263E-2</v>
       </c>
       <c r="D260" s="5">
-        <v>-2.1509343130799108</v>
+        <v>-2.1505922399361888</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>14.070939186</v>
+        <v>14.070970414</v>
       </c>
       <c r="C261" s="5">
-        <v>-0.13883947199999902</v>
+        <v>-0.1388111090000006</v>
       </c>
       <c r="D261" s="5">
-        <v>-11.114836540094942</v>
+        <v>-11.11268438903743</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>14.210799133</v>
+        <v>14.210846151</v>
       </c>
       <c r="C262" s="5">
-        <v>0.13985994699999971</v>
+        <v>0.13987573700000056</v>
       </c>
       <c r="D262" s="5">
-        <v>12.601707787379901</v>
+        <v>12.603179656658025</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>14.189660423999999</v>
+        <v>14.189668598000001</v>
       </c>
       <c r="C263" s="5">
-        <v>-2.1138709000000588E-2</v>
+        <v>-2.1177552999999349E-2</v>
       </c>
       <c r="D263" s="5">
-        <v>-1.7704807055661131</v>
+        <v>-1.7737016599868483</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>14.223179653000001</v>
+        <v>14.223220342999999</v>
       </c>
       <c r="C264" s="5">
-        <v>3.351922900000126E-2</v>
+        <v>3.3551744999998689E-2</v>
       </c>
       <c r="D264" s="5">
-        <v>2.8717953144189456</v>
+        <v>2.8746158086745188</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>14.188143996999999</v>
+        <v>14.188137212000001</v>
       </c>
       <c r="C265" s="5">
-        <v>-3.503565600000158E-2</v>
+        <v>-3.5083130999998602E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>-2.916214393915717</v>
+        <v>-2.9201043101561686</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>14.174726914000001</v>
+        <v>14.174705315000001</v>
       </c>
       <c r="C266" s="5">
-        <v>-1.3417082999998442E-2</v>
+        <v>-1.3431897000000248E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>-1.1289018985107702</v>
+        <v>-1.1301423906464492</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>14.255147560999999</v>
+        <v>14.254990360000001</v>
       </c>
       <c r="C267" s="5">
-        <v>8.0420646999998624E-2</v>
+        <v>8.028504500000011E-2</v>
       </c>
       <c r="D267" s="5">
-        <v>7.0247442935693405</v>
+        <v>7.0125390869052451</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>14.257386872</v>
+        <v>14.257333794999999</v>
       </c>
       <c r="C268" s="5">
-        <v>2.2393110000002991E-3</v>
+        <v>2.3434349999984505E-3</v>
       </c>
       <c r="D268" s="5">
-        <v>0.18866841452036542</v>
+        <v>0.19745127501153981</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>14.183459534000001</v>
+        <v>14.183482372</v>
       </c>
       <c r="C269" s="5">
-        <v>-7.3927337999998954E-2</v>
+        <v>-7.3851422999998917E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>-6.0478168578529168</v>
+        <v>-6.0418041432344083</v>
       </c>
       <c r="E269" s="5">
-        <v>-1.49035684817036</v>
+        <v>-1.4901922085148844</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>14.103142696999999</v>
+        <v>14.103174702</v>
       </c>
       <c r="C270" s="5">
-        <v>-8.0316837000001584E-2</v>
+        <v>-8.0307669999999831E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>-6.5875603866800354</v>
+        <v>-6.5868214925201123</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>13.942140723</v>
+        <v>13.942194872</v>
       </c>
       <c r="C271" s="5">
-        <v>-0.16100197399999949</v>
+        <v>-0.16097983000000049</v>
       </c>
       <c r="D271" s="5">
-        <v>-12.870997713042964</v>
+        <v>-12.86930968079184</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>13.944701462999999</v>
+        <v>13.944759162</v>
       </c>
       <c r="C272" s="5">
-        <v>2.5607399999998393E-3</v>
+        <v>2.5642900000004687E-3</v>
       </c>
       <c r="D272" s="5">
-        <v>0.22062566516771742</v>
+        <v>0.22093097304025644</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>13.859501428</v>
+        <v>13.859570660999999</v>
       </c>
       <c r="C273" s="5">
-        <v>-8.520003499999973E-2</v>
+        <v>-8.5188501000001082E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>-7.0903897994876175</v>
+        <v>-7.089433597371098</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>13.682448298000001</v>
+        <v>13.682514972</v>
       </c>
       <c r="C274" s="5">
-        <v>-0.17705312999999911</v>
+        <v>-0.17705568899999946</v>
       </c>
       <c r="D274" s="5">
-        <v>-14.297301172187183</v>
+        <v>-14.297427038575361</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>13.683080946</v>
+        <v>13.68308206</v>
       </c>
       <c r="C275" s="5">
-        <v>6.3264799999984689E-4</v>
+        <v>5.6708800000038195E-4</v>
       </c>
       <c r="D275" s="5">
-        <v>5.5499621017851553E-2</v>
+        <v>4.974675684994434E-2</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>13.807674039</v>
+        <v>13.807728298000001</v>
       </c>
       <c r="C276" s="5">
-        <v>0.12459309299999966</v>
+        <v>0.12464623800000041</v>
       </c>
       <c r="D276" s="5">
-        <v>11.490935134432355</v>
+        <v>11.496083731978391</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>13.775134577999999</v>
+        <v>13.775074925</v>
       </c>
       <c r="C277" s="5">
-        <v>-3.2539461000000713E-2</v>
+        <v>-3.2653373000000485E-2</v>
       </c>
       <c r="D277" s="5">
-        <v>-2.7915779814052688</v>
+        <v>-2.8012129333595981</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>13.782177529</v>
+        <v>13.782072745000001</v>
       </c>
       <c r="C278" s="5">
-        <v>7.0429510000007411E-3</v>
+        <v>6.9978200000004875E-3</v>
       </c>
       <c r="D278" s="5">
-        <v>0.61526424841344962</v>
+        <v>0.61131328775561045</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>13.863123003</v>
+        <v>13.862767786999999</v>
       </c>
       <c r="C279" s="5">
-        <v>8.0945473999999962E-2</v>
+        <v>8.0695041999998551E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>7.280019030155449</v>
+        <v>7.2568226331476637</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>14.165794033999999</v>
+        <v>14.165627439</v>
       </c>
       <c r="C280" s="5">
-        <v>0.30267103099999915</v>
+        <v>0.30285965200000042</v>
       </c>
       <c r="D280" s="5">
-        <v>29.586021578232579</v>
+        <v>29.607580743456708</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>13.977146562</v>
+        <v>13.977221337</v>
       </c>
       <c r="C281" s="5">
-        <v>-0.18864747199999954</v>
+        <v>-0.18840610200000008</v>
       </c>
       <c r="D281" s="5">
-        <v>-14.860488610651535</v>
+        <v>-14.843005735717785</v>
       </c>
       <c r="E281" s="5">
-        <v>-1.454602605982247</v>
+        <v>-1.4542340843401447</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>13.826259389000001</v>
+        <v>13.826422316</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.15088717299999921</v>
+        <v>-0.1507990209999992</v>
       </c>
       <c r="D282" s="5">
-        <v>-12.212198406260178</v>
+        <v>-12.205420201012062</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>13.852805453</v>
+        <v>13.853044527</v>
       </c>
       <c r="C283" s="5">
-        <v>2.6546063999999703E-2</v>
+        <v>2.6622210999999396E-2</v>
       </c>
       <c r="D283" s="5">
-        <v>2.3284552466069197</v>
+        <v>2.3351774694777561</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>13.775863659000001</v>
+        <v>13.776067332</v>
       </c>
       <c r="C284" s="5">
-        <v>-7.6941793999999675E-2</v>
+        <v>-7.6977194999999554E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>-6.4652026868144086</v>
+        <v>-6.4679787809830636</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>13.845077074000001</v>
+        <v>13.845367031</v>
       </c>
       <c r="C285" s="5">
-        <v>6.9213415000000111E-2</v>
+        <v>6.9299699000000103E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>6.1985293317134316</v>
+        <v>6.2063773775369313</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>13.859475139000001</v>
+        <v>13.859477599</v>
       </c>
       <c r="C286" s="5">
-        <v>1.439806499999996E-2</v>
+        <v>1.4110567999999546E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>1.2550919001247385</v>
+        <v>1.2298639929890554</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>13.766412876</v>
+        <v>13.766314348</v>
       </c>
       <c r="C287" s="5">
-        <v>-9.30622630000002E-2</v>
+        <v>-9.3163251000000002E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>-7.7666290268178066</v>
+        <v>-7.7747466646310599</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>13.688084626</v>
+        <v>13.688088831</v>
       </c>
       <c r="C288" s="5">
-        <v>-7.832825000000021E-2</v>
+        <v>-7.8225516999999911E-2</v>
       </c>
       <c r="D288" s="5">
-        <v>-6.61810309832358</v>
+        <v>-6.6097382943859255</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>13.664434696000001</v>
+        <v>13.664214177</v>
       </c>
       <c r="C289" s="5">
-        <v>-2.3649929999999486E-2</v>
+        <v>-2.3874654000000106E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>-2.0537406326877061</v>
+        <v>-2.0730680325640183</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>13.479142221</v>
+        <v>13.478826811999999</v>
       </c>
       <c r="C290" s="5">
-        <v>-0.18529247500000068</v>
+        <v>-0.18538736500000041</v>
       </c>
       <c r="D290" s="5">
-        <v>-15.11185669345878</v>
+        <v>-15.119253613084982</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>13.275071175000001</v>
+        <v>13.274520931</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.20407104599999926</v>
+        <v>-0.2043058809999998</v>
       </c>
       <c r="D291" s="5">
-        <v>-16.728721790939527</v>
+        <v>-16.746756618811752</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>13.273904052000001</v>
+        <v>13.27351876</v>
       </c>
       <c r="C292" s="5">
-        <v>-1.1671230000001032E-3</v>
+        <v>-1.0021709999996631E-3</v>
       </c>
       <c r="D292" s="5">
-        <v>-0.10545107770171258</v>
+        <v>-9.055739018010156E-2</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>13.285997267999999</v>
+        <v>13.285861333</v>
       </c>
       <c r="C293" s="5">
-        <v>1.2093215999998463E-2</v>
+        <v>1.2342572999999746E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>1.0987570980147021</v>
+        <v>1.1215617210738049</v>
       </c>
       <c r="E293" s="5">
-        <v>-4.9448525915800623</v>
+        <v>-4.9463336619693932</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>13.252591839000001</v>
+        <v>13.252891025</v>
       </c>
       <c r="C294" s="5">
-        <v>-3.3405428999998321E-2</v>
+        <v>-3.2970307999999449E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>-2.9758236514956016</v>
+        <v>-2.9376193757667202</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>13.260820808</v>
+        <v>13.26248245</v>
       </c>
       <c r="C295" s="5">
-        <v>8.2289689999992532E-3</v>
+        <v>9.5914249999999868E-3</v>
       </c>
       <c r="D295" s="5">
-        <v>0.7476693179036209</v>
+        <v>0.87193313709275078</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>13.097971792999999</v>
+        <v>13.09802608</v>
       </c>
       <c r="C296" s="5">
-        <v>-0.16284901500000082</v>
+        <v>-0.16445636999999991</v>
       </c>
       <c r="D296" s="5">
-        <v>-13.780851073407197</v>
+        <v>-13.90610755433136</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>13.032219506000001</v>
+        <v>13.032595025999999</v>
       </c>
       <c r="C297" s="5">
-        <v>-6.5752286999998688E-2</v>
+        <v>-6.5431054000001154E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>-5.8604699273916765</v>
+        <v>-5.8325971368496043</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>12.940971437</v>
+        <v>12.940844919</v>
       </c>
       <c r="C298" s="5">
-        <v>-9.1248069000000598E-2</v>
+        <v>-9.1750106999999304E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>-8.0859489473401389</v>
+        <v>-8.1285036636057235</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>13.04145911</v>
+        <v>13.041170295000001</v>
       </c>
       <c r="C299" s="5">
-        <v>0.10048767299999994</v>
+        <v>0.10032537600000069</v>
       </c>
       <c r="D299" s="5">
-        <v>9.7265349043113005</v>
+        <v>9.7102488813686669</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>12.570465007999999</v>
+        <v>12.570225450000001</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.47099410200000058</v>
+        <v>-0.470944845</v>
       </c>
       <c r="D300" s="5">
-        <v>-35.686534340656429</v>
+        <v>-35.68415050667609</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>12.461730382000001</v>
+        <v>12.461242944</v>
       </c>
       <c r="C301" s="5">
-        <v>-0.10873462599999861</v>
+        <v>-0.10898250600000026</v>
       </c>
       <c r="D301" s="5">
-        <v>-9.9001458930651829</v>
+        <v>-9.921830136583587</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>12.371406341</v>
+        <v>12.370817043000001</v>
       </c>
       <c r="C302" s="5">
-        <v>-9.0324041000000577E-2</v>
+        <v>-9.0425900999999698E-2</v>
       </c>
       <c r="D302" s="5">
-        <v>-8.3592467697415902</v>
+        <v>-8.3686150366337984</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>12.183432304</v>
+        <v>12.182655371999999</v>
       </c>
       <c r="C303" s="5">
-        <v>-0.18797403700000004</v>
+        <v>-0.18816167100000136</v>
       </c>
       <c r="D303" s="5">
-        <v>-16.783969615642057</v>
+        <v>-16.800081917275133</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>11.98070884</v>
+        <v>11.980123364000001</v>
       </c>
       <c r="C304" s="5">
-        <v>-0.20272346399999996</v>
+        <v>-0.2025320079999986</v>
       </c>
       <c r="D304" s="5">
-        <v>-18.237471709206698</v>
+        <v>-18.222849139924811</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>11.809457864000001</v>
+        <v>11.809079678</v>
       </c>
       <c r="C305" s="5">
-        <v>-0.17125097599999961</v>
+        <v>-0.17104368600000086</v>
       </c>
       <c r="D305" s="5">
-        <v>-15.86642088555954</v>
+        <v>-15.84941249068541</v>
       </c>
       <c r="E305" s="5">
-        <v>-11.113500734764703</v>
+        <v>-11.115437817583606</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>11.772362718</v>
+        <v>11.772781281</v>
       </c>
       <c r="C306" s="5">
-        <v>-3.7095146000000412E-2</v>
+        <v>-3.6298396999999483E-2</v>
       </c>
       <c r="D306" s="5">
-        <v>-3.7049230083188944</v>
+        <v>-3.6268015114404695</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>11.762475457000001</v>
+        <v>11.766203987000001</v>
       </c>
       <c r="C307" s="5">
-        <v>-9.8872609999993699E-3</v>
+        <v>-6.5772939999995117E-3</v>
       </c>
       <c r="D307" s="5">
-        <v>-1.0032021692666815</v>
+        <v>-0.66836757274173486</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>11.706326236000001</v>
+        <v>11.706549287</v>
       </c>
       <c r="C308" s="5">
-        <v>-5.6149221000000082E-2</v>
+        <v>-5.9654700000001171E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>-5.5802789347314192</v>
+        <v>-5.9171867572258563</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>11.622762049</v>
+        <v>11.623033432</v>
       </c>
       <c r="C309" s="5">
-        <v>-8.3564187000000345E-2</v>
+        <v>-8.3515854999999917E-2</v>
       </c>
       <c r="D309" s="5">
-        <v>-8.2376169439553397</v>
+        <v>-8.2328870666230074</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>11.635726584</v>
+        <v>11.635391455000001</v>
       </c>
       <c r="C310" s="5">
-        <v>1.2964535000000055E-2</v>
+        <v>1.2358023000000884E-2</v>
       </c>
       <c r="D310" s="5">
-        <v>1.3467746880553522</v>
+        <v>1.2833703358531734</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>11.618898967</v>
+        <v>11.618495901999999</v>
       </c>
       <c r="C311" s="5">
-        <v>-1.6827617000000572E-2</v>
+        <v>-1.6895553000001229E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-1.7217054297864909</v>
+        <v>-1.7286502276834814</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>11.654514356</v>
+        <v>11.652794607000001</v>
       </c>
       <c r="C312" s="5">
-        <v>3.5615389000000164E-2</v>
+        <v>3.4298705000001206E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>3.7410097029404676</v>
+        <v>3.6005806874431778</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>11.667452214000001</v>
+        <v>11.666850449</v>
       </c>
       <c r="C313" s="5">
-        <v>1.2937858000000801E-2</v>
+        <v>1.405584199999943E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>1.3403024259172502</v>
+        <v>1.4571063394884565</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>11.462759626</v>
+        <v>11.462008332</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.20469258800000034</v>
+        <v>-0.2048421170000001</v>
       </c>
       <c r="D314" s="5">
-        <v>-19.135509567234553</v>
+        <v>-19.149061247025443</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>11.685195127</v>
+        <v>11.684343731</v>
       </c>
       <c r="C315" s="5">
-        <v>0.22243550099999965</v>
+        <v>0.22233539900000032</v>
       </c>
       <c r="D315" s="5">
-        <v>25.939337053809975</v>
+        <v>25.928275883400541</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>11.676194211</v>
+        <v>11.675539375</v>
       </c>
       <c r="C316" s="5">
-        <v>-9.0009159999997479E-3</v>
+        <v>-8.8043560000006238E-3</v>
       </c>
       <c r="D316" s="5">
-        <v>-0.92043452081415067</v>
+        <v>-0.9004828411308119</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>11.833550751000001</v>
+        <v>11.833172181</v>
       </c>
       <c r="C317" s="5">
-        <v>0.15735654000000032</v>
+        <v>0.15763280600000051</v>
       </c>
       <c r="D317" s="5">
-        <v>17.426255426513791</v>
+        <v>17.460209887130706</v>
       </c>
       <c r="E317" s="5">
-        <v>0.20401348882783665</v>
+        <v>0.20401677062849011</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>11.688147073</v>
+        <v>11.688962063</v>
       </c>
       <c r="C318" s="5">
-        <v>-0.14540367800000098</v>
+        <v>-0.14421011800000016</v>
       </c>
       <c r="D318" s="5">
-        <v>-13.788127020047192</v>
+        <v>-13.682831978001387</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>11.564144331</v>
+        <v>11.570178938</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.12400274200000005</v>
+        <v>-0.11878312500000021</v>
       </c>
       <c r="D319" s="5">
-        <v>-12.013908025656693</v>
+        <v>-11.535400160266985</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>11.604187276999999</v>
+        <v>11.604778443000001</v>
       </c>
       <c r="C320" s="5">
-        <v>4.0042945999999802E-2</v>
+        <v>3.4599505000000974E-2</v>
       </c>
       <c r="D320" s="5">
-        <v>4.2352731470036042</v>
+        <v>3.6480972326811134</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>11.729257646000001</v>
+        <v>11.729248073999999</v>
       </c>
       <c r="C321" s="5">
-        <v>0.12507036900000124</v>
+        <v>0.12446963099999842</v>
       </c>
       <c r="D321" s="5">
-        <v>13.728566182993074</v>
+        <v>13.657950422427788</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>11.637125535999999</v>
+        <v>11.636192189999999</v>
       </c>
       <c r="C322" s="5">
-        <v>-9.2132110000001433E-2</v>
+        <v>-9.3055883999999978E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>-9.0291362932708239</v>
+        <v>-9.1157625724784364</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>11.603193982000001</v>
+        <v>11.602022254</v>
       </c>
       <c r="C323" s="5">
-        <v>-3.3931553999998698E-2</v>
+        <v>-3.4169935999999623E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>-3.4433916757729333</v>
+        <v>-3.4674671206568308</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>11.440937706</v>
+        <v>11.437962108000001</v>
       </c>
       <c r="C324" s="5">
-        <v>-0.16225627600000081</v>
+        <v>-0.16406014599999885</v>
       </c>
       <c r="D324" s="5">
-        <v>-15.548218113340306</v>
+        <v>-15.70932887090375</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>11.372158251</v>
+        <v>11.371039057000001</v>
       </c>
       <c r="C325" s="5">
-        <v>-6.8779454999999601E-2</v>
+        <v>-6.6923050999999845E-2</v>
       </c>
       <c r="D325" s="5">
-        <v>-6.9802253086745258</v>
+        <v>-6.7995577303428645</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>11.358404677999999</v>
+        <v>11.357428768</v>
       </c>
       <c r="C326" s="5">
-        <v>-1.3753573000000685E-2</v>
+        <v>-1.3610289000000719E-2</v>
       </c>
       <c r="D326" s="5">
-        <v>-1.4416741625394747</v>
+        <v>-1.4268931098814108</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>11.27537955</v>
+        <v>11.274629782</v>
       </c>
       <c r="C327" s="5">
-        <v>-8.3025127999999171E-2</v>
+        <v>-8.2798986000000241E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>-8.4273068401556692</v>
+        <v>-8.4059586642762021</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>11.368829969</v>
+        <v>11.368474053</v>
       </c>
       <c r="C328" s="5">
-        <v>9.345041899999984E-2</v>
+        <v>9.3844271000000035E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>10.411730294108246</v>
+        <v>10.458366731390377</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>11.355125565</v>
+        <v>11.355273721</v>
       </c>
       <c r="C329" s="5">
-        <v>-1.3704404000000281E-2</v>
+        <v>-1.3200332000000259E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>-1.4369720665914687</v>
+        <v>-1.3844978865047874</v>
       </c>
       <c r="E329" s="5">
-        <v>-4.042955458314756</v>
+        <v>-4.0386335353705167</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>11.491204614000001</v>
+        <v>11.492792081999999</v>
       </c>
       <c r="C330" s="5">
-        <v>0.13607904900000101</v>
+        <v>0.1375183609999997</v>
       </c>
       <c r="D330" s="5">
-        <v>15.367478788390599</v>
+        <v>15.540783806552771</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>11.169619099</v>
+        <v>11.177231086000001</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.32158551500000065</v>
+        <v>-0.31556099599999854</v>
       </c>
       <c r="D331" s="5">
-        <v>-28.866583967206061</v>
+        <v>-28.401460960555326</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>11.296292672</v>
+        <v>11.298287415000001</v>
       </c>
       <c r="C332" s="5">
-        <v>0.12667357299999971</v>
+        <v>0.12105632899999996</v>
       </c>
       <c r="D332" s="5">
-        <v>14.490874079267012</v>
+        <v>13.799580856624051</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>11.339935794000001</v>
+        <v>11.339608842000001</v>
       </c>
       <c r="C333" s="5">
-        <v>4.3643122000000645E-2</v>
+        <v>4.1321426999999744E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>4.7359839807208148</v>
+        <v>4.4781478632056837</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>11.248174117</v>
+        <v>11.246182464</v>
       </c>
       <c r="C334" s="5">
-        <v>-9.176167700000093E-2</v>
+        <v>-9.3426378000000199E-2</v>
       </c>
       <c r="D334" s="5">
-        <v>-9.289571664460162</v>
+        <v>-9.4507997915606268</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>11.297587590999999</v>
+        <v>11.294575244000001</v>
       </c>
       <c r="C335" s="5">
-        <v>4.9413473999999624E-2</v>
+        <v>4.8392780000000357E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>5.4008808872201275</v>
+        <v>5.2876253504316573</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>11.331168622</v>
+        <v>11.326480845000001</v>
       </c>
       <c r="C336" s="5">
-        <v>3.358103100000065E-2</v>
+        <v>3.1905601000000061E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>3.6257826658590897</v>
+        <v>3.4429987794513561</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>11.274299998</v>
+        <v>11.272639238</v>
       </c>
       <c r="C337" s="5">
-        <v>-5.6868623999999812E-2</v>
+        <v>-5.3841607000000735E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>-5.8590422921976471</v>
+        <v>-5.5575245476173212</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>11.25728018</v>
+        <v>11.256453209</v>
       </c>
       <c r="C338" s="5">
-        <v>-1.7019817999999631E-2</v>
+        <v>-1.6186028999999991E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>-1.7965688431908822</v>
+        <v>-1.7094999241655917</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>11.256770352</v>
+        <v>11.255877577</v>
       </c>
       <c r="C339" s="5">
-        <v>-5.09828000000212E-4</v>
+        <v>-5.7563200000032566E-4</v>
       </c>
       <c r="D339" s="5">
-        <v>-5.4332949233482086E-2</v>
+        <v>-6.1348289594076455E-2</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>11.259105762000001</v>
+        <v>11.260816182999999</v>
       </c>
       <c r="C340" s="5">
-        <v>2.3354100000005928E-3</v>
+        <v>4.9386059999996235E-3</v>
       </c>
       <c r="D340" s="5">
-        <v>0.2492448510855283</v>
+        <v>0.52778198093088591</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>11.164400665000001</v>
+        <v>11.164146532</v>
       </c>
       <c r="C341" s="5">
-        <v>-9.4705097000000293E-2</v>
+        <v>-9.6669650999999135E-2</v>
       </c>
       <c r="D341" s="5">
-        <v>-9.6395920214982667</v>
+        <v>-9.8287883479764808</v>
       </c>
       <c r="E341" s="5">
-        <v>-1.6796370846648534</v>
+        <v>-1.6831579202404967</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>11.194190473000001</v>
+        <v>11.197870905</v>
       </c>
       <c r="C342" s="5">
-        <v>2.9789808000000306E-2</v>
+        <v>3.3724373000000085E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>3.2493533534755148</v>
+        <v>3.6857659129229559</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>11.280056214</v>
+        <v>11.287264945</v>
       </c>
       <c r="C343" s="5">
-        <v>8.5865740999999218E-2</v>
+        <v>8.9394040000000174E-2</v>
       </c>
       <c r="D343" s="5">
-        <v>9.6031055379055541</v>
+        <v>10.011770696198274</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>11.294236145999999</v>
+        <v>11.299543533</v>
       </c>
       <c r="C344" s="5">
-        <v>1.417993199999934E-2</v>
+        <v>1.2278587999999147E-2</v>
       </c>
       <c r="D344" s="5">
-        <v>1.5189693627850165</v>
+        <v>1.3132306326708365</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>11.048726038</v>
+        <v>11.047151471999999</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.24551010799999951</v>
+        <v>-0.25239206100000011</v>
       </c>
       <c r="D345" s="5">
-        <v>-23.181805970140378</v>
+        <v>-23.744195011926152</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>10.961316353999999</v>
+        <v>10.957780966</v>
       </c>
       <c r="C346" s="5">
-        <v>-8.7409684000000709E-2</v>
+        <v>-8.937050599999985E-2</v>
       </c>
       <c r="D346" s="5">
-        <v>-9.0911666051735942</v>
+        <v>-9.2873873660184518</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>10.898946072999999</v>
+        <v>10.89358049</v>
       </c>
       <c r="C347" s="5">
-        <v>-6.237028099999975E-2</v>
+        <v>-6.4200475999999895E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>-6.6183593582226692</v>
+        <v>-6.8084836360225225</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>11.02171856</v>
+        <v>11.016175715999999</v>
       </c>
       <c r="C348" s="5">
-        <v>0.12277248700000065</v>
+        <v>0.12259522599999961</v>
       </c>
       <c r="D348" s="5">
-        <v>14.387287195987209</v>
+        <v>14.372732120095</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>10.868419712</v>
+        <v>10.865841705999999</v>
       </c>
       <c r="C349" s="5">
-        <v>-0.15329884800000038</v>
+        <v>-0.15033400999999991</v>
       </c>
       <c r="D349" s="5">
-        <v>-15.471139908213027</v>
+        <v>-15.20109745757744</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>10.862924915000001</v>
+        <v>10.862258904000001</v>
       </c>
       <c r="C350" s="5">
-        <v>-5.4947969999989965E-3</v>
+        <v>-3.5828019999986083E-3</v>
       </c>
       <c r="D350" s="5">
-        <v>-0.60500536796777027</v>
+        <v>-0.39496010560375883</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>10.83335029</v>
+        <v>10.832421656999999</v>
       </c>
       <c r="C351" s="5">
-        <v>-2.957462500000041E-2</v>
+        <v>-2.9837247000001454E-2</v>
       </c>
       <c r="D351" s="5">
-        <v>-3.2185554321770171</v>
+        <v>-3.2469018511286585</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>10.74618611</v>
+        <v>10.750357944999999</v>
       </c>
       <c r="C352" s="5">
-        <v>-8.7164180000000258E-2</v>
+        <v>-8.2063712000000066E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>-9.2390861130045803</v>
+        <v>-8.7215164655889961</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>10.674839581000001</v>
+        <v>10.674532636</v>
       </c>
       <c r="C353" s="5">
-        <v>-7.1346528999999492E-2</v>
+        <v>-7.5825308999998953E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>-7.6825085912300306</v>
+        <v>-8.1431951870082013</v>
       </c>
       <c r="E353" s="5">
-        <v>-4.3850189427073865</v>
+        <v>-4.3855918103243301</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>10.497752296</v>
+        <v>10.503508668</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.1770872850000007</v>
+        <v>-0.17102396800000008</v>
       </c>
       <c r="D354" s="5">
-        <v>-18.187518719405848</v>
+        <v>-17.619135369556549</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>10.490285363</v>
+        <v>10.495845834000001</v>
       </c>
       <c r="C355" s="5">
-        <v>-7.4669329999998979E-3</v>
+        <v>-7.6628339999995632E-3</v>
       </c>
       <c r="D355" s="5">
-        <v>-0.85021524291641892</v>
+        <v>-0.87195563855620994</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>10.492147126000001</v>
+        <v>10.501069759</v>
       </c>
       <c r="C356" s="5">
-        <v>1.8617630000008489E-3</v>
+        <v>5.223924999999241E-3</v>
       </c>
       <c r="D356" s="5">
-        <v>0.21317796045829951</v>
+        <v>0.59889395502292775</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>10.454959284999999</v>
+        <v>10.452404982999999</v>
       </c>
       <c r="C357" s="5">
-        <v>-3.7187841000001498E-2</v>
+        <v>-4.8664776000000742E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>-4.1712797706161098</v>
+        <v>-5.4215445237305264</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>10.674173078000001</v>
+        <v>10.669444994999999</v>
       </c>
       <c r="C358" s="5">
-        <v>0.21921379300000154</v>
+        <v>0.217040012</v>
       </c>
       <c r="D358" s="5">
-        <v>28.275210208478498</v>
+        <v>27.969715951450592</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>10.707113453</v>
+        <v>10.699714719999999</v>
       </c>
       <c r="C359" s="5">
-        <v>3.2940374999999023E-2</v>
+        <v>3.0269725000000136E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>3.7666911693728045</v>
+        <v>3.4580852433836906</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>10.610983992</v>
+        <v>10.603774657000001</v>
       </c>
       <c r="C360" s="5">
-        <v>-9.6129461000000305E-2</v>
+        <v>-9.5940062999998688E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>-10.257315173979553</v>
+        <v>-10.244825331093255</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>10.761269385</v>
+        <v>10.757572369</v>
       </c>
       <c r="C361" s="5">
-        <v>0.15028539300000077</v>
+        <v>0.15379771199999936</v>
       </c>
       <c r="D361" s="5">
-        <v>18.384304117924199</v>
+        <v>18.862658079885431</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>10.768461642</v>
+        <v>10.767677064000001</v>
       </c>
       <c r="C362" s="5">
-        <v>7.1922569999998132E-3</v>
+        <v>1.0104695000000774E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>0.80497054273593882</v>
+        <v>1.1330134388231494</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>10.711540198</v>
+        <v>10.710506630999999</v>
       </c>
       <c r="C363" s="5">
-        <v>-5.6921444000000321E-2</v>
+        <v>-5.7170433000001353E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>-6.161927505726938</v>
+        <v>-6.1885370787756138</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>10.622228248000001</v>
+        <v>10.628686140999999</v>
       </c>
       <c r="C364" s="5">
-        <v>-8.931194999999903E-2</v>
+        <v>-8.1820490000000135E-2</v>
       </c>
       <c r="D364" s="5">
-        <v>-9.5591808714253759</v>
+        <v>-8.79160357968507</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>10.679338054</v>
+        <v>10.679615307000001</v>
       </c>
       <c r="C365" s="5">
-        <v>5.7109805999999708E-2</v>
+        <v>5.0929166000001302E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>6.6459730615054724</v>
+        <v>5.903988472066124</v>
       </c>
       <c r="E365" s="5">
-        <v>4.2140895569109382E-2</v>
+        <v>4.761492772862308E-2</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>10.813057273</v>
+        <v>10.821760127999999</v>
       </c>
       <c r="C366" s="5">
-        <v>0.13371921899999961</v>
+        <v>0.1421448209999987</v>
       </c>
       <c r="D366" s="5">
-        <v>16.104760784122462</v>
+        <v>17.194580638137591</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>10.71458131</v>
+        <v>10.718893329</v>
       </c>
       <c r="C367" s="5">
-        <v>-9.8475963000000277E-2</v>
+        <v>-0.10286679899999918</v>
       </c>
       <c r="D367" s="5">
-        <v>-10.397439655889873</v>
+        <v>-10.828812808280441</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>10.589319488999999</v>
+        <v>10.601216881999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.1252618210000005</v>
+        <v>-0.11767644700000091</v>
       </c>
       <c r="D368" s="5">
-        <v>-13.161130833954592</v>
+        <v>-12.407031219572605</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>9.0518389788999993</v>
+        <v>9.0493232225</v>
       </c>
       <c r="C369" s="5">
-        <v>-1.5374805101</v>
+        <v>-1.5518936594999992</v>
       </c>
       <c r="D369" s="5">
-        <v>-84.779629690733785</v>
+        <v>-85.033351027636613</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>8.9833113382000001</v>
+        <v>8.9779110724999995</v>
       </c>
       <c r="C370" s="5">
-        <v>-6.8527640699999282E-2</v>
+        <v>-7.1412150000000452E-2</v>
       </c>
       <c r="D370" s="5">
-        <v>-8.7158070940906445</v>
+        <v>-9.069331209695509</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>9.0181959499000008</v>
+        <v>9.0093621888000008</v>
       </c>
       <c r="C371" s="5">
-        <v>3.4884611700000789E-2</v>
+        <v>3.1451116300001303E-2</v>
       </c>
       <c r="D371" s="5">
-        <v>4.7607485750108758</v>
+        <v>4.2857493277016268</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>8.9039066576000003</v>
+        <v>8.8942555764000009</v>
       </c>
       <c r="C372" s="5">
-        <v>-0.11428929230000051</v>
+        <v>-0.11510661239999997</v>
       </c>
       <c r="D372" s="5">
-        <v>-14.191329820844567</v>
+        <v>-14.298840294902138</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>8.9511244194999993</v>
+        <v>8.9415933575000004</v>
       </c>
       <c r="C373" s="5">
-        <v>4.7217761899998933E-2</v>
+        <v>4.7337781099999532E-2</v>
       </c>
       <c r="D373" s="5">
-        <v>6.5525735457404366</v>
+        <v>6.5770577616784953</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>9.4738262107000004</v>
+        <v>9.4722802319999992</v>
       </c>
       <c r="C374" s="5">
-        <v>0.52270179120000115</v>
+        <v>0.53068687449999885</v>
       </c>
       <c r="D374" s="5">
-        <v>97.594039009203826</v>
+        <v>99.744795158610259</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>9.3925543415000003</v>
+        <v>9.3918848271000002</v>
       </c>
       <c r="C375" s="5">
-        <v>-8.1271869200000069E-2</v>
+        <v>-8.0395404899999079E-2</v>
       </c>
       <c r="D375" s="5">
-        <v>-9.8222007543447667</v>
+        <v>-9.7226831181408517</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>9.1916439068999995</v>
+        <v>9.1996508074999994</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.2009104346000008</v>
+        <v>-0.19223401960000075</v>
       </c>
       <c r="D376" s="5">
-        <v>-22.85394979989983</v>
+        <v>-21.976932833661611</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>9.2841048184999995</v>
+        <v>9.2877365929</v>
       </c>
       <c r="C377" s="5">
-        <v>9.2460911599999918E-2</v>
+        <v>8.808578540000056E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>12.761833338659967</v>
+        <v>12.114700977987546</v>
       </c>
       <c r="E377" s="5">
-        <v>-13.064791361084493</v>
+        <v>-13.033041678829838</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>9.4233095605999999</v>
+        <v>9.4361508610999998</v>
       </c>
       <c r="C378" s="5">
-        <v>0.13920474210000044</v>
+        <v>0.14841426819999981</v>
       </c>
       <c r="D378" s="5">
-        <v>19.553164831932545</v>
+        <v>20.953886325231586</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>9.2479426039000003</v>
+        <v>9.2547059558000004</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.17536695669999958</v>
+        <v>-0.18144490529999935</v>
       </c>
       <c r="D379" s="5">
-        <v>-20.182152716189371</v>
+        <v>-20.783985260564553</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>9.1932447239999995</v>
+        <v>9.2076498858000004</v>
       </c>
       <c r="C380" s="5">
-        <v>-5.4697879900000856E-2</v>
+        <v>-4.7056070000000005E-2</v>
       </c>
       <c r="D380" s="5">
-        <v>-6.8711273283752039</v>
+        <v>-5.9336983042827089</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>9.4375732548000002</v>
+        <v>9.4370734648999992</v>
       </c>
       <c r="C381" s="5">
-        <v>0.24432853080000072</v>
+        <v>0.22942357909999878</v>
       </c>
       <c r="D381" s="5">
-        <v>36.992936088514682</v>
+        <v>34.357670244473979</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>9.4946749511000004</v>
+        <v>9.4886837039999996</v>
       </c>
       <c r="C382" s="5">
-        <v>5.7101696300000171E-2</v>
+        <v>5.1610239100000399E-2</v>
       </c>
       <c r="D382" s="5">
-        <v>7.5071101288359587</v>
+        <v>6.7636984828309821</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>9.6270652953999996</v>
+        <v>9.6150276318000003</v>
       </c>
       <c r="C383" s="5">
-        <v>0.13239034429999919</v>
+        <v>0.1263439278000007</v>
       </c>
       <c r="D383" s="5">
-        <v>18.077131270311341</v>
+        <v>17.201939542332511</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>9.8016847255999995</v>
+        <v>9.7853337037999992</v>
       </c>
       <c r="C384" s="5">
-        <v>0.17461943019999993</v>
+        <v>0.17030607199999892</v>
       </c>
       <c r="D384" s="5">
-        <v>24.074273546208481</v>
+        <v>23.452886588651232</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>9.8431736148999995</v>
+        <v>9.8242892356000002</v>
       </c>
       <c r="C385" s="5">
-        <v>4.1488889300000054E-2</v>
+        <v>3.8955531800000998E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>5.1993347609477603</v>
+        <v>4.883214885000986</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>9.9750913486999995</v>
+        <v>9.9704679358000003</v>
       </c>
       <c r="C386" s="5">
-        <v>0.13191773379999994</v>
+        <v>0.14617870020000012</v>
       </c>
       <c r="D386" s="5">
-        <v>17.322371882939169</v>
+        <v>19.391336605510133</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>10.378502773999999</v>
+        <v>10.376787644</v>
       </c>
       <c r="C387" s="5">
-        <v>0.40341142529999985</v>
+        <v>0.40631970819999985</v>
       </c>
       <c r="D387" s="5">
-        <v>60.921432809604184</v>
+        <v>61.498560715917975</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>10.356741592000001</v>
+        <v>10.366747384</v>
       </c>
       <c r="C388" s="5">
-        <v>-2.1761181999998769E-2</v>
+        <v>-1.0040260000000245E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>-2.4872922262796915</v>
+        <v>-1.154924056233475</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>10.37707395</v>
+        <v>10.387315143</v>
       </c>
       <c r="C389" s="5">
-        <v>2.0332357999999218E-2</v>
+        <v>2.0567759000000407E-2</v>
       </c>
       <c r="D389" s="5">
-        <v>2.3814449621808009</v>
+        <v>2.4069675076109354</v>
       </c>
       <c r="E389" s="5">
-        <v>11.772477291748062</v>
+        <v>11.83903676747866</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>10.438624026999999</v>
+        <v>10.462591527000001</v>
       </c>
       <c r="C390" s="5">
-        <v>6.1550076999999703E-2</v>
+        <v>7.5276384000000363E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>7.3544690203272145</v>
+        <v>9.0514757626036548</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>10.584140348</v>
+        <v>10.595785021999999</v>
       </c>
       <c r="C391" s="5">
-        <v>0.14551632100000056</v>
+        <v>0.13319349499999866</v>
       </c>
       <c r="D391" s="5">
-        <v>18.072297124161874</v>
+        <v>16.392880659792187</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>10.706513734</v>
+        <v>10.7242069</v>
       </c>
       <c r="C392" s="5">
-        <v>0.12237338599999958</v>
+        <v>0.12842187800000104</v>
       </c>
       <c r="D392" s="5">
-        <v>14.791534261574512</v>
+        <v>15.55388466619101</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>10.719342364999999</v>
+        <v>10.726221311</v>
       </c>
       <c r="C393" s="5">
-        <v>1.2828630999999646E-2</v>
+        <v>2.0144109999993276E-3</v>
       </c>
       <c r="D393" s="5">
-        <v>1.4473632512945533</v>
+        <v>0.22563832561506292</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>10.906797299999999</v>
+        <v>10.896330482</v>
       </c>
       <c r="C394" s="5">
-        <v>0.18745493499999988</v>
+        <v>0.170109171</v>
       </c>
       <c r="D394" s="5">
-        <v>23.125837805710027</v>
+        <v>20.781984389097463</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>11.03305947</v>
+        <v>11.016778325000001</v>
       </c>
       <c r="C395" s="5">
-        <v>0.1262621700000004</v>
+        <v>0.12044784300000089</v>
       </c>
       <c r="D395" s="5">
-        <v>14.81129240276735</v>
+        <v>14.101703587668247</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>11.202123755000001</v>
+        <v>11.169993976000001</v>
       </c>
       <c r="C396" s="5">
-        <v>0.16906428500000104</v>
+        <v>0.15321565100000001</v>
       </c>
       <c r="D396" s="5">
-        <v>20.019796282449988</v>
+        <v>18.026610952787813</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>11.237503933999999</v>
+        <v>11.204720050000001</v>
       </c>
       <c r="C397" s="5">
-        <v>3.538017899999879E-2</v>
+        <v>3.472607399999994E-2</v>
       </c>
       <c r="D397" s="5">
-        <v>3.8565488299995065</v>
+        <v>3.7951008190195701</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>11.272348410999999</v>
+        <v>11.263174993</v>
       </c>
       <c r="C398" s="5">
-        <v>3.484447700000004E-2</v>
+        <v>5.8454942999999204E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>3.7849936012323671</v>
+        <v>6.4431843348984996</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>11.263384724</v>
+        <v>11.261628755</v>
       </c>
       <c r="C399" s="5">
-        <v>-8.9636869999996094E-3</v>
+        <v>-1.5462379999995335E-3</v>
       </c>
       <c r="D399" s="5">
-        <v>-0.9500686661373603</v>
+        <v>-0.16461479552896119</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>11.424092030000001</v>
+        <v>11.437285298000001</v>
       </c>
       <c r="C400" s="5">
-        <v>0.16070730600000083</v>
+        <v>0.17565654300000055</v>
       </c>
       <c r="D400" s="5">
-        <v>18.53136706769898</v>
+        <v>20.409561868295011</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>11.373486228999999</v>
+        <v>11.395633180999999</v>
       </c>
       <c r="C401" s="5">
-        <v>-5.0605801000001449E-2</v>
+        <v>-4.1652117000001709E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>-5.1880766025393488</v>
+        <v>-4.2836610691982742</v>
       </c>
       <c r="E401" s="5">
-        <v>9.6020543344012665</v>
+        <v>9.7072056072112556</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>11.349587495</v>
+        <v>11.387282586</v>
       </c>
       <c r="C402" s="5">
-        <v>-2.3898733999999422E-2</v>
+        <v>-8.3505949999995721E-3</v>
       </c>
       <c r="D402" s="5">
-        <v>-2.4925826969900977</v>
+        <v>-0.87581141372746751</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>11.406078398</v>
+        <v>11.426322816000001</v>
       </c>
       <c r="C403" s="5">
-        <v>5.6490903000000259E-2</v>
+        <v>3.904023000000123E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>6.1390756676571012</v>
+        <v>4.1925570306585724</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>11.626738472</v>
+        <v>11.645604279000001</v>
       </c>
       <c r="C404" s="5">
-        <v>0.22066007399999954</v>
+        <v>0.21928146299999973</v>
       </c>
       <c r="D404" s="5">
-        <v>25.851563863452064</v>
+        <v>25.62222116706312</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>11.611136725</v>
+        <v>11.629178682999999</v>
       </c>
       <c r="C405" s="5">
-        <v>-1.5601746999999833E-2</v>
+        <v>-1.6425596000001264E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>-1.5984307788332819</v>
+        <v>-1.6794771199988401</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>11.517330662000001</v>
+        <v>11.500491777000001</v>
       </c>
       <c r="C406" s="5">
-        <v>-9.3806062999998829E-2</v>
+        <v>-0.12868690599999866</v>
       </c>
       <c r="D406" s="5">
-        <v>-9.2753798716694202</v>
+        <v>-12.499926250283744</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>11.435996766000001</v>
+        <v>11.41050654</v>
       </c>
       <c r="C407" s="5">
-        <v>-8.1333896000000294E-2</v>
+        <v>-8.9985237000000495E-2</v>
       </c>
       <c r="D407" s="5">
-        <v>-8.1527284782567762</v>
+        <v>-8.9956505731240135</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>11.202955210000001</v>
+        <v>11.152290509</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.23304155599999987</v>
+        <v>-0.2582160309999999</v>
       </c>
       <c r="D408" s="5">
-        <v>-21.890670592712979</v>
+        <v>-24.018161689083495</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>11.632774483</v>
+        <v>11.587626546999999</v>
       </c>
       <c r="C409" s="5">
-        <v>0.42981927299999967</v>
+        <v>0.43533603799999909</v>
       </c>
       <c r="D409" s="5">
-        <v>57.11169345848117</v>
+        <v>58.330649450622161</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>11.56354028</v>
+        <v>11.549187352000001</v>
       </c>
       <c r="C410" s="5">
-        <v>-6.9234203000000605E-2</v>
+        <v>-3.8439194999998705E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>-6.9127704852927412</v>
+        <v>-3.908883802386165</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>11.652422877999999</v>
+        <v>11.650609617000001</v>
       </c>
       <c r="C411" s="5">
-        <v>8.8882597999999646E-2</v>
+        <v>0.10142226500000007</v>
       </c>
       <c r="D411" s="5">
-        <v>9.6238464046325625</v>
+        <v>11.06230576958691</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>11.701307289000001</v>
+        <v>11.718081196</v>
       </c>
       <c r="C412" s="5">
-        <v>4.8884411000001293E-2</v>
+        <v>6.7471578999999338E-2</v>
       </c>
       <c r="D412" s="5">
-        <v>5.1520557894023211</v>
+        <v>7.1751823398676473</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>11.464806718</v>
+        <v>11.500017197</v>
       </c>
       <c r="C413" s="5">
-        <v>-0.23650057100000055</v>
+        <v>-0.21806399899999995</v>
       </c>
       <c r="D413" s="5">
-        <v>-21.731279316924258</v>
+        <v>-20.181448538544544</v>
       </c>
       <c r="E413" s="5">
-        <v>0.80292433789697082</v>
+        <v>0.91600014094908033</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>11.862007312999999</v>
+        <v>11.914866682</v>
       </c>
       <c r="C414" s="5">
-        <v>0.39720059499999927</v>
+        <v>0.41484948499999952</v>
       </c>
       <c r="D414" s="5">
-        <v>50.486450812714878</v>
+        <v>52.998921700750998</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>11.821249546000001</v>
+        <v>11.849763073</v>
       </c>
       <c r="C415" s="5">
-        <v>-4.0757766999998779E-2</v>
+        <v>-6.5103608999999452E-2</v>
       </c>
       <c r="D415" s="5">
-        <v>-4.0461565722394344</v>
+        <v>-6.3633738745783592</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>11.845825616999999</v>
+        <v>11.864941032999999</v>
       </c>
       <c r="C416" s="5">
-        <v>2.4576070999998478E-2</v>
+        <v>1.5177959999999047E-2</v>
       </c>
       <c r="D416" s="5">
-        <v>2.5234935448613438</v>
+        <v>1.5479137823292355</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>12.009876351000001</v>
+        <v>12.039675378</v>
       </c>
       <c r="C417" s="5">
-        <v>0.1640507340000017</v>
+        <v>0.17473434500000096</v>
       </c>
       <c r="D417" s="5">
-        <v>17.944695153808389</v>
+        <v>19.176415212015542</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>12.019569615</v>
+        <v>11.995176158</v>
       </c>
       <c r="C418" s="5">
-        <v>9.6932639999991466E-3</v>
+        <v>-4.4499220000000506E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>0.97284025104256155</v>
+        <v>-4.3461983101612978</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>12.13537449</v>
+        <v>12.100278616000001</v>
       </c>
       <c r="C419" s="5">
-        <v>0.11580487500000025</v>
+        <v>0.10510245800000106</v>
       </c>
       <c r="D419" s="5">
-        <v>12.194402310847785</v>
+        <v>11.036274119042378</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>12.110845595000001</v>
+        <v>12.042543023</v>
       </c>
       <c r="C420" s="5">
-        <v>-2.4528894999999551E-2</v>
+        <v>-5.7735593000000307E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>-2.3987429105939873</v>
+        <v>-5.5778174767525668</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>12.127003132</v>
+        <v>12.070361994000001</v>
       </c>
       <c r="C421" s="5">
-        <v>1.6157536999999778E-2</v>
+        <v>2.7818971000000303E-2</v>
       </c>
       <c r="D421" s="5">
-        <v>1.6127652662019765</v>
+        <v>2.8075620552648672</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>12.152386814</v>
+        <v>12.134531846</v>
       </c>
       <c r="C422" s="5">
-        <v>2.5383681999999297E-2</v>
+        <v>6.4169851999999139E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>2.5409037321939776</v>
+        <v>6.5694612449791912</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>11.441899049</v>
+        <v>11.441195361</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.71048776499999988</v>
+        <v>-0.69333648499999967</v>
       </c>
       <c r="D423" s="5">
-        <v>-51.466867528708867</v>
+        <v>-50.639391282398428</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>11.376173664</v>
+        <v>11.396732999999999</v>
       </c>
       <c r="C424" s="5">
-        <v>-6.5725385000000358E-2</v>
+        <v>-4.4462361000000783E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>-6.6794654148924497</v>
+        <v>-4.565001718466144</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>11.402200331</v>
+        <v>11.448784429</v>
       </c>
       <c r="C425" s="5">
-        <v>2.6026667000000003E-2</v>
+        <v>5.2051429000000482E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>2.7801971760650801</v>
+        <v>5.620458986678023</v>
       </c>
       <c r="E425" s="5">
-        <v>-0.54607450906003496</v>
+        <v>-0.44550166423547033</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>11.272334001000001</v>
+        <v>11.346018129999999</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.1298663299999987</v>
+        <v>-0.10276629900000067</v>
       </c>
       <c r="D426" s="5">
-        <v>-12.843019258674126</v>
+        <v>-10.255231465158376</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>11.451397281</v>
+        <v>11.502938453000001</v>
       </c>
       <c r="C427" s="5">
-        <v>0.17906327999999938</v>
+        <v>0.15692032300000136</v>
       </c>
       <c r="D427" s="5">
-        <v>20.819100976397319</v>
+        <v>17.919023656847944</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>11.187660176</v>
+        <v>11.242991243000001</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.26373710500000058</v>
+        <v>-0.25994720999999998</v>
       </c>
       <c r="D428" s="5">
-        <v>-24.391710480375938</v>
+        <v>-23.988917806407361</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>11.161215621</v>
+        <v>11.52193525</v>
       </c>
       <c r="C429" s="5">
-        <v>-2.6444554999999426E-2</v>
+        <v>0.27894400699999977</v>
       </c>
       <c r="D429" s="5">
-        <v>-2.7998838212397903</v>
+        <v>34.190785363616129</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>11.124437155000001</v>
+        <v>11.801163719</v>
       </c>
       <c r="C430" s="5">
-        <v>-3.6778465999999455E-2</v>
+        <v>0.27922846899999954</v>
       </c>
       <c r="D430" s="5">
-        <v>-3.8833592321285026</v>
+        <v>33.288555598309145</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>11.185376043</v>
+        <v>12.104334207000001</v>
       </c>
       <c r="C431" s="5">
-        <v>6.0938887999999025E-2</v>
+        <v>0.30317048800000101</v>
       </c>
       <c r="D431" s="5">
-        <v>6.7752282598741775</v>
+        <v>35.579132333027985</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>11.140603428</v>
+        <v>12.050537785</v>
       </c>
       <c r="C432" s="5">
-        <v>-4.4772614999999405E-2</v>
+        <v>-5.3796422000001343E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>-4.6989890657821221</v>
+        <v>-5.2048167737997701</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>11.123424017</v>
+        <v>12.031955205999999</v>
       </c>
       <c r="C433" s="5">
-        <v>-1.7179411000000755E-2</v>
+        <v>-1.8582579000000266E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>-1.834850736752025</v>
+        <v>-1.8348507537036096</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>11.034417244</v>
+        <v>11.935678599999999</v>
       </c>
       <c r="C434" s="5">
-        <v>-8.9006772999999484E-2</v>
+        <v>-9.6276605999999987E-2</v>
       </c>
       <c r="D434" s="5">
-        <v>-9.1905778110261576</v>
+        <v>-9.1905778577207045</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>11.905183732999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-3.0494866999999815E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-3.0232024744394348</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>11.880465542</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-2.4718190999999834E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-2.4632498660701274</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">