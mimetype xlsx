--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{30143CC1-29C2-4F62-B19E-1E91284B4374}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{3B8CD859-FC46-4F7F-B2C8-C32AA29E7E37}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{EBD8BB8B-FA73-4751-A028-78F0D1BA7E07}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{DEC66543-D65B-46AD-8944-A250F50F8618}"/>
   </bookViews>
   <sheets>
     <sheet name="fwainfoa" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Information Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C48BF0C9-C61C-4CFF-B3B9-1C57ED99CE91}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{43812290-7B95-4EE4-8DC2-8636F01C7FE0}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>12.104334207000001</v>
       </c>
       <c r="C431" s="5">
         <v>0.30317048800000101</v>
       </c>
       <c r="D431" s="5">
         <v>35.579132333027985</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>12.050537785</v>
       </c>
       <c r="C432" s="5">
         <v>-5.3796422000001343E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-5.2048167737997701</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>12.031955205999999</v>
       </c>
       <c r="C433" s="5">
         <v>-1.8582579000000266E-2</v>
       </c>
       <c r="D433" s="5">
         <v>-1.8348507537036096</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>11.935678599999999</v>
       </c>
       <c r="C434" s="5">
         <v>-9.6276605999999987E-2</v>
       </c>
       <c r="D434" s="5">
         <v>-9.1905778577207045</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>11.905183732999999</v>
       </c>
       <c r="C435" s="5">
         <v>-3.0494866999999815E-2</v>
       </c>
       <c r="D435" s="5">
         <v>-3.0232024744394348</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>11.880465542</v>
+        <v>11.863003947999999</v>
       </c>
       <c r="C436" s="5">
-        <v>-2.4718190999999834E-2</v>
+        <v>-4.2179785000000081E-2</v>
       </c>
       <c r="D436" s="5">
-        <v>-2.4632498660701274</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-4.1696946490970994</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>12.019708223</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.15670427500000095</v>
+      </c>
+      <c r="D437" s="5">
+        <v>17.055279137931723</v>
+      </c>
+      <c r="E437" s="5">
+        <v>4.9867634205238431</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>