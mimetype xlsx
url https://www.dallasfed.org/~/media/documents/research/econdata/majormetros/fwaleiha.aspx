--- v0 (2025-10-10)
+++ v1 (2025-12-17)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{CC1BC7D5-BFF4-4BF3-B1B5-564DF148A371}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{75AA65EB-84AC-4E07-B92A-D56DB57C48DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{4EABC380-5A47-4256-8AB4-373FB5500C65}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{BF57545E-CEEE-402D-879C-5E77C01917E0}"/>
   </bookViews>
   <sheets>
     <sheet name="fwaleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C205BDF1-696B-4C23-B04C-007FD618E293}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7463F950-BD04-4660-9613-FD0455792E36}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.28070257999999626</v>
       </c>
       <c r="D431" s="5">
         <v>-2.4174417449521535</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>137.48057026000001</v>
       </c>
       <c r="C432" s="5">
         <v>-2.6702639999996336E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-0.23278017076011626</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>137.80309087000001</v>
+        <v>137.86929628999999</v>
       </c>
       <c r="C433" s="5">
-        <v>0.32252060999999799</v>
+        <v>0.38872602999998662</v>
       </c>
       <c r="D433" s="5">
-        <v>2.851731201882024</v>
+        <v>3.4462633404911847</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>138.08266646999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.2133701799999983</v>
+      </c>
+      <c r="D434" s="5">
+        <v>1.8730416407254813</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>