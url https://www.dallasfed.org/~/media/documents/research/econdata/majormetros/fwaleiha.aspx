--- v1 (2025-12-17)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{75AA65EB-84AC-4E07-B92A-D56DB57C48DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B9BCED47-34FC-4E78-9BBD-BEAB8CB01ECF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{BF57545E-CEEE-402D-879C-5E77C01917E0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A946E316-CBBC-4885-A814-90EF33864FAA}"/>
   </bookViews>
   <sheets>
     <sheet name="fwaleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7463F950-BD04-4660-9613-FD0455792E36}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{494DFE35-FE19-46B5-BC9C-1ECDF4F288AC}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>57.401023911000003</v>
+        <v>57.393158450999998</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>57.470707226999998</v>
+        <v>57.440149065999996</v>
       </c>
       <c r="C7" s="5">
-        <v>6.9683315999995443E-2</v>
+        <v>4.699061499999857E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>1.4665341712135627</v>
+        <v>0.98693571091177379</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>57.174291750000002</v>
+        <v>57.180210113000001</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.29641547699999649</v>
+        <v>-0.25993895299999537</v>
       </c>
       <c r="D8" s="5">
-        <v>-6.0166279521152832</v>
+        <v>-5.2973213961022392</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>57.143034331000003</v>
+        <v>57.144605401</v>
       </c>
       <c r="C9" s="5">
-        <v>-3.1257418999999231E-2</v>
+        <v>-3.5604712000001371E-2</v>
       </c>
       <c r="D9" s="5">
-        <v>-0.65407585205867758</v>
+        <v>-0.74465683866640209</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>57.282470177</v>
+        <v>57.281939969</v>
       </c>
       <c r="C10" s="5">
-        <v>0.13943584599999781</v>
+        <v>0.13733456799999999</v>
       </c>
       <c r="D10" s="5">
-        <v>2.9677627011329699</v>
+        <v>2.9223647563678457</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>57.51393985</v>
+        <v>57.517777090000003</v>
       </c>
       <c r="C11" s="5">
-        <v>0.23146967299999943</v>
+        <v>0.23583712100000298</v>
       </c>
       <c r="D11" s="5">
-        <v>4.9582484509069102</v>
+        <v>5.0539790866176881</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>57.285110824999997</v>
+        <v>57.287039974999999</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.22882902500000313</v>
+        <v>-0.23073711500000371</v>
       </c>
       <c r="D12" s="5">
-        <v>-4.6713012489350891</v>
+        <v>-4.7090902349559594</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>57.276043622000003</v>
+        <v>57.268795754000003</v>
       </c>
       <c r="C13" s="5">
-        <v>-9.0672029999936399E-3</v>
+        <v>-1.824422099999623E-2</v>
       </c>
       <c r="D13" s="5">
-        <v>-0.18977315890504887</v>
+        <v>-0.38149568013667867</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>56.744116247999997</v>
+        <v>56.739616030999997</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.53192737400000567</v>
+        <v>-0.52917972300000571</v>
       </c>
       <c r="D14" s="5">
-        <v>-10.592509647672877</v>
+        <v>-10.541811520368793</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>56.473897416</v>
+        <v>56.506050127000002</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.27021883199999763</v>
+        <v>-0.23356590399999533</v>
       </c>
       <c r="D15" s="5">
-        <v>-5.5671518130421038</v>
+        <v>-4.8294246611101936</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>56.485004428000003</v>
+        <v>56.481972128999999</v>
       </c>
       <c r="C16" s="5">
-        <v>1.1107012000003635E-2</v>
+        <v>-2.4077998000002765E-2</v>
       </c>
       <c r="D16" s="5">
-        <v>0.23626563757286334</v>
+        <v>-0.51013967298737528</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>56.678965163999997</v>
+        <v>56.688650187999997</v>
       </c>
       <c r="C17" s="5">
-        <v>0.19396073599999397</v>
+        <v>0.20667805899999792</v>
       </c>
       <c r="D17" s="5">
-        <v>4.1993339027328602</v>
+        <v>4.4804820426291414</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>57.095627550000003</v>
+        <v>57.082587226000001</v>
       </c>
       <c r="C18" s="5">
-        <v>0.41666238600000582</v>
+        <v>0.39393703800000424</v>
       </c>
       <c r="D18" s="5">
-        <v>9.1870821943944136</v>
+        <v>8.6651775404769538</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>56.541770397999997</v>
+        <v>56.519675575999997</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.55385715200000618</v>
+        <v>-0.56291165000000376</v>
       </c>
       <c r="D19" s="5">
-        <v>-11.039211506165792</v>
+        <v>-11.212436899788713</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>56.334042701999998</v>
+        <v>56.334460849999999</v>
       </c>
       <c r="C20" s="5">
-        <v>-0.20772769599999918</v>
+        <v>-0.18521472599999811</v>
       </c>
       <c r="D20" s="5">
-        <v>-4.3206555022799575</v>
+        <v>-3.8622877706685044</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>56.180047178000002</v>
+        <v>56.179091972999998</v>
       </c>
       <c r="C21" s="5">
-        <v>-0.1539955239999955</v>
+        <v>-0.15536887700000079</v>
       </c>
       <c r="D21" s="5">
-        <v>-3.2314639101820086</v>
+        <v>-3.2598230017665486</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>56.186560720999999</v>
+        <v>56.186292149000003</v>
       </c>
       <c r="C22" s="5">
-        <v>6.5135429999969574E-3</v>
+        <v>7.2001760000048876E-3</v>
       </c>
       <c r="D22" s="5">
-        <v>0.13921735794908408</v>
+        <v>0.15390608915344384</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>56.078807853999997</v>
+        <v>56.084697591000001</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.10775286700000208</v>
+        <v>-0.10159455800000217</v>
       </c>
       <c r="D23" s="5">
-        <v>-2.2772040467360366</v>
+        <v>-2.148358952228846</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>56.403399882999999</v>
+        <v>56.406113042999998</v>
       </c>
       <c r="C24" s="5">
-        <v>0.3245920290000015</v>
+        <v>0.32141545199999655</v>
       </c>
       <c r="D24" s="5">
-        <v>7.1712080593288485</v>
+        <v>7.0980321919587253</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>56.486969287999997</v>
+        <v>56.483641153000001</v>
       </c>
       <c r="C25" s="5">
-        <v>8.3569404999998653E-2</v>
+        <v>7.7528110000002926E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>1.792525716020732</v>
+        <v>1.6618811662460153</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>56.825739452999997</v>
+        <v>56.824264651</v>
       </c>
       <c r="C26" s="5">
-        <v>0.33877016499999968</v>
+        <v>0.34062349799999936</v>
       </c>
       <c r="D26" s="5">
-        <v>7.4389760557335372</v>
+        <v>7.4814877123766887</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>56.821979927000001</v>
+        <v>56.842719527</v>
       </c>
       <c r="C27" s="5">
-        <v>-3.7595259999960717E-3</v>
+        <v>1.8454875999999842E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>-7.9361747231765367E-2</v>
+        <v>0.39042215528688473</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>56.997944914999998</v>
+        <v>56.993725472000001</v>
       </c>
       <c r="C28" s="5">
-        <v>0.17596498799999694</v>
+        <v>0.15100594500000142</v>
       </c>
       <c r="D28" s="5">
-        <v>3.7800842445661287</v>
+        <v>3.234861928340016</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>57.012522021999999</v>
+        <v>57.024608403999999</v>
       </c>
       <c r="C29" s="5">
-        <v>1.4577107000000922E-2</v>
+        <v>3.0882931999997254E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>0.30732958255901277</v>
+        <v>0.65217995193371792</v>
       </c>
       <c r="E29" s="5">
-        <v>0.58850202546016916</v>
+        <v>0.59263752953340187</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>57.248685868999999</v>
+        <v>57.239320462000002</v>
       </c>
       <c r="C30" s="5">
-        <v>0.23616384700000026</v>
+        <v>0.21471205800000348</v>
       </c>
       <c r="D30" s="5">
-        <v>5.0856047525905668</v>
+        <v>4.6130566031565845</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>57.454144413000002</v>
+        <v>57.443011114000001</v>
       </c>
       <c r="C31" s="5">
-        <v>0.20545854400000252</v>
+        <v>0.20369065199999881</v>
       </c>
       <c r="D31" s="5">
-        <v>4.3926869918598177</v>
+        <v>4.3548733687168051</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>57.434540831</v>
+        <v>57.411448589000003</v>
       </c>
       <c r="C32" s="5">
-        <v>-1.9603582000002007E-2</v>
+        <v>-3.1562524999998232E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>-0.40867726078349653</v>
+        <v>-0.65736074019198121</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>57.472224181000001</v>
+        <v>57.475498657000003</v>
       </c>
       <c r="C33" s="5">
-        <v>3.7683350000001781E-2</v>
+        <v>6.4050068000000238E-2</v>
       </c>
       <c r="D33" s="5">
-        <v>0.79017883364467245</v>
+        <v>1.3470040119698545</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>57.443312808000002</v>
+        <v>57.447157165</v>
       </c>
       <c r="C34" s="5">
-        <v>-2.8911372999999685E-2</v>
+        <v>-2.8341492000002688E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>-0.60199199612993581</v>
+        <v>-0.59012458053131489</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>56.966909956000002</v>
+        <v>56.977784307</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.47640285199999965</v>
+        <v>-0.46937285799999984</v>
       </c>
       <c r="D35" s="5">
-        <v>-9.5104943451924662</v>
+        <v>-9.3758016674052378</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>57.713734475000003</v>
+        <v>57.714031069999997</v>
       </c>
       <c r="C36" s="5">
-        <v>0.74682451900000046</v>
+        <v>0.73624676299999692</v>
       </c>
       <c r="D36" s="5">
-        <v>16.91713688055485</v>
+        <v>16.656844532261992</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>58.019706677000002</v>
+        <v>58.019760521999999</v>
       </c>
       <c r="C37" s="5">
-        <v>0.30597220199999953</v>
+        <v>0.30572945200000134</v>
       </c>
       <c r="D37" s="5">
-        <v>6.550679023759165</v>
+        <v>6.5452949257431836</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>58.039496556000003</v>
+        <v>58.05094544</v>
       </c>
       <c r="C38" s="5">
-        <v>1.9789879000001065E-2</v>
+        <v>3.1184918000001005E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>0.41007543074054187</v>
+        <v>0.64689556979289353</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>58.399274132999999</v>
+        <v>58.413828352000003</v>
       </c>
       <c r="C39" s="5">
-        <v>0.35977757699999557</v>
+        <v>0.36288291200000344</v>
       </c>
       <c r="D39" s="5">
-        <v>7.6975317012269562</v>
+        <v>7.7646878564052502</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>58.849078765000002</v>
+        <v>58.813646675999998</v>
       </c>
       <c r="C40" s="5">
-        <v>0.44980463200000287</v>
+        <v>0.39981832399999462</v>
       </c>
       <c r="D40" s="5">
-        <v>9.6444453145552611</v>
+        <v>8.5298633957784364</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>58.346362654000004</v>
+        <v>58.36948675</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.50271611099999802</v>
+        <v>-0.44415992599999754</v>
       </c>
       <c r="D41" s="5">
-        <v>-9.7827841843553855</v>
+        <v>-8.6952869412930784</v>
       </c>
       <c r="E41" s="5">
-        <v>2.3395573195048369</v>
+        <v>2.3584175036713839</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>59.492581110000003</v>
+        <v>59.492432721999997</v>
       </c>
       <c r="C42" s="5">
-        <v>1.1462184559999997</v>
+        <v>1.1229459719999966</v>
       </c>
       <c r="D42" s="5">
-        <v>26.295620758897108</v>
+        <v>25.692754439246144</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>59.570240020999996</v>
+        <v>59.568939663000002</v>
       </c>
       <c r="C43" s="5">
-        <v>7.7658910999993225E-2</v>
+        <v>7.6506941000005213E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>1.5777206019705448</v>
+        <v>1.5541552789272162</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>59.939403425000002</v>
+        <v>59.890865343999998</v>
       </c>
       <c r="C44" s="5">
-        <v>0.36916340400000536</v>
+        <v>0.32192568099999619</v>
       </c>
       <c r="D44" s="5">
-        <v>7.6953107531853693</v>
+        <v>6.6813791481736162</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>60.323162105000002</v>
+        <v>60.344693388000003</v>
       </c>
       <c r="C45" s="5">
-        <v>0.38375867999999969</v>
+        <v>0.45382804400000509</v>
       </c>
       <c r="D45" s="5">
-        <v>7.9593332513327564</v>
+        <v>9.4818083998337688</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>60.363906890000003</v>
+        <v>60.375209120000001</v>
       </c>
       <c r="C46" s="5">
-        <v>4.0744785000001116E-2</v>
+        <v>3.0515731999997797E-2</v>
       </c>
       <c r="D46" s="5">
-        <v>0.81354800847985853</v>
+        <v>0.60851909581143282</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>60.757331567999998</v>
+        <v>60.751055115</v>
       </c>
       <c r="C47" s="5">
-        <v>0.39342467799999525</v>
+        <v>0.37584599499999882</v>
       </c>
       <c r="D47" s="5">
-        <v>8.1075966937986355</v>
+        <v>7.7313556692010232</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>60.909082480000002</v>
+        <v>60.912623779999997</v>
       </c>
       <c r="C48" s="5">
-        <v>0.15175091200000423</v>
+        <v>0.16156866499999722</v>
       </c>
       <c r="D48" s="5">
-        <v>3.0387045671251167</v>
+        <v>3.23852281911996</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>60.867529290999997</v>
+        <v>60.873610517000003</v>
       </c>
       <c r="C49" s="5">
-        <v>-4.1553189000005375E-2</v>
+        <v>-3.901326299999397E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>-0.81559516203819626</v>
+        <v>-0.76587329347379551</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>61.287283928000001</v>
+        <v>61.312771824000002</v>
       </c>
       <c r="C50" s="5">
-        <v>0.41975463700000404</v>
+        <v>0.43916130699999911</v>
       </c>
       <c r="D50" s="5">
-        <v>8.5966480625814476</v>
+        <v>9.0090780137087378</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>61.274583397999997</v>
+        <v>61.286097015000003</v>
       </c>
       <c r="C51" s="5">
-        <v>-1.2700530000003596E-2</v>
+        <v>-2.66748089999993E-2</v>
       </c>
       <c r="D51" s="5">
-        <v>-0.24839210225352515</v>
+        <v>-0.52082603126152316</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>60.943378961000001</v>
+        <v>60.877221230000004</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.33120443699999669</v>
+        <v>-0.40887578499999933</v>
       </c>
       <c r="D52" s="5">
-        <v>-6.296901938310473</v>
+        <v>-7.7185785242834708</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>61.024850012000002</v>
+        <v>61.052444672</v>
       </c>
       <c r="C53" s="5">
-        <v>8.1471051000001182E-2</v>
+        <v>0.17522344199999651</v>
       </c>
       <c r="D53" s="5">
-        <v>1.6160459453075537</v>
+        <v>3.5091773557188954</v>
       </c>
       <c r="E53" s="5">
-        <v>4.590667243275659</v>
+        <v>4.596507647037007</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>60.997185711</v>
+        <v>61.011767753999997</v>
       </c>
       <c r="C54" s="5">
-        <v>-2.7664301000001501E-2</v>
+        <v>-4.0676918000002615E-2</v>
       </c>
       <c r="D54" s="5">
-        <v>-0.54263984987125147</v>
+        <v>-0.79659100860065557</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>60.881688199999999</v>
+        <v>60.887086539000002</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.11549751100000094</v>
+        <v>-0.1246812149999954</v>
       </c>
       <c r="D55" s="5">
-        <v>-2.2486727422880826</v>
+        <v>-2.4248965168021885</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>62.258449759999998</v>
+        <v>62.190577896000001</v>
       </c>
       <c r="C56" s="5">
-        <v>1.3767615599999985</v>
+        <v>1.3034913569999986</v>
       </c>
       <c r="D56" s="5">
-        <v>30.779415322536742</v>
+        <v>28.941520682506727</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>61.080662269000001</v>
+        <v>61.126206240000002</v>
       </c>
       <c r="C57" s="5">
-        <v>-1.1777874909999966</v>
+        <v>-1.0643716559999987</v>
       </c>
       <c r="D57" s="5">
-        <v>-20.482042370807431</v>
+        <v>-18.710547299539858</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>61.476077652999997</v>
+        <v>61.483107920999998</v>
       </c>
       <c r="C58" s="5">
-        <v>0.3954153839999961</v>
+        <v>0.35690168099999653</v>
       </c>
       <c r="D58" s="5">
-        <v>8.0510418662207872</v>
+        <v>7.235959611891607</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>61.393305429000002</v>
+        <v>61.369532626999998</v>
       </c>
       <c r="C59" s="5">
-        <v>-8.2772223999995731E-2</v>
+        <v>-0.11357529400000033</v>
       </c>
       <c r="D59" s="5">
-        <v>-1.6037851222268973</v>
+        <v>-2.1943286184796462</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>63.335195790999997</v>
+        <v>63.341450938999998</v>
       </c>
       <c r="C60" s="5">
-        <v>1.9418903619999952</v>
+        <v>1.9719183119999997</v>
       </c>
       <c r="D60" s="5">
-        <v>45.307894880061014</v>
+        <v>46.157901356793914</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>63.408866922999998</v>
+        <v>63.418635467000001</v>
       </c>
       <c r="C61" s="5">
-        <v>7.3671132000001194E-2</v>
+        <v>7.7184528000003638E-2</v>
       </c>
       <c r="D61" s="5">
-        <v>1.4047976842105792</v>
+        <v>1.4720962355277534</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>62.683991345000003</v>
+        <v>62.721741111999997</v>
       </c>
       <c r="C62" s="5">
-        <v>-0.72487557799999536</v>
+        <v>-0.69689435500000485</v>
       </c>
       <c r="D62" s="5">
-        <v>-12.887637607370294</v>
+        <v>-12.418063002110468</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>63.312011042999998</v>
+        <v>63.330503000999997</v>
       </c>
       <c r="C63" s="5">
-        <v>0.62801969799999569</v>
+        <v>0.60876188900000017</v>
       </c>
       <c r="D63" s="5">
-        <v>12.707703384058512</v>
+        <v>12.289198592906271</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>64.341748976999995</v>
+        <v>64.242915686000003</v>
       </c>
       <c r="C64" s="5">
-        <v>1.0297379339999964</v>
+        <v>0.91241268500000672</v>
       </c>
       <c r="D64" s="5">
-        <v>21.361529110919662</v>
+        <v>18.726501538476438</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>63.933964084999999</v>
+        <v>63.966530796999997</v>
       </c>
       <c r="C65" s="5">
-        <v>-0.40778489199999512</v>
+        <v>-0.27638488900000624</v>
       </c>
       <c r="D65" s="5">
-        <v>-7.345770453068468</v>
+        <v>-5.0421985859496417</v>
       </c>
       <c r="E65" s="5">
-        <v>4.7670974569014923</v>
+        <v>4.7730867136536848</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>63.550557216999998</v>
+        <v>63.566727104999998</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.38340686800000157</v>
+        <v>-0.39980369199999899</v>
       </c>
       <c r="D66" s="5">
-        <v>-6.96362915044012</v>
+        <v>-7.2477092404043102</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>63.626392897999999</v>
+        <v>63.632125041000002</v>
       </c>
       <c r="C67" s="5">
-        <v>7.5835681000000932E-2</v>
+        <v>6.5397936000003654E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>1.4414109777027617</v>
+        <v>1.2415789469318872</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>63.817649211000003</v>
+        <v>63.771713187000003</v>
       </c>
       <c r="C68" s="5">
-        <v>0.19125631300000379</v>
+        <v>0.13958814600000125</v>
       </c>
       <c r="D68" s="5">
-        <v>3.6673493324634876</v>
+        <v>2.6644028978154655</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>62.828906033999999</v>
+        <v>62.885759763999999</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.98874317700000347</v>
+        <v>-0.88595342300000368</v>
       </c>
       <c r="D69" s="5">
-        <v>-17.086672357871933</v>
+        <v>-15.454453245957311</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>63.751386126</v>
+        <v>63.744026828000003</v>
       </c>
       <c r="C70" s="5">
-        <v>0.9224800920000007</v>
+        <v>0.85826706400000319</v>
       </c>
       <c r="D70" s="5">
-        <v>19.113670630725245</v>
+        <v>17.664700826593794</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>64.263976635000006</v>
+        <v>64.212971655999993</v>
       </c>
       <c r="C71" s="5">
-        <v>0.51259050900000602</v>
+        <v>0.46894482799999082</v>
       </c>
       <c r="D71" s="5">
-        <v>10.08688152050925</v>
+        <v>9.1941274601099465</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>63.888782945999999</v>
+        <v>63.902936422000003</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.37519368900000671</v>
+        <v>-0.31003523399999011</v>
       </c>
       <c r="D72" s="5">
-        <v>-6.7853381645299971</v>
+        <v>-5.6424718130681946</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>63.718499330999997</v>
+        <v>63.736565042999999</v>
       </c>
       <c r="C73" s="5">
-        <v>-0.17028361500000244</v>
+        <v>-0.16637137900000454</v>
       </c>
       <c r="D73" s="5">
-        <v>-3.1519041717846696</v>
+        <v>-3.07985130328573</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>63.438157033000003</v>
+        <v>63.463249042000001</v>
       </c>
       <c r="C74" s="5">
-        <v>-0.28034229799999366</v>
+        <v>-0.27331600099999775</v>
       </c>
       <c r="D74" s="5">
-        <v>-5.1537369659007126</v>
+        <v>-5.0262085127063649</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>63.935639008000003</v>
+        <v>63.957121149000002</v>
       </c>
       <c r="C75" s="5">
-        <v>0.49748197499999947</v>
+        <v>0.49387210700000139</v>
       </c>
       <c r="D75" s="5">
-        <v>9.8270781567896712</v>
+        <v>9.748667422942825</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>63.694696587000003</v>
+        <v>63.629191272</v>
       </c>
       <c r="C76" s="5">
-        <v>-0.24094242099999974</v>
+        <v>-0.32792987700000253</v>
       </c>
       <c r="D76" s="5">
-        <v>-4.4296543613914441</v>
+        <v>-5.9822276065056741</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>63.721104736000001</v>
+        <v>63.737265069999999</v>
       </c>
       <c r="C77" s="5">
-        <v>2.6408148999998105E-2</v>
+        <v>0.1080737979999995</v>
       </c>
       <c r="D77" s="5">
-        <v>0.49866226803121361</v>
+        <v>2.057341201666496</v>
       </c>
       <c r="E77" s="5">
-        <v>-0.3329362601652619</v>
+        <v>-0.35841513388865653</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>65.868173056000003</v>
+        <v>65.873170900000005</v>
       </c>
       <c r="C78" s="5">
-        <v>2.1470683200000025</v>
+        <v>2.1359058300000058</v>
       </c>
       <c r="D78" s="5">
-        <v>48.835953930463162</v>
+        <v>48.518906005907624</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>64.648514751999997</v>
+        <v>64.655626474000002</v>
       </c>
       <c r="C79" s="5">
-        <v>-1.2196583040000064</v>
+        <v>-1.2175444260000035</v>
       </c>
       <c r="D79" s="5">
-        <v>-20.091089968534181</v>
+        <v>-20.058359296657812</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>64.815677387999997</v>
+        <v>64.797932251000006</v>
       </c>
       <c r="C80" s="5">
-        <v>0.16716263600000048</v>
+        <v>0.14230577700000424</v>
       </c>
       <c r="D80" s="5">
-        <v>3.1473676731152311</v>
+        <v>2.6733848896018264</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>65.571518968000007</v>
+        <v>65.614201140000006</v>
       </c>
       <c r="C81" s="5">
-        <v>0.75584158000000912</v>
+        <v>0.81626888899999983</v>
       </c>
       <c r="D81" s="5">
-        <v>14.927023887347568</v>
+        <v>16.209164315423298</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>66.176489607999997</v>
+        <v>66.147133715999999</v>
       </c>
       <c r="C82" s="5">
-        <v>0.60497063999999057</v>
+        <v>0.53293257599999322</v>
       </c>
       <c r="D82" s="5">
-        <v>11.650784722683882</v>
+        <v>10.194067448973133</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>66.260559498999996</v>
+        <v>66.225115731000002</v>
       </c>
       <c r="C83" s="5">
-        <v>8.406989099999862E-2</v>
+        <v>7.7982015000003457E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>1.5351638175567617</v>
+        <v>1.4239101571626334</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>65.821727343999996</v>
+        <v>65.831131646000003</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.43883215500000006</v>
+        <v>-0.3939840849999996</v>
       </c>
       <c r="D84" s="5">
-        <v>-7.6641996728642798</v>
+        <v>-6.9099769496181906</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>66.273322363999995</v>
+        <v>66.292737939999995</v>
       </c>
       <c r="C85" s="5">
-        <v>0.45159501999999918</v>
+        <v>0.46160629399999209</v>
       </c>
       <c r="D85" s="5">
-        <v>8.5509458419084972</v>
+        <v>8.7465841277791334</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>66.452379585000003</v>
+        <v>66.464477076999998</v>
       </c>
       <c r="C86" s="5">
-        <v>0.17905722100000787</v>
+        <v>0.17173913700000298</v>
       </c>
       <c r="D86" s="5">
-        <v>3.2907739435910077</v>
+        <v>3.1534204991009895</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>67.093899027999996</v>
+        <v>67.121779885999999</v>
       </c>
       <c r="C87" s="5">
-        <v>0.64151944299999286</v>
+        <v>0.65730280900000082</v>
       </c>
       <c r="D87" s="5">
-        <v>12.219911880076673</v>
+        <v>12.534701916761492</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>67.319815953000003</v>
+        <v>67.282994930000001</v>
       </c>
       <c r="C88" s="5">
-        <v>0.22591692500000704</v>
+        <v>0.16121504400000219</v>
       </c>
       <c r="D88" s="5">
-        <v>4.1162866817300747</v>
+        <v>2.9205753623077868</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>67.646798688000004</v>
+        <v>67.651675644999997</v>
       </c>
       <c r="C89" s="5">
-        <v>0.32698273500000141</v>
+        <v>0.36868071499999644</v>
       </c>
       <c r="D89" s="5">
-        <v>5.9868407838365334</v>
+        <v>6.7772960944622263</v>
       </c>
       <c r="E89" s="5">
-        <v>6.1607437100539286</v>
+        <v>6.1414787263007975</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>67.634645758999994</v>
+        <v>67.630402821999994</v>
       </c>
       <c r="C90" s="5">
-        <v>-1.2152929000009749E-2</v>
+        <v>-2.1272823000003882E-2</v>
       </c>
       <c r="D90" s="5">
-        <v>-0.21537033365317537</v>
+        <v>-0.3766837278078361</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>68.028308213000003</v>
+        <v>68.030976910000007</v>
       </c>
       <c r="C91" s="5">
-        <v>0.39366245400000821</v>
+        <v>0.40057408800001326</v>
       </c>
       <c r="D91" s="5">
-        <v>7.2124971481960509</v>
+        <v>7.3437587016237371</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>68.729365676</v>
+        <v>68.732688335999995</v>
       </c>
       <c r="C92" s="5">
-        <v>0.70105746299999794</v>
+        <v>0.70171142599998859</v>
       </c>
       <c r="D92" s="5">
-        <v>13.092024897440592</v>
+        <v>13.104394897769422</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>68.880114719999995</v>
+        <v>68.898826280999998</v>
       </c>
       <c r="C93" s="5">
-        <v>0.15074904399999411</v>
+        <v>0.16613794500000267</v>
       </c>
       <c r="D93" s="5">
-        <v>2.6640311096482128</v>
+        <v>2.9394666851530804</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>69.340179073000002</v>
+        <v>69.312106639000007</v>
       </c>
       <c r="C94" s="5">
-        <v>0.46006435300000703</v>
+        <v>0.41328035800000862</v>
       </c>
       <c r="D94" s="5">
-        <v>8.3161376821323962</v>
+        <v>7.4403222714947592</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>69.636795645999996</v>
+        <v>69.613208749999998</v>
       </c>
       <c r="C95" s="5">
-        <v>0.29661657299999433</v>
+        <v>0.30110211099999162</v>
       </c>
       <c r="D95" s="5">
-        <v>5.2557519180656875</v>
+        <v>5.3393527587673351</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>70.514926256999999</v>
+        <v>70.518412541999993</v>
       </c>
       <c r="C96" s="5">
-        <v>0.87813061100000311</v>
+        <v>0.90520379199999468</v>
       </c>
       <c r="D96" s="5">
-        <v>16.227080237476187</v>
+        <v>16.769789058759521</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>70.274808370000002</v>
+        <v>70.295751538000005</v>
       </c>
       <c r="C97" s="5">
-        <v>-0.2401178869999967</v>
+        <v>-0.22266100399998834</v>
       </c>
       <c r="D97" s="5">
-        <v>-4.0105800293414484</v>
+        <v>-3.7238724139296187</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>71.388248453000003</v>
+        <v>71.385336452999994</v>
       </c>
       <c r="C98" s="5">
-        <v>1.1134400830000004</v>
+        <v>1.089584914999989</v>
       </c>
       <c r="D98" s="5">
-        <v>20.760437353245042</v>
+        <v>20.270520038765817</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>70.772460100999993</v>
+        <v>70.804197725999998</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.61578835200000981</v>
+        <v>-0.58113872699999547</v>
       </c>
       <c r="D99" s="5">
-        <v>-9.8738561682920274</v>
+        <v>-9.3432918594182457</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>72.169573833000001</v>
+        <v>72.162901547000004</v>
       </c>
       <c r="C100" s="5">
-        <v>1.3971137320000082</v>
+        <v>1.358703821000006</v>
       </c>
       <c r="D100" s="5">
-        <v>26.438164368661688</v>
+        <v>25.620284018064442</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>72.272387784000003</v>
+        <v>72.265901311999997</v>
       </c>
       <c r="C101" s="5">
-        <v>0.10281395100000168</v>
+        <v>0.10299976499999275</v>
       </c>
       <c r="D101" s="5">
-        <v>1.7229982774502162</v>
+        <v>1.7262975644172895</v>
       </c>
       <c r="E101" s="5">
-        <v>6.8378536541457091</v>
+        <v>6.8205637524974216</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>72.133408126000006</v>
+        <v>72.123866355000004</v>
       </c>
       <c r="C102" s="5">
-        <v>-0.13897965799999668</v>
+        <v>-0.1420349569999928</v>
       </c>
       <c r="D102" s="5">
-        <v>-2.2833471022397744</v>
+        <v>-2.3332095862548918</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>72.686613993999998</v>
+        <v>72.687248839000006</v>
       </c>
       <c r="C103" s="5">
-        <v>0.55320586799999205</v>
+        <v>0.56338248400000168</v>
       </c>
       <c r="D103" s="5">
-        <v>9.6013328427714484</v>
+        <v>9.7869645349246692</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>72.369877439999996</v>
+        <v>72.371598086000006</v>
       </c>
       <c r="C104" s="5">
-        <v>-0.316736554000002</v>
+        <v>-0.3156507529999999</v>
       </c>
       <c r="D104" s="5">
-        <v>-5.1055559300737023</v>
+        <v>-5.0884261555779968</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>72.743184963999994</v>
+        <v>72.744150875000003</v>
       </c>
       <c r="C105" s="5">
-        <v>0.37330752399999767</v>
+        <v>0.37255278899999666</v>
       </c>
       <c r="D105" s="5">
-        <v>6.3686629111129989</v>
+        <v>6.3552649345139489</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>72.566336086999996</v>
+        <v>72.548178887999995</v>
       </c>
       <c r="C106" s="5">
-        <v>-0.17684887699999763</v>
+        <v>-0.19597198700000718</v>
       </c>
       <c r="D106" s="5">
-        <v>-2.8786736482676711</v>
+        <v>-3.1853150540622543</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>73.081576409999997</v>
+        <v>73.079345171</v>
       </c>
       <c r="C107" s="5">
-        <v>0.51524032300000044</v>
+        <v>0.53116628300000457</v>
       </c>
       <c r="D107" s="5">
-        <v>8.8610529150162876</v>
+        <v>9.1484527941138261</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>73.141133046999997</v>
+        <v>73.139078053999995</v>
       </c>
       <c r="C108" s="5">
-        <v>5.9556637000000023E-2</v>
+        <v>5.973288299999524E-2</v>
       </c>
       <c r="D108" s="5">
-        <v>0.98231549943204044</v>
+        <v>0.9852657632108297</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>73.812526667</v>
+        <v>73.826141421000003</v>
       </c>
       <c r="C109" s="5">
-        <v>0.67139362000000347</v>
+        <v>0.68706336700000747</v>
       </c>
       <c r="D109" s="5">
-        <v>11.588812648983504</v>
+        <v>11.873767653517087</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>74.432765033999999</v>
+        <v>74.433235222999997</v>
       </c>
       <c r="C110" s="5">
-        <v>0.6202383669999989</v>
+        <v>0.6070938019999943</v>
       </c>
       <c r="D110" s="5">
-        <v>10.562784462925489</v>
+        <v>10.326720157945735</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>73.451350270000006</v>
+        <v>73.474575626000004</v>
       </c>
       <c r="C111" s="5">
-        <v>-0.98141476399999306</v>
+        <v>-0.95865959699999337</v>
       </c>
       <c r="D111" s="5">
-        <v>-14.723851529296683</v>
+        <v>-14.406204387594846</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>73.336660533</v>
+        <v>73.332210681000007</v>
       </c>
       <c r="C112" s="5">
-        <v>-0.11468973700000618</v>
+        <v>-0.14236494499999708</v>
       </c>
       <c r="D112" s="5">
-        <v>-1.8577177949194001</v>
+        <v>-2.3005107093266974</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>73.702731236999995</v>
+        <v>73.697712143000004</v>
       </c>
       <c r="C113" s="5">
-        <v>0.36607070399999486</v>
+        <v>0.36550146199999745</v>
       </c>
       <c r="D113" s="5">
-        <v>6.1571924780611464</v>
+        <v>6.1477373637297106</v>
       </c>
       <c r="E113" s="5">
-        <v>1.9791008666751875</v>
+        <v>1.9813090337285288</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>74.625698765999999</v>
+        <v>74.618210357999999</v>
       </c>
       <c r="C114" s="5">
-        <v>0.92296752900000456</v>
+        <v>0.92049821499999496</v>
       </c>
       <c r="D114" s="5">
-        <v>16.106877204857597</v>
+        <v>16.061952824305003</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>74.396599327999994</v>
+        <v>74.393894265</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.22909943800000576</v>
+        <v>-0.22431609299999877</v>
       </c>
       <c r="D115" s="5">
-        <v>-3.6224051891871611</v>
+        <v>-3.5483696752741101</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>74.285462999999993</v>
+        <v>74.282922321000001</v>
       </c>
       <c r="C116" s="5">
-        <v>-0.11113632800000062</v>
+        <v>-0.11097194399999921</v>
       </c>
       <c r="D116" s="5">
-        <v>-1.7779482419783887</v>
+        <v>-1.7754040048858943</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>74.387731912000007</v>
+        <v>74.385516491999994</v>
       </c>
       <c r="C117" s="5">
-        <v>0.10226891200001376</v>
+        <v>0.10259417099999268</v>
       </c>
       <c r="D117" s="5">
-        <v>1.6646084685429052</v>
+        <v>1.6700004677450586</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>74.478751281000001</v>
+        <v>74.476130948000005</v>
       </c>
       <c r="C118" s="5">
-        <v>9.1019368999994299E-2</v>
+        <v>9.0614456000011501E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>1.4782180470391149</v>
+        <v>1.4716419800505642</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>74.230619515000001</v>
+        <v>74.228374203000001</v>
       </c>
       <c r="C119" s="5">
-        <v>-0.2481317660000002</v>
+        <v>-0.24775674500000378</v>
       </c>
       <c r="D119" s="5">
-        <v>-3.9254448931301589</v>
+        <v>-3.9197555773034409</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>73.881776780999999</v>
+        <v>73.881324229000001</v>
       </c>
       <c r="C120" s="5">
-        <v>-0.34884273400000154</v>
+        <v>-0.34704997400000082</v>
       </c>
       <c r="D120" s="5">
-        <v>-5.4958340758207598</v>
+        <v>-5.4684735724201623</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>73.797453683000001</v>
+        <v>73.806504484000001</v>
       </c>
       <c r="C121" s="5">
-        <v>-8.4323097999998708E-2</v>
+        <v>-7.4819744999999216E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>-1.3610249787470607</v>
+        <v>-1.2084961476144573</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>74.208964981999998</v>
+        <v>74.211735610999995</v>
       </c>
       <c r="C122" s="5">
-        <v>0.41151129899999717</v>
+        <v>0.40523112699999331</v>
       </c>
       <c r="D122" s="5">
-        <v>6.9005567286325009</v>
+        <v>6.7911873985177396</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>76.274423049999996</v>
+        <v>76.285006637999999</v>
       </c>
       <c r="C123" s="5">
-        <v>2.0654580679999981</v>
+        <v>2.0732710270000041</v>
       </c>
       <c r="D123" s="5">
-        <v>39.017886836911877</v>
+        <v>39.18716726675526</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>76.251258913000001</v>
+        <v>76.248296537000002</v>
       </c>
       <c r="C124" s="5">
-        <v>-2.3164136999994867E-2</v>
+        <v>-3.6710100999997053E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>-0.36382551860422163</v>
+        <v>-0.57594166978581773</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>76.281708449999996</v>
+        <v>76.278519404999997</v>
       </c>
       <c r="C125" s="5">
-        <v>3.044953699999553E-2</v>
+        <v>3.0222867999995628E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>0.48025179247288552</v>
+        <v>0.47668751914251573</v>
       </c>
       <c r="E125" s="5">
-        <v>3.499160980489302</v>
+        <v>3.5018824695565831</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>76.034594612999996</v>
+        <v>76.028874803999997</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.24711383700000056</v>
+        <v>-0.24964460099999997</v>
       </c>
       <c r="D126" s="5">
-        <v>-3.8188682226506176</v>
+        <v>-3.8574355107476754</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>75.736623702000003</v>
+        <v>75.733655646000003</v>
       </c>
       <c r="C127" s="5">
-        <v>-0.29797091099999307</v>
+        <v>-0.29521915799999476</v>
       </c>
       <c r="D127" s="5">
-        <v>-4.6026151015229004</v>
+        <v>-4.561349535016646</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>76.042032132000003</v>
+        <v>76.038701575000005</v>
       </c>
       <c r="C128" s="5">
-        <v>0.30540842999999995</v>
+        <v>0.30504592900000205</v>
       </c>
       <c r="D128" s="5">
-        <v>4.9477869412567266</v>
+        <v>4.9419815049940086</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>74.938650804000005</v>
+        <v>74.938347327000002</v>
       </c>
       <c r="C129" s="5">
-        <v>-1.1033813279999976</v>
+        <v>-1.1003542480000021</v>
       </c>
       <c r="D129" s="5">
-        <v>-16.08765358902372</v>
+        <v>-16.047617677069915</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>76.133876457</v>
+        <v>76.133812699000003</v>
       </c>
       <c r="C130" s="5">
-        <v>1.1952256529999943</v>
+        <v>1.195465372000001</v>
       </c>
       <c r="D130" s="5">
-        <v>20.910739946961531</v>
+        <v>20.915400760700663</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>75.782290946000003</v>
+        <v>75.782876814000005</v>
       </c>
       <c r="C131" s="5">
-        <v>-0.35158551099999613</v>
+        <v>-0.35093588499999839</v>
       </c>
       <c r="D131" s="5">
-        <v>-5.4029822412262725</v>
+        <v>-5.3932552548547674</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>77.207576572999997</v>
+        <v>77.209854061000001</v>
       </c>
       <c r="C132" s="5">
-        <v>1.4252856269999938</v>
+        <v>1.4269772469999964</v>
       </c>
       <c r="D132" s="5">
-        <v>25.056505373689419</v>
+        <v>25.089174755894295</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>77.851543207999995</v>
+        <v>77.855856802000005</v>
       </c>
       <c r="C133" s="5">
-        <v>0.64396663499999818</v>
+        <v>0.64600274100000377</v>
       </c>
       <c r="D133" s="5">
-        <v>10.481015948488004</v>
+        <v>10.515370189917018</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>78.062401836000006</v>
+        <v>78.066372135999998</v>
       </c>
       <c r="C134" s="5">
-        <v>0.21085862800001109</v>
+        <v>0.210515333999993</v>
       </c>
       <c r="D134" s="5">
-        <v>3.2990210669166187</v>
+        <v>3.2933846756842078</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>77.924321737</v>
+        <v>77.923864137999999</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.13808009900000684</v>
+        <v>-0.14250799799999925</v>
       </c>
       <c r="D135" s="5">
-        <v>-2.1020822428084229</v>
+        <v>-2.1687065076288592</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>78.410842531</v>
+        <v>78.409873798000007</v>
       </c>
       <c r="C136" s="5">
-        <v>0.48652079400000048</v>
+        <v>0.48600966000000767</v>
       </c>
       <c r="D136" s="5">
-        <v>7.7549116590933886</v>
+        <v>7.7465300055072683</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>78.231102644000003</v>
+        <v>78.229420766999993</v>
       </c>
       <c r="C137" s="5">
-        <v>-0.17973988699999666</v>
+        <v>-0.1804530310000132</v>
       </c>
       <c r="D137" s="5">
-        <v>-2.7163238032964165</v>
+        <v>-2.7269984311439233</v>
       </c>
       <c r="E137" s="5">
-        <v>2.5555198403530266</v>
+        <v>2.5576025560245963</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>76.951665585000001</v>
+        <v>76.948576117000002</v>
       </c>
       <c r="C138" s="5">
-        <v>-1.2794370590000028</v>
+        <v>-1.2808446499999917</v>
       </c>
       <c r="D138" s="5">
-        <v>-17.952968232829349</v>
+        <v>-17.971328215322281</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>77.626445681999996</v>
+        <v>77.624945095000001</v>
       </c>
       <c r="C139" s="5">
-        <v>0.67478009699999575</v>
+        <v>0.67636897799999929</v>
       </c>
       <c r="D139" s="5">
-        <v>11.04528521961392</v>
+        <v>11.073029451933625</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>77.665737953000004</v>
+        <v>77.662855022000002</v>
       </c>
       <c r="C140" s="5">
-        <v>3.9292271000007872E-2</v>
+        <v>3.7909927000001176E-2</v>
       </c>
       <c r="D140" s="5">
-        <v>0.60909927508379091</v>
+        <v>0.58762431460235298</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>77.817850254000007</v>
+        <v>77.818676530999994</v>
       </c>
       <c r="C141" s="5">
-        <v>0.1521123010000025</v>
+        <v>0.15582150899999192</v>
       </c>
       <c r="D141" s="5">
-        <v>2.3757441765607457</v>
+        <v>2.4344080908669907</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>77.703112829999995</v>
+        <v>77.703717650000002</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.11473742400001186</v>
+        <v>-0.11495888099999263</v>
       </c>
       <c r="D142" s="5">
-        <v>-1.755045098076391</v>
+        <v>-1.7583865510609309</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>77.576674134000001</v>
+        <v>77.577393555</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.12643869599999391</v>
+        <v>-0.12632409500000108</v>
       </c>
       <c r="D143" s="5">
-        <v>-1.9352619875391719</v>
+        <v>-1.9335086511915067</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>78.104473342999995</v>
+        <v>78.106041489000006</v>
       </c>
       <c r="C144" s="5">
-        <v>0.52779920899999411</v>
+        <v>0.52864793400000565</v>
       </c>
       <c r="D144" s="5">
-        <v>8.4768387585972818</v>
+        <v>8.4909030962436738</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>78.171536572999997</v>
+        <v>78.174623331000006</v>
       </c>
       <c r="C145" s="5">
-        <v>6.706323000000225E-2</v>
+        <v>6.8581842000000393E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>1.0352417611557252</v>
+        <v>1.0587762471252926</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>77.440550392000006</v>
+        <v>77.441831347999994</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.73098618099999157</v>
+        <v>-0.73279198300001269</v>
       </c>
       <c r="D146" s="5">
-        <v>-10.661761125627311</v>
+        <v>-10.686356328852064</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>77.350527979000006</v>
+        <v>77.349545941000002</v>
       </c>
       <c r="C147" s="5">
-        <v>-9.0022412999999801E-2</v>
+        <v>-9.2285406999991437E-2</v>
       </c>
       <c r="D147" s="5">
-        <v>-1.3860811229918557</v>
+        <v>-1.4206732049912518</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>77.325634781999995</v>
+        <v>77.324626527999996</v>
       </c>
       <c r="C148" s="5">
-        <v>-2.4893197000011469E-2</v>
+        <v>-2.491941300000633E-2</v>
       </c>
       <c r="D148" s="5">
-        <v>-0.3855050492605705</v>
+        <v>-0.38591521149500263</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>77.369433543</v>
+        <v>77.368399382999996</v>
       </c>
       <c r="C149" s="5">
-        <v>4.3798761000005015E-2</v>
+        <v>4.3772855000000277E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>0.68182510050305289</v>
+        <v>0.68142947245719565</v>
       </c>
       <c r="E149" s="5">
-        <v>-1.101440567597689</v>
+        <v>-1.1006362766822431</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>78.001783735000004</v>
+        <v>78.000983856999994</v>
       </c>
       <c r="C150" s="5">
-        <v>0.63235019200000409</v>
+        <v>0.63258447399999795</v>
       </c>
       <c r="D150" s="5">
-        <v>10.26086721618924</v>
+        <v>10.264984800882448</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>78.041305652999995</v>
+        <v>78.041094290000004</v>
       </c>
       <c r="C151" s="5">
-        <v>3.9521917999991274E-2</v>
+        <v>4.0110433000009493E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>0.60971284860547037</v>
+        <v>0.61882404942830149</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>78.633235491999997</v>
+        <v>78.630009172000001</v>
       </c>
       <c r="C152" s="5">
-        <v>0.59192983900000229</v>
+        <v>0.58891488199999742</v>
       </c>
       <c r="D152" s="5">
-        <v>9.4912539577477482</v>
+        <v>9.4409138310228347</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>77.917661918999997</v>
+        <v>77.918660415999994</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.71557357300000035</v>
+        <v>-0.71134875600000669</v>
       </c>
       <c r="D153" s="5">
-        <v>-10.389851608940347</v>
+        <v>-10.331931649198989</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>78.161401893000004</v>
+        <v>78.162062977999994</v>
       </c>
       <c r="C154" s="5">
-        <v>0.24373997400000746</v>
+        <v>0.24340256199999999</v>
       </c>
       <c r="D154" s="5">
-        <v>3.8190706365772487</v>
+        <v>3.8136429791643778</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>78.147596094999997</v>
+        <v>78.148097133999997</v>
       </c>
       <c r="C155" s="5">
-        <v>-1.380579800000703E-2</v>
+        <v>-1.3965843999997674E-2</v>
       </c>
       <c r="D155" s="5">
-        <v>-0.21175250542457835</v>
+        <v>-0.21420305959192198</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>77.784719150000001</v>
+        <v>77.785630631000004</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.36287694499999645</v>
+        <v>-0.36246650299999317</v>
       </c>
       <c r="D156" s="5">
-        <v>-5.4320493864553843</v>
+        <v>-5.4260272936714422</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>77.564374630000003</v>
+        <v>77.566106504999993</v>
       </c>
       <c r="C157" s="5">
-        <v>-0.2203445199999976</v>
+        <v>-0.21952412600001026</v>
       </c>
       <c r="D157" s="5">
-        <v>-3.3468332563304948</v>
+        <v>-3.3345265323144191</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>77.901867257000006</v>
+        <v>77.901827663000006</v>
       </c>
       <c r="C158" s="5">
-        <v>0.33749262700000315</v>
+        <v>0.33572115800001257</v>
       </c>
       <c r="D158" s="5">
-        <v>5.3481387368569777</v>
+        <v>5.3192736361609816</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>78.118976591000006</v>
+        <v>78.118660109000004</v>
       </c>
       <c r="C159" s="5">
-        <v>0.21710933399999988</v>
+        <v>0.21683244599999796</v>
       </c>
       <c r="D159" s="5">
-        <v>3.3960935342478793</v>
+        <v>3.3916975957066109</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>77.949713837999994</v>
+        <v>77.949324747000006</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.16926275300001237</v>
+        <v>-0.16933536199999821</v>
       </c>
       <c r="D160" s="5">
-        <v>-2.5693138989644981</v>
+        <v>-2.5704132458520323</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>78.257857838999996</v>
+        <v>78.257398323000004</v>
       </c>
       <c r="C161" s="5">
-        <v>0.30814400100000228</v>
+        <v>0.30807357599999818</v>
       </c>
       <c r="D161" s="5">
-        <v>4.8482452863106928</v>
+        <v>4.8471377676970739</v>
       </c>
       <c r="E161" s="5">
-        <v>1.1482884846329311</v>
+        <v>1.1490465708087871</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>78.419467366999996</v>
+        <v>78.419276678000003</v>
       </c>
       <c r="C162" s="5">
-        <v>0.16160952799999961</v>
+        <v>0.16187835499999892</v>
       </c>
       <c r="D162" s="5">
-        <v>2.5064491216329587</v>
+        <v>2.5106808962810145</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>78.442522580000002</v>
+        <v>78.442642770000006</v>
       </c>
       <c r="C163" s="5">
-        <v>2.3055213000006347E-2</v>
+        <v>2.3366092000003391E-2</v>
       </c>
       <c r="D163" s="5">
-        <v>0.35336934209959647</v>
+        <v>0.35814289648539166</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>78.306040300999996</v>
+        <v>78.303964777000004</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.1364822790000062</v>
+        <v>-0.13867799300000172</v>
       </c>
       <c r="D164" s="5">
-        <v>-2.0680175713714055</v>
+        <v>-2.1009616450321067</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>78.153061257000005</v>
+        <v>78.153434267999998</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.1529790439999914</v>
+        <v>-0.15053050900000642</v>
       </c>
       <c r="D165" s="5">
-        <v>-2.3192995185109533</v>
+        <v>-2.2826290232336732</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>77.861435967000006</v>
+        <v>77.861820109000007</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.29162528999999893</v>
+        <v>-0.29161415899999099</v>
       </c>
       <c r="D166" s="5">
-        <v>-4.3869924053301812</v>
+        <v>-4.386807870546539</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>77.980680664999994</v>
+        <v>77.980933921000002</v>
       </c>
       <c r="C167" s="5">
-        <v>0.1192446979999886</v>
+        <v>0.11911381199999482</v>
       </c>
       <c r="D167" s="5">
-        <v>1.8533581193290294</v>
+        <v>1.8512974689318895</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>77.952668114000005</v>
+        <v>77.953079250000002</v>
       </c>
       <c r="C168" s="5">
-        <v>-2.8012550999989116E-2</v>
+        <v>-2.7854671000000053E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>-0.43021843331101373</v>
+        <v>-0.42779707786747556</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>78.206359809000006</v>
+        <v>78.207292965999997</v>
       </c>
       <c r="C169" s="5">
-        <v>0.25369169500000055</v>
+        <v>0.25421371599999532</v>
       </c>
       <c r="D169" s="5">
-        <v>3.975985653564762</v>
+        <v>3.9842929406510796</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>78.133235080000006</v>
+        <v>78.133170561</v>
       </c>
       <c r="C170" s="5">
-        <v>-7.3124728999999888E-2</v>
+        <v>-7.4122404999997116E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-1.1162751319496067</v>
+        <v>-1.1314122830644369</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>78.051456926</v>
+        <v>78.051202661000005</v>
       </c>
       <c r="C171" s="5">
-        <v>-8.1778154000005543E-2</v>
+        <v>-8.1967899999995097E-2</v>
       </c>
       <c r="D171" s="5">
-        <v>-1.2487750755838189</v>
+        <v>-1.2516568795598926</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>78.292539762999994</v>
+        <v>78.292370417000001</v>
       </c>
       <c r="C172" s="5">
-        <v>0.24108283699999333</v>
+        <v>0.24116775599999585</v>
       </c>
       <c r="D172" s="5">
-        <v>3.7701415632765078</v>
+        <v>3.7715047026039894</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>78.385287019000003</v>
+        <v>78.385348257000004</v>
       </c>
       <c r="C173" s="5">
-        <v>9.274725600000977E-2</v>
+        <v>9.2977840000003198E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>1.4308480093073506</v>
+        <v>1.4344317086621761</v>
       </c>
       <c r="E173" s="5">
-        <v>0.16283244075268044</v>
+        <v>0.16349883428516954</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>78.811906914999994</v>
+        <v>78.811772575000006</v>
       </c>
       <c r="C174" s="5">
-        <v>0.42661989599999117</v>
+        <v>0.42642431800000224</v>
       </c>
       <c r="D174" s="5">
-        <v>6.7302173221617467</v>
+        <v>6.7270336378280504</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>79.061794543000005</v>
+        <v>79.061660255999996</v>
       </c>
       <c r="C175" s="5">
-        <v>0.24988762800001041</v>
+        <v>0.24988768099998993</v>
       </c>
       <c r="D175" s="5">
-        <v>3.8718780741823666</v>
+        <v>3.8718856251594991</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>79.404727170000001</v>
+        <v>79.403963050000002</v>
       </c>
       <c r="C176" s="5">
-        <v>0.34293262699999616</v>
+        <v>0.34230279400000541</v>
       </c>
       <c r="D176" s="5">
-        <v>5.3310180609162705</v>
+        <v>5.3210020090105337</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>80.826830780999998</v>
+        <v>80.827202833000001</v>
       </c>
       <c r="C177" s="5">
-        <v>1.4221036109999972</v>
+        <v>1.4232397829999996</v>
       </c>
       <c r="D177" s="5">
-        <v>23.740056758125007</v>
+        <v>23.761182794359037</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>80.801556409</v>
+        <v>80.801660921999996</v>
       </c>
       <c r="C178" s="5">
-        <v>-2.527437199999838E-2</v>
+        <v>-2.5541911000004802E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-0.37459268229724785</v>
+        <v>-0.37854926210187934</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>80.982727800999996</v>
+        <v>80.982858351000004</v>
       </c>
       <c r="C179" s="5">
-        <v>0.18117139199999599</v>
+        <v>0.18119742900000801</v>
       </c>
       <c r="D179" s="5">
-        <v>2.7240422153406829</v>
+        <v>2.7244349739205198</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>81.393338412999995</v>
+        <v>81.393480053999994</v>
       </c>
       <c r="C180" s="5">
-        <v>0.41061061199999926</v>
+        <v>0.41062170299998968</v>
       </c>
       <c r="D180" s="5">
-        <v>6.2569939289512932</v>
+        <v>6.2571573074623243</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>81.940198976999994</v>
+        <v>81.940313187000001</v>
       </c>
       <c r="C181" s="5">
-        <v>0.54686056399999927</v>
+        <v>0.54683313300000691</v>
       </c>
       <c r="D181" s="5">
-        <v>8.3671942906424093</v>
+        <v>8.3667438543220776</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>82.33333313</v>
+        <v>82.333277984999995</v>
       </c>
       <c r="C182" s="5">
-        <v>0.39313415300000543</v>
+        <v>0.39296479799999418</v>
       </c>
       <c r="D182" s="5">
-        <v>5.9117633863904784</v>
+        <v>5.9091407072926705</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>82.972495624000004</v>
+        <v>82.972206263999993</v>
       </c>
       <c r="C183" s="5">
-        <v>0.63916249400000424</v>
+        <v>0.63892827899999816</v>
       </c>
       <c r="D183" s="5">
-        <v>9.7239579232594622</v>
+        <v>9.7202480224565235</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>83.271176674000003</v>
+        <v>83.271042145999999</v>
       </c>
       <c r="C184" s="5">
-        <v>0.298681049999999</v>
+        <v>0.29883588200000588</v>
       </c>
       <c r="D184" s="5">
-        <v>4.4062708685997931</v>
+        <v>4.4086161326909679</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>83.232246133000004</v>
+        <v>83.232655997999998</v>
       </c>
       <c r="C185" s="5">
-        <v>-3.8930540999999153E-2</v>
+        <v>-3.838614800000073E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>-0.5595779232805187</v>
+        <v>-0.5517736715662136</v>
       </c>
       <c r="E185" s="5">
-        <v>6.1835062399211882</v>
+        <v>6.1839461695153197</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>81.839339108999994</v>
+        <v>81.839131850000001</v>
       </c>
       <c r="C186" s="5">
-        <v>-1.3929070240000101</v>
+        <v>-1.3935241479999974</v>
       </c>
       <c r="D186" s="5">
-        <v>-18.333116005290083</v>
+        <v>-18.340423415912966</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>82.582455366999994</v>
+        <v>82.582002633000002</v>
       </c>
       <c r="C187" s="5">
-        <v>0.74311625800000058</v>
+        <v>0.74287078300000076</v>
       </c>
       <c r="D187" s="5">
-        <v>11.457201035124442</v>
+        <v>11.453255912243154</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>82.672911794000001</v>
+        <v>82.673518582</v>
       </c>
       <c r="C188" s="5">
-        <v>9.0456427000006556E-2</v>
+        <v>9.1515948999997931E-2</v>
       </c>
       <c r="D188" s="5">
-        <v>1.3223637038079827</v>
+        <v>1.3379545444244689</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>83.249020357999996</v>
+        <v>83.249543833000004</v>
       </c>
       <c r="C189" s="5">
-        <v>0.57610856399999477</v>
+        <v>0.57602525100000435</v>
       </c>
       <c r="D189" s="5">
-        <v>8.6902958315504328</v>
+        <v>8.6889243158894125</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>83.168590800000004</v>
+        <v>83.168436403000001</v>
       </c>
       <c r="C190" s="5">
-        <v>-8.042955799999163E-2</v>
+        <v>-8.1107430000002978E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>-1.1532179041702895</v>
+        <v>-1.1628780973335973</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>83.197764121999995</v>
+        <v>83.197663766000005</v>
       </c>
       <c r="C191" s="5">
-        <v>2.9173321999991231E-2</v>
+        <v>2.9227363000003947E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>0.42174100060008435</v>
+        <v>0.42252453504492138</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>83.342501298000002</v>
+        <v>83.342383570999999</v>
       </c>
       <c r="C192" s="5">
-        <v>0.14473717600000668</v>
+        <v>0.14471980499999404</v>
       </c>
       <c r="D192" s="5">
-        <v>2.1077025363613222</v>
+        <v>2.1074497165404438</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>83.176378021000005</v>
+        <v>83.176212891000006</v>
       </c>
       <c r="C193" s="5">
-        <v>-0.16612327699999696</v>
+        <v>-0.16617067999999335</v>
       </c>
       <c r="D193" s="5">
-        <v>-2.365863124240275</v>
+        <v>-2.3665341398189987</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>83.526519669999999</v>
+        <v>83.526245427999996</v>
       </c>
       <c r="C194" s="5">
-        <v>0.350141648999994</v>
+        <v>0.35003253699998993</v>
       </c>
       <c r="D194" s="5">
-        <v>5.1701694004302468</v>
+        <v>5.1685312867523647</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>83.547485217000002</v>
+        <v>83.546976517999994</v>
       </c>
       <c r="C195" s="5">
-        <v>2.0965547000002971E-2</v>
+        <v>2.0731089999998176E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>0.3016217812968458</v>
+        <v>0.29824512994431895</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>83.288345225</v>
+        <v>83.288094122999993</v>
       </c>
       <c r="C196" s="5">
-        <v>-0.25913999200000148</v>
+        <v>-0.25888239500000054</v>
       </c>
       <c r="D196" s="5">
-        <v>-3.6592068479611717</v>
+        <v>-3.6556530748975802</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>83.337970260999995</v>
+        <v>83.338830848000001</v>
       </c>
       <c r="C197" s="5">
-        <v>4.9625035999994793E-2</v>
+        <v>5.0736725000007254E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>0.71733419491559758</v>
+        <v>0.73345985417474502</v>
       </c>
       <c r="E197" s="5">
-        <v>0.12702303843998841</v>
+        <v>0.12756393356299078</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>84.139652173000002</v>
+        <v>84.139476654999996</v>
       </c>
       <c r="C198" s="5">
-        <v>0.80168191200000649</v>
+        <v>0.8006458069999951</v>
       </c>
       <c r="D198" s="5">
-        <v>12.17433993522825</v>
+        <v>12.157632878642243</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>84.786890412999995</v>
+        <v>84.786408840000007</v>
       </c>
       <c r="C199" s="5">
-        <v>0.64723823999999297</v>
+        <v>0.64693218500001137</v>
       </c>
       <c r="D199" s="5">
-        <v>9.6316483297472555</v>
+        <v>9.6269205181979345</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>84.962350900000004</v>
+        <v>84.963988020000002</v>
       </c>
       <c r="C200" s="5">
-        <v>0.17546048700000938</v>
+        <v>0.17757917999999506</v>
       </c>
       <c r="D200" s="5">
-        <v>2.5117759619269764</v>
+        <v>2.5424706206116587</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>83.978595389000006</v>
+        <v>83.979340866000001</v>
       </c>
       <c r="C201" s="5">
-        <v>-0.98375551099999825</v>
+        <v>-0.98464715400000102</v>
       </c>
       <c r="D201" s="5">
-        <v>-13.042904005454858</v>
+        <v>-13.053746846829405</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>84.474134664999994</v>
+        <v>84.473631144999999</v>
       </c>
       <c r="C202" s="5">
-        <v>0.49553927599998815</v>
+        <v>0.49429027899999767</v>
       </c>
       <c r="D202" s="5">
-        <v>7.3153243770135212</v>
+        <v>7.296218445817404</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>84.770029336999997</v>
+        <v>84.769574852000005</v>
       </c>
       <c r="C203" s="5">
-        <v>0.29589467200000286</v>
+        <v>0.29594370700000638</v>
       </c>
       <c r="D203" s="5">
-        <v>4.2852728326631562</v>
+        <v>4.2860227591630551</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>84.960749339000003</v>
+        <v>84.960315757000004</v>
       </c>
       <c r="C204" s="5">
-        <v>0.19072000200000616</v>
+        <v>0.19074090499999841</v>
       </c>
       <c r="D204" s="5">
-        <v>2.7334820599005605</v>
+        <v>2.7338002069089873</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>85.563343907999993</v>
+        <v>85.562702669999993</v>
       </c>
       <c r="C205" s="5">
-        <v>0.60259456899999009</v>
+        <v>0.60238691299998948</v>
       </c>
       <c r="D205" s="5">
-        <v>8.8511388729500595</v>
+        <v>8.8480157593565423</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>85.820807130000006</v>
+        <v>85.820309331999994</v>
       </c>
       <c r="C206" s="5">
-        <v>0.25746322200001259</v>
+        <v>0.2576066620000006</v>
       </c>
       <c r="D206" s="5">
-        <v>3.6712056040785868</v>
+        <v>3.6733129092030969</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>86.489306033000005</v>
+        <v>86.488721952000006</v>
       </c>
       <c r="C207" s="5">
-        <v>0.6684989029999997</v>
+        <v>0.66841262000001223</v>
       </c>
       <c r="D207" s="5">
-        <v>9.7584115865627208</v>
+        <v>9.7571566763766207</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>87.097827602999999</v>
+        <v>87.097792842999993</v>
       </c>
       <c r="C208" s="5">
-        <v>0.60852156999999352</v>
+        <v>0.60907089099998757</v>
       </c>
       <c r="D208" s="5">
-        <v>8.777463083217274</v>
+        <v>8.7857576561860107</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>87.374962370000006</v>
+        <v>87.376013743000001</v>
       </c>
       <c r="C209" s="5">
-        <v>0.27713476700000683</v>
+        <v>0.27822090000000799</v>
       </c>
       <c r="D209" s="5">
-        <v>3.8857896169199879</v>
+        <v>3.901288752944887</v>
       </c>
       <c r="E209" s="5">
-        <v>4.8441209887364112</v>
+        <v>4.8442998946833571</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>87.361146087999998</v>
+        <v>87.361646061000002</v>
       </c>
       <c r="C210" s="5">
-        <v>-1.3816282000007618E-2</v>
+        <v>-1.4367681999999604E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>-0.18958665514344775</v>
+        <v>-0.19714373967438803</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>87.760782788</v>
+        <v>87.761032228999994</v>
       </c>
       <c r="C211" s="5">
-        <v>0.39963670000000207</v>
+        <v>0.39938616799999238</v>
       </c>
       <c r="D211" s="5">
-        <v>5.6296850557910227</v>
+        <v>5.6260335891828106</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>88.191773088000005</v>
+        <v>88.194014136999996</v>
       </c>
       <c r="C212" s="5">
-        <v>0.43099030000000482</v>
+        <v>0.43298190800000214</v>
       </c>
       <c r="D212" s="5">
-        <v>6.0549711370586179</v>
+        <v>6.0836970295607973</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>88.074544469000003</v>
+        <v>88.074827522000007</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.11722861900000225</v>
+        <v>-0.11918661499998962</v>
       </c>
       <c r="D213" s="5">
-        <v>-1.5834859788464772</v>
+        <v>-1.6096970833894497</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>88.322123984000001</v>
+        <v>88.321110820000001</v>
       </c>
       <c r="C214" s="5">
-        <v>0.2475795149999982</v>
+        <v>0.24628329799999449</v>
       </c>
       <c r="D214" s="5">
-        <v>3.4258708110243896</v>
+        <v>3.4076466026068175</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>88.613713082000004</v>
+        <v>88.612820220000003</v>
       </c>
       <c r="C215" s="5">
-        <v>0.29158909800000288</v>
+        <v>0.29170940000000201</v>
       </c>
       <c r="D215" s="5">
-        <v>4.0344468745374229</v>
+        <v>4.0361888778543076</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>88.954822536999998</v>
+        <v>88.953808046000006</v>
       </c>
       <c r="C216" s="5">
-        <v>0.34110945499999445</v>
+        <v>0.34098782600000277</v>
       </c>
       <c r="D216" s="5">
-        <v>4.7183413934778651</v>
+        <v>4.7166717495742638</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>89.162713460999996</v>
+        <v>89.161500597</v>
       </c>
       <c r="C217" s="5">
-        <v>0.20789092399999731</v>
+        <v>0.20769255099999384</v>
       </c>
       <c r="D217" s="5">
-        <v>2.8407771332343179</v>
+        <v>2.8380642960244673</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>89.181801028999999</v>
+        <v>89.180981942000003</v>
       </c>
       <c r="C218" s="5">
-        <v>1.908756800000333E-2</v>
+        <v>1.9481345000002648E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>0.25719349241410949</v>
+        <v>0.26250935351257443</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>89.076912629999995</v>
+        <v>89.076147930000005</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.10488839900000357</v>
+        <v>-0.10483401199999776</v>
       </c>
       <c r="D219" s="5">
-        <v>-1.4022488530603949</v>
+        <v>-1.4015392391363068</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>89.546911375999997</v>
+        <v>89.547690086000003</v>
       </c>
       <c r="C220" s="5">
-        <v>0.46999874600000169</v>
+        <v>0.47154215599999816</v>
       </c>
       <c r="D220" s="5">
-        <v>6.5186017555302955</v>
+        <v>6.5406928008213017</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>89.907483142000004</v>
+        <v>89.908829433999998</v>
       </c>
       <c r="C221" s="5">
-        <v>0.36057176600000673</v>
+        <v>0.3611393479999947</v>
       </c>
       <c r="D221" s="5">
-        <v>4.9404089545501906</v>
+        <v>4.9483150509584517</v>
       </c>
       <c r="E221" s="5">
-        <v>2.8984513449925586</v>
+        <v>2.8987539972352039</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>90.581860926999994</v>
+        <v>90.583308884999994</v>
       </c>
       <c r="C222" s="5">
-        <v>0.67437778499999013</v>
+        <v>0.67447945099999629</v>
       </c>
       <c r="D222" s="5">
-        <v>9.3817281759915438</v>
+        <v>9.3830550301212448</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>90.888149759000001</v>
+        <v>90.889921551</v>
       </c>
       <c r="C223" s="5">
-        <v>0.30628883200000701</v>
+        <v>0.30661266600000658</v>
       </c>
       <c r="D223" s="5">
-        <v>4.1339363541851082</v>
+        <v>4.1383213976902589</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>89.951427813999999</v>
+        <v>89.956052271999994</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.93672194500000217</v>
+        <v>-0.93386927900000671</v>
       </c>
       <c r="D224" s="5">
-        <v>-11.6900605094027</v>
+        <v>-11.656232796335896</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>91.338887507999999</v>
+        <v>91.336366024</v>
       </c>
       <c r="C225" s="5">
-        <v>1.3874596940000004</v>
+        <v>1.3803137520000064</v>
       </c>
       <c r="D225" s="5">
-        <v>20.163308018025926</v>
+        <v>20.049424876807052</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>91.924580899000006</v>
+        <v>91.922006003999996</v>
       </c>
       <c r="C226" s="5">
-        <v>0.58569339100000661</v>
+        <v>0.58563997999999629</v>
       </c>
       <c r="D226" s="5">
-        <v>7.9720358341022424</v>
+        <v>7.9715108933951173</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>91.100184941999999</v>
+        <v>91.098618091999995</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.82439595700000723</v>
+        <v>-0.82338791200000117</v>
       </c>
       <c r="D227" s="5">
-        <v>-10.246539640312136</v>
+        <v>-10.2348939124713</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>91.099036491000007</v>
+        <v>91.097483416000003</v>
       </c>
       <c r="C228" s="5">
-        <v>-1.1484509999917236E-3</v>
+        <v>-1.1346759999923961E-3</v>
       </c>
       <c r="D228" s="5">
-        <v>-1.5126705293910803E-2</v>
+        <v>-1.4945538747968001E-2</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>90.468558834999996</v>
+        <v>90.466920139999999</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.63047765600001071</v>
+        <v>-0.63056327600000373</v>
       </c>
       <c r="D229" s="5">
-        <v>-7.9960103387505583</v>
+        <v>-7.9971864008306586</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>90.543651491000006</v>
+        <v>90.542880745000005</v>
       </c>
       <c r="C230" s="5">
-        <v>7.5092656000009583E-2</v>
+        <v>7.5960605000005899E-2</v>
       </c>
       <c r="D230" s="5">
-        <v>1.0006095689180539</v>
+        <v>1.0122468709089505</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>91.044784586999995</v>
+        <v>91.044262845999995</v>
       </c>
       <c r="C231" s="5">
-        <v>0.50113309599998956</v>
+        <v>0.50138210099999014</v>
       </c>
       <c r="D231" s="5">
-        <v>6.8476101655378985</v>
+        <v>6.8511770295244911</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>90.848917072000006</v>
+        <v>90.850744638999998</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.19586751499998911</v>
+        <v>-0.19351820699999678</v>
       </c>
       <c r="D232" s="5">
-        <v>-2.5512695202146274</v>
+        <v>-2.5210397866529455</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>90.851629879000001</v>
+        <v>90.853374492</v>
       </c>
       <c r="C233" s="5">
-        <v>2.7128069999946547E-3</v>
+        <v>2.6298530000019582E-3</v>
       </c>
       <c r="D233" s="5">
-        <v>3.5838656076347952E-2</v>
+        <v>3.4741884552613733E-2</v>
       </c>
       <c r="E233" s="5">
-        <v>1.0501314284471874</v>
+        <v>1.0505587314907361</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>90.858963126999996</v>
+        <v>90.861362088999996</v>
       </c>
       <c r="C234" s="5">
-        <v>7.3332479999947964E-3</v>
+        <v>7.9875969999960716E-3</v>
       </c>
       <c r="D234" s="5">
-        <v>9.6903107936641142E-2</v>
+        <v>0.10555196938610845</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>90.983001619999996</v>
+        <v>90.986387422999996</v>
       </c>
       <c r="C235" s="5">
-        <v>0.12403849300000047</v>
+        <v>0.12502533400000004</v>
       </c>
       <c r="D235" s="5">
-        <v>1.6505680329596428</v>
+        <v>1.6637551133984463</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>91.282768929</v>
+        <v>91.288614346000003</v>
       </c>
       <c r="C236" s="5">
-        <v>0.29976730900000348</v>
+        <v>0.30222692300000631</v>
       </c>
       <c r="D236" s="5">
-        <v>4.0261527585330859</v>
+        <v>4.0596397126573036</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>91.242857181999995</v>
+        <v>91.237720855999996</v>
       </c>
       <c r="C237" s="5">
-        <v>-3.9911747000004993E-2</v>
+        <v>-5.0893490000007091E-2</v>
       </c>
       <c r="D237" s="5">
-        <v>-0.52341849490137315</v>
+        <v>-0.66695362920295986</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>91.754617230999997</v>
+        <v>91.750582825999999</v>
       </c>
       <c r="C238" s="5">
-        <v>0.51176004900000294</v>
+        <v>0.512861970000003</v>
       </c>
       <c r="D238" s="5">
-        <v>6.9420778341812817</v>
+        <v>6.9578944851437452</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>93.121778148999994</v>
+        <v>93.119362482</v>
       </c>
       <c r="C239" s="5">
-        <v>1.3671609179999962</v>
+        <v>1.368779656000001</v>
       </c>
       <c r="D239" s="5">
-        <v>19.420803322727288</v>
+        <v>19.446642839634933</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>92.553992170000001</v>
+        <v>92.551590601000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.56778597899999284</v>
+        <v>-0.56777188099999876</v>
       </c>
       <c r="D240" s="5">
-        <v>-7.0762450294454489</v>
+        <v>-7.0762526307524443</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>92.587330807000001</v>
+        <v>92.587344877999996</v>
       </c>
       <c r="C241" s="5">
-        <v>3.3338636999999949E-2</v>
+        <v>3.5754276999995227E-2</v>
       </c>
       <c r="D241" s="5">
-        <v>0.43310630852979592</v>
+        <v>0.46456697370438338</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>92.555920521000004</v>
+        <v>92.554993076000002</v>
       </c>
       <c r="C242" s="5">
-        <v>-3.141028599999629E-2</v>
+        <v>-3.2351801999993768E-2</v>
       </c>
       <c r="D242" s="5">
-        <v>-0.40634169994026026</v>
+        <v>-0.41849823665194297</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>92.178879080000002</v>
+        <v>92.178391474999998</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.37704144100000292</v>
+        <v>-0.37660160100000439</v>
       </c>
       <c r="D243" s="5">
-        <v>-4.7803417380951956</v>
+        <v>-4.7749361837283182</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>91.828894571999996</v>
+        <v>91.831503101999999</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.34998450800000569</v>
+        <v>-0.34688837299999875</v>
       </c>
       <c r="D244" s="5">
-        <v>-4.4622071096202092</v>
+        <v>-4.4235686321658303</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>92.741285484000002</v>
+        <v>92.743310226999995</v>
       </c>
       <c r="C245" s="5">
-        <v>0.91239091200000644</v>
+        <v>0.91180712499999572</v>
       </c>
       <c r="D245" s="5">
-        <v>12.596543814263917</v>
+        <v>12.587661528540984</v>
       </c>
       <c r="E245" s="5">
-        <v>2.0799358333105644</v>
+        <v>2.0802042252887398</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>92.836325478000006</v>
+        <v>92.838791440999998</v>
       </c>
       <c r="C246" s="5">
-        <v>9.5039994000003958E-2</v>
+        <v>9.5481214000002979E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>1.2366984624801347</v>
+        <v>1.2424450643131912</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>93.071946838000002</v>
+        <v>93.076093903</v>
       </c>
       <c r="C247" s="5">
-        <v>0.23562135999999612</v>
+        <v>0.23730246200000238</v>
       </c>
       <c r="D247" s="5">
-        <v>3.0885120204315664</v>
+        <v>3.1107747468441582</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>93.030304047000001</v>
+        <v>93.037445585</v>
       </c>
       <c r="C248" s="5">
-        <v>-4.1642791000001012E-2</v>
+        <v>-3.8648317999999904E-2</v>
       </c>
       <c r="D248" s="5">
-        <v>-0.53559168491894571</v>
+        <v>-0.49714388307969815</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>90.910941847000004</v>
+        <v>90.903640521</v>
       </c>
       <c r="C249" s="5">
-        <v>-2.1193621999999976</v>
+        <v>-2.1338050640000006</v>
       </c>
       <c r="D249" s="5">
-        <v>-24.159602366638843</v>
+        <v>-24.302422877201302</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>90.869124592000006</v>
+        <v>90.864090106999996</v>
       </c>
       <c r="C250" s="5">
-        <v>-4.1817254999997999E-2</v>
+        <v>-3.9550414000004253E-2</v>
       </c>
       <c r="D250" s="5">
-        <v>-0.55058222525535827</v>
+        <v>-0.52084922877637663</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>91.284271547000003</v>
+        <v>91.281606151000005</v>
       </c>
       <c r="C251" s="5">
-        <v>0.41514695499999732</v>
+        <v>0.41751604400000986</v>
       </c>
       <c r="D251" s="5">
-        <v>5.6222270126341733</v>
+        <v>5.6554474027668222</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>91.404745070999994</v>
+        <v>91.402227370999995</v>
       </c>
       <c r="C252" s="5">
-        <v>0.12047352399999056</v>
+        <v>0.12062121999998965</v>
       </c>
       <c r="D252" s="5">
-        <v>1.5952609654607208</v>
+        <v>1.5972779087855882</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>92.079982373000007</v>
+        <v>92.082171183</v>
       </c>
       <c r="C253" s="5">
-        <v>0.67523730200001353</v>
+        <v>0.67994381200000475</v>
       </c>
       <c r="D253" s="5">
-        <v>9.233997925832039</v>
+        <v>9.3012832314485649</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>92.415647524999997</v>
+        <v>92.414889137000003</v>
       </c>
       <c r="C254" s="5">
-        <v>0.33566515199999003</v>
+        <v>0.33271795400000315</v>
       </c>
       <c r="D254" s="5">
-        <v>4.4632179420131646</v>
+        <v>4.4231408747178458</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>93.948901820000003</v>
+        <v>93.949051945999997</v>
       </c>
       <c r="C255" s="5">
-        <v>1.5332542950000061</v>
+        <v>1.5341628089999944</v>
       </c>
       <c r="D255" s="5">
-        <v>21.830034049792957</v>
+        <v>21.844368331181087</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>92.946499446999994</v>
+        <v>92.949043563999993</v>
       </c>
       <c r="C256" s="5">
-        <v>-1.0024023730000096</v>
+        <v>-1.0000083820000043</v>
       </c>
       <c r="D256" s="5">
-        <v>-12.078323484093101</v>
+        <v>-12.051126669696666</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>93.561070166999997</v>
+        <v>93.562335449000003</v>
       </c>
       <c r="C257" s="5">
-        <v>0.61457072000000323</v>
+        <v>0.61329188500000953</v>
       </c>
       <c r="D257" s="5">
-        <v>8.2295149979464846</v>
+        <v>8.2115313895615003</v>
       </c>
       <c r="E257" s="5">
-        <v>0.88394794046868785</v>
+        <v>0.88310975745349296</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>91.182906552999995</v>
+        <v>91.185001947000003</v>
       </c>
       <c r="C258" s="5">
-        <v>-2.3781636140000018</v>
+        <v>-2.377333501999999</v>
       </c>
       <c r="D258" s="5">
-        <v>-26.579216974801433</v>
+        <v>-26.570884989597399</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>91.334097830000005</v>
+        <v>91.337168892999998</v>
       </c>
       <c r="C259" s="5">
-        <v>0.15119127700000945</v>
+        <v>0.15216694599999414</v>
       </c>
       <c r="D259" s="5">
-        <v>2.0079780729183483</v>
+        <v>2.0210082732997847</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>91.881670892000002</v>
+        <v>91.885821870000001</v>
       </c>
       <c r="C260" s="5">
-        <v>0.54757306199999789</v>
+        <v>0.54865297700000326</v>
       </c>
       <c r="D260" s="5">
-        <v>7.4363616792513243</v>
+        <v>7.4512565907204786</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>92.396124663999998</v>
+        <v>92.390650962999999</v>
       </c>
       <c r="C261" s="5">
-        <v>0.51445377199999598</v>
+        <v>0.5048290929999979</v>
       </c>
       <c r="D261" s="5">
-        <v>6.929727874378222</v>
+        <v>6.7958247638194136</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>93.011885741</v>
+        <v>93.007630543999994</v>
       </c>
       <c r="C262" s="5">
-        <v>0.61576107700000193</v>
+        <v>0.61697958099999539</v>
       </c>
       <c r="D262" s="5">
-        <v>8.2969733820155156</v>
+        <v>8.314510362592209</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>93.206176071000002</v>
+        <v>93.203885349999993</v>
       </c>
       <c r="C263" s="5">
-        <v>0.19429033000000118</v>
+        <v>0.19625480599999889</v>
       </c>
       <c r="D263" s="5">
-        <v>2.5356515773601762</v>
+        <v>2.5617064661370259</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>93.807001267999993</v>
+        <v>93.804677455999993</v>
       </c>
       <c r="C264" s="5">
-        <v>0.60082519699999182</v>
+        <v>0.6007921060000001</v>
       </c>
       <c r="D264" s="5">
-        <v>8.0156661001820275</v>
+        <v>8.0154128926424271</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>94.895545271000003</v>
+        <v>94.900264438999997</v>
       </c>
       <c r="C265" s="5">
-        <v>1.0885440030000098</v>
+        <v>1.095586983000004</v>
       </c>
       <c r="D265" s="5">
-        <v>14.848908027791552</v>
+        <v>14.951630886674039</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>94.808208583999999</v>
+        <v>94.807186518999998</v>
       </c>
       <c r="C266" s="5">
-        <v>-8.7336687000004076E-2</v>
+        <v>-9.3077919999998926E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>-1.0988412651696922</v>
+        <v>-1.1706284738338457</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>95.513991931000007</v>
+        <v>95.514293140000007</v>
       </c>
       <c r="C267" s="5">
-        <v>0.70578334700000767</v>
+        <v>0.70710662100000832</v>
       </c>
       <c r="D267" s="5">
-        <v>9.308181722306319</v>
+        <v>9.326460393800895</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>95.769637868000004</v>
+        <v>95.771529670999996</v>
       </c>
       <c r="C268" s="5">
-        <v>0.25564593699999705</v>
+        <v>0.25723653099998955</v>
       </c>
       <c r="D268" s="5">
-        <v>3.25953989369554</v>
+        <v>3.2801111601650224</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>95.861117332999996</v>
+        <v>95.860773680999998</v>
       </c>
       <c r="C269" s="5">
-        <v>9.1479464999991933E-2</v>
+        <v>8.9244010000001595E-2</v>
       </c>
       <c r="D269" s="5">
-        <v>1.1522849876053343</v>
+        <v>1.123960178590333</v>
       </c>
       <c r="E269" s="5">
-        <v>2.4583378128259614</v>
+        <v>2.4565849291490416</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>95.800132437000002</v>
+        <v>95.801578663000001</v>
       </c>
       <c r="C270" s="5">
-        <v>-6.0984895999993682E-2</v>
+        <v>-5.9195017999996935E-2</v>
       </c>
       <c r="D270" s="5">
-        <v>-0.76075010320404424</v>
+        <v>-0.7385008637910917</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>96.005521892000004</v>
+        <v>96.007343997999996</v>
       </c>
       <c r="C271" s="5">
-        <v>0.20538945500000239</v>
+        <v>0.20576533499999528</v>
       </c>
       <c r="D271" s="5">
-        <v>2.6032790067054723</v>
+        <v>2.6080598100154173</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>96.545042706000004</v>
+        <v>96.546952650999998</v>
       </c>
       <c r="C272" s="5">
-        <v>0.5395208139999994</v>
+        <v>0.53960865300000194</v>
       </c>
       <c r="D272" s="5">
-        <v>6.9560102288501069</v>
+        <v>6.9570418212975049</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>96.568113831000005</v>
+        <v>96.564471760999993</v>
       </c>
       <c r="C273" s="5">
-        <v>2.3071125000001302E-2</v>
+        <v>1.7519109999994953E-2</v>
       </c>
       <c r="D273" s="5">
-        <v>0.28713816539089887</v>
+        <v>0.21796571797909614</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>96.820869517000006</v>
+        <v>96.817828422000005</v>
       </c>
       <c r="C274" s="5">
-        <v>0.25275568600000042</v>
+        <v>0.2533566610000122</v>
       </c>
       <c r="D274" s="5">
-        <v>3.1864703073373413</v>
+        <v>3.1942786273685186</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>98.530931666000001</v>
+        <v>98.529881822999997</v>
       </c>
       <c r="C275" s="5">
-        <v>1.7100621489999952</v>
+        <v>1.7120534009999915</v>
       </c>
       <c r="D275" s="5">
-        <v>23.379591715144233</v>
+        <v>23.410324428973972</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>97.567454291999994</v>
+        <v>97.566371774000004</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.9634773740000071</v>
+        <v>-0.96351004899999282</v>
       </c>
       <c r="D276" s="5">
-        <v>-11.123158604567539</v>
+        <v>-11.123627999836827</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>98.329002326999998</v>
+        <v>98.332988912999994</v>
       </c>
       <c r="C277" s="5">
-        <v>0.76154803500000412</v>
+        <v>0.76661713899999029</v>
       </c>
       <c r="D277" s="5">
-        <v>9.779161445368235</v>
+        <v>9.8472073814268146</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>98.897786933000006</v>
+        <v>98.897301581999997</v>
       </c>
       <c r="C278" s="5">
-        <v>0.56878460600000835</v>
+        <v>0.5643126690000031</v>
       </c>
       <c r="D278" s="5">
-        <v>7.1665593826149676</v>
+        <v>7.1081265092443058</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>98.532921473000002</v>
+        <v>98.534002934</v>
       </c>
       <c r="C279" s="5">
-        <v>-0.3648654600000043</v>
+        <v>-0.36329864799999712</v>
       </c>
       <c r="D279" s="5">
-        <v>-4.3384450495224431</v>
+        <v>-4.3202103895382926</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>98.841949662000005</v>
+        <v>98.843748336999994</v>
       </c>
       <c r="C280" s="5">
-        <v>0.30902818900000284</v>
+        <v>0.30974540299999376</v>
       </c>
       <c r="D280" s="5">
-        <v>3.8291558801904824</v>
+        <v>3.838154208042166</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>101.11059919</v>
+        <v>101.10922392000001</v>
       </c>
       <c r="C281" s="5">
-        <v>2.2686495279999974</v>
+        <v>2.2654755830000113</v>
       </c>
       <c r="D281" s="5">
-        <v>31.299952576836088</v>
+        <v>31.249859564665972</v>
       </c>
       <c r="E281" s="5">
-        <v>5.4761325582764586</v>
+        <v>5.475076026890302</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>99.351720326000006</v>
+        <v>99.352688297</v>
       </c>
       <c r="C282" s="5">
-        <v>-1.7588788639999962</v>
+        <v>-1.7565356230000049</v>
       </c>
       <c r="D282" s="5">
-        <v>-18.988907361814565</v>
+        <v>-18.966210166586105</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>100.18373611</v>
+        <v>100.18377746</v>
       </c>
       <c r="C283" s="5">
-        <v>0.83201578399999221</v>
+        <v>0.83108916300000146</v>
       </c>
       <c r="D283" s="5">
-        <v>10.525371895866842</v>
+        <v>10.512998059136702</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>100.20185913</v>
+        <v>100.20094423</v>
       </c>
       <c r="C284" s="5">
-        <v>1.8123020000004431E-2</v>
+        <v>1.7166770000002884E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>0.21729349928687469</v>
+        <v>0.20581724910269106</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>100.59327700999999</v>
+        <v>100.59168520999999</v>
       </c>
       <c r="C285" s="5">
-        <v>0.39141787999999167</v>
+        <v>0.39074097999998969</v>
       </c>
       <c r="D285" s="5">
-        <v>4.7895855071952154</v>
+        <v>4.781168768214128</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>101.37089880000001</v>
+        <v>101.36608214</v>
       </c>
       <c r="C286" s="5">
-        <v>0.77762179000001197</v>
+        <v>0.77439693000000887</v>
       </c>
       <c r="D286" s="5">
-        <v>9.6811739403005248</v>
+        <v>9.6394695514773865</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>101.38920759</v>
+        <v>101.38842169</v>
       </c>
       <c r="C287" s="5">
-        <v>1.8308789999991859E-2</v>
+        <v>2.2339549999998098E-2</v>
       </c>
       <c r="D287" s="5">
-        <v>0.21694969845966749</v>
+        <v>0.26478262833746768</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>101.95879271</v>
+        <v>101.96418699</v>
       </c>
       <c r="C288" s="5">
-        <v>0.56958511999999928</v>
+        <v>0.57576530000000048</v>
       </c>
       <c r="D288" s="5">
-        <v>6.9536145697305152</v>
+        <v>7.0314919899558515</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>101.89742491</v>
+        <v>101.89881346</v>
       </c>
       <c r="C289" s="5">
-        <v>-6.1367799999999306E-2</v>
+        <v>-6.5373530000002233E-2</v>
       </c>
       <c r="D289" s="5">
-        <v>-0.71987972003705325</v>
+        <v>-0.76666325794690904</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>102.43730166</v>
+        <v>102.43704674999999</v>
       </c>
       <c r="C290" s="5">
-        <v>0.53987675000000479</v>
+        <v>0.53823328999999376</v>
       </c>
       <c r="D290" s="5">
-        <v>6.5464669846862611</v>
+        <v>6.5258646396417985</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>102.39241675</v>
+        <v>102.39376287</v>
       </c>
       <c r="C291" s="5">
-        <v>-4.4884910000007494E-2</v>
+        <v>-4.3283879999989949E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>-0.52453820037380305</v>
+        <v>-0.50587281269710571</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>103.10163461</v>
+        <v>103.10483924</v>
       </c>
       <c r="C292" s="5">
-        <v>0.70921786000000964</v>
+        <v>0.71107637000000068</v>
       </c>
       <c r="D292" s="5">
-        <v>8.6358296057429627</v>
+        <v>8.6592129456247271</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>103.59998667000001</v>
+        <v>103.59913419999999</v>
       </c>
       <c r="C293" s="5">
-        <v>0.49835206000000198</v>
+        <v>0.49429495999999062</v>
       </c>
       <c r="D293" s="5">
-        <v>5.9570320405493815</v>
+        <v>5.9070614342048522</v>
       </c>
       <c r="E293" s="5">
-        <v>2.4620440388471332</v>
+        <v>2.4625945917358338</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>103.98780674</v>
+        <v>103.98821524</v>
       </c>
       <c r="C294" s="5">
-        <v>0.38782006999998941</v>
+        <v>0.38908104000000776</v>
       </c>
       <c r="D294" s="5">
-        <v>4.585776733971092</v>
+        <v>4.6010350466949346</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>104.24729895</v>
+        <v>104.24548950000001</v>
       </c>
       <c r="C295" s="5">
-        <v>0.25949221000000477</v>
+        <v>0.25727426000000264</v>
       </c>
       <c r="D295" s="5">
-        <v>3.0359344228552132</v>
+        <v>3.009619390475371</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>104.83104063</v>
+        <v>104.82799541</v>
       </c>
       <c r="C296" s="5">
-        <v>0.58374168000000282</v>
+        <v>0.58250590999999474</v>
       </c>
       <c r="D296" s="5">
-        <v>6.9303599612287714</v>
+        <v>6.9153584798820722</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>105.34989912</v>
+        <v>105.34744616</v>
       </c>
       <c r="C297" s="5">
-        <v>0.51885848999999951</v>
+        <v>0.51945075000000429</v>
       </c>
       <c r="D297" s="5">
-        <v>6.1037481055059351</v>
+        <v>6.1110886887459692</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>105.38545016</v>
+        <v>105.37737446</v>
       </c>
       <c r="C298" s="5">
-        <v>3.5551040000001422E-2</v>
+        <v>2.9928299999994579E-2</v>
       </c>
       <c r="D298" s="5">
-        <v>0.40570059673712411</v>
+        <v>0.34144281743888616</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>105.80023866000001</v>
+        <v>105.79949474999999</v>
       </c>
       <c r="C299" s="5">
-        <v>0.41478850000000023</v>
+        <v>0.42212028999999518</v>
       </c>
       <c r="D299" s="5">
-        <v>4.826698651712924</v>
+        <v>4.9142887039185901</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>105.80239399</v>
+        <v>105.81593169</v>
       </c>
       <c r="C300" s="5">
-        <v>2.1553299999936826E-3</v>
+        <v>1.6436940000005507E-2</v>
       </c>
       <c r="D300" s="5">
-        <v>2.4448771036733596E-2</v>
+        <v>0.18659059526040522</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>106.03451354000001</v>
+        <v>106.03354838</v>
       </c>
       <c r="C301" s="5">
-        <v>0.23211955000000728</v>
+        <v>0.21761668999999983</v>
       </c>
       <c r="D301" s="5">
-        <v>2.6646768219662498</v>
+        <v>2.4959771234162709</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>106.3505088</v>
+        <v>106.34815103</v>
       </c>
       <c r="C302" s="5">
-        <v>0.315995259999994</v>
+        <v>0.31460264999999765</v>
       </c>
       <c r="D302" s="5">
-        <v>3.6353418751878808</v>
+        <v>3.619091855539458</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>106.9761881</v>
+        <v>106.9718536</v>
       </c>
       <c r="C303" s="5">
-        <v>0.6256793000000016</v>
+        <v>0.62370257000000606</v>
       </c>
       <c r="D303" s="5">
-        <v>7.2927949600141151</v>
+        <v>7.2691728031902825</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>107.32638854</v>
+        <v>107.34696374000001</v>
       </c>
       <c r="C304" s="5">
-        <v>0.35020043999999473</v>
+        <v>0.37511014000000387</v>
       </c>
       <c r="D304" s="5">
-        <v>3.9998632221023511</v>
+        <v>4.2900620865806705</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>107.59512786000001</v>
+        <v>107.59342209</v>
       </c>
       <c r="C305" s="5">
-        <v>0.26873932000000877</v>
+        <v>0.24645834999999749</v>
       </c>
       <c r="D305" s="5">
-        <v>3.0464610011810445</v>
+        <v>2.7901424875834691</v>
       </c>
       <c r="E305" s="5">
-        <v>3.8563143861454652</v>
+        <v>3.8555224624647666</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>107.39586272</v>
+        <v>107.39244175</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.1992651400000085</v>
+        <v>-0.20098034000000098</v>
       </c>
       <c r="D306" s="5">
-        <v>-2.1998904710861522</v>
+        <v>-2.2186670134770159</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>107.47470366</v>
+        <v>107.46941884</v>
       </c>
       <c r="C307" s="5">
-        <v>7.8840940000006299E-2</v>
+        <v>7.6977089999999748E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>0.88450391777878945</v>
+        <v>0.86353880009562012</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>107.76565133</v>
+        <v>107.76051378</v>
       </c>
       <c r="C308" s="5">
-        <v>0.29094766999999422</v>
+        <v>0.29109493999999358</v>
       </c>
       <c r="D308" s="5">
-        <v>3.2973598516384151</v>
+        <v>3.2992184849819139</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>108.24241322</v>
+        <v>108.23739352</v>
       </c>
       <c r="C309" s="5">
-        <v>0.47676189000000591</v>
+        <v>0.47687974000000111</v>
       </c>
       <c r="D309" s="5">
-        <v>5.4399754160935565</v>
+        <v>5.4416187765505608</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>108.6986124</v>
+        <v>108.68246305</v>
       </c>
       <c r="C310" s="5">
-        <v>0.45619917999999871</v>
+        <v>0.44506952999999783</v>
       </c>
       <c r="D310" s="5">
-        <v>5.1764257366330613</v>
+        <v>5.0475097210285869</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>108.62446274</v>
+        <v>108.61616857</v>
       </c>
       <c r="C311" s="5">
-        <v>-7.4149660000003337E-2</v>
+        <v>-6.629447999999627E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>-0.81552568213796306</v>
+        <v>-0.72952913893782334</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>108.38310382</v>
+        <v>108.42761179</v>
       </c>
       <c r="C312" s="5">
-        <v>-0.24135891999999615</v>
+        <v>-0.18855677999999898</v>
       </c>
       <c r="D312" s="5">
-        <v>-2.634004098161058</v>
+        <v>-2.0634146252695884</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>109.01482837</v>
+        <v>109.0057647</v>
       </c>
       <c r="C313" s="5">
-        <v>0.63172455000000127</v>
+        <v>0.57815291000000002</v>
       </c>
       <c r="D313" s="5">
-        <v>7.2229858995638274</v>
+        <v>6.5896129268013359</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>109.53165224</v>
+        <v>109.52308205999999</v>
       </c>
       <c r="C314" s="5">
-        <v>0.51682386999999608</v>
+        <v>0.51731735999999273</v>
       </c>
       <c r="D314" s="5">
-        <v>5.8397394040389683</v>
+        <v>5.8459606186141544</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>109.93076605</v>
+        <v>109.92017312</v>
       </c>
       <c r="C315" s="5">
-        <v>0.3991138100000029</v>
+        <v>0.39709106000000816</v>
       </c>
       <c r="D315" s="5">
-        <v>4.4612902578847535</v>
+        <v>4.4385815121734007</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>109.40816866999999</v>
+        <v>109.44751767</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.52259738000000766</v>
+        <v>-0.47265545000000486</v>
       </c>
       <c r="D316" s="5">
-        <v>-5.5578355933213253</v>
+        <v>-5.0396848698430645</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>108.97485007</v>
+        <v>108.97205524</v>
       </c>
       <c r="C317" s="5">
-        <v>-0.43331859999999267</v>
+        <v>-0.47546242999999322</v>
       </c>
       <c r="D317" s="5">
-        <v>-4.6505091498323932</v>
+        <v>-5.0902759294111473</v>
       </c>
       <c r="E317" s="5">
-        <v>1.2823277758406082</v>
+        <v>1.2813359062478602</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>109.60398214999999</v>
+        <v>109.59770643</v>
       </c>
       <c r="C318" s="5">
-        <v>0.62913207999999088</v>
+        <v>0.62565118999999925</v>
       </c>
       <c r="D318" s="5">
-        <v>7.1520877844450936</v>
+        <v>7.1114468485189208</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>109.88492635999999</v>
+        <v>109.8767383</v>
       </c>
       <c r="C319" s="5">
-        <v>0.28094421000000125</v>
+        <v>0.27903186999999718</v>
       </c>
       <c r="D319" s="5">
-        <v>3.1196566067798637</v>
+        <v>3.098303323574636</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>110.4359358</v>
+        <v>110.42562129</v>
       </c>
       <c r="C320" s="5">
-        <v>0.5510094400000014</v>
+        <v>0.54888298999999563</v>
       </c>
       <c r="D320" s="5">
-        <v>6.186065589756562</v>
+        <v>6.1620046139508222</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>110.79301706</v>
+        <v>110.78034441</v>
       </c>
       <c r="C321" s="5">
-        <v>0.35708126000000107</v>
+        <v>0.35472312000000272</v>
       </c>
       <c r="D321" s="5">
-        <v>3.9498054859440579</v>
+        <v>3.9236316984978759</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>110.91592049</v>
+        <v>110.89469842</v>
       </c>
       <c r="C322" s="5">
-        <v>0.12290343000000803</v>
+        <v>0.11435400999999956</v>
       </c>
       <c r="D322" s="5">
-        <v>1.3393197842749727</v>
+        <v>1.2457677688032076</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>111.12604953</v>
+        <v>111.11133186000001</v>
       </c>
       <c r="C323" s="5">
-        <v>0.21012903999999821</v>
+        <v>0.21663344000000961</v>
       </c>
       <c r="D323" s="5">
-        <v>2.2972255509430495</v>
+        <v>2.3695585503290317</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>111.34470476</v>
+        <v>111.41311945</v>
       </c>
       <c r="C324" s="5">
-        <v>0.21865522999999598</v>
+        <v>0.30178758999998934</v>
       </c>
       <c r="D324" s="5">
-        <v>2.3868797862957702</v>
+        <v>3.308431914761556</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>111.54427626</v>
+        <v>111.53424149</v>
       </c>
       <c r="C325" s="5">
-        <v>0.19957150000000468</v>
+        <v>0.12112204000000304</v>
       </c>
       <c r="D325" s="5">
-        <v>2.1721807890222378</v>
+        <v>1.3124008570165824</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>112.21120478</v>
+        <v>112.20140053</v>
       </c>
       <c r="C326" s="5">
-        <v>0.66692851999999903</v>
+        <v>0.66715904000000137</v>
       </c>
       <c r="D326" s="5">
-        <v>7.4155666497572881</v>
+        <v>7.4189042252204684</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>112.27944153999999</v>
+        <v>112.26846569999999</v>
       </c>
       <c r="C327" s="5">
-        <v>6.8236759999990682E-2</v>
+        <v>6.7065169999992236E-2</v>
       </c>
       <c r="D327" s="5">
-        <v>0.73217766525739414</v>
+        <v>0.71962828379490418</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>112.04727957999999</v>
+        <v>112.1096567</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.23216195999999911</v>
+        <v>-0.15880899999999087</v>
       </c>
       <c r="D328" s="5">
-        <v>-2.4532344265686068</v>
+        <v>-1.6843120217786445</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>111.80145634</v>
+        <v>111.79841913999999</v>
       </c>
       <c r="C329" s="5">
-        <v>-0.24582323999999289</v>
+        <v>-0.31123756000000924</v>
       </c>
       <c r="D329" s="5">
-        <v>-2.6011724339604969</v>
+        <v>-3.2810265420972096</v>
       </c>
       <c r="E329" s="5">
-        <v>2.5938152410251769</v>
+        <v>2.5936593503492311</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>114.25375346</v>
+        <v>114.23721116999999</v>
       </c>
       <c r="C330" s="5">
-        <v>2.4522971199999972</v>
+        <v>2.4387920300000019</v>
       </c>
       <c r="D330" s="5">
-        <v>29.740685330093729</v>
+        <v>29.557678342284621</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>113.44826807</v>
+        <v>113.44263402999999</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.80548539000000119</v>
+        <v>-0.79457714000000124</v>
       </c>
       <c r="D331" s="5">
-        <v>-8.1395167375835413</v>
+        <v>-8.0345892710843252</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>113.34655366</v>
+        <v>113.31854949</v>
       </c>
       <c r="C332" s="5">
-        <v>-0.10171440999999959</v>
+        <v>-0.12408453999999836</v>
       </c>
       <c r="D332" s="5">
-        <v>-1.070595502719196</v>
+        <v>-1.3047028037396546</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>113.67651248999999</v>
+        <v>113.63130916999999</v>
       </c>
       <c r="C333" s="5">
-        <v>0.32995882999999537</v>
+        <v>0.31275967999999921</v>
       </c>
       <c r="D333" s="5">
-        <v>3.5497507878438084</v>
+        <v>3.3627468624548351</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>114.18059605000001</v>
+        <v>114.14617857</v>
       </c>
       <c r="C334" s="5">
-        <v>0.5040835600000122</v>
+        <v>0.51486940000000914</v>
       </c>
       <c r="D334" s="5">
-        <v>5.4529598542555568</v>
+        <v>5.5748311324222088</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>114.61176918</v>
+        <v>114.59336623999999</v>
       </c>
       <c r="C335" s="5">
-        <v>0.43117312999999058</v>
+        <v>0.44718766999999104</v>
       </c>
       <c r="D335" s="5">
-        <v>4.6267964971485664</v>
+        <v>4.8038429841844588</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>115.55095833999999</v>
+        <v>115.65528879999999</v>
       </c>
       <c r="C336" s="5">
-        <v>0.93918915999999797</v>
+        <v>1.0619225599999993</v>
       </c>
       <c r="D336" s="5">
-        <v>10.288955299462543</v>
+        <v>11.704904610019607</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>115.51766992</v>
+        <v>115.52200156000001</v>
       </c>
       <c r="C337" s="5">
-        <v>-3.3288419999990992E-2</v>
+        <v>-0.13328723999998715</v>
       </c>
       <c r="D337" s="5">
-        <v>-0.34515396632995854</v>
+        <v>-1.3742109540650915</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>115.40031675</v>
+        <v>115.41014771</v>
       </c>
       <c r="C338" s="5">
-        <v>-0.11735317000000123</v>
+        <v>-0.11185385000000281</v>
       </c>
       <c r="D338" s="5">
-        <v>-1.2122788208294266</v>
+        <v>-1.15572900253883</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>115.73235042</v>
+        <v>115.74506418</v>
       </c>
       <c r="C339" s="5">
-        <v>0.33203367000000128</v>
+        <v>0.33491646999999602</v>
       </c>
       <c r="D339" s="5">
-        <v>3.5078456841717953</v>
+        <v>3.5384832204950589</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>116.25968947</v>
+        <v>116.33120541</v>
       </c>
       <c r="C340" s="5">
-        <v>0.52733904999999481</v>
+        <v>0.58614122999999552</v>
       </c>
       <c r="D340" s="5">
-        <v>5.6069799674026033</v>
+        <v>6.2490309543026923</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>116.71598269</v>
+        <v>116.71730899000001</v>
       </c>
       <c r="C341" s="5">
-        <v>0.45629322000000627</v>
+        <v>0.38610358000001099</v>
       </c>
       <c r="D341" s="5">
-        <v>4.8127383825372849</v>
+        <v>4.0563177185191535</v>
       </c>
       <c r="E341" s="5">
-        <v>4.3957623727676864</v>
+        <v>4.3997847982450544</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>117.44318839</v>
+        <v>117.41534151</v>
       </c>
       <c r="C342" s="5">
-        <v>0.72720569999999896</v>
+        <v>0.69803251999999816</v>
       </c>
       <c r="D342" s="5">
-        <v>7.7382771035301889</v>
+        <v>7.4174789483171688</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>117.89962425</v>
+        <v>117.88437008</v>
       </c>
       <c r="C343" s="5">
-        <v>0.45643585999999914</v>
+        <v>0.46902856999999187</v>
       </c>
       <c r="D343" s="5">
-        <v>4.7647194805773729</v>
+        <v>4.9002633761238812</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>118.17451242</v>
+        <v>118.09925986</v>
       </c>
       <c r="C344" s="5">
-        <v>0.27488816999999699</v>
+        <v>0.21488978000000714</v>
       </c>
       <c r="D344" s="5">
-        <v>2.8340114387849225</v>
+        <v>2.2095283631410112</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>118.18089765000001</v>
+        <v>118.06231556</v>
       </c>
       <c r="C345" s="5">
-        <v>6.3852300000064588E-3</v>
+        <v>-3.6944300000001817E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>6.4857923308325738E-2</v>
+        <v>-0.37474377805553072</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>118.58776027</v>
+        <v>118.49968144</v>
       </c>
       <c r="C346" s="5">
-        <v>0.40686261999999829</v>
+        <v>0.43736588000000154</v>
       </c>
       <c r="D346" s="5">
-        <v>4.2103821934689645</v>
+        <v>4.5371444114373105</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>119.02931984999999</v>
+        <v>119.05548879</v>
       </c>
       <c r="C347" s="5">
-        <v>0.44155957999998918</v>
+        <v>0.55580734999999493</v>
       </c>
       <c r="D347" s="5">
-        <v>4.56083018437623</v>
+        <v>5.7759353905791899</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>118.81205074</v>
+        <v>118.93340971000001</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.2172691099999895</v>
+        <v>-0.12207907999999179</v>
       </c>
       <c r="D348" s="5">
-        <v>-2.1685522324891293</v>
+        <v>-1.2235599587223644</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>119.47341593</v>
+        <v>119.5396959</v>
       </c>
       <c r="C349" s="5">
-        <v>0.66136518999999794</v>
+        <v>0.60628618999999162</v>
       </c>
       <c r="D349" s="5">
-        <v>6.8881272253496384</v>
+        <v>6.2916923118799151</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>119.47890357999999</v>
+        <v>119.54757479</v>
       </c>
       <c r="C350" s="5">
-        <v>5.4876499999920725E-3</v>
+        <v>7.8788900000006379E-3</v>
       </c>
       <c r="D350" s="5">
-        <v>5.5132296923510182E-2</v>
+        <v>7.912096528932544E-2</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>119.80817328000001</v>
+        <v>119.87876308</v>
       </c>
       <c r="C351" s="5">
-        <v>0.32926970000001177</v>
+        <v>0.33118829000000005</v>
       </c>
       <c r="D351" s="5">
-        <v>3.3576473676260932</v>
+        <v>3.3755411763060517</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>119.75557411</v>
+        <v>119.85924772</v>
       </c>
       <c r="C352" s="5">
-        <v>-5.2599170000007689E-2</v>
+        <v>-1.951535999999976E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>-0.52556361109012961</v>
+        <v>-0.19517615029169821</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>120.43284656</v>
+        <v>120.43235335</v>
       </c>
       <c r="C353" s="5">
-        <v>0.6772724500000038</v>
+        <v>0.57310563000000059</v>
       </c>
       <c r="D353" s="5">
-        <v>7.0016741220092049</v>
+        <v>5.8911107913847793</v>
       </c>
       <c r="E353" s="5">
-        <v>3.1845371853416626</v>
+        <v>3.1829420950052034</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>120.84868303</v>
+        <v>120.78230452</v>
       </c>
       <c r="C354" s="5">
-        <v>0.41583647000000212</v>
+        <v>0.34995116999999709</v>
       </c>
       <c r="D354" s="5">
-        <v>4.2230181860797966</v>
+        <v>3.5432196178696751</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>121.63322282999999</v>
+        <v>121.57613907</v>
       </c>
       <c r="C355" s="5">
-        <v>0.78453979999999035</v>
+        <v>0.79383454999999969</v>
       </c>
       <c r="D355" s="5">
-        <v>8.0745673119412729</v>
+        <v>8.1783684119602018</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>121.89227753999999</v>
+        <v>121.72744068999999</v>
       </c>
       <c r="C356" s="5">
-        <v>0.25905471000000091</v>
+        <v>0.15130161999999814</v>
       </c>
       <c r="D356" s="5">
-        <v>2.5859142254822221</v>
+        <v>1.5036656226782075</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>120.23734505</v>
+        <v>119.99795808</v>
       </c>
       <c r="C357" s="5">
-        <v>-1.6549324899999931</v>
+        <v>-1.7294826099999909</v>
       </c>
       <c r="D357" s="5">
-        <v>-15.129211983982549</v>
+        <v>-15.778227128391187</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>121.1158757</v>
+        <v>120.85363563</v>
       </c>
       <c r="C358" s="5">
-        <v>0.87853065000000186</v>
+        <v>0.85567754999999579</v>
       </c>
       <c r="D358" s="5">
-        <v>9.129042888898443</v>
+        <v>8.9006231973615346</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>121.02475135</v>
+        <v>121.24690443</v>
       </c>
       <c r="C359" s="5">
-        <v>-9.1124350000001186E-2</v>
+        <v>0.39326880000000131</v>
       </c>
       <c r="D359" s="5">
-        <v>-0.89912127031103184</v>
+        <v>3.9755617087543271</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>121.67194359</v>
+        <v>121.79263591</v>
       </c>
       <c r="C360" s="5">
-        <v>0.64719223999999542</v>
+        <v>0.5457314800000006</v>
       </c>
       <c r="D360" s="5">
-        <v>6.6092671557364646</v>
+        <v>5.5369272548652981</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>122.56616474</v>
+        <v>122.7493625</v>
       </c>
       <c r="C361" s="5">
-        <v>0.89422115000000701</v>
+        <v>0.95672659000000237</v>
       </c>
       <c r="D361" s="5">
-        <v>9.1847070983486425</v>
+        <v>9.8445680552634141</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>123.18174105999999</v>
+        <v>123.35221624</v>
       </c>
       <c r="C362" s="5">
-        <v>0.61557631999998819</v>
+        <v>0.60285374000000047</v>
       </c>
       <c r="D362" s="5">
-        <v>6.1961807346690323</v>
+        <v>6.0553392884439727</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>123.82954393999999</v>
+        <v>123.98687509</v>
       </c>
       <c r="C363" s="5">
-        <v>0.64780288000000041</v>
+        <v>0.63465884999999389</v>
       </c>
       <c r="D363" s="5">
-        <v>6.4964726552423802</v>
+        <v>6.3518603971112642</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>124.61315095</v>
+        <v>124.75345347</v>
       </c>
       <c r="C364" s="5">
-        <v>0.78360701000001143</v>
+        <v>0.76657837999999856</v>
       </c>
       <c r="D364" s="5">
-        <v>7.8636843893302943</v>
+        <v>7.6768516048784763</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>124.63881395</v>
+        <v>124.62346106</v>
       </c>
       <c r="C365" s="5">
-        <v>2.566299999999444E-2</v>
+        <v>-0.12999240999999984</v>
       </c>
       <c r="D365" s="5">
-        <v>0.24740972522869775</v>
+        <v>-1.2432522420988246</v>
       </c>
       <c r="E365" s="5">
-        <v>3.4923756351674218</v>
+        <v>3.4800513262576604</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>125.47772979</v>
+        <v>125.35148775</v>
       </c>
       <c r="C366" s="5">
-        <v>0.83891583999999852</v>
+        <v>0.72802669000000719</v>
       </c>
       <c r="D366" s="5">
-        <v>8.3827433519891201</v>
+        <v>7.2398537843053168</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>125.45015583999999</v>
+        <v>125.28210504</v>
       </c>
       <c r="C367" s="5">
-        <v>-2.7573950000004288E-2</v>
+        <v>-6.9382709999999292E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-0.26338360711108955</v>
+        <v>-0.66218802951405475</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>121.67966254</v>
+        <v>121.42665933000001</v>
       </c>
       <c r="C368" s="5">
-        <v>-3.7704932999999983</v>
+        <v>-3.8554457099999979</v>
       </c>
       <c r="D368" s="5">
-        <v>-30.663566736796909</v>
+        <v>-31.277324386691063</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>72.599945308000002</v>
+        <v>72.387125295000004</v>
       </c>
       <c r="C369" s="5">
-        <v>-49.079717231999993</v>
+        <v>-49.039534035000003</v>
       </c>
       <c r="D369" s="5">
-        <v>-99.796474156552307</v>
+        <v>-99.79854994280069</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>85.574961531</v>
+        <v>85.260250447999994</v>
       </c>
       <c r="C370" s="5">
-        <v>12.975016222999997</v>
+        <v>12.873125152999989</v>
       </c>
       <c r="D370" s="5">
-        <v>619.32479161747619</v>
+        <v>612.89125951718052</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>95.998267905000006</v>
+        <v>96.341022770999999</v>
       </c>
       <c r="C371" s="5">
-        <v>10.423306374000006</v>
+        <v>11.080772323000005</v>
       </c>
       <c r="D371" s="5">
-        <v>297.19174588647724</v>
+        <v>333.28712279225152</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>96.759149515000004</v>
+        <v>96.841255335</v>
       </c>
       <c r="C372" s="5">
-        <v>0.76088160999999843</v>
+        <v>0.50023256400000093</v>
       </c>
       <c r="D372" s="5">
-        <v>9.9369648841646008</v>
+        <v>6.411825925521164</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>97.819747500000005</v>
+        <v>98.059056229999996</v>
       </c>
       <c r="C373" s="5">
-        <v>1.0605979850000011</v>
+        <v>1.2178008949999963</v>
       </c>
       <c r="D373" s="5">
-        <v>13.976138968562136</v>
+        <v>16.178986332682378</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>101.06281130000001</v>
+        <v>101.28815815</v>
       </c>
       <c r="C374" s="5">
-        <v>3.2430638000000016</v>
+        <v>3.2291019200000051</v>
       </c>
       <c r="D374" s="5">
-        <v>47.903363505170901</v>
+        <v>47.520228994662418</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>105.83450438</v>
+        <v>106.06571581</v>
       </c>
       <c r="C375" s="5">
-        <v>4.7716930799999915</v>
+        <v>4.7775576599999994</v>
       </c>
       <c r="D375" s="5">
-        <v>73.95257595232188</v>
+        <v>73.858624932207832</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>106.48226225000001</v>
+        <v>106.67670329000001</v>
       </c>
       <c r="C376" s="5">
-        <v>0.64775787000000662</v>
+        <v>0.61098748000000569</v>
       </c>
       <c r="D376" s="5">
-        <v>7.596926831345141</v>
+        <v>7.13582142844853</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>107.3747025</v>
+        <v>107.35968744</v>
       </c>
       <c r="C377" s="5">
-        <v>0.89244024999999283</v>
+        <v>0.68298414999999579</v>
       </c>
       <c r="D377" s="5">
-        <v>10.534143702486354</v>
+        <v>7.9592429910649853</v>
       </c>
       <c r="E377" s="5">
-        <v>-13.851312366407509</v>
+        <v>-13.852747687442534</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>107.16314844999999</v>
+        <v>106.93222711999999</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.21155405000000371</v>
+        <v>-0.42746032000000866</v>
       </c>
       <c r="D378" s="5">
-        <v>-2.3388366049654663</v>
+        <v>-4.6746333672457618</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>104.81662363</v>
+        <v>104.56135783000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-2.3465248199999991</v>
+        <v>-2.3708692899999875</v>
       </c>
       <c r="D379" s="5">
-        <v>-23.331597152281002</v>
+        <v>-23.589819358811447</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>108.96139741</v>
+        <v>108.6676003</v>
       </c>
       <c r="C380" s="5">
-        <v>4.1447737800000084</v>
+        <v>4.106242469999998</v>
       </c>
       <c r="D380" s="5">
-        <v>59.261198593564579</v>
+        <v>58.761922001290316</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>109.87702502</v>
+        <v>109.49167658</v>
       </c>
       <c r="C381" s="5">
-        <v>0.91562761000000137</v>
+        <v>0.82407627999999988</v>
       </c>
       <c r="D381" s="5">
-        <v>10.563234035800505</v>
+        <v>9.4894693406611719</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>111.22669906</v>
+        <v>110.71297686</v>
       </c>
       <c r="C382" s="5">
-        <v>1.3496740399999965</v>
+        <v>1.2213002799999941</v>
       </c>
       <c r="D382" s="5">
-        <v>15.777955830576218</v>
+        <v>14.237599434516856</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>113.25669168</v>
+        <v>113.82229608999999</v>
       </c>
       <c r="C383" s="5">
-        <v>2.0299926200000016</v>
+        <v>3.109319229999997</v>
       </c>
       <c r="D383" s="5">
-        <v>24.238978906907182</v>
+        <v>39.426641802918994</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>115.50123606</v>
+        <v>115.56496414</v>
       </c>
       <c r="C384" s="5">
-        <v>2.2445443799999936</v>
+        <v>1.742668050000006</v>
       </c>
       <c r="D384" s="5">
-        <v>26.553198727628001</v>
+        <v>20.001357779259976</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>115.00007699</v>
+        <v>115.35273170000001</v>
       </c>
       <c r="C385" s="5">
-        <v>-0.50115906999999993</v>
+        <v>-0.21223243999999397</v>
       </c>
       <c r="D385" s="5">
-        <v>-5.0843142207173564</v>
+        <v>-2.181649047474965</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>115.58507399</v>
+        <v>115.91359679999999</v>
       </c>
       <c r="C386" s="5">
-        <v>0.58499700000000132</v>
+        <v>0.56086509999998668</v>
       </c>
       <c r="D386" s="5">
-        <v>6.2780288453139876</v>
+        <v>5.9931948538653579</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>116.99298784</v>
+        <v>117.32932836000001</v>
       </c>
       <c r="C387" s="5">
-        <v>1.4079138499999999</v>
+        <v>1.4157315600000118</v>
       </c>
       <c r="D387" s="5">
-        <v>15.637028893095239</v>
+        <v>15.682170582422582</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>117.67069791</v>
+        <v>117.94561973</v>
       </c>
       <c r="C388" s="5">
-        <v>0.67771007000000338</v>
+        <v>0.61629136999999901</v>
       </c>
       <c r="D388" s="5">
-        <v>7.1770903424344779</v>
+        <v>6.4885184457448508</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>118.64714604</v>
+        <v>118.64253132</v>
       </c>
       <c r="C389" s="5">
-        <v>0.97644812999999431</v>
+        <v>0.69691158999999914</v>
       </c>
       <c r="D389" s="5">
-        <v>10.425049242779782</v>
+        <v>7.3255317822494392</v>
       </c>
       <c r="E389" s="5">
-        <v>10.498230288461109</v>
+        <v>10.509385924121318</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>119.48379430999999</v>
+        <v>119.12019762</v>
       </c>
       <c r="C390" s="5">
-        <v>0.83664826999999775</v>
+        <v>0.47766629999999566</v>
       </c>
       <c r="D390" s="5">
-        <v>8.797900199175146</v>
+        <v>4.9397472285749533</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>119.78911401000001</v>
+        <v>119.40029364</v>
       </c>
       <c r="C391" s="5">
-        <v>0.30531970000001252</v>
+        <v>0.280096020000002</v>
       </c>
       <c r="D391" s="5">
-        <v>3.1098527845866197</v>
+        <v>2.8584262725920739</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>119.17750233</v>
+        <v>118.84801536000001</v>
       </c>
       <c r="C392" s="5">
-        <v>-0.61161168000000998</v>
+        <v>-0.5522782799999959</v>
       </c>
       <c r="D392" s="5">
-        <v>-5.9577264847776368</v>
+        <v>-5.411471771983301</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>120.82039285</v>
+        <v>120.32458226</v>
       </c>
       <c r="C393" s="5">
-        <v>1.6428905200000088</v>
+        <v>1.4765668999999946</v>
       </c>
       <c r="D393" s="5">
-        <v>17.855965215629087</v>
+        <v>15.970931289024314</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>120.9661129</v>
+        <v>120.5388818</v>
       </c>
       <c r="C394" s="5">
-        <v>0.14572004999999422</v>
+        <v>0.21429953999999896</v>
       </c>
       <c r="D394" s="5">
-        <v>1.456945222866235</v>
+        <v>2.1582745640401635</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>121.19670827</v>
+        <v>121.6854946</v>
       </c>
       <c r="C395" s="5">
-        <v>0.23059537000000319</v>
+        <v>1.1466127999999998</v>
       </c>
       <c r="D395" s="5">
-        <v>2.3116737120773445</v>
+        <v>12.031419797097186</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>123.68943963</v>
+        <v>123.78023623999999</v>
       </c>
       <c r="C396" s="5">
-        <v>2.4927313599999934</v>
+        <v>2.0947416399999952</v>
       </c>
       <c r="D396" s="5">
-        <v>27.673736964835861</v>
+        <v>22.72977745571756</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>123.31204223</v>
+        <v>123.67302564000001</v>
       </c>
       <c r="C397" s="5">
-        <v>-0.37739739999999244</v>
+        <v>-0.10721059999998772</v>
       </c>
       <c r="D397" s="5">
-        <v>-3.6005800252569053</v>
+        <v>-1.0344269834424491</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>123.69517977</v>
+        <v>124.06234163000001</v>
       </c>
       <c r="C398" s="5">
-        <v>0.38313753999999278</v>
+        <v>0.38931599000000006</v>
       </c>
       <c r="D398" s="5">
-        <v>3.7928479852861852</v>
+        <v>3.8436293285250001</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>123.67542847999999</v>
+        <v>124.08230532</v>
       </c>
       <c r="C399" s="5">
-        <v>-1.9751290000002086E-2</v>
+        <v>1.9963689999997314E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>-0.19144435415437977</v>
+        <v>0.19327091113849892</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>124.04986366</v>
+        <v>124.42033494</v>
       </c>
       <c r="C400" s="5">
-        <v>0.37443518000000608</v>
+        <v>0.33802962000000036</v>
       </c>
       <c r="D400" s="5">
-        <v>3.6941870994999793</v>
+        <v>3.318513741976048</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>124.43712263</v>
+        <v>124.49968371999999</v>
       </c>
       <c r="C401" s="5">
-        <v>0.38725897000000487</v>
+        <v>7.9348779999989461E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>3.8111563012830807</v>
+        <v>0.76798729703078106</v>
       </c>
       <c r="E401" s="5">
-        <v>4.8799965133994982</v>
+        <v>4.9368066702843771</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>128.20801043</v>
+        <v>127.73812178</v>
       </c>
       <c r="C402" s="5">
-        <v>3.770887799999997</v>
+        <v>3.2384380600000071</v>
       </c>
       <c r="D402" s="5">
-        <v>43.081144314763044</v>
+        <v>36.090351548010126</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>128.86600561</v>
+        <v>128.42763368000001</v>
       </c>
       <c r="C403" s="5">
-        <v>0.65799518000000035</v>
+        <v>0.68951190000001361</v>
       </c>
       <c r="D403" s="5">
-        <v>6.3355488181924713</v>
+        <v>6.6732320100121756</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>129.41552035999999</v>
+        <v>129.07504992</v>
       </c>
       <c r="C404" s="5">
-        <v>0.54951474999998595</v>
+        <v>0.6474162399999841</v>
       </c>
       <c r="D404" s="5">
-        <v>5.2388150002367073</v>
+        <v>6.2198913459750482</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>129.55686030999999</v>
+        <v>128.90601280999999</v>
       </c>
       <c r="C405" s="5">
-        <v>0.14133995000000255</v>
+        <v>-0.16903711000000499</v>
       </c>
       <c r="D405" s="5">
-        <v>1.3184697943523727</v>
+        <v>-1.5602538143628886</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>129.89551477000001</v>
+        <v>129.58287082000001</v>
       </c>
       <c r="C406" s="5">
-        <v>0.33865446000001498</v>
+        <v>0.67685801000001788</v>
       </c>
       <c r="D406" s="5">
-        <v>3.1822246734956483</v>
+        <v>6.4861342271710143</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>130.22942760999999</v>
+        <v>130.61498817</v>
       </c>
       <c r="C407" s="5">
-        <v>0.33391283999998222</v>
+        <v>1.0321173499999929</v>
       </c>
       <c r="D407" s="5">
-        <v>3.1287411618665439</v>
+        <v>9.9879274478017024</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>130.20743114999999</v>
+        <v>130.36769973</v>
       </c>
       <c r="C408" s="5">
-        <v>-2.1996459999996887E-2</v>
+        <v>-0.24728844000000549</v>
       </c>
       <c r="D408" s="5">
-        <v>-0.2024983535565128</v>
+        <v>-2.2484061699245328</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>129.89809160999999</v>
+        <v>130.23774691</v>
       </c>
       <c r="C409" s="5">
-        <v>-0.3093395399999963</v>
+        <v>-0.12995281999999975</v>
       </c>
       <c r="D409" s="5">
-        <v>-2.813934925589423</v>
+        <v>-1.1896448248645553</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>130.37950315000001</v>
+        <v>130.74830299999999</v>
       </c>
       <c r="C410" s="5">
-        <v>0.48141154000001052</v>
+        <v>0.51055608999999436</v>
       </c>
       <c r="D410" s="5">
-        <v>4.5390651062149789</v>
+        <v>4.8069872335351427</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>131.16647807000001</v>
+        <v>131.57456830000001</v>
       </c>
       <c r="C411" s="5">
-        <v>0.7869749200000058</v>
+        <v>0.82626530000001708</v>
       </c>
       <c r="D411" s="5">
-        <v>7.4886058337385597</v>
+        <v>7.8526239173260404</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>131.39653562000001</v>
+        <v>131.77670431999999</v>
       </c>
       <c r="C412" s="5">
-        <v>0.23005754999999795</v>
+        <v>0.20213601999998332</v>
       </c>
       <c r="D412" s="5">
-        <v>2.1251453573828183</v>
+        <v>1.8591990334359876</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>131.72730713999999</v>
+        <v>131.87069288999999</v>
       </c>
       <c r="C413" s="5">
-        <v>0.33077151999998478</v>
+        <v>9.3988569999993388E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>3.0630017241343399</v>
+        <v>0.85925489772660235</v>
       </c>
       <c r="E413" s="5">
-        <v>5.8585286736953401</v>
+        <v>5.9205043336314045</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>131.73096785999999</v>
+        <v>131.33127777999999</v>
       </c>
       <c r="C414" s="5">
-        <v>3.6607199999991735E-3</v>
+        <v>-0.53941510999999309</v>
       </c>
       <c r="D414" s="5">
-        <v>3.3353262798785366E-2</v>
+        <v>-4.7996424798602995</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>132.50242256999999</v>
+        <v>132.10292655000001</v>
       </c>
       <c r="C415" s="5">
-        <v>0.77145471000000043</v>
+        <v>0.77164877000001297</v>
       </c>
       <c r="D415" s="5">
-        <v>7.2583795192004086</v>
+        <v>7.2830791922354088</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>132.73223418000001</v>
+        <v>132.44504752</v>
       </c>
       <c r="C416" s="5">
-        <v>0.22981161000001293</v>
+        <v>0.3421209699999963</v>
       </c>
       <c r="D416" s="5">
-        <v>2.1012435145971731</v>
+        <v>3.1524185755762879</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>133.97827913</v>
+        <v>133.11148867</v>
       </c>
       <c r="C417" s="5">
-        <v>1.2460449499999982</v>
+        <v>0.66644114999999715</v>
       </c>
       <c r="D417" s="5">
-        <v>11.865427762044689</v>
+        <v>6.2081400971968126</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>133.45980445000001</v>
+        <v>133.19689640999999</v>
       </c>
       <c r="C418" s="5">
-        <v>-0.51847467999999708</v>
+        <v>8.5407739999993737E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>-4.5462340884855017</v>
+        <v>0.77267366116609004</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>133.24138769999999</v>
+        <v>133.51373036000001</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.21841675000001715</v>
+        <v>0.31683395000001724</v>
       </c>
       <c r="D419" s="5">
-        <v>-1.9463067604484574</v>
+        <v>2.8920679624754753</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>133.32414249000001</v>
+        <v>133.58410089</v>
       </c>
       <c r="C420" s="5">
-        <v>8.2754790000024059E-2</v>
+        <v>7.0370529999991049E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>0.74785830828385524</v>
+        <v>0.63431573460710489</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>133.87989583999999</v>
+        <v>134.19342118</v>
       </c>
       <c r="C421" s="5">
-        <v>0.55575334999997494</v>
+        <v>0.60932028999999943</v>
       </c>
       <c r="D421" s="5">
-        <v>5.1184142111428743</v>
+        <v>5.6130149696991705</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>134.43234078</v>
+        <v>134.78760976999999</v>
       </c>
       <c r="C422" s="5">
-        <v>0.55244494000001509</v>
+        <v>0.59418858999998747</v>
       </c>
       <c r="D422" s="5">
-        <v>5.0656471076817366</v>
+        <v>5.4447500163964158</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>134.48002940000001</v>
+        <v>134.86729545</v>
       </c>
       <c r="C423" s="5">
-        <v>4.7688620000002402E-2</v>
+        <v>7.9685680000011416E-2</v>
       </c>
       <c r="D423" s="5">
-        <v>0.42652034931338623</v>
+        <v>0.71174460252438898</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>135.25039720999999</v>
+        <v>135.63264844</v>
       </c>
       <c r="C424" s="5">
-        <v>0.770367809999982</v>
+        <v>0.76535298999999668</v>
       </c>
       <c r="D424" s="5">
-        <v>7.0949632966124998</v>
+        <v>7.0264507315994651</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>135.42679776</v>
+        <v>135.66593148999999</v>
       </c>
       <c r="C425" s="5">
-        <v>0.17640055000001098</v>
+        <v>3.3283049999994319E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>1.5763779774149667</v>
+        <v>0.29486712225403888</v>
       </c>
       <c r="E425" s="5">
-        <v>2.8084462518224829</v>
+        <v>2.8780000444570408</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>136.32041867999999</v>
+        <v>136.49320315</v>
       </c>
       <c r="C426" s="5">
-        <v>0.89362091999998938</v>
+        <v>0.82727166000000807</v>
       </c>
       <c r="D426" s="5">
-        <v>8.2120493104250514</v>
+        <v>7.5679012960534031</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>135.94014586</v>
+        <v>136.23139223000001</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.38027281999998763</v>
+        <v>-0.26181091999998785</v>
       </c>
       <c r="D427" s="5">
-        <v>-3.2965777578702449</v>
+        <v>-2.2776209402336378</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>136.5867968</v>
+        <v>136.94154981</v>
       </c>
       <c r="C428" s="5">
-        <v>0.64665094000000067</v>
+        <v>0.71015757999998641</v>
       </c>
       <c r="D428" s="5">
-        <v>5.8599935730907049</v>
+        <v>6.4379554724260935</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>136.41788650000001</v>
+        <v>138.03670364000001</v>
       </c>
       <c r="C429" s="5">
-        <v>-0.16891029999999319</v>
+        <v>1.0951538300000152</v>
       </c>
       <c r="D429" s="5">
-        <v>-1.4739301503058355</v>
+        <v>10.030248194548829</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>137.78797548</v>
+        <v>139.04933088000001</v>
       </c>
       <c r="C430" s="5">
-        <v>1.3700889799999914</v>
+        <v>1.0126272400000005</v>
       </c>
       <c r="D430" s="5">
-        <v>12.740518432308212</v>
+        <v>9.1671278118449884</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>137.5072729</v>
+        <v>136.87918010999999</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.28070257999999626</v>
+        <v>-2.1701507700000207</v>
       </c>
       <c r="D431" s="5">
-        <v>-2.4174417449521535</v>
+        <v>-17.201608108554922</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>137.48057026000001</v>
+        <v>136.84355768</v>
       </c>
       <c r="C432" s="5">
-        <v>-2.6702639999996336E-2</v>
+        <v>-3.5622429999989436E-2</v>
       </c>
       <c r="D432" s="5">
-        <v>-0.23278017076011626</v>
+        <v>-0.31185007678388166</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>137.86929628999999</v>
+        <v>137.23048256000001</v>
       </c>
       <c r="C433" s="5">
-        <v>0.38872602999998662</v>
+        <v>0.38692488000000935</v>
       </c>
       <c r="D433" s="5">
-        <v>3.4462633404911847</v>
+        <v>3.4462633564247502</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>138.08266646999999</v>
+        <v>137.44286410000001</v>
       </c>
       <c r="C434" s="5">
-        <v>0.2133701799999983</v>
+        <v>0.21238153999999554</v>
       </c>
       <c r="D434" s="5">
-        <v>1.8730416407254813</v>
+        <v>1.8730416858508514</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>137.3936477</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-4.9216400000005933E-2</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-0.42885822108823524</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>137.56993686000001</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.17628916000001027</v>
+      </c>
+      <c r="D436" s="5">
+        <v>1.5506269138777729</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">