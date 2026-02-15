--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B9BCED47-34FC-4E78-9BBD-BEAB8CB01ECF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{8F0095F0-E4BC-4126-AF95-0C1AA1CA4F72}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A946E316-CBBC-4885-A814-90EF33864FAA}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1AFB9C73-A5C0-4DB8-A421-7565502814CC}"/>
   </bookViews>
   <sheets>
     <sheet name="fwaleiha" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Leisure and Hospitality Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{494DFE35-FE19-46B5-BC9C-1ECDF4F288AC}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51E26F20-CF60-43ED-B3A8-B2E017CE5B5D}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>136.87918010999999</v>
       </c>
       <c r="C431" s="5">
         <v>-2.1701507700000207</v>
       </c>
       <c r="D431" s="5">
         <v>-17.201608108554922</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>136.84355768</v>
       </c>
       <c r="C432" s="5">
         <v>-3.5622429999989436E-2</v>
       </c>
       <c r="D432" s="5">
         <v>-0.31185007678388166</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>137.23048256000001</v>
       </c>
       <c r="C433" s="5">
         <v>0.38692488000000935</v>
       </c>
       <c r="D433" s="5">
         <v>3.4462633564247502</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>137.44286410000001</v>
       </c>
       <c r="C434" s="5">
         <v>0.21238153999999554</v>
       </c>
       <c r="D434" s="5">
         <v>1.8730416858508514</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>137.3936477</v>
       </c>
       <c r="C435" s="5">
         <v>-4.9216400000005933E-2</v>
       </c>
       <c r="D435" s="5">
         <v>-0.42885822108823524</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>137.56993686000001</v>
+        <v>137.48016114000001</v>
       </c>
       <c r="C436" s="5">
-        <v>0.17628916000001027</v>
+        <v>8.6513440000004493E-2</v>
       </c>
       <c r="D436" s="5">
-        <v>1.5506269138777729</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.75823317279357649</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>137.42615157</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-5.4009570000005169E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-0.4704069944539091</v>
+      </c>
+      <c r="E437" s="5">
+        <v>1.2974665493892035</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>