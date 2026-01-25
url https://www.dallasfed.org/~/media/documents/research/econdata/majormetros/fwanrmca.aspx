--- v0 (2025-10-10)
+++ v1 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{484A0646-8B1B-4558-B0DA-66A9719E9BF2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{EED7541A-F8DD-46FA-B036-B2DB7DE6862C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{59A327BE-BFD7-40BE-B2FA-53AB8113A8FA}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4FF67958-7259-42BD-9FF6-4FB546EB9EE8}"/>
   </bookViews>
   <sheets>
     <sheet name="fwanrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8829C012-EBD0-45FF-90EF-BB6B518729F3}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B1E6B31-B0F7-4F9B-ACFF-C536C82EDFFF}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -1322,71 +1321,71 @@
         <v>-3.0553241559300059</v>
       </c>
       <c r="E29" s="5">
         <v>-2.7339861839343005</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
         <v>28.876251396000001</v>
       </c>
       <c r="C30" s="5">
         <v>-3.6024954999998471E-2</v>
       </c>
       <c r="D30" s="5">
         <v>-1.4850064225854887</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>29.029801221</v>
+        <v>29.029801222</v>
       </c>
       <c r="C31" s="5">
-        <v>0.15354982499999892</v>
+        <v>0.153549825999999</v>
       </c>
       <c r="D31" s="5">
-        <v>6.570983861443902</v>
+        <v>6.5709839054969521</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
         <v>29.295848012</v>
       </c>
       <c r="C32" s="5">
-        <v>0.26604679100000084</v>
+        <v>0.26604679000000075</v>
       </c>
       <c r="D32" s="5">
-        <v>11.569154356558098</v>
+        <v>11.569154310438922</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
         <v>29.474485685000001</v>
       </c>
       <c r="C33" s="5">
         <v>0.17863767300000077</v>
       </c>
       <c r="D33" s="5">
         <v>7.5677145476922725</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
         <v>29.624647887999998</v>
       </c>
       <c r="C34" s="5">
         <v>0.15016220299999716</v>
@@ -1664,99 +1663,99 @@
         <v>5.1361239431236827</v>
       </c>
       <c r="E53" s="5">
         <v>6.9404773234325257</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
         <v>30.818443453</v>
       </c>
       <c r="C54" s="5">
         <v>-0.64634052799999964</v>
       </c>
       <c r="D54" s="5">
         <v>-22.047266902862162</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>30.491730975999999</v>
+        <v>30.491730977</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.32671247700000094</v>
+        <v>-0.32671247600000086</v>
       </c>
       <c r="D55" s="5">
-        <v>-12.005292405489886</v>
+        <v>-12.005292370859577</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
         <v>31.296368422</v>
       </c>
       <c r="C56" s="5">
-        <v>0.80463744600000098</v>
+        <v>0.80463744500000089</v>
       </c>
       <c r="D56" s="5">
-        <v>36.691778834840562</v>
+        <v>36.691778781045457</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>31.658176515000001</v>
+        <v>31.658176514000001</v>
       </c>
       <c r="C57" s="5">
-        <v>0.3618080930000005</v>
+        <v>0.36180809200000041</v>
       </c>
       <c r="D57" s="5">
-        <v>14.789828456975984</v>
+        <v>14.789828413464923</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
         <v>31.648191242999999</v>
       </c>
       <c r="C58" s="5">
-        <v>-9.9852720000015438E-3</v>
+        <v>-9.9852710000014611E-3</v>
       </c>
       <c r="D58" s="5">
-        <v>-0.37783483523831096</v>
+        <v>-0.3778347974766838</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
         <v>31.892979097000001</v>
       </c>
       <c r="C59" s="5">
         <v>0.24478785400000191</v>
       </c>
       <c r="D59" s="5">
         <v>9.6867901328613559</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
         <v>31.923495274</v>
       </c>
       <c r="C60" s="5">
         <v>3.051617699999909E-2</v>
@@ -1776,5345 +1775,5372 @@
         <v>0.39308964000000302</v>
       </c>
       <c r="D61" s="5">
         <v>15.819128079204381</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
         <v>32.786812666000003</v>
       </c>
       <c r="C62" s="5">
         <v>0.47022775199999955</v>
       </c>
       <c r="D62" s="5">
         <v>18.928206791296809</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>32.794240959</v>
+        <v>32.794240960000003</v>
       </c>
       <c r="C63" s="5">
-        <v>7.4282929999966996E-3</v>
+        <v>7.428294000000335E-3</v>
       </c>
       <c r="D63" s="5">
-        <v>0.2722151661766592</v>
+        <v>0.27221520286804246</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
         <v>32.997233839000003</v>
       </c>
       <c r="C64" s="5">
-        <v>0.20299288000000359</v>
+        <v>0.20299287899999996</v>
       </c>
       <c r="D64" s="5">
-        <v>7.6860415917469727</v>
+        <v>7.6860415523424264</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>33.335290530000002</v>
+        <v>33.335290528999998</v>
       </c>
       <c r="C65" s="5">
-        <v>0.33805669099999847</v>
+        <v>0.33805668999999483</v>
       </c>
       <c r="D65" s="5">
-        <v>13.010948707221193</v>
+        <v>13.01094866653969</v>
       </c>
       <c r="E65" s="5">
-        <v>5.9447620874483187</v>
+        <v>5.9447620842701498</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>33.113481215</v>
+        <v>33.113481215999997</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.22180931500000156</v>
+        <v>-0.2218093130000014</v>
       </c>
       <c r="D66" s="5">
-        <v>-7.6988416610727528</v>
+        <v>-7.6988415943971766</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>33.358322518999998</v>
+        <v>33.358322520999998</v>
       </c>
       <c r="C67" s="5">
-        <v>0.24484130399999771</v>
+        <v>0.24484130500000134</v>
       </c>
       <c r="D67" s="5">
-        <v>9.2426819351376643</v>
+        <v>9.2426819741451727</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
         <v>33.392612213</v>
       </c>
       <c r="C68" s="5">
-        <v>3.4289694000001703E-2</v>
+        <v>3.4289692000001537E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>1.2405018977802662</v>
+        <v>1.2405018249414868</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>33.638047614999998</v>
+        <v>33.638047612000001</v>
       </c>
       <c r="C69" s="5">
-        <v>0.24543540199999825</v>
+        <v>0.24543539900000155</v>
       </c>
       <c r="D69" s="5">
-        <v>9.1854185159239385</v>
+        <v>9.1854183990719882</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
         <v>33.707574096000002</v>
       </c>
       <c r="C70" s="5">
-        <v>6.9526481000004026E-2</v>
+        <v>6.9526484000000721E-2</v>
       </c>
       <c r="D70" s="5">
-        <v>2.5086708784287426</v>
+        <v>2.5086709881351199</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>33.868359413999997</v>
+        <v>33.868359415</v>
       </c>
       <c r="C71" s="5">
-        <v>0.16078531799999496</v>
+        <v>0.16078531899999859</v>
       </c>
       <c r="D71" s="5">
-        <v>5.8765897629987851</v>
+        <v>5.8765898005125328</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
         <v>33.948004836999999</v>
       </c>
       <c r="C72" s="5">
-        <v>7.9645423000002324E-2</v>
+        <v>7.9645421999998689E-2</v>
       </c>
       <c r="D72" s="5">
-        <v>2.8587271805333936</v>
+        <v>2.8587271440890349</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
         <v>33.935051268999999</v>
       </c>
       <c r="C73" s="5">
         <v>-1.2953568000000359E-2</v>
       </c>
       <c r="D73" s="5">
         <v>-0.45692526813511103</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>34.359745920999998</v>
+        <v>34.359745920000002</v>
       </c>
       <c r="C74" s="5">
-        <v>0.42469465199999945</v>
+        <v>0.42469465100000292</v>
       </c>
       <c r="D74" s="5">
-        <v>16.095987131268362</v>
+        <v>16.095987090722417</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
         <v>35.160338697999997</v>
       </c>
       <c r="C75" s="5">
-        <v>0.80059277699999853</v>
+        <v>0.80059277799999506</v>
       </c>
       <c r="D75" s="5">
-        <v>31.836988806984646</v>
+        <v>31.836988853027837</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
         <v>35.391218111000001</v>
       </c>
       <c r="C76" s="5">
         <v>0.23087941300000381</v>
       </c>
       <c r="D76" s="5">
         <v>8.1706721003813154</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>35.793660559999999</v>
+        <v>35.793660559000003</v>
       </c>
       <c r="C77" s="5">
-        <v>0.4024424489999987</v>
+        <v>0.40244244800000217</v>
       </c>
       <c r="D77" s="5">
-        <v>14.532108344694983</v>
+        <v>14.532108306297808</v>
       </c>
       <c r="E77" s="5">
-        <v>7.3746770791980776</v>
+        <v>7.3746770794193228</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>36.728940039000001</v>
+        <v>36.728940039999998</v>
       </c>
       <c r="C78" s="5">
-        <v>0.93527947900000186</v>
+        <v>0.93527948099999492</v>
       </c>
       <c r="D78" s="5">
-        <v>36.278504640702238</v>
+        <v>36.278504730914541</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>36.744367638</v>
+        <v>36.744367642999997</v>
       </c>
       <c r="C79" s="5">
-        <v>1.5427598999998793E-2</v>
+        <v>1.5427602999999124E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>0.50521327399168925</v>
+        <v>0.50521340527007741</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>37.160236783999999</v>
+        <v>37.160236785999999</v>
       </c>
       <c r="C80" s="5">
-        <v>0.41586914599999858</v>
+        <v>0.41586914300000188</v>
       </c>
       <c r="D80" s="5">
-        <v>14.459630514707866</v>
+        <v>14.459630401730305</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>37.802841780999998</v>
+        <v>37.802841776999998</v>
       </c>
       <c r="C81" s="5">
-        <v>0.6426049969999994</v>
+        <v>0.6426049909999989</v>
       </c>
       <c r="D81" s="5">
-        <v>22.843367023153462</v>
+        <v>22.843366787834984</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>38.365386270000002</v>
+        <v>38.365386268999998</v>
       </c>
       <c r="C82" s="5">
-        <v>0.56254448900000398</v>
+        <v>0.56254449200000067</v>
       </c>
       <c r="D82" s="5">
-        <v>19.393729417421635</v>
+        <v>19.393729531677106</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>38.546497676999998</v>
+        <v>38.546497676000001</v>
       </c>
       <c r="C83" s="5">
-        <v>0.18111140699999595</v>
+        <v>0.18111140700000306</v>
       </c>
       <c r="D83" s="5">
-        <v>5.8142578733648476</v>
+        <v>5.8142578735205896</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>38.440777163999996</v>
+        <v>38.440777163</v>
       </c>
       <c r="C84" s="5">
         <v>-0.1057205130000014</v>
       </c>
       <c r="D84" s="5">
-        <v>-3.2420140635787575</v>
+        <v>-3.2420140636616135</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
         <v>38.773306794</v>
       </c>
       <c r="C85" s="5">
-        <v>0.33252963000000335</v>
+        <v>0.33252963099999988</v>
       </c>
       <c r="D85" s="5">
-        <v>10.88892846802818</v>
+        <v>10.888928502644113</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
         <v>38.521684104000002</v>
       </c>
       <c r="C86" s="5">
         <v>-0.25162268999999782</v>
       </c>
       <c r="D86" s="5">
         <v>-7.515471325766665</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
         <v>38.818636847999997</v>
       </c>
       <c r="C87" s="5">
         <v>0.29695274399999505</v>
       </c>
       <c r="D87" s="5">
         <v>9.6529151648108815</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
         <v>39.189137655000003</v>
       </c>
       <c r="C88" s="5">
         <v>0.3705008070000062</v>
       </c>
       <c r="D88" s="5">
         <v>12.074063030322257</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>39.449183920000003</v>
+        <v>39.449183918000003</v>
       </c>
       <c r="C89" s="5">
-        <v>0.26004626499999972</v>
+        <v>0.26004626299999956</v>
       </c>
       <c r="D89" s="5">
-        <v>8.2599436162210438</v>
+        <v>8.2599435503581731</v>
       </c>
       <c r="E89" s="5">
-        <v>10.212767576181104</v>
+        <v>10.212767573672622</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>40.471342886000002</v>
+        <v>40.471342886999999</v>
       </c>
       <c r="C90" s="5">
-        <v>1.0221589659999992</v>
+        <v>1.0221589689999959</v>
       </c>
       <c r="D90" s="5">
-        <v>35.929931779050193</v>
+        <v>35.929931902050896</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>40.878220483</v>
+        <v>40.878220489999997</v>
       </c>
       <c r="C91" s="5">
-        <v>0.40687759699999759</v>
+        <v>0.40687760299999809</v>
       </c>
       <c r="D91" s="5">
-        <v>12.75411508037374</v>
+        <v>12.754115278638189</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>41.521529297999997</v>
+        <v>41.521529303000001</v>
       </c>
       <c r="C92" s="5">
-        <v>0.64330881499999748</v>
+        <v>0.64330881300000442</v>
       </c>
       <c r="D92" s="5">
-        <v>20.608053602143595</v>
+        <v>20.608053528590965</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>40.752202224000001</v>
+        <v>40.752202224999998</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.769327073999996</v>
+        <v>-0.76932707800000344</v>
       </c>
       <c r="D93" s="5">
-        <v>-20.102552938153917</v>
+        <v>-20.102553030081815</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>41.212332529000001</v>
+        <v>41.212332529999998</v>
       </c>
       <c r="C94" s="5">
         <v>0.46013030499999985</v>
       </c>
       <c r="D94" s="5">
-        <v>14.423005653289334</v>
+        <v>14.423005652913101</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>41.223869776999997</v>
+        <v>41.223869776000001</v>
       </c>
       <c r="C95" s="5">
-        <v>1.1537247999996225E-2</v>
+        <v>1.1537246000003165E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>0.33645351800104528</v>
+        <v>0.33645345957868944</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>42.413836236000002</v>
+        <v>42.413836234000001</v>
       </c>
       <c r="C96" s="5">
-        <v>1.1899664590000043</v>
+        <v>1.1899664580000007</v>
       </c>
       <c r="D96" s="5">
-        <v>40.703717409759356</v>
+        <v>40.703717371099593</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>42.997275242000001</v>
+        <v>42.997275236999997</v>
       </c>
       <c r="C97" s="5">
-        <v>0.58343900599999898</v>
+        <v>0.58343900299999518</v>
       </c>
       <c r="D97" s="5">
-        <v>17.81499188849358</v>
+        <v>17.81499179075572</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>43.286874468000001</v>
+        <v>43.28687446</v>
       </c>
       <c r="C98" s="5">
-        <v>0.28959922599999999</v>
+        <v>0.28959922300000329</v>
       </c>
       <c r="D98" s="5">
-        <v>8.3885793788006211</v>
+        <v>8.3885792896700284</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>43.079793127000002</v>
+        <v>43.079793117000001</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.20708134099999853</v>
+        <v>-0.2070813429999987</v>
       </c>
       <c r="D99" s="5">
-        <v>-5.5920504740903265</v>
+        <v>-5.5920505276919048</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>43.374276211000002</v>
+        <v>43.374276201000001</v>
       </c>
       <c r="C100" s="5">
         <v>0.29448308399999945</v>
       </c>
       <c r="D100" s="5">
-        <v>8.5184494626609606</v>
+        <v>8.5184494647134947</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>43.573559504000002</v>
+        <v>43.573559500999998</v>
       </c>
       <c r="C101" s="5">
-        <v>0.19928329300000058</v>
+        <v>0.19928329999999761</v>
       </c>
       <c r="D101" s="5">
-        <v>5.6548834454257513</v>
+        <v>5.6548836504413114</v>
       </c>
       <c r="E101" s="5">
-        <v>10.454907235505617</v>
+        <v>10.454907233500755</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>44.132025980000002</v>
+        <v>44.132025986999999</v>
       </c>
       <c r="C102" s="5">
-        <v>0.55846647599999955</v>
+        <v>0.55846648600000037</v>
       </c>
       <c r="D102" s="5">
-        <v>16.511801576366423</v>
+        <v>16.511801894393543</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>44.357504917</v>
+        <v>44.357504931999998</v>
       </c>
       <c r="C103" s="5">
-        <v>0.22547893699999833</v>
+        <v>0.22547894499999899</v>
       </c>
       <c r="D103" s="5">
-        <v>6.3062822587123257</v>
+        <v>6.3062824877553991</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>44.792178595999999</v>
+        <v>44.792178612999997</v>
       </c>
       <c r="C104" s="5">
-        <v>0.43467367899999942</v>
+        <v>0.43467368099999959</v>
       </c>
       <c r="D104" s="5">
-        <v>12.414134488535744</v>
+        <v>12.414134544341238</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>44.899302781000003</v>
+        <v>44.899302804999998</v>
       </c>
       <c r="C105" s="5">
-        <v>0.10712418500000354</v>
+        <v>0.10712419200000056</v>
       </c>
       <c r="D105" s="5">
-        <v>2.9079512156734433</v>
+        <v>2.907951407081022</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>45.486138447999998</v>
+        <v>45.486138478999997</v>
       </c>
       <c r="C106" s="5">
-        <v>0.58683566699999545</v>
+        <v>0.58683567399999959</v>
       </c>
       <c r="D106" s="5">
-        <v>16.862093337950146</v>
+        <v>16.862093544090605</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>45.583380337999998</v>
+        <v>45.583380292000001</v>
       </c>
       <c r="C107" s="5">
-        <v>9.7241889999999387E-2</v>
+        <v>9.7241813000003674E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>2.5957830683376759</v>
+        <v>2.5957809868753845</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>46.395876094999998</v>
+        <v>46.395876113999996</v>
       </c>
       <c r="C108" s="5">
-        <v>0.81249575700000065</v>
+        <v>0.81249582199999537</v>
       </c>
       <c r="D108" s="5">
-        <v>23.615867726563788</v>
+        <v>23.61586983098849</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>46.625636589000003</v>
+        <v>46.625636583000002</v>
       </c>
       <c r="C109" s="5">
-        <v>0.2297604940000042</v>
+        <v>0.22976046900000568</v>
       </c>
       <c r="D109" s="5">
-        <v>6.1071703937510158</v>
+        <v>6.1071697084638554</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>47.134683160999998</v>
+        <v>47.134683123000002</v>
       </c>
       <c r="C110" s="5">
-        <v>0.50904657199999548</v>
+        <v>0.50904653999999994</v>
       </c>
       <c r="D110" s="5">
-        <v>13.917334053675546</v>
+        <v>13.917333127506248</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>47.403575969000002</v>
+        <v>47.403575920999998</v>
       </c>
       <c r="C111" s="5">
-        <v>0.26889280800000392</v>
+        <v>0.26889279799999599</v>
       </c>
       <c r="D111" s="5">
-        <v>7.0646620677607297</v>
+        <v>7.0646618026064756</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>47.726812252999999</v>
+        <v>47.726812219999999</v>
       </c>
       <c r="C112" s="5">
-        <v>0.32323628399999649</v>
+        <v>0.32323629900000128</v>
       </c>
       <c r="D112" s="5">
-        <v>8.4965383309511431</v>
+        <v>8.4965387490707034</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>47.989097952999998</v>
+        <v>47.989097948999998</v>
       </c>
       <c r="C113" s="5">
-        <v>0.26228569999999962</v>
+        <v>0.26228572899999847</v>
       </c>
       <c r="D113" s="5">
-        <v>6.7977004574161004</v>
+        <v>6.797701236718412</v>
       </c>
       <c r="E113" s="5">
-        <v>10.13352707298254</v>
+        <v>10.133527071385263</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>47.711367246000002</v>
+        <v>47.711367267999996</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.27773070699999636</v>
+        <v>-0.27773068100000131</v>
       </c>
       <c r="D114" s="5">
-        <v>-6.7279963298365608</v>
+        <v>-6.7279957204440688</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>48.070955443000003</v>
+        <v>48.070955482999999</v>
       </c>
       <c r="C115" s="5">
-        <v>0.35958819700000078</v>
+        <v>0.35958821500000226</v>
       </c>
       <c r="D115" s="5">
-        <v>9.4285648791728285</v>
+        <v>9.4285653663453104</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>48.277537367000001</v>
+        <v>48.277537416000001</v>
       </c>
       <c r="C116" s="5">
-        <v>0.2065819239999982</v>
+        <v>0.20658193300000249</v>
       </c>
       <c r="D116" s="5">
-        <v>5.2805765564527984</v>
+        <v>5.280576787473934</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>48.545801308999998</v>
+        <v>48.545801386999997</v>
       </c>
       <c r="C117" s="5">
-        <v>0.26826394199999726</v>
+        <v>0.2682639709999961</v>
       </c>
       <c r="D117" s="5">
-        <v>6.875653841405871</v>
+        <v>6.8756546003495123</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>48.271093258000001</v>
+        <v>48.271093352999998</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.27470805099999751</v>
+        <v>-0.27470803399999966</v>
       </c>
       <c r="D118" s="5">
-        <v>-6.5830828891563442</v>
+        <v>-6.5830824841140334</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>48.229169439000003</v>
+        <v>48.229169358999997</v>
       </c>
       <c r="C119" s="5">
-        <v>-4.1923818999997309E-2</v>
+        <v>-4.192399400000113E-2</v>
       </c>
       <c r="D119" s="5">
-        <v>-1.037245276783505</v>
+        <v>-1.0372495837994711</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>48.098744881999998</v>
+        <v>48.098744930999999</v>
       </c>
       <c r="C120" s="5">
-        <v>-0.13042455700000488</v>
+        <v>-0.13042442799999776</v>
       </c>
       <c r="D120" s="5">
-        <v>-3.1972867867609001</v>
+        <v>-3.1972836765071122</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>48.163828971999997</v>
+        <v>48.163828877</v>
       </c>
       <c r="C121" s="5">
-        <v>6.5084089999999151E-2</v>
+        <v>6.5083946000001447E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>1.6359009725323448</v>
+        <v>1.635897324406943</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>48.677305001000001</v>
+        <v>48.677304970999998</v>
       </c>
       <c r="C122" s="5">
-        <v>0.51347602900000311</v>
+        <v>0.51347609399999783</v>
       </c>
       <c r="D122" s="5">
-        <v>13.570684029911529</v>
+        <v>13.570685878111943</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>49.331137132000002</v>
+        <v>49.331136700000002</v>
       </c>
       <c r="C123" s="5">
-        <v>0.65383213100000148</v>
+        <v>0.65383172900000375</v>
       </c>
       <c r="D123" s="5">
-        <v>17.364082970036776</v>
+        <v>17.364071504726454</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>49.541106292000002</v>
+        <v>49.541106325999998</v>
       </c>
       <c r="C124" s="5">
-        <v>0.20996915999999999</v>
+        <v>0.20996962599999591</v>
       </c>
       <c r="D124" s="5">
-        <v>5.2288654484941244</v>
+        <v>5.2288773731714588</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>49.677420056999999</v>
+        <v>49.677420169999998</v>
       </c>
       <c r="C125" s="5">
-        <v>0.13631376499999703</v>
+        <v>0.13631384400000002</v>
       </c>
       <c r="D125" s="5">
-        <v>3.352263322292548</v>
+        <v>3.3522652922403529</v>
       </c>
       <c r="E125" s="5">
-        <v>3.5181367769269611</v>
+        <v>3.5181370210255913</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>50.778813843000002</v>
+        <v>50.778814003000001</v>
       </c>
       <c r="C126" s="5">
-        <v>1.1013937860000027</v>
+        <v>1.101393833000003</v>
       </c>
       <c r="D126" s="5">
-        <v>30.101476241061654</v>
+        <v>30.101477609070937</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>51.282048269999997</v>
+        <v>51.282048432000003</v>
       </c>
       <c r="C127" s="5">
-        <v>0.50323442699999532</v>
+        <v>0.50323442900000259</v>
       </c>
       <c r="D127" s="5">
-        <v>12.562501357478052</v>
+        <v>12.562501368392208</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>52.293182457</v>
+        <v>52.293182588999997</v>
       </c>
       <c r="C128" s="5">
-        <v>1.0111341870000032</v>
+        <v>1.0111341569999936</v>
       </c>
       <c r="D128" s="5">
-        <v>26.402748525316987</v>
+        <v>26.402747562475671</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>51.466220988000003</v>
+        <v>51.466221107999999</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.8269614689999969</v>
+        <v>-0.82696148099999789</v>
       </c>
       <c r="D129" s="5">
-        <v>-17.410185514149891</v>
+        <v>-17.410185705034621</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>52.172919282999999</v>
+        <v>52.172919399999998</v>
       </c>
       <c r="C130" s="5">
-        <v>0.70669829499999537</v>
+        <v>0.70669829199999867</v>
       </c>
       <c r="D130" s="5">
-        <v>17.780742916460056</v>
+        <v>17.780742790552019</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>53.074153078999998</v>
+        <v>53.074152927</v>
       </c>
       <c r="C131" s="5">
-        <v>0.90123379599999964</v>
+        <v>0.90123352700000225</v>
       </c>
       <c r="D131" s="5">
-        <v>22.816076065035329</v>
+        <v>22.816068539170598</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>52.652436498999997</v>
+        <v>52.652436514999998</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.42171658000000178</v>
+        <v>-0.42171641200000209</v>
       </c>
       <c r="D132" s="5">
-        <v>-9.1291053818971619</v>
+        <v>-9.1291019275703498</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>52.424396123999998</v>
+        <v>52.424395855</v>
       </c>
       <c r="C133" s="5">
-        <v>-0.22804037499999907</v>
+        <v>-0.22804065999999779</v>
       </c>
       <c r="D133" s="5">
-        <v>-5.07522812863761</v>
+        <v>-5.0752343197203231</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>52.042811096999998</v>
+        <v>52.042810947</v>
       </c>
       <c r="C134" s="5">
-        <v>-0.38158502699999985</v>
+        <v>-0.38158490800000067</v>
       </c>
       <c r="D134" s="5">
-        <v>-8.3931973295637956</v>
+        <v>-8.3931948573272912</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>51.831707457</v>
+        <v>51.831706539000002</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.21110363999999748</v>
+        <v>-0.21110440799999708</v>
       </c>
       <c r="D135" s="5">
-        <v>-4.7604740157303755</v>
+        <v>-4.7604909633254477</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>51.839389699000002</v>
+        <v>51.839389816000001</v>
       </c>
       <c r="C136" s="5">
-        <v>7.6822420000013381E-3</v>
+        <v>7.6832769999981565E-3</v>
       </c>
       <c r="D136" s="5">
-        <v>0.17800318544578531</v>
+        <v>0.17802718986628108</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>51.889020717000001</v>
+        <v>51.889021102999997</v>
       </c>
       <c r="C137" s="5">
-        <v>4.9631017999999472E-2</v>
+        <v>4.963128699999686E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>1.154948685103796</v>
+        <v>1.1549549753018251</v>
       </c>
       <c r="E137" s="5">
-        <v>4.4519233435681649</v>
+        <v>4.4519238829869412</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>51.277482364999997</v>
+        <v>51.277482884000001</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.61153835200000373</v>
+        <v>-0.61153821899999627</v>
       </c>
       <c r="D138" s="5">
-        <v>-13.260955579603051</v>
+        <v>-13.260952787526591</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>51.157148952999997</v>
+        <v>51.157149396999998</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.12033341200000081</v>
+        <v>-0.12033348700000346</v>
       </c>
       <c r="D139" s="5">
-        <v>-2.7799890196877564</v>
+        <v>-2.7799907022895476</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>51.417258467000003</v>
+        <v>51.417258711000002</v>
       </c>
       <c r="C140" s="5">
-        <v>0.26010951400000693</v>
+        <v>0.26010931400000459</v>
       </c>
       <c r="D140" s="5">
-        <v>6.2749738320341031</v>
+        <v>6.2749688154507322</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>51.765355292999999</v>
+        <v>51.765355378999999</v>
       </c>
       <c r="C141" s="5">
-        <v>0.34809682599999547</v>
+        <v>0.34809666799999661</v>
       </c>
       <c r="D141" s="5">
-        <v>8.4334785354555954</v>
+        <v>8.4334745223603633</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>52.373592842000001</v>
+        <v>52.373592909999999</v>
       </c>
       <c r="C142" s="5">
-        <v>0.60823754900000182</v>
+        <v>0.60823753100000033</v>
       </c>
       <c r="D142" s="5">
-        <v>15.047721468523934</v>
+        <v>15.047720967405587</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>53.054544483999997</v>
+        <v>53.054544083000003</v>
       </c>
       <c r="C143" s="5">
-        <v>0.68095164199999658</v>
+        <v>0.68095117300000396</v>
       </c>
       <c r="D143" s="5">
-        <v>16.767684911628923</v>
+        <v>16.767672501620922</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>52.650851234000001</v>
+        <v>52.650851185999997</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.40369324999999634</v>
+        <v>-0.40369289700000621</v>
       </c>
       <c r="D144" s="5">
-        <v>-8.7582338750673561</v>
+        <v>-8.7582265977045655</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>53.794926445999998</v>
+        <v>53.794925898999999</v>
       </c>
       <c r="C145" s="5">
-        <v>1.1440752119999971</v>
+        <v>1.144074713000002</v>
       </c>
       <c r="D145" s="5">
-        <v>29.428837932552486</v>
+        <v>29.428823555734198</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>53.043125703000001</v>
+        <v>53.043125500000002</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.75180074299999688</v>
+        <v>-0.75180039899999684</v>
       </c>
       <c r="D146" s="5">
-        <v>-15.539532606873207</v>
+        <v>-15.53952617993416</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>53.146519425000001</v>
+        <v>53.146518008999998</v>
       </c>
       <c r="C147" s="5">
-        <v>0.10339372199999985</v>
+        <v>0.10339250899999541</v>
       </c>
       <c r="D147" s="5">
-        <v>2.3643272000852145</v>
+        <v>2.364299173246831</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>52.831185736999998</v>
+        <v>52.831185538</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.31533368800000261</v>
+        <v>-0.31533247099999784</v>
       </c>
       <c r="D148" s="5">
-        <v>-6.8921360328871302</v>
+        <v>-6.8921104729750882</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>52.607204342999999</v>
+        <v>52.607204160000002</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.22398139399999906</v>
+        <v>-0.22398137799999773</v>
       </c>
       <c r="D149" s="5">
-        <v>-4.970513944720012</v>
+        <v>-4.9705136161798169</v>
       </c>
       <c r="E149" s="5">
-        <v>1.3840762767848958</v>
+        <v>1.3840751699177423</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>52.599044831999997</v>
+        <v>52.599048363999998</v>
       </c>
       <c r="C150" s="5">
-        <v>-8.1595110000023396E-3</v>
+        <v>-8.1557960000040453E-3</v>
       </c>
       <c r="D150" s="5">
-        <v>-0.18596435483112517</v>
+        <v>-0.1858797586664851</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>52.677444792000003</v>
+        <v>52.677444821999998</v>
       </c>
       <c r="C151" s="5">
-        <v>7.8399960000005819E-2</v>
+        <v>7.839645800000028E-2</v>
       </c>
       <c r="D151" s="5">
-        <v>1.8033607202292412</v>
+        <v>1.803279383445755</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>52.640183348000001</v>
+        <v>52.640183585999999</v>
       </c>
       <c r="C152" s="5">
-        <v>-3.7261444000002086E-2</v>
+        <v>-3.7261235999999087E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>-0.84552671090154519</v>
+        <v>-0.84552200888857731</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>52.135499762999999</v>
+        <v>52.135500086999997</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.50468358500000221</v>
+        <v>-0.5046834990000022</v>
       </c>
       <c r="D153" s="5">
-        <v>-10.917217770624054</v>
+        <v>-10.917215960481863</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>52.071170864999999</v>
+        <v>52.071171030999999</v>
       </c>
       <c r="C154" s="5">
-        <v>-6.4328897999999413E-2</v>
+        <v>-6.4329055999998275E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>-1.4706477872738488</v>
+        <v>-1.4706513658176767</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>52.283948543999998</v>
+        <v>52.283947523999998</v>
       </c>
       <c r="C155" s="5">
-        <v>0.21277767899999844</v>
+        <v>0.21277649299999979</v>
       </c>
       <c r="D155" s="5">
-        <v>5.0152628072618555</v>
+        <v>5.0152342051404508</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>52.111056024</v>
+        <v>52.111055207</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.17289251999999777</v>
+        <v>-0.17289231699999874</v>
       </c>
       <c r="D156" s="5">
-        <v>-3.8967782023280328</v>
+        <v>-3.8967737845005734</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>52.504876967000001</v>
+        <v>52.504874942999997</v>
       </c>
       <c r="C157" s="5">
-        <v>0.39382094300000148</v>
+        <v>0.39381973599999753</v>
       </c>
       <c r="D157" s="5">
-        <v>9.4554149233768925</v>
+        <v>9.4553848834574072</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>51.762120158999998</v>
+        <v>51.762118729000001</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.74275680800000288</v>
+        <v>-0.74275621399999636</v>
       </c>
       <c r="D158" s="5">
-        <v>-15.715262768317363</v>
+        <v>-15.715251721196555</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>51.139696704999999</v>
+        <v>51.139695299000003</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.62242345399999977</v>
+        <v>-0.62242342999999778</v>
       </c>
       <c r="D159" s="5">
-        <v>-13.512549054993928</v>
+        <v>-13.512548916896794</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>51.334683185000003</v>
+        <v>51.334684170999999</v>
       </c>
       <c r="C160" s="5">
-        <v>0.19498648000000429</v>
+        <v>0.19498887199999615</v>
       </c>
       <c r="D160" s="5">
-        <v>4.6725626334248593</v>
+        <v>4.6726212927067801</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>51.022794423999997</v>
+        <v>51.022795991999999</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.31188876100000584</v>
+        <v>-0.31188817900000032</v>
       </c>
       <c r="D161" s="5">
-        <v>-7.0519566111965526</v>
+        <v>-7.0519437575125803</v>
       </c>
       <c r="E161" s="5">
-        <v>-3.0117736511326876</v>
+        <v>-3.0117703331680068</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>50.989989792999999</v>
+        <v>50.989998513000003</v>
       </c>
       <c r="C162" s="5">
-        <v>-3.2804630999997642E-2</v>
+        <v>-3.2797478999995633E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>-0.76880641466848809</v>
+        <v>-0.76863936963151858</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>50.635825912999998</v>
+        <v>50.635826756</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.35416388000000154</v>
+        <v>-0.35417175700000314</v>
       </c>
       <c r="D163" s="5">
-        <v>-8.0237547022684268</v>
+        <v>-8.0239250777879185</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>50.314923800000003</v>
+        <v>50.314923766</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.32090211299999538</v>
+        <v>-0.32090299000000044</v>
       </c>
       <c r="D164" s="5">
-        <v>-7.3453852444826273</v>
+        <v>-7.3454045063026889</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>50.297485919000003</v>
+        <v>50.297484392000001</v>
       </c>
       <c r="C165" s="5">
-        <v>-1.7437880999999322E-2</v>
+        <v>-1.7439373999998509E-2</v>
       </c>
       <c r="D165" s="5">
-        <v>-0.41509783531478162</v>
+        <v>-0.41513330780134083</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>50.167032884000001</v>
+        <v>50.167028932000001</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.13045303500000216</v>
+        <v>-0.1304554600000003</v>
       </c>
       <c r="D166" s="5">
-        <v>-3.0683391823211337</v>
+        <v>-3.0683955005294195</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>50.135308053999999</v>
+        <v>50.135300190000002</v>
       </c>
       <c r="C167" s="5">
-        <v>-3.1724830000001703E-2</v>
+        <v>-3.1728741999998533E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>-0.75622697853308107</v>
+        <v>-0.75631996438596527</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>50.428037588999999</v>
+        <v>50.428029940000002</v>
       </c>
       <c r="C168" s="5">
-        <v>0.29272953499999943</v>
+        <v>0.29272974999999946</v>
       </c>
       <c r="D168" s="5">
-        <v>7.2359889210136918</v>
+        <v>7.2359955791232222</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>50.673748062999998</v>
+        <v>50.673740807000001</v>
       </c>
       <c r="C169" s="5">
-        <v>0.24571047399999912</v>
+        <v>0.24571086699999967</v>
       </c>
       <c r="D169" s="5">
-        <v>6.0062618613308638</v>
+        <v>6.0062726624963814</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>50.601577145999997</v>
+        <v>50.601576952000002</v>
       </c>
       <c r="C170" s="5">
-        <v>-7.2170917000001111E-2</v>
+        <v>-7.2163854999999444E-2</v>
       </c>
       <c r="D170" s="5">
-        <v>-1.6957480903409206</v>
+        <v>-1.695583697987435</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>50.746422027000001</v>
+        <v>50.746432208999998</v>
       </c>
       <c r="C171" s="5">
-        <v>0.14484488100000448</v>
+        <v>0.14485525699999613</v>
       </c>
       <c r="D171" s="5">
-        <v>3.4895469178696903</v>
+        <v>3.4898008548786663</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>51.124077610999997</v>
+        <v>51.12409684</v>
       </c>
       <c r="C172" s="5">
-        <v>0.37765558399999577</v>
+        <v>0.3776646310000018</v>
       </c>
       <c r="D172" s="5">
-        <v>9.3051696929604688</v>
+        <v>9.3053998628792591</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>51.191705646999999</v>
+        <v>51.191723703000001</v>
       </c>
       <c r="C173" s="5">
-        <v>6.7628036000002112E-2</v>
+        <v>6.7626863000000981E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>1.5989860966686642</v>
+        <v>1.5989575545738877</v>
       </c>
       <c r="E173" s="5">
-        <v>0.33105051361230764</v>
+        <v>0.33108281840628084</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>51.380919747</v>
+        <v>51.380934209999999</v>
       </c>
       <c r="C174" s="5">
-        <v>0.18921410000000094</v>
+        <v>0.18921050699999853</v>
       </c>
       <c r="D174" s="5">
-        <v>4.5267120741163458</v>
+        <v>4.526622731971397</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>51.344806050000003</v>
+        <v>51.344801517999997</v>
       </c>
       <c r="C175" s="5">
-        <v>-3.6113696999997558E-2</v>
+        <v>-3.6132692000002464E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>-0.84018155075049616</v>
+        <v>-0.8406215239895154</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>51.445051034999999</v>
+        <v>51.445037417000002</v>
       </c>
       <c r="C176" s="5">
-        <v>0.10024498499999623</v>
+        <v>0.10023589900000474</v>
       </c>
       <c r="D176" s="5">
-        <v>2.3681880966461843</v>
+        <v>2.3679713502556377</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>51.740573251000001</v>
+        <v>51.740555573999998</v>
       </c>
       <c r="C177" s="5">
-        <v>0.29552221600000195</v>
+        <v>0.29551815699999651</v>
       </c>
       <c r="D177" s="5">
-        <v>7.1153236854516244</v>
+        <v>7.1152247916899558</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>51.692848685999998</v>
+        <v>51.692829091</v>
       </c>
       <c r="C178" s="5">
-        <v>-4.7724565000002883E-2</v>
+        <v>-4.7726482999998154E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-1.1012602306255892</v>
+        <v>-1.1013046391699532</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>51.498469098999998</v>
+        <v>51.498442519999998</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.19437958700000024</v>
+        <v>-0.19438657100000256</v>
       </c>
       <c r="D179" s="5">
-        <v>-4.4201738720347272</v>
+        <v>-4.4203310584933098</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>51.792927163999998</v>
+        <v>51.792907366000001</v>
       </c>
       <c r="C180" s="5">
-        <v>0.2944580650000006</v>
+        <v>0.29446484600000389</v>
       </c>
       <c r="D180" s="5">
-        <v>7.0813042300846618</v>
+        <v>7.0814762364519446</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>51.979409517000001</v>
+        <v>51.979396653999999</v>
       </c>
       <c r="C181" s="5">
-        <v>0.18648235300000238</v>
+        <v>0.18648928799999709</v>
       </c>
       <c r="D181" s="5">
-        <v>4.4072412367624159</v>
+        <v>4.4074101130662902</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>52.176148099000002</v>
+        <v>52.176158362999999</v>
       </c>
       <c r="C182" s="5">
-        <v>0.19673858200000183</v>
+        <v>0.19676170900000045</v>
       </c>
       <c r="D182" s="5">
-        <v>4.6376724298109018</v>
+        <v>4.6382301688721483</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>52.438928255999997</v>
+        <v>52.438964722000001</v>
       </c>
       <c r="C183" s="5">
-        <v>0.26278015699999457</v>
+        <v>0.26280635900000249</v>
       </c>
       <c r="D183" s="5">
-        <v>6.2139387252062361</v>
+        <v>6.2145743295254574</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>52.291308508999997</v>
+        <v>52.291358393000003</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.14761974700000025</v>
+        <v>-0.14760632899999848</v>
       </c>
       <c r="D184" s="5">
-        <v>-3.32628014557248</v>
+        <v>-3.3259801891236895</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>52.545263016</v>
+        <v>52.545380037000001</v>
       </c>
       <c r="C185" s="5">
-        <v>0.2539545070000031</v>
+        <v>0.25402164399999805</v>
       </c>
       <c r="D185" s="5">
-        <v>5.9860553901762037</v>
+        <v>5.9876745546994625</v>
       </c>
       <c r="E185" s="5">
-        <v>2.6440950773034544</v>
+        <v>2.6442874669615257</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>53.274108095000003</v>
+        <v>53.274109174000003</v>
       </c>
       <c r="C186" s="5">
-        <v>0.72884507900000273</v>
+        <v>0.72872913700000197</v>
       </c>
       <c r="D186" s="5">
-        <v>17.975386254891635</v>
+        <v>17.972262126136052</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>53.320468456999997</v>
+        <v>53.320420144000003</v>
       </c>
       <c r="C187" s="5">
-        <v>4.6360361999994382E-2</v>
+        <v>4.6310970000000395E-2</v>
       </c>
       <c r="D187" s="5">
-        <v>1.0492804059909711</v>
+        <v>1.0481571385731581</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>53.51325731</v>
+        <v>53.513221029999997</v>
       </c>
       <c r="C188" s="5">
-        <v>0.19278885300000326</v>
+        <v>0.19280088599999345</v>
       </c>
       <c r="D188" s="5">
-        <v>4.4261261103783811</v>
+        <v>4.4264119768535393</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>54.121417913999998</v>
+        <v>54.121355291999997</v>
       </c>
       <c r="C189" s="5">
-        <v>0.60816060399999827</v>
+        <v>0.60813426200000009</v>
       </c>
       <c r="D189" s="5">
-        <v>14.523166970841373</v>
+        <v>14.522508552532432</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>54.450452804999998</v>
+        <v>54.450396132000002</v>
       </c>
       <c r="C190" s="5">
-        <v>0.32903489099999916</v>
+        <v>0.32904084000000466</v>
       </c>
       <c r="D190" s="5">
-        <v>7.544438225874206</v>
+        <v>7.5445882470711156</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>54.547665082999998</v>
+        <v>54.547606215999998</v>
       </c>
       <c r="C191" s="5">
-        <v>9.7212278000000651E-2</v>
+        <v>9.7210083999996755E-2</v>
       </c>
       <c r="D191" s="5">
-        <v>2.1635642013279277</v>
+        <v>2.1635171650120633</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>55.181903603000002</v>
+        <v>55.181864687999997</v>
       </c>
       <c r="C192" s="5">
-        <v>0.6342385200000038</v>
+        <v>0.63425847199999907</v>
       </c>
       <c r="D192" s="5">
-        <v>14.880457031326433</v>
+        <v>14.880972577174534</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>55.283664146</v>
+        <v>55.283647231000003</v>
       </c>
       <c r="C193" s="5">
-        <v>0.10176054299999748</v>
+        <v>0.10178254300000589</v>
       </c>
       <c r="D193" s="5">
-        <v>2.2354941959858099</v>
+        <v>2.2359840023325583</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>55.868383067000003</v>
+        <v>55.868412132000003</v>
       </c>
       <c r="C194" s="5">
-        <v>0.58471892100000389</v>
+        <v>0.58476490099999978</v>
       </c>
       <c r="D194" s="5">
-        <v>13.457024094859428</v>
+        <v>13.45814896952422</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>56.43333397</v>
+        <v>56.433412056000002</v>
       </c>
       <c r="C195" s="5">
-        <v>0.56495090299999617</v>
+        <v>0.56499992399999854</v>
       </c>
       <c r="D195" s="5">
-        <v>12.832775776195726</v>
+        <v>12.833944880121951</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>56.440533010999999</v>
+        <v>56.440658032000002</v>
       </c>
       <c r="C196" s="5">
-        <v>7.1990409999997951E-3</v>
+        <v>7.2459760000000983E-3</v>
       </c>
       <c r="D196" s="5">
-        <v>0.15318806022404097</v>
+        <v>0.15418727982146052</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>56.974409532999999</v>
+        <v>56.974734988000002</v>
       </c>
       <c r="C197" s="5">
-        <v>0.53387652199999991</v>
+        <v>0.53407695599999983</v>
       </c>
       <c r="D197" s="5">
-        <v>11.960471283977348</v>
+        <v>11.965169953873556</v>
       </c>
       <c r="E197" s="5">
-        <v>8.4292022967918712</v>
+        <v>8.429580198832042</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>56.771454722000001</v>
+        <v>56.771431679999999</v>
       </c>
       <c r="C198" s="5">
-        <v>-0.2029548109999979</v>
+        <v>-0.2033033080000024</v>
       </c>
       <c r="D198" s="5">
-        <v>-4.1918888685506968</v>
+        <v>-4.1989226404768427</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>57.280560178999998</v>
+        <v>57.280373120999997</v>
       </c>
       <c r="C199" s="5">
-        <v>0.50910545699999687</v>
+        <v>0.5089414409999975</v>
       </c>
       <c r="D199" s="5">
-        <v>11.308109012426847</v>
+        <v>11.304289280594727</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>57.770845797</v>
+        <v>57.770748425999997</v>
       </c>
       <c r="C200" s="5">
-        <v>0.49028561800000148</v>
+        <v>0.49037530500000059</v>
       </c>
       <c r="D200" s="5">
-        <v>10.76884630122068</v>
+        <v>10.770946737488485</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>58.453470715999998</v>
+        <v>58.453348609999999</v>
       </c>
       <c r="C201" s="5">
-        <v>0.68262491899999844</v>
+        <v>0.68260018400000178</v>
       </c>
       <c r="D201" s="5">
-        <v>15.138064046667443</v>
+        <v>15.13750658436166</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>59.241471699999998</v>
+        <v>59.241371915999999</v>
       </c>
       <c r="C202" s="5">
-        <v>0.78800098399999996</v>
+        <v>0.78802330599999948</v>
       </c>
       <c r="D202" s="5">
-        <v>17.431993416685533</v>
+        <v>17.432563550937296</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>59.807518674000001</v>
+        <v>59.807431725000001</v>
       </c>
       <c r="C203" s="5">
-        <v>0.56604697400000248</v>
+        <v>0.56605980900000219</v>
       </c>
       <c r="D203" s="5">
-        <v>12.088058772336785</v>
+        <v>12.088368871662958</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>59.626249545</v>
+        <v>59.626204121999997</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.18126912900000036</v>
+        <v>-0.18122760300000351</v>
       </c>
       <c r="D204" s="5">
-        <v>-3.5770297380148586</v>
+        <v>-3.5762290160395782</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>60.153681587999998</v>
+        <v>60.153674518999999</v>
       </c>
       <c r="C205" s="5">
-        <v>0.52743204299999746</v>
+        <v>0.52747039700000187</v>
       </c>
       <c r="D205" s="5">
-        <v>11.14671500187303</v>
+        <v>11.14757432042488</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>60.752743512000002</v>
+        <v>60.752797084999997</v>
       </c>
       <c r="C206" s="5">
-        <v>0.59906192400000435</v>
+        <v>0.59912256599999836</v>
       </c>
       <c r="D206" s="5">
-        <v>12.627433266790788</v>
+        <v>12.62878390605584</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>61.135396243000002</v>
+        <v>61.135510240000002</v>
       </c>
       <c r="C207" s="5">
-        <v>0.3826527310000003</v>
+        <v>0.38271315500000469</v>
       </c>
       <c r="D207" s="5">
-        <v>7.8256384294933756</v>
+        <v>7.8269101448750433</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>61.878448153000001</v>
+        <v>61.87863376</v>
       </c>
       <c r="C208" s="5">
-        <v>0.74305190999999837</v>
+        <v>0.74312351999999748</v>
       </c>
       <c r="D208" s="5">
-        <v>15.600625891540032</v>
+        <v>15.602200208999806</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>62.504138718999997</v>
+        <v>62.504724299999999</v>
       </c>
       <c r="C209" s="5">
-        <v>0.62569056599999584</v>
+        <v>0.62609053999999986</v>
       </c>
       <c r="D209" s="5">
-        <v>12.83201389226949</v>
+        <v>12.84063787465286</v>
       </c>
       <c r="E209" s="5">
-        <v>9.7056366732456212</v>
+        <v>9.7060377958137387</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>62.301841177999997</v>
+        <v>62.301781800999997</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.20229754100000008</v>
+        <v>-0.20294249900000239</v>
       </c>
       <c r="D210" s="5">
-        <v>-3.815459542890054</v>
+        <v>-3.8273722444718161</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>63.557603385999997</v>
+        <v>63.557258185999999</v>
       </c>
       <c r="C211" s="5">
-        <v>1.2557622080000002</v>
+        <v>1.2554763850000015</v>
       </c>
       <c r="D211" s="5">
-        <v>27.057286082836573</v>
+        <v>27.050458328505279</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>64.134466161999995</v>
+        <v>64.134306378000005</v>
       </c>
       <c r="C212" s="5">
-        <v>0.57686277599999869</v>
+        <v>0.57704819200000657</v>
       </c>
       <c r="D212" s="5">
-        <v>11.451946740384322</v>
+        <v>11.455878720301914</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>64.522132888000002</v>
+        <v>64.52195184</v>
       </c>
       <c r="C213" s="5">
-        <v>0.38766672600000618</v>
+        <v>0.38764546199999472</v>
       </c>
       <c r="D213" s="5">
-        <v>7.4995815721548231</v>
+        <v>7.4991757492661959</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>64.736866524999996</v>
+        <v>64.736726052999998</v>
       </c>
       <c r="C214" s="5">
-        <v>0.21473363699999481</v>
+        <v>0.21477421299999833</v>
       </c>
       <c r="D214" s="5">
-        <v>4.0675926212188518</v>
+        <v>4.0683869837501829</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>65.545200101000006</v>
+        <v>65.545100239000007</v>
       </c>
       <c r="C215" s="5">
-        <v>0.80833357600000966</v>
+        <v>0.80837418600000888</v>
       </c>
       <c r="D215" s="5">
-        <v>16.05681077753005</v>
+        <v>16.057710918219481</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>65.521410564999996</v>
+        <v>65.521372350999997</v>
       </c>
       <c r="C216" s="5">
-        <v>-2.3789536000009548E-2</v>
+        <v>-2.3727888000010466E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>-0.43466989421777624</v>
+        <v>-0.43354639536132833</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>66.788657126000004</v>
+        <v>66.788663898999999</v>
       </c>
       <c r="C217" s="5">
-        <v>1.2672465610000074</v>
+        <v>1.2672915480000029</v>
       </c>
       <c r="D217" s="5">
-        <v>25.844336734978057</v>
+        <v>25.845370634216746</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>67.427893701000002</v>
+        <v>67.427967305999999</v>
       </c>
       <c r="C218" s="5">
-        <v>0.6392365749999982</v>
+        <v>0.63930340699999988</v>
       </c>
       <c r="D218" s="5">
-        <v>12.109543442948233</v>
+        <v>12.110875582004343</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>68.049313182000006</v>
+        <v>68.049452485000003</v>
       </c>
       <c r="C219" s="5">
-        <v>0.62141948100000377</v>
+        <v>0.621485179000004</v>
       </c>
       <c r="D219" s="5">
-        <v>11.637430806179117</v>
+        <v>11.638710817414054</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>68.921586673999997</v>
+        <v>68.921806720999996</v>
       </c>
       <c r="C220" s="5">
-        <v>0.87227349199999082</v>
+        <v>0.87235423599999251</v>
       </c>
       <c r="D220" s="5">
-        <v>16.514036636519847</v>
+        <v>16.515638421792822</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>69.138276210000001</v>
+        <v>69.138985183000003</v>
       </c>
       <c r="C221" s="5">
-        <v>0.21668953600000407</v>
+        <v>0.21717846200000679</v>
       </c>
       <c r="D221" s="5">
-        <v>3.8387290424685583</v>
+        <v>3.8475286989099411</v>
       </c>
       <c r="E221" s="5">
-        <v>10.613917137271688</v>
+        <v>10.614015112134489</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>70.434879530000003</v>
+        <v>70.434862047999999</v>
       </c>
       <c r="C222" s="5">
-        <v>1.2966033200000027</v>
+        <v>1.2958768649999968</v>
       </c>
       <c r="D222" s="5">
-        <v>24.977187218998221</v>
+        <v>24.961437232418394</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>71.467112286000003</v>
+        <v>71.466664597000005</v>
       </c>
       <c r="C223" s="5">
-        <v>1.0322327559999991</v>
+        <v>1.0318025490000053</v>
       </c>
       <c r="D223" s="5">
-        <v>19.07524880480651</v>
+        <v>19.066652713746191</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>71.854280717999998</v>
+        <v>71.854062309</v>
       </c>
       <c r="C224" s="5">
-        <v>0.38716843199999573</v>
+        <v>0.38739771199999495</v>
       </c>
       <c r="D224" s="5">
-        <v>6.6981635910626114</v>
+        <v>6.7022924684324581</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>71.573277696000005</v>
+        <v>71.573062141999998</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.28100302199999305</v>
+        <v>-0.28100016700000197</v>
       </c>
       <c r="D225" s="5">
-        <v>-4.5932464637765342</v>
+        <v>-4.59321445805484</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>71.943819249000001</v>
+        <v>71.943664698000006</v>
       </c>
       <c r="C226" s="5">
-        <v>0.37054155299999536</v>
+        <v>0.37060255600000858</v>
       </c>
       <c r="D226" s="5">
-        <v>6.3924959323978792</v>
+        <v>6.3935982993460039</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>72.216643521999998</v>
+        <v>72.216550624000007</v>
       </c>
       <c r="C227" s="5">
-        <v>0.27282427299999767</v>
+        <v>0.27288592600000072</v>
       </c>
       <c r="D227" s="5">
-        <v>4.6467444670863944</v>
+        <v>4.647826737700167</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>72.019427323000002</v>
+        <v>72.019408628999997</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.1972161989999961</v>
+        <v>-0.19714199500000973</v>
       </c>
       <c r="D228" s="5">
-        <v>-3.2282999914910016</v>
+        <v>-3.2271075888355649</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>72.380490860999998</v>
+        <v>72.380513339000004</v>
       </c>
       <c r="C229" s="5">
-        <v>0.36106353799999624</v>
+        <v>0.36110471000000643</v>
       </c>
       <c r="D229" s="5">
-        <v>6.1847928857759804</v>
+        <v>6.1855193478677517</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>72.176289263000001</v>
+        <v>72.176366114000004</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.20420159799999738</v>
+        <v>-0.20414722499999982</v>
       </c>
       <c r="D230" s="5">
-        <v>-3.3334285980520351</v>
+        <v>-3.3325537065509669</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>72.076746080999996</v>
+        <v>72.076871992999997</v>
       </c>
       <c r="C231" s="5">
-        <v>-9.9543182000005004E-2</v>
+        <v>-9.949412100000643E-2</v>
       </c>
       <c r="D231" s="5">
-        <v>-1.6425044838923708</v>
+        <v>-1.641699349594139</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>71.275020667999996</v>
+        <v>71.275201967000001</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.80172541299999978</v>
+        <v>-0.80167002599999648</v>
       </c>
       <c r="D232" s="5">
-        <v>-12.560803573332191</v>
+        <v>-12.559967577131959</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>70.418480955999996</v>
+        <v>70.419184075000004</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.85653971200000001</v>
+        <v>-0.856017891999997</v>
       </c>
       <c r="D233" s="5">
-        <v>-13.504879995539532</v>
+        <v>-13.497156158325351</v>
       </c>
       <c r="E233" s="5">
-        <v>1.8516584678963</v>
+        <v>1.8516310134022218</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>68.076376913000004</v>
+        <v>68.076415577000006</v>
       </c>
       <c r="C234" s="5">
-        <v>-2.342104042999992</v>
+        <v>-2.3427684979999981</v>
       </c>
       <c r="D234" s="5">
-        <v>-33.36270167592631</v>
+        <v>-33.370231423487475</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>66.123130977000002</v>
+        <v>66.122692388000004</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.9532459360000018</v>
+        <v>-1.9537231890000015</v>
       </c>
       <c r="D235" s="5">
-        <v>-29.484643686327427</v>
+        <v>-29.490736699182673</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>64.428570547999996</v>
+        <v>64.428357083999998</v>
       </c>
       <c r="C236" s="5">
-        <v>-1.6945604290000063</v>
+        <v>-1.6943353040000062</v>
       </c>
       <c r="D236" s="5">
-        <v>-26.767976121558668</v>
+        <v>-26.765058726896761</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>62.701596893000001</v>
+        <v>62.701385248999998</v>
       </c>
       <c r="C237" s="5">
-        <v>-1.7269736549999948</v>
+        <v>-1.7269718350000005</v>
       </c>
       <c r="D237" s="5">
-        <v>-27.822594200521532</v>
+        <v>-27.822648098070356</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>61.391401596999998</v>
+        <v>61.391257735000003</v>
       </c>
       <c r="C238" s="5">
-        <v>-1.3101952960000034</v>
+        <v>-1.3101275139999942</v>
       </c>
       <c r="D238" s="5">
-        <v>-22.384695764184958</v>
+        <v>-22.383734512654041</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>60.174612187000001</v>
+        <v>60.174540002000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-1.216789409999997</v>
+        <v>-1.216717733000003</v>
       </c>
       <c r="D239" s="5">
-        <v>-21.355380363772213</v>
+        <v>-21.354300942701709</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>59.490871212999998</v>
+        <v>59.490866298</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.68374097400000267</v>
+        <v>-0.68367370400000027</v>
       </c>
       <c r="D240" s="5">
-        <v>-12.814482909296931</v>
+        <v>-12.813314292662314</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>58.469340281000001</v>
+        <v>58.469366268999998</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.0215309319999974</v>
+        <v>-1.021500029000002</v>
       </c>
       <c r="D241" s="5">
-        <v>-18.766647687820537</v>
+        <v>-18.766133878855364</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>57.510527099999997</v>
+        <v>57.510580343000001</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.95881318100000357</v>
+        <v>-0.95878592599999735</v>
       </c>
       <c r="D242" s="5">
-        <v>-17.996978883978297</v>
+        <v>-17.996505243201121</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>56.383228498999998</v>
+        <v>56.383311009000003</v>
       </c>
       <c r="C243" s="5">
-        <v>-1.1272986009999997</v>
+        <v>-1.1272693339999975</v>
       </c>
       <c r="D243" s="5">
-        <v>-21.144661127319974</v>
+        <v>-21.144152431094888</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>56.055896656000002</v>
+        <v>56.056015993000003</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.32733184299999607</v>
+        <v>-0.32729501600000077</v>
       </c>
       <c r="D244" s="5">
-        <v>-6.7483839326496931</v>
+        <v>-6.7476392074155349</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>56.113314785</v>
+        <v>56.113858909999998</v>
       </c>
       <c r="C245" s="5">
-        <v>5.741812899999843E-2</v>
+        <v>5.7842916999994998E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>1.23610995817105</v>
+        <v>1.2453041841115065</v>
       </c>
       <c r="E245" s="5">
-        <v>-20.314505477529941</v>
+        <v>-20.314528424192059</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>55.511995083999999</v>
+        <v>55.512135569000002</v>
       </c>
       <c r="C246" s="5">
-        <v>-0.60131970100000132</v>
+        <v>-0.60172334099999603</v>
       </c>
       <c r="D246" s="5">
-        <v>-12.127913748988906</v>
+        <v>-12.135469866348814</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>54.912462826000002</v>
+        <v>54.912102177000001</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.59953225799999643</v>
+        <v>-0.60003339200000028</v>
       </c>
       <c r="D247" s="5">
-        <v>-12.217279721010543</v>
+        <v>-12.226863427876665</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>55.871235120000001</v>
+        <v>55.871057329999999</v>
       </c>
       <c r="C248" s="5">
-        <v>0.95877229399999919</v>
+        <v>0.95895515299999801</v>
       </c>
       <c r="D248" s="5">
-        <v>23.085869906365851</v>
+        <v>23.090870621173565</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>56.193602445000003</v>
+        <v>56.193442585</v>
       </c>
       <c r="C249" s="5">
-        <v>0.32236732500000187</v>
+        <v>0.32238525500000037</v>
       </c>
       <c r="D249" s="5">
-        <v>7.1477927325134472</v>
+        <v>7.1482264653528915</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>56.302875352000001</v>
+        <v>56.302772836000003</v>
       </c>
       <c r="C250" s="5">
-        <v>0.10927290699999759</v>
+        <v>0.10933025100000293</v>
       </c>
       <c r="D250" s="5">
-        <v>2.3586146070636138</v>
+        <v>2.3598724160037277</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>56.247586775000002</v>
+        <v>56.247543743999998</v>
       </c>
       <c r="C251" s="5">
-        <v>-5.5288576999998895E-2</v>
+        <v>-5.5229092000004698E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-1.1720383991034256</v>
+        <v>-1.1707863182656708</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>56.136412489999998</v>
+        <v>56.136420168999997</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.11117428500000415</v>
+        <v>-0.11112357500000059</v>
       </c>
       <c r="D252" s="5">
-        <v>-2.3462052789915755</v>
+        <v>-2.3451484790114274</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>55.861608627000003</v>
+        <v>55.861636724999997</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.27480386299999537</v>
+        <v>-0.27478344400000054</v>
       </c>
       <c r="D253" s="5">
-        <v>-5.7187359596003624</v>
+        <v>-5.7183216478217229</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>55.608670072000002</v>
+        <v>55.608661407</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.25293855500000006</v>
+        <v>-0.25297531799999717</v>
       </c>
       <c r="D254" s="5">
-        <v>-5.3002459720503996</v>
+        <v>-5.3009946433135058</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>56.103572956999997</v>
+        <v>56.103596918000001</v>
       </c>
       <c r="C255" s="5">
-        <v>0.4949028849999948</v>
+        <v>0.49493551100000133</v>
       </c>
       <c r="D255" s="5">
-        <v>11.218270693170961</v>
+        <v>11.219048653520215</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>55.938223790999999</v>
+        <v>55.938253388</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.1653491659999986</v>
+        <v>-0.16534353000000124</v>
       </c>
       <c r="D256" s="5">
-        <v>-3.47988676953076</v>
+        <v>-3.4797686098609115</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>56.213709973</v>
+        <v>56.214034177999999</v>
       </c>
       <c r="C257" s="5">
-        <v>0.27548618200000163</v>
+        <v>0.27578078999999889</v>
       </c>
       <c r="D257" s="5">
-        <v>6.0725278738343214</v>
+        <v>6.0791956929529434</v>
       </c>
       <c r="E257" s="5">
-        <v>0.17891509062450961</v>
+        <v>0.17852143827903344</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>54.259169501000002</v>
+        <v>54.259364622</v>
       </c>
       <c r="C258" s="5">
-        <v>-1.9545404719999979</v>
+        <v>-1.9546695559999989</v>
       </c>
       <c r="D258" s="5">
-        <v>-34.601058180310964</v>
+        <v>-34.602762137344726</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>54.322988066000001</v>
+        <v>54.322789845999999</v>
       </c>
       <c r="C259" s="5">
-        <v>6.3818564999998273E-2</v>
+        <v>6.3425223999999503E-2</v>
       </c>
       <c r="D259" s="5">
-        <v>1.4205826641124908</v>
+        <v>1.4117655316515876</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>54.645802752999998</v>
+        <v>54.645709531999998</v>
       </c>
       <c r="C260" s="5">
-        <v>0.32281468699999749</v>
+        <v>0.32291968599999876</v>
       </c>
       <c r="D260" s="5">
-        <v>7.3687546158146766</v>
+        <v>7.3712580646223103</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>55.168285193999999</v>
+        <v>55.168199549000001</v>
       </c>
       <c r="C261" s="5">
-        <v>0.52248244100000107</v>
+        <v>0.52249001700000264</v>
       </c>
       <c r="D261" s="5">
-        <v>12.096511357846328</v>
+        <v>12.096717815226455</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>55.367720939000002</v>
+        <v>55.36766557</v>
       </c>
       <c r="C262" s="5">
-        <v>0.19943574500000238</v>
+        <v>0.19946602099999922</v>
       </c>
       <c r="D262" s="5">
-        <v>4.4253522860534744</v>
+        <v>4.4260445149003402</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>55.982263140999997</v>
+        <v>55.982244141999999</v>
       </c>
       <c r="C263" s="5">
-        <v>0.61454220199999554</v>
+        <v>0.61457857199999921</v>
       </c>
       <c r="D263" s="5">
-        <v>14.163072217878515</v>
+        <v>14.163977280999029</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>56.929105403000001</v>
+        <v>56.929109849</v>
       </c>
       <c r="C264" s="5">
-        <v>0.9468422620000041</v>
+        <v>0.94686570700000061</v>
       </c>
       <c r="D264" s="5">
-        <v>22.294491523599437</v>
+        <v>22.295104180232684</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>57.503343731999998</v>
+        <v>57.503357925000003</v>
       </c>
       <c r="C265" s="5">
-        <v>0.57423832899999638</v>
+        <v>0.57424807600000349</v>
       </c>
       <c r="D265" s="5">
-        <v>12.798903173764064</v>
+        <v>12.799131555589849</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>58.228882869000003</v>
+        <v>58.228809187000003</v>
       </c>
       <c r="C266" s="5">
-        <v>0.7255391370000055</v>
+        <v>0.72545126199999999</v>
       </c>
       <c r="D266" s="5">
-        <v>16.23697796262644</v>
+        <v>16.234868689340566</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>58.491982141000001</v>
+        <v>58.491956813000002</v>
       </c>
       <c r="C267" s="5">
-        <v>0.26309927199999805</v>
+        <v>0.26314762599999852</v>
       </c>
       <c r="D267" s="5">
-        <v>5.558829673550636</v>
+        <v>5.5598840466850818</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>58.910941350999998</v>
+        <v>58.910895939</v>
       </c>
       <c r="C268" s="5">
-        <v>0.41895920999999703</v>
+        <v>0.41893912599999794</v>
       </c>
       <c r="D268" s="5">
-        <v>8.9420354017177175</v>
+        <v>8.9415937401507328</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>59.170679601000003</v>
+        <v>59.170750521999999</v>
       </c>
       <c r="C269" s="5">
-        <v>0.25973825000000517</v>
+        <v>0.2598545829999992</v>
       </c>
       <c r="D269" s="5">
-        <v>5.4210017308744751</v>
+        <v>5.4234932063610852</v>
       </c>
       <c r="E269" s="5">
-        <v>5.2602285624276712</v>
+        <v>5.2597476541847987</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>59.680873777999999</v>
+        <v>59.681140128000003</v>
       </c>
       <c r="C270" s="5">
-        <v>0.51019417699999536</v>
+        <v>0.51038960600000394</v>
       </c>
       <c r="D270" s="5">
-        <v>10.851962698341588</v>
+        <v>10.856305046885817</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>60.213633119999997</v>
+        <v>60.213584676000004</v>
       </c>
       <c r="C271" s="5">
-        <v>0.53275934199999853</v>
+        <v>0.53244454800000085</v>
       </c>
       <c r="D271" s="5">
-        <v>11.254070535263704</v>
+        <v>11.247038481697281</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>60.436908668999997</v>
+        <v>60.436933025000002</v>
       </c>
       <c r="C272" s="5">
-        <v>0.22327554900000024</v>
+        <v>0.22334834899999834</v>
       </c>
       <c r="D272" s="5">
-        <v>4.5415466858759856</v>
+        <v>4.5430615470485325</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>60.558873247999998</v>
+        <v>60.558842243000001</v>
       </c>
       <c r="C273" s="5">
-        <v>0.12196457900000013</v>
+        <v>0.12190921799999899</v>
       </c>
       <c r="D273" s="5">
-        <v>2.4487177740370347</v>
+        <v>2.4475929179446743</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>61.064683756999997</v>
+        <v>61.064663125999999</v>
       </c>
       <c r="C274" s="5">
-        <v>0.5058105089999998</v>
+        <v>0.50582088299999839</v>
       </c>
       <c r="D274" s="5">
-        <v>10.496345376168058</v>
+        <v>10.496576260301094</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>61.328083307999997</v>
+        <v>61.328069884999998</v>
       </c>
       <c r="C275" s="5">
-        <v>0.26339955099999912</v>
+        <v>0.26340675899999866</v>
       </c>
       <c r="D275" s="5">
-        <v>5.3007233614259741</v>
+        <v>5.3008737093513281</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>61.341671181999999</v>
+        <v>61.341659833000001</v>
       </c>
       <c r="C276" s="5">
-        <v>1.3587874000002387E-2</v>
+        <v>1.358994800000346E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>0.26619669374567945</v>
+        <v>0.26623743284468482</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>61.956349006000003</v>
+        <v>61.956341416999997</v>
       </c>
       <c r="C277" s="5">
-        <v>0.61467782400000459</v>
+        <v>0.61468158399999595</v>
       </c>
       <c r="D277" s="5">
-        <v>12.710030280225016</v>
+        <v>12.710114844479147</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>61.746034774999998</v>
+        <v>61.745904606000003</v>
       </c>
       <c r="C278" s="5">
-        <v>-0.21031423100000524</v>
+        <v>-0.2104368109999939</v>
       </c>
       <c r="D278" s="5">
-        <v>-3.9982681176506496</v>
+        <v>-4.0005555983015251</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>61.862298121999999</v>
+        <v>61.862241703000002</v>
       </c>
       <c r="C279" s="5">
-        <v>0.11626334700000029</v>
+        <v>0.11633709699999883</v>
       </c>
       <c r="D279" s="5">
-        <v>2.2830610319816147</v>
+        <v>2.28452916579307</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>62.382488871</v>
+        <v>62.382404424000001</v>
       </c>
       <c r="C280" s="5">
-        <v>0.52019074900000106</v>
+        <v>0.52016272099999838</v>
       </c>
       <c r="D280" s="5">
-        <v>10.570628621966517</v>
+        <v>10.570042570549965</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>62.639831027</v>
+        <v>62.639794414000001</v>
       </c>
       <c r="C281" s="5">
-        <v>0.25734215599999999</v>
+        <v>0.25738999000000007</v>
       </c>
       <c r="D281" s="5">
-        <v>5.0641513391760595</v>
+        <v>5.0651211248160077</v>
       </c>
       <c r="E281" s="5">
-        <v>5.8629568722096792</v>
+        <v>5.8627681099130191</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>62.580155269999999</v>
+        <v>62.580400640000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-5.9675757000000829E-2</v>
+        <v>-5.9393774000000121E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>-1.137245637960016</v>
+        <v>-1.1319005170519314</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>63.262683248999998</v>
+        <v>63.262724880999997</v>
       </c>
       <c r="C283" s="5">
-        <v>0.68252797899999962</v>
+        <v>0.68232424099999633</v>
       </c>
       <c r="D283" s="5">
-        <v>13.90208223912779</v>
+        <v>13.897622646351193</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>63.900685948000003</v>
+        <v>63.900826172000002</v>
       </c>
       <c r="C284" s="5">
-        <v>0.63800269900000472</v>
+        <v>0.63810129100000523</v>
       </c>
       <c r="D284" s="5">
-        <v>12.796322914079816</v>
+        <v>12.798402430336875</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>64.486776277999994</v>
+        <v>64.486776945000003</v>
       </c>
       <c r="C285" s="5">
-        <v>0.58609032999999044</v>
+        <v>0.58595077300000042</v>
       </c>
       <c r="D285" s="5">
-        <v>11.578819174658861</v>
+        <v>11.575894875452519</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>64.772122624999994</v>
+        <v>64.772108106000005</v>
       </c>
       <c r="C286" s="5">
-        <v>0.28534634700000083</v>
+        <v>0.285331161000002</v>
       </c>
       <c r="D286" s="5">
-        <v>5.4410082069272558</v>
+        <v>5.4407114984912575</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>64.953356638000002</v>
+        <v>64.953332505000006</v>
       </c>
       <c r="C287" s="5">
-        <v>0.18123401300000808</v>
+        <v>0.18122439900000131</v>
       </c>
       <c r="D287" s="5">
-        <v>3.4097858968050065</v>
+        <v>3.4096029999979072</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>65.193423272999993</v>
+        <v>65.193389933999995</v>
       </c>
       <c r="C288" s="5">
-        <v>0.24006663499999092</v>
+        <v>0.2400574289999895</v>
       </c>
       <c r="D288" s="5">
-        <v>4.5264601086890677</v>
+        <v>4.5262847019857944</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>65.722026368000002</v>
+        <v>65.721997449</v>
       </c>
       <c r="C289" s="5">
-        <v>0.52860309500000824</v>
+        <v>0.52860751500000447</v>
       </c>
       <c r="D289" s="5">
-        <v>10.175722997363934</v>
+        <v>10.17581735109847</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>66.080283804999993</v>
+        <v>66.080115204999998</v>
       </c>
       <c r="C290" s="5">
-        <v>0.3582574369999918</v>
+        <v>0.35811775599999862</v>
       </c>
       <c r="D290" s="5">
-        <v>6.7410451385482073</v>
+        <v>6.7383406641774668</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>65.706413674999993</v>
+        <v>65.706341445999996</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.37387013000000024</v>
+        <v>-0.37377375900000231</v>
       </c>
       <c r="D291" s="5">
-        <v>-6.5820423038328251</v>
+        <v>-6.5804143780377018</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>66.074750451</v>
+        <v>66.074706265000003</v>
       </c>
       <c r="C292" s="5">
-        <v>0.36833677600000669</v>
+        <v>0.36836481900000706</v>
       </c>
       <c r="D292" s="5">
-        <v>6.9382852331500322</v>
+        <v>6.9388377310924287</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>65.502126289000003</v>
+        <v>65.502090722000005</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.57262416199999677</v>
+        <v>-0.57261554299999773</v>
       </c>
       <c r="D293" s="5">
-        <v>-9.9179217093710683</v>
+        <v>-9.9177857888936405</v>
       </c>
       <c r="E293" s="5">
-        <v>4.5694492067934522</v>
+        <v>4.5694535475044207</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>66.577349900000002</v>
+        <v>66.577550474000006</v>
       </c>
       <c r="C294" s="5">
-        <v>1.0752236109999984</v>
+        <v>1.0754597520000004</v>
       </c>
       <c r="D294" s="5">
-        <v>21.577518151014786</v>
+        <v>21.582705680379945</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>66.986752218999996</v>
+        <v>66.986779780000006</v>
       </c>
       <c r="C295" s="5">
-        <v>0.40940231899999446</v>
+        <v>0.40922930600000029</v>
       </c>
       <c r="D295" s="5">
-        <v>7.6338844984450205</v>
+        <v>7.6305248209383114</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>67.531254892000007</v>
+        <v>67.531471461999999</v>
       </c>
       <c r="C296" s="5">
-        <v>0.54450267300001087</v>
+        <v>0.54469168199999274</v>
       </c>
       <c r="D296" s="5">
-        <v>10.202329857028358</v>
+        <v>10.206026786083267</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>68.231843761999997</v>
+        <v>68.231865456999998</v>
       </c>
       <c r="C297" s="5">
-        <v>0.70058886999999004</v>
+        <v>0.70039399499999888</v>
       </c>
       <c r="D297" s="5">
-        <v>13.184626780602148</v>
+        <v>13.180702971618752</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>68.701604865999997</v>
+        <v>68.701592985000005</v>
       </c>
       <c r="C298" s="5">
-        <v>0.46976110399999982</v>
+        <v>0.46972752800000706</v>
       </c>
       <c r="D298" s="5">
-        <v>8.5818667678452698</v>
+        <v>8.5812271405051543</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>69.066065515000005</v>
+        <v>69.066025695999997</v>
       </c>
       <c r="C299" s="5">
-        <v>0.36446064900000863</v>
+        <v>0.36443271099999208</v>
       </c>
       <c r="D299" s="5">
-        <v>6.5550428101648572</v>
+        <v>6.5545267455503486</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>69.540067784000001</v>
+        <v>69.539998131999994</v>
       </c>
       <c r="C300" s="5">
-        <v>0.47400226899999609</v>
+        <v>0.47397243599999683</v>
       </c>
       <c r="D300" s="5">
-        <v>8.5537225302831246</v>
+        <v>8.5531688100093604</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>69.769463385999998</v>
+        <v>69.769381992999996</v>
       </c>
       <c r="C301" s="5">
-        <v>0.22939560199999676</v>
+        <v>0.2293838610000023</v>
       </c>
       <c r="D301" s="5">
-        <v>4.0311205973449615</v>
+        <v>4.030914628702198</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>70.405410802999995</v>
+        <v>70.405176632000007</v>
       </c>
       <c r="C302" s="5">
-        <v>0.63594741699999702</v>
+        <v>0.63579463900001087</v>
       </c>
       <c r="D302" s="5">
-        <v>11.503333090969114</v>
+        <v>11.500443707790108</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>71.186558634999997</v>
+        <v>71.186457601000001</v>
       </c>
       <c r="C303" s="5">
-        <v>0.78114783200000204</v>
+        <v>0.78128096899999377</v>
       </c>
       <c r="D303" s="5">
-        <v>14.157260522205227</v>
+        <v>14.159872593564193</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>71.369729981000006</v>
+        <v>71.369739430999999</v>
       </c>
       <c r="C304" s="5">
-        <v>0.18317134600000884</v>
+        <v>0.18328182999999854</v>
       </c>
       <c r="D304" s="5">
-        <v>3.1318155568736517</v>
+        <v>3.1337359240565243</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>71.692100957999997</v>
+        <v>71.692218001000001</v>
       </c>
       <c r="C305" s="5">
-        <v>0.3223709769999914</v>
+        <v>0.32247857000000124</v>
       </c>
       <c r="D305" s="5">
-        <v>5.5570023608388697</v>
+        <v>5.5589026172220501</v>
       </c>
       <c r="E305" s="5">
-        <v>9.4500362349909004</v>
+        <v>9.4502743511985834</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>71.512943887999995</v>
+        <v>71.513210749999999</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.17915707000000225</v>
+        <v>-0.17900725100000159</v>
       </c>
       <c r="D306" s="5">
-        <v>-2.9579001405554917</v>
+        <v>-2.9554557251620373</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>70.331303237</v>
+        <v>70.331412172</v>
       </c>
       <c r="C307" s="5">
-        <v>-1.181640650999995</v>
+        <v>-1.1817985779999987</v>
       </c>
       <c r="D307" s="5">
-        <v>-18.121834895766153</v>
+        <v>-18.123979522871192</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>69.008873589999993</v>
+        <v>69.009144372999998</v>
       </c>
       <c r="C308" s="5">
-        <v>-1.322429647000007</v>
+        <v>-1.3222677990000022</v>
       </c>
       <c r="D308" s="5">
-        <v>-20.370262527245618</v>
+        <v>-20.367993050623834</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>68.557051392999995</v>
+        <v>68.557028262000003</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.45182219699999848</v>
+        <v>-0.45211611099999516</v>
       </c>
       <c r="D309" s="5">
-        <v>-7.57992794060468</v>
+        <v>-7.5846537499545956</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>68.213593439999997</v>
+        <v>68.213444338000002</v>
       </c>
       <c r="C310" s="5">
-        <v>-0.34345795299999793</v>
+        <v>-0.34358392400000071</v>
       </c>
       <c r="D310" s="5">
-        <v>-5.8488616975619356</v>
+        <v>-5.850950039110991</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>67.833684269000003</v>
+        <v>67.833489764000007</v>
       </c>
       <c r="C311" s="5">
-        <v>-0.37990917099999422</v>
+        <v>-0.37995457399999566</v>
       </c>
       <c r="D311" s="5">
-        <v>-6.4823194787359206</v>
+        <v>-6.4830843437749142</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>67.788411848999999</v>
+        <v>67.788217368000005</v>
       </c>
       <c r="C312" s="5">
-        <v>-4.5272420000003422E-2</v>
+        <v>-4.5272396000001436E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>-0.79795058794860374</v>
+        <v>-0.7979524461286136</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>67.531350277000001</v>
+        <v>67.531175735999994</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.2570615719999978</v>
+        <v>-0.25704163200001062</v>
       </c>
       <c r="D313" s="5">
-        <v>-4.456820625489466</v>
+        <v>-4.456494612186912</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>67.261026958000002</v>
+        <v>67.260739908000005</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.27032331899999917</v>
+        <v>-0.27043582799998944</v>
       </c>
       <c r="D314" s="5">
-        <v>-4.699160575273897</v>
+        <v>-4.7010853834441813</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>67.466976388000006</v>
+        <v>67.466837738999999</v>
       </c>
       <c r="C315" s="5">
-        <v>0.20594943000000399</v>
+        <v>0.2060978309999939</v>
       </c>
       <c r="D315" s="5">
-        <v>3.7368457857902548</v>
+        <v>3.7396002149102214</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>67.052629291000002</v>
+        <v>67.052735312999999</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.41434709700000383</v>
+        <v>-0.41410242599999947</v>
       </c>
       <c r="D316" s="5">
-        <v>-7.1258652670635136</v>
+        <v>-7.1218126253433933</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>67.307939387999994</v>
+        <v>67.308301705000005</v>
       </c>
       <c r="C317" s="5">
-        <v>0.25531009699999174</v>
+        <v>0.25556639200000575</v>
       </c>
       <c r="D317" s="5">
-        <v>4.6660399435008326</v>
+        <v>4.6708150677413851</v>
       </c>
       <c r="E317" s="5">
-        <v>-6.1152644592859851</v>
+        <v>-6.1149123548372426</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>67.378573829000004</v>
+        <v>67.379246848999998</v>
       </c>
       <c r="C318" s="5">
-        <v>7.0634441000009929E-2</v>
+        <v>7.094514399999241E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>1.2666005326498198</v>
+        <v>1.2721974382074341</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>67.485458123000001</v>
+        <v>67.485876482999998</v>
       </c>
       <c r="C319" s="5">
-        <v>0.10688429399999677</v>
+        <v>0.10662963400000081</v>
       </c>
       <c r="D319" s="5">
-        <v>1.9202861526010029</v>
+        <v>1.915651726713441</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>66.863648955000002</v>
+        <v>66.863933767999995</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.62180916799999864</v>
+        <v>-0.62194271500000298</v>
       </c>
       <c r="D320" s="5">
-        <v>-10.513302833338379</v>
+        <v>-10.515385675333311</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>67.967759494000006</v>
+        <v>67.967832564000005</v>
       </c>
       <c r="C321" s="5">
-        <v>1.1041105390000041</v>
+        <v>1.10389879600001</v>
       </c>
       <c r="D321" s="5">
-        <v>21.717931524157152</v>
+        <v>21.71328023732535</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>67.231136980000002</v>
+        <v>67.230454813999998</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.736622514000004</v>
+        <v>-0.73737775000000738</v>
       </c>
       <c r="D322" s="5">
-        <v>-12.257496216610086</v>
+        <v>-12.269310859455985</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>67.282342810000003</v>
+        <v>67.281659352000005</v>
       </c>
       <c r="C323" s="5">
-        <v>5.1205830000000674E-2</v>
+        <v>5.120453800000746E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>0.91780469008018173</v>
+        <v>0.91779078687808102</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>67.516847076999994</v>
+        <v>67.516349273000003</v>
       </c>
       <c r="C324" s="5">
-        <v>0.23450426699999127</v>
+        <v>0.23468992099999753</v>
       </c>
       <c r="D324" s="5">
-        <v>4.2635658809732302</v>
+        <v>4.2670504894175565</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>67.785536758000006</v>
+        <v>67.785211161000007</v>
       </c>
       <c r="C325" s="5">
-        <v>0.26868968100001211</v>
+        <v>0.26886188800000355</v>
       </c>
       <c r="D325" s="5">
-        <v>4.8814379373283145</v>
+        <v>4.8846721647674674</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>68.122186314000004</v>
+        <v>68.121775756000005</v>
       </c>
       <c r="C326" s="5">
-        <v>0.33664955599999757</v>
+        <v>0.33656459499999869</v>
       </c>
       <c r="D326" s="5">
-        <v>6.1251851595714557</v>
+        <v>6.1236270987312214</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>67.657670158000002</v>
+        <v>67.657387498000006</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.46451615600000196</v>
+        <v>-0.46438825799999961</v>
       </c>
       <c r="D327" s="5">
-        <v>-7.8826303865171976</v>
+        <v>-7.8805864625731132</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>67.503842005999999</v>
+        <v>67.504138138000002</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.15382815200000266</v>
+        <v>-0.15324936000000378</v>
       </c>
       <c r="D328" s="5">
-        <v>-2.6944890896658968</v>
+        <v>-2.6844878808218509</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>67.947018431999993</v>
+        <v>67.947938512999997</v>
       </c>
       <c r="C329" s="5">
-        <v>0.44317642599999374</v>
+        <v>0.44380037499999503</v>
       </c>
       <c r="D329" s="5">
-        <v>8.1690344076090113</v>
+        <v>8.1809174464023471</v>
       </c>
       <c r="E329" s="5">
-        <v>0.94948537989849591</v>
+        <v>0.95030893930945215</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>68.696069166000001</v>
+        <v>68.697425774999999</v>
       </c>
       <c r="C330" s="5">
-        <v>0.74905073400000788</v>
+        <v>0.74948726200000237</v>
       </c>
       <c r="D330" s="5">
-        <v>14.061162666095139</v>
+        <v>14.069658343336911</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>69.357907804000007</v>
+        <v>69.359132944999999</v>
       </c>
       <c r="C331" s="5">
-        <v>0.66183863800000609</v>
+        <v>0.66170716999999968</v>
       </c>
       <c r="D331" s="5">
-        <v>12.193878865321128</v>
+        <v>12.191073284060394</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>70.017453141999994</v>
+        <v>70.018752199000005</v>
       </c>
       <c r="C332" s="5">
-        <v>0.65954533799998671</v>
+        <v>0.65961925400000609</v>
       </c>
       <c r="D332" s="5">
-        <v>12.027309037610955</v>
+        <v>12.028504518425475</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>70.360378040000001</v>
+        <v>70.360832173999995</v>
       </c>
       <c r="C333" s="5">
-        <v>0.34292489800000681</v>
+        <v>0.3420799749999901</v>
       </c>
       <c r="D333" s="5">
-        <v>6.0381781674972324</v>
+        <v>6.0227840935815014</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>70.826117554000007</v>
+        <v>70.822087666000002</v>
       </c>
       <c r="C334" s="5">
-        <v>0.46573951400000624</v>
+        <v>0.46125549200000648</v>
       </c>
       <c r="D334" s="5">
-        <v>8.2388726617216967</v>
+        <v>8.1566151184412572</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>71.327166104</v>
+        <v>71.326145908000001</v>
       </c>
       <c r="C335" s="5">
-        <v>0.50104854999999304</v>
+        <v>0.50405824199999927</v>
       </c>
       <c r="D335" s="5">
-        <v>8.8274372649372665</v>
+        <v>8.8830798912162159</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>71.347718854999997</v>
+        <v>71.347346016000003</v>
       </c>
       <c r="C336" s="5">
-        <v>2.0552750999996761E-2</v>
+        <v>2.120010800000216E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>0.34632562606169426</v>
+        <v>0.35725691921484337</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>71.331732208999995</v>
+        <v>71.331103260000006</v>
       </c>
       <c r="C337" s="5">
-        <v>-1.598664600000177E-2</v>
+        <v>-1.6242755999996916E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>-0.26854889636352963</v>
+        <v>-0.27284715436419749</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>71.469076224999995</v>
+        <v>71.468471226999995</v>
       </c>
       <c r="C338" s="5">
-        <v>0.13734401600000012</v>
+        <v>0.13736796699998877</v>
       </c>
       <c r="D338" s="5">
-        <v>2.3351376298275772</v>
+        <v>2.3355699819545217</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>71.241886710000003</v>
+        <v>71.241602357000005</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.22718951499999207</v>
+        <v>-0.2268688699999899</v>
       </c>
       <c r="D339" s="5">
-        <v>-3.7486287725648104</v>
+        <v>-3.7434612915050902</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>71.644084132000003</v>
+        <v>71.644618440000002</v>
       </c>
       <c r="C340" s="5">
-        <v>0.40219742200000042</v>
+        <v>0.40301608299999714</v>
       </c>
       <c r="D340" s="5">
-        <v>6.9889864589069317</v>
+        <v>7.0036866826737487</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>72.090044626999997</v>
+        <v>72.091305825999996</v>
       </c>
       <c r="C341" s="5">
-        <v>0.44596049499999424</v>
+        <v>0.44668738599999358</v>
       </c>
       <c r="D341" s="5">
-        <v>7.7307069914126725</v>
+        <v>7.7436830803971457</v>
       </c>
       <c r="E341" s="5">
-        <v>6.0974363417377386</v>
+        <v>6.097855805010588</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>70.837929215000003</v>
+        <v>70.841233062000001</v>
       </c>
       <c r="C342" s="5">
-        <v>-1.2521154119999949</v>
+        <v>-1.2500727639999951</v>
       </c>
       <c r="D342" s="5">
-        <v>-18.96236600714667</v>
+        <v>-18.934020104197881</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>71.159776833999999</v>
+        <v>71.162035524000004</v>
       </c>
       <c r="C343" s="5">
-        <v>0.32184761899999614</v>
+        <v>0.32080246200000317</v>
       </c>
       <c r="D343" s="5">
-        <v>5.5904507404508141</v>
+        <v>5.5715756044330211</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>71.693260284000004</v>
+        <v>71.695193344000003</v>
       </c>
       <c r="C344" s="5">
-        <v>0.53348345000000563</v>
+        <v>0.53315781999999956</v>
       </c>
       <c r="D344" s="5">
-        <v>9.3767558650800442</v>
+        <v>9.3704847660543997</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>71.718918211000002</v>
+        <v>71.719736819000005</v>
       </c>
       <c r="C345" s="5">
-        <v>2.5657926999997471E-2</v>
+        <v>2.4543475000001536E-2</v>
       </c>
       <c r="D345" s="5">
-        <v>0.43030808856818759</v>
+        <v>0.41157133514813093</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>72.015140527</v>
+        <v>72.007480267000005</v>
       </c>
       <c r="C346" s="5">
-        <v>0.29622231599999793</v>
+        <v>0.28774344800000051</v>
       </c>
       <c r="D346" s="5">
-        <v>5.0705457297937073</v>
+        <v>4.92213572867084</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>72.107189816000002</v>
+        <v>72.105617077000005</v>
       </c>
       <c r="C347" s="5">
-        <v>9.2049289000001977E-2</v>
+        <v>9.8136809999999741E-2</v>
       </c>
       <c r="D347" s="5">
-        <v>1.5446612892405343</v>
+        <v>1.6477583821960406</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>71.852845701999996</v>
+        <v>71.852615864000001</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.25434411400000556</v>
+        <v>-0.25300121300000455</v>
       </c>
       <c r="D348" s="5">
-        <v>-4.151608473183332</v>
+        <v>-4.1301981983223435</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>72.163972341999994</v>
+        <v>72.163264134000002</v>
       </c>
       <c r="C349" s="5">
-        <v>0.31112663999999768</v>
+        <v>0.3106482700000015</v>
       </c>
       <c r="D349" s="5">
-        <v>5.3216131509592479</v>
+        <v>5.3132528216431218</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>72.310697691000001</v>
+        <v>72.308776230999996</v>
       </c>
       <c r="C350" s="5">
-        <v>0.14672534900000755</v>
+        <v>0.1455120969999939</v>
       </c>
       <c r="D350" s="5">
-        <v>2.4673360489738005</v>
+        <v>2.4467314749056834</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>72.626692430999995</v>
+        <v>72.626685574000007</v>
       </c>
       <c r="C351" s="5">
-        <v>0.31599473999999361</v>
+        <v>0.31790934300001084</v>
       </c>
       <c r="D351" s="5">
-        <v>5.3718413086372152</v>
+        <v>5.405327330337939</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>73.058890380999998</v>
+        <v>73.059714091999993</v>
       </c>
       <c r="C352" s="5">
-        <v>0.43219795000000261</v>
+        <v>0.43302851799998621</v>
       </c>
       <c r="D352" s="5">
-        <v>7.3795725766695686</v>
+        <v>7.3942231146800985</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>72.899010099999998</v>
+        <v>72.900544707999998</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.15988028099999951</v>
+        <v>-0.15916938399999481</v>
       </c>
       <c r="D353" s="5">
-        <v>-2.5946726381629093</v>
+        <v>-2.5832447155868743</v>
       </c>
       <c r="E353" s="5">
-        <v>1.1221597617058654</v>
+        <v>1.1225193838951819</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>73.511171601000001</v>
+        <v>73.517264011999998</v>
       </c>
       <c r="C354" s="5">
-        <v>0.61216150100000277</v>
+        <v>0.61671930400000008</v>
       </c>
       <c r="D354" s="5">
-        <v>10.55555295543622</v>
+        <v>10.637601879637115</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>73.805308921999995</v>
+        <v>73.808679132999998</v>
       </c>
       <c r="C355" s="5">
-        <v>0.29413732099999379</v>
+        <v>0.291415121</v>
       </c>
       <c r="D355" s="5">
-        <v>4.9086008184774821</v>
+        <v>4.8617656921283947</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>73.707734286999994</v>
+        <v>73.710526148</v>
       </c>
       <c r="C356" s="5">
-        <v>-9.7574635000000853E-2</v>
+        <v>-9.8152984999998694E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>-1.5749803268764961</v>
+        <v>-1.5841756554409669</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>73.049007930000002</v>
+        <v>73.050065025999999</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.65872635699999194</v>
+        <v>-0.66046112200000096</v>
       </c>
       <c r="D357" s="5">
-        <v>-10.212655407369498</v>
+        <v>-10.237870385538928</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>73.478524323000002</v>
+        <v>73.467536132000006</v>
       </c>
       <c r="C358" s="5">
-        <v>0.42951639300000011</v>
+        <v>0.41747110600000781</v>
       </c>
       <c r="D358" s="5">
-        <v>7.2885170235402086</v>
+        <v>7.0775487001794479</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>73.720230743000002</v>
+        <v>73.718036667000007</v>
       </c>
       <c r="C359" s="5">
-        <v>0.24170641999999987</v>
+        <v>0.25050053500000047</v>
       </c>
       <c r="D359" s="5">
-        <v>4.0195861880769845</v>
+        <v>4.1692215782482833</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>73.756935261999999</v>
+        <v>73.756468357000003</v>
       </c>
       <c r="C360" s="5">
-        <v>3.6704518999997049E-2</v>
+        <v>3.8431689999995911E-2</v>
       </c>
       <c r="D360" s="5">
-        <v>0.5991060576664875</v>
+        <v>0.62739725562432902</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>73.678832987999996</v>
+        <v>73.677725097000007</v>
       </c>
       <c r="C361" s="5">
-        <v>-7.8102274000002581E-2</v>
+        <v>-7.8743259999995985E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>-1.2633226515976315</v>
+        <v>-1.2736379636051676</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>73.731608475000002</v>
+        <v>73.727690734999996</v>
       </c>
       <c r="C362" s="5">
-        <v>5.2775487000005228E-2</v>
+        <v>4.9965637999989099E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>0.86294361220213833</v>
+        <v>0.81683999362689441</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>74.091486622999994</v>
+        <v>74.090992565999997</v>
       </c>
       <c r="C363" s="5">
-        <v>0.35987814799999285</v>
+        <v>0.36330183100000113</v>
       </c>
       <c r="D363" s="5">
-        <v>6.0169259088705962</v>
+        <v>6.0760595565801045</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>74.308990363000007</v>
+        <v>74.308852551000001</v>
       </c>
       <c r="C364" s="5">
-        <v>0.21750374000001216</v>
+        <v>0.21785998500000403</v>
       </c>
       <c r="D364" s="5">
-        <v>3.5801702987638073</v>
+        <v>3.5861536459729004</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>74.301087957999997</v>
+        <v>74.306552944000003</v>
       </c>
       <c r="C365" s="5">
-        <v>-7.9024050000100488E-3</v>
+        <v>-2.2996069999976498E-3</v>
       </c>
       <c r="D365" s="5">
-        <v>-0.12753963406394453</v>
+        <v>-3.7129610597841367E-2</v>
       </c>
       <c r="E365" s="5">
-        <v>1.923315359257538</v>
+        <v>1.9286662968455381</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>73.975942699000001</v>
+        <v>73.984662807000007</v>
       </c>
       <c r="C366" s="5">
-        <v>-0.32514525899999569</v>
+        <v>-0.32189013699999691</v>
       </c>
       <c r="D366" s="5">
-        <v>-5.1266965551932326</v>
+        <v>-5.0762240321777679</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>74.049202738000005</v>
+        <v>74.054095181999998</v>
       </c>
       <c r="C367" s="5">
-        <v>7.326003900000444E-2</v>
+        <v>6.9432374999990998E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>1.1948812654291707</v>
+        <v>1.1319948248975642</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>73.737691726999998</v>
+        <v>73.741125507999996</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.31151101100000744</v>
+        <v>-0.31296967400000142</v>
       </c>
       <c r="D368" s="5">
-        <v>-4.9329939318786593</v>
+        <v>-4.9552387942766618</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>70.583172662999999</v>
+        <v>70.583996260000006</v>
       </c>
       <c r="C369" s="5">
-        <v>-3.1545190639999987</v>
+        <v>-3.1571292479999897</v>
       </c>
       <c r="D369" s="5">
-        <v>-40.824811845911199</v>
+        <v>-40.849587832559195</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>71.049306215000001</v>
+        <v>71.036528568999998</v>
       </c>
       <c r="C370" s="5">
-        <v>0.46613355200000228</v>
+        <v>0.45253230899999153</v>
       </c>
       <c r="D370" s="5">
-        <v>8.2191178284711128</v>
+        <v>7.9706814588238473</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>70.146777841000002</v>
+        <v>70.142375090000002</v>
       </c>
       <c r="C371" s="5">
-        <v>-0.90252837399999919</v>
+        <v>-0.89415347899999631</v>
       </c>
       <c r="D371" s="5">
-        <v>-14.222255401102558</v>
+        <v>-14.101644733077645</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>68.730193456999999</v>
+        <v>68.728192977000006</v>
       </c>
       <c r="C372" s="5">
-        <v>-1.4165843840000036</v>
+        <v>-1.4141821129999954</v>
       </c>
       <c r="D372" s="5">
-        <v>-21.715086605260993</v>
+        <v>-21.683459276596672</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>68.682702746999993</v>
+        <v>68.681100787999995</v>
       </c>
       <c r="C373" s="5">
-        <v>-4.7490710000005265E-2</v>
+        <v>-4.7092189000011331E-2</v>
       </c>
       <c r="D373" s="5">
-        <v>-0.82602375349781765</v>
+        <v>-0.81914198145989214</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>68.642714491999996</v>
+        <v>68.636486888999997</v>
       </c>
       <c r="C374" s="5">
-        <v>-3.9988254999997253E-2</v>
+        <v>-4.4613898999998014E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>-0.69642780036082153</v>
+        <v>-0.77671763630177137</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>68.947913807999996</v>
+        <v>68.946355019999999</v>
       </c>
       <c r="C375" s="5">
-        <v>0.3051993159999995</v>
+        <v>0.30986813100000177</v>
       </c>
       <c r="D375" s="5">
-        <v>5.4678680157546289</v>
+        <v>5.5541176227926092</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>68.914535447000006</v>
+        <v>68.913858075999997</v>
       </c>
       <c r="C376" s="5">
-        <v>-3.3378360999989809E-2</v>
+        <v>-3.2496944000001804E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>-0.57938746625467719</v>
+        <v>-0.56414003675567814</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>69.285541209000002</v>
+        <v>69.296365796000003</v>
       </c>
       <c r="C377" s="5">
-        <v>0.3710057619999958</v>
+        <v>0.38250772000000666</v>
       </c>
       <c r="D377" s="5">
-        <v>6.6550367117810039</v>
+        <v>6.8677675329060772</v>
       </c>
       <c r="E377" s="5">
-        <v>-6.7503005498857904</v>
+        <v>-6.7425912648321207</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>69.754694795999995</v>
+        <v>69.765251931999998</v>
       </c>
       <c r="C378" s="5">
-        <v>0.46915358699999388</v>
+        <v>0.46888613599999474</v>
       </c>
       <c r="D378" s="5">
-        <v>8.4351163038669306</v>
+        <v>8.4287610773803756</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>69.098332116999998</v>
+        <v>69.104502917999994</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.65636267899999723</v>
+        <v>-0.66074901400000385</v>
       </c>
       <c r="D379" s="5">
-        <v>-10.725081830320471</v>
+        <v>-10.791514606933516</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>70.249967689000002</v>
+        <v>70.263558082000003</v>
       </c>
       <c r="C380" s="5">
-        <v>1.1516355720000035</v>
+        <v>1.1590551640000086</v>
       </c>
       <c r="D380" s="5">
-        <v>21.939039823780028</v>
+        <v>22.091517349493017</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>70.924160229999998</v>
+        <v>70.920892721000001</v>
       </c>
       <c r="C381" s="5">
-        <v>0.67419254099999648</v>
+        <v>0.65733463899999833</v>
       </c>
       <c r="D381" s="5">
-        <v>12.14421659896705</v>
+        <v>11.822362795497089</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>70.806295038000002</v>
+        <v>70.788198488999996</v>
       </c>
       <c r="C382" s="5">
-        <v>-0.11786519199999645</v>
+        <v>-0.13269423200000574</v>
       </c>
       <c r="D382" s="5">
-        <v>-1.9760910203761917</v>
+        <v>-2.2222598398186633</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>70.866995419999995</v>
+        <v>70.857536198000005</v>
       </c>
       <c r="C383" s="5">
-        <v>6.0700381999993169E-2</v>
+        <v>6.9337709000009795E-2</v>
       </c>
       <c r="D383" s="5">
-        <v>1.03359291523204</v>
+        <v>1.1817643503026165</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>71.512430848999998</v>
+        <v>71.507083675999993</v>
       </c>
       <c r="C384" s="5">
-        <v>0.64543542900000261</v>
+        <v>0.64954747799998813</v>
       </c>
       <c r="D384" s="5">
-        <v>11.493679383676781</v>
+        <v>11.572259266931461</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>71.559573739000001</v>
+        <v>71.556352431999997</v>
       </c>
       <c r="C385" s="5">
-        <v>4.714289000000349E-2</v>
+        <v>4.9268756000003577E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>0.79394634580982615</v>
+        <v>0.8299467124030846</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>71.395602134000001</v>
+        <v>71.388149983999995</v>
       </c>
       <c r="C386" s="5">
-        <v>-0.16397160500000041</v>
+        <v>-0.16820244800000239</v>
       </c>
       <c r="D386" s="5">
-        <v>-2.7152898938071601</v>
+        <v>-2.7845711999081924</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>72.135109298000003</v>
+        <v>72.13297378</v>
       </c>
       <c r="C387" s="5">
-        <v>0.7395071640000026</v>
+        <v>0.7448237960000057</v>
       </c>
       <c r="D387" s="5">
-        <v>13.162569928565659</v>
+        <v>13.264161530368511</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>72.692171486000007</v>
+        <v>72.692130337999998</v>
       </c>
       <c r="C388" s="5">
-        <v>0.55706218800000329</v>
+        <v>0.55915655799999797</v>
       </c>
       <c r="D388" s="5">
-        <v>9.6708929071535046</v>
+        <v>9.709116098488547</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>72.919035187999995</v>
+        <v>72.936903166999997</v>
       </c>
       <c r="C389" s="5">
-        <v>0.22686370199998862</v>
+        <v>0.24477282899999864</v>
       </c>
       <c r="D389" s="5">
-        <v>3.8100154378510664</v>
+        <v>4.1163839338490993</v>
       </c>
       <c r="E389" s="5">
-        <v>5.2442312141858682</v>
+        <v>5.253576185679476</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>72.428819090999994</v>
+        <v>72.442519512999993</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.49021609700000113</v>
+        <v>-0.4943836540000035</v>
       </c>
       <c r="D390" s="5">
-        <v>-7.7755896617261344</v>
+        <v>-7.8373992395114449</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>73.232184743000005</v>
+        <v>73.243731624000006</v>
       </c>
       <c r="C391" s="5">
-        <v>0.80336565200001075</v>
+        <v>0.80121211100001233</v>
       </c>
       <c r="D391" s="5">
-        <v>14.15292287381693</v>
+        <v>14.109813202618104</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>73.508255407999997</v>
+        <v>73.540441483999999</v>
       </c>
       <c r="C392" s="5">
-        <v>0.27607066499999178</v>
+        <v>0.29670985999999289</v>
       </c>
       <c r="D392" s="5">
-        <v>4.6187434478352385</v>
+        <v>4.9709774200472179</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>74.266619673999998</v>
+        <v>74.253071813000005</v>
       </c>
       <c r="C393" s="5">
-        <v>0.75836426600000095</v>
+        <v>0.71263032900000667</v>
       </c>
       <c r="D393" s="5">
-        <v>13.107263714413486</v>
+        <v>12.268599776377087</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>74.665297492999997</v>
+        <v>74.633767313999996</v>
       </c>
       <c r="C394" s="5">
-        <v>0.39867781899999954</v>
+        <v>0.38069550099999105</v>
       </c>
       <c r="D394" s="5">
-        <v>6.6354765367244273</v>
+        <v>6.3288878848639429</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>74.864049339999994</v>
+        <v>74.840369081000006</v>
       </c>
       <c r="C395" s="5">
-        <v>0.19875184699999693</v>
+        <v>0.20660176700000932</v>
       </c>
       <c r="D395" s="5">
-        <v>3.2414679701687321</v>
+        <v>3.3728944275359884</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>75.083692478000003</v>
+        <v>75.077664518000006</v>
       </c>
       <c r="C396" s="5">
-        <v>0.21964313800000923</v>
+        <v>0.23729543700000022</v>
       </c>
       <c r="D396" s="5">
-        <v>3.5780423403215522</v>
+        <v>3.8718830423048356</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>75.639736111999994</v>
+        <v>75.636020669000004</v>
       </c>
       <c r="C397" s="5">
-        <v>0.55604363399999102</v>
+        <v>0.55835615099999814</v>
       </c>
       <c r="D397" s="5">
-        <v>9.2578356377387863</v>
+        <v>9.2987034918395004</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>76.447054379999997</v>
+        <v>76.439916010000005</v>
       </c>
       <c r="C398" s="5">
-        <v>0.80731826800000306</v>
+        <v>0.80389534100000049</v>
       </c>
       <c r="D398" s="5">
-        <v>13.587100144056951</v>
+        <v>13.52678839146515</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>76.067268647999995</v>
+        <v>76.067284513000004</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.37978573200000199</v>
+        <v>-0.37263149700000042</v>
       </c>
       <c r="D399" s="5">
-        <v>-5.8013248033805471</v>
+        <v>-5.6954732045040206</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>76.377020912999996</v>
+        <v>76.381339763</v>
       </c>
       <c r="C400" s="5">
-        <v>0.30975226500000019</v>
+        <v>0.31405524999999557</v>
       </c>
       <c r="D400" s="5">
-        <v>4.9974396272174593</v>
+        <v>5.0684456251707255</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>76.455043545999999</v>
+        <v>76.479080984999996</v>
       </c>
       <c r="C401" s="5">
-        <v>7.8022633000003339E-2</v>
+        <v>9.7741221999996242E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>1.2327660635188087</v>
+        <v>1.5464312195230479</v>
       </c>
       <c r="E401" s="5">
-        <v>4.8492253756285519</v>
+        <v>4.8564960454787309</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>77.407226170000001</v>
+        <v>77.425705223999998</v>
       </c>
       <c r="C402" s="5">
-        <v>0.95218262400000242</v>
+        <v>0.94662423900000192</v>
       </c>
       <c r="D402" s="5">
-        <v>16.012392000425656</v>
+        <v>15.907118804582176</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>77.661215099000003</v>
+        <v>77.680155221000007</v>
       </c>
       <c r="C403" s="5">
-        <v>0.25398892900000192</v>
+        <v>0.25444999700000892</v>
       </c>
       <c r="D403" s="5">
-        <v>4.0092857911062874</v>
+        <v>4.0157199126092502</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>78.235577430000006</v>
+        <v>78.293975380999996</v>
       </c>
       <c r="C404" s="5">
-        <v>0.57436233100000322</v>
+        <v>0.61382015999998885</v>
       </c>
       <c r="D404" s="5">
-        <v>9.2449403530216134</v>
+        <v>9.9054231998324749</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>78.622557330000006</v>
+        <v>78.597340931999994</v>
       </c>
       <c r="C405" s="5">
-        <v>0.38697990000000004</v>
+        <v>0.30336555099999885</v>
       </c>
       <c r="D405" s="5">
-        <v>6.0997798872282072</v>
+        <v>4.7500169463597919</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>79.214044803999997</v>
+        <v>79.159694587999994</v>
       </c>
       <c r="C406" s="5">
-        <v>0.59148747399999024</v>
+        <v>0.56235365599999909</v>
       </c>
       <c r="D406" s="5">
-        <v>9.4108232010256199</v>
+        <v>8.9318998553190365</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>79.939342388</v>
+        <v>79.892039565000005</v>
       </c>
       <c r="C407" s="5">
-        <v>0.72529758400000333</v>
+        <v>0.732344977000011</v>
       </c>
       <c r="D407" s="5">
-        <v>11.557963891712909</v>
+        <v>11.684468426916839</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>80.388082214999997</v>
+        <v>80.382803640999995</v>
       </c>
       <c r="C408" s="5">
-        <v>0.44873982699999715</v>
+        <v>0.49076407599999072</v>
       </c>
       <c r="D408" s="5">
-        <v>6.9481215247751971</v>
+        <v>7.6256272604038111</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>80.816569552000004</v>
+        <v>80.813071890000003</v>
       </c>
       <c r="C409" s="5">
-        <v>0.42848733700000707</v>
+        <v>0.43026824900000804</v>
       </c>
       <c r="D409" s="5">
-        <v>6.587168729105608</v>
+        <v>6.6158050915522848</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>81.491114257000007</v>
+        <v>81.486771777000001</v>
       </c>
       <c r="C410" s="5">
-        <v>0.67454470500000241</v>
+        <v>0.67369988699999794</v>
       </c>
       <c r="D410" s="5">
-        <v>10.488768004197491</v>
+        <v>10.475497904048758</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>82.419840148999995</v>
+        <v>82.423731798000006</v>
       </c>
       <c r="C411" s="5">
-        <v>0.92872589199998856</v>
+        <v>0.93696002100000442</v>
       </c>
       <c r="D411" s="5">
-        <v>14.566630773627809</v>
+        <v>14.704888993166488</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>82.756114963000002</v>
+        <v>82.765911841999994</v>
       </c>
       <c r="C412" s="5">
-        <v>0.33627481400000647</v>
+        <v>0.34218004399998847</v>
       </c>
       <c r="D412" s="5">
-        <v>5.0074026430483753</v>
+        <v>5.0971079339949599</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>83.618954466000005</v>
+        <v>83.650668280999994</v>
       </c>
       <c r="C413" s="5">
-        <v>0.86283950300000356</v>
+        <v>0.88475643900000023</v>
       </c>
       <c r="D413" s="5">
-        <v>13.254551693099369</v>
+        <v>13.609573470912428</v>
       </c>
       <c r="E413" s="5">
-        <v>9.3700959253129703</v>
+        <v>9.3771881194631312</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>83.454317451999998</v>
+        <v>83.477574578000002</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.1646370140000073</v>
+        <v>-0.17309370299999216</v>
       </c>
       <c r="D414" s="5">
-        <v>-2.3372569803433274</v>
+        <v>-2.4550279644949158</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>84.458318165999998</v>
+        <v>84.486604881000005</v>
       </c>
       <c r="C415" s="5">
-        <v>1.004000714</v>
+        <v>1.009030303000003</v>
       </c>
       <c r="D415" s="5">
-        <v>15.431259286455745</v>
+        <v>15.509161578249152</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>85.149219489000004</v>
+        <v>85.231367066000004</v>
       </c>
       <c r="C416" s="5">
-        <v>0.69090132300000562</v>
+        <v>0.74476218499999902</v>
       </c>
       <c r="D416" s="5">
-        <v>10.270389595021069</v>
+        <v>11.106419854222827</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>85.100214127000001</v>
+        <v>85.065366651999994</v>
       </c>
       <c r="C417" s="5">
-        <v>-4.9005362000002606E-2</v>
+        <v>-0.16600041400000976</v>
       </c>
       <c r="D417" s="5">
-        <v>-0.68844608066610524</v>
+        <v>-2.3122994682533093</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>85.289829225999995</v>
+        <v>85.210510842999994</v>
       </c>
       <c r="C418" s="5">
-        <v>0.18961509899999385</v>
+        <v>0.14514419099999998</v>
       </c>
       <c r="D418" s="5">
-        <v>2.7067776658238563</v>
+        <v>2.0668444659088792</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>85.407858504000004</v>
+        <v>85.332776049000003</v>
       </c>
       <c r="C419" s="5">
-        <v>0.11802927800000873</v>
+        <v>0.12226520600000867</v>
       </c>
       <c r="D419" s="5">
-        <v>1.6733312942163847</v>
+        <v>1.7354861840952696</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>85.592131151000004</v>
+        <v>85.590033544999997</v>
       </c>
       <c r="C420" s="5">
-        <v>0.18427264700000023</v>
+        <v>0.25725749599999403</v>
       </c>
       <c r="D420" s="5">
-        <v>2.6200184407322302</v>
+        <v>3.6782998540366485</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>85.814246167999997</v>
+        <v>85.812322965999996</v>
       </c>
       <c r="C421" s="5">
-        <v>0.22211501699999303</v>
+        <v>0.22228942099999927</v>
       </c>
       <c r="D421" s="5">
-        <v>3.158880839816125</v>
+        <v>3.1614753072351842</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>86.167541408000005</v>
+        <v>86.167060515000003</v>
       </c>
       <c r="C422" s="5">
-        <v>0.35329524000000845</v>
+        <v>0.35473754900000642</v>
       </c>
       <c r="D422" s="5">
-        <v>5.0537880354135867</v>
+        <v>5.075007533976672</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>85.954269706999995</v>
+        <v>85.963184689000002</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.21327170100001069</v>
+        <v>-0.20387582600000087</v>
       </c>
       <c r="D423" s="5">
-        <v>-2.9299979163322498</v>
+        <v>-2.8026052121932654</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>86.208254857</v>
+        <v>86.225139326999994</v>
       </c>
       <c r="C424" s="5">
-        <v>0.25398515000000543</v>
+        <v>0.26195463799999175</v>
       </c>
       <c r="D424" s="5">
-        <v>3.6040626929715991</v>
+        <v>3.7186606074909534</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>86.149038105000002</v>
+        <v>86.185720325999995</v>
       </c>
       <c r="C425" s="5">
-        <v>-5.9216751999997541E-2</v>
+        <v>-3.9419000999998843E-2</v>
       </c>
       <c r="D425" s="5">
-        <v>-0.82117719910078657</v>
+        <v>-0.54721911101197618</v>
       </c>
       <c r="E425" s="5">
-        <v>3.0257298182659653</v>
+        <v>3.0305221668812443</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>86.386990502000003</v>
+        <v>86.414165882000006</v>
       </c>
       <c r="C426" s="5">
-        <v>0.23795239700000081</v>
+        <v>0.22844555600001115</v>
       </c>
       <c r="D426" s="5">
-        <v>3.3653411811590095</v>
+        <v>3.2275257982393724</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>86.942584034999996</v>
+        <v>86.977308061000002</v>
       </c>
       <c r="C427" s="5">
-        <v>0.55559353299999259</v>
+        <v>0.56314217899999619</v>
       </c>
       <c r="D427" s="5">
-        <v>7.9966764522856781</v>
+        <v>8.1066075187490085</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>87.185040787999995</v>
+        <v>87.288572529000007</v>
       </c>
       <c r="C428" s="5">
-        <v>0.24245675299999903</v>
+        <v>0.31126446800000451</v>
       </c>
       <c r="D428" s="5">
-        <v>3.398246879798239</v>
+        <v>4.379965735429292</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>88.190043865999996</v>
+        <v>87.757769803000002</v>
       </c>
       <c r="C429" s="5">
-        <v>1.0050030780000014</v>
+        <v>0.46919727399999545</v>
       </c>
       <c r="D429" s="5">
-        <v>14.744268777849999</v>
+        <v>6.6444452162423229</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>89.573671434000005</v>
+        <v>88.876343343000002</v>
       </c>
       <c r="C430" s="5">
-        <v>1.3836275680000085</v>
+        <v>1.1185735399999999</v>
       </c>
       <c r="D430" s="5">
-        <v>20.539615316386104</v>
+        <v>16.414533234263139</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>88.224238807000006</v>
+        <v>88.392263185000004</v>
       </c>
       <c r="C431" s="5">
-        <v>-1.3494326269999988</v>
+        <v>-0.4840801579999976</v>
       </c>
       <c r="D431" s="5">
-        <v>-16.652891995777917</v>
+        <v>-6.3437191780203346</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>87.861385084999995</v>
+        <v>88.014173541999995</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.3628537220000112</v>
+        <v>-0.3780896430000098</v>
       </c>
       <c r="D432" s="5">
-        <v>-4.8253025582715274</v>
+        <v>-5.0138381321468861</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>87.581667658000001</v>
+        <v>87.755098184999994</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.27971742699999425</v>
+        <v>-0.25907535700000039</v>
       </c>
       <c r="D433" s="5">
-        <v>-3.7541571090493053</v>
+        <v>-3.4756481057787725</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
+      <c r="B434" s="5">
+        <v>88.173829261999998</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.41873107700000389</v>
+      </c>
+      <c r="D434" s="5">
+        <v>5.8785892856654254</v>
+      </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>88.832218557000004</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.65838929500000631</v>
+      </c>
+      <c r="D435" s="5">
+        <v>9.3376359572179055</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>89.081330515000005</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.2491119580000003</v>
+      </c>
+      <c r="D436" s="5">
+        <v>3.4175480585079798</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">