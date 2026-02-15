--- v1 (2026-01-25)
+++ v2 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{EED7541A-F8DD-46FA-B036-B2DB7DE6862C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{63B33730-3A7A-445B-9AD9-339497939C95}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4FF67958-7259-42BD-9FF6-4FB546EB9EE8}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D1156530-14E6-455B-8801-3108B94F87DD}"/>
   </bookViews>
   <sheets>
     <sheet name="fwanrmca" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Construction, Mining and Natural Resources Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B1E6B31-B0F7-4F9B-ACFF-C536C82EDFFF}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1E8F0007-F2DF-4B09-B2E7-63D0CBAA49F6}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>88.392263185000004</v>
       </c>
       <c r="C431" s="5">
         <v>-0.4840801579999976</v>
       </c>
       <c r="D431" s="5">
         <v>-6.3437191780203346</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>88.014173541999995</v>
       </c>
       <c r="C432" s="5">
         <v>-0.3780896430000098</v>
       </c>
       <c r="D432" s="5">
         <v>-5.0138381321468861</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>87.755098184999994</v>
       </c>
       <c r="C433" s="5">
         <v>-0.25907535700000039</v>
       </c>
       <c r="D433" s="5">
         <v>-3.4756481057787725</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>88.173829261999998</v>
       </c>
       <c r="C434" s="5">
         <v>0.41873107700000389</v>
       </c>
       <c r="D434" s="5">
         <v>5.8785892856654254</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>88.832218557000004</v>
       </c>
       <c r="C435" s="5">
         <v>0.65838929500000631</v>
       </c>
       <c r="D435" s="5">
         <v>9.3376359572179055</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>89.081330515000005</v>
+        <v>89.121573604000005</v>
       </c>
       <c r="C436" s="5">
-        <v>0.2491119580000003</v>
+        <v>0.28935504700000081</v>
       </c>
       <c r="D436" s="5">
-        <v>3.4175480585079798</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.9795780044120654</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>89.758773723000004</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.63720011899999918</v>
+      </c>
+      <c r="D437" s="5">
+        <v>8.9253023182219735</v>
+      </c>
+      <c r="E437" s="5">
+        <v>4.1457603225741213</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>