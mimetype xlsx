--- v0 (2025-10-10)
+++ v1 (2025-12-17)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{27BA363C-35BE-486A-ACD8-5B26913D468B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{67338624-B424-48A2-A91E-27CBF13FE0BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{D3EEB3E4-4FEA-4E6C-A61B-B3CF51D45674}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{004CFA2B-F97D-4689-9588-9ADE1F2EEBE7}"/>
   </bookViews>
   <sheets>
     <sheet name="fwapbsva" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Professional and Business Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18D590EA-D684-4322-A2CE-3820098B266A}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69B31F9A-F00C-49E8-B587-1C174CDB4DD1}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>-0.74083443000000671</v>
       </c>
       <c r="D431" s="5">
         <v>-5.793766530616173</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>148.41842370000001</v>
       </c>
       <c r="C432" s="5">
         <v>-0.16324388999998973</v>
       </c>
       <c r="D432" s="5">
         <v>-1.3104797234314236</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>148.55275854999999</v>
+        <v>148.43480559</v>
       </c>
       <c r="C433" s="5">
-        <v>0.13433484999998768</v>
+        <v>1.6381889999991017E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>1.091554004512596</v>
+        <v>0.13253210652153236</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>147.58202202000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.8527835699999855</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-6.6804792505613992</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>