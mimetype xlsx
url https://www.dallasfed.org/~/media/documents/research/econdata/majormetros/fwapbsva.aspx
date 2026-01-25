--- v1 (2025-12-17)
+++ v2 (2026-01-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{67338624-B424-48A2-A91E-27CBF13FE0BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C63B0A6C-9684-42A7-933C-C9B8AE805A6F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{004CFA2B-F97D-4689-9588-9ADE1F2EEBE7}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0018032E-3A40-464A-B8F6-1BBB3311DFA8}"/>
   </bookViews>
   <sheets>
     <sheet name="fwapbsva" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Professional and Business Services Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry November 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69B31F9A-F00C-49E8-B587-1C174CDB4DD1}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D95F979-FADD-4819-8131-1A0F8225AE21}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,6155 +974,6173 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>45.051574928999997</v>
+        <v>45.051912510000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>45.443119760000002</v>
+        <v>45.443152402999999</v>
       </c>
       <c r="C7" s="5">
-        <v>0.39154483100000448</v>
+        <v>0.39123989299999806</v>
       </c>
       <c r="D7" s="5">
-        <v>10.942496184520412</v>
+        <v>10.933477115808099</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>45.340747608000001</v>
+        <v>45.340956341999998</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.10237215200000094</v>
+        <v>-0.10219606100000078</v>
       </c>
       <c r="D8" s="5">
-        <v>-2.6700602421035002</v>
+        <v>-2.6655222213432528</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>45.705300426000001</v>
+        <v>45.705883800999999</v>
       </c>
       <c r="C9" s="5">
-        <v>0.36455281799999995</v>
+        <v>0.36492745900000045</v>
       </c>
       <c r="D9" s="5">
-        <v>10.086659623330529</v>
+        <v>10.097439959037935</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>45.547467523999998</v>
+        <v>45.549663682999999</v>
       </c>
       <c r="C10" s="5">
-        <v>-0.15783290200000266</v>
+        <v>-0.15622011800000024</v>
       </c>
       <c r="D10" s="5">
-        <v>-4.0661215077891111</v>
+        <v>-4.0253002382518392</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>46.645030126000002</v>
+        <v>46.645842084000002</v>
       </c>
       <c r="C11" s="5">
-        <v>1.0975626020000036</v>
+        <v>1.0961784010000031</v>
       </c>
       <c r="D11" s="5">
-        <v>33.074154822489433</v>
+        <v>33.024965739722823</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>46.873043185</v>
+        <v>46.873870822000001</v>
       </c>
       <c r="C12" s="5">
-        <v>0.22801305899999846</v>
+        <v>0.22802873799999901</v>
       </c>
       <c r="D12" s="5">
-        <v>6.0262184231164584</v>
+        <v>6.0265362707567993</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>47.198274361999999</v>
+        <v>47.198995842999999</v>
       </c>
       <c r="C13" s="5">
-        <v>0.32523117699999915</v>
+        <v>0.32512502099999807</v>
       </c>
       <c r="D13" s="5">
-        <v>8.6514781333023372</v>
+        <v>8.6483871112434496</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>47.359522523999999</v>
+        <v>47.360120016000003</v>
       </c>
       <c r="C14" s="5">
-        <v>0.1612481619999997</v>
+        <v>0.16112417300000459</v>
       </c>
       <c r="D14" s="5">
-        <v>4.1775972538329542</v>
+        <v>4.1742593995973909</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>46.918746321</v>
+        <v>46.918763009000003</v>
       </c>
       <c r="C15" s="5">
-        <v>-0.44077620299999865</v>
+        <v>-0.44135700700000058</v>
       </c>
       <c r="D15" s="5">
-        <v>-10.614102030134298</v>
+        <v>-10.62725187197362</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>47.867387548000004</v>
+        <v>47.867324293999999</v>
       </c>
       <c r="C16" s="5">
-        <v>0.94864122700000308</v>
+        <v>0.9485612849999967</v>
       </c>
       <c r="D16" s="5">
-        <v>27.151040514264778</v>
+        <v>27.148481566277649</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>48.253100674000002</v>
+        <v>48.246597700000002</v>
       </c>
       <c r="C17" s="5">
-        <v>0.38571312599999885</v>
+        <v>0.37927340600000292</v>
       </c>
       <c r="D17" s="5">
-        <v>10.10980667532866</v>
+        <v>9.9336105008464681</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>49.358645465999999</v>
+        <v>49.358788246000003</v>
       </c>
       <c r="C18" s="5">
-        <v>1.1055447919999963</v>
+        <v>1.1121905460000008</v>
       </c>
       <c r="D18" s="5">
-        <v>31.236937494567375</v>
+        <v>31.453925013364881</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>50.272819839999997</v>
+        <v>50.272641565999997</v>
       </c>
       <c r="C19" s="5">
-        <v>0.91417437399999812</v>
+        <v>0.91385331999999408</v>
       </c>
       <c r="D19" s="5">
-        <v>24.635039021788941</v>
+        <v>24.625409335919301</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>50.079669776000003</v>
+        <v>50.079451349000003</v>
       </c>
       <c r="C20" s="5">
-        <v>-0.1931500639999939</v>
+        <v>-0.19319021699999439</v>
       </c>
       <c r="D20" s="5">
-        <v>-4.5142578214000135</v>
+        <v>-4.515192197428064</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>50.079039033999997</v>
+        <v>50.080298552000002</v>
       </c>
       <c r="C21" s="5">
-        <v>-6.3074200000556857E-4</v>
+        <v>8.4720299999929694E-4</v>
       </c>
       <c r="D21" s="5">
-        <v>-1.5112678954465331E-2</v>
+        <v>2.0302502743496653E-2</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>50.426943497000003</v>
+        <v>50.429692672000002</v>
       </c>
       <c r="C22" s="5">
-        <v>0.3479044630000061</v>
+        <v>0.34939411999999948</v>
       </c>
       <c r="D22" s="5">
-        <v>8.6625529014118463</v>
+        <v>8.7008517319660648</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>50.717056624999998</v>
+        <v>50.718100839000002</v>
       </c>
       <c r="C23" s="5">
-        <v>0.29011312799999445</v>
+        <v>0.28840816700000005</v>
       </c>
       <c r="D23" s="5">
-        <v>7.1264593931264386</v>
+        <v>7.082853625969987</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>50.744970068000001</v>
+        <v>50.745990323999997</v>
       </c>
       <c r="C24" s="5">
-        <v>2.7913443000002758E-2</v>
+        <v>2.7889484999995773E-2</v>
       </c>
       <c r="D24" s="5">
-        <v>0.66245391834995893</v>
+        <v>0.66186994747130523</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>51.146802283</v>
+        <v>51.14765036</v>
       </c>
       <c r="C25" s="5">
-        <v>0.40183221499999888</v>
+        <v>0.40166003600000266</v>
       </c>
       <c r="D25" s="5">
-        <v>9.9273684819512162</v>
+        <v>9.9227196254864758</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>50.985107730000003</v>
+        <v>50.985710826000002</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.16169455299999669</v>
+        <v>-0.16193953399999828</v>
       </c>
       <c r="D26" s="5">
-        <v>-3.7283853581108306</v>
+        <v>-3.7338753392454405</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>50.996618325999997</v>
+        <v>50.996512328999998</v>
       </c>
       <c r="C27" s="5">
-        <v>1.1510595999993711E-2</v>
+        <v>1.080150299999616E-2</v>
       </c>
       <c r="D27" s="5">
-        <v>0.2712533129137551</v>
+        <v>0.2545206702367242</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>51.246459426000001</v>
+        <v>51.246174228999998</v>
       </c>
       <c r="C28" s="5">
-        <v>0.2498411000000047</v>
+        <v>0.24966189999999955</v>
       </c>
       <c r="D28" s="5">
-        <v>6.0400319596877639</v>
+        <v>6.0355952863239359</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>51.453695488000001</v>
+        <v>51.446668961999997</v>
       </c>
       <c r="C29" s="5">
-        <v>0.20723606199999978</v>
+        <v>0.20049473299999931</v>
       </c>
       <c r="D29" s="5">
-        <v>4.9620911875275286</v>
+        <v>4.7972150109704348</v>
       </c>
       <c r="E29" s="5">
-        <v>6.6329308775892937</v>
+        <v>6.632739746537597</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>51.736638178</v>
+        <v>51.735400292999998</v>
       </c>
       <c r="C30" s="5">
-        <v>0.28294268999999872</v>
+        <v>0.28873133100000103</v>
       </c>
       <c r="D30" s="5">
-        <v>6.8020520559866737</v>
+        <v>6.9465151483204313</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>52.061743911999997</v>
+        <v>52.062032383000002</v>
       </c>
       <c r="C31" s="5">
-        <v>0.32510573399999743</v>
+        <v>0.32663209000000393</v>
       </c>
       <c r="D31" s="5">
-        <v>7.8067809217049478</v>
+        <v>7.8449096996112244</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>52.167377752999997</v>
+        <v>52.167039834000001</v>
       </c>
       <c r="C32" s="5">
-        <v>0.10563384099999951</v>
+        <v>0.10500745099999875</v>
       </c>
       <c r="D32" s="5">
-        <v>2.4621690199434276</v>
+        <v>2.4473927400176398</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>52.540961000000003</v>
+        <v>52.543168664</v>
       </c>
       <c r="C33" s="5">
-        <v>0.37358324700000622</v>
+        <v>0.37612882999999897</v>
       </c>
       <c r="D33" s="5">
-        <v>8.9401727594769156</v>
+        <v>9.0035874488854297</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>53.11177781</v>
+        <v>53.114982392999998</v>
       </c>
       <c r="C34" s="5">
-        <v>0.57081680999999662</v>
+        <v>0.57181372899999872</v>
       </c>
       <c r="D34" s="5">
-        <v>13.844989605597124</v>
+        <v>13.870016871849034</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>53.160277266999998</v>
+        <v>53.161784572000002</v>
       </c>
       <c r="C35" s="5">
-        <v>4.8499456999998358E-2</v>
+        <v>4.6802179000003719E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>1.1013101243409595</v>
+        <v>1.0625174867857634</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>53.438838470999997</v>
+        <v>53.440080795999997</v>
       </c>
       <c r="C36" s="5">
-        <v>0.27856120399999895</v>
+        <v>0.27829622399999465</v>
       </c>
       <c r="D36" s="5">
-        <v>6.4724554099145903</v>
+        <v>6.4659315290395591</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>53.422522974000003</v>
+        <v>53.423396961999998</v>
       </c>
       <c r="C37" s="5">
-        <v>-1.6315496999993684E-2</v>
+        <v>-1.6683833999998399E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>-0.36575931936957407</v>
+        <v>-0.37399381150503563</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>53.705446090000002</v>
+        <v>53.705904216999997</v>
       </c>
       <c r="C38" s="5">
-        <v>0.2829231159999992</v>
+        <v>0.28250725499999874</v>
       </c>
       <c r="D38" s="5">
-        <v>6.5435603426671651</v>
+        <v>6.5335506769497842</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>54.481639266999998</v>
+        <v>54.481192143000001</v>
       </c>
       <c r="C39" s="5">
-        <v>0.77619317699999613</v>
+        <v>0.77528792600000429</v>
       </c>
       <c r="D39" s="5">
-        <v>18.790594730095744</v>
+        <v>18.766738411057958</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>54.805085656999999</v>
+        <v>54.804101576999997</v>
       </c>
       <c r="C40" s="5">
-        <v>0.32344639000000086</v>
+        <v>0.32290943399999605</v>
       </c>
       <c r="D40" s="5">
-        <v>7.3614415720073767</v>
+        <v>7.3488819837233432</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>55.535918504000001</v>
+        <v>55.528892611000003</v>
       </c>
       <c r="C41" s="5">
-        <v>0.73083284700000206</v>
+        <v>0.72479103400000611</v>
       </c>
       <c r="D41" s="5">
-        <v>17.229571606781271</v>
+        <v>17.076950027361182</v>
       </c>
       <c r="E41" s="5">
-        <v>7.9337800274269066</v>
+        <v>7.9348648442433722</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>54.830844343000003</v>
+        <v>54.827903331000002</v>
       </c>
       <c r="C42" s="5">
-        <v>-0.70507416099999887</v>
+        <v>-0.70098928000000171</v>
       </c>
       <c r="D42" s="5">
-        <v>-14.214932838885064</v>
+        <v>-14.139876407212826</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>54.864504119000003</v>
+        <v>54.865395239999998</v>
       </c>
       <c r="C43" s="5">
-        <v>3.3659776000000363E-2</v>
+        <v>3.7491908999996326E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>0.73915308500558385</v>
+        <v>0.82366607104011891</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>54.333698886000001</v>
+        <v>54.333132223</v>
       </c>
       <c r="C44" s="5">
-        <v>-0.53080523300000237</v>
+        <v>-0.53226301699999823</v>
       </c>
       <c r="D44" s="5">
-        <v>-11.011525926819976</v>
+        <v>-11.040002785232817</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>55.909447473</v>
+        <v>55.912912880999997</v>
       </c>
       <c r="C45" s="5">
-        <v>1.5757485869999996</v>
+        <v>1.5797806579999971</v>
       </c>
       <c r="D45" s="5">
-        <v>40.926006449625696</v>
+        <v>41.048513016812628</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>56.932395509000003</v>
+        <v>56.936119241</v>
       </c>
       <c r="C46" s="5">
-        <v>1.0229480360000025</v>
+        <v>1.0232063600000032</v>
       </c>
       <c r="D46" s="5">
-        <v>24.305712902531852</v>
+        <v>24.310819699108912</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>57.012971059000002</v>
+        <v>57.015012239000001</v>
       </c>
       <c r="C47" s="5">
-        <v>8.0575549999998941E-2</v>
+        <v>7.8892998000000603E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>1.7116242455381236</v>
+        <v>1.6754994223618258</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>57.704475817999999</v>
+        <v>57.705921224000001</v>
       </c>
       <c r="C48" s="5">
-        <v>0.69150475899999719</v>
+        <v>0.69090898500000009</v>
       </c>
       <c r="D48" s="5">
-        <v>15.565957256727113</v>
+        <v>15.551045661485773</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>58.067467876000002</v>
+        <v>58.068316854000003</v>
       </c>
       <c r="C49" s="5">
-        <v>0.36299205800000323</v>
+        <v>0.36239563000000174</v>
       </c>
       <c r="D49" s="5">
-        <v>7.8153647945872873</v>
+        <v>7.8018744826527042</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>59.080153977999998</v>
+        <v>59.080316699999997</v>
       </c>
       <c r="C50" s="5">
-        <v>1.0126861019999964</v>
+        <v>1.0119998459999948</v>
       </c>
       <c r="D50" s="5">
-        <v>23.056557660560806</v>
+        <v>23.039036368136379</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>59.666780609</v>
+        <v>59.665851605999997</v>
       </c>
       <c r="C51" s="5">
-        <v>0.58662663100000145</v>
+        <v>0.58553490599999947</v>
       </c>
       <c r="D51" s="5">
-        <v>12.587932746075969</v>
+        <v>12.56317842360346</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>59.949690353000001</v>
+        <v>59.947976533000002</v>
       </c>
       <c r="C52" s="5">
-        <v>0.28290974400000124</v>
+        <v>0.28212492700000524</v>
       </c>
       <c r="D52" s="5">
-        <v>5.8405441064569574</v>
+        <v>5.8240113203289035</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>60.727662907000003</v>
+        <v>60.720745100000002</v>
       </c>
       <c r="C53" s="5">
-        <v>0.77797255400000154</v>
+        <v>0.77276856699999996</v>
       </c>
       <c r="D53" s="5">
-        <v>16.73349306292662</v>
+        <v>16.614018641593688</v>
       </c>
       <c r="E53" s="5">
-        <v>9.3484442912852295</v>
+        <v>9.3498217682293827</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>60.393480230999998</v>
+        <v>60.388676208</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.33418267600000462</v>
+        <v>-0.33206889200000234</v>
       </c>
       <c r="D54" s="5">
-        <v>-6.4073226462848627</v>
+        <v>-6.3687097417887806</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>60.335847434999998</v>
+        <v>60.337809147000002</v>
       </c>
       <c r="C55" s="5">
-        <v>-5.7632796000000042E-2</v>
+        <v>-5.0867060999998159E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>-1.1391547280884096</v>
+        <v>-1.0061236813244223</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>60.273404233000001</v>
+        <v>60.273136800000003</v>
       </c>
       <c r="C56" s="5">
-        <v>-6.24432019999972E-2</v>
+        <v>-6.4672346999998354E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>-1.2348677291752819</v>
+        <v>-1.2786501123740135</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>62.974981603000003</v>
+        <v>62.979292729999997</v>
       </c>
       <c r="C57" s="5">
-        <v>2.7015773700000025</v>
+        <v>2.7061559299999942</v>
       </c>
       <c r="D57" s="5">
-        <v>69.241918194697533</v>
+        <v>69.390020431254555</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>62.583794331</v>
+        <v>62.587852417000001</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.39118727200000336</v>
+        <v>-0.39144031299999682</v>
       </c>
       <c r="D58" s="5">
-        <v>-7.2046768169435005</v>
+        <v>-7.2087022920719779</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>62.363360448000002</v>
+        <v>62.365909717000001</v>
       </c>
       <c r="C59" s="5">
-        <v>-0.22043388299999833</v>
+        <v>-0.2219426999999996</v>
       </c>
       <c r="D59" s="5">
-        <v>-4.1457377635219173</v>
+        <v>-4.1732978467371895</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>62.454726813000001</v>
+        <v>62.456140902999998</v>
       </c>
       <c r="C60" s="5">
-        <v>9.136636499999895E-2</v>
+        <v>9.023118599999691E-2</v>
       </c>
       <c r="D60" s="5">
-        <v>1.7723135243309596</v>
+        <v>1.7500458355161008</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>62.905751449999997</v>
+        <v>62.906362797</v>
       </c>
       <c r="C61" s="5">
-        <v>0.45102463699999618</v>
+        <v>0.45022189400000201</v>
       </c>
       <c r="D61" s="5">
-        <v>9.0185746191582936</v>
+        <v>9.0016695399035349</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>62.951171287000001</v>
+        <v>62.950966289</v>
       </c>
       <c r="C62" s="5">
-        <v>4.5419837000004293E-2</v>
+        <v>4.4603492000000244E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>0.86988500260398727</v>
+        <v>0.85418093167961562</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>62.206923830000001</v>
+        <v>62.205655864000001</v>
       </c>
       <c r="C63" s="5">
-        <v>-0.74424745700000017</v>
+        <v>-0.74531042499999955</v>
       </c>
       <c r="D63" s="5">
-        <v>-13.300033930793564</v>
+        <v>-13.317850793230047</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>62.429784236000003</v>
+        <v>62.427649527</v>
       </c>
       <c r="C64" s="5">
-        <v>0.22286040600000234</v>
+        <v>0.22199366299999923</v>
       </c>
       <c r="D64" s="5">
-        <v>4.3848084494212403</v>
+        <v>4.3675098553257685</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>61.995276369999999</v>
+        <v>61.98933589</v>
       </c>
       <c r="C65" s="5">
-        <v>-0.43450786600000413</v>
+        <v>-0.43831363700000026</v>
       </c>
       <c r="D65" s="5">
-        <v>-8.0395268495783707</v>
+        <v>-8.1075139147746</v>
       </c>
       <c r="E65" s="5">
-        <v>2.087374027453115</v>
+        <v>2.0892213821005923</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>59.867626903999998</v>
+        <v>59.862818552999997</v>
       </c>
       <c r="C66" s="5">
-        <v>-2.1276494660000012</v>
+        <v>-2.1265173370000028</v>
       </c>
       <c r="D66" s="5">
-        <v>-34.234016847423057</v>
+        <v>-34.221778121320035</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>60.840978360000001</v>
+        <v>60.843248838999997</v>
       </c>
       <c r="C67" s="5">
-        <v>0.97335145600000317</v>
+        <v>0.98043028600000071</v>
       </c>
       <c r="D67" s="5">
-        <v>21.352785175329458</v>
+        <v>21.524213309778474</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>61.394320202999999</v>
+        <v>61.394096791999999</v>
       </c>
       <c r="C68" s="5">
-        <v>0.55334184299999833</v>
+        <v>0.55084795300000167</v>
       </c>
       <c r="D68" s="5">
-        <v>11.476691129189698</v>
+        <v>11.421916229108087</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>62.076156607000001</v>
+        <v>62.080421324</v>
       </c>
       <c r="C69" s="5">
-        <v>0.68183640400000201</v>
+        <v>0.68632453200000043</v>
       </c>
       <c r="D69" s="5">
-        <v>14.171971898586522</v>
+        <v>14.27112254925833</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>62.601341148000003</v>
+        <v>62.605007671999999</v>
       </c>
       <c r="C70" s="5">
-        <v>0.52518454100000156</v>
+        <v>0.5245863479999997</v>
       </c>
       <c r="D70" s="5">
-        <v>10.638380090367171</v>
+        <v>10.624929968452967</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>62.848129622999998</v>
+        <v>62.850588203000001</v>
       </c>
       <c r="C71" s="5">
-        <v>0.24678847499999534</v>
+        <v>0.24558053100000166</v>
       </c>
       <c r="D71" s="5">
-        <v>4.8345994646238122</v>
+        <v>4.8101350764166328</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>62.719196824000001</v>
+        <v>62.720288703000001</v>
       </c>
       <c r="C72" s="5">
-        <v>-0.12893279899999754</v>
+        <v>-0.13029949999999957</v>
       </c>
       <c r="D72" s="5">
-        <v>-2.4342093770698958</v>
+        <v>-2.4596236259044724</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>62.869187826000001</v>
+        <v>62.869521151000001</v>
       </c>
       <c r="C73" s="5">
-        <v>0.14999100200000015</v>
+        <v>0.14923244799999935</v>
       </c>
       <c r="D73" s="5">
-        <v>2.9078112863293315</v>
+        <v>2.8928615277419523</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>63.080609426000002</v>
+        <v>63.080021510000002</v>
       </c>
       <c r="C74" s="5">
-        <v>0.21142160000000132</v>
+        <v>0.21050035900000097</v>
       </c>
       <c r="D74" s="5">
-        <v>4.110939488477805</v>
+        <v>4.0926733866973208</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>64.069113854999998</v>
+        <v>64.067738707999993</v>
       </c>
       <c r="C75" s="5">
-        <v>0.98850442899999535</v>
+        <v>0.98771719799999147</v>
       </c>
       <c r="D75" s="5">
-        <v>20.513040078061739</v>
+        <v>20.495479803843075</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>64.452156563000003</v>
+        <v>64.450224267999999</v>
       </c>
       <c r="C76" s="5">
-        <v>0.38304270800000495</v>
+        <v>0.38248556000000633</v>
       </c>
       <c r="D76" s="5">
-        <v>7.4149754071284102</v>
+        <v>7.4039976946233432</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>65.390622878000002</v>
+        <v>65.385615700000002</v>
       </c>
       <c r="C77" s="5">
-        <v>0.93846631499999944</v>
+        <v>0.93539143200000296</v>
       </c>
       <c r="D77" s="5">
-        <v>18.942277588357115</v>
+        <v>18.875790056331397</v>
       </c>
       <c r="E77" s="5">
-        <v>5.4767825982997564</v>
+        <v>5.4788130268514257</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>66.216054623000005</v>
+        <v>66.211135643000006</v>
       </c>
       <c r="C78" s="5">
-        <v>0.82543174500000305</v>
+        <v>0.82551994300000331</v>
       </c>
       <c r="D78" s="5">
-        <v>16.244901644654909</v>
+        <v>16.248091478793469</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>66.319635873999999</v>
+        <v>66.322579087999998</v>
       </c>
       <c r="C79" s="5">
-        <v>0.10358125099999427</v>
+        <v>0.11144344499999193</v>
       </c>
       <c r="D79" s="5">
-        <v>1.8933852915086202</v>
+        <v>2.0385862383106357</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>66.834746929999994</v>
+        <v>66.835232923000007</v>
       </c>
       <c r="C80" s="5">
-        <v>0.51511105599999496</v>
+        <v>0.51265383500000894</v>
       </c>
       <c r="D80" s="5">
-        <v>9.7291710644245022</v>
+        <v>9.6803216864065575</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>66.270516364000002</v>
+        <v>66.273956268999996</v>
       </c>
       <c r="C81" s="5">
-        <v>-0.564230565999992</v>
+        <v>-0.56127665400001092</v>
       </c>
       <c r="D81" s="5">
-        <v>-9.6732136679908205</v>
+        <v>-9.6248208112967522</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>66.609041809999994</v>
+        <v>66.611878951999998</v>
       </c>
       <c r="C82" s="5">
-        <v>0.33852544599999135</v>
+        <v>0.33792268300000217</v>
       </c>
       <c r="D82" s="5">
-        <v>6.3050707243189397</v>
+        <v>6.2931916272207067</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>66.338093040000004</v>
+        <v>66.340270821999994</v>
       </c>
       <c r="C83" s="5">
-        <v>-0.27094876999998974</v>
+        <v>-0.27160813000000417</v>
       </c>
       <c r="D83" s="5">
-        <v>-4.7735570503566365</v>
+        <v>-4.7847150882750711</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>68.234611607999994</v>
+        <v>68.235284554000003</v>
       </c>
       <c r="C84" s="5">
-        <v>1.8965185679999905</v>
+        <v>1.8950137320000096</v>
       </c>
       <c r="D84" s="5">
-        <v>40.249360420571549</v>
+        <v>40.210714480351605</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>69.447958482000004</v>
+        <v>69.447981452999997</v>
       </c>
       <c r="C85" s="5">
-        <v>1.2133468740000097</v>
+        <v>1.2126968989999938</v>
       </c>
       <c r="D85" s="5">
-        <v>23.554087140011639</v>
+        <v>23.539956191367416</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>69.472498870999999</v>
+        <v>69.471625949</v>
       </c>
       <c r="C86" s="5">
-        <v>2.4540388999994889E-2</v>
+        <v>2.3644496000002846E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>0.42486155131298275</v>
+        <v>0.40932199198204788</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>69.827422741999996</v>
+        <v>69.826129030000004</v>
       </c>
       <c r="C87" s="5">
-        <v>0.35492387099999689</v>
+        <v>0.35450308100000427</v>
       </c>
       <c r="D87" s="5">
-        <v>6.3058369608692155</v>
+        <v>6.2982312175678068</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>70.334199011999999</v>
+        <v>70.332586527000004</v>
       </c>
       <c r="C88" s="5">
-        <v>0.50677627000000314</v>
+        <v>0.50645749699999953</v>
       </c>
       <c r="D88" s="5">
-        <v>9.0652490897409788</v>
+        <v>9.05949208978274</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>69.673575696</v>
+        <v>69.670178289000006</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.66062331599999879</v>
+        <v>-0.6624082379999976</v>
       </c>
       <c r="D89" s="5">
-        <v>-10.70674768343175</v>
+        <v>-10.734427857614248</v>
       </c>
       <c r="E89" s="5">
-        <v>6.5497966367299432</v>
+        <v>6.5527601799427737</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>70.772719895999998</v>
+        <v>70.769220578000002</v>
       </c>
       <c r="C90" s="5">
-        <v>1.0991441999999978</v>
+        <v>1.0990422889999962</v>
       </c>
       <c r="D90" s="5">
-        <v>20.662812776384378</v>
+        <v>20.661824249762905</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>71.346581602000001</v>
+        <v>71.349081584999993</v>
       </c>
       <c r="C91" s="5">
-        <v>0.57386170600000241</v>
+        <v>0.57986100699999099</v>
       </c>
       <c r="D91" s="5">
-        <v>10.176101132817216</v>
+        <v>10.287856558925457</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>72.704264432000002</v>
+        <v>72.704921830999993</v>
       </c>
       <c r="C92" s="5">
-        <v>1.3576828300000017</v>
+        <v>1.3558402459999996</v>
       </c>
       <c r="D92" s="5">
-        <v>25.383555725813899</v>
+        <v>25.344446199979089</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>76.995501859000001</v>
+        <v>76.998078144000004</v>
       </c>
       <c r="C93" s="5">
-        <v>4.2912374269999987</v>
+        <v>4.2931563130000114</v>
       </c>
       <c r="D93" s="5">
-        <v>99.005752172907506</v>
+        <v>99.064071596630114</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>77.309447281000004</v>
+        <v>77.311373282000005</v>
       </c>
       <c r="C94" s="5">
-        <v>0.3139454220000033</v>
+        <v>0.31329513800000086</v>
       </c>
       <c r="D94" s="5">
-        <v>5.0041759440182298</v>
+        <v>4.9934067576101082</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>77.504096750000002</v>
+        <v>77.505879703000005</v>
       </c>
       <c r="C95" s="5">
-        <v>0.19464946899999802</v>
+        <v>0.19450642099999982</v>
       </c>
       <c r="D95" s="5">
-        <v>3.063548526479698</v>
+        <v>3.06118855646762</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>78.518601849000007</v>
+        <v>78.518919767</v>
       </c>
       <c r="C96" s="5">
-        <v>1.0145050990000044</v>
+        <v>1.0130400639999948</v>
       </c>
       <c r="D96" s="5">
-        <v>16.88930622313891</v>
+        <v>16.86272101426367</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>79.286964580000003</v>
+        <v>79.286851033999994</v>
       </c>
       <c r="C97" s="5">
-        <v>0.7683627309999963</v>
+        <v>0.76793126699999448</v>
       </c>
       <c r="D97" s="5">
-        <v>12.395987584097256</v>
+        <v>12.388595273368775</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>79.820186436</v>
+        <v>79.819123203000004</v>
       </c>
       <c r="C98" s="5">
-        <v>0.53322185599999727</v>
+        <v>0.5322721690000094</v>
       </c>
       <c r="D98" s="5">
-        <v>8.3755598921220411</v>
+        <v>8.3601001147892706</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>79.547538017999997</v>
+        <v>79.546482979999993</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.27264841800000283</v>
+        <v>-0.27264022300001045</v>
       </c>
       <c r="D99" s="5">
-        <v>-4.022803439850442</v>
+        <v>-4.0227373704202707</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>80.313760537999997</v>
+        <v>80.312645431000007</v>
       </c>
       <c r="C100" s="5">
-        <v>0.76622251999999946</v>
+        <v>0.76616245100001379</v>
       </c>
       <c r="D100" s="5">
-        <v>12.191155865286829</v>
+        <v>12.19031927624985</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>80.459553612999997</v>
+        <v>80.457597524999997</v>
       </c>
       <c r="C101" s="5">
-        <v>0.14579307500000027</v>
+        <v>0.14495209399998998</v>
       </c>
       <c r="D101" s="5">
-        <v>2.2002336782493748</v>
+        <v>2.1874464559930695</v>
       </c>
       <c r="E101" s="5">
-        <v>15.480729687337158</v>
+        <v>15.483553366624836</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>81.117141145000005</v>
+        <v>81.115088856</v>
       </c>
       <c r="C102" s="5">
-        <v>0.65758753200000797</v>
+        <v>0.65749133100000279</v>
       </c>
       <c r="D102" s="5">
-        <v>10.260563773136289</v>
+        <v>10.259255351510109</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>80.873152285000003</v>
+        <v>80.874989221000007</v>
       </c>
       <c r="C103" s="5">
-        <v>-0.24398886000000175</v>
+        <v>-0.24009963499999287</v>
       </c>
       <c r="D103" s="5">
-        <v>-3.5503129219101592</v>
+        <v>-3.4947254931172456</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>80.425029266999999</v>
+        <v>80.425988562000001</v>
       </c>
       <c r="C104" s="5">
-        <v>-0.44812301800000398</v>
+        <v>-0.44900065900000641</v>
       </c>
       <c r="D104" s="5">
-        <v>-6.4503269063190372</v>
+        <v>-6.4624342072835077</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>80.715924130000005</v>
+        <v>80.716915134999994</v>
       </c>
       <c r="C105" s="5">
-        <v>0.29089486300000544</v>
+        <v>0.29092657299999303</v>
       </c>
       <c r="D105" s="5">
-        <v>4.4277569967172692</v>
+        <v>4.4281954287830771</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>81.241698709999994</v>
+        <v>81.242535016000005</v>
       </c>
       <c r="C106" s="5">
-        <v>0.52577457999998956</v>
+        <v>0.52561988100001145</v>
       </c>
       <c r="D106" s="5">
-        <v>8.1028805204529384</v>
+        <v>8.1003073335297096</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>81.510913931000005</v>
+        <v>81.512037280000001</v>
       </c>
       <c r="C107" s="5">
-        <v>0.26921522100001027</v>
+        <v>0.26950226399999622</v>
       </c>
       <c r="D107" s="5">
-        <v>4.0497890371605338</v>
+        <v>4.0541435958826311</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>81.926163449000001</v>
+        <v>81.926164147999998</v>
       </c>
       <c r="C108" s="5">
-        <v>0.41524951799999599</v>
+        <v>0.41412686799999676</v>
       </c>
       <c r="D108" s="5">
-        <v>6.28751650032493</v>
+        <v>6.2699512391709789</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>81.729074522000005</v>
+        <v>81.728884766999997</v>
       </c>
       <c r="C109" s="5">
-        <v>-0.19708892699999581</v>
+        <v>-0.19727938100000131</v>
       </c>
       <c r="D109" s="5">
-        <v>-2.8489358130883824</v>
+        <v>-2.8516524582808289</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>81.743075571999995</v>
+        <v>81.742219917</v>
       </c>
       <c r="C110" s="5">
-        <v>1.40010499999903E-2</v>
+        <v>1.3335150000003182E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>0.20576642303140602</v>
+        <v>0.19597169569396389</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>83.109347061999998</v>
+        <v>83.108794959999997</v>
       </c>
       <c r="C111" s="5">
-        <v>1.3662714900000026</v>
+        <v>1.3665750429999974</v>
       </c>
       <c r="D111" s="5">
-        <v>22.007564167637341</v>
+        <v>22.013163810371417</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>82.963536488000003</v>
+        <v>82.963090280000003</v>
       </c>
       <c r="C112" s="5">
-        <v>-0.14581057399999509</v>
+        <v>-0.14570467999999437</v>
       </c>
       <c r="D112" s="5">
-        <v>-2.0851341344790275</v>
+        <v>-2.0836480994966822</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>83.837586798999993</v>
+        <v>83.836801520999998</v>
       </c>
       <c r="C113" s="5">
-        <v>0.87405031099999064</v>
+        <v>0.8737112409999952</v>
       </c>
       <c r="D113" s="5">
-        <v>13.401330591173233</v>
+        <v>13.39590334532128</v>
       </c>
       <c r="E113" s="5">
-        <v>4.1984239711891691</v>
+        <v>4.1999812322882413</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>83.752747404000004</v>
+        <v>83.752549579000004</v>
       </c>
       <c r="C114" s="5">
-        <v>-8.4839394999988826E-2</v>
+        <v>-8.4251941999994528E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>-1.2076033424914701</v>
+        <v>-1.1992988757071332</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>84.683715190000001</v>
+        <v>84.684233543000005</v>
       </c>
       <c r="C115" s="5">
-        <v>0.93096778599999652</v>
+        <v>0.9316839640000012</v>
       </c>
       <c r="D115" s="5">
-        <v>14.185270517811354</v>
+        <v>14.196894772328372</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>84.808245479999997</v>
+        <v>84.808654938999993</v>
       </c>
       <c r="C116" s="5">
-        <v>0.1245302899999956</v>
+        <v>0.12442139599998825</v>
       </c>
       <c r="D116" s="5">
-        <v>1.7789834043032027</v>
+        <v>1.7774042340954255</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>85.448126262000002</v>
+        <v>85.448487013000005</v>
       </c>
       <c r="C117" s="5">
-        <v>0.63988078200000587</v>
+        <v>0.63983207400001163</v>
       </c>
       <c r="D117" s="5">
-        <v>9.4393695461971951</v>
+        <v>9.4385734665189283</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>85.091627907000003</v>
+        <v>85.091896242000004</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.35649835499999938</v>
+        <v>-0.35659077100000047</v>
       </c>
       <c r="D118" s="5">
-        <v>-4.89322345972103</v>
+        <v>-4.8944427791516087</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>85.920430177</v>
+        <v>85.920950112</v>
       </c>
       <c r="C119" s="5">
-        <v>0.82880226999999707</v>
+        <v>0.82905386999999564</v>
       </c>
       <c r="D119" s="5">
-        <v>12.335060880981885</v>
+        <v>12.338967322099004</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>86.228925468</v>
+        <v>86.228866534000005</v>
       </c>
       <c r="C120" s="5">
-        <v>0.30849529099999984</v>
+        <v>0.30791642200000524</v>
       </c>
       <c r="D120" s="5">
-        <v>4.3946825043789994</v>
+        <v>4.3862459221279071</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>86.226970374000004</v>
+        <v>86.226917473</v>
       </c>
       <c r="C121" s="5">
-        <v>-1.9550939999959382E-3</v>
+        <v>-1.9490610000048036E-3</v>
       </c>
       <c r="D121" s="5">
-        <v>-2.7204563222349432E-2</v>
+        <v>-2.7120644755240786E-2</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>86.140020019999994</v>
+        <v>86.139368614000006</v>
       </c>
       <c r="C122" s="5">
-        <v>-8.6950354000009611E-2</v>
+        <v>-8.754885899999465E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>-1.2033784599005393</v>
+        <v>-1.2116162084247817</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>86.232674434000003</v>
+        <v>86.232477419000006</v>
       </c>
       <c r="C123" s="5">
-        <v>9.2654414000008956E-2</v>
+        <v>9.3108804999999961E-2</v>
       </c>
       <c r="D123" s="5">
-        <v>1.2984142157599132</v>
+        <v>1.3048296611531285</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>86.410637102999999</v>
+        <v>86.410631616000003</v>
       </c>
       <c r="C124" s="5">
-        <v>0.1779626689999958</v>
+        <v>0.17815419699999779</v>
       </c>
       <c r="D124" s="5">
-        <v>2.5048039127445687</v>
+        <v>2.5075361461975865</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>87.186895488999994</v>
+        <v>87.186689333000004</v>
       </c>
       <c r="C125" s="5">
-        <v>0.77625838599999497</v>
+        <v>0.77605771700000048</v>
       </c>
       <c r="D125" s="5">
-        <v>11.32894130485964</v>
+        <v>11.325867288055624</v>
       </c>
       <c r="E125" s="5">
-        <v>3.9949965378058172</v>
+        <v>3.9957247309356125</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>87.997322156999999</v>
+        <v>87.997289522000003</v>
       </c>
       <c r="C126" s="5">
-        <v>0.81042666800000518</v>
+        <v>0.81060018899999875</v>
       </c>
       <c r="D126" s="5">
-        <v>11.742635680974512</v>
+        <v>11.745309046662712</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>88.220811866999995</v>
+        <v>88.221052669000002</v>
       </c>
       <c r="C127" s="5">
-        <v>0.22348970999999551</v>
+        <v>0.22376314699999966</v>
       </c>
       <c r="D127" s="5">
-        <v>3.0906137763431207</v>
+        <v>3.0944493099459125</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>88.924030869000006</v>
+        <v>88.924389801999993</v>
       </c>
       <c r="C128" s="5">
-        <v>0.70321900200001153</v>
+        <v>0.7033371329999909</v>
       </c>
       <c r="D128" s="5">
-        <v>9.996049451119692</v>
+        <v>9.9977744561899229</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>88.642528863999999</v>
+        <v>88.642499235000002</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.28150200500000722</v>
+        <v>-0.28189056699999071</v>
       </c>
       <c r="D129" s="5">
-        <v>-3.7333275351384643</v>
+        <v>-3.7383763721771546</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>88.898279255000006</v>
+        <v>88.898253667000006</v>
       </c>
       <c r="C130" s="5">
-        <v>0.25575039100000652</v>
+        <v>0.25575443200000336</v>
       </c>
       <c r="D130" s="5">
-        <v>3.5176982942065393</v>
+        <v>3.5177559553235982</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>89.212387019999994</v>
+        <v>89.212567522000001</v>
       </c>
       <c r="C131" s="5">
-        <v>0.3141077649999886</v>
+        <v>0.31431385499999465</v>
       </c>
       <c r="D131" s="5">
-        <v>4.3233827292733285</v>
+        <v>4.3262760114632925</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>88.801199466</v>
+        <v>88.801156237000001</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.41118755399999429</v>
+        <v>-0.41141128499999979</v>
       </c>
       <c r="D132" s="5">
-        <v>-5.3928267558965288</v>
+        <v>-5.395676381637859</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>89.068735489999995</v>
+        <v>89.068711649999997</v>
       </c>
       <c r="C133" s="5">
-        <v>0.26753602399999465</v>
+        <v>0.26755541299999663</v>
       </c>
       <c r="D133" s="5">
-        <v>3.6758146140578374</v>
+        <v>3.6760872587304982</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>90.356237100000001</v>
+        <v>90.355846420999995</v>
       </c>
       <c r="C134" s="5">
-        <v>1.2875016100000067</v>
+        <v>1.2871347709999981</v>
       </c>
       <c r="D134" s="5">
-        <v>18.793915262388339</v>
+        <v>18.788133302638244</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>89.030071742999993</v>
+        <v>89.030041793999999</v>
       </c>
       <c r="C135" s="5">
-        <v>-1.3261653570000078</v>
+        <v>-1.3258046269999966</v>
       </c>
       <c r="D135" s="5">
-        <v>-16.258054973775828</v>
+        <v>-16.254047945591033</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>88.632370210999994</v>
+        <v>88.632459033999993</v>
       </c>
       <c r="C136" s="5">
-        <v>-0.39770153199999925</v>
+        <v>-0.39758276000000592</v>
       </c>
       <c r="D136" s="5">
-        <v>-5.2306983209555069</v>
+        <v>-5.229176076098585</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>88.391515337000001</v>
+        <v>88.391574062000004</v>
       </c>
       <c r="C137" s="5">
-        <v>-0.24085487399999295</v>
+        <v>-0.24088497199998926</v>
       </c>
       <c r="D137" s="5">
-        <v>-3.2126518927498071</v>
+        <v>-3.2130442021905181</v>
       </c>
       <c r="E137" s="5">
-        <v>1.3816524160468413</v>
+        <v>1.3819594920023492</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>88.017062003000007</v>
+        <v>88.017053466999997</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.3744533339999947</v>
+        <v>-0.37452059500000701</v>
       </c>
       <c r="D138" s="5">
-        <v>-4.966776193642108</v>
+        <v>-4.9676444375778566</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>87.915149096999997</v>
+        <v>87.915222067000002</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.10191290600000968</v>
+        <v>-0.10183139999999469</v>
       </c>
       <c r="D139" s="5">
-        <v>-1.380637634374382</v>
+        <v>-1.379540603402496</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>86.814942180000003</v>
+        <v>86.815022116999998</v>
       </c>
       <c r="C140" s="5">
-        <v>-1.1002069169999942</v>
+        <v>-1.1001999500000039</v>
       </c>
       <c r="D140" s="5">
-        <v>-14.025598655087601</v>
+        <v>-14.025505008542716</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>87.357946440000006</v>
+        <v>87.357952092999994</v>
       </c>
       <c r="C141" s="5">
-        <v>0.54300426000000357</v>
+        <v>0.54292997599999637</v>
       </c>
       <c r="D141" s="5">
-        <v>7.7693421978651589</v>
+        <v>7.7682351147727813</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>87.611992298999994</v>
+        <v>87.611980087999996</v>
       </c>
       <c r="C142" s="5">
-        <v>0.25404585899998722</v>
+        <v>0.25402799500000128</v>
       </c>
       <c r="D142" s="5">
-        <v>3.5460841730599713</v>
+        <v>3.5458305848587557</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>87.653325602999999</v>
+        <v>87.653319986</v>
       </c>
       <c r="C143" s="5">
-        <v>4.1333304000005455E-2</v>
+        <v>4.1339898000003927E-2</v>
       </c>
       <c r="D143" s="5">
-        <v>0.56760343782562561</v>
+        <v>0.56769430340251059</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>87.443775962000004</v>
+        <v>87.443778054999996</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.20954964099999529</v>
+        <v>-0.20954193100000396</v>
       </c>
       <c r="D144" s="5">
-        <v>-2.8313748511116676</v>
+        <v>-2.831272220727421</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>88.199578607999996</v>
+        <v>88.199588523000003</v>
       </c>
       <c r="C145" s="5">
-        <v>0.75580264599999225</v>
+        <v>0.75581046800000706</v>
       </c>
       <c r="D145" s="5">
-        <v>10.879507420174029</v>
+        <v>10.87962514781864</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>87.115077533000004</v>
+        <v>87.114878391999994</v>
       </c>
       <c r="C146" s="5">
-        <v>-1.0845010749999915</v>
+        <v>-1.0847101310000085</v>
       </c>
       <c r="D146" s="5">
-        <v>-13.797113705824804</v>
+        <v>-13.799594628590883</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>85.545440460999998</v>
+        <v>85.545442913000002</v>
       </c>
       <c r="C147" s="5">
-        <v>-1.5696370720000061</v>
+        <v>-1.569435478999992</v>
       </c>
       <c r="D147" s="5">
-        <v>-19.602513510033315</v>
+        <v>-19.600280404371784</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>84.958602553000006</v>
+        <v>84.958673848000004</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.58683790799999258</v>
+        <v>-0.58676906499999859</v>
       </c>
       <c r="D148" s="5">
-        <v>-7.9283508513229073</v>
+        <v>-7.9274553471407883</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>85.010437869</v>
+        <v>85.010459479999994</v>
       </c>
       <c r="C149" s="5">
-        <v>5.1835315999994691E-2</v>
+        <v>5.1785631999990756E-2</v>
       </c>
       <c r="D149" s="5">
-        <v>0.73461113948032342</v>
+        <v>0.73390403667328297</v>
       </c>
       <c r="E149" s="5">
-        <v>-3.8251154028860812</v>
+        <v>-3.8251548497466703</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>85.405736902000001</v>
+        <v>85.405752480999993</v>
       </c>
       <c r="C150" s="5">
-        <v>0.39529903300000058</v>
+        <v>0.39529300099999887</v>
       </c>
       <c r="D150" s="5">
-        <v>5.7249511792987429</v>
+        <v>5.7248600814014283</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>85.185988772000002</v>
+        <v>85.186007767999996</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.21974812999999926</v>
+        <v>-0.2197447129999972</v>
       </c>
       <c r="D151" s="5">
-        <v>-3.0442670678741512</v>
+        <v>-3.0442198510689744</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>85.114121530999995</v>
+        <v>85.114170036999994</v>
       </c>
       <c r="C152" s="5">
-        <v>-7.1867241000006743E-2</v>
+        <v>-7.1837731000002236E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>-1.0076968045148904</v>
+        <v>-1.0072847195366941</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>84.743256654000007</v>
+        <v>84.743251947000005</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.37086487699998827</v>
+        <v>-0.37091808999998932</v>
       </c>
       <c r="D153" s="5">
-        <v>-5.1052155143999638</v>
+        <v>-5.1059277211073724</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>84.907786091999995</v>
+        <v>84.907776447000003</v>
       </c>
       <c r="C154" s="5">
-        <v>0.1645294379999882</v>
+        <v>0.16452449999999885</v>
       </c>
       <c r="D154" s="5">
-        <v>2.3548457573234094</v>
+        <v>2.3547744574722529</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>84.514958961000005</v>
+        <v>84.514946472999995</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.39282713099999</v>
+        <v>-0.39282997400000852</v>
       </c>
       <c r="D155" s="5">
-        <v>-5.4127032917984375</v>
+        <v>-5.4127420729675135</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>83.243852316000002</v>
+        <v>83.243838639000003</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.2711066450000033</v>
+        <v>-1.2711078339999915</v>
       </c>
       <c r="D156" s="5">
-        <v>-16.627462121253998</v>
+        <v>-16.627478668632868</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>84.120741576</v>
+        <v>84.120718461999999</v>
       </c>
       <c r="C157" s="5">
-        <v>0.87688925999999867</v>
+        <v>0.87687982299999589</v>
       </c>
       <c r="D157" s="5">
-        <v>13.39948194321896</v>
+        <v>13.39933161464295</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>83.257804722000003</v>
+        <v>83.257753061000003</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.86293685399999731</v>
+        <v>-0.86296540099999675</v>
       </c>
       <c r="D158" s="5">
-        <v>-11.638647361148424</v>
+        <v>-11.639013942826359</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>83.533319161999998</v>
+        <v>83.533332419999994</v>
       </c>
       <c r="C159" s="5">
-        <v>0.27551443999999492</v>
+        <v>0.27557935899999109</v>
       </c>
       <c r="D159" s="5">
-        <v>4.0440843347080868</v>
+        <v>4.0450572051379918</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>83.829058504000002</v>
+        <v>83.829106444999994</v>
       </c>
       <c r="C160" s="5">
-        <v>0.29573934200000451</v>
+        <v>0.29577402500000005</v>
       </c>
       <c r="D160" s="5">
-        <v>4.3321611793956549</v>
+        <v>4.3326784696345877</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>84.014177434999993</v>
+        <v>84.014185685000001</v>
       </c>
       <c r="C161" s="5">
-        <v>0.18511893099999099</v>
+        <v>0.18507924000000742</v>
       </c>
       <c r="D161" s="5">
-        <v>2.6823721617723395</v>
+        <v>2.6817884854573926</v>
       </c>
       <c r="E161" s="5">
-        <v>-1.1719271879710003</v>
+        <v>-1.1719426069381256</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>83.974506966999996</v>
+        <v>83.974508491999998</v>
       </c>
       <c r="C162" s="5">
-        <v>-3.9670467999997072E-2</v>
+        <v>-3.9677193000002831E-2</v>
       </c>
       <c r="D162" s="5">
-        <v>-0.56515610608756095</v>
+        <v>-0.56525160815880104</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>83.755427123000004</v>
+        <v>83.755425560000006</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.21907984399999236</v>
+        <v>-0.21908293199999207</v>
       </c>
       <c r="D163" s="5">
-        <v>-3.0861290839587108</v>
+        <v>-3.0861719064099402</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>84.337509495999996</v>
+        <v>84.337531984999998</v>
       </c>
       <c r="C164" s="5">
-        <v>0.58208237299999155</v>
+        <v>0.5821064249999921</v>
       </c>
       <c r="D164" s="5">
-        <v>8.6660228167240625</v>
+        <v>8.6663948675093074</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>84.658567083999998</v>
+        <v>84.658557044999995</v>
       </c>
       <c r="C165" s="5">
-        <v>0.32105758800000217</v>
+        <v>0.32102505999999664</v>
       </c>
       <c r="D165" s="5">
-        <v>4.6650526257397296</v>
+        <v>4.6645687766962096</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>85.066845091999994</v>
+        <v>85.066835037999994</v>
       </c>
       <c r="C166" s="5">
-        <v>0.40827800799999636</v>
+        <v>0.40827799299999867</v>
       </c>
       <c r="D166" s="5">
-        <v>5.9431676796662725</v>
+        <v>5.9431681790438562</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>85.156266008000003</v>
+        <v>85.156256201000005</v>
       </c>
       <c r="C167" s="5">
-        <v>8.9420916000008788E-2</v>
+        <v>8.9421163000011461E-2</v>
       </c>
       <c r="D167" s="5">
-        <v>1.2687394697303178</v>
+        <v>1.2687431453706433</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>86.700935727000001</v>
+        <v>86.700929819999999</v>
       </c>
       <c r="C168" s="5">
-        <v>1.5446697189999981</v>
+        <v>1.5446736189999939</v>
       </c>
       <c r="D168" s="5">
-        <v>24.075517922856314</v>
+        <v>24.075587952091972</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>86.596082631000002</v>
+        <v>86.596073962000006</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.10485309599999937</v>
+        <v>-0.10485585799999342</v>
       </c>
       <c r="D169" s="5">
-        <v>-1.4416241445372346</v>
+        <v>-1.4416619645775897</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>87.126393442999998</v>
+        <v>87.126369273999998</v>
       </c>
       <c r="C170" s="5">
-        <v>0.53031081199999619</v>
+        <v>0.53029531199999269</v>
       </c>
       <c r="D170" s="5">
-        <v>7.6013920224369258</v>
+        <v>7.6011630987801837</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>87.409965142999994</v>
+        <v>87.409982503999998</v>
       </c>
       <c r="C171" s="5">
-        <v>0.28357169999999599</v>
+        <v>0.28361323000000027</v>
       </c>
       <c r="D171" s="5">
-        <v>3.9763387325107757</v>
+        <v>3.9769326687718376</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>87.997774489999998</v>
+        <v>87.997810814999994</v>
       </c>
       <c r="C172" s="5">
-        <v>0.58780934700000387</v>
+        <v>0.58782831099999555</v>
       </c>
       <c r="D172" s="5">
-        <v>8.3749475849603137</v>
+        <v>8.37522612453958</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>89.039412595000002</v>
+        <v>89.039415847000001</v>
       </c>
       <c r="C173" s="5">
-        <v>1.0416381050000041</v>
+        <v>1.0416050320000068</v>
       </c>
       <c r="D173" s="5">
-        <v>15.166765529910187</v>
+        <v>15.166245523709732</v>
       </c>
       <c r="E173" s="5">
-        <v>5.9814132726442759</v>
+        <v>5.9814067362878864</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>87.237725122000001</v>
+        <v>87.237721465000007</v>
       </c>
       <c r="C174" s="5">
-        <v>-1.8016874730000012</v>
+        <v>-1.8016943819999938</v>
       </c>
       <c r="D174" s="5">
-        <v>-21.753566775176914</v>
+        <v>-21.753640429846122</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>86.772277376999995</v>
+        <v>86.772271966999995</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.46544774500000585</v>
+        <v>-0.46544949800001234</v>
       </c>
       <c r="D175" s="5">
-        <v>-6.2178973720052326</v>
+        <v>-6.2179203604323714</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>87.390732677000003</v>
+        <v>87.390744398999999</v>
       </c>
       <c r="C176" s="5">
-        <v>0.61845530000000792</v>
+        <v>0.61847243200000435</v>
       </c>
       <c r="D176" s="5">
-        <v>8.8961724569630576</v>
+        <v>8.8964292087106998</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>88.483916789000006</v>
+        <v>88.483908108999998</v>
       </c>
       <c r="C177" s="5">
-        <v>1.093184112000003</v>
+        <v>1.0931637099999989</v>
       </c>
       <c r="D177" s="5">
-        <v>16.088045305012667</v>
+        <v>16.087721795754394</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>88.838759280000005</v>
+        <v>88.838746794000002</v>
       </c>
       <c r="C178" s="5">
-        <v>0.35484249099999943</v>
+        <v>0.35483868500000426</v>
       </c>
       <c r="D178" s="5">
-        <v>4.9198716983803514</v>
+        <v>4.919818252407504</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>89.001436713999993</v>
+        <v>89.001428266000005</v>
       </c>
       <c r="C179" s="5">
-        <v>0.16267743399998835</v>
+        <v>0.16268147200000271</v>
       </c>
       <c r="D179" s="5">
-        <v>2.2196508525463399</v>
+        <v>2.2197068202148174</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>89.171529518</v>
+        <v>89.171530017999999</v>
       </c>
       <c r="C180" s="5">
-        <v>0.17009280400000648</v>
+        <v>0.17010175199999367</v>
       </c>
       <c r="D180" s="5">
-        <v>2.3176091394505605</v>
+        <v>2.317732567701869</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>89.760155463000004</v>
+        <v>89.760149073999997</v>
       </c>
       <c r="C181" s="5">
-        <v>0.58862594500000398</v>
+        <v>0.58861905599999886</v>
       </c>
       <c r="D181" s="5">
-        <v>8.2152735834020376</v>
+        <v>8.215173870758008</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>90.151355351999996</v>
+        <v>90.151346697999998</v>
       </c>
       <c r="C182" s="5">
-        <v>0.39119988899999214</v>
+        <v>0.39119762400000013</v>
       </c>
       <c r="D182" s="5">
-        <v>5.3571395993742055</v>
+        <v>5.3571082254391555</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>91.153745958000002</v>
+        <v>91.153758320999998</v>
       </c>
       <c r="C183" s="5">
-        <v>1.0023906060000058</v>
+        <v>1.0024116230000004</v>
       </c>
       <c r="D183" s="5">
-        <v>14.189750366412524</v>
+        <v>14.19006775330789</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>91.543678354999997</v>
+        <v>91.543701165000002</v>
       </c>
       <c r="C184" s="5">
-        <v>0.38993239699999549</v>
+        <v>0.38994284400000367</v>
       </c>
       <c r="D184" s="5">
-        <v>5.25580574115041</v>
+        <v>5.2559491535314473</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>92.655521179000004</v>
+        <v>92.655529044999994</v>
       </c>
       <c r="C185" s="5">
-        <v>1.1118428240000071</v>
+        <v>1.1118278799999928</v>
       </c>
       <c r="D185" s="5">
-        <v>15.588687153873559</v>
+        <v>15.588459293365386</v>
       </c>
       <c r="E185" s="5">
-        <v>4.0612448786562005</v>
+        <v>4.0612499123014345</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>92.632701565999994</v>
+        <v>92.632698317000006</v>
       </c>
       <c r="C186" s="5">
-        <v>-2.2819613000010008E-2</v>
+        <v>-2.2830727999988198E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>-0.2951413248085899</v>
+        <v>-0.29528486273878718</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>93.336865615999997</v>
+        <v>93.336856757000007</v>
       </c>
       <c r="C187" s="5">
-        <v>0.70416405000000282</v>
+        <v>0.7041584400000005</v>
       </c>
       <c r="D187" s="5">
-        <v>9.5132302750924111</v>
+        <v>9.5131516355156478</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>93.983313589000005</v>
+        <v>93.983309224999999</v>
       </c>
       <c r="C188" s="5">
-        <v>0.64644797300000789</v>
+        <v>0.64645246799999256</v>
       </c>
       <c r="D188" s="5">
-        <v>8.6351791145832912</v>
+        <v>8.6352423148469128</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>94.452764729999998</v>
+        <v>94.452751371000005</v>
       </c>
       <c r="C189" s="5">
-        <v>0.4694511409999933</v>
+        <v>0.46944214600000578</v>
       </c>
       <c r="D189" s="5">
-        <v>6.1615035389657402</v>
+        <v>6.1613825123608468</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>94.523851433000004</v>
+        <v>94.523836490999997</v>
       </c>
       <c r="C190" s="5">
-        <v>7.1086703000005969E-2</v>
+        <v>7.108511999999223E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>0.90688756365557843</v>
+        <v>0.90686741368453117</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>95.083809410000001</v>
+        <v>95.083812769999994</v>
       </c>
       <c r="C191" s="5">
-        <v>0.55995797699999628</v>
+        <v>0.55997627899999713</v>
       </c>
       <c r="D191" s="5">
-        <v>7.3450363004042618</v>
+        <v>7.345285444781724</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>95.486675030000001</v>
+        <v>95.486695941999997</v>
       </c>
       <c r="C192" s="5">
-        <v>0.40286562000000004</v>
+        <v>0.40288317200000279</v>
       </c>
       <c r="D192" s="5">
-        <v>5.204514532966753</v>
+        <v>5.2047464045315461</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>95.728886470999996</v>
+        <v>95.728916425999998</v>
       </c>
       <c r="C193" s="5">
-        <v>0.24221144099999492</v>
+        <v>0.24222048400000062</v>
       </c>
       <c r="D193" s="5">
-        <v>3.0867470074984915</v>
+        <v>3.0868631787596579</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>96.411131202000007</v>
+        <v>96.411159307000005</v>
       </c>
       <c r="C194" s="5">
-        <v>0.68224473100001148</v>
+        <v>0.68224288100000763</v>
       </c>
       <c r="D194" s="5">
-        <v>8.8955307569505528</v>
+        <v>8.8955027887085869</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>96.754352326000003</v>
+        <v>96.754355931999996</v>
       </c>
       <c r="C195" s="5">
-        <v>0.34322112399999583</v>
+        <v>0.34319662499999026</v>
       </c>
       <c r="D195" s="5">
-        <v>4.356613955482902</v>
+        <v>4.3562955735823472</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>97.414897648999997</v>
+        <v>97.414867106000003</v>
       </c>
       <c r="C196" s="5">
-        <v>0.6605453229999938</v>
+        <v>0.66051117400000692</v>
       </c>
       <c r="D196" s="5">
-        <v>8.5071661821326074</v>
+        <v>8.5067094049526393</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>98.681456780999994</v>
+        <v>98.681442548999996</v>
       </c>
       <c r="C197" s="5">
-        <v>1.2665591319999976</v>
+        <v>1.2665754429999936</v>
       </c>
       <c r="D197" s="5">
-        <v>16.767527062370412</v>
+        <v>16.767764306604093</v>
       </c>
       <c r="E197" s="5">
-        <v>6.5035904232393804</v>
+        <v>6.5035660214873836</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>97.795433665000004</v>
+        <v>97.795369520999998</v>
       </c>
       <c r="C198" s="5">
-        <v>-0.88602311599998984</v>
+        <v>-0.88607302799999843</v>
       </c>
       <c r="D198" s="5">
-        <v>-10.257885737340267</v>
+        <v>-10.258436764785428</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>98.152530720000001</v>
+        <v>98.152470358000002</v>
       </c>
       <c r="C199" s="5">
-        <v>0.357097054999997</v>
+        <v>0.35710083700000439</v>
       </c>
       <c r="D199" s="5">
-        <v>4.4708428054955229</v>
+        <v>4.4708941025828786</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>98.747775005999998</v>
+        <v>98.747738149</v>
       </c>
       <c r="C200" s="5">
-        <v>0.59524428599999624</v>
+        <v>0.59526779099999771</v>
       </c>
       <c r="D200" s="5">
-        <v>7.5250876817664514</v>
+        <v>7.5253995968373566</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>99.346757718000006</v>
+        <v>99.346741635000001</v>
       </c>
       <c r="C201" s="5">
-        <v>0.59898271200000863</v>
+        <v>0.59900348600000086</v>
       </c>
       <c r="D201" s="5">
-        <v>7.526757642205717</v>
+        <v>7.5270303601612687</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>100.19585929</v>
+        <v>100.19587851</v>
       </c>
       <c r="C202" s="5">
-        <v>0.84910157199999503</v>
+        <v>0.84913687499999924</v>
       </c>
       <c r="D202" s="5">
-        <v>10.752340725392617</v>
+        <v>10.75281081931676</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>101.07152578</v>
+        <v>101.07163577999999</v>
       </c>
       <c r="C203" s="5">
-        <v>0.87566649000000041</v>
+        <v>0.87575726999999404</v>
       </c>
       <c r="D203" s="5">
-        <v>11.006541582227314</v>
+        <v>11.007735814752628</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>101.68226615</v>
+        <v>101.68244625</v>
       </c>
       <c r="C204" s="5">
-        <v>0.61074037000000203</v>
+        <v>0.6108104700000041</v>
       </c>
       <c r="D204" s="5">
-        <v>7.4970971123498709</v>
+        <v>7.4979779873617591</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>102.03250835999999</v>
+        <v>102.03274211</v>
       </c>
       <c r="C205" s="5">
-        <v>0.35024220999999045</v>
+        <v>0.35029586000000279</v>
       </c>
       <c r="D205" s="5">
-        <v>4.2125834492050762</v>
+        <v>4.2132334023891715</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>103.11984322000001</v>
+        <v>103.11993836000001</v>
       </c>
       <c r="C206" s="5">
-        <v>1.0873348600000128</v>
+        <v>1.0871962500000052</v>
       </c>
       <c r="D206" s="5">
-        <v>13.564911637241362</v>
+        <v>13.563046936925849</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>103.90500181</v>
+        <v>103.90489903</v>
       </c>
       <c r="C207" s="5">
-        <v>0.78515858999999466</v>
+        <v>0.78496066999998959</v>
       </c>
       <c r="D207" s="5">
-        <v>9.5293530322801079</v>
+        <v>9.5268402973748287</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>105.06731453</v>
+        <v>105.0670203</v>
       </c>
       <c r="C208" s="5">
-        <v>1.1623127200000027</v>
+        <v>1.1621212700000001</v>
       </c>
       <c r="D208" s="5">
-        <v>14.281026693694443</v>
+        <v>14.278542855737575</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>106.32102079000001</v>
+        <v>106.32076445</v>
       </c>
       <c r="C209" s="5">
-        <v>1.2537062600000013</v>
+        <v>1.2537441500000028</v>
       </c>
       <c r="D209" s="5">
-        <v>15.297015871201625</v>
+        <v>15.297554626829935</v>
       </c>
       <c r="E209" s="5">
-        <v>7.7416408899943612</v>
+        <v>7.7413966635182963</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>107.05308746999999</v>
+        <v>107.05283006000001</v>
       </c>
       <c r="C210" s="5">
-        <v>0.73206667999998842</v>
+        <v>0.73206561000000647</v>
       </c>
       <c r="D210" s="5">
-        <v>8.582719302181907</v>
+        <v>8.5827277615261988</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>107.57329333</v>
+        <v>107.57316947</v>
       </c>
       <c r="C211" s="5">
-        <v>0.52020586000000435</v>
+        <v>0.52033940999999118</v>
       </c>
       <c r="D211" s="5">
-        <v>5.9895896000479842</v>
+        <v>5.9911834103329342</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>108.43623353</v>
+        <v>108.43620555</v>
       </c>
       <c r="C212" s="5">
-        <v>0.86294019999999705</v>
+        <v>0.86303608000000054</v>
       </c>
       <c r="D212" s="5">
-        <v>10.06253582006047</v>
+        <v>10.063715744959723</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>105.71918875999999</v>
+        <v>105.71917908</v>
       </c>
       <c r="C213" s="5">
-        <v>-2.7170447700000011</v>
+        <v>-2.7170264699999933</v>
       </c>
       <c r="D213" s="5">
-        <v>-26.251571168464494</v>
+        <v>-26.251423846797696</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>105.65516713</v>
+        <v>105.65523856</v>
       </c>
       <c r="C214" s="5">
-        <v>-6.4021629999999163E-2</v>
+        <v>-6.3940520000002721E-2</v>
       </c>
       <c r="D214" s="5">
-        <v>-0.72428277654389417</v>
+        <v>-0.72336828767408656</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>105.80479123000001</v>
+        <v>105.80517143</v>
       </c>
       <c r="C215" s="5">
-        <v>0.14962410000001114</v>
+        <v>0.14993287000000066</v>
       </c>
       <c r="D215" s="5">
-        <v>1.7126850268180727</v>
+        <v>1.7162458507556266</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>105.82730981</v>
+        <v>105.82799214000001</v>
       </c>
       <c r="C216" s="5">
-        <v>2.2518579999996291E-2</v>
+        <v>2.2820710000004851E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>0.25569683278285904</v>
+        <v>0.25913063539055869</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>106.50766439</v>
+        <v>106.50837000999999</v>
       </c>
       <c r="C217" s="5">
-        <v>0.68035457999999949</v>
+        <v>0.68037786999998673</v>
       </c>
       <c r="D217" s="5">
-        <v>7.9934109544905541</v>
+        <v>7.9936409578956757</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>106.95745821</v>
+        <v>106.95773325</v>
       </c>
       <c r="C218" s="5">
-        <v>0.44979381999999646</v>
+        <v>0.44936324000001093</v>
       </c>
       <c r="D218" s="5">
-        <v>5.1871163868999703</v>
+        <v>5.1819999304455688</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>106.96659205</v>
+        <v>106.96643292</v>
       </c>
       <c r="C219" s="5">
-        <v>9.1338400000040565E-3</v>
+        <v>8.6996699999986049E-3</v>
       </c>
       <c r="D219" s="5">
-        <v>0.10252447713827717</v>
+        <v>9.7648624075197255E-2</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>106.52910759</v>
+        <v>106.52867291</v>
       </c>
       <c r="C220" s="5">
-        <v>-0.4374844600000074</v>
+        <v>-0.4377600100000052</v>
       </c>
       <c r="D220" s="5">
-        <v>-4.7989905141282208</v>
+        <v>-4.8019524383321022</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>107.53756129</v>
+        <v>107.53524082</v>
       </c>
       <c r="C221" s="5">
-        <v>1.008453700000004</v>
+        <v>1.0065679100000011</v>
       </c>
       <c r="D221" s="5">
-        <v>11.970272338086296</v>
+        <v>11.946763648795521</v>
       </c>
       <c r="E221" s="5">
-        <v>1.144214465738469</v>
+        <v>1.1422758068779126</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>105.86367762</v>
+        <v>105.86357538</v>
       </c>
       <c r="C222" s="5">
-        <v>-1.673883669999995</v>
+        <v>-1.6716654399999982</v>
       </c>
       <c r="D222" s="5">
-        <v>-17.159726821088363</v>
+        <v>-17.139233556360779</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>105.93011284000001</v>
+        <v>105.93019372000001</v>
       </c>
       <c r="C223" s="5">
-        <v>6.643522000000246E-2</v>
+        <v>6.6618340000005105E-2</v>
       </c>
       <c r="D223" s="5">
-        <v>0.75567000454146438</v>
+        <v>0.75776085887200306</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>106.08910815999999</v>
+        <v>106.08917506</v>
       </c>
       <c r="C224" s="5">
-        <v>0.15899531999998828</v>
+        <v>0.15898133999999686</v>
       </c>
       <c r="D224" s="5">
-        <v>1.8160778979332992</v>
+        <v>1.8159154970883939</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>106.41599736000001</v>
+        <v>106.41589261999999</v>
       </c>
       <c r="C225" s="5">
-        <v>0.32688920000001076</v>
+        <v>0.32671755999999164</v>
       </c>
       <c r="D225" s="5">
-        <v>3.760834122025436</v>
+        <v>3.7588234398707954</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>106.92924422999999</v>
+        <v>106.92949929</v>
       </c>
       <c r="C226" s="5">
-        <v>0.51324686999998903</v>
+        <v>0.51360667000000149</v>
       </c>
       <c r="D226" s="5">
-        <v>5.9436498283967465</v>
+        <v>5.9479337216599815</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>106.65889389</v>
+        <v>106.65984227</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.27035033999999314</v>
+        <v>-0.26965701999999681</v>
       </c>
       <c r="D227" s="5">
-        <v>-2.99213670884938</v>
+        <v>-2.9845623984033676</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>107.24016817</v>
+        <v>107.24148762</v>
       </c>
       <c r="C228" s="5">
-        <v>0.58127428000000236</v>
+        <v>0.58164535000000228</v>
       </c>
       <c r="D228" s="5">
-        <v>6.7394425184640339</v>
+        <v>6.7438128777455919</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>107.22554954</v>
+        <v>107.22705377</v>
       </c>
       <c r="C229" s="5">
-        <v>-1.4618630000001076E-2</v>
+        <v>-1.443385000000319E-2</v>
       </c>
       <c r="D229" s="5">
-        <v>-0.16345749947375143</v>
+        <v>-0.16139093590119558</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>106.20896935</v>
+        <v>106.21026768999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-1.0165801899999991</v>
+        <v>-1.0167860800000028</v>
       </c>
       <c r="D230" s="5">
-        <v>-10.80203113495285</v>
+        <v>-10.803962326181315</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>105.48214135000001</v>
+        <v>105.48301936</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.72682799999999759</v>
+        <v>-0.72724832999999478</v>
       </c>
       <c r="D231" s="5">
-        <v>-7.9099056180024547</v>
+        <v>-7.9142159662337725</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>103.96291551</v>
+        <v>103.95815096</v>
       </c>
       <c r="C232" s="5">
-        <v>-1.5192258400000043</v>
+        <v>-1.5248684000000026</v>
       </c>
       <c r="D232" s="5">
-        <v>-15.977780176028467</v>
+        <v>-16.032364227779095</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>102.24604748</v>
+        <v>102.24292196</v>
       </c>
       <c r="C233" s="5">
-        <v>-1.7168680300000005</v>
+        <v>-1.7152289999999937</v>
       </c>
       <c r="D233" s="5">
-        <v>-18.112626957089763</v>
+        <v>-18.097629099241217</v>
       </c>
       <c r="E233" s="5">
-        <v>-4.92061912742302</v>
+        <v>-4.9214739462560502</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>102.2163996</v>
+        <v>102.21701954</v>
       </c>
       <c r="C234" s="5">
-        <v>-2.964787999999885E-2</v>
+        <v>-2.5902420000008419E-2</v>
       </c>
       <c r="D234" s="5">
-        <v>-0.34740483653936671</v>
+        <v>-0.30358708105434618</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>100.97309635000001</v>
+        <v>100.9734177</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.2433032499999968</v>
+        <v>-1.2436018399999966</v>
       </c>
       <c r="D235" s="5">
-        <v>-13.658192790872292</v>
+        <v>-13.661179231529829</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>99.628501580999995</v>
+        <v>99.628617804000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-1.3445947690000111</v>
+        <v>-1.3447998959999978</v>
       </c>
       <c r="D236" s="5">
-        <v>-14.859716326853679</v>
+        <v>-14.86177597763354</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>97.846257104000003</v>
+        <v>97.846420569000003</v>
       </c>
       <c r="C237" s="5">
-        <v>-1.7822444769999919</v>
+        <v>-1.7821972349999982</v>
       </c>
       <c r="D237" s="5">
-        <v>-19.475613400923699</v>
+        <v>-19.475126323588476</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>98.176924260999996</v>
+        <v>98.177388706000002</v>
       </c>
       <c r="C238" s="5">
-        <v>0.33066715699999349</v>
+        <v>0.33096813699999927</v>
       </c>
       <c r="D238" s="5">
-        <v>4.1315800332816455</v>
+        <v>4.1354038816401761</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>97.778282171000001</v>
+        <v>97.77916037</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.39864208999999562</v>
+        <v>-0.39822833600000251</v>
       </c>
       <c r="D239" s="5">
-        <v>-4.7651788586079551</v>
+        <v>-4.7603208319235595</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>97.346509036</v>
+        <v>97.347445242000006</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.43177313500000025</v>
+        <v>-0.43171512799999334</v>
       </c>
       <c r="D240" s="5">
-        <v>-5.1721846891647605</v>
+        <v>-5.1714612874746546</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>96.093621834999993</v>
+        <v>96.098016060999996</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.2528872010000072</v>
+        <v>-1.2494291810000107</v>
       </c>
       <c r="D241" s="5">
-        <v>-14.396766642062953</v>
+        <v>-14.35966466221662</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>94.330848442999994</v>
+        <v>94.331896025999995</v>
       </c>
       <c r="C242" s="5">
-        <v>-1.7627733919999997</v>
+        <v>-1.7661200350000001</v>
       </c>
       <c r="D242" s="5">
-        <v>-19.922568035475408</v>
+        <v>-19.955830603016778</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>94.865603742000005</v>
+        <v>94.866527067999996</v>
       </c>
       <c r="C243" s="5">
-        <v>0.53475529900001106</v>
+        <v>0.53463104200000089</v>
       </c>
       <c r="D243" s="5">
-        <v>7.0188826008830807</v>
+        <v>7.017120132436383</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>95.315492239999998</v>
+        <v>95.308189181000003</v>
       </c>
       <c r="C244" s="5">
-        <v>0.44988849799999286</v>
+        <v>0.44166211300000668</v>
       </c>
       <c r="D244" s="5">
-        <v>5.8416595403754545</v>
+        <v>5.732035942960767</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>94.919935193000001</v>
+        <v>94.916122161000004</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.39555704699999694</v>
+        <v>-0.39206701999999893</v>
       </c>
       <c r="D245" s="5">
-        <v>-4.8678623190560817</v>
+        <v>-4.8262413389402292</v>
       </c>
       <c r="E245" s="5">
-        <v>-7.1651789654099236</v>
+        <v>-7.1660704316201196</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>95.754836288999996</v>
+        <v>95.755484698999993</v>
       </c>
       <c r="C246" s="5">
-        <v>0.83490109599999585</v>
+        <v>0.83936253799998894</v>
       </c>
       <c r="D246" s="5">
-        <v>11.08090794485015</v>
+        <v>11.143499735442507</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>95.968914045000005</v>
+        <v>95.969700563000004</v>
       </c>
       <c r="C247" s="5">
-        <v>0.21407775600000889</v>
+        <v>0.21421586400001047</v>
       </c>
       <c r="D247" s="5">
-        <v>2.7160591255884325</v>
+        <v>2.7178143218101081</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>96.270780254000002</v>
+        <v>96.271170536</v>
       </c>
       <c r="C248" s="5">
-        <v>0.30186620899999639</v>
+        <v>0.30146997299999612</v>
       </c>
       <c r="D248" s="5">
-        <v>3.8405391750409024</v>
+        <v>3.8353786092249376</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>96.628699644999998</v>
+        <v>96.629101945000002</v>
       </c>
       <c r="C249" s="5">
-        <v>0.35791939099999581</v>
+        <v>0.35793140900000253</v>
       </c>
       <c r="D249" s="5">
-        <v>4.5537759158705837</v>
+        <v>4.5539131192435578</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>96.376588894999998</v>
+        <v>96.377217156</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.25211074999999994</v>
+        <v>-0.25188478900000177</v>
       </c>
       <c r="D250" s="5">
-        <v>-3.0863411071629265</v>
+        <v>-3.0836017750236144</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>96.410720846999993</v>
+        <v>96.411466059999995</v>
       </c>
       <c r="C251" s="5">
-        <v>3.4131951999995636E-2</v>
+        <v>3.4248903999994695E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>0.42581105263908015</v>
+        <v>0.42727014220136361</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>96.079127760999995</v>
+        <v>96.079517988000006</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.33159308599999804</v>
+        <v>-0.33194807199998877</v>
       </c>
       <c r="D252" s="5">
-        <v>-4.0500703559075752</v>
+        <v>-4.0542936263548661</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>96.372479541999994</v>
+        <v>96.379670614999995</v>
       </c>
       <c r="C253" s="5">
-        <v>0.29335178099999837</v>
+        <v>0.30015262699998857</v>
       </c>
       <c r="D253" s="5">
-        <v>3.7260344802171552</v>
+        <v>3.8138901129357805</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>97.136124326000001</v>
+        <v>97.136744320000005</v>
       </c>
       <c r="C254" s="5">
-        <v>0.76364478400000735</v>
+        <v>0.75707370500001048</v>
       </c>
       <c r="D254" s="5">
-        <v>9.9342102780907826</v>
+        <v>9.8442347486390034</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>98.316482812000004</v>
+        <v>98.317537904999995</v>
       </c>
       <c r="C255" s="5">
-        <v>1.1803584860000029</v>
+        <v>1.1807935849999893</v>
       </c>
       <c r="D255" s="5">
-        <v>15.597048902201127</v>
+        <v>15.603081599160973</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>98.450796240000003</v>
+        <v>98.440223888999995</v>
       </c>
       <c r="C256" s="5">
-        <v>0.13431342799999868</v>
+        <v>0.1226859840000003</v>
       </c>
       <c r="D256" s="5">
-        <v>1.6517340235858269</v>
+        <v>1.5077454212328201</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>98.893538391000007</v>
+        <v>98.890486507000006</v>
       </c>
       <c r="C257" s="5">
-        <v>0.44274215100000447</v>
+        <v>0.45026261800001066</v>
       </c>
       <c r="D257" s="5">
-        <v>5.5320072222354577</v>
+        <v>5.6289708357033508</v>
       </c>
       <c r="E257" s="5">
-        <v>4.1862683428096625</v>
+        <v>4.1872384327485968</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>100.30638682999999</v>
+        <v>100.30707205</v>
       </c>
       <c r="C258" s="5">
-        <v>1.4128484389999869</v>
+        <v>1.4165855429999965</v>
       </c>
       <c r="D258" s="5">
-        <v>18.557231215819471</v>
+        <v>18.610867283300948</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>100.52269454</v>
+        <v>100.52391724</v>
       </c>
       <c r="C259" s="5">
-        <v>0.21630771000000948</v>
+        <v>0.2168451900000008</v>
       </c>
       <c r="D259" s="5">
-        <v>2.6186780440715207</v>
+        <v>2.6252443331511666</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>101.31428449000001</v>
+        <v>101.3149025</v>
       </c>
       <c r="C260" s="5">
-        <v>0.79158995000000232</v>
+        <v>0.79098525999999936</v>
       </c>
       <c r="D260" s="5">
-        <v>9.8698982719921382</v>
+        <v>9.8619042916676225</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>101.94899277</v>
+        <v>101.94969618</v>
       </c>
       <c r="C261" s="5">
-        <v>0.63470827999999813</v>
+        <v>0.63479368000000136</v>
       </c>
       <c r="D261" s="5">
-        <v>7.7822121696535351</v>
+        <v>7.7832464854945549</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>102.10381244</v>
+        <v>102.10454011</v>
       </c>
       <c r="C262" s="5">
-        <v>0.15481966999999486</v>
+        <v>0.15484392999999841</v>
       </c>
       <c r="D262" s="5">
-        <v>1.8376170308814777</v>
+        <v>1.8378946053762002</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>102.76334032</v>
+        <v>102.76348530999999</v>
       </c>
       <c r="C263" s="5">
-        <v>0.65952787999999885</v>
+        <v>0.6589451999999909</v>
       </c>
       <c r="D263" s="5">
-        <v>8.0326549653381605</v>
+        <v>8.0252452638463367</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>103.38683516</v>
+        <v>103.38610228</v>
       </c>
       <c r="C264" s="5">
-        <v>0.62349484000000643</v>
+        <v>0.62261697000000993</v>
       </c>
       <c r="D264" s="5">
-        <v>7.5286868318909628</v>
+        <v>7.5177199132922201</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>103.3076069</v>
+        <v>103.31779825</v>
       </c>
       <c r="C265" s="5">
-        <v>-7.9228260000007822E-2</v>
+        <v>-6.8304030000007288E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>-0.9157279611338498</v>
+        <v>-0.78992877203114542</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>103.71335499</v>
+        <v>103.71250311999999</v>
       </c>
       <c r="C266" s="5">
-        <v>0.405748090000003</v>
+        <v>0.39470486999999821</v>
       </c>
       <c r="D266" s="5">
-        <v>4.8162418820463682</v>
+        <v>4.681920821814245</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>101.55364894</v>
+        <v>101.55305941</v>
       </c>
       <c r="C267" s="5">
-        <v>-2.1597060499999969</v>
+        <v>-2.1594437099999908</v>
       </c>
       <c r="D267" s="5">
-        <v>-22.316248097702541</v>
+        <v>-22.314002752324512</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>103.15456799</v>
+        <v>103.14309995000001</v>
       </c>
       <c r="C268" s="5">
-        <v>1.6009190500000017</v>
+        <v>1.5900405400000039</v>
       </c>
       <c r="D268" s="5">
-        <v>20.646626374087205</v>
+        <v>20.494165974656809</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>104.08915057999999</v>
+        <v>104.09155991999999</v>
       </c>
       <c r="C269" s="5">
-        <v>0.93458258999999089</v>
+        <v>0.94845996999998761</v>
       </c>
       <c r="D269" s="5">
-        <v>11.430479379816983</v>
+        <v>11.6102405640921</v>
       </c>
       <c r="E269" s="5">
-        <v>5.2537428365216909</v>
+        <v>5.2594274704390598</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>103.90072806000001</v>
+        <v>103.89953057</v>
       </c>
       <c r="C270" s="5">
-        <v>-0.18842251999998894</v>
+        <v>-0.19202934999999854</v>
       </c>
       <c r="D270" s="5">
-        <v>-2.1507467669890978</v>
+        <v>-2.1914498689559747</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>104.13013889</v>
+        <v>104.13070646</v>
       </c>
       <c r="C271" s="5">
-        <v>0.22941082999999196</v>
+        <v>0.23117589000000294</v>
       </c>
       <c r="D271" s="5">
-        <v>2.6819913432616582</v>
+        <v>2.7029109824346254</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>105.09845722999999</v>
+        <v>105.09974886000001</v>
       </c>
       <c r="C272" s="5">
-        <v>0.96831833999999617</v>
+        <v>0.96904240000000641</v>
       </c>
       <c r="D272" s="5">
-        <v>11.747732473890293</v>
+        <v>11.756903857242662</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>105.26597723</v>
+        <v>105.26643056</v>
       </c>
       <c r="C273" s="5">
-        <v>0.16752000000001033</v>
+        <v>0.16668169999999805</v>
       </c>
       <c r="D273" s="5">
-        <v>1.9295782899615643</v>
+        <v>1.9198141548725678</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>105.79026373000001</v>
+        <v>105.7905583</v>
       </c>
       <c r="C274" s="5">
-        <v>0.52428650000000232</v>
+        <v>0.52412773999999729</v>
       </c>
       <c r="D274" s="5">
-        <v>6.143176138915285</v>
+        <v>6.1412375034963329</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>106.27093838</v>
+        <v>106.27061329999999</v>
       </c>
       <c r="C275" s="5">
-        <v>0.48067464999999743</v>
+        <v>0.48005499999999302</v>
       </c>
       <c r="D275" s="5">
-        <v>5.590728855720184</v>
+        <v>5.583324950399593</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>104.82896615</v>
+        <v>104.82758749</v>
       </c>
       <c r="C276" s="5">
-        <v>-1.4419722300000046</v>
+        <v>-1.4430258099999946</v>
       </c>
       <c r="D276" s="5">
-        <v>-15.120766901224837</v>
+        <v>-15.131046130819836</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>106.98682604</v>
+        <v>106.99672212</v>
       </c>
       <c r="C277" s="5">
-        <v>2.1578598899999974</v>
+        <v>2.1691346300000021</v>
       </c>
       <c r="D277" s="5">
-        <v>27.699151178028703</v>
+        <v>27.861143841200153</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>106.48529306</v>
+        <v>106.4836691</v>
       </c>
       <c r="C278" s="5">
-        <v>-0.50153297999999324</v>
+        <v>-0.51305302000000097</v>
       </c>
       <c r="D278" s="5">
-        <v>-5.4825660026927352</v>
+        <v>-5.6046918538094843</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>106.92154739999999</v>
+        <v>106.92027706</v>
       </c>
       <c r="C279" s="5">
-        <v>0.43625433999999075</v>
+        <v>0.43660796000000346</v>
       </c>
       <c r="D279" s="5">
-        <v>5.0285231850626833</v>
+        <v>5.0327700632460726</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>108.56097640999999</v>
+        <v>108.54798756</v>
       </c>
       <c r="C280" s="5">
-        <v>1.6394290100000006</v>
+        <v>1.6277104999999921</v>
       </c>
       <c r="D280" s="5">
-        <v>20.033388089056615</v>
+        <v>19.878253993413541</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>107.34936154</v>
+        <v>107.35874837999999</v>
       </c>
       <c r="C281" s="5">
-        <v>-1.2116148699999911</v>
+        <v>-1.1892391800000013</v>
       </c>
       <c r="D281" s="5">
-        <v>-12.600549807384597</v>
+        <v>-12.383084063509441</v>
       </c>
       <c r="E281" s="5">
-        <v>3.1321333124861184</v>
+        <v>3.1387640482196666</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>107.48038514</v>
+        <v>107.47832882</v>
       </c>
       <c r="C282" s="5">
-        <v>0.1310235999999918</v>
+        <v>0.11958044000000712</v>
       </c>
       <c r="D282" s="5">
-        <v>1.4745135685134025</v>
+        <v>1.3448263783836456</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>108.77590393</v>
+        <v>108.77555184000001</v>
       </c>
       <c r="C283" s="5">
-        <v>1.2955187900000027</v>
+        <v>1.2972230200000041</v>
       </c>
       <c r="D283" s="5">
-        <v>15.462735861142152</v>
+        <v>15.484761862462504</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>108.6605332</v>
+        <v>108.66210239</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.11537072999999509</v>
+        <v>-0.1134494500000045</v>
       </c>
       <c r="D284" s="5">
-        <v>-1.2653548068611853</v>
+        <v>-1.2444074680579509</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>108.41817551</v>
+        <v>108.41840233000001</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.24235769000000573</v>
+        <v>-0.24370005999999478</v>
       </c>
       <c r="D285" s="5">
-        <v>-2.64390329244375</v>
+        <v>-2.6583292605145248</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>109.22125242</v>
+        <v>109.2210753</v>
       </c>
       <c r="C286" s="5">
-        <v>0.80307691000000148</v>
+        <v>0.80267296999998905</v>
       </c>
       <c r="D286" s="5">
-        <v>9.2598730188687028</v>
+        <v>9.2550039661253525</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>109.80905155000001</v>
+        <v>109.80787728</v>
       </c>
       <c r="C287" s="5">
-        <v>0.58779913000000761</v>
+        <v>0.58680198000000416</v>
       </c>
       <c r="D287" s="5">
-        <v>6.6527010917713847</v>
+        <v>6.6410909068685076</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>110.36970202000001</v>
+        <v>110.36745496</v>
       </c>
       <c r="C288" s="5">
-        <v>0.56065046999999879</v>
+        <v>0.55957768000000385</v>
       </c>
       <c r="D288" s="5">
-        <v>6.3018334261285114</v>
+        <v>6.2895042381362343</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>110.63993661000001</v>
+        <v>110.64929792</v>
       </c>
       <c r="C289" s="5">
-        <v>0.27023459000000116</v>
+        <v>0.28184295999999165</v>
       </c>
       <c r="D289" s="5">
-        <v>2.9780299018180578</v>
+        <v>3.1078226806931619</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>112.66847111</v>
+        <v>112.66556949</v>
       </c>
       <c r="C290" s="5">
-        <v>2.0285344999999921</v>
+        <v>2.0162715700000007</v>
       </c>
       <c r="D290" s="5">
-        <v>24.361454680170482</v>
+        <v>24.196867907482343</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>110.95342257999999</v>
+        <v>110.94820557</v>
       </c>
       <c r="C291" s="5">
-        <v>-1.7150485300000042</v>
+        <v>-1.7173639199999968</v>
       </c>
       <c r="D291" s="5">
-        <v>-16.812201972744447</v>
+        <v>-16.833429105853494</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>111.28937363</v>
+        <v>111.28066807</v>
       </c>
       <c r="C292" s="5">
-        <v>0.33595105000000558</v>
+        <v>0.33246250000000543</v>
       </c>
       <c r="D292" s="5">
-        <v>3.6945510126905834</v>
+        <v>3.6557267388561021</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>111.73739949</v>
+        <v>111.75264155000001</v>
       </c>
       <c r="C293" s="5">
-        <v>0.44802586000000133</v>
+        <v>0.47197348000000261</v>
       </c>
       <c r="D293" s="5">
-        <v>4.9393424535498331</v>
+        <v>5.2099657955310352</v>
       </c>
       <c r="E293" s="5">
-        <v>4.0876237054888742</v>
+        <v>4.0927201893670384</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>111.28643483</v>
+        <v>111.28255719000001</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.4509646599999968</v>
+        <v>-0.47008436000000131</v>
       </c>
       <c r="D294" s="5">
-        <v>-4.7370470750482729</v>
+        <v>-4.9326054287283316</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>111.69365893</v>
+        <v>111.69246215</v>
       </c>
       <c r="C295" s="5">
-        <v>0.40722409999999343</v>
+        <v>0.40990495999999155</v>
       </c>
       <c r="D295" s="5">
-        <v>4.4805527775653387</v>
+        <v>4.5108099027648452</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>111.86118968</v>
+        <v>111.86361891999999</v>
       </c>
       <c r="C296" s="5">
-        <v>0.1675307499999974</v>
+        <v>0.17115676999999607</v>
       </c>
       <c r="D296" s="5">
-        <v>1.8148181357916515</v>
+        <v>1.8544495950842066</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>112.73466384</v>
+        <v>112.73466117</v>
       </c>
       <c r="C297" s="5">
-        <v>0.87347416000000067</v>
+        <v>0.87104225000000213</v>
       </c>
       <c r="D297" s="5">
-        <v>9.7833511147223717</v>
+        <v>9.754714561683663</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>112.74354506</v>
+        <v>112.74289175</v>
       </c>
       <c r="C298" s="5">
-        <v>8.8812200000063513E-3</v>
+        <v>8.2305800000028739E-3</v>
       </c>
       <c r="D298" s="5">
-        <v>9.4576793095368927E-2</v>
+        <v>8.7645297496496966E-2</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>112.69341415</v>
+        <v>112.6922177</v>
       </c>
       <c r="C299" s="5">
-        <v>-5.0130910000007134E-2</v>
+        <v>-5.0674049999997806E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>-0.53227164897637902</v>
+        <v>-0.53802737230855824</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>111.86410028</v>
+        <v>111.86238265</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.8293138699999929</v>
+        <v>-0.8298350499999998</v>
       </c>
       <c r="D300" s="5">
-        <v>-8.4820316743561275</v>
+        <v>-8.4872346706328816</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>112.24272743</v>
+        <v>112.24862305000001</v>
       </c>
       <c r="C301" s="5">
-        <v>0.3786271499999998</v>
+        <v>0.38624040000000548</v>
       </c>
       <c r="D301" s="5">
-        <v>4.1381186051262286</v>
+        <v>4.2229786354488263</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>112.53830028</v>
+        <v>112.53519357</v>
       </c>
       <c r="C302" s="5">
-        <v>0.29557284999999922</v>
+        <v>0.28657051999999794</v>
       </c>
       <c r="D302" s="5">
-        <v>3.2061751395776383</v>
+        <v>3.106983370164107</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>112.77610174</v>
+        <v>112.76798014000001</v>
       </c>
       <c r="C303" s="5">
-        <v>0.23780146000000002</v>
+        <v>0.2327865700000018</v>
       </c>
       <c r="D303" s="5">
-        <v>2.5653636667385626</v>
+        <v>2.5107170432537851</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>113.29385963999999</v>
+        <v>113.28964377</v>
       </c>
       <c r="C304" s="5">
-        <v>0.51775789999999233</v>
+        <v>0.52166362999999194</v>
       </c>
       <c r="D304" s="5">
-        <v>5.6504925774211623</v>
+        <v>5.6946282152968042</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>113.66358169999999</v>
+        <v>113.67838908</v>
       </c>
       <c r="C305" s="5">
-        <v>0.36972206000000085</v>
+        <v>0.38874531000000445</v>
       </c>
       <c r="D305" s="5">
-        <v>3.9871264746684121</v>
+        <v>4.1963229936876623</v>
       </c>
       <c r="E305" s="5">
-        <v>1.7238473588893299</v>
+        <v>1.7232232753427779</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>113.27626696</v>
+        <v>113.27258032</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.38731473999999366</v>
+        <v>-0.40580875999999932</v>
       </c>
       <c r="D306" s="5">
-        <v>-4.0132926928754697</v>
+        <v>-4.2006423218856508</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>112.20500023</v>
+        <v>112.2033433</v>
       </c>
       <c r="C307" s="5">
-        <v>-1.0712667300000049</v>
+        <v>-1.0692370200000028</v>
       </c>
       <c r="D307" s="5">
-        <v>-10.77647201835752</v>
+        <v>-10.757434331005811</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>110.62805691</v>
+        <v>110.63466572999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-1.576943319999998</v>
+        <v>-1.5686775700000055</v>
       </c>
       <c r="D308" s="5">
-        <v>-15.620512812810439</v>
+        <v>-15.545039353639357</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>111.64050976</v>
+        <v>111.63981561</v>
       </c>
       <c r="C309" s="5">
-        <v>1.0124528500000025</v>
+        <v>1.0051498800000047</v>
       </c>
       <c r="D309" s="5">
-        <v>11.552245512203108</v>
+        <v>11.463991227700788</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>112.30174927</v>
+        <v>112.30073152</v>
       </c>
       <c r="C310" s="5">
-        <v>0.66123951000000147</v>
+        <v>0.66091590999999994</v>
       </c>
       <c r="D310" s="5">
-        <v>7.3436906986168005</v>
+        <v>7.3400261329215066</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>112.03790981</v>
+        <v>112.03670249</v>
       </c>
       <c r="C311" s="5">
-        <v>-0.2638394599999998</v>
+        <v>-0.26402903000000322</v>
       </c>
       <c r="D311" s="5">
-        <v>-2.7831102680089925</v>
+        <v>-2.7851090756521368</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>112.98584581999999</v>
+        <v>112.98486259000001</v>
       </c>
       <c r="C312" s="5">
-        <v>0.94793600999999228</v>
+        <v>0.94816010000000972</v>
       </c>
       <c r="D312" s="5">
-        <v>10.639070255462023</v>
+        <v>10.641823576335607</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>112.79117286</v>
+        <v>112.79420284</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.19467295999999124</v>
+        <v>-0.1906597500000089</v>
       </c>
       <c r="D313" s="5">
-        <v>-2.0481012666845766</v>
+        <v>-2.0062877931951939</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>112.31706496</v>
+        <v>112.315223</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.47410790000000702</v>
+        <v>-0.47897983999999383</v>
       </c>
       <c r="D314" s="5">
-        <v>-4.9291010495172589</v>
+        <v>-4.9784449196207392</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>113.06700701</v>
+        <v>113.05149949</v>
       </c>
       <c r="C315" s="5">
-        <v>0.74994205000000136</v>
+        <v>0.73627648999999451</v>
       </c>
       <c r="D315" s="5">
-        <v>8.3133032717143571</v>
+        <v>8.1564540914438091</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>112.76594998</v>
+        <v>112.76789119999999</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.30105702999999551</v>
+        <v>-0.28360829000000365</v>
       </c>
       <c r="D316" s="5">
-        <v>-3.1487921538284058</v>
+        <v>-2.969206427539639</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>114.30261462</v>
+        <v>114.31316707000001</v>
       </c>
       <c r="C317" s="5">
-        <v>1.5366646399999979</v>
+        <v>1.5452758700000118</v>
       </c>
       <c r="D317" s="5">
-        <v>17.635440382978086</v>
+        <v>17.741503456215746</v>
       </c>
       <c r="E317" s="5">
-        <v>0.56221430861351784</v>
+        <v>0.55839812222644447</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>113.34044376</v>
+        <v>113.33763458</v>
       </c>
       <c r="C318" s="5">
-        <v>-0.96217086000000052</v>
+        <v>-0.97553249000000619</v>
       </c>
       <c r="D318" s="5">
-        <v>-9.646511149813886</v>
+        <v>-9.7733885045197653</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>113.85470979999999</v>
+        <v>113.85275847</v>
       </c>
       <c r="C319" s="5">
-        <v>0.51426603999999543</v>
+        <v>0.51512388999999814</v>
       </c>
       <c r="D319" s="5">
-        <v>5.582782666646402</v>
+        <v>5.592471448369829</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>113.49480439</v>
+        <v>113.51062175</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.3599054099999961</v>
+        <v>-0.34213671999999917</v>
       </c>
       <c r="D320" s="5">
-        <v>-3.7280518960694731</v>
+        <v>-3.5470884069711217</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>113.83877896</v>
+        <v>113.83698296999999</v>
       </c>
       <c r="C321" s="5">
-        <v>0.34397457000000031</v>
+        <v>0.32636121999999546</v>
       </c>
       <c r="D321" s="5">
-        <v>3.6981426851670385</v>
+        <v>3.5052777100849752</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>113.69321638</v>
+        <v>113.69169019</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.14556258000000355</v>
+        <v>-0.14529277999999124</v>
       </c>
       <c r="D322" s="5">
-        <v>-1.523662503975709</v>
+        <v>-1.5208820190314665</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>113.25183834000001</v>
+        <v>113.25099111999999</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.44137803999998937</v>
+        <v>-0.44069907000000796</v>
       </c>
       <c r="D323" s="5">
-        <v>-4.5604264641410319</v>
+        <v>-4.5536198891290569</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>113.86439464999999</v>
+        <v>113.86384166000001</v>
       </c>
       <c r="C324" s="5">
-        <v>0.612556309999988</v>
+        <v>0.61285054000001082</v>
       </c>
       <c r="D324" s="5">
-        <v>6.6871650588075759</v>
+        <v>6.6905248607225687</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>113.74212176</v>
+        <v>113.7408394</v>
       </c>
       <c r="C325" s="5">
-        <v>-0.12227288999999075</v>
+        <v>-0.12300226000000691</v>
       </c>
       <c r="D325" s="5">
-        <v>-1.2810322980826405</v>
+        <v>-1.2886346618208533</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>114.32108264</v>
+        <v>114.31931614</v>
       </c>
       <c r="C326" s="5">
-        <v>0.57896087999999679</v>
+        <v>0.57847673999999927</v>
       </c>
       <c r="D326" s="5">
-        <v>6.2820785348223884</v>
+        <v>6.2767502714744072</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>113.04973047999999</v>
+        <v>113.02965215</v>
       </c>
       <c r="C327" s="5">
-        <v>-1.2713521600000064</v>
+        <v>-1.289663989999994</v>
       </c>
       <c r="D327" s="5">
-        <v>-12.55833234493916</v>
+        <v>-12.728331583300022</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>115.07824755999999</v>
+        <v>115.08233207000001</v>
       </c>
       <c r="C328" s="5">
-        <v>2.0285170800000003</v>
+        <v>2.0526799200000028</v>
       </c>
       <c r="D328" s="5">
-        <v>23.789697377158902</v>
+        <v>24.106679294541557</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>113.23282297999999</v>
+        <v>113.23560510999999</v>
       </c>
       <c r="C329" s="5">
-        <v>-1.8454245799999995</v>
+        <v>-1.8467269600000122</v>
       </c>
       <c r="D329" s="5">
-        <v>-17.633779120156532</v>
+        <v>-17.644574651494203</v>
       </c>
       <c r="E329" s="5">
-        <v>-0.93592928171988277</v>
+        <v>-0.94264028162229785</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>113.3129946</v>
+        <v>113.31508035</v>
       </c>
       <c r="C330" s="5">
-        <v>8.0171620000001553E-2</v>
+        <v>7.947524000000783E-2</v>
       </c>
       <c r="D330" s="5">
-        <v>0.85294586843225328</v>
+        <v>0.84548760447809013</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>113.10598315</v>
+        <v>113.10705753000001</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.20701144999999599</v>
+        <v>-0.2080228199999965</v>
       </c>
       <c r="D331" s="5">
-        <v>-2.1703850520346957</v>
+        <v>-2.1808420605322176</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>113.69987707</v>
+        <v>113.72735131</v>
       </c>
       <c r="C332" s="5">
-        <v>0.5938939199999993</v>
+        <v>0.62029377999999724</v>
       </c>
       <c r="D332" s="5">
-        <v>6.4861173643361081</v>
+        <v>6.7831290187459148</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>113.44506423999999</v>
+        <v>113.44127496999999</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.25481283000000587</v>
+        <v>-0.28607634000000814</v>
       </c>
       <c r="D333" s="5">
-        <v>-2.6564180603081966</v>
+        <v>-2.9771357348498895</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>113.21956249999999</v>
+        <v>113.21619991999999</v>
       </c>
       <c r="C334" s="5">
-        <v>-0.22550173999999856</v>
+        <v>-0.22507505000000094</v>
       </c>
       <c r="D334" s="5">
-        <v>-2.3594080187784749</v>
+        <v>-2.3550700031177763</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>113.81610591</v>
+        <v>113.81515158000001</v>
       </c>
       <c r="C335" s="5">
-        <v>0.59654341000000954</v>
+        <v>0.59895166000001154</v>
       </c>
       <c r="D335" s="5">
-        <v>6.5091706998632093</v>
+        <v>6.5364173585387819</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>113.57860226</v>
+        <v>113.57822317</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.23750365000000784</v>
+        <v>-0.23692841000000442</v>
       </c>
       <c r="D336" s="5">
-        <v>-2.4755373747020082</v>
+        <v>-2.4696305107354988</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>114.20671351</v>
+        <v>114.20104495</v>
       </c>
       <c r="C337" s="5">
-        <v>0.62811125000000345</v>
+        <v>0.62282177999999533</v>
       </c>
       <c r="D337" s="5">
-        <v>6.8418433710738524</v>
+        <v>6.7825014165139308</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>115.00506342</v>
+        <v>114.99868616000001</v>
       </c>
       <c r="C338" s="5">
-        <v>0.79834990999999889</v>
+        <v>0.79764121000000898</v>
       </c>
       <c r="D338" s="5">
-        <v>8.7186201539368291</v>
+        <v>8.7110300036548303</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>115.27218797</v>
+        <v>115.24553471999999</v>
       </c>
       <c r="C339" s="5">
-        <v>0.26712455000000546</v>
+        <v>0.24684855999998945</v>
       </c>
       <c r="D339" s="5">
-        <v>2.8231482005716124</v>
+        <v>2.6064693388838878</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>115.69252928</v>
+        <v>115.7004182</v>
       </c>
       <c r="C340" s="5">
-        <v>0.42034130999999775</v>
+        <v>0.45488348000000656</v>
       </c>
       <c r="D340" s="5">
-        <v>4.4646493085172434</v>
+        <v>4.8406867168081291</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>115.23759114000001</v>
+        <v>115.23437757000001</v>
       </c>
       <c r="C341" s="5">
-        <v>-0.45493813999999588</v>
+        <v>-0.46604062999999485</v>
       </c>
       <c r="D341" s="5">
-        <v>-4.6180343043268675</v>
+        <v>-4.7279347605571509</v>
       </c>
       <c r="E341" s="5">
-        <v>1.7704832461468367</v>
+        <v>1.765144857095402</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>116.24531947</v>
+        <v>116.25581084</v>
       </c>
       <c r="C342" s="5">
-        <v>1.007728329999992</v>
+        <v>1.0214332699999886</v>
       </c>
       <c r="D342" s="5">
-        <v>11.013462110547746</v>
+        <v>11.17094830612595</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>116.66750402</v>
+        <v>116.67605671</v>
       </c>
       <c r="C343" s="5">
-        <v>0.42218454999999722</v>
+        <v>0.42024587000000224</v>
       </c>
       <c r="D343" s="5">
-        <v>4.4463278984656407</v>
+        <v>4.4250952657000076</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>116.45225051</v>
+        <v>116.4881845</v>
       </c>
       <c r="C344" s="5">
-        <v>-0.2152535099999966</v>
+        <v>-0.18787220999999477</v>
       </c>
       <c r="D344" s="5">
-        <v>-2.1916908381829914</v>
+        <v>-1.9152236828121394</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>118.29047665</v>
+        <v>118.28495243</v>
       </c>
       <c r="C345" s="5">
-        <v>1.8382261400000033</v>
+        <v>1.7967679300000015</v>
       </c>
       <c r="D345" s="5">
-        <v>20.676512264645574</v>
+        <v>20.16319687947712</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>119.02156511</v>
+        <v>119.01416403</v>
       </c>
       <c r="C346" s="5">
-        <v>0.73108845999999517</v>
+        <v>0.72921159999999929</v>
       </c>
       <c r="D346" s="5">
-        <v>7.6739141751267947</v>
+        <v>7.6539105720716538</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>120.58803446</v>
+        <v>120.59139498</v>
       </c>
       <c r="C347" s="5">
-        <v>1.5664693500000055</v>
+        <v>1.5772309500000006</v>
       </c>
       <c r="D347" s="5">
-        <v>16.988376555354947</v>
+        <v>17.114865332804641</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>120.87768547</v>
+        <v>120.87704350999999</v>
       </c>
       <c r="C348" s="5">
-        <v>0.28965101000000004</v>
+        <v>0.28564852999998891</v>
       </c>
       <c r="D348" s="5">
-        <v>2.9207711268600223</v>
+        <v>2.8798025445396336</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>121.23038142999999</v>
+        <v>121.22260455</v>
       </c>
       <c r="C349" s="5">
-        <v>0.35269595999999126</v>
+        <v>0.34556104000000687</v>
       </c>
       <c r="D349" s="5">
-        <v>3.5580898335962008</v>
+        <v>3.4849943318020715</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>121.18227118</v>
+        <v>121.14390711999999</v>
       </c>
       <c r="C350" s="5">
-        <v>-4.8110249999993471E-2</v>
+        <v>-7.8697430000005397E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>-0.47518167546267698</v>
+        <v>-0.77626157052761435</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>122.3884039</v>
+        <v>122.36605831</v>
       </c>
       <c r="C351" s="5">
-        <v>1.2061327199999994</v>
+        <v>1.2221511900000053</v>
       </c>
       <c r="D351" s="5">
-        <v>12.619656980260952</v>
+        <v>12.800943257434927</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>122.30176413</v>
+        <v>122.3109856</v>
       </c>
       <c r="C352" s="5">
-        <v>-8.6639770000005001E-2</v>
+        <v>-5.5072710000004577E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>-0.84619029649930511</v>
+        <v>-0.53874340988262492</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>123.08541808</v>
+        <v>123.09330899</v>
       </c>
       <c r="C353" s="5">
-        <v>0.78365395000000149</v>
+        <v>0.78232339000000195</v>
       </c>
       <c r="D353" s="5">
-        <v>7.9658985387874193</v>
+        <v>7.9512731970974526</v>
       </c>
       <c r="E353" s="5">
-        <v>6.8101275481069479</v>
+        <v>6.8199538937293358</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>122.69479962</v>
+        <v>122.70942946</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.39061845999999889</v>
+        <v>-0.38387953000000152</v>
       </c>
       <c r="D354" s="5">
-        <v>-3.7424936885844806</v>
+        <v>-3.6788001541771198</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>122.90717506999999</v>
+        <v>122.93074589</v>
       </c>
       <c r="C355" s="5">
-        <v>0.21237544999999614</v>
+        <v>0.22131643000000167</v>
       </c>
       <c r="D355" s="5">
-        <v>2.0969983482524324</v>
+        <v>2.1858963099618212</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>122.02336864</v>
+        <v>122.06183229</v>
       </c>
       <c r="C356" s="5">
-        <v>-0.88380642999999282</v>
+        <v>-0.86891359999999906</v>
       </c>
       <c r="D356" s="5">
-        <v>-8.2957887321751791</v>
+        <v>-8.1598851088573241</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>123.68007048</v>
+        <v>123.67200207</v>
       </c>
       <c r="C357" s="5">
-        <v>1.6567018399999967</v>
+        <v>1.6101697800000068</v>
       </c>
       <c r="D357" s="5">
-        <v>17.565681736340387</v>
+        <v>17.030235263940096</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>124.01494464</v>
+        <v>124.00524615</v>
       </c>
       <c r="C358" s="5">
-        <v>0.33487415999999826</v>
+        <v>0.33324408000000005</v>
       </c>
       <c r="D358" s="5">
-        <v>3.2979246310603116</v>
+        <v>3.2818498361448123</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>124.6730618</v>
+        <v>124.68407759</v>
       </c>
       <c r="C359" s="5">
-        <v>0.65811716000000331</v>
+        <v>0.67883143999999618</v>
       </c>
       <c r="D359" s="5">
-        <v>6.5573026912288945</v>
+        <v>6.7704948837348899</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>125.41252338</v>
+        <v>125.41249737</v>
       </c>
       <c r="C360" s="5">
-        <v>0.73946157999999684</v>
+        <v>0.72841977999999585</v>
       </c>
       <c r="D360" s="5">
-        <v>7.3542818776707986</v>
+        <v>7.2402537621788055</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>126.42852456</v>
+        <v>126.41526469999999</v>
       </c>
       <c r="C361" s="5">
-        <v>1.0160011800000035</v>
+        <v>1.0027673299999975</v>
       </c>
       <c r="D361" s="5">
-        <v>10.166603886503523</v>
+        <v>10.028306009840303</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>127.02469876000001</v>
+        <v>126.94394862999999</v>
       </c>
       <c r="C362" s="5">
-        <v>0.5961742000000072</v>
+        <v>0.52868392999999969</v>
       </c>
       <c r="D362" s="5">
-        <v>5.8076935668600393</v>
+        <v>5.1356045191074839</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>127.68347506000001</v>
+        <v>127.65792892</v>
       </c>
       <c r="C363" s="5">
-        <v>0.65877629999999954</v>
+        <v>0.71398029000000918</v>
       </c>
       <c r="D363" s="5">
-        <v>6.4040710199525064</v>
+        <v>6.9619951110254652</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>128.46248048999999</v>
+        <v>128.46449946999999</v>
       </c>
       <c r="C364" s="5">
-        <v>0.77900542999998379</v>
+        <v>0.80657054999998934</v>
       </c>
       <c r="D364" s="5">
-        <v>7.5720177227530217</v>
+        <v>7.8509606317062497</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>128.05287471</v>
+        <v>128.08397472999999</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.40960577999999259</v>
+        <v>-0.38052473999999847</v>
       </c>
       <c r="D365" s="5">
-        <v>-3.759837456668258</v>
+        <v>-3.4971797545893302</v>
       </c>
       <c r="E365" s="5">
-        <v>4.0357799546745454</v>
+        <v>4.0543761321790717</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>127.80637277</v>
+        <v>127.83317142999999</v>
       </c>
       <c r="C366" s="5">
-        <v>-0.2465019400000017</v>
+        <v>-0.25080330000000117</v>
       </c>
       <c r="D366" s="5">
-        <v>-2.2857005635085859</v>
+        <v>-2.3245979875308409</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>128.45412648000001</v>
+        <v>128.50189886000001</v>
       </c>
       <c r="C367" s="5">
-        <v>0.64775371000001769</v>
+        <v>0.66872743000001833</v>
       </c>
       <c r="D367" s="5">
-        <v>6.2543230093252467</v>
+        <v>6.4613038204258233</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>127.668362</v>
+        <v>127.70795504</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.78576448000001164</v>
+        <v>-0.79394382000000974</v>
       </c>
       <c r="D368" s="5">
-        <v>-7.098502528774242</v>
+        <v>-7.1673249132610639</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>114.97480122</v>
+        <v>114.96933651000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-12.693560779999999</v>
+        <v>-12.738618529999997</v>
       </c>
       <c r="D369" s="5">
-        <v>-71.540152258416896</v>
+        <v>-71.662019813633961</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>116.65268257</v>
+        <v>116.64572907</v>
       </c>
       <c r="C370" s="5">
-        <v>1.6778813499999927</v>
+        <v>1.6763925599999965</v>
       </c>
       <c r="D370" s="5">
-        <v>18.988435891854682</v>
+        <v>18.971189165794922</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>116.97849076</v>
+        <v>116.99802602</v>
       </c>
       <c r="C371" s="5">
-        <v>0.32580819000000361</v>
+        <v>0.35229694999999595</v>
       </c>
       <c r="D371" s="5">
-        <v>3.4035387639922421</v>
+        <v>3.6850902550294107</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>118.64325331000001</v>
+        <v>118.64246731</v>
       </c>
       <c r="C372" s="5">
-        <v>1.6647625500000061</v>
+        <v>1.6444412900000032</v>
       </c>
       <c r="D372" s="5">
-        <v>18.479823104164272</v>
+        <v>18.233249056525192</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>120.55146239</v>
+        <v>120.53000737000001</v>
       </c>
       <c r="C373" s="5">
-        <v>1.9082090799999918</v>
+        <v>1.8875400600000063</v>
       </c>
       <c r="D373" s="5">
-        <v>21.102534900574945</v>
+        <v>20.853758143028102</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>119.45444902</v>
+        <v>119.32768239000001</v>
       </c>
       <c r="C374" s="5">
-        <v>-1.0970133699999991</v>
+        <v>-1.2023249800000002</v>
       </c>
       <c r="D374" s="5">
-        <v>-10.3896535568052</v>
+        <v>-11.334989171112596</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>124.33359632</v>
+        <v>124.28981761</v>
       </c>
       <c r="C375" s="5">
-        <v>4.8791472999999996</v>
+        <v>4.9621352199999933</v>
       </c>
       <c r="D375" s="5">
-        <v>61.671696199713132</v>
+        <v>63.054256201217029</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>126.10975965999999</v>
+        <v>126.08195019999999</v>
       </c>
       <c r="C376" s="5">
-        <v>1.7761633399999965</v>
+        <v>1.7921325899999943</v>
       </c>
       <c r="D376" s="5">
-        <v>18.555696907420472</v>
+        <v>18.743105910061033</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>126.69376654</v>
+        <v>126.76935455</v>
       </c>
       <c r="C377" s="5">
-        <v>0.584006880000004</v>
+        <v>0.68740435000000844</v>
       </c>
       <c r="D377" s="5">
-        <v>5.7008783208017055</v>
+        <v>6.7422459315632066</v>
       </c>
       <c r="E377" s="5">
-        <v>-1.0613648253332553</v>
+        <v>-1.0263736605388818</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>128.39001571</v>
+        <v>128.44375276</v>
       </c>
       <c r="C378" s="5">
-        <v>1.6962491700000015</v>
+        <v>1.6743982099999926</v>
       </c>
       <c r="D378" s="5">
-        <v>17.303792071571134</v>
+        <v>17.053520962822908</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>126.84681085</v>
+        <v>126.92745069</v>
       </c>
       <c r="C379" s="5">
-        <v>-1.543204860000003</v>
+        <v>-1.5163020699999947</v>
       </c>
       <c r="D379" s="5">
-        <v>-13.507269164218327</v>
+        <v>-13.28167952382392</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>129.50897603999999</v>
+        <v>129.55881964</v>
       </c>
       <c r="C380" s="5">
-        <v>2.6621651899999961</v>
+        <v>2.6313689499999953</v>
       </c>
       <c r="D380" s="5">
-        <v>28.305065436220247</v>
+        <v>27.919602989705304</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>130.04029295000001</v>
+        <v>130.04278654000001</v>
       </c>
       <c r="C381" s="5">
-        <v>0.53131691000001524</v>
+        <v>0.48396690000001286</v>
       </c>
       <c r="D381" s="5">
-        <v>5.0356759030339981</v>
+        <v>4.5758519013263221</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>131.30125355999999</v>
+        <v>131.29278575999999</v>
       </c>
       <c r="C382" s="5">
-        <v>1.2609606099999837</v>
+        <v>1.2499992199999781</v>
       </c>
       <c r="D382" s="5">
-        <v>12.277103077421048</v>
+        <v>12.164430562387341</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>131.93402151999999</v>
+        <v>131.9484693</v>
       </c>
       <c r="C383" s="5">
-        <v>0.63276795999999536</v>
+        <v>0.6556835400000125</v>
       </c>
       <c r="D383" s="5">
-        <v>5.9388214279542773</v>
+        <v>6.1602465211874957</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>134.04319799999999</v>
+        <v>134.08884576</v>
       </c>
       <c r="C384" s="5">
-        <v>2.1091764800000021</v>
+        <v>2.1403764599999988</v>
       </c>
       <c r="D384" s="5">
-        <v>20.963894888665457</v>
+        <v>21.299650945734427</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>135.37978090999999</v>
+        <v>135.32019098999999</v>
       </c>
       <c r="C385" s="5">
-        <v>1.3365829100000042</v>
+        <v>1.2313452299999881</v>
       </c>
       <c r="D385" s="5">
-        <v>12.64406512873839</v>
+        <v>11.593627829308772</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>137.58741266999999</v>
+        <v>137.38736832999999</v>
       </c>
       <c r="C386" s="5">
-        <v>2.2076317599999982</v>
+        <v>2.0671773400000006</v>
       </c>
       <c r="D386" s="5">
-        <v>21.422386029692262</v>
+        <v>19.952811318707319</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>142.24016832000001</v>
+        <v>142.12389852000001</v>
       </c>
       <c r="C387" s="5">
-        <v>4.6527556500000173</v>
+        <v>4.7365301900000247</v>
       </c>
       <c r="D387" s="5">
-        <v>49.046796019314165</v>
+        <v>50.190923098156112</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>143.59168607000001</v>
+        <v>143.46030954</v>
       </c>
       <c r="C388" s="5">
-        <v>1.3515177499999993</v>
+        <v>1.3364110199999857</v>
       </c>
       <c r="D388" s="5">
-        <v>12.017132288614762</v>
+        <v>11.886018697601175</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>144.38332840000001</v>
+        <v>144.50291981000001</v>
       </c>
       <c r="C389" s="5">
-        <v>0.79164233000000195</v>
+        <v>1.0426102700000115</v>
       </c>
       <c r="D389" s="5">
-        <v>6.8201169891370039</v>
+        <v>9.0782865100835117</v>
       </c>
       <c r="E389" s="5">
-        <v>13.962456356852426</v>
+        <v>13.988842431950378</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>147.00732535</v>
+        <v>147.16888316000001</v>
       </c>
       <c r="C390" s="5">
-        <v>2.6239969499999916</v>
+        <v>2.6659633499999984</v>
       </c>
       <c r="D390" s="5">
-        <v>24.126103702906843</v>
+        <v>24.529561651694042</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>149.25303466</v>
+        <v>149.44286176</v>
       </c>
       <c r="C391" s="5">
-        <v>2.2457093099999952</v>
+        <v>2.2739785999999924</v>
       </c>
       <c r="D391" s="5">
-        <v>19.952782879164268</v>
+        <v>20.201580123551221</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>149.00415863000001</v>
+        <v>149.12333380999999</v>
       </c>
       <c r="C392" s="5">
-        <v>-0.24887602999999103</v>
+        <v>-0.31952795000000833</v>
       </c>
       <c r="D392" s="5">
-        <v>-1.9827230710864896</v>
+        <v>-2.5357949740350327</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>149.95474985000001</v>
+        <v>149.94344257</v>
       </c>
       <c r="C393" s="5">
-        <v>0.95059122000000684</v>
+        <v>0.82010876000001076</v>
       </c>
       <c r="D393" s="5">
-        <v>7.9299674356467786</v>
+        <v>6.8027612486883493</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>150.48997138999999</v>
+        <v>150.44047452000001</v>
       </c>
       <c r="C394" s="5">
-        <v>0.53522153999998068</v>
+        <v>0.49703195000000733</v>
       </c>
       <c r="D394" s="5">
-        <v>4.3681523925365395</v>
+        <v>4.0510826816290813</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>150.67055933</v>
+        <v>150.69286141000001</v>
       </c>
       <c r="C395" s="5">
-        <v>0.18058794000000944</v>
+        <v>0.25238688999999681</v>
       </c>
       <c r="D395" s="5">
-        <v>1.4495419114471941</v>
+        <v>2.0318635116476802</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>151.67607002</v>
+        <v>151.78440825999999</v>
       </c>
       <c r="C396" s="5">
-        <v>1.0055106899999942</v>
+        <v>1.0915468499999861</v>
       </c>
       <c r="D396" s="5">
-        <v>8.3088645875218692</v>
+        <v>9.0470165788050885</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>152.21417753</v>
+        <v>152.09977196</v>
       </c>
       <c r="C397" s="5">
-        <v>0.53810751000000323</v>
+        <v>0.31536370000000602</v>
       </c>
       <c r="D397" s="5">
-        <v>4.3413509443048781</v>
+        <v>2.5219393606607188</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>152.47225648</v>
+        <v>152.17567244</v>
       </c>
       <c r="C398" s="5">
-        <v>0.25807894999999803</v>
+        <v>7.590048000000138E-2</v>
       </c>
       <c r="D398" s="5">
-        <v>2.0536792837537732</v>
+        <v>0.60046751298319379</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>153.06880391000001</v>
+        <v>152.85130401999999</v>
       </c>
       <c r="C399" s="5">
-        <v>0.59654743000001531</v>
+        <v>0.6756315799999868</v>
       </c>
       <c r="D399" s="5">
-        <v>4.7973575629443932</v>
+        <v>5.4598195768238655</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>151.92691436000001</v>
+        <v>151.65812170000001</v>
       </c>
       <c r="C400" s="5">
-        <v>-1.1418895500000019</v>
+        <v>-1.1931823199999769</v>
       </c>
       <c r="D400" s="5">
-        <v>-8.5936545788885876</v>
+        <v>-8.9755010960830823</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>152.44464671</v>
+        <v>152.58075994999999</v>
       </c>
       <c r="C401" s="5">
-        <v>0.51773234999998863</v>
+        <v>0.92263824999997723</v>
       </c>
       <c r="D401" s="5">
-        <v>4.1668494840149117</v>
+        <v>7.5497013327626261</v>
       </c>
       <c r="E401" s="5">
-        <v>5.583275021661005</v>
+        <v>5.5900878339490534</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>152.05109152</v>
+        <v>152.35330309</v>
       </c>
       <c r="C402" s="5">
-        <v>-0.39355519000000072</v>
+        <v>-0.22745685999998955</v>
       </c>
       <c r="D402" s="5">
-        <v>-3.05434087763784</v>
+        <v>-1.7742827287769214</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>151.03656878999999</v>
+        <v>151.35604721999999</v>
       </c>
       <c r="C403" s="5">
-        <v>-1.0145227300000101</v>
+        <v>-0.9972558700000036</v>
       </c>
       <c r="D403" s="5">
-        <v>-7.7193117584541167</v>
+        <v>-7.5781122584644862</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>151.19485821000001</v>
+        <v>151.42434373</v>
       </c>
       <c r="C404" s="5">
-        <v>0.15828942000001689</v>
+        <v>6.8296510000010358E-2</v>
       </c>
       <c r="D404" s="5">
-        <v>1.2648990710448338</v>
+        <v>0.54282280208177713</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>151.37005099999999</v>
+        <v>151.33602357000001</v>
       </c>
       <c r="C405" s="5">
-        <v>0.17519278999998278</v>
+        <v>-8.8320159999994985E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>1.3993619691089032</v>
+        <v>-0.69767421899858961</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>151.43940175</v>
+        <v>151.3461805</v>
       </c>
       <c r="C406" s="5">
-        <v>6.935075000001234E-2</v>
+        <v>1.0156929999993736E-2</v>
       </c>
       <c r="D406" s="5">
-        <v>0.55117193814486765</v>
+        <v>8.056783724219585E-2</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>151.45192949</v>
+        <v>151.44861176000001</v>
       </c>
       <c r="C407" s="5">
-        <v>1.2527739999995902E-2</v>
+        <v>0.10243126000000302</v>
       </c>
       <c r="D407" s="5">
-        <v>9.9314508804382307E-2</v>
+        <v>0.81519133341734218</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>151.45755901000001</v>
+        <v>151.63336472</v>
       </c>
       <c r="C408" s="5">
-        <v>5.6295200000135992E-3</v>
+        <v>0.1847529599999973</v>
       </c>
       <c r="D408" s="5">
-        <v>4.4613530192139095E-2</v>
+        <v>1.4737482907674293</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>150.88564642</v>
+        <v>150.71230291000001</v>
       </c>
       <c r="C409" s="5">
-        <v>-0.57191259000001082</v>
+        <v>-0.92106180999999765</v>
       </c>
       <c r="D409" s="5">
-        <v>-4.4383377301019049</v>
+        <v>-7.0504679378282749</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>151.31872679</v>
+        <v>150.97902149999999</v>
       </c>
       <c r="C410" s="5">
-        <v>0.43308036999999899</v>
+        <v>0.26671858999998221</v>
       </c>
       <c r="D410" s="5">
-        <v>3.4992035223881279</v>
+        <v>2.144457130681654</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>151.56293323</v>
+        <v>151.24391034999999</v>
       </c>
       <c r="C411" s="5">
-        <v>0.24420643999999925</v>
+        <v>0.2648888500000055</v>
       </c>
       <c r="D411" s="5">
-        <v>1.9539083407147606</v>
+        <v>2.1258047310439565</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>152.21607288999999</v>
+        <v>151.81045455</v>
       </c>
       <c r="C412" s="5">
-        <v>0.65313965999999368</v>
+        <v>0.56654420000000982</v>
       </c>
       <c r="D412" s="5">
-        <v>5.2955791125664398</v>
+        <v>4.5888528133021467</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>151.68495247000001</v>
+        <v>151.78811128999999</v>
       </c>
       <c r="C413" s="5">
-        <v>-0.53112041999997928</v>
+        <v>-2.2343260000013743E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>-4.1076768756591271</v>
+        <v>-0.17647150155716274</v>
       </c>
       <c r="E413" s="5">
-        <v>-0.49834104141759372</v>
+        <v>-0.51949450262257502</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>154.56106167999999</v>
+        <v>155.02815727000001</v>
       </c>
       <c r="C414" s="5">
-        <v>2.8761092099999814</v>
+        <v>3.2400459800000192</v>
       </c>
       <c r="D414" s="5">
-        <v>25.282701389740005</v>
+        <v>28.846888034180274</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>154.00610943999999</v>
+        <v>154.47372829</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.55495224000000576</v>
+        <v>-0.55442898000001151</v>
       </c>
       <c r="D415" s="5">
-        <v>-4.2245305746354322</v>
+        <v>-4.2081580131105856</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>153.73334774</v>
+        <v>154.10006150999999</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.27276169999998956</v>
+        <v>-0.37366678000000775</v>
       </c>
       <c r="D416" s="5">
-        <v>-2.1047501946938052</v>
+        <v>-2.8644503206433414</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>153.3867765</v>
+        <v>153.32149186999999</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.34657124000000294</v>
+        <v>-0.77856964000000062</v>
       </c>
       <c r="D417" s="5">
-        <v>-2.6719477447627038</v>
+        <v>-5.8971682639356811</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>153.73953266000001</v>
+        <v>153.59338170000001</v>
       </c>
       <c r="C418" s="5">
-        <v>0.35275616000001264</v>
+        <v>0.27188983000002054</v>
       </c>
       <c r="D418" s="5">
-        <v>2.7949148687547387</v>
+        <v>2.1488760173486332</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>154.01993848000001</v>
+        <v>153.98960954</v>
       </c>
       <c r="C419" s="5">
-        <v>0.28040581999999858</v>
+        <v>0.39622783999999456</v>
       </c>
       <c r="D419" s="5">
-        <v>2.2107719468905218</v>
+        <v>3.1399659684018477</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>152.42358652999999</v>
+        <v>152.62718651</v>
       </c>
       <c r="C420" s="5">
-        <v>-1.5963519500000132</v>
+        <v>-1.3624230300000022</v>
       </c>
       <c r="D420" s="5">
-        <v>-11.75242715925946</v>
+        <v>-10.115300633545754</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>153.47499217999999</v>
+        <v>153.25315671999999</v>
       </c>
       <c r="C421" s="5">
-        <v>1.0514056499999924</v>
+        <v>0.62597020999999131</v>
       </c>
       <c r="D421" s="5">
-        <v>8.5988740846181457</v>
+        <v>5.0341108832838488</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>153.72513223000001</v>
+        <v>153.34988147000001</v>
       </c>
       <c r="C422" s="5">
-        <v>0.25014005000002726</v>
+        <v>9.6724750000021231E-2</v>
       </c>
       <c r="D422" s="5">
-        <v>1.9734386314739227</v>
+        <v>0.76000692525814983</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>153.75971367</v>
+        <v>153.35320288</v>
       </c>
       <c r="C423" s="5">
-        <v>3.4581439999982422E-2</v>
+        <v>3.3214099999838709E-3</v>
       </c>
       <c r="D423" s="5">
-        <v>0.270281829560437</v>
+        <v>2.5993934852253098E-2</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>154.07025833</v>
+        <v>153.56843767999999</v>
       </c>
       <c r="C424" s="5">
-        <v>0.31054466000000502</v>
+        <v>0.2152347999999904</v>
       </c>
       <c r="D424" s="5">
-        <v>2.4507141287962497</v>
+        <v>1.6972902226220832</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>154.30611547000001</v>
+        <v>154.37561274000001</v>
       </c>
       <c r="C425" s="5">
-        <v>0.23585714000000735</v>
+        <v>0.80717506000002004</v>
       </c>
       <c r="D425" s="5">
-        <v>1.8525558943860654</v>
+        <v>6.4929212214186016</v>
       </c>
       <c r="E425" s="5">
-        <v>1.7280309993296106</v>
+        <v>1.7046799172936833</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>149.13460567999999</v>
+        <v>150.47992970000001</v>
       </c>
       <c r="C426" s="5">
-        <v>-5.171509790000016</v>
+        <v>-3.8956830399999944</v>
       </c>
       <c r="D426" s="5">
-        <v>-33.573173872969811</v>
+        <v>-26.413419322834642</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>148.95833114999999</v>
+        <v>150.44675609000001</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.1762745300000006</v>
+        <v>-3.3173610000005738E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>-1.4091947728704035</v>
+        <v>-0.26422194954909273</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>148.89398174999999</v>
+        <v>150.38639162000001</v>
       </c>
       <c r="C428" s="5">
-        <v>-6.4349399999997559E-2</v>
+        <v>-6.0364469999996118E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>-0.51716525046692219</v>
+        <v>-0.48042061750798171</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>149.70354395999999</v>
+        <v>151.85181069999999</v>
       </c>
       <c r="C429" s="5">
-        <v>0.80956220999999573</v>
+        <v>1.4654190799999753</v>
       </c>
       <c r="D429" s="5">
-        <v>6.7233012045215368</v>
+        <v>12.340727187647605</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>149.32250202</v>
+        <v>152.22309211999999</v>
       </c>
       <c r="C430" s="5">
-        <v>-0.3810419399999887</v>
+        <v>0.37128142000000253</v>
       </c>
       <c r="D430" s="5">
-        <v>-3.0119740298075737</v>
+        <v>2.9738086817256093</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>148.58166759</v>
+        <v>151.92400653000001</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.74083443000000671</v>
+        <v>-0.29908558999997581</v>
       </c>
       <c r="D431" s="5">
-        <v>-5.793766530616173</v>
+        <v>-2.3324291741431802</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>148.41842370000001</v>
+        <v>151.67816794999999</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.16324388999998973</v>
+        <v>-0.24583858000002579</v>
       </c>
       <c r="D432" s="5">
-        <v>-1.3104797234314236</v>
+        <v>-1.9246127016685044</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>148.43480559</v>
+        <v>151.69490963999999</v>
       </c>
       <c r="C433" s="5">
-        <v>1.6381889999991017E-2</v>
+        <v>1.6741690000003473E-2</v>
       </c>
       <c r="D433" s="5">
-        <v>0.13253210652153236</v>
+        <v>0.13253211597425985</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>147.58202202000001</v>
+        <v>150.82339621</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.8527835699999855</v>
+        <v>-0.87151342999999315</v>
       </c>
       <c r="D434" s="5">
-        <v>-6.6804792505613992</v>
+        <v>-6.6804792484355113</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
+      <c r="B435" s="5">
+        <v>150.46310822999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.36028798000000961</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-2.8292044184464182</v>
+      </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
+      </c>
+      <c r="B436" s="5">
+        <v>149.39414435</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-1.0689638799999841</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-8.2000270817162875</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">