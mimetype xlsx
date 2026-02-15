--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C63B0A6C-9684-42A7-933C-C9B8AE805A6F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0F30837E-31B8-47D3-9EA8-8E0011E1D828}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0018032E-3A40-464A-B8F6-1BBB3311DFA8}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B4B1682B-D2C3-4F54-A3DC-9C9B3366FB37}"/>
   </bookViews>
   <sheets>
     <sheet name="fwapbsva" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Fort Worth—Arlington—Grapevine Professional and Business Services Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry November 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D95F979-FADD-4819-8131-1A0F8225AE21}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EBCCA03E-1F82-4E97-8F1E-BC7B3662BA96}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7043,109 +7043,121 @@
       </c>
       <c r="B431" s="5">
         <v>151.92400653000001</v>
       </c>
       <c r="C431" s="5">
         <v>-0.29908558999997581</v>
       </c>
       <c r="D431" s="5">
         <v>-2.3324291741431802</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>151.67816794999999</v>
       </c>
       <c r="C432" s="5">
         <v>-0.24583858000002579</v>
       </c>
       <c r="D432" s="5">
         <v>-1.9246127016685044</v>
       </c>
     </row>
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
         <v>151.69490963999999</v>
       </c>
       <c r="C433" s="5">
         <v>1.6741690000003473E-2</v>
       </c>
       <c r="D433" s="5">
         <v>0.13253211597425985</v>
       </c>
     </row>
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
         <v>150.82339621</v>
       </c>
       <c r="C434" s="5">
         <v>-0.87151342999999315</v>
       </c>
       <c r="D434" s="5">
         <v>-6.6804792484355113</v>
       </c>
     </row>
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5">
         <v>150.46310822999999</v>
       </c>
       <c r="C435" s="5">
         <v>-0.36028798000000961</v>
       </c>
       <c r="D435" s="5">
         <v>-2.8292044184464182</v>
       </c>
     </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5">
-        <v>149.39414435</v>
+        <v>149.44633937</v>
       </c>
       <c r="C436" s="5">
-        <v>-1.0689638799999841</v>
+        <v>-1.0167688599999849</v>
       </c>
       <c r="D436" s="5">
-        <v>-8.2000270817162875</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-7.81441201587546</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>149.19853810999999</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.24780126000001701</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-1.9717083473460795</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-3.353557299700749</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>